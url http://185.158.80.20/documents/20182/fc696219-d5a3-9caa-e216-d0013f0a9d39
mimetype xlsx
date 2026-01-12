--- v0 (2025-10-07)
+++ v1 (2026-01-12)
@@ -2,65 +2,65 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="4" rupBuild="14420"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\BOP&amp;IIP&amp;Dug izvještaji\Biltenske tablice_objava\H1-H6_H16-H19\2025Q2_web\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\BOP&amp;IIP&amp;Dug izvještaji\Biltenske tablice_objava\H1-H6_H16-H19\2025Q3_web\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
     <workbookView xWindow="405" yWindow="465" windowWidth="22140" windowHeight="17280"/>
   </bookViews>
   <sheets>
     <sheet name="EUR" sheetId="3" r:id="rId1"/>
   </sheets>
   <calcPr calcId="152511"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="193" uniqueCount="161">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="165" uniqueCount="162">
   <si>
     <t>1999.</t>
   </si>
   <si>
     <t>2000.</t>
   </si>
   <si>
     <t>2001.</t>
   </si>
   <si>
     <t>2002.</t>
   </si>
   <si>
     <t>2003.</t>
   </si>
   <si>
     <t>2004.</t>
   </si>
   <si>
     <t>2005.</t>
   </si>
   <si>
     <t>2006.</t>
   </si>
   <si>
@@ -1092,50 +1092,53 @@
       <t>*</t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t>Revidirani podaci.</t>
     </r>
   </si>
   <si>
     <t>2. tr. 25.</t>
   </si>
+  <si>
+    <t>3. tr. 25.</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="#,##0.0"/>
     <numFmt numFmtId="165" formatCode="yyyy\."/>
   </numFmts>
   <fonts count="13" x14ac:knownFonts="1">
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="8"/>
@@ -1634,114 +1637,102 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="B2:DV104"/>
+  <dimension ref="B2:DW104"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="11.6640625" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="3.6640625" customWidth="1"/>
     <col min="2" max="2" width="55.6640625" customWidth="1"/>
     <col min="3" max="28" width="11.6640625" customWidth="1"/>
     <col min="29" max="29" width="15.6640625" customWidth="1"/>
     <col min="88" max="105" width="11.6640625" style="3"/>
   </cols>
   <sheetData>
-    <row r="2" spans="2:126" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="2" spans="2:127" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B2" s="14" t="s">
         <v>102</v>
       </c>
     </row>
-    <row r="3" spans="2:126" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="3" spans="2:127" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B3" s="13" t="s">
         <v>114</v>
       </c>
     </row>
-    <row r="4" spans="2:126" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2"/>
-    <row r="5" spans="2:126" s="9" customFormat="1" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="4" spans="2:127" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="5" spans="2:127" s="9" customFormat="1" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B5" s="7"/>
       <c r="C5" s="7"/>
       <c r="D5" s="7"/>
       <c r="E5" s="7"/>
       <c r="F5" s="7"/>
       <c r="G5" s="7"/>
       <c r="H5" s="7"/>
       <c r="I5" s="7"/>
       <c r="J5" s="7"/>
       <c r="K5" s="7"/>
       <c r="L5" s="7"/>
       <c r="M5" s="7"/>
       <c r="N5" s="7"/>
       <c r="O5" s="7"/>
       <c r="P5" s="7"/>
       <c r="Q5" s="7"/>
       <c r="R5" s="7"/>
       <c r="S5" s="7"/>
       <c r="T5" s="7"/>
       <c r="U5" s="7"/>
       <c r="V5" s="7"/>
-      <c r="W5" s="7" t="s">
-[...16 lines deleted...]
-      </c>
+      <c r="W5" s="7"/>
+      <c r="X5" s="7"/>
+      <c r="Y5" s="7"/>
+      <c r="Z5" s="7"/>
+      <c r="AA5" s="7"/>
+      <c r="AB5" s="7"/>
       <c r="AC5" s="7"/>
       <c r="AD5" s="7"/>
       <c r="AE5" s="7"/>
       <c r="AF5" s="7"/>
       <c r="AG5" s="7"/>
       <c r="AH5" s="7"/>
       <c r="AI5" s="7"/>
       <c r="AJ5" s="7"/>
       <c r="AK5" s="7"/>
       <c r="AL5" s="7"/>
       <c r="AM5" s="7"/>
       <c r="AN5" s="7"/>
       <c r="AO5" s="7"/>
       <c r="AP5" s="7"/>
       <c r="AQ5" s="7"/>
       <c r="AR5" s="7"/>
       <c r="AS5" s="7"/>
       <c r="AT5" s="7"/>
       <c r="AU5" s="7"/>
       <c r="AV5" s="7"/>
       <c r="AW5" s="7"/>
       <c r="AX5" s="7"/>
       <c r="AY5" s="7"/>
       <c r="AZ5" s="7"/>
       <c r="BA5" s="7"/>
@@ -1770,130 +1761,85 @@
       <c r="BX5" s="7"/>
       <c r="BY5" s="7"/>
       <c r="BZ5" s="7"/>
       <c r="CA5" s="7"/>
       <c r="CB5" s="7"/>
       <c r="CC5" s="7"/>
       <c r="CD5" s="7"/>
       <c r="CE5" s="7"/>
       <c r="CF5" s="7"/>
       <c r="CG5" s="7"/>
       <c r="CH5" s="7"/>
       <c r="CI5" s="7"/>
       <c r="CJ5" s="7"/>
       <c r="CK5" s="7"/>
       <c r="CL5" s="7"/>
       <c r="CM5" s="7"/>
       <c r="CN5" s="7"/>
       <c r="CO5" s="7"/>
       <c r="CP5" s="7"/>
       <c r="CQ5" s="7"/>
       <c r="CR5" s="7"/>
       <c r="CS5" s="7"/>
       <c r="CT5" s="7"/>
       <c r="CU5" s="7"/>
       <c r="CV5" s="7"/>
-      <c r="CW5" s="7" t="s">
-[...70 lines deleted...]
-      </c>
+      <c r="CW5" s="7"/>
+      <c r="CX5" s="7"/>
+      <c r="CY5" s="7"/>
+      <c r="CZ5" s="7"/>
+      <c r="DA5" s="7"/>
+      <c r="DB5" s="7"/>
+      <c r="DC5" s="7"/>
+      <c r="DD5" s="7"/>
+      <c r="DE5" s="7"/>
+      <c r="DF5" s="7"/>
+      <c r="DG5" s="7"/>
+      <c r="DH5" s="7"/>
+      <c r="DI5" s="7"/>
+      <c r="DJ5" s="7"/>
+      <c r="DK5" s="7"/>
+      <c r="DL5" s="7"/>
+      <c r="DM5" s="7"/>
+      <c r="DN5" s="7"/>
+      <c r="DO5" s="7"/>
+      <c r="DP5" s="7"/>
+      <c r="DQ5" s="7"/>
+      <c r="DR5" s="7"/>
+      <c r="DS5" s="7"/>
+      <c r="DT5" s="7"/>
       <c r="DU5" s="7" t="s">
         <v>158</v>
       </c>
-      <c r="DV5" s="8" t="s">
+      <c r="DV5" s="7" t="s">
+        <v>158</v>
+      </c>
+      <c r="DW5" s="8" t="s">
         <v>103</v>
       </c>
     </row>
-    <row r="6" spans="2:126" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="6" spans="2:127" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B6" s="5"/>
       <c r="C6" s="10" t="s">
         <v>0</v>
       </c>
       <c r="D6" s="10" t="s">
         <v>1</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>2</v>
       </c>
       <c r="F6" s="10" t="s">
         <v>3</v>
       </c>
       <c r="G6" s="10" t="s">
         <v>4</v>
       </c>
       <c r="H6" s="10" t="s">
         <v>5</v>
       </c>
       <c r="I6" s="10" t="s">
         <v>6</v>
       </c>
       <c r="J6" s="10" t="s">
         <v>7</v>
       </c>
@@ -2223,57 +2169,60 @@
       </c>
       <c r="DO6" s="5" t="s">
         <v>148</v>
       </c>
       <c r="DP6" s="5" t="s">
         <v>150</v>
       </c>
       <c r="DQ6" s="5" t="s">
         <v>151</v>
       </c>
       <c r="DR6" s="5" t="s">
         <v>153</v>
       </c>
       <c r="DS6" s="5" t="s">
         <v>154</v>
       </c>
       <c r="DT6" s="5" t="s">
         <v>156</v>
       </c>
       <c r="DU6" s="5" t="s">
         <v>157</v>
       </c>
       <c r="DV6" s="5" t="s">
         <v>160</v>
       </c>
+      <c r="DW6" s="5" t="s">
+        <v>161</v>
+      </c>
     </row>
-    <row r="7" spans="2:126" s="16" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="7" spans="2:127" s="16" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B7" s="11" t="s">
         <v>116</v>
       </c>
       <c r="C7" s="15">
-        <v>-4562.3365011074329</v>
+        <v>-4567.4494003856253</v>
       </c>
       <c r="D7" s="15">
         <v>-6337.7503163539659</v>
       </c>
       <c r="E7" s="15">
         <v>-5798.2573293096466</v>
       </c>
       <c r="F7" s="15">
         <v>-9116.7603828107058</v>
       </c>
       <c r="G7" s="15">
         <v>-12870.659072523111</v>
       </c>
       <c r="H7" s="15">
         <v>-17571.575154641203</v>
       </c>
       <c r="I7" s="15">
         <v>-22953.926062559105</v>
       </c>
       <c r="J7" s="15">
         <v>-32208.693152228414</v>
       </c>
       <c r="K7" s="15">
         <v>-42202.466193617336</v>
       </c>
@@ -2397,51 +2346,51 @@
       <c r="AY7" s="15">
         <v>-29909.331400157102</v>
       </c>
       <c r="AZ7" s="15">
         <v>-32208.693152228414</v>
       </c>
       <c r="BA7" s="15">
         <v>-38580.15792664879</v>
       </c>
       <c r="BB7" s="15">
         <v>-40878.47725978581</v>
       </c>
       <c r="BC7" s="15">
         <v>-41150.336934180261</v>
       </c>
       <c r="BD7" s="15">
         <v>-42202.466193617336</v>
       </c>
       <c r="BE7" s="15">
         <v>-40825.866696499463</v>
       </c>
       <c r="BF7" s="15">
         <v>-39995.44737980151</v>
       </c>
       <c r="BG7" s="15">
-        <v>-39481.003242382081</v>
+        <v>-39481.003242382089</v>
       </c>
       <c r="BH7" s="15">
         <v>-38523.253734638944</v>
       </c>
       <c r="BI7" s="15">
         <v>-39738.900830658007</v>
       </c>
       <c r="BJ7" s="15">
         <v>-41315.171632914993</v>
       </c>
       <c r="BK7" s="15">
         <v>-42470.570390612767</v>
       </c>
       <c r="BL7" s="15">
         <v>-42561.727546512899</v>
       </c>
       <c r="BM7" s="15">
         <v>-43560.282595356854</v>
       </c>
       <c r="BN7" s="15">
         <v>-43282.251189499526</v>
       </c>
       <c r="BO7" s="15">
         <v>-41743.814777927772</v>
       </c>
@@ -2595,57 +2544,60 @@
       <c r="DM7" s="15">
         <v>-25176.35341935094</v>
       </c>
       <c r="DN7" s="15">
         <v>-24965.720415365751</v>
       </c>
       <c r="DO7" s="15">
         <v>-19880.815143881744</v>
       </c>
       <c r="DP7" s="15">
         <v>-21221.586953240374</v>
       </c>
       <c r="DQ7" s="15">
         <v>-24357.572908408169</v>
       </c>
       <c r="DR7" s="15">
         <v>-25646.317948810029</v>
       </c>
       <c r="DS7" s="15">
         <v>-20761.048168137931</v>
       </c>
       <c r="DT7" s="15">
         <v>-25421.192928569464</v>
       </c>
       <c r="DU7" s="15">
-        <v>-29846.924087648425</v>
+        <v>-29472.027885327276</v>
       </c>
       <c r="DV7" s="15">
-        <v>-30737.883335668288</v>
+        <v>-30809.437265049579</v>
+      </c>
+      <c r="DW7" s="15">
+        <v>-25146.029119331564</v>
       </c>
     </row>
-    <row r="8" spans="2:126" s="16" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="8" spans="2:127" s="16" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B8" s="11" t="s">
         <v>117</v>
       </c>
       <c r="C8" s="15">
         <v>7965.4908404435573</v>
       </c>
       <c r="D8" s="15">
         <v>9667.4084733669351</v>
       </c>
       <c r="E8" s="15">
         <v>13476.700140894583</v>
       </c>
       <c r="F8" s="15">
         <v>13307.263110519372</v>
       </c>
       <c r="G8" s="15">
         <v>15231.318106655865</v>
       </c>
       <c r="H8" s="15">
         <v>16304.235897974231</v>
       </c>
       <c r="I8" s="15">
         <v>17338.140213396087</v>
       </c>
       <c r="J8" s="15">
@@ -2972,57 +2924,60 @@
       <c r="DM8" s="15">
         <v>67603.271852099584</v>
       </c>
       <c r="DN8" s="15">
         <v>67802.778898223201</v>
       </c>
       <c r="DO8" s="15">
         <v>78279.744675537862</v>
       </c>
       <c r="DP8" s="15">
         <v>80600.131735700954</v>
       </c>
       <c r="DQ8" s="15">
         <v>81207.628271528622</v>
       </c>
       <c r="DR8" s="15">
         <v>82556.399231657895</v>
       </c>
       <c r="DS8" s="15">
         <v>89004.59512005237</v>
       </c>
       <c r="DT8" s="15">
         <v>80972.07882994783</v>
       </c>
       <c r="DU8" s="15">
-        <v>78877.541460774126</v>
+        <v>79309.140311624898</v>
       </c>
       <c r="DV8" s="15">
-        <v>81702.19288781994</v>
+        <v>82260.243839044342</v>
+      </c>
+      <c r="DW8" s="15">
+        <v>86218.473702160583</v>
       </c>
     </row>
-    <row r="9" spans="2:126" s="16" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="9" spans="2:127" s="16" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B9" s="11" t="s">
         <v>118</v>
       </c>
       <c r="C9" s="15">
         <v>811.16930866734435</v>
       </c>
       <c r="D9" s="15">
         <v>1030.88182187244</v>
       </c>
       <c r="E9" s="15">
         <v>1134.2391433057314</v>
       </c>
       <c r="F9" s="15">
         <v>1736.618127374853</v>
       </c>
       <c r="G9" s="15">
         <v>1782.2847249957449</v>
       </c>
       <c r="H9" s="15">
         <v>1777.947637210832</v>
       </c>
       <c r="I9" s="15">
         <v>1949.9440958506439</v>
       </c>
       <c r="J9" s="15">
@@ -3349,57 +3304,60 @@
       <c r="DM9" s="15">
         <v>8925.2871121293447</v>
       </c>
       <c r="DN9" s="15">
         <v>8993.8058078803188</v>
       </c>
       <c r="DO9" s="15">
         <v>9490.5746770268161</v>
       </c>
       <c r="DP9" s="15">
         <v>9676.9866453799768</v>
       </c>
       <c r="DQ9" s="15">
         <v>10261.31281298391</v>
       </c>
       <c r="DR9" s="15">
         <v>11071.388338442677</v>
       </c>
       <c r="DS9" s="15">
         <v>11934.243783524496</v>
       </c>
       <c r="DT9" s="15">
         <v>12022.004938492817</v>
       </c>
       <c r="DU9" s="15">
-        <v>11920.032163400789</v>
+        <v>11927.280909581554</v>
       </c>
       <c r="DV9" s="15">
-        <v>12054.558108818248</v>
+        <v>12083.919806120241</v>
+      </c>
+      <c r="DW9" s="15">
+        <v>12365.253578515372</v>
       </c>
     </row>
-    <row r="10" spans="2:126" s="16" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="10" spans="2:127" s="16" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B10" s="11" t="s">
         <v>119</v>
       </c>
       <c r="C10" s="15">
         <v>78.525869142361501</v>
       </c>
       <c r="D10" s="15">
         <v>93.333102822317997</v>
       </c>
       <c r="E10" s="15">
         <v>227.51695432983311</v>
       </c>
       <c r="F10" s="15">
         <v>845.89626423793993</v>
       </c>
       <c r="G10" s="15">
         <v>700.05292335232878</v>
       </c>
       <c r="H10" s="15">
         <v>1474.1069004445128</v>
       </c>
       <c r="I10" s="15">
         <v>2100.7655100887059</v>
       </c>
       <c r="J10" s="15">
@@ -3726,57 +3684,60 @@
       <c r="DM10" s="15">
         <v>22459.443045803066</v>
       </c>
       <c r="DN10" s="15">
         <v>23723.962316795973</v>
       </c>
       <c r="DO10" s="15">
         <v>24379.045954262001</v>
       </c>
       <c r="DP10" s="15">
         <v>24709.843607553703</v>
       </c>
       <c r="DQ10" s="15">
         <v>26870.129022622285</v>
       </c>
       <c r="DR10" s="15">
         <v>27194.553518346111</v>
       </c>
       <c r="DS10" s="15">
         <v>27967.898193747249</v>
       </c>
       <c r="DT10" s="15">
         <v>28848.058106377706</v>
       </c>
       <c r="DU10" s="15">
-        <v>30908.691279298164</v>
+        <v>31343.898395098164</v>
       </c>
       <c r="DV10" s="15">
-        <v>32133.821380205656</v>
+        <v>32578.447100005658</v>
+      </c>
+      <c r="DW10" s="15">
+        <v>33884.498015596284</v>
       </c>
     </row>
-    <row r="11" spans="2:126" s="16" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="11" spans="2:127" s="16" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B11" s="11" t="s">
         <v>120</v>
       </c>
       <c r="C11" s="15">
         <v>25.863735837745633</v>
       </c>
       <c r="D11" s="15">
         <v>15.322044875714782</v>
       </c>
       <c r="E11" s="15">
         <v>0</v>
       </c>
       <c r="F11" s="15">
         <v>48.527657900000001</v>
       </c>
       <c r="G11" s="15">
         <v>103.9128359</v>
       </c>
       <c r="H11" s="15">
         <v>144.98306269999998</v>
       </c>
       <c r="I11" s="15">
         <v>318.0399132</v>
       </c>
       <c r="J11" s="15">
@@ -4103,57 +4064,60 @@
       <c r="DM11" s="15">
         <v>5045.1240322000003</v>
       </c>
       <c r="DN11" s="15">
         <v>5320.3021341000003</v>
       </c>
       <c r="DO11" s="15">
         <v>5346.0337229999996</v>
       </c>
       <c r="DP11" s="15">
         <v>5541.3701637000022</v>
       </c>
       <c r="DQ11" s="15">
         <v>6189.8733048000004</v>
       </c>
       <c r="DR11" s="15">
         <v>6266.8820505000012</v>
       </c>
       <c r="DS11" s="15">
         <v>6301.8835147999989</v>
       </c>
       <c r="DT11" s="15">
         <v>6656.5929782999992</v>
       </c>
       <c r="DU11" s="15">
-        <v>6824.5690843000002</v>
+        <v>7259.7762001000001</v>
       </c>
       <c r="DV11" s="15">
-        <v>7122.5815462999999</v>
+        <v>7567.2072661000002</v>
+      </c>
+      <c r="DW11" s="15">
+        <v>8410.1645169000021</v>
       </c>
     </row>
-    <row r="12" spans="2:126" s="16" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="12" spans="2:127" s="16" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B12" s="11" t="s">
         <v>121</v>
       </c>
       <c r="C12" s="15">
         <v>52.662133304615864</v>
       </c>
       <c r="D12" s="15">
         <v>78.011057946603216</v>
       </c>
       <c r="E12" s="15">
         <v>227.51695432983311</v>
       </c>
       <c r="F12" s="15">
         <v>797.36860633793992</v>
       </c>
       <c r="G12" s="15">
         <v>596.14008745232877</v>
       </c>
       <c r="H12" s="15">
         <v>1329.1238377445129</v>
       </c>
       <c r="I12" s="15">
         <v>1782.7255968887061</v>
       </c>
       <c r="J12" s="15">
@@ -4485,52 +4449,55 @@
       </c>
       <c r="DO12" s="15">
         <v>19033.012231262001</v>
       </c>
       <c r="DP12" s="15">
         <v>19168.473443853702</v>
       </c>
       <c r="DQ12" s="15">
         <v>20680.255717822285</v>
       </c>
       <c r="DR12" s="15">
         <v>20927.67146784611</v>
       </c>
       <c r="DS12" s="15">
         <v>21666.014678947249</v>
       </c>
       <c r="DT12" s="15">
         <v>22191.465128077707</v>
       </c>
       <c r="DU12" s="15">
         <v>24084.122194998163</v>
       </c>
       <c r="DV12" s="15">
         <v>25011.239833905656</v>
       </c>
+      <c r="DW12" s="15">
+        <v>25474.333498696284</v>
+      </c>
     </row>
-    <row r="13" spans="2:126" s="16" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="13" spans="2:127" s="16" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B13" s="20" t="s">
         <v>122</v>
       </c>
       <c r="C13" s="15">
         <v>42.974555234115932</v>
       </c>
       <c r="D13" s="15">
         <v>63.086205452353347</v>
       </c>
       <c r="E13" s="15">
         <v>196.43309581154978</v>
       </c>
       <c r="F13" s="15">
         <v>787.45230635938492</v>
       </c>
       <c r="G13" s="15">
         <v>593.70158583030081</v>
       </c>
       <c r="H13" s="15">
         <v>1168.6964669858328</v>
       </c>
       <c r="I13" s="15">
         <v>1635.5808281581706</v>
       </c>
       <c r="J13" s="15">
@@ -4862,52 +4829,55 @@
       </c>
       <c r="DO13" s="15">
         <v>17422.585484300846</v>
       </c>
       <c r="DP13" s="15">
         <v>17597.365300357495</v>
       </c>
       <c r="DQ13" s="15">
         <v>18710.845207919712</v>
       </c>
       <c r="DR13" s="15">
         <v>19237.385505455157</v>
       </c>
       <c r="DS13" s="15">
         <v>19856.104190735176</v>
       </c>
       <c r="DT13" s="15">
         <v>20122.608114143412</v>
       </c>
       <c r="DU13" s="15">
         <v>22072.550738917424</v>
       </c>
       <c r="DV13" s="15">
         <v>22857.870973049456</v>
       </c>
+      <c r="DW13" s="15">
+        <v>23363.319510770507</v>
+      </c>
     </row>
-    <row r="14" spans="2:126" s="16" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="14" spans="2:127" s="16" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B14" s="20" t="s">
         <v>123</v>
       </c>
       <c r="C14" s="15">
         <v>9.6875780704999297</v>
       </c>
       <c r="D14" s="15">
         <v>14.924852494249876</v>
       </c>
       <c r="E14" s="15">
         <v>31.083858518283346</v>
       </c>
       <c r="F14" s="15">
         <v>9.9162999785549921</v>
       </c>
       <c r="G14" s="15">
         <v>2.4385016220279332</v>
       </c>
       <c r="H14" s="15">
         <v>160.42737075868021</v>
       </c>
       <c r="I14" s="15">
         <v>147.14476873053562</v>
       </c>
       <c r="J14" s="15">
@@ -5239,52 +5209,55 @@
       </c>
       <c r="DO14" s="15">
         <v>1610.426746961155</v>
       </c>
       <c r="DP14" s="15">
         <v>1571.1081434962082</v>
       </c>
       <c r="DQ14" s="15">
         <v>1969.4105099025728</v>
       </c>
       <c r="DR14" s="15">
         <v>1690.2859623909519</v>
       </c>
       <c r="DS14" s="15">
         <v>1809.9104882120739</v>
       </c>
       <c r="DT14" s="15">
         <v>2068.8570139342964</v>
       </c>
       <c r="DU14" s="15">
         <v>2011.5714560807401</v>
       </c>
       <c r="DV14" s="15">
         <v>2153.368860856202</v>
       </c>
+      <c r="DW14" s="15">
+        <v>2111.0139879257781</v>
+      </c>
     </row>
-    <row r="15" spans="2:126" s="16" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="15" spans="2:127" s="16" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B15" s="11" t="s">
         <v>124</v>
       </c>
       <c r="C15" s="15">
         <v>0</v>
       </c>
       <c r="D15" s="15">
         <v>0</v>
       </c>
       <c r="E15" s="15">
         <v>0</v>
       </c>
       <c r="F15" s="15">
         <v>0</v>
       </c>
       <c r="G15" s="15">
         <v>0</v>
       </c>
       <c r="H15" s="15">
         <v>0</v>
       </c>
       <c r="I15" s="15">
         <v>0</v>
       </c>
       <c r="J15" s="15">
@@ -5611,57 +5584,60 @@
       <c r="DM15" s="15">
         <v>848.05683399999987</v>
       </c>
       <c r="DN15" s="15">
         <v>700.4172319999999</v>
       </c>
       <c r="DO15" s="15">
         <v>752.51431500000012</v>
       </c>
       <c r="DP15" s="15">
         <v>599.81189599999993</v>
       </c>
       <c r="DQ15" s="15">
         <v>266.72848799999997</v>
       </c>
       <c r="DR15" s="15">
         <v>232.020838</v>
       </c>
       <c r="DS15" s="15">
         <v>303.76653900000002</v>
       </c>
       <c r="DT15" s="15">
         <v>284.81896399999999</v>
       </c>
       <c r="DU15" s="15">
-        <v>326.27513599999997</v>
+        <v>326.43773599999997</v>
       </c>
       <c r="DV15" s="15">
         <v>319.31445399999996</v>
       </c>
+      <c r="DW15" s="15">
+        <v>240.80664300000001</v>
+      </c>
     </row>
-    <row r="16" spans="2:126" s="16" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="16" spans="2:127" s="16" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B16" s="11" t="s">
         <v>125</v>
       </c>
       <c r="C16" s="15">
         <v>4063.1284479677406</v>
       </c>
       <c r="D16" s="15">
         <v>4759.9794503499206</v>
       </c>
       <c r="E16" s="15">
         <v>6781.3278138339083</v>
       </c>
       <c r="F16" s="15">
         <v>5073.4322148779302</v>
       </c>
       <c r="G16" s="15">
         <v>6194.8835041489256</v>
       </c>
       <c r="H16" s="15">
         <v>6616.0112933983501</v>
       </c>
       <c r="I16" s="15">
         <v>5849.0765965016781</v>
       </c>
       <c r="J16" s="15">
@@ -5988,57 +5964,60 @@
       <c r="DM16" s="15">
         <v>32242.376834668747</v>
       </c>
       <c r="DN16" s="15">
         <v>31494.098143905645</v>
       </c>
       <c r="DO16" s="15">
         <v>40812.132494869045</v>
       </c>
       <c r="DP16" s="15">
         <v>42733.773700373349</v>
       </c>
       <c r="DQ16" s="15">
         <v>41093.990363122015</v>
       </c>
       <c r="DR16" s="15">
         <v>41134.508284020631</v>
       </c>
       <c r="DS16" s="15">
         <v>45865.998230309277</v>
       </c>
       <c r="DT16" s="15">
         <v>36606.492781693691</v>
       </c>
       <c r="DU16" s="15">
-        <v>32289.587886667268</v>
+        <v>32278.568275537269</v>
       </c>
       <c r="DV16" s="15">
-        <v>33995.35080761947</v>
+        <v>34079.414341741875</v>
+      </c>
+      <c r="DW16" s="15">
+        <v>36471.152116111327</v>
       </c>
     </row>
-    <row r="17" spans="2:126" s="16" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="17" spans="2:127" s="16" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B17" s="11" t="s">
         <v>126</v>
       </c>
       <c r="C17" s="15">
         <v>0</v>
       </c>
       <c r="D17" s="15">
         <v>0</v>
       </c>
       <c r="E17" s="15">
         <v>27.135999999999999</v>
       </c>
       <c r="F17" s="15">
         <v>28.655999999999999</v>
       </c>
       <c r="G17" s="15">
         <v>37.695</v>
       </c>
       <c r="H17" s="15">
         <v>36.83</v>
       </c>
       <c r="I17" s="15">
         <v>147.94999999999999</v>
       </c>
       <c r="J17" s="15">
@@ -6365,57 +6344,60 @@
       <c r="DM17" s="15">
         <v>778.57799999999997</v>
       </c>
       <c r="DN17" s="15">
         <v>779.49600000000009</v>
       </c>
       <c r="DO17" s="15">
         <v>781.89100000000008</v>
       </c>
       <c r="DP17" s="15">
         <v>787.78100000000006</v>
       </c>
       <c r="DQ17" s="15">
         <v>871.08400000000006</v>
       </c>
       <c r="DR17" s="15">
         <v>871.274</v>
       </c>
       <c r="DS17" s="15">
         <v>868.86200000000008</v>
       </c>
       <c r="DT17" s="15">
         <v>869.63499999999999</v>
       </c>
       <c r="DU17" s="15">
-        <v>969.51199999999994</v>
+        <v>957.26099999999997</v>
       </c>
       <c r="DV17" s="15">
-        <v>975.90200000000004</v>
+        <v>963.67200000000003</v>
+      </c>
+      <c r="DW17" s="15">
+        <v>964.82399999999996</v>
       </c>
     </row>
-    <row r="18" spans="2:126" s="16" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="18" spans="2:127" s="16" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B18" s="11" t="s">
         <v>127</v>
       </c>
       <c r="C18" s="15">
         <v>2793.4260619768243</v>
       </c>
       <c r="D18" s="15">
         <v>3791.1349608519436</v>
       </c>
       <c r="E18" s="15">
         <v>5688.2078096984114</v>
       </c>
       <c r="F18" s="15">
         <v>3910.3218490217796</v>
       </c>
       <c r="G18" s="15">
         <v>4992.1467020111731</v>
       </c>
       <c r="H18" s="15">
         <v>5279.388328443637</v>
       </c>
       <c r="I18" s="15">
         <v>4274.331832573941</v>
       </c>
       <c r="J18" s="15">
@@ -6745,54 +6727,57 @@
       <c r="DN18" s="15">
         <v>21178.795875565553</v>
       </c>
       <c r="DO18" s="15">
         <v>29375.777164043076</v>
       </c>
       <c r="DP18" s="15">
         <v>32645.438514209578</v>
       </c>
       <c r="DQ18" s="15">
         <v>30365.810267817575</v>
       </c>
       <c r="DR18" s="15">
         <v>30186.917385497596</v>
       </c>
       <c r="DS18" s="15">
         <v>34447.385523284385</v>
       </c>
       <c r="DT18" s="15">
         <v>25093.930782654697</v>
       </c>
       <c r="DU18" s="15">
         <v>20691.556578572305</v>
       </c>
       <c r="DV18" s="15">
-        <v>21020.865148384077</v>
+        <v>21115.872127931481</v>
+      </c>
+      <c r="DW18" s="15">
+        <v>23402.303825136445</v>
       </c>
     </row>
-    <row r="19" spans="2:126" s="16" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="19" spans="2:127" s="16" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B19" s="11" t="s">
         <v>128</v>
       </c>
       <c r="C19" s="15">
         <v>141.15041734804527</v>
       </c>
       <c r="D19" s="15">
         <v>81.91542348663819</v>
       </c>
       <c r="E19" s="15">
         <v>95.631588460617877</v>
       </c>
       <c r="F19" s="15">
         <v>108.87555290340251</v>
       </c>
       <c r="G19" s="15">
         <v>102.06000000000002</v>
       </c>
       <c r="H19" s="15">
         <v>102.19</v>
       </c>
       <c r="I19" s="15">
         <v>146.16000000000003</v>
       </c>
       <c r="J19" s="15">
@@ -7119,57 +7104,60 @@
       <c r="DM19" s="15">
         <v>3472.4670234254581</v>
       </c>
       <c r="DN19" s="15">
         <v>3542.7617359247997</v>
       </c>
       <c r="DO19" s="15">
         <v>5315.2838605544093</v>
       </c>
       <c r="DP19" s="15">
         <v>4132.3462400224744</v>
       </c>
       <c r="DQ19" s="15">
         <v>4705.2189520853135</v>
       </c>
       <c r="DR19" s="15">
         <v>5156.7012352514175</v>
       </c>
       <c r="DS19" s="15">
         <v>5343.9874060944776</v>
       </c>
       <c r="DT19" s="15">
         <v>5518.3496709298033</v>
       </c>
       <c r="DU19" s="15">
-        <v>5678.609119963382</v>
+        <v>5681.2763422833832</v>
       </c>
       <c r="DV19" s="15">
-        <v>6877.2916322874516</v>
+        <v>6880.0140206124524</v>
+      </c>
+      <c r="DW19" s="15">
+        <v>6597.6007020103852</v>
       </c>
     </row>
-    <row r="20" spans="2:126" s="16" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="20" spans="2:127" s="16" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B20" s="11" t="s">
         <v>129</v>
       </c>
       <c r="C20" s="15">
         <v>1128.5519686428711</v>
       </c>
       <c r="D20" s="15">
         <v>886.92906601133905</v>
       </c>
       <c r="E20" s="15">
         <v>970.35241567487856</v>
       </c>
       <c r="F20" s="15">
         <v>1025.5788129527482</v>
       </c>
       <c r="G20" s="15">
         <v>1062.981802137753</v>
       </c>
       <c r="H20" s="15">
         <v>1197.6029649547131</v>
       </c>
       <c r="I20" s="15">
         <v>1280.6347639277371</v>
       </c>
       <c r="J20" s="15">
@@ -7496,57 +7484,60 @@
       <c r="DM20" s="15">
         <v>2855.8363199563391</v>
       </c>
       <c r="DN20" s="15">
         <v>3048.6617012052916</v>
       </c>
       <c r="DO20" s="15">
         <v>3096.2083987215597</v>
       </c>
       <c r="DP20" s="15">
         <v>3101.2500545412922</v>
       </c>
       <c r="DQ20" s="15">
         <v>3123.8169780691292</v>
       </c>
       <c r="DR20" s="15">
         <v>3282.3459510116195</v>
       </c>
       <c r="DS20" s="15">
         <v>3730.6204695504121</v>
       </c>
       <c r="DT20" s="15">
         <v>3284.1120980091873</v>
       </c>
       <c r="DU20" s="15">
-        <v>3281.9591433315827</v>
+        <v>3281.9591436315827</v>
       </c>
       <c r="DV20" s="15">
         <v>3113.6743942279422</v>
       </c>
+      <c r="DW20" s="15">
+        <v>3498.233875214496</v>
+      </c>
     </row>
-    <row r="21" spans="2:126" s="16" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="21" spans="2:127" s="16" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B21" s="11" t="s">
         <v>130</v>
       </c>
       <c r="C21" s="15">
         <v>0</v>
       </c>
       <c r="D21" s="15">
         <v>0</v>
       </c>
       <c r="E21" s="15">
         <v>0</v>
       </c>
       <c r="F21" s="15">
         <v>0</v>
       </c>
       <c r="G21" s="15">
         <v>0</v>
       </c>
       <c r="H21" s="15">
         <v>0</v>
       </c>
       <c r="I21" s="15">
         <v>0</v>
       </c>
       <c r="J21" s="15">
@@ -7873,57 +7864,60 @@
       <c r="DM21" s="15">
         <v>2751.72924212</v>
       </c>
       <c r="DN21" s="15">
         <v>2944.3828312100004</v>
       </c>
       <c r="DO21" s="15">
         <v>2242.9720715499998</v>
       </c>
       <c r="DP21" s="15">
         <v>2066.9578916</v>
       </c>
       <c r="DQ21" s="15">
         <v>2028.0601651499999</v>
       </c>
       <c r="DR21" s="15">
         <v>1637.26971226</v>
       </c>
       <c r="DS21" s="15">
         <v>1475.14283138</v>
       </c>
       <c r="DT21" s="15">
         <v>1840.4652301000001</v>
       </c>
       <c r="DU21" s="15">
-        <v>1667.9510447999999</v>
+        <v>1666.5152110500001</v>
       </c>
       <c r="DV21" s="15">
-        <v>2007.6176327200001</v>
+        <v>2006.1817989700003</v>
+      </c>
+      <c r="DW21" s="15">
+        <v>2008.1897137500002</v>
       </c>
     </row>
-    <row r="22" spans="2:126" s="16" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="22" spans="2:127" s="16" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B22" s="11" t="s">
         <v>143</v>
       </c>
       <c r="C22" s="15">
         <v>3012.6672146661112</v>
       </c>
       <c r="D22" s="15">
         <v>3783.2140983222566</v>
       </c>
       <c r="E22" s="15">
         <v>5333.6162294251099</v>
       </c>
       <c r="F22" s="15">
         <v>5651.3165040286485</v>
       </c>
       <c r="G22" s="15">
         <v>6554.0969541588656</v>
       </c>
       <c r="H22" s="15">
         <v>6436.1700669205356</v>
       </c>
       <c r="I22" s="15">
         <v>7438.3540109550586</v>
       </c>
       <c r="J22" s="15">
@@ -8255,57 +8249,60 @@
       </c>
       <c r="DO22" s="15">
         <v>2845.47723438</v>
       </c>
       <c r="DP22" s="15">
         <v>2879.7158863939221</v>
       </c>
       <c r="DQ22" s="15">
         <v>2715.4675848004072</v>
       </c>
       <c r="DR22" s="15">
         <v>2923.9282528484696</v>
       </c>
       <c r="DS22" s="15">
         <v>2932.6883734713547</v>
       </c>
       <c r="DT22" s="15">
         <v>3210.7040393836282</v>
       </c>
       <c r="DU22" s="15">
         <v>3432.9549954079057</v>
       </c>
       <c r="DV22" s="15">
         <v>3199.1481371765749</v>
       </c>
+      <c r="DW22" s="15">
+        <v>3256.7633489375867</v>
+      </c>
     </row>
-    <row r="23" spans="2:126" s="16" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="23" spans="2:127" s="16" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B23" s="11" t="s">
         <v>131</v>
       </c>
       <c r="C23" s="15">
-        <v>12527.82734155099</v>
+        <v>12532.940240829183</v>
       </c>
       <c r="D23" s="15">
         <v>16005.158789720901</v>
       </c>
       <c r="E23" s="15">
         <v>19274.95747020423</v>
       </c>
       <c r="F23" s="15">
         <v>22424.023493330078</v>
       </c>
       <c r="G23" s="15">
         <v>28101.977179178975</v>
       </c>
       <c r="H23" s="15">
         <v>33875.811052615434</v>
       </c>
       <c r="I23" s="15">
         <v>40292.066275955192</v>
       </c>
       <c r="J23" s="15">
         <v>51860.620781116202</v>
       </c>
       <c r="K23" s="15">
         <v>65484.276763235408</v>
       </c>
@@ -8429,51 +8426,51 @@
       <c r="AY23" s="15">
         <v>47772.76151768041</v>
       </c>
       <c r="AZ23" s="15">
         <v>51860.620781116202</v>
       </c>
       <c r="BA23" s="15">
         <v>59447.497190111942</v>
       </c>
       <c r="BB23" s="15">
         <v>63016.176202490649</v>
       </c>
       <c r="BC23" s="15">
         <v>63448.804809015608</v>
       </c>
       <c r="BD23" s="15">
         <v>65484.276763235408</v>
       </c>
       <c r="BE23" s="15">
         <v>63394.620632979844</v>
       </c>
       <c r="BF23" s="15">
         <v>62579.379674338961</v>
       </c>
       <c r="BG23" s="15">
-        <v>62721.232876639428</v>
+        <v>62721.232876639435</v>
       </c>
       <c r="BH23" s="15">
         <v>62812.243835850677</v>
       </c>
       <c r="BI23" s="15">
         <v>61965.561412254727</v>
       </c>
       <c r="BJ23" s="15">
         <v>64461.756805877754</v>
       </c>
       <c r="BK23" s="15">
         <v>67394.629655187862</v>
       </c>
       <c r="BL23" s="15">
         <v>68652.604606618057</v>
       </c>
       <c r="BM23" s="15">
         <v>69149.285111073143</v>
       </c>
       <c r="BN23" s="15">
         <v>69603.632149129029</v>
       </c>
       <c r="BO23" s="15">
         <v>69361.678756923953</v>
       </c>
@@ -8627,62 +8624,65 @@
       <c r="DM23" s="15">
         <v>92779.625271450524</v>
       </c>
       <c r="DN23" s="15">
         <v>92768.499313588953</v>
       </c>
       <c r="DO23" s="15">
         <v>98160.559819419606</v>
       </c>
       <c r="DP23" s="15">
         <v>101821.71868894133</v>
       </c>
       <c r="DQ23" s="15">
         <v>105565.20117993679</v>
       </c>
       <c r="DR23" s="15">
         <v>108202.71718046792</v>
       </c>
       <c r="DS23" s="15">
         <v>109765.6432881903</v>
       </c>
       <c r="DT23" s="15">
         <v>106393.27175851729</v>
       </c>
       <c r="DU23" s="15">
-        <v>108724.46554842255</v>
+        <v>108781.16819695217</v>
       </c>
       <c r="DV23" s="15">
-        <v>112440.07622348823</v>
+        <v>113069.68110409392</v>
+      </c>
+      <c r="DW23" s="15">
+        <v>111364.50282149215</v>
       </c>
     </row>
-    <row r="24" spans="2:126" s="16" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="24" spans="2:127" s="16" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B24" s="11" t="s">
         <v>132</v>
       </c>
       <c r="C24" s="15">
-        <v>2551.0855325278012</v>
+        <v>2556.1984318059931</v>
       </c>
       <c r="D24" s="15">
         <v>3000.738400247375</v>
       </c>
       <c r="E24" s="15">
         <v>4609.5918914646318</v>
       </c>
       <c r="F24" s="15">
         <v>6002.5379670187604</v>
       </c>
       <c r="G24" s="15">
         <v>6978.6923635741541</v>
       </c>
       <c r="H24" s="15">
         <v>9505.9695762979263</v>
       </c>
       <c r="I24" s="15">
         <v>12832.853476318043</v>
       </c>
       <c r="J24" s="15">
         <v>20356.010661766399</v>
       </c>
       <c r="K24" s="15">
         <v>30423.047904629198</v>
       </c>
@@ -9004,57 +9004,60 @@
       <c r="DM24" s="15">
         <v>45392.222174170784</v>
       </c>
       <c r="DN24" s="15">
         <v>46071.609461152242</v>
       </c>
       <c r="DO24" s="15">
         <v>47652.31160628693</v>
       </c>
       <c r="DP24" s="15">
         <v>49231.078793231798</v>
       </c>
       <c r="DQ24" s="15">
         <v>51551.8688825016</v>
       </c>
       <c r="DR24" s="15">
         <v>53318.755194382393</v>
       </c>
       <c r="DS24" s="15">
         <v>54983.876451833159</v>
       </c>
       <c r="DT24" s="15">
         <v>58805.075204133944</v>
       </c>
       <c r="DU24" s="15">
-        <v>59921.548268937338</v>
+        <v>59959.364474946691</v>
       </c>
       <c r="DV24" s="15">
-        <v>60329.39128592152</v>
+        <v>60906.37572624076</v>
+      </c>
+      <c r="DW24" s="15">
+        <v>62330.817416454782</v>
       </c>
     </row>
-    <row r="25" spans="2:126" s="16" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="25" spans="2:127" s="16" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B25" s="11" t="s">
         <v>133</v>
       </c>
       <c r="C25" s="15">
         <v>2825.7770500594988</v>
       </c>
       <c r="D25" s="15">
         <v>3706.5924525748778</v>
       </c>
       <c r="E25" s="15">
         <v>4540.6525232000004</v>
       </c>
       <c r="F25" s="15">
         <v>4394.6274725440308</v>
       </c>
       <c r="G25" s="15">
         <v>4934.3896314854319</v>
       </c>
       <c r="H25" s="15">
         <v>6002.6447312482942</v>
       </c>
       <c r="I25" s="15">
         <v>5799.3672141340885</v>
       </c>
       <c r="J25" s="15">
@@ -9384,54 +9387,57 @@
       <c r="DN25" s="15">
         <v>10690.544607858163</v>
       </c>
       <c r="DO25" s="15">
         <v>11012.757056642355</v>
       </c>
       <c r="DP25" s="15">
         <v>10607.950112938252</v>
       </c>
       <c r="DQ25" s="15">
         <v>11320.003495612043</v>
       </c>
       <c r="DR25" s="15">
         <v>11182.113520701936</v>
       </c>
       <c r="DS25" s="15">
         <v>11314.405990606414</v>
       </c>
       <c r="DT25" s="15">
         <v>11458.679126936786</v>
       </c>
       <c r="DU25" s="15">
         <v>11940.803042392721</v>
       </c>
       <c r="DV25" s="15">
-        <v>12374.960981470591</v>
+        <v>12374.958667210591</v>
+      </c>
+      <c r="DW25" s="15">
+        <v>12066.760894601817</v>
       </c>
     </row>
-    <row r="26" spans="2:126" s="16" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="26" spans="2:127" s="16" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B26" s="11" t="s">
         <v>134</v>
       </c>
       <c r="C26" s="15">
         <v>127.73705005949896</v>
       </c>
       <c r="D26" s="15">
         <v>116.82245257487767</v>
       </c>
       <c r="E26" s="15">
         <v>151.27252319999999</v>
       </c>
       <c r="F26" s="15">
         <v>239.91047190000003</v>
       </c>
       <c r="G26" s="15">
         <v>230.15150360000001</v>
       </c>
       <c r="H26" s="15">
         <v>487.0950775</v>
       </c>
       <c r="I26" s="15">
         <v>671.73560090000001</v>
       </c>
       <c r="J26" s="15">
@@ -9763,52 +9769,55 @@
       </c>
       <c r="DO26" s="15">
         <v>415.71670080000001</v>
       </c>
       <c r="DP26" s="15">
         <v>425.61064249999993</v>
       </c>
       <c r="DQ26" s="15">
         <v>492.36225919999998</v>
       </c>
       <c r="DR26" s="15">
         <v>480.2387109</v>
       </c>
       <c r="DS26" s="15">
         <v>508.6303365</v>
       </c>
       <c r="DT26" s="15">
         <v>591.45105899999999</v>
       </c>
       <c r="DU26" s="15">
         <v>639.75158409999995</v>
       </c>
       <c r="DV26" s="15">
         <v>738.35179840000001</v>
       </c>
+      <c r="DW26" s="15">
+        <v>771.85303620000002</v>
+      </c>
     </row>
-    <row r="27" spans="2:126" s="16" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="27" spans="2:127" s="16" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B27" s="11" t="s">
         <v>135</v>
       </c>
       <c r="C27" s="15">
         <v>2698.04</v>
       </c>
       <c r="D27" s="15">
         <v>3589.77</v>
       </c>
       <c r="E27" s="15">
         <v>4389.38</v>
       </c>
       <c r="F27" s="15">
         <v>4154.717000644031</v>
       </c>
       <c r="G27" s="15">
         <v>4704.2381278854318</v>
       </c>
       <c r="H27" s="15">
         <v>5515.5496537482941</v>
       </c>
       <c r="I27" s="15">
         <v>5127.6316132340889</v>
       </c>
       <c r="J27" s="15">
@@ -10138,54 +10147,57 @@
       <c r="DN27" s="15">
         <v>10279.005949658163</v>
       </c>
       <c r="DO27" s="15">
         <v>10597.040355842355</v>
       </c>
       <c r="DP27" s="15">
         <v>10182.339470438252</v>
       </c>
       <c r="DQ27" s="15">
         <v>10827.641236412044</v>
       </c>
       <c r="DR27" s="15">
         <v>10701.874809801937</v>
       </c>
       <c r="DS27" s="15">
         <v>10805.775654106414</v>
       </c>
       <c r="DT27" s="15">
         <v>10867.228067936785</v>
       </c>
       <c r="DU27" s="15">
         <v>11301.051458292721</v>
       </c>
       <c r="DV27" s="15">
-        <v>11636.60918307059</v>
+        <v>11636.60686881059</v>
+      </c>
+      <c r="DW27" s="15">
+        <v>11294.907858401817</v>
       </c>
     </row>
-    <row r="28" spans="2:126" s="16" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="28" spans="2:127" s="16" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B28" s="20" t="s">
         <v>122</v>
       </c>
       <c r="C28" s="15">
         <v>2678.29</v>
       </c>
       <c r="D28" s="15">
         <v>3579.22</v>
       </c>
       <c r="E28" s="15">
         <v>4357</v>
       </c>
       <c r="F28" s="15">
         <v>4154.3970006440313</v>
       </c>
       <c r="G28" s="15">
         <v>4670.5581278854315</v>
       </c>
       <c r="H28" s="15">
         <v>5515.5196537482943</v>
       </c>
       <c r="I28" s="15">
         <v>5118.4797579013466</v>
       </c>
       <c r="J28" s="15">
@@ -10515,54 +10527,57 @@
       <c r="DN28" s="15">
         <v>10279.000910258163</v>
       </c>
       <c r="DO28" s="15">
         <v>10597.035317122354</v>
       </c>
       <c r="DP28" s="15">
         <v>10172.725066218252</v>
       </c>
       <c r="DQ28" s="15">
         <v>10801.580613702045</v>
       </c>
       <c r="DR28" s="15">
         <v>10672.295217451936</v>
       </c>
       <c r="DS28" s="15">
         <v>10775.029113586414</v>
       </c>
       <c r="DT28" s="15">
         <v>10787.473010766786</v>
       </c>
       <c r="DU28" s="15">
         <v>11208.728638672721</v>
       </c>
       <c r="DV28" s="15">
-        <v>11437.535852640591</v>
+        <v>11437.53353838059</v>
+      </c>
+      <c r="DW28" s="15">
+        <v>11052.927781711816</v>
       </c>
     </row>
-    <row r="29" spans="2:126" s="16" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="29" spans="2:127" s="16" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B29" s="20" t="s">
         <v>123</v>
       </c>
       <c r="C29" s="15">
         <v>19.75</v>
       </c>
       <c r="D29" s="15">
         <v>10.55</v>
       </c>
       <c r="E29" s="15">
         <v>32.380000000000003</v>
       </c>
       <c r="F29" s="15">
         <v>0.32</v>
       </c>
       <c r="G29" s="15">
         <v>33.68</v>
       </c>
       <c r="H29" s="15">
         <v>0.03</v>
       </c>
       <c r="I29" s="15">
         <v>9.1518553327420822</v>
       </c>
       <c r="J29" s="15">
@@ -10889,57 +10904,60 @@
       <c r="DM29" s="15">
         <v>7.4993201699999998</v>
       </c>
       <c r="DN29" s="15">
         <v>5.0393999999999994E-3</v>
       </c>
       <c r="DO29" s="15">
         <v>5.03872E-3</v>
       </c>
       <c r="DP29" s="15">
         <v>9.6144042200000008</v>
       </c>
       <c r="DQ29" s="15">
         <v>26.060622710000001</v>
       </c>
       <c r="DR29" s="15">
         <v>29.579592350000006</v>
       </c>
       <c r="DS29" s="15">
         <v>30.746540520000003</v>
       </c>
       <c r="DT29" s="15">
         <v>79.755057169999986</v>
       </c>
       <c r="DU29" s="15">
-        <v>92.32281961999999</v>
+        <v>92.322819619999976</v>
       </c>
       <c r="DV29" s="15">
-        <v>199.07333043000006</v>
+        <v>199.07333043000003</v>
+      </c>
+      <c r="DW29" s="15">
+        <v>241.98007669</v>
       </c>
     </row>
-    <row r="30" spans="2:126" s="16" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="30" spans="2:127" s="16" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B30" s="11" t="s">
         <v>136</v>
       </c>
       <c r="C30" s="15">
         <v>0</v>
       </c>
       <c r="D30" s="15">
         <v>0</v>
       </c>
       <c r="E30" s="15">
         <v>0</v>
       </c>
       <c r="F30" s="15">
         <v>0</v>
       </c>
       <c r="G30" s="15">
         <v>0</v>
       </c>
       <c r="H30" s="15">
         <v>0</v>
       </c>
       <c r="I30" s="15">
         <v>0</v>
       </c>
       <c r="J30" s="15">
@@ -11266,92 +11284,95 @@
       <c r="DM30" s="15">
         <v>154.47967299999996</v>
       </c>
       <c r="DN30" s="15">
         <v>154.74157600000001</v>
       </c>
       <c r="DO30" s="15">
         <v>221.11684200000002</v>
       </c>
       <c r="DP30" s="15">
         <v>212.20931400000001</v>
       </c>
       <c r="DQ30" s="15">
         <v>201.81363299999998</v>
       </c>
       <c r="DR30" s="15">
         <v>171.532872</v>
       </c>
       <c r="DS30" s="15">
         <v>266.02705099999997</v>
       </c>
       <c r="DT30" s="15">
         <v>279.61564800000002</v>
       </c>
       <c r="DU30" s="15">
-        <v>216.643145</v>
+        <v>216.76869500000001</v>
       </c>
       <c r="DV30" s="15">
         <v>254.354173</v>
       </c>
+      <c r="DW30" s="15">
+        <v>229.41003499999997</v>
+      </c>
     </row>
-    <row r="31" spans="2:126" s="16" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="31" spans="2:127" s="16" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B31" s="11" t="s">
         <v>137</v>
       </c>
       <c r="C31" s="15">
         <v>7150.9647589636897</v>
       </c>
       <c r="D31" s="15">
         <v>9297.8279368986477</v>
       </c>
       <c r="E31" s="15">
         <v>10124.713055539596</v>
       </c>
       <c r="F31" s="15">
         <v>12026.858053767286</v>
       </c>
       <c r="G31" s="15">
         <v>16188.89518411939</v>
       </c>
       <c r="H31" s="15">
         <v>18367.196745069214</v>
       </c>
       <c r="I31" s="15">
         <v>21659.845585503059</v>
       </c>
       <c r="J31" s="15">
-        <v>25709.89317940591</v>
+        <v>25709.893179405914</v>
       </c>
       <c r="K31" s="15">
         <v>28328.411996935352</v>
       </c>
       <c r="L31" s="15">
         <v>34898.123688946471</v>
       </c>
       <c r="M31" s="15">
-        <v>36658.267131284381</v>
+        <v>36658.267131284389</v>
       </c>
       <c r="N31" s="15">
         <v>36466.414428054763</v>
       </c>
       <c r="O31" s="15">
         <v>36978.798655364015</v>
       </c>
       <c r="P31" s="15">
         <v>33322.879537815963</v>
       </c>
       <c r="Q31" s="15">
         <v>32375.130624710582</v>
       </c>
       <c r="R31" s="15">
         <v>32085.574250444835</v>
       </c>
       <c r="S31" s="15">
         <v>30995.220610254055</v>
       </c>
       <c r="T31" s="15">
         <v>28298.821192749758</v>
       </c>
       <c r="U31" s="15">
         <v>27243.682431608046</v>
       </c>
@@ -11424,87 +11445,87 @@
       <c r="AR31" s="15">
         <v>18367.196745069214</v>
       </c>
       <c r="AS31" s="15">
         <v>19281.968818179346</v>
       </c>
       <c r="AT31" s="15">
         <v>20234.33390520652</v>
       </c>
       <c r="AU31" s="15">
         <v>20077.274047149669</v>
       </c>
       <c r="AV31" s="15">
         <v>21659.845585503059</v>
       </c>
       <c r="AW31" s="15">
         <v>23129.016142067016</v>
       </c>
       <c r="AX31" s="15">
         <v>24128.314922646943</v>
       </c>
       <c r="AY31" s="15">
         <v>23853.929963182483</v>
       </c>
       <c r="AZ31" s="15">
-        <v>25709.89317940591</v>
+        <v>25709.893179405914</v>
       </c>
       <c r="BA31" s="15">
         <v>26387.611094980199</v>
       </c>
       <c r="BB31" s="15">
         <v>26817.913645539604</v>
       </c>
       <c r="BC31" s="15">
         <v>26846.878167956052</v>
       </c>
       <c r="BD31" s="15">
         <v>28328.411996935352</v>
       </c>
       <c r="BE31" s="15">
         <v>30709.357758787664</v>
       </c>
       <c r="BF31" s="15">
         <v>31229.817160599072</v>
       </c>
       <c r="BG31" s="15">
-        <v>31992.877365046807</v>
+        <v>31992.87736504681</v>
       </c>
       <c r="BH31" s="15">
         <v>34898.123688946471</v>
       </c>
       <c r="BI31" s="15">
         <v>35632.775630602795</v>
       </c>
       <c r="BJ31" s="15">
         <v>36140.349610199133</v>
       </c>
       <c r="BK31" s="15">
         <v>36737.648285816926</v>
       </c>
       <c r="BL31" s="15">
-        <v>36658.267131284381</v>
+        <v>36658.267131284389</v>
       </c>
       <c r="BM31" s="15">
         <v>36485.506234915651</v>
       </c>
       <c r="BN31" s="15">
         <v>36935.548947460113</v>
       </c>
       <c r="BO31" s="15">
         <v>35911.069929722864</v>
       </c>
       <c r="BP31" s="15">
         <v>36466.414428054763</v>
       </c>
       <c r="BQ31" s="15">
         <v>37565.593983946557</v>
       </c>
       <c r="BR31" s="15">
         <v>38314.963605275028</v>
       </c>
       <c r="BS31" s="15">
         <v>36917.613811845375</v>
       </c>
       <c r="BT31" s="15">
         <v>36978.798655364015</v>
       </c>
@@ -11643,57 +11664,60 @@
       <c r="DM31" s="15">
         <v>36809.475772741629</v>
       </c>
       <c r="DN31" s="15">
         <v>35851.603668578558</v>
       </c>
       <c r="DO31" s="15">
         <v>39274.374314490313</v>
       </c>
       <c r="DP31" s="15">
         <v>41770.480468771275</v>
       </c>
       <c r="DQ31" s="15">
         <v>42491.515168823156</v>
       </c>
       <c r="DR31" s="15">
         <v>43530.315593383588</v>
       </c>
       <c r="DS31" s="15">
         <v>43201.333794750717</v>
       </c>
       <c r="DT31" s="15">
         <v>35849.901779446562</v>
       </c>
       <c r="DU31" s="15">
-        <v>36645.471092092499</v>
+        <v>36664.23198461275</v>
       </c>
       <c r="DV31" s="15">
-        <v>39481.36978309611</v>
+        <v>39533.992537642567</v>
+      </c>
+      <c r="DW31" s="15">
+        <v>36737.51447543555</v>
       </c>
     </row>
-    <row r="32" spans="2:126" s="16" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="32" spans="2:127" s="16" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B32" s="11" t="s">
         <v>138</v>
       </c>
       <c r="C32" s="15">
         <v>0</v>
       </c>
       <c r="D32" s="15">
         <v>0</v>
       </c>
       <c r="E32" s="15">
         <v>3.2685735</v>
       </c>
       <c r="F32" s="15">
         <v>3.7578607999999996</v>
       </c>
       <c r="G32" s="15">
         <v>4.2066357000000005</v>
       </c>
       <c r="H32" s="15">
         <v>6.7009746000000003</v>
       </c>
       <c r="I32" s="15">
         <v>11.069073100000001</v>
       </c>
       <c r="J32" s="15">
@@ -12025,52 +12049,55 @@
       </c>
       <c r="DO32" s="15">
         <v>295.7275904</v>
       </c>
       <c r="DP32" s="15">
         <v>293.33281169999998</v>
       </c>
       <c r="DQ32" s="15">
         <v>297.39465750000005</v>
       </c>
       <c r="DR32" s="15">
         <v>289.71228409999998</v>
       </c>
       <c r="DS32" s="15">
         <v>283.76242450000001</v>
       </c>
       <c r="DT32" s="15">
         <v>276.40588059999999</v>
       </c>
       <c r="DU32" s="15">
         <v>272.23050599999999</v>
       </c>
       <c r="DV32" s="15">
         <v>274.69894880000004</v>
       </c>
+      <c r="DW32" s="15">
+        <v>276.35562449999998</v>
+      </c>
     </row>
-    <row r="33" spans="2:126" s="16" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="33" spans="2:127" s="16" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B33" s="11" t="s">
         <v>139</v>
       </c>
       <c r="C33" s="15">
         <v>541.91628770406248</v>
       </c>
       <c r="D33" s="15">
         <v>492.55120872665833</v>
       </c>
       <c r="E33" s="15">
         <v>984.09587539008589</v>
       </c>
       <c r="F33" s="15">
         <v>2184.7336605748983</v>
       </c>
       <c r="G33" s="15">
         <v>3031.8333120011243</v>
       </c>
       <c r="H33" s="15">
         <v>3454.5192147380149</v>
       </c>
       <c r="I33" s="15">
         <v>3750.2767252705144</v>
       </c>
       <c r="J33" s="15">
@@ -12402,90 +12429,93 @@
       </c>
       <c r="DO33" s="15">
         <v>8320.737742155552</v>
       </c>
       <c r="DP33" s="15">
         <v>7476.3646549103596</v>
       </c>
       <c r="DQ33" s="15">
         <v>6629.384431770337</v>
       </c>
       <c r="DR33" s="15">
         <v>6483.7557070825405</v>
       </c>
       <c r="DS33" s="15">
         <v>6262.4157570896205</v>
       </c>
       <c r="DT33" s="15">
         <v>6089.0483678062137</v>
       </c>
       <c r="DU33" s="15">
         <v>7605.0079021705678</v>
       </c>
       <c r="DV33" s="15">
         <v>10415.407835193268</v>
       </c>
+      <c r="DW33" s="15">
+        <v>7739.0937988335172</v>
+      </c>
     </row>
-    <row r="34" spans="2:126" s="16" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="34" spans="2:127" s="16" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B34" s="11" t="s">
         <v>140</v>
       </c>
       <c r="C34" s="15">
         <v>6265.7784712596276</v>
       </c>
       <c r="D34" s="15">
         <v>7264.0167782970784</v>
       </c>
       <c r="E34" s="15">
         <v>7389.3056087152127</v>
       </c>
       <c r="F34" s="15">
         <v>7825.8493453436276</v>
       </c>
       <c r="G34" s="15">
         <v>11017.203261716279</v>
       </c>
       <c r="H34" s="15">
         <v>12662.575316393526</v>
       </c>
       <c r="I34" s="15">
         <v>15453.286187075671</v>
       </c>
       <c r="J34" s="15">
-        <v>18366.276456228981</v>
+        <v>18366.276456228985</v>
       </c>
       <c r="K34" s="15">
         <v>21049.186870647267</v>
       </c>
       <c r="L34" s="15">
         <v>26098.507679926744</v>
       </c>
       <c r="M34" s="15">
-        <v>26929.29406297503</v>
+        <v>26929.294062975034</v>
       </c>
       <c r="N34" s="15">
-        <v>26518.937118070746</v>
+        <v>26518.937118070742</v>
       </c>
       <c r="O34" s="15">
         <v>26008.229150724597</v>
       </c>
       <c r="P34" s="15">
         <v>24443.550593905551</v>
       </c>
       <c r="Q34" s="15">
         <v>23499.506219760351</v>
       </c>
       <c r="R34" s="15">
         <v>23250.755384265009</v>
       </c>
       <c r="S34" s="15">
         <v>22582.195062539231</v>
       </c>
       <c r="T34" s="15">
         <v>20436.673888590682</v>
       </c>
       <c r="U34" s="15">
         <v>20069.56515298249</v>
       </c>
       <c r="V34" s="15">
         <v>19512.689008370889</v>
       </c>
@@ -12555,99 +12585,99 @@
       <c r="AR34" s="15">
         <v>12662.575316393526</v>
       </c>
       <c r="AS34" s="15">
         <v>13427.349933935828</v>
       </c>
       <c r="AT34" s="15">
         <v>14381.603588506729</v>
       </c>
       <c r="AU34" s="15">
         <v>14465.402409939526</v>
       </c>
       <c r="AV34" s="15">
         <v>15453.286187075671</v>
       </c>
       <c r="AW34" s="15">
         <v>16404.903983629494</v>
       </c>
       <c r="AX34" s="15">
         <v>17110.112978751815</v>
       </c>
       <c r="AY34" s="15">
         <v>17267.064328820066</v>
       </c>
       <c r="AZ34" s="15">
-        <v>18366.276456228981</v>
+        <v>18366.276456228985</v>
       </c>
       <c r="BA34" s="15">
         <v>18489.796783922666</v>
       </c>
       <c r="BB34" s="15">
-        <v>18733.186884321069</v>
+        <v>18733.186884321072</v>
       </c>
       <c r="BC34" s="15">
         <v>19644.34481065163</v>
       </c>
       <c r="BD34" s="15">
         <v>21049.186870647267</v>
       </c>
       <c r="BE34" s="15">
         <v>22772.417293398925</v>
       </c>
       <c r="BF34" s="15">
         <v>23855.037232038412</v>
       </c>
       <c r="BG34" s="15">
-        <v>24731.761311845286</v>
+        <v>24731.76131184529</v>
       </c>
       <c r="BH34" s="15">
         <v>26098.507679926744</v>
       </c>
       <c r="BI34" s="15">
         <v>26688.270994855364</v>
       </c>
       <c r="BJ34" s="15">
-        <v>26851.991274084856</v>
+        <v>26851.991274084852</v>
       </c>
       <c r="BK34" s="15">
         <v>27092.660370477734</v>
       </c>
       <c r="BL34" s="15">
-        <v>26929.29406297503</v>
+        <v>26929.294062975034</v>
       </c>
       <c r="BM34" s="15">
         <v>26957.104747977468</v>
       </c>
       <c r="BN34" s="15">
-        <v>27047.61788723123</v>
+        <v>27047.617887231227</v>
       </c>
       <c r="BO34" s="15">
         <v>26483.67629123704</v>
       </c>
       <c r="BP34" s="15">
-        <v>26518.937118070746</v>
+        <v>26518.937118070742</v>
       </c>
       <c r="BQ34" s="15">
         <v>27140.388674588292</v>
       </c>
       <c r="BR34" s="15">
         <v>27395.999418198393</v>
       </c>
       <c r="BS34" s="15">
         <v>26431.085173615895</v>
       </c>
       <c r="BT34" s="15">
         <v>26008.229150724597</v>
       </c>
       <c r="BU34" s="15">
         <v>25969.576816233326</v>
       </c>
       <c r="BV34" s="15">
         <v>25667.271175890019</v>
       </c>
       <c r="BW34" s="15">
         <v>25124.277703951193</v>
       </c>
       <c r="BX34" s="15">
         <v>24443.550593905551</v>
       </c>
@@ -12774,57 +12804,60 @@
       <c r="DM34" s="15">
         <v>17300.383057579209</v>
       </c>
       <c r="DN34" s="15">
         <v>17100.526863628613</v>
       </c>
       <c r="DO34" s="15">
         <v>21445.868645529103</v>
       </c>
       <c r="DP34" s="15">
         <v>24605.593695694475</v>
       </c>
       <c r="DQ34" s="15">
         <v>25329.748471394607</v>
       </c>
       <c r="DR34" s="15">
         <v>25625.600890522841</v>
       </c>
       <c r="DS34" s="15">
         <v>25884.975331497364</v>
       </c>
       <c r="DT34" s="15">
         <v>19090.04238962719</v>
       </c>
       <c r="DU34" s="15">
-        <v>17763.034530473124</v>
+        <v>17763.261262603373</v>
       </c>
       <c r="DV34" s="15">
-        <v>17819.202390543127</v>
+        <v>17763.11554478958</v>
+      </c>
+      <c r="DW34" s="15">
+        <v>18253.159450563908</v>
       </c>
     </row>
-    <row r="35" spans="2:126" s="16" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="35" spans="2:127" s="16" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B35" s="11" t="s">
         <v>141</v>
       </c>
       <c r="C35" s="15">
         <v>343.27</v>
       </c>
       <c r="D35" s="15">
         <v>1541.2599498749116</v>
       </c>
       <c r="E35" s="15">
         <v>1748.0429979342978</v>
       </c>
       <c r="F35" s="15">
         <v>2012.5171870487618</v>
       </c>
       <c r="G35" s="15">
         <v>2135.6519747019861</v>
       </c>
       <c r="H35" s="15">
         <v>2243.4012393376711</v>
       </c>
       <c r="I35" s="15">
         <v>2445.2136000568707</v>
       </c>
       <c r="J35" s="15">
@@ -13151,57 +13184,60 @@
       <c r="DM35" s="15">
         <v>5144.1009425784696</v>
       </c>
       <c r="DN35" s="15">
         <v>5902.8469991295578</v>
       </c>
       <c r="DO35" s="15">
         <v>4894.9152148800658</v>
       </c>
       <c r="DP35" s="15">
         <v>4750.7081076900859</v>
       </c>
       <c r="DQ35" s="15">
         <v>5526.6696745137142</v>
       </c>
       <c r="DR35" s="15">
         <v>6350.0106777089177</v>
       </c>
       <c r="DS35" s="15">
         <v>5532.2332189750114</v>
       </c>
       <c r="DT35" s="15">
         <v>5387.7423530721044</v>
       </c>
       <c r="DU35" s="15">
-        <v>6195.797586810957</v>
+        <v>6214.3317472009576</v>
       </c>
       <c r="DV35" s="15">
-        <v>6574.3865703358169</v>
+        <v>6683.0961706258167</v>
+      </c>
+      <c r="DW35" s="15">
+        <v>5831.6104070515039</v>
       </c>
     </row>
-    <row r="36" spans="2:126" s="16" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="36" spans="2:127" s="16" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B36" s="11" t="s">
         <v>142</v>
       </c>
       <c r="C36" s="15">
         <v>0</v>
       </c>
       <c r="D36" s="15">
         <v>0</v>
       </c>
       <c r="E36" s="15">
         <v>0</v>
       </c>
       <c r="F36" s="15">
         <v>0</v>
       </c>
       <c r="G36" s="15">
         <v>0</v>
       </c>
       <c r="H36" s="15">
         <v>0</v>
       </c>
       <c r="I36" s="15">
         <v>0</v>
       </c>
       <c r="J36" s="15">
@@ -13531,54 +13567,57 @@
       <c r="DN36" s="15">
         <v>3264.24127069</v>
       </c>
       <c r="DO36" s="15">
         <v>3087.3821612500005</v>
       </c>
       <c r="DP36" s="15">
         <v>3438.2389720700003</v>
       </c>
       <c r="DQ36" s="15">
         <v>3495.5121218700006</v>
       </c>
       <c r="DR36" s="15">
         <v>3563.902997986781</v>
       </c>
       <c r="DS36" s="15">
         <v>3984.1409611944</v>
       </c>
       <c r="DT36" s="15">
         <v>3708.0018733499996</v>
       </c>
       <c r="DU36" s="15">
         <v>3537.9092980699993</v>
       </c>
       <c r="DV36" s="15">
-        <v>3184.356586039999</v>
+        <v>3184.3565860499989</v>
+      </c>
+      <c r="DW36" s="15">
+        <v>3428.81883358</v>
       </c>
     </row>
-    <row r="37" spans="2:126" s="16" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="37" spans="2:127" s="16" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B37" s="12" t="s">
         <v>144</v>
       </c>
       <c r="C37" s="18">
         <v>0</v>
       </c>
       <c r="D37" s="18">
         <v>0</v>
       </c>
       <c r="E37" s="18">
         <v>0</v>
       </c>
       <c r="F37" s="18">
         <v>0</v>
       </c>
       <c r="G37" s="18">
         <v>0</v>
       </c>
       <c r="H37" s="18">
         <v>0</v>
       </c>
       <c r="I37" s="18">
         <v>0</v>
       </c>
       <c r="J37" s="18">
@@ -13910,122 +13949,125 @@
       </c>
       <c r="DO37" s="19">
         <v>1229.7429602755903</v>
       </c>
       <c r="DP37" s="19">
         <v>1206.2422267063525</v>
       </c>
       <c r="DQ37" s="19">
         <v>1212.8058117744965</v>
       </c>
       <c r="DR37" s="19">
         <v>1217.333035982509</v>
       </c>
       <c r="DS37" s="19">
         <v>1253.8061014943132</v>
       </c>
       <c r="DT37" s="19">
         <v>1298.6609149910553</v>
       </c>
       <c r="DU37" s="19">
         <v>1271.4912685678523</v>
       </c>
       <c r="DV37" s="19">
         <v>1213.3174521839028</v>
       </c>
+      <c r="DW37" s="19">
+        <v>1208.4763609066238</v>
+      </c>
     </row>
-    <row r="38" spans="2:126" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="38" spans="2:127" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B38" s="2"/>
       <c r="C38" s="1"/>
       <c r="D38" s="1"/>
       <c r="E38" s="1"/>
       <c r="F38" s="1"/>
       <c r="G38" s="1"/>
       <c r="H38" s="1"/>
       <c r="I38" s="1"/>
       <c r="J38" s="1"/>
       <c r="K38" s="1"/>
       <c r="L38" s="1"/>
       <c r="M38" s="1"/>
       <c r="CJ38" s="4"/>
       <c r="CK38" s="4"/>
       <c r="CL38" s="4"/>
       <c r="CM38" s="4"/>
       <c r="CN38" s="4"/>
       <c r="CO38" s="4"/>
       <c r="CP38" s="4"/>
       <c r="CQ38" s="4"/>
       <c r="CR38" s="4"/>
       <c r="CS38" s="4"/>
       <c r="CT38" s="4"/>
       <c r="CU38" s="4"/>
       <c r="CV38" s="4"/>
       <c r="CW38" s="4"/>
       <c r="CX38" s="4"/>
       <c r="CY38" s="4"/>
       <c r="CZ38" s="4"/>
       <c r="DA38" s="4"/>
       <c r="DB38" s="4"/>
       <c r="DC38" s="4"/>
     </row>
-    <row r="39" spans="2:126" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="39" spans="2:127" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B39" s="24" t="s">
         <v>159</v>
       </c>
       <c r="C39" s="1"/>
       <c r="D39" s="1"/>
       <c r="E39" s="1"/>
       <c r="F39" s="1"/>
       <c r="G39" s="1"/>
       <c r="H39" s="1"/>
       <c r="I39" s="1"/>
       <c r="J39" s="1"/>
       <c r="K39" s="1"/>
       <c r="L39" s="1"/>
       <c r="M39" s="1"/>
       <c r="CJ39" s="4"/>
       <c r="CK39" s="4"/>
       <c r="CL39" s="4"/>
       <c r="CM39" s="4"/>
       <c r="CN39" s="4"/>
       <c r="CO39" s="4"/>
       <c r="CP39" s="4"/>
       <c r="CQ39" s="4"/>
       <c r="CR39" s="4"/>
       <c r="CS39" s="4"/>
       <c r="CT39" s="4"/>
       <c r="CU39" s="4"/>
       <c r="CV39" s="4"/>
       <c r="CW39" s="4"/>
       <c r="CX39" s="4"/>
       <c r="CY39" s="4"/>
       <c r="CZ39" s="4"/>
       <c r="DA39" s="4"/>
       <c r="DB39" s="4"/>
       <c r="DC39" s="4"/>
     </row>
-    <row r="40" spans="2:126" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="40" spans="2:127" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B40" s="23" t="s">
         <v>152</v>
       </c>
       <c r="C40" s="21"/>
       <c r="D40" s="21"/>
       <c r="E40" s="21"/>
       <c r="F40" s="21"/>
       <c r="G40" s="21"/>
       <c r="H40" s="22"/>
       <c r="I40" s="22"/>
       <c r="J40" s="22"/>
       <c r="K40" s="3"/>
       <c r="L40" s="3"/>
       <c r="M40" s="3"/>
       <c r="N40" s="3"/>
       <c r="O40" s="3"/>
       <c r="P40" s="3"/>
       <c r="Q40" s="3"/>
       <c r="R40" s="3"/>
       <c r="S40" s="3"/>
       <c r="T40" s="3"/>
       <c r="U40" s="3"/>
       <c r="V40" s="3"/>
       <c r="W40" s="3"/>
       <c r="X40" s="3"/>
@@ -14053,51 +14095,51 @@
       <c r="AT40" s="3"/>
       <c r="AU40" s="3"/>
       <c r="AV40" s="3"/>
       <c r="AW40" s="3"/>
       <c r="AX40" s="3"/>
       <c r="AY40" s="3"/>
       <c r="CJ40"/>
       <c r="CK40"/>
       <c r="CL40"/>
       <c r="CM40"/>
       <c r="CN40"/>
       <c r="CO40"/>
       <c r="CP40"/>
       <c r="CQ40"/>
       <c r="CR40"/>
       <c r="CS40"/>
       <c r="CT40"/>
       <c r="CU40"/>
       <c r="CV40"/>
       <c r="CW40"/>
       <c r="CX40"/>
       <c r="CY40"/>
       <c r="CZ40"/>
       <c r="DA40"/>
     </row>
-    <row r="41" spans="2:126" ht="69.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="41" spans="2:127" ht="69.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B41" s="25" t="s">
         <v>147</v>
       </c>
       <c r="C41" s="25"/>
       <c r="D41" s="25"/>
       <c r="E41" s="25"/>
       <c r="F41" s="25"/>
       <c r="G41" s="25"/>
       <c r="H41" s="25"/>
       <c r="I41" s="25"/>
       <c r="J41" s="25"/>
       <c r="K41" s="3"/>
       <c r="L41" s="3"/>
       <c r="M41" s="3"/>
       <c r="N41" s="3"/>
       <c r="O41" s="3"/>
       <c r="P41" s="3"/>
       <c r="Q41" s="3"/>
       <c r="R41" s="3"/>
       <c r="S41" s="3"/>
       <c r="T41" s="3"/>
       <c r="U41" s="3"/>
       <c r="V41" s="3"/>
       <c r="W41" s="3"/>
       <c r="X41" s="3"/>
@@ -14125,51 +14167,51 @@
       <c r="AT41" s="3"/>
       <c r="AU41" s="3"/>
       <c r="AV41" s="3"/>
       <c r="AW41" s="3"/>
       <c r="AX41" s="3"/>
       <c r="AY41" s="3"/>
       <c r="CJ41"/>
       <c r="CK41"/>
       <c r="CL41"/>
       <c r="CM41"/>
       <c r="CN41"/>
       <c r="CO41"/>
       <c r="CP41"/>
       <c r="CQ41"/>
       <c r="CR41"/>
       <c r="CS41"/>
       <c r="CT41"/>
       <c r="CU41"/>
       <c r="CV41"/>
       <c r="CW41"/>
       <c r="CX41"/>
       <c r="CY41"/>
       <c r="CZ41"/>
       <c r="DA41"/>
     </row>
-    <row r="42" spans="2:126" ht="45.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="42" spans="2:127" ht="45.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B42" s="25" t="s">
         <v>146</v>
       </c>
       <c r="C42" s="25"/>
       <c r="D42" s="25"/>
       <c r="E42" s="25"/>
       <c r="F42" s="25"/>
       <c r="G42" s="25"/>
       <c r="H42" s="25"/>
       <c r="I42" s="25"/>
       <c r="J42" s="25"/>
     </row>
     <row r="72" spans="3:87" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C72" s="6"/>
       <c r="D72" s="6"/>
       <c r="E72" s="6"/>
       <c r="F72" s="6"/>
       <c r="G72" s="6"/>
       <c r="H72" s="6"/>
       <c r="I72" s="6"/>
       <c r="J72" s="6"/>
       <c r="K72" s="6"/>
       <c r="L72" s="6"/>
       <c r="M72" s="6"/>
       <c r="N72" s="6"/>