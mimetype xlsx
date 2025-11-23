--- v0 (2025-10-07)
+++ v1 (2025-11-23)
@@ -5,77 +5,80 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24334"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\261\MOST\Agregirana bilanca DMFI i Biltenske tablice\Biltenske tablice ENG serija od 12.2010\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{98CA2DE7-E409-4C51-98A0-1B6646823551}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{1412811D-A8CA-414F-8C8A-5105EFE3E067}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{A2070CF6-A6C4-498E-8268-03F1FEAD0D56}"/>
   </bookViews>
   <sheets>
     <sheet name="EUR" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
+    <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
+      <xlwcv:version setVersion="1"/>
+    </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="755" uniqueCount="46">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="757" uniqueCount="46">
   <si>
     <t>LIABILITIES</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>ASSETS</t>
   </si>
   <si>
     <t xml:space="preserve"> Total (1+ 2+3+4+5+6)</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve"> 6</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">	</t>
@@ -1113,51 +1116,65 @@
     <xf numFmtId="165" fontId="6" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="6" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="165" fontId="5" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="165" fontId="1" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Međunaslov u tablici" xfId="2" xr:uid="{B586676A-5A0F-43BC-8285-FE1631867A44}"/>
     <cellStyle name="Normalno" xfId="0" builtinId="0"/>
     <cellStyle name="Normalno 2" xfId="3" xr:uid="{74877C31-4CFE-4ADB-A65B-4A0CDFD3E4D7}"/>
     <cellStyle name="Zaglavlje" xfId="1" xr:uid="{C1EEA030-C706-4C2C-8169-3E3E8A0CA6FE}"/>
   </cellStyles>
-  <dxfs count="69">
+  <dxfs count="71">
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FF92D050"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FF92D050"/>
+        </patternFill>
+      </fill>
+    </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FF92D050"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FF92D050"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FF92D050"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FF92D050"/>
@@ -1915,81 +1932,81 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{CBC1A33A-6571-4811-B8A7-AB7D26F952DA}">
-  <dimension ref="B2:FW88"/>
+  <dimension ref="B2:FX88"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="6.7109375" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.85546875" style="1" customWidth="1"/>
     <col min="2" max="2" width="44.85546875" style="1" customWidth="1"/>
-    <col min="3" max="179" width="10.42578125" style="1" customWidth="1"/>
-    <col min="180" max="16384" width="6.7109375" style="1"/>
+    <col min="3" max="180" width="10.42578125" style="1" customWidth="1"/>
+    <col min="181" max="16384" width="6.7109375" style="1"/>
   </cols>
   <sheetData>
-    <row r="2" spans="2:179" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="2" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B2" s="8" t="s">
         <v>35</v>
       </c>
     </row>
-    <row r="3" spans="2:179" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="3" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B3" s="7" t="s">
         <v>44</v>
       </c>
       <c r="E3" s="7"/>
     </row>
-    <row r="4" spans="2:179" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="4" spans="2:180" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B4" s="2"/>
     </row>
-    <row r="5" spans="2:179" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="5" spans="2:180" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B5" s="2"/>
       <c r="ER5" s="4"/>
     </row>
-    <row r="6" spans="2:179" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="6" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B6" s="3"/>
       <c r="C6" s="5">
         <v>40543</v>
       </c>
       <c r="D6" s="5">
         <v>40574</v>
       </c>
       <c r="E6" s="5">
         <v>40602</v>
       </c>
       <c r="F6" s="5">
         <v>40633</v>
       </c>
       <c r="G6" s="5">
         <v>40663</v>
       </c>
       <c r="H6" s="5">
         <v>40694</v>
       </c>
       <c r="I6" s="5">
         <v>40724</v>
       </c>
       <c r="J6" s="5">
         <v>40755</v>
       </c>
@@ -2478,52 +2495,55 @@
       </c>
       <c r="FP6" s="5">
         <v>45688</v>
       </c>
       <c r="FQ6" s="5">
         <v>45716</v>
       </c>
       <c r="FR6" s="5">
         <v>45747</v>
       </c>
       <c r="FS6" s="5">
         <v>45777</v>
       </c>
       <c r="FT6" s="5">
         <v>45808</v>
       </c>
       <c r="FU6" s="5">
         <v>45838</v>
       </c>
       <c r="FV6" s="5">
         <v>45869</v>
       </c>
       <c r="FW6" s="5">
         <v>45900</v>
       </c>
+      <c r="FX6" s="5">
+        <v>45930</v>
+      </c>
     </row>
-    <row r="7" spans="2:179" s="2" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="7" spans="2:180" s="2" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B7" s="19" t="s">
         <v>43</v>
       </c>
       <c r="C7" s="20"/>
       <c r="D7" s="20"/>
       <c r="E7" s="20"/>
       <c r="F7" s="20"/>
       <c r="G7" s="20"/>
       <c r="H7" s="20"/>
       <c r="I7" s="20"/>
       <c r="J7" s="20"/>
       <c r="K7" s="20"/>
       <c r="L7" s="20"/>
       <c r="M7" s="20"/>
       <c r="N7" s="20"/>
       <c r="O7" s="20"/>
       <c r="P7" s="20"/>
       <c r="Q7" s="20"/>
       <c r="R7" s="20"/>
       <c r="S7" s="20"/>
       <c r="T7" s="20"/>
       <c r="U7" s="20"/>
       <c r="V7" s="20"/>
       <c r="W7" s="20"/>
       <c r="X7" s="20"/>
@@ -2660,52 +2680,53 @@
       <c r="EY7" s="20"/>
       <c r="EZ7" s="20"/>
       <c r="FA7" s="20"/>
       <c r="FB7" s="20"/>
       <c r="FC7" s="20"/>
       <c r="FD7" s="20"/>
       <c r="FE7" s="20"/>
       <c r="FF7" s="20"/>
       <c r="FG7" s="20"/>
       <c r="FH7" s="20"/>
       <c r="FI7" s="20"/>
       <c r="FJ7" s="20"/>
       <c r="FK7" s="20"/>
       <c r="FL7" s="20"/>
       <c r="FM7" s="20"/>
       <c r="FN7" s="20"/>
       <c r="FO7" s="20"/>
       <c r="FP7" s="20"/>
       <c r="FQ7" s="20"/>
       <c r="FR7" s="20"/>
       <c r="FS7" s="20"/>
       <c r="FT7" s="20"/>
       <c r="FU7" s="20"/>
       <c r="FV7" s="20"/>
       <c r="FW7" s="20"/>
+      <c r="FX7" s="20"/>
     </row>
-    <row r="8" spans="2:179" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="8" spans="2:180" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B8" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C8" s="9"/>
       <c r="D8" s="9"/>
       <c r="E8" s="9"/>
       <c r="F8" s="9"/>
       <c r="G8" s="9"/>
       <c r="H8" s="9"/>
       <c r="I8" s="9"/>
       <c r="J8" s="9"/>
       <c r="K8" s="9"/>
       <c r="L8" s="9"/>
       <c r="M8" s="9"/>
       <c r="N8" s="9"/>
       <c r="O8" s="9"/>
       <c r="P8" s="9"/>
       <c r="Q8" s="9"/>
       <c r="R8" s="9"/>
       <c r="S8" s="9"/>
       <c r="T8" s="9"/>
       <c r="U8" s="9"/>
       <c r="V8" s="9"/>
       <c r="W8" s="9"/>
       <c r="X8" s="9"/>
@@ -2842,52 +2863,53 @@
       <c r="EY8" s="9"/>
       <c r="EZ8" s="9"/>
       <c r="FA8" s="9"/>
       <c r="FB8" s="9"/>
       <c r="FC8" s="9"/>
       <c r="FD8" s="9"/>
       <c r="FE8" s="9"/>
       <c r="FF8" s="9"/>
       <c r="FG8" s="9"/>
       <c r="FH8" s="9"/>
       <c r="FI8" s="9"/>
       <c r="FJ8" s="9"/>
       <c r="FK8" s="9"/>
       <c r="FL8" s="9"/>
       <c r="FM8" s="9"/>
       <c r="FN8" s="9"/>
       <c r="FO8" s="9"/>
       <c r="FP8" s="9"/>
       <c r="FQ8" s="9"/>
       <c r="FR8" s="9"/>
       <c r="FS8" s="9"/>
       <c r="FT8" s="9"/>
       <c r="FU8" s="9"/>
       <c r="FV8" s="9"/>
       <c r="FW8" s="9"/>
+      <c r="FX8" s="9"/>
     </row>
-    <row r="9" spans="2:179" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="9" spans="2:180" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B9" s="11" t="s">
         <v>37</v>
       </c>
       <c r="C9" s="12">
         <v>6071.4716750399994</v>
       </c>
       <c r="D9" s="12">
         <v>6189.3056274699993</v>
       </c>
       <c r="E9" s="12">
         <v>6299.9209728200003</v>
       </c>
       <c r="F9" s="12">
         <v>6283.7748839100004</v>
       </c>
       <c r="G9" s="12">
         <v>6498.5975275099991</v>
       </c>
       <c r="H9" s="12">
         <v>6699.5618246699996</v>
       </c>
       <c r="I9" s="12">
         <v>6791.1364524399996</v>
       </c>
       <c r="J9" s="12">
@@ -3378,52 +3400,55 @@
       </c>
       <c r="FP9" s="12">
         <v>16424.769176410002</v>
       </c>
       <c r="FQ9" s="12">
         <v>15711.391089270001</v>
       </c>
       <c r="FR9" s="12">
         <v>14570.27904225</v>
       </c>
       <c r="FS9" s="12">
         <v>13274.735665759999</v>
       </c>
       <c r="FT9" s="12">
         <v>13111.960800589999</v>
       </c>
       <c r="FU9" s="12">
         <v>13087.482306649999</v>
       </c>
       <c r="FV9" s="12">
         <v>13389.858554530001</v>
       </c>
       <c r="FW9" s="12">
         <v>14619.893211750001</v>
       </c>
+      <c r="FX9" s="12">
+        <v>15305.415354119999</v>
+      </c>
     </row>
-    <row r="10" spans="2:179" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="10" spans="2:180" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B10" s="13" t="s">
         <v>38</v>
       </c>
       <c r="C10" s="12">
         <v>537.16107356999999</v>
       </c>
       <c r="D10" s="12">
         <v>508.38883548000001</v>
       </c>
       <c r="E10" s="12">
         <v>507.34203055</v>
       </c>
       <c r="F10" s="12">
         <v>478.21612413999998</v>
       </c>
       <c r="G10" s="12">
         <v>529.64370869000004</v>
       </c>
       <c r="H10" s="12">
         <v>518.68952810999997</v>
       </c>
       <c r="I10" s="12">
         <v>611.69268279000005</v>
       </c>
       <c r="J10" s="12">
@@ -3914,52 +3939,55 @@
       </c>
       <c r="FP10" s="12">
         <v>1513.5343853500001</v>
       </c>
       <c r="FQ10" s="12">
         <v>1538.6444621200001</v>
       </c>
       <c r="FR10" s="12">
         <v>1481.2743014800001</v>
       </c>
       <c r="FS10" s="12">
         <v>1613.8020827</v>
       </c>
       <c r="FT10" s="12">
         <v>1623.8693133700001</v>
       </c>
       <c r="FU10" s="12">
         <v>1797.10065396</v>
       </c>
       <c r="FV10" s="12">
         <v>1818.9067374000001</v>
       </c>
       <c r="FW10" s="12">
         <v>1872.94062519</v>
       </c>
+      <c r="FX10" s="12">
+        <v>1714.6487772099999</v>
+      </c>
     </row>
-    <row r="11" spans="2:179" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="11" spans="2:180" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B11" s="13" t="s">
         <v>39</v>
       </c>
       <c r="C11" s="12">
         <v>5534.3106014699997</v>
       </c>
       <c r="D11" s="12">
         <v>5680.9167919899992</v>
       </c>
       <c r="E11" s="12">
         <v>5792.57894227</v>
       </c>
       <c r="F11" s="12">
         <v>5805.5587597700005</v>
       </c>
       <c r="G11" s="12">
         <v>5968.9538188199995</v>
       </c>
       <c r="H11" s="12">
         <v>6180.87229656</v>
       </c>
       <c r="I11" s="12">
         <v>6179.4437696499999</v>
       </c>
       <c r="J11" s="12">
@@ -4450,52 +4478,55 @@
       </c>
       <c r="FP11" s="12">
         <v>14911.23479106</v>
       </c>
       <c r="FQ11" s="12">
         <v>14172.74662715</v>
       </c>
       <c r="FR11" s="12">
         <v>13089.00474077</v>
       </c>
       <c r="FS11" s="12">
         <v>11660.933583059999</v>
       </c>
       <c r="FT11" s="12">
         <v>11488.091487219999</v>
       </c>
       <c r="FU11" s="12">
         <v>11290.381652689999</v>
       </c>
       <c r="FV11" s="12">
         <v>11570.951817130001</v>
       </c>
       <c r="FW11" s="12">
         <v>12746.952586560001</v>
       </c>
+      <c r="FX11" s="12">
+        <v>13590.76657691</v>
+      </c>
     </row>
-    <row r="12" spans="2:179" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="12" spans="2:180" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B12" s="13" t="s">
         <v>6</v>
       </c>
       <c r="C12" s="12">
         <v>635.06550794999998</v>
       </c>
       <c r="D12" s="12">
         <v>631.35527881000007</v>
       </c>
       <c r="E12" s="12">
         <v>597.30074831000002</v>
       </c>
       <c r="F12" s="12">
         <v>720.04306331000009</v>
       </c>
       <c r="G12" s="12">
         <v>720.8901447400001</v>
       </c>
       <c r="H12" s="12">
         <v>732.36369253999999</v>
       </c>
       <c r="I12" s="12">
         <v>752.90764607999995</v>
       </c>
       <c r="J12" s="12">
@@ -4986,52 +5017,55 @@
       </c>
       <c r="FP12" s="12">
         <v>575.14382231999991</v>
       </c>
       <c r="FQ12" s="12">
         <v>642.71896026000013</v>
       </c>
       <c r="FR12" s="12">
         <v>834.50508024999988</v>
       </c>
       <c r="FS12" s="12">
         <v>816.3587684900001</v>
       </c>
       <c r="FT12" s="12">
         <v>909.99678752000011</v>
       </c>
       <c r="FU12" s="12">
         <v>1016.4203268400001</v>
       </c>
       <c r="FV12" s="12">
         <v>917.51418099999989</v>
       </c>
       <c r="FW12" s="12">
         <v>921.56158043999994</v>
       </c>
+      <c r="FX12" s="12">
+        <v>1025.25884077</v>
+      </c>
     </row>
-    <row r="13" spans="2:179" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="13" spans="2:180" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B13" s="13" t="s">
         <v>8</v>
       </c>
       <c r="C13" s="12">
         <v>547.34936598000002</v>
       </c>
       <c r="D13" s="12">
         <v>528.88567261000003</v>
       </c>
       <c r="E13" s="12">
         <v>500.71883062000001</v>
       </c>
       <c r="F13" s="12">
         <v>608.01238976000002</v>
       </c>
       <c r="G13" s="12">
         <v>587.74631947</v>
       </c>
       <c r="H13" s="12">
         <v>593.85828211</v>
       </c>
       <c r="I13" s="12">
         <v>621.17679856999996</v>
       </c>
       <c r="J13" s="12">
@@ -5522,52 +5556,55 @@
       </c>
       <c r="FP13" s="12">
         <v>541.64405655999997</v>
       </c>
       <c r="FQ13" s="12">
         <v>597.65130179000005</v>
       </c>
       <c r="FR13" s="12">
         <v>790.00080154</v>
       </c>
       <c r="FS13" s="12">
         <v>772.08537037000008</v>
       </c>
       <c r="FT13" s="12">
         <v>851.12479254000004</v>
       </c>
       <c r="FU13" s="12">
         <v>957.38752411000007</v>
       </c>
       <c r="FV13" s="12">
         <v>858.53120027</v>
       </c>
       <c r="FW13" s="12">
         <v>862.58092362000002</v>
       </c>
+      <c r="FX13" s="12">
+        <v>975.71537860000001</v>
+      </c>
     </row>
-    <row r="14" spans="2:179" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="14" spans="2:180" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B14" s="13" t="s">
         <v>9</v>
       </c>
       <c r="C14" s="12">
         <v>1.1750874099999999</v>
       </c>
       <c r="D14" s="12">
         <v>1.1759989399999999</v>
       </c>
       <c r="E14" s="12">
         <v>8.3075800000000002E-3</v>
       </c>
       <c r="F14" s="12">
         <v>8.2717099999999998E-3</v>
       </c>
       <c r="G14" s="12">
         <v>0</v>
       </c>
       <c r="H14" s="12">
         <v>0</v>
       </c>
       <c r="I14" s="12">
         <v>0</v>
       </c>
       <c r="J14" s="12">
@@ -6058,52 +6095,55 @@
       </c>
       <c r="FP14" s="12">
         <v>32.757102959999997</v>
       </c>
       <c r="FQ14" s="12">
         <v>32.300006969999998</v>
       </c>
       <c r="FR14" s="12">
         <v>31.700584589999998</v>
       </c>
       <c r="FS14" s="12">
         <v>31.516602420000002</v>
       </c>
       <c r="FT14" s="12">
         <v>46.143715520000001</v>
       </c>
       <c r="FU14" s="12">
         <v>46.275922389999998</v>
       </c>
       <c r="FV14" s="12">
         <v>46.191227179999998</v>
       </c>
       <c r="FW14" s="12">
         <v>46.206421450000001</v>
       </c>
+      <c r="FX14" s="12">
+        <v>36.779315949999997</v>
+      </c>
     </row>
-    <row r="15" spans="2:179" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="15" spans="2:180" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B15" s="13" t="s">
         <v>10</v>
       </c>
       <c r="C15" s="12">
         <v>56.23649064</v>
       </c>
       <c r="D15" s="12">
         <v>56.34156093</v>
       </c>
       <c r="E15" s="12">
         <v>56.332878229999999</v>
       </c>
       <c r="F15" s="12">
         <v>56.179691269999999</v>
       </c>
       <c r="G15" s="12">
         <v>56.107137690000002</v>
       </c>
       <c r="H15" s="12">
         <v>56.184924979999998</v>
       </c>
       <c r="I15" s="12">
         <v>56.120922829999998</v>
       </c>
       <c r="J15" s="12">
@@ -6594,52 +6634,55 @@
       </c>
       <c r="FP15" s="12">
         <v>0.74266279999999996</v>
       </c>
       <c r="FQ15" s="12">
         <v>5.7676515000000004</v>
       </c>
       <c r="FR15" s="12">
         <v>5.7951557999999999</v>
       </c>
       <c r="FS15" s="12">
         <v>5.7376439000000001</v>
       </c>
       <c r="FT15" s="12">
         <v>5.7001379999999999</v>
       </c>
       <c r="FU15" s="12">
         <v>5.7201409999999999</v>
       </c>
       <c r="FV15" s="12">
         <v>5.7476438999999999</v>
       </c>
       <c r="FW15" s="12">
         <v>5.7226375999999997</v>
       </c>
+      <c r="FX15" s="12">
+        <v>5.7051356999999996</v>
+      </c>
     </row>
-    <row r="16" spans="2:179" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="16" spans="2:180" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B16" s="13" t="s">
         <v>42</v>
       </c>
       <c r="C16" s="12">
         <v>30.30456392</v>
       </c>
       <c r="D16" s="12">
         <v>44.952046329999995</v>
       </c>
       <c r="E16" s="12">
         <v>40.240731880000006</v>
       </c>
       <c r="F16" s="12">
         <v>55.842710570000001</v>
       </c>
       <c r="G16" s="12">
         <v>77.036687579999992</v>
       </c>
       <c r="H16" s="12">
         <v>82.320485449999993</v>
       </c>
       <c r="I16" s="12">
         <v>75.609924680000006</v>
       </c>
       <c r="J16" s="12">
@@ -7130,52 +7173,55 @@
       </c>
       <c r="FP16" s="12" t="s">
         <v>1</v>
       </c>
       <c r="FQ16" s="12">
         <v>7</v>
       </c>
       <c r="FR16" s="12">
         <v>7.0085383200000004</v>
       </c>
       <c r="FS16" s="12">
         <v>7.0191518000000004</v>
       </c>
       <c r="FT16" s="12">
         <v>7.0281414599999996</v>
       </c>
       <c r="FU16" s="12">
         <v>7.0367393399999996</v>
       </c>
       <c r="FV16" s="12">
         <v>7.0441096500000002</v>
       </c>
       <c r="FW16" s="12">
         <v>7.0515977699999999</v>
       </c>
+      <c r="FX16" s="12">
+        <v>7.0590105200000002</v>
+      </c>
     </row>
-    <row r="17" spans="2:179" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="17" spans="2:180" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B17" s="11" t="s">
         <v>7</v>
       </c>
       <c r="C17" s="12">
         <v>8028.3700246300004</v>
       </c>
       <c r="D17" s="12">
         <v>8155.37046388</v>
       </c>
       <c r="E17" s="12">
         <v>8196.2170960799995</v>
       </c>
       <c r="F17" s="12">
         <v>8972.5205181699985</v>
       </c>
       <c r="G17" s="12">
         <v>8850.525077870001</v>
       </c>
       <c r="H17" s="12">
         <v>8887.4451560699999</v>
       </c>
       <c r="I17" s="12">
         <v>8784.8528377900002</v>
       </c>
       <c r="J17" s="12">
@@ -7666,52 +7712,55 @@
       </c>
       <c r="FP17" s="12">
         <v>14057.40520202</v>
       </c>
       <c r="FQ17" s="12">
         <v>14269.23054391</v>
       </c>
       <c r="FR17" s="12">
         <v>15482.920180950001</v>
       </c>
       <c r="FS17" s="12">
         <v>15601.114878939999</v>
       </c>
       <c r="FT17" s="12">
         <v>15529.887300099999</v>
       </c>
       <c r="FU17" s="12">
         <v>15741.30077493</v>
       </c>
       <c r="FV17" s="12">
         <v>16548.063889479999</v>
       </c>
       <c r="FW17" s="12">
         <v>16559.679289129999</v>
       </c>
+      <c r="FX17" s="12">
+        <v>16543.823649530001</v>
+      </c>
     </row>
-    <row r="18" spans="2:179" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="18" spans="2:180" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B18" s="13" t="s">
         <v>11</v>
       </c>
       <c r="C18" s="12">
         <v>7580.2375948100007</v>
       </c>
       <c r="D18" s="12">
         <v>7693.8310885000001</v>
       </c>
       <c r="E18" s="12">
         <v>7735.57755344</v>
       </c>
       <c r="F18" s="12">
         <v>8511.769560409999</v>
       </c>
       <c r="G18" s="12">
         <v>8406.6560688900008</v>
       </c>
       <c r="H18" s="12">
         <v>8442.7318998899991</v>
       </c>
       <c r="I18" s="12">
         <v>8345.2401831999996</v>
       </c>
       <c r="J18" s="12">
@@ -8202,52 +8251,55 @@
       </c>
       <c r="FP18" s="12">
         <v>13236.77446203</v>
       </c>
       <c r="FQ18" s="12">
         <v>13446.52583538</v>
       </c>
       <c r="FR18" s="12">
         <v>14661.908345870001</v>
       </c>
       <c r="FS18" s="12">
         <v>14784.26727681</v>
       </c>
       <c r="FT18" s="12">
         <v>14686.302622089999</v>
       </c>
       <c r="FU18" s="12">
         <v>14885.78987615</v>
       </c>
       <c r="FV18" s="12">
         <v>15691.274019820001</v>
       </c>
       <c r="FW18" s="12">
         <v>15702.16660868</v>
       </c>
+      <c r="FX18" s="12">
+        <v>15690.17869862</v>
+      </c>
     </row>
-    <row r="19" spans="2:179" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="19" spans="2:180" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B19" s="13" t="s">
         <v>12</v>
       </c>
       <c r="C19" s="12">
         <v>448.13242981999997</v>
       </c>
       <c r="D19" s="12">
         <v>461.53937538000002</v>
       </c>
       <c r="E19" s="12">
         <v>460.63954264</v>
       </c>
       <c r="F19" s="12">
         <v>460.75095776000006</v>
       </c>
       <c r="G19" s="12">
         <v>443.86900897999999</v>
       </c>
       <c r="H19" s="12">
         <v>444.71325618000003</v>
       </c>
       <c r="I19" s="12">
         <v>439.61265458999998</v>
       </c>
       <c r="J19" s="12">
@@ -8738,52 +8790,55 @@
       </c>
       <c r="FP19" s="12">
         <v>820.63073998999994</v>
       </c>
       <c r="FQ19" s="12">
         <v>822.70470852999995</v>
       </c>
       <c r="FR19" s="12">
         <v>821.01183507999997</v>
       </c>
       <c r="FS19" s="12">
         <v>816.84760213000004</v>
       </c>
       <c r="FT19" s="12">
         <v>843.58467800999995</v>
       </c>
       <c r="FU19" s="12">
         <v>855.51089877999993</v>
       </c>
       <c r="FV19" s="12">
         <v>856.78986966000002</v>
       </c>
       <c r="FW19" s="12">
         <v>857.51268044999995</v>
       </c>
+      <c r="FX19" s="12">
+        <v>853.64495090999992</v>
+      </c>
     </row>
-    <row r="20" spans="2:179" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="20" spans="2:180" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B20" s="11" t="s">
         <v>40</v>
       </c>
       <c r="C20" s="12">
         <v>32239.036966860003</v>
       </c>
       <c r="D20" s="12">
         <v>32059.798537529998</v>
       </c>
       <c r="E20" s="12">
         <v>32216.059992089999</v>
       </c>
       <c r="F20" s="12">
         <v>32198.595435650001</v>
       </c>
       <c r="G20" s="12">
         <v>32426.91738961</v>
       </c>
       <c r="H20" s="12">
         <v>32993.332349010001</v>
       </c>
       <c r="I20" s="12">
         <v>32889.254218279995</v>
       </c>
       <c r="J20" s="12">
@@ -9274,52 +9329,55 @@
       </c>
       <c r="FP20" s="12">
         <v>41570.060450250006</v>
       </c>
       <c r="FQ20" s="12">
         <v>42028.045972320004</v>
       </c>
       <c r="FR20" s="12">
         <v>42450.551807619995</v>
       </c>
       <c r="FS20" s="12">
         <v>43082.979845039998</v>
       </c>
       <c r="FT20" s="12">
         <v>43628.925286159996</v>
       </c>
       <c r="FU20" s="12">
         <v>44290.619314989992</v>
       </c>
       <c r="FV20" s="12">
         <v>44731.2118434</v>
       </c>
       <c r="FW20" s="12">
         <v>44685.928501840004</v>
       </c>
+      <c r="FX20" s="12">
+        <v>45054.298916240004</v>
+      </c>
     </row>
-    <row r="21" spans="2:179" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="21" spans="2:180" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B21" s="13" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="12">
         <v>14298.612539360001</v>
       </c>
       <c r="D21" s="12">
         <v>14345.855687230001</v>
       </c>
       <c r="E21" s="12">
         <v>14464.67425989</v>
       </c>
       <c r="F21" s="12">
         <v>14520.714581570001</v>
       </c>
       <c r="G21" s="12">
         <v>14645.088080080001</v>
       </c>
       <c r="H21" s="12">
         <v>14842.75640475</v>
       </c>
       <c r="I21" s="12">
         <v>14775.375778579999</v>
       </c>
       <c r="J21" s="12">
@@ -9810,52 +9868,55 @@
       </c>
       <c r="FP21" s="12">
         <v>16366.351572650001</v>
       </c>
       <c r="FQ21" s="12">
         <v>16631.823694350001</v>
       </c>
       <c r="FR21" s="12">
         <v>16746.23996843</v>
       </c>
       <c r="FS21" s="12">
         <v>16999.570913520001</v>
       </c>
       <c r="FT21" s="12">
         <v>17174.009910640001</v>
       </c>
       <c r="FU21" s="12">
         <v>17400.768985159997</v>
       </c>
       <c r="FV21" s="12">
         <v>17515.118269899998</v>
       </c>
       <c r="FW21" s="12">
         <v>17342.429837890002</v>
       </c>
+      <c r="FX21" s="12">
+        <v>17495.4262337</v>
+      </c>
     </row>
-    <row r="22" spans="2:179" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="22" spans="2:180" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B22" s="13" t="s">
         <v>19</v>
       </c>
       <c r="C22" s="12">
         <v>2065.1872360000002</v>
       </c>
       <c r="D22" s="12">
         <v>2125.5663899400001</v>
       </c>
       <c r="E22" s="12">
         <v>2111.1999591899998</v>
       </c>
       <c r="F22" s="12">
         <v>2071.3968063100001</v>
       </c>
       <c r="G22" s="12">
         <v>2082.8629114600003</v>
       </c>
       <c r="H22" s="12">
         <v>2059.57882771</v>
       </c>
       <c r="I22" s="12">
         <v>2022.8675653800001</v>
       </c>
       <c r="J22" s="12">
@@ -10346,52 +10407,55 @@
       </c>
       <c r="FP22" s="12">
         <v>2026.1654531700001</v>
       </c>
       <c r="FQ22" s="12">
         <v>1980.06194269</v>
       </c>
       <c r="FR22" s="12">
         <v>1973.64090151</v>
       </c>
       <c r="FS22" s="12">
         <v>1985.5900900199999</v>
       </c>
       <c r="FT22" s="12">
         <v>1973.7897802099999</v>
       </c>
       <c r="FU22" s="12">
         <v>1987.56210945</v>
       </c>
       <c r="FV22" s="12">
         <v>1990.32563164</v>
       </c>
       <c r="FW22" s="12">
         <v>1977.07103779</v>
       </c>
+      <c r="FX22" s="12">
+        <v>1968.1516824</v>
+      </c>
     </row>
-    <row r="23" spans="2:179" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="23" spans="2:180" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B23" s="13" t="s">
         <v>20</v>
       </c>
       <c r="C23" s="12">
         <v>12233.425303360002</v>
       </c>
       <c r="D23" s="12">
         <v>12220.289297290001</v>
       </c>
       <c r="E23" s="12">
         <v>12353.4743007</v>
       </c>
       <c r="F23" s="12">
         <v>12449.31777526</v>
       </c>
       <c r="G23" s="12">
         <v>12562.22516862</v>
       </c>
       <c r="H23" s="12">
         <v>12783.17757704</v>
       </c>
       <c r="I23" s="12">
         <v>12752.508213199999</v>
       </c>
       <c r="J23" s="12">
@@ -10882,52 +10946,55 @@
       </c>
       <c r="FP23" s="12">
         <v>14340.18611948</v>
       </c>
       <c r="FQ23" s="12">
         <v>14651.76175166</v>
       </c>
       <c r="FR23" s="12">
         <v>14772.59906692</v>
       </c>
       <c r="FS23" s="12">
         <v>15013.9808235</v>
       </c>
       <c r="FT23" s="12">
         <v>15200.22013043</v>
       </c>
       <c r="FU23" s="12">
         <v>15413.206875709999</v>
       </c>
       <c r="FV23" s="12">
         <v>15524.79263826</v>
       </c>
       <c r="FW23" s="12">
         <v>15365.358800100001</v>
       </c>
+      <c r="FX23" s="12">
+        <v>15527.274551300001</v>
+      </c>
     </row>
-    <row r="24" spans="2:179" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="24" spans="2:180" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B24" s="13" t="s">
         <v>14</v>
       </c>
       <c r="C24" s="12">
         <v>17370.331121210002</v>
       </c>
       <c r="D24" s="12">
         <v>17164.575895440001</v>
       </c>
       <c r="E24" s="12">
         <v>17201.829653519999</v>
       </c>
       <c r="F24" s="12">
         <v>17137.84818692</v>
       </c>
       <c r="G24" s="12">
         <v>17103.395956460001</v>
       </c>
       <c r="H24" s="12">
         <v>17484.194920279999</v>
       </c>
       <c r="I24" s="12">
         <v>17438.070755839999</v>
       </c>
       <c r="J24" s="12">
@@ -11418,52 +11485,55 @@
       </c>
       <c r="FP24" s="12">
         <v>24497.70041904</v>
       </c>
       <c r="FQ24" s="12">
         <v>24697.206752089998</v>
       </c>
       <c r="FR24" s="12">
         <v>24994.236970919999</v>
       </c>
       <c r="FS24" s="12">
         <v>25331.59666404</v>
       </c>
       <c r="FT24" s="12">
         <v>25664.148776679998</v>
       </c>
       <c r="FU24" s="12">
         <v>26096.89908879</v>
       </c>
       <c r="FV24" s="12">
         <v>26423.23860334</v>
       </c>
       <c r="FW24" s="12">
         <v>26537.47311897</v>
       </c>
+      <c r="FX24" s="12">
+        <v>26767.543401229999</v>
+      </c>
     </row>
-    <row r="25" spans="2:179" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="25" spans="2:180" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B25" s="13" t="s">
         <v>15</v>
       </c>
       <c r="C25" s="12">
         <v>50.990283519999998</v>
       </c>
       <c r="D25" s="12">
         <v>60.696895249999997</v>
       </c>
       <c r="E25" s="12">
         <v>54.555447819999998</v>
       </c>
       <c r="F25" s="12">
         <v>57.855380449999998</v>
       </c>
       <c r="G25" s="12">
         <v>57.246719179999999</v>
       </c>
       <c r="H25" s="12">
         <v>60.710793109999997</v>
       </c>
       <c r="I25" s="12">
         <v>53.966168410000002</v>
       </c>
       <c r="J25" s="12">
@@ -11954,52 +12024,55 @@
       </c>
       <c r="FP25" s="12">
         <v>139.01713857999999</v>
       </c>
       <c r="FQ25" s="12">
         <v>128.89135678</v>
       </c>
       <c r="FR25" s="12">
         <v>131.07905389999999</v>
       </c>
       <c r="FS25" s="12">
         <v>129.75274653</v>
       </c>
       <c r="FT25" s="12">
         <v>131.24060696999999</v>
       </c>
       <c r="FU25" s="12">
         <v>133.62798183999999</v>
       </c>
       <c r="FV25" s="12">
         <v>135.62222036</v>
       </c>
       <c r="FW25" s="12">
         <v>135.56949635000001</v>
       </c>
+      <c r="FX25" s="12">
+        <v>134.95712881</v>
+      </c>
     </row>
-    <row r="26" spans="2:179" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="26" spans="2:180" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B26" s="13" t="s">
         <v>16</v>
       </c>
       <c r="C26" s="12">
         <v>304.28862294999999</v>
       </c>
       <c r="D26" s="12">
         <v>288.49199521000003</v>
       </c>
       <c r="E26" s="12">
         <v>287.38232312999997</v>
       </c>
       <c r="F26" s="12">
         <v>277.50305020000002</v>
       </c>
       <c r="G26" s="12">
         <v>432.99835267999998</v>
       </c>
       <c r="H26" s="12">
         <v>434.34928066000003</v>
       </c>
       <c r="I26" s="12">
         <v>449.52329228000002</v>
       </c>
       <c r="J26" s="12">
@@ -12490,52 +12563,55 @@
       </c>
       <c r="FP26" s="12">
         <v>495.10429545</v>
       </c>
       <c r="FQ26" s="12">
         <v>499.64500093999999</v>
       </c>
       <c r="FR26" s="12">
         <v>506.77760468999998</v>
       </c>
       <c r="FS26" s="12">
         <v>541.48902557999997</v>
       </c>
       <c r="FT26" s="12">
         <v>581.86510020000003</v>
       </c>
       <c r="FU26" s="12">
         <v>577.32684430999996</v>
       </c>
       <c r="FV26" s="12">
         <v>571.75964884999996</v>
       </c>
       <c r="FW26" s="12">
         <v>576.23108076000005</v>
       </c>
+      <c r="FX26" s="12">
+        <v>561.18332481999994</v>
+      </c>
     </row>
-    <row r="27" spans="2:179" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="27" spans="2:180" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B27" s="13" t="s">
         <v>17</v>
       </c>
       <c r="C27" s="12">
         <v>127.93786249999999</v>
       </c>
       <c r="D27" s="12">
         <v>126.25479000999999</v>
       </c>
       <c r="E27" s="12">
         <v>137.48449890000001</v>
       </c>
       <c r="F27" s="12">
         <v>156.62062485999999</v>
       </c>
       <c r="G27" s="12">
         <v>148.38527374</v>
       </c>
       <c r="H27" s="12">
         <v>146.84922687</v>
       </c>
       <c r="I27" s="12">
         <v>149.21239249000001</v>
       </c>
       <c r="J27" s="12">
@@ -13026,52 +13102,55 @@
       </c>
       <c r="FP27" s="12">
         <v>63.345951110000001</v>
       </c>
       <c r="FQ27" s="12">
         <v>63.582750109999999</v>
       </c>
       <c r="FR27" s="12">
         <v>65.463823210000001</v>
       </c>
       <c r="FS27" s="12">
         <v>64.978375779999993</v>
       </c>
       <c r="FT27" s="12">
         <v>67.349121530000005</v>
       </c>
       <c r="FU27" s="12">
         <v>72.641039149999997</v>
       </c>
       <c r="FV27" s="12">
         <v>78.435310470000005</v>
       </c>
       <c r="FW27" s="12">
         <v>87.561543610000001</v>
       </c>
+      <c r="FX27" s="12">
+        <v>88.459756600000006</v>
+      </c>
     </row>
-    <row r="28" spans="2:179" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="28" spans="2:180" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B28" s="13" t="s">
         <v>18</v>
       </c>
       <c r="C28" s="12">
         <v>86.876537319999997</v>
       </c>
       <c r="D28" s="12">
         <v>73.923274390000003</v>
       </c>
       <c r="E28" s="12">
         <v>70.133808830000007</v>
       </c>
       <c r="F28" s="12">
         <v>48.053611650000001</v>
       </c>
       <c r="G28" s="12">
         <v>39.803007469999997</v>
       </c>
       <c r="H28" s="12">
         <v>24.471723339999997</v>
       </c>
       <c r="I28" s="12">
         <v>23.10583068</v>
       </c>
       <c r="J28" s="12">
@@ -13562,52 +13641,55 @@
       </c>
       <c r="FP28" s="12">
         <v>8.54107342</v>
       </c>
       <c r="FQ28" s="12">
         <v>6.8964180500000003</v>
       </c>
       <c r="FR28" s="12">
         <v>6.75438647</v>
       </c>
       <c r="FS28" s="12">
         <v>15.592119589999999</v>
       </c>
       <c r="FT28" s="12">
         <v>10.31177014</v>
       </c>
       <c r="FU28" s="12">
         <v>9.3553757399999995</v>
       </c>
       <c r="FV28" s="12">
         <v>7.03779048</v>
       </c>
       <c r="FW28" s="12">
         <v>6.6634242600000002</v>
       </c>
+      <c r="FX28" s="12">
+        <v>6.7290710800000006</v>
+      </c>
     </row>
-    <row r="29" spans="2:179" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="29" spans="2:180" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B29" s="13" t="s">
         <v>5</v>
       </c>
       <c r="C29" s="12">
         <v>6355.0157564899991</v>
       </c>
       <c r="D29" s="12">
         <v>6017.5317891299992</v>
       </c>
       <c r="E29" s="12">
         <v>5942.0848984900003</v>
       </c>
       <c r="F29" s="12">
         <v>5133.7909842400004</v>
       </c>
       <c r="G29" s="12">
         <v>5001.4066586100007</v>
       </c>
       <c r="H29" s="12">
         <v>5112.1286448999999</v>
       </c>
       <c r="I29" s="12">
         <v>5191.0187913</v>
       </c>
       <c r="J29" s="12">
@@ -14098,52 +14180,55 @@
       </c>
       <c r="FP29" s="12">
         <v>11288.90950039</v>
       </c>
       <c r="FQ29" s="12">
         <v>11398.4842214</v>
       </c>
       <c r="FR29" s="12">
         <v>11135.78815452</v>
       </c>
       <c r="FS29" s="12">
         <v>11530.819424159999</v>
       </c>
       <c r="FT29" s="12">
         <v>12635.821161469999</v>
       </c>
       <c r="FU29" s="12">
         <v>13525.508544079999</v>
       </c>
       <c r="FV29" s="12">
         <v>13837.044971609999</v>
       </c>
       <c r="FW29" s="12">
         <v>14245.95097557</v>
       </c>
+      <c r="FX29" s="12">
+        <v>13446.10828434</v>
+      </c>
     </row>
-    <row r="30" spans="2:179" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="30" spans="2:180" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B30" s="13" t="s">
         <v>4</v>
       </c>
       <c r="C30" s="12">
         <v>1781.0591265100002</v>
       </c>
       <c r="D30" s="12">
         <v>1793.25662597</v>
       </c>
       <c r="E30" s="12">
         <v>1762.337129</v>
       </c>
       <c r="F30" s="12">
         <v>1738.4885027300002</v>
       </c>
       <c r="G30" s="12">
         <v>1759.3080453800001</v>
       </c>
       <c r="H30" s="12">
         <v>1775.5391135499999</v>
       </c>
       <c r="I30" s="12">
         <v>1786.46299877</v>
       </c>
       <c r="J30" s="12">
@@ -14634,52 +14719,55 @@
       </c>
       <c r="FP30" s="12">
         <v>2257.38061371</v>
       </c>
       <c r="FQ30" s="12">
         <v>2322.8215115799999</v>
       </c>
       <c r="FR30" s="12">
         <v>2214.2074421900002</v>
       </c>
       <c r="FS30" s="12">
         <v>2329.1280975299996</v>
       </c>
       <c r="FT30" s="12">
         <v>2397.9885821299999</v>
       </c>
       <c r="FU30" s="12">
         <v>2374.5321826999998</v>
       </c>
       <c r="FV30" s="12">
         <v>2350.04760274</v>
       </c>
       <c r="FW30" s="12">
         <v>2391.3400136700002</v>
       </c>
+      <c r="FX30" s="12">
+        <v>2257.5615895299998</v>
+      </c>
     </row>
-    <row r="31" spans="2:179" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="31" spans="2:180" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B31" s="14" t="s">
         <v>3</v>
       </c>
       <c r="C31" s="15">
         <v>55110.01905748</v>
       </c>
       <c r="D31" s="15">
         <v>54846.618322790004</v>
       </c>
       <c r="E31" s="15">
         <v>55013.920836789999</v>
       </c>
       <c r="F31" s="15">
         <v>55047.213388009994</v>
       </c>
       <c r="G31" s="15">
         <v>55257.644843720002</v>
       </c>
       <c r="H31" s="15">
         <v>56200.370780739999</v>
       </c>
       <c r="I31" s="15">
         <v>56195.632944659999</v>
       </c>
       <c r="J31" s="15">
@@ -15170,52 +15258,55 @@
       </c>
       <c r="FP31" s="15">
         <v>86173.66876510001</v>
       </c>
       <c r="FQ31" s="15">
         <v>86372.692298740003</v>
       </c>
       <c r="FR31" s="15">
         <v>86688.25170778</v>
       </c>
       <c r="FS31" s="15">
         <v>86635.136679920004</v>
       </c>
       <c r="FT31" s="15">
         <v>88214.579917969997</v>
       </c>
       <c r="FU31" s="15">
         <v>90035.863450189994</v>
       </c>
       <c r="FV31" s="15">
         <v>91773.741042759997</v>
       </c>
       <c r="FW31" s="15">
         <v>93424.353572399996</v>
       </c>
+      <c r="FX31" s="15">
+        <v>93632.466634530021</v>
+      </c>
     </row>
-    <row r="32" spans="2:179" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="32" spans="2:180" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B32" s="6" t="s">
         <v>0</v>
       </c>
       <c r="C32" s="12"/>
       <c r="D32" s="12"/>
       <c r="E32" s="12"/>
       <c r="F32" s="12"/>
       <c r="G32" s="12"/>
       <c r="H32" s="12"/>
       <c r="I32" s="12"/>
       <c r="J32" s="12"/>
       <c r="K32" s="12"/>
       <c r="L32" s="12"/>
       <c r="M32" s="12"/>
       <c r="N32" s="12"/>
       <c r="O32" s="12"/>
       <c r="P32" s="12"/>
       <c r="Q32" s="12"/>
       <c r="R32" s="12"/>
       <c r="S32" s="12"/>
       <c r="T32" s="12"/>
       <c r="U32" s="12"/>
       <c r="V32" s="12"/>
       <c r="W32" s="12"/>
       <c r="X32" s="12"/>
@@ -15352,52 +15443,53 @@
       <c r="EY32" s="12"/>
       <c r="EZ32" s="12"/>
       <c r="FA32" s="12"/>
       <c r="FB32" s="12"/>
       <c r="FC32" s="12"/>
       <c r="FD32" s="12"/>
       <c r="FE32" s="12"/>
       <c r="FF32" s="12"/>
       <c r="FG32" s="12"/>
       <c r="FH32" s="12"/>
       <c r="FI32" s="12"/>
       <c r="FJ32" s="12"/>
       <c r="FK32" s="12"/>
       <c r="FL32" s="12"/>
       <c r="FM32" s="12"/>
       <c r="FN32" s="12"/>
       <c r="FO32" s="12"/>
       <c r="FP32" s="12"/>
       <c r="FQ32" s="12"/>
       <c r="FR32" s="12"/>
       <c r="FS32" s="12"/>
       <c r="FT32" s="12"/>
       <c r="FU32" s="12"/>
       <c r="FV32" s="12"/>
       <c r="FW32" s="12"/>
+      <c r="FX32" s="12"/>
     </row>
-    <row r="33" spans="2:179" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="33" spans="2:180" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B33" s="13" t="s">
         <v>21</v>
       </c>
       <c r="C33" s="12">
         <v>1.7124868799999999</v>
       </c>
       <c r="D33" s="12">
         <v>1.7081014299999999</v>
       </c>
       <c r="E33" s="12">
         <v>1.71045442</v>
       </c>
       <c r="F33" s="12">
         <v>1.6972694800000001</v>
       </c>
       <c r="G33" s="12">
         <v>1.6844524400000001</v>
       </c>
       <c r="H33" s="12">
         <v>1.6947565600000001</v>
       </c>
       <c r="I33" s="12">
         <v>1.66712974</v>
       </c>
       <c r="J33" s="12">
@@ -15888,52 +15980,55 @@
       </c>
       <c r="FP33" s="12">
         <v>366.40160265999998</v>
       </c>
       <c r="FQ33" s="12">
         <v>357.11100606999997</v>
       </c>
       <c r="FR33" s="12">
         <v>127.4663714</v>
       </c>
       <c r="FS33" s="12">
         <v>62.4663714</v>
       </c>
       <c r="FT33" s="12">
         <v>62.461478399999997</v>
       </c>
       <c r="FU33" s="12">
         <v>147.4582284</v>
       </c>
       <c r="FV33" s="12">
         <v>62.458228400000003</v>
       </c>
       <c r="FW33" s="12">
         <v>62.458228400000003</v>
       </c>
+      <c r="FX33" s="12">
+        <v>144.4582284</v>
+      </c>
     </row>
-    <row r="34" spans="2:179" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="34" spans="2:180" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B34" s="13" t="s">
         <v>22</v>
       </c>
       <c r="C34" s="12">
         <v>942.07365800000002</v>
       </c>
       <c r="D34" s="12">
         <v>964.94899507000002</v>
       </c>
       <c r="E34" s="12">
         <v>940.47316550999994</v>
       </c>
       <c r="F34" s="12">
         <v>1048.2502439100001</v>
       </c>
       <c r="G34" s="12">
         <v>1091.1235992500001</v>
       </c>
       <c r="H34" s="12">
         <v>1179.29269355</v>
       </c>
       <c r="I34" s="12">
         <v>1270.1436062099999</v>
       </c>
       <c r="J34" s="12">
@@ -16424,52 +16519,55 @@
       </c>
       <c r="FP34" s="12">
         <v>658.71535535999999</v>
       </c>
       <c r="FQ34" s="12">
         <v>758.51491069999997</v>
       </c>
       <c r="FR34" s="12">
         <v>927.11863470000003</v>
       </c>
       <c r="FS34" s="12">
         <v>897.76425816000005</v>
       </c>
       <c r="FT34" s="12">
         <v>981.34259844999997</v>
       </c>
       <c r="FU34" s="12">
         <v>1106.1043096400001</v>
       </c>
       <c r="FV34" s="12">
         <v>1016.90520499</v>
       </c>
       <c r="FW34" s="12">
         <v>1008.11745842</v>
       </c>
+      <c r="FX34" s="12">
+        <v>1145.86340103</v>
+      </c>
     </row>
-    <row r="35" spans="2:179" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="35" spans="2:180" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B35" s="13" t="s">
         <v>23</v>
       </c>
       <c r="C35" s="12">
         <v>32077.400615769995</v>
       </c>
       <c r="D35" s="12">
         <v>31886.718467720006</v>
       </c>
       <c r="E35" s="12">
         <v>31771.35725673</v>
       </c>
       <c r="F35" s="12">
         <v>31309.529804469999</v>
       </c>
       <c r="G35" s="12">
         <v>31088.183035359998</v>
       </c>
       <c r="H35" s="12">
         <v>31265.464681299996</v>
       </c>
       <c r="I35" s="12">
         <v>31238.971802399999</v>
       </c>
       <c r="J35" s="12">
@@ -16960,52 +17058,55 @@
       </c>
       <c r="FP35" s="12">
         <v>64579.629571639991</v>
       </c>
       <c r="FQ35" s="12">
         <v>64339.938243649995</v>
       </c>
       <c r="FR35" s="12">
         <v>64376.321857399998</v>
       </c>
       <c r="FS35" s="12">
         <v>64590.109721809997</v>
       </c>
       <c r="FT35" s="12">
         <v>65344.132714719992</v>
       </c>
       <c r="FU35" s="12">
         <v>66169.402327500007</v>
       </c>
       <c r="FV35" s="12">
         <v>67858.974438089994</v>
       </c>
       <c r="FW35" s="12">
         <v>69207.803335000004</v>
       </c>
+      <c r="FX35" s="12">
+        <v>69158.785930479993</v>
+      </c>
     </row>
-    <row r="36" spans="2:179" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="36" spans="2:180" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B36" s="13" t="s">
         <v>29</v>
       </c>
       <c r="C36" s="12">
         <v>3090.2011305299998</v>
       </c>
       <c r="D36" s="12">
         <v>3037.8265571799998</v>
       </c>
       <c r="E36" s="12">
         <v>2904.1551321799998</v>
       </c>
       <c r="F36" s="12">
         <v>2770.5391117599997</v>
       </c>
       <c r="G36" s="12">
         <v>2780.36493458</v>
       </c>
       <c r="H36" s="12">
         <v>2850.8109672400001</v>
       </c>
       <c r="I36" s="12">
         <v>2762.8465762699993</v>
       </c>
       <c r="J36" s="12">
@@ -17496,52 +17597,55 @@
       </c>
       <c r="FP36" s="12">
         <v>4225.4336354500001</v>
       </c>
       <c r="FQ36" s="12">
         <v>4204.3605662</v>
       </c>
       <c r="FR36" s="12">
         <v>3964.0071228500001</v>
       </c>
       <c r="FS36" s="12">
         <v>4330.1438811899998</v>
       </c>
       <c r="FT36" s="12">
         <v>4449.3120270599993</v>
       </c>
       <c r="FU36" s="12">
         <v>4428.3717404399995</v>
       </c>
       <c r="FV36" s="12">
         <v>4728.0370763800001</v>
       </c>
       <c r="FW36" s="12">
         <v>4814.6139482999997</v>
       </c>
+      <c r="FX36" s="12">
+        <v>4742.3722991699997</v>
+      </c>
     </row>
-    <row r="37" spans="2:179" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="37" spans="2:180" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B37" s="13" t="s">
         <v>30</v>
       </c>
       <c r="C37" s="12">
         <v>28987.199485239995</v>
       </c>
       <c r="D37" s="12">
         <v>28848.891910540005</v>
       </c>
       <c r="E37" s="12">
         <v>28867.20212455</v>
       </c>
       <c r="F37" s="12">
         <v>28538.990692709998</v>
       </c>
       <c r="G37" s="12">
         <v>28307.818100779998</v>
       </c>
       <c r="H37" s="12">
         <v>28414.653714059998</v>
       </c>
       <c r="I37" s="12">
         <v>28476.12522613</v>
       </c>
       <c r="J37" s="12">
@@ -18032,52 +18136,55 @@
       </c>
       <c r="FP37" s="12">
         <v>60354.195936189994</v>
       </c>
       <c r="FQ37" s="12">
         <v>60135.577677449997</v>
       </c>
       <c r="FR37" s="12">
         <v>60412.314734549997</v>
       </c>
       <c r="FS37" s="12">
         <v>60259.965840619996</v>
       </c>
       <c r="FT37" s="12">
         <v>60894.820687659994</v>
       </c>
       <c r="FU37" s="12">
         <v>61741.030587060006</v>
       </c>
       <c r="FV37" s="12">
         <v>63130.937361709999</v>
       </c>
       <c r="FW37" s="12">
         <v>64393.189386700004</v>
       </c>
+      <c r="FX37" s="12">
+        <v>64416.413631309995</v>
+      </c>
     </row>
-    <row r="38" spans="2:179" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="38" spans="2:180" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B38" s="11" t="s">
         <v>31</v>
       </c>
       <c r="C38" s="12">
         <v>7891.7278575500004</v>
       </c>
       <c r="D38" s="12">
         <v>7870.6926180000009</v>
       </c>
       <c r="E38" s="12">
         <v>7888.4872950599993</v>
       </c>
       <c r="F38" s="12">
         <v>7765.6660917299996</v>
       </c>
       <c r="G38" s="12">
         <v>7836.9084667699999</v>
       </c>
       <c r="H38" s="12">
         <v>7779.6759739300005</v>
       </c>
       <c r="I38" s="12">
         <v>8034.0671849</v>
       </c>
       <c r="J38" s="12">
@@ -18568,52 +18675,55 @@
       </c>
       <c r="FP38" s="12">
         <v>42896.056589059997</v>
       </c>
       <c r="FQ38" s="12">
         <v>42816.811322080008</v>
       </c>
       <c r="FR38" s="12">
         <v>43257.940291389998</v>
       </c>
       <c r="FS38" s="12">
         <v>42990.578773300003</v>
       </c>
       <c r="FT38" s="12">
         <v>43694.707769510002</v>
       </c>
       <c r="FU38" s="12">
         <v>44971.571634610002</v>
       </c>
       <c r="FV38" s="12">
         <v>46115.712153150002</v>
       </c>
       <c r="FW38" s="12">
         <v>46915.965224190004</v>
       </c>
+      <c r="FX38" s="12">
+        <v>47162.875182089992</v>
+      </c>
     </row>
-    <row r="39" spans="2:179" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="39" spans="2:180" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B39" s="11" t="s">
         <v>32</v>
       </c>
       <c r="C39" s="12">
         <v>20991.276196019997</v>
       </c>
       <c r="D39" s="12">
         <v>20874.246229890003</v>
       </c>
       <c r="E39" s="12">
         <v>20874.850311049999</v>
       </c>
       <c r="F39" s="12">
         <v>20667.84742704</v>
       </c>
       <c r="G39" s="12">
         <v>20372.119600009999</v>
       </c>
       <c r="H39" s="12">
         <v>20534.396642539999</v>
       </c>
       <c r="I39" s="12">
         <v>20341.94173387</v>
       </c>
       <c r="J39" s="12">
@@ -19104,52 +19214,55 @@
       </c>
       <c r="FP39" s="12">
         <v>17454.939347129999</v>
       </c>
       <c r="FQ39" s="12">
         <v>17315.566355369996</v>
       </c>
       <c r="FR39" s="12">
         <v>17145.304443159999</v>
       </c>
       <c r="FS39" s="12">
         <v>17260.347067319999</v>
       </c>
       <c r="FT39" s="12">
         <v>17191.066918150002</v>
       </c>
       <c r="FU39" s="12">
         <v>16763.408952450001</v>
       </c>
       <c r="FV39" s="12">
         <v>17009.611890059998</v>
       </c>
       <c r="FW39" s="12">
         <v>17473.090677699998</v>
       </c>
+      <c r="FX39" s="12">
+        <v>17249.390179179998</v>
+      </c>
     </row>
-    <row r="40" spans="2:179" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="40" spans="2:180" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B40" s="11" t="s">
         <v>41</v>
       </c>
       <c r="C40" s="12">
         <v>101.40825269</v>
       </c>
       <c r="D40" s="12">
         <v>101.16588367</v>
       </c>
       <c r="E40" s="12">
         <v>100.74553244000001</v>
       </c>
       <c r="F40" s="12">
         <v>99.889863259999998</v>
       </c>
       <c r="G40" s="12">
         <v>98.152964519999998</v>
       </c>
       <c r="H40" s="12">
         <v>98.660628189999997</v>
       </c>
       <c r="I40" s="12">
         <v>97.520923600000003</v>
       </c>
       <c r="J40" s="12">
@@ -19640,52 +19753,55 @@
       </c>
       <c r="FP40" s="12">
         <v>3.2</v>
       </c>
       <c r="FQ40" s="12">
         <v>3.2</v>
       </c>
       <c r="FR40" s="12">
         <v>3.2</v>
       </c>
       <c r="FS40" s="12">
         <v>3.2</v>
       </c>
       <c r="FT40" s="12">
         <v>3.2</v>
       </c>
       <c r="FU40" s="12">
         <v>2.5</v>
       </c>
       <c r="FV40" s="12">
         <v>2.5</v>
       </c>
       <c r="FW40" s="12">
         <v>1.5</v>
       </c>
+      <c r="FX40" s="12">
+        <v>1.5</v>
+      </c>
     </row>
-    <row r="41" spans="2:179" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="41" spans="2:180" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B41" s="11" t="s">
         <v>33</v>
       </c>
       <c r="C41" s="12">
         <v>2.7871789799999078</v>
       </c>
       <c r="D41" s="12">
         <v>2.7871789799999078</v>
       </c>
       <c r="E41" s="12">
         <v>3.1189860000000067</v>
       </c>
       <c r="F41" s="12">
         <v>5.5873106800000301</v>
       </c>
       <c r="G41" s="12">
         <v>0.63706947999997965</v>
       </c>
       <c r="H41" s="12">
         <v>1.9204694000000018</v>
       </c>
       <c r="I41" s="12">
         <v>2.5953837600000043</v>
       </c>
       <c r="J41" s="12">
@@ -20176,52 +20292,55 @@
       </c>
       <c r="FP41" s="12" t="s">
         <v>1</v>
       </c>
       <c r="FQ41" s="12" t="s">
         <v>1</v>
       </c>
       <c r="FR41" s="12">
         <v>5.8700000000000045</v>
       </c>
       <c r="FS41" s="12">
         <v>5.839999999999975</v>
       </c>
       <c r="FT41" s="12">
         <v>5.8460000000000036</v>
       </c>
       <c r="FU41" s="12">
         <v>3.5500000000000114</v>
       </c>
       <c r="FV41" s="12">
         <v>3.1133184999999912</v>
       </c>
       <c r="FW41" s="12">
         <v>2.6334848099999704</v>
       </c>
+      <c r="FX41" s="12">
+        <v>2.6482700399999999</v>
+      </c>
     </row>
-    <row r="42" spans="2:179" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="42" spans="2:180" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B42" s="11" t="s">
         <v>24</v>
       </c>
       <c r="C42" s="12">
         <v>32.893091769999998</v>
       </c>
       <c r="D42" s="12">
         <v>32.893091769999998</v>
       </c>
       <c r="E42" s="12">
         <v>26.544561680000001</v>
       </c>
       <c r="F42" s="12">
         <v>26.544561680000001</v>
       </c>
       <c r="G42" s="12">
         <v>26.544561680000001</v>
       </c>
       <c r="H42" s="12">
         <v>26.544561680000001</v>
       </c>
       <c r="I42" s="12">
         <v>26.544561680000001</v>
       </c>
       <c r="J42" s="12">
@@ -20712,52 +20831,55 @@
       </c>
       <c r="FP42" s="12">
         <v>886.62132914999995</v>
       </c>
       <c r="FQ42" s="12">
         <v>886.03322903000003</v>
       </c>
       <c r="FR42" s="12">
         <v>886.04602182999997</v>
       </c>
       <c r="FS42" s="12">
         <v>886.05851695000001</v>
       </c>
       <c r="FT42" s="12">
         <v>1218.7869237299999</v>
       </c>
       <c r="FU42" s="12">
         <v>1218.8035863299999</v>
       </c>
       <c r="FV42" s="12">
         <v>1218.5160771200001</v>
       </c>
       <c r="FW42" s="12">
         <v>1218.3308571699999</v>
       </c>
+      <c r="FX42" s="12">
+        <v>1490.14926801</v>
+      </c>
     </row>
-    <row r="43" spans="2:179" s="16" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="43" spans="2:180" s="16" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B43" s="11" t="s">
         <v>25</v>
       </c>
       <c r="C43" s="12" t="s">
         <v>36</v>
       </c>
       <c r="D43" s="12" t="s">
         <v>36</v>
       </c>
       <c r="E43" s="12" t="s">
         <v>36</v>
       </c>
       <c r="F43" s="12" t="s">
         <v>36</v>
       </c>
       <c r="G43" s="12" t="s">
         <v>36</v>
       </c>
       <c r="H43" s="12" t="s">
         <v>36</v>
       </c>
       <c r="I43" s="12" t="s">
         <v>36</v>
       </c>
       <c r="J43" s="12" t="s">
@@ -21248,52 +21370,55 @@
       </c>
       <c r="FP43" s="12">
         <v>641.77786904000004</v>
       </c>
       <c r="FQ43" s="12">
         <v>718.96033767999995</v>
       </c>
       <c r="FR43" s="12">
         <v>869.88233381999999</v>
       </c>
       <c r="FS43" s="12">
         <v>972.21524382999996</v>
       </c>
       <c r="FT43" s="12">
         <v>1005.93346041</v>
       </c>
       <c r="FU43" s="12">
         <v>1112.32998107</v>
       </c>
       <c r="FV43" s="12">
         <v>1133.12082003</v>
       </c>
       <c r="FW43" s="12">
         <v>1164.3501126399999</v>
       </c>
+      <c r="FX43" s="12">
+        <v>1196.7857175500001</v>
+      </c>
     </row>
-    <row r="44" spans="2:179" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="44" spans="2:180" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B44" s="13" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="12">
         <v>10902.05195551</v>
       </c>
       <c r="D44" s="12">
         <v>10809.080035180001</v>
       </c>
       <c r="E44" s="12">
         <v>11025.277896219999</v>
       </c>
       <c r="F44" s="12">
         <v>11405.82364796</v>
       </c>
       <c r="G44" s="12">
         <v>11571.070620140001</v>
       </c>
       <c r="H44" s="12">
         <v>12222.73369318</v>
       </c>
       <c r="I44" s="12">
         <v>12118.572226230001</v>
       </c>
       <c r="J44" s="12">
@@ -21784,52 +21909,55 @@
       </c>
       <c r="FP44" s="12">
         <v>5331.6902542500002</v>
       </c>
       <c r="FQ44" s="12">
         <v>5454.6729664300001</v>
       </c>
       <c r="FR44" s="12">
         <v>5650.3824093800004</v>
       </c>
       <c r="FS44" s="12">
         <v>5697.3965343299997</v>
       </c>
       <c r="FT44" s="12">
         <v>5939.40727831</v>
       </c>
       <c r="FU44" s="12">
         <v>6814.2857799699996</v>
       </c>
       <c r="FV44" s="12">
         <v>6952.6266895299996</v>
       </c>
       <c r="FW44" s="12">
         <v>6926.9268594300001</v>
       </c>
+      <c r="FX44" s="12">
+        <v>6803.3267827999998</v>
+      </c>
     </row>
-    <row r="45" spans="2:179" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="45" spans="2:180" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B45" s="13" t="s">
         <v>34</v>
       </c>
       <c r="C45" s="12">
         <v>9629.7292159999997</v>
       </c>
       <c r="D45" s="12">
         <v>9689.6998033300006</v>
       </c>
       <c r="E45" s="12">
         <v>9760.4390370399997</v>
       </c>
       <c r="F45" s="12">
         <v>9852.4924525200004</v>
       </c>
       <c r="G45" s="12">
         <v>9894.2159631899995</v>
       </c>
       <c r="H45" s="12">
         <v>9985.3391456099998</v>
       </c>
       <c r="I45" s="12">
         <v>10022.21818457</v>
       </c>
       <c r="J45" s="12">
@@ -22320,52 +22448,55 @@
       </c>
       <c r="FP45" s="12">
         <v>11678.4890005</v>
       </c>
       <c r="FQ45" s="12">
         <v>11801.78621833</v>
       </c>
       <c r="FR45" s="12">
         <v>11346.57978056</v>
       </c>
       <c r="FS45" s="12">
         <v>11109.389646600001</v>
       </c>
       <c r="FT45" s="12">
         <v>10870.32745105</v>
       </c>
       <c r="FU45" s="12">
         <v>10914.702919879999</v>
       </c>
       <c r="FV45" s="12">
         <v>11035.272299730001</v>
       </c>
       <c r="FW45" s="12">
         <v>11149.190958650001</v>
       </c>
+      <c r="FX45" s="12">
+        <v>11255.442630609999</v>
+      </c>
     </row>
-    <row r="46" spans="2:179" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="46" spans="2:180" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B46" s="13" t="s">
         <v>27</v>
       </c>
       <c r="C46" s="12">
         <v>1524.1580486600001</v>
       </c>
       <c r="D46" s="12">
         <v>1461.5698236200001</v>
       </c>
       <c r="E46" s="12">
         <v>1488.11848295</v>
       </c>
       <c r="F46" s="12">
         <v>1402.87541521</v>
       </c>
       <c r="G46" s="12">
         <v>1584.8226277599999</v>
       </c>
       <c r="H46" s="12">
         <v>1519.3051905100001</v>
       </c>
       <c r="I46" s="12">
         <v>1517.5193798099999</v>
       </c>
       <c r="J46" s="12">
@@ -22856,52 +22987,55 @@
       </c>
       <c r="FP46" s="12">
         <v>2030.34378975</v>
       </c>
       <c r="FQ46" s="12">
         <v>2055.67539485</v>
       </c>
       <c r="FR46" s="12">
         <v>2504.4543047299999</v>
       </c>
       <c r="FS46" s="12">
         <v>2419.7363935100002</v>
       </c>
       <c r="FT46" s="12">
         <v>2792.1880209300002</v>
       </c>
       <c r="FU46" s="12">
         <v>2552.7763243700001</v>
       </c>
       <c r="FV46" s="12">
         <v>2495.8672925199999</v>
       </c>
       <c r="FW46" s="12">
         <v>2687.1757705700002</v>
       </c>
+      <c r="FX46" s="12">
+        <v>2437.6546824799998</v>
+      </c>
     </row>
-    <row r="47" spans="2:179" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="47" spans="2:180" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B47" s="17" t="s">
         <v>28</v>
       </c>
       <c r="C47" s="18">
         <v>55110.019072589996</v>
       </c>
       <c r="D47" s="18">
         <v>54846.618318120003</v>
       </c>
       <c r="E47" s="18">
         <v>55013.920854549993</v>
       </c>
       <c r="F47" s="18">
         <v>55047.213395230006</v>
       </c>
       <c r="G47" s="18">
         <v>55257.644859819993</v>
       </c>
       <c r="H47" s="18">
         <v>56200.374722389992</v>
       </c>
       <c r="I47" s="18">
         <v>56195.636890639995</v>
       </c>
       <c r="J47" s="18">
@@ -23392,52 +23526,55 @@
       </c>
       <c r="FP47" s="18">
         <v>86173.668772349993</v>
       </c>
       <c r="FQ47" s="18">
         <v>86372.692306739977</v>
       </c>
       <c r="FR47" s="18">
         <v>86688.251713820006</v>
       </c>
       <c r="FS47" s="18">
         <v>86635.136686589991</v>
       </c>
       <c r="FT47" s="18">
         <v>88214.579926000006</v>
       </c>
       <c r="FU47" s="18">
         <v>90035.863457160012</v>
       </c>
       <c r="FV47" s="18">
         <v>91773.741050409997</v>
       </c>
       <c r="FW47" s="18">
         <v>93424.353580279989</v>
       </c>
+      <c r="FX47" s="18">
+        <v>93632.466641359992</v>
+      </c>
     </row>
-    <row r="48" spans="2:179" s="2" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="48" spans="2:180" s="2" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B48" s="21" t="s">
         <v>45</v>
       </c>
       <c r="C48" s="20"/>
       <c r="D48" s="20"/>
       <c r="E48" s="20"/>
       <c r="F48" s="20"/>
       <c r="G48" s="20"/>
       <c r="H48" s="20"/>
       <c r="I48" s="20"/>
       <c r="J48" s="20"/>
       <c r="K48" s="20"/>
       <c r="L48" s="20"/>
       <c r="M48" s="20"/>
       <c r="N48" s="20"/>
       <c r="O48" s="20"/>
       <c r="P48" s="20"/>
       <c r="Q48" s="20"/>
       <c r="R48" s="20"/>
       <c r="S48" s="20"/>
       <c r="T48" s="20"/>
       <c r="U48" s="20"/>
       <c r="V48" s="20"/>
       <c r="W48" s="20"/>
       <c r="X48" s="20"/>
@@ -23574,57 +23711,58 @@
       <c r="EY48" s="20"/>
       <c r="EZ48" s="20"/>
       <c r="FA48" s="20"/>
       <c r="FB48" s="20"/>
       <c r="FC48" s="20"/>
       <c r="FD48" s="20"/>
       <c r="FE48" s="20"/>
       <c r="FF48" s="20"/>
       <c r="FG48" s="20"/>
       <c r="FH48" s="20"/>
       <c r="FI48" s="20"/>
       <c r="FJ48" s="20"/>
       <c r="FK48" s="20"/>
       <c r="FL48" s="20"/>
       <c r="FM48" s="20"/>
       <c r="FN48" s="20"/>
       <c r="FO48" s="20"/>
       <c r="FP48" s="20"/>
       <c r="FQ48" s="20"/>
       <c r="FR48" s="20"/>
       <c r="FS48" s="20"/>
       <c r="FT48" s="20"/>
       <c r="FU48" s="20"/>
       <c r="FV48" s="20"/>
       <c r="FW48" s="20"/>
+      <c r="FX48" s="20"/>
     </row>
-    <row r="49" spans="2:179" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="49" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B49" s="6" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="50" spans="2:179" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="50" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B50" s="11" t="s">
         <v>37</v>
       </c>
       <c r="C50" s="22" t="s">
         <v>36</v>
       </c>
       <c r="D50" s="22">
         <v>110.72442396000001</v>
       </c>
       <c r="E50" s="22">
         <v>107.36560869</v>
       </c>
       <c r="F50" s="22">
         <v>-24.340573889999998</v>
       </c>
       <c r="G50" s="22">
         <v>199.97136681000001</v>
       </c>
       <c r="H50" s="22">
         <v>212.03894198</v>
       </c>
       <c r="I50" s="22">
         <v>89.837592430000001</v>
       </c>
       <c r="J50" s="22">
@@ -24115,52 +24253,55 @@
       </c>
       <c r="FP50" s="22">
         <v>-2634.2656398200002</v>
       </c>
       <c r="FQ50" s="22">
         <v>-713.37808714000005</v>
       </c>
       <c r="FR50" s="22">
         <v>-1141.1120470200001</v>
       </c>
       <c r="FS50" s="22">
         <v>-1295.5433764899999</v>
       </c>
       <c r="FT50" s="22">
         <v>-162.77486517</v>
       </c>
       <c r="FU50" s="22">
         <v>-24.47849394</v>
       </c>
       <c r="FV50" s="22">
         <v>302.37624787999999</v>
       </c>
       <c r="FW50" s="22">
         <v>1230.0346572200001</v>
       </c>
+      <c r="FX50" s="22">
+        <v>685.52214236999998</v>
+      </c>
     </row>
-    <row r="51" spans="2:179" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="51" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B51" s="13" t="s">
         <v>38</v>
       </c>
       <c r="C51" s="22" t="s">
         <v>36</v>
       </c>
       <c r="D51" s="22">
         <v>-28.77227787</v>
       </c>
       <c r="E51" s="22">
         <v>-1.04680493</v>
       </c>
       <c r="F51" s="22">
         <v>-29.125906409999999</v>
       </c>
       <c r="G51" s="22">
         <v>51.427584549999999</v>
       </c>
       <c r="H51" s="22">
         <v>-10.954180579999999</v>
       </c>
       <c r="I51" s="22">
         <v>93.003154679999994</v>
       </c>
       <c r="J51" s="22">
@@ -24651,52 +24792,55 @@
       </c>
       <c r="FP51" s="22">
         <v>-280.29124065000002</v>
       </c>
       <c r="FQ51" s="22">
         <v>25.110076769999999</v>
       </c>
       <c r="FR51" s="22">
         <v>-57.370160640000002</v>
       </c>
       <c r="FS51" s="22">
         <v>132.52778122000001</v>
       </c>
       <c r="FT51" s="22">
         <v>10.067230670000001</v>
       </c>
       <c r="FU51" s="22">
         <v>173.23134059</v>
       </c>
       <c r="FV51" s="22">
         <v>21.806083439999998</v>
       </c>
       <c r="FW51" s="22">
         <v>54.033887790000001</v>
       </c>
+      <c r="FX51" s="22">
+        <v>-158.29184798</v>
+      </c>
     </row>
-    <row r="52" spans="2:179" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="52" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B52" s="13" t="s">
         <v>39</v>
       </c>
       <c r="C52" s="22" t="s">
         <v>36</v>
       </c>
       <c r="D52" s="22">
         <v>139.49670183000001</v>
       </c>
       <c r="E52" s="22">
         <v>108.41241362</v>
       </c>
       <c r="F52" s="22">
         <v>4.7853325199999999</v>
       </c>
       <c r="G52" s="22">
         <v>148.54378226</v>
       </c>
       <c r="H52" s="22">
         <v>222.99312255999999</v>
       </c>
       <c r="I52" s="22">
         <v>-3.1655622499999998</v>
       </c>
       <c r="J52" s="22">
@@ -25187,52 +25331,55 @@
       </c>
       <c r="FP52" s="22">
         <v>-2353.9743991700002</v>
       </c>
       <c r="FQ52" s="22">
         <v>-738.48816391000003</v>
       </c>
       <c r="FR52" s="22">
         <v>-1083.7418863800001</v>
       </c>
       <c r="FS52" s="22">
         <v>-1428.0711577100001</v>
       </c>
       <c r="FT52" s="22">
         <v>-172.84209584000001</v>
       </c>
       <c r="FU52" s="22">
         <v>-197.70983452999999</v>
       </c>
       <c r="FV52" s="22">
         <v>280.57016443999999</v>
       </c>
       <c r="FW52" s="22">
         <v>1176.00076943</v>
       </c>
+      <c r="FX52" s="22">
+        <v>843.81399035000004</v>
+      </c>
     </row>
-    <row r="53" spans="2:179" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="53" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B53" s="13" t="s">
         <v>6</v>
       </c>
       <c r="C53" s="22" t="s">
         <v>36</v>
       </c>
       <c r="D53" s="22">
         <v>-4.0986762299999997</v>
       </c>
       <c r="E53" s="22">
         <v>-34.51444695</v>
       </c>
       <c r="F53" s="22">
         <v>120.92246745</v>
       </c>
       <c r="G53" s="22">
         <v>-0.67908899</v>
       </c>
       <c r="H53" s="22">
         <v>12.28298244</v>
       </c>
       <c r="I53" s="22">
         <v>20.416710210000002</v>
       </c>
       <c r="J53" s="22">
@@ -25723,52 +25870,55 @@
       </c>
       <c r="FP53" s="22">
         <v>-57.113532239999998</v>
       </c>
       <c r="FQ53" s="22">
         <v>67.664909159999993</v>
       </c>
       <c r="FR53" s="22">
         <v>189.96443972</v>
       </c>
       <c r="FS53" s="22">
         <v>-20.531523580000002</v>
       </c>
       <c r="FT53" s="22">
         <v>93.942006250000006</v>
       </c>
       <c r="FU53" s="22">
         <v>104.37242252999999</v>
       </c>
       <c r="FV53" s="22">
         <v>-97.901534690000005</v>
       </c>
       <c r="FW53" s="22">
         <v>3.1830823399999999</v>
       </c>
+      <c r="FX53" s="22">
+        <v>103.30414277</v>
+      </c>
     </row>
-    <row r="54" spans="2:179" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="54" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B54" s="13" t="s">
         <v>8</v>
       </c>
       <c r="C54" s="22" t="s">
         <v>36</v>
       </c>
       <c r="D54" s="22">
         <v>-19.289237669999999</v>
       </c>
       <c r="E54" s="22">
         <v>-28.31588137</v>
       </c>
       <c r="F54" s="22">
         <v>106.45480696</v>
       </c>
       <c r="G54" s="22">
         <v>-21.066038410000001</v>
       </c>
       <c r="H54" s="22">
         <v>7.0920496000000002</v>
       </c>
       <c r="I54" s="22">
         <v>27.290959130000001</v>
       </c>
       <c r="J54" s="22">
@@ -26259,52 +26409,55 @@
       </c>
       <c r="FP54" s="22">
         <v>-56.71760862</v>
       </c>
       <c r="FQ54" s="22">
         <v>56.023785969999999</v>
       </c>
       <c r="FR54" s="22">
         <v>190.56510971</v>
       </c>
       <c r="FS54" s="22">
         <v>-20.347149479999999</v>
       </c>
       <c r="FT54" s="22">
         <v>79.312234549999999</v>
       </c>
       <c r="FU54" s="22">
         <v>104.24391652</v>
       </c>
       <c r="FV54" s="22">
         <v>-97.818458309999997</v>
       </c>
       <c r="FW54" s="22">
         <v>3.16813089</v>
       </c>
+      <c r="FX54" s="22">
+        <v>112.7329072</v>
+      </c>
     </row>
-    <row r="55" spans="2:179" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="55" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B55" s="13" t="s">
         <v>9</v>
       </c>
       <c r="C55" s="22" t="s">
         <v>36</v>
       </c>
       <c r="D55" s="22">
         <v>1.3845299999999999E-3</v>
       </c>
       <c r="E55" s="22">
         <v>-1.1676913600000001</v>
       </c>
       <c r="F55" s="22">
         <v>-1.568744E-2</v>
       </c>
       <c r="G55" s="22">
         <v>-1.6160620000000001E-2</v>
       </c>
       <c r="H55" s="22" t="s">
         <v>1</v>
       </c>
       <c r="I55" s="22" t="s">
         <v>1</v>
       </c>
       <c r="J55" s="22" t="s">
@@ -26795,52 +26948,55 @@
       </c>
       <c r="FP55" s="22">
         <v>-0.39592361999999998</v>
       </c>
       <c r="FQ55" s="22">
         <v>-0.45887681000000002</v>
       </c>
       <c r="FR55" s="22">
         <v>-0.59928930999999996</v>
       </c>
       <c r="FS55" s="22">
         <v>-0.18437206</v>
       </c>
       <c r="FT55" s="22">
         <v>14.629773520000001</v>
       </c>
       <c r="FU55" s="22">
         <v>0.12889473000000001</v>
       </c>
       <c r="FV55" s="22">
         <v>-8.3074289999999995E-2</v>
       </c>
       <c r="FW55" s="22">
         <v>1.4953330000000001E-2</v>
       </c>
+      <c r="FX55" s="22">
+        <v>-9.4281411800000008</v>
+      </c>
     </row>
-    <row r="56" spans="2:179" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="56" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B56" s="13" t="s">
         <v>10</v>
       </c>
       <c r="C56" s="22" t="s">
         <v>36</v>
       </c>
       <c r="D56" s="22">
         <v>5.3822420000000003E-2</v>
       </c>
       <c r="E56" s="22">
         <v>-3.6207799999999998E-2</v>
       </c>
       <c r="F56" s="22">
         <v>-1.6611839999999999E-2</v>
       </c>
       <c r="G56" s="22">
         <v>-1.230999E-2</v>
       </c>
       <c r="H56" s="22">
         <v>6.0142029999999999E-2</v>
       </c>
       <c r="I56" s="22">
         <v>-4.1242710000000002E-2</v>
       </c>
       <c r="J56" s="22">
@@ -27331,52 +27487,55 @@
       </c>
       <c r="FP56" s="22" t="s">
         <v>1</v>
       </c>
       <c r="FQ56" s="22">
         <v>5.0999999999999996</v>
       </c>
       <c r="FR56" s="22" t="s">
         <v>1</v>
       </c>
       <c r="FS56" s="22" t="s">
         <v>1</v>
       </c>
       <c r="FT56" s="22" t="s">
         <v>1</v>
       </c>
       <c r="FU56" s="22" t="s">
         <v>1</v>
       </c>
       <c r="FV56" s="22" t="s">
         <v>1</v>
       </c>
       <c r="FW56" s="22" t="s">
         <v>1</v>
       </c>
+      <c r="FX56" s="22" t="s">
+        <v>1</v>
+      </c>
     </row>
-    <row r="57" spans="2:179" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="57" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B57" s="13" t="s">
         <v>42</v>
       </c>
       <c r="C57" s="22" t="s">
         <v>36</v>
       </c>
       <c r="D57" s="22">
         <v>15.135354489999999</v>
       </c>
       <c r="E57" s="22">
         <v>-4.9946664199999997</v>
       </c>
       <c r="F57" s="22">
         <v>14.49995977</v>
       </c>
       <c r="G57" s="22">
         <v>20.41542003</v>
       </c>
       <c r="H57" s="22">
         <v>5.1307908099999997</v>
       </c>
       <c r="I57" s="22">
         <v>-6.8330062099999997</v>
       </c>
       <c r="J57" s="22">
@@ -27867,52 +28026,55 @@
       </c>
       <c r="FP57" s="22" t="s">
         <v>1</v>
       </c>
       <c r="FQ57" s="22">
         <v>7</v>
       </c>
       <c r="FR57" s="22">
         <v>-1.38068E-3</v>
       </c>
       <c r="FS57" s="22">
         <v>-2.04E-6</v>
       </c>
       <c r="FT57" s="22">
         <v>-1.8199999999999999E-6</v>
       </c>
       <c r="FU57" s="22">
         <v>-3.8872000000000001E-4</v>
       </c>
       <c r="FV57" s="22">
         <v>-2.0899999999999999E-6</v>
       </c>
       <c r="FW57" s="22">
         <v>-1.88E-6</v>
       </c>
+      <c r="FX57" s="22">
+        <v>-6.2325E-4</v>
+      </c>
     </row>
-    <row r="58" spans="2:179" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="58" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B58" s="11" t="s">
         <v>7</v>
       </c>
       <c r="C58" s="22" t="s">
         <v>36</v>
       </c>
       <c r="D58" s="22">
         <v>124.19552792</v>
       </c>
       <c r="E58" s="22">
         <v>37.247049259999997</v>
       </c>
       <c r="F58" s="22">
         <v>768.88435465999999</v>
       </c>
       <c r="G58" s="22">
         <v>-134.05506109000001</v>
       </c>
       <c r="H58" s="22">
         <v>33.420572610000001</v>
       </c>
       <c r="I58" s="22">
         <v>-94.241132140000005</v>
       </c>
       <c r="J58" s="22">
@@ -28403,52 +28565,55 @@
       </c>
       <c r="FP58" s="22">
         <v>347.55749881000003</v>
       </c>
       <c r="FQ58" s="22">
         <v>208.63496849000001</v>
       </c>
       <c r="FR58" s="22">
         <v>1209.99361112</v>
       </c>
       <c r="FS58" s="22">
         <v>199.30949018000001</v>
       </c>
       <c r="FT58" s="22">
         <v>-70.772045180000006</v>
       </c>
       <c r="FU58" s="22">
         <v>212.68857417999999</v>
       </c>
       <c r="FV58" s="22">
         <v>804.76433440999995</v>
       </c>
       <c r="FW58" s="22">
         <v>16.18480375</v>
       </c>
+      <c r="FX58" s="22">
+        <v>-19.012845089999999</v>
+      </c>
     </row>
-    <row r="59" spans="2:179" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="59" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B59" s="13" t="s">
         <v>11</v>
       </c>
       <c r="C59" s="22" t="s">
         <v>36</v>
       </c>
       <c r="D59" s="22">
         <v>112.50055458999999</v>
       </c>
       <c r="E59" s="22">
         <v>37.990605520000003</v>
       </c>
       <c r="F59" s="22">
         <v>769.34041041</v>
       </c>
       <c r="G59" s="22">
         <v>-117.67482609</v>
       </c>
       <c r="H59" s="22">
         <v>30.340094109999999</v>
       </c>
       <c r="I59" s="22">
         <v>-89.932963849999993</v>
       </c>
       <c r="J59" s="22">
@@ -28939,52 +29104,55 @@
       </c>
       <c r="FP59" s="22">
         <v>355.65336528</v>
       </c>
       <c r="FQ59" s="22">
         <v>206.56210247000001</v>
       </c>
       <c r="FR59" s="22">
         <v>1211.6974566700001</v>
       </c>
       <c r="FS59" s="22">
         <v>203.47067967999999</v>
       </c>
       <c r="FT59" s="22">
         <v>-97.511621160000004</v>
       </c>
       <c r="FU59" s="22">
         <v>200.76394547000001</v>
       </c>
       <c r="FV59" s="22">
         <v>803.48413790999996</v>
       </c>
       <c r="FW59" s="22">
         <v>15.46531643</v>
       </c>
+      <c r="FX59" s="22">
+        <v>-15.14443541</v>
+      </c>
     </row>
-    <row r="60" spans="2:179" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="60" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B60" s="13" t="s">
         <v>12</v>
       </c>
       <c r="C60" s="22" t="s">
         <v>36</v>
       </c>
       <c r="D60" s="22">
         <v>11.69497333</v>
       </c>
       <c r="E60" s="22">
         <v>-0.74355625999999997</v>
       </c>
       <c r="F60" s="22">
         <v>-0.45605574999999998</v>
       </c>
       <c r="G60" s="22">
         <v>-16.380234999999999</v>
       </c>
       <c r="H60" s="22">
         <v>3.0804784999999999</v>
       </c>
       <c r="I60" s="22">
         <v>-4.3081682900000002</v>
       </c>
       <c r="J60" s="22">
@@ -29475,52 +29643,55 @@
       </c>
       <c r="FP60" s="22">
         <v>-8.0958664700000007</v>
       </c>
       <c r="FQ60" s="22">
         <v>2.0728660200000002</v>
       </c>
       <c r="FR60" s="22">
         <v>-1.70384555</v>
       </c>
       <c r="FS60" s="22">
         <v>-4.1611894999999999</v>
       </c>
       <c r="FT60" s="22">
         <v>26.739575980000001</v>
       </c>
       <c r="FU60" s="22">
         <v>11.92462871</v>
       </c>
       <c r="FV60" s="22">
         <v>1.2801965</v>
       </c>
       <c r="FW60" s="22">
         <v>0.71948732000000004</v>
       </c>
+      <c r="FX60" s="22">
+        <v>-3.8684096800000001</v>
+      </c>
     </row>
-    <row r="61" spans="2:179" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="61" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B61" s="11" t="s">
         <v>40</v>
       </c>
       <c r="C61" s="22" t="s">
         <v>36</v>
       </c>
       <c r="D61" s="22">
         <v>-323.99176855000002</v>
       </c>
       <c r="E61" s="22">
         <v>170.51913160999999</v>
       </c>
       <c r="F61" s="22">
         <v>-85.585505380000001</v>
       </c>
       <c r="G61" s="22">
         <v>257.94576412999999</v>
       </c>
       <c r="H61" s="22">
         <v>780.33273205</v>
       </c>
       <c r="I61" s="22">
         <v>-22.24369866</v>
       </c>
       <c r="J61" s="22">
@@ -30011,52 +30182,55 @@
       </c>
       <c r="FP61" s="22">
         <v>609.17632099000002</v>
       </c>
       <c r="FQ61" s="22">
         <v>457.14620436000001</v>
       </c>
       <c r="FR61" s="22">
         <v>432.57045211000002</v>
       </c>
       <c r="FS61" s="22">
         <v>634.06579173</v>
       </c>
       <c r="FT61" s="22">
         <v>546.08960651999996</v>
       </c>
       <c r="FU61" s="22">
         <v>672.13993176999998</v>
       </c>
       <c r="FV61" s="22">
         <v>442.00003429999998</v>
       </c>
       <c r="FW61" s="22">
         <v>-45.894340759999999</v>
       </c>
+      <c r="FX61" s="22">
+        <v>373.29094527000001</v>
+      </c>
     </row>
-    <row r="62" spans="2:179" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="62" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B62" s="13" t="s">
         <v>13</v>
       </c>
       <c r="C62" s="22" t="s">
         <v>36</v>
       </c>
       <c r="D62" s="22">
         <v>26.274078379999999</v>
       </c>
       <c r="E62" s="22">
         <v>118.44697693000001</v>
       </c>
       <c r="F62" s="22">
         <v>35.377417639999997</v>
       </c>
       <c r="G62" s="22">
         <v>113.79802148</v>
       </c>
       <c r="H62" s="22">
         <v>228.88388082</v>
       </c>
       <c r="I62" s="22">
         <v>-53.964900470000003</v>
       </c>
       <c r="J62" s="22">
@@ -30547,52 +30721,55 @@
       </c>
       <c r="FP62" s="22">
         <v>430.43007842999998</v>
       </c>
       <c r="FQ62" s="22">
         <v>264.46872103999999</v>
       </c>
       <c r="FR62" s="22">
         <v>108.95622602</v>
       </c>
       <c r="FS62" s="22">
         <v>253.50886844999999</v>
       </c>
       <c r="FT62" s="22">
         <v>174.67065324999999</v>
       </c>
       <c r="FU62" s="22">
         <v>233.55119748000001</v>
       </c>
       <c r="FV62" s="22">
         <v>115.1371398</v>
       </c>
       <c r="FW62" s="22">
         <v>-172.62595930000001</v>
       </c>
+      <c r="FX62" s="22">
+        <v>154.32856726</v>
+      </c>
     </row>
-    <row r="63" spans="2:179" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="63" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B63" s="13" t="s">
         <v>19</v>
       </c>
       <c r="C63" s="22" t="s">
         <v>36</v>
       </c>
       <c r="D63" s="22">
         <v>52.513836869999999</v>
       </c>
       <c r="E63" s="22">
         <v>-17.605384350000001</v>
       </c>
       <c r="F63" s="22">
         <v>-48.36214528</v>
       </c>
       <c r="G63" s="22">
         <v>3.4782670000000002E-2</v>
       </c>
       <c r="H63" s="22">
         <v>-14.27491697</v>
       </c>
       <c r="I63" s="22">
         <v>-37.88559849</v>
       </c>
       <c r="J63" s="22">
@@ -31083,52 +31260,55 @@
       </c>
       <c r="FP63" s="22">
         <v>50.695678710000003</v>
       </c>
       <c r="FQ63" s="22">
         <v>-46.107080719999999</v>
       </c>
       <c r="FR63" s="22">
         <v>-7.0243618799999998</v>
       </c>
       <c r="FS63" s="22">
         <v>11.77605443</v>
       </c>
       <c r="FT63" s="22">
         <v>-11.74765639</v>
       </c>
       <c r="FU63" s="22">
         <v>13.81338719</v>
       </c>
       <c r="FV63" s="22">
         <v>2.3618587299999998</v>
       </c>
       <c r="FW63" s="22">
         <v>-13.19076291</v>
       </c>
+      <c r="FX63" s="22">
+        <v>-8.8823732</v>
+      </c>
     </row>
-    <row r="64" spans="2:179" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="64" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B64" s="13" t="s">
         <v>20</v>
       </c>
       <c r="C64" s="22" t="s">
         <v>36</v>
       </c>
       <c r="D64" s="22">
         <v>-26.23975849</v>
       </c>
       <c r="E64" s="22">
         <v>136.05236128000001</v>
       </c>
       <c r="F64" s="22">
         <v>83.739562919999997</v>
       </c>
       <c r="G64" s="22">
         <v>113.76323881</v>
       </c>
       <c r="H64" s="22">
         <v>243.15879778999999</v>
       </c>
       <c r="I64" s="22">
         <v>-16.07930198</v>
       </c>
       <c r="J64" s="22">
@@ -31619,52 +31799,55 @@
       </c>
       <c r="FP64" s="22">
         <v>379.73439972</v>
       </c>
       <c r="FQ64" s="22">
         <v>310.57580175999999</v>
       </c>
       <c r="FR64" s="22">
         <v>115.9805879</v>
       </c>
       <c r="FS64" s="22">
         <v>241.73281402000001</v>
       </c>
       <c r="FT64" s="22">
         <v>186.41830963999999</v>
       </c>
       <c r="FU64" s="22">
         <v>219.73781029</v>
       </c>
       <c r="FV64" s="22">
         <v>112.77528107000001</v>
       </c>
       <c r="FW64" s="22">
         <v>-159.43519638999999</v>
       </c>
+      <c r="FX64" s="22">
+        <v>163.21094045999999</v>
+      </c>
     </row>
-    <row r="65" spans="2:179" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="65" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B65" s="13" t="s">
         <v>14</v>
       </c>
       <c r="C65" s="22" t="s">
         <v>36</v>
       </c>
       <c r="D65" s="22">
         <v>-329.73654382000001</v>
       </c>
       <c r="E65" s="22">
         <v>52.842996380000002</v>
       </c>
       <c r="F65" s="22">
         <v>-112.67951786</v>
       </c>
       <c r="G65" s="22">
         <v>5.3434911100000004</v>
       </c>
       <c r="H65" s="22">
         <v>563.30013989999998</v>
       </c>
       <c r="I65" s="22">
         <v>22.132805940000001</v>
       </c>
       <c r="J65" s="22">
@@ -32155,52 +32338,55 @@
       </c>
       <c r="FP65" s="22">
         <v>192.18606431000001</v>
       </c>
       <c r="FQ65" s="22">
         <v>200.06197406999999</v>
       </c>
       <c r="FR65" s="22">
         <v>312.81790946000001</v>
       </c>
       <c r="FS65" s="22">
         <v>339.58248645999998</v>
       </c>
       <c r="FT65" s="22">
         <v>333.40792049999999</v>
       </c>
       <c r="FU65" s="22">
         <v>437.77951717000002</v>
       </c>
       <c r="FV65" s="22">
         <v>327.91157071999999</v>
       </c>
       <c r="FW65" s="22">
         <v>114.5998154</v>
       </c>
+      <c r="FX65" s="22">
+        <v>234.39901696999999</v>
+      </c>
     </row>
-    <row r="66" spans="2:179" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="66" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B66" s="13" t="s">
         <v>15</v>
       </c>
       <c r="C66" s="22" t="s">
         <v>36</v>
       </c>
       <c r="D66" s="22">
         <v>10.125113320000001</v>
       </c>
       <c r="E66" s="22">
         <v>-6.5661485500000003</v>
       </c>
       <c r="F66" s="22">
         <v>3.5007407000000001</v>
       </c>
       <c r="G66" s="22">
         <v>-0.35467659000000001</v>
       </c>
       <c r="H66" s="22">
         <v>3.22958495</v>
       </c>
       <c r="I66" s="22">
         <v>-6.7525688800000001</v>
       </c>
       <c r="J66" s="22">
@@ -32691,52 +32877,55 @@
       </c>
       <c r="FP66" s="22">
         <v>-0.14458510999999999</v>
       </c>
       <c r="FQ66" s="22">
         <v>-10.45096534</v>
       </c>
       <c r="FR66" s="22">
         <v>2.7345278899999999</v>
       </c>
       <c r="FS66" s="22">
         <v>-1.7800424100000001</v>
       </c>
       <c r="FT66" s="22">
         <v>0.47495933000000001</v>
       </c>
       <c r="FU66" s="22">
         <v>1.47268423</v>
       </c>
       <c r="FV66" s="22">
         <v>0.96644753000000005</v>
       </c>
       <c r="FW66" s="22">
         <v>2.5240729999999999E-2</v>
       </c>
+      <c r="FX66" s="22">
+        <v>-0.94208555999999999</v>
+      </c>
     </row>
-    <row r="67" spans="2:179" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="67" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B67" s="13" t="s">
         <v>16</v>
       </c>
       <c r="C67" s="22" t="s">
         <v>36</v>
       </c>
       <c r="D67" s="22">
         <v>-16.045160630000002</v>
       </c>
       <c r="E67" s="22">
         <v>-1.2618599800000001</v>
       </c>
       <c r="F67" s="22">
         <v>-8.9415986499999995</v>
       </c>
       <c r="G67" s="22">
         <v>155.6132983</v>
       </c>
       <c r="H67" s="22">
         <v>1.9212045799999999</v>
       </c>
       <c r="I67" s="22">
         <v>15.19198478</v>
       </c>
       <c r="J67" s="22">
@@ -33227,52 +33416,55 @@
       </c>
       <c r="FP67" s="22">
         <v>-14.987620290000001</v>
       </c>
       <c r="FQ67" s="22">
         <v>4.54070559</v>
       </c>
       <c r="FR67" s="22">
         <v>7.1326031499999996</v>
       </c>
       <c r="FS67" s="22">
         <v>34.711420889999999</v>
       </c>
       <c r="FT67" s="22">
         <v>40.376075120000003</v>
       </c>
       <c r="FU67" s="22">
         <v>-4.5382553899999998</v>
       </c>
       <c r="FV67" s="22">
         <v>-5.5671948599999999</v>
       </c>
       <c r="FW67" s="22">
         <v>4.4714327100000002</v>
       </c>
+      <c r="FX67" s="22">
+        <v>-15.04775624</v>
+      </c>
     </row>
-    <row r="68" spans="2:179" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="68" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B68" s="13" t="s">
         <v>17</v>
       </c>
       <c r="C68" s="22" t="s">
         <v>36</v>
       </c>
       <c r="D68" s="22">
         <v>-1.72008089</v>
       </c>
       <c r="E68" s="22">
         <v>11.215427330000001</v>
       </c>
       <c r="F68" s="22">
         <v>19.094642660000002</v>
       </c>
       <c r="G68" s="22">
         <v>-8.2945390999999997</v>
       </c>
       <c r="H68" s="22">
         <v>-1.62897815</v>
       </c>
       <c r="I68" s="22">
         <v>2.3580367899999999</v>
       </c>
       <c r="J68" s="22">
@@ -33763,52 +33955,55 @@
       </c>
       <c r="FP68" s="22">
         <v>1.1362537399999999</v>
       </c>
       <c r="FQ68" s="22">
         <v>0.16770452999999999</v>
       </c>
       <c r="FR68" s="22">
         <v>1.6334453799999999</v>
       </c>
       <c r="FS68" s="22">
         <v>-0.77388827999999998</v>
       </c>
       <c r="FT68" s="22">
         <v>2.4437823999999999</v>
       </c>
       <c r="FU68" s="22">
         <v>4.85618368</v>
       </c>
       <c r="FV68" s="22">
         <v>5.8739163699999999</v>
       </c>
       <c r="FW68" s="22">
         <v>8.0065849300000007</v>
       </c>
+      <c r="FX68" s="22">
+        <v>0.48833701000000002</v>
+      </c>
     </row>
-    <row r="69" spans="2:179" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="69" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B69" s="13" t="s">
         <v>18</v>
       </c>
       <c r="C69" s="22" t="s">
         <v>36</v>
       </c>
       <c r="D69" s="22">
         <v>-12.889174909999999</v>
       </c>
       <c r="E69" s="22">
         <v>-4.1582604999999999</v>
       </c>
       <c r="F69" s="22">
         <v>-21.937189870000001</v>
       </c>
       <c r="G69" s="22">
         <v>-8.1598310699999992</v>
       </c>
       <c r="H69" s="22">
         <v>-15.37310005</v>
       </c>
       <c r="I69" s="22">
         <v>-1.20905682</v>
       </c>
       <c r="J69" s="22">
@@ -34299,52 +34494,55 @@
       </c>
       <c r="FP69" s="22">
         <v>0.55612991000000001</v>
       </c>
       <c r="FQ69" s="22">
         <v>-1.64193553</v>
       </c>
       <c r="FR69" s="22">
         <v>-0.70425979000000005</v>
       </c>
       <c r="FS69" s="22">
         <v>8.8169466199999995</v>
       </c>
       <c r="FT69" s="22">
         <v>-5.2837840800000002</v>
       </c>
       <c r="FU69" s="22">
         <v>-0.98139540000000003</v>
       </c>
       <c r="FV69" s="22">
         <v>-2.3218452599999999</v>
       </c>
       <c r="FW69" s="22">
         <v>-0.37145523000000003</v>
       </c>
+      <c r="FX69" s="22">
+        <v>6.4865829999999999E-2</v>
+      </c>
     </row>
-    <row r="70" spans="2:179" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="70" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B70" s="13" t="s">
         <v>5</v>
       </c>
       <c r="C70" s="22" t="s">
         <v>36</v>
       </c>
       <c r="D70" s="22">
         <v>-359.52476336000001</v>
       </c>
       <c r="E70" s="22">
         <v>-89.034151800000004</v>
       </c>
       <c r="F70" s="22">
         <v>-830.19708973000002</v>
       </c>
       <c r="G70" s="22">
         <v>-159.96994975000001</v>
       </c>
       <c r="H70" s="22">
         <v>138.56508345999998</v>
       </c>
       <c r="I70" s="22">
         <v>78.465538019999997</v>
       </c>
       <c r="J70" s="22">
@@ -34835,52 +35033,55 @@
       </c>
       <c r="FP70" s="22">
         <v>1078.8319914799999</v>
       </c>
       <c r="FQ70" s="22">
         <v>101.89688234</v>
       </c>
       <c r="FR70" s="22">
         <v>-315.30530575</v>
       </c>
       <c r="FS70" s="22">
         <v>307.59318162</v>
       </c>
       <c r="FT70" s="22">
         <v>1112.6182394099999</v>
       </c>
       <c r="FU70" s="22">
         <v>854.60556269000006</v>
       </c>
       <c r="FV70" s="22">
         <v>334.12743297999998</v>
       </c>
       <c r="FW70" s="22">
         <v>396.19514478000002</v>
       </c>
+      <c r="FX70" s="22">
+        <v>-786.91595056000006</v>
+      </c>
     </row>
-    <row r="71" spans="2:179" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="71" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B71" s="13" t="s">
         <v>4</v>
       </c>
       <c r="C71" s="22" t="s">
         <v>36</v>
       </c>
       <c r="D71" s="22">
         <v>4.4973791099999998</v>
       </c>
       <c r="E71" s="22">
         <v>-31.595520459999999</v>
       </c>
       <c r="F71" s="22">
         <v>-44.13327322</v>
       </c>
       <c r="G71" s="22">
         <v>2.3708075599999998</v>
       </c>
       <c r="H71" s="22">
         <v>15.71779055</v>
       </c>
       <c r="I71" s="22">
         <v>1.95704353</v>
       </c>
       <c r="J71" s="22">
@@ -35371,52 +35572,55 @@
       </c>
       <c r="FP71" s="22">
         <v>-68.389476540000004</v>
       </c>
       <c r="FQ71" s="22">
         <v>35.318335640000001</v>
       </c>
       <c r="FR71" s="22">
         <v>-159.08733723</v>
       </c>
       <c r="FS71" s="22">
         <v>78.815308529999996</v>
       </c>
       <c r="FT71" s="22">
         <v>61.043622259999999</v>
       </c>
       <c r="FU71" s="22">
         <v>-54.769192080000003</v>
       </c>
       <c r="FV71" s="22">
         <v>-54.587868929999999</v>
       </c>
       <c r="FW71" s="22">
         <v>-6.7361383699999999</v>
       </c>
+      <c r="FX71" s="22">
+        <v>-146.88627941999999</v>
+      </c>
     </row>
-    <row r="72" spans="2:179" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="72" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B72" s="14" t="s">
         <v>3</v>
       </c>
       <c r="C72" s="15" t="s">
         <v>36</v>
       </c>
       <c r="D72" s="15">
         <v>-448.19787715000001</v>
       </c>
       <c r="E72" s="15">
         <v>159.98767034999997</v>
       </c>
       <c r="F72" s="15">
         <v>-94.449620109999984</v>
       </c>
       <c r="G72" s="15">
         <v>165.58383866999998</v>
       </c>
       <c r="H72" s="15">
         <v>1192.3581030900002</v>
       </c>
       <c r="I72" s="15">
         <v>74.192053389999984</v>
       </c>
       <c r="J72" s="15">
@@ -35907,52 +36111,55 @@
       </c>
       <c r="FP72" s="15">
         <v>-724.20283731999996</v>
       </c>
       <c r="FQ72" s="15">
         <v>157.28321285000001</v>
       </c>
       <c r="FR72" s="15">
         <v>217.02381295000001</v>
       </c>
       <c r="FS72" s="15">
         <v>-96.291128009999994</v>
       </c>
       <c r="FT72" s="15">
         <v>1580.1465640900001</v>
       </c>
       <c r="FU72" s="15">
         <v>1764.5588051499999</v>
       </c>
       <c r="FV72" s="15">
         <v>1730.7786459500001</v>
       </c>
       <c r="FW72" s="15">
         <v>1592.9672089600001</v>
       </c>
+      <c r="FX72" s="15">
+        <v>209.30215534000001</v>
+      </c>
     </row>
-    <row r="73" spans="2:179" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="73" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B73" s="6" t="s">
         <v>0</v>
       </c>
       <c r="C73" s="10"/>
       <c r="D73" s="10"/>
       <c r="E73" s="10"/>
       <c r="F73" s="10"/>
       <c r="G73" s="10"/>
       <c r="H73" s="10"/>
       <c r="I73" s="10"/>
       <c r="J73" s="10"/>
       <c r="K73" s="10"/>
       <c r="L73" s="10"/>
       <c r="M73" s="10"/>
       <c r="N73" s="10"/>
       <c r="O73" s="10"/>
       <c r="P73" s="10"/>
       <c r="Q73" s="10"/>
       <c r="R73" s="10"/>
       <c r="S73" s="10"/>
       <c r="T73" s="10"/>
       <c r="U73" s="10"/>
       <c r="V73" s="10"/>
       <c r="W73" s="10"/>
       <c r="X73" s="10"/>
@@ -36089,52 +36296,53 @@
       <c r="EY73" s="10"/>
       <c r="EZ73" s="10"/>
       <c r="FA73" s="10"/>
       <c r="FB73" s="10"/>
       <c r="FC73" s="10"/>
       <c r="FD73" s="10"/>
       <c r="FE73" s="10"/>
       <c r="FF73" s="10"/>
       <c r="FG73" s="10"/>
       <c r="FH73" s="10"/>
       <c r="FI73" s="10"/>
       <c r="FJ73" s="10"/>
       <c r="FK73" s="10"/>
       <c r="FL73" s="10"/>
       <c r="FM73" s="10"/>
       <c r="FN73" s="10"/>
       <c r="FO73" s="10"/>
       <c r="FP73" s="10"/>
       <c r="FQ73" s="10"/>
       <c r="FR73" s="10"/>
       <c r="FS73" s="10"/>
       <c r="FT73" s="10"/>
       <c r="FU73" s="10"/>
       <c r="FV73" s="10"/>
       <c r="FW73" s="10"/>
+      <c r="FX73" s="10"/>
     </row>
-    <row r="74" spans="2:179" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="74" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B74" s="13" t="s">
         <v>21</v>
       </c>
       <c r="C74" s="22" t="s">
         <v>36</v>
       </c>
       <c r="D74" s="22">
         <v>-4.8920300000000003E-3</v>
       </c>
       <c r="E74" s="22">
         <v>2.41947E-3</v>
       </c>
       <c r="F74" s="22">
         <v>-1.338901E-2</v>
       </c>
       <c r="G74" s="22">
         <v>-1.264531E-2</v>
       </c>
       <c r="H74" s="22">
         <v>1.10837E-2</v>
       </c>
       <c r="I74" s="22">
         <v>-2.7339800000000001E-2</v>
       </c>
       <c r="J74" s="22">
@@ -36625,52 +36833,55 @@
       </c>
       <c r="FP74" s="22">
         <v>-43.003172499999998</v>
       </c>
       <c r="FQ74" s="22">
         <v>-9.2905965899999998</v>
       </c>
       <c r="FR74" s="22">
         <v>-229.64463466999999</v>
       </c>
       <c r="FS74" s="22">
         <v>-65</v>
       </c>
       <c r="FT74" s="22">
         <v>-4.8929999999999998E-3</v>
       </c>
       <c r="FU74" s="22">
         <v>84.996750000000006</v>
       </c>
       <c r="FV74" s="22">
         <v>-85</v>
       </c>
       <c r="FW74" s="22" t="s">
         <v>1</v>
       </c>
+      <c r="FX74" s="22">
+        <v>82</v>
+      </c>
     </row>
-    <row r="75" spans="2:179" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="75" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B75" s="13" t="s">
         <v>22</v>
       </c>
       <c r="C75" s="22" t="s">
         <v>36</v>
       </c>
       <c r="D75" s="22">
         <v>21.907658380000001</v>
       </c>
       <c r="E75" s="22">
         <v>-24.67519089</v>
       </c>
       <c r="F75" s="22">
         <v>106.79614047</v>
       </c>
       <c r="G75" s="22">
         <v>41.818691860000001</v>
       </c>
       <c r="H75" s="22">
         <v>89.372587589999995</v>
       </c>
       <c r="I75" s="22">
         <v>90.806072349999994</v>
       </c>
       <c r="J75" s="22">
@@ -37161,52 +37372,55 @@
       </c>
       <c r="FP75" s="22">
         <v>-46.672594340000003</v>
       </c>
       <c r="FQ75" s="22">
         <v>99.598328039999998</v>
       </c>
       <c r="FR75" s="22">
         <v>165.64043522</v>
       </c>
       <c r="FS75" s="22">
         <v>-33.084241079999998</v>
       </c>
       <c r="FT75" s="22">
         <v>83.905666789999998</v>
       </c>
       <c r="FU75" s="22">
         <v>121.6817111</v>
       </c>
       <c r="FV75" s="22">
         <v>-87.311035480000001</v>
       </c>
       <c r="FW75" s="22">
         <v>-10.29040642</v>
       </c>
+      <c r="FX75" s="22">
+        <v>137.13328107000001</v>
+      </c>
     </row>
-    <row r="76" spans="2:179" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="76" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B76" s="13" t="s">
         <v>23</v>
       </c>
       <c r="C76" s="22" t="s">
         <v>36</v>
       </c>
       <c r="D76" s="22">
         <v>-235.4480432</v>
       </c>
       <c r="E76" s="22">
         <v>-124.92549762</v>
       </c>
       <c r="F76" s="22">
         <v>-503.07432678999999</v>
       </c>
       <c r="G76" s="22">
         <v>-272.95577730999997</v>
       </c>
       <c r="H76" s="22">
         <v>232.46987246</v>
       </c>
       <c r="I76" s="22">
         <v>-28.696539229999999</v>
       </c>
       <c r="J76" s="22">
@@ -37697,52 +37911,55 @@
       </c>
       <c r="FP76" s="22">
         <v>-822.19438488000003</v>
       </c>
       <c r="FQ76" s="22">
         <v>-247.05291843000001</v>
       </c>
       <c r="FR76" s="22">
         <v>-29.338566459999999</v>
       </c>
       <c r="FS76" s="22">
         <v>126.50664249</v>
       </c>
       <c r="FT76" s="22">
         <v>763.81337477</v>
       </c>
       <c r="FU76" s="22">
         <v>764.30613648999997</v>
       </c>
       <c r="FV76" s="22">
         <v>1717.11504051</v>
       </c>
       <c r="FW76" s="22">
         <v>1324.5074126</v>
       </c>
+      <c r="FX76" s="22">
+        <v>-60.531888479999999</v>
+      </c>
     </row>
-    <row r="77" spans="2:179" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="77" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B77" s="13" t="s">
         <v>29</v>
       </c>
       <c r="C77" s="22" t="s">
         <v>36</v>
       </c>
       <c r="D77" s="22">
         <v>-54.26610333</v>
       </c>
       <c r="E77" s="22">
         <v>-134.49643651</v>
       </c>
       <c r="F77" s="22">
         <v>-135.80404331</v>
       </c>
       <c r="G77" s="22">
         <v>5.98287265</v>
       </c>
       <c r="H77" s="22">
         <v>73.314262130000003</v>
       </c>
       <c r="I77" s="22">
         <v>-88.401425509999996</v>
       </c>
       <c r="J77" s="22">
@@ -38233,52 +38450,55 @@
       </c>
       <c r="FP77" s="22">
         <v>-58.771631679999999</v>
       </c>
       <c r="FQ77" s="22">
         <v>-21.12310463</v>
       </c>
       <c r="FR77" s="22">
         <v>-240.72926452999999</v>
       </c>
       <c r="FS77" s="22">
         <v>365.67838295000001</v>
       </c>
       <c r="FT77" s="22">
         <v>119.21416223</v>
       </c>
       <c r="FU77" s="22">
         <v>-21.293926500000001</v>
       </c>
       <c r="FV77" s="22">
         <v>299.84148665999999</v>
       </c>
       <c r="FW77" s="22">
         <v>86.430249610000004</v>
       </c>
+      <c r="FX77" s="22">
+        <v>-72.297928659999997</v>
+      </c>
     </row>
-    <row r="78" spans="2:179" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="78" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B78" s="13" t="s">
         <v>30</v>
       </c>
       <c r="C78" s="22" t="s">
         <v>36</v>
       </c>
       <c r="D78" s="22">
         <v>-181.18193987000001</v>
       </c>
       <c r="E78" s="22">
         <v>9.5709388900000008</v>
       </c>
       <c r="F78" s="22">
         <v>-367.27028347999999</v>
       </c>
       <c r="G78" s="22">
         <v>-278.93864996000002</v>
       </c>
       <c r="H78" s="22">
         <v>159.15561033</v>
       </c>
       <c r="I78" s="22">
         <v>59.704886279999997</v>
       </c>
       <c r="J78" s="22">
@@ -38769,52 +38989,55 @@
       </c>
       <c r="FP78" s="22">
         <v>-763.42275319999999</v>
       </c>
       <c r="FQ78" s="22">
         <v>-225.92981380000001</v>
       </c>
       <c r="FR78" s="22">
         <v>211.39069807000001</v>
       </c>
       <c r="FS78" s="22">
         <v>-239.17174046</v>
       </c>
       <c r="FT78" s="22">
         <v>644.59921254000005</v>
       </c>
       <c r="FU78" s="22">
         <v>785.60006298999997</v>
       </c>
       <c r="FV78" s="22">
         <v>1417.2735538500001</v>
       </c>
       <c r="FW78" s="22">
         <v>1238.07716299</v>
       </c>
+      <c r="FX78" s="22">
+        <v>11.766040179999999</v>
+      </c>
     </row>
-    <row r="79" spans="2:179" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="79" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B79" s="11" t="s">
         <v>31</v>
       </c>
       <c r="C79" s="22" t="s">
         <v>36</v>
       </c>
       <c r="D79" s="22">
         <v>-33.212041239999998</v>
       </c>
       <c r="E79" s="22">
         <v>15.418682779999999</v>
       </c>
       <c r="F79" s="22">
         <v>-134.57332693000001</v>
       </c>
       <c r="G79" s="22">
         <v>57.554105659999998</v>
       </c>
       <c r="H79" s="22">
         <v>-41.729427430000001</v>
       </c>
       <c r="I79" s="22">
         <v>253.53872071000001</v>
       </c>
       <c r="J79" s="22">
@@ -39305,52 +39528,55 @@
       </c>
       <c r="FP79" s="22">
         <v>-1060.56222454</v>
       </c>
       <c r="FQ79" s="22">
         <v>-83.326865420000004</v>
       </c>
       <c r="FR79" s="22">
         <v>397.67641813</v>
       </c>
       <c r="FS79" s="22">
         <v>-323.56906111000001</v>
       </c>
       <c r="FT79" s="22">
         <v>711.36412941000003</v>
       </c>
       <c r="FU79" s="22">
         <v>1237.1631726999999</v>
       </c>
       <c r="FV79" s="22">
         <v>1163.0756708500001</v>
       </c>
       <c r="FW79" s="22">
         <v>783.51711354999998</v>
       </c>
+      <c r="FX79" s="22">
+        <v>239.84259435999999</v>
+      </c>
     </row>
-    <row r="80" spans="2:179" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="80" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B80" s="11" t="s">
         <v>32</v>
       </c>
       <c r="C80" s="22" t="s">
         <v>36</v>
       </c>
       <c r="D80" s="22">
         <v>-147.64055461999999</v>
       </c>
       <c r="E80" s="22">
         <v>-5.7473305200000002</v>
       </c>
       <c r="F80" s="22">
         <v>-234.23613872000001</v>
       </c>
       <c r="G80" s="22">
         <v>-329.73893409999999</v>
       </c>
       <c r="H80" s="22">
         <v>198.96910062000001</v>
       </c>
       <c r="I80" s="22">
         <v>-193.37621328</v>
       </c>
       <c r="J80" s="22">
@@ -39841,52 +40067,55 @@
       </c>
       <c r="FP80" s="22">
         <v>300.65947133999998</v>
       </c>
       <c r="FQ80" s="22">
         <v>-142.60294837999999</v>
       </c>
       <c r="FR80" s="22">
         <v>-192.15572005999999</v>
       </c>
       <c r="FS80" s="22">
         <v>84.427320649999999</v>
       </c>
       <c r="FT80" s="22">
         <v>-66.770916869999994</v>
       </c>
       <c r="FU80" s="22">
         <v>-448.56710971000001</v>
       </c>
       <c r="FV80" s="22">
         <v>254.63456450000001</v>
       </c>
       <c r="FW80" s="22">
         <v>456.03988313000002</v>
       </c>
+      <c r="FX80" s="22">
+        <v>-228.09133940999999</v>
+      </c>
     </row>
-    <row r="81" spans="2:179" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="81" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B81" s="11" t="s">
         <v>41</v>
       </c>
       <c r="C81" s="22" t="s">
         <v>36</v>
       </c>
       <c r="D81" s="22">
         <v>-0.32934401000000002</v>
       </c>
       <c r="E81" s="22">
         <v>-0.43222039000000001</v>
       </c>
       <c r="F81" s="22">
         <v>-0.92914251000000003</v>
       </c>
       <c r="G81" s="22">
         <v>-1.80358032</v>
       </c>
       <c r="H81" s="22">
         <v>0.63253722000000001</v>
       </c>
       <c r="I81" s="22">
         <v>-1.1325355100000001</v>
       </c>
       <c r="J81" s="22">
@@ -40377,52 +40606,55 @@
       </c>
       <c r="FP81" s="22">
         <v>1</v>
       </c>
       <c r="FQ81" s="22" t="s">
         <v>1</v>
       </c>
       <c r="FR81" s="22" t="s">
         <v>1</v>
       </c>
       <c r="FS81" s="22" t="s">
         <v>1</v>
       </c>
       <c r="FT81" s="22" t="s">
         <v>1</v>
       </c>
       <c r="FU81" s="22">
         <v>-0.7</v>
       </c>
       <c r="FV81" s="22" t="s">
         <v>1</v>
       </c>
       <c r="FW81" s="22">
         <v>-1</v>
       </c>
+      <c r="FX81" s="22" t="s">
+        <v>1</v>
+      </c>
     </row>
-    <row r="82" spans="2:179" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="82" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B82" s="11" t="s">
         <v>33</v>
       </c>
       <c r="C82" s="22" t="s">
         <v>36</v>
       </c>
       <c r="D82" s="22" t="s">
         <v>1</v>
       </c>
       <c r="E82" s="22">
         <v>0.33180702000000001</v>
       </c>
       <c r="F82" s="22">
         <v>2.4683246799999998</v>
       </c>
       <c r="G82" s="22">
         <v>-4.9502411999999998</v>
       </c>
       <c r="H82" s="22">
         <v>1.2833999199999999</v>
       </c>
       <c r="I82" s="22">
         <v>0.67491436000000005</v>
       </c>
       <c r="J82" s="22">
@@ -40913,52 +41145,55 @@
       </c>
       <c r="FP82" s="22">
         <v>-4.5199999999999996</v>
       </c>
       <c r="FQ82" s="22" t="s">
         <v>1</v>
       </c>
       <c r="FR82" s="22">
         <v>5.87</v>
       </c>
       <c r="FS82" s="22">
         <v>-0.03</v>
       </c>
       <c r="FT82" s="22">
         <v>6.0000000000000001E-3</v>
       </c>
       <c r="FU82" s="22">
         <v>-2.2959999999999998</v>
       </c>
       <c r="FV82" s="22">
         <v>-0.4366815</v>
       </c>
       <c r="FW82" s="22">
         <v>-0.47983368999999998</v>
       </c>
+      <c r="FX82" s="22">
+        <v>1.478523E-2</v>
+      </c>
     </row>
-    <row r="83" spans="2:179" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="83" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B83" s="11" t="s">
         <v>24</v>
       </c>
       <c r="C83" s="22" t="s">
         <v>36</v>
       </c>
       <c r="D83" s="22" t="s">
         <v>1</v>
       </c>
       <c r="E83" s="22">
         <v>-6.3485300899999997</v>
       </c>
       <c r="F83" s="22" t="s">
         <v>1</v>
       </c>
       <c r="G83" s="22" t="s">
         <v>1</v>
       </c>
       <c r="H83" s="22" t="s">
         <v>1</v>
       </c>
       <c r="I83" s="22" t="s">
         <v>1</v>
       </c>
       <c r="J83" s="22">
@@ -41449,52 +41684,55 @@
       </c>
       <c r="FP83" s="22">
         <v>99.936868349999997</v>
       </c>
       <c r="FQ83" s="22">
         <v>-0.58810012</v>
       </c>
       <c r="FR83" s="22">
         <v>1.27928E-2</v>
       </c>
       <c r="FS83" s="22">
         <v>1.249512E-2</v>
       </c>
       <c r="FT83" s="22">
         <v>332.72840678</v>
       </c>
       <c r="FU83" s="22">
         <v>1.66626E-2</v>
       </c>
       <c r="FV83" s="22">
         <v>-0.28750921000000002</v>
       </c>
       <c r="FW83" s="22">
         <v>-0.18521994999999999</v>
       </c>
+      <c r="FX83" s="22">
+        <v>271.81841084000001</v>
+      </c>
     </row>
-    <row r="84" spans="2:179" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="84" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B84" s="11" t="s">
         <v>25</v>
       </c>
       <c r="C84" s="22" t="s">
         <v>36</v>
       </c>
       <c r="D84" s="12" t="s">
         <v>36</v>
       </c>
       <c r="E84" s="12" t="s">
         <v>36</v>
       </c>
       <c r="F84" s="12" t="s">
         <v>36</v>
       </c>
       <c r="G84" s="12" t="s">
         <v>36</v>
       </c>
       <c r="H84" s="12" t="s">
         <v>36</v>
       </c>
       <c r="I84" s="12" t="s">
         <v>36</v>
       </c>
       <c r="J84" s="12" t="s">
@@ -41985,52 +42223,55 @@
       </c>
       <c r="FP84" s="22">
         <v>53.517475699999999</v>
       </c>
       <c r="FQ84" s="22">
         <v>76.87737242</v>
       </c>
       <c r="FR84" s="22">
         <v>149.98183857999999</v>
       </c>
       <c r="FS84" s="22">
         <v>100.96081813000001</v>
       </c>
       <c r="FT84" s="22">
         <v>33.519729230000003</v>
       </c>
       <c r="FU84" s="22">
         <v>105.4110822</v>
       </c>
       <c r="FV84" s="22">
         <v>20.9281212</v>
       </c>
       <c r="FW84" s="22">
         <v>30.659716100000001</v>
       </c>
+      <c r="FX84" s="22">
+        <v>32.045793330000002</v>
+      </c>
     </row>
-    <row r="85" spans="2:179" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="85" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B85" s="13" t="s">
         <v>26</v>
       </c>
       <c r="C85" s="22" t="s">
         <v>36</v>
       </c>
       <c r="D85" s="22">
         <v>-156.73516441999999</v>
       </c>
       <c r="E85" s="22">
         <v>222.19578725</v>
       </c>
       <c r="F85" s="22">
         <v>350.95513407999999</v>
       </c>
       <c r="G85" s="22">
         <v>174.11243275999999</v>
       </c>
       <c r="H85" s="22">
         <v>751.85795455000004</v>
       </c>
       <c r="I85" s="22">
         <v>-69.712484090000004</v>
       </c>
       <c r="J85" s="22">
@@ -42521,52 +42762,55 @@
       </c>
       <c r="FP85" s="22">
         <v>-6.4495024799999996</v>
       </c>
       <c r="FQ85" s="22">
         <v>122.30607781000001</v>
       </c>
       <c r="FR85" s="22">
         <v>189.86380861999999</v>
       </c>
       <c r="FS85" s="22">
         <v>39.221614819999999</v>
       </c>
       <c r="FT85" s="22">
         <v>243.03131913000001</v>
       </c>
       <c r="FU85" s="22">
         <v>869.46441855</v>
       </c>
       <c r="FV85" s="22">
         <v>140.96030881999999</v>
       </c>
       <c r="FW85" s="22">
         <v>-27.86976632</v>
       </c>
+      <c r="FX85" s="22">
+        <v>-124.46519678</v>
+      </c>
     </row>
-    <row r="86" spans="2:179" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="86" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B86" s="13" t="s">
         <v>34</v>
       </c>
       <c r="C86" s="22" t="s">
         <v>36</v>
       </c>
       <c r="D86" s="22">
         <v>55.814296380000002</v>
       </c>
       <c r="E86" s="22">
         <v>71.109415200000001</v>
       </c>
       <c r="F86" s="22">
         <v>89.892516310000005</v>
       </c>
       <c r="G86" s="22">
         <v>42.411769210000003</v>
       </c>
       <c r="H86" s="22">
         <v>98.332190879999999</v>
       </c>
       <c r="I86" s="22">
         <v>39.234826419999997</v>
       </c>
       <c r="J86" s="22">
@@ -43057,52 +43301,55 @@
       </c>
       <c r="FP86" s="22">
         <v>101.41554207999999</v>
       </c>
       <c r="FQ86" s="22">
         <v>123.37390053999999</v>
       </c>
       <c r="FR86" s="22">
         <v>-455.68357245999999</v>
       </c>
       <c r="FS86" s="22">
         <v>-237.2126299</v>
       </c>
       <c r="FT86" s="22">
         <v>-239.16226115000001</v>
       </c>
       <c r="FU86" s="22">
         <v>44.154218120000003</v>
       </c>
       <c r="FV86" s="22">
         <v>120.73886861</v>
       </c>
       <c r="FW86" s="22">
         <v>113.72340289</v>
       </c>
+      <c r="FX86" s="22">
+        <v>106.2494999</v>
+      </c>
     </row>
-    <row r="87" spans="2:179" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="87" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B87" s="13" t="s">
         <v>27</v>
       </c>
       <c r="C87" s="22" t="s">
         <v>36</v>
       </c>
       <c r="D87" s="22">
         <v>-133.73173226</v>
       </c>
       <c r="E87" s="22">
         <v>22.629267030000001</v>
       </c>
       <c r="F87" s="22">
         <v>-139.00569517</v>
       </c>
       <c r="G87" s="22">
         <v>180.20936746000001</v>
       </c>
       <c r="H87" s="22">
         <v>20.314413909999999</v>
       </c>
       <c r="I87" s="22">
         <v>42.587517740000003</v>
       </c>
       <c r="J87" s="22">
@@ -43593,52 +43840,55 @@
       </c>
       <c r="FP87" s="22">
         <v>-60.753069279999998</v>
       </c>
       <c r="FQ87" s="22">
         <v>-7.9408507999999998</v>
       </c>
       <c r="FR87" s="22">
         <v>426.19171132999998</v>
       </c>
       <c r="FS87" s="22">
         <v>-27.69582759</v>
       </c>
       <c r="FT87" s="22">
         <v>362.31522159000002</v>
       </c>
       <c r="FU87" s="22">
         <v>-225.47217393</v>
       </c>
       <c r="FV87" s="22">
         <v>-96.365148469999994</v>
       </c>
       <c r="FW87" s="22">
         <v>162.42207006999999</v>
       </c>
+      <c r="FX87" s="22">
+        <v>-234.94774459999999</v>
+      </c>
     </row>
-    <row r="88" spans="2:179" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="88" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B88" s="17" t="s">
         <v>28</v>
       </c>
       <c r="C88" s="18" t="s">
         <v>36</v>
       </c>
       <c r="D88" s="18">
         <v>-448.19787715000001</v>
       </c>
       <c r="E88" s="18">
         <v>159.98767035</v>
       </c>
       <c r="F88" s="18">
         <v>-94.449620109999998</v>
       </c>
       <c r="G88" s="18">
         <v>165.58383867000001</v>
       </c>
       <c r="H88" s="18">
         <v>1192.35810309</v>
       </c>
       <c r="I88" s="18">
         <v>74.192053389999998</v>
       </c>
       <c r="J88" s="18">
@@ -44128,384 +44378,397 @@
         <v>662.25926938999999</v>
       </c>
       <c r="FP88" s="18">
         <v>-724.20283731999996</v>
       </c>
       <c r="FQ88" s="18">
         <v>157.28321285000001</v>
       </c>
       <c r="FR88" s="18">
         <v>217.02381295000001</v>
       </c>
       <c r="FS88" s="18">
         <v>-96.291128009999994</v>
       </c>
       <c r="FT88" s="18">
         <v>1580.1465640900001</v>
       </c>
       <c r="FU88" s="18">
         <v>1764.5588051499999</v>
       </c>
       <c r="FV88" s="18">
         <v>1730.7786459500001</v>
       </c>
       <c r="FW88" s="18">
         <v>1592.9672089600001</v>
+      </c>
+      <c r="FX88" s="18">
+        <v>209.30215534000001</v>
       </c>
     </row>
   </sheetData>
   <conditionalFormatting sqref="DH40">
+    <cfRule type="cellIs" dxfId="70" priority="147" operator="equal">
+      <formula>0</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="DI40:EQ40">
+    <cfRule type="cellIs" dxfId="69" priority="146" operator="equal">
+      <formula>0</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="DH16:EQ16">
     <cfRule type="cellIs" dxfId="68" priority="143" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="DI40:EQ40">
+  <conditionalFormatting sqref="ER40:ES40">
     <cfRule type="cellIs" dxfId="67" priority="142" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="DH16:EQ16">
-[...8 lines deleted...]
-  </conditionalFormatting>
   <conditionalFormatting sqref="ER16:ES16">
-    <cfRule type="cellIs" dxfId="64" priority="137" operator="equal">
+    <cfRule type="cellIs" dxfId="66" priority="141" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="ET40">
-    <cfRule type="cellIs" dxfId="63" priority="133" operator="equal">
+    <cfRule type="cellIs" dxfId="65" priority="137" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="ET16">
-    <cfRule type="cellIs" dxfId="62" priority="132" operator="equal">
+    <cfRule type="cellIs" dxfId="64" priority="136" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="EU40">
-    <cfRule type="cellIs" dxfId="61" priority="128" operator="equal">
+    <cfRule type="cellIs" dxfId="63" priority="132" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="EU16">
-    <cfRule type="cellIs" dxfId="60" priority="127" operator="equal">
+    <cfRule type="cellIs" dxfId="62" priority="131" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="EV40">
-    <cfRule type="cellIs" dxfId="59" priority="123" operator="equal">
+    <cfRule type="cellIs" dxfId="61" priority="127" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="EV16">
-    <cfRule type="cellIs" dxfId="58" priority="122" operator="equal">
+    <cfRule type="cellIs" dxfId="60" priority="126" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="EW40">
-    <cfRule type="cellIs" dxfId="57" priority="118" operator="equal">
+    <cfRule type="cellIs" dxfId="59" priority="122" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="EW16">
-    <cfRule type="cellIs" dxfId="56" priority="117" operator="equal">
+    <cfRule type="cellIs" dxfId="58" priority="121" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C40:DG40">
-    <cfRule type="cellIs" dxfId="55" priority="112" operator="equal">
+    <cfRule type="cellIs" dxfId="57" priority="116" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C16:DG16">
-    <cfRule type="cellIs" dxfId="54" priority="111" operator="equal">
+    <cfRule type="cellIs" dxfId="56" priority="115" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="EX40">
-    <cfRule type="cellIs" dxfId="53" priority="107" operator="equal">
+    <cfRule type="cellIs" dxfId="55" priority="111" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="EX16">
-    <cfRule type="cellIs" dxfId="52" priority="106" operator="equal">
+    <cfRule type="cellIs" dxfId="54" priority="110" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="EY40">
-    <cfRule type="cellIs" dxfId="51" priority="102" operator="equal">
+    <cfRule type="cellIs" dxfId="53" priority="106" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="EY16">
-    <cfRule type="cellIs" dxfId="50" priority="101" operator="equal">
+    <cfRule type="cellIs" dxfId="52" priority="105" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="EZ40">
+    <cfRule type="cellIs" dxfId="51" priority="98" operator="equal">
+      <formula>0</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="EZ16">
+    <cfRule type="cellIs" dxfId="50" priority="97" operator="equal">
+      <formula>0</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="FA40">
     <cfRule type="cellIs" dxfId="49" priority="94" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="EZ16">
+  <conditionalFormatting sqref="FA16">
     <cfRule type="cellIs" dxfId="48" priority="93" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FA40">
+  <conditionalFormatting sqref="FB40">
     <cfRule type="cellIs" dxfId="47" priority="90" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FA16">
+  <conditionalFormatting sqref="FB16">
     <cfRule type="cellIs" dxfId="46" priority="89" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FB40">
+  <conditionalFormatting sqref="FC40">
     <cfRule type="cellIs" dxfId="45" priority="86" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FB16">
+  <conditionalFormatting sqref="FC16">
     <cfRule type="cellIs" dxfId="44" priority="85" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FC40">
+  <conditionalFormatting sqref="FD40">
     <cfRule type="cellIs" dxfId="43" priority="82" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FC16">
+  <conditionalFormatting sqref="FD16">
     <cfRule type="cellIs" dxfId="42" priority="81" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FD40">
+  <conditionalFormatting sqref="FE40">
     <cfRule type="cellIs" dxfId="41" priority="78" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FD16">
+  <conditionalFormatting sqref="FE16">
     <cfRule type="cellIs" dxfId="40" priority="77" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FE40">
+  <conditionalFormatting sqref="FF40">
     <cfRule type="cellIs" dxfId="39" priority="74" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FE16">
+  <conditionalFormatting sqref="FF16">
     <cfRule type="cellIs" dxfId="38" priority="73" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FF40">
+  <conditionalFormatting sqref="FG40">
     <cfRule type="cellIs" dxfId="37" priority="70" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FF16">
+  <conditionalFormatting sqref="FG16">
     <cfRule type="cellIs" dxfId="36" priority="69" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FG40">
+  <conditionalFormatting sqref="FH40">
     <cfRule type="cellIs" dxfId="35" priority="66" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FG16">
+  <conditionalFormatting sqref="FH16">
     <cfRule type="cellIs" dxfId="34" priority="65" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FH40">
+  <conditionalFormatting sqref="FI40">
     <cfRule type="cellIs" dxfId="33" priority="62" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FH16">
+  <conditionalFormatting sqref="FI16">
     <cfRule type="cellIs" dxfId="32" priority="61" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FI40">
+  <conditionalFormatting sqref="FJ40">
     <cfRule type="cellIs" dxfId="31" priority="58" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FI16">
+  <conditionalFormatting sqref="FJ16">
     <cfRule type="cellIs" dxfId="30" priority="57" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FJ40">
+  <conditionalFormatting sqref="FK40">
     <cfRule type="cellIs" dxfId="29" priority="54" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FJ16">
+  <conditionalFormatting sqref="FK16">
     <cfRule type="cellIs" dxfId="28" priority="53" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FK40">
+  <conditionalFormatting sqref="FL40">
     <cfRule type="cellIs" dxfId="27" priority="50" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FK16">
+  <conditionalFormatting sqref="FL16">
     <cfRule type="cellIs" dxfId="26" priority="49" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FL40">
+  <conditionalFormatting sqref="FM40">
     <cfRule type="cellIs" dxfId="25" priority="46" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FL16">
+  <conditionalFormatting sqref="FM16">
     <cfRule type="cellIs" dxfId="24" priority="45" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FM40">
+  <conditionalFormatting sqref="FN40">
     <cfRule type="cellIs" dxfId="23" priority="42" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FM16">
+  <conditionalFormatting sqref="FN16">
     <cfRule type="cellIs" dxfId="22" priority="41" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FN40">
+  <conditionalFormatting sqref="FO40">
     <cfRule type="cellIs" dxfId="21" priority="38" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FN16">
+  <conditionalFormatting sqref="FO16">
     <cfRule type="cellIs" dxfId="20" priority="37" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FO40">
+  <conditionalFormatting sqref="FP40">
     <cfRule type="cellIs" dxfId="19" priority="34" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FO16">
+  <conditionalFormatting sqref="FP16">
     <cfRule type="cellIs" dxfId="18" priority="33" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FP40">
+  <conditionalFormatting sqref="FQ40">
     <cfRule type="cellIs" dxfId="17" priority="30" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FP16">
+  <conditionalFormatting sqref="FQ16">
     <cfRule type="cellIs" dxfId="16" priority="29" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FQ40">
+  <conditionalFormatting sqref="FR40">
     <cfRule type="cellIs" dxfId="15" priority="26" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FQ16">
+  <conditionalFormatting sqref="FR16">
     <cfRule type="cellIs" dxfId="14" priority="25" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FR40">
+  <conditionalFormatting sqref="FS40">
     <cfRule type="cellIs" dxfId="13" priority="22" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FR16">
+  <conditionalFormatting sqref="FS16">
     <cfRule type="cellIs" dxfId="12" priority="21" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FS40">
+  <conditionalFormatting sqref="FT40">
     <cfRule type="cellIs" dxfId="11" priority="18" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FS16">
+  <conditionalFormatting sqref="FT16">
     <cfRule type="cellIs" dxfId="10" priority="17" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FT40">
+  <conditionalFormatting sqref="FU40">
     <cfRule type="cellIs" dxfId="9" priority="14" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FT16">
+  <conditionalFormatting sqref="FU16">
     <cfRule type="cellIs" dxfId="8" priority="13" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FU40">
+  <conditionalFormatting sqref="FV40">
     <cfRule type="cellIs" dxfId="7" priority="10" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FU16">
+  <conditionalFormatting sqref="FV16">
     <cfRule type="cellIs" dxfId="6" priority="9" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FV40">
+  <conditionalFormatting sqref="FW40">
     <cfRule type="cellIs" dxfId="5" priority="6" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FV16">
+  <conditionalFormatting sqref="FW16">
     <cfRule type="cellIs" dxfId="4" priority="5" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FW40">
+  <conditionalFormatting sqref="FX40">
     <cfRule type="cellIs" dxfId="1" priority="2" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FW16">
+  <conditionalFormatting sqref="FX16">
     <cfRule type="cellIs" dxfId="0" priority="1" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Radni listovi</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>