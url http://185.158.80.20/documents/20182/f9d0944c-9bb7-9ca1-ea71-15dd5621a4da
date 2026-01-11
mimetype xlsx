--- v1 (2025-11-23)
+++ v2 (2026-01-11)
@@ -5,80 +5,80 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24334"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\261\MOST\Agregirana bilanca DMFI i Biltenske tablice\Biltenske tablice ENG serija od 12.2010\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{1412811D-A8CA-414F-8C8A-5105EFE3E067}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{4CA05657-F6EC-4326-AF0E-9555F3589E48}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{A2070CF6-A6C4-498E-8268-03F1FEAD0D56}"/>
   </bookViews>
   <sheets>
     <sheet name="EUR" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="757" uniqueCount="46">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="761" uniqueCount="46">
   <si>
     <t>LIABILITIES</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>ASSETS</t>
   </si>
   <si>
     <t xml:space="preserve"> Total (1+ 2+3+4+5+6)</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve"> 6</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">	</t>
@@ -1116,51 +1116,79 @@
     <xf numFmtId="165" fontId="6" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="6" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="165" fontId="5" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="165" fontId="1" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Međunaslov u tablici" xfId="2" xr:uid="{B586676A-5A0F-43BC-8285-FE1631867A44}"/>
     <cellStyle name="Normalno" xfId="0" builtinId="0"/>
     <cellStyle name="Normalno 2" xfId="3" xr:uid="{74877C31-4CFE-4ADB-A65B-4A0CDFD3E4D7}"/>
     <cellStyle name="Zaglavlje" xfId="1" xr:uid="{C1EEA030-C706-4C2C-8169-3E3E8A0CA6FE}"/>
   </cellStyles>
-  <dxfs count="71">
+  <dxfs count="75">
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FF92D050"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FF92D050"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FF92D050"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FF92D050"/>
+        </patternFill>
+      </fill>
+    </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FF92D050"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FF92D050"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FF92D050"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FF92D050"/>
@@ -1932,81 +1960,81 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{CBC1A33A-6571-4811-B8A7-AB7D26F952DA}">
-  <dimension ref="B2:FX88"/>
+  <dimension ref="B2:FZ88"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="6.7109375" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.85546875" style="1" customWidth="1"/>
     <col min="2" max="2" width="44.85546875" style="1" customWidth="1"/>
-    <col min="3" max="180" width="10.42578125" style="1" customWidth="1"/>
-    <col min="181" max="16384" width="6.7109375" style="1"/>
+    <col min="3" max="182" width="10.42578125" style="1" customWidth="1"/>
+    <col min="183" max="16384" width="6.7109375" style="1"/>
   </cols>
   <sheetData>
-    <row r="2" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="2" spans="2:182" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B2" s="8" t="s">
         <v>35</v>
       </c>
     </row>
-    <row r="3" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="3" spans="2:182" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B3" s="7" t="s">
         <v>44</v>
       </c>
       <c r="E3" s="7"/>
     </row>
-    <row r="4" spans="2:180" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="4" spans="2:182" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B4" s="2"/>
     </row>
-    <row r="5" spans="2:180" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="5" spans="2:182" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B5" s="2"/>
       <c r="ER5" s="4"/>
     </row>
-    <row r="6" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="6" spans="2:182" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B6" s="3"/>
       <c r="C6" s="5">
         <v>40543</v>
       </c>
       <c r="D6" s="5">
         <v>40574</v>
       </c>
       <c r="E6" s="5">
         <v>40602</v>
       </c>
       <c r="F6" s="5">
         <v>40633</v>
       </c>
       <c r="G6" s="5">
         <v>40663</v>
       </c>
       <c r="H6" s="5">
         <v>40694</v>
       </c>
       <c r="I6" s="5">
         <v>40724</v>
       </c>
       <c r="J6" s="5">
         <v>40755</v>
       </c>
@@ -2498,52 +2526,58 @@
       </c>
       <c r="FQ6" s="5">
         <v>45716</v>
       </c>
       <c r="FR6" s="5">
         <v>45747</v>
       </c>
       <c r="FS6" s="5">
         <v>45777</v>
       </c>
       <c r="FT6" s="5">
         <v>45808</v>
       </c>
       <c r="FU6" s="5">
         <v>45838</v>
       </c>
       <c r="FV6" s="5">
         <v>45869</v>
       </c>
       <c r="FW6" s="5">
         <v>45900</v>
       </c>
       <c r="FX6" s="5">
         <v>45930</v>
       </c>
+      <c r="FY6" s="5">
+        <v>45961</v>
+      </c>
+      <c r="FZ6" s="5">
+        <v>45991</v>
+      </c>
     </row>
-    <row r="7" spans="2:180" s="2" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="7" spans="2:182" s="2" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B7" s="19" t="s">
         <v>43</v>
       </c>
       <c r="C7" s="20"/>
       <c r="D7" s="20"/>
       <c r="E7" s="20"/>
       <c r="F7" s="20"/>
       <c r="G7" s="20"/>
       <c r="H7" s="20"/>
       <c r="I7" s="20"/>
       <c r="J7" s="20"/>
       <c r="K7" s="20"/>
       <c r="L7" s="20"/>
       <c r="M7" s="20"/>
       <c r="N7" s="20"/>
       <c r="O7" s="20"/>
       <c r="P7" s="20"/>
       <c r="Q7" s="20"/>
       <c r="R7" s="20"/>
       <c r="S7" s="20"/>
       <c r="T7" s="20"/>
       <c r="U7" s="20"/>
       <c r="V7" s="20"/>
       <c r="W7" s="20"/>
       <c r="X7" s="20"/>
@@ -2681,52 +2715,54 @@
       <c r="EZ7" s="20"/>
       <c r="FA7" s="20"/>
       <c r="FB7" s="20"/>
       <c r="FC7" s="20"/>
       <c r="FD7" s="20"/>
       <c r="FE7" s="20"/>
       <c r="FF7" s="20"/>
       <c r="FG7" s="20"/>
       <c r="FH7" s="20"/>
       <c r="FI7" s="20"/>
       <c r="FJ7" s="20"/>
       <c r="FK7" s="20"/>
       <c r="FL7" s="20"/>
       <c r="FM7" s="20"/>
       <c r="FN7" s="20"/>
       <c r="FO7" s="20"/>
       <c r="FP7" s="20"/>
       <c r="FQ7" s="20"/>
       <c r="FR7" s="20"/>
       <c r="FS7" s="20"/>
       <c r="FT7" s="20"/>
       <c r="FU7" s="20"/>
       <c r="FV7" s="20"/>
       <c r="FW7" s="20"/>
       <c r="FX7" s="20"/>
+      <c r="FY7" s="20"/>
+      <c r="FZ7" s="20"/>
     </row>
-    <row r="8" spans="2:180" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="8" spans="2:182" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B8" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C8" s="9"/>
       <c r="D8" s="9"/>
       <c r="E8" s="9"/>
       <c r="F8" s="9"/>
       <c r="G8" s="9"/>
       <c r="H8" s="9"/>
       <c r="I8" s="9"/>
       <c r="J8" s="9"/>
       <c r="K8" s="9"/>
       <c r="L8" s="9"/>
       <c r="M8" s="9"/>
       <c r="N8" s="9"/>
       <c r="O8" s="9"/>
       <c r="P8" s="9"/>
       <c r="Q8" s="9"/>
       <c r="R8" s="9"/>
       <c r="S8" s="9"/>
       <c r="T8" s="9"/>
       <c r="U8" s="9"/>
       <c r="V8" s="9"/>
       <c r="W8" s="9"/>
       <c r="X8" s="9"/>
@@ -2864,52 +2900,54 @@
       <c r="EZ8" s="9"/>
       <c r="FA8" s="9"/>
       <c r="FB8" s="9"/>
       <c r="FC8" s="9"/>
       <c r="FD8" s="9"/>
       <c r="FE8" s="9"/>
       <c r="FF8" s="9"/>
       <c r="FG8" s="9"/>
       <c r="FH8" s="9"/>
       <c r="FI8" s="9"/>
       <c r="FJ8" s="9"/>
       <c r="FK8" s="9"/>
       <c r="FL8" s="9"/>
       <c r="FM8" s="9"/>
       <c r="FN8" s="9"/>
       <c r="FO8" s="9"/>
       <c r="FP8" s="9"/>
       <c r="FQ8" s="9"/>
       <c r="FR8" s="9"/>
       <c r="FS8" s="9"/>
       <c r="FT8" s="9"/>
       <c r="FU8" s="9"/>
       <c r="FV8" s="9"/>
       <c r="FW8" s="9"/>
       <c r="FX8" s="9"/>
+      <c r="FY8" s="9"/>
+      <c r="FZ8" s="9"/>
     </row>
-    <row r="9" spans="2:180" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="9" spans="2:182" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B9" s="11" t="s">
         <v>37</v>
       </c>
       <c r="C9" s="12">
         <v>6071.4716750399994</v>
       </c>
       <c r="D9" s="12">
         <v>6189.3056274699993</v>
       </c>
       <c r="E9" s="12">
         <v>6299.9209728200003</v>
       </c>
       <c r="F9" s="12">
         <v>6283.7748839100004</v>
       </c>
       <c r="G9" s="12">
         <v>6498.5975275099991</v>
       </c>
       <c r="H9" s="12">
         <v>6699.5618246699996</v>
       </c>
       <c r="I9" s="12">
         <v>6791.1364524399996</v>
       </c>
       <c r="J9" s="12">
@@ -3403,52 +3441,58 @@
       </c>
       <c r="FQ9" s="12">
         <v>15711.391089270001</v>
       </c>
       <c r="FR9" s="12">
         <v>14570.27904225</v>
       </c>
       <c r="FS9" s="12">
         <v>13274.735665759999</v>
       </c>
       <c r="FT9" s="12">
         <v>13111.960800589999</v>
       </c>
       <c r="FU9" s="12">
         <v>13087.482306649999</v>
       </c>
       <c r="FV9" s="12">
         <v>13389.858554530001</v>
       </c>
       <c r="FW9" s="12">
         <v>14619.893211750001</v>
       </c>
       <c r="FX9" s="12">
         <v>15305.415354119999</v>
       </c>
+      <c r="FY9" s="12">
+        <v>14325.341654419999</v>
+      </c>
+      <c r="FZ9" s="12">
+        <v>12937.92627394</v>
+      </c>
     </row>
-    <row r="10" spans="2:180" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="10" spans="2:182" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B10" s="13" t="s">
         <v>38</v>
       </c>
       <c r="C10" s="12">
         <v>537.16107356999999</v>
       </c>
       <c r="D10" s="12">
         <v>508.38883548000001</v>
       </c>
       <c r="E10" s="12">
         <v>507.34203055</v>
       </c>
       <c r="F10" s="12">
         <v>478.21612413999998</v>
       </c>
       <c r="G10" s="12">
         <v>529.64370869000004</v>
       </c>
       <c r="H10" s="12">
         <v>518.68952810999997</v>
       </c>
       <c r="I10" s="12">
         <v>611.69268279000005</v>
       </c>
       <c r="J10" s="12">
@@ -3942,52 +3986,58 @@
       </c>
       <c r="FQ10" s="12">
         <v>1538.6444621200001</v>
       </c>
       <c r="FR10" s="12">
         <v>1481.2743014800001</v>
       </c>
       <c r="FS10" s="12">
         <v>1613.8020827</v>
       </c>
       <c r="FT10" s="12">
         <v>1623.8693133700001</v>
       </c>
       <c r="FU10" s="12">
         <v>1797.10065396</v>
       </c>
       <c r="FV10" s="12">
         <v>1818.9067374000001</v>
       </c>
       <c r="FW10" s="12">
         <v>1872.94062519</v>
       </c>
       <c r="FX10" s="12">
         <v>1714.6487772099999</v>
       </c>
+      <c r="FY10" s="12">
+        <v>1696.74484833</v>
+      </c>
+      <c r="FZ10" s="12">
+        <v>1674.4846834</v>
+      </c>
     </row>
-    <row r="11" spans="2:180" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="11" spans="2:182" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B11" s="13" t="s">
         <v>39</v>
       </c>
       <c r="C11" s="12">
         <v>5534.3106014699997</v>
       </c>
       <c r="D11" s="12">
         <v>5680.9167919899992</v>
       </c>
       <c r="E11" s="12">
         <v>5792.57894227</v>
       </c>
       <c r="F11" s="12">
         <v>5805.5587597700005</v>
       </c>
       <c r="G11" s="12">
         <v>5968.9538188199995</v>
       </c>
       <c r="H11" s="12">
         <v>6180.87229656</v>
       </c>
       <c r="I11" s="12">
         <v>6179.4437696499999</v>
       </c>
       <c r="J11" s="12">
@@ -4481,52 +4531,58 @@
       </c>
       <c r="FQ11" s="12">
         <v>14172.74662715</v>
       </c>
       <c r="FR11" s="12">
         <v>13089.00474077</v>
       </c>
       <c r="FS11" s="12">
         <v>11660.933583059999</v>
       </c>
       <c r="FT11" s="12">
         <v>11488.091487219999</v>
       </c>
       <c r="FU11" s="12">
         <v>11290.381652689999</v>
       </c>
       <c r="FV11" s="12">
         <v>11570.951817130001</v>
       </c>
       <c r="FW11" s="12">
         <v>12746.952586560001</v>
       </c>
       <c r="FX11" s="12">
         <v>13590.76657691</v>
       </c>
+      <c r="FY11" s="12">
+        <v>12628.59680609</v>
+      </c>
+      <c r="FZ11" s="12">
+        <v>11263.44159054</v>
+      </c>
     </row>
-    <row r="12" spans="2:180" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="12" spans="2:182" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B12" s="13" t="s">
         <v>6</v>
       </c>
       <c r="C12" s="12">
         <v>635.06550794999998</v>
       </c>
       <c r="D12" s="12">
         <v>631.35527881000007</v>
       </c>
       <c r="E12" s="12">
         <v>597.30074831000002</v>
       </c>
       <c r="F12" s="12">
         <v>720.04306331000009</v>
       </c>
       <c r="G12" s="12">
         <v>720.8901447400001</v>
       </c>
       <c r="H12" s="12">
         <v>732.36369253999999</v>
       </c>
       <c r="I12" s="12">
         <v>752.90764607999995</v>
       </c>
       <c r="J12" s="12">
@@ -5020,52 +5076,58 @@
       </c>
       <c r="FQ12" s="12">
         <v>642.71896026000013</v>
       </c>
       <c r="FR12" s="12">
         <v>834.50508024999988</v>
       </c>
       <c r="FS12" s="12">
         <v>816.3587684900001</v>
       </c>
       <c r="FT12" s="12">
         <v>909.99678752000011</v>
       </c>
       <c r="FU12" s="12">
         <v>1016.4203268400001</v>
       </c>
       <c r="FV12" s="12">
         <v>917.51418099999989</v>
       </c>
       <c r="FW12" s="12">
         <v>921.56158043999994</v>
       </c>
       <c r="FX12" s="12">
         <v>1025.25884077</v>
       </c>
+      <c r="FY12" s="12">
+        <v>923.45873212000004</v>
+      </c>
+      <c r="FZ12" s="12">
+        <v>964.82370828000001</v>
+      </c>
     </row>
-    <row r="13" spans="2:180" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="13" spans="2:182" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B13" s="13" t="s">
         <v>8</v>
       </c>
       <c r="C13" s="12">
         <v>547.34936598000002</v>
       </c>
       <c r="D13" s="12">
         <v>528.88567261000003</v>
       </c>
       <c r="E13" s="12">
         <v>500.71883062000001</v>
       </c>
       <c r="F13" s="12">
         <v>608.01238976000002</v>
       </c>
       <c r="G13" s="12">
         <v>587.74631947</v>
       </c>
       <c r="H13" s="12">
         <v>593.85828211</v>
       </c>
       <c r="I13" s="12">
         <v>621.17679856999996</v>
       </c>
       <c r="J13" s="12">
@@ -5559,52 +5621,58 @@
       </c>
       <c r="FQ13" s="12">
         <v>597.65130179000005</v>
       </c>
       <c r="FR13" s="12">
         <v>790.00080154</v>
       </c>
       <c r="FS13" s="12">
         <v>772.08537037000008</v>
       </c>
       <c r="FT13" s="12">
         <v>851.12479254000004</v>
       </c>
       <c r="FU13" s="12">
         <v>957.38752411000007</v>
       </c>
       <c r="FV13" s="12">
         <v>858.53120027</v>
       </c>
       <c r="FW13" s="12">
         <v>862.58092362000002</v>
       </c>
       <c r="FX13" s="12">
         <v>975.71537860000001</v>
       </c>
+      <c r="FY13" s="12">
+        <v>873.87840028000005</v>
+      </c>
+      <c r="FZ13" s="12">
+        <v>915.23576134000007</v>
+      </c>
     </row>
-    <row r="14" spans="2:180" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="14" spans="2:182" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B14" s="13" t="s">
         <v>9</v>
       </c>
       <c r="C14" s="12">
         <v>1.1750874099999999</v>
       </c>
       <c r="D14" s="12">
         <v>1.1759989399999999</v>
       </c>
       <c r="E14" s="12">
         <v>8.3075800000000002E-3</v>
       </c>
       <c r="F14" s="12">
         <v>8.2717099999999998E-3</v>
       </c>
       <c r="G14" s="12">
         <v>0</v>
       </c>
       <c r="H14" s="12">
         <v>0</v>
       </c>
       <c r="I14" s="12">
         <v>0</v>
       </c>
       <c r="J14" s="12">
@@ -6098,52 +6166,58 @@
       </c>
       <c r="FQ14" s="12">
         <v>32.300006969999998</v>
       </c>
       <c r="FR14" s="12">
         <v>31.700584589999998</v>
       </c>
       <c r="FS14" s="12">
         <v>31.516602420000002</v>
       </c>
       <c r="FT14" s="12">
         <v>46.143715520000001</v>
       </c>
       <c r="FU14" s="12">
         <v>46.275922389999998</v>
       </c>
       <c r="FV14" s="12">
         <v>46.191227179999998</v>
       </c>
       <c r="FW14" s="12">
         <v>46.206421450000001</v>
       </c>
       <c r="FX14" s="12">
         <v>36.779315949999997</v>
       </c>
+      <c r="FY14" s="12">
+        <v>36.802891410000001</v>
+      </c>
+      <c r="FZ14" s="12">
+        <v>36.813267539999998</v>
+      </c>
     </row>
-    <row r="15" spans="2:180" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="15" spans="2:182" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B15" s="13" t="s">
         <v>10</v>
       </c>
       <c r="C15" s="12">
         <v>56.23649064</v>
       </c>
       <c r="D15" s="12">
         <v>56.34156093</v>
       </c>
       <c r="E15" s="12">
         <v>56.332878229999999</v>
       </c>
       <c r="F15" s="12">
         <v>56.179691269999999</v>
       </c>
       <c r="G15" s="12">
         <v>56.107137690000002</v>
       </c>
       <c r="H15" s="12">
         <v>56.184924979999998</v>
       </c>
       <c r="I15" s="12">
         <v>56.120922829999998</v>
       </c>
       <c r="J15" s="12">
@@ -6637,52 +6711,58 @@
       </c>
       <c r="FQ15" s="12">
         <v>5.7676515000000004</v>
       </c>
       <c r="FR15" s="12">
         <v>5.7951557999999999</v>
       </c>
       <c r="FS15" s="12">
         <v>5.7376439000000001</v>
       </c>
       <c r="FT15" s="12">
         <v>5.7001379999999999</v>
       </c>
       <c r="FU15" s="12">
         <v>5.7201409999999999</v>
       </c>
       <c r="FV15" s="12">
         <v>5.7476438999999999</v>
       </c>
       <c r="FW15" s="12">
         <v>5.7226375999999997</v>
       </c>
       <c r="FX15" s="12">
         <v>5.7051356999999996</v>
       </c>
+      <c r="FY15" s="12">
+        <v>5.7101378</v>
+      </c>
+      <c r="FZ15" s="12">
+        <v>5.7001341999999999</v>
+      </c>
     </row>
-    <row r="16" spans="2:180" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="16" spans="2:182" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B16" s="13" t="s">
         <v>42</v>
       </c>
       <c r="C16" s="12">
         <v>30.30456392</v>
       </c>
       <c r="D16" s="12">
         <v>44.952046329999995</v>
       </c>
       <c r="E16" s="12">
         <v>40.240731880000006</v>
       </c>
       <c r="F16" s="12">
         <v>55.842710570000001</v>
       </c>
       <c r="G16" s="12">
         <v>77.036687579999992</v>
       </c>
       <c r="H16" s="12">
         <v>82.320485449999993</v>
       </c>
       <c r="I16" s="12">
         <v>75.609924680000006</v>
       </c>
       <c r="J16" s="12">
@@ -7176,52 +7256,58 @@
       </c>
       <c r="FQ16" s="12">
         <v>7</v>
       </c>
       <c r="FR16" s="12">
         <v>7.0085383200000004</v>
       </c>
       <c r="FS16" s="12">
         <v>7.0191518000000004</v>
       </c>
       <c r="FT16" s="12">
         <v>7.0281414599999996</v>
       </c>
       <c r="FU16" s="12">
         <v>7.0367393399999996</v>
       </c>
       <c r="FV16" s="12">
         <v>7.0441096500000002</v>
       </c>
       <c r="FW16" s="12">
         <v>7.0515977699999999</v>
       </c>
       <c r="FX16" s="12">
         <v>7.0590105200000002</v>
       </c>
+      <c r="FY16" s="12">
+        <v>7.0673026300000004</v>
+      </c>
+      <c r="FZ16" s="12">
+        <v>7.0745452000000002</v>
+      </c>
     </row>
-    <row r="17" spans="2:180" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="17" spans="2:182" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B17" s="11" t="s">
         <v>7</v>
       </c>
       <c r="C17" s="12">
         <v>8028.3700246300004</v>
       </c>
       <c r="D17" s="12">
         <v>8155.37046388</v>
       </c>
       <c r="E17" s="12">
         <v>8196.2170960799995</v>
       </c>
       <c r="F17" s="12">
         <v>8972.5205181699985</v>
       </c>
       <c r="G17" s="12">
         <v>8850.525077870001</v>
       </c>
       <c r="H17" s="12">
         <v>8887.4451560699999</v>
       </c>
       <c r="I17" s="12">
         <v>8784.8528377900002</v>
       </c>
       <c r="J17" s="12">
@@ -7715,52 +7801,58 @@
       </c>
       <c r="FQ17" s="12">
         <v>14269.23054391</v>
       </c>
       <c r="FR17" s="12">
         <v>15482.920180950001</v>
       </c>
       <c r="FS17" s="12">
         <v>15601.114878939999</v>
       </c>
       <c r="FT17" s="12">
         <v>15529.887300099999</v>
       </c>
       <c r="FU17" s="12">
         <v>15741.30077493</v>
       </c>
       <c r="FV17" s="12">
         <v>16548.063889479999</v>
       </c>
       <c r="FW17" s="12">
         <v>16559.679289129999</v>
       </c>
       <c r="FX17" s="12">
         <v>16543.823649530001</v>
       </c>
+      <c r="FY17" s="12">
+        <v>16602.34265803</v>
+      </c>
+      <c r="FZ17" s="12">
+        <v>16777.092754950001</v>
+      </c>
     </row>
-    <row r="18" spans="2:180" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="18" spans="2:182" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B18" s="13" t="s">
         <v>11</v>
       </c>
       <c r="C18" s="12">
         <v>7580.2375948100007</v>
       </c>
       <c r="D18" s="12">
         <v>7693.8310885000001</v>
       </c>
       <c r="E18" s="12">
         <v>7735.57755344</v>
       </c>
       <c r="F18" s="12">
         <v>8511.769560409999</v>
       </c>
       <c r="G18" s="12">
         <v>8406.6560688900008</v>
       </c>
       <c r="H18" s="12">
         <v>8442.7318998899991</v>
       </c>
       <c r="I18" s="12">
         <v>8345.2401831999996</v>
       </c>
       <c r="J18" s="12">
@@ -8254,52 +8346,58 @@
       </c>
       <c r="FQ18" s="12">
         <v>13446.52583538</v>
       </c>
       <c r="FR18" s="12">
         <v>14661.908345870001</v>
       </c>
       <c r="FS18" s="12">
         <v>14784.26727681</v>
       </c>
       <c r="FT18" s="12">
         <v>14686.302622089999</v>
       </c>
       <c r="FU18" s="12">
         <v>14885.78987615</v>
       </c>
       <c r="FV18" s="12">
         <v>15691.274019820001</v>
       </c>
       <c r="FW18" s="12">
         <v>15702.16660868</v>
       </c>
       <c r="FX18" s="12">
         <v>15690.17869862</v>
       </c>
+      <c r="FY18" s="12">
+        <v>15727.27505453</v>
+      </c>
+      <c r="FZ18" s="12">
+        <v>15889.37565797</v>
+      </c>
     </row>
-    <row r="19" spans="2:180" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="19" spans="2:182" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B19" s="13" t="s">
         <v>12</v>
       </c>
       <c r="C19" s="12">
         <v>448.13242981999997</v>
       </c>
       <c r="D19" s="12">
         <v>461.53937538000002</v>
       </c>
       <c r="E19" s="12">
         <v>460.63954264</v>
       </c>
       <c r="F19" s="12">
         <v>460.75095776000006</v>
       </c>
       <c r="G19" s="12">
         <v>443.86900897999999</v>
       </c>
       <c r="H19" s="12">
         <v>444.71325618000003</v>
       </c>
       <c r="I19" s="12">
         <v>439.61265458999998</v>
       </c>
       <c r="J19" s="12">
@@ -8793,52 +8891,58 @@
       </c>
       <c r="FQ19" s="12">
         <v>822.70470852999995</v>
       </c>
       <c r="FR19" s="12">
         <v>821.01183507999997</v>
       </c>
       <c r="FS19" s="12">
         <v>816.84760213000004</v>
       </c>
       <c r="FT19" s="12">
         <v>843.58467800999995</v>
       </c>
       <c r="FU19" s="12">
         <v>855.51089877999993</v>
       </c>
       <c r="FV19" s="12">
         <v>856.78986966000002</v>
       </c>
       <c r="FW19" s="12">
         <v>857.51268044999995</v>
       </c>
       <c r="FX19" s="12">
         <v>853.64495090999992</v>
       </c>
+      <c r="FY19" s="12">
+        <v>875.0676034999999</v>
+      </c>
+      <c r="FZ19" s="12">
+        <v>887.71709697999995</v>
+      </c>
     </row>
-    <row r="20" spans="2:180" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="20" spans="2:182" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B20" s="11" t="s">
         <v>40</v>
       </c>
       <c r="C20" s="12">
         <v>32239.036966860003</v>
       </c>
       <c r="D20" s="12">
         <v>32059.798537529998</v>
       </c>
       <c r="E20" s="12">
         <v>32216.059992089999</v>
       </c>
       <c r="F20" s="12">
         <v>32198.595435650001</v>
       </c>
       <c r="G20" s="12">
         <v>32426.91738961</v>
       </c>
       <c r="H20" s="12">
         <v>32993.332349010001</v>
       </c>
       <c r="I20" s="12">
         <v>32889.254218279995</v>
       </c>
       <c r="J20" s="12">
@@ -9332,52 +9436,58 @@
       </c>
       <c r="FQ20" s="12">
         <v>42028.045972320004</v>
       </c>
       <c r="FR20" s="12">
         <v>42450.551807619995</v>
       </c>
       <c r="FS20" s="12">
         <v>43082.979845039998</v>
       </c>
       <c r="FT20" s="12">
         <v>43628.925286159996</v>
       </c>
       <c r="FU20" s="12">
         <v>44290.619314989992</v>
       </c>
       <c r="FV20" s="12">
         <v>44731.2118434</v>
       </c>
       <c r="FW20" s="12">
         <v>44685.928501840004</v>
       </c>
       <c r="FX20" s="12">
         <v>45054.298916240004</v>
       </c>
+      <c r="FY20" s="12">
+        <v>45599.691602790001</v>
+      </c>
+      <c r="FZ20" s="12">
+        <v>46008.438810680003</v>
+      </c>
     </row>
-    <row r="21" spans="2:180" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="21" spans="2:182" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B21" s="13" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="12">
         <v>14298.612539360001</v>
       </c>
       <c r="D21" s="12">
         <v>14345.855687230001</v>
       </c>
       <c r="E21" s="12">
         <v>14464.67425989</v>
       </c>
       <c r="F21" s="12">
         <v>14520.714581570001</v>
       </c>
       <c r="G21" s="12">
         <v>14645.088080080001</v>
       </c>
       <c r="H21" s="12">
         <v>14842.75640475</v>
       </c>
       <c r="I21" s="12">
         <v>14775.375778579999</v>
       </c>
       <c r="J21" s="12">
@@ -9871,52 +9981,58 @@
       </c>
       <c r="FQ21" s="12">
         <v>16631.823694350001</v>
       </c>
       <c r="FR21" s="12">
         <v>16746.23996843</v>
       </c>
       <c r="FS21" s="12">
         <v>16999.570913520001</v>
       </c>
       <c r="FT21" s="12">
         <v>17174.009910640001</v>
       </c>
       <c r="FU21" s="12">
         <v>17400.768985159997</v>
       </c>
       <c r="FV21" s="12">
         <v>17515.118269899998</v>
       </c>
       <c r="FW21" s="12">
         <v>17342.429837890002</v>
       </c>
       <c r="FX21" s="12">
         <v>17495.4262337</v>
       </c>
+      <c r="FY21" s="12">
+        <v>17724.231174420001</v>
+      </c>
+      <c r="FZ21" s="12">
+        <v>17939.00328262</v>
+      </c>
     </row>
-    <row r="22" spans="2:180" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="22" spans="2:182" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B22" s="13" t="s">
         <v>19</v>
       </c>
       <c r="C22" s="12">
         <v>2065.1872360000002</v>
       </c>
       <c r="D22" s="12">
         <v>2125.5663899400001</v>
       </c>
       <c r="E22" s="12">
         <v>2111.1999591899998</v>
       </c>
       <c r="F22" s="12">
         <v>2071.3968063100001</v>
       </c>
       <c r="G22" s="12">
         <v>2082.8629114600003</v>
       </c>
       <c r="H22" s="12">
         <v>2059.57882771</v>
       </c>
       <c r="I22" s="12">
         <v>2022.8675653800001</v>
       </c>
       <c r="J22" s="12">
@@ -10410,52 +10526,58 @@
       </c>
       <c r="FQ22" s="12">
         <v>1980.06194269</v>
       </c>
       <c r="FR22" s="12">
         <v>1973.64090151</v>
       </c>
       <c r="FS22" s="12">
         <v>1985.5900900199999</v>
       </c>
       <c r="FT22" s="12">
         <v>1973.7897802099999</v>
       </c>
       <c r="FU22" s="12">
         <v>1987.56210945</v>
       </c>
       <c r="FV22" s="12">
         <v>1990.32563164</v>
       </c>
       <c r="FW22" s="12">
         <v>1977.07103779</v>
       </c>
       <c r="FX22" s="12">
         <v>1968.1516824</v>
       </c>
+      <c r="FY22" s="12">
+        <v>1850.6831448400001</v>
+      </c>
+      <c r="FZ22" s="12">
+        <v>1867.5318006699999</v>
+      </c>
     </row>
-    <row r="23" spans="2:180" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="23" spans="2:182" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B23" s="13" t="s">
         <v>20</v>
       </c>
       <c r="C23" s="12">
         <v>12233.425303360002</v>
       </c>
       <c r="D23" s="12">
         <v>12220.289297290001</v>
       </c>
       <c r="E23" s="12">
         <v>12353.4743007</v>
       </c>
       <c r="F23" s="12">
         <v>12449.31777526</v>
       </c>
       <c r="G23" s="12">
         <v>12562.22516862</v>
       </c>
       <c r="H23" s="12">
         <v>12783.17757704</v>
       </c>
       <c r="I23" s="12">
         <v>12752.508213199999</v>
       </c>
       <c r="J23" s="12">
@@ -10949,52 +11071,58 @@
       </c>
       <c r="FQ23" s="12">
         <v>14651.76175166</v>
       </c>
       <c r="FR23" s="12">
         <v>14772.59906692</v>
       </c>
       <c r="FS23" s="12">
         <v>15013.9808235</v>
       </c>
       <c r="FT23" s="12">
         <v>15200.22013043</v>
       </c>
       <c r="FU23" s="12">
         <v>15413.206875709999</v>
       </c>
       <c r="FV23" s="12">
         <v>15524.79263826</v>
       </c>
       <c r="FW23" s="12">
         <v>15365.358800100001</v>
       </c>
       <c r="FX23" s="12">
         <v>15527.274551300001</v>
       </c>
+      <c r="FY23" s="12">
+        <v>15873.548029580001</v>
+      </c>
+      <c r="FZ23" s="12">
+        <v>16071.47148195</v>
+      </c>
     </row>
-    <row r="24" spans="2:180" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="24" spans="2:182" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B24" s="13" t="s">
         <v>14</v>
       </c>
       <c r="C24" s="12">
         <v>17370.331121210002</v>
       </c>
       <c r="D24" s="12">
         <v>17164.575895440001</v>
       </c>
       <c r="E24" s="12">
         <v>17201.829653519999</v>
       </c>
       <c r="F24" s="12">
         <v>17137.84818692</v>
       </c>
       <c r="G24" s="12">
         <v>17103.395956460001</v>
       </c>
       <c r="H24" s="12">
         <v>17484.194920279999</v>
       </c>
       <c r="I24" s="12">
         <v>17438.070755839999</v>
       </c>
       <c r="J24" s="12">
@@ -11488,52 +11616,58 @@
       </c>
       <c r="FQ24" s="12">
         <v>24697.206752089998</v>
       </c>
       <c r="FR24" s="12">
         <v>24994.236970919999</v>
       </c>
       <c r="FS24" s="12">
         <v>25331.59666404</v>
       </c>
       <c r="FT24" s="12">
         <v>25664.148776679998</v>
       </c>
       <c r="FU24" s="12">
         <v>26096.89908879</v>
       </c>
       <c r="FV24" s="12">
         <v>26423.23860334</v>
       </c>
       <c r="FW24" s="12">
         <v>26537.47311897</v>
       </c>
       <c r="FX24" s="12">
         <v>26767.543401229999</v>
       </c>
+      <c r="FY24" s="12">
+        <v>27055.407531230001</v>
+      </c>
+      <c r="FZ24" s="12">
+        <v>27251.986606760001</v>
+      </c>
     </row>
-    <row r="25" spans="2:180" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="25" spans="2:182" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B25" s="13" t="s">
         <v>15</v>
       </c>
       <c r="C25" s="12">
         <v>50.990283519999998</v>
       </c>
       <c r="D25" s="12">
         <v>60.696895249999997</v>
       </c>
       <c r="E25" s="12">
         <v>54.555447819999998</v>
       </c>
       <c r="F25" s="12">
         <v>57.855380449999998</v>
       </c>
       <c r="G25" s="12">
         <v>57.246719179999999</v>
       </c>
       <c r="H25" s="12">
         <v>60.710793109999997</v>
       </c>
       <c r="I25" s="12">
         <v>53.966168410000002</v>
       </c>
       <c r="J25" s="12">
@@ -12027,52 +12161,58 @@
       </c>
       <c r="FQ25" s="12">
         <v>128.89135678</v>
       </c>
       <c r="FR25" s="12">
         <v>131.07905389999999</v>
       </c>
       <c r="FS25" s="12">
         <v>129.75274653</v>
       </c>
       <c r="FT25" s="12">
         <v>131.24060696999999</v>
       </c>
       <c r="FU25" s="12">
         <v>133.62798183999999</v>
       </c>
       <c r="FV25" s="12">
         <v>135.62222036</v>
       </c>
       <c r="FW25" s="12">
         <v>135.56949635000001</v>
       </c>
       <c r="FX25" s="12">
         <v>134.95712881</v>
       </c>
+      <c r="FY25" s="12">
+        <v>136.76465296999999</v>
+      </c>
+      <c r="FZ25" s="12">
+        <v>136.48465203000001</v>
+      </c>
     </row>
-    <row r="26" spans="2:180" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="26" spans="2:182" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B26" s="13" t="s">
         <v>16</v>
       </c>
       <c r="C26" s="12">
         <v>304.28862294999999</v>
       </c>
       <c r="D26" s="12">
         <v>288.49199521000003</v>
       </c>
       <c r="E26" s="12">
         <v>287.38232312999997</v>
       </c>
       <c r="F26" s="12">
         <v>277.50305020000002</v>
       </c>
       <c r="G26" s="12">
         <v>432.99835267999998</v>
       </c>
       <c r="H26" s="12">
         <v>434.34928066000003</v>
       </c>
       <c r="I26" s="12">
         <v>449.52329228000002</v>
       </c>
       <c r="J26" s="12">
@@ -12566,52 +12706,58 @@
       </c>
       <c r="FQ26" s="12">
         <v>499.64500093999999</v>
       </c>
       <c r="FR26" s="12">
         <v>506.77760468999998</v>
       </c>
       <c r="FS26" s="12">
         <v>541.48902557999997</v>
       </c>
       <c r="FT26" s="12">
         <v>581.86510020000003</v>
       </c>
       <c r="FU26" s="12">
         <v>577.32684430999996</v>
       </c>
       <c r="FV26" s="12">
         <v>571.75964884999996</v>
       </c>
       <c r="FW26" s="12">
         <v>576.23108076000005</v>
       </c>
       <c r="FX26" s="12">
         <v>561.18332481999994</v>
       </c>
+      <c r="FY26" s="12">
+        <v>588.42584711000006</v>
+      </c>
+      <c r="FZ26" s="12">
+        <v>587.12572407000005</v>
+      </c>
     </row>
-    <row r="27" spans="2:180" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="27" spans="2:182" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B27" s="13" t="s">
         <v>17</v>
       </c>
       <c r="C27" s="12">
         <v>127.93786249999999</v>
       </c>
       <c r="D27" s="12">
         <v>126.25479000999999</v>
       </c>
       <c r="E27" s="12">
         <v>137.48449890000001</v>
       </c>
       <c r="F27" s="12">
         <v>156.62062485999999</v>
       </c>
       <c r="G27" s="12">
         <v>148.38527374</v>
       </c>
       <c r="H27" s="12">
         <v>146.84922687</v>
       </c>
       <c r="I27" s="12">
         <v>149.21239249000001</v>
       </c>
       <c r="J27" s="12">
@@ -13105,52 +13251,58 @@
       </c>
       <c r="FQ27" s="12">
         <v>63.582750109999999</v>
       </c>
       <c r="FR27" s="12">
         <v>65.463823210000001</v>
       </c>
       <c r="FS27" s="12">
         <v>64.978375779999993</v>
       </c>
       <c r="FT27" s="12">
         <v>67.349121530000005</v>
       </c>
       <c r="FU27" s="12">
         <v>72.641039149999997</v>
       </c>
       <c r="FV27" s="12">
         <v>78.435310470000005</v>
       </c>
       <c r="FW27" s="12">
         <v>87.561543610000001</v>
       </c>
       <c r="FX27" s="12">
         <v>88.459756600000006</v>
       </c>
+      <c r="FY27" s="12">
+        <v>89.06811802</v>
+      </c>
+      <c r="FZ27" s="12">
+        <v>88.440219870000007</v>
+      </c>
     </row>
-    <row r="28" spans="2:180" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="28" spans="2:182" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B28" s="13" t="s">
         <v>18</v>
       </c>
       <c r="C28" s="12">
         <v>86.876537319999997</v>
       </c>
       <c r="D28" s="12">
         <v>73.923274390000003</v>
       </c>
       <c r="E28" s="12">
         <v>70.133808830000007</v>
       </c>
       <c r="F28" s="12">
         <v>48.053611650000001</v>
       </c>
       <c r="G28" s="12">
         <v>39.803007469999997</v>
       </c>
       <c r="H28" s="12">
         <v>24.471723339999997</v>
       </c>
       <c r="I28" s="12">
         <v>23.10583068</v>
       </c>
       <c r="J28" s="12">
@@ -13644,52 +13796,58 @@
       </c>
       <c r="FQ28" s="12">
         <v>6.8964180500000003</v>
       </c>
       <c r="FR28" s="12">
         <v>6.75438647</v>
       </c>
       <c r="FS28" s="12">
         <v>15.592119589999999</v>
       </c>
       <c r="FT28" s="12">
         <v>10.31177014</v>
       </c>
       <c r="FU28" s="12">
         <v>9.3553757399999995</v>
       </c>
       <c r="FV28" s="12">
         <v>7.03779048</v>
       </c>
       <c r="FW28" s="12">
         <v>6.6634242600000002</v>
       </c>
       <c r="FX28" s="12">
         <v>6.7290710800000006</v>
       </c>
+      <c r="FY28" s="12">
+        <v>5.7942790399999993</v>
+      </c>
+      <c r="FZ28" s="12">
+        <v>5.3983253299999996</v>
+      </c>
     </row>
-    <row r="29" spans="2:180" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="29" spans="2:182" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B29" s="13" t="s">
         <v>5</v>
       </c>
       <c r="C29" s="12">
         <v>6355.0157564899991</v>
       </c>
       <c r="D29" s="12">
         <v>6017.5317891299992</v>
       </c>
       <c r="E29" s="12">
         <v>5942.0848984900003</v>
       </c>
       <c r="F29" s="12">
         <v>5133.7909842400004</v>
       </c>
       <c r="G29" s="12">
         <v>5001.4066586100007</v>
       </c>
       <c r="H29" s="12">
         <v>5112.1286448999999</v>
       </c>
       <c r="I29" s="12">
         <v>5191.0187913</v>
       </c>
       <c r="J29" s="12">
@@ -14183,52 +14341,58 @@
       </c>
       <c r="FQ29" s="12">
         <v>11398.4842214</v>
       </c>
       <c r="FR29" s="12">
         <v>11135.78815452</v>
       </c>
       <c r="FS29" s="12">
         <v>11530.819424159999</v>
       </c>
       <c r="FT29" s="12">
         <v>12635.821161469999</v>
       </c>
       <c r="FU29" s="12">
         <v>13525.508544079999</v>
       </c>
       <c r="FV29" s="12">
         <v>13837.044971609999</v>
       </c>
       <c r="FW29" s="12">
         <v>14245.95097557</v>
       </c>
       <c r="FX29" s="12">
         <v>13446.10828434</v>
       </c>
+      <c r="FY29" s="12">
+        <v>13633.470548040001</v>
+      </c>
+      <c r="FZ29" s="12">
+        <v>14103.136540920001</v>
+      </c>
     </row>
-    <row r="30" spans="2:180" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="30" spans="2:182" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B30" s="13" t="s">
         <v>4</v>
       </c>
       <c r="C30" s="12">
         <v>1781.0591265100002</v>
       </c>
       <c r="D30" s="12">
         <v>1793.25662597</v>
       </c>
       <c r="E30" s="12">
         <v>1762.337129</v>
       </c>
       <c r="F30" s="12">
         <v>1738.4885027300002</v>
       </c>
       <c r="G30" s="12">
         <v>1759.3080453800001</v>
       </c>
       <c r="H30" s="12">
         <v>1775.5391135499999</v>
       </c>
       <c r="I30" s="12">
         <v>1786.46299877</v>
       </c>
       <c r="J30" s="12">
@@ -14722,52 +14886,58 @@
       </c>
       <c r="FQ30" s="12">
         <v>2322.8215115799999</v>
       </c>
       <c r="FR30" s="12">
         <v>2214.2074421900002</v>
       </c>
       <c r="FS30" s="12">
         <v>2329.1280975299996</v>
       </c>
       <c r="FT30" s="12">
         <v>2397.9885821299999</v>
       </c>
       <c r="FU30" s="12">
         <v>2374.5321826999998</v>
       </c>
       <c r="FV30" s="12">
         <v>2350.04760274</v>
       </c>
       <c r="FW30" s="12">
         <v>2391.3400136700002</v>
       </c>
       <c r="FX30" s="12">
         <v>2257.5615895299998</v>
       </c>
+      <c r="FY30" s="12">
+        <v>2472.7204528900002</v>
+      </c>
+      <c r="FZ30" s="12">
+        <v>2557.7468017700003</v>
+      </c>
     </row>
-    <row r="31" spans="2:180" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="31" spans="2:182" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B31" s="14" t="s">
         <v>3</v>
       </c>
       <c r="C31" s="15">
         <v>55110.01905748</v>
       </c>
       <c r="D31" s="15">
         <v>54846.618322790004</v>
       </c>
       <c r="E31" s="15">
         <v>55013.920836789999</v>
       </c>
       <c r="F31" s="15">
         <v>55047.213388009994</v>
       </c>
       <c r="G31" s="15">
         <v>55257.644843720002</v>
       </c>
       <c r="H31" s="15">
         <v>56200.370780739999</v>
       </c>
       <c r="I31" s="15">
         <v>56195.632944659999</v>
       </c>
       <c r="J31" s="15">
@@ -15261,52 +15431,58 @@
       </c>
       <c r="FQ31" s="15">
         <v>86372.692298740003</v>
       </c>
       <c r="FR31" s="15">
         <v>86688.25170778</v>
       </c>
       <c r="FS31" s="15">
         <v>86635.136679920004</v>
       </c>
       <c r="FT31" s="15">
         <v>88214.579917969997</v>
       </c>
       <c r="FU31" s="15">
         <v>90035.863450189994</v>
       </c>
       <c r="FV31" s="15">
         <v>91773.741042759997</v>
       </c>
       <c r="FW31" s="15">
         <v>93424.353572399996</v>
       </c>
       <c r="FX31" s="15">
         <v>93632.466634530021</v>
       </c>
+      <c r="FY31" s="15">
+        <v>93557.02564829</v>
+      </c>
+      <c r="FZ31" s="15">
+        <v>93349.164890540007</v>
+      </c>
     </row>
-    <row r="32" spans="2:180" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="32" spans="2:182" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B32" s="6" t="s">
         <v>0</v>
       </c>
       <c r="C32" s="12"/>
       <c r="D32" s="12"/>
       <c r="E32" s="12"/>
       <c r="F32" s="12"/>
       <c r="G32" s="12"/>
       <c r="H32" s="12"/>
       <c r="I32" s="12"/>
       <c r="J32" s="12"/>
       <c r="K32" s="12"/>
       <c r="L32" s="12"/>
       <c r="M32" s="12"/>
       <c r="N32" s="12"/>
       <c r="O32" s="12"/>
       <c r="P32" s="12"/>
       <c r="Q32" s="12"/>
       <c r="R32" s="12"/>
       <c r="S32" s="12"/>
       <c r="T32" s="12"/>
       <c r="U32" s="12"/>
       <c r="V32" s="12"/>
       <c r="W32" s="12"/>
       <c r="X32" s="12"/>
@@ -15444,52 +15620,54 @@
       <c r="EZ32" s="12"/>
       <c r="FA32" s="12"/>
       <c r="FB32" s="12"/>
       <c r="FC32" s="12"/>
       <c r="FD32" s="12"/>
       <c r="FE32" s="12"/>
       <c r="FF32" s="12"/>
       <c r="FG32" s="12"/>
       <c r="FH32" s="12"/>
       <c r="FI32" s="12"/>
       <c r="FJ32" s="12"/>
       <c r="FK32" s="12"/>
       <c r="FL32" s="12"/>
       <c r="FM32" s="12"/>
       <c r="FN32" s="12"/>
       <c r="FO32" s="12"/>
       <c r="FP32" s="12"/>
       <c r="FQ32" s="12"/>
       <c r="FR32" s="12"/>
       <c r="FS32" s="12"/>
       <c r="FT32" s="12"/>
       <c r="FU32" s="12"/>
       <c r="FV32" s="12"/>
       <c r="FW32" s="12"/>
       <c r="FX32" s="12"/>
+      <c r="FY32" s="12"/>
+      <c r="FZ32" s="12"/>
     </row>
-    <row r="33" spans="2:180" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="33" spans="2:182" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B33" s="13" t="s">
         <v>21</v>
       </c>
       <c r="C33" s="12">
         <v>1.7124868799999999</v>
       </c>
       <c r="D33" s="12">
         <v>1.7081014299999999</v>
       </c>
       <c r="E33" s="12">
         <v>1.71045442</v>
       </c>
       <c r="F33" s="12">
         <v>1.6972694800000001</v>
       </c>
       <c r="G33" s="12">
         <v>1.6844524400000001</v>
       </c>
       <c r="H33" s="12">
         <v>1.6947565600000001</v>
       </c>
       <c r="I33" s="12">
         <v>1.66712974</v>
       </c>
       <c r="J33" s="12">
@@ -15983,52 +16161,58 @@
       </c>
       <c r="FQ33" s="12">
         <v>357.11100606999997</v>
       </c>
       <c r="FR33" s="12">
         <v>127.4663714</v>
       </c>
       <c r="FS33" s="12">
         <v>62.4663714</v>
       </c>
       <c r="FT33" s="12">
         <v>62.461478399999997</v>
       </c>
       <c r="FU33" s="12">
         <v>147.4582284</v>
       </c>
       <c r="FV33" s="12">
         <v>62.458228400000003</v>
       </c>
       <c r="FW33" s="12">
         <v>62.458228400000003</v>
       </c>
       <c r="FX33" s="12">
         <v>144.4582284</v>
       </c>
+      <c r="FY33" s="12">
+        <v>62.4547284</v>
+      </c>
+      <c r="FZ33" s="12">
+        <v>7.5008439999999996E-2</v>
+      </c>
     </row>
-    <row r="34" spans="2:180" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="34" spans="2:182" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B34" s="13" t="s">
         <v>22</v>
       </c>
       <c r="C34" s="12">
         <v>942.07365800000002</v>
       </c>
       <c r="D34" s="12">
         <v>964.94899507000002</v>
       </c>
       <c r="E34" s="12">
         <v>940.47316550999994</v>
       </c>
       <c r="F34" s="12">
         <v>1048.2502439100001</v>
       </c>
       <c r="G34" s="12">
         <v>1091.1235992500001</v>
       </c>
       <c r="H34" s="12">
         <v>1179.29269355</v>
       </c>
       <c r="I34" s="12">
         <v>1270.1436062099999</v>
       </c>
       <c r="J34" s="12">
@@ -16522,52 +16706,58 @@
       </c>
       <c r="FQ34" s="12">
         <v>758.51491069999997</v>
       </c>
       <c r="FR34" s="12">
         <v>927.11863470000003</v>
       </c>
       <c r="FS34" s="12">
         <v>897.76425816000005</v>
       </c>
       <c r="FT34" s="12">
         <v>981.34259844999997</v>
       </c>
       <c r="FU34" s="12">
         <v>1106.1043096400001</v>
       </c>
       <c r="FV34" s="12">
         <v>1016.90520499</v>
       </c>
       <c r="FW34" s="12">
         <v>1008.11745842</v>
       </c>
       <c r="FX34" s="12">
         <v>1145.86340103</v>
       </c>
+      <c r="FY34" s="12">
+        <v>1023.21322269</v>
+      </c>
+      <c r="FZ34" s="12">
+        <v>1128.2457155699999</v>
+      </c>
     </row>
-    <row r="35" spans="2:180" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="35" spans="2:182" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B35" s="13" t="s">
         <v>23</v>
       </c>
       <c r="C35" s="12">
         <v>32077.400615769995</v>
       </c>
       <c r="D35" s="12">
         <v>31886.718467720006</v>
       </c>
       <c r="E35" s="12">
         <v>31771.35725673</v>
       </c>
       <c r="F35" s="12">
         <v>31309.529804469999</v>
       </c>
       <c r="G35" s="12">
         <v>31088.183035359998</v>
       </c>
       <c r="H35" s="12">
         <v>31265.464681299996</v>
       </c>
       <c r="I35" s="12">
         <v>31238.971802399999</v>
       </c>
       <c r="J35" s="12">
@@ -17061,52 +17251,58 @@
       </c>
       <c r="FQ35" s="12">
         <v>64339.938243649995</v>
       </c>
       <c r="FR35" s="12">
         <v>64376.321857399998</v>
       </c>
       <c r="FS35" s="12">
         <v>64590.109721809997</v>
       </c>
       <c r="FT35" s="12">
         <v>65344.132714719992</v>
       </c>
       <c r="FU35" s="12">
         <v>66169.402327500007</v>
       </c>
       <c r="FV35" s="12">
         <v>67858.974438089994</v>
       </c>
       <c r="FW35" s="12">
         <v>69207.803335000004</v>
       </c>
       <c r="FX35" s="12">
         <v>69158.785930479993</v>
       </c>
+      <c r="FY35" s="12">
+        <v>69134.74342720001</v>
+      </c>
+      <c r="FZ35" s="12">
+        <v>68961.771145700011</v>
+      </c>
     </row>
-    <row r="36" spans="2:180" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="36" spans="2:182" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B36" s="13" t="s">
         <v>29</v>
       </c>
       <c r="C36" s="12">
         <v>3090.2011305299998</v>
       </c>
       <c r="D36" s="12">
         <v>3037.8265571799998</v>
       </c>
       <c r="E36" s="12">
         <v>2904.1551321799998</v>
       </c>
       <c r="F36" s="12">
         <v>2770.5391117599997</v>
       </c>
       <c r="G36" s="12">
         <v>2780.36493458</v>
       </c>
       <c r="H36" s="12">
         <v>2850.8109672400001</v>
       </c>
       <c r="I36" s="12">
         <v>2762.8465762699993</v>
       </c>
       <c r="J36" s="12">
@@ -17600,52 +17796,58 @@
       </c>
       <c r="FQ36" s="12">
         <v>4204.3605662</v>
       </c>
       <c r="FR36" s="12">
         <v>3964.0071228500001</v>
       </c>
       <c r="FS36" s="12">
         <v>4330.1438811899998</v>
       </c>
       <c r="FT36" s="12">
         <v>4449.3120270599993</v>
       </c>
       <c r="FU36" s="12">
         <v>4428.3717404399995</v>
       </c>
       <c r="FV36" s="12">
         <v>4728.0370763800001</v>
       </c>
       <c r="FW36" s="12">
         <v>4814.6139482999997</v>
       </c>
       <c r="FX36" s="12">
         <v>4742.3722991699997</v>
       </c>
+      <c r="FY36" s="12">
+        <v>4714.3739710700011</v>
+      </c>
+      <c r="FZ36" s="12">
+        <v>4653.6912515399999</v>
+      </c>
     </row>
-    <row r="37" spans="2:180" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="37" spans="2:182" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B37" s="13" t="s">
         <v>30</v>
       </c>
       <c r="C37" s="12">
         <v>28987.199485239995</v>
       </c>
       <c r="D37" s="12">
         <v>28848.891910540005</v>
       </c>
       <c r="E37" s="12">
         <v>28867.20212455</v>
       </c>
       <c r="F37" s="12">
         <v>28538.990692709998</v>
       </c>
       <c r="G37" s="12">
         <v>28307.818100779998</v>
       </c>
       <c r="H37" s="12">
         <v>28414.653714059998</v>
       </c>
       <c r="I37" s="12">
         <v>28476.12522613</v>
       </c>
       <c r="J37" s="12">
@@ -18139,52 +18341,58 @@
       </c>
       <c r="FQ37" s="12">
         <v>60135.577677449997</v>
       </c>
       <c r="FR37" s="12">
         <v>60412.314734549997</v>
       </c>
       <c r="FS37" s="12">
         <v>60259.965840619996</v>
       </c>
       <c r="FT37" s="12">
         <v>60894.820687659994</v>
       </c>
       <c r="FU37" s="12">
         <v>61741.030587060006</v>
       </c>
       <c r="FV37" s="12">
         <v>63130.937361709999</v>
       </c>
       <c r="FW37" s="12">
         <v>64393.189386700004</v>
       </c>
       <c r="FX37" s="12">
         <v>64416.413631309995</v>
       </c>
+      <c r="FY37" s="12">
+        <v>64420.369456130007</v>
+      </c>
+      <c r="FZ37" s="12">
+        <v>64308.079894160008</v>
+      </c>
     </row>
-    <row r="38" spans="2:180" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="38" spans="2:182" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B38" s="11" t="s">
         <v>31</v>
       </c>
       <c r="C38" s="12">
         <v>7891.7278575500004</v>
       </c>
       <c r="D38" s="12">
         <v>7870.6926180000009</v>
       </c>
       <c r="E38" s="12">
         <v>7888.4872950599993</v>
       </c>
       <c r="F38" s="12">
         <v>7765.6660917299996</v>
       </c>
       <c r="G38" s="12">
         <v>7836.9084667699999</v>
       </c>
       <c r="H38" s="12">
         <v>7779.6759739300005</v>
       </c>
       <c r="I38" s="12">
         <v>8034.0671849</v>
       </c>
       <c r="J38" s="12">
@@ -18678,52 +18886,58 @@
       </c>
       <c r="FQ38" s="12">
         <v>42816.811322080008</v>
       </c>
       <c r="FR38" s="12">
         <v>43257.940291389998</v>
       </c>
       <c r="FS38" s="12">
         <v>42990.578773300003</v>
       </c>
       <c r="FT38" s="12">
         <v>43694.707769510002</v>
       </c>
       <c r="FU38" s="12">
         <v>44971.571634610002</v>
       </c>
       <c r="FV38" s="12">
         <v>46115.712153150002</v>
       </c>
       <c r="FW38" s="12">
         <v>46915.965224190004</v>
       </c>
       <c r="FX38" s="12">
         <v>47162.875182089992</v>
       </c>
+      <c r="FY38" s="12">
+        <v>47101.001573460002</v>
+      </c>
+      <c r="FZ38" s="12">
+        <v>46926.995584420001</v>
+      </c>
     </row>
-    <row r="39" spans="2:180" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="39" spans="2:182" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B39" s="11" t="s">
         <v>32</v>
       </c>
       <c r="C39" s="12">
         <v>20991.276196019997</v>
       </c>
       <c r="D39" s="12">
         <v>20874.246229890003</v>
       </c>
       <c r="E39" s="12">
         <v>20874.850311049999</v>
       </c>
       <c r="F39" s="12">
         <v>20667.84742704</v>
       </c>
       <c r="G39" s="12">
         <v>20372.119600009999</v>
       </c>
       <c r="H39" s="12">
         <v>20534.396642539999</v>
       </c>
       <c r="I39" s="12">
         <v>20341.94173387</v>
       </c>
       <c r="J39" s="12">
@@ -19217,52 +19431,58 @@
       </c>
       <c r="FQ39" s="12">
         <v>17315.566355369996</v>
       </c>
       <c r="FR39" s="12">
         <v>17145.304443159999</v>
       </c>
       <c r="FS39" s="12">
         <v>17260.347067319999</v>
       </c>
       <c r="FT39" s="12">
         <v>17191.066918150002</v>
       </c>
       <c r="FU39" s="12">
         <v>16763.408952450001</v>
       </c>
       <c r="FV39" s="12">
         <v>17009.611890059998</v>
       </c>
       <c r="FW39" s="12">
         <v>17473.090677699998</v>
       </c>
       <c r="FX39" s="12">
         <v>17249.390179179998</v>
       </c>
+      <c r="FY39" s="12">
+        <v>17315.22465149</v>
+      </c>
+      <c r="FZ39" s="12">
+        <v>17376.225078560001</v>
+      </c>
     </row>
-    <row r="40" spans="2:180" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="40" spans="2:182" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B40" s="11" t="s">
         <v>41</v>
       </c>
       <c r="C40" s="12">
         <v>101.40825269</v>
       </c>
       <c r="D40" s="12">
         <v>101.16588367</v>
       </c>
       <c r="E40" s="12">
         <v>100.74553244000001</v>
       </c>
       <c r="F40" s="12">
         <v>99.889863259999998</v>
       </c>
       <c r="G40" s="12">
         <v>98.152964519999998</v>
       </c>
       <c r="H40" s="12">
         <v>98.660628189999997</v>
       </c>
       <c r="I40" s="12">
         <v>97.520923600000003</v>
       </c>
       <c r="J40" s="12">
@@ -19756,52 +19976,58 @@
       </c>
       <c r="FQ40" s="12">
         <v>3.2</v>
       </c>
       <c r="FR40" s="12">
         <v>3.2</v>
       </c>
       <c r="FS40" s="12">
         <v>3.2</v>
       </c>
       <c r="FT40" s="12">
         <v>3.2</v>
       </c>
       <c r="FU40" s="12">
         <v>2.5</v>
       </c>
       <c r="FV40" s="12">
         <v>2.5</v>
       </c>
       <c r="FW40" s="12">
         <v>1.5</v>
       </c>
       <c r="FX40" s="12">
         <v>1.5</v>
       </c>
+      <c r="FY40" s="12">
+        <v>1.5</v>
+      </c>
+      <c r="FZ40" s="12">
+        <v>1.5</v>
+      </c>
     </row>
-    <row r="41" spans="2:180" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="41" spans="2:182" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B41" s="11" t="s">
         <v>33</v>
       </c>
       <c r="C41" s="12">
         <v>2.7871789799999078</v>
       </c>
       <c r="D41" s="12">
         <v>2.7871789799999078</v>
       </c>
       <c r="E41" s="12">
         <v>3.1189860000000067</v>
       </c>
       <c r="F41" s="12">
         <v>5.5873106800000301</v>
       </c>
       <c r="G41" s="12">
         <v>0.63706947999997965</v>
       </c>
       <c r="H41" s="12">
         <v>1.9204694000000018</v>
       </c>
       <c r="I41" s="12">
         <v>2.5953837600000043</v>
       </c>
       <c r="J41" s="12">
@@ -20295,52 +20521,58 @@
       </c>
       <c r="FQ41" s="12" t="s">
         <v>1</v>
       </c>
       <c r="FR41" s="12">
         <v>5.8700000000000045</v>
       </c>
       <c r="FS41" s="12">
         <v>5.839999999999975</v>
       </c>
       <c r="FT41" s="12">
         <v>5.8460000000000036</v>
       </c>
       <c r="FU41" s="12">
         <v>3.5500000000000114</v>
       </c>
       <c r="FV41" s="12">
         <v>3.1133184999999912</v>
       </c>
       <c r="FW41" s="12">
         <v>2.6334848099999704</v>
       </c>
       <c r="FX41" s="12">
         <v>2.6482700399999999</v>
       </c>
+      <c r="FY41" s="12">
+        <v>2.6432311799999866</v>
+      </c>
+      <c r="FZ41" s="12">
+        <v>3.3592311799999948</v>
+      </c>
     </row>
-    <row r="42" spans="2:180" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="42" spans="2:182" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B42" s="11" t="s">
         <v>24</v>
       </c>
       <c r="C42" s="12">
         <v>32.893091769999998</v>
       </c>
       <c r="D42" s="12">
         <v>32.893091769999998</v>
       </c>
       <c r="E42" s="12">
         <v>26.544561680000001</v>
       </c>
       <c r="F42" s="12">
         <v>26.544561680000001</v>
       </c>
       <c r="G42" s="12">
         <v>26.544561680000001</v>
       </c>
       <c r="H42" s="12">
         <v>26.544561680000001</v>
       </c>
       <c r="I42" s="12">
         <v>26.544561680000001</v>
       </c>
       <c r="J42" s="12">
@@ -20834,52 +21066,58 @@
       </c>
       <c r="FQ42" s="12">
         <v>886.03322903000003</v>
       </c>
       <c r="FR42" s="12">
         <v>886.04602182999997</v>
       </c>
       <c r="FS42" s="12">
         <v>886.05851695000001</v>
       </c>
       <c r="FT42" s="12">
         <v>1218.7869237299999</v>
       </c>
       <c r="FU42" s="12">
         <v>1218.8035863299999</v>
       </c>
       <c r="FV42" s="12">
         <v>1218.5160771200001</v>
       </c>
       <c r="FW42" s="12">
         <v>1218.3308571699999</v>
       </c>
       <c r="FX42" s="12">
         <v>1490.14926801</v>
       </c>
+      <c r="FY42" s="12">
+        <v>1490.07381627</v>
+      </c>
+      <c r="FZ42" s="12">
+        <v>1489.67848022</v>
+      </c>
     </row>
-    <row r="43" spans="2:180" s="16" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="43" spans="2:182" s="16" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B43" s="11" t="s">
         <v>25</v>
       </c>
       <c r="C43" s="12" t="s">
         <v>36</v>
       </c>
       <c r="D43" s="12" t="s">
         <v>36</v>
       </c>
       <c r="E43" s="12" t="s">
         <v>36</v>
       </c>
       <c r="F43" s="12" t="s">
         <v>36</v>
       </c>
       <c r="G43" s="12" t="s">
         <v>36</v>
       </c>
       <c r="H43" s="12" t="s">
         <v>36</v>
       </c>
       <c r="I43" s="12" t="s">
         <v>36</v>
       </c>
       <c r="J43" s="12" t="s">
@@ -21373,52 +21611,58 @@
       </c>
       <c r="FQ43" s="12">
         <v>718.96033767999995</v>
       </c>
       <c r="FR43" s="12">
         <v>869.88233381999999</v>
       </c>
       <c r="FS43" s="12">
         <v>972.21524382999996</v>
       </c>
       <c r="FT43" s="12">
         <v>1005.93346041</v>
       </c>
       <c r="FU43" s="12">
         <v>1112.32998107</v>
       </c>
       <c r="FV43" s="12">
         <v>1133.12082003</v>
       </c>
       <c r="FW43" s="12">
         <v>1164.3501126399999</v>
       </c>
       <c r="FX43" s="12">
         <v>1196.7857175500001</v>
       </c>
+      <c r="FY43" s="12">
+        <v>1225.0987564</v>
+      </c>
+      <c r="FZ43" s="12">
+        <v>1301.10273231</v>
+      </c>
     </row>
-    <row r="44" spans="2:180" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="44" spans="2:182" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B44" s="13" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="12">
         <v>10902.05195551</v>
       </c>
       <c r="D44" s="12">
         <v>10809.080035180001</v>
       </c>
       <c r="E44" s="12">
         <v>11025.277896219999</v>
       </c>
       <c r="F44" s="12">
         <v>11405.82364796</v>
       </c>
       <c r="G44" s="12">
         <v>11571.070620140001</v>
       </c>
       <c r="H44" s="12">
         <v>12222.73369318</v>
       </c>
       <c r="I44" s="12">
         <v>12118.572226230001</v>
       </c>
       <c r="J44" s="12">
@@ -21912,52 +22156,58 @@
       </c>
       <c r="FQ44" s="12">
         <v>5454.6729664300001</v>
       </c>
       <c r="FR44" s="12">
         <v>5650.3824093800004</v>
       </c>
       <c r="FS44" s="12">
         <v>5697.3965343299997</v>
       </c>
       <c r="FT44" s="12">
         <v>5939.40727831</v>
       </c>
       <c r="FU44" s="12">
         <v>6814.2857799699996</v>
       </c>
       <c r="FV44" s="12">
         <v>6952.6266895299996</v>
       </c>
       <c r="FW44" s="12">
         <v>6926.9268594300001</v>
       </c>
       <c r="FX44" s="12">
         <v>6803.3267827999998</v>
       </c>
+      <c r="FY44" s="12">
+        <v>6753.5894819599998</v>
+      </c>
+      <c r="FZ44" s="12">
+        <v>6984.0769210899998</v>
+      </c>
     </row>
-    <row r="45" spans="2:180" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="45" spans="2:182" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B45" s="13" t="s">
         <v>34</v>
       </c>
       <c r="C45" s="12">
         <v>9629.7292159999997</v>
       </c>
       <c r="D45" s="12">
         <v>9689.6998033300006</v>
       </c>
       <c r="E45" s="12">
         <v>9760.4390370399997</v>
       </c>
       <c r="F45" s="12">
         <v>9852.4924525200004</v>
       </c>
       <c r="G45" s="12">
         <v>9894.2159631899995</v>
       </c>
       <c r="H45" s="12">
         <v>9985.3391456099998</v>
       </c>
       <c r="I45" s="12">
         <v>10022.21818457</v>
       </c>
       <c r="J45" s="12">
@@ -22451,52 +22701,58 @@
       </c>
       <c r="FQ45" s="12">
         <v>11801.78621833</v>
       </c>
       <c r="FR45" s="12">
         <v>11346.57978056</v>
       </c>
       <c r="FS45" s="12">
         <v>11109.389646600001</v>
       </c>
       <c r="FT45" s="12">
         <v>10870.32745105</v>
       </c>
       <c r="FU45" s="12">
         <v>10914.702919879999</v>
       </c>
       <c r="FV45" s="12">
         <v>11035.272299730001</v>
       </c>
       <c r="FW45" s="12">
         <v>11149.190958650001</v>
       </c>
       <c r="FX45" s="12">
         <v>11255.442630609999</v>
       </c>
+      <c r="FY45" s="12">
+        <v>11374.39033482</v>
+      </c>
+      <c r="FZ45" s="12">
+        <v>11462.013558500001</v>
+      </c>
     </row>
-    <row r="46" spans="2:180" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="46" spans="2:182" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B46" s="13" t="s">
         <v>27</v>
       </c>
       <c r="C46" s="12">
         <v>1524.1580486600001</v>
       </c>
       <c r="D46" s="12">
         <v>1461.5698236200001</v>
       </c>
       <c r="E46" s="12">
         <v>1488.11848295</v>
       </c>
       <c r="F46" s="12">
         <v>1402.87541521</v>
       </c>
       <c r="G46" s="12">
         <v>1584.8226277599999</v>
       </c>
       <c r="H46" s="12">
         <v>1519.3051905100001</v>
       </c>
       <c r="I46" s="12">
         <v>1517.5193798099999</v>
       </c>
       <c r="J46" s="12">
@@ -22990,52 +23246,58 @@
       </c>
       <c r="FQ46" s="12">
         <v>2055.67539485</v>
       </c>
       <c r="FR46" s="12">
         <v>2504.4543047299999</v>
       </c>
       <c r="FS46" s="12">
         <v>2419.7363935100002</v>
       </c>
       <c r="FT46" s="12">
         <v>2792.1880209300002</v>
       </c>
       <c r="FU46" s="12">
         <v>2552.7763243700001</v>
       </c>
       <c r="FV46" s="12">
         <v>2495.8672925199999</v>
       </c>
       <c r="FW46" s="12">
         <v>2687.1757705700002</v>
       </c>
       <c r="FX46" s="12">
         <v>2437.6546824799998</v>
       </c>
+      <c r="FY46" s="12">
+        <v>2493.4618802099999</v>
+      </c>
+      <c r="FZ46" s="12">
+        <v>2022.2013282600001</v>
+      </c>
     </row>
-    <row r="47" spans="2:180" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="47" spans="2:182" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B47" s="17" t="s">
         <v>28</v>
       </c>
       <c r="C47" s="18">
         <v>55110.019072589996</v>
       </c>
       <c r="D47" s="18">
         <v>54846.618318120003</v>
       </c>
       <c r="E47" s="18">
         <v>55013.920854549993</v>
       </c>
       <c r="F47" s="18">
         <v>55047.213395230006</v>
       </c>
       <c r="G47" s="18">
         <v>55257.644859819993</v>
       </c>
       <c r="H47" s="18">
         <v>56200.374722389992</v>
       </c>
       <c r="I47" s="18">
         <v>56195.636890639995</v>
       </c>
       <c r="J47" s="18">
@@ -23529,52 +23791,58 @@
       </c>
       <c r="FQ47" s="18">
         <v>86372.692306739977</v>
       </c>
       <c r="FR47" s="18">
         <v>86688.251713820006</v>
       </c>
       <c r="FS47" s="18">
         <v>86635.136686589991</v>
       </c>
       <c r="FT47" s="18">
         <v>88214.579926000006</v>
       </c>
       <c r="FU47" s="18">
         <v>90035.863457160012</v>
       </c>
       <c r="FV47" s="18">
         <v>91773.741050409997</v>
       </c>
       <c r="FW47" s="18">
         <v>93424.353580279989</v>
       </c>
       <c r="FX47" s="18">
         <v>93632.466641359992</v>
       </c>
+      <c r="FY47" s="18">
+        <v>93557.025647950009</v>
+      </c>
+      <c r="FZ47" s="18">
+        <v>93349.164890090004</v>
+      </c>
     </row>
-    <row r="48" spans="2:180" s="2" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="48" spans="2:182" s="2" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B48" s="21" t="s">
         <v>45</v>
       </c>
       <c r="C48" s="20"/>
       <c r="D48" s="20"/>
       <c r="E48" s="20"/>
       <c r="F48" s="20"/>
       <c r="G48" s="20"/>
       <c r="H48" s="20"/>
       <c r="I48" s="20"/>
       <c r="J48" s="20"/>
       <c r="K48" s="20"/>
       <c r="L48" s="20"/>
       <c r="M48" s="20"/>
       <c r="N48" s="20"/>
       <c r="O48" s="20"/>
       <c r="P48" s="20"/>
       <c r="Q48" s="20"/>
       <c r="R48" s="20"/>
       <c r="S48" s="20"/>
       <c r="T48" s="20"/>
       <c r="U48" s="20"/>
       <c r="V48" s="20"/>
       <c r="W48" s="20"/>
       <c r="X48" s="20"/>
@@ -23712,57 +23980,59 @@
       <c r="EZ48" s="20"/>
       <c r="FA48" s="20"/>
       <c r="FB48" s="20"/>
       <c r="FC48" s="20"/>
       <c r="FD48" s="20"/>
       <c r="FE48" s="20"/>
       <c r="FF48" s="20"/>
       <c r="FG48" s="20"/>
       <c r="FH48" s="20"/>
       <c r="FI48" s="20"/>
       <c r="FJ48" s="20"/>
       <c r="FK48" s="20"/>
       <c r="FL48" s="20"/>
       <c r="FM48" s="20"/>
       <c r="FN48" s="20"/>
       <c r="FO48" s="20"/>
       <c r="FP48" s="20"/>
       <c r="FQ48" s="20"/>
       <c r="FR48" s="20"/>
       <c r="FS48" s="20"/>
       <c r="FT48" s="20"/>
       <c r="FU48" s="20"/>
       <c r="FV48" s="20"/>
       <c r="FW48" s="20"/>
       <c r="FX48" s="20"/>
+      <c r="FY48" s="20"/>
+      <c r="FZ48" s="20"/>
     </row>
-    <row r="49" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="49" spans="2:182" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B49" s="6" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="50" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="50" spans="2:182" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B50" s="11" t="s">
         <v>37</v>
       </c>
       <c r="C50" s="22" t="s">
         <v>36</v>
       </c>
       <c r="D50" s="22">
         <v>110.72442396000001</v>
       </c>
       <c r="E50" s="22">
         <v>107.36560869</v>
       </c>
       <c r="F50" s="22">
         <v>-24.340573889999998</v>
       </c>
       <c r="G50" s="22">
         <v>199.97136681000001</v>
       </c>
       <c r="H50" s="22">
         <v>212.03894198</v>
       </c>
       <c r="I50" s="22">
         <v>89.837592430000001</v>
       </c>
       <c r="J50" s="22">
@@ -24256,52 +24526,58 @@
       </c>
       <c r="FQ50" s="22">
         <v>-713.37808714000005</v>
       </c>
       <c r="FR50" s="22">
         <v>-1141.1120470200001</v>
       </c>
       <c r="FS50" s="22">
         <v>-1295.5433764899999</v>
       </c>
       <c r="FT50" s="22">
         <v>-162.77486517</v>
       </c>
       <c r="FU50" s="22">
         <v>-24.47849394</v>
       </c>
       <c r="FV50" s="22">
         <v>302.37624787999999</v>
       </c>
       <c r="FW50" s="22">
         <v>1230.0346572200001</v>
       </c>
       <c r="FX50" s="22">
         <v>685.52214236999998</v>
       </c>
+      <c r="FY50" s="22">
+        <v>-980.07369970000002</v>
+      </c>
+      <c r="FZ50" s="22">
+        <v>-1387.4153804800001</v>
+      </c>
     </row>
-    <row r="51" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="51" spans="2:182" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B51" s="13" t="s">
         <v>38</v>
       </c>
       <c r="C51" s="22" t="s">
         <v>36</v>
       </c>
       <c r="D51" s="22">
         <v>-28.77227787</v>
       </c>
       <c r="E51" s="22">
         <v>-1.04680493</v>
       </c>
       <c r="F51" s="22">
         <v>-29.125906409999999</v>
       </c>
       <c r="G51" s="22">
         <v>51.427584549999999</v>
       </c>
       <c r="H51" s="22">
         <v>-10.954180579999999</v>
       </c>
       <c r="I51" s="22">
         <v>93.003154679999994</v>
       </c>
       <c r="J51" s="22">
@@ -24795,52 +25071,58 @@
       </c>
       <c r="FQ51" s="22">
         <v>25.110076769999999</v>
       </c>
       <c r="FR51" s="22">
         <v>-57.370160640000002</v>
       </c>
       <c r="FS51" s="22">
         <v>132.52778122000001</v>
       </c>
       <c r="FT51" s="22">
         <v>10.067230670000001</v>
       </c>
       <c r="FU51" s="22">
         <v>173.23134059</v>
       </c>
       <c r="FV51" s="22">
         <v>21.806083439999998</v>
       </c>
       <c r="FW51" s="22">
         <v>54.033887790000001</v>
       </c>
       <c r="FX51" s="22">
         <v>-158.29184798</v>
       </c>
+      <c r="FY51" s="22">
+        <v>-17.903928879999999</v>
+      </c>
+      <c r="FZ51" s="22">
+        <v>-22.260164929999998</v>
+      </c>
     </row>
-    <row r="52" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="52" spans="2:182" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B52" s="13" t="s">
         <v>39</v>
       </c>
       <c r="C52" s="22" t="s">
         <v>36</v>
       </c>
       <c r="D52" s="22">
         <v>139.49670183000001</v>
       </c>
       <c r="E52" s="22">
         <v>108.41241362</v>
       </c>
       <c r="F52" s="22">
         <v>4.7853325199999999</v>
       </c>
       <c r="G52" s="22">
         <v>148.54378226</v>
       </c>
       <c r="H52" s="22">
         <v>222.99312255999999</v>
       </c>
       <c r="I52" s="22">
         <v>-3.1655622499999998</v>
       </c>
       <c r="J52" s="22">
@@ -25334,52 +25616,58 @@
       </c>
       <c r="FQ52" s="22">
         <v>-738.48816391000003</v>
       </c>
       <c r="FR52" s="22">
         <v>-1083.7418863800001</v>
       </c>
       <c r="FS52" s="22">
         <v>-1428.0711577100001</v>
       </c>
       <c r="FT52" s="22">
         <v>-172.84209584000001</v>
       </c>
       <c r="FU52" s="22">
         <v>-197.70983452999999</v>
       </c>
       <c r="FV52" s="22">
         <v>280.57016443999999</v>
       </c>
       <c r="FW52" s="22">
         <v>1176.00076943</v>
       </c>
       <c r="FX52" s="22">
         <v>843.81399035000004</v>
       </c>
+      <c r="FY52" s="22">
+        <v>-962.16977082000005</v>
+      </c>
+      <c r="FZ52" s="22">
+        <v>-1365.1552155500001</v>
+      </c>
     </row>
-    <row r="53" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="53" spans="2:182" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B53" s="13" t="s">
         <v>6</v>
       </c>
       <c r="C53" s="22" t="s">
         <v>36</v>
       </c>
       <c r="D53" s="22">
         <v>-4.0986762299999997</v>
       </c>
       <c r="E53" s="22">
         <v>-34.51444695</v>
       </c>
       <c r="F53" s="22">
         <v>120.92246745</v>
       </c>
       <c r="G53" s="22">
         <v>-0.67908899</v>
       </c>
       <c r="H53" s="22">
         <v>12.28298244</v>
       </c>
       <c r="I53" s="22">
         <v>20.416710210000002</v>
       </c>
       <c r="J53" s="22">
@@ -25873,52 +26161,58 @@
       </c>
       <c r="FQ53" s="22">
         <v>67.664909159999993</v>
       </c>
       <c r="FR53" s="22">
         <v>189.96443972</v>
       </c>
       <c r="FS53" s="22">
         <v>-20.531523580000002</v>
       </c>
       <c r="FT53" s="22">
         <v>93.942006250000006</v>
       </c>
       <c r="FU53" s="22">
         <v>104.37242252999999</v>
       </c>
       <c r="FV53" s="22">
         <v>-97.901534690000005</v>
       </c>
       <c r="FW53" s="22">
         <v>3.1830823399999999</v>
       </c>
       <c r="FX53" s="22">
         <v>103.30414277</v>
       </c>
+      <c r="FY53" s="22">
+        <v>-100.94362529</v>
+      </c>
+      <c r="FZ53" s="22">
+        <v>41.177731739999999</v>
+      </c>
     </row>
-    <row r="54" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="54" spans="2:182" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B54" s="13" t="s">
         <v>8</v>
       </c>
       <c r="C54" s="22" t="s">
         <v>36</v>
       </c>
       <c r="D54" s="22">
         <v>-19.289237669999999</v>
       </c>
       <c r="E54" s="22">
         <v>-28.31588137</v>
       </c>
       <c r="F54" s="22">
         <v>106.45480696</v>
       </c>
       <c r="G54" s="22">
         <v>-21.066038410000001</v>
       </c>
       <c r="H54" s="22">
         <v>7.0920496000000002</v>
       </c>
       <c r="I54" s="22">
         <v>27.290959130000001</v>
       </c>
       <c r="J54" s="22">
@@ -26412,52 +26706,58 @@
       </c>
       <c r="FQ54" s="22">
         <v>56.023785969999999</v>
       </c>
       <c r="FR54" s="22">
         <v>190.56510971</v>
       </c>
       <c r="FS54" s="22">
         <v>-20.347149479999999</v>
       </c>
       <c r="FT54" s="22">
         <v>79.312234549999999</v>
       </c>
       <c r="FU54" s="22">
         <v>104.24391652</v>
       </c>
       <c r="FV54" s="22">
         <v>-97.818458309999997</v>
       </c>
       <c r="FW54" s="22">
         <v>3.16813089</v>
       </c>
       <c r="FX54" s="22">
         <v>112.7329072</v>
       </c>
+      <c r="FY54" s="22">
+        <v>-100.96769954</v>
+      </c>
+      <c r="FZ54" s="22">
+        <v>41.166841480000002</v>
+      </c>
     </row>
-    <row r="55" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="55" spans="2:182" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B55" s="13" t="s">
         <v>9</v>
       </c>
       <c r="C55" s="22" t="s">
         <v>36</v>
       </c>
       <c r="D55" s="22">
         <v>1.3845299999999999E-3</v>
       </c>
       <c r="E55" s="22">
         <v>-1.1676913600000001</v>
       </c>
       <c r="F55" s="22">
         <v>-1.568744E-2</v>
       </c>
       <c r="G55" s="22">
         <v>-1.6160620000000001E-2</v>
       </c>
       <c r="H55" s="22" t="s">
         <v>1</v>
       </c>
       <c r="I55" s="22" t="s">
         <v>1</v>
       </c>
       <c r="J55" s="22" t="s">
@@ -26951,52 +27251,58 @@
       </c>
       <c r="FQ55" s="22">
         <v>-0.45887681000000002</v>
       </c>
       <c r="FR55" s="22">
         <v>-0.59928930999999996</v>
       </c>
       <c r="FS55" s="22">
         <v>-0.18437206</v>
       </c>
       <c r="FT55" s="22">
         <v>14.629773520000001</v>
       </c>
       <c r="FU55" s="22">
         <v>0.12889473000000001</v>
       </c>
       <c r="FV55" s="22">
         <v>-8.3074289999999995E-2</v>
       </c>
       <c r="FW55" s="22">
         <v>1.4953330000000001E-2</v>
       </c>
       <c r="FX55" s="22">
         <v>-9.4281411800000008</v>
       </c>
+      <c r="FY55" s="22">
+        <v>2.407714E-2</v>
+      </c>
+      <c r="FZ55" s="22">
+        <v>1.089269E-2</v>
+      </c>
     </row>
-    <row r="56" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="56" spans="2:182" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B56" s="13" t="s">
         <v>10</v>
       </c>
       <c r="C56" s="22" t="s">
         <v>36</v>
       </c>
       <c r="D56" s="22">
         <v>5.3822420000000003E-2</v>
       </c>
       <c r="E56" s="22">
         <v>-3.6207799999999998E-2</v>
       </c>
       <c r="F56" s="22">
         <v>-1.6611839999999999E-2</v>
       </c>
       <c r="G56" s="22">
         <v>-1.230999E-2</v>
       </c>
       <c r="H56" s="22">
         <v>6.0142029999999999E-2</v>
       </c>
       <c r="I56" s="22">
         <v>-4.1242710000000002E-2</v>
       </c>
       <c r="J56" s="22">
@@ -27490,52 +27796,58 @@
       </c>
       <c r="FQ56" s="22">
         <v>5.0999999999999996</v>
       </c>
       <c r="FR56" s="22" t="s">
         <v>1</v>
       </c>
       <c r="FS56" s="22" t="s">
         <v>1</v>
       </c>
       <c r="FT56" s="22" t="s">
         <v>1</v>
       </c>
       <c r="FU56" s="22" t="s">
         <v>1</v>
       </c>
       <c r="FV56" s="22" t="s">
         <v>1</v>
       </c>
       <c r="FW56" s="22" t="s">
         <v>1</v>
       </c>
       <c r="FX56" s="22" t="s">
         <v>1</v>
       </c>
+      <c r="FY56" s="22" t="s">
+        <v>1</v>
+      </c>
+      <c r="FZ56" s="22" t="s">
+        <v>1</v>
+      </c>
     </row>
-    <row r="57" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="57" spans="2:182" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B57" s="13" t="s">
         <v>42</v>
       </c>
       <c r="C57" s="22" t="s">
         <v>36</v>
       </c>
       <c r="D57" s="22">
         <v>15.135354489999999</v>
       </c>
       <c r="E57" s="22">
         <v>-4.9946664199999997</v>
       </c>
       <c r="F57" s="22">
         <v>14.49995977</v>
       </c>
       <c r="G57" s="22">
         <v>20.41542003</v>
       </c>
       <c r="H57" s="22">
         <v>5.1307908099999997</v>
       </c>
       <c r="I57" s="22">
         <v>-6.8330062099999997</v>
       </c>
       <c r="J57" s="22">
@@ -28029,52 +28341,58 @@
       </c>
       <c r="FQ57" s="22">
         <v>7</v>
       </c>
       <c r="FR57" s="22">
         <v>-1.38068E-3</v>
       </c>
       <c r="FS57" s="22">
         <v>-2.04E-6</v>
       </c>
       <c r="FT57" s="22">
         <v>-1.8199999999999999E-6</v>
       </c>
       <c r="FU57" s="22">
         <v>-3.8872000000000001E-4</v>
       </c>
       <c r="FV57" s="22">
         <v>-2.0899999999999999E-6</v>
       </c>
       <c r="FW57" s="22">
         <v>-1.88E-6</v>
       </c>
       <c r="FX57" s="22">
         <v>-6.2325E-4</v>
       </c>
+      <c r="FY57" s="22">
+        <v>-2.8899999999999999E-6</v>
+      </c>
+      <c r="FZ57" s="22">
+        <v>-2.43E-6</v>
+      </c>
     </row>
-    <row r="58" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="58" spans="2:182" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B58" s="11" t="s">
         <v>7</v>
       </c>
       <c r="C58" s="22" t="s">
         <v>36</v>
       </c>
       <c r="D58" s="22">
         <v>124.19552792</v>
       </c>
       <c r="E58" s="22">
         <v>37.247049259999997</v>
       </c>
       <c r="F58" s="22">
         <v>768.88435465999999</v>
       </c>
       <c r="G58" s="22">
         <v>-134.05506109000001</v>
       </c>
       <c r="H58" s="22">
         <v>33.420572610000001</v>
       </c>
       <c r="I58" s="22">
         <v>-94.241132140000005</v>
       </c>
       <c r="J58" s="22">
@@ -28568,52 +28886,58 @@
       </c>
       <c r="FQ58" s="22">
         <v>208.63496849000001</v>
       </c>
       <c r="FR58" s="22">
         <v>1209.99361112</v>
       </c>
       <c r="FS58" s="22">
         <v>199.30949018000001</v>
       </c>
       <c r="FT58" s="22">
         <v>-70.772045180000006</v>
       </c>
       <c r="FU58" s="22">
         <v>212.68857417999999</v>
       </c>
       <c r="FV58" s="22">
         <v>804.76433440999995</v>
       </c>
       <c r="FW58" s="22">
         <v>16.18480375</v>
       </c>
       <c r="FX58" s="22">
         <v>-19.012845089999999</v>
       </c>
+      <c r="FY58" s="22">
+        <v>57.271900430000002</v>
+      </c>
+      <c r="FZ58" s="22">
+        <v>169.23070032000001</v>
+      </c>
     </row>
-    <row r="59" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="59" spans="2:182" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B59" s="13" t="s">
         <v>11</v>
       </c>
       <c r="C59" s="22" t="s">
         <v>36</v>
       </c>
       <c r="D59" s="22">
         <v>112.50055458999999</v>
       </c>
       <c r="E59" s="22">
         <v>37.990605520000003</v>
       </c>
       <c r="F59" s="22">
         <v>769.34041041</v>
       </c>
       <c r="G59" s="22">
         <v>-117.67482609</v>
       </c>
       <c r="H59" s="22">
         <v>30.340094109999999</v>
       </c>
       <c r="I59" s="22">
         <v>-89.932963849999993</v>
       </c>
       <c r="J59" s="22">
@@ -29107,52 +29431,58 @@
       </c>
       <c r="FQ59" s="22">
         <v>206.56210247000001</v>
       </c>
       <c r="FR59" s="22">
         <v>1211.6974566700001</v>
       </c>
       <c r="FS59" s="22">
         <v>203.47067967999999</v>
       </c>
       <c r="FT59" s="22">
         <v>-97.511621160000004</v>
       </c>
       <c r="FU59" s="22">
         <v>200.76394547000001</v>
       </c>
       <c r="FV59" s="22">
         <v>803.48413790999996</v>
       </c>
       <c r="FW59" s="22">
         <v>15.46531643</v>
       </c>
       <c r="FX59" s="22">
         <v>-15.14443541</v>
       </c>
+      <c r="FY59" s="22">
+        <v>35.848986269999997</v>
+      </c>
+      <c r="FZ59" s="22">
+        <v>156.58361829</v>
+      </c>
     </row>
-    <row r="60" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="60" spans="2:182" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B60" s="13" t="s">
         <v>12</v>
       </c>
       <c r="C60" s="22" t="s">
         <v>36</v>
       </c>
       <c r="D60" s="22">
         <v>11.69497333</v>
       </c>
       <c r="E60" s="22">
         <v>-0.74355625999999997</v>
       </c>
       <c r="F60" s="22">
         <v>-0.45605574999999998</v>
       </c>
       <c r="G60" s="22">
         <v>-16.380234999999999</v>
       </c>
       <c r="H60" s="22">
         <v>3.0804784999999999</v>
       </c>
       <c r="I60" s="22">
         <v>-4.3081682900000002</v>
       </c>
       <c r="J60" s="22">
@@ -29646,52 +29976,58 @@
       </c>
       <c r="FQ60" s="22">
         <v>2.0728660200000002</v>
       </c>
       <c r="FR60" s="22">
         <v>-1.70384555</v>
       </c>
       <c r="FS60" s="22">
         <v>-4.1611894999999999</v>
       </c>
       <c r="FT60" s="22">
         <v>26.739575980000001</v>
       </c>
       <c r="FU60" s="22">
         <v>11.92462871</v>
       </c>
       <c r="FV60" s="22">
         <v>1.2801965</v>
       </c>
       <c r="FW60" s="22">
         <v>0.71948732000000004</v>
       </c>
       <c r="FX60" s="22">
         <v>-3.8684096800000001</v>
       </c>
+      <c r="FY60" s="22">
+        <v>21.422914160000001</v>
+      </c>
+      <c r="FZ60" s="22">
+        <v>12.64708203</v>
+      </c>
     </row>
-    <row r="61" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="61" spans="2:182" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B61" s="11" t="s">
         <v>40</v>
       </c>
       <c r="C61" s="22" t="s">
         <v>36</v>
       </c>
       <c r="D61" s="22">
         <v>-323.99176855000002</v>
       </c>
       <c r="E61" s="22">
         <v>170.51913160999999</v>
       </c>
       <c r="F61" s="22">
         <v>-85.585505380000001</v>
       </c>
       <c r="G61" s="22">
         <v>257.94576412999999</v>
       </c>
       <c r="H61" s="22">
         <v>780.33273205</v>
       </c>
       <c r="I61" s="22">
         <v>-22.24369866</v>
       </c>
       <c r="J61" s="22">
@@ -30185,52 +30521,58 @@
       </c>
       <c r="FQ61" s="22">
         <v>457.14620436000001</v>
       </c>
       <c r="FR61" s="22">
         <v>432.57045211000002</v>
       </c>
       <c r="FS61" s="22">
         <v>634.06579173</v>
       </c>
       <c r="FT61" s="22">
         <v>546.08960651999996</v>
       </c>
       <c r="FU61" s="22">
         <v>672.13993176999998</v>
       </c>
       <c r="FV61" s="22">
         <v>442.00003429999998</v>
       </c>
       <c r="FW61" s="22">
         <v>-45.894340759999999</v>
       </c>
       <c r="FX61" s="22">
         <v>373.29094527000001</v>
       </c>
+      <c r="FY61" s="22">
+        <v>547.36273588999995</v>
+      </c>
+      <c r="FZ61" s="22">
+        <v>418.05298328999999</v>
+      </c>
     </row>
-    <row r="62" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="62" spans="2:182" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B62" s="13" t="s">
         <v>13</v>
       </c>
       <c r="C62" s="22" t="s">
         <v>36</v>
       </c>
       <c r="D62" s="22">
         <v>26.274078379999999</v>
       </c>
       <c r="E62" s="22">
         <v>118.44697693000001</v>
       </c>
       <c r="F62" s="22">
         <v>35.377417639999997</v>
       </c>
       <c r="G62" s="22">
         <v>113.79802148</v>
       </c>
       <c r="H62" s="22">
         <v>228.88388082</v>
       </c>
       <c r="I62" s="22">
         <v>-53.964900470000003</v>
       </c>
       <c r="J62" s="22">
@@ -30724,52 +31066,58 @@
       </c>
       <c r="FQ62" s="22">
         <v>264.46872103999999</v>
       </c>
       <c r="FR62" s="22">
         <v>108.95622602</v>
       </c>
       <c r="FS62" s="22">
         <v>253.50886844999999</v>
       </c>
       <c r="FT62" s="22">
         <v>174.67065324999999</v>
       </c>
       <c r="FU62" s="22">
         <v>233.55119748000001</v>
       </c>
       <c r="FV62" s="22">
         <v>115.1371398</v>
       </c>
       <c r="FW62" s="22">
         <v>-172.62595930000001</v>
       </c>
       <c r="FX62" s="22">
         <v>154.32856726</v>
       </c>
+      <c r="FY62" s="22">
+        <v>229.87673426999999</v>
+      </c>
+      <c r="FZ62" s="22">
+        <v>219.48489742000001</v>
+      </c>
     </row>
-    <row r="63" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="63" spans="2:182" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B63" s="13" t="s">
         <v>19</v>
       </c>
       <c r="C63" s="22" t="s">
         <v>36</v>
       </c>
       <c r="D63" s="22">
         <v>52.513836869999999</v>
       </c>
       <c r="E63" s="22">
         <v>-17.605384350000001</v>
       </c>
       <c r="F63" s="22">
         <v>-48.36214528</v>
       </c>
       <c r="G63" s="22">
         <v>3.4782670000000002E-2</v>
       </c>
       <c r="H63" s="22">
         <v>-14.27491697</v>
       </c>
       <c r="I63" s="22">
         <v>-37.88559849</v>
       </c>
       <c r="J63" s="22">
@@ -31263,52 +31611,58 @@
       </c>
       <c r="FQ63" s="22">
         <v>-46.107080719999999</v>
       </c>
       <c r="FR63" s="22">
         <v>-7.0243618799999998</v>
       </c>
       <c r="FS63" s="22">
         <v>11.77605443</v>
       </c>
       <c r="FT63" s="22">
         <v>-11.74765639</v>
       </c>
       <c r="FU63" s="22">
         <v>13.81338719</v>
       </c>
       <c r="FV63" s="22">
         <v>2.3618587299999998</v>
       </c>
       <c r="FW63" s="22">
         <v>-13.19076291</v>
       </c>
       <c r="FX63" s="22">
         <v>-8.8823732</v>
       </c>
+      <c r="FY63" s="22">
+        <v>-117.41621499999999</v>
+      </c>
+      <c r="FZ63" s="22">
+        <v>16.91098964</v>
+      </c>
     </row>
-    <row r="64" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="64" spans="2:182" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B64" s="13" t="s">
         <v>20</v>
       </c>
       <c r="C64" s="22" t="s">
         <v>36</v>
       </c>
       <c r="D64" s="22">
         <v>-26.23975849</v>
       </c>
       <c r="E64" s="22">
         <v>136.05236128000001</v>
       </c>
       <c r="F64" s="22">
         <v>83.739562919999997</v>
       </c>
       <c r="G64" s="22">
         <v>113.76323881</v>
       </c>
       <c r="H64" s="22">
         <v>243.15879778999999</v>
       </c>
       <c r="I64" s="22">
         <v>-16.07930198</v>
       </c>
       <c r="J64" s="22">
@@ -31802,52 +32156,58 @@
       </c>
       <c r="FQ64" s="22">
         <v>310.57580175999999</v>
       </c>
       <c r="FR64" s="22">
         <v>115.9805879</v>
       </c>
       <c r="FS64" s="22">
         <v>241.73281402000001</v>
       </c>
       <c r="FT64" s="22">
         <v>186.41830963999999</v>
       </c>
       <c r="FU64" s="22">
         <v>219.73781029</v>
       </c>
       <c r="FV64" s="22">
         <v>112.77528107000001</v>
       </c>
       <c r="FW64" s="22">
         <v>-159.43519638999999</v>
       </c>
       <c r="FX64" s="22">
         <v>163.21094045999999</v>
       </c>
+      <c r="FY64" s="22">
+        <v>347.29294927000001</v>
+      </c>
+      <c r="FZ64" s="22">
+        <v>202.57390778000001</v>
+      </c>
     </row>
-    <row r="65" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="65" spans="2:182" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B65" s="13" t="s">
         <v>14</v>
       </c>
       <c r="C65" s="22" t="s">
         <v>36</v>
       </c>
       <c r="D65" s="22">
         <v>-329.73654382000001</v>
       </c>
       <c r="E65" s="22">
         <v>52.842996380000002</v>
       </c>
       <c r="F65" s="22">
         <v>-112.67951786</v>
       </c>
       <c r="G65" s="22">
         <v>5.3434911100000004</v>
       </c>
       <c r="H65" s="22">
         <v>563.30013989999998</v>
       </c>
       <c r="I65" s="22">
         <v>22.132805940000001</v>
       </c>
       <c r="J65" s="22">
@@ -32341,52 +32701,58 @@
       </c>
       <c r="FQ65" s="22">
         <v>200.06197406999999</v>
       </c>
       <c r="FR65" s="22">
         <v>312.81790946000001</v>
       </c>
       <c r="FS65" s="22">
         <v>339.58248645999998</v>
       </c>
       <c r="FT65" s="22">
         <v>333.40792049999999</v>
       </c>
       <c r="FU65" s="22">
         <v>437.77951717000002</v>
       </c>
       <c r="FV65" s="22">
         <v>327.91157071999999</v>
       </c>
       <c r="FW65" s="22">
         <v>114.5998154</v>
       </c>
       <c r="FX65" s="22">
         <v>234.39901696999999</v>
       </c>
+      <c r="FY65" s="22">
+        <v>289.35962381000002</v>
+      </c>
+      <c r="FZ65" s="22">
+        <v>200.57621571000001</v>
+      </c>
     </row>
-    <row r="66" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="66" spans="2:182" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B66" s="13" t="s">
         <v>15</v>
       </c>
       <c r="C66" s="22" t="s">
         <v>36</v>
       </c>
       <c r="D66" s="22">
         <v>10.125113320000001</v>
       </c>
       <c r="E66" s="22">
         <v>-6.5661485500000003</v>
       </c>
       <c r="F66" s="22">
         <v>3.5007407000000001</v>
       </c>
       <c r="G66" s="22">
         <v>-0.35467659000000001</v>
       </c>
       <c r="H66" s="22">
         <v>3.22958495</v>
       </c>
       <c r="I66" s="22">
         <v>-6.7525688800000001</v>
       </c>
       <c r="J66" s="22">
@@ -32880,52 +33246,58 @@
       </c>
       <c r="FQ66" s="22">
         <v>-10.45096534</v>
       </c>
       <c r="FR66" s="22">
         <v>2.7345278899999999</v>
       </c>
       <c r="FS66" s="22">
         <v>-1.7800424100000001</v>
       </c>
       <c r="FT66" s="22">
         <v>0.47495933000000001</v>
       </c>
       <c r="FU66" s="22">
         <v>1.47268423</v>
       </c>
       <c r="FV66" s="22">
         <v>0.96644753000000005</v>
       </c>
       <c r="FW66" s="22">
         <v>2.5240729999999999E-2</v>
       </c>
       <c r="FX66" s="22">
         <v>-0.94208555999999999</v>
       </c>
+      <c r="FY66" s="22">
+        <v>1.2343442499999999</v>
+      </c>
+      <c r="FZ66" s="22">
+        <v>-0.24421165</v>
+      </c>
     </row>
-    <row r="67" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="67" spans="2:182" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B67" s="13" t="s">
         <v>16</v>
       </c>
       <c r="C67" s="22" t="s">
         <v>36</v>
       </c>
       <c r="D67" s="22">
         <v>-16.045160630000002</v>
       </c>
       <c r="E67" s="22">
         <v>-1.2618599800000001</v>
       </c>
       <c r="F67" s="22">
         <v>-8.9415986499999995</v>
       </c>
       <c r="G67" s="22">
         <v>155.6132983</v>
       </c>
       <c r="H67" s="22">
         <v>1.9212045799999999</v>
       </c>
       <c r="I67" s="22">
         <v>15.19198478</v>
       </c>
       <c r="J67" s="22">
@@ -33419,52 +33791,58 @@
       </c>
       <c r="FQ67" s="22">
         <v>4.54070559</v>
       </c>
       <c r="FR67" s="22">
         <v>7.1326031499999996</v>
       </c>
       <c r="FS67" s="22">
         <v>34.711420889999999</v>
       </c>
       <c r="FT67" s="22">
         <v>40.376075120000003</v>
       </c>
       <c r="FU67" s="22">
         <v>-4.5382553899999998</v>
       </c>
       <c r="FV67" s="22">
         <v>-5.5671948599999999</v>
       </c>
       <c r="FW67" s="22">
         <v>4.4714327100000002</v>
       </c>
       <c r="FX67" s="22">
         <v>-15.04775624</v>
       </c>
+      <c r="FY67" s="22">
+        <v>27.242522489999999</v>
+      </c>
+      <c r="FZ67" s="22">
+        <v>-1.3001226400000001</v>
+      </c>
     </row>
-    <row r="68" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="68" spans="2:182" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B68" s="13" t="s">
         <v>17</v>
       </c>
       <c r="C68" s="22" t="s">
         <v>36</v>
       </c>
       <c r="D68" s="22">
         <v>-1.72008089</v>
       </c>
       <c r="E68" s="22">
         <v>11.215427330000001</v>
       </c>
       <c r="F68" s="22">
         <v>19.094642660000002</v>
       </c>
       <c r="G68" s="22">
         <v>-8.2945390999999997</v>
       </c>
       <c r="H68" s="22">
         <v>-1.62897815</v>
       </c>
       <c r="I68" s="22">
         <v>2.3580367899999999</v>
       </c>
       <c r="J68" s="22">
@@ -33958,52 +34336,58 @@
       </c>
       <c r="FQ68" s="22">
         <v>0.16770452999999999</v>
       </c>
       <c r="FR68" s="22">
         <v>1.6334453799999999</v>
       </c>
       <c r="FS68" s="22">
         <v>-0.77388827999999998</v>
       </c>
       <c r="FT68" s="22">
         <v>2.4437823999999999</v>
       </c>
       <c r="FU68" s="22">
         <v>4.85618368</v>
       </c>
       <c r="FV68" s="22">
         <v>5.8739163699999999</v>
       </c>
       <c r="FW68" s="22">
         <v>8.0065849300000007</v>
       </c>
       <c r="FX68" s="22">
         <v>0.48833701000000002</v>
       </c>
+      <c r="FY68" s="22">
+        <v>0.57535711</v>
+      </c>
+      <c r="FZ68" s="22">
+        <v>-6.5285839999999998E-2</v>
+      </c>
     </row>
-    <row r="69" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="69" spans="2:182" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B69" s="13" t="s">
         <v>18</v>
       </c>
       <c r="C69" s="22" t="s">
         <v>36</v>
       </c>
       <c r="D69" s="22">
         <v>-12.889174909999999</v>
       </c>
       <c r="E69" s="22">
         <v>-4.1582604999999999</v>
       </c>
       <c r="F69" s="22">
         <v>-21.937189870000001</v>
       </c>
       <c r="G69" s="22">
         <v>-8.1598310699999992</v>
       </c>
       <c r="H69" s="22">
         <v>-15.37310005</v>
       </c>
       <c r="I69" s="22">
         <v>-1.20905682</v>
       </c>
       <c r="J69" s="22">
@@ -34497,52 +34881,58 @@
       </c>
       <c r="FQ69" s="22">
         <v>-1.64193553</v>
       </c>
       <c r="FR69" s="22">
         <v>-0.70425979000000005</v>
       </c>
       <c r="FS69" s="22">
         <v>8.8169466199999995</v>
       </c>
       <c r="FT69" s="22">
         <v>-5.2837840800000002</v>
       </c>
       <c r="FU69" s="22">
         <v>-0.98139540000000003</v>
       </c>
       <c r="FV69" s="22">
         <v>-2.3218452599999999</v>
       </c>
       <c r="FW69" s="22">
         <v>-0.37145523000000003</v>
       </c>
       <c r="FX69" s="22">
         <v>6.4865829999999999E-2</v>
       </c>
+      <c r="FY69" s="22">
+        <v>-0.92584604000000004</v>
+      </c>
+      <c r="FZ69" s="22">
+        <v>-0.39850971000000002</v>
+      </c>
     </row>
-    <row r="70" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="70" spans="2:182" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B70" s="13" t="s">
         <v>5</v>
       </c>
       <c r="C70" s="22" t="s">
         <v>36</v>
       </c>
       <c r="D70" s="22">
         <v>-359.52476336000001</v>
       </c>
       <c r="E70" s="22">
         <v>-89.034151800000004</v>
       </c>
       <c r="F70" s="22">
         <v>-830.19708973000002</v>
       </c>
       <c r="G70" s="22">
         <v>-159.96994975000001</v>
       </c>
       <c r="H70" s="22">
         <v>138.56508345999998</v>
       </c>
       <c r="I70" s="22">
         <v>78.465538019999997</v>
       </c>
       <c r="J70" s="22">
@@ -35036,52 +35426,58 @@
       </c>
       <c r="FQ70" s="22">
         <v>101.89688234</v>
       </c>
       <c r="FR70" s="22">
         <v>-315.30530575</v>
       </c>
       <c r="FS70" s="22">
         <v>307.59318162</v>
       </c>
       <c r="FT70" s="22">
         <v>1112.6182394099999</v>
       </c>
       <c r="FU70" s="22">
         <v>854.60556269000006</v>
       </c>
       <c r="FV70" s="22">
         <v>334.12743297999998</v>
       </c>
       <c r="FW70" s="22">
         <v>396.19514478000002</v>
       </c>
       <c r="FX70" s="22">
         <v>-786.91595056000006</v>
       </c>
+      <c r="FY70" s="22">
+        <v>212.32067862</v>
+      </c>
+      <c r="FZ70" s="22">
+        <v>491.67711269</v>
+      </c>
     </row>
-    <row r="71" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="71" spans="2:182" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B71" s="13" t="s">
         <v>4</v>
       </c>
       <c r="C71" s="22" t="s">
         <v>36</v>
       </c>
       <c r="D71" s="22">
         <v>4.4973791099999998</v>
       </c>
       <c r="E71" s="22">
         <v>-31.595520459999999</v>
       </c>
       <c r="F71" s="22">
         <v>-44.13327322</v>
       </c>
       <c r="G71" s="22">
         <v>2.3708075599999998</v>
       </c>
       <c r="H71" s="22">
         <v>15.71779055</v>
       </c>
       <c r="I71" s="22">
         <v>1.95704353</v>
       </c>
       <c r="J71" s="22">
@@ -35575,52 +35971,58 @@
       </c>
       <c r="FQ71" s="22">
         <v>35.318335640000001</v>
       </c>
       <c r="FR71" s="22">
         <v>-159.08733723</v>
       </c>
       <c r="FS71" s="22">
         <v>78.815308529999996</v>
       </c>
       <c r="FT71" s="22">
         <v>61.043622259999999</v>
       </c>
       <c r="FU71" s="22">
         <v>-54.769192080000003</v>
       </c>
       <c r="FV71" s="22">
         <v>-54.587868929999999</v>
       </c>
       <c r="FW71" s="22">
         <v>-6.7361383699999999</v>
       </c>
       <c r="FX71" s="22">
         <v>-146.88627941999999</v>
       </c>
+      <c r="FY71" s="22">
+        <v>177.43122966000001</v>
+      </c>
+      <c r="FZ71" s="22">
+        <v>65.17223276</v>
+      </c>
     </row>
-    <row r="72" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="72" spans="2:182" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B72" s="14" t="s">
         <v>3</v>
       </c>
       <c r="C72" s="15" t="s">
         <v>36</v>
       </c>
       <c r="D72" s="15">
         <v>-448.19787715000001</v>
       </c>
       <c r="E72" s="15">
         <v>159.98767034999997</v>
       </c>
       <c r="F72" s="15">
         <v>-94.449620109999984</v>
       </c>
       <c r="G72" s="15">
         <v>165.58383866999998</v>
       </c>
       <c r="H72" s="15">
         <v>1192.3581030900002</v>
       </c>
       <c r="I72" s="15">
         <v>74.192053389999984</v>
       </c>
       <c r="J72" s="15">
@@ -36114,52 +36516,58 @@
       </c>
       <c r="FQ72" s="15">
         <v>157.28321285000001</v>
       </c>
       <c r="FR72" s="15">
         <v>217.02381295000001</v>
       </c>
       <c r="FS72" s="15">
         <v>-96.291128009999994</v>
       </c>
       <c r="FT72" s="15">
         <v>1580.1465640900001</v>
       </c>
       <c r="FU72" s="15">
         <v>1764.5588051499999</v>
       </c>
       <c r="FV72" s="15">
         <v>1730.7786459500001</v>
       </c>
       <c r="FW72" s="15">
         <v>1592.9672089600001</v>
       </c>
       <c r="FX72" s="15">
         <v>209.30215534000001</v>
       </c>
+      <c r="FY72" s="15">
+        <v>-86.630780389999998</v>
+      </c>
+      <c r="FZ72" s="15">
+        <v>-202.10461968000001</v>
+      </c>
     </row>
-    <row r="73" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="73" spans="2:182" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B73" s="6" t="s">
         <v>0</v>
       </c>
       <c r="C73" s="10"/>
       <c r="D73" s="10"/>
       <c r="E73" s="10"/>
       <c r="F73" s="10"/>
       <c r="G73" s="10"/>
       <c r="H73" s="10"/>
       <c r="I73" s="10"/>
       <c r="J73" s="10"/>
       <c r="K73" s="10"/>
       <c r="L73" s="10"/>
       <c r="M73" s="10"/>
       <c r="N73" s="10"/>
       <c r="O73" s="10"/>
       <c r="P73" s="10"/>
       <c r="Q73" s="10"/>
       <c r="R73" s="10"/>
       <c r="S73" s="10"/>
       <c r="T73" s="10"/>
       <c r="U73" s="10"/>
       <c r="V73" s="10"/>
       <c r="W73" s="10"/>
       <c r="X73" s="10"/>
@@ -36297,52 +36705,54 @@
       <c r="EZ73" s="10"/>
       <c r="FA73" s="10"/>
       <c r="FB73" s="10"/>
       <c r="FC73" s="10"/>
       <c r="FD73" s="10"/>
       <c r="FE73" s="10"/>
       <c r="FF73" s="10"/>
       <c r="FG73" s="10"/>
       <c r="FH73" s="10"/>
       <c r="FI73" s="10"/>
       <c r="FJ73" s="10"/>
       <c r="FK73" s="10"/>
       <c r="FL73" s="10"/>
       <c r="FM73" s="10"/>
       <c r="FN73" s="10"/>
       <c r="FO73" s="10"/>
       <c r="FP73" s="10"/>
       <c r="FQ73" s="10"/>
       <c r="FR73" s="10"/>
       <c r="FS73" s="10"/>
       <c r="FT73" s="10"/>
       <c r="FU73" s="10"/>
       <c r="FV73" s="10"/>
       <c r="FW73" s="10"/>
       <c r="FX73" s="10"/>
+      <c r="FY73" s="10"/>
+      <c r="FZ73" s="10"/>
     </row>
-    <row r="74" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="74" spans="2:182" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B74" s="13" t="s">
         <v>21</v>
       </c>
       <c r="C74" s="22" t="s">
         <v>36</v>
       </c>
       <c r="D74" s="22">
         <v>-4.8920300000000003E-3</v>
       </c>
       <c r="E74" s="22">
         <v>2.41947E-3</v>
       </c>
       <c r="F74" s="22">
         <v>-1.338901E-2</v>
       </c>
       <c r="G74" s="22">
         <v>-1.264531E-2</v>
       </c>
       <c r="H74" s="22">
         <v>1.10837E-2</v>
       </c>
       <c r="I74" s="22">
         <v>-2.7339800000000001E-2</v>
       </c>
       <c r="J74" s="22">
@@ -36836,52 +37246,58 @@
       </c>
       <c r="FQ74" s="22">
         <v>-9.2905965899999998</v>
       </c>
       <c r="FR74" s="22">
         <v>-229.64463466999999</v>
       </c>
       <c r="FS74" s="22">
         <v>-65</v>
       </c>
       <c r="FT74" s="22">
         <v>-4.8929999999999998E-3</v>
       </c>
       <c r="FU74" s="22">
         <v>84.996750000000006</v>
       </c>
       <c r="FV74" s="22">
         <v>-85</v>
       </c>
       <c r="FW74" s="22" t="s">
         <v>1</v>
       </c>
       <c r="FX74" s="22">
         <v>82</v>
       </c>
+      <c r="FY74" s="22">
+        <v>-82.003500000000003</v>
+      </c>
+      <c r="FZ74" s="22">
+        <v>-62.379719960000003</v>
+      </c>
     </row>
-    <row r="75" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="75" spans="2:182" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B75" s="13" t="s">
         <v>22</v>
       </c>
       <c r="C75" s="22" t="s">
         <v>36</v>
       </c>
       <c r="D75" s="22">
         <v>21.907658380000001</v>
       </c>
       <c r="E75" s="22">
         <v>-24.67519089</v>
       </c>
       <c r="F75" s="22">
         <v>106.79614047</v>
       </c>
       <c r="G75" s="22">
         <v>41.818691860000001</v>
       </c>
       <c r="H75" s="22">
         <v>89.372587589999995</v>
       </c>
       <c r="I75" s="22">
         <v>90.806072349999994</v>
       </c>
       <c r="J75" s="22">
@@ -37375,52 +37791,58 @@
       </c>
       <c r="FQ75" s="22">
         <v>99.598328039999998</v>
       </c>
       <c r="FR75" s="22">
         <v>165.64043522</v>
       </c>
       <c r="FS75" s="22">
         <v>-33.084241079999998</v>
       </c>
       <c r="FT75" s="22">
         <v>83.905666789999998</v>
       </c>
       <c r="FU75" s="22">
         <v>121.6817111</v>
       </c>
       <c r="FV75" s="22">
         <v>-87.311035480000001</v>
       </c>
       <c r="FW75" s="22">
         <v>-10.29040642</v>
       </c>
       <c r="FX75" s="22">
         <v>137.13328107000001</v>
       </c>
+      <c r="FY75" s="22">
+        <v>-121.17198141999999</v>
+      </c>
+      <c r="FZ75" s="22">
+        <v>104.75802052</v>
+      </c>
     </row>
-    <row r="76" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="76" spans="2:182" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B76" s="13" t="s">
         <v>23</v>
       </c>
       <c r="C76" s="22" t="s">
         <v>36</v>
       </c>
       <c r="D76" s="22">
         <v>-235.4480432</v>
       </c>
       <c r="E76" s="22">
         <v>-124.92549762</v>
       </c>
       <c r="F76" s="22">
         <v>-503.07432678999999</v>
       </c>
       <c r="G76" s="22">
         <v>-272.95577730999997</v>
       </c>
       <c r="H76" s="22">
         <v>232.46987246</v>
       </c>
       <c r="I76" s="22">
         <v>-28.696539229999999</v>
       </c>
       <c r="J76" s="22">
@@ -37914,52 +38336,58 @@
       </c>
       <c r="FQ76" s="22">
         <v>-247.05291843000001</v>
       </c>
       <c r="FR76" s="22">
         <v>-29.338566459999999</v>
       </c>
       <c r="FS76" s="22">
         <v>126.50664249</v>
       </c>
       <c r="FT76" s="22">
         <v>763.81337477</v>
       </c>
       <c r="FU76" s="22">
         <v>764.30613648999997</v>
       </c>
       <c r="FV76" s="22">
         <v>1717.11504051</v>
       </c>
       <c r="FW76" s="22">
         <v>1324.5074126</v>
       </c>
       <c r="FX76" s="22">
         <v>-60.531888479999999</v>
       </c>
+      <c r="FY76" s="22">
+        <v>5.7517215500000001</v>
+      </c>
+      <c r="FZ76" s="22">
+        <v>-177.31169439999999</v>
+      </c>
     </row>
-    <row r="77" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="77" spans="2:182" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B77" s="13" t="s">
         <v>29</v>
       </c>
       <c r="C77" s="22" t="s">
         <v>36</v>
       </c>
       <c r="D77" s="22">
         <v>-54.26610333</v>
       </c>
       <c r="E77" s="22">
         <v>-134.49643651</v>
       </c>
       <c r="F77" s="22">
         <v>-135.80404331</v>
       </c>
       <c r="G77" s="22">
         <v>5.98287265</v>
       </c>
       <c r="H77" s="22">
         <v>73.314262130000003</v>
       </c>
       <c r="I77" s="22">
         <v>-88.401425509999996</v>
       </c>
       <c r="J77" s="22">
@@ -38453,52 +38881,58 @@
       </c>
       <c r="FQ77" s="22">
         <v>-21.12310463</v>
       </c>
       <c r="FR77" s="22">
         <v>-240.72926452999999</v>
       </c>
       <c r="FS77" s="22">
         <v>365.67838295000001</v>
       </c>
       <c r="FT77" s="22">
         <v>119.21416223</v>
       </c>
       <c r="FU77" s="22">
         <v>-21.293926500000001</v>
       </c>
       <c r="FV77" s="22">
         <v>299.84148665999999</v>
       </c>
       <c r="FW77" s="22">
         <v>86.430249610000004</v>
       </c>
       <c r="FX77" s="22">
         <v>-72.297928659999997</v>
       </c>
+      <c r="FY77" s="22">
+        <v>-27.7347146</v>
+      </c>
+      <c r="FZ77" s="22">
+        <v>-60.721186869999997</v>
+      </c>
     </row>
-    <row r="78" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="78" spans="2:182" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B78" s="13" t="s">
         <v>30</v>
       </c>
       <c r="C78" s="22" t="s">
         <v>36</v>
       </c>
       <c r="D78" s="22">
         <v>-181.18193987000001</v>
       </c>
       <c r="E78" s="22">
         <v>9.5709388900000008</v>
       </c>
       <c r="F78" s="22">
         <v>-367.27028347999999</v>
       </c>
       <c r="G78" s="22">
         <v>-278.93864996000002</v>
       </c>
       <c r="H78" s="22">
         <v>159.15561033</v>
       </c>
       <c r="I78" s="22">
         <v>59.704886279999997</v>
       </c>
       <c r="J78" s="22">
@@ -38992,52 +39426,58 @@
       </c>
       <c r="FQ78" s="22">
         <v>-225.92981380000001</v>
       </c>
       <c r="FR78" s="22">
         <v>211.39069807000001</v>
       </c>
       <c r="FS78" s="22">
         <v>-239.17174046</v>
       </c>
       <c r="FT78" s="22">
         <v>644.59921254000005</v>
       </c>
       <c r="FU78" s="22">
         <v>785.60006298999997</v>
       </c>
       <c r="FV78" s="22">
         <v>1417.2735538500001</v>
       </c>
       <c r="FW78" s="22">
         <v>1238.07716299</v>
       </c>
       <c r="FX78" s="22">
         <v>11.766040179999999</v>
       </c>
+      <c r="FY78" s="22">
+        <v>33.486436150000003</v>
+      </c>
+      <c r="FZ78" s="22">
+        <v>-116.59050753</v>
+      </c>
     </row>
-    <row r="79" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="79" spans="2:182" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B79" s="11" t="s">
         <v>31</v>
       </c>
       <c r="C79" s="22" t="s">
         <v>36</v>
       </c>
       <c r="D79" s="22">
         <v>-33.212041239999998</v>
       </c>
       <c r="E79" s="22">
         <v>15.418682779999999</v>
       </c>
       <c r="F79" s="22">
         <v>-134.57332693000001</v>
       </c>
       <c r="G79" s="22">
         <v>57.554105659999998</v>
       </c>
       <c r="H79" s="22">
         <v>-41.729427430000001</v>
       </c>
       <c r="I79" s="22">
         <v>253.53872071000001</v>
       </c>
       <c r="J79" s="22">
@@ -39531,52 +39971,58 @@
       </c>
       <c r="FQ79" s="22">
         <v>-83.326865420000004</v>
       </c>
       <c r="FR79" s="22">
         <v>397.67641813</v>
       </c>
       <c r="FS79" s="22">
         <v>-323.56906111000001</v>
       </c>
       <c r="FT79" s="22">
         <v>711.36412941000003</v>
       </c>
       <c r="FU79" s="22">
         <v>1237.1631726999999</v>
       </c>
       <c r="FV79" s="22">
         <v>1163.0756708500001</v>
       </c>
       <c r="FW79" s="22">
         <v>783.51711354999998</v>
       </c>
       <c r="FX79" s="22">
         <v>239.84259435999999</v>
       </c>
+      <c r="FY79" s="22">
+        <v>-41.98072157</v>
+      </c>
+      <c r="FZ79" s="22">
+        <v>-177.01318004999999</v>
+      </c>
     </row>
-    <row r="80" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="80" spans="2:182" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B80" s="11" t="s">
         <v>32</v>
       </c>
       <c r="C80" s="22" t="s">
         <v>36</v>
       </c>
       <c r="D80" s="22">
         <v>-147.64055461999999</v>
       </c>
       <c r="E80" s="22">
         <v>-5.7473305200000002</v>
       </c>
       <c r="F80" s="22">
         <v>-234.23613872000001</v>
       </c>
       <c r="G80" s="22">
         <v>-329.73893409999999</v>
       </c>
       <c r="H80" s="22">
         <v>198.96910062000001</v>
       </c>
       <c r="I80" s="22">
         <v>-193.37621328</v>
       </c>
       <c r="J80" s="22">
@@ -40070,52 +40516,58 @@
       </c>
       <c r="FQ80" s="22">
         <v>-142.60294837999999</v>
       </c>
       <c r="FR80" s="22">
         <v>-192.15572005999999</v>
       </c>
       <c r="FS80" s="22">
         <v>84.427320649999999</v>
       </c>
       <c r="FT80" s="22">
         <v>-66.770916869999994</v>
       </c>
       <c r="FU80" s="22">
         <v>-448.56710971000001</v>
       </c>
       <c r="FV80" s="22">
         <v>254.63456450000001</v>
       </c>
       <c r="FW80" s="22">
         <v>456.03988313000002</v>
       </c>
       <c r="FX80" s="22">
         <v>-228.09133940999999</v>
       </c>
+      <c r="FY80" s="22">
+        <v>75.472196580000002</v>
+      </c>
+      <c r="FZ80" s="22">
+        <v>59.706672519999998</v>
+      </c>
     </row>
-    <row r="81" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="81" spans="2:182" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B81" s="11" t="s">
         <v>41</v>
       </c>
       <c r="C81" s="22" t="s">
         <v>36</v>
       </c>
       <c r="D81" s="22">
         <v>-0.32934401000000002</v>
       </c>
       <c r="E81" s="22">
         <v>-0.43222039000000001</v>
       </c>
       <c r="F81" s="22">
         <v>-0.92914251000000003</v>
       </c>
       <c r="G81" s="22">
         <v>-1.80358032</v>
       </c>
       <c r="H81" s="22">
         <v>0.63253722000000001</v>
       </c>
       <c r="I81" s="22">
         <v>-1.1325355100000001</v>
       </c>
       <c r="J81" s="22">
@@ -40609,52 +41061,58 @@
       </c>
       <c r="FQ81" s="22" t="s">
         <v>1</v>
       </c>
       <c r="FR81" s="22" t="s">
         <v>1</v>
       </c>
       <c r="FS81" s="22" t="s">
         <v>1</v>
       </c>
       <c r="FT81" s="22" t="s">
         <v>1</v>
       </c>
       <c r="FU81" s="22">
         <v>-0.7</v>
       </c>
       <c r="FV81" s="22" t="s">
         <v>1</v>
       </c>
       <c r="FW81" s="22">
         <v>-1</v>
       </c>
       <c r="FX81" s="22" t="s">
         <v>1</v>
       </c>
+      <c r="FY81" s="22" t="s">
+        <v>1</v>
+      </c>
+      <c r="FZ81" s="22" t="s">
+        <v>1</v>
+      </c>
     </row>
-    <row r="82" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="82" spans="2:182" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B82" s="11" t="s">
         <v>33</v>
       </c>
       <c r="C82" s="22" t="s">
         <v>36</v>
       </c>
       <c r="D82" s="22" t="s">
         <v>1</v>
       </c>
       <c r="E82" s="22">
         <v>0.33180702000000001</v>
       </c>
       <c r="F82" s="22">
         <v>2.4683246799999998</v>
       </c>
       <c r="G82" s="22">
         <v>-4.9502411999999998</v>
       </c>
       <c r="H82" s="22">
         <v>1.2833999199999999</v>
       </c>
       <c r="I82" s="22">
         <v>0.67491436000000005</v>
       </c>
       <c r="J82" s="22">
@@ -41148,52 +41606,58 @@
       </c>
       <c r="FQ82" s="22" t="s">
         <v>1</v>
       </c>
       <c r="FR82" s="22">
         <v>5.87</v>
       </c>
       <c r="FS82" s="22">
         <v>-0.03</v>
       </c>
       <c r="FT82" s="22">
         <v>6.0000000000000001E-3</v>
       </c>
       <c r="FU82" s="22">
         <v>-2.2959999999999998</v>
       </c>
       <c r="FV82" s="22">
         <v>-0.4366815</v>
       </c>
       <c r="FW82" s="22">
         <v>-0.47983368999999998</v>
       </c>
       <c r="FX82" s="22">
         <v>1.478523E-2</v>
       </c>
+      <c r="FY82" s="22">
+        <v>-5.03886E-3</v>
+      </c>
+      <c r="FZ82" s="22">
+        <v>0.71599999999999997</v>
+      </c>
     </row>
-    <row r="83" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="83" spans="2:182" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B83" s="11" t="s">
         <v>24</v>
       </c>
       <c r="C83" s="22" t="s">
         <v>36</v>
       </c>
       <c r="D83" s="22" t="s">
         <v>1</v>
       </c>
       <c r="E83" s="22">
         <v>-6.3485300899999997</v>
       </c>
       <c r="F83" s="22" t="s">
         <v>1</v>
       </c>
       <c r="G83" s="22" t="s">
         <v>1</v>
       </c>
       <c r="H83" s="22" t="s">
         <v>1</v>
       </c>
       <c r="I83" s="22" t="s">
         <v>1</v>
       </c>
       <c r="J83" s="22">
@@ -41687,52 +42151,58 @@
       </c>
       <c r="FQ83" s="22">
         <v>-0.58810012</v>
       </c>
       <c r="FR83" s="22">
         <v>1.27928E-2</v>
       </c>
       <c r="FS83" s="22">
         <v>1.249512E-2</v>
       </c>
       <c r="FT83" s="22">
         <v>332.72840678</v>
       </c>
       <c r="FU83" s="22">
         <v>1.66626E-2</v>
       </c>
       <c r="FV83" s="22">
         <v>-0.28750921000000002</v>
       </c>
       <c r="FW83" s="22">
         <v>-0.18521994999999999</v>
       </c>
       <c r="FX83" s="22">
         <v>271.81841084000001</v>
       </c>
+      <c r="FY83" s="22">
+        <v>-7.5451740000000003E-2</v>
+      </c>
+      <c r="FZ83" s="22">
+        <v>-0.39533604999999999</v>
+      </c>
     </row>
-    <row r="84" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="84" spans="2:182" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B84" s="11" t="s">
         <v>25</v>
       </c>
       <c r="C84" s="22" t="s">
         <v>36</v>
       </c>
       <c r="D84" s="12" t="s">
         <v>36</v>
       </c>
       <c r="E84" s="12" t="s">
         <v>36</v>
       </c>
       <c r="F84" s="12" t="s">
         <v>36</v>
       </c>
       <c r="G84" s="12" t="s">
         <v>36</v>
       </c>
       <c r="H84" s="12" t="s">
         <v>36</v>
       </c>
       <c r="I84" s="12" t="s">
         <v>36</v>
       </c>
       <c r="J84" s="12" t="s">
@@ -42226,52 +42696,58 @@
       </c>
       <c r="FQ84" s="22">
         <v>76.87737242</v>
       </c>
       <c r="FR84" s="22">
         <v>149.98183857999999</v>
       </c>
       <c r="FS84" s="22">
         <v>100.96081813000001</v>
       </c>
       <c r="FT84" s="22">
         <v>33.519729230000003</v>
       </c>
       <c r="FU84" s="22">
         <v>105.4110822</v>
       </c>
       <c r="FV84" s="22">
         <v>20.9281212</v>
       </c>
       <c r="FW84" s="22">
         <v>30.659716100000001</v>
       </c>
       <c r="FX84" s="22">
         <v>32.045793330000002</v>
       </c>
+      <c r="FY84" s="22">
+        <v>28.524455669999998</v>
+      </c>
+      <c r="FZ84" s="22">
+        <v>75.708785329999998</v>
+      </c>
     </row>
-    <row r="85" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="85" spans="2:182" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B85" s="13" t="s">
         <v>26</v>
       </c>
       <c r="C85" s="22" t="s">
         <v>36</v>
       </c>
       <c r="D85" s="22">
         <v>-156.73516441999999</v>
       </c>
       <c r="E85" s="22">
         <v>222.19578725</v>
       </c>
       <c r="F85" s="22">
         <v>350.95513407999999</v>
       </c>
       <c r="G85" s="22">
         <v>174.11243275999999</v>
       </c>
       <c r="H85" s="22">
         <v>751.85795455000004</v>
       </c>
       <c r="I85" s="22">
         <v>-69.712484090000004</v>
       </c>
       <c r="J85" s="22">
@@ -42765,52 +43241,58 @@
       </c>
       <c r="FQ85" s="22">
         <v>122.30607781000001</v>
       </c>
       <c r="FR85" s="22">
         <v>189.86380861999999</v>
       </c>
       <c r="FS85" s="22">
         <v>39.221614819999999</v>
       </c>
       <c r="FT85" s="22">
         <v>243.03131913000001</v>
       </c>
       <c r="FU85" s="22">
         <v>869.46441855</v>
       </c>
       <c r="FV85" s="22">
         <v>140.96030881999999</v>
       </c>
       <c r="FW85" s="22">
         <v>-27.86976632</v>
       </c>
       <c r="FX85" s="22">
         <v>-124.46519678</v>
       </c>
+      <c r="FY85" s="22">
+        <v>-46.651273140000001</v>
+      </c>
+      <c r="FZ85" s="22">
+        <v>230.01400095</v>
+      </c>
     </row>
-    <row r="86" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="86" spans="2:182" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B86" s="13" t="s">
         <v>34</v>
       </c>
       <c r="C86" s="22" t="s">
         <v>36</v>
       </c>
       <c r="D86" s="22">
         <v>55.814296380000002</v>
       </c>
       <c r="E86" s="22">
         <v>71.109415200000001</v>
       </c>
       <c r="F86" s="22">
         <v>89.892516310000005</v>
       </c>
       <c r="G86" s="22">
         <v>42.411769210000003</v>
       </c>
       <c r="H86" s="22">
         <v>98.332190879999999</v>
       </c>
       <c r="I86" s="22">
         <v>39.234826419999997</v>
       </c>
       <c r="J86" s="22">
@@ -43304,52 +43786,58 @@
       </c>
       <c r="FQ86" s="22">
         <v>123.37390053999999</v>
       </c>
       <c r="FR86" s="22">
         <v>-455.68357245999999</v>
       </c>
       <c r="FS86" s="22">
         <v>-237.2126299</v>
       </c>
       <c r="FT86" s="22">
         <v>-239.16226115000001</v>
       </c>
       <c r="FU86" s="22">
         <v>44.154218120000003</v>
       </c>
       <c r="FV86" s="22">
         <v>120.73886861</v>
       </c>
       <c r="FW86" s="22">
         <v>113.72340289</v>
       </c>
       <c r="FX86" s="22">
         <v>106.2494999</v>
       </c>
+      <c r="FY86" s="22">
+        <v>119.19910906</v>
+      </c>
+      <c r="FZ86" s="22">
+        <v>87.562279119999999</v>
+      </c>
     </row>
-    <row r="87" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="87" spans="2:182" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B87" s="13" t="s">
         <v>27</v>
       </c>
       <c r="C87" s="22" t="s">
         <v>36</v>
       </c>
       <c r="D87" s="22">
         <v>-133.73173226</v>
       </c>
       <c r="E87" s="22">
         <v>22.629267030000001</v>
       </c>
       <c r="F87" s="22">
         <v>-139.00569517</v>
       </c>
       <c r="G87" s="22">
         <v>180.20936746000001</v>
       </c>
       <c r="H87" s="22">
         <v>20.314413909999999</v>
       </c>
       <c r="I87" s="22">
         <v>42.587517740000003</v>
       </c>
       <c r="J87" s="22">
@@ -43843,52 +44331,58 @@
       </c>
       <c r="FQ87" s="22">
         <v>-7.9408507999999998</v>
       </c>
       <c r="FR87" s="22">
         <v>426.19171132999998</v>
       </c>
       <c r="FS87" s="22">
         <v>-27.69582759</v>
       </c>
       <c r="FT87" s="22">
         <v>362.31522159000002</v>
       </c>
       <c r="FU87" s="22">
         <v>-225.47217393</v>
       </c>
       <c r="FV87" s="22">
         <v>-96.365148469999994</v>
       </c>
       <c r="FW87" s="22">
         <v>162.42207006999999</v>
       </c>
       <c r="FX87" s="22">
         <v>-234.94774459999999</v>
       </c>
+      <c r="FY87" s="22">
+        <v>9.7961396500000006</v>
+      </c>
+      <c r="FZ87" s="22">
+        <v>-460.06095521999998</v>
+      </c>
     </row>
-    <row r="88" spans="2:180" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="88" spans="2:182" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B88" s="17" t="s">
         <v>28</v>
       </c>
       <c r="C88" s="18" t="s">
         <v>36</v>
       </c>
       <c r="D88" s="18">
         <v>-448.19787715000001</v>
       </c>
       <c r="E88" s="18">
         <v>159.98767035</v>
       </c>
       <c r="F88" s="18">
         <v>-94.449620109999998</v>
       </c>
       <c r="G88" s="18">
         <v>165.58383867000001</v>
       </c>
       <c r="H88" s="18">
         <v>1192.35810309</v>
       </c>
       <c r="I88" s="18">
         <v>74.192053389999998</v>
       </c>
       <c r="J88" s="18">
@@ -44381,394 +44875,420 @@
         <v>-724.20283731999996</v>
       </c>
       <c r="FQ88" s="18">
         <v>157.28321285000001</v>
       </c>
       <c r="FR88" s="18">
         <v>217.02381295000001</v>
       </c>
       <c r="FS88" s="18">
         <v>-96.291128009999994</v>
       </c>
       <c r="FT88" s="18">
         <v>1580.1465640900001</v>
       </c>
       <c r="FU88" s="18">
         <v>1764.5588051499999</v>
       </c>
       <c r="FV88" s="18">
         <v>1730.7786459500001</v>
       </c>
       <c r="FW88" s="18">
         <v>1592.9672089600001</v>
       </c>
       <c r="FX88" s="18">
         <v>209.30215534000001</v>
+      </c>
+      <c r="FY88" s="18">
+        <v>-86.630780389999998</v>
+      </c>
+      <c r="FZ88" s="18">
+        <v>-202.10461968000001</v>
       </c>
     </row>
   </sheetData>
   <conditionalFormatting sqref="DH40">
-    <cfRule type="cellIs" dxfId="70" priority="147" operator="equal">
+    <cfRule type="cellIs" dxfId="74" priority="155" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="DI40:EQ40">
-    <cfRule type="cellIs" dxfId="69" priority="146" operator="equal">
+    <cfRule type="cellIs" dxfId="73" priority="154" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="DH16:EQ16">
-    <cfRule type="cellIs" dxfId="68" priority="143" operator="equal">
+    <cfRule type="cellIs" dxfId="72" priority="151" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="ER40:ES40">
-    <cfRule type="cellIs" dxfId="67" priority="142" operator="equal">
+    <cfRule type="cellIs" dxfId="71" priority="150" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="ER16:ES16">
-    <cfRule type="cellIs" dxfId="66" priority="141" operator="equal">
+    <cfRule type="cellIs" dxfId="70" priority="149" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="ET40">
-    <cfRule type="cellIs" dxfId="65" priority="137" operator="equal">
+    <cfRule type="cellIs" dxfId="69" priority="145" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="ET16">
-    <cfRule type="cellIs" dxfId="64" priority="136" operator="equal">
+    <cfRule type="cellIs" dxfId="68" priority="144" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="EU40">
-    <cfRule type="cellIs" dxfId="63" priority="132" operator="equal">
+    <cfRule type="cellIs" dxfId="67" priority="140" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="EU16">
-    <cfRule type="cellIs" dxfId="62" priority="131" operator="equal">
+    <cfRule type="cellIs" dxfId="66" priority="139" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="EV40">
-    <cfRule type="cellIs" dxfId="61" priority="127" operator="equal">
+    <cfRule type="cellIs" dxfId="65" priority="135" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="EV16">
-    <cfRule type="cellIs" dxfId="60" priority="126" operator="equal">
+    <cfRule type="cellIs" dxfId="64" priority="134" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="EW40">
-    <cfRule type="cellIs" dxfId="59" priority="122" operator="equal">
+    <cfRule type="cellIs" dxfId="63" priority="130" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="EW16">
-    <cfRule type="cellIs" dxfId="58" priority="121" operator="equal">
+    <cfRule type="cellIs" dxfId="62" priority="129" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C40:DG40">
-    <cfRule type="cellIs" dxfId="57" priority="116" operator="equal">
+    <cfRule type="cellIs" dxfId="61" priority="124" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C16:DG16">
-    <cfRule type="cellIs" dxfId="56" priority="115" operator="equal">
+    <cfRule type="cellIs" dxfId="60" priority="123" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="EX40">
-    <cfRule type="cellIs" dxfId="55" priority="111" operator="equal">
+    <cfRule type="cellIs" dxfId="59" priority="119" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="EX16">
-    <cfRule type="cellIs" dxfId="54" priority="110" operator="equal">
+    <cfRule type="cellIs" dxfId="58" priority="118" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="EY40">
-    <cfRule type="cellIs" dxfId="53" priority="106" operator="equal">
+    <cfRule type="cellIs" dxfId="57" priority="114" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="EY16">
-    <cfRule type="cellIs" dxfId="52" priority="105" operator="equal">
+    <cfRule type="cellIs" dxfId="56" priority="113" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="EZ40">
+    <cfRule type="cellIs" dxfId="55" priority="106" operator="equal">
+      <formula>0</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="EZ16">
+    <cfRule type="cellIs" dxfId="54" priority="105" operator="equal">
+      <formula>0</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="FA40">
+    <cfRule type="cellIs" dxfId="53" priority="102" operator="equal">
+      <formula>0</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="FA16">
+    <cfRule type="cellIs" dxfId="52" priority="101" operator="equal">
+      <formula>0</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="FB40">
     <cfRule type="cellIs" dxfId="51" priority="98" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="EZ16">
+  <conditionalFormatting sqref="FB16">
     <cfRule type="cellIs" dxfId="50" priority="97" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FA40">
+  <conditionalFormatting sqref="FC40">
     <cfRule type="cellIs" dxfId="49" priority="94" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FA16">
+  <conditionalFormatting sqref="FC16">
     <cfRule type="cellIs" dxfId="48" priority="93" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FB40">
+  <conditionalFormatting sqref="FD40">
     <cfRule type="cellIs" dxfId="47" priority="90" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FB16">
+  <conditionalFormatting sqref="FD16">
     <cfRule type="cellIs" dxfId="46" priority="89" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FC40">
+  <conditionalFormatting sqref="FE40">
     <cfRule type="cellIs" dxfId="45" priority="86" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FC16">
+  <conditionalFormatting sqref="FE16">
     <cfRule type="cellIs" dxfId="44" priority="85" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FD40">
+  <conditionalFormatting sqref="FF40">
     <cfRule type="cellIs" dxfId="43" priority="82" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FD16">
+  <conditionalFormatting sqref="FF16">
     <cfRule type="cellIs" dxfId="42" priority="81" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FE40">
+  <conditionalFormatting sqref="FG40">
     <cfRule type="cellIs" dxfId="41" priority="78" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FE16">
+  <conditionalFormatting sqref="FG16">
     <cfRule type="cellIs" dxfId="40" priority="77" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FF40">
+  <conditionalFormatting sqref="FH40">
     <cfRule type="cellIs" dxfId="39" priority="74" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FF16">
+  <conditionalFormatting sqref="FH16">
     <cfRule type="cellIs" dxfId="38" priority="73" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FG40">
+  <conditionalFormatting sqref="FI40">
     <cfRule type="cellIs" dxfId="37" priority="70" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FG16">
+  <conditionalFormatting sqref="FI16">
     <cfRule type="cellIs" dxfId="36" priority="69" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FH40">
+  <conditionalFormatting sqref="FJ40">
     <cfRule type="cellIs" dxfId="35" priority="66" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FH16">
+  <conditionalFormatting sqref="FJ16">
     <cfRule type="cellIs" dxfId="34" priority="65" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FI40">
+  <conditionalFormatting sqref="FK40">
     <cfRule type="cellIs" dxfId="33" priority="62" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FI16">
+  <conditionalFormatting sqref="FK16">
     <cfRule type="cellIs" dxfId="32" priority="61" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FJ40">
+  <conditionalFormatting sqref="FL40">
     <cfRule type="cellIs" dxfId="31" priority="58" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FJ16">
+  <conditionalFormatting sqref="FL16">
     <cfRule type="cellIs" dxfId="30" priority="57" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FK40">
+  <conditionalFormatting sqref="FM40">
     <cfRule type="cellIs" dxfId="29" priority="54" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FK16">
+  <conditionalFormatting sqref="FM16">
     <cfRule type="cellIs" dxfId="28" priority="53" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FL40">
+  <conditionalFormatting sqref="FN40">
     <cfRule type="cellIs" dxfId="27" priority="50" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FL16">
+  <conditionalFormatting sqref="FN16">
     <cfRule type="cellIs" dxfId="26" priority="49" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FM40">
+  <conditionalFormatting sqref="FO40">
     <cfRule type="cellIs" dxfId="25" priority="46" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FM16">
+  <conditionalFormatting sqref="FO16">
     <cfRule type="cellIs" dxfId="24" priority="45" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FN40">
+  <conditionalFormatting sqref="FP40">
     <cfRule type="cellIs" dxfId="23" priority="42" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FN16">
+  <conditionalFormatting sqref="FP16">
     <cfRule type="cellIs" dxfId="22" priority="41" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FO40">
+  <conditionalFormatting sqref="FQ40">
     <cfRule type="cellIs" dxfId="21" priority="38" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FO16">
+  <conditionalFormatting sqref="FQ16">
     <cfRule type="cellIs" dxfId="20" priority="37" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FP40">
+  <conditionalFormatting sqref="FR40">
     <cfRule type="cellIs" dxfId="19" priority="34" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FP16">
+  <conditionalFormatting sqref="FR16">
     <cfRule type="cellIs" dxfId="18" priority="33" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FQ40">
+  <conditionalFormatting sqref="FS40">
     <cfRule type="cellIs" dxfId="17" priority="30" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FQ16">
+  <conditionalFormatting sqref="FS16">
     <cfRule type="cellIs" dxfId="16" priority="29" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FR40">
+  <conditionalFormatting sqref="FT40">
     <cfRule type="cellIs" dxfId="15" priority="26" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FR16">
+  <conditionalFormatting sqref="FT16">
     <cfRule type="cellIs" dxfId="14" priority="25" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FS40">
+  <conditionalFormatting sqref="FU40">
     <cfRule type="cellIs" dxfId="13" priority="22" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FS16">
+  <conditionalFormatting sqref="FU16">
     <cfRule type="cellIs" dxfId="12" priority="21" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FT40">
+  <conditionalFormatting sqref="FV40">
     <cfRule type="cellIs" dxfId="11" priority="18" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FT16">
+  <conditionalFormatting sqref="FV16">
     <cfRule type="cellIs" dxfId="10" priority="17" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FU40">
+  <conditionalFormatting sqref="FW40">
     <cfRule type="cellIs" dxfId="9" priority="14" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FU16">
+  <conditionalFormatting sqref="FW16">
     <cfRule type="cellIs" dxfId="8" priority="13" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FV40">
+  <conditionalFormatting sqref="FX40">
     <cfRule type="cellIs" dxfId="7" priority="10" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FV16">
+  <conditionalFormatting sqref="FX16">
     <cfRule type="cellIs" dxfId="6" priority="9" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FW40">
+  <conditionalFormatting sqref="FY40">
     <cfRule type="cellIs" dxfId="5" priority="6" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FW16">
+  <conditionalFormatting sqref="FY16">
     <cfRule type="cellIs" dxfId="4" priority="5" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FX40">
+  <conditionalFormatting sqref="FZ40">
     <cfRule type="cellIs" dxfId="1" priority="2" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FX16">
+  <conditionalFormatting sqref="FZ16">
     <cfRule type="cellIs" dxfId="0" priority="1" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Radni listovi</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>