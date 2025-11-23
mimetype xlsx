--- v0 (2025-10-30)
+++ v1 (2025-11-23)
@@ -2,80 +2,80 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="24334"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="M:\Statistika i istraživanje\BILTEN\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\262\VRPA\BILTENSKE TABLICE\G8a_EA\Biltenske tablice\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{9DDF8F3A-0D4B-478D-A1A7-58993B2FD4AD}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{94A9BD2D-6D0C-4E5D-9C98-B539F9A4D365}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="EUR" sheetId="2" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="122" uniqueCount="24">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="126" uniqueCount="24">
   <si>
     <t>Tablica G8a: Kamatne stope na trezorske zapise RH</t>
   </si>
   <si>
     <t xml:space="preserve">Godina </t>
   </si>
   <si>
     <t>Mjesec</t>
   </si>
   <si>
     <t>3 mj.</t>
   </si>
   <si>
     <t>6 mj.</t>
   </si>
   <si>
     <t>12 mj.</t>
   </si>
   <si>
     <t>siječanj</t>
   </si>
   <si>
     <t>2023.</t>
   </si>
   <si>
@@ -748,51 +748,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="B2:F43"/>
+  <dimension ref="B2:F44"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.1640625" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="3.6640625" style="4" customWidth="1"/>
     <col min="2" max="2" width="10.6640625" style="2" customWidth="1"/>
     <col min="3" max="3" width="12.6640625" style="2" customWidth="1"/>
     <col min="4" max="6" width="17.6640625" style="3" customWidth="1"/>
     <col min="7" max="16384" width="9.1640625" style="4"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:6" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B2" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="2:6" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
       <c r="E3" s="5"/>
       <c r="F3" s="5"/>
     </row>
     <row r="4" spans="2:6" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
       <c r="E4" s="5"/>
       <c r="F4" s="5"/>
     </row>
@@ -1295,67 +1295,82 @@
       <c r="D39" s="28" t="s">
         <v>12</v>
       </c>
       <c r="E39" s="28" t="s">
         <v>12</v>
       </c>
       <c r="F39" s="28" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="40" spans="2:6" s="15" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B40" s="26"/>
       <c r="C40" s="27" t="s">
         <v>17</v>
       </c>
       <c r="D40" s="28" t="s">
         <v>12</v>
       </c>
       <c r="E40" s="28" t="s">
         <v>12</v>
       </c>
       <c r="F40" s="28" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="41" spans="2:6" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="C41" s="13" t="s">
+    <row r="41" spans="2:6" s="15" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B41" s="26"/>
+      <c r="C41" s="27" t="s">
         <v>18</v>
       </c>
-      <c r="D41" s="14">
+      <c r="D41" s="28">
         <v>2.6</v>
       </c>
-      <c r="E41" s="14" t="s">
-[...7 lines deleted...]
-      <c r="B43" s="9" t="s">
+      <c r="E41" s="28" t="s">
+        <v>12</v>
+      </c>
+      <c r="F41" s="28" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="42" spans="2:6" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B42" s="12"/>
+      <c r="C42" s="13" t="s">
+        <v>19</v>
+      </c>
+      <c r="D42" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E42" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="F42" s="14" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="44" spans="2:6" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B44" s="9" t="s">
         <v>9</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="D5:F5"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Radni listovi</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>