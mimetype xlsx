--- v1 (2025-11-23)
+++ v2 (2025-12-20)
@@ -5,77 +5,77 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="24334"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\262\VRPA\BILTENSKE TABLICE\G8a_EA\Biltenske tablice\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{94A9BD2D-6D0C-4E5D-9C98-B539F9A4D365}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{E7E06332-7F82-43F5-B0C7-5E5C35DAF498}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12576" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="EUR" sheetId="2" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="126" uniqueCount="24">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="129" uniqueCount="24">
   <si>
     <t>Tablica G8a: Kamatne stope na trezorske zapise RH</t>
   </si>
   <si>
     <t xml:space="preserve">Godina </t>
   </si>
   <si>
     <t>Mjesec</t>
   </si>
   <si>
     <t>3 mj.</t>
   </si>
   <si>
     <t>6 mj.</t>
   </si>
   <si>
     <t>12 mj.</t>
   </si>
   <si>
     <t>siječanj</t>
   </si>
   <si>
     <t>2023.</t>
   </si>
   <si>
@@ -748,73 +748,73 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="B2:F44"/>
+  <dimension ref="B2:F45"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.1640625" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="3.6640625" style="4" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="7" max="16384" width="9.1640625" style="4"/>
+    <col min="1" max="1" width="3.7109375" style="4" customWidth="1"/>
+    <col min="2" max="2" width="10.7109375" style="2" customWidth="1"/>
+    <col min="3" max="3" width="12.7109375" style="2" customWidth="1"/>
+    <col min="4" max="6" width="17.7109375" style="3" customWidth="1"/>
+    <col min="7" max="16384" width="9.140625" style="4"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:6" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B2" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="3" spans="2:6" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="3" spans="2:6" ht="9.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="E3" s="5"/>
       <c r="F3" s="5"/>
     </row>
-    <row r="4" spans="2:6" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="4" spans="2:6" ht="9.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="E4" s="5"/>
       <c r="F4" s="5"/>
     </row>
     <row r="5" spans="2:6" ht="24.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B5" s="6" t="s">
         <v>1</v>
       </c>
       <c r="C5" s="6" t="s">
         <v>2</v>
       </c>
       <c r="D5" s="29" t="s">
         <v>8</v>
       </c>
       <c r="E5" s="29"/>
       <c r="F5" s="29"/>
     </row>
     <row r="6" spans="2:6" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B6" s="7"/>
       <c r="C6" s="7"/>
       <c r="D6" s="8" t="s">
         <v>3</v>
       </c>
       <c r="E6" s="8" t="s">
         <v>4</v>
       </c>
@@ -1310,67 +1310,82 @@
       <c r="D40" s="28" t="s">
         <v>12</v>
       </c>
       <c r="E40" s="28" t="s">
         <v>12</v>
       </c>
       <c r="F40" s="28" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="41" spans="2:6" s="15" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B41" s="26"/>
       <c r="C41" s="27" t="s">
         <v>18</v>
       </c>
       <c r="D41" s="28">
         <v>2.6</v>
       </c>
       <c r="E41" s="28" t="s">
         <v>12</v>
       </c>
       <c r="F41" s="28" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="42" spans="2:6" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="C42" s="13" t="s">
+    <row r="42" spans="2:6" s="15" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B42" s="26"/>
+      <c r="C42" s="27" t="s">
         <v>19</v>
       </c>
-      <c r="D42" s="14" t="s">
-[...10 lines deleted...]
-      <c r="B44" s="9" t="s">
+      <c r="D42" s="28" t="s">
+        <v>12</v>
+      </c>
+      <c r="E42" s="28" t="s">
+        <v>12</v>
+      </c>
+      <c r="F42" s="28" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="43" spans="2:6" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B43" s="12"/>
+      <c r="C43" s="13" t="s">
+        <v>20</v>
+      </c>
+      <c r="D43" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E43" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="F43" s="14">
+        <v>2.6</v>
+      </c>
+    </row>
+    <row r="45" spans="2:6" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B45" s="9" t="s">
         <v>9</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="D5:F5"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Radni listovi</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>