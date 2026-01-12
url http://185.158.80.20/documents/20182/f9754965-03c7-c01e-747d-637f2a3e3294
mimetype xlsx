--- v2 (2025-12-20)
+++ v3 (2026-01-12)
@@ -5,77 +5,77 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="24334"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\262\VRPA\BILTENSKE TABLICE\G8a_EA\Biltenske tablice\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{E7E06332-7F82-43F5-B0C7-5E5C35DAF498}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{2FFE38DD-12A3-4812-9DA0-5FA2F293468D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12576" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="EUR" sheetId="2" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="129" uniqueCount="24">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="134" uniqueCount="24">
   <si>
     <t>Tablica G8a: Kamatne stope na trezorske zapise RH</t>
   </si>
   <si>
     <t xml:space="preserve">Godina </t>
   </si>
   <si>
     <t>Mjesec</t>
   </si>
   <si>
     <t>3 mj.</t>
   </si>
   <si>
     <t>6 mj.</t>
   </si>
   <si>
     <t>12 mj.</t>
   </si>
   <si>
     <t>siječanj</t>
   </si>
   <si>
     <t>2023.</t>
   </si>
   <si>
@@ -308,51 +308,51 @@
       <left/>
       <right/>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="12">
     <xf numFmtId="166" fontId="0" fillId="0" borderId="0" applyNumberFormat="0"/>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="166" fontId="6" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="166" fontId="7" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="166" fontId="3" fillId="0" borderId="1" applyNumberFormat="0" applyFont="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="166" fontId="6" fillId="0" borderId="1" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="166" fontId="6" fillId="0" borderId="2" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="166" fontId="3" fillId="0" borderId="2" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="166" fontId="6" fillId="0" borderId="3" applyNumberFormat="0" applyFill="0" applyProtection="0">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
   </cellStyleXfs>
-  <cellXfs count="30">
+  <cellXfs count="32">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="164" fontId="4" fillId="2" borderId="0" xfId="3" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="8" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="8" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="164" fontId="8" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="fill"/>
     </xf>
     <xf numFmtId="165" fontId="6" fillId="2" borderId="4" xfId="11" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="6" fillId="2" borderId="2" xfId="11" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="6" fillId="2" borderId="3" xfId="11" applyNumberFormat="1" applyFill="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="8" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="165" fontId="8" fillId="2" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
@@ -387,50 +387,56 @@
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="3" fillId="2" borderId="4" xfId="11" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="2" fontId="3" fillId="2" borderId="4" xfId="11" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="8" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="8" fillId="2" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="4" fontId="8" fillId="2" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="8" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="8" fillId="2" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="4" fontId="8" fillId="2" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="3" fillId="2" borderId="0" xfId="11" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="3" fillId="2" borderId="0" xfId="11" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="6" fillId="2" borderId="3" xfId="11" applyNumberFormat="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="12">
     <cellStyle name="Međunaslov u tablici" xfId="5" xr:uid="{00000000-0005-0000-0000-000000000000}"/>
     <cellStyle name="Napomene" xfId="6" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="Naslov 1" xfId="3" builtinId="16" customBuiltin="1"/>
     <cellStyle name="Naslov 2" xfId="4" builtinId="17" customBuiltin="1"/>
     <cellStyle name="Normalno" xfId="0" builtinId="0" customBuiltin="1"/>
     <cellStyle name="Obično 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
     <cellStyle name="Postotak 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000006000000}"/>
     <cellStyle name="Tanka linija ispod" xfId="7" xr:uid="{00000000-0005-0000-0000-000007000000}"/>
     <cellStyle name="Ukupno" xfId="8" xr:uid="{00000000-0005-0000-0000-000008000000}"/>
     <cellStyle name="Ukupno - zadnji redak" xfId="9" xr:uid="{00000000-0005-0000-0000-000009000000}"/>
     <cellStyle name="Zadnji redak" xfId="10" xr:uid="{00000000-0005-0000-0000-00000A000000}"/>
     <cellStyle name="Zaglavlje" xfId="11" xr:uid="{00000000-0005-0000-0000-00000B000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
@@ -748,644 +754,677 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="B2:F45"/>
+  <dimension ref="B2:I47"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="3.7109375" style="4" customWidth="1"/>
     <col min="2" max="2" width="10.7109375" style="2" customWidth="1"/>
     <col min="3" max="3" width="12.7109375" style="2" customWidth="1"/>
     <col min="4" max="6" width="17.7109375" style="3" customWidth="1"/>
     <col min="7" max="16384" width="9.140625" style="4"/>
   </cols>
   <sheetData>
-    <row r="2" spans="2:6" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="2" spans="2:9" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B2" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="3" spans="2:6" ht="9.9" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="3" spans="2:9" ht="9.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="E3" s="5"/>
       <c r="F3" s="5"/>
     </row>
-    <row r="4" spans="2:6" ht="9.9" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="4" spans="2:9" ht="9.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="E4" s="5"/>
       <c r="F4" s="5"/>
     </row>
-    <row r="5" spans="2:6" ht="24.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="5" spans="2:9" ht="24.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B5" s="6" t="s">
         <v>1</v>
       </c>
       <c r="C5" s="6" t="s">
         <v>2</v>
       </c>
-      <c r="D5" s="29" t="s">
+      <c r="D5" s="31" t="s">
         <v>8</v>
       </c>
-      <c r="E5" s="29"/>
-[...2 lines deleted...]
-    <row r="6" spans="2:6" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="E5" s="31"/>
+      <c r="F5" s="31"/>
+    </row>
+    <row r="6" spans="2:9" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B6" s="7"/>
       <c r="C6" s="7"/>
       <c r="D6" s="8" t="s">
         <v>3</v>
       </c>
       <c r="E6" s="8" t="s">
         <v>4</v>
       </c>
       <c r="F6" s="8" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="7" spans="2:6" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="7" spans="2:9" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B7" s="21" t="s">
         <v>7</v>
       </c>
       <c r="C7" s="21"/>
       <c r="D7" s="22">
         <v>2</v>
       </c>
       <c r="E7" s="22">
         <v>2.66</v>
       </c>
       <c r="F7" s="22">
         <v>3.11</v>
       </c>
     </row>
-    <row r="8" spans="2:6" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B8" s="19" t="s">
+    <row r="8" spans="2:9" s="15" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B8" s="29" t="s">
         <v>22</v>
       </c>
-      <c r="C8" s="19"/>
-      <c r="D8" s="20">
+      <c r="C8" s="29"/>
+      <c r="D8" s="30">
         <v>3.54</v>
       </c>
-      <c r="E8" s="20" t="s">
-[...2 lines deleted...]
-      <c r="F8" s="20">
+      <c r="E8" s="30" t="s">
+        <v>12</v>
+      </c>
+      <c r="F8" s="30">
         <v>3.48</v>
       </c>
     </row>
-    <row r="9" spans="2:6" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B9" s="2" t="s">
+    <row r="9" spans="2:9" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B9" s="19" t="s">
+        <v>23</v>
+      </c>
+      <c r="C9" s="19"/>
+      <c r="D9" s="20">
+        <v>2.58</v>
+      </c>
+      <c r="E9" s="20" t="s">
+        <v>12</v>
+      </c>
+      <c r="F9" s="20">
+        <v>2.6</v>
+      </c>
+      <c r="G9" s="15"/>
+      <c r="H9" s="15"/>
+      <c r="I9" s="15"/>
+    </row>
+    <row r="10" spans="2:9" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B10" s="2" t="s">
         <v>7</v>
       </c>
-      <c r="C9" s="10" t="s">
+      <c r="C10" s="10" t="s">
         <v>6</v>
-      </c>
-[...12 lines deleted...]
-        <v>10</v>
       </c>
       <c r="D10" s="11">
         <v>2</v>
       </c>
       <c r="E10" s="11">
         <v>2.2000000000000002</v>
       </c>
       <c r="F10" s="11">
+        <v>2.5</v>
+      </c>
+    </row>
+    <row r="11" spans="2:9" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C11" s="10" t="s">
+        <v>10</v>
+      </c>
+      <c r="D11" s="11">
+        <v>2</v>
+      </c>
+      <c r="E11" s="11">
+        <v>2.2000000000000002</v>
+      </c>
+      <c r="F11" s="11">
         <v>2.5180129599737993</v>
       </c>
     </row>
-    <row r="11" spans="2:6" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="C11" s="10" t="s">
+    <row r="12" spans="2:9" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C12" s="10" t="s">
         <v>11</v>
       </c>
-      <c r="D11" s="11" t="s">
-[...10 lines deleted...]
-      <c r="C12" s="10" t="s">
+      <c r="D12" s="11" t="s">
+        <v>12</v>
+      </c>
+      <c r="E12" s="11" t="s">
+        <v>12</v>
+      </c>
+      <c r="F12" s="11" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="13" spans="2:9" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C13" s="10" t="s">
         <v>13</v>
       </c>
-      <c r="D12" s="11" t="s">
-[...2 lines deleted...]
-      <c r="E12" s="11">
+      <c r="D13" s="11" t="s">
+        <v>12</v>
+      </c>
+      <c r="E13" s="11">
         <v>2.5</v>
       </c>
-      <c r="F12" s="11">
+      <c r="F13" s="11">
         <v>3.3</v>
       </c>
     </row>
-    <row r="13" spans="2:6" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="C13" s="10" t="s">
+    <row r="14" spans="2:9" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C14" s="10" t="s">
         <v>14</v>
       </c>
-      <c r="D13" s="11" t="s">
-[...2 lines deleted...]
-      <c r="E13" s="11">
+      <c r="D14" s="11" t="s">
+        <v>12</v>
+      </c>
+      <c r="E14" s="11">
         <v>3.2</v>
       </c>
-      <c r="F13" s="11">
+      <c r="F14" s="11">
         <v>3.5</v>
       </c>
     </row>
-    <row r="14" spans="2:6" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="C14" s="10" t="s">
+    <row r="15" spans="2:9" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C15" s="10" t="s">
         <v>15</v>
       </c>
-      <c r="D14" s="11" t="s">
-[...10 lines deleted...]
-      <c r="C15" s="10" t="s">
+      <c r="D15" s="11" t="s">
+        <v>12</v>
+      </c>
+      <c r="E15" s="11" t="s">
+        <v>12</v>
+      </c>
+      <c r="F15" s="11" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="16" spans="2:9" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C16" s="10" t="s">
         <v>16</v>
       </c>
-      <c r="D15" s="11" t="s">
-[...12 lines deleted...]
-      </c>
       <c r="D16" s="11" t="s">
         <v>12</v>
       </c>
-      <c r="E16" s="11">
-        <v>3.2</v>
+      <c r="E16" s="11" t="s">
+        <v>12</v>
       </c>
       <c r="F16" s="11" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="17" spans="2:6" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C17" s="10" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="D17" s="11" t="s">
         <v>12</v>
       </c>
-      <c r="E17" s="11" t="s">
-        <v>12</v>
+      <c r="E17" s="11">
+        <v>3.2</v>
       </c>
       <c r="F17" s="11" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="18" spans="2:6" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C18" s="10" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="D18" s="11" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="11" t="s">
         <v>12</v>
       </c>
       <c r="F18" s="11" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="19" spans="2:6" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C19" s="10" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="D19" s="11" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="11" t="s">
         <v>12</v>
       </c>
-      <c r="F19" s="11">
-        <v>3.75</v>
+      <c r="F19" s="11" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="20" spans="2:6" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C20" s="10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D20" s="11" t="s">
+        <v>12</v>
+      </c>
+      <c r="E20" s="11" t="s">
+        <v>12</v>
+      </c>
+      <c r="F20" s="11">
+        <v>3.75</v>
+      </c>
+    </row>
+    <row r="21" spans="2:6" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C21" s="10" t="s">
         <v>21</v>
       </c>
-      <c r="D20" s="11" t="s">
-[...10 lines deleted...]
-      <c r="B21" s="16" t="s">
+      <c r="D21" s="11" t="s">
+        <v>12</v>
+      </c>
+      <c r="E21" s="11" t="s">
+        <v>12</v>
+      </c>
+      <c r="F21" s="11" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="22" spans="2:6" s="15" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B22" s="16" t="s">
         <v>22</v>
       </c>
-      <c r="C21" s="17" t="s">
+      <c r="C22" s="17" t="s">
         <v>6</v>
       </c>
-      <c r="D21" s="18" t="s">
-[...20 lines deleted...]
-        <v>3.65</v>
+      <c r="D22" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="E22" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="F22" s="18" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="23" spans="2:6" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C23" s="10" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>10</v>
+      </c>
+      <c r="D23" s="11">
+        <v>3.75</v>
       </c>
       <c r="E23" s="11" t="s">
         <v>12</v>
       </c>
-      <c r="F23" s="11" t="s">
-        <v>12</v>
+      <c r="F23" s="11">
+        <v>3.65</v>
       </c>
     </row>
     <row r="24" spans="2:6" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C24" s="10" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D24" s="11" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="11" t="s">
         <v>12</v>
       </c>
       <c r="F24" s="11" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="25" spans="2:6" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C25" s="10" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="D25" s="11" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="11" t="s">
         <v>12</v>
       </c>
       <c r="F25" s="11" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="26" spans="2:6" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C26" s="10" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>3.75</v>
+        <v>14</v>
+      </c>
+      <c r="D26" s="11" t="s">
+        <v>12</v>
       </c>
       <c r="E26" s="11" t="s">
         <v>12</v>
       </c>
-      <c r="F26" s="11">
-        <v>3.65</v>
+      <c r="F26" s="11" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="27" spans="2:6" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C27" s="10" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>15</v>
+      </c>
+      <c r="D27" s="11">
+        <v>3.75</v>
       </c>
       <c r="E27" s="11" t="s">
         <v>12</v>
       </c>
-      <c r="F27" s="11" t="s">
-        <v>12</v>
+      <c r="F27" s="11">
+        <v>3.65</v>
       </c>
     </row>
     <row r="28" spans="2:6" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C28" s="10" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="D28" s="11" t="s">
         <v>12</v>
       </c>
       <c r="E28" s="11" t="s">
         <v>12</v>
       </c>
       <c r="F28" s="11" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="29" spans="2:6" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C29" s="10" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-        <v>3.55</v>
+        <v>17</v>
+      </c>
+      <c r="D29" s="11" t="s">
+        <v>12</v>
       </c>
       <c r="E29" s="11" t="s">
         <v>12</v>
       </c>
       <c r="F29" s="11" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="30" spans="2:6" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C30" s="10" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>18</v>
+      </c>
+      <c r="D30" s="11">
+        <v>3.55</v>
       </c>
       <c r="E30" s="11" t="s">
         <v>12</v>
       </c>
       <c r="F30" s="11" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="31" spans="2:6" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C31" s="10" t="s">
+        <v>19</v>
+      </c>
+      <c r="D31" s="11" t="s">
+        <v>12</v>
+      </c>
+      <c r="E31" s="11" t="s">
+        <v>12</v>
+      </c>
+      <c r="F31" s="11" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="32" spans="2:6" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C32" s="10" t="s">
         <v>20</v>
       </c>
-      <c r="D31" s="11" t="s">
-[...5 lines deleted...]
-      <c r="F31" s="11">
+      <c r="D32" s="11" t="s">
+        <v>12</v>
+      </c>
+      <c r="E32" s="11" t="s">
+        <v>12</v>
+      </c>
+      <c r="F32" s="11">
         <v>3.15</v>
       </c>
     </row>
-    <row r="32" spans="2:6" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="C32" s="24" t="s">
+    <row r="33" spans="2:6" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B33" s="23"/>
+      <c r="C33" s="24" t="s">
         <v>21</v>
       </c>
-      <c r="D32" s="25">
+      <c r="D33" s="25">
         <v>3.1</v>
       </c>
-      <c r="E32" s="25" t="s">
-[...7 lines deleted...]
-      <c r="B33" s="26" t="s">
+      <c r="E33" s="25" t="s">
+        <v>12</v>
+      </c>
+      <c r="F33" s="25" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="34" spans="2:6" s="15" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B34" s="26" t="s">
         <v>23</v>
       </c>
-      <c r="C33" s="27" t="s">
+      <c r="C34" s="27" t="s">
         <v>6</v>
       </c>
-      <c r="D33" s="28" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="D34" s="28" t="s">
         <v>12</v>
       </c>
       <c r="E34" s="28" t="s">
         <v>12</v>
       </c>
-      <c r="F34" s="28">
-        <v>2.6</v>
+      <c r="F34" s="28" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="35" spans="2:6" s="15" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B35" s="26"/>
       <c r="C35" s="27" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="D35" s="28">
+        <v>10</v>
+      </c>
+      <c r="D35" s="28" t="s">
+        <v>12</v>
+      </c>
+      <c r="E35" s="28" t="s">
+        <v>12</v>
+      </c>
+      <c r="F35" s="28">
         <v>2.6</v>
-      </c>
-[...4 lines deleted...]
-        <v>12</v>
       </c>
     </row>
     <row r="36" spans="2:6" s="15" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B36" s="26"/>
       <c r="C36" s="27" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>11</v>
+      </c>
+      <c r="D36" s="28">
+        <v>2.6</v>
       </c>
       <c r="E36" s="28" t="s">
         <v>12</v>
       </c>
       <c r="F36" s="28" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="37" spans="2:6" s="15" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B37" s="26"/>
       <c r="C37" s="27" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="D37" s="28" t="s">
         <v>12</v>
       </c>
       <c r="E37" s="28" t="s">
         <v>12</v>
       </c>
       <c r="F37" s="28" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="38" spans="2:6" s="15" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B38" s="26"/>
       <c r="C38" s="27" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>2.6</v>
+        <v>14</v>
+      </c>
+      <c r="D38" s="28" t="s">
+        <v>12</v>
       </c>
       <c r="E38" s="28" t="s">
         <v>12</v>
       </c>
-      <c r="F38" s="28">
-        <v>2.6</v>
+      <c r="F38" s="28" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="39" spans="2:6" s="15" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B39" s="26"/>
       <c r="C39" s="27" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>15</v>
+      </c>
+      <c r="D39" s="28">
+        <v>2.6</v>
       </c>
       <c r="E39" s="28" t="s">
         <v>12</v>
       </c>
-      <c r="F39" s="28" t="s">
-        <v>12</v>
+      <c r="F39" s="28">
+        <v>2.6</v>
       </c>
     </row>
     <row r="40" spans="2:6" s="15" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B40" s="26"/>
       <c r="C40" s="27" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="D40" s="28" t="s">
         <v>12</v>
       </c>
       <c r="E40" s="28" t="s">
         <v>12</v>
       </c>
       <c r="F40" s="28" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="41" spans="2:6" s="15" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B41" s="26"/>
       <c r="C41" s="27" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-        <v>2.6</v>
+        <v>17</v>
+      </c>
+      <c r="D41" s="28" t="s">
+        <v>12</v>
       </c>
       <c r="E41" s="28" t="s">
         <v>12</v>
       </c>
       <c r="F41" s="28" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="42" spans="2:6" s="15" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B42" s="26"/>
       <c r="C42" s="27" t="s">
+        <v>18</v>
+      </c>
+      <c r="D42" s="28">
+        <v>2.6</v>
+      </c>
+      <c r="E42" s="28" t="s">
+        <v>12</v>
+      </c>
+      <c r="F42" s="28" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="43" spans="2:6" s="15" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B43" s="26"/>
+      <c r="C43" s="27" t="s">
         <v>19</v>
       </c>
-      <c r="D42" s="28" t="s">
-[...11 lines deleted...]
-      <c r="C43" s="13" t="s">
+      <c r="D43" s="28" t="s">
+        <v>12</v>
+      </c>
+      <c r="E43" s="28" t="s">
+        <v>12</v>
+      </c>
+      <c r="F43" s="28" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="44" spans="2:6" s="15" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B44" s="26"/>
+      <c r="C44" s="27" t="s">
         <v>20</v>
       </c>
-      <c r="D43" s="14" t="s">
-[...5 lines deleted...]
-      <c r="F43" s="14">
+      <c r="D44" s="28" t="s">
+        <v>12</v>
+      </c>
+      <c r="E44" s="28" t="s">
+        <v>12</v>
+      </c>
+      <c r="F44" s="28">
         <v>2.6</v>
       </c>
     </row>
     <row r="45" spans="2:6" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B45" s="9" t="s">
+      <c r="B45" s="12"/>
+      <c r="C45" s="13" t="s">
+        <v>21</v>
+      </c>
+      <c r="D45" s="14">
+        <v>2.5</v>
+      </c>
+      <c r="E45" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="F45" s="14" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="47" spans="2:6" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B47" s="9" t="s">
         <v>9</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="D5:F5"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Radni listovi</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>