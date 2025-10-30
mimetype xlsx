--- v0 (2025-10-07)
+++ v1 (2025-10-30)
@@ -5,77 +5,80 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="24334"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="M:\Statistika i istraživanje\BILTEN\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{B203A028-EBC0-40B0-B2A5-0A0EA27E0AD3}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{BC4A0B9A-F81D-44EA-AE02-2E20572DED55}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="ENG" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
+    <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
+      <xlwcv:version setVersion="1"/>
+    </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1712" uniqueCount="44">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1713" uniqueCount="44">
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Basic indices (2015=100)</t>
   </si>
   <si>
     <t>Monthly rate of change  (in %)</t>
   </si>
   <si>
     <t>Annual rate of change (in %)</t>
   </si>
   <si>
     <t>Harmonised index of consumer prices (HICP)</t>
   </si>
   <si>
     <t xml:space="preserve">Total </t>
   </si>
   <si>
     <t>Goods</t>
   </si>
   <si>
@@ -861,51 +864,51 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="B2:X341"/>
+  <dimension ref="B2:X342"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScale="110" zoomScaleNormal="110" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.1640625" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="3.6640625" style="3" customWidth="1"/>
     <col min="2" max="2" width="8.5" style="1" customWidth="1"/>
     <col min="3" max="3" width="12" style="1" customWidth="1"/>
     <col min="4" max="4" width="10.5" style="1" customWidth="1"/>
     <col min="5" max="6" width="10.1640625" style="1" customWidth="1"/>
     <col min="7" max="9" width="10.1640625" style="68" customWidth="1"/>
     <col min="10" max="10" width="10.5" style="3" customWidth="1"/>
     <col min="11" max="12" width="10.1640625" style="3" customWidth="1"/>
     <col min="13" max="15" width="10.1640625" style="70" customWidth="1"/>
     <col min="16" max="16" width="10.5" style="4" customWidth="1"/>
     <col min="17" max="18" width="10.1640625" style="3" customWidth="1"/>
     <col min="19" max="21" width="10.1640625" style="70" customWidth="1"/>
     <col min="22" max="23" width="9.1640625" style="70"/>
     <col min="24" max="16384" width="9.1640625" style="3"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B2" s="50" t="s">
         <v>40</v>
       </c>
@@ -21004,142 +21007,204 @@
       </c>
       <c r="O338" s="55">
         <v>3.2</v>
       </c>
       <c r="P338" s="56">
         <v>4.5</v>
       </c>
       <c r="Q338" s="56">
         <v>3.5</v>
       </c>
       <c r="R338" s="56">
         <v>6.6</v>
       </c>
       <c r="S338" s="74">
         <v>4.4000000000000004</v>
       </c>
       <c r="T338" s="74">
         <v>3.4</v>
       </c>
       <c r="U338" s="74">
         <v>6.6</v>
       </c>
       <c r="V338" s="76"/>
       <c r="W338" s="76"/>
     </row>
-    <row r="339" spans="2:24" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="C339" s="79" t="s">
+    <row r="339" spans="2:24" s="52" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B339" s="53"/>
+      <c r="C339" s="53" t="s">
         <v>17</v>
       </c>
-      <c r="D339" s="80">
+      <c r="D339" s="54">
         <v>140.06</v>
       </c>
-      <c r="E339" s="25">
+      <c r="E339" s="54">
         <v>133.12</v>
       </c>
-      <c r="F339" s="25">
+      <c r="F339" s="54">
         <v>154.11000000000001</v>
       </c>
-      <c r="G339" s="65">
+      <c r="G339" s="64">
         <v>142.18</v>
       </c>
-      <c r="H339" s="65">
+      <c r="H339" s="64">
         <v>135.85</v>
       </c>
-      <c r="I339" s="65">
+      <c r="I339" s="64">
         <v>154.63999999999999</v>
       </c>
-      <c r="J339" s="35">
+      <c r="J339" s="55">
         <v>0.2</v>
       </c>
-      <c r="K339" s="35">
+      <c r="K339" s="55">
         <v>-0.3</v>
       </c>
-      <c r="L339" s="35">
+      <c r="L339" s="55">
         <v>1.3</v>
       </c>
-      <c r="M339" s="35">
+      <c r="M339" s="55">
         <v>0.2</v>
       </c>
-      <c r="N339" s="35">
+      <c r="N339" s="55">
         <v>-0.3</v>
       </c>
-      <c r="O339" s="35">
+      <c r="O339" s="55">
         <v>1.3</v>
       </c>
-      <c r="P339" s="26">
+      <c r="P339" s="56">
         <v>4.5999999999999996</v>
       </c>
-      <c r="Q339" s="26">
+      <c r="Q339" s="56">
         <v>3.5</v>
       </c>
-      <c r="R339" s="26">
+      <c r="R339" s="56">
         <v>7.1</v>
       </c>
-      <c r="S339" s="75">
+      <c r="S339" s="74">
         <v>4.5</v>
       </c>
-      <c r="T339" s="75">
+      <c r="T339" s="74">
         <v>3.3</v>
       </c>
-      <c r="U339" s="75">
+      <c r="U339" s="74">
         <v>7.1</v>
       </c>
       <c r="V339" s="76"/>
       <c r="W339" s="76"/>
-      <c r="X339" s="52"/>
     </row>
     <row r="340" spans="2:24" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B340" s="7"/>
-[...18 lines deleted...]
-      <c r="U340" s="66"/>
+      <c r="B340" s="79"/>
+      <c r="C340" s="79" t="s">
+        <v>18</v>
+      </c>
+      <c r="D340" s="80">
+        <v>139.25</v>
+      </c>
+      <c r="E340" s="25">
+        <v>134.29</v>
+      </c>
+      <c r="F340" s="25">
+        <v>149.03</v>
+      </c>
+      <c r="G340" s="65">
+        <v>141.36000000000001</v>
+      </c>
+      <c r="H340" s="65">
+        <v>137.04</v>
+      </c>
+      <c r="I340" s="65">
+        <v>149.55000000000001</v>
+      </c>
+      <c r="J340" s="35">
+        <v>-0.6</v>
+      </c>
+      <c r="K340" s="35">
+        <v>0.9</v>
+      </c>
+      <c r="L340" s="35">
+        <v>-3.3</v>
+      </c>
+      <c r="M340" s="35">
+        <v>-0.6</v>
+      </c>
+      <c r="N340" s="35">
+        <v>0.9</v>
+      </c>
+      <c r="O340" s="35">
+        <v>-3.3</v>
+      </c>
+      <c r="P340" s="26">
+        <v>4.5999999999999996</v>
+      </c>
+      <c r="Q340" s="26">
+        <v>3.5</v>
+      </c>
+      <c r="R340" s="26">
+        <v>7</v>
+      </c>
+      <c r="S340" s="75">
+        <v>4.5</v>
+      </c>
+      <c r="T340" s="75">
+        <v>3.3</v>
+      </c>
+      <c r="U340" s="75">
+        <v>7</v>
+      </c>
+      <c r="V340" s="76"/>
+      <c r="W340" s="76"/>
+      <c r="X340" s="52"/>
     </row>
     <row r="341" spans="2:24" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B341" s="51" t="s">
+      <c r="B341" s="7"/>
+      <c r="C341" s="8"/>
+      <c r="D341" s="9"/>
+      <c r="E341" s="9"/>
+      <c r="F341" s="9"/>
+      <c r="G341" s="66"/>
+      <c r="H341" s="66"/>
+      <c r="I341" s="66"/>
+      <c r="J341" s="9"/>
+      <c r="K341" s="9"/>
+      <c r="L341" s="9"/>
+      <c r="M341" s="66"/>
+      <c r="N341" s="66"/>
+      <c r="O341" s="66"/>
+      <c r="P341" s="10"/>
+      <c r="Q341" s="9"/>
+      <c r="R341" s="9"/>
+      <c r="S341" s="66"/>
+      <c r="T341" s="66"/>
+      <c r="U341" s="66"/>
+    </row>
+    <row r="342" spans="2:24" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B342" s="51" t="s">
         <v>42</v>
       </c>
-      <c r="E341" s="6"/>
-[...1 lines deleted...]
-      <c r="G341" s="67"/>
+      <c r="E342" s="6"/>
+      <c r="F342" s="6"/>
+      <c r="G342" s="67"/>
     </row>
   </sheetData>
   <mergeCells count="12">
     <mergeCell ref="P6:R6"/>
     <mergeCell ref="S6:U6"/>
     <mergeCell ref="T2:U2"/>
     <mergeCell ref="B5:B7"/>
     <mergeCell ref="C5:C7"/>
     <mergeCell ref="D5:I5"/>
     <mergeCell ref="J5:O5"/>
     <mergeCell ref="P5:U5"/>
     <mergeCell ref="D6:F6"/>
     <mergeCell ref="G6:I6"/>
     <mergeCell ref="J6:L6"/>
     <mergeCell ref="M6:O6"/>
   </mergeCells>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup paperSize="9" orientation="landscape" horizontalDpi="4294967292" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
   <ignoredErrors>
     <ignoredError sqref="B8:B284 B296" numberStoredAsText="1"/>
   </ignoredErrors>
 </worksheet>
 </file>
 