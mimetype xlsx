--- v1 (2025-10-30)
+++ v2 (2025-12-20)
@@ -5,80 +5,80 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="24334"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="M:\Statistika i istraživanje\BILTEN\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{BC4A0B9A-F81D-44EA-AE02-2E20572DED55}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{1CF0DF65-3B9D-49B1-BDB5-80799BA297D9}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="ENG" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1713" uniqueCount="44">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1715" uniqueCount="44">
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Basic indices (2015=100)</t>
   </si>
   <si>
     <t>Monthly rate of change  (in %)</t>
   </si>
   <si>
     <t>Annual rate of change (in %)</t>
   </si>
   <si>
     <t>Harmonised index of consumer prices (HICP)</t>
   </si>
   <si>
     <t xml:space="preserve">Total </t>
   </si>
   <si>
     <t>Goods</t>
   </si>
   <si>
@@ -504,117 +504,117 @@
     <xf numFmtId="165" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="167" fontId="6" fillId="3" borderId="1" xfId="1" applyNumberFormat="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="167" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="166" fontId="6" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="165" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="165" fontId="0" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="165" fontId="0" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="165" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="165" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
     </xf>
-    <xf numFmtId="165" fontId="0" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="169" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="168" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1"/>
     <xf numFmtId="166" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="165" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="166" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1"/>
     <xf numFmtId="165" fontId="3" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="165" fontId="0" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="165" fontId="0" fillId="0" borderId="4" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="165" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
     </xf>
-    <xf numFmtId="165" fontId="3" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="166" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="165" fontId="0" fillId="3" borderId="5" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="165" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="0" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="166" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
+      <alignment vertical="center"/>
     </xf>
     <xf numFmtId="167" fontId="6" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="167" fontId="6" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="167" fontId="6" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="166" fontId="6" fillId="0" borderId="2" xfId="1" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="166" fontId="6" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="166" fontId="6" fillId="0" borderId="3" xfId="1" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="167" fontId="6" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="167" fontId="6" fillId="3" borderId="1" xfId="1" applyNumberFormat="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="167" fontId="6" fillId="3" borderId="1" xfId="1" applyNumberFormat="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="166" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="5">
     <cellStyle name="Normalno" xfId="0" builtinId="0"/>
     <cellStyle name="Normalno 3" xfId="4" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="Tanka linija ispod" xfId="2" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="Zadnji redak" xfId="3" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
     <cellStyle name="Zaglavlje" xfId="1" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
@@ -864,173 +864,173 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="B2:X342"/>
+  <dimension ref="B2:X344"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScale="110" zoomScaleNormal="110" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.1640625" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="3.6640625" style="3" customWidth="1"/>
     <col min="2" max="2" width="8.5" style="1" customWidth="1"/>
     <col min="3" max="3" width="12" style="1" customWidth="1"/>
     <col min="4" max="4" width="10.5" style="1" customWidth="1"/>
     <col min="5" max="6" width="10.1640625" style="1" customWidth="1"/>
-    <col min="7" max="9" width="10.1640625" style="68" customWidth="1"/>
+    <col min="7" max="9" width="10.1640625" style="67" customWidth="1"/>
     <col min="10" max="10" width="10.5" style="3" customWidth="1"/>
     <col min="11" max="12" width="10.1640625" style="3" customWidth="1"/>
-    <col min="13" max="15" width="10.1640625" style="70" customWidth="1"/>
+    <col min="13" max="15" width="10.1640625" style="69" customWidth="1"/>
     <col min="16" max="16" width="10.5" style="4" customWidth="1"/>
     <col min="17" max="18" width="10.1640625" style="3" customWidth="1"/>
-    <col min="19" max="21" width="10.1640625" style="70" customWidth="1"/>
-    <col min="22" max="23" width="9.1640625" style="70"/>
+    <col min="19" max="21" width="10.1640625" style="69" customWidth="1"/>
+    <col min="22" max="23" width="9.1640625" style="69"/>
     <col min="24" max="16384" width="9.1640625" style="3"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B2" s="50" t="s">
         <v>40</v>
       </c>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="58"/>
       <c r="H2" s="58"/>
       <c r="I2" s="58"/>
-      <c r="M2" s="69"/>
-[...1 lines deleted...]
-      <c r="U2" s="83"/>
+      <c r="M2" s="68"/>
+      <c r="T2" s="82"/>
+      <c r="U2" s="82"/>
     </row>
     <row r="3" spans="2:21" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B3" s="5"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="58"/>
       <c r="H3" s="58"/>
       <c r="I3" s="58"/>
     </row>
     <row r="4" spans="2:21" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B4" s="5"/>
       <c r="D4" s="2"/>
       <c r="E4" s="2"/>
       <c r="F4" s="2"/>
       <c r="G4" s="58"/>
       <c r="H4" s="58"/>
       <c r="I4" s="58"/>
     </row>
     <row r="5" spans="2:21" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B5" s="84" t="s">
+      <c r="B5" s="83" t="s">
         <v>0</v>
       </c>
-      <c r="C5" s="84" t="s">
+      <c r="C5" s="83" t="s">
         <v>1</v>
       </c>
-      <c r="D5" s="87" t="s">
+      <c r="D5" s="86" t="s">
         <v>2</v>
       </c>
-      <c r="E5" s="87"/>
-[...4 lines deleted...]
-      <c r="J5" s="88" t="s">
+      <c r="E5" s="86"/>
+      <c r="F5" s="86"/>
+      <c r="G5" s="86"/>
+      <c r="H5" s="86"/>
+      <c r="I5" s="86"/>
+      <c r="J5" s="87" t="s">
         <v>3</v>
       </c>
-      <c r="K5" s="88"/>
-[...4 lines deleted...]
-      <c r="P5" s="87" t="s">
+      <c r="K5" s="87"/>
+      <c r="L5" s="87"/>
+      <c r="M5" s="87"/>
+      <c r="N5" s="87"/>
+      <c r="O5" s="87"/>
+      <c r="P5" s="86" t="s">
         <v>4</v>
       </c>
-      <c r="Q5" s="87"/>
-[...3 lines deleted...]
-      <c r="U5" s="87"/>
+      <c r="Q5" s="86"/>
+      <c r="R5" s="86"/>
+      <c r="S5" s="86"/>
+      <c r="T5" s="86"/>
+      <c r="U5" s="86"/>
     </row>
     <row r="6" spans="2:21" ht="42.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B6" s="85"/>
-[...1 lines deleted...]
-      <c r="D6" s="81" t="s">
+      <c r="B6" s="84"/>
+      <c r="C6" s="84"/>
+      <c r="D6" s="80" t="s">
         <v>5</v>
       </c>
-      <c r="E6" s="81"/>
-[...1 lines deleted...]
-      <c r="G6" s="82" t="s">
+      <c r="E6" s="80"/>
+      <c r="F6" s="80"/>
+      <c r="G6" s="81" t="s">
         <v>41</v>
       </c>
-      <c r="H6" s="82"/>
-[...1 lines deleted...]
-      <c r="J6" s="89" t="s">
+      <c r="H6" s="81"/>
+      <c r="I6" s="81"/>
+      <c r="J6" s="88" t="s">
         <v>5</v>
       </c>
-      <c r="K6" s="89"/>
-[...1 lines deleted...]
-      <c r="M6" s="89" t="s">
+      <c r="K6" s="88"/>
+      <c r="L6" s="88"/>
+      <c r="M6" s="88" t="s">
         <v>41</v>
       </c>
-      <c r="N6" s="89"/>
-[...1 lines deleted...]
-      <c r="P6" s="81" t="s">
+      <c r="N6" s="88"/>
+      <c r="O6" s="88"/>
+      <c r="P6" s="80" t="s">
         <v>5</v>
       </c>
-      <c r="Q6" s="81"/>
-[...1 lines deleted...]
-      <c r="S6" s="82" t="s">
+      <c r="Q6" s="80"/>
+      <c r="R6" s="80"/>
+      <c r="S6" s="81" t="s">
         <v>41</v>
       </c>
-      <c r="T6" s="82"/>
-      <c r="U6" s="82"/>
+      <c r="T6" s="81"/>
+      <c r="U6" s="81"/>
     </row>
     <row r="7" spans="2:21" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B7" s="86"/>
-      <c r="C7" s="86"/>
+      <c r="B7" s="85"/>
+      <c r="C7" s="85"/>
       <c r="D7" s="11" t="s">
         <v>6</v>
       </c>
       <c r="E7" s="11" t="s">
         <v>7</v>
       </c>
       <c r="F7" s="12" t="s">
         <v>8</v>
       </c>
       <c r="G7" s="59" t="s">
         <v>6</v>
       </c>
       <c r="H7" s="59" t="s">
         <v>7</v>
       </c>
       <c r="I7" s="12" t="s">
         <v>8</v>
       </c>
       <c r="J7" s="27" t="s">
         <v>6</v>
       </c>
       <c r="K7" s="27" t="s">
         <v>7</v>
       </c>
       <c r="L7" s="57" t="s">
@@ -1739,54 +1739,54 @@
       </c>
       <c r="F19" s="16" t="s">
         <v>39</v>
       </c>
       <c r="G19" s="61" t="s">
         <v>39</v>
       </c>
       <c r="H19" s="61" t="s">
         <v>39</v>
       </c>
       <c r="I19" s="61" t="s">
         <v>39</v>
       </c>
       <c r="J19" s="30">
         <v>0.3</v>
       </c>
       <c r="K19" s="31" t="s">
         <v>39</v>
       </c>
       <c r="L19" s="31" t="s">
         <v>39</v>
       </c>
       <c r="M19" s="31" t="s">
         <v>39</v>
       </c>
-      <c r="N19" s="77" t="s">
-[...2 lines deleted...]
-      <c r="O19" s="77" t="s">
+      <c r="N19" s="75" t="s">
+        <v>39</v>
+      </c>
+      <c r="O19" s="75" t="s">
         <v>39</v>
       </c>
       <c r="P19" s="19" t="s">
         <v>43</v>
       </c>
       <c r="Q19" s="16" t="s">
         <v>39</v>
       </c>
       <c r="R19" s="16" t="s">
         <v>39</v>
       </c>
       <c r="S19" s="61" t="s">
         <v>39</v>
       </c>
       <c r="T19" s="61" t="s">
         <v>39</v>
       </c>
       <c r="U19" s="61" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="20" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B20" s="38">
         <v>1999</v>
       </c>
@@ -6086,51 +6086,51 @@
       </c>
       <c r="K91" s="31" t="s">
         <v>39</v>
       </c>
       <c r="L91" s="31" t="s">
         <v>39</v>
       </c>
       <c r="M91" s="30">
         <v>0.2</v>
       </c>
       <c r="N91" s="31" t="s">
         <v>39</v>
       </c>
       <c r="O91" s="31" t="s">
         <v>39</v>
       </c>
       <c r="P91" s="17">
         <v>2</v>
       </c>
       <c r="Q91" s="18" t="s">
         <v>39</v>
       </c>
       <c r="R91" s="18" t="s">
         <v>39</v>
       </c>
-      <c r="S91" s="71">
+      <c r="S91" s="70">
         <v>1.6</v>
       </c>
       <c r="T91" s="20" t="s">
         <v>39</v>
       </c>
       <c r="U91" s="20" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="92" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B92" s="40">
         <v>2005</v>
       </c>
       <c r="C92" s="38" t="s">
         <v>10</v>
       </c>
       <c r="D92" s="13">
         <v>77.91</v>
       </c>
       <c r="E92" s="13">
         <v>78.23</v>
       </c>
       <c r="F92" s="13">
         <v>78.430000000000007</v>
       </c>
@@ -6808,51 +6808,51 @@
       </c>
       <c r="K103" s="30">
         <v>0.2</v>
       </c>
       <c r="L103" s="30">
         <v>0.5</v>
       </c>
       <c r="M103" s="30">
         <v>0.3</v>
       </c>
       <c r="N103" s="31" t="s">
         <v>39</v>
       </c>
       <c r="O103" s="31" t="s">
         <v>39</v>
       </c>
       <c r="P103" s="17">
         <v>4</v>
       </c>
       <c r="Q103" s="20" t="s">
         <v>39</v>
       </c>
       <c r="R103" s="20" t="s">
         <v>39</v>
       </c>
-      <c r="S103" s="71">
+      <c r="S103" s="70">
         <v>4</v>
       </c>
       <c r="T103" s="20" t="s">
         <v>39</v>
       </c>
       <c r="U103" s="20" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="104" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B104" s="40" t="s">
         <v>27</v>
       </c>
       <c r="C104" s="38" t="s">
         <v>10</v>
       </c>
       <c r="D104" s="13">
         <v>81.23</v>
       </c>
       <c r="E104" s="13">
         <v>81.430000000000007</v>
       </c>
       <c r="F104" s="13">
         <v>81.88</v>
       </c>
@@ -7530,57 +7530,57 @@
       </c>
       <c r="K115" s="30">
         <v>0</v>
       </c>
       <c r="L115" s="30">
         <v>0.2</v>
       </c>
       <c r="M115" s="30">
         <v>0</v>
       </c>
       <c r="N115" s="30">
         <v>0</v>
       </c>
       <c r="O115" s="30">
         <v>0.2</v>
       </c>
       <c r="P115" s="17">
         <v>2.1</v>
       </c>
       <c r="Q115" s="17">
         <v>1.9</v>
       </c>
       <c r="R115" s="17">
         <v>2.8</v>
       </c>
-      <c r="S115" s="71">
+      <c r="S115" s="70">
         <v>2.4</v>
       </c>
-      <c r="T115" s="71">
+      <c r="T115" s="70">
         <v>1.9</v>
       </c>
-      <c r="U115" s="71">
+      <c r="U115" s="70">
         <v>3.8</v>
       </c>
     </row>
     <row r="116" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B116" s="40" t="s">
         <v>28</v>
       </c>
       <c r="C116" s="38" t="s">
         <v>10</v>
       </c>
       <c r="D116" s="13">
         <v>82.81</v>
       </c>
       <c r="E116" s="13">
         <v>82.76</v>
       </c>
       <c r="F116" s="13">
         <v>84.34</v>
       </c>
       <c r="G116" s="60">
         <v>85.9</v>
       </c>
       <c r="H116" s="60">
         <v>86.97</v>
       </c>
@@ -8252,57 +8252,57 @@
       </c>
       <c r="K127" s="30">
         <v>1.1000000000000001</v>
       </c>
       <c r="L127" s="30">
         <v>0.2</v>
       </c>
       <c r="M127" s="30">
         <v>0.9</v>
       </c>
       <c r="N127" s="30">
         <v>1.1000000000000001</v>
       </c>
       <c r="O127" s="30">
         <v>0.2</v>
       </c>
       <c r="P127" s="17">
         <v>5.4</v>
       </c>
       <c r="Q127" s="17">
         <v>6.3</v>
       </c>
       <c r="R127" s="17">
         <v>2.7</v>
       </c>
-      <c r="S127" s="71">
+      <c r="S127" s="70">
         <v>5.6</v>
       </c>
-      <c r="T127" s="71">
+      <c r="T127" s="70">
         <v>6.5</v>
       </c>
-      <c r="U127" s="71">
+      <c r="U127" s="70">
         <v>2.7</v>
       </c>
     </row>
     <row r="128" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B128" s="40" t="s">
         <v>29</v>
       </c>
       <c r="C128" s="38" t="s">
         <v>10</v>
       </c>
       <c r="D128" s="13">
         <v>87.58</v>
       </c>
       <c r="E128" s="13">
         <v>88.24</v>
       </c>
       <c r="F128" s="13">
         <v>86.85</v>
       </c>
       <c r="G128" s="60">
         <v>91.01</v>
       </c>
       <c r="H128" s="60">
         <v>92.96</v>
       </c>
@@ -8974,57 +8974,57 @@
       </c>
       <c r="K139" s="30">
         <v>-0.9</v>
       </c>
       <c r="L139" s="30">
         <v>0.3</v>
       </c>
       <c r="M139" s="30">
         <v>-0.7</v>
       </c>
       <c r="N139" s="30">
         <v>-0.9</v>
       </c>
       <c r="O139" s="30">
         <v>0.3</v>
       </c>
       <c r="P139" s="17">
         <v>2.8</v>
       </c>
       <c r="Q139" s="17">
         <v>2.2999999999999998</v>
       </c>
       <c r="R139" s="17">
         <v>4.7</v>
       </c>
-      <c r="S139" s="71">
+      <c r="S139" s="70">
         <v>2.8</v>
       </c>
-      <c r="T139" s="71">
+      <c r="T139" s="70">
         <v>2.2999999999999998</v>
       </c>
-      <c r="U139" s="71">
+      <c r="U139" s="70">
         <v>4.7</v>
       </c>
     </row>
     <row r="140" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B140" s="40" t="s">
         <v>30</v>
       </c>
       <c r="C140" s="38" t="s">
         <v>10</v>
       </c>
       <c r="D140" s="13">
         <v>90.4</v>
       </c>
       <c r="E140" s="13">
         <v>90.5</v>
       </c>
       <c r="F140" s="13">
         <v>91.56</v>
       </c>
       <c r="G140" s="60">
         <v>93.46</v>
       </c>
       <c r="H140" s="60">
         <v>94.68</v>
       </c>
@@ -9696,57 +9696,57 @@
       </c>
       <c r="K151" s="30">
         <v>-0.9</v>
       </c>
       <c r="L151" s="30">
         <v>0.1</v>
       </c>
       <c r="M151" s="30">
         <v>-0.6</v>
       </c>
       <c r="N151" s="30">
         <v>-0.9</v>
       </c>
       <c r="O151" s="30">
         <v>0.1</v>
       </c>
       <c r="P151" s="17">
         <v>1.8</v>
       </c>
       <c r="Q151" s="17">
         <v>1.3</v>
       </c>
       <c r="R151" s="17">
         <v>3.7</v>
       </c>
-      <c r="S151" s="71">
+      <c r="S151" s="70">
         <v>0.5</v>
       </c>
-      <c r="T151" s="71">
+      <c r="T151" s="70">
         <v>-0.3</v>
       </c>
-      <c r="U151" s="71">
+      <c r="U151" s="70">
         <v>3.2</v>
       </c>
     </row>
     <row r="152" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B152" s="40" t="s">
         <v>31</v>
       </c>
       <c r="C152" s="38" t="s">
         <v>10</v>
       </c>
       <c r="D152" s="13">
         <v>91.61</v>
       </c>
       <c r="E152" s="13">
         <v>91.38</v>
       </c>
       <c r="F152" s="13">
         <v>93.85</v>
       </c>
       <c r="G152" s="60">
         <v>93.97</v>
       </c>
       <c r="H152" s="60">
         <v>94.78</v>
       </c>
@@ -10418,57 +10418,57 @@
       </c>
       <c r="K163" s="30">
         <v>0</v>
       </c>
       <c r="L163" s="30">
         <v>-0.3</v>
       </c>
       <c r="M163" s="30">
         <v>-0.1</v>
       </c>
       <c r="N163" s="30">
         <v>0</v>
       </c>
       <c r="O163" s="30">
         <v>-0.3</v>
       </c>
       <c r="P163" s="17">
         <v>1.7</v>
       </c>
       <c r="Q163" s="17">
         <v>2.2000000000000002</v>
       </c>
       <c r="R163" s="17">
         <v>0.3</v>
       </c>
-      <c r="S163" s="71">
+      <c r="S163" s="70">
         <v>1.5</v>
       </c>
-      <c r="T163" s="71">
+      <c r="T163" s="70">
         <v>1.9</v>
       </c>
-      <c r="U163" s="71">
+      <c r="U163" s="70">
         <v>0.3</v>
       </c>
     </row>
     <row r="164" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B164" s="40" t="s">
         <v>32</v>
       </c>
       <c r="C164" s="38" t="s">
         <v>10</v>
       </c>
       <c r="D164" s="13">
         <v>93.26</v>
       </c>
       <c r="E164" s="13">
         <v>93.53</v>
       </c>
       <c r="F164" s="13">
         <v>93.91</v>
       </c>
       <c r="G164" s="60">
         <v>95.41</v>
       </c>
       <c r="H164" s="60">
         <v>96.67</v>
       </c>
@@ -11140,57 +11140,57 @@
       </c>
       <c r="K175" s="30">
         <v>-0.4</v>
       </c>
       <c r="L175" s="30">
         <v>-0.4</v>
       </c>
       <c r="M175" s="30">
         <v>-0.4</v>
       </c>
       <c r="N175" s="30">
         <v>-0.4</v>
       </c>
       <c r="O175" s="30">
         <v>-0.3</v>
       </c>
       <c r="P175" s="17">
         <v>2.1</v>
       </c>
       <c r="Q175" s="17">
         <v>2.9</v>
       </c>
       <c r="R175" s="17">
         <v>-0.4</v>
       </c>
-      <c r="S175" s="71">
+      <c r="S175" s="70">
         <v>2.2000000000000002</v>
       </c>
-      <c r="T175" s="71">
+      <c r="T175" s="70">
         <v>3</v>
       </c>
-      <c r="U175" s="71">
+      <c r="U175" s="70">
         <v>-0.4</v>
       </c>
     </row>
     <row r="176" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B176" s="40" t="s">
         <v>33</v>
       </c>
       <c r="C176" s="38" t="s">
         <v>10</v>
       </c>
       <c r="D176" s="13">
         <v>94.6</v>
       </c>
       <c r="E176" s="13">
         <v>95.45</v>
       </c>
       <c r="F176" s="13">
         <v>93.37</v>
       </c>
       <c r="G176" s="60">
         <v>96.88</v>
       </c>
       <c r="H176" s="60">
         <v>98.79</v>
       </c>
@@ -11862,57 +11862,57 @@
       </c>
       <c r="K187" s="30">
         <v>-0.1</v>
       </c>
       <c r="L187" s="30">
         <v>-0.3</v>
       </c>
       <c r="M187" s="30">
         <v>-0.1</v>
       </c>
       <c r="N187" s="30">
         <v>0</v>
       </c>
       <c r="O187" s="30">
         <v>-0.3</v>
       </c>
       <c r="P187" s="17">
         <v>4.4000000000000004</v>
       </c>
       <c r="Q187" s="17">
         <v>5.3</v>
       </c>
       <c r="R187" s="17">
         <v>1.9</v>
       </c>
-      <c r="S187" s="71">
+      <c r="S187" s="70">
         <v>3.3</v>
       </c>
-      <c r="T187" s="71">
+      <c r="T187" s="70">
         <v>4.0999999999999996</v>
       </c>
-      <c r="U187" s="71">
+      <c r="U187" s="70">
         <v>1.1000000000000001</v>
       </c>
     </row>
     <row r="188" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B188" s="40" t="s">
         <v>34</v>
       </c>
       <c r="C188" s="38" t="s">
         <v>10</v>
       </c>
       <c r="D188" s="13">
         <v>98.99</v>
       </c>
       <c r="E188" s="13">
         <v>100.6</v>
       </c>
       <c r="F188" s="13">
         <v>95.63</v>
       </c>
       <c r="G188" s="60">
         <v>100.56</v>
       </c>
       <c r="H188" s="60">
         <v>102.55</v>
       </c>
@@ -12584,57 +12584,57 @@
       </c>
       <c r="K199" s="30">
         <v>-0.4</v>
       </c>
       <c r="L199" s="30">
         <v>-0.3</v>
       </c>
       <c r="M199" s="30">
         <v>-0.3</v>
       </c>
       <c r="N199" s="30">
         <v>-0.4</v>
       </c>
       <c r="O199" s="30">
         <v>-0.3</v>
       </c>
       <c r="P199" s="17">
         <v>0.5</v>
       </c>
       <c r="Q199" s="17">
         <v>0.4</v>
       </c>
       <c r="R199" s="17">
         <v>0.5</v>
       </c>
-      <c r="S199" s="71">
+      <c r="S199" s="70">
         <v>-0.1</v>
       </c>
-      <c r="T199" s="71">
+      <c r="T199" s="70">
         <v>-1</v>
       </c>
-      <c r="U199" s="71">
+      <c r="U199" s="70">
         <v>2</v>
       </c>
     </row>
     <row r="200" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B200" s="40" t="s">
         <v>35</v>
       </c>
       <c r="C200" s="38" t="s">
         <v>10</v>
       </c>
       <c r="D200" s="13">
         <v>99.4</v>
       </c>
       <c r="E200" s="13">
         <v>101.02</v>
       </c>
       <c r="F200" s="13">
         <v>96.03</v>
       </c>
       <c r="G200" s="60">
         <v>99.89</v>
       </c>
       <c r="H200" s="60">
         <v>101.75</v>
       </c>
@@ -13306,57 +13306,57 @@
       </c>
       <c r="K211" s="30">
         <v>-1</v>
       </c>
       <c r="L211" s="30">
         <v>0.1</v>
       </c>
       <c r="M211" s="30">
         <v>-0.7</v>
       </c>
       <c r="N211" s="30">
         <v>-1</v>
       </c>
       <c r="O211" s="30">
         <v>0.1</v>
       </c>
       <c r="P211" s="17">
         <v>-0.1</v>
       </c>
       <c r="Q211" s="17">
         <v>-1.2</v>
       </c>
       <c r="R211" s="17">
         <v>2.5</v>
       </c>
-      <c r="S211" s="71">
+      <c r="S211" s="70">
         <v>-0.6</v>
       </c>
-      <c r="T211" s="71">
+      <c r="T211" s="70">
         <v>-1.7</v>
       </c>
-      <c r="U211" s="71">
+      <c r="U211" s="70">
         <v>1.8</v>
       </c>
     </row>
     <row r="212" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B212" s="40" t="s">
         <v>36</v>
       </c>
       <c r="C212" s="38" t="s">
         <v>10</v>
       </c>
       <c r="D212" s="13">
         <v>98.77</v>
       </c>
       <c r="E212" s="13">
         <v>99.11</v>
       </c>
       <c r="F212" s="13">
         <v>98.09</v>
       </c>
       <c r="G212" s="60">
         <v>99.01</v>
       </c>
       <c r="H212" s="60">
         <v>99.47</v>
       </c>
@@ -14028,57 +14028,57 @@
       </c>
       <c r="K223" s="30">
         <v>-0.9</v>
       </c>
       <c r="L223" s="30">
         <v>0</v>
       </c>
       <c r="M223" s="30">
         <v>-0.6</v>
       </c>
       <c r="N223" s="30">
         <v>-0.9</v>
       </c>
       <c r="O223" s="30">
         <v>0</v>
       </c>
       <c r="P223" s="17">
         <v>-0.3</v>
       </c>
       <c r="Q223" s="17">
         <v>-0.8</v>
       </c>
       <c r="R223" s="17">
         <v>0.7</v>
       </c>
-      <c r="S223" s="71">
+      <c r="S223" s="70">
         <v>-0.7</v>
       </c>
-      <c r="T223" s="71">
+      <c r="T223" s="70">
         <v>-1.3</v>
       </c>
-      <c r="U223" s="71">
+      <c r="U223" s="70">
         <v>0.7</v>
       </c>
     </row>
     <row r="224" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B224" s="44">
         <v>2016</v>
       </c>
       <c r="C224" s="38" t="s">
         <v>10</v>
       </c>
       <c r="D224" s="13">
         <v>98.6</v>
       </c>
       <c r="E224" s="13">
         <v>98.34</v>
       </c>
       <c r="F224" s="13">
         <v>99.09</v>
       </c>
       <c r="G224" s="60">
         <v>98.48</v>
       </c>
       <c r="H224" s="60">
         <v>98.16</v>
       </c>
@@ -14750,57 +14750,57 @@
       </c>
       <c r="K235" s="30">
         <v>-0.2</v>
       </c>
       <c r="L235" s="30">
         <v>0.3</v>
       </c>
       <c r="M235" s="30">
         <v>-0.1</v>
       </c>
       <c r="N235" s="30">
         <v>-0.4</v>
       </c>
       <c r="O235" s="30">
         <v>0.3</v>
       </c>
       <c r="P235" s="17">
         <v>0.7</v>
       </c>
       <c r="Q235" s="17">
         <v>0.8</v>
       </c>
       <c r="R235" s="17">
         <v>0.5</v>
       </c>
-      <c r="S235" s="71">
+      <c r="S235" s="70">
         <v>0.6</v>
       </c>
-      <c r="T235" s="71">
+      <c r="T235" s="70">
         <v>0.6</v>
       </c>
-      <c r="U235" s="71">
+      <c r="U235" s="70">
         <v>0.5</v>
       </c>
     </row>
     <row r="236" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B236" s="44">
         <v>2017</v>
       </c>
       <c r="C236" s="38" t="s">
         <v>10</v>
       </c>
       <c r="D236" s="13">
         <v>99.51</v>
       </c>
       <c r="E236" s="13">
         <v>99.76</v>
       </c>
       <c r="F236" s="13">
         <v>99.03</v>
       </c>
       <c r="G236" s="60">
         <v>99.32</v>
       </c>
       <c r="H236" s="60">
         <v>100.07</v>
       </c>
@@ -14992,57 +14992,57 @@
       </c>
       <c r="K239" s="32">
         <v>0.6</v>
       </c>
       <c r="L239" s="32">
         <v>0.9</v>
       </c>
       <c r="M239" s="32">
         <v>0.7</v>
       </c>
       <c r="N239" s="32">
         <v>0.6</v>
       </c>
       <c r="O239" s="32">
         <v>0.9</v>
       </c>
       <c r="P239" s="22">
         <v>1.4</v>
       </c>
       <c r="Q239" s="22">
         <v>1.9</v>
       </c>
       <c r="R239" s="22">
         <v>0.4</v>
       </c>
-      <c r="S239" s="72">
+      <c r="S239" s="71">
         <v>1.3</v>
       </c>
-      <c r="T239" s="72">
+      <c r="T239" s="71">
         <v>2.4</v>
       </c>
-      <c r="U239" s="72">
+      <c r="U239" s="71">
         <v>-0.8</v>
       </c>
     </row>
     <row r="240" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B240" s="44"/>
       <c r="C240" s="44" t="s">
         <v>14</v>
       </c>
       <c r="D240" s="13">
         <v>100.45</v>
       </c>
       <c r="E240" s="13">
         <v>100.72</v>
       </c>
       <c r="F240" s="13">
         <v>99.92</v>
       </c>
       <c r="G240" s="60">
         <v>100.25</v>
       </c>
       <c r="H240" s="60">
         <v>101.03</v>
       </c>
       <c r="I240" s="60">
         <v>98.81</v>
@@ -15052,57 +15052,57 @@
       </c>
       <c r="K240" s="32">
         <v>-0.3</v>
       </c>
       <c r="L240" s="32">
         <v>0</v>
       </c>
       <c r="M240" s="32">
         <v>-0.1</v>
       </c>
       <c r="N240" s="32">
         <v>-0.3</v>
       </c>
       <c r="O240" s="32">
         <v>0</v>
       </c>
       <c r="P240" s="22">
         <v>1</v>
       </c>
       <c r="Q240" s="22">
         <v>1.2</v>
       </c>
       <c r="R240" s="22">
         <v>0.5</v>
       </c>
-      <c r="S240" s="72">
+      <c r="S240" s="71">
         <v>0.9</v>
       </c>
-      <c r="T240" s="72">
+      <c r="T240" s="71">
         <v>1.7</v>
       </c>
-      <c r="U240" s="72">
+      <c r="U240" s="71">
         <v>-0.7</v>
       </c>
     </row>
     <row r="241" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B241" s="44"/>
       <c r="C241" s="44" t="s">
         <v>15</v>
       </c>
       <c r="D241" s="13">
         <v>100.86</v>
       </c>
       <c r="E241" s="13">
         <v>99.85</v>
       </c>
       <c r="F241" s="13">
         <v>102.66</v>
       </c>
       <c r="G241" s="60">
         <v>100.65</v>
       </c>
       <c r="H241" s="60">
         <v>100.16</v>
       </c>
       <c r="I241" s="60">
         <v>101.53</v>
@@ -15112,57 +15112,57 @@
       </c>
       <c r="K241" s="32">
         <v>-0.9</v>
       </c>
       <c r="L241" s="32">
         <v>2.7</v>
       </c>
       <c r="M241" s="32">
         <v>0.4</v>
       </c>
       <c r="N241" s="32">
         <v>-0.9</v>
       </c>
       <c r="O241" s="32">
         <v>2.8</v>
       </c>
       <c r="P241" s="22">
         <v>1.1000000000000001</v>
       </c>
       <c r="Q241" s="22">
         <v>0.6</v>
       </c>
       <c r="R241" s="22">
         <v>1.8</v>
       </c>
-      <c r="S241" s="72">
+      <c r="S241" s="71">
         <v>1</v>
       </c>
-      <c r="T241" s="72">
+      <c r="T241" s="71">
         <v>1.1000000000000001</v>
       </c>
-      <c r="U241" s="72">
+      <c r="U241" s="71">
         <v>0.7</v>
       </c>
     </row>
     <row r="242" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B242" s="44"/>
       <c r="C242" s="38" t="s">
         <v>16</v>
       </c>
       <c r="D242" s="13">
         <v>100.95</v>
       </c>
       <c r="E242" s="13">
         <v>99</v>
       </c>
       <c r="F242" s="13">
         <v>104.48</v>
       </c>
       <c r="G242" s="60">
         <v>100.74</v>
       </c>
       <c r="H242" s="60">
         <v>99.32</v>
       </c>
       <c r="I242" s="60">
         <v>103.34</v>
@@ -15292,57 +15292,57 @@
       </c>
       <c r="K244" s="32">
         <v>2</v>
       </c>
       <c r="L244" s="32">
         <v>-2.6</v>
       </c>
       <c r="M244" s="32">
         <v>0.3</v>
       </c>
       <c r="N244" s="32">
         <v>2</v>
       </c>
       <c r="O244" s="32">
         <v>-2.6</v>
       </c>
       <c r="P244" s="22">
         <v>1.6</v>
       </c>
       <c r="Q244" s="22">
         <v>1.6</v>
       </c>
       <c r="R244" s="22">
         <v>1.7</v>
       </c>
-      <c r="S244" s="72">
+      <c r="S244" s="71">
         <v>1.6</v>
       </c>
-      <c r="T244" s="72">
+      <c r="T244" s="71">
         <v>2.1</v>
       </c>
-      <c r="U244" s="72">
+      <c r="U244" s="71">
         <v>0.5</v>
       </c>
     </row>
     <row r="245" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B245" s="44"/>
       <c r="C245" s="38" t="s">
         <v>19</v>
       </c>
       <c r="D245" s="13">
         <v>101.43</v>
       </c>
       <c r="E245" s="13">
         <v>101.52</v>
       </c>
       <c r="F245" s="13">
         <v>101.25</v>
       </c>
       <c r="G245" s="60">
         <v>101.26</v>
       </c>
       <c r="H245" s="60">
         <v>101.87</v>
       </c>
       <c r="I245" s="60">
         <v>100.12</v>
@@ -15352,57 +15352,57 @@
       </c>
       <c r="K245" s="32">
         <v>0.6</v>
       </c>
       <c r="L245" s="32">
         <v>-0.7</v>
       </c>
       <c r="M245" s="32">
         <v>0.1</v>
       </c>
       <c r="N245" s="32">
         <v>0.6</v>
       </c>
       <c r="O245" s="32">
         <v>-0.7</v>
       </c>
       <c r="P245" s="22">
         <v>1.6</v>
       </c>
       <c r="Q245" s="22">
         <v>1.6</v>
       </c>
       <c r="R245" s="22">
         <v>1.7</v>
       </c>
-      <c r="S245" s="72">
+      <c r="S245" s="71">
         <v>1.6</v>
       </c>
-      <c r="T245" s="72">
+      <c r="T245" s="71">
         <v>2.1</v>
       </c>
-      <c r="U245" s="72">
+      <c r="U245" s="71">
         <v>0.6</v>
       </c>
     </row>
     <row r="246" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B246" s="44"/>
       <c r="C246" s="38" t="s">
         <v>20</v>
       </c>
       <c r="D246" s="13">
         <v>101.29</v>
       </c>
       <c r="E246" s="13">
         <v>101.62</v>
       </c>
       <c r="F246" s="13">
         <v>100.64</v>
       </c>
       <c r="G246" s="60">
         <v>101.11</v>
       </c>
       <c r="H246" s="60">
         <v>101.97</v>
       </c>
       <c r="I246" s="60">
         <v>99.51</v>
@@ -15412,57 +15412,57 @@
       </c>
       <c r="K246" s="32">
         <v>0.1</v>
       </c>
       <c r="L246" s="32">
         <v>-0.6</v>
       </c>
       <c r="M246" s="32">
         <v>-0.1</v>
       </c>
       <c r="N246" s="32">
         <v>0.1</v>
       </c>
       <c r="O246" s="32">
         <v>-0.6</v>
       </c>
       <c r="P246" s="22">
         <v>1.6</v>
       </c>
       <c r="Q246" s="22">
         <v>1.5</v>
       </c>
       <c r="R246" s="22">
         <v>1.7</v>
       </c>
-      <c r="S246" s="72">
+      <c r="S246" s="71">
         <v>1.5</v>
       </c>
-      <c r="T246" s="72">
+      <c r="T246" s="71">
         <v>2.1</v>
       </c>
-      <c r="U246" s="72">
+      <c r="U246" s="71">
         <v>0.5</v>
       </c>
     </row>
     <row r="247" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B247" s="46"/>
       <c r="C247" s="47" t="s">
         <v>21</v>
       </c>
       <c r="D247" s="21">
         <v>100.95</v>
       </c>
       <c r="E247" s="21">
         <v>101.14</v>
       </c>
       <c r="F247" s="21">
         <v>100.58</v>
       </c>
       <c r="G247" s="62">
         <v>100.68</v>
       </c>
       <c r="H247" s="62">
         <v>101.34</v>
       </c>
       <c r="I247" s="62">
         <v>99.45</v>
@@ -15472,57 +15472,57 @@
       </c>
       <c r="K247" s="33">
         <v>-0.5</v>
       </c>
       <c r="L247" s="33">
         <v>-0.1</v>
       </c>
       <c r="M247" s="33">
         <v>-0.4</v>
       </c>
       <c r="N247" s="33">
         <v>-0.6</v>
       </c>
       <c r="O247" s="33">
         <v>-0.1</v>
       </c>
       <c r="P247" s="24">
         <v>1.3</v>
       </c>
       <c r="Q247" s="24">
         <v>1.2</v>
       </c>
       <c r="R247" s="24">
         <v>1.3</v>
       </c>
-      <c r="S247" s="73">
+      <c r="S247" s="72">
         <v>1.2</v>
       </c>
-      <c r="T247" s="73">
+      <c r="T247" s="72">
         <v>1.8</v>
       </c>
-      <c r="U247" s="73">
+      <c r="U247" s="72">
         <v>0.2</v>
       </c>
     </row>
     <row r="248" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B248" s="40">
         <v>2018</v>
       </c>
       <c r="C248" s="38" t="s">
         <v>10</v>
       </c>
       <c r="D248" s="13">
         <v>100.75</v>
       </c>
       <c r="E248" s="13">
         <v>100.88</v>
       </c>
       <c r="F248" s="13">
         <v>100.47</v>
       </c>
       <c r="G248" s="60">
         <v>100.48</v>
       </c>
       <c r="H248" s="60">
         <v>101.09</v>
       </c>
@@ -15534,57 +15534,57 @@
       </c>
       <c r="K248" s="32">
         <v>-0.3</v>
       </c>
       <c r="L248" s="32">
         <v>-0.1</v>
       </c>
       <c r="M248" s="32">
         <v>-0.2</v>
       </c>
       <c r="N248" s="32">
         <v>-0.2</v>
       </c>
       <c r="O248" s="32">
         <v>-0.1</v>
       </c>
       <c r="P248" s="22">
         <v>1.2</v>
       </c>
       <c r="Q248" s="22">
         <v>1.1000000000000001</v>
       </c>
       <c r="R248" s="22">
         <v>1.5</v>
       </c>
-      <c r="S248" s="72">
+      <c r="S248" s="71">
         <v>1.2</v>
       </c>
-      <c r="T248" s="72">
+      <c r="T248" s="71">
         <v>1</v>
       </c>
-      <c r="U248" s="72">
+      <c r="U248" s="71">
         <v>1.4</v>
       </c>
     </row>
     <row r="249" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B249" s="40"/>
       <c r="C249" s="38" t="s">
         <v>11</v>
       </c>
       <c r="D249" s="13">
         <v>100.62</v>
       </c>
       <c r="E249" s="13">
         <v>100.79</v>
       </c>
       <c r="F249" s="13">
         <v>100.27</v>
       </c>
       <c r="G249" s="60">
         <v>100.35</v>
       </c>
       <c r="H249" s="60">
         <v>101</v>
       </c>
       <c r="I249" s="60">
         <v>99.14</v>
@@ -15594,57 +15594,57 @@
       </c>
       <c r="K249" s="32">
         <v>-0.1</v>
       </c>
       <c r="L249" s="32">
         <v>-0.2</v>
       </c>
       <c r="M249" s="32">
         <v>-0.1</v>
       </c>
       <c r="N249" s="32">
         <v>-0.1</v>
       </c>
       <c r="O249" s="32">
         <v>-0.2</v>
       </c>
       <c r="P249" s="22">
         <v>0.9</v>
       </c>
       <c r="Q249" s="22">
         <v>0.8</v>
       </c>
       <c r="R249" s="22">
         <v>1.2</v>
       </c>
-      <c r="S249" s="72">
+      <c r="S249" s="71">
         <v>0.8</v>
       </c>
-      <c r="T249" s="72">
+      <c r="T249" s="71">
         <v>0.7</v>
       </c>
-      <c r="U249" s="72">
+      <c r="U249" s="71">
         <v>1.2</v>
       </c>
     </row>
     <row r="250" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B250" s="40"/>
       <c r="C250" s="38" t="s">
         <v>12</v>
       </c>
       <c r="D250" s="13">
         <v>101.09</v>
       </c>
       <c r="E250" s="13">
         <v>101.54</v>
       </c>
       <c r="F250" s="13">
         <v>100.25</v>
       </c>
       <c r="G250" s="60">
         <v>100.83</v>
       </c>
       <c r="H250" s="60">
         <v>101.76</v>
       </c>
       <c r="I250" s="60">
         <v>99.12</v>
@@ -15654,57 +15654,57 @@
       </c>
       <c r="K250" s="32">
         <v>0.7</v>
       </c>
       <c r="L250" s="32">
         <v>0</v>
       </c>
       <c r="M250" s="32">
         <v>0.5</v>
       </c>
       <c r="N250" s="32">
         <v>0.8</v>
       </c>
       <c r="O250" s="32">
         <v>0</v>
       </c>
       <c r="P250" s="22">
         <v>1.2</v>
       </c>
       <c r="Q250" s="22">
         <v>1.1000000000000001</v>
       </c>
       <c r="R250" s="22">
         <v>1.3</v>
       </c>
-      <c r="S250" s="72">
+      <c r="S250" s="71">
         <v>1.1000000000000001</v>
       </c>
-      <c r="T250" s="72">
+      <c r="T250" s="71">
         <v>1</v>
       </c>
-      <c r="U250" s="72">
+      <c r="U250" s="71">
         <v>1.3</v>
       </c>
     </row>
     <row r="251" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B251" s="40"/>
       <c r="C251" s="48" t="s">
         <v>13</v>
       </c>
       <c r="D251" s="13">
         <v>102</v>
       </c>
       <c r="E251" s="13">
         <v>102.37</v>
       </c>
       <c r="F251" s="13">
         <v>101.3</v>
       </c>
       <c r="G251" s="60">
         <v>101.73</v>
       </c>
       <c r="H251" s="60">
         <v>102.59</v>
       </c>
       <c r="I251" s="60">
         <v>100.16</v>
@@ -15714,57 +15714,57 @@
       </c>
       <c r="K251" s="32">
         <v>0.8</v>
       </c>
       <c r="L251" s="32">
         <v>1</v>
       </c>
       <c r="M251" s="32">
         <v>0.9</v>
       </c>
       <c r="N251" s="32">
         <v>0.8</v>
       </c>
       <c r="O251" s="32">
         <v>1</v>
       </c>
       <c r="P251" s="22">
         <v>1.4</v>
       </c>
       <c r="Q251" s="22">
         <v>1.4</v>
       </c>
       <c r="R251" s="22">
         <v>1.4</v>
       </c>
-      <c r="S251" s="72">
+      <c r="S251" s="71">
         <v>1.3</v>
       </c>
-      <c r="T251" s="72">
+      <c r="T251" s="71">
         <v>1.3</v>
       </c>
-      <c r="U251" s="72">
+      <c r="U251" s="71">
         <v>1.4</v>
       </c>
     </row>
     <row r="252" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B252" s="48"/>
       <c r="C252" s="48" t="s">
         <v>14</v>
       </c>
       <c r="D252" s="13">
         <v>102.27</v>
       </c>
       <c r="E252" s="13">
         <v>102.86</v>
       </c>
       <c r="F252" s="13">
         <v>101.18</v>
       </c>
       <c r="G252" s="60">
         <v>102</v>
       </c>
       <c r="H252" s="60">
         <v>103.08</v>
       </c>
       <c r="I252" s="60">
         <v>100.04</v>
@@ -15774,57 +15774,57 @@
       </c>
       <c r="K252" s="32">
         <v>0.5</v>
       </c>
       <c r="L252" s="32">
         <v>-0.1</v>
       </c>
       <c r="M252" s="32">
         <v>0.3</v>
       </c>
       <c r="N252" s="32">
         <v>0.5</v>
       </c>
       <c r="O252" s="32">
         <v>-0.1</v>
       </c>
       <c r="P252" s="22">
         <v>1.8</v>
       </c>
       <c r="Q252" s="22">
         <v>2.1</v>
       </c>
       <c r="R252" s="22">
         <v>1.3</v>
       </c>
-      <c r="S252" s="72">
+      <c r="S252" s="71">
         <v>1.7</v>
       </c>
-      <c r="T252" s="72">
+      <c r="T252" s="71">
         <v>2</v>
       </c>
-      <c r="U252" s="72">
+      <c r="U252" s="71">
         <v>1.2</v>
       </c>
     </row>
     <row r="253" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B253" s="48"/>
       <c r="C253" s="44" t="s">
         <v>15</v>
       </c>
       <c r="D253" s="13">
         <v>103.06</v>
       </c>
       <c r="E253" s="13">
         <v>102.62</v>
       </c>
       <c r="F253" s="13">
         <v>103.79</v>
       </c>
       <c r="G253" s="60">
         <v>102.78</v>
       </c>
       <c r="H253" s="60">
         <v>102.84</v>
       </c>
       <c r="I253" s="60">
         <v>102.62</v>
@@ -15834,57 +15834,57 @@
       </c>
       <c r="K253" s="32">
         <v>-0.2</v>
       </c>
       <c r="L253" s="32">
         <v>2.6</v>
       </c>
       <c r="M253" s="32">
         <v>0.8</v>
       </c>
       <c r="N253" s="32">
         <v>-0.2</v>
       </c>
       <c r="O253" s="32">
         <v>2.6</v>
       </c>
       <c r="P253" s="22">
         <v>2.2000000000000002</v>
       </c>
       <c r="Q253" s="22">
         <v>2.8</v>
       </c>
       <c r="R253" s="22">
         <v>1.1000000000000001</v>
       </c>
-      <c r="S253" s="72">
+      <c r="S253" s="71">
         <v>2.1</v>
       </c>
-      <c r="T253" s="72">
+      <c r="T253" s="71">
         <v>2.7</v>
       </c>
-      <c r="U253" s="72">
+      <c r="U253" s="71">
         <v>1.1000000000000001</v>
       </c>
     </row>
     <row r="254" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B254" s="48"/>
       <c r="C254" s="44" t="s">
         <v>16</v>
       </c>
       <c r="D254" s="13">
         <v>103.2</v>
       </c>
       <c r="E254" s="13">
         <v>101.34</v>
       </c>
       <c r="F254" s="13">
         <v>106.49</v>
       </c>
       <c r="G254" s="60">
         <v>102.93</v>
       </c>
       <c r="H254" s="60">
         <v>101.55</v>
       </c>
       <c r="I254" s="60">
         <v>105.29</v>
@@ -15894,57 +15894,57 @@
       </c>
       <c r="K254" s="32">
         <v>-1.2</v>
       </c>
       <c r="L254" s="32">
         <v>2.6</v>
       </c>
       <c r="M254" s="32">
         <v>0.1</v>
       </c>
       <c r="N254" s="32">
         <v>-1.3</v>
       </c>
       <c r="O254" s="32">
         <v>2.6</v>
       </c>
       <c r="P254" s="22">
         <v>2.2000000000000002</v>
       </c>
       <c r="Q254" s="22">
         <v>2.4</v>
       </c>
       <c r="R254" s="22">
         <v>1.9</v>
       </c>
-      <c r="S254" s="72">
+      <c r="S254" s="71">
         <v>2.2000000000000002</v>
       </c>
-      <c r="T254" s="72">
+      <c r="T254" s="71">
         <v>2.2000000000000002</v>
       </c>
-      <c r="U254" s="72">
+      <c r="U254" s="71">
         <v>1.9</v>
       </c>
     </row>
     <row r="255" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B255" s="48"/>
       <c r="C255" s="44" t="s">
         <v>17</v>
       </c>
       <c r="D255" s="13">
         <v>103.16</v>
       </c>
       <c r="E255" s="13">
         <v>101.31</v>
       </c>
       <c r="F255" s="13">
         <v>106.41</v>
       </c>
       <c r="G255" s="60">
         <v>102.89</v>
       </c>
       <c r="H255" s="60">
         <v>101.52</v>
       </c>
       <c r="I255" s="60">
         <v>105.21</v>
@@ -15954,57 +15954,57 @@
       </c>
       <c r="K255" s="32">
         <v>0</v>
       </c>
       <c r="L255" s="32">
         <v>-0.1</v>
       </c>
       <c r="M255" s="32">
         <v>0</v>
       </c>
       <c r="N255" s="32">
         <v>0</v>
       </c>
       <c r="O255" s="32">
         <v>-0.1</v>
       </c>
       <c r="P255" s="22">
         <v>2.1</v>
       </c>
       <c r="Q255" s="22">
         <v>2.4</v>
       </c>
       <c r="R255" s="22">
         <v>1.6</v>
       </c>
-      <c r="S255" s="72">
+      <c r="S255" s="71">
         <v>2.1</v>
       </c>
-      <c r="T255" s="72">
+      <c r="T255" s="71">
         <v>2.2999999999999998</v>
       </c>
-      <c r="U255" s="72">
+      <c r="U255" s="71">
         <v>1.6</v>
       </c>
     </row>
     <row r="256" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B256" s="48"/>
       <c r="C256" s="44" t="s">
         <v>18</v>
       </c>
       <c r="D256" s="13">
         <v>102.96</v>
       </c>
       <c r="E256" s="13">
         <v>102.45</v>
       </c>
       <c r="F256" s="13">
         <v>103.83</v>
       </c>
       <c r="G256" s="60">
         <v>102.68</v>
       </c>
       <c r="H256" s="60">
         <v>102.66</v>
       </c>
       <c r="I256" s="60">
         <v>102.66</v>
@@ -16014,57 +16014,57 @@
       </c>
       <c r="K256" s="32">
         <v>1.1000000000000001</v>
       </c>
       <c r="L256" s="32">
         <v>-2.4</v>
       </c>
       <c r="M256" s="32">
         <v>-0.2</v>
       </c>
       <c r="N256" s="32">
         <v>1.1000000000000001</v>
       </c>
       <c r="O256" s="32">
         <v>-2.4</v>
       </c>
       <c r="P256" s="22">
         <v>1.6</v>
       </c>
       <c r="Q256" s="22">
         <v>1.5</v>
       </c>
       <c r="R256" s="22">
         <v>1.8</v>
       </c>
-      <c r="S256" s="72">
+      <c r="S256" s="71">
         <v>1.5</v>
       </c>
-      <c r="T256" s="72">
+      <c r="T256" s="71">
         <v>1.4</v>
       </c>
-      <c r="U256" s="72">
+      <c r="U256" s="71">
         <v>1.8</v>
       </c>
     </row>
     <row r="257" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B257" s="48"/>
       <c r="C257" s="44" t="s">
         <v>19</v>
       </c>
       <c r="D257" s="13">
         <v>103.12</v>
       </c>
       <c r="E257" s="13">
         <v>103.4</v>
       </c>
       <c r="F257" s="13">
         <v>102.58</v>
       </c>
       <c r="G257" s="60">
         <v>102.84</v>
       </c>
       <c r="H257" s="60">
         <v>103.61</v>
       </c>
       <c r="I257" s="60">
         <v>101.43</v>
@@ -16074,57 +16074,57 @@
       </c>
       <c r="K257" s="32">
         <v>0.9</v>
       </c>
       <c r="L257" s="32">
         <v>-1.2</v>
       </c>
       <c r="M257" s="32">
         <v>0.2</v>
       </c>
       <c r="N257" s="32">
         <v>0.9</v>
       </c>
       <c r="O257" s="32">
         <v>-1.2</v>
       </c>
       <c r="P257" s="22">
         <v>1.7</v>
       </c>
       <c r="Q257" s="22">
         <v>1.9</v>
       </c>
       <c r="R257" s="22">
         <v>1.3</v>
       </c>
-      <c r="S257" s="72">
+      <c r="S257" s="71">
         <v>1.6</v>
       </c>
-      <c r="T257" s="72">
+      <c r="T257" s="71">
         <v>1.7</v>
       </c>
-      <c r="U257" s="72">
+      <c r="U257" s="71">
         <v>1.3</v>
       </c>
     </row>
     <row r="258" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B258" s="48"/>
       <c r="C258" s="44" t="s">
         <v>20</v>
       </c>
       <c r="D258" s="13">
         <v>102.6</v>
       </c>
       <c r="E258" s="13">
         <v>103.02</v>
       </c>
       <c r="F258" s="13">
         <v>101.82</v>
       </c>
       <c r="G258" s="60">
         <v>102.33</v>
       </c>
       <c r="H258" s="60">
         <v>103.23</v>
       </c>
       <c r="I258" s="60">
         <v>100.67</v>
@@ -16916,57 +16916,57 @@
       </c>
       <c r="K271" s="30">
         <v>-0.3</v>
       </c>
       <c r="L271" s="30">
         <v>0.2</v>
       </c>
       <c r="M271" s="30">
         <v>-0.1</v>
       </c>
       <c r="N271" s="30">
         <v>-0.3</v>
       </c>
       <c r="O271" s="30">
         <v>0.2</v>
       </c>
       <c r="P271" s="17">
         <v>1.3</v>
       </c>
       <c r="Q271" s="17">
         <v>1.1000000000000001</v>
       </c>
       <c r="R271" s="17">
         <v>1.6</v>
       </c>
-      <c r="S271" s="71">
+      <c r="S271" s="70">
         <v>2.1</v>
       </c>
-      <c r="T271" s="71">
+      <c r="T271" s="70">
         <v>2.4</v>
       </c>
-      <c r="U271" s="71">
+      <c r="U271" s="70">
         <v>1.6</v>
       </c>
     </row>
     <row r="272" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B272" s="40">
         <v>2020</v>
       </c>
       <c r="C272" s="40" t="s">
         <v>10</v>
       </c>
       <c r="D272" s="13">
         <v>103.12</v>
       </c>
       <c r="E272" s="13">
         <v>102.72</v>
       </c>
       <c r="F272" s="13">
         <v>103.84</v>
       </c>
       <c r="G272" s="60">
         <v>103.93</v>
       </c>
       <c r="H272" s="60">
         <v>103.85</v>
       </c>
@@ -17638,57 +17638,57 @@
       </c>
       <c r="K283" s="30">
         <v>-0.6</v>
       </c>
       <c r="L283" s="30">
         <v>0</v>
       </c>
       <c r="M283" s="30">
         <v>-0.4</v>
       </c>
       <c r="N283" s="30">
         <v>-0.6</v>
       </c>
       <c r="O283" s="30">
         <v>0</v>
       </c>
       <c r="P283" s="17">
         <v>-0.3</v>
       </c>
       <c r="Q283" s="17">
         <v>-1.2</v>
       </c>
       <c r="R283" s="17">
         <v>1.4</v>
       </c>
-      <c r="S283" s="71">
+      <c r="S283" s="70">
         <v>-0.1</v>
       </c>
-      <c r="T283" s="71">
+      <c r="T283" s="70">
         <v>-1.6</v>
       </c>
-      <c r="U283" s="71">
+      <c r="U283" s="70">
         <v>2.8</v>
       </c>
     </row>
     <row r="284" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B284" s="40" t="s">
         <v>37</v>
       </c>
       <c r="C284" s="40" t="s">
         <v>10</v>
       </c>
       <c r="D284" s="13">
         <v>103.08</v>
       </c>
       <c r="E284" s="13">
         <v>101.89</v>
       </c>
       <c r="F284" s="13">
         <v>105.33</v>
       </c>
       <c r="G284" s="60">
         <v>103.6</v>
       </c>
       <c r="H284" s="60">
         <v>102.56</v>
       </c>
@@ -18360,57 +18360,57 @@
       </c>
       <c r="K295" s="30">
         <v>0</v>
       </c>
       <c r="L295" s="30">
         <v>0.4</v>
       </c>
       <c r="M295" s="30">
         <v>0.1</v>
       </c>
       <c r="N295" s="30">
         <v>0</v>
       </c>
       <c r="O295" s="30">
         <v>0.4</v>
       </c>
       <c r="P295" s="17">
         <v>5.2</v>
       </c>
       <c r="Q295" s="17">
         <v>6.5</v>
       </c>
       <c r="R295" s="17">
         <v>2.2999999999999998</v>
       </c>
-      <c r="S295" s="71">
+      <c r="S295" s="70">
         <v>5</v>
       </c>
-      <c r="T295" s="71">
+      <c r="T295" s="70">
         <v>6.2</v>
       </c>
-      <c r="U295" s="71">
+      <c r="U295" s="70">
         <v>2.2999999999999998</v>
       </c>
     </row>
     <row r="296" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B296" s="40" t="s">
         <v>38</v>
       </c>
       <c r="C296" s="40" t="s">
         <v>10</v>
       </c>
       <c r="D296" s="13">
         <v>108.76</v>
       </c>
       <c r="E296" s="13">
         <v>109.11</v>
       </c>
       <c r="F296" s="13">
         <v>107.45</v>
       </c>
       <c r="G296" s="60">
         <v>109.06</v>
       </c>
       <c r="H296" s="60">
         <v>109.47</v>
       </c>
@@ -19082,57 +19082,57 @@
       </c>
       <c r="K307" s="30">
         <v>-0.5</v>
       </c>
       <c r="L307" s="30">
         <v>0.8</v>
       </c>
       <c r="M307" s="30">
         <v>-0.1</v>
       </c>
       <c r="N307" s="30">
         <v>-0.5</v>
       </c>
       <c r="O307" s="30">
         <v>0.8</v>
       </c>
       <c r="P307" s="17">
         <v>12.7</v>
       </c>
       <c r="Q307" s="17">
         <v>13.9</v>
       </c>
       <c r="R307" s="17">
         <v>9.9</v>
       </c>
-      <c r="S307" s="71">
+      <c r="S307" s="70">
         <v>14.3</v>
       </c>
-      <c r="T307" s="71">
+      <c r="T307" s="70">
         <v>16.3</v>
       </c>
-      <c r="U307" s="71">
+      <c r="U307" s="70">
         <v>10</v>
       </c>
     </row>
     <row r="308" spans="2:23" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B308" s="40">
         <v>2023</v>
       </c>
       <c r="C308" s="40" t="s">
         <v>10</v>
       </c>
       <c r="D308" s="13">
         <v>122.34</v>
       </c>
       <c r="E308" s="13">
         <v>123.25</v>
       </c>
       <c r="F308" s="13">
         <v>119.71</v>
       </c>
       <c r="G308" s="60">
         <v>124.5</v>
       </c>
       <c r="H308" s="60">
         <v>126.25</v>
       </c>
@@ -19504,61 +19504,61 @@
       </c>
       <c r="K314" s="55">
         <v>-0.2</v>
       </c>
       <c r="L314" s="55">
         <v>3.8</v>
       </c>
       <c r="M314" s="55">
         <v>1.1000000000000001</v>
       </c>
       <c r="N314" s="55">
         <v>-0.2</v>
       </c>
       <c r="O314" s="55">
         <v>3.8</v>
       </c>
       <c r="P314" s="56">
         <v>8</v>
       </c>
       <c r="Q314" s="56">
         <v>6.6</v>
       </c>
       <c r="R314" s="56">
         <v>10.8</v>
       </c>
-      <c r="S314" s="74">
+      <c r="S314" s="73">
         <v>8.1999999999999993</v>
       </c>
-      <c r="T314" s="74">
+      <c r="T314" s="73">
         <v>6.8</v>
       </c>
-      <c r="U314" s="74">
+      <c r="U314" s="73">
         <v>10.8</v>
       </c>
-      <c r="V314" s="76"/>
-      <c r="W314" s="76"/>
+      <c r="V314" s="74"/>
+      <c r="W314" s="74"/>
     </row>
     <row r="315" spans="2:23" s="52" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B315" s="53"/>
       <c r="C315" s="53" t="s">
         <v>17</v>
       </c>
       <c r="D315" s="54">
         <v>130</v>
       </c>
       <c r="E315" s="54">
         <v>127.78</v>
       </c>
       <c r="F315" s="54">
         <v>133.81</v>
       </c>
       <c r="G315" s="64">
         <v>132.30000000000001</v>
       </c>
       <c r="H315" s="64">
         <v>130.88999999999999</v>
       </c>
       <c r="I315" s="64">
         <v>134.27000000000001</v>
       </c>
       <c r="J315" s="55">
@@ -19566,61 +19566,61 @@
       </c>
       <c r="K315" s="55">
         <v>0.5</v>
       </c>
       <c r="L315" s="55">
         <v>0.5</v>
       </c>
       <c r="M315" s="55">
         <v>0.5</v>
       </c>
       <c r="N315" s="55">
         <v>0.5</v>
       </c>
       <c r="O315" s="55">
         <v>0.5</v>
       </c>
       <c r="P315" s="56">
         <v>8.4</v>
       </c>
       <c r="Q315" s="56">
         <v>7.2</v>
       </c>
       <c r="R315" s="56">
         <v>10.7</v>
       </c>
-      <c r="S315" s="74">
+      <c r="S315" s="73">
         <v>8.6</v>
       </c>
-      <c r="T315" s="74">
+      <c r="T315" s="73">
         <v>7.4</v>
       </c>
-      <c r="U315" s="74">
+      <c r="U315" s="73">
         <v>10.7</v>
       </c>
-      <c r="V315" s="76"/>
-      <c r="W315" s="76"/>
+      <c r="V315" s="74"/>
+      <c r="W315" s="74"/>
     </row>
     <row r="316" spans="2:23" s="52" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B316" s="53"/>
       <c r="C316" s="53" t="s">
         <v>18</v>
       </c>
       <c r="D316" s="54">
         <v>129.15</v>
       </c>
       <c r="E316" s="54">
         <v>128.99</v>
       </c>
       <c r="F316" s="54">
         <v>128.69</v>
       </c>
       <c r="G316" s="64">
         <v>131.43</v>
       </c>
       <c r="H316" s="64">
         <v>132.13</v>
       </c>
       <c r="I316" s="64">
         <v>129.13</v>
       </c>
       <c r="J316" s="55">
@@ -19628,61 +19628,61 @@
       </c>
       <c r="K316" s="55">
         <v>0.9</v>
       </c>
       <c r="L316" s="55">
         <v>-3.8</v>
       </c>
       <c r="M316" s="55">
         <v>-0.7</v>
       </c>
       <c r="N316" s="55">
         <v>0.9</v>
       </c>
       <c r="O316" s="55">
         <v>-3.8</v>
       </c>
       <c r="P316" s="56">
         <v>7.4</v>
       </c>
       <c r="Q316" s="56">
         <v>6.6</v>
       </c>
       <c r="R316" s="56">
         <v>9.1999999999999993</v>
       </c>
-      <c r="S316" s="74">
+      <c r="S316" s="73">
         <v>7.6</v>
       </c>
-      <c r="T316" s="74">
+      <c r="T316" s="73">
         <v>6.8</v>
       </c>
-      <c r="U316" s="74">
+      <c r="U316" s="73">
         <v>9.1999999999999993</v>
       </c>
-      <c r="V316" s="76"/>
-      <c r="W316" s="76"/>
+      <c r="V316" s="74"/>
+      <c r="W316" s="74"/>
     </row>
     <row r="317" spans="2:23" s="52" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B317" s="53"/>
       <c r="C317" s="53" t="s">
         <v>19</v>
       </c>
       <c r="D317" s="54">
         <v>129.52000000000001</v>
       </c>
       <c r="E317" s="54">
         <v>129.66</v>
       </c>
       <c r="F317" s="54">
         <v>128.44999999999999</v>
       </c>
       <c r="G317" s="64">
         <v>131.81</v>
       </c>
       <c r="H317" s="64">
         <v>132.82</v>
       </c>
       <c r="I317" s="64">
         <v>128.88999999999999</v>
       </c>
       <c r="J317" s="55">
@@ -19690,61 +19690,61 @@
       </c>
       <c r="K317" s="55">
         <v>0.5</v>
       </c>
       <c r="L317" s="55">
         <v>-0.2</v>
       </c>
       <c r="M317" s="55">
         <v>0.3</v>
       </c>
       <c r="N317" s="55">
         <v>0.5</v>
       </c>
       <c r="O317" s="55">
         <v>-0.2</v>
       </c>
       <c r="P317" s="56">
         <v>6.7</v>
       </c>
       <c r="Q317" s="56">
         <v>5.6</v>
       </c>
       <c r="R317" s="56">
         <v>9.1999999999999993</v>
       </c>
-      <c r="S317" s="74">
+      <c r="S317" s="73">
         <v>6.8</v>
       </c>
-      <c r="T317" s="74">
+      <c r="T317" s="73">
         <v>5.6</v>
       </c>
-      <c r="U317" s="74">
+      <c r="U317" s="73">
         <v>9.1999999999999993</v>
       </c>
-      <c r="V317" s="76"/>
-      <c r="W317" s="76"/>
+      <c r="V317" s="74"/>
+      <c r="W317" s="74"/>
     </row>
     <row r="318" spans="2:23" s="52" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B318" s="53"/>
       <c r="C318" s="53" t="s">
         <v>20</v>
       </c>
       <c r="D318" s="54">
         <v>128.94999999999999</v>
       </c>
       <c r="E318" s="54">
         <v>129.26</v>
       </c>
       <c r="F318" s="54">
         <v>127.53</v>
       </c>
       <c r="G318" s="64">
         <v>131.22999999999999</v>
       </c>
       <c r="H318" s="64">
         <v>132.4</v>
       </c>
       <c r="I318" s="64">
         <v>127.97</v>
       </c>
       <c r="J318" s="55">
@@ -19752,61 +19752,61 @@
       </c>
       <c r="K318" s="55">
         <v>-0.3</v>
       </c>
       <c r="L318" s="55">
         <v>-0.7</v>
       </c>
       <c r="M318" s="55">
         <v>-0.4</v>
       </c>
       <c r="N318" s="55">
         <v>-0.3</v>
       </c>
       <c r="O318" s="55">
         <v>-0.7</v>
       </c>
       <c r="P318" s="56">
         <v>5.5</v>
       </c>
       <c r="Q318" s="56">
         <v>4.0999999999999996</v>
       </c>
       <c r="R318" s="56">
         <v>8.6</v>
       </c>
-      <c r="S318" s="74">
+      <c r="S318" s="73">
         <v>5.6</v>
       </c>
-      <c r="T318" s="74">
+      <c r="T318" s="73">
         <v>4.2</v>
       </c>
-      <c r="U318" s="74">
+      <c r="U318" s="73">
         <v>8.6</v>
       </c>
-      <c r="V318" s="76"/>
-      <c r="W318" s="76"/>
+      <c r="V318" s="74"/>
+      <c r="W318" s="74"/>
     </row>
     <row r="319" spans="2:23" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B319" s="46"/>
       <c r="C319" s="46" t="s">
         <v>21</v>
       </c>
       <c r="D319" s="21">
         <v>128.56</v>
       </c>
       <c r="E319" s="21">
         <v>128.53</v>
       </c>
       <c r="F319" s="21">
         <v>127.86</v>
       </c>
       <c r="G319" s="62">
         <v>130.84</v>
       </c>
       <c r="H319" s="62">
         <v>131.66</v>
       </c>
       <c r="I319" s="62">
         <v>128.30000000000001</v>
       </c>
       <c r="J319" s="30">
@@ -19814,57 +19814,57 @@
       </c>
       <c r="K319" s="30">
         <v>-0.6</v>
       </c>
       <c r="L319" s="30">
         <v>0.3</v>
       </c>
       <c r="M319" s="30">
         <v>-0.3</v>
       </c>
       <c r="N319" s="30">
         <v>-0.6</v>
       </c>
       <c r="O319" s="30">
         <v>0.3</v>
       </c>
       <c r="P319" s="17">
         <v>5.4</v>
       </c>
       <c r="Q319" s="17">
         <v>4.0999999999999996</v>
       </c>
       <c r="R319" s="17">
         <v>8.1</v>
       </c>
-      <c r="S319" s="71">
+      <c r="S319" s="70">
         <v>5.4</v>
       </c>
-      <c r="T319" s="71">
+      <c r="T319" s="70">
         <v>4.0999999999999996</v>
       </c>
-      <c r="U319" s="71">
+      <c r="U319" s="70">
         <v>8.1</v>
       </c>
     </row>
     <row r="320" spans="2:23" s="52" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B320" s="53">
         <v>2024</v>
       </c>
       <c r="C320" s="53" t="s">
         <v>10</v>
       </c>
       <c r="D320" s="54">
         <v>128.19</v>
       </c>
       <c r="E320" s="54">
         <v>127.66</v>
       </c>
       <c r="F320" s="54">
         <v>128.53</v>
       </c>
       <c r="G320" s="64">
         <v>130.44999999999999</v>
       </c>
       <c r="H320" s="64">
         <v>130.76</v>
       </c>
@@ -19876,61 +19876,61 @@
       </c>
       <c r="K320" s="55">
         <v>-0.7</v>
       </c>
       <c r="L320" s="55">
         <v>0.5</v>
       </c>
       <c r="M320" s="55">
         <v>-0.3</v>
       </c>
       <c r="N320" s="55">
         <v>-0.7</v>
       </c>
       <c r="O320" s="55">
         <v>0.5</v>
       </c>
       <c r="P320" s="56">
         <v>4.8</v>
       </c>
       <c r="Q320" s="56">
         <v>3.6</v>
       </c>
       <c r="R320" s="56">
         <v>7.4</v>
       </c>
-      <c r="S320" s="74">
+      <c r="S320" s="73">
         <v>4.8</v>
       </c>
-      <c r="T320" s="74">
+      <c r="T320" s="73">
         <v>3.6</v>
       </c>
-      <c r="U320" s="74">
+      <c r="U320" s="73">
         <v>7.4</v>
       </c>
-      <c r="V320" s="76"/>
-      <c r="W320" s="76"/>
+      <c r="V320" s="74"/>
+      <c r="W320" s="74"/>
     </row>
     <row r="321" spans="2:24" s="52" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B321" s="53"/>
       <c r="C321" s="53" t="s">
         <v>11</v>
       </c>
       <c r="D321" s="54">
         <v>128.57</v>
       </c>
       <c r="E321" s="54">
         <v>127.77</v>
       </c>
       <c r="F321" s="54">
         <v>129.47999999999999</v>
       </c>
       <c r="G321" s="64">
         <v>130.84</v>
       </c>
       <c r="H321" s="64">
         <v>130.87</v>
       </c>
       <c r="I321" s="64">
         <v>129.91999999999999</v>
       </c>
       <c r="J321" s="55">
@@ -19938,61 +19938,61 @@
       </c>
       <c r="K321" s="55">
         <v>0.1</v>
       </c>
       <c r="L321" s="55">
         <v>0.7</v>
       </c>
       <c r="M321" s="55">
         <v>0.3</v>
       </c>
       <c r="N321" s="55">
         <v>0.1</v>
       </c>
       <c r="O321" s="55">
         <v>0.7</v>
       </c>
       <c r="P321" s="56">
         <v>4.8</v>
       </c>
       <c r="Q321" s="56">
         <v>3.4</v>
       </c>
       <c r="R321" s="56">
         <v>7.8</v>
       </c>
-      <c r="S321" s="74">
+      <c r="S321" s="73">
         <v>4.8</v>
       </c>
-      <c r="T321" s="74">
+      <c r="T321" s="73">
         <v>3.4</v>
       </c>
-      <c r="U321" s="74">
+      <c r="U321" s="73">
         <v>7.8</v>
       </c>
-      <c r="V321" s="76"/>
-      <c r="W321" s="76"/>
+      <c r="V321" s="74"/>
+      <c r="W321" s="74"/>
     </row>
     <row r="322" spans="2:24" s="52" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B322" s="53"/>
       <c r="C322" s="53" t="s">
         <v>12</v>
       </c>
       <c r="D322" s="54">
         <v>129.74</v>
       </c>
       <c r="E322" s="54">
         <v>128.94</v>
       </c>
       <c r="F322" s="54">
         <v>130.63999999999999</v>
       </c>
       <c r="G322" s="64">
         <v>132.03</v>
       </c>
       <c r="H322" s="64">
         <v>132.07</v>
       </c>
       <c r="I322" s="64">
         <v>131.09</v>
       </c>
       <c r="J322" s="55">
@@ -20000,61 +20000,61 @@
       </c>
       <c r="K322" s="55">
         <v>0.9</v>
       </c>
       <c r="L322" s="55">
         <v>0.9</v>
       </c>
       <c r="M322" s="55">
         <v>0.9</v>
       </c>
       <c r="N322" s="55">
         <v>0.9</v>
       </c>
       <c r="O322" s="55">
         <v>0.9</v>
       </c>
       <c r="P322" s="56">
         <v>4.9000000000000004</v>
       </c>
       <c r="Q322" s="56">
         <v>3.4</v>
       </c>
       <c r="R322" s="56">
         <v>8</v>
       </c>
-      <c r="S322" s="74">
+      <c r="S322" s="73">
         <v>4.9000000000000004</v>
       </c>
-      <c r="T322" s="74">
+      <c r="T322" s="73">
         <v>3.4</v>
       </c>
-      <c r="U322" s="74">
+      <c r="U322" s="73">
         <v>8.1</v>
       </c>
-      <c r="V322" s="76"/>
-      <c r="W322" s="76"/>
+      <c r="V322" s="74"/>
+      <c r="W322" s="74"/>
     </row>
     <row r="323" spans="2:24" s="52" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B323" s="53"/>
       <c r="C323" s="53" t="s">
         <v>13</v>
       </c>
       <c r="D323" s="54">
         <v>131.06</v>
       </c>
       <c r="E323" s="54">
         <v>129.84</v>
       </c>
       <c r="F323" s="54">
         <v>132.82</v>
       </c>
       <c r="G323" s="64">
         <v>133.37</v>
       </c>
       <c r="H323" s="64">
         <v>133</v>
       </c>
       <c r="I323" s="64">
         <v>133.28</v>
       </c>
       <c r="J323" s="55">
@@ -20062,61 +20062,61 @@
       </c>
       <c r="K323" s="55">
         <v>0.7</v>
       </c>
       <c r="L323" s="55">
         <v>1.7</v>
       </c>
       <c r="M323" s="55">
         <v>1</v>
       </c>
       <c r="N323" s="55">
         <v>0.7</v>
       </c>
       <c r="O323" s="55">
         <v>1.7</v>
       </c>
       <c r="P323" s="56">
         <v>4.7</v>
       </c>
       <c r="Q323" s="56">
         <v>3.2</v>
       </c>
       <c r="R323" s="56">
         <v>7.9</v>
       </c>
-      <c r="S323" s="74">
+      <c r="S323" s="73">
         <v>4.7</v>
       </c>
-      <c r="T323" s="74">
+      <c r="T323" s="73">
         <v>3.2</v>
       </c>
-      <c r="U323" s="74">
+      <c r="U323" s="73">
         <v>8</v>
       </c>
-      <c r="V323" s="76"/>
-      <c r="W323" s="76"/>
+      <c r="V323" s="74"/>
+      <c r="W323" s="74"/>
     </row>
     <row r="324" spans="2:24" s="52" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B324" s="53"/>
       <c r="C324" s="53" t="s">
         <v>14</v>
       </c>
       <c r="D324" s="54">
         <v>131.31</v>
       </c>
       <c r="E324" s="54">
         <v>129.74</v>
       </c>
       <c r="F324" s="54">
         <v>133.82</v>
       </c>
       <c r="G324" s="64">
         <v>133.63</v>
       </c>
       <c r="H324" s="64">
         <v>132.9</v>
       </c>
       <c r="I324" s="64">
         <v>134.28</v>
       </c>
       <c r="J324" s="55">
@@ -20124,61 +20124,61 @@
       </c>
       <c r="K324" s="55">
         <v>-0.1</v>
       </c>
       <c r="L324" s="55">
         <v>0.8</v>
       </c>
       <c r="M324" s="55">
         <v>0.2</v>
       </c>
       <c r="N324" s="55">
         <v>-0.1</v>
       </c>
       <c r="O324" s="55">
         <v>0.8</v>
       </c>
       <c r="P324" s="56">
         <v>4.3</v>
       </c>
       <c r="Q324" s="56">
         <v>2.7</v>
       </c>
       <c r="R324" s="56">
         <v>7.8</v>
       </c>
-      <c r="S324" s="74">
+      <c r="S324" s="73">
         <v>4.3</v>
       </c>
-      <c r="T324" s="74">
+      <c r="T324" s="73">
         <v>2.7</v>
       </c>
-      <c r="U324" s="74">
+      <c r="U324" s="73">
         <v>7.8</v>
       </c>
-      <c r="V324" s="76"/>
-      <c r="W324" s="76"/>
+      <c r="V324" s="74"/>
+      <c r="W324" s="74"/>
     </row>
     <row r="325" spans="2:24" s="52" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B325" s="53"/>
       <c r="C325" s="53" t="s">
         <v>15</v>
       </c>
       <c r="D325" s="54">
         <v>132.34</v>
       </c>
       <c r="E325" s="54">
         <v>129.63999999999999</v>
       </c>
       <c r="F325" s="54">
         <v>137.22999999999999</v>
       </c>
       <c r="G325" s="64">
         <v>134.68</v>
       </c>
       <c r="H325" s="64">
         <v>132.80000000000001</v>
       </c>
       <c r="I325" s="64">
         <v>137.69999999999999</v>
       </c>
       <c r="J325" s="55">
@@ -20186,61 +20186,61 @@
       </c>
       <c r="K325" s="55">
         <v>-0.1</v>
       </c>
       <c r="L325" s="55">
         <v>2.5</v>
       </c>
       <c r="M325" s="55">
         <v>0.8</v>
       </c>
       <c r="N325" s="55">
         <v>-0.1</v>
       </c>
       <c r="O325" s="55">
         <v>2.5</v>
       </c>
       <c r="P325" s="56">
         <v>3.5</v>
       </c>
       <c r="Q325" s="56">
         <v>1.8</v>
       </c>
       <c r="R325" s="56">
         <v>7</v>
       </c>
-      <c r="S325" s="74">
+      <c r="S325" s="73">
         <v>3.5</v>
       </c>
-      <c r="T325" s="74">
+      <c r="T325" s="73">
         <v>1.8</v>
       </c>
-      <c r="U325" s="74">
+      <c r="U325" s="73">
         <v>7</v>
       </c>
-      <c r="V325" s="76"/>
-      <c r="W325" s="76"/>
+      <c r="V325" s="74"/>
+      <c r="W325" s="74"/>
     </row>
     <row r="326" spans="2:24" s="52" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B326" s="53"/>
       <c r="C326" s="53" t="s">
         <v>16</v>
       </c>
       <c r="D326" s="54">
         <v>133.69</v>
       </c>
       <c r="E326" s="54">
         <v>129.01</v>
       </c>
       <c r="F326" s="54">
         <v>142.72999999999999</v>
       </c>
       <c r="G326" s="64">
         <v>135.88</v>
       </c>
       <c r="H326" s="64">
         <v>131.88999999999999</v>
       </c>
       <c r="I326" s="64">
         <v>143.22</v>
       </c>
       <c r="J326" s="55">
@@ -20248,61 +20248,61 @@
       </c>
       <c r="K326" s="55">
         <v>-0.5</v>
       </c>
       <c r="L326" s="55">
         <v>4</v>
       </c>
       <c r="M326" s="55">
         <v>0.9</v>
       </c>
       <c r="N326" s="55">
         <v>-0.7</v>
       </c>
       <c r="O326" s="55">
         <v>4</v>
       </c>
       <c r="P326" s="56">
         <v>3.3</v>
       </c>
       <c r="Q326" s="56">
         <v>1.4</v>
       </c>
       <c r="R326" s="56">
         <v>7.2</v>
       </c>
-      <c r="S326" s="74">
+      <c r="S326" s="73">
         <v>3.2</v>
       </c>
-      <c r="T326" s="74">
+      <c r="T326" s="73">
         <v>1.2</v>
       </c>
-      <c r="U326" s="74">
+      <c r="U326" s="73">
         <v>7.2</v>
       </c>
-      <c r="V326" s="76"/>
-      <c r="W326" s="76"/>
+      <c r="V326" s="74"/>
+      <c r="W326" s="74"/>
     </row>
     <row r="327" spans="2:24" s="52" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B327" s="53"/>
       <c r="C327" s="53" t="s">
         <v>17</v>
       </c>
       <c r="D327" s="54">
         <v>133.84</v>
       </c>
       <c r="E327" s="54">
         <v>128.66999999999999</v>
       </c>
       <c r="F327" s="54">
         <v>143.91999999999999</v>
       </c>
       <c r="G327" s="64">
         <v>136.04</v>
       </c>
       <c r="H327" s="64">
         <v>131.55000000000001</v>
       </c>
       <c r="I327" s="64">
         <v>144.41</v>
       </c>
       <c r="J327" s="55">
@@ -20310,61 +20310,61 @@
       </c>
       <c r="K327" s="55">
         <v>-0.3</v>
       </c>
       <c r="L327" s="55">
         <v>0.8</v>
       </c>
       <c r="M327" s="55">
         <v>0.1</v>
       </c>
       <c r="N327" s="55">
         <v>-0.3</v>
       </c>
       <c r="O327" s="55">
         <v>0.8</v>
       </c>
       <c r="P327" s="56">
         <v>3</v>
       </c>
       <c r="Q327" s="56">
         <v>0.7</v>
       </c>
       <c r="R327" s="56">
         <v>7.6</v>
       </c>
-      <c r="S327" s="74">
+      <c r="S327" s="73">
         <v>2.8</v>
       </c>
-      <c r="T327" s="74">
+      <c r="T327" s="73">
         <v>0.5</v>
       </c>
-      <c r="U327" s="74">
+      <c r="U327" s="73">
         <v>7.6</v>
       </c>
-      <c r="V327" s="76"/>
-      <c r="W327" s="76"/>
+      <c r="V327" s="74"/>
+      <c r="W327" s="74"/>
     </row>
     <row r="328" spans="2:24" s="52" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B328" s="53"/>
       <c r="C328" s="53" t="s">
         <v>18</v>
       </c>
       <c r="D328" s="54">
         <v>133.11000000000001</v>
       </c>
       <c r="E328" s="54">
         <v>129.80000000000001</v>
       </c>
       <c r="F328" s="54">
         <v>139.29</v>
       </c>
       <c r="G328" s="64">
         <v>135.29</v>
       </c>
       <c r="H328" s="64">
         <v>132.69999999999999</v>
       </c>
       <c r="I328" s="64">
         <v>139.77000000000001</v>
       </c>
       <c r="J328" s="55">
@@ -20372,123 +20372,123 @@
       </c>
       <c r="K328" s="55">
         <v>0.9</v>
       </c>
       <c r="L328" s="55">
         <v>-3.2</v>
       </c>
       <c r="M328" s="55">
         <v>-0.6</v>
       </c>
       <c r="N328" s="55">
         <v>0.9</v>
       </c>
       <c r="O328" s="55">
         <v>-3.2</v>
       </c>
       <c r="P328" s="56">
         <v>3.1</v>
       </c>
       <c r="Q328" s="56">
         <v>0.6</v>
       </c>
       <c r="R328" s="56">
         <v>8.1999999999999993</v>
       </c>
-      <c r="S328" s="74">
+      <c r="S328" s="73">
         <v>2.9</v>
       </c>
-      <c r="T328" s="74">
+      <c r="T328" s="73">
         <v>0.4</v>
       </c>
-      <c r="U328" s="74">
+      <c r="U328" s="73">
         <v>8.1999999999999993</v>
       </c>
-      <c r="V328" s="76"/>
-      <c r="W328" s="76"/>
+      <c r="V328" s="74"/>
+      <c r="W328" s="74"/>
     </row>
     <row r="329" spans="2:24" s="52" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B329" s="53"/>
-      <c r="C329" s="78" t="s">
+      <c r="C329" s="76" t="s">
         <v>19</v>
       </c>
       <c r="D329" s="54">
         <v>134.13</v>
       </c>
       <c r="E329" s="54">
         <v>131.86000000000001</v>
       </c>
       <c r="F329" s="54">
         <v>138.09</v>
       </c>
       <c r="G329" s="64">
         <v>136.32</v>
       </c>
       <c r="H329" s="64">
         <v>134.81</v>
       </c>
       <c r="I329" s="64">
         <v>138.57</v>
       </c>
       <c r="J329" s="55">
         <v>0.8</v>
       </c>
       <c r="K329" s="55">
         <v>1.6</v>
       </c>
       <c r="L329" s="55">
         <v>-0.9</v>
       </c>
       <c r="M329" s="55">
         <v>0.8</v>
       </c>
       <c r="N329" s="55">
         <v>1.6</v>
       </c>
       <c r="O329" s="55">
         <v>-0.9</v>
       </c>
       <c r="P329" s="56">
         <v>3.6</v>
       </c>
       <c r="Q329" s="56">
         <v>1.7</v>
       </c>
       <c r="R329" s="56">
         <v>7.5</v>
       </c>
-      <c r="S329" s="74">
+      <c r="S329" s="73">
         <v>3.4</v>
       </c>
-      <c r="T329" s="74">
+      <c r="T329" s="73">
         <v>1.5</v>
       </c>
-      <c r="U329" s="74">
+      <c r="U329" s="73">
         <v>7.5</v>
       </c>
-      <c r="V329" s="76"/>
-      <c r="W329" s="76"/>
+      <c r="V329" s="74"/>
+      <c r="W329" s="74"/>
     </row>
     <row r="330" spans="2:24" s="52" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B330" s="53"/>
       <c r="C330" s="53" t="s">
         <v>20</v>
       </c>
       <c r="D330" s="54">
         <v>134.1</v>
       </c>
       <c r="E330" s="54">
         <v>132.43</v>
       </c>
       <c r="F330" s="54">
         <v>136.81</v>
       </c>
       <c r="G330" s="64">
         <v>136.30000000000001</v>
       </c>
       <c r="H330" s="64">
         <v>135.38999999999999</v>
       </c>
       <c r="I330" s="64">
         <v>137.28</v>
       </c>
       <c r="J330" s="55">
@@ -20496,61 +20496,61 @@
       </c>
       <c r="K330" s="55">
         <v>0.4</v>
       </c>
       <c r="L330" s="55">
         <v>-0.9</v>
       </c>
       <c r="M330" s="55">
         <v>0</v>
       </c>
       <c r="N330" s="55">
         <v>0.4</v>
       </c>
       <c r="O330" s="55">
         <v>-0.9</v>
       </c>
       <c r="P330" s="56">
         <v>4</v>
       </c>
       <c r="Q330" s="56">
         <v>2.5</v>
       </c>
       <c r="R330" s="56">
         <v>7.3</v>
       </c>
-      <c r="S330" s="74">
+      <c r="S330" s="73">
         <v>3.9</v>
       </c>
-      <c r="T330" s="74">
+      <c r="T330" s="73">
         <v>2.2999999999999998</v>
       </c>
-      <c r="U330" s="74">
+      <c r="U330" s="73">
         <v>7.3</v>
       </c>
-      <c r="V330" s="76"/>
-      <c r="W330" s="76"/>
+      <c r="V330" s="74"/>
+      <c r="W330" s="74"/>
     </row>
     <row r="331" spans="2:24" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B331" s="46"/>
       <c r="C331" s="46" t="s">
         <v>21</v>
       </c>
       <c r="D331" s="21">
         <v>134.35</v>
       </c>
       <c r="E331" s="21">
         <v>132.37</v>
       </c>
       <c r="F331" s="21">
         <v>137.69999999999999</v>
       </c>
       <c r="G331" s="62">
         <v>136.55000000000001</v>
       </c>
       <c r="H331" s="62">
         <v>135.33000000000001</v>
       </c>
       <c r="I331" s="62">
         <v>138.16999999999999</v>
       </c>
       <c r="J331" s="30">
@@ -20558,653 +20558,777 @@
       </c>
       <c r="K331" s="30">
         <v>0</v>
       </c>
       <c r="L331" s="30">
         <v>0.7</v>
       </c>
       <c r="M331" s="30">
         <v>0.2</v>
       </c>
       <c r="N331" s="30">
         <v>0</v>
       </c>
       <c r="O331" s="30">
         <v>0.6</v>
       </c>
       <c r="P331" s="17">
         <v>4.5</v>
       </c>
       <c r="Q331" s="17">
         <v>3</v>
       </c>
       <c r="R331" s="17">
         <v>7.7</v>
       </c>
-      <c r="S331" s="71">
+      <c r="S331" s="70">
         <v>4.4000000000000004</v>
       </c>
-      <c r="T331" s="71">
+      <c r="T331" s="70">
         <v>2.8</v>
       </c>
-      <c r="U331" s="71">
+      <c r="U331" s="70">
         <v>7.7</v>
       </c>
-      <c r="V331" s="76"/>
-      <c r="W331" s="76"/>
+      <c r="V331" s="74"/>
+      <c r="W331" s="74"/>
       <c r="X331" s="52"/>
     </row>
     <row r="332" spans="2:24" s="52" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B332" s="53">
         <v>2025</v>
       </c>
       <c r="C332" s="53" t="s">
         <v>10</v>
       </c>
-      <c r="D332" s="54">
+      <c r="D332" s="13">
         <v>134.66</v>
       </c>
-      <c r="E332" s="54">
+      <c r="E332" s="13">
         <v>132.19</v>
       </c>
-      <c r="F332" s="54">
+      <c r="F332" s="13">
         <v>139.07</v>
       </c>
-      <c r="G332" s="64">
+      <c r="G332" s="13">
         <v>136.86000000000001</v>
       </c>
-      <c r="H332" s="64">
+      <c r="H332" s="13">
         <v>135.15</v>
       </c>
-      <c r="I332" s="64">
+      <c r="I332" s="13">
         <v>139.55000000000001</v>
       </c>
-      <c r="J332" s="55">
+      <c r="J332" s="29">
         <v>0.2</v>
       </c>
-      <c r="K332" s="55">
+      <c r="K332" s="29">
         <v>-0.1</v>
       </c>
-      <c r="L332" s="55">
+      <c r="L332" s="29">
         <v>1</v>
       </c>
-      <c r="M332" s="55">
+      <c r="M332" s="29">
         <v>0.2</v>
       </c>
-      <c r="N332" s="55">
+      <c r="N332" s="29">
         <v>-0.1</v>
       </c>
-      <c r="O332" s="55">
+      <c r="O332" s="29">
         <v>1</v>
       </c>
-      <c r="P332" s="56">
+      <c r="P332" s="14">
         <v>5</v>
       </c>
-      <c r="Q332" s="56">
+      <c r="Q332" s="14">
         <v>3.5</v>
       </c>
-      <c r="R332" s="56">
+      <c r="R332" s="14">
         <v>8.1999999999999993</v>
       </c>
-      <c r="S332" s="74">
+      <c r="S332" s="14">
         <v>4.9000000000000004</v>
       </c>
-      <c r="T332" s="74">
+      <c r="T332" s="14">
         <v>3.4</v>
       </c>
-      <c r="U332" s="74">
+      <c r="U332" s="14">
         <v>8.1999999999999993</v>
       </c>
-      <c r="V332" s="76"/>
-      <c r="W332" s="76"/>
+      <c r="V332" s="79"/>
+      <c r="W332" s="74"/>
     </row>
     <row r="333" spans="2:24" s="52" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B333" s="53"/>
       <c r="C333" s="53" t="s">
         <v>11</v>
       </c>
-      <c r="D333" s="54">
+      <c r="D333" s="13">
         <v>134.68</v>
       </c>
-      <c r="E333" s="54">
+      <c r="E333" s="13">
         <v>131.96</v>
       </c>
-      <c r="F333" s="54">
+      <c r="F333" s="13">
         <v>139.63999999999999</v>
       </c>
-      <c r="G333" s="64">
+      <c r="G333" s="13">
         <v>136.88999999999999</v>
       </c>
-      <c r="H333" s="64">
+      <c r="H333" s="13">
         <v>134.91</v>
       </c>
-      <c r="I333" s="64">
+      <c r="I333" s="13">
         <v>140.12</v>
       </c>
-      <c r="J333" s="55">
+      <c r="J333" s="29">
         <v>0</v>
       </c>
-      <c r="K333" s="55">
+      <c r="K333" s="29">
         <v>-0.2</v>
       </c>
-      <c r="L333" s="55">
+      <c r="L333" s="29">
         <v>0.4</v>
       </c>
-      <c r="M333" s="55">
+      <c r="M333" s="29">
         <v>0</v>
       </c>
-      <c r="N333" s="55">
+      <c r="N333" s="29">
         <v>-0.2</v>
       </c>
-      <c r="O333" s="55">
+      <c r="O333" s="29">
         <v>0.4</v>
       </c>
-      <c r="P333" s="56">
+      <c r="P333" s="14">
         <v>4.8</v>
       </c>
-      <c r="Q333" s="56">
+      <c r="Q333" s="14">
         <v>3.3</v>
       </c>
-      <c r="R333" s="56">
+      <c r="R333" s="14">
         <v>7.8</v>
       </c>
-      <c r="S333" s="74">
+      <c r="S333" s="14">
         <v>4.5999999999999996</v>
       </c>
-      <c r="T333" s="74">
+      <c r="T333" s="14">
         <v>3.1</v>
       </c>
-      <c r="U333" s="74">
+      <c r="U333" s="14">
         <v>7.9</v>
       </c>
-      <c r="V333" s="76"/>
-      <c r="W333" s="76"/>
+      <c r="V333" s="79"/>
+      <c r="W333" s="74"/>
     </row>
     <row r="334" spans="2:24" s="52" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B334" s="53"/>
       <c r="C334" s="53" t="s">
         <v>12</v>
       </c>
-      <c r="D334" s="54">
+      <c r="D334" s="13">
         <v>135.28</v>
       </c>
-      <c r="E334" s="54">
+      <c r="E334" s="13">
         <v>132.38</v>
       </c>
-      <c r="F334" s="54">
+      <c r="F334" s="13">
         <v>140.62</v>
       </c>
-      <c r="G334" s="64">
+      <c r="G334" s="13">
         <v>137.5</v>
       </c>
-      <c r="H334" s="64">
+      <c r="H334" s="13">
         <v>135.34</v>
       </c>
-      <c r="I334" s="64">
+      <c r="I334" s="13">
         <v>141.11000000000001</v>
       </c>
-      <c r="J334" s="55">
+      <c r="J334" s="29">
         <v>0.4</v>
       </c>
-      <c r="K334" s="55">
+      <c r="K334" s="29">
         <v>0.3</v>
       </c>
-      <c r="L334" s="55">
+      <c r="L334" s="29">
         <v>0.7</v>
       </c>
-      <c r="M334" s="55">
+      <c r="M334" s="29">
         <v>0.4</v>
       </c>
-      <c r="N334" s="55">
+      <c r="N334" s="29">
         <v>0.3</v>
       </c>
-      <c r="O334" s="55">
+      <c r="O334" s="29">
         <v>0.7</v>
       </c>
-      <c r="P334" s="56">
+      <c r="P334" s="14">
         <v>4.3</v>
       </c>
-      <c r="Q334" s="56">
+      <c r="Q334" s="14">
         <v>2.7</v>
       </c>
-      <c r="R334" s="56">
+      <c r="R334" s="14">
         <v>7.6</v>
       </c>
-      <c r="S334" s="74">
+      <c r="S334" s="14">
         <v>4.0999999999999996</v>
       </c>
-      <c r="T334" s="74">
+      <c r="T334" s="14">
         <v>2.5</v>
       </c>
-      <c r="U334" s="74">
+      <c r="U334" s="14">
         <v>7.6</v>
       </c>
-      <c r="V334" s="76"/>
-      <c r="W334" s="76"/>
+      <c r="V334" s="79"/>
+      <c r="W334" s="74"/>
     </row>
     <row r="335" spans="2:24" s="52" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B335" s="53"/>
       <c r="C335" s="53" t="s">
         <v>13</v>
       </c>
-      <c r="D335" s="54">
+      <c r="D335" s="13">
         <v>136.26</v>
       </c>
-      <c r="E335" s="54">
+      <c r="E335" s="13">
         <v>132.97999999999999</v>
       </c>
-      <c r="F335" s="54">
+      <c r="F335" s="13">
         <v>142.41999999999999</v>
       </c>
-      <c r="G335" s="64">
+      <c r="G335" s="13">
         <v>138.5</v>
       </c>
-      <c r="H335" s="64">
+      <c r="H335" s="13">
         <v>135.96</v>
       </c>
-      <c r="I335" s="64">
+      <c r="I335" s="13">
         <v>142.91</v>
       </c>
-      <c r="J335" s="55">
+      <c r="J335" s="29">
         <v>0.7</v>
       </c>
-      <c r="K335" s="55">
+      <c r="K335" s="29">
         <v>0.5</v>
       </c>
-      <c r="L335" s="55">
+      <c r="L335" s="29">
         <v>1.3</v>
       </c>
-      <c r="M335" s="55">
+      <c r="M335" s="29">
         <v>0.7</v>
       </c>
-      <c r="N335" s="55">
+      <c r="N335" s="29">
         <v>0.5</v>
       </c>
-      <c r="O335" s="55">
+      <c r="O335" s="29">
         <v>1.3</v>
       </c>
-      <c r="P335" s="56">
+      <c r="P335" s="14">
         <v>4</v>
       </c>
-      <c r="Q335" s="56">
+      <c r="Q335" s="14">
         <v>2.4</v>
       </c>
-      <c r="R335" s="56">
+      <c r="R335" s="14">
         <v>7.2</v>
       </c>
-      <c r="S335" s="74">
+      <c r="S335" s="14">
         <v>3.8</v>
       </c>
-      <c r="T335" s="74">
+      <c r="T335" s="14">
         <v>2.2000000000000002</v>
       </c>
-      <c r="U335" s="74">
+      <c r="U335" s="14">
         <v>7.2</v>
       </c>
-      <c r="V335" s="76"/>
-      <c r="W335" s="76"/>
+      <c r="V335" s="79"/>
+      <c r="W335" s="74"/>
     </row>
     <row r="336" spans="2:24" s="52" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B336" s="53"/>
       <c r="C336" s="53" t="s">
         <v>14</v>
       </c>
-      <c r="D336" s="54">
+      <c r="D336" s="13">
         <v>136.99</v>
       </c>
-      <c r="E336" s="54">
+      <c r="E336" s="13">
         <v>133.31</v>
       </c>
-      <c r="F336" s="54">
+      <c r="F336" s="13">
         <v>144.01</v>
       </c>
-      <c r="G336" s="64">
+      <c r="G336" s="13">
         <v>139.24</v>
       </c>
-      <c r="H336" s="64">
+      <c r="H336" s="13">
         <v>136.29</v>
       </c>
-      <c r="I336" s="64">
+      <c r="I336" s="13">
         <v>144.5</v>
       </c>
-      <c r="J336" s="55">
+      <c r="J336" s="29">
         <v>0.5</v>
       </c>
-      <c r="K336" s="55">
+      <c r="K336" s="29">
         <v>0.2</v>
       </c>
-      <c r="L336" s="55">
+      <c r="L336" s="29">
         <v>1.1000000000000001</v>
       </c>
-      <c r="M336" s="55">
+      <c r="M336" s="29">
         <v>0.5</v>
       </c>
-      <c r="N336" s="55">
+      <c r="N336" s="29">
         <v>0.2</v>
       </c>
-      <c r="O336" s="55">
+      <c r="O336" s="29">
         <v>1.1000000000000001</v>
       </c>
-      <c r="P336" s="56">
+      <c r="P336" s="14">
         <v>4.3</v>
       </c>
-      <c r="Q336" s="56">
+      <c r="Q336" s="14">
         <v>2.8</v>
       </c>
-      <c r="R336" s="56">
+      <c r="R336" s="14">
         <v>7.6</v>
       </c>
-      <c r="S336" s="74">
+      <c r="S336" s="14">
         <v>4.2</v>
       </c>
-      <c r="T336" s="74">
+      <c r="T336" s="14">
         <v>2.6</v>
       </c>
-      <c r="U336" s="74">
+      <c r="U336" s="14">
         <v>7.6</v>
       </c>
-      <c r="V336" s="76"/>
-      <c r="W336" s="76"/>
+      <c r="V336" s="79"/>
+      <c r="W336" s="74"/>
     </row>
     <row r="337" spans="2:24" s="52" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B337" s="53"/>
       <c r="C337" s="53" t="s">
         <v>15</v>
       </c>
-      <c r="D337" s="54">
+      <c r="D337" s="13">
         <v>138.1</v>
       </c>
-      <c r="E337" s="54">
+      <c r="E337" s="13">
         <v>133.33000000000001</v>
       </c>
-      <c r="F337" s="54">
+      <c r="F337" s="13">
         <v>147.47</v>
       </c>
-      <c r="G337" s="64">
+      <c r="G337" s="13">
         <v>140.36000000000001</v>
       </c>
-      <c r="H337" s="64">
+      <c r="H337" s="13">
         <v>136.31</v>
       </c>
-      <c r="I337" s="64">
+      <c r="I337" s="13">
         <v>147.97999999999999</v>
       </c>
-      <c r="J337" s="55">
+      <c r="J337" s="29">
         <v>0.8</v>
       </c>
-      <c r="K337" s="55">
+      <c r="K337" s="29">
         <v>0</v>
       </c>
-      <c r="L337" s="55">
+      <c r="L337" s="29">
         <v>2.4</v>
       </c>
-      <c r="M337" s="55">
+      <c r="M337" s="29">
         <v>0.8</v>
       </c>
-      <c r="N337" s="55">
+      <c r="N337" s="29">
         <v>0</v>
       </c>
-      <c r="O337" s="55">
+      <c r="O337" s="29">
         <v>2.4</v>
       </c>
-      <c r="P337" s="56">
+      <c r="P337" s="14">
         <v>4.4000000000000004</v>
       </c>
-      <c r="Q337" s="56">
+      <c r="Q337" s="14">
         <v>2.8</v>
       </c>
-      <c r="R337" s="56">
+      <c r="R337" s="14">
         <v>7.5</v>
       </c>
-      <c r="S337" s="74">
+      <c r="S337" s="14">
         <v>4.2</v>
       </c>
-      <c r="T337" s="74">
+      <c r="T337" s="14">
         <v>2.6</v>
       </c>
-      <c r="U337" s="74">
+      <c r="U337" s="14">
         <v>7.5</v>
       </c>
-      <c r="V337" s="76"/>
-      <c r="W337" s="76"/>
+      <c r="V337" s="79"/>
+      <c r="W337" s="74"/>
     </row>
     <row r="338" spans="2:24" s="52" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B338" s="53"/>
       <c r="C338" s="53" t="s">
         <v>16</v>
       </c>
-      <c r="D338" s="54">
+      <c r="D338" s="13">
         <v>139.77000000000001</v>
       </c>
-      <c r="E338" s="54">
+      <c r="E338" s="13">
         <v>133.58000000000001</v>
       </c>
-      <c r="F338" s="54">
+      <c r="F338" s="13">
         <v>152.18</v>
       </c>
-      <c r="G338" s="64">
+      <c r="G338" s="13">
         <v>141.88999999999999</v>
       </c>
-      <c r="H338" s="64">
+      <c r="H338" s="13">
         <v>136.32</v>
       </c>
-      <c r="I338" s="64">
+      <c r="I338" s="13">
         <v>152.69999999999999</v>
       </c>
-      <c r="J338" s="55">
+      <c r="J338" s="29">
         <v>1.2</v>
       </c>
-      <c r="K338" s="55">
+      <c r="K338" s="29">
         <v>0.2</v>
       </c>
-      <c r="L338" s="55">
+      <c r="L338" s="29">
         <v>3.2</v>
       </c>
-      <c r="M338" s="55">
+      <c r="M338" s="29">
         <v>1.1000000000000001</v>
       </c>
-      <c r="N338" s="55">
+      <c r="N338" s="29">
         <v>0</v>
       </c>
-      <c r="O338" s="55">
+      <c r="O338" s="29">
         <v>3.2</v>
       </c>
-      <c r="P338" s="56">
+      <c r="P338" s="14">
         <v>4.5</v>
       </c>
-      <c r="Q338" s="56">
+      <c r="Q338" s="14">
         <v>3.5</v>
       </c>
-      <c r="R338" s="56">
+      <c r="R338" s="14">
         <v>6.6</v>
       </c>
-      <c r="S338" s="74">
+      <c r="S338" s="14">
         <v>4.4000000000000004</v>
       </c>
-      <c r="T338" s="74">
+      <c r="T338" s="14">
         <v>3.4</v>
       </c>
-      <c r="U338" s="74">
+      <c r="U338" s="14">
         <v>6.6</v>
       </c>
-      <c r="V338" s="76"/>
-      <c r="W338" s="76"/>
+      <c r="V338" s="79"/>
+      <c r="W338" s="74"/>
     </row>
     <row r="339" spans="2:24" s="52" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B339" s="53"/>
       <c r="C339" s="53" t="s">
         <v>17</v>
       </c>
-      <c r="D339" s="54">
+      <c r="D339" s="13">
         <v>140.06</v>
       </c>
-      <c r="E339" s="54">
+      <c r="E339" s="13">
         <v>133.12</v>
       </c>
-      <c r="F339" s="54">
+      <c r="F339" s="13">
         <v>154.11000000000001</v>
       </c>
-      <c r="G339" s="64">
+      <c r="G339" s="13">
         <v>142.18</v>
       </c>
-      <c r="H339" s="64">
+      <c r="H339" s="13">
         <v>135.85</v>
       </c>
-      <c r="I339" s="64">
+      <c r="I339" s="13">
         <v>154.63999999999999</v>
       </c>
-      <c r="J339" s="55">
+      <c r="J339" s="29">
         <v>0.2</v>
       </c>
-      <c r="K339" s="55">
+      <c r="K339" s="29">
         <v>-0.3</v>
       </c>
-      <c r="L339" s="55">
+      <c r="L339" s="29">
         <v>1.3</v>
       </c>
-      <c r="M339" s="55">
+      <c r="M339" s="29">
         <v>0.2</v>
       </c>
-      <c r="N339" s="55">
+      <c r="N339" s="29">
         <v>-0.3</v>
       </c>
-      <c r="O339" s="55">
+      <c r="O339" s="29">
         <v>1.3</v>
       </c>
-      <c r="P339" s="56">
+      <c r="P339" s="14">
         <v>4.5999999999999996</v>
       </c>
-      <c r="Q339" s="56">
+      <c r="Q339" s="14">
         <v>3.5</v>
       </c>
-      <c r="R339" s="56">
+      <c r="R339" s="14">
         <v>7.1</v>
       </c>
-      <c r="S339" s="74">
+      <c r="S339" s="14">
         <v>4.5</v>
       </c>
-      <c r="T339" s="74">
+      <c r="T339" s="14">
         <v>3.3</v>
       </c>
-      <c r="U339" s="74">
+      <c r="U339" s="14">
         <v>7.1</v>
       </c>
-      <c r="V339" s="76"/>
-[...4 lines deleted...]
-      <c r="C340" s="79" t="s">
+      <c r="V339" s="79"/>
+      <c r="W339" s="74"/>
+    </row>
+    <row r="340" spans="2:24" s="52" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B340" s="53"/>
+      <c r="C340" s="53" t="s">
         <v>18</v>
       </c>
-      <c r="D340" s="80">
+      <c r="D340" s="13">
         <v>139.25</v>
       </c>
-      <c r="E340" s="25">
+      <c r="E340" s="13">
         <v>134.29</v>
       </c>
-      <c r="F340" s="25">
+      <c r="F340" s="13">
         <v>149.03</v>
       </c>
-      <c r="G340" s="65">
+      <c r="G340" s="13">
         <v>141.36000000000001</v>
       </c>
-      <c r="H340" s="65">
+      <c r="H340" s="13">
         <v>137.04</v>
       </c>
-      <c r="I340" s="65">
+      <c r="I340" s="13">
         <v>149.55000000000001</v>
       </c>
-      <c r="J340" s="35">
+      <c r="J340" s="29">
         <v>-0.6</v>
       </c>
-      <c r="K340" s="35">
+      <c r="K340" s="29">
         <v>0.9</v>
       </c>
-      <c r="L340" s="35">
+      <c r="L340" s="29">
         <v>-3.3</v>
       </c>
-      <c r="M340" s="35">
+      <c r="M340" s="29">
         <v>-0.6</v>
       </c>
-      <c r="N340" s="35">
+      <c r="N340" s="29">
         <v>0.9</v>
       </c>
-      <c r="O340" s="35">
+      <c r="O340" s="29">
         <v>-3.3</v>
       </c>
-      <c r="P340" s="26">
+      <c r="P340" s="14">
         <v>4.5999999999999996</v>
       </c>
-      <c r="Q340" s="26">
+      <c r="Q340" s="14">
         <v>3.5</v>
       </c>
-      <c r="R340" s="26">
+      <c r="R340" s="14">
         <v>7</v>
       </c>
-      <c r="S340" s="75">
+      <c r="S340" s="14">
         <v>4.5</v>
       </c>
-      <c r="T340" s="75">
+      <c r="T340" s="14">
         <v>3.3</v>
       </c>
-      <c r="U340" s="75">
+      <c r="U340" s="14">
         <v>7</v>
       </c>
-      <c r="V340" s="76"/>
-[...23 lines deleted...]
-      <c r="U341" s="66"/>
+      <c r="V340" s="79"/>
+      <c r="W340" s="74"/>
+    </row>
+    <row r="341" spans="2:24" s="52" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B341" s="53"/>
+      <c r="C341" s="53" t="s">
+        <v>19</v>
+      </c>
+      <c r="D341" s="54">
+        <v>139.5</v>
+      </c>
+      <c r="E341" s="54">
+        <v>135.07</v>
+      </c>
+      <c r="F341" s="54">
+        <v>148.13999999999999</v>
+      </c>
+      <c r="G341" s="54">
+        <v>141.62</v>
+      </c>
+      <c r="H341" s="54">
+        <v>137.84</v>
+      </c>
+      <c r="I341" s="54">
+        <v>148.65</v>
+      </c>
+      <c r="J341" s="55">
+        <v>0.2</v>
+      </c>
+      <c r="K341" s="55">
+        <v>0.6</v>
+      </c>
+      <c r="L341" s="55">
+        <v>-0.6</v>
+      </c>
+      <c r="M341" s="55">
+        <v>0.2</v>
+      </c>
+      <c r="N341" s="55">
+        <v>0.6</v>
+      </c>
+      <c r="O341" s="55">
+        <v>-0.6</v>
+      </c>
+      <c r="P341" s="56">
+        <v>4</v>
+      </c>
+      <c r="Q341" s="56">
+        <v>2.4</v>
+      </c>
+      <c r="R341" s="56">
+        <v>7.3</v>
+      </c>
+      <c r="S341" s="56">
+        <v>3.9</v>
+      </c>
+      <c r="T341" s="56">
+        <v>2.2000000000000002</v>
+      </c>
+      <c r="U341" s="56">
+        <v>7.3</v>
+      </c>
+      <c r="V341" s="89"/>
+      <c r="W341" s="74"/>
     </row>
     <row r="342" spans="2:24" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B342" s="51" t="s">
+      <c r="B342" s="77"/>
+      <c r="C342" s="77" t="s">
+        <v>20</v>
+      </c>
+      <c r="D342" s="78">
+        <v>139.88</v>
+      </c>
+      <c r="E342" s="78">
+        <v>136.1</v>
+      </c>
+      <c r="F342" s="25">
+        <v>147.08000000000001</v>
+      </c>
+      <c r="G342" s="25">
+        <v>142</v>
+      </c>
+      <c r="H342" s="25">
+        <v>138.88999999999999</v>
+      </c>
+      <c r="I342" s="25">
+        <v>147.59</v>
+      </c>
+      <c r="J342" s="35">
+        <v>0.3</v>
+      </c>
+      <c r="K342" s="35">
+        <v>0.8</v>
+      </c>
+      <c r="L342" s="35">
+        <v>-0.7</v>
+      </c>
+      <c r="M342" s="35">
+        <v>0.3</v>
+      </c>
+      <c r="N342" s="35">
+        <v>0.8</v>
+      </c>
+      <c r="O342" s="35">
+        <v>-0.7</v>
+      </c>
+      <c r="P342" s="26">
+        <v>4.3</v>
+      </c>
+      <c r="Q342" s="26">
+        <v>2.8</v>
+      </c>
+      <c r="R342" s="26">
+        <v>7.5</v>
+      </c>
+      <c r="S342" s="26">
+        <v>4.2</v>
+      </c>
+      <c r="T342" s="26">
+        <v>2.6</v>
+      </c>
+      <c r="U342" s="26">
+        <v>7.5</v>
+      </c>
+      <c r="V342" s="79"/>
+      <c r="W342" s="74"/>
+      <c r="X342" s="52"/>
+    </row>
+    <row r="343" spans="2:24" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B343" s="7"/>
+      <c r="C343" s="8"/>
+      <c r="D343" s="9"/>
+      <c r="E343" s="9"/>
+      <c r="F343" s="9"/>
+      <c r="G343" s="65"/>
+      <c r="H343" s="65"/>
+      <c r="I343" s="65"/>
+      <c r="J343" s="9"/>
+      <c r="K343" s="9"/>
+      <c r="L343" s="9"/>
+      <c r="M343" s="65"/>
+      <c r="N343" s="65"/>
+      <c r="O343" s="65"/>
+      <c r="P343" s="10"/>
+      <c r="Q343" s="9"/>
+      <c r="R343" s="9"/>
+      <c r="S343" s="65"/>
+      <c r="T343" s="65"/>
+      <c r="U343" s="65"/>
+    </row>
+    <row r="344" spans="2:24" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B344" s="51" t="s">
         <v>42</v>
       </c>
-      <c r="E342" s="6"/>
-[...1 lines deleted...]
-      <c r="G342" s="67"/>
+      <c r="E344" s="6"/>
+      <c r="F344" s="6"/>
+      <c r="G344" s="66"/>
     </row>
   </sheetData>
   <mergeCells count="12">
     <mergeCell ref="P6:R6"/>
     <mergeCell ref="S6:U6"/>
     <mergeCell ref="T2:U2"/>
     <mergeCell ref="B5:B7"/>
     <mergeCell ref="C5:C7"/>
     <mergeCell ref="D5:I5"/>
     <mergeCell ref="J5:O5"/>
     <mergeCell ref="P5:U5"/>
     <mergeCell ref="D6:F6"/>
     <mergeCell ref="G6:I6"/>
     <mergeCell ref="J6:L6"/>
     <mergeCell ref="M6:O6"/>
   </mergeCells>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup paperSize="9" orientation="landscape" horizontalDpi="4294967292" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
   <ignoredErrors>
     <ignoredError sqref="B8:B284 B296" numberStoredAsText="1"/>
   </ignoredErrors>
 </worksheet>
 </file>
 