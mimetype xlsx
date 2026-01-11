--- v0 (2025-10-07)
+++ v1 (2026-01-11)
@@ -2,55 +2,55 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="4" rupBuild="14420"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\INOK+KZ\IZVJESTAJI_BPM6 - REVIZIJA_NOVO\PUBLICIRANI\BILTEN_328\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\INOK+KZ\IZVJESTAJI_BPM6 - REVIZIJA_NOVO\PUBLICIRANI\BILTEN_329\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
-    <workbookView xWindow="8505" yWindow="465" windowWidth="29040" windowHeight="20205"/>
+    <workbookView xWindow="8508" yWindow="468" windowWidth="29040" windowHeight="20208"/>
   </bookViews>
   <sheets>
     <sheet name="EUR" sheetId="2" r:id="rId1"/>
   </sheets>
   <calcPr calcId="162913"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="76" uniqueCount="40">
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>Projected future gross external debt payments</t>
   </si>
   <si>
     <t>Memo item: Projected interest payments</t>
   </si>
   <si>
     <t>in million EUR</t>
   </si>
   <si>
     <t>Immediate</t>
   </si>
@@ -433,51 +433,51 @@
   <si>
     <t xml:space="preserve"> Debt liabilities to 
 fellow enterprises</t>
   </si>
   <si>
     <t xml:space="preserve">Notes: Projected payments for this quarter and year refer to the period from the date of the gross debt position to the end of the stated quarter or year. </t>
   </si>
   <si>
     <r>
       <t>2025</t>
     </r>
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>a</t>
     </r>
   </si>
   <si>
     <r>
-      <t>Q3</t>
+      <t>Q4</t>
     </r>
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>a</t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="#,##0.0"/>
     <numFmt numFmtId="165" formatCode="yyyy\."/>
     <numFmt numFmtId="166" formatCode="[$-809]dd\-mmm\-yy;@"/>
   </numFmts>
   <fonts count="14" x14ac:knownFonts="1">
     <font>
@@ -795,69 +795,69 @@
     </xf>
     <xf numFmtId="49" fontId="8" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="8" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="11" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="12" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="12" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="49" fontId="8" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="7" fillId="0" borderId="7" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
-[...7 lines deleted...]
-    </xf>
     <xf numFmtId="1" fontId="5" fillId="3" borderId="5" xfId="12" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="1" fontId="5" fillId="3" borderId="3" xfId="12" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="165" fontId="5" fillId="0" borderId="5" xfId="12" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="165" fontId="5" fillId="0" borderId="3" xfId="12" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="5" fillId="3" borderId="5" xfId="12" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="5" fillId="3" borderId="3" xfId="12" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="13">
     <cellStyle name="Bilješka 2" xfId="3"/>
     <cellStyle name="Međunaslov u tablici" xfId="6"/>
     <cellStyle name="Napomene" xfId="7"/>
     <cellStyle name="Naslov 1" xfId="4" builtinId="16" customBuiltin="1"/>
     <cellStyle name="Naslov 2" xfId="5" builtinId="17" customBuiltin="1"/>
     <cellStyle name="Normalno" xfId="0" builtinId="0" customBuiltin="1"/>
     <cellStyle name="Obično 2" xfId="2"/>
     <cellStyle name="Obično 3" xfId="1"/>
     <cellStyle name="Tanka linija ispod" xfId="8"/>
     <cellStyle name="Ukupno" xfId="9"/>
     <cellStyle name="Ukupno - zadnji redak" xfId="10"/>
     <cellStyle name="Zadnji redak" xfId="11"/>
     <cellStyle name="Zaglavlje" xfId="12"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
@@ -1144,321 +1144,321 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="B2:FF71"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.1640625" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="3.6640625" customWidth="1"/>
-[...7 lines deleted...]
-    <col min="21" max="21" width="13.1640625" customWidth="1"/>
+    <col min="1" max="1" width="3.7109375" customWidth="1"/>
+    <col min="2" max="2" width="65.7109375" customWidth="1"/>
+    <col min="3" max="3" width="16.7109375" customWidth="1"/>
+    <col min="4" max="4" width="14.140625" customWidth="1"/>
+    <col min="5" max="5" width="13.140625" customWidth="1"/>
+    <col min="6" max="10" width="11.7109375" customWidth="1"/>
+    <col min="11" max="11" width="13.140625" customWidth="1"/>
+    <col min="12" max="20" width="11.7109375" customWidth="1"/>
+    <col min="21" max="21" width="13.140625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B2" s="33" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="3" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B3" s="32" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="4" spans="2:21" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2"/>
-[...1 lines deleted...]
-    <row r="6" spans="2:21" s="2" customFormat="1" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="4" spans="2:21" ht="9.9" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="5" spans="2:21" ht="9.9" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="6" spans="2:21" s="2" customFormat="1" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B6" s="6"/>
       <c r="C6" s="11" t="s">
         <v>10</v>
       </c>
       <c r="D6" s="11" t="s">
         <v>4</v>
       </c>
       <c r="E6" s="12"/>
       <c r="F6" s="12"/>
       <c r="G6" s="12"/>
       <c r="H6" s="12"/>
       <c r="I6" s="12"/>
       <c r="J6" s="12"/>
       <c r="K6" s="12"/>
       <c r="L6" s="12"/>
       <c r="M6" s="12"/>
       <c r="N6" s="12"/>
       <c r="O6" s="12"/>
       <c r="P6" s="12"/>
       <c r="Q6" s="12"/>
       <c r="R6" s="12"/>
       <c r="S6" s="12"/>
       <c r="T6" s="12"/>
       <c r="U6" s="13" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="2:21" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B7" s="8"/>
       <c r="C7" s="14" t="s">
         <v>12</v>
       </c>
       <c r="D7" s="14" t="s">
         <v>5</v>
       </c>
       <c r="E7" s="15">
         <v>2025</v>
       </c>
       <c r="F7" s="16">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="G7" s="16">
         <v>2026</v>
       </c>
       <c r="H7" s="16">
         <v>2026</v>
       </c>
       <c r="I7" s="16">
         <v>2026</v>
       </c>
       <c r="J7" s="16">
+        <v>2027</v>
+      </c>
+      <c r="K7" s="49" t="s">
+        <v>38</v>
+      </c>
+      <c r="L7" s="44">
         <v>2026</v>
       </c>
-      <c r="K7" s="45" t="s">
-[...5 lines deleted...]
-      <c r="M7" s="47">
+      <c r="M7" s="44">
         <v>2027</v>
       </c>
-      <c r="N7" s="47">
+      <c r="N7" s="44">
         <v>2028</v>
       </c>
-      <c r="O7" s="47">
+      <c r="O7" s="44">
         <v>2029</v>
       </c>
-      <c r="P7" s="47">
+      <c r="P7" s="44">
         <v>2030</v>
       </c>
-      <c r="Q7" s="47">
+      <c r="Q7" s="44">
         <v>2031</v>
       </c>
-      <c r="R7" s="47">
+      <c r="R7" s="44">
         <v>2032</v>
       </c>
-      <c r="S7" s="47">
+      <c r="S7" s="44">
         <v>2033</v>
       </c>
-      <c r="T7" s="47">
+      <c r="T7" s="44">
         <v>2034</v>
       </c>
-      <c r="U7" s="49" t="s">
-[...3 lines deleted...]
-    <row r="8" spans="2:21" s="7" customFormat="1" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="U7" s="46" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="8" spans="2:21" s="7" customFormat="1" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B8" s="9"/>
       <c r="C8" s="17">
-        <v>45838</v>
+        <v>45930</v>
       </c>
       <c r="D8" s="18"/>
       <c r="E8" s="39" t="s">
         <v>39</v>
       </c>
       <c r="F8" s="40" t="s">
+        <v>6</v>
+      </c>
+      <c r="G8" s="40" t="s">
+        <v>9</v>
+      </c>
+      <c r="H8" s="39" t="s">
+        <v>8</v>
+      </c>
+      <c r="I8" s="39" t="s">
         <v>7</v>
       </c>
-      <c r="G8" s="40" t="s">
+      <c r="J8" s="39" t="s">
         <v>6</v>
       </c>
-      <c r="H8" s="39" t="s">
-[...20 lines deleted...]
-    <row r="9" spans="2:21" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="K8" s="50"/>
+      <c r="L8" s="45"/>
+      <c r="M8" s="45"/>
+      <c r="N8" s="45"/>
+      <c r="O8" s="45"/>
+      <c r="P8" s="45"/>
+      <c r="Q8" s="45"/>
+      <c r="R8" s="45"/>
+      <c r="S8" s="45"/>
+      <c r="T8" s="45"/>
+      <c r="U8" s="47"/>
+    </row>
+    <row r="9" spans="2:21" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B9" s="29" t="s">
         <v>28</v>
       </c>
       <c r="C9" s="19">
-        <v>17788.572359850114</v>
+        <v>18200.961521700363</v>
       </c>
       <c r="D9" s="19">
         <v>48.274000000000001</v>
       </c>
       <c r="E9" s="20">
-        <v>873.02288714812664</v>
+        <v>1452.559641394882</v>
       </c>
       <c r="F9" s="20">
-        <v>1292.8675994975172</v>
+        <v>1002.44710510762</v>
       </c>
       <c r="G9" s="20">
-        <v>907.34605723516086</v>
+        <v>1221.3889110627849</v>
       </c>
       <c r="H9" s="20">
-        <v>899.10532945703403</v>
+        <v>652.32591755869885</v>
       </c>
       <c r="I9" s="20">
-        <v>134.16053794564087</v>
+        <v>191.20819599424368</v>
       </c>
       <c r="J9" s="20">
-        <v>199.51387733150861</v>
+        <v>813.39410926869868</v>
       </c>
       <c r="K9" s="19">
-        <v>2165.8904866456437</v>
+        <v>1452.559641394882</v>
       </c>
       <c r="L9" s="19">
-        <v>2140.1258019693441</v>
+        <v>3067.3701297233474</v>
       </c>
       <c r="M9" s="19">
-        <v>1239.8583949092615</v>
+        <v>1242.3589681730789</v>
       </c>
       <c r="N9" s="19">
-        <v>946.29030630689601</v>
+        <v>950.34964191528309</v>
       </c>
       <c r="O9" s="19">
-        <v>1305.0310935175482</v>
+        <v>1269.0557843844829</v>
       </c>
       <c r="P9" s="19">
-        <v>788.21493128036559</v>
+        <v>781.82832130199552</v>
       </c>
       <c r="Q9" s="19">
-        <v>1199.6224009998396</v>
+        <v>1197.5135991517413</v>
       </c>
       <c r="R9" s="19">
-        <v>882.90361928268794</v>
+        <v>844.62053538800251</v>
       </c>
       <c r="S9" s="19">
-        <v>731.40087645056519</v>
+        <v>716.63640149812875</v>
       </c>
       <c r="T9" s="19">
-        <v>1166.6751986924742</v>
+        <v>1172.1972135843414</v>
       </c>
       <c r="U9" s="20">
-        <v>5174.2852497954864</v>
+        <v>5458.1972851850769</v>
       </c>
     </row>
     <row r="10" spans="2:21" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B10" s="38" t="s">
         <v>15</v>
       </c>
       <c r="C10" s="21">
-        <v>2776.9755764400002</v>
+        <v>3083.27969287</v>
       </c>
       <c r="D10" s="21">
         <v>0</v>
       </c>
       <c r="E10" s="22">
-        <v>723.55633190999993</v>
+        <v>890.00257205000014</v>
       </c>
       <c r="F10" s="22">
-        <v>755.61560917999998</v>
+        <v>787.77341195000008</v>
       </c>
       <c r="G10" s="22">
-        <v>715.85589934000006</v>
+        <v>888.98881554000002</v>
       </c>
       <c r="H10" s="22">
-        <v>581.94773600999997</v>
+        <v>516.51489335000008</v>
       </c>
       <c r="I10" s="22">
         <v>0</v>
       </c>
       <c r="J10" s="22">
         <v>0</v>
       </c>
       <c r="K10" s="21">
-        <v>1479.1719410899998</v>
+        <v>890.00257205000014</v>
       </c>
       <c r="L10" s="21">
-        <v>1297.8036353499999</v>
+        <v>2193.27712084</v>
       </c>
       <c r="M10" s="21">
         <v>0</v>
       </c>
       <c r="N10" s="21">
         <v>0</v>
       </c>
       <c r="O10" s="21">
         <v>0</v>
       </c>
       <c r="P10" s="21">
         <v>0</v>
       </c>
       <c r="Q10" s="21">
         <v>0</v>
       </c>
       <c r="R10" s="21">
         <v>0</v>
       </c>
       <c r="S10" s="21">
         <v>0</v>
       </c>
       <c r="T10" s="21">
         <v>0</v>
       </c>
       <c r="U10" s="22">
-        <v>0</v>
+        <v>-2.0000243239337578E-8</v>
       </c>
     </row>
     <row r="11" spans="2:21" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B11" s="35" t="s">
         <v>23</v>
       </c>
       <c r="C11" s="21">
         <v>0</v>
       </c>
       <c r="D11" s="21">
         <v>0</v>
       </c>
       <c r="E11" s="22">
         <v>0</v>
       </c>
       <c r="F11" s="22">
         <v>0</v>
       </c>
       <c r="G11" s="22">
         <v>0</v>
       </c>
       <c r="H11" s="22">
         <v>0</v>
       </c>
       <c r="I11" s="22">
@@ -1484,78 +1484,78 @@
       </c>
       <c r="P11" s="21">
         <v>0</v>
       </c>
       <c r="Q11" s="21">
         <v>0</v>
       </c>
       <c r="R11" s="21">
         <v>0</v>
       </c>
       <c r="S11" s="21">
         <v>0</v>
       </c>
       <c r="T11" s="21">
         <v>0</v>
       </c>
       <c r="U11" s="22">
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="2:21" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B12" s="36" t="s">
         <v>24</v>
       </c>
       <c r="C12" s="21">
-        <v>199.07333043000006</v>
+        <v>241.98007669</v>
       </c>
       <c r="D12" s="21">
         <v>0</v>
       </c>
       <c r="E12" s="22">
-        <v>20.151935369999997</v>
+        <v>114.76252909999999</v>
       </c>
       <c r="F12" s="22">
-        <v>52.67891564</v>
+        <v>13.001072000000001</v>
       </c>
       <c r="G12" s="22">
-        <v>12.919205799999999</v>
+        <v>114.21647559</v>
       </c>
       <c r="H12" s="22">
-        <v>113.32327362000001</v>
+        <v>0</v>
       </c>
       <c r="I12" s="22">
         <v>0</v>
       </c>
       <c r="J12" s="22">
         <v>0</v>
       </c>
       <c r="K12" s="21">
-        <v>72.830851009999989</v>
+        <v>114.76252909999999</v>
       </c>
       <c r="L12" s="21">
-        <v>126.24247942000001</v>
+        <v>127.21754759</v>
       </c>
       <c r="M12" s="21">
         <v>0</v>
       </c>
       <c r="N12" s="21">
         <v>0</v>
       </c>
       <c r="O12" s="21">
         <v>0</v>
       </c>
       <c r="P12" s="21">
         <v>0</v>
       </c>
       <c r="Q12" s="21">
         <v>0</v>
       </c>
       <c r="R12" s="21">
         <v>0</v>
       </c>
       <c r="S12" s="21">
         <v>0</v>
       </c>
       <c r="T12" s="21">
         <v>0</v>
       </c>
@@ -1670,167 +1670,167 @@
       </c>
       <c r="P14" s="21">
         <v>0</v>
       </c>
       <c r="Q14" s="21">
         <v>0</v>
       </c>
       <c r="R14" s="21">
         <v>0</v>
       </c>
       <c r="S14" s="21">
         <v>0</v>
       </c>
       <c r="T14" s="21">
         <v>0</v>
       </c>
       <c r="U14" s="22">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="2:21" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B15" s="37" t="s">
         <v>27</v>
       </c>
       <c r="C15" s="21">
-        <v>2577.4345430100002</v>
+        <v>2840.8319131799999</v>
       </c>
       <c r="D15" s="21">
         <v>0</v>
       </c>
       <c r="E15" s="22">
-        <v>702.93669353999996</v>
+        <v>774.77233995000006</v>
       </c>
       <c r="F15" s="22">
-        <v>702.93669353999996</v>
+        <v>774.77233995000006</v>
       </c>
       <c r="G15" s="22">
-        <v>702.93669353999996</v>
+        <v>774.77233995000006</v>
       </c>
       <c r="H15" s="22">
-        <v>468.62446238999996</v>
+        <v>516.51489335000008</v>
       </c>
       <c r="I15" s="22">
         <v>0</v>
       </c>
       <c r="J15" s="22">
         <v>0</v>
       </c>
       <c r="K15" s="21">
-        <v>1405.8733870799999</v>
+        <v>774.77233995000006</v>
       </c>
       <c r="L15" s="21">
-        <v>1171.56115593</v>
+        <v>2066.0595732500001</v>
       </c>
       <c r="M15" s="21">
         <v>0</v>
       </c>
       <c r="N15" s="21">
         <v>0</v>
       </c>
       <c r="O15" s="21">
         <v>0</v>
       </c>
       <c r="P15" s="21">
         <v>0</v>
       </c>
       <c r="Q15" s="21">
         <v>0</v>
       </c>
       <c r="R15" s="21">
         <v>0</v>
       </c>
       <c r="S15" s="21">
         <v>0</v>
       </c>
       <c r="T15" s="21">
         <v>0</v>
       </c>
       <c r="U15" s="22">
-        <v>0</v>
+        <v>-2.0000243239337578E-8</v>
       </c>
     </row>
     <row r="16" spans="2:21" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B16" s="38" t="s">
         <v>16</v>
       </c>
       <c r="C16" s="21">
-        <v>15011.596783410114</v>
+        <v>15117.68182883036</v>
       </c>
       <c r="D16" s="21">
         <v>48.274000000000001</v>
       </c>
       <c r="E16" s="22">
-        <v>149.46655523812672</v>
+        <v>562.55706934488148</v>
       </c>
       <c r="F16" s="22">
-        <v>537.2519903175172</v>
+        <v>214.67369315761994</v>
       </c>
       <c r="G16" s="22">
-        <v>191.49015789516085</v>
+        <v>332.40009552278474</v>
       </c>
       <c r="H16" s="22">
-        <v>317.15759344703406</v>
+        <v>135.81102420869871</v>
       </c>
       <c r="I16" s="22">
-        <v>134.16053794564087</v>
+        <v>191.20819599424368</v>
       </c>
       <c r="J16" s="22">
-        <v>199.51387733150861</v>
+        <v>813.39410926869868</v>
       </c>
       <c r="K16" s="21">
-        <v>686.71854555564391</v>
+        <v>562.55706934488148</v>
       </c>
       <c r="L16" s="21">
-        <v>842.32216661934433</v>
+        <v>874.09300888334712</v>
       </c>
       <c r="M16" s="21">
-        <v>1239.8583949092615</v>
+        <v>1242.3589681730789</v>
       </c>
       <c r="N16" s="21">
-        <v>946.29030630689601</v>
+        <v>950.34964191528309</v>
       </c>
       <c r="O16" s="21">
-        <v>1305.0310935175482</v>
+        <v>1269.0557843844829</v>
       </c>
       <c r="P16" s="21">
-        <v>788.21493128036559</v>
+        <v>781.82832130199552</v>
       </c>
       <c r="Q16" s="21">
-        <v>1199.6224009998396</v>
+        <v>1197.5135991517413</v>
       </c>
       <c r="R16" s="21">
-        <v>882.90361928268794</v>
+        <v>844.62053538800251</v>
       </c>
       <c r="S16" s="21">
-        <v>731.40087645056519</v>
+        <v>716.63640149812875</v>
       </c>
       <c r="T16" s="21">
-        <v>1166.6751986924742</v>
+        <v>1172.1972135843414</v>
       </c>
       <c r="U16" s="22">
-        <v>5174.2852497954882</v>
+        <v>5458.1972852050785</v>
       </c>
     </row>
     <row r="17" spans="2:21" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B17" s="35" t="s">
         <v>23</v>
       </c>
       <c r="C17" s="21">
         <v>0</v>
       </c>
       <c r="D17" s="21">
         <v>0</v>
       </c>
       <c r="E17" s="22">
         <v>0</v>
       </c>
       <c r="F17" s="22">
         <v>0</v>
       </c>
       <c r="G17" s="22">
         <v>0</v>
       </c>
       <c r="H17" s="22">
         <v>0</v>
       </c>
       <c r="I17" s="22">
@@ -1856,167 +1856,167 @@
       </c>
       <c r="P17" s="21">
         <v>0</v>
       </c>
       <c r="Q17" s="21">
         <v>0</v>
       </c>
       <c r="R17" s="21">
         <v>0</v>
       </c>
       <c r="S17" s="21">
         <v>0</v>
       </c>
       <c r="T17" s="21">
         <v>0</v>
       </c>
       <c r="U17" s="22">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="2:21" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B18" s="36" t="s">
         <v>24</v>
       </c>
       <c r="C18" s="21">
-        <v>7727.1573142613943</v>
+        <v>7473.5827036064375</v>
       </c>
       <c r="D18" s="21">
         <v>0</v>
       </c>
       <c r="E18" s="22">
-        <v>11.14075394</v>
+        <v>0.90194428000000004</v>
       </c>
       <c r="F18" s="22">
-        <v>0.22039765</v>
+        <v>65.512404960000012</v>
       </c>
       <c r="G18" s="22">
-        <v>39.796945419999993</v>
+        <v>21.184581859999998</v>
       </c>
       <c r="H18" s="22">
-        <v>5.0209054599999998</v>
+        <v>6.4215620200000005</v>
       </c>
       <c r="I18" s="22">
-        <v>7.4040100000000004</v>
+        <v>15.17027141</v>
       </c>
       <c r="J18" s="22">
-        <v>23.951187409999999</v>
+        <v>691.07166152000002</v>
       </c>
       <c r="K18" s="21">
-        <v>11.361151589999999</v>
+        <v>0.90194428000000004</v>
       </c>
       <c r="L18" s="21">
-        <v>76.173048289999997</v>
+        <v>108.28882025</v>
       </c>
       <c r="M18" s="21">
-        <v>699.13606493999987</v>
+        <v>693.89836051999998</v>
       </c>
       <c r="N18" s="21">
-        <v>339.14990646000001</v>
+        <v>336.5966812625</v>
       </c>
       <c r="O18" s="21">
-        <v>894.55834343399988</v>
+        <v>851.62074800999994</v>
       </c>
       <c r="P18" s="21">
-        <v>417.76524844194086</v>
+        <v>404.37033553624087</v>
       </c>
       <c r="Q18" s="21">
-        <v>897.56887162595808</v>
+        <v>890.72910800461455</v>
       </c>
       <c r="R18" s="21">
-        <v>636.04026439699999</v>
+        <v>593.1572156714999</v>
       </c>
       <c r="S18" s="21">
-        <v>466.60209744500003</v>
+        <v>447.19797021249997</v>
       </c>
       <c r="T18" s="21">
-        <v>975.43752543999994</v>
+        <v>976.45562237200011</v>
       </c>
       <c r="U18" s="22">
-        <v>2313.3647921974953</v>
+        <v>2170.3658974870823</v>
       </c>
     </row>
     <row r="19" spans="2:21" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B19" s="37" t="s">
         <v>25</v>
       </c>
       <c r="C19" s="21">
-        <v>7284.4394691487196</v>
+        <v>7644.0991252239228</v>
       </c>
       <c r="D19" s="21">
         <v>48.274000000000001</v>
       </c>
       <c r="E19" s="22">
-        <v>138.32580129812672</v>
+        <v>561.65512506488153</v>
       </c>
       <c r="F19" s="22">
-        <v>537.0315926675172</v>
+        <v>149.16128819761991</v>
       </c>
       <c r="G19" s="22">
-        <v>151.69321247516086</v>
+        <v>311.21551366278476</v>
       </c>
       <c r="H19" s="22">
-        <v>312.13668798703407</v>
+        <v>129.3894621886987</v>
       </c>
       <c r="I19" s="22">
-        <v>126.75652794564087</v>
+        <v>176.03792458424368</v>
       </c>
       <c r="J19" s="22">
-        <v>175.56268992150862</v>
+        <v>122.32244774869869</v>
       </c>
       <c r="K19" s="21">
-        <v>675.35739396564395</v>
+        <v>561.65512506488153</v>
       </c>
       <c r="L19" s="21">
-        <v>766.14911832934445</v>
+        <v>765.80418863334705</v>
       </c>
       <c r="M19" s="21">
-        <v>540.72232996926175</v>
+        <v>548.46060765307891</v>
       </c>
       <c r="N19" s="21">
-        <v>607.140399846896</v>
+        <v>613.75296065278303</v>
       </c>
       <c r="O19" s="21">
-        <v>410.4727500835487</v>
+        <v>417.43503637448305</v>
       </c>
       <c r="P19" s="21">
-        <v>370.44968283842462</v>
+        <v>377.45798576575476</v>
       </c>
       <c r="Q19" s="21">
-        <v>302.0535293738817</v>
+        <v>306.7844911471268</v>
       </c>
       <c r="R19" s="21">
-        <v>246.86335488568795</v>
+        <v>251.46331971650253</v>
       </c>
       <c r="S19" s="21">
-        <v>264.79877900556522</v>
+        <v>269.43843128562878</v>
       </c>
       <c r="T19" s="21">
-        <v>191.23767325247422</v>
+        <v>195.74159121234123</v>
       </c>
       <c r="U19" s="22">
-        <v>2860.9204575979911</v>
+        <v>3287.8313877179944</v>
       </c>
     </row>
     <row r="20" spans="2:21" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B20" s="37" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="21">
         <v>0</v>
       </c>
       <c r="D20" s="21">
         <v>0</v>
       </c>
       <c r="E20" s="22">
         <v>0</v>
       </c>
       <c r="F20" s="22">
         <v>0</v>
       </c>
       <c r="G20" s="22">
         <v>0</v>
       </c>
       <c r="H20" s="22">
         <v>0</v>
       </c>
       <c r="I20" s="22">
@@ -2099,204 +2099,204 @@
       <c r="N21" s="21">
         <v>0</v>
       </c>
       <c r="O21" s="21">
         <v>0</v>
       </c>
       <c r="P21" s="21">
         <v>0</v>
       </c>
       <c r="Q21" s="21">
         <v>0</v>
       </c>
       <c r="R21" s="21">
         <v>0</v>
       </c>
       <c r="S21" s="21">
         <v>0</v>
       </c>
       <c r="T21" s="21">
         <v>0</v>
       </c>
       <c r="U21" s="22">
         <v>0</v>
       </c>
     </row>
-    <row r="22" spans="2:21" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="22" spans="2:21" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B22" s="30" t="s">
         <v>29</v>
       </c>
       <c r="C22" s="23">
-        <v>10074.138871027179</v>
+        <v>7458.665095500146</v>
       </c>
       <c r="D22" s="23">
         <v>0</v>
       </c>
       <c r="E22" s="24">
-        <v>8860.7968645232759</v>
+        <v>6249.9406431835223</v>
       </c>
       <c r="F22" s="24">
         <v>0</v>
       </c>
       <c r="G22" s="24">
         <v>0</v>
       </c>
       <c r="H22" s="24">
         <v>0</v>
       </c>
       <c r="I22" s="24">
         <v>0</v>
       </c>
       <c r="J22" s="24">
         <v>0</v>
       </c>
       <c r="K22" s="23">
-        <v>8860.7968645232759</v>
+        <v>6249.9406431835223</v>
       </c>
       <c r="L22" s="23">
         <v>0</v>
       </c>
       <c r="M22" s="23">
         <v>0</v>
       </c>
       <c r="N22" s="23">
         <v>0</v>
       </c>
       <c r="O22" s="23">
         <v>0</v>
       </c>
       <c r="P22" s="23">
         <v>0</v>
       </c>
       <c r="Q22" s="23">
         <v>0</v>
       </c>
       <c r="R22" s="23">
         <v>0</v>
       </c>
       <c r="S22" s="23">
         <v>0</v>
       </c>
       <c r="T22" s="23">
         <v>0</v>
       </c>
       <c r="U22" s="24">
-        <v>1213.3420065039027</v>
+        <v>1208.7244523166237</v>
       </c>
     </row>
     <row r="23" spans="2:21" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B23" s="38" t="s">
         <v>17</v>
       </c>
       <c r="C23" s="21">
-        <v>8860.7968645232759</v>
+        <v>6249.9406431835223</v>
       </c>
       <c r="D23" s="21">
         <v>0</v>
       </c>
       <c r="E23" s="22">
-        <v>8860.7968645232759</v>
+        <v>6249.9406431835223</v>
       </c>
       <c r="F23" s="22">
         <v>0</v>
       </c>
       <c r="G23" s="22">
         <v>0</v>
       </c>
       <c r="H23" s="22">
         <v>0</v>
       </c>
       <c r="I23" s="22">
         <v>0</v>
       </c>
       <c r="J23" s="22">
         <v>0</v>
       </c>
       <c r="K23" s="21">
-        <v>8860.7968645232759</v>
+        <v>6249.9406431835223</v>
       </c>
       <c r="L23" s="21">
         <v>0</v>
       </c>
       <c r="M23" s="21">
         <v>0</v>
       </c>
       <c r="N23" s="21">
         <v>0</v>
       </c>
       <c r="O23" s="21">
         <v>0</v>
       </c>
       <c r="P23" s="21">
         <v>0</v>
       </c>
       <c r="Q23" s="21">
         <v>0</v>
       </c>
       <c r="R23" s="21">
         <v>0</v>
       </c>
       <c r="S23" s="21">
         <v>0</v>
       </c>
       <c r="T23" s="21">
         <v>0</v>
       </c>
       <c r="U23" s="22">
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="2:21" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B24" s="35" t="s">
         <v>23</v>
       </c>
       <c r="C24" s="21">
-        <v>8125.0412008532749</v>
+        <v>5287.2372161535222</v>
       </c>
       <c r="D24" s="21">
         <v>0</v>
       </c>
       <c r="E24" s="22">
-        <v>8125.0412008532758</v>
+        <v>5287.2372161535222</v>
       </c>
       <c r="F24" s="22">
         <v>0</v>
       </c>
       <c r="G24" s="22">
         <v>0</v>
       </c>
       <c r="H24" s="22">
         <v>0</v>
       </c>
       <c r="I24" s="22">
         <v>0</v>
       </c>
       <c r="J24" s="22">
         <v>0</v>
       </c>
       <c r="K24" s="21">
-        <v>8125.0412008532758</v>
+        <v>5287.2372161535222</v>
       </c>
       <c r="L24" s="21">
         <v>0</v>
       </c>
       <c r="M24" s="21">
         <v>0</v>
       </c>
       <c r="N24" s="21">
         <v>0</v>
       </c>
       <c r="O24" s="21">
         <v>0</v>
       </c>
       <c r="P24" s="21">
         <v>0</v>
       </c>
       <c r="Q24" s="21">
         <v>0</v>
       </c>
       <c r="R24" s="21">
         <v>0</v>
       </c>
       <c r="S24" s="21">
         <v>0</v>
       </c>
@@ -2352,75 +2352,75 @@
       </c>
       <c r="P25" s="21">
         <v>0</v>
       </c>
       <c r="Q25" s="21">
         <v>0</v>
       </c>
       <c r="R25" s="21">
         <v>0</v>
       </c>
       <c r="S25" s="21">
         <v>0</v>
       </c>
       <c r="T25" s="21">
         <v>0</v>
       </c>
       <c r="U25" s="22">
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="2:21" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B26" s="37" t="s">
         <v>25</v>
       </c>
       <c r="C26" s="21">
-        <v>735.7556636700001</v>
+        <v>962.70342702999994</v>
       </c>
       <c r="D26" s="21">
         <v>0</v>
       </c>
       <c r="E26" s="22">
-        <v>735.7556636700001</v>
+        <v>962.70342702999994</v>
       </c>
       <c r="F26" s="22">
         <v>0</v>
       </c>
       <c r="G26" s="22">
         <v>0</v>
       </c>
       <c r="H26" s="22">
         <v>0</v>
       </c>
       <c r="I26" s="22">
         <v>0</v>
       </c>
       <c r="J26" s="22">
         <v>0</v>
       </c>
       <c r="K26" s="21">
-        <v>735.7556636700001</v>
+        <v>962.70342702999994</v>
       </c>
       <c r="L26" s="21">
         <v>0</v>
       </c>
       <c r="M26" s="21">
         <v>0</v>
       </c>
       <c r="N26" s="21">
         <v>0</v>
       </c>
       <c r="O26" s="21">
         <v>0</v>
       </c>
       <c r="P26" s="21">
         <v>0</v>
       </c>
       <c r="Q26" s="21">
         <v>0</v>
       </c>
       <c r="R26" s="21">
         <v>0</v>
       </c>
       <c r="S26" s="21">
         <v>0</v>
       </c>
@@ -2538,51 +2538,51 @@
       </c>
       <c r="P28" s="21">
         <v>0</v>
       </c>
       <c r="Q28" s="21">
         <v>0</v>
       </c>
       <c r="R28" s="21">
         <v>0</v>
       </c>
       <c r="S28" s="21">
         <v>0</v>
       </c>
       <c r="T28" s="21">
         <v>0</v>
       </c>
       <c r="U28" s="22">
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="2:21" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B29" s="38" t="s">
         <v>18</v>
       </c>
       <c r="C29" s="21">
-        <v>1213.3420065039029</v>
+        <v>1208.7244523166237</v>
       </c>
       <c r="D29" s="21">
         <v>0</v>
       </c>
       <c r="E29" s="22">
         <v>0</v>
       </c>
       <c r="F29" s="22">
         <v>0</v>
       </c>
       <c r="G29" s="22">
         <v>0</v>
       </c>
       <c r="H29" s="22">
         <v>0</v>
       </c>
       <c r="I29" s="22">
         <v>0</v>
       </c>
       <c r="J29" s="22">
         <v>0</v>
       </c>
       <c r="K29" s="21">
         <v>0</v>
       </c>
@@ -2592,59 +2592,59 @@
       <c r="M29" s="21">
         <v>0</v>
       </c>
       <c r="N29" s="21">
         <v>0</v>
       </c>
       <c r="O29" s="21">
         <v>0</v>
       </c>
       <c r="P29" s="21">
         <v>0</v>
       </c>
       <c r="Q29" s="21">
         <v>0</v>
       </c>
       <c r="R29" s="21">
         <v>0</v>
       </c>
       <c r="S29" s="21">
         <v>0</v>
       </c>
       <c r="T29" s="21">
         <v>0</v>
       </c>
       <c r="U29" s="22">
-        <v>1213.3420065039029</v>
+        <v>1208.7244523166237</v>
       </c>
     </row>
     <row r="30" spans="2:21" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B30" s="42" t="s">
         <v>31</v>
       </c>
       <c r="C30" s="21">
-        <v>1213.3174521839028</v>
+        <v>1208.4763609066238</v>
       </c>
       <c r="D30" s="21">
         <v>0</v>
       </c>
       <c r="E30" s="22">
         <v>0</v>
       </c>
       <c r="F30" s="22">
         <v>0</v>
       </c>
       <c r="G30" s="22">
         <v>0</v>
       </c>
       <c r="H30" s="22">
         <v>0</v>
       </c>
       <c r="I30" s="22">
         <v>0</v>
       </c>
       <c r="J30" s="22">
         <v>0</v>
       </c>
       <c r="K30" s="21">
         <v>0</v>
       </c>
@@ -2654,59 +2654,59 @@
       <c r="M30" s="21">
         <v>0</v>
       </c>
       <c r="N30" s="21">
         <v>0</v>
       </c>
       <c r="O30" s="21">
         <v>0</v>
       </c>
       <c r="P30" s="21">
         <v>0</v>
       </c>
       <c r="Q30" s="21">
         <v>0</v>
       </c>
       <c r="R30" s="21">
         <v>0</v>
       </c>
       <c r="S30" s="21">
         <v>0</v>
       </c>
       <c r="T30" s="21">
         <v>0</v>
       </c>
       <c r="U30" s="22">
-        <v>1213.3174521839028</v>
+        <v>1208.4763609066238</v>
       </c>
     </row>
     <row r="31" spans="2:21" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B31" s="35" t="s">
         <v>23</v>
       </c>
       <c r="C31" s="21">
-        <v>2.4554320000000001E-2</v>
+        <v>0.24809141000000001</v>
       </c>
       <c r="D31" s="21">
         <v>0</v>
       </c>
       <c r="E31" s="22">
         <v>0</v>
       </c>
       <c r="F31" s="22">
         <v>0</v>
       </c>
       <c r="G31" s="22">
         <v>0</v>
       </c>
       <c r="H31" s="22">
         <v>0</v>
       </c>
       <c r="I31" s="22">
         <v>0</v>
       </c>
       <c r="J31" s="22">
         <v>0</v>
       </c>
       <c r="K31" s="21">
         <v>0</v>
       </c>
@@ -2716,51 +2716,51 @@
       <c r="M31" s="21">
         <v>0</v>
       </c>
       <c r="N31" s="21">
         <v>0</v>
       </c>
       <c r="O31" s="21">
         <v>0</v>
       </c>
       <c r="P31" s="21">
         <v>0</v>
       </c>
       <c r="Q31" s="21">
         <v>0</v>
       </c>
       <c r="R31" s="21">
         <v>0</v>
       </c>
       <c r="S31" s="21">
         <v>0</v>
       </c>
       <c r="T31" s="21">
         <v>0</v>
       </c>
       <c r="U31" s="22">
-        <v>2.4554320000000001E-2</v>
+        <v>0.24809141000000001</v>
       </c>
     </row>
     <row r="32" spans="2:21" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B32" s="36" t="s">
         <v>24</v>
       </c>
       <c r="C32" s="21">
         <v>0</v>
       </c>
       <c r="D32" s="21">
         <v>0</v>
       </c>
       <c r="E32" s="22">
         <v>0</v>
       </c>
       <c r="F32" s="22">
         <v>0</v>
       </c>
       <c r="G32" s="22">
         <v>0</v>
       </c>
       <c r="H32" s="22">
         <v>0</v>
       </c>
       <c r="I32" s="22">
@@ -2967,207 +2967,207 @@
       <c r="N35" s="21">
         <v>0</v>
       </c>
       <c r="O35" s="21">
         <v>0</v>
       </c>
       <c r="P35" s="21">
         <v>0</v>
       </c>
       <c r="Q35" s="21">
         <v>0</v>
       </c>
       <c r="R35" s="21">
         <v>0</v>
       </c>
       <c r="S35" s="21">
         <v>0</v>
       </c>
       <c r="T35" s="21">
         <v>0</v>
       </c>
       <c r="U35" s="22">
         <v>0</v>
       </c>
     </row>
-    <row r="36" spans="2:21" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="36" spans="2:21" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B36" s="43" t="s">
         <v>32</v>
       </c>
       <c r="C36" s="23">
-        <v>7787.3957880367498</v>
+        <v>8063.5570292815564</v>
       </c>
       <c r="D36" s="23">
-        <v>21.342305989999996</v>
+        <v>19.73448149</v>
       </c>
       <c r="E36" s="24">
-        <v>2399.7993681399907</v>
+        <v>2463.8773302999948</v>
       </c>
       <c r="F36" s="24">
-        <v>152.72776903999997</v>
+        <v>653.98885731000007</v>
       </c>
       <c r="G36" s="24">
-        <v>387.45593299500001</v>
+        <v>132.62947759999997</v>
       </c>
       <c r="H36" s="24">
-        <v>362.63125305499995</v>
+        <v>116.05145037999999</v>
       </c>
       <c r="I36" s="24">
-        <v>338.62388147999997</v>
+        <v>174.20284953500004</v>
       </c>
       <c r="J36" s="24">
-        <v>148.62388147999999</v>
+        <v>174.20284953500004</v>
       </c>
       <c r="K36" s="23">
-        <v>2552.5271371799913</v>
+        <v>2463.8773302999948</v>
       </c>
       <c r="L36" s="23">
-        <v>1237.3349490099999</v>
+        <v>1076.872634825</v>
       </c>
       <c r="M36" s="23">
-        <v>402.26516373500004</v>
+        <v>489.01496277000007</v>
       </c>
       <c r="N36" s="23">
-        <v>832.59350209214313</v>
+        <v>799.9082618851786</v>
       </c>
       <c r="O36" s="23">
-        <v>1078.0118174996139</v>
+        <v>1112.9564125051336</v>
       </c>
       <c r="P36" s="23">
-        <v>531.04908807200025</v>
+        <v>648.43286456425005</v>
       </c>
       <c r="Q36" s="23">
-        <v>533.39684448399998</v>
+        <v>818.18167831200003</v>
       </c>
       <c r="R36" s="23">
-        <v>71.046502723999993</v>
+        <v>75.83133655200001</v>
       </c>
       <c r="S36" s="23">
-        <v>71.046502723999993</v>
+        <v>75.83133655200001</v>
       </c>
       <c r="T36" s="23">
-        <v>231.04650272399996</v>
+        <v>235.83133655199998</v>
       </c>
       <c r="U36" s="24">
-        <v>225.73547180200148</v>
+        <v>247.08439297399946</v>
       </c>
     </row>
     <row r="37" spans="2:21" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B37" s="38" t="s">
         <v>19</v>
       </c>
       <c r="C37" s="21">
-        <v>3007.088045369992</v>
+        <v>3096.667518959995</v>
       </c>
       <c r="D37" s="21">
-        <v>20.194378909999998</v>
+        <v>18.534805670000001</v>
       </c>
       <c r="E37" s="22">
-        <v>2333.0656857599915</v>
+        <v>2396.3463355899949</v>
       </c>
       <c r="F37" s="22">
-        <v>81.508057819999976</v>
+        <v>581.39183092000007</v>
       </c>
       <c r="G37" s="22">
-        <v>289.14807175999999</v>
+        <v>50.197273389999999</v>
       </c>
       <c r="H37" s="22">
-        <v>283.17185111999999</v>
+        <v>50.197273389999999</v>
       </c>
       <c r="I37" s="22">
         <v>0</v>
       </c>
       <c r="J37" s="22">
         <v>0</v>
       </c>
       <c r="K37" s="21">
-        <v>2414.5737435799915</v>
+        <v>2396.3463355899949</v>
       </c>
       <c r="L37" s="21">
-        <v>572.31992287999992</v>
+        <v>681.7863777</v>
       </c>
       <c r="M37" s="21">
         <v>0</v>
       </c>
       <c r="N37" s="21">
         <v>0</v>
       </c>
       <c r="O37" s="21">
         <v>0</v>
       </c>
       <c r="P37" s="21">
         <v>0</v>
       </c>
       <c r="Q37" s="21">
         <v>0</v>
       </c>
       <c r="R37" s="21">
         <v>0</v>
       </c>
       <c r="S37" s="21">
         <v>0</v>
       </c>
       <c r="T37" s="21">
         <v>0</v>
       </c>
       <c r="U37" s="22">
         <v>0</v>
       </c>
     </row>
     <row r="38" spans="2:21" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B38" s="35" t="s">
         <v>23</v>
       </c>
       <c r="C38" s="21">
-        <v>2090.4537150899923</v>
+        <v>2263.8115572899947</v>
       </c>
       <c r="D38" s="21">
-        <v>0.22015638000000004</v>
+        <v>0.20380725999999999</v>
       </c>
       <c r="E38" s="22">
-        <v>1955.9532957999927</v>
+        <v>2103.8960526799947</v>
       </c>
       <c r="F38" s="22">
-        <v>81.508057819999976</v>
+        <v>87.964806500000009</v>
       </c>
       <c r="G38" s="22">
-        <v>26.386102545</v>
+        <v>35.873445425</v>
       </c>
       <c r="H38" s="22">
-        <v>26.386102545</v>
+        <v>35.873445425</v>
       </c>
       <c r="I38" s="22">
         <v>0</v>
       </c>
       <c r="J38" s="22">
         <v>0</v>
       </c>
       <c r="K38" s="21">
-        <v>2037.4613536199927</v>
+        <v>2103.8960526799947</v>
       </c>
       <c r="L38" s="21">
-        <v>52.77220509</v>
+        <v>159.71169735000001</v>
       </c>
       <c r="M38" s="21">
         <v>0</v>
       </c>
       <c r="N38" s="21">
         <v>0</v>
       </c>
       <c r="O38" s="21">
         <v>0</v>
       </c>
       <c r="P38" s="21">
         <v>0</v>
       </c>
       <c r="Q38" s="21">
         <v>0</v>
       </c>
       <c r="R38" s="21">
         <v>0</v>
       </c>
       <c r="S38" s="21">
         <v>0</v>
       </c>
       <c r="T38" s="21">
         <v>0</v>
       </c>
@@ -3220,78 +3220,78 @@
       </c>
       <c r="P39" s="21">
         <v>0</v>
       </c>
       <c r="Q39" s="21">
         <v>0</v>
       </c>
       <c r="R39" s="21">
         <v>0</v>
       </c>
       <c r="S39" s="21">
         <v>0</v>
       </c>
       <c r="T39" s="21">
         <v>0</v>
       </c>
       <c r="U39" s="22">
         <v>0</v>
       </c>
     </row>
     <row r="40" spans="2:21" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B40" s="37" t="s">
         <v>25</v>
       </c>
       <c r="C40" s="21">
-        <v>631.40572342999997</v>
+        <v>585.68784007000011</v>
       </c>
       <c r="D40" s="21">
-        <v>6.4747639999999995E-2</v>
+        <v>6.4642699999999997E-2</v>
       </c>
       <c r="E40" s="22">
-        <v>117.76947864000003</v>
+        <v>66.038705350000029</v>
       </c>
       <c r="F40" s="22">
-        <v>0</v>
+        <v>490.93683609000004</v>
       </c>
       <c r="G40" s="22">
-        <v>256.78574857500001</v>
+        <v>14.323827965</v>
       </c>
       <c r="H40" s="22">
-        <v>256.78574857500001</v>
+        <v>14.323827965</v>
       </c>
       <c r="I40" s="22">
         <v>0</v>
       </c>
       <c r="J40" s="22">
         <v>0</v>
       </c>
       <c r="K40" s="21">
-        <v>117.76947864000003</v>
+        <v>66.038705350000029</v>
       </c>
       <c r="L40" s="21">
-        <v>513.57149715000003</v>
+        <v>519.58449201999997</v>
       </c>
       <c r="M40" s="21">
         <v>0</v>
       </c>
       <c r="N40" s="21">
         <v>0</v>
       </c>
       <c r="O40" s="21">
         <v>0</v>
       </c>
       <c r="P40" s="21">
         <v>0</v>
       </c>
       <c r="Q40" s="21">
         <v>0</v>
       </c>
       <c r="R40" s="21">
         <v>0</v>
       </c>
       <c r="S40" s="21">
         <v>0</v>
       </c>
       <c r="T40" s="21">
         <v>0</v>
       </c>
@@ -3344,353 +3344,353 @@
       </c>
       <c r="P41" s="21">
         <v>0</v>
       </c>
       <c r="Q41" s="21">
         <v>0</v>
       </c>
       <c r="R41" s="21">
         <v>0</v>
       </c>
       <c r="S41" s="21">
         <v>0</v>
       </c>
       <c r="T41" s="21">
         <v>0</v>
       </c>
       <c r="U41" s="22">
         <v>0</v>
       </c>
     </row>
     <row r="42" spans="2:21" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B42" s="37" t="s">
         <v>27</v>
       </c>
       <c r="C42" s="21">
-        <v>285.22860684999887</v>
+        <v>247.16812160000012</v>
       </c>
       <c r="D42" s="21">
-        <v>19.909474889999998</v>
+        <v>18.266355709999999</v>
       </c>
       <c r="E42" s="22">
-        <v>259.34291131999885</v>
+        <v>226.41157756000015</v>
       </c>
       <c r="F42" s="22">
-        <v>0</v>
+        <v>2.4901883300000005</v>
       </c>
       <c r="G42" s="22">
-        <v>5.9762206399999993</v>
+        <v>0</v>
       </c>
       <c r="H42" s="22">
         <v>0</v>
       </c>
       <c r="I42" s="22">
         <v>0</v>
       </c>
       <c r="J42" s="22">
         <v>0</v>
       </c>
       <c r="K42" s="21">
-        <v>259.34291131999885</v>
+        <v>226.41157756000015</v>
       </c>
       <c r="L42" s="21">
-        <v>5.9762206399999993</v>
+        <v>2.4901883300000005</v>
       </c>
       <c r="M42" s="21">
         <v>0</v>
       </c>
       <c r="N42" s="21">
         <v>0</v>
       </c>
       <c r="O42" s="21">
         <v>0</v>
       </c>
       <c r="P42" s="21">
         <v>0</v>
       </c>
       <c r="Q42" s="21">
         <v>0</v>
       </c>
       <c r="R42" s="21">
         <v>0</v>
       </c>
       <c r="S42" s="21">
         <v>0</v>
       </c>
       <c r="T42" s="21">
         <v>0</v>
       </c>
       <c r="U42" s="22">
         <v>0</v>
       </c>
     </row>
     <row r="43" spans="2:21" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B43" s="38" t="s">
         <v>20</v>
       </c>
       <c r="C43" s="21">
-        <v>4780.3077426667578</v>
+        <v>4966.8895103215618</v>
       </c>
       <c r="D43" s="21">
-        <v>1.1479270800000001</v>
+        <v>1.1996758200000004</v>
       </c>
       <c r="E43" s="22">
-        <v>66.733682379999252</v>
+        <v>67.530994710000215</v>
       </c>
       <c r="F43" s="22">
-        <v>71.219711219999994</v>
+        <v>72.597026390000011</v>
       </c>
       <c r="G43" s="22">
-        <v>98.30786123499999</v>
+        <v>82.432204209999981</v>
       </c>
       <c r="H43" s="22">
-        <v>79.459401935000002</v>
+        <v>65.854176989999999</v>
       </c>
       <c r="I43" s="22">
-        <v>338.62388147999997</v>
+        <v>174.20284953500004</v>
       </c>
       <c r="J43" s="22">
-        <v>148.62388147999999</v>
+        <v>174.20284953500004</v>
       </c>
       <c r="K43" s="21">
-        <v>137.95339359999923</v>
+        <v>67.530994710000215</v>
       </c>
       <c r="L43" s="21">
-        <v>665.0150261299998</v>
+        <v>395.08625712500003</v>
       </c>
       <c r="M43" s="21">
-        <v>402.26516373500004</v>
+        <v>489.01496277000007</v>
       </c>
       <c r="N43" s="21">
-        <v>832.59350209214313</v>
+        <v>799.9082618851786</v>
       </c>
       <c r="O43" s="21">
-        <v>1078.0118174996139</v>
+        <v>1112.9564125051336</v>
       </c>
       <c r="P43" s="21">
-        <v>531.04908807200025</v>
+        <v>648.43286456425005</v>
       </c>
       <c r="Q43" s="21">
-        <v>533.39684448399998</v>
+        <v>818.18167831200003</v>
       </c>
       <c r="R43" s="21">
-        <v>71.046502723999993</v>
+        <v>75.83133655200001</v>
       </c>
       <c r="S43" s="21">
-        <v>71.046502723999993</v>
+        <v>75.83133655200001</v>
       </c>
       <c r="T43" s="21">
-        <v>231.04650272399996</v>
+        <v>235.83133655199998</v>
       </c>
       <c r="U43" s="22">
-        <v>225.73547180200239</v>
+        <v>247.08439297399946</v>
       </c>
     </row>
     <row r="44" spans="2:21" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B44" s="35" t="s">
         <v>23</v>
       </c>
       <c r="C44" s="21">
-        <v>199.88836492999997</v>
+        <v>187.79693398000023</v>
       </c>
       <c r="D44" s="21">
-        <v>1.0531093600000001</v>
+        <v>1.1048581000000004</v>
       </c>
       <c r="E44" s="22">
-        <v>46.944993689999968</v>
+        <v>30.561685960000265</v>
       </c>
       <c r="F44" s="22">
-        <v>29.375757029999992</v>
+        <v>27.744092060000007</v>
       </c>
       <c r="G44" s="22">
-        <v>36.350477474999998</v>
+        <v>40.007465504999985</v>
       </c>
       <c r="H44" s="22">
-        <v>36.350477474999998</v>
+        <v>40.007465504999985</v>
       </c>
       <c r="I44" s="22">
-        <v>9.3208708950000023</v>
+        <v>7.5728344350000016</v>
       </c>
       <c r="J44" s="22">
-        <v>9.3208708950000023</v>
+        <v>7.5728344350000016</v>
       </c>
       <c r="K44" s="21">
-        <v>76.32075071999995</v>
+        <v>30.561685960000265</v>
       </c>
       <c r="L44" s="21">
-        <v>91.342696740000008</v>
+        <v>115.33185750499999</v>
       </c>
       <c r="M44" s="21">
-        <v>16.348192865000001</v>
+        <v>24.320519892499998</v>
       </c>
       <c r="N44" s="21">
-        <v>6.3661109050000011</v>
+        <v>7.1303773037500005</v>
       </c>
       <c r="O44" s="21">
-        <v>3.6007748200000025</v>
+        <v>3.6131415250000001</v>
       </c>
       <c r="P44" s="21">
-        <v>2.084799577000001</v>
+        <v>2.85054349325</v>
       </c>
       <c r="Q44" s="21">
-        <v>0.56882433399999988</v>
+        <v>0.5627493979999999</v>
       </c>
       <c r="R44" s="21">
-        <v>0.56882433399999988</v>
+        <v>0.5627493979999999</v>
       </c>
       <c r="S44" s="21">
-        <v>0.56882433399999988</v>
+        <v>0.5627493979999999</v>
       </c>
       <c r="T44" s="21">
-        <v>0.56882433399999988</v>
+        <v>0.5627493979999999</v>
       </c>
       <c r="U44" s="22">
-        <v>0.49663260699998091</v>
+        <v>0.63295260850000545</v>
       </c>
     </row>
     <row r="45" spans="2:21" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B45" s="36" t="s">
         <v>24</v>
       </c>
       <c r="C45" s="21">
-        <v>2673.1258788167565</v>
+        <v>2778.3895897915618</v>
       </c>
       <c r="D45" s="21">
         <v>0</v>
       </c>
       <c r="E45" s="22">
-        <v>9.3137255799999998</v>
+        <v>6.5632819699999994</v>
       </c>
       <c r="F45" s="22">
-        <v>1.8612090000000001E-2</v>
+        <v>28.53484628</v>
       </c>
       <c r="G45" s="22">
-        <v>22.684963760000002</v>
+        <v>17.255365829999999</v>
       </c>
       <c r="H45" s="22">
-        <v>5.8471404399999996</v>
+        <v>0.67733860999999995</v>
       </c>
       <c r="I45" s="22">
-        <v>190</v>
+        <v>0</v>
       </c>
       <c r="J45" s="22">
         <v>0</v>
       </c>
       <c r="K45" s="21">
-        <v>9.3323376700000011</v>
+        <v>6.5632819699999994</v>
       </c>
       <c r="L45" s="21">
-        <v>218.53210419999999</v>
+        <v>46.467550719999998</v>
       </c>
       <c r="M45" s="21">
         <v>173.48670000000001</v>
       </c>
       <c r="N45" s="21">
-        <v>532.46426910714285</v>
+        <v>532.53203107142849</v>
       </c>
       <c r="O45" s="21">
-        <v>646.96013207961335</v>
+        <v>646.98969327013333</v>
       </c>
       <c r="P45" s="21">
-        <v>279.99999400000002</v>
+        <v>279.99999100000002</v>
       </c>
       <c r="Q45" s="21">
-        <v>462.35034175999999</v>
+        <v>742.35034175999999</v>
       </c>
       <c r="R45" s="21">
         <v>0</v>
       </c>
       <c r="S45" s="21">
         <v>0</v>
       </c>
       <c r="T45" s="21">
         <v>160</v>
       </c>
       <c r="U45" s="22">
-        <v>190.00000000000045</v>
+        <v>190</v>
       </c>
     </row>
     <row r="46" spans="2:21" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B46" s="37" t="s">
         <v>25</v>
       </c>
       <c r="C46" s="21">
-        <v>1902.4360114800006</v>
+        <v>1997.7060384599999</v>
       </c>
       <c r="D46" s="21">
         <v>9.4817719999999994E-2</v>
       </c>
       <c r="E46" s="22">
-        <v>9.660348930000449</v>
+        <v>27.650038209999941</v>
       </c>
       <c r="F46" s="22">
-        <v>41.8253421</v>
+        <v>16.284836110000001</v>
       </c>
       <c r="G46" s="22">
-        <v>37.260974064999999</v>
+        <v>25.168562874999999</v>
       </c>
       <c r="H46" s="22">
-        <v>37.260974064999999</v>
+        <v>25.168562874999999</v>
       </c>
       <c r="I46" s="22">
-        <v>139.30301058499998</v>
+        <v>166.62893482500002</v>
       </c>
       <c r="J46" s="22">
-        <v>139.30301058499998</v>
+        <v>166.62893482500002</v>
       </c>
       <c r="K46" s="21">
-        <v>51.485691030000453</v>
+        <v>27.650038209999941</v>
       </c>
       <c r="L46" s="21">
-        <v>353.12796929999996</v>
+        <v>233.25089668500001</v>
       </c>
       <c r="M46" s="21">
-        <v>212.42755023000004</v>
+        <v>291.20639080249998</v>
       </c>
       <c r="N46" s="21">
-        <v>293.25574022000001</v>
+        <v>260.21968313125001</v>
       </c>
       <c r="O46" s="21">
-        <v>426.43723402000001</v>
+        <v>462.25215779500002</v>
       </c>
       <c r="P46" s="21">
-        <v>248.457456205</v>
+        <v>365.50626513475004</v>
       </c>
       <c r="Q46" s="21">
-        <v>70.47767838999998</v>
+        <v>75.268587154000002</v>
       </c>
       <c r="R46" s="21">
-        <v>70.47767838999998</v>
+        <v>75.268587154000002</v>
       </c>
       <c r="S46" s="21">
-        <v>70.47767838999998</v>
+        <v>75.268587154000002</v>
       </c>
       <c r="T46" s="21">
-        <v>70.47767838999998</v>
+        <v>75.268587154000002</v>
       </c>
       <c r="U46" s="22">
-        <v>35.23883919500031</v>
+        <v>56.45144036549982</v>
       </c>
     </row>
     <row r="47" spans="2:21" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B47" s="37" t="s">
         <v>26</v>
       </c>
       <c r="C47" s="21">
         <v>0</v>
       </c>
       <c r="D47" s="21">
         <v>0</v>
       </c>
       <c r="E47" s="22">
         <v>0</v>
       </c>
       <c r="F47" s="22">
         <v>0</v>
       </c>
       <c r="G47" s="22">
         <v>0</v>
       </c>
       <c r="H47" s="22">
         <v>0</v>
       </c>
       <c r="I47" s="22">
@@ -3716,229 +3716,229 @@
       </c>
       <c r="P47" s="21">
         <v>0</v>
       </c>
       <c r="Q47" s="21">
         <v>0</v>
       </c>
       <c r="R47" s="21">
         <v>0</v>
       </c>
       <c r="S47" s="21">
         <v>0</v>
       </c>
       <c r="T47" s="21">
         <v>0</v>
       </c>
       <c r="U47" s="22">
         <v>0</v>
       </c>
     </row>
     <row r="48" spans="2:21" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B48" s="37" t="s">
         <v>27</v>
       </c>
       <c r="C48" s="21">
-        <v>4.857487439999999</v>
+        <v>2.9969480899999992</v>
       </c>
       <c r="D48" s="21">
         <v>0</v>
       </c>
       <c r="E48" s="22">
-        <v>0.81461417999884012</v>
+        <v>2.7559885699999995</v>
       </c>
       <c r="F48" s="22">
-        <v>0</v>
+        <v>3.3251940000000001E-2</v>
       </c>
       <c r="G48" s="22">
-        <v>2.0114459349999998</v>
+        <v>8.1000000000000017E-4</v>
       </c>
       <c r="H48" s="22">
-        <v>8.0995500000000022E-4</v>
+        <v>8.1000000000000017E-4</v>
       </c>
       <c r="I48" s="22">
-        <v>0</v>
+        <v>1.0802750000000001E-3</v>
       </c>
       <c r="J48" s="22">
-        <v>0</v>
+        <v>1.0802750000000001E-3</v>
       </c>
       <c r="K48" s="21">
-        <v>0.81461417999884012</v>
+        <v>2.7559885699999995</v>
       </c>
       <c r="L48" s="21">
-        <v>2.01225589</v>
+        <v>3.5952215000000003E-2</v>
       </c>
       <c r="M48" s="21">
-        <v>2.7206400000000003E-3</v>
+        <v>1.3520749999999999E-3</v>
       </c>
       <c r="N48" s="21">
-        <v>0.50738186000028962</v>
+        <v>2.6170378750000001E-2</v>
       </c>
       <c r="O48" s="21">
-        <v>1.0136765800005794</v>
+        <v>0.10141991500000001</v>
       </c>
       <c r="P48" s="21">
-        <v>0.50683829000028968</v>
+        <v>7.6064936249999993E-2</v>
       </c>
       <c r="Q48" s="21">
         <v>0</v>
       </c>
       <c r="R48" s="21">
         <v>0</v>
       </c>
       <c r="S48" s="21">
         <v>0</v>
       </c>
       <c r="T48" s="21">
         <v>0</v>
       </c>
       <c r="U48" s="22">
         <v>0</v>
       </c>
     </row>
-    <row r="49" spans="2:21" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="49" spans="2:21" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B49" s="30" t="s">
         <v>30</v>
       </c>
       <c r="C49" s="23">
-        <v>15193.172998452665</v>
+        <v>14032.883062855308</v>
       </c>
       <c r="D49" s="23">
-        <v>586.99144386069463</v>
+        <v>586.01631056987537</v>
       </c>
       <c r="E49" s="24">
-        <v>1234.6318640058155</v>
+        <v>2300.3671973073488</v>
       </c>
       <c r="F49" s="24">
-        <v>906.24625783301622</v>
+        <v>782.26840724635304</v>
       </c>
       <c r="G49" s="24">
-        <v>7994.0793862301971</v>
+        <v>6264.2453300584548</v>
       </c>
       <c r="H49" s="24">
-        <v>391.77867789382361</v>
+        <v>260.27625547550684</v>
       </c>
       <c r="I49" s="24">
-        <v>267.42355694595597</v>
+        <v>291.56012322589106</v>
       </c>
       <c r="J49" s="24">
-        <v>287.28053180307711</v>
+        <v>275.55213426814407</v>
       </c>
       <c r="K49" s="23">
-        <v>2140.8781218488766</v>
+        <v>2300.3671973051587</v>
       </c>
       <c r="L49" s="23">
-        <v>8940.5621528753964</v>
+        <v>7598.3501160085498</v>
       </c>
       <c r="M49" s="23">
-        <v>1010.2956893352118</v>
+        <v>984.15941713417578</v>
       </c>
       <c r="N49" s="23">
-        <v>889.23453950337614</v>
+        <v>910.19698237476064</v>
       </c>
       <c r="O49" s="23">
-        <v>509.14317801960351</v>
+        <v>514.61306109084182</v>
       </c>
       <c r="P49" s="23">
-        <v>379.152245643507</v>
+        <v>407.38213042172248</v>
       </c>
       <c r="Q49" s="23">
-        <v>188.89264687929131</v>
+        <v>189.23839441083487</v>
       </c>
       <c r="R49" s="23">
-        <v>253.85324755022114</v>
+        <v>227.82429165032923</v>
       </c>
       <c r="S49" s="23">
-        <v>91.362115478517026</v>
+        <v>93.135378865703444</v>
       </c>
       <c r="T49" s="23">
-        <v>55.084694970036928</v>
+        <v>60.274230646505757</v>
       </c>
       <c r="U49" s="24">
-        <v>147.72292248793383</v>
+        <v>161.32555237685119</v>
       </c>
     </row>
     <row r="50" spans="2:21" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B50" s="38" t="s">
         <v>21</v>
       </c>
       <c r="C50" s="21">
-        <v>7086.9293136968481</v>
+        <v>6331.1625231724256</v>
       </c>
       <c r="D50" s="21">
-        <v>1.5255257412209393</v>
+        <v>1.5265424429384384</v>
       </c>
       <c r="E50" s="22">
-        <v>155.22751778752158</v>
+        <v>327.68668311727396</v>
       </c>
       <c r="F50" s="22">
-        <v>224.51502096351524</v>
+        <v>161.75658044221296</v>
       </c>
       <c r="G50" s="22">
-        <v>6688.6612492245895</v>
+        <v>5840.19271716</v>
       </c>
       <c r="H50" s="22">
-        <v>17</v>
+        <v>0</v>
       </c>
       <c r="I50" s="22">
         <v>0</v>
       </c>
       <c r="J50" s="22">
         <v>0</v>
       </c>
       <c r="K50" s="21">
-        <v>379.74253875103682</v>
+        <v>327.68668311727396</v>
       </c>
       <c r="L50" s="21">
-        <v>6705.6612492245895</v>
+        <v>6001.9492976022129</v>
       </c>
       <c r="M50" s="21">
         <v>0</v>
       </c>
       <c r="N50" s="21">
         <v>0</v>
       </c>
       <c r="O50" s="21">
         <v>0</v>
       </c>
       <c r="P50" s="21">
         <v>0</v>
       </c>
       <c r="Q50" s="21">
         <v>0</v>
       </c>
       <c r="R50" s="21">
         <v>0</v>
       </c>
       <c r="S50" s="21">
         <v>0</v>
       </c>
       <c r="T50" s="21">
         <v>0</v>
       </c>
       <c r="U50" s="22">
-        <v>-1.9998878997284919E-8</v>
+        <v>1.0000803740695119E-8</v>
       </c>
     </row>
     <row r="51" spans="2:21" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B51" s="35" t="s">
         <v>23</v>
       </c>
       <c r="C51" s="21">
         <v>0</v>
       </c>
       <c r="D51" s="21">
         <v>0</v>
       </c>
       <c r="E51" s="22">
         <v>0</v>
       </c>
       <c r="F51" s="22">
         <v>0</v>
       </c>
       <c r="G51" s="22">
         <v>0</v>
       </c>
       <c r="H51" s="22">
         <v>0</v>
       </c>
       <c r="I51" s="22">
@@ -4026,291 +4026,291 @@
       </c>
       <c r="P52" s="21">
         <v>0</v>
       </c>
       <c r="Q52" s="21">
         <v>0</v>
       </c>
       <c r="R52" s="21">
         <v>0</v>
       </c>
       <c r="S52" s="21">
         <v>0</v>
       </c>
       <c r="T52" s="21">
         <v>0</v>
       </c>
       <c r="U52" s="22">
         <v>0</v>
       </c>
     </row>
     <row r="53" spans="2:21" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B53" s="37" t="s">
         <v>25</v>
       </c>
       <c r="C53" s="21">
-        <v>230.43452830684774</v>
+        <v>204.53522778242535</v>
       </c>
       <c r="D53" s="21">
-        <v>1.5255257412209393</v>
+        <v>1.5265424429384384</v>
       </c>
       <c r="E53" s="22">
-        <v>79.66572419752157</v>
+        <v>129.45220386727397</v>
       </c>
       <c r="F53" s="22">
-        <v>76.146722813515225</v>
+        <v>56.556481472212965</v>
       </c>
       <c r="G53" s="22">
-        <v>56.096555554589997</v>
+        <v>17</v>
       </c>
       <c r="H53" s="22">
-        <v>17</v>
+        <v>0</v>
       </c>
       <c r="I53" s="22">
         <v>0</v>
       </c>
       <c r="J53" s="22">
         <v>0</v>
       </c>
       <c r="K53" s="21">
-        <v>155.81244701103677</v>
+        <v>129.45220386727397</v>
       </c>
       <c r="L53" s="21">
-        <v>73.096555554589997</v>
+        <v>73.556481472212951</v>
       </c>
       <c r="M53" s="21">
         <v>0</v>
       </c>
       <c r="N53" s="21">
         <v>0</v>
       </c>
       <c r="O53" s="21">
         <v>0</v>
       </c>
       <c r="P53" s="21">
         <v>0</v>
       </c>
       <c r="Q53" s="21">
         <v>0</v>
       </c>
       <c r="R53" s="21">
         <v>0</v>
       </c>
       <c r="S53" s="21">
         <v>0</v>
       </c>
       <c r="T53" s="21">
         <v>0</v>
       </c>
       <c r="U53" s="22">
         <v>0</v>
       </c>
     </row>
     <row r="54" spans="2:21" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B54" s="37" t="s">
         <v>26</v>
       </c>
       <c r="C54" s="21">
-        <v>6566.1671480800005</v>
+        <v>5823.1819685199998</v>
       </c>
       <c r="D54" s="21">
         <v>0</v>
       </c>
       <c r="E54" s="22">
         <v>0</v>
       </c>
       <c r="F54" s="22">
         <v>0</v>
       </c>
       <c r="G54" s="22">
-        <v>6566.1671480999994</v>
+        <v>5823.1819685099999</v>
       </c>
       <c r="H54" s="22">
         <v>0</v>
       </c>
       <c r="I54" s="22">
         <v>0</v>
       </c>
       <c r="J54" s="22">
         <v>0</v>
       </c>
       <c r="K54" s="21">
         <v>0</v>
       </c>
       <c r="L54" s="21">
-        <v>6566.1671480999994</v>
+        <v>5823.1819685099999</v>
       </c>
       <c r="M54" s="21">
         <v>0</v>
       </c>
       <c r="N54" s="21">
         <v>0</v>
       </c>
       <c r="O54" s="21">
         <v>0</v>
       </c>
       <c r="P54" s="21">
         <v>0</v>
       </c>
       <c r="Q54" s="21">
         <v>0</v>
       </c>
       <c r="R54" s="21">
         <v>0</v>
       </c>
       <c r="S54" s="21">
         <v>0</v>
       </c>
       <c r="T54" s="21">
         <v>0</v>
       </c>
       <c r="U54" s="22">
-        <v>-1.9998878997284919E-8</v>
+        <v>9.999894245993346E-9</v>
       </c>
     </row>
     <row r="55" spans="2:21" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B55" s="37" t="s">
         <v>27</v>
       </c>
       <c r="C55" s="21">
-        <v>290.32763731</v>
+        <v>303.44532687000003</v>
       </c>
       <c r="D55" s="21">
         <v>0</v>
       </c>
       <c r="E55" s="22">
-        <v>75.561793590000008</v>
+        <v>198.23447924999999</v>
       </c>
       <c r="F55" s="22">
-        <v>148.36829815000002</v>
+        <v>105.20009897</v>
       </c>
       <c r="G55" s="22">
-        <v>66.397545570000005</v>
+        <v>1.074865E-2</v>
       </c>
       <c r="H55" s="22">
         <v>0</v>
       </c>
       <c r="I55" s="22">
         <v>0</v>
       </c>
       <c r="J55" s="22">
         <v>0</v>
       </c>
       <c r="K55" s="21">
-        <v>223.93009174000002</v>
+        <v>198.23447924999999</v>
       </c>
       <c r="L55" s="21">
-        <v>66.397545570000005</v>
+        <v>105.21084762000001</v>
       </c>
       <c r="M55" s="21">
         <v>0</v>
       </c>
       <c r="N55" s="21">
         <v>0</v>
       </c>
       <c r="O55" s="21">
         <v>0</v>
       </c>
       <c r="P55" s="21">
         <v>0</v>
       </c>
       <c r="Q55" s="21">
         <v>0</v>
       </c>
       <c r="R55" s="21">
         <v>0</v>
       </c>
       <c r="S55" s="21">
         <v>0</v>
       </c>
       <c r="T55" s="21">
         <v>0</v>
       </c>
       <c r="U55" s="22">
         <v>0</v>
       </c>
     </row>
     <row r="56" spans="2:21" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B56" s="38" t="s">
         <v>22</v>
       </c>
       <c r="C56" s="21">
-        <v>8106.2436847558147</v>
+        <v>7701.7205396828804</v>
       </c>
       <c r="D56" s="21">
-        <v>585.4659181194736</v>
+        <v>584.48976812693684</v>
       </c>
       <c r="E56" s="22">
-        <v>1079.4043462182942</v>
+        <v>1972.6805141900745</v>
       </c>
       <c r="F56" s="22">
-        <v>681.731236869501</v>
+        <v>620.51182680414024</v>
       </c>
       <c r="G56" s="22">
-        <v>1305.4181370056072</v>
+        <v>424.05261289845544</v>
       </c>
       <c r="H56" s="22">
-        <v>374.77867789382361</v>
+        <v>260.27625547550684</v>
       </c>
       <c r="I56" s="22">
-        <v>267.42355694595597</v>
+        <v>291.56012322589106</v>
       </c>
       <c r="J56" s="22">
-        <v>287.28053180307711</v>
+        <v>275.55213426814407</v>
       </c>
       <c r="K56" s="21">
-        <v>1761.1355830978396</v>
+        <v>1972.6805141878845</v>
       </c>
       <c r="L56" s="21">
-        <v>2234.9009036508069</v>
+        <v>1596.4008184063371</v>
       </c>
       <c r="M56" s="21">
-        <v>1010.2956893352118</v>
+        <v>984.15941713417578</v>
       </c>
       <c r="N56" s="21">
-        <v>889.23453950337614</v>
+        <v>910.19698237476064</v>
       </c>
       <c r="O56" s="21">
-        <v>509.14317801960351</v>
+        <v>514.61306109084182</v>
       </c>
       <c r="P56" s="21">
-        <v>379.152245643507</v>
+        <v>407.38213042172248</v>
       </c>
       <c r="Q56" s="21">
-        <v>188.89264687929131</v>
+        <v>189.23839441083487</v>
       </c>
       <c r="R56" s="21">
-        <v>253.85324755022114</v>
+        <v>227.82429165032923</v>
       </c>
       <c r="S56" s="21">
-        <v>91.362115478517026</v>
+        <v>93.135378865703444</v>
       </c>
       <c r="T56" s="21">
-        <v>55.084694970036928</v>
+        <v>60.274230646505757</v>
       </c>
       <c r="U56" s="22">
-        <v>147.72292250792907</v>
+        <v>161.32555236684675</v>
       </c>
     </row>
     <row r="57" spans="2:21" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B57" s="35" t="s">
         <v>23</v>
       </c>
       <c r="C57" s="21">
         <v>0</v>
       </c>
       <c r="D57" s="21">
         <v>0</v>
       </c>
       <c r="E57" s="22">
         <v>0</v>
       </c>
       <c r="F57" s="22">
         <v>0</v>
       </c>
       <c r="G57" s="22">
         <v>0</v>
       </c>
       <c r="H57" s="22">
         <v>0</v>
       </c>
       <c r="I57" s="22">
@@ -4336,659 +4336,659 @@
       </c>
       <c r="P57" s="21">
         <v>0</v>
       </c>
       <c r="Q57" s="21">
         <v>0</v>
       </c>
       <c r="R57" s="21">
         <v>0</v>
       </c>
       <c r="S57" s="21">
         <v>0</v>
       </c>
       <c r="T57" s="21">
         <v>0</v>
       </c>
       <c r="U57" s="22">
         <v>0</v>
       </c>
     </row>
     <row r="58" spans="2:21" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B58" s="36" t="s">
         <v>24</v>
       </c>
       <c r="C58" s="21">
-        <v>1037.2526595624402</v>
+        <v>800.95548831381814</v>
       </c>
       <c r="D58" s="21">
         <v>0.35</v>
       </c>
       <c r="E58" s="22">
-        <v>7.2284007899999994</v>
+        <v>551.67011732000014</v>
       </c>
       <c r="F58" s="22">
-        <v>6.2171102199999995</v>
+        <v>1.9059783399999999</v>
       </c>
       <c r="G58" s="22">
-        <v>782.04043637999996</v>
+        <v>4.057674E-2</v>
       </c>
       <c r="H58" s="22">
-        <v>3.1976669999999999E-2</v>
+        <v>3.0983632700000001</v>
       </c>
       <c r="I58" s="22">
-        <v>3.1414959999999999E-2</v>
+        <v>2.6996219400000001</v>
       </c>
       <c r="J58" s="22">
-        <v>0.17788858000000002</v>
+        <v>3.4383509999999999E-2</v>
       </c>
       <c r="K58" s="21">
-        <v>13.445511020044396</v>
+        <v>551.67011731780997</v>
       </c>
       <c r="L58" s="21">
-        <v>782.28171659234329</v>
+        <v>7.7445402923433555</v>
       </c>
       <c r="M58" s="21">
         <v>0.7863515167913443</v>
       </c>
       <c r="N58" s="21">
-        <v>145.74870096011438</v>
+        <v>145.75670096011439</v>
       </c>
       <c r="O58" s="21">
-        <v>13.030589439585905</v>
+        <v>13.037988189585905</v>
       </c>
       <c r="P58" s="21">
-        <v>9.53251119601186E-3</v>
+        <v>9.5325111960118617E-3</v>
       </c>
       <c r="Q58" s="21">
         <v>6.2575253609163505E-3</v>
       </c>
       <c r="R58" s="21">
         <v>61.844000000000001</v>
       </c>
       <c r="S58" s="21">
         <v>19.75</v>
       </c>
       <c r="T58" s="21">
         <v>0</v>
       </c>
       <c r="U58" s="22">
-        <v>-2.9961029213154688E-9</v>
+        <v>6.162963472888805E-10</v>
       </c>
     </row>
     <row r="59" spans="2:21" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B59" s="37" t="s">
         <v>25</v>
       </c>
       <c r="C59" s="21">
-        <v>7034.7309945075585</v>
+        <v>6858.4277919975602</v>
       </c>
       <c r="D59" s="21">
-        <v>584.85216812211115</v>
+        <v>583.87601812957439</v>
       </c>
       <c r="E59" s="22">
-        <v>1071.1704143272382</v>
+        <v>1419.9027126589287</v>
       </c>
       <c r="F59" s="22">
-        <v>674.65088688035564</v>
+        <v>615.67451516012022</v>
       </c>
       <c r="G59" s="22">
-        <v>520.44636732158722</v>
+        <v>417.22849296590914</v>
       </c>
       <c r="H59" s="22">
-        <v>368.88391355602079</v>
+        <v>256.70974509907717</v>
       </c>
       <c r="I59" s="22">
-        <v>266.92399487952633</v>
+        <v>288.86050128589102</v>
       </c>
       <c r="J59" s="22">
-        <v>287.10264322307711</v>
+        <v>275.51775075814408</v>
       </c>
       <c r="K59" s="21">
-        <v>1745.8213012075937</v>
+        <v>1419.9027126589287</v>
       </c>
       <c r="L59" s="21">
-        <v>1443.3569189802115</v>
+        <v>1578.4732545109982</v>
       </c>
       <c r="M59" s="21">
-        <v>1005.8662681284205</v>
+        <v>979.77934333738438</v>
       </c>
       <c r="N59" s="21">
-        <v>739.84276885326187</v>
+        <v>760.84655913464621</v>
       </c>
       <c r="O59" s="21">
-        <v>492.46951889001753</v>
+        <v>497.98135062125601</v>
       </c>
       <c r="P59" s="21">
-        <v>375.49964344231103</v>
+        <v>403.7788756305265</v>
       </c>
       <c r="Q59" s="21">
-        <v>185.24331966393038</v>
+        <v>185.63841460547394</v>
       </c>
       <c r="R59" s="21">
-        <v>188.36617783022115</v>
+        <v>162.38656936032922</v>
       </c>
       <c r="S59" s="21">
-        <v>71.612115478517026</v>
+        <v>73.385378865703444</v>
       </c>
       <c r="T59" s="21">
-        <v>55.084694970036928</v>
+        <v>60.274230646505757</v>
       </c>
       <c r="U59" s="22">
-        <v>146.7160989409258</v>
+        <v>152.10508449623285</v>
       </c>
     </row>
     <row r="60" spans="2:21" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B60" s="37" t="s">
         <v>26</v>
       </c>
       <c r="C60" s="21">
-        <v>7.7517192558161403</v>
+        <v>7.9607355315037545</v>
       </c>
       <c r="D60" s="21">
         <v>0.26374999736249999</v>
       </c>
       <c r="E60" s="22">
-        <v>1.0055311010557999</v>
+        <v>1.10768421114538</v>
       </c>
       <c r="F60" s="22">
-        <v>0.86323976914538003</v>
+        <v>2.9313333040200003</v>
       </c>
       <c r="G60" s="22">
-        <v>2.9313333040200003</v>
+        <v>3.1898209125462351</v>
       </c>
       <c r="H60" s="22">
-        <v>2.2197179778028202</v>
+        <v>0.46814710642964003</v>
       </c>
       <c r="I60" s="22">
-        <v>0.46814710642964003</v>
+        <v>0</v>
       </c>
       <c r="J60" s="22">
         <v>0</v>
       </c>
       <c r="K60" s="21">
-        <v>1.86877087020118</v>
+        <v>1.10768421114538</v>
       </c>
       <c r="L60" s="21">
-        <v>5.6191983882524594</v>
+        <v>6.5893013229958752</v>
       </c>
       <c r="M60" s="21">
         <v>0</v>
       </c>
       <c r="N60" s="21">
         <v>0</v>
       </c>
       <c r="O60" s="21">
         <v>0</v>
       </c>
       <c r="P60" s="21">
         <v>0</v>
       </c>
       <c r="Q60" s="21">
         <v>0</v>
       </c>
       <c r="R60" s="21">
         <v>0</v>
       </c>
       <c r="S60" s="21">
         <v>0</v>
       </c>
       <c r="T60" s="21">
         <v>0</v>
       </c>
       <c r="U60" s="22">
         <v>0</v>
       </c>
     </row>
     <row r="61" spans="2:21" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B61" s="37" t="s">
         <v>27</v>
       </c>
       <c r="C61" s="21">
-        <v>26.508311429999999</v>
+        <v>34.376523839999997</v>
       </c>
       <c r="D61" s="21">
         <v>0</v>
       </c>
       <c r="E61" s="22">
         <v>0</v>
       </c>
       <c r="F61" s="22">
         <v>0</v>
       </c>
       <c r="G61" s="22">
-        <v>0</v>
+        <v>3.5937222799999997</v>
       </c>
       <c r="H61" s="22">
-        <v>3.6430696899999999</v>
+        <v>0</v>
       </c>
       <c r="I61" s="22">
         <v>0</v>
       </c>
       <c r="J61" s="22">
         <v>0</v>
       </c>
       <c r="K61" s="21">
         <v>0</v>
       </c>
       <c r="L61" s="21">
-        <v>3.6430696899999999</v>
+        <v>3.5937222799999997</v>
       </c>
       <c r="M61" s="21">
-        <v>3.6430696899999999</v>
+        <v>3.5937222799999997</v>
       </c>
       <c r="N61" s="21">
-        <v>3.6430696899999999</v>
+        <v>3.5937222799999997</v>
       </c>
       <c r="O61" s="21">
-        <v>3.6430696899999999</v>
+        <v>3.5937222799999997</v>
       </c>
       <c r="P61" s="21">
-        <v>3.6430696899999999</v>
+        <v>3.5937222799999997</v>
       </c>
       <c r="Q61" s="21">
-        <v>3.6430696899999999</v>
+        <v>3.5937222799999997</v>
       </c>
       <c r="R61" s="21">
-        <v>3.6430697200000002</v>
+        <v>3.5937222900000001</v>
       </c>
       <c r="S61" s="21">
         <v>0</v>
       </c>
       <c r="T61" s="21">
         <v>0</v>
       </c>
       <c r="U61" s="22">
-        <v>1.0068235699999981</v>
-[...2 lines deleted...]
-    <row r="62" spans="2:21" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+        <v>9.2204678699999967</v>
+      </c>
+    </row>
+    <row r="62" spans="2:21" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B62" s="43" t="s">
         <v>33</v>
       </c>
       <c r="C62" s="23">
-        <v>11371.011762821527</v>
+        <v>12627.177236754782</v>
       </c>
       <c r="D62" s="23">
-        <v>234.14069790143404</v>
+        <v>216.65952744605747</v>
       </c>
       <c r="E62" s="24">
-        <v>2036.8356226448332</v>
+        <v>4547.8680146498536</v>
       </c>
       <c r="F62" s="24">
-        <v>1864.3748859568345</v>
+        <v>954.92987417092729</v>
       </c>
       <c r="G62" s="24">
-        <v>1750.9466418890497</v>
+        <v>1315.7198477456602</v>
       </c>
       <c r="H62" s="24">
-        <v>333.09894039779419</v>
+        <v>99.658273425546724</v>
       </c>
       <c r="I62" s="24">
-        <v>71.687738538706242</v>
+        <v>311.19154741956964</v>
       </c>
       <c r="J62" s="24">
-        <v>275.05551579755888</v>
+        <v>361.45100334360745</v>
       </c>
       <c r="K62" s="23">
-        <v>3901.2105086016682</v>
+        <v>4547.8680146498536</v>
       </c>
       <c r="L62" s="23">
-        <v>2430.7888366231086</v>
+        <v>2681.4995427617041</v>
       </c>
       <c r="M62" s="23">
-        <v>931.66099055907102</v>
+        <v>988.08812506400773</v>
       </c>
       <c r="N62" s="23">
-        <v>510.12639814738532</v>
+        <v>595.41975268500209</v>
       </c>
       <c r="O62" s="23">
-        <v>1005.9513229710192</v>
+        <v>1087.2141914986962</v>
       </c>
       <c r="P62" s="23">
-        <v>697.31857609124097</v>
+        <v>819.14936612725876</v>
       </c>
       <c r="Q62" s="23">
-        <v>849.23819357163222</v>
+        <v>863.80796388114345</v>
       </c>
       <c r="R62" s="23">
-        <v>227.71069624179196</v>
+        <v>214.91238655962533</v>
       </c>
       <c r="S62" s="23">
-        <v>149.42812082009419</v>
+        <v>151.0731850410609</v>
       </c>
       <c r="T62" s="23">
-        <v>127.8486490961903</v>
+        <v>123.92933992907997</v>
       </c>
       <c r="U62" s="24">
-        <v>305.58877219689384</v>
+        <v>337.55584111129247</v>
       </c>
     </row>
     <row r="63" spans="2:21" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B63" s="34" t="s">
         <v>34</v>
       </c>
       <c r="C63" s="21">
-        <v>7544.3421123846056</v>
+        <v>7637.0290749118894</v>
       </c>
       <c r="D63" s="21">
-        <v>215.8220005725766</v>
+        <v>198.34950147311807</v>
       </c>
       <c r="E63" s="22">
-        <v>1415.6453034544245</v>
+        <v>2233.3824335786535</v>
       </c>
       <c r="F63" s="22">
-        <v>958.8863459658312</v>
+        <v>833.32713701761588</v>
       </c>
       <c r="G63" s="22">
-        <v>1642.6153283658778</v>
+        <v>1235.4032042184745</v>
       </c>
       <c r="H63" s="22">
-        <v>275.69923164008753</v>
+        <v>55.969707919101118</v>
       </c>
       <c r="I63" s="22">
-        <v>39.586245191610033</v>
+        <v>154.54697139486092</v>
       </c>
       <c r="J63" s="22">
-        <v>151.30718992784165</v>
+        <v>245.70758375500932</v>
       </c>
       <c r="K63" s="21">
-        <v>2374.5316494202552</v>
+        <v>2233.3824335786535</v>
       </c>
       <c r="L63" s="21">
-        <v>2109.2079951254168</v>
+        <v>2279.2470205500522</v>
       </c>
       <c r="M63" s="21">
-        <v>702.89601407143175</v>
+        <v>711.58398887318083</v>
       </c>
       <c r="N63" s="21">
-        <v>389.49723440948981</v>
+        <v>399.23393574063408</v>
       </c>
       <c r="O63" s="21">
-        <v>319.86870779894616</v>
+        <v>324.61491511245799</v>
       </c>
       <c r="P63" s="21">
-        <v>581.00626687901593</v>
+        <v>603.57070410607571</v>
       </c>
       <c r="Q63" s="21">
-        <v>209.97244539522151</v>
+        <v>210.84299079856152</v>
       </c>
       <c r="R63" s="21">
-        <v>164.73651968575595</v>
+        <v>173.43236335598115</v>
       </c>
       <c r="S63" s="21">
-        <v>96.845021651811933</v>
+        <v>98.236792766662191</v>
       </c>
       <c r="T63" s="21">
-        <v>108.54927663362847</v>
+        <v>103.00646881608647</v>
       </c>
       <c r="U63" s="22">
-        <v>271.40898074105553</v>
+        <v>301.52795974042419</v>
       </c>
     </row>
     <row r="64" spans="2:21" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B64" s="34" t="s">
         <v>35</v>
       </c>
       <c r="C64" s="21">
-        <v>347.68864884427597</v>
+        <v>374.91889164337846</v>
       </c>
       <c r="D64" s="21">
-        <v>5.1430733027247975</v>
+        <v>5.1325119346034276</v>
       </c>
       <c r="E64" s="22">
-        <v>56.256132618024992</v>
+        <v>81.321089383185353</v>
       </c>
       <c r="F64" s="22">
-        <v>30.281526470102598</v>
+        <v>39.189311330374686</v>
       </c>
       <c r="G64" s="22">
-        <v>17.684941121372809</v>
+        <v>2.5365636263010303</v>
       </c>
       <c r="H64" s="22">
-        <v>1.4011564637662131</v>
+        <v>8.9751724324704991</v>
       </c>
       <c r="I64" s="22">
-        <v>3.7854099177014557</v>
+        <v>15.532652966895691</v>
       </c>
       <c r="J64" s="22">
-        <v>16.253107415246703</v>
+        <v>80.096881965697847</v>
       </c>
       <c r="K64" s="21">
-        <v>86.537659088127569</v>
+        <v>81.321089383185353</v>
       </c>
       <c r="L64" s="21">
-        <v>39.124614918087175</v>
+        <v>66.233700356041908</v>
       </c>
       <c r="M64" s="21">
-        <v>94.470079388632527</v>
+        <v>96.094504894610509</v>
       </c>
       <c r="N64" s="21">
-        <v>35.427931238779017</v>
+        <v>37.220077086329603</v>
       </c>
       <c r="O64" s="21">
-        <v>5.8310034416899645</v>
+        <v>5.7951313642709072</v>
       </c>
       <c r="P64" s="21">
-        <v>2.3491237431754293</v>
+        <v>2.3518150098151831</v>
       </c>
       <c r="Q64" s="21">
-        <v>51.845705570431832</v>
+        <v>53.737641684845805</v>
       </c>
       <c r="R64" s="21">
-        <v>2.7250290949719309</v>
+        <v>2.7318200615706885</v>
       </c>
       <c r="S64" s="21">
-        <v>1.1592256328521882</v>
+        <v>1.1719062105031597</v>
       </c>
       <c r="T64" s="21">
-        <v>9.7256665694100009E-3</v>
+        <v>1.2897077648807001E-2</v>
       </c>
       <c r="U64" s="22">
-        <v>23.065477758234067</v>
+        <v>23.115796579953098</v>
       </c>
     </row>
     <row r="65" spans="2:162" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B65" s="34" t="s">
         <v>36</v>
       </c>
       <c r="C65" s="21">
-        <v>3478.9810015926446</v>
+        <v>4615.2292701995138</v>
       </c>
       <c r="D65" s="21">
-        <v>13.175624026132649</v>
+        <v>13.177514038335968</v>
       </c>
       <c r="E65" s="22">
-        <v>564.93418657238385</v>
+        <v>2233.1644916880146</v>
       </c>
       <c r="F65" s="22">
-        <v>875.20701352090077</v>
+        <v>82.413425822936787</v>
       </c>
       <c r="G65" s="22">
-        <v>90.646372401798985</v>
+        <v>77.780079900884701</v>
       </c>
       <c r="H65" s="22">
-        <v>55.998552293940428</v>
+        <v>34.713393073975098</v>
       </c>
       <c r="I65" s="22">
-        <v>28.316083429394755</v>
+        <v>141.11192305781302</v>
       </c>
       <c r="J65" s="22">
-        <v>107.49521845447055</v>
+        <v>35.646537622900254</v>
       </c>
       <c r="K65" s="21">
-        <v>1440.1412000932846</v>
+        <v>2233.1644916880146</v>
       </c>
       <c r="L65" s="21">
-        <v>282.45622657960467</v>
+        <v>336.01882185560959</v>
       </c>
       <c r="M65" s="21">
-        <v>134.29489709900673</v>
+        <v>180.40963129621642</v>
       </c>
       <c r="N65" s="21">
-        <v>85.201232499116486</v>
+        <v>158.96573985803843</v>
       </c>
       <c r="O65" s="21">
-        <v>680.25161173038305</v>
+        <v>756.80414502196732</v>
       </c>
       <c r="P65" s="21">
-        <v>113.96318546904963</v>
+        <v>213.22684701136788</v>
       </c>
       <c r="Q65" s="21">
-        <v>587.42004260597889</v>
+        <v>599.22733139773607</v>
       </c>
       <c r="R65" s="21">
-        <v>60.249147461064076</v>
+        <v>38.748203142073521</v>
       </c>
       <c r="S65" s="21">
-        <v>51.423873535430076</v>
+        <v>51.664486063895538</v>
       </c>
       <c r="T65" s="21">
-        <v>19.289646795992418</v>
+        <v>20.909974035344703</v>
       </c>
       <c r="U65" s="22">
-        <v>11.114313697601574</v>
+        <v>12.912084790914378</v>
       </c>
     </row>
     <row r="66" spans="2:162" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B66" s="10" t="s">
         <v>14</v>
       </c>
       <c r="C66" s="25">
-        <v>62214.291780188229</v>
+        <v>60383.24394609216</v>
       </c>
       <c r="D66" s="25">
-        <v>890.74844775212864</v>
+        <v>870.68431950593288</v>
       </c>
       <c r="E66" s="26">
-        <v>15405.086606462042</v>
+        <v>17014.612826835601</v>
       </c>
       <c r="F66" s="26">
-        <v>4216.216512327368</v>
+        <v>3393.6342438349006</v>
       </c>
       <c r="G66" s="26">
-        <v>11039.828018349408</v>
+        <v>8933.9835664669008</v>
       </c>
       <c r="H66" s="26">
-        <v>1986.614200803652</v>
+        <v>1128.3118968397525</v>
       </c>
       <c r="I66" s="26">
-        <v>811.89571491030301</v>
+        <v>968.16271617470443</v>
       </c>
       <c r="J66" s="26">
-        <v>910.47380641214465</v>
+        <v>1624.6000964154503</v>
       </c>
       <c r="K66" s="25">
-        <v>19621.303118799457</v>
+        <v>17014.612826833411</v>
       </c>
       <c r="L66" s="25">
-        <v>14748.811740477851</v>
+        <v>14424.092423318602</v>
       </c>
       <c r="M66" s="25">
-        <v>3584.0802385385441</v>
+        <v>3703.6214731412624</v>
       </c>
       <c r="N66" s="25">
-        <v>3178.2447460498006</v>
+        <v>3255.8746388602244</v>
       </c>
       <c r="O66" s="25">
-        <v>3898.1374120077849</v>
+        <v>3983.8394494791546</v>
       </c>
       <c r="P66" s="25">
-        <v>2395.7348410871136</v>
+        <v>2656.7926824152264</v>
       </c>
       <c r="Q66" s="25">
-        <v>2771.150085934763</v>
+        <v>3068.7416357557195</v>
       </c>
       <c r="R66" s="25">
-        <v>1435.5140657987008</v>
+        <v>1363.1885501499571</v>
       </c>
       <c r="S66" s="25">
-        <v>1043.2376154731764</v>
+        <v>1036.676301956893</v>
       </c>
       <c r="T66" s="25">
-        <v>1580.6550454827016</v>
+        <v>1592.2321207119271</v>
       </c>
       <c r="U66" s="26">
-        <v>7066.6744227862073</v>
+        <v>7412.887523963851</v>
       </c>
     </row>
     <row r="67" spans="2:162" s="1" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B67" s="31" t="s">
         <v>2</v>
       </c>
       <c r="C67" s="27"/>
       <c r="D67" s="27"/>
       <c r="E67" s="27">
-        <v>121.91703415103832</v>
+        <v>136.45947400328336</v>
       </c>
       <c r="F67" s="27">
-        <v>194.23305958349752</v>
+        <v>193.24619834046399</v>
       </c>
       <c r="G67" s="27">
-        <v>277.88392571387908</v>
+        <v>214.99429337898238</v>
       </c>
       <c r="H67" s="27">
-        <v>250.5383098836416</v>
+        <v>113.22920401374634</v>
       </c>
       <c r="I67" s="27">
-        <v>110.9453942174114</v>
+        <v>158.93770949656994</v>
       </c>
       <c r="J67" s="27">
-        <v>150.21611586492622</v>
+        <v>291.82073114306985</v>
       </c>
       <c r="K67" s="28">
-        <v>316.1500936958376</v>
+        <v>136.45947399631086</v>
       </c>
       <c r="L67" s="28">
-        <v>789.58374566196676</v>
+        <v>680.40740525660908</v>
       </c>
       <c r="M67" s="28">
-        <v>710.56591740303088</v>
+        <v>743.6408631135771</v>
       </c>
       <c r="N67" s="28">
-        <v>638.48940244282812</v>
+        <v>669.85998251716694</v>
       </c>
       <c r="O67" s="28">
-        <v>594.72568985608302</v>
+        <v>619.53323311288068</v>
       </c>
       <c r="P67" s="28">
-        <v>473.40103018146397</v>
+        <v>499.30018961641281</v>
       </c>
       <c r="Q67" s="28">
-        <v>365.34006913730957</v>
+        <v>382.57295340422473</v>
       </c>
       <c r="R67" s="28">
-        <v>277.49872948238175</v>
+        <v>289.37120537686485</v>
       </c>
       <c r="S67" s="28">
-        <v>259.43478361375884</v>
+        <v>269.74294794505374</v>
       </c>
       <c r="T67" s="28">
-        <v>222.81734323794808</v>
+        <v>234.69360866212764</v>
       </c>
       <c r="U67" s="27">
-        <v>876.2291210280531</v>
+        <v>1013.7506846855516</v>
       </c>
       <c r="V67" s="4"/>
       <c r="W67" s="4"/>
       <c r="X67" s="4"/>
       <c r="Y67" s="4"/>
       <c r="Z67" s="4"/>
       <c r="AA67" s="4"/>
       <c r="AB67" s="4"/>
       <c r="AC67" s="4"/>
       <c r="AD67" s="4"/>
       <c r="AE67" s="4"/>
       <c r="AF67" s="4"/>
       <c r="AG67" s="4"/>
       <c r="AH67" s="4"/>
       <c r="AI67" s="4"/>
       <c r="AJ67" s="4"/>
       <c r="AK67" s="4"/>
       <c r="AL67" s="4"/>
       <c r="AM67" s="4"/>
       <c r="AN67" s="4"/>
       <c r="AO67" s="4"/>
       <c r="AP67" s="4"/>
       <c r="AQ67" s="4"/>
       <c r="AR67" s="4"/>
       <c r="AS67" s="4"/>
@@ -5257,93 +5257,93 @@
       <c r="EO68" s="4"/>
       <c r="EP68" s="4"/>
       <c r="EQ68" s="4"/>
       <c r="ER68" s="4"/>
       <c r="ES68" s="4"/>
       <c r="ET68" s="4"/>
       <c r="EU68" s="4"/>
       <c r="EV68" s="4"/>
       <c r="EW68" s="4"/>
       <c r="EX68" s="4"/>
       <c r="EY68" s="4"/>
       <c r="EZ68" s="4"/>
       <c r="FA68" s="4"/>
       <c r="FB68" s="4"/>
       <c r="FC68" s="4"/>
       <c r="FD68" s="4"/>
       <c r="FE68" s="4"/>
       <c r="FF68" s="4"/>
     </row>
     <row r="69" spans="2:162" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B69" s="41" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="70" spans="2:162" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B70" s="44" t="s">
+      <c r="B70" s="48" t="s">
         <v>37</v>
       </c>
-      <c r="C70" s="44"/>
-[...4 lines deleted...]
-      <c r="H70" s="44"/>
+      <c r="C70" s="48"/>
+      <c r="D70" s="48"/>
+      <c r="E70" s="48"/>
+      <c r="F70" s="48"/>
+      <c r="G70" s="48"/>
+      <c r="H70" s="48"/>
     </row>
     <row r="71" spans="2:162" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="E71" s="5"/>
       <c r="F71" s="5"/>
       <c r="G71" s="5"/>
       <c r="H71" s="5"/>
       <c r="I71" s="5"/>
       <c r="J71" s="5"/>
       <c r="K71" s="5"/>
       <c r="L71" s="5"/>
       <c r="M71" s="5"/>
       <c r="N71" s="5"/>
       <c r="O71" s="5"/>
       <c r="P71" s="5"/>
       <c r="Q71" s="5"/>
       <c r="R71" s="5"/>
       <c r="S71" s="5"/>
       <c r="T71" s="5"/>
       <c r="U71" s="5"/>
     </row>
   </sheetData>
   <mergeCells count="12">
+    <mergeCell ref="B70:H70"/>
+    <mergeCell ref="K7:K8"/>
+    <mergeCell ref="L7:L8"/>
+    <mergeCell ref="M7:M8"/>
+    <mergeCell ref="N7:N8"/>
     <mergeCell ref="O7:O8"/>
     <mergeCell ref="U7:U8"/>
     <mergeCell ref="P7:P8"/>
     <mergeCell ref="Q7:Q8"/>
     <mergeCell ref="R7:R8"/>
     <mergeCell ref="S7:S8"/>
     <mergeCell ref="T7:T8"/>
-    <mergeCell ref="B70:H70"/>
-[...3 lines deleted...]
-    <mergeCell ref="N7:N8"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Radni listovi</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>EUR</vt:lpstr>
     </vt:vector>