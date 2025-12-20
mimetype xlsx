--- v0 (2025-10-08)
+++ v1 (2025-12-20)
@@ -2,80 +2,83 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24334"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\261\MOST\KAMATNE STOPE - NOVO MOSTv2\BILTENSKE TABLICE od 03-2020\G1-G6\2025\G tablice 2025_08_31\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\hnb.local\Banka\DMFS\261\MOST\KAMATNE STOPE - NOVO MOSTv2\BILTENSKE TABLICE od 03-2020\G1-G6\2025\G tablice 2025_10_31\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{33470C63-D3B5-4094-9195-A69560916C20}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{83D0B4BF-206A-42F6-A61E-B699DF16006F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{6F19A10C-60F6-4984-962F-EB30C9E9C5B6}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12576" xr2:uid="{6F19A10C-60F6-4984-962F-EB30C9E9C5B6}"/>
   </bookViews>
   <sheets>
     <sheet name="EUR" sheetId="2" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
+    <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
+      <xlwcv:version setVersion="1"/>
+    </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="261" uniqueCount="41">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="264" uniqueCount="41">
   <si>
     <t xml:space="preserve">Vagani mjesečni prosjeci kamatnih stopa </t>
   </si>
   <si>
     <t xml:space="preserve">u postocima na godišnjoj razini </t>
   </si>
   <si>
     <t>–</t>
   </si>
   <si>
     <t>Iznosi stanja</t>
   </si>
   <si>
     <t>u milijunima eura</t>
   </si>
   <si>
     <t>Tablica G5: Kamatne stope kreditnih institucija na depozite i kredite (stanja)</t>
   </si>
   <si>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="8"/>
         <rFont val="Arial"/>
         <family val="2"/>
@@ -628,54 +631,54 @@
     </r>
     <r>
       <rPr>
         <sz val="8"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t>Dugoročno</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="8"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t>a</t>
     </r>
   </si>
   <si>
     <t>Napomena: počevši sa siječnjem 2023. svi podaci odnose se samo na kredite i depozite u eurima.</t>
   </si>
   <si>
-    <t>* Revidirani podaci.</t>
+    <t>*</t>
   </si>
   <si>
-    <t>*</t>
+    <t>* Revidirani podaci.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="#,##0.0"/>
     <numFmt numFmtId="165" formatCode="mm\.yy\."/>
   </numFmts>
   <fonts count="15" x14ac:knownFonts="1">
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -1252,107 +1255,107 @@
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{629B7C60-8E9A-43F1-97F1-2ECD605734EF}">
   <sheetPr>
     <tabColor theme="0"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="B2:FK92"/>
+  <dimension ref="B2:FM92"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="11.1640625" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="11.140625" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="3.6640625" style="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="3" max="16384" width="11.1640625" style="1"/>
+    <col min="1" max="1" width="3.7109375" style="1" customWidth="1"/>
+    <col min="2" max="2" width="60.7109375" style="18" customWidth="1"/>
+    <col min="3" max="16384" width="11.140625" style="1"/>
   </cols>
   <sheetData>
-    <row r="2" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="2" spans="2:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B2" s="2" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="3" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="3" spans="2:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B3" s="3" t="s">
         <v>30</v>
       </c>
     </row>
-    <row r="4" spans="2:167" s="37" customFormat="1" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="4" spans="2:169" s="37" customFormat="1" ht="9.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B4" s="36"/>
     </row>
-    <row r="5" spans="2:167" s="37" customFormat="1" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="5" spans="2:169" s="37" customFormat="1" ht="9.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B5" s="36"/>
     </row>
-    <row r="6" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="6" spans="2:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B6" s="4" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="7" spans="2:167" s="40" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="7" spans="2:169" s="40" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B7" s="42" t="s">
         <v>1</v>
       </c>
       <c r="EH7" s="41"/>
       <c r="EV7" s="35"/>
       <c r="EW7" s="35"/>
       <c r="EX7" s="35"/>
       <c r="EY7" s="35"/>
       <c r="EZ7" s="35"/>
       <c r="FA7" s="35"/>
       <c r="FB7" s="35"/>
       <c r="FC7" s="35"/>
       <c r="FD7" s="35"/>
       <c r="FE7" s="35"/>
       <c r="FF7" s="35"/>
       <c r="FG7" s="35"/>
       <c r="FH7" s="35"/>
       <c r="FI7" s="35"/>
-      <c r="FJ7" s="35" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="FJ7" s="35"/>
       <c r="FK7" s="35"/>
+      <c r="FL7" s="35"/>
+      <c r="FM7" s="35"/>
     </row>
-    <row r="8" spans="2:167" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="8" spans="2:169" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B8" s="7"/>
       <c r="C8" s="8">
         <v>40908</v>
       </c>
       <c r="D8" s="8">
         <v>40939</v>
       </c>
       <c r="E8" s="8">
         <v>40968</v>
       </c>
       <c r="F8" s="8">
         <v>40999</v>
       </c>
       <c r="G8" s="8">
         <v>41029</v>
       </c>
       <c r="H8" s="8">
         <v>41060</v>
       </c>
       <c r="I8" s="8">
         <v>41090</v>
       </c>
       <c r="J8" s="8">
         <v>41121</v>
       </c>
@@ -1805,52 +1808,58 @@
       </c>
       <c r="FD8" s="8">
         <v>45688</v>
       </c>
       <c r="FE8" s="8">
         <v>45716</v>
       </c>
       <c r="FF8" s="8">
         <v>45747</v>
       </c>
       <c r="FG8" s="8">
         <v>45777</v>
       </c>
       <c r="FH8" s="8">
         <v>45808</v>
       </c>
       <c r="FI8" s="8">
         <v>45838</v>
       </c>
       <c r="FJ8" s="8">
         <v>45869</v>
       </c>
       <c r="FK8" s="8">
         <v>45900</v>
       </c>
+      <c r="FL8" s="8">
+        <v>45930</v>
+      </c>
+      <c r="FM8" s="8">
+        <v>45961</v>
+      </c>
     </row>
-    <row r="9" spans="2:167" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="9" spans="2:169" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B9" s="5" t="s">
         <v>7</v>
       </c>
       <c r="C9" s="21">
         <v>3.65</v>
       </c>
       <c r="D9" s="21">
         <v>3.69</v>
       </c>
       <c r="E9" s="21">
         <v>3.69</v>
       </c>
       <c r="F9" s="21">
         <v>3.68</v>
       </c>
       <c r="G9" s="21">
         <v>3.65</v>
       </c>
       <c r="H9" s="21">
         <v>3.66</v>
       </c>
       <c r="I9" s="21">
         <v>3.66</v>
       </c>
       <c r="J9" s="21">
@@ -2305,52 +2314,58 @@
       </c>
       <c r="FD9" s="22">
         <v>1.92</v>
       </c>
       <c r="FE9" s="22">
         <v>1.87</v>
       </c>
       <c r="FF9" s="22">
         <v>1.8</v>
       </c>
       <c r="FG9" s="22">
         <v>1.71</v>
       </c>
       <c r="FH9" s="22">
         <v>1.67</v>
       </c>
       <c r="FI9" s="22">
         <v>1.56</v>
       </c>
       <c r="FJ9" s="22">
         <v>1.54</v>
       </c>
       <c r="FK9" s="22">
         <v>1.52</v>
       </c>
+      <c r="FL9" s="22">
+        <v>1.52</v>
+      </c>
+      <c r="FM9" s="22">
+        <v>1.5</v>
+      </c>
     </row>
-    <row r="10" spans="2:167" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="10" spans="2:169" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B10" s="5" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="21">
         <v>3.65</v>
       </c>
       <c r="D10" s="21">
         <v>3.69</v>
       </c>
       <c r="E10" s="21">
         <v>3.69</v>
       </c>
       <c r="F10" s="21">
         <v>3.68</v>
       </c>
       <c r="G10" s="21">
         <v>3.65</v>
       </c>
       <c r="H10" s="21">
         <v>3.66</v>
       </c>
       <c r="I10" s="21">
         <v>3.67</v>
       </c>
       <c r="J10" s="21">
@@ -2805,52 +2820,58 @@
       </c>
       <c r="FD10" s="22">
         <v>1.92</v>
       </c>
       <c r="FE10" s="22">
         <v>1.87</v>
       </c>
       <c r="FF10" s="22">
         <v>1.8</v>
       </c>
       <c r="FG10" s="22">
         <v>1.71</v>
       </c>
       <c r="FH10" s="22">
         <v>1.67</v>
       </c>
       <c r="FI10" s="22">
         <v>1.56</v>
       </c>
       <c r="FJ10" s="22">
         <v>1.54</v>
       </c>
       <c r="FK10" s="22">
         <v>1.52</v>
       </c>
+      <c r="FL10" s="22">
+        <v>1.52</v>
+      </c>
+      <c r="FM10" s="22">
+        <v>1.5</v>
+      </c>
     </row>
-    <row r="11" spans="2:167" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="11" spans="2:169" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B11" s="5" t="s">
         <v>9</v>
       </c>
       <c r="C11" s="21">
         <v>3.7</v>
       </c>
       <c r="D11" s="21">
         <v>3.68</v>
       </c>
       <c r="E11" s="21">
         <v>3.69</v>
       </c>
       <c r="F11" s="21">
         <v>3.71</v>
       </c>
       <c r="G11" s="21">
         <v>3.69</v>
       </c>
       <c r="H11" s="21">
         <v>3.7</v>
       </c>
       <c r="I11" s="21">
         <v>3.7</v>
       </c>
       <c r="J11" s="21">
@@ -3305,52 +3326,58 @@
       </c>
       <c r="FD11" s="22">
         <v>1.66</v>
       </c>
       <c r="FE11" s="22">
         <v>1.63</v>
       </c>
       <c r="FF11" s="22">
         <v>1.6</v>
       </c>
       <c r="FG11" s="22">
         <v>1.54</v>
       </c>
       <c r="FH11" s="22">
         <v>1.5</v>
       </c>
       <c r="FI11" s="22">
         <v>1.43</v>
       </c>
       <c r="FJ11" s="22">
         <v>1.4</v>
       </c>
       <c r="FK11" s="22">
         <v>1.37</v>
       </c>
+      <c r="FL11" s="22">
+        <v>1.37</v>
+      </c>
+      <c r="FM11" s="22">
+        <v>1.34</v>
+      </c>
     </row>
-    <row r="12" spans="2:167" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="12" spans="2:169" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B12" s="5" t="s">
         <v>10</v>
       </c>
       <c r="C12" s="21">
         <v>3.47</v>
       </c>
       <c r="D12" s="21">
         <v>3.47</v>
       </c>
       <c r="E12" s="21">
         <v>3.47</v>
       </c>
       <c r="F12" s="21">
         <v>3.48</v>
       </c>
       <c r="G12" s="21">
         <v>3.47</v>
       </c>
       <c r="H12" s="21">
         <v>3.48</v>
       </c>
       <c r="I12" s="21">
         <v>3.48</v>
       </c>
       <c r="J12" s="21">
@@ -3805,52 +3832,58 @@
       </c>
       <c r="FD12" s="22">
         <v>1.88</v>
       </c>
       <c r="FE12" s="22">
         <v>1.82</v>
       </c>
       <c r="FF12" s="22">
         <v>1.77</v>
       </c>
       <c r="FG12" s="22">
         <v>1.68</v>
       </c>
       <c r="FH12" s="22">
         <v>1.61</v>
       </c>
       <c r="FI12" s="22">
         <v>1.49</v>
       </c>
       <c r="FJ12" s="22">
         <v>1.45</v>
       </c>
       <c r="FK12" s="22">
         <v>1.42</v>
       </c>
+      <c r="FL12" s="22">
+        <v>1.42</v>
+      </c>
+      <c r="FM12" s="22">
+        <v>1.39</v>
+      </c>
     </row>
-    <row r="13" spans="2:167" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="13" spans="2:169" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B13" s="5" t="s">
         <v>11</v>
       </c>
       <c r="C13" s="23"/>
       <c r="D13" s="23"/>
       <c r="E13" s="23"/>
       <c r="F13" s="23"/>
       <c r="G13" s="23"/>
       <c r="H13" s="23"/>
       <c r="I13" s="23"/>
       <c r="J13" s="23"/>
       <c r="K13" s="23"/>
       <c r="L13" s="23"/>
       <c r="M13" s="23"/>
       <c r="N13" s="23"/>
       <c r="O13" s="23"/>
       <c r="P13" s="23"/>
       <c r="Q13" s="23"/>
       <c r="R13" s="23"/>
       <c r="S13" s="23"/>
       <c r="T13" s="23"/>
       <c r="U13" s="23"/>
       <c r="V13" s="23"/>
       <c r="W13" s="23"/>
       <c r="X13" s="23"/>
@@ -4039,52 +4072,58 @@
       </c>
       <c r="FD13" s="21">
         <v>2.19</v>
       </c>
       <c r="FE13" s="21">
         <v>1.98</v>
       </c>
       <c r="FF13" s="21">
         <v>1.9</v>
       </c>
       <c r="FG13" s="21">
         <v>1.75</v>
       </c>
       <c r="FH13" s="21">
         <v>1.69</v>
       </c>
       <c r="FI13" s="21">
         <v>1.62</v>
       </c>
       <c r="FJ13" s="21">
         <v>1.59</v>
       </c>
       <c r="FK13" s="21">
         <v>1.53</v>
       </c>
+      <c r="FL13" s="21">
+        <v>1.52</v>
+      </c>
+      <c r="FM13" s="21">
+        <v>1.53</v>
+      </c>
     </row>
-    <row r="14" spans="2:167" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="14" spans="2:169" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B14" s="5" t="s">
         <v>12</v>
       </c>
       <c r="C14" s="23"/>
       <c r="D14" s="23"/>
       <c r="E14" s="23"/>
       <c r="F14" s="23"/>
       <c r="G14" s="23"/>
       <c r="H14" s="23"/>
       <c r="I14" s="23"/>
       <c r="J14" s="23"/>
       <c r="K14" s="23"/>
       <c r="L14" s="23"/>
       <c r="M14" s="23"/>
       <c r="N14" s="23"/>
       <c r="O14" s="23"/>
       <c r="P14" s="23"/>
       <c r="Q14" s="23"/>
       <c r="R14" s="23"/>
       <c r="S14" s="23"/>
       <c r="T14" s="23"/>
       <c r="U14" s="23"/>
       <c r="V14" s="23"/>
       <c r="W14" s="23"/>
       <c r="X14" s="23"/>
@@ -4273,52 +4312,58 @@
       </c>
       <c r="FD14" s="21">
         <v>1.71</v>
       </c>
       <c r="FE14" s="21">
         <v>1.66</v>
       </c>
       <c r="FF14" s="21">
         <v>1.56</v>
       </c>
       <c r="FG14" s="21">
         <v>1.43</v>
       </c>
       <c r="FH14" s="21">
         <v>1.31</v>
       </c>
       <c r="FI14" s="21">
         <v>1.26</v>
       </c>
       <c r="FJ14" s="21">
         <v>1.24</v>
       </c>
       <c r="FK14" s="21">
         <v>1.18</v>
       </c>
+      <c r="FL14" s="21">
+        <v>1.26</v>
+      </c>
+      <c r="FM14" s="21">
+        <v>1.19</v>
+      </c>
     </row>
-    <row r="15" spans="2:167" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="15" spans="2:169" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B15" s="5" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="23"/>
       <c r="D15" s="23"/>
       <c r="E15" s="23"/>
       <c r="F15" s="23"/>
       <c r="G15" s="23"/>
       <c r="H15" s="23"/>
       <c r="I15" s="23"/>
       <c r="J15" s="23"/>
       <c r="K15" s="23"/>
       <c r="L15" s="23"/>
       <c r="M15" s="23"/>
       <c r="N15" s="23"/>
       <c r="O15" s="23"/>
       <c r="P15" s="23"/>
       <c r="Q15" s="23"/>
       <c r="R15" s="23"/>
       <c r="S15" s="23"/>
       <c r="T15" s="23"/>
       <c r="U15" s="23"/>
       <c r="V15" s="23"/>
       <c r="W15" s="23"/>
       <c r="X15" s="23"/>
@@ -4507,52 +4552,58 @@
       </c>
       <c r="FD15" s="21">
         <v>1.91</v>
       </c>
       <c r="FE15" s="21">
         <v>1.9</v>
       </c>
       <c r="FF15" s="21">
         <v>1.87</v>
       </c>
       <c r="FG15" s="21">
         <v>1.83</v>
       </c>
       <c r="FH15" s="21">
         <v>1.78</v>
       </c>
       <c r="FI15" s="21">
         <v>1.62</v>
       </c>
       <c r="FJ15" s="21">
         <v>1.57</v>
       </c>
       <c r="FK15" s="21">
         <v>1.54</v>
       </c>
+      <c r="FL15" s="21">
+        <v>1.52</v>
+      </c>
+      <c r="FM15" s="21">
+        <v>1.48</v>
+      </c>
     </row>
-    <row r="16" spans="2:167" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="16" spans="2:169" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B16" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C16" s="21">
         <v>4</v>
       </c>
       <c r="D16" s="21">
         <v>3.96</v>
       </c>
       <c r="E16" s="21">
         <v>4.01</v>
       </c>
       <c r="F16" s="21">
         <v>4.01</v>
       </c>
       <c r="G16" s="21">
         <v>4.01</v>
       </c>
       <c r="H16" s="21">
         <v>4.01</v>
       </c>
       <c r="I16" s="21">
         <v>4.01</v>
       </c>
       <c r="J16" s="21">
@@ -5007,52 +5058,58 @@
       </c>
       <c r="FD16" s="22">
         <v>1.27</v>
       </c>
       <c r="FE16" s="22">
         <v>1.27</v>
       </c>
       <c r="FF16" s="22">
         <v>1.29</v>
       </c>
       <c r="FG16" s="22">
         <v>1.28</v>
       </c>
       <c r="FH16" s="22">
         <v>1.29</v>
       </c>
       <c r="FI16" s="22">
         <v>1.3</v>
       </c>
       <c r="FJ16" s="22">
         <v>1.29</v>
       </c>
       <c r="FK16" s="22">
         <v>1.28</v>
       </c>
+      <c r="FL16" s="22">
+        <v>1.27</v>
+      </c>
+      <c r="FM16" s="22">
+        <v>1.25</v>
+      </c>
     </row>
-    <row r="17" spans="2:167" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="17" spans="2:169" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B17" s="5" t="s">
         <v>15</v>
       </c>
       <c r="C17" s="23"/>
       <c r="D17" s="23"/>
       <c r="E17" s="23"/>
       <c r="F17" s="23"/>
       <c r="G17" s="23"/>
       <c r="H17" s="23"/>
       <c r="I17" s="23"/>
       <c r="J17" s="23"/>
       <c r="K17" s="23"/>
       <c r="L17" s="23"/>
       <c r="M17" s="23"/>
       <c r="N17" s="23"/>
       <c r="O17" s="23"/>
       <c r="P17" s="23"/>
       <c r="Q17" s="23"/>
       <c r="R17" s="23"/>
       <c r="S17" s="23"/>
       <c r="T17" s="23"/>
       <c r="U17" s="23"/>
       <c r="V17" s="23"/>
       <c r="W17" s="23"/>
       <c r="X17" s="23"/>
@@ -5241,52 +5298,58 @@
       </c>
       <c r="FD17" s="21">
         <v>1.47</v>
       </c>
       <c r="FE17" s="21">
         <v>1.46</v>
       </c>
       <c r="FF17" s="21">
         <v>1.47</v>
       </c>
       <c r="FG17" s="21">
         <v>1.46</v>
       </c>
       <c r="FH17" s="21">
         <v>1.47</v>
       </c>
       <c r="FI17" s="21">
         <v>1.47</v>
       </c>
       <c r="FJ17" s="21">
         <v>1.44</v>
       </c>
       <c r="FK17" s="21">
         <v>1.41</v>
       </c>
+      <c r="FL17" s="21">
+        <v>1.38</v>
+      </c>
+      <c r="FM17" s="21">
+        <v>1.34</v>
+      </c>
     </row>
-    <row r="18" spans="2:167" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="18" spans="2:169" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B18" s="5" t="s">
         <v>16</v>
       </c>
       <c r="C18" s="23"/>
       <c r="D18" s="23"/>
       <c r="E18" s="23"/>
       <c r="F18" s="23"/>
       <c r="G18" s="23"/>
       <c r="H18" s="23"/>
       <c r="I18" s="23"/>
       <c r="J18" s="23"/>
       <c r="K18" s="23"/>
       <c r="L18" s="23"/>
       <c r="M18" s="23"/>
       <c r="N18" s="23"/>
       <c r="O18" s="23"/>
       <c r="P18" s="23"/>
       <c r="Q18" s="23"/>
       <c r="R18" s="23"/>
       <c r="S18" s="23"/>
       <c r="T18" s="23"/>
       <c r="U18" s="23"/>
       <c r="V18" s="23"/>
       <c r="W18" s="23"/>
       <c r="X18" s="23"/>
@@ -5475,52 +5538,58 @@
       </c>
       <c r="FD18" s="21">
         <v>1.08</v>
       </c>
       <c r="FE18" s="21">
         <v>1.0900000000000001</v>
       </c>
       <c r="FF18" s="21">
         <v>1.1100000000000001</v>
       </c>
       <c r="FG18" s="21">
         <v>1.1200000000000001</v>
       </c>
       <c r="FH18" s="21">
         <v>1.1200000000000001</v>
       </c>
       <c r="FI18" s="21">
         <v>1.1299999999999999</v>
       </c>
       <c r="FJ18" s="21">
         <v>1.1399999999999999</v>
       </c>
       <c r="FK18" s="21">
         <v>1.1499999999999999</v>
       </c>
+      <c r="FL18" s="21">
+        <v>1.17</v>
+      </c>
+      <c r="FM18" s="21">
+        <v>1.18</v>
+      </c>
     </row>
-    <row r="19" spans="2:167" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="19" spans="2:169" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B19" s="5" t="s">
         <v>17</v>
       </c>
       <c r="C19" s="21">
         <v>3.35</v>
       </c>
       <c r="D19" s="21">
         <v>3.74</v>
       </c>
       <c r="E19" s="21">
         <v>3.71</v>
       </c>
       <c r="F19" s="21">
         <v>3.5</v>
       </c>
       <c r="G19" s="21">
         <v>3.37</v>
       </c>
       <c r="H19" s="21">
         <v>3.38</v>
       </c>
       <c r="I19" s="21">
         <v>3.39</v>
       </c>
       <c r="J19" s="21">
@@ -5975,52 +6044,58 @@
       </c>
       <c r="FD19" s="22">
         <v>2.52</v>
       </c>
       <c r="FE19" s="22">
         <v>2.41</v>
       </c>
       <c r="FF19" s="22">
         <v>2.27</v>
       </c>
       <c r="FG19" s="22">
         <v>2.12</v>
       </c>
       <c r="FH19" s="22">
         <v>2.0499999999999998</v>
       </c>
       <c r="FI19" s="22">
         <v>1.89</v>
       </c>
       <c r="FJ19" s="22">
         <v>1.87</v>
       </c>
       <c r="FK19" s="22">
         <v>1.84</v>
       </c>
+      <c r="FL19" s="22">
+        <v>1.82</v>
+      </c>
+      <c r="FM19" s="22">
+        <v>1.82</v>
+      </c>
     </row>
-    <row r="20" spans="2:167" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="20" spans="2:169" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B20" s="5" t="s">
         <v>18</v>
       </c>
       <c r="C20" s="21">
         <v>3.43</v>
       </c>
       <c r="D20" s="21">
         <v>3.53</v>
       </c>
       <c r="E20" s="21">
         <v>3.76</v>
       </c>
       <c r="F20" s="21">
         <v>3.79</v>
       </c>
       <c r="G20" s="21">
         <v>3.83</v>
       </c>
       <c r="H20" s="21">
         <v>3.81</v>
       </c>
       <c r="I20" s="21">
         <v>3.74</v>
       </c>
       <c r="J20" s="21">
@@ -6475,52 +6550,58 @@
       </c>
       <c r="FD20" s="22">
         <v>2.61</v>
       </c>
       <c r="FE20" s="22">
         <v>2.48</v>
       </c>
       <c r="FF20" s="22">
         <v>2.34</v>
       </c>
       <c r="FG20" s="22">
         <v>2.1800000000000002</v>
       </c>
       <c r="FH20" s="22">
         <v>2.11</v>
       </c>
       <c r="FI20" s="22">
         <v>1.94</v>
       </c>
       <c r="FJ20" s="22">
         <v>1.91</v>
       </c>
       <c r="FK20" s="22">
         <v>1.87</v>
       </c>
+      <c r="FL20" s="22">
+        <v>1.86</v>
+      </c>
+      <c r="FM20" s="22">
+        <v>1.85</v>
+      </c>
     </row>
-    <row r="21" spans="2:167" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="21" spans="2:169" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B21" s="5" t="s">
         <v>11</v>
       </c>
       <c r="C21" s="23"/>
       <c r="D21" s="23"/>
       <c r="E21" s="23"/>
       <c r="F21" s="23"/>
       <c r="G21" s="23"/>
       <c r="H21" s="23"/>
       <c r="I21" s="23"/>
       <c r="J21" s="23"/>
       <c r="K21" s="23"/>
       <c r="L21" s="23"/>
       <c r="M21" s="23"/>
       <c r="N21" s="23"/>
       <c r="O21" s="23"/>
       <c r="P21" s="23"/>
       <c r="Q21" s="23"/>
       <c r="R21" s="23"/>
       <c r="S21" s="23"/>
       <c r="T21" s="23"/>
       <c r="U21" s="23"/>
       <c r="V21" s="23"/>
       <c r="W21" s="23"/>
       <c r="X21" s="23"/>
@@ -6709,52 +6790,58 @@
       </c>
       <c r="FD21" s="21">
         <v>2.61</v>
       </c>
       <c r="FE21" s="21">
         <v>2.4500000000000002</v>
       </c>
       <c r="FF21" s="21">
         <v>2.2400000000000002</v>
       </c>
       <c r="FG21" s="21">
         <v>2.04</v>
       </c>
       <c r="FH21" s="21">
         <v>2</v>
       </c>
       <c r="FI21" s="21">
         <v>1.81</v>
       </c>
       <c r="FJ21" s="21">
         <v>1.79</v>
       </c>
       <c r="FK21" s="21">
         <v>1.8</v>
       </c>
+      <c r="FL21" s="21">
+        <v>1.79</v>
+      </c>
+      <c r="FM21" s="21">
+        <v>1.79</v>
+      </c>
     </row>
-    <row r="22" spans="2:167" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="22" spans="2:169" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B22" s="5" t="s">
         <v>12</v>
       </c>
       <c r="C22" s="23"/>
       <c r="D22" s="23"/>
       <c r="E22" s="23"/>
       <c r="F22" s="23"/>
       <c r="G22" s="23"/>
       <c r="H22" s="23"/>
       <c r="I22" s="23"/>
       <c r="J22" s="23"/>
       <c r="K22" s="23"/>
       <c r="L22" s="23"/>
       <c r="M22" s="23"/>
       <c r="N22" s="23"/>
       <c r="O22" s="23"/>
       <c r="P22" s="23"/>
       <c r="Q22" s="23"/>
       <c r="R22" s="23"/>
       <c r="S22" s="23"/>
       <c r="T22" s="23"/>
       <c r="U22" s="23"/>
       <c r="V22" s="23"/>
       <c r="W22" s="23"/>
       <c r="X22" s="23"/>
@@ -6943,52 +7030,58 @@
       </c>
       <c r="FD22" s="21">
         <v>2.56</v>
       </c>
       <c r="FE22" s="21">
         <v>2.48</v>
       </c>
       <c r="FF22" s="21">
         <v>2.38</v>
       </c>
       <c r="FG22" s="21">
         <v>2.2599999999999998</v>
       </c>
       <c r="FH22" s="21">
         <v>2.1800000000000002</v>
       </c>
       <c r="FI22" s="21">
         <v>2.06</v>
       </c>
       <c r="FJ22" s="21">
         <v>1.99</v>
       </c>
       <c r="FK22" s="21">
         <v>1.92</v>
       </c>
+      <c r="FL22" s="21">
+        <v>1.9</v>
+      </c>
+      <c r="FM22" s="21">
+        <v>1.87</v>
+      </c>
     </row>
-    <row r="23" spans="2:167" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="23" spans="2:169" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B23" s="5" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="23"/>
       <c r="D23" s="23"/>
       <c r="E23" s="23"/>
       <c r="F23" s="23"/>
       <c r="G23" s="23"/>
       <c r="H23" s="23"/>
       <c r="I23" s="23"/>
       <c r="J23" s="23"/>
       <c r="K23" s="23"/>
       <c r="L23" s="23"/>
       <c r="M23" s="23"/>
       <c r="N23" s="23"/>
       <c r="O23" s="23"/>
       <c r="P23" s="23"/>
       <c r="Q23" s="23"/>
       <c r="R23" s="23"/>
       <c r="S23" s="23"/>
       <c r="T23" s="23"/>
       <c r="U23" s="23"/>
       <c r="V23" s="23"/>
       <c r="W23" s="23"/>
       <c r="X23" s="23"/>
@@ -7177,52 +7270,58 @@
       </c>
       <c r="FD23" s="21">
         <v>2.65</v>
       </c>
       <c r="FE23" s="21">
         <v>2.6</v>
       </c>
       <c r="FF23" s="21">
         <v>2.56</v>
       </c>
       <c r="FG23" s="21">
         <v>2.52</v>
       </c>
       <c r="FH23" s="21">
         <v>2.33</v>
       </c>
       <c r="FI23" s="21">
         <v>2.14</v>
       </c>
       <c r="FJ23" s="21">
         <v>2.1</v>
       </c>
       <c r="FK23" s="21">
         <v>2.0099999999999998</v>
       </c>
+      <c r="FL23" s="21">
+        <v>2</v>
+      </c>
+      <c r="FM23" s="21">
+        <v>1.99</v>
+      </c>
     </row>
-    <row r="24" spans="2:167" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="24" spans="2:169" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B24" s="5" t="s">
         <v>19</v>
       </c>
       <c r="C24" s="21">
         <v>3.16</v>
       </c>
       <c r="D24" s="21">
         <v>4.24</v>
       </c>
       <c r="E24" s="21">
         <v>3.57</v>
       </c>
       <c r="F24" s="21">
         <v>2.77</v>
       </c>
       <c r="G24" s="21">
         <v>2.36</v>
       </c>
       <c r="H24" s="21">
         <v>2.5299999999999998</v>
       </c>
       <c r="I24" s="21">
         <v>2.66</v>
       </c>
       <c r="J24" s="21">
@@ -7677,52 +7776,58 @@
       </c>
       <c r="FD24" s="22">
         <v>1.87</v>
       </c>
       <c r="FE24" s="22">
         <v>1.87</v>
       </c>
       <c r="FF24" s="22">
         <v>1.81</v>
       </c>
       <c r="FG24" s="22">
         <v>1.68</v>
       </c>
       <c r="FH24" s="22">
         <v>1.63</v>
       </c>
       <c r="FI24" s="22">
         <v>1.57</v>
       </c>
       <c r="FJ24" s="22">
         <v>1.61</v>
       </c>
       <c r="FK24" s="22">
         <v>1.58</v>
       </c>
+      <c r="FL24" s="22">
+        <v>1.56</v>
+      </c>
+      <c r="FM24" s="22">
+        <v>1.53</v>
+      </c>
     </row>
-    <row r="25" spans="2:167" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="25" spans="2:169" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B25" s="5" t="s">
         <v>15</v>
       </c>
       <c r="C25" s="23"/>
       <c r="D25" s="23"/>
       <c r="E25" s="23"/>
       <c r="F25" s="23"/>
       <c r="G25" s="23"/>
       <c r="H25" s="23"/>
       <c r="I25" s="23"/>
       <c r="J25" s="23"/>
       <c r="K25" s="23"/>
       <c r="L25" s="23"/>
       <c r="M25" s="23"/>
       <c r="N25" s="23"/>
       <c r="O25" s="23"/>
       <c r="P25" s="23"/>
       <c r="Q25" s="23"/>
       <c r="R25" s="23"/>
       <c r="S25" s="23"/>
       <c r="T25" s="23"/>
       <c r="U25" s="23"/>
       <c r="V25" s="23"/>
       <c r="W25" s="23"/>
       <c r="X25" s="23"/>
@@ -7911,52 +8016,58 @@
       </c>
       <c r="FD25" s="21">
         <v>2.0499999999999998</v>
       </c>
       <c r="FE25" s="21">
         <v>2.04</v>
       </c>
       <c r="FF25" s="21">
         <v>1.92</v>
       </c>
       <c r="FG25" s="21">
         <v>1.67</v>
       </c>
       <c r="FH25" s="21">
         <v>1.68</v>
       </c>
       <c r="FI25" s="21">
         <v>1.63</v>
       </c>
       <c r="FJ25" s="21">
         <v>1.74</v>
       </c>
       <c r="FK25" s="21">
         <v>1.71</v>
       </c>
+      <c r="FL25" s="21">
+        <v>1.56</v>
+      </c>
+      <c r="FM25" s="21">
+        <v>1.44</v>
+      </c>
     </row>
-    <row r="26" spans="2:167" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="26" spans="2:169" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B26" s="5" t="s">
         <v>16</v>
       </c>
       <c r="C26" s="23"/>
       <c r="D26" s="23"/>
       <c r="E26" s="23"/>
       <c r="F26" s="23"/>
       <c r="G26" s="23"/>
       <c r="H26" s="23"/>
       <c r="I26" s="23"/>
       <c r="J26" s="23"/>
       <c r="K26" s="23"/>
       <c r="L26" s="23"/>
       <c r="M26" s="23"/>
       <c r="N26" s="23"/>
       <c r="O26" s="23"/>
       <c r="P26" s="23"/>
       <c r="Q26" s="23"/>
       <c r="R26" s="23"/>
       <c r="S26" s="23"/>
       <c r="T26" s="23"/>
       <c r="U26" s="23"/>
       <c r="V26" s="23"/>
       <c r="W26" s="23"/>
       <c r="X26" s="23"/>
@@ -8145,52 +8256,58 @@
       </c>
       <c r="FD26" s="21">
         <v>1.72</v>
       </c>
       <c r="FE26" s="21">
         <v>1.72</v>
       </c>
       <c r="FF26" s="21">
         <v>1.72</v>
       </c>
       <c r="FG26" s="21">
         <v>1.69</v>
       </c>
       <c r="FH26" s="21">
         <v>1.6</v>
       </c>
       <c r="FI26" s="21">
         <v>1.53</v>
       </c>
       <c r="FJ26" s="21">
         <v>1.53</v>
       </c>
       <c r="FK26" s="21">
         <v>1.49</v>
       </c>
+      <c r="FL26" s="21">
+        <v>1.57</v>
+      </c>
+      <c r="FM26" s="21">
+        <v>1.59</v>
+      </c>
     </row>
-    <row r="27" spans="2:167" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="27" spans="2:169" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B27" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C27" s="10" t="s">
         <v>2</v>
       </c>
       <c r="D27" s="10" t="s">
         <v>2</v>
       </c>
       <c r="E27" s="10" t="s">
         <v>2</v>
       </c>
       <c r="F27" s="10" t="s">
         <v>2</v>
       </c>
       <c r="G27" s="10">
         <v>0.2</v>
       </c>
       <c r="H27" s="10">
         <v>0.2</v>
       </c>
       <c r="I27" s="10">
         <v>0.2</v>
       </c>
       <c r="J27" s="10">
@@ -8645,52 +8762,58 @@
       </c>
       <c r="FD27" s="10" t="s">
         <v>2</v>
       </c>
       <c r="FE27" s="10" t="s">
         <v>2</v>
       </c>
       <c r="FF27" s="10" t="s">
         <v>2</v>
       </c>
       <c r="FG27" s="10" t="s">
         <v>2</v>
       </c>
       <c r="FH27" s="10" t="s">
         <v>2</v>
       </c>
       <c r="FI27" s="10" t="s">
         <v>2</v>
       </c>
       <c r="FJ27" s="10" t="s">
         <v>2</v>
       </c>
       <c r="FK27" s="10" t="s">
         <v>2</v>
       </c>
+      <c r="FL27" s="10" t="s">
+        <v>2</v>
+      </c>
+      <c r="FM27" s="10" t="s">
+        <v>2</v>
+      </c>
     </row>
-    <row r="28" spans="2:167" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="28" spans="2:169" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B28" s="5" t="s">
         <v>21</v>
       </c>
       <c r="C28" s="21">
         <v>7.63</v>
       </c>
       <c r="D28" s="21">
         <v>7.66</v>
       </c>
       <c r="E28" s="21">
         <v>7.63</v>
       </c>
       <c r="F28" s="21">
         <v>7.49</v>
       </c>
       <c r="G28" s="21">
         <v>7.48</v>
       </c>
       <c r="H28" s="21">
         <v>7.47</v>
       </c>
       <c r="I28" s="21">
         <v>7.45</v>
       </c>
       <c r="J28" s="21">
@@ -9145,52 +9268,58 @@
       </c>
       <c r="FD28" s="22">
         <v>4.22</v>
       </c>
       <c r="FE28" s="22">
         <v>4.2</v>
       </c>
       <c r="FF28" s="22">
         <v>4.17</v>
       </c>
       <c r="FG28" s="22">
         <v>4.12</v>
       </c>
       <c r="FH28" s="22">
         <v>4.1100000000000003</v>
       </c>
       <c r="FI28" s="22">
         <v>4.08</v>
       </c>
       <c r="FJ28" s="22">
         <v>4.03</v>
       </c>
       <c r="FK28" s="22">
         <v>4.0199999999999996</v>
       </c>
+      <c r="FL28" s="22">
+        <v>4.01</v>
+      </c>
+      <c r="FM28" s="22">
+        <v>4</v>
+      </c>
     </row>
-    <row r="29" spans="2:167" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="29" spans="2:169" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B29" s="5" t="s">
         <v>22</v>
       </c>
       <c r="C29" s="21">
         <v>8.32</v>
       </c>
       <c r="D29" s="21">
         <v>8.3000000000000007</v>
       </c>
       <c r="E29" s="21">
         <v>8.26</v>
       </c>
       <c r="F29" s="21">
         <v>8.2200000000000006</v>
       </c>
       <c r="G29" s="21">
         <v>8.27</v>
       </c>
       <c r="H29" s="21">
         <v>8.25</v>
       </c>
       <c r="I29" s="21">
         <v>8.24</v>
       </c>
       <c r="J29" s="21">
@@ -9645,52 +9774,58 @@
       </c>
       <c r="FD29" s="22">
         <v>4.38</v>
       </c>
       <c r="FE29" s="22">
         <v>4.38</v>
       </c>
       <c r="FF29" s="22">
         <v>4.37</v>
       </c>
       <c r="FG29" s="22">
         <v>4.3499999999999996</v>
       </c>
       <c r="FH29" s="22">
         <v>4.33</v>
       </c>
       <c r="FI29" s="22">
         <v>4.3099999999999996</v>
       </c>
       <c r="FJ29" s="22">
         <v>4.28</v>
       </c>
       <c r="FK29" s="22">
         <v>4.2699999999999996</v>
       </c>
+      <c r="FL29" s="22">
+        <v>4.26</v>
+      </c>
+      <c r="FM29" s="22">
+        <v>4.25</v>
+      </c>
     </row>
-    <row r="30" spans="2:167" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="30" spans="2:169" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B30" s="5" t="s">
         <v>23</v>
       </c>
       <c r="C30" s="21">
         <v>6.14</v>
       </c>
       <c r="D30" s="21">
         <v>6.13</v>
       </c>
       <c r="E30" s="21">
         <v>6.11</v>
       </c>
       <c r="F30" s="21">
         <v>6.1</v>
       </c>
       <c r="G30" s="21">
         <v>6.09</v>
       </c>
       <c r="H30" s="21">
         <v>6.08</v>
       </c>
       <c r="I30" s="21">
         <v>6.07</v>
       </c>
       <c r="J30" s="21">
@@ -10145,52 +10280,58 @@
       </c>
       <c r="FD30" s="22">
         <v>3.14</v>
       </c>
       <c r="FE30" s="22">
         <v>3.14</v>
       </c>
       <c r="FF30" s="22">
         <v>3.12</v>
       </c>
       <c r="FG30" s="22">
         <v>3.1</v>
       </c>
       <c r="FH30" s="22">
         <v>3.08</v>
       </c>
       <c r="FI30" s="22">
         <v>3.06</v>
       </c>
       <c r="FJ30" s="22">
         <v>3.04</v>
       </c>
       <c r="FK30" s="22">
         <v>3.04</v>
       </c>
+      <c r="FL30" s="22">
+        <v>3.04</v>
+      </c>
+      <c r="FM30" s="22">
+        <v>3.04</v>
+      </c>
     </row>
-    <row r="31" spans="2:167" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="31" spans="2:169" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B31" s="5" t="s">
         <v>24</v>
       </c>
       <c r="C31" s="21">
         <v>7.55</v>
       </c>
       <c r="D31" s="21">
         <v>7.59</v>
       </c>
       <c r="E31" s="21">
         <v>7.64</v>
       </c>
       <c r="F31" s="21">
         <v>7.71</v>
       </c>
       <c r="G31" s="21">
         <v>6.17</v>
       </c>
       <c r="H31" s="21">
         <v>5.69</v>
       </c>
       <c r="I31" s="21">
         <v>6.05</v>
       </c>
       <c r="J31" s="21">
@@ -10645,52 +10786,58 @@
       </c>
       <c r="FD31" s="22">
         <v>3.82</v>
       </c>
       <c r="FE31" s="22">
         <v>4</v>
       </c>
       <c r="FF31" s="22">
         <v>3.64</v>
       </c>
       <c r="FG31" s="22">
         <v>3.59</v>
       </c>
       <c r="FH31" s="22">
         <v>3.56</v>
       </c>
       <c r="FI31" s="22">
         <v>4.93</v>
       </c>
       <c r="FJ31" s="22">
         <v>4.9400000000000004</v>
       </c>
       <c r="FK31" s="22">
         <v>4.9400000000000004</v>
       </c>
+      <c r="FL31" s="22">
+        <v>4.9400000000000004</v>
+      </c>
+      <c r="FM31" s="22">
+        <v>4.95</v>
+      </c>
     </row>
-    <row r="32" spans="2:167" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="32" spans="2:169" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B32" s="5" t="s">
         <v>25</v>
       </c>
       <c r="C32" s="21">
         <v>6.14</v>
       </c>
       <c r="D32" s="21">
         <v>6.13</v>
       </c>
       <c r="E32" s="21">
         <v>6.11</v>
       </c>
       <c r="F32" s="21">
         <v>6.1</v>
       </c>
       <c r="G32" s="21">
         <v>6.09</v>
       </c>
       <c r="H32" s="21">
         <v>6.08</v>
       </c>
       <c r="I32" s="21">
         <v>6.07</v>
       </c>
       <c r="J32" s="21">
@@ -11145,52 +11292,58 @@
       </c>
       <c r="FD32" s="22">
         <v>3.14</v>
       </c>
       <c r="FE32" s="22">
         <v>3.14</v>
       </c>
       <c r="FF32" s="22">
         <v>3.12</v>
       </c>
       <c r="FG32" s="22">
         <v>3.1</v>
       </c>
       <c r="FH32" s="22">
         <v>3.08</v>
       </c>
       <c r="FI32" s="22">
         <v>3.06</v>
       </c>
       <c r="FJ32" s="22">
         <v>3.04</v>
       </c>
       <c r="FK32" s="22">
         <v>3.04</v>
       </c>
+      <c r="FL32" s="22">
+        <v>3.04</v>
+      </c>
+      <c r="FM32" s="22">
+        <v>3.04</v>
+      </c>
     </row>
-    <row r="33" spans="2:167" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="33" spans="2:169" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B33" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C33" s="23"/>
       <c r="D33" s="23"/>
       <c r="E33" s="23"/>
       <c r="F33" s="23"/>
       <c r="G33" s="23"/>
       <c r="H33" s="23"/>
       <c r="I33" s="23"/>
       <c r="J33" s="23"/>
       <c r="K33" s="23"/>
       <c r="L33" s="23"/>
       <c r="M33" s="23"/>
       <c r="N33" s="23"/>
       <c r="O33" s="23"/>
       <c r="P33" s="23"/>
       <c r="Q33" s="23"/>
       <c r="R33" s="23"/>
       <c r="S33" s="23"/>
       <c r="T33" s="23"/>
       <c r="U33" s="23"/>
       <c r="V33" s="23"/>
       <c r="W33" s="23"/>
       <c r="X33" s="23"/>
@@ -11379,52 +11532,58 @@
       </c>
       <c r="FD33" s="21">
         <v>3.66</v>
       </c>
       <c r="FE33" s="21">
         <v>3.65</v>
       </c>
       <c r="FF33" s="21">
         <v>3.67</v>
       </c>
       <c r="FG33" s="21">
         <v>3.67</v>
       </c>
       <c r="FH33" s="21">
         <v>3.66</v>
       </c>
       <c r="FI33" s="21">
         <v>3.45</v>
       </c>
       <c r="FJ33" s="21">
         <v>3.35</v>
       </c>
       <c r="FK33" s="21">
         <v>3.35</v>
       </c>
+      <c r="FL33" s="21">
+        <v>3.34</v>
+      </c>
+      <c r="FM33" s="21">
+        <v>3.42</v>
+      </c>
     </row>
-    <row r="34" spans="2:167" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="34" spans="2:169" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B34" s="5" t="s">
         <v>32</v>
       </c>
       <c r="C34" s="23"/>
       <c r="D34" s="23"/>
       <c r="E34" s="23"/>
       <c r="F34" s="23"/>
       <c r="G34" s="23"/>
       <c r="H34" s="23"/>
       <c r="I34" s="23"/>
       <c r="J34" s="23"/>
       <c r="K34" s="23"/>
       <c r="L34" s="23"/>
       <c r="M34" s="23"/>
       <c r="N34" s="23"/>
       <c r="O34" s="23"/>
       <c r="P34" s="23"/>
       <c r="Q34" s="23"/>
       <c r="R34" s="23"/>
       <c r="S34" s="23"/>
       <c r="T34" s="23"/>
       <c r="U34" s="23"/>
       <c r="V34" s="23"/>
       <c r="W34" s="23"/>
       <c r="X34" s="23"/>
@@ -11613,52 +11772,58 @@
       </c>
       <c r="FD34" s="21">
         <v>3.13</v>
       </c>
       <c r="FE34" s="21">
         <v>3.14</v>
       </c>
       <c r="FF34" s="21">
         <v>3.12</v>
       </c>
       <c r="FG34" s="21">
         <v>3.1</v>
       </c>
       <c r="FH34" s="21">
         <v>3.07</v>
       </c>
       <c r="FI34" s="21">
         <v>3.06</v>
       </c>
       <c r="FJ34" s="21">
         <v>3.04</v>
       </c>
       <c r="FK34" s="21">
         <v>3.04</v>
       </c>
+      <c r="FL34" s="21">
+        <v>3.04</v>
+      </c>
+      <c r="FM34" s="21">
+        <v>3.03</v>
+      </c>
     </row>
-    <row r="35" spans="2:167" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="35" spans="2:169" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B35" s="5" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="21">
         <v>9.7200000000000006</v>
       </c>
       <c r="D35" s="21">
         <v>9.74</v>
       </c>
       <c r="E35" s="21">
         <v>9.6999999999999993</v>
       </c>
       <c r="F35" s="21">
         <v>9.67</v>
       </c>
       <c r="G35" s="21">
         <v>9.68</v>
       </c>
       <c r="H35" s="21">
         <v>9.66</v>
       </c>
       <c r="I35" s="21">
         <v>9.65</v>
       </c>
       <c r="J35" s="21">
@@ -12113,52 +12278,58 @@
       </c>
       <c r="FD35" s="22">
         <v>5.77</v>
       </c>
       <c r="FE35" s="22">
         <v>5.76</v>
       </c>
       <c r="FF35" s="22">
         <v>5.75</v>
       </c>
       <c r="FG35" s="22">
         <v>5.74</v>
       </c>
       <c r="FH35" s="22">
         <v>5.73</v>
       </c>
       <c r="FI35" s="22">
         <v>5.72</v>
       </c>
       <c r="FJ35" s="22">
         <v>5.69</v>
       </c>
       <c r="FK35" s="22">
         <v>5.68</v>
       </c>
+      <c r="FL35" s="22">
+        <v>5.67</v>
+      </c>
+      <c r="FM35" s="22">
+        <v>5.65</v>
+      </c>
     </row>
-    <row r="36" spans="2:167" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="36" spans="2:169" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B36" s="5" t="s">
         <v>36</v>
       </c>
       <c r="C36" s="21">
         <v>10.37</v>
       </c>
       <c r="D36" s="21">
         <v>10.53</v>
       </c>
       <c r="E36" s="21">
         <v>10.48</v>
       </c>
       <c r="F36" s="21">
         <v>10.199999999999999</v>
       </c>
       <c r="G36" s="21">
         <v>10.43</v>
       </c>
       <c r="H36" s="21">
         <v>10.38</v>
       </c>
       <c r="I36" s="21">
         <v>10.39</v>
       </c>
       <c r="J36" s="21">
@@ -12613,52 +12784,58 @@
       </c>
       <c r="FD36" s="22">
         <v>5.75</v>
       </c>
       <c r="FE36" s="22">
         <v>5.82</v>
       </c>
       <c r="FF36" s="22">
         <v>5.76</v>
       </c>
       <c r="FG36" s="22">
         <v>5.74</v>
       </c>
       <c r="FH36" s="22">
         <v>5.7</v>
       </c>
       <c r="FI36" s="22">
         <v>5.57</v>
       </c>
       <c r="FJ36" s="22">
         <v>5.61</v>
       </c>
       <c r="FK36" s="22">
         <v>5.49</v>
       </c>
+      <c r="FL36" s="22">
+        <v>5.41</v>
+      </c>
+      <c r="FM36" s="22">
+        <v>5.34</v>
+      </c>
     </row>
-    <row r="37" spans="2:167" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="37" spans="2:169" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B37" s="5" t="s">
         <v>37</v>
       </c>
       <c r="C37" s="21">
         <v>9.58</v>
       </c>
       <c r="D37" s="21">
         <v>9.56</v>
       </c>
       <c r="E37" s="21">
         <v>9.5299999999999994</v>
       </c>
       <c r="F37" s="21">
         <v>9.5399999999999991</v>
       </c>
       <c r="G37" s="21">
         <v>9.5</v>
       </c>
       <c r="H37" s="21">
         <v>9.49</v>
       </c>
       <c r="I37" s="21">
         <v>9.48</v>
       </c>
       <c r="J37" s="21">
@@ -13113,52 +13290,58 @@
       </c>
       <c r="FD37" s="22">
         <v>5.77</v>
       </c>
       <c r="FE37" s="22">
         <v>5.76</v>
       </c>
       <c r="FF37" s="22">
         <v>5.75</v>
       </c>
       <c r="FG37" s="22">
         <v>5.74</v>
       </c>
       <c r="FH37" s="22">
         <v>5.73</v>
       </c>
       <c r="FI37" s="22">
         <v>5.72</v>
       </c>
       <c r="FJ37" s="22">
         <v>5.69</v>
       </c>
       <c r="FK37" s="22">
         <v>5.68</v>
       </c>
+      <c r="FL37" s="22">
+        <v>5.67</v>
+      </c>
+      <c r="FM37" s="22">
+        <v>5.65</v>
+      </c>
     </row>
-    <row r="38" spans="2:167" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="38" spans="2:169" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B38" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C38" s="23"/>
       <c r="D38" s="23"/>
       <c r="E38" s="23"/>
       <c r="F38" s="23"/>
       <c r="G38" s="23"/>
       <c r="H38" s="23"/>
       <c r="I38" s="23"/>
       <c r="J38" s="23"/>
       <c r="K38" s="23"/>
       <c r="L38" s="23"/>
       <c r="M38" s="23"/>
       <c r="N38" s="23"/>
       <c r="O38" s="23"/>
       <c r="P38" s="23"/>
       <c r="Q38" s="23"/>
       <c r="R38" s="23"/>
       <c r="S38" s="23"/>
       <c r="T38" s="23"/>
       <c r="U38" s="23"/>
       <c r="V38" s="23"/>
       <c r="W38" s="23"/>
       <c r="X38" s="23"/>
@@ -13347,52 +13530,58 @@
       </c>
       <c r="FD38" s="21">
         <v>6.16</v>
       </c>
       <c r="FE38" s="21">
         <v>6.14</v>
       </c>
       <c r="FF38" s="21">
         <v>6.12</v>
       </c>
       <c r="FG38" s="21">
         <v>6.11</v>
       </c>
       <c r="FH38" s="21">
         <v>6.09</v>
       </c>
       <c r="FI38" s="21">
         <v>6.07</v>
       </c>
       <c r="FJ38" s="21">
         <v>6.04</v>
       </c>
       <c r="FK38" s="21">
         <v>6.02</v>
       </c>
+      <c r="FL38" s="21">
+        <v>6.01</v>
+      </c>
+      <c r="FM38" s="21">
+        <v>5.98</v>
+      </c>
     </row>
-    <row r="39" spans="2:167" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="39" spans="2:169" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B39" s="5" t="s">
         <v>32</v>
       </c>
       <c r="C39" s="23"/>
       <c r="D39" s="23"/>
       <c r="E39" s="23"/>
       <c r="F39" s="23"/>
       <c r="G39" s="23"/>
       <c r="H39" s="23"/>
       <c r="I39" s="23"/>
       <c r="J39" s="23"/>
       <c r="K39" s="23"/>
       <c r="L39" s="23"/>
       <c r="M39" s="23"/>
       <c r="N39" s="23"/>
       <c r="O39" s="23"/>
       <c r="P39" s="23"/>
       <c r="Q39" s="23"/>
       <c r="R39" s="23"/>
       <c r="S39" s="23"/>
       <c r="T39" s="23"/>
       <c r="U39" s="23"/>
       <c r="V39" s="23"/>
       <c r="W39" s="23"/>
       <c r="X39" s="23"/>
@@ -13581,52 +13770,58 @@
       </c>
       <c r="FD39" s="21">
         <v>5.69</v>
       </c>
       <c r="FE39" s="21">
         <v>5.69</v>
       </c>
       <c r="FF39" s="21">
         <v>5.68</v>
       </c>
       <c r="FG39" s="21">
         <v>5.67</v>
       </c>
       <c r="FH39" s="21">
         <v>5.66</v>
       </c>
       <c r="FI39" s="21">
         <v>5.65</v>
       </c>
       <c r="FJ39" s="21">
         <v>5.62</v>
       </c>
       <c r="FK39" s="21">
         <v>5.61</v>
       </c>
+      <c r="FL39" s="21">
+        <v>5.6</v>
+      </c>
+      <c r="FM39" s="21">
+        <v>5.59</v>
+      </c>
     </row>
-    <row r="40" spans="2:167" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="40" spans="2:169" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B40" s="20" t="s">
         <v>33</v>
       </c>
       <c r="C40" s="21">
         <v>7.26</v>
       </c>
       <c r="D40" s="21">
         <v>7.35</v>
       </c>
       <c r="E40" s="21">
         <v>7.32</v>
       </c>
       <c r="F40" s="21">
         <v>7.27</v>
       </c>
       <c r="G40" s="21">
         <v>7.32</v>
       </c>
       <c r="H40" s="21">
         <v>7.29</v>
       </c>
       <c r="I40" s="21">
         <v>7.29</v>
       </c>
       <c r="J40" s="21">
@@ -14081,52 +14276,58 @@
       </c>
       <c r="FD40" s="22">
         <v>4.95</v>
       </c>
       <c r="FE40" s="22">
         <v>4.95</v>
       </c>
       <c r="FF40" s="22">
         <v>4.9400000000000004</v>
       </c>
       <c r="FG40" s="22">
         <v>4.91</v>
       </c>
       <c r="FH40" s="22">
         <v>4.91</v>
       </c>
       <c r="FI40" s="22">
         <v>4.88</v>
       </c>
       <c r="FJ40" s="22">
         <v>4.84</v>
       </c>
       <c r="FK40" s="22">
         <v>4.82</v>
       </c>
+      <c r="FL40" s="22">
+        <v>4.8</v>
+      </c>
+      <c r="FM40" s="22">
+        <v>4.78</v>
+      </c>
     </row>
-    <row r="41" spans="2:167" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="41" spans="2:169" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B41" s="5" t="s">
         <v>27</v>
       </c>
       <c r="C41" s="21">
         <v>6.84</v>
       </c>
       <c r="D41" s="21">
         <v>6.95</v>
       </c>
       <c r="E41" s="21">
         <v>6.94</v>
       </c>
       <c r="F41" s="21">
         <v>6.76</v>
       </c>
       <c r="G41" s="21">
         <v>6.55</v>
       </c>
       <c r="H41" s="21">
         <v>6.52</v>
       </c>
       <c r="I41" s="21">
         <v>6.47</v>
       </c>
       <c r="J41" s="21">
@@ -14581,52 +14782,58 @@
       </c>
       <c r="FD41" s="22">
         <v>3.99</v>
       </c>
       <c r="FE41" s="22">
         <v>3.93</v>
       </c>
       <c r="FF41" s="22">
         <v>3.86</v>
       </c>
       <c r="FG41" s="22">
         <v>3.79</v>
       </c>
       <c r="FH41" s="22">
         <v>3.77</v>
       </c>
       <c r="FI41" s="22">
         <v>3.74</v>
       </c>
       <c r="FJ41" s="22">
         <v>3.64</v>
       </c>
       <c r="FK41" s="22">
         <v>3.63</v>
       </c>
+      <c r="FL41" s="22">
+        <v>3.61</v>
+      </c>
+      <c r="FM41" s="22">
+        <v>3.62</v>
+      </c>
     </row>
-    <row r="42" spans="2:167" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="42" spans="2:169" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B42" s="5" t="s">
         <v>28</v>
       </c>
       <c r="C42" s="21">
         <v>7.71</v>
       </c>
       <c r="D42" s="21">
         <v>7.94</v>
       </c>
       <c r="E42" s="21">
         <v>8.02</v>
       </c>
       <c r="F42" s="21">
         <v>7.83</v>
       </c>
       <c r="G42" s="21">
         <v>7.53</v>
       </c>
       <c r="H42" s="21">
         <v>7.55</v>
       </c>
       <c r="I42" s="21">
         <v>7.49</v>
       </c>
       <c r="J42" s="21">
@@ -15081,52 +15288,58 @@
       </c>
       <c r="FD42" s="22">
         <v>4.45</v>
       </c>
       <c r="FE42" s="22">
         <v>4.32</v>
       </c>
       <c r="FF42" s="22">
         <v>4.0599999999999996</v>
       </c>
       <c r="FG42" s="22">
         <v>3.87</v>
       </c>
       <c r="FH42" s="22">
         <v>3.79</v>
       </c>
       <c r="FI42" s="22">
         <v>3.67</v>
       </c>
       <c r="FJ42" s="22">
         <v>3.52</v>
       </c>
       <c r="FK42" s="22">
         <v>3.62</v>
       </c>
+      <c r="FL42" s="22">
+        <v>3.5</v>
+      </c>
+      <c r="FM42" s="22">
+        <v>3.55</v>
+      </c>
     </row>
-    <row r="43" spans="2:167" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="43" spans="2:169" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B43" s="5" t="s">
         <v>29</v>
       </c>
       <c r="C43" s="21">
         <v>6.55</v>
       </c>
       <c r="D43" s="21">
         <v>6.61</v>
       </c>
       <c r="E43" s="21">
         <v>6.55</v>
       </c>
       <c r="F43" s="21">
         <v>6.37</v>
       </c>
       <c r="G43" s="21">
         <v>6.23</v>
       </c>
       <c r="H43" s="21">
         <v>6.15</v>
       </c>
       <c r="I43" s="21">
         <v>6.12</v>
       </c>
       <c r="J43" s="21">
@@ -15581,52 +15794,58 @@
       </c>
       <c r="FD43" s="22">
         <v>3.93</v>
       </c>
       <c r="FE43" s="22">
         <v>3.88</v>
       </c>
       <c r="FF43" s="22">
         <v>3.83</v>
       </c>
       <c r="FG43" s="22">
         <v>3.77</v>
       </c>
       <c r="FH43" s="22">
         <v>3.77</v>
       </c>
       <c r="FI43" s="22">
         <v>3.75</v>
       </c>
       <c r="FJ43" s="22">
         <v>3.66</v>
       </c>
       <c r="FK43" s="22">
         <v>3.63</v>
       </c>
+      <c r="FL43" s="22">
+        <v>3.63</v>
+      </c>
+      <c r="FM43" s="22">
+        <v>3.63</v>
+      </c>
     </row>
-    <row r="44" spans="2:167" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="44" spans="2:169" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B44" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C44" s="23"/>
       <c r="D44" s="23"/>
       <c r="E44" s="23"/>
       <c r="F44" s="23"/>
       <c r="G44" s="23"/>
       <c r="H44" s="23"/>
       <c r="I44" s="23"/>
       <c r="J44" s="23"/>
       <c r="K44" s="23"/>
       <c r="L44" s="23"/>
       <c r="M44" s="23"/>
       <c r="N44" s="23"/>
       <c r="O44" s="23"/>
       <c r="P44" s="23"/>
       <c r="Q44" s="23"/>
       <c r="R44" s="23"/>
       <c r="S44" s="23"/>
       <c r="T44" s="23"/>
       <c r="U44" s="23"/>
       <c r="V44" s="23"/>
       <c r="W44" s="23"/>
       <c r="X44" s="23"/>
@@ -15815,52 +16034,58 @@
       </c>
       <c r="FD44" s="21">
         <v>4.0599999999999996</v>
       </c>
       <c r="FE44" s="21">
         <v>3.92</v>
       </c>
       <c r="FF44" s="21">
         <v>3.92</v>
       </c>
       <c r="FG44" s="21">
         <v>3.88</v>
       </c>
       <c r="FH44" s="21">
         <v>3.87</v>
       </c>
       <c r="FI44" s="21">
         <v>3.88</v>
       </c>
       <c r="FJ44" s="21">
         <v>3.78</v>
       </c>
       <c r="FK44" s="21">
         <v>3.7</v>
       </c>
+      <c r="FL44" s="21">
+        <v>3.69</v>
+      </c>
+      <c r="FM44" s="21">
+        <v>3.69</v>
+      </c>
     </row>
-    <row r="45" spans="2:167" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="45" spans="2:169" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B45" s="13" t="s">
         <v>35</v>
       </c>
       <c r="C45" s="25"/>
       <c r="D45" s="25"/>
       <c r="E45" s="25"/>
       <c r="F45" s="25"/>
       <c r="G45" s="25"/>
       <c r="H45" s="25"/>
       <c r="I45" s="25"/>
       <c r="J45" s="25"/>
       <c r="K45" s="25"/>
       <c r="L45" s="25"/>
       <c r="M45" s="25"/>
       <c r="N45" s="25"/>
       <c r="O45" s="25"/>
       <c r="P45" s="25"/>
       <c r="Q45" s="25"/>
       <c r="R45" s="25"/>
       <c r="S45" s="25"/>
       <c r="T45" s="25"/>
       <c r="U45" s="25"/>
       <c r="V45" s="25"/>
       <c r="W45" s="25"/>
       <c r="X45" s="25"/>
@@ -16049,91 +16274,99 @@
       </c>
       <c r="FD45" s="26">
         <v>3.88</v>
       </c>
       <c r="FE45" s="26">
         <v>3.85</v>
       </c>
       <c r="FF45" s="26">
         <v>3.79</v>
       </c>
       <c r="FG45" s="26">
         <v>3.73</v>
       </c>
       <c r="FH45" s="26">
         <v>3.72</v>
       </c>
       <c r="FI45" s="26">
         <v>3.69</v>
       </c>
       <c r="FJ45" s="26">
         <v>3.6</v>
       </c>
       <c r="FK45" s="26">
         <v>3.6</v>
       </c>
+      <c r="FL45" s="26">
+        <v>3.6</v>
+      </c>
+      <c r="FM45" s="26">
+        <v>3.61</v>
+      </c>
     </row>
-    <row r="46" spans="2:167" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.25"/>
-[...1 lines deleted...]
-    <row r="48" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="46" spans="2:169" ht="9.9" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="47" spans="2:169" ht="9.9" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="48" spans="2:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B48" s="4" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="49" spans="2:167" s="39" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="49" spans="2:169" s="39" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B49" s="19" t="s">
         <v>4</v>
       </c>
       <c r="EG49" s="33"/>
       <c r="EI49" s="34"/>
       <c r="EL49" s="35"/>
       <c r="EM49" s="34"/>
       <c r="EO49" s="35"/>
       <c r="EP49" s="35"/>
       <c r="ER49" s="35"/>
       <c r="ES49" s="40"/>
       <c r="ET49" s="35"/>
       <c r="EV49" s="35"/>
       <c r="EW49" s="35"/>
       <c r="EX49" s="35"/>
       <c r="EY49" s="35"/>
       <c r="EZ49" s="35"/>
       <c r="FA49" s="35"/>
       <c r="FB49" s="35"/>
       <c r="FC49" s="35"/>
       <c r="FD49" s="35"/>
       <c r="FE49" s="35"/>
       <c r="FF49" s="35"/>
       <c r="FG49" s="35"/>
       <c r="FH49" s="35"/>
       <c r="FI49" s="35"/>
-      <c r="FJ49" s="35" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="FJ49" s="35"/>
       <c r="FK49" s="35"/>
+      <c r="FL49" s="35" t="s">
+        <v>39</v>
+      </c>
+      <c r="FM49" s="35"/>
     </row>
-    <row r="50" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="50" spans="2:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B50" s="16"/>
       <c r="C50" s="17">
         <v>40908</v>
       </c>
       <c r="D50" s="17">
         <v>40939</v>
       </c>
       <c r="E50" s="17">
         <v>40968</v>
       </c>
       <c r="F50" s="17">
         <v>40999</v>
       </c>
       <c r="G50" s="17">
         <v>41029</v>
       </c>
       <c r="H50" s="17">
         <v>41060</v>
       </c>
       <c r="I50" s="17">
         <v>41090</v>
       </c>
       <c r="J50" s="17">
         <v>41121</v>
       </c>
@@ -16586,52 +16819,58 @@
       </c>
       <c r="FD50" s="8">
         <v>45688</v>
       </c>
       <c r="FE50" s="8">
         <v>45716</v>
       </c>
       <c r="FF50" s="8">
         <v>45747</v>
       </c>
       <c r="FG50" s="8">
         <v>45777</v>
       </c>
       <c r="FH50" s="8">
         <v>45808</v>
       </c>
       <c r="FI50" s="8">
         <v>45838</v>
       </c>
       <c r="FJ50" s="8">
         <v>45869</v>
       </c>
       <c r="FK50" s="8">
         <v>45900</v>
       </c>
+      <c r="FL50" s="8">
+        <v>45930</v>
+      </c>
+      <c r="FM50" s="8">
+        <v>45961</v>
+      </c>
     </row>
-    <row r="51" spans="2:167" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="51" spans="2:169" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B51" s="5" t="s">
         <v>7</v>
       </c>
       <c r="C51" s="27">
         <v>18869.636468590001</v>
       </c>
       <c r="D51" s="27">
         <v>18967.173240709999</v>
       </c>
       <c r="E51" s="27">
         <v>19044.077052299999</v>
       </c>
       <c r="F51" s="27">
         <v>17760.484987380001</v>
       </c>
       <c r="G51" s="27">
         <v>19115.835479789999</v>
       </c>
       <c r="H51" s="27">
         <v>19090.125222189999</v>
       </c>
       <c r="I51" s="27">
         <v>18796.265481940001</v>
       </c>
       <c r="J51" s="27">
@@ -17086,52 +17325,58 @@
       </c>
       <c r="FD51" s="28">
         <v>14657.5908316</v>
       </c>
       <c r="FE51" s="28">
         <v>14580.69112856</v>
       </c>
       <c r="FF51" s="28">
         <v>14393.851892299999</v>
       </c>
       <c r="FG51" s="28">
         <v>14415.16481314</v>
       </c>
       <c r="FH51" s="28">
         <v>14323.04137827</v>
       </c>
       <c r="FI51" s="28">
         <v>13969.275121250001</v>
       </c>
       <c r="FJ51" s="28">
         <v>14203.21234665</v>
       </c>
       <c r="FK51" s="28">
         <v>14600.227890329999</v>
       </c>
+      <c r="FL51" s="28">
+        <v>14500.646689290001</v>
+      </c>
+      <c r="FM51" s="28">
+        <v>14518.805767889999</v>
+      </c>
     </row>
-    <row r="52" spans="2:167" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="52" spans="2:169" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B52" s="5" t="s">
         <v>8</v>
       </c>
       <c r="C52" s="27">
         <v>18869.636468590001</v>
       </c>
       <c r="D52" s="27">
         <v>18967.173240709999</v>
       </c>
       <c r="E52" s="27">
         <v>19044.077052299999</v>
       </c>
       <c r="F52" s="27">
         <v>17760.484987380001</v>
       </c>
       <c r="G52" s="27">
         <v>19084.645619809999</v>
       </c>
       <c r="H52" s="27">
         <v>19058.935362209999</v>
       </c>
       <c r="I52" s="27">
         <v>18765.075621960001</v>
       </c>
       <c r="J52" s="27">
@@ -17586,52 +17831,58 @@
       </c>
       <c r="FD52" s="28">
         <v>14657.5908316</v>
       </c>
       <c r="FE52" s="28">
         <v>14580.69112856</v>
       </c>
       <c r="FF52" s="28">
         <v>14393.851892299999</v>
       </c>
       <c r="FG52" s="28">
         <v>14415.16481314</v>
       </c>
       <c r="FH52" s="28">
         <v>14323.04137827</v>
       </c>
       <c r="FI52" s="28">
         <v>13969.275121250001</v>
       </c>
       <c r="FJ52" s="28">
         <v>14203.21234665</v>
       </c>
       <c r="FK52" s="28">
         <v>14600.227890329999</v>
       </c>
+      <c r="FL52" s="28">
+        <v>14500.646689290001</v>
+      </c>
+      <c r="FM52" s="28">
+        <v>14518.805767889999</v>
+      </c>
     </row>
-    <row r="53" spans="2:167" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="53" spans="2:169" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B53" s="5" t="s">
         <v>9</v>
       </c>
       <c r="C53" s="27">
         <v>16388.570271700002</v>
       </c>
       <c r="D53" s="27">
         <v>16543.014320449998</v>
       </c>
       <c r="E53" s="27">
         <v>16646.57401045</v>
       </c>
       <c r="F53" s="27">
         <v>15348.12414928</v>
       </c>
       <c r="G53" s="27">
         <v>16725.609223709998</v>
       </c>
       <c r="H53" s="27">
         <v>16788.38671902</v>
       </c>
       <c r="I53" s="27">
         <v>16657.3891114</v>
       </c>
       <c r="J53" s="27">
@@ -18086,52 +18337,58 @@
       </c>
       <c r="FD53" s="28">
         <v>10254.238611409999</v>
       </c>
       <c r="FE53" s="28">
         <v>10128.791814440001</v>
       </c>
       <c r="FF53" s="28">
         <v>10155.073083610001</v>
       </c>
       <c r="FG53" s="28">
         <v>10045.33128998</v>
       </c>
       <c r="FH53" s="28">
         <v>10006.873755889999</v>
       </c>
       <c r="FI53" s="28">
         <v>9892.1514782699996</v>
       </c>
       <c r="FJ53" s="28">
         <v>9929.9786311000007</v>
       </c>
       <c r="FK53" s="28">
         <v>9848.7760567700007</v>
       </c>
+      <c r="FL53" s="28">
+        <v>9862.3220769899999</v>
+      </c>
+      <c r="FM53" s="28">
+        <v>9725.6151210999997</v>
+      </c>
     </row>
-    <row r="54" spans="2:167" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="54" spans="2:169" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B54" s="5" t="s">
         <v>10</v>
       </c>
       <c r="C54" s="27">
         <v>9424.2971642299999</v>
       </c>
       <c r="D54" s="27">
         <v>9518.4998169999999</v>
       </c>
       <c r="E54" s="27">
         <v>9840.0303462699994</v>
       </c>
       <c r="F54" s="27">
         <v>8683.5571190600003</v>
       </c>
       <c r="G54" s="27">
         <v>9794.8937083599994</v>
       </c>
       <c r="H54" s="27">
         <v>9778.4048265399997</v>
       </c>
       <c r="I54" s="27">
         <v>9642.3057731600002</v>
       </c>
       <c r="J54" s="27">
@@ -18586,52 +18843,58 @@
       </c>
       <c r="FD54" s="28">
         <v>6647.4689895299998</v>
       </c>
       <c r="FE54" s="28">
         <v>6609.8024608100004</v>
       </c>
       <c r="FF54" s="28">
         <v>6631.2168679399992</v>
       </c>
       <c r="FG54" s="28">
         <v>6539.2699929</v>
       </c>
       <c r="FH54" s="28">
         <v>6480.6058898900001</v>
       </c>
       <c r="FI54" s="28">
         <v>6361.7171122299997</v>
       </c>
       <c r="FJ54" s="28">
         <v>6423.9572923100004</v>
       </c>
       <c r="FK54" s="28">
         <v>6373.1639293199996</v>
       </c>
+      <c r="FL54" s="28">
+        <v>6424.4654581000004</v>
+      </c>
+      <c r="FM54" s="28">
+        <v>6327.3848133299998</v>
+      </c>
     </row>
-    <row r="55" spans="2:167" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="55" spans="2:169" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B55" s="5" t="s">
         <v>11</v>
       </c>
       <c r="C55" s="29"/>
       <c r="D55" s="29"/>
       <c r="E55" s="29"/>
       <c r="F55" s="29"/>
       <c r="G55" s="29"/>
       <c r="H55" s="29"/>
       <c r="I55" s="29"/>
       <c r="J55" s="29"/>
       <c r="K55" s="29"/>
       <c r="L55" s="29"/>
       <c r="M55" s="29"/>
       <c r="N55" s="29"/>
       <c r="O55" s="29"/>
       <c r="P55" s="29"/>
       <c r="Q55" s="29"/>
       <c r="R55" s="29"/>
       <c r="S55" s="29"/>
       <c r="T55" s="29"/>
       <c r="U55" s="29"/>
       <c r="V55" s="29"/>
       <c r="W55" s="29"/>
       <c r="X55" s="29"/>
@@ -18820,52 +19083,58 @@
       </c>
       <c r="FD55" s="27">
         <v>926.20639215999995</v>
       </c>
       <c r="FE55" s="27">
         <v>893.68016061000003</v>
       </c>
       <c r="FF55" s="27">
         <v>946.40497680999999</v>
       </c>
       <c r="FG55" s="27">
         <v>900.58274145000007</v>
       </c>
       <c r="FH55" s="27">
         <v>897.65099938000003</v>
       </c>
       <c r="FI55" s="27">
         <v>875.60949873000004</v>
       </c>
       <c r="FJ55" s="27">
         <v>909.12828009000009</v>
       </c>
       <c r="FK55" s="27">
         <v>886.00551105</v>
       </c>
+      <c r="FL55" s="27">
+        <v>843.90801905000001</v>
+      </c>
+      <c r="FM55" s="27">
+        <v>824.86116077999998</v>
+      </c>
     </row>
-    <row r="56" spans="2:167" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="56" spans="2:169" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B56" s="5" t="s">
         <v>12</v>
       </c>
       <c r="C56" s="29"/>
       <c r="D56" s="29"/>
       <c r="E56" s="29"/>
       <c r="F56" s="29"/>
       <c r="G56" s="29"/>
       <c r="H56" s="29"/>
       <c r="I56" s="29"/>
       <c r="J56" s="29"/>
       <c r="K56" s="29"/>
       <c r="L56" s="29"/>
       <c r="M56" s="29"/>
       <c r="N56" s="29"/>
       <c r="O56" s="29"/>
       <c r="P56" s="29"/>
       <c r="Q56" s="29"/>
       <c r="R56" s="29"/>
       <c r="S56" s="29"/>
       <c r="T56" s="29"/>
       <c r="U56" s="29"/>
       <c r="V56" s="29"/>
       <c r="W56" s="29"/>
       <c r="X56" s="29"/>
@@ -19054,52 +19323,58 @@
       </c>
       <c r="FD56" s="27">
         <v>2409.4571561100001</v>
       </c>
       <c r="FE56" s="27">
         <v>2434.2936402399996</v>
       </c>
       <c r="FF56" s="27">
         <v>2290.51810084</v>
       </c>
       <c r="FG56" s="27">
         <v>2357.1098895100004</v>
       </c>
       <c r="FH56" s="27">
         <v>2183.40168868</v>
       </c>
       <c r="FI56" s="27">
         <v>2229.9029873000004</v>
       </c>
       <c r="FJ56" s="27">
         <v>2262.9584866499999</v>
       </c>
       <c r="FK56" s="27">
         <v>2158.6481278800002</v>
       </c>
+      <c r="FL56" s="27">
+        <v>2319.9135352100002</v>
+      </c>
+      <c r="FM56" s="27">
+        <v>2119.31791299</v>
+      </c>
     </row>
-    <row r="57" spans="2:167" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="57" spans="2:169" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B57" s="5" t="s">
         <v>13</v>
       </c>
       <c r="C57" s="29"/>
       <c r="D57" s="29"/>
       <c r="E57" s="29"/>
       <c r="F57" s="29"/>
       <c r="G57" s="29"/>
       <c r="H57" s="29"/>
       <c r="I57" s="29"/>
       <c r="J57" s="29"/>
       <c r="K57" s="29"/>
       <c r="L57" s="29"/>
       <c r="M57" s="29"/>
       <c r="N57" s="29"/>
       <c r="O57" s="29"/>
       <c r="P57" s="29"/>
       <c r="Q57" s="29"/>
       <c r="R57" s="29"/>
       <c r="S57" s="29"/>
       <c r="T57" s="29"/>
       <c r="U57" s="29"/>
       <c r="V57" s="29"/>
       <c r="W57" s="29"/>
       <c r="X57" s="29"/>
@@ -19288,52 +19563,58 @@
       </c>
       <c r="FD57" s="27">
         <v>3311.8054412600004</v>
       </c>
       <c r="FE57" s="27">
         <v>3281.8286599600001</v>
       </c>
       <c r="FF57" s="27">
         <v>3394.2937902899998</v>
       </c>
       <c r="FG57" s="27">
         <v>3281.5773619400002</v>
       </c>
       <c r="FH57" s="27">
         <v>3399.55320183</v>
       </c>
       <c r="FI57" s="27">
         <v>3256.2046261999999</v>
       </c>
       <c r="FJ57" s="27">
         <v>3251.8705255700002</v>
       </c>
       <c r="FK57" s="27">
         <v>3328.5102903899997</v>
       </c>
+      <c r="FL57" s="27">
+        <v>3260.6439038400003</v>
+      </c>
+      <c r="FM57" s="27">
+        <v>3383.20573956</v>
+      </c>
     </row>
-    <row r="58" spans="2:167" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="58" spans="2:169" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B58" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C58" s="27">
         <v>6964.2731074700005</v>
       </c>
       <c r="D58" s="27">
         <v>7024.5145034500001</v>
       </c>
       <c r="E58" s="27">
         <v>6806.5436641800006</v>
       </c>
       <c r="F58" s="27">
         <v>6664.5670302200006</v>
       </c>
       <c r="G58" s="27">
         <v>6930.7155153499998</v>
       </c>
       <c r="H58" s="27">
         <v>7009.9818924800002</v>
       </c>
       <c r="I58" s="27">
         <v>7015.0833382399996</v>
       </c>
       <c r="J58" s="27">
@@ -19788,52 +20069,58 @@
       </c>
       <c r="FD58" s="28">
         <v>3606.7696218800002</v>
       </c>
       <c r="FE58" s="28">
         <v>3518.9893536300001</v>
       </c>
       <c r="FF58" s="28">
         <v>3523.85621567</v>
       </c>
       <c r="FG58" s="28">
         <v>3506.0612970799998</v>
       </c>
       <c r="FH58" s="28">
         <v>3526.2678660000001</v>
       </c>
       <c r="FI58" s="28">
         <v>3530.43436604</v>
       </c>
       <c r="FJ58" s="28">
         <v>3506.0213387899998</v>
       </c>
       <c r="FK58" s="28">
         <v>3475.6121274499997</v>
       </c>
+      <c r="FL58" s="28">
+        <v>3437.8566188899999</v>
+      </c>
+      <c r="FM58" s="28">
+        <v>3398.2303077699999</v>
+      </c>
     </row>
-    <row r="59" spans="2:167" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="59" spans="2:169" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B59" s="5" t="s">
         <v>15</v>
       </c>
       <c r="C59" s="29"/>
       <c r="D59" s="29"/>
       <c r="E59" s="29"/>
       <c r="F59" s="29"/>
       <c r="G59" s="29"/>
       <c r="H59" s="29"/>
       <c r="I59" s="29"/>
       <c r="J59" s="29"/>
       <c r="K59" s="29"/>
       <c r="L59" s="29"/>
       <c r="M59" s="29"/>
       <c r="N59" s="29"/>
       <c r="O59" s="29"/>
       <c r="P59" s="29"/>
       <c r="Q59" s="29"/>
       <c r="R59" s="29"/>
       <c r="S59" s="29"/>
       <c r="T59" s="29"/>
       <c r="U59" s="29"/>
       <c r="V59" s="29"/>
       <c r="W59" s="29"/>
       <c r="X59" s="29"/>
@@ -20022,52 +20309,58 @@
       </c>
       <c r="FD59" s="27">
         <v>1724.0002967099999</v>
       </c>
       <c r="FE59" s="27">
         <v>1664.8653129000002</v>
       </c>
       <c r="FF59" s="27">
         <v>1693.9269421500001</v>
       </c>
       <c r="FG59" s="27">
         <v>1687.29213628</v>
       </c>
       <c r="FH59" s="27">
         <v>1728.6912883299999</v>
       </c>
       <c r="FI59" s="27">
         <v>1747.93415796</v>
       </c>
       <c r="FJ59" s="27">
         <v>1736.31997649</v>
       </c>
       <c r="FK59" s="27">
         <v>1681.8067982499999</v>
       </c>
+      <c r="FL59" s="27">
+        <v>1638.1228611700001</v>
+      </c>
+      <c r="FM59" s="27">
+        <v>1603.7367104699999</v>
+      </c>
     </row>
-    <row r="60" spans="2:167" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="60" spans="2:169" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B60" s="5" t="s">
         <v>16</v>
       </c>
       <c r="C60" s="29"/>
       <c r="D60" s="29"/>
       <c r="E60" s="29"/>
       <c r="F60" s="29"/>
       <c r="G60" s="29"/>
       <c r="H60" s="29"/>
       <c r="I60" s="29"/>
       <c r="J60" s="29"/>
       <c r="K60" s="29"/>
       <c r="L60" s="29"/>
       <c r="M60" s="29"/>
       <c r="N60" s="29"/>
       <c r="O60" s="29"/>
       <c r="P60" s="29"/>
       <c r="Q60" s="29"/>
       <c r="R60" s="29"/>
       <c r="S60" s="29"/>
       <c r="T60" s="29"/>
       <c r="U60" s="29"/>
       <c r="V60" s="29"/>
       <c r="W60" s="29"/>
       <c r="X60" s="29"/>
@@ -20256,52 +20549,58 @@
       </c>
       <c r="FD60" s="27">
         <v>1882.76932517</v>
       </c>
       <c r="FE60" s="27">
         <v>1854.1240407299999</v>
       </c>
       <c r="FF60" s="27">
         <v>1829.9292735199999</v>
       </c>
       <c r="FG60" s="27">
         <v>1818.7691608</v>
       </c>
       <c r="FH60" s="27">
         <v>1797.57657767</v>
       </c>
       <c r="FI60" s="27">
         <v>1782.50020808</v>
       </c>
       <c r="FJ60" s="27">
         <v>1769.7013623</v>
       </c>
       <c r="FK60" s="27">
         <v>1793.8053292</v>
       </c>
+      <c r="FL60" s="27">
+        <v>1799.7337577200001</v>
+      </c>
+      <c r="FM60" s="27">
+        <v>1794.4935972999999</v>
+      </c>
     </row>
-    <row r="61" spans="2:167" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="61" spans="2:169" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B61" s="5" t="s">
         <v>17</v>
       </c>
       <c r="C61" s="27">
         <v>2481.0661968899999</v>
       </c>
       <c r="D61" s="27">
         <v>2424.1589202599998</v>
       </c>
       <c r="E61" s="27">
         <v>2397.50304185</v>
       </c>
       <c r="F61" s="27">
         <v>2412.3608380999999</v>
       </c>
       <c r="G61" s="27">
         <v>2359.0363960999998</v>
       </c>
       <c r="H61" s="27">
         <v>2270.5486431899999</v>
       </c>
       <c r="I61" s="27">
         <v>2107.68651056</v>
       </c>
       <c r="J61" s="27">
@@ -20756,52 +21055,58 @@
       </c>
       <c r="FD61" s="28">
         <v>4403.3522201899996</v>
       </c>
       <c r="FE61" s="28">
         <v>4451.8993141199999</v>
       </c>
       <c r="FF61" s="28">
         <v>4238.77880869</v>
       </c>
       <c r="FG61" s="28">
         <v>4369.8335231599995</v>
       </c>
       <c r="FH61" s="28">
         <v>4316.1676223800005</v>
       </c>
       <c r="FI61" s="28">
         <v>4077.1236429800001</v>
       </c>
       <c r="FJ61" s="28">
         <v>4273.2337155499999</v>
       </c>
       <c r="FK61" s="28">
         <v>4751.4518335600005</v>
       </c>
+      <c r="FL61" s="28">
+        <v>4638.3246122999999</v>
+      </c>
+      <c r="FM61" s="28">
+        <v>4793.1906467899998</v>
+      </c>
     </row>
-    <row r="62" spans="2:167" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="62" spans="2:169" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B62" s="5" t="s">
         <v>18</v>
       </c>
       <c r="C62" s="27">
         <v>1756.77980744</v>
       </c>
       <c r="D62" s="27">
         <v>1692.8445632600001</v>
       </c>
       <c r="E62" s="27">
         <v>1693.7039962599999</v>
       </c>
       <c r="F62" s="27">
         <v>1713.98018</v>
       </c>
       <c r="G62" s="27">
         <v>1622.1584078599999</v>
       </c>
       <c r="H62" s="27">
         <v>1506.6911780800001</v>
       </c>
       <c r="I62" s="27">
         <v>1421.28309347</v>
       </c>
       <c r="J62" s="27">
@@ -21256,52 +21561,58 @@
       </c>
       <c r="FD62" s="28">
         <v>3888.2413523499999</v>
       </c>
       <c r="FE62" s="28">
         <v>3945.02610822</v>
       </c>
       <c r="FF62" s="28">
         <v>3735.6091194299997</v>
       </c>
       <c r="FG62" s="28">
         <v>3865.0486078399999</v>
       </c>
       <c r="FH62" s="28">
         <v>3803.59619088</v>
       </c>
       <c r="FI62" s="28">
         <v>3553.5172429299996</v>
       </c>
       <c r="FJ62" s="28">
         <v>3750.9575386399997</v>
       </c>
       <c r="FK62" s="28">
         <v>4224.8377169300002</v>
       </c>
+      <c r="FL62" s="28">
+        <v>4135.7851683299996</v>
+      </c>
+      <c r="FM62" s="28">
+        <v>4302.1700363999998</v>
+      </c>
     </row>
-    <row r="63" spans="2:167" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="63" spans="2:169" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B63" s="5" t="s">
         <v>11</v>
       </c>
       <c r="C63" s="29"/>
       <c r="D63" s="29"/>
       <c r="E63" s="29"/>
       <c r="F63" s="29"/>
       <c r="G63" s="29"/>
       <c r="H63" s="29"/>
       <c r="I63" s="29"/>
       <c r="J63" s="29"/>
       <c r="K63" s="29"/>
       <c r="L63" s="29"/>
       <c r="M63" s="29"/>
       <c r="N63" s="29"/>
       <c r="O63" s="29"/>
       <c r="P63" s="29"/>
       <c r="Q63" s="29"/>
       <c r="R63" s="29"/>
       <c r="S63" s="29"/>
       <c r="T63" s="29"/>
       <c r="U63" s="29"/>
       <c r="V63" s="29"/>
       <c r="W63" s="29"/>
       <c r="X63" s="29"/>
@@ -21490,52 +21801,58 @@
       </c>
       <c r="FD63" s="27">
         <v>2389.5652858400003</v>
       </c>
       <c r="FE63" s="27">
         <v>2442.1031344499997</v>
       </c>
       <c r="FF63" s="27">
         <v>2174.18023343</v>
       </c>
       <c r="FG63" s="27">
         <v>2335.24483646</v>
       </c>
       <c r="FH63" s="27">
         <v>2237.7010365799997</v>
       </c>
       <c r="FI63" s="27">
         <v>1967.4499922999998</v>
       </c>
       <c r="FJ63" s="27">
         <v>2059.3001536699999</v>
       </c>
       <c r="FK63" s="27">
         <v>2506.9920892099999</v>
       </c>
+      <c r="FL63" s="27">
+        <v>2389.8548704999998</v>
+      </c>
+      <c r="FM63" s="27">
+        <v>2467.4108329299997</v>
+      </c>
     </row>
-    <row r="64" spans="2:167" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="64" spans="2:169" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B64" s="5" t="s">
         <v>12</v>
       </c>
       <c r="C64" s="29"/>
       <c r="D64" s="29"/>
       <c r="E64" s="29"/>
       <c r="F64" s="29"/>
       <c r="G64" s="29"/>
       <c r="H64" s="29"/>
       <c r="I64" s="29"/>
       <c r="J64" s="29"/>
       <c r="K64" s="29"/>
       <c r="L64" s="29"/>
       <c r="M64" s="29"/>
       <c r="N64" s="29"/>
       <c r="O64" s="29"/>
       <c r="P64" s="29"/>
       <c r="Q64" s="29"/>
       <c r="R64" s="29"/>
       <c r="S64" s="29"/>
       <c r="T64" s="29"/>
       <c r="U64" s="29"/>
       <c r="V64" s="29"/>
       <c r="W64" s="29"/>
       <c r="X64" s="29"/>
@@ -21724,52 +22041,58 @@
       </c>
       <c r="FD64" s="27">
         <v>747.62191051000002</v>
       </c>
       <c r="FE64" s="27">
         <v>761.86402844000008</v>
       </c>
       <c r="FF64" s="27">
         <v>787.86233708000009</v>
       </c>
       <c r="FG64" s="27">
         <v>793.80632963999994</v>
       </c>
       <c r="FH64" s="27">
         <v>769.16354878999994</v>
       </c>
       <c r="FI64" s="27">
         <v>719.67617066999992</v>
       </c>
       <c r="FJ64" s="27">
         <v>827.68509709</v>
       </c>
       <c r="FK64" s="27">
         <v>838.62085279999997</v>
       </c>
+      <c r="FL64" s="27">
+        <v>874.98886621999998</v>
+      </c>
+      <c r="FM64" s="27">
+        <v>943.83123340999998</v>
+      </c>
     </row>
-    <row r="65" spans="2:167" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="65" spans="2:169" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B65" s="5" t="s">
         <v>13</v>
       </c>
       <c r="C65" s="29"/>
       <c r="D65" s="29"/>
       <c r="E65" s="29"/>
       <c r="F65" s="29"/>
       <c r="G65" s="29"/>
       <c r="H65" s="29"/>
       <c r="I65" s="29"/>
       <c r="J65" s="29"/>
       <c r="K65" s="29"/>
       <c r="L65" s="29"/>
       <c r="M65" s="29"/>
       <c r="N65" s="29"/>
       <c r="O65" s="29"/>
       <c r="P65" s="29"/>
       <c r="Q65" s="29"/>
       <c r="R65" s="29"/>
       <c r="S65" s="29"/>
       <c r="T65" s="29"/>
       <c r="U65" s="29"/>
       <c r="V65" s="29"/>
       <c r="W65" s="29"/>
       <c r="X65" s="29"/>
@@ -21958,52 +22281,58 @@
       </c>
       <c r="FD65" s="27">
         <v>751.05415600000003</v>
       </c>
       <c r="FE65" s="27">
         <v>741.05894533000003</v>
       </c>
       <c r="FF65" s="27">
         <v>773.56654891999995</v>
       </c>
       <c r="FG65" s="27">
         <v>735.99744174</v>
       </c>
       <c r="FH65" s="27">
         <v>796.73160551000001</v>
       </c>
       <c r="FI65" s="27">
         <v>866.39107996000007</v>
       </c>
       <c r="FJ65" s="27">
         <v>863.97228787999995</v>
       </c>
       <c r="FK65" s="27">
         <v>879.22477491999996</v>
       </c>
+      <c r="FL65" s="27">
+        <v>870.94143161</v>
+      </c>
+      <c r="FM65" s="27">
+        <v>890.92797005999989</v>
+      </c>
     </row>
-    <row r="66" spans="2:167" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="66" spans="2:169" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B66" s="5" t="s">
         <v>19</v>
       </c>
       <c r="C66" s="27">
         <v>724.28638945</v>
       </c>
       <c r="D66" s="27">
         <v>731.31435699999997</v>
       </c>
       <c r="E66" s="27">
         <v>703.79904558999999</v>
       </c>
       <c r="F66" s="27">
         <v>698.38065810000001</v>
       </c>
       <c r="G66" s="27">
         <v>736.87798823999992</v>
       </c>
       <c r="H66" s="27">
         <v>763.85746511000002</v>
       </c>
       <c r="I66" s="27">
         <v>686.40341708999995</v>
       </c>
       <c r="J66" s="27">
@@ -22458,52 +22787,58 @@
       </c>
       <c r="FD66" s="28">
         <v>515.11086783999997</v>
       </c>
       <c r="FE66" s="28">
         <v>506.87320589999996</v>
       </c>
       <c r="FF66" s="28">
         <v>503.16968925999998</v>
       </c>
       <c r="FG66" s="28">
         <v>504.78491531999998</v>
       </c>
       <c r="FH66" s="28">
         <v>512.57143150000002</v>
       </c>
       <c r="FI66" s="28">
         <v>523.60640005000005</v>
       </c>
       <c r="FJ66" s="28">
         <v>522.27617691</v>
       </c>
       <c r="FK66" s="28">
         <v>526.61411663000001</v>
       </c>
+      <c r="FL66" s="28">
+        <v>502.53944397000004</v>
+      </c>
+      <c r="FM66" s="28">
+        <v>491.02061039</v>
+      </c>
     </row>
-    <row r="67" spans="2:167" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="67" spans="2:169" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B67" s="5" t="s">
         <v>15</v>
       </c>
       <c r="C67" s="29"/>
       <c r="D67" s="29"/>
       <c r="E67" s="29"/>
       <c r="F67" s="29"/>
       <c r="G67" s="29"/>
       <c r="H67" s="29"/>
       <c r="I67" s="29"/>
       <c r="J67" s="29"/>
       <c r="K67" s="29"/>
       <c r="L67" s="29"/>
       <c r="M67" s="29"/>
       <c r="N67" s="29"/>
       <c r="O67" s="29"/>
       <c r="P67" s="29"/>
       <c r="Q67" s="29"/>
       <c r="R67" s="29"/>
       <c r="S67" s="29"/>
       <c r="T67" s="29"/>
       <c r="U67" s="29"/>
       <c r="V67" s="29"/>
       <c r="W67" s="29"/>
       <c r="X67" s="29"/>
@@ -22692,52 +23027,58 @@
       </c>
       <c r="FD67" s="27">
         <v>230.03426702000002</v>
       </c>
       <c r="FE67" s="27">
         <v>231.25653944999999</v>
       </c>
       <c r="FF67" s="27">
         <v>228.28179401</v>
       </c>
       <c r="FG67" s="27">
         <v>227.46966429</v>
       </c>
       <c r="FH67" s="27">
         <v>229.13114892999999</v>
       </c>
       <c r="FI67" s="27">
         <v>225.52814162999999</v>
       </c>
       <c r="FJ67" s="27">
         <v>217.82850049999999</v>
       </c>
       <c r="FK67" s="27">
         <v>216.14263466999998</v>
       </c>
+      <c r="FL67" s="27">
+        <v>208.37864758000001</v>
+      </c>
+      <c r="FM67" s="27">
+        <v>178.75202069999997</v>
+      </c>
     </row>
-    <row r="68" spans="2:167" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="68" spans="2:169" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B68" s="5" t="s">
         <v>16</v>
       </c>
       <c r="C68" s="29"/>
       <c r="D68" s="29"/>
       <c r="E68" s="29"/>
       <c r="F68" s="29"/>
       <c r="G68" s="29"/>
       <c r="H68" s="29"/>
       <c r="I68" s="29"/>
       <c r="J68" s="29"/>
       <c r="K68" s="29"/>
       <c r="L68" s="29"/>
       <c r="M68" s="29"/>
       <c r="N68" s="29"/>
       <c r="O68" s="29"/>
       <c r="P68" s="29"/>
       <c r="Q68" s="29"/>
       <c r="R68" s="29"/>
       <c r="S68" s="29"/>
       <c r="T68" s="29"/>
       <c r="U68" s="29"/>
       <c r="V68" s="29"/>
       <c r="W68" s="29"/>
       <c r="X68" s="29"/>
@@ -22926,52 +23267,58 @@
       </c>
       <c r="FD68" s="27">
         <v>285.07660082000001</v>
       </c>
       <c r="FE68" s="27">
         <v>275.61666644999997</v>
       </c>
       <c r="FF68" s="27">
         <v>274.88789524999999</v>
       </c>
       <c r="FG68" s="27">
         <v>277.31525102999996</v>
       </c>
       <c r="FH68" s="27">
         <v>283.44028256999997</v>
       </c>
       <c r="FI68" s="27">
         <v>298.07825842</v>
       </c>
       <c r="FJ68" s="27">
         <v>304.44767641000004</v>
       </c>
       <c r="FK68" s="27">
         <v>310.47148196000001</v>
       </c>
+      <c r="FL68" s="27">
+        <v>294.16079638999997</v>
+      </c>
+      <c r="FM68" s="27">
+        <v>312.26858969</v>
+      </c>
     </row>
-    <row r="69" spans="2:167" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="69" spans="2:169" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B69" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C69" s="30" t="s">
         <v>2</v>
       </c>
       <c r="D69" s="30" t="s">
         <v>2</v>
       </c>
       <c r="E69" s="30" t="s">
         <v>2</v>
       </c>
       <c r="F69" s="30" t="s">
         <v>2</v>
       </c>
       <c r="G69" s="11">
         <v>31.189859980000001</v>
       </c>
       <c r="H69" s="11">
         <v>31.189859980000001</v>
       </c>
       <c r="I69" s="11">
         <v>31.189859980000001</v>
       </c>
       <c r="J69" s="11">
@@ -23426,52 +23773,58 @@
       </c>
       <c r="FD69" s="30" t="s">
         <v>2</v>
       </c>
       <c r="FE69" s="30" t="s">
         <v>2</v>
       </c>
       <c r="FF69" s="30" t="s">
         <v>2</v>
       </c>
       <c r="FG69" s="30" t="s">
         <v>2</v>
       </c>
       <c r="FH69" s="30" t="s">
         <v>2</v>
       </c>
       <c r="FI69" s="30" t="s">
         <v>2</v>
       </c>
       <c r="FJ69" s="30" t="s">
         <v>2</v>
       </c>
       <c r="FK69" s="30" t="s">
         <v>2</v>
       </c>
+      <c r="FL69" s="30" t="s">
+        <v>2</v>
+      </c>
+      <c r="FM69" s="30" t="s">
+        <v>2</v>
+      </c>
     </row>
-    <row r="70" spans="2:167" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="70" spans="2:169" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B70" s="5" t="s">
         <v>21</v>
       </c>
       <c r="C70" s="27">
         <v>23339.871404079997</v>
       </c>
       <c r="D70" s="27">
         <v>23450.14169352</v>
       </c>
       <c r="E70" s="27">
         <v>23617.229448630002</v>
       </c>
       <c r="F70" s="27">
         <v>22215.597316860003</v>
       </c>
       <c r="G70" s="27">
         <v>23515.009920150002</v>
       </c>
       <c r="H70" s="27">
         <v>23108.433730770004</v>
       </c>
       <c r="I70" s="27">
         <v>22900.24275238</v>
       </c>
       <c r="J70" s="27">
@@ -23926,52 +24279,58 @@
       </c>
       <c r="FD70" s="28">
         <v>36952.020883149999</v>
       </c>
       <c r="FE70" s="28">
         <v>37425.119486690004</v>
       </c>
       <c r="FF70" s="28">
         <v>37982.130116079999</v>
       </c>
       <c r="FG70" s="28">
         <v>38554.166740469998</v>
       </c>
       <c r="FH70" s="28">
         <v>38987.537040760006</v>
       </c>
       <c r="FI70" s="28">
         <v>39660.264295109999</v>
       </c>
       <c r="FJ70" s="28">
         <v>40133.803280839995</v>
       </c>
       <c r="FK70" s="28">
         <v>40072.874074169995</v>
       </c>
+      <c r="FL70" s="28">
+        <v>40414.229640550002</v>
+      </c>
+      <c r="FM70" s="28">
+        <v>40877.291575639996</v>
+      </c>
     </row>
-    <row r="71" spans="2:167" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="71" spans="2:169" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B71" s="5" t="s">
         <v>22</v>
       </c>
       <c r="C71" s="27">
         <v>12552.758032759999</v>
       </c>
       <c r="D71" s="27">
         <v>12363.83610515</v>
       </c>
       <c r="E71" s="27">
         <v>12335.660101199999</v>
       </c>
       <c r="F71" s="27">
         <v>11147.826689630001</v>
       </c>
       <c r="G71" s="27">
         <v>12684.976349460001</v>
       </c>
       <c r="H71" s="27">
         <v>12728.786543400001</v>
       </c>
       <c r="I71" s="27">
         <v>12676.660161069998</v>
       </c>
       <c r="J71" s="27">
@@ -24426,52 +24785,58 @@
       </c>
       <c r="FD71" s="28">
         <v>22253.343427560001</v>
       </c>
       <c r="FE71" s="28">
         <v>22473.3853495</v>
       </c>
       <c r="FF71" s="28">
         <v>22758.404815919999</v>
       </c>
       <c r="FG71" s="28">
         <v>23090.033719999999</v>
       </c>
       <c r="FH71" s="28">
         <v>23412.026202180001</v>
       </c>
       <c r="FI71" s="28">
         <v>23845.869344939998</v>
       </c>
       <c r="FJ71" s="28">
         <v>24166.231795889998</v>
       </c>
       <c r="FK71" s="28">
         <v>24269.120616880002</v>
       </c>
+      <c r="FL71" s="28">
+        <v>24473.049422249998</v>
+      </c>
+      <c r="FM71" s="28">
+        <v>24726.533323209998</v>
+      </c>
     </row>
-    <row r="72" spans="2:167" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="72" spans="2:169" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B72" s="5" t="s">
         <v>23</v>
       </c>
       <c r="C72" s="27">
         <v>4911.9098355499991</v>
       </c>
       <c r="D72" s="27">
         <v>4923.931179199999</v>
       </c>
       <c r="E72" s="27">
         <v>4951.7685904199998</v>
       </c>
       <c r="F72" s="27">
         <v>4538.6723521199992</v>
       </c>
       <c r="G72" s="27">
         <v>4960.0389770500005</v>
       </c>
       <c r="H72" s="27">
         <v>4993.6759632399999</v>
       </c>
       <c r="I72" s="27">
         <v>4982.9172706499994</v>
       </c>
       <c r="J72" s="27">
@@ -24926,52 +25291,58 @@
       </c>
       <c r="FD72" s="28">
         <v>11778.638607659999</v>
       </c>
       <c r="FE72" s="28">
         <v>11865.5842195</v>
       </c>
       <c r="FF72" s="28">
         <v>11980.72076405</v>
       </c>
       <c r="FG72" s="28">
         <v>12156.392041020001</v>
       </c>
       <c r="FH72" s="28">
         <v>12338.75926411</v>
       </c>
       <c r="FI72" s="28">
         <v>12613.496219459999</v>
       </c>
       <c r="FJ72" s="28">
         <v>12860.39184181</v>
       </c>
       <c r="FK72" s="28">
         <v>12935.305197360001</v>
       </c>
+      <c r="FL72" s="28">
+        <v>13065.82851164</v>
+      </c>
+      <c r="FM72" s="28">
+        <v>13210.63025606</v>
+      </c>
     </row>
-    <row r="73" spans="2:167" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="73" spans="2:169" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B73" s="5" t="s">
         <v>24</v>
       </c>
       <c r="C73" s="27">
         <v>0.1458594</v>
       </c>
       <c r="D73" s="27">
         <v>0.15657776000000001</v>
       </c>
       <c r="E73" s="27">
         <v>0.14982350000000003</v>
       </c>
       <c r="F73" s="27">
         <v>0.14241522000000001</v>
       </c>
       <c r="G73" s="27">
         <v>5.625368E-2</v>
       </c>
       <c r="H73" s="27">
         <v>0.17294903</v>
       </c>
       <c r="I73" s="27">
         <v>6.8203539999999993E-2</v>
       </c>
       <c r="J73" s="27">
@@ -25426,52 +25797,58 @@
       </c>
       <c r="FD73" s="28">
         <v>6.7594300000000003E-3</v>
       </c>
       <c r="FE73" s="28">
         <v>3.2396399999999998E-3</v>
       </c>
       <c r="FF73" s="28">
         <v>4.7275600000000004E-3</v>
       </c>
       <c r="FG73" s="28">
         <v>2.4607700000000001E-3</v>
       </c>
       <c r="FH73" s="28">
         <v>5.9030999999999992E-4</v>
       </c>
       <c r="FI73" s="28">
         <v>2.86076321</v>
       </c>
       <c r="FJ73" s="28">
         <v>2.8794309999999999</v>
       </c>
       <c r="FK73" s="28">
         <v>2.93068207</v>
       </c>
+      <c r="FL73" s="28">
+        <v>2.9988283500000001</v>
+      </c>
+      <c r="FM73" s="28">
+        <v>3.0509784</v>
+      </c>
     </row>
-    <row r="74" spans="2:167" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="74" spans="2:169" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B74" s="5" t="s">
         <v>25</v>
       </c>
       <c r="C74" s="27">
         <v>4911.7639761499995</v>
       </c>
       <c r="D74" s="27">
         <v>4923.7746014399991</v>
       </c>
       <c r="E74" s="27">
         <v>4951.6187669199999</v>
       </c>
       <c r="F74" s="27">
         <v>4538.5299368999995</v>
       </c>
       <c r="G74" s="27">
         <v>4959.9827233700007</v>
       </c>
       <c r="H74" s="27">
         <v>4993.5030142099995</v>
       </c>
       <c r="I74" s="27">
         <v>4982.8490671099999</v>
       </c>
       <c r="J74" s="27">
@@ -25926,52 +26303,58 @@
       </c>
       <c r="FD74" s="28">
         <v>11778.631848229999</v>
       </c>
       <c r="FE74" s="28">
         <v>11865.58097986</v>
       </c>
       <c r="FF74" s="28">
         <v>11980.716036489999</v>
       </c>
       <c r="FG74" s="28">
         <v>12156.389580249999</v>
       </c>
       <c r="FH74" s="28">
         <v>12338.758673799999</v>
       </c>
       <c r="FI74" s="28">
         <v>12610.63545625</v>
       </c>
       <c r="FJ74" s="28">
         <v>12857.512410809999</v>
       </c>
       <c r="FK74" s="28">
         <v>12932.374515290001</v>
       </c>
+      <c r="FL74" s="28">
+        <v>13062.829683290001</v>
+      </c>
+      <c r="FM74" s="28">
+        <v>13207.579277659999</v>
+      </c>
     </row>
-    <row r="75" spans="2:167" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="75" spans="2:169" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B75" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C75" s="29"/>
       <c r="D75" s="29"/>
       <c r="E75" s="29"/>
       <c r="F75" s="29"/>
       <c r="G75" s="29"/>
       <c r="H75" s="29"/>
       <c r="I75" s="29"/>
       <c r="J75" s="29"/>
       <c r="K75" s="29"/>
       <c r="L75" s="29"/>
       <c r="M75" s="29"/>
       <c r="N75" s="29"/>
       <c r="O75" s="29"/>
       <c r="P75" s="29"/>
       <c r="Q75" s="29"/>
       <c r="R75" s="29"/>
       <c r="S75" s="29"/>
       <c r="T75" s="29"/>
       <c r="U75" s="29"/>
       <c r="V75" s="29"/>
       <c r="W75" s="29"/>
       <c r="X75" s="29"/>
@@ -26160,52 +26543,58 @@
       </c>
       <c r="FD75" s="27">
         <v>19.09848028</v>
       </c>
       <c r="FE75" s="27">
         <v>18.751312980000002</v>
       </c>
       <c r="FF75" s="27">
         <v>18.356377500000001</v>
       </c>
       <c r="FG75" s="27">
         <v>18.615540969999998</v>
       </c>
       <c r="FH75" s="27">
         <v>18.586684390000002</v>
       </c>
       <c r="FI75" s="27">
         <v>16.095941789999998</v>
       </c>
       <c r="FJ75" s="27">
         <v>16.601948010000001</v>
       </c>
       <c r="FK75" s="27">
         <v>16.261669919999999</v>
       </c>
+      <c r="FL75" s="27">
+        <v>16.019826139999999</v>
+      </c>
+      <c r="FM75" s="27">
+        <v>16.569388100000001</v>
+      </c>
     </row>
-    <row r="76" spans="2:167" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="76" spans="2:169" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B76" s="5" t="s">
         <v>32</v>
       </c>
       <c r="C76" s="29"/>
       <c r="D76" s="29"/>
       <c r="E76" s="29"/>
       <c r="F76" s="29"/>
       <c r="G76" s="29"/>
       <c r="H76" s="29"/>
       <c r="I76" s="29"/>
       <c r="J76" s="29"/>
       <c r="K76" s="29"/>
       <c r="L76" s="29"/>
       <c r="M76" s="29"/>
       <c r="N76" s="29"/>
       <c r="O76" s="29"/>
       <c r="P76" s="29"/>
       <c r="Q76" s="29"/>
       <c r="R76" s="29"/>
       <c r="S76" s="29"/>
       <c r="T76" s="29"/>
       <c r="U76" s="29"/>
       <c r="V76" s="29"/>
       <c r="W76" s="29"/>
       <c r="X76" s="29"/>
@@ -26394,52 +26783,58 @@
       </c>
       <c r="FD76" s="27">
         <v>11759.53336795</v>
       </c>
       <c r="FE76" s="27">
         <v>11846.829666879999</v>
       </c>
       <c r="FF76" s="27">
         <v>11962.359658989999</v>
       </c>
       <c r="FG76" s="27">
         <v>12137.774039280001</v>
       </c>
       <c r="FH76" s="27">
         <v>12320.171989410001</v>
       </c>
       <c r="FI76" s="27">
         <v>12594.539514459999</v>
       </c>
       <c r="FJ76" s="27">
         <v>12840.910462799999</v>
       </c>
       <c r="FK76" s="27">
         <v>12916.11284537</v>
       </c>
+      <c r="FL76" s="27">
+        <v>13046.80985715</v>
+      </c>
+      <c r="FM76" s="27">
+        <v>13191.00988956</v>
+      </c>
     </row>
-    <row r="77" spans="2:167" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="77" spans="2:169" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B77" s="5" t="s">
         <v>26</v>
       </c>
       <c r="C77" s="27">
         <v>7640.8481972099999</v>
       </c>
       <c r="D77" s="27">
         <v>7439.9049259500007</v>
       </c>
       <c r="E77" s="27">
         <v>7383.8915107800003</v>
       </c>
       <c r="F77" s="27">
         <v>6609.1543375100009</v>
       </c>
       <c r="G77" s="27">
         <v>7724.9373724100005</v>
       </c>
       <c r="H77" s="27">
         <v>7735.1105801600006</v>
       </c>
       <c r="I77" s="27">
         <v>7693.7428904199987</v>
       </c>
       <c r="J77" s="27">
@@ -26894,52 +27289,58 @@
       </c>
       <c r="FD77" s="28">
         <v>10474.7048199</v>
       </c>
       <c r="FE77" s="28">
         <v>10607.80113</v>
       </c>
       <c r="FF77" s="28">
         <v>10777.684051870001</v>
       </c>
       <c r="FG77" s="28">
         <v>10933.641678979999</v>
       </c>
       <c r="FH77" s="28">
         <v>11073.266938069999</v>
       </c>
       <c r="FI77" s="28">
         <v>11232.373125479999</v>
       </c>
       <c r="FJ77" s="28">
         <v>11305.83995408</v>
       </c>
       <c r="FK77" s="28">
         <v>11333.81541952</v>
       </c>
+      <c r="FL77" s="28">
+        <v>11407.22091061</v>
+      </c>
+      <c r="FM77" s="28">
+        <v>11515.90306715</v>
+      </c>
     </row>
-    <row r="78" spans="2:167" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="78" spans="2:169" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B78" s="5" t="s">
         <v>36</v>
       </c>
       <c r="C78" s="27">
         <v>1376.50160332</v>
       </c>
       <c r="D78" s="27">
         <v>1398.83904667</v>
       </c>
       <c r="E78" s="27">
         <v>1349.33533235</v>
       </c>
       <c r="F78" s="27">
         <v>1255.3590072300001</v>
       </c>
       <c r="G78" s="27">
         <v>1481.4134561599999</v>
       </c>
       <c r="H78" s="27">
         <v>1481.7137642500002</v>
       </c>
       <c r="I78" s="27">
         <v>1479.5966932199999</v>
       </c>
       <c r="J78" s="27">
@@ -27394,52 +27795,58 @@
       </c>
       <c r="FD78" s="28">
         <v>112.83795342000001</v>
       </c>
       <c r="FE78" s="28">
         <v>106.71130545</v>
       </c>
       <c r="FF78" s="28">
         <v>113.57030707</v>
       </c>
       <c r="FG78" s="28">
         <v>119.20831013</v>
       </c>
       <c r="FH78" s="28">
         <v>123.19151756000001</v>
       </c>
       <c r="FI78" s="28">
         <v>127.19623335</v>
       </c>
       <c r="FJ78" s="28">
         <v>118.1226485</v>
       </c>
       <c r="FK78" s="28">
         <v>114.06562421</v>
       </c>
+      <c r="FL78" s="28">
+        <v>102.62424179999999</v>
+      </c>
+      <c r="FM78" s="28">
+        <v>99.475178769999999</v>
+      </c>
     </row>
-    <row r="79" spans="2:167" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="79" spans="2:169" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B79" s="5" t="s">
         <v>37</v>
       </c>
       <c r="C79" s="27">
         <v>6264.3465938899999</v>
       </c>
       <c r="D79" s="27">
         <v>6041.0658792800004</v>
       </c>
       <c r="E79" s="27">
         <v>6034.5561784300007</v>
       </c>
       <c r="F79" s="27">
         <v>5353.7953302800006</v>
       </c>
       <c r="G79" s="27">
         <v>6243.5239162500002</v>
       </c>
       <c r="H79" s="27">
         <v>6253.3968159100004</v>
       </c>
       <c r="I79" s="27">
         <v>6214.1461971999988</v>
       </c>
       <c r="J79" s="27">
@@ -27894,52 +28301,58 @@
       </c>
       <c r="FD79" s="28">
         <v>10361.866866479999</v>
       </c>
       <c r="FE79" s="28">
         <v>10501.089824549999</v>
       </c>
       <c r="FF79" s="28">
         <v>10664.113744799999</v>
       </c>
       <c r="FG79" s="28">
         <v>10814.433368850001</v>
       </c>
       <c r="FH79" s="28">
         <v>10950.07542051</v>
       </c>
       <c r="FI79" s="28">
         <v>11105.176892129999</v>
       </c>
       <c r="FJ79" s="28">
         <v>11187.717305579999</v>
       </c>
       <c r="FK79" s="28">
         <v>11219.749795309999</v>
       </c>
+      <c r="FL79" s="28">
+        <v>11304.59666881</v>
+      </c>
+      <c r="FM79" s="28">
+        <v>11416.42788838</v>
+      </c>
     </row>
-    <row r="80" spans="2:167" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="80" spans="2:169" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B80" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C80" s="29"/>
       <c r="D80" s="29"/>
       <c r="E80" s="29"/>
       <c r="F80" s="29"/>
       <c r="G80" s="29"/>
       <c r="H80" s="29"/>
       <c r="I80" s="29"/>
       <c r="J80" s="29"/>
       <c r="K80" s="29"/>
       <c r="L80" s="29"/>
       <c r="M80" s="29"/>
       <c r="N80" s="29"/>
       <c r="O80" s="29"/>
       <c r="P80" s="29"/>
       <c r="Q80" s="29"/>
       <c r="R80" s="29"/>
       <c r="S80" s="29"/>
       <c r="T80" s="29"/>
       <c r="U80" s="29"/>
       <c r="V80" s="29"/>
       <c r="W80" s="29"/>
       <c r="X80" s="29"/>
@@ -28128,52 +28541,58 @@
       </c>
       <c r="FD80" s="27">
         <v>1706.2304604200001</v>
       </c>
       <c r="FE80" s="27">
         <v>1737.5651658800002</v>
       </c>
       <c r="FF80" s="27">
         <v>1778.6380258900001</v>
       </c>
       <c r="FG80" s="27">
         <v>1809.22536685</v>
       </c>
       <c r="FH80" s="27">
         <v>1837.1656955999999</v>
       </c>
       <c r="FI80" s="27">
         <v>1870.4981582799999</v>
       </c>
       <c r="FJ80" s="27">
         <v>1866.2486772</v>
       </c>
       <c r="FK80" s="27">
         <v>1854.72202255</v>
       </c>
+      <c r="FL80" s="27">
+        <v>1847.0558537100001</v>
+      </c>
+      <c r="FM80" s="27">
+        <v>1841.2968167399999</v>
+      </c>
     </row>
-    <row r="81" spans="2:167" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="81" spans="2:169" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B81" s="5" t="s">
         <v>32</v>
       </c>
       <c r="C81" s="29"/>
       <c r="D81" s="29"/>
       <c r="E81" s="29"/>
       <c r="F81" s="29"/>
       <c r="G81" s="29"/>
       <c r="H81" s="29"/>
       <c r="I81" s="29"/>
       <c r="J81" s="29"/>
       <c r="K81" s="29"/>
       <c r="L81" s="29"/>
       <c r="M81" s="29"/>
       <c r="N81" s="29"/>
       <c r="O81" s="29"/>
       <c r="P81" s="29"/>
       <c r="Q81" s="29"/>
       <c r="R81" s="29"/>
       <c r="S81" s="29"/>
       <c r="T81" s="29"/>
       <c r="U81" s="29"/>
       <c r="V81" s="29"/>
       <c r="W81" s="29"/>
       <c r="X81" s="29"/>
@@ -28362,52 +28781,58 @@
       </c>
       <c r="FD81" s="27">
         <v>8655.636406059999</v>
       </c>
       <c r="FE81" s="27">
         <v>8763.5246586699996</v>
       </c>
       <c r="FF81" s="27">
         <v>8885.4757189100001</v>
       </c>
       <c r="FG81" s="27">
         <v>9005.2080019999994</v>
       </c>
       <c r="FH81" s="27">
         <v>9112.9097249099996</v>
       </c>
       <c r="FI81" s="27">
         <v>9234.6787338499998</v>
       </c>
       <c r="FJ81" s="27">
         <v>9321.4686283799983</v>
       </c>
       <c r="FK81" s="27">
         <v>9365.0277727600005</v>
       </c>
+      <c r="FL81" s="27">
+        <v>9457.5408151000011</v>
+      </c>
+      <c r="FM81" s="27">
+        <v>9575.1310716399985</v>
+      </c>
     </row>
-    <row r="82" spans="2:167" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="82" spans="2:169" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B82" s="20" t="s">
         <v>33</v>
       </c>
       <c r="C82" s="27">
         <v>536.3118336</v>
       </c>
       <c r="D82" s="27">
         <v>533.99837773000013</v>
       </c>
       <c r="E82" s="27">
         <v>536.39035996000007</v>
       </c>
       <c r="F82" s="27">
         <v>508.39000562999996</v>
       </c>
       <c r="G82" s="27">
         <v>577.25119456999994</v>
       </c>
       <c r="H82" s="27">
         <v>576.59555286</v>
       </c>
       <c r="I82" s="27">
         <v>572.26950833000001</v>
       </c>
       <c r="J82" s="27">
@@ -28862,52 +29287,58 @@
       </c>
       <c r="FD82" s="28">
         <v>660.87547253000002</v>
       </c>
       <c r="FE82" s="28">
         <v>676.07412309000006</v>
       </c>
       <c r="FF82" s="28">
         <v>698.16317054000001</v>
       </c>
       <c r="FG82" s="28">
         <v>713.19326612999998</v>
       </c>
       <c r="FH82" s="28">
         <v>722.92331305999994</v>
       </c>
       <c r="FI82" s="28">
         <v>727.41058079999993</v>
       </c>
       <c r="FJ82" s="28">
         <v>720.06749636999996</v>
       </c>
       <c r="FK82" s="28">
         <v>716.26809596999999</v>
       </c>
+      <c r="FL82" s="28">
+        <v>705.66092784</v>
+      </c>
+      <c r="FM82" s="28">
+        <v>706.77564146999998</v>
+      </c>
     </row>
-    <row r="83" spans="2:167" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="83" spans="2:169" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B83" s="5" t="s">
         <v>27</v>
       </c>
       <c r="C83" s="27">
         <v>10787.11337132</v>
       </c>
       <c r="D83" s="27">
         <v>11086.30558837</v>
       </c>
       <c r="E83" s="27">
         <v>11281.569347430001</v>
       </c>
       <c r="F83" s="27">
         <v>11067.77062723</v>
       </c>
       <c r="G83" s="27">
         <v>10830.03357069</v>
       </c>
       <c r="H83" s="27">
         <v>10379.647187370001</v>
       </c>
       <c r="I83" s="27">
         <v>10223.58259131</v>
       </c>
       <c r="J83" s="27">
@@ -29362,52 +29793,58 @@
       </c>
       <c r="FD83" s="28">
         <v>14698.677455590001</v>
       </c>
       <c r="FE83" s="28">
         <v>14951.73413719</v>
       </c>
       <c r="FF83" s="28">
         <v>15223.72530016</v>
       </c>
       <c r="FG83" s="28">
         <v>15464.133020469999</v>
       </c>
       <c r="FH83" s="28">
         <v>15575.510838579999</v>
       </c>
       <c r="FI83" s="28">
         <v>15814.394950170001</v>
       </c>
       <c r="FJ83" s="28">
         <v>15967.57148495</v>
       </c>
       <c r="FK83" s="28">
         <v>15803.75345729</v>
       </c>
+      <c r="FL83" s="28">
+        <v>15941.1802183</v>
+      </c>
+      <c r="FM83" s="28">
+        <v>16150.75825243</v>
+      </c>
     </row>
-    <row r="84" spans="2:167" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="84" spans="2:169" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B84" s="5" t="s">
         <v>28</v>
       </c>
       <c r="C84" s="27">
         <v>2707.5573227999998</v>
       </c>
       <c r="D84" s="27">
         <v>2845.2781297900001</v>
       </c>
       <c r="E84" s="27">
         <v>2989.5441639400001</v>
       </c>
       <c r="F84" s="27">
         <v>2895.6361766499999</v>
       </c>
       <c r="G84" s="27">
         <v>2723.1785710600002</v>
       </c>
       <c r="H84" s="27">
         <v>2703.2776332600001</v>
       </c>
       <c r="I84" s="27">
         <v>2636.37844791</v>
       </c>
       <c r="J84" s="27">
@@ -29862,52 +30299,58 @@
       </c>
       <c r="FD84" s="28">
         <v>1732.0079837400001</v>
       </c>
       <c r="FE84" s="28">
         <v>1822.2641431700001</v>
       </c>
       <c r="FF84" s="28">
         <v>2061.21685282</v>
       </c>
       <c r="FG84" s="28">
         <v>2189.0911410500003</v>
       </c>
       <c r="FH84" s="28">
         <v>2158.03030038</v>
       </c>
       <c r="FI84" s="28">
         <v>2183.7864675999999</v>
       </c>
       <c r="FJ84" s="28">
         <v>2251.7556463800001</v>
       </c>
       <c r="FK84" s="28">
         <v>2065.92360762</v>
       </c>
+      <c r="FL84" s="28">
+        <v>2099.2756792700002</v>
+      </c>
+      <c r="FM84" s="28">
+        <v>1985.91929347</v>
+      </c>
     </row>
-    <row r="85" spans="2:167" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="85" spans="2:169" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B85" s="5" t="s">
         <v>29</v>
       </c>
       <c r="C85" s="27">
         <v>8079.5560485200003</v>
       </c>
       <c r="D85" s="27">
         <v>8241.0274585799998</v>
       </c>
       <c r="E85" s="27">
         <v>8292.0251834900009</v>
       </c>
       <c r="F85" s="27">
         <v>8172.1344505800007</v>
       </c>
       <c r="G85" s="27">
         <v>8106.8549996299998</v>
       </c>
       <c r="H85" s="27">
         <v>7676.3695541100005</v>
       </c>
       <c r="I85" s="27">
         <v>7587.2041434000002</v>
       </c>
       <c r="J85" s="27">
@@ -30362,52 +30805,58 @@
       </c>
       <c r="FD85" s="28">
         <v>12966.66947185</v>
       </c>
       <c r="FE85" s="28">
         <v>13129.469994020001</v>
       </c>
       <c r="FF85" s="28">
         <v>13162.50844734</v>
       </c>
       <c r="FG85" s="28">
         <v>13275.04187942</v>
       </c>
       <c r="FH85" s="28">
         <v>13417.480538200001</v>
       </c>
       <c r="FI85" s="28">
         <v>13630.60848257</v>
       </c>
       <c r="FJ85" s="28">
         <v>13715.815838569999</v>
       </c>
       <c r="FK85" s="28">
         <v>13737.829849670001</v>
       </c>
+      <c r="FL85" s="28">
+        <v>13841.90453903</v>
+      </c>
+      <c r="FM85" s="28">
+        <v>14164.838958959999</v>
+      </c>
     </row>
-    <row r="86" spans="2:167" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="86" spans="2:169" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B86" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C86" s="29"/>
       <c r="D86" s="29"/>
       <c r="E86" s="29"/>
       <c r="F86" s="29"/>
       <c r="G86" s="29"/>
       <c r="H86" s="29"/>
       <c r="I86" s="29"/>
       <c r="J86" s="29"/>
       <c r="K86" s="29"/>
       <c r="L86" s="29"/>
       <c r="M86" s="29"/>
       <c r="N86" s="29"/>
       <c r="O86" s="29"/>
       <c r="P86" s="29"/>
       <c r="Q86" s="29"/>
       <c r="R86" s="29"/>
       <c r="S86" s="29"/>
       <c r="T86" s="29"/>
       <c r="U86" s="29"/>
       <c r="V86" s="29"/>
       <c r="W86" s="29"/>
       <c r="X86" s="29"/>
@@ -30596,52 +31045,58 @@
       </c>
       <c r="FD86" s="27">
         <v>3933.6532609999999</v>
       </c>
       <c r="FE86" s="27">
         <v>4011.1063748899996</v>
       </c>
       <c r="FF86" s="27">
         <v>4057.9101362900001</v>
       </c>
       <c r="FG86" s="27">
         <v>4096.0910981300003</v>
       </c>
       <c r="FH86" s="27">
         <v>4135.0545925400002</v>
       </c>
       <c r="FI86" s="27">
         <v>4226.2094805999996</v>
       </c>
       <c r="FJ86" s="27">
         <v>4202.9115519699999</v>
       </c>
       <c r="FK86" s="27">
         <v>4165.5892643099996</v>
       </c>
+      <c r="FL86" s="27">
+        <v>4171.9061084499999</v>
+      </c>
+      <c r="FM86" s="27">
+        <v>4418.4635568999993</v>
+      </c>
     </row>
-    <row r="87" spans="2:167" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="87" spans="2:169" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B87" s="13" t="s">
         <v>35</v>
       </c>
       <c r="C87" s="31"/>
       <c r="D87" s="31"/>
       <c r="E87" s="31"/>
       <c r="F87" s="31"/>
       <c r="G87" s="31"/>
       <c r="H87" s="31"/>
       <c r="I87" s="31"/>
       <c r="J87" s="31"/>
       <c r="K87" s="31"/>
       <c r="L87" s="31"/>
       <c r="M87" s="31"/>
       <c r="N87" s="31"/>
       <c r="O87" s="31"/>
       <c r="P87" s="31"/>
       <c r="Q87" s="31"/>
       <c r="R87" s="31"/>
       <c r="S87" s="31"/>
       <c r="T87" s="31"/>
       <c r="U87" s="31"/>
       <c r="V87" s="31"/>
       <c r="W87" s="31"/>
       <c r="X87" s="31"/>
@@ -30830,86 +31285,93 @@
       </c>
       <c r="FD87" s="32">
         <v>9033.0162108500008</v>
       </c>
       <c r="FE87" s="32">
         <v>9118.3636191299993</v>
       </c>
       <c r="FF87" s="32">
         <v>9104.5983110500001</v>
       </c>
       <c r="FG87" s="32">
         <v>9178.950781290001</v>
       </c>
       <c r="FH87" s="32">
         <v>9282.4259456599993</v>
       </c>
       <c r="FI87" s="32">
         <v>9404.3990019699995</v>
       </c>
       <c r="FJ87" s="32">
         <v>9512.9042866</v>
       </c>
       <c r="FK87" s="32">
         <v>9572.2405853600012</v>
       </c>
+      <c r="FL87" s="32">
+        <v>9669.9984305800008</v>
+      </c>
+      <c r="FM87" s="32">
+        <v>9746.375402059999</v>
+      </c>
     </row>
-    <row r="88" spans="2:167" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.25"/>
-[...1 lines deleted...]
-    <row r="90" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="88" spans="2:169" ht="9.9" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="89" spans="2:169" ht="9.9" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="90" spans="2:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B90" s="38" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="91" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="91" spans="2:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B91" s="39" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
-    <row r="92" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="92" spans="2:169" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B92" s="38" t="s">
         <v>38</v>
       </c>
       <c r="C92" s="18"/>
       <c r="D92" s="18"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="84" fitToHeight="0" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Radni listovi</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>EUR</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:creator>Borna Klinc</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>