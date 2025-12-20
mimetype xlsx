--- v0 (2025-10-08)
+++ v1 (2025-12-20)
@@ -1,78 +1,81 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="24334"/>
   <workbookPr filterPrivacy="1" codeName="ThisWorkbook"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{1B104B9B-17EB-4322-B73D-A67EB89E7C2D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{767CE389-2D4A-4A59-8EFE-3F208FBEEF51}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="PODACI EUR" sheetId="2" r:id="rId1"/>
     <sheet name="PODACI HRK" sheetId="1" r:id="rId2"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
+    <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
+      <xlwcv:version setVersion="1"/>
+    </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="370" uniqueCount="49">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="375" uniqueCount="50">
   <si>
     <t xml:space="preserve">Podaci o prodanim potraživanjima kreditnih institucija tijekom izvještajnog razdoblja </t>
   </si>
   <si>
     <t xml:space="preserve">U tablici su prikazani podaci o prodanim potraživanjima (isključene kupoprodaje između kreditnih institucija), tijekom izvještajnog razdoblja. </t>
   </si>
   <si>
     <t xml:space="preserve">Potraživanja rizičnih skupina B i C utvrđena su Odlukom o klasifikaciji izloženosti u rizične skupine i načinu utvrđivanja kreditnih gubitaka (NN, br. 114/2017. i 110/2018.). </t>
   </si>
   <si>
     <t>Iznos (u tisućama kuna)</t>
   </si>
   <si>
     <t>Ukupno</t>
   </si>
   <si>
     <t>Ostali sektori</t>
   </si>
   <si>
     <t>UKUPNA PRODANA POTRAŽIVANJA</t>
   </si>
   <si>
     <t>Bruto knjigovodstveni iznos potraživanja</t>
   </si>
   <si>
@@ -175,50 +178,53 @@
     <t>X. – XII. 2023.</t>
   </si>
   <si>
     <t>UKUPNO 2023.</t>
   </si>
   <si>
     <t>I. – III. 2024.</t>
   </si>
   <si>
     <t>IV. – VI. 2024.</t>
   </si>
   <si>
     <t>VII. – IX. 2024.</t>
   </si>
   <si>
     <t>X. – XII. 2024.</t>
   </si>
   <si>
     <t>UKUPNO 2024.</t>
   </si>
   <si>
     <t>I. – III. 2025.</t>
   </si>
   <si>
     <t>IV. – VI. 2025.</t>
+  </si>
+  <si>
+    <t>VII. – IX. 2025.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.0"/>
   </numFmts>
   <fonts count="8" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
@@ -722,51 +728,51 @@
       <top/>
       <bottom style="thin">
         <color rgb="FFFF0000"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color rgb="FFFF0000"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="5">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="0" applyNumberFormat="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="3" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="111">
+  <cellXfs count="115">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="6" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
@@ -935,75 +941,89 @@
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="4" fillId="0" borderId="33" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="4" fillId="0" borderId="34" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="4" fillId="0" borderId="35" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="4" fillId="0" borderId="36" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="37" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="4" fillId="0" borderId="37" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="3" fontId="4" fillId="0" borderId="38" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="37" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="4" fillId="0" borderId="37" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="4" fillId="0" borderId="39" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="1" fillId="0" borderId="40" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="3" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="9" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="10" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="26" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="9" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...7 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="20" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="3" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="26" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="27" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="6" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
   </cellXfs>
   <cellStyles count="5">
     <cellStyle name="Hiperveza" xfId="4" builtinId="8"/>
     <cellStyle name="Naslov 1 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="Normalno" xfId="0" builtinId="0"/>
     <cellStyle name="Normalno 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
     <cellStyle name="Zadnji redak" xfId="3" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
@@ -1259,51 +1279,53 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hnb.hr/statistika/statisticki-podaci/arhiva/pokazatelji-poslovanja-kreditnih-institucija" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hnb.hr/statistika/statisticki-podaci/arhiva/pokazatelji-poslovanja-kreditnih-institucija" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1E19B311-3799-4917-A29A-3A67656A276C}">
   <sheetPr codeName="List2"/>
   <dimension ref="A1:Z326"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
+    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A3" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="A3" sqref="A3"/>
+    </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.140625" style="1" customWidth="1"/>
     <col min="2" max="2" width="71.7109375" style="2" customWidth="1"/>
     <col min="3" max="22" width="11.7109375" style="2" customWidth="1"/>
     <col min="23" max="16384" width="8" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:26" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="E1"/>
       <c r="F1"/>
     </row>
     <row r="2" spans="2:26" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B2" s="3" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="2:26" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B3" s="4"/>
     </row>
     <row r="4" spans="2:26" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B4" s="5" t="s">
         <v>1</v>
       </c>
@@ -1317,768 +1339,866 @@
       <c r="B6" s="1"/>
     </row>
     <row r="7" spans="2:26" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B7" s="1" t="s">
         <v>34</v>
       </c>
       <c r="G7"/>
       <c r="H7"/>
       <c r="I7"/>
       <c r="J7"/>
       <c r="K7"/>
       <c r="L7"/>
       <c r="M7"/>
       <c r="N7"/>
       <c r="O7"/>
       <c r="P7"/>
       <c r="Q7"/>
       <c r="R7"/>
       <c r="S7"/>
       <c r="T7"/>
       <c r="U7"/>
       <c r="V7"/>
     </row>
     <row r="8" spans="2:26" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B8" s="6"/>
-      <c r="C8" s="106" t="s">
+      <c r="C8" s="103" t="s">
         <v>47</v>
       </c>
-      <c r="D8" s="106"/>
-[...2 lines deleted...]
-      <c r="G8" s="102" t="s">
+      <c r="D8" s="103"/>
+      <c r="E8" s="103"/>
+      <c r="F8" s="103"/>
+      <c r="G8" s="106" t="s">
         <v>48</v>
       </c>
-      <c r="H8" s="103"/>
-[...5 lines deleted...]
-      <c r="N8"/>
+      <c r="H8" s="107"/>
+      <c r="I8" s="107"/>
+      <c r="J8" s="107"/>
+      <c r="K8" s="110" t="s">
+        <v>49</v>
+      </c>
+      <c r="L8" s="111"/>
+      <c r="M8" s="111"/>
+      <c r="N8" s="111"/>
       <c r="O8"/>
       <c r="P8"/>
       <c r="Q8"/>
       <c r="R8"/>
       <c r="S8"/>
       <c r="T8"/>
       <c r="U8"/>
       <c r="V8"/>
     </row>
     <row r="9" spans="2:26" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B9" s="7"/>
       <c r="C9" s="8" t="s">
         <v>4</v>
       </c>
       <c r="D9" s="9" t="s">
         <v>26</v>
       </c>
       <c r="E9" s="9" t="s">
         <v>27</v>
       </c>
       <c r="F9" s="10" t="s">
         <v>5</v>
       </c>
       <c r="G9" s="72" t="s">
         <v>4</v>
       </c>
       <c r="H9" s="54" t="s">
         <v>26</v>
       </c>
       <c r="I9" s="54" t="s">
         <v>27</v>
       </c>
       <c r="J9" s="71" t="s">
         <v>5</v>
       </c>
-      <c r="K9" s="110"/>
-[...2 lines deleted...]
-      <c r="N9"/>
+      <c r="K9" s="112" t="s">
+        <v>4</v>
+      </c>
+      <c r="L9" s="113" t="s">
+        <v>26</v>
+      </c>
+      <c r="M9" s="113" t="s">
+        <v>27</v>
+      </c>
+      <c r="N9" s="114" t="s">
+        <v>5</v>
+      </c>
       <c r="O9"/>
       <c r="P9"/>
       <c r="Q9"/>
       <c r="R9"/>
       <c r="S9"/>
       <c r="T9"/>
       <c r="U9"/>
       <c r="V9"/>
     </row>
     <row r="10" spans="2:26" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B10" s="11" t="s">
         <v>6</v>
       </c>
       <c r="C10" s="12"/>
       <c r="D10" s="13"/>
       <c r="E10" s="13"/>
       <c r="F10" s="13"/>
       <c r="G10" s="74"/>
       <c r="H10" s="56"/>
       <c r="I10" s="56"/>
-      <c r="J10" s="109"/>
-[...3 lines deleted...]
-      <c r="N10"/>
+      <c r="J10" s="102"/>
+      <c r="K10" s="74"/>
+      <c r="L10" s="56"/>
+      <c r="M10" s="56"/>
+      <c r="N10" s="102"/>
       <c r="O10"/>
       <c r="P10"/>
       <c r="Q10"/>
       <c r="R10"/>
       <c r="S10"/>
       <c r="T10"/>
       <c r="U10"/>
       <c r="V10"/>
     </row>
     <row r="11" spans="2:26" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B11" s="14" t="s">
         <v>7</v>
       </c>
       <c r="C11" s="15">
         <v>24594.562000000002</v>
       </c>
       <c r="D11" s="16">
         <v>24497.117999999999</v>
       </c>
       <c r="E11" s="16">
         <v>0</v>
       </c>
       <c r="F11" s="16">
         <v>97.442999999999998</v>
       </c>
       <c r="G11" s="76">
         <v>14567.561</v>
       </c>
       <c r="H11" s="60">
         <v>3563.79</v>
       </c>
       <c r="I11" s="60">
         <v>10979.294</v>
       </c>
       <c r="J11" s="60">
         <v>24.477</v>
       </c>
-      <c r="K11" s="110"/>
-[...2 lines deleted...]
-      <c r="N11"/>
+      <c r="K11" s="76">
+        <v>5679.4489999999996</v>
+      </c>
+      <c r="L11" s="60">
+        <v>2970.2139999999999</v>
+      </c>
+      <c r="M11" s="60">
+        <v>2692.9810000000002</v>
+      </c>
+      <c r="N11" s="60">
+        <v>16.254000000000001</v>
+      </c>
       <c r="O11"/>
       <c r="P11"/>
       <c r="Q11"/>
       <c r="R11"/>
       <c r="S11"/>
       <c r="T11"/>
       <c r="U11"/>
       <c r="V11"/>
       <c r="W11" s="39"/>
       <c r="X11" s="39"/>
       <c r="Y11" s="39"/>
       <c r="Z11" s="39"/>
     </row>
     <row r="12" spans="2:26" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B12" s="18" t="s">
         <v>8</v>
       </c>
       <c r="C12" s="15">
         <v>87.174999999999997</v>
       </c>
       <c r="D12" s="16">
         <v>86.370999999999995</v>
       </c>
       <c r="E12" s="16">
         <v>0</v>
       </c>
       <c r="F12" s="16">
         <v>0.80400000000000005</v>
       </c>
       <c r="G12" s="76">
         <v>149.93299999999999</v>
       </c>
       <c r="H12" s="60">
         <v>134.976</v>
       </c>
       <c r="I12" s="60">
         <v>14.957000000000001</v>
       </c>
       <c r="J12" s="60"/>
-      <c r="K12" s="110"/>
-[...2 lines deleted...]
-      <c r="N12"/>
+      <c r="K12" s="76">
+        <v>291.21100000000001</v>
+      </c>
+      <c r="L12" s="60">
+        <v>245.69499999999999</v>
+      </c>
+      <c r="M12" s="60">
+        <v>45.515999999999998</v>
+      </c>
+      <c r="N12" s="60"/>
       <c r="O12"/>
       <c r="P12"/>
       <c r="Q12"/>
       <c r="R12"/>
       <c r="S12"/>
       <c r="T12"/>
       <c r="U12"/>
       <c r="V12"/>
       <c r="W12" s="39"/>
       <c r="X12" s="39"/>
       <c r="Y12" s="39"/>
       <c r="Z12" s="39"/>
     </row>
     <row r="13" spans="2:26" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B13" s="14" t="s">
         <v>9</v>
       </c>
       <c r="C13" s="15">
         <v>23966.736000000001</v>
       </c>
       <c r="D13" s="16">
         <v>23870.579000000002</v>
       </c>
       <c r="E13" s="16">
         <v>0</v>
       </c>
       <c r="F13" s="16">
         <v>96.156999999999996</v>
       </c>
       <c r="G13" s="76">
         <v>10226.923000000001</v>
       </c>
       <c r="H13" s="60">
         <v>2671.8249999999998</v>
       </c>
       <c r="I13" s="60">
         <v>7536.8209999999999</v>
       </c>
       <c r="J13" s="60">
         <v>18.277000000000001</v>
       </c>
-      <c r="K13" s="110"/>
-[...2 lines deleted...]
-      <c r="N13"/>
+      <c r="K13" s="76">
+        <v>4686.348</v>
+      </c>
+      <c r="L13" s="60">
+        <v>2232.9349999999999</v>
+      </c>
+      <c r="M13" s="60">
+        <v>2441.1550000000002</v>
+      </c>
+      <c r="N13" s="60">
+        <v>12.257999999999999</v>
+      </c>
       <c r="O13"/>
       <c r="P13"/>
       <c r="Q13"/>
       <c r="R13"/>
       <c r="S13"/>
       <c r="T13"/>
       <c r="U13"/>
       <c r="V13"/>
       <c r="W13" s="39"/>
       <c r="X13" s="39"/>
       <c r="Y13" s="39"/>
       <c r="Z13" s="39"/>
     </row>
     <row r="14" spans="2:26" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B14" s="18" t="s">
         <v>8</v>
       </c>
       <c r="C14" s="15">
         <v>87.174999999999997</v>
       </c>
       <c r="D14" s="16">
         <v>86.370999999999995</v>
       </c>
       <c r="E14" s="16">
         <v>0</v>
       </c>
       <c r="F14" s="16">
         <v>0.80400000000000005</v>
       </c>
       <c r="G14" s="76">
         <v>144.37799999999999</v>
       </c>
       <c r="H14" s="60">
         <v>129.42099999999999</v>
       </c>
       <c r="I14" s="60">
         <v>14.957000000000001</v>
       </c>
       <c r="J14" s="60"/>
-      <c r="K14" s="110"/>
-[...2 lines deleted...]
-      <c r="N14"/>
+      <c r="K14" s="76">
+        <v>273.012</v>
+      </c>
+      <c r="L14" s="60">
+        <v>233.501</v>
+      </c>
+      <c r="M14" s="60">
+        <v>39.511000000000003</v>
+      </c>
+      <c r="N14" s="60"/>
       <c r="O14"/>
       <c r="P14"/>
       <c r="Q14"/>
       <c r="R14"/>
       <c r="S14"/>
       <c r="T14"/>
       <c r="U14"/>
       <c r="V14"/>
       <c r="W14" s="39"/>
       <c r="X14" s="39"/>
       <c r="Y14" s="39"/>
       <c r="Z14" s="39"/>
     </row>
     <row r="15" spans="2:26" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B15" s="14" t="s">
         <v>10</v>
       </c>
       <c r="C15" s="15">
         <v>3800.8969999999999</v>
       </c>
       <c r="D15" s="16">
         <v>3783.4549999999999</v>
       </c>
       <c r="E15" s="16">
         <v>0</v>
       </c>
       <c r="F15" s="16">
         <v>17.442</v>
       </c>
       <c r="G15" s="76">
         <v>2186.018</v>
       </c>
       <c r="H15" s="60">
         <v>479.78500000000003</v>
       </c>
       <c r="I15" s="60">
         <v>1706.2329999999999</v>
       </c>
       <c r="J15" s="60"/>
-      <c r="K15" s="110"/>
-[...2 lines deleted...]
-      <c r="N15"/>
+      <c r="K15" s="76">
+        <v>3833.7440000000001</v>
+      </c>
+      <c r="L15" s="60">
+        <v>614.45399999999995</v>
+      </c>
+      <c r="M15" s="60">
+        <v>3132.8470000000002</v>
+      </c>
+      <c r="N15" s="60">
+        <v>86.444000000000003</v>
+      </c>
       <c r="O15"/>
       <c r="P15"/>
       <c r="Q15"/>
       <c r="R15"/>
       <c r="S15"/>
       <c r="T15"/>
       <c r="U15"/>
       <c r="V15"/>
       <c r="W15" s="39"/>
       <c r="X15" s="39"/>
       <c r="Y15" s="39"/>
       <c r="Z15" s="39"/>
     </row>
     <row r="16" spans="2:26" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B16" s="20" t="s">
         <v>11</v>
       </c>
       <c r="C16" s="21">
         <v>10875.942999999999</v>
       </c>
       <c r="D16" s="22">
         <v>10831.816000000001</v>
       </c>
       <c r="E16" s="22">
         <v>0</v>
       </c>
       <c r="F16" s="22">
         <v>44.127000000000002</v>
       </c>
       <c r="G16" s="76">
         <v>11548.761</v>
       </c>
       <c r="H16" s="60">
         <v>1216.1220000000001</v>
       </c>
       <c r="I16" s="60">
         <v>10326.439</v>
       </c>
       <c r="J16" s="60">
         <v>6.2</v>
       </c>
-      <c r="K16" s="110"/>
-[...2 lines deleted...]
-      <c r="N16"/>
+      <c r="K16" s="76">
+        <v>1459.162</v>
+      </c>
+      <c r="L16" s="60">
+        <v>722.27099999999996</v>
+      </c>
+      <c r="M16" s="60">
+        <v>722.40700000000004</v>
+      </c>
+      <c r="N16" s="60">
+        <v>14.484999999999999</v>
+      </c>
       <c r="O16"/>
       <c r="P16"/>
       <c r="Q16"/>
       <c r="R16"/>
       <c r="S16"/>
       <c r="T16"/>
       <c r="U16"/>
       <c r="V16"/>
       <c r="W16" s="39"/>
       <c r="X16" s="39"/>
       <c r="Y16" s="39"/>
       <c r="Z16" s="39"/>
     </row>
     <row r="17" spans="2:26" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B17" s="23" t="s">
         <v>12</v>
       </c>
       <c r="C17" s="24"/>
       <c r="D17" s="25"/>
       <c r="E17" s="25"/>
       <c r="F17" s="25"/>
       <c r="G17" s="78"/>
       <c r="H17" s="61"/>
       <c r="I17" s="61"/>
       <c r="J17" s="61"/>
-      <c r="K17" s="110"/>
-[...2 lines deleted...]
-      <c r="N17"/>
+      <c r="K17" s="78"/>
+      <c r="L17" s="61"/>
+      <c r="M17" s="61"/>
+      <c r="N17" s="61"/>
       <c r="O17"/>
       <c r="P17"/>
       <c r="Q17"/>
       <c r="R17"/>
       <c r="S17"/>
       <c r="T17"/>
       <c r="U17"/>
       <c r="V17"/>
       <c r="W17" s="39"/>
       <c r="X17" s="39"/>
       <c r="Y17" s="39"/>
       <c r="Z17" s="39"/>
     </row>
     <row r="18" spans="2:26" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B18" s="11" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="12"/>
       <c r="D18" s="13"/>
       <c r="E18" s="13"/>
       <c r="F18" s="13"/>
       <c r="G18" s="80"/>
       <c r="H18" s="56"/>
       <c r="I18" s="56"/>
       <c r="J18" s="56"/>
-      <c r="K18" s="110"/>
-[...2 lines deleted...]
-      <c r="N18"/>
+      <c r="K18" s="80"/>
+      <c r="L18" s="56"/>
+      <c r="M18" s="56"/>
+      <c r="N18" s="56"/>
       <c r="O18"/>
       <c r="P18"/>
       <c r="Q18"/>
       <c r="R18"/>
       <c r="S18"/>
       <c r="T18"/>
       <c r="U18"/>
       <c r="V18"/>
       <c r="W18" s="39"/>
       <c r="X18" s="39"/>
       <c r="Y18" s="39"/>
       <c r="Z18" s="39"/>
     </row>
     <row r="19" spans="2:26" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B19" s="14" t="s">
         <v>7</v>
       </c>
       <c r="C19" s="15">
         <v>24594.562000000002</v>
       </c>
       <c r="D19" s="16">
         <v>24497.117999999999</v>
       </c>
       <c r="E19" s="16">
         <v>0</v>
       </c>
       <c r="F19" s="16">
         <v>97.442999999999998</v>
       </c>
       <c r="G19" s="74">
         <v>14566.952000000001</v>
       </c>
       <c r="H19" s="56">
         <v>3563.181</v>
       </c>
       <c r="I19" s="56">
         <v>10979.294</v>
       </c>
       <c r="J19" s="56">
         <v>24.477</v>
       </c>
-      <c r="K19" s="110"/>
-[...2 lines deleted...]
-      <c r="N19"/>
+      <c r="K19" s="74">
+        <v>5679.375</v>
+      </c>
+      <c r="L19" s="56">
+        <v>2970.1410000000001</v>
+      </c>
+      <c r="M19" s="56">
+        <v>2692.9810000000002</v>
+      </c>
+      <c r="N19" s="56">
+        <v>16.254000000000001</v>
+      </c>
       <c r="O19"/>
       <c r="P19"/>
       <c r="Q19"/>
       <c r="R19"/>
       <c r="S19"/>
       <c r="T19"/>
       <c r="U19"/>
       <c r="V19"/>
       <c r="W19" s="39"/>
       <c r="X19" s="39"/>
       <c r="Y19" s="39"/>
       <c r="Z19" s="39"/>
     </row>
     <row r="20" spans="2:26" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B20" s="18" t="s">
         <v>8</v>
       </c>
       <c r="C20" s="15">
         <v>87.174999999999997</v>
       </c>
       <c r="D20" s="16">
         <v>86.370999999999995</v>
       </c>
       <c r="E20" s="16">
         <v>0</v>
       </c>
       <c r="F20" s="26">
         <v>0.80400000000000005</v>
       </c>
       <c r="G20" s="74">
         <v>149.91899999999998</v>
       </c>
       <c r="H20" s="56">
         <v>134.96199999999999</v>
       </c>
       <c r="I20" s="56">
         <v>14.957000000000001</v>
       </c>
       <c r="J20" s="56"/>
-      <c r="K20" s="110"/>
-[...2 lines deleted...]
-      <c r="N20"/>
+      <c r="K20" s="74">
+        <v>291.19499999999999</v>
+      </c>
+      <c r="L20" s="56">
+        <v>245.68</v>
+      </c>
+      <c r="M20" s="56">
+        <v>45.515999999999998</v>
+      </c>
+      <c r="N20" s="56"/>
       <c r="O20"/>
       <c r="P20"/>
       <c r="Q20"/>
       <c r="R20"/>
       <c r="S20"/>
       <c r="T20"/>
       <c r="U20"/>
       <c r="V20"/>
       <c r="W20" s="39"/>
       <c r="X20" s="39"/>
       <c r="Y20" s="39"/>
       <c r="Z20" s="39"/>
     </row>
     <row r="21" spans="2:26" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B21" s="14" t="s">
         <v>9</v>
       </c>
       <c r="C21" s="15">
         <v>23966.736000000001</v>
       </c>
       <c r="D21" s="16">
         <v>23870.579000000002</v>
       </c>
       <c r="E21" s="16">
         <v>0</v>
       </c>
       <c r="F21" s="26">
         <v>96.156999999999996</v>
       </c>
       <c r="G21" s="74">
         <v>10226.467999999999</v>
       </c>
       <c r="H21" s="56">
         <v>2671.37</v>
       </c>
       <c r="I21" s="56">
         <v>7536.8209999999999</v>
       </c>
       <c r="J21" s="56">
         <v>18.277000000000001</v>
       </c>
-      <c r="K21" s="110"/>
-[...2 lines deleted...]
-      <c r="N21"/>
+      <c r="K21" s="74">
+        <v>4686.2910000000002</v>
+      </c>
+      <c r="L21" s="56">
+        <v>2232.8780000000002</v>
+      </c>
+      <c r="M21" s="56">
+        <v>2441.1550000000002</v>
+      </c>
+      <c r="N21" s="56">
+        <v>12.257999999999999</v>
+      </c>
       <c r="O21"/>
       <c r="P21"/>
       <c r="Q21"/>
       <c r="R21"/>
       <c r="S21"/>
       <c r="T21"/>
       <c r="U21"/>
       <c r="V21"/>
       <c r="W21" s="39"/>
       <c r="X21" s="39"/>
       <c r="Y21" s="39"/>
       <c r="Z21" s="39"/>
     </row>
     <row r="22" spans="2:26" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B22" s="18" t="s">
         <v>8</v>
       </c>
       <c r="C22" s="15">
         <v>87.174999999999997</v>
       </c>
       <c r="D22" s="16">
         <v>86.370999999999995</v>
       </c>
       <c r="E22" s="16">
         <v>0</v>
       </c>
       <c r="F22" s="26">
         <v>0.80400000000000005</v>
       </c>
       <c r="G22" s="74">
         <v>144.37799999999999</v>
       </c>
       <c r="H22" s="56">
         <v>129.42099999999999</v>
       </c>
       <c r="I22" s="56">
         <v>14.957000000000001</v>
       </c>
       <c r="J22" s="56"/>
-      <c r="K22" s="110"/>
-[...2 lines deleted...]
-      <c r="N22"/>
+      <c r="K22" s="74">
+        <v>273.012</v>
+      </c>
+      <c r="L22" s="56">
+        <v>233.501</v>
+      </c>
+      <c r="M22" s="56">
+        <v>39.511000000000003</v>
+      </c>
+      <c r="N22" s="56"/>
       <c r="O22"/>
       <c r="P22"/>
       <c r="Q22"/>
       <c r="R22"/>
       <c r="S22"/>
       <c r="T22"/>
       <c r="U22"/>
       <c r="V22"/>
       <c r="W22" s="39"/>
       <c r="X22" s="39"/>
       <c r="Y22" s="39"/>
       <c r="Z22" s="39"/>
     </row>
     <row r="23" spans="2:26" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B23" s="14" t="s">
         <v>10</v>
       </c>
       <c r="C23" s="15">
         <v>3800.8969999999999</v>
       </c>
       <c r="D23" s="16">
         <v>3783.4549999999999</v>
       </c>
       <c r="E23" s="16">
         <v>0</v>
       </c>
       <c r="F23" s="26">
         <v>17.442</v>
       </c>
       <c r="G23" s="74">
         <v>2186.018</v>
       </c>
       <c r="H23" s="56">
         <v>479.78500000000003</v>
       </c>
       <c r="I23" s="56">
         <v>1706.2329999999999</v>
       </c>
       <c r="J23" s="56"/>
-      <c r="K23" s="110"/>
-[...2 lines deleted...]
-      <c r="N23"/>
+      <c r="K23" s="74">
+        <v>3833.7440000000001</v>
+      </c>
+      <c r="L23" s="56">
+        <v>614.45399999999995</v>
+      </c>
+      <c r="M23" s="56">
+        <v>3132.8470000000002</v>
+      </c>
+      <c r="N23" s="56">
+        <v>86.444000000000003</v>
+      </c>
       <c r="O23"/>
       <c r="P23"/>
       <c r="Q23"/>
       <c r="R23"/>
       <c r="S23"/>
       <c r="T23"/>
       <c r="U23"/>
       <c r="V23"/>
       <c r="W23" s="39"/>
       <c r="X23" s="39"/>
       <c r="Y23" s="39"/>
       <c r="Z23" s="39"/>
     </row>
     <row r="24" spans="2:26" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B24" s="27" t="s">
         <v>11</v>
       </c>
       <c r="C24" s="28">
         <v>10875.942999999999</v>
       </c>
       <c r="D24" s="29">
         <v>10832</v>
       </c>
       <c r="E24" s="29">
         <v>0</v>
       </c>
       <c r="F24" s="30">
         <v>44.127000000000002</v>
       </c>
       <c r="G24" s="81">
         <v>11548.606000000002</v>
       </c>
       <c r="H24" s="63">
         <v>1215.9670000000001</v>
       </c>
       <c r="I24" s="63">
         <v>10326.439</v>
       </c>
       <c r="J24" s="63">
         <v>6.2</v>
       </c>
-      <c r="K24" s="110"/>
-[...2 lines deleted...]
-      <c r="N24"/>
+      <c r="K24" s="81">
+        <v>1459.146</v>
+      </c>
+      <c r="L24" s="63">
+        <v>722.255</v>
+      </c>
+      <c r="M24" s="63">
+        <v>722.40700000000004</v>
+      </c>
+      <c r="N24" s="63">
+        <v>14.484999999999999</v>
+      </c>
       <c r="O24"/>
       <c r="P24"/>
       <c r="Q24"/>
       <c r="R24"/>
       <c r="S24"/>
       <c r="T24"/>
       <c r="U24"/>
       <c r="V24"/>
       <c r="W24" s="39"/>
       <c r="X24" s="39"/>
       <c r="Y24" s="39"/>
       <c r="Z24" s="39"/>
     </row>
     <row r="25" spans="2:26" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B25" s="1"/>
     </row>
     <row r="26" spans="2:26" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B26" s="1"/>
     </row>
     <row r="27" spans="2:26" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B27" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="28" spans="2:26" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B28" s="6"/>
-      <c r="C28" s="106" t="s">
+      <c r="C28" s="103" t="s">
         <v>42</v>
       </c>
-      <c r="D28" s="106"/>
-[...2 lines deleted...]
-      <c r="G28" s="102" t="s">
+      <c r="D28" s="103"/>
+      <c r="E28" s="103"/>
+      <c r="F28" s="109"/>
+      <c r="G28" s="106" t="s">
         <v>43</v>
       </c>
-      <c r="H28" s="103"/>
-[...2 lines deleted...]
-      <c r="K28" s="102" t="s">
+      <c r="H28" s="107"/>
+      <c r="I28" s="107"/>
+      <c r="J28" s="108"/>
+      <c r="K28" s="106" t="s">
         <v>44</v>
       </c>
-      <c r="L28" s="103"/>
-[...2 lines deleted...]
-      <c r="O28" s="105" t="s">
+      <c r="L28" s="107"/>
+      <c r="M28" s="107"/>
+      <c r="N28" s="108"/>
+      <c r="O28" s="104" t="s">
         <v>45</v>
       </c>
-      <c r="P28" s="106"/>
-[...2 lines deleted...]
-      <c r="S28" s="106" t="s">
+      <c r="P28" s="103"/>
+      <c r="Q28" s="103"/>
+      <c r="R28" s="105"/>
+      <c r="S28" s="103" t="s">
         <v>46</v>
       </c>
-      <c r="T28" s="106"/>
-[...1 lines deleted...]
-      <c r="V28" s="106"/>
+      <c r="T28" s="103"/>
+      <c r="U28" s="103"/>
+      <c r="V28" s="103"/>
     </row>
     <row r="29" spans="2:26" ht="33.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B29" s="7"/>
       <c r="C29" s="8" t="s">
         <v>4</v>
       </c>
       <c r="D29" s="9" t="s">
         <v>26</v>
       </c>
       <c r="E29" s="9" t="s">
         <v>27</v>
       </c>
       <c r="F29" s="64" t="s">
         <v>5</v>
       </c>
       <c r="G29" s="72" t="s">
         <v>4</v>
       </c>
       <c r="H29" s="54" t="s">
         <v>26</v>
       </c>
       <c r="I29" s="54" t="s">
         <v>27</v>
       </c>
       <c r="J29" s="73" t="s">
@@ -2955,80 +3075,80 @@
       </c>
       <c r="U44" s="63">
         <v>1667.1869999999999</v>
       </c>
       <c r="V44" s="63">
         <v>151.99200000000002</v>
       </c>
       <c r="W44" s="39"/>
       <c r="X44" s="39"/>
       <c r="Y44" s="39"/>
       <c r="Z44" s="39"/>
     </row>
     <row r="45" spans="2:26" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B45" s="1"/>
     </row>
     <row r="46" spans="2:26" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B46" s="1"/>
     </row>
     <row r="47" spans="2:26" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B47" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="48" spans="2:26" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B48" s="6"/>
-      <c r="C48" s="106" t="s">
+      <c r="C48" s="103" t="s">
         <v>37</v>
       </c>
-      <c r="D48" s="106"/>
-[...2 lines deleted...]
-      <c r="G48" s="102" t="s">
+      <c r="D48" s="103"/>
+      <c r="E48" s="103"/>
+      <c r="F48" s="109"/>
+      <c r="G48" s="106" t="s">
         <v>38</v>
       </c>
-      <c r="H48" s="103"/>
-[...2 lines deleted...]
-      <c r="K48" s="102" t="s">
+      <c r="H48" s="107"/>
+      <c r="I48" s="107"/>
+      <c r="J48" s="108"/>
+      <c r="K48" s="106" t="s">
         <v>39</v>
       </c>
-      <c r="L48" s="103"/>
-[...2 lines deleted...]
-      <c r="O48" s="105" t="s">
+      <c r="L48" s="107"/>
+      <c r="M48" s="107"/>
+      <c r="N48" s="108"/>
+      <c r="O48" s="104" t="s">
         <v>40</v>
       </c>
-      <c r="P48" s="106"/>
-[...2 lines deleted...]
-      <c r="S48" s="106" t="s">
+      <c r="P48" s="103"/>
+      <c r="Q48" s="103"/>
+      <c r="R48" s="105"/>
+      <c r="S48" s="103" t="s">
         <v>41</v>
       </c>
-      <c r="T48" s="106"/>
-[...1 lines deleted...]
-      <c r="V48" s="106"/>
+      <c r="T48" s="103"/>
+      <c r="U48" s="103"/>
+      <c r="V48" s="103"/>
     </row>
     <row r="49" spans="2:22" ht="33.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B49" s="7"/>
       <c r="C49" s="8" t="s">
         <v>4</v>
       </c>
       <c r="D49" s="9" t="s">
         <v>26</v>
       </c>
       <c r="E49" s="9" t="s">
         <v>27</v>
       </c>
       <c r="F49" s="64" t="s">
         <v>5</v>
       </c>
       <c r="G49" s="72" t="s">
         <v>4</v>
       </c>
       <c r="H49" s="54" t="s">
         <v>26</v>
       </c>
       <c r="I49" s="54" t="s">
         <v>27</v>
       </c>
       <c r="J49" s="73" t="s">
@@ -3917,80 +4037,80 @@
         <v>18492.701999999997</v>
       </c>
       <c r="T64" s="63">
         <v>8565.3700000000008</v>
       </c>
       <c r="U64" s="63">
         <v>9198.0069999999996</v>
       </c>
       <c r="V64" s="63">
         <v>729.32499999999993</v>
       </c>
     </row>
     <row r="65" spans="2:22" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B65" s="1"/>
     </row>
     <row r="66" spans="2:22" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B66" s="1"/>
     </row>
     <row r="67" spans="2:22" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B67" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="68" spans="2:22" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B68" s="6"/>
-      <c r="C68" s="106" t="s">
+      <c r="C68" s="103" t="s">
         <v>31</v>
       </c>
-      <c r="D68" s="106"/>
-[...2 lines deleted...]
-      <c r="G68" s="102" t="s">
+      <c r="D68" s="103"/>
+      <c r="E68" s="103"/>
+      <c r="F68" s="109"/>
+      <c r="G68" s="106" t="s">
         <v>32</v>
       </c>
-      <c r="H68" s="103"/>
-[...2 lines deleted...]
-      <c r="K68" s="105" t="s">
+      <c r="H68" s="107"/>
+      <c r="I68" s="107"/>
+      <c r="J68" s="108"/>
+      <c r="K68" s="104" t="s">
         <v>33</v>
       </c>
-      <c r="L68" s="106"/>
-[...2 lines deleted...]
-      <c r="O68" s="105" t="s">
+      <c r="L68" s="103"/>
+      <c r="M68" s="103"/>
+      <c r="N68" s="103"/>
+      <c r="O68" s="104" t="s">
         <v>35</v>
       </c>
-      <c r="P68" s="106"/>
-[...2 lines deleted...]
-      <c r="S68" s="106" t="s">
+      <c r="P68" s="103"/>
+      <c r="Q68" s="103"/>
+      <c r="R68" s="105"/>
+      <c r="S68" s="103" t="s">
         <v>36</v>
       </c>
-      <c r="T68" s="106"/>
-[...1 lines deleted...]
-      <c r="V68" s="106"/>
+      <c r="T68" s="103"/>
+      <c r="U68" s="103"/>
+      <c r="V68" s="103"/>
     </row>
     <row r="69" spans="2:22" ht="33.75" x14ac:dyDescent="0.2">
       <c r="B69" s="7"/>
       <c r="C69" s="8" t="s">
         <v>4</v>
       </c>
       <c r="D69" s="9" t="s">
         <v>26</v>
       </c>
       <c r="E69" s="9" t="s">
         <v>27</v>
       </c>
       <c r="F69" s="64" t="s">
         <v>5</v>
       </c>
       <c r="G69" s="72" t="s">
         <v>4</v>
       </c>
       <c r="H69" s="54" t="s">
         <v>26</v>
       </c>
       <c r="I69" s="54" t="s">
         <v>27</v>
       </c>
       <c r="J69" s="73" t="s">
@@ -4879,80 +4999,80 @@
         <v>61926.231</v>
       </c>
       <c r="T84" s="63">
         <v>43993.241000000002</v>
       </c>
       <c r="U84" s="63">
         <v>17698.964</v>
       </c>
       <c r="V84" s="63">
         <v>234.02600000000001</v>
       </c>
     </row>
     <row r="85" spans="1:23" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B85" s="1"/>
     </row>
     <row r="86" spans="1:23" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B86" s="1"/>
     </row>
     <row r="87" spans="1:23" x14ac:dyDescent="0.2">
       <c r="B87" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="88" spans="1:23" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B88" s="6"/>
-      <c r="C88" s="106" t="s">
+      <c r="C88" s="103" t="s">
         <v>19</v>
       </c>
-      <c r="D88" s="106"/>
-[...2 lines deleted...]
-      <c r="G88" s="102" t="s">
+      <c r="D88" s="103"/>
+      <c r="E88" s="103"/>
+      <c r="F88" s="109"/>
+      <c r="G88" s="106" t="s">
         <v>25</v>
       </c>
-      <c r="H88" s="103"/>
-[...2 lines deleted...]
-      <c r="K88" s="105" t="s">
+      <c r="H88" s="107"/>
+      <c r="I88" s="107"/>
+      <c r="J88" s="108"/>
+      <c r="K88" s="104" t="s">
         <v>28</v>
       </c>
-      <c r="L88" s="106"/>
-[...2 lines deleted...]
-      <c r="O88" s="105" t="s">
+      <c r="L88" s="103"/>
+      <c r="M88" s="103"/>
+      <c r="N88" s="103"/>
+      <c r="O88" s="104" t="s">
         <v>29</v>
       </c>
-      <c r="P88" s="106"/>
-[...2 lines deleted...]
-      <c r="S88" s="106" t="s">
+      <c r="P88" s="103"/>
+      <c r="Q88" s="103"/>
+      <c r="R88" s="105"/>
+      <c r="S88" s="103" t="s">
         <v>30</v>
       </c>
-      <c r="T88" s="106"/>
-[...1 lines deleted...]
-      <c r="V88" s="106"/>
+      <c r="T88" s="103"/>
+      <c r="U88" s="103"/>
+      <c r="V88" s="103"/>
     </row>
     <row r="89" spans="1:23" ht="33.75" x14ac:dyDescent="0.2">
       <c r="B89" s="7"/>
       <c r="C89" s="8" t="s">
         <v>4</v>
       </c>
       <c r="D89" s="9" t="s">
         <v>26</v>
       </c>
       <c r="E89" s="9" t="s">
         <v>27</v>
       </c>
       <c r="F89" s="64" t="s">
         <v>5</v>
       </c>
       <c r="G89" s="72" t="s">
         <v>4</v>
       </c>
       <c r="H89" s="54" t="s">
         <v>26</v>
       </c>
       <c r="I89" s="54" t="s">
         <v>27</v>
       </c>
       <c r="J89" s="73" t="s">
@@ -5856,80 +5976,80 @@
       <c r="V104" s="30">
         <v>147.92599999999999</v>
       </c>
     </row>
     <row r="105" spans="1:22" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B105" s="14"/>
       <c r="C105" s="15"/>
       <c r="D105" s="16"/>
       <c r="E105" s="16"/>
       <c r="F105" s="26"/>
     </row>
     <row r="106" spans="1:22" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B106" s="14"/>
       <c r="C106" s="15"/>
       <c r="D106" s="16"/>
       <c r="E106" s="16"/>
       <c r="F106" s="26"/>
     </row>
     <row r="107" spans="1:22" x14ac:dyDescent="0.2">
       <c r="B107" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="108" spans="1:22" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B108" s="6"/>
-      <c r="C108" s="106" t="s">
+      <c r="C108" s="103" t="s">
         <v>20</v>
       </c>
-      <c r="D108" s="106"/>
-[...2 lines deleted...]
-      <c r="G108" s="105" t="s">
+      <c r="D108" s="103"/>
+      <c r="E108" s="103"/>
+      <c r="F108" s="103"/>
+      <c r="G108" s="104" t="s">
         <v>21</v>
       </c>
-      <c r="H108" s="106"/>
-[...2 lines deleted...]
-      <c r="K108" s="105" t="s">
+      <c r="H108" s="103"/>
+      <c r="I108" s="103"/>
+      <c r="J108" s="103"/>
+      <c r="K108" s="104" t="s">
         <v>22</v>
       </c>
-      <c r="L108" s="106"/>
-[...2 lines deleted...]
-      <c r="O108" s="105" t="s">
+      <c r="L108" s="103"/>
+      <c r="M108" s="103"/>
+      <c r="N108" s="103"/>
+      <c r="O108" s="104" t="s">
         <v>23</v>
       </c>
-      <c r="P108" s="106"/>
-[...2 lines deleted...]
-      <c r="S108" s="106" t="s">
+      <c r="P108" s="103"/>
+      <c r="Q108" s="103"/>
+      <c r="R108" s="105"/>
+      <c r="S108" s="103" t="s">
         <v>24</v>
       </c>
-      <c r="T108" s="106"/>
-[...1 lines deleted...]
-      <c r="V108" s="106"/>
+      <c r="T108" s="103"/>
+      <c r="U108" s="103"/>
+      <c r="V108" s="103"/>
     </row>
     <row r="109" spans="1:22" ht="33.75" x14ac:dyDescent="0.2">
       <c r="B109" s="7"/>
       <c r="C109" s="8" t="s">
         <v>4</v>
       </c>
       <c r="D109" s="9" t="s">
         <v>26</v>
       </c>
       <c r="E109" s="9" t="s">
         <v>27</v>
       </c>
       <c r="F109" s="10" t="s">
         <v>5</v>
       </c>
       <c r="G109" s="40" t="s">
         <v>4</v>
       </c>
       <c r="H109" s="9" t="s">
         <v>26</v>
       </c>
       <c r="I109" s="9" t="s">
         <v>27</v>
       </c>
       <c r="J109" s="10" t="s">
@@ -7344,78 +7464,79 @@
     <row r="319" spans="1:1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A319" s="38"/>
     </row>
     <row r="320" spans="1:1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A320" s="38"/>
     </row>
     <row r="321" spans="1:1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A321" s="38"/>
     </row>
     <row r="322" spans="1:1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A322" s="38"/>
     </row>
     <row r="323" spans="1:1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A323" s="38"/>
     </row>
     <row r="324" spans="1:1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A324" s="38"/>
     </row>
     <row r="325" spans="1:1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A325" s="38"/>
     </row>
     <row r="326" spans="1:1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A326" s="38"/>
     </row>
   </sheetData>
-  <mergeCells count="27">
+  <mergeCells count="28">
+    <mergeCell ref="K8:N8"/>
+    <mergeCell ref="S28:V28"/>
+    <mergeCell ref="K48:N48"/>
+    <mergeCell ref="O48:R48"/>
+    <mergeCell ref="C8:F8"/>
+    <mergeCell ref="O68:R68"/>
+    <mergeCell ref="C68:F68"/>
+    <mergeCell ref="G68:J68"/>
+    <mergeCell ref="K68:N68"/>
+    <mergeCell ref="G8:J8"/>
+    <mergeCell ref="G28:J28"/>
+    <mergeCell ref="K28:N28"/>
+    <mergeCell ref="O28:R28"/>
+    <mergeCell ref="C88:F88"/>
+    <mergeCell ref="G88:J88"/>
+    <mergeCell ref="K88:N88"/>
+    <mergeCell ref="C28:F28"/>
     <mergeCell ref="S108:V108"/>
     <mergeCell ref="O88:R88"/>
     <mergeCell ref="G48:J48"/>
     <mergeCell ref="C48:F48"/>
     <mergeCell ref="S68:V68"/>
     <mergeCell ref="S88:V88"/>
     <mergeCell ref="C108:F108"/>
     <mergeCell ref="G108:J108"/>
     <mergeCell ref="K108:N108"/>
     <mergeCell ref="O108:R108"/>
-    <mergeCell ref="G28:J28"/>
-[...4 lines deleted...]
-    <mergeCell ref="K88:N88"/>
     <mergeCell ref="S48:V48"/>
-    <mergeCell ref="C28:F28"/>
-[...8 lines deleted...]
-    <mergeCell ref="G8:J8"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="B130" r:id="rId1" xr:uid="{BE7BE9A0-C3B8-47FA-A0D9-904F07B8985D}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="List1"/>
   <dimension ref="A1:AA266"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.140625" style="1" customWidth="1"/>
     <col min="2" max="2" width="71.7109375" style="2" customWidth="1"/>
     <col min="3" max="22" width="11.7109375" style="2" customWidth="1"/>
     <col min="23" max="16384" width="8" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:27" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
@@ -7428,80 +7549,80 @@
       </c>
     </row>
     <row r="3" spans="2:27" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B3" s="4"/>
     </row>
     <row r="4" spans="2:27" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B4" s="5" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="2:27" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B5" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="6" spans="2:27" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B6" s="1"/>
     </row>
     <row r="7" spans="2:27" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B7" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="8" spans="2:27" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B8" s="6"/>
-      <c r="C8" s="106" t="s">
+      <c r="C8" s="103" t="s">
         <v>31</v>
       </c>
-      <c r="D8" s="106"/>
-[...2 lines deleted...]
-      <c r="G8" s="102" t="s">
+      <c r="D8" s="103"/>
+      <c r="E8" s="103"/>
+      <c r="F8" s="103"/>
+      <c r="G8" s="106" t="s">
         <v>32</v>
       </c>
-      <c r="H8" s="103"/>
-[...2 lines deleted...]
-      <c r="K8" s="105" t="s">
+      <c r="H8" s="107"/>
+      <c r="I8" s="107"/>
+      <c r="J8" s="107"/>
+      <c r="K8" s="104" t="s">
         <v>33</v>
       </c>
-      <c r="L8" s="106"/>
-[...2 lines deleted...]
-      <c r="O8" s="105" t="s">
+      <c r="L8" s="103"/>
+      <c r="M8" s="103"/>
+      <c r="N8" s="103"/>
+      <c r="O8" s="104" t="s">
         <v>35</v>
       </c>
-      <c r="P8" s="106"/>
-[...2 lines deleted...]
-      <c r="S8" s="106" t="s">
+      <c r="P8" s="103"/>
+      <c r="Q8" s="103"/>
+      <c r="R8" s="105"/>
+      <c r="S8" s="103" t="s">
         <v>36</v>
       </c>
-      <c r="T8" s="106"/>
-[...1 lines deleted...]
-      <c r="V8" s="106"/>
+      <c r="T8" s="103"/>
+      <c r="U8" s="103"/>
+      <c r="V8" s="103"/>
     </row>
     <row r="9" spans="2:27" ht="30.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B9" s="7"/>
       <c r="C9" s="8" t="s">
         <v>4</v>
       </c>
       <c r="D9" s="9" t="s">
         <v>26</v>
       </c>
       <c r="E9" s="9" t="s">
         <v>27</v>
       </c>
       <c r="F9" s="10" t="s">
         <v>5</v>
       </c>
       <c r="G9" s="72" t="s">
         <v>4</v>
       </c>
       <c r="H9" s="54" t="s">
         <v>26</v>
       </c>
       <c r="I9" s="54" t="s">
         <v>27</v>
       </c>
       <c r="J9" s="73" t="s">
@@ -8446,80 +8567,80 @@
       </c>
       <c r="U24" s="29">
         <v>133352.845</v>
       </c>
       <c r="V24" s="30">
         <v>1763.27</v>
       </c>
       <c r="X24" s="39"/>
       <c r="Y24" s="39"/>
       <c r="Z24" s="39"/>
       <c r="AA24" s="39"/>
     </row>
     <row r="25" spans="1:27" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B25" s="1"/>
     </row>
     <row r="26" spans="1:27" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B26" s="1"/>
     </row>
     <row r="27" spans="1:27" x14ac:dyDescent="0.2">
       <c r="B27" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="28" spans="1:27" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B28" s="6"/>
-      <c r="C28" s="106" t="s">
+      <c r="C28" s="103" t="s">
         <v>19</v>
       </c>
-      <c r="D28" s="106"/>
-[...2 lines deleted...]
-      <c r="G28" s="102" t="s">
+      <c r="D28" s="103"/>
+      <c r="E28" s="103"/>
+      <c r="F28" s="109"/>
+      <c r="G28" s="106" t="s">
         <v>25</v>
       </c>
-      <c r="H28" s="103"/>
-[...2 lines deleted...]
-      <c r="K28" s="105" t="s">
+      <c r="H28" s="107"/>
+      <c r="I28" s="107"/>
+      <c r="J28" s="108"/>
+      <c r="K28" s="104" t="s">
         <v>28</v>
       </c>
-      <c r="L28" s="106"/>
-[...2 lines deleted...]
-      <c r="O28" s="105" t="s">
+      <c r="L28" s="103"/>
+      <c r="M28" s="103"/>
+      <c r="N28" s="103"/>
+      <c r="O28" s="104" t="s">
         <v>29</v>
       </c>
-      <c r="P28" s="106"/>
-[...2 lines deleted...]
-      <c r="S28" s="106" t="s">
+      <c r="P28" s="103"/>
+      <c r="Q28" s="103"/>
+      <c r="R28" s="105"/>
+      <c r="S28" s="103" t="s">
         <v>30</v>
       </c>
-      <c r="T28" s="106"/>
-[...1 lines deleted...]
-      <c r="V28" s="106"/>
+      <c r="T28" s="103"/>
+      <c r="U28" s="103"/>
+      <c r="V28" s="103"/>
     </row>
     <row r="29" spans="1:27" ht="33.75" x14ac:dyDescent="0.2">
       <c r="B29" s="7"/>
       <c r="C29" s="8" t="s">
         <v>4</v>
       </c>
       <c r="D29" s="9" t="s">
         <v>26</v>
       </c>
       <c r="E29" s="9" t="s">
         <v>27</v>
       </c>
       <c r="F29" s="64" t="s">
         <v>5</v>
       </c>
       <c r="G29" s="72" t="s">
         <v>4</v>
       </c>
       <c r="H29" s="54" t="s">
         <v>26</v>
       </c>
       <c r="I29" s="54" t="s">
         <v>27</v>
       </c>
       <c r="J29" s="73" t="s">
@@ -9423,80 +9544,80 @@
       <c r="V44" s="30">
         <v>1114.548</v>
       </c>
     </row>
     <row r="45" spans="1:22" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B45" s="14"/>
       <c r="C45" s="15"/>
       <c r="D45" s="16"/>
       <c r="E45" s="16"/>
       <c r="F45" s="26"/>
     </row>
     <row r="46" spans="1:22" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B46" s="14"/>
       <c r="C46" s="15"/>
       <c r="D46" s="16"/>
       <c r="E46" s="16"/>
       <c r="F46" s="26"/>
     </row>
     <row r="47" spans="1:22" x14ac:dyDescent="0.2">
       <c r="B47" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="48" spans="1:22" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B48" s="6"/>
-      <c r="C48" s="106" t="s">
+      <c r="C48" s="103" t="s">
         <v>20</v>
       </c>
-      <c r="D48" s="106"/>
-[...2 lines deleted...]
-      <c r="G48" s="105" t="s">
+      <c r="D48" s="103"/>
+      <c r="E48" s="103"/>
+      <c r="F48" s="103"/>
+      <c r="G48" s="104" t="s">
         <v>21</v>
       </c>
-      <c r="H48" s="106"/>
-[...2 lines deleted...]
-      <c r="K48" s="105" t="s">
+      <c r="H48" s="103"/>
+      <c r="I48" s="103"/>
+      <c r="J48" s="103"/>
+      <c r="K48" s="104" t="s">
         <v>22</v>
       </c>
-      <c r="L48" s="106"/>
-[...2 lines deleted...]
-      <c r="O48" s="105" t="s">
+      <c r="L48" s="103"/>
+      <c r="M48" s="103"/>
+      <c r="N48" s="103"/>
+      <c r="O48" s="104" t="s">
         <v>23</v>
       </c>
-      <c r="P48" s="106"/>
-[...2 lines deleted...]
-      <c r="S48" s="106" t="s">
+      <c r="P48" s="103"/>
+      <c r="Q48" s="103"/>
+      <c r="R48" s="105"/>
+      <c r="S48" s="103" t="s">
         <v>24</v>
       </c>
-      <c r="T48" s="106"/>
-[...1 lines deleted...]
-      <c r="V48" s="106"/>
+      <c r="T48" s="103"/>
+      <c r="U48" s="103"/>
+      <c r="V48" s="103"/>
     </row>
     <row r="49" spans="1:22" ht="33.75" x14ac:dyDescent="0.2">
       <c r="B49" s="7"/>
       <c r="C49" s="8" t="s">
         <v>4</v>
       </c>
       <c r="D49" s="9" t="s">
         <v>26</v>
       </c>
       <c r="E49" s="9" t="s">
         <v>27</v>
       </c>
       <c r="F49" s="10" t="s">
         <v>5</v>
       </c>
       <c r="G49" s="40" t="s">
         <v>4</v>
       </c>
       <c r="H49" s="9" t="s">
         <v>26</v>
       </c>
       <c r="I49" s="9" t="s">
         <v>27</v>
       </c>
       <c r="J49" s="10" t="s">