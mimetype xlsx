--- v0 (2025-10-07)
+++ v1 (2025-11-19)
@@ -5,77 +5,80 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24334"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\261\MOST\Agregirana bilanca DMFI i Biltenske tablice\Biltenske tablice ENG serija od 12.2010\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{CB18C615-E9E4-4D0A-A3EC-50C136507ABB}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{75AFC5A4-D9CE-4FD6-9241-0EA1FE0D8887}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{4E5B8D32-77D0-4DF6-B0C9-C2DBCF61A03F}"/>
   </bookViews>
   <sheets>
     <sheet name="EUR" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
+    <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
+      <xlwcv:version setVersion="1"/>
+    </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="577" uniqueCount="45">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="580" uniqueCount="45">
   <si>
     <t>end of period, million EUR</t>
   </si>
   <si>
     <t xml:space="preserve">Year </t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t xml:space="preserve">Overnight deposits </t>
   </si>
   <si>
     <t>M1</t>
   </si>
   <si>
     <t>Deposits with agreed maturity up to 2 years</t>
   </si>
   <si>
     <t>Deposits redeemable at notice up to 3 months</t>
   </si>
   <si>
     <t>M2</t>
   </si>
   <si>
@@ -742,51 +745,51 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3E45D5E7-07FF-4A67-9E2B-9E249457D3D5}">
-  <dimension ref="B2:P185"/>
+  <dimension ref="B2:P186"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="7.28515625" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.7109375" style="1" customWidth="1"/>
     <col min="2" max="2" width="5.85546875" style="1" customWidth="1"/>
     <col min="3" max="3" width="9.85546875" style="1" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="1" customWidth="1"/>
     <col min="5" max="16" width="9.85546875" style="1" customWidth="1"/>
     <col min="17" max="16384" width="7.28515625" style="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B2" s="30" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="3" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B3" s="31" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="4" spans="2:16" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="5" spans="2:16" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
@@ -8807,96 +8810,141 @@
         <v>198.09752266999999</v>
       </c>
       <c r="J183" s="26">
         <v>2.5</v>
       </c>
       <c r="K183" s="26" t="s">
         <v>14</v>
       </c>
       <c r="L183" s="25">
         <v>72102.551563920002</v>
       </c>
       <c r="M183" s="23">
         <v>182.97045664999999</v>
       </c>
       <c r="N183" s="26">
         <v>1204.3750549700001</v>
       </c>
       <c r="O183" s="23" t="s">
         <v>14</v>
       </c>
       <c r="P183" s="25">
         <v>73489.897075539993</v>
       </c>
     </row>
     <row r="184" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B184" s="16"/>
-      <c r="C184" s="37" t="s">
+      <c r="B184" s="6"/>
+      <c r="C184" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="D184" s="17">
+      <c r="D184" s="23">
         <v>9669.6785350200007</v>
       </c>
-      <c r="E184" s="17">
+      <c r="E184" s="23">
         <v>47146.4905335</v>
       </c>
-      <c r="F184" s="17">
+      <c r="F184" s="23">
         <v>503.89719227000001</v>
       </c>
-      <c r="G184" s="18">
+      <c r="G184" s="25">
         <v>57320.066260790001</v>
       </c>
-      <c r="H184" s="17">
+      <c r="H184" s="23">
         <v>15897.898444799999</v>
       </c>
-      <c r="I184" s="17">
+      <c r="I184" s="23">
         <v>196.61189565999999</v>
       </c>
-      <c r="J184" s="17">
+      <c r="J184" s="26">
         <v>1.5</v>
       </c>
-      <c r="K184" s="17" t="s">
-[...2 lines deleted...]
-      <c r="L184" s="18">
+      <c r="K184" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="L184" s="25">
         <v>73416.076601249995</v>
       </c>
-      <c r="M184" s="17">
+      <c r="M184" s="23">
         <v>158.89477805999999</v>
       </c>
-      <c r="N184" s="17">
+      <c r="N184" s="26">
         <v>1238.8363889300001</v>
       </c>
-      <c r="O184" s="17" t="s">
-[...2 lines deleted...]
-      <c r="P184" s="18">
+      <c r="O184" s="23" t="s">
+        <v>14</v>
+      </c>
+      <c r="P184" s="25">
         <v>74813.807768240003</v>
       </c>
     </row>
     <row r="185" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B185" s="32"/>
+      <c r="B185" s="16"/>
+      <c r="C185" s="37" t="s">
+        <v>23</v>
+      </c>
+      <c r="D185" s="17">
+        <v>9810.1847243600005</v>
+      </c>
+      <c r="E185" s="17">
+        <v>47403.499554089998</v>
+      </c>
+      <c r="F185" s="17">
+        <v>504.79286436000001</v>
+      </c>
+      <c r="G185" s="18">
+        <v>57718.477142809999</v>
+      </c>
+      <c r="H185" s="17">
+        <v>15640.42868309</v>
+      </c>
+      <c r="I185" s="17">
+        <v>179.26102071</v>
+      </c>
+      <c r="J185" s="17">
+        <v>1.5</v>
+      </c>
+      <c r="K185" s="17" t="s">
+        <v>14</v>
+      </c>
+      <c r="L185" s="18">
+        <v>73539.666846609995</v>
+      </c>
+      <c r="M185" s="17">
+        <v>150.48984548999999</v>
+      </c>
+      <c r="N185" s="17">
+        <v>1267.1895764599999</v>
+      </c>
+      <c r="O185" s="17" t="s">
+        <v>14</v>
+      </c>
+      <c r="P185" s="18">
+        <v>74957.346268559995</v>
+      </c>
+    </row>
+    <row r="186" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B186" s="32"/>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="E6:F6"/>
     <mergeCell ref="H6:I6"/>
     <mergeCell ref="J6:K6"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Radni listovi</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>