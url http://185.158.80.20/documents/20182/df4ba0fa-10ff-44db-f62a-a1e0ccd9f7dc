--- v1 (2025-11-19)
+++ v2 (2025-12-20)
@@ -5,80 +5,80 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24334"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\261\MOST\Agregirana bilanca DMFI i Biltenske tablice\Biltenske tablice ENG serija od 12.2010\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{75AFC5A4-D9CE-4FD6-9241-0EA1FE0D8887}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{F6CA2C16-9DF1-43C4-B764-925068E8C05E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{4E5B8D32-77D0-4DF6-B0C9-C2DBCF61A03F}"/>
   </bookViews>
   <sheets>
     <sheet name="EUR" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="580" uniqueCount="45">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="583" uniqueCount="45">
   <si>
     <t>end of period, million EUR</t>
   </si>
   <si>
     <t xml:space="preserve">Year </t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t xml:space="preserve">Overnight deposits </t>
   </si>
   <si>
     <t>M1</t>
   </si>
   <si>
     <t>Deposits with agreed maturity up to 2 years</t>
   </si>
   <si>
     <t>Deposits redeemable at notice up to 3 months</t>
   </si>
   <si>
     <t>M2</t>
   </si>
   <si>
@@ -745,51 +745,51 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3E45D5E7-07FF-4A67-9E2B-9E249457D3D5}">
-  <dimension ref="B2:P186"/>
+  <dimension ref="B2:P187"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="7.28515625" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.7109375" style="1" customWidth="1"/>
     <col min="2" max="2" width="5.85546875" style="1" customWidth="1"/>
     <col min="3" max="3" width="9.85546875" style="1" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="1" customWidth="1"/>
     <col min="5" max="16" width="9.85546875" style="1" customWidth="1"/>
     <col min="17" max="16384" width="7.28515625" style="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B2" s="30" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="3" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B3" s="31" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="4" spans="2:16" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="5" spans="2:16" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
@@ -8855,96 +8855,141 @@
         <v>196.61189565999999</v>
       </c>
       <c r="J184" s="26">
         <v>1.5</v>
       </c>
       <c r="K184" s="26" t="s">
         <v>14</v>
       </c>
       <c r="L184" s="25">
         <v>73416.076601249995</v>
       </c>
       <c r="M184" s="23">
         <v>158.89477805999999</v>
       </c>
       <c r="N184" s="26">
         <v>1238.8363889300001</v>
       </c>
       <c r="O184" s="23" t="s">
         <v>14</v>
       </c>
       <c r="P184" s="25">
         <v>74813.807768240003</v>
       </c>
     </row>
     <row r="185" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B185" s="16"/>
-      <c r="C185" s="37" t="s">
+      <c r="B185" s="6"/>
+      <c r="C185" s="6" t="s">
         <v>23</v>
       </c>
-      <c r="D185" s="17">
+      <c r="D185" s="23">
         <v>9810.1847243600005</v>
       </c>
-      <c r="E185" s="17">
+      <c r="E185" s="23">
         <v>47403.499554089998</v>
       </c>
-      <c r="F185" s="17">
+      <c r="F185" s="23">
         <v>504.79286436000001</v>
       </c>
-      <c r="G185" s="18">
+      <c r="G185" s="25">
         <v>57718.477142809999</v>
       </c>
-      <c r="H185" s="17">
+      <c r="H185" s="23">
         <v>15640.42868309</v>
       </c>
-      <c r="I185" s="17">
+      <c r="I185" s="23">
         <v>179.26102071</v>
       </c>
-      <c r="J185" s="17">
+      <c r="J185" s="26">
         <v>1.5</v>
       </c>
-      <c r="K185" s="17" t="s">
-[...2 lines deleted...]
-      <c r="L185" s="18">
+      <c r="K185" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="L185" s="25">
         <v>73539.666846609995</v>
       </c>
-      <c r="M185" s="17">
+      <c r="M185" s="23">
         <v>150.48984548999999</v>
       </c>
-      <c r="N185" s="17">
+      <c r="N185" s="26">
         <v>1267.1895764599999</v>
       </c>
-      <c r="O185" s="17" t="s">
-[...2 lines deleted...]
-      <c r="P185" s="18">
+      <c r="O185" s="23" t="s">
+        <v>14</v>
+      </c>
+      <c r="P185" s="25">
         <v>74957.346268559995</v>
       </c>
     </row>
     <row r="186" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B186" s="32"/>
+      <c r="B186" s="16"/>
+      <c r="C186" s="37" t="s">
+        <v>24</v>
+      </c>
+      <c r="D186" s="17">
+        <v>9842.5785729599993</v>
+      </c>
+      <c r="E186" s="17">
+        <v>47328.273444960003</v>
+      </c>
+      <c r="F186" s="17">
+        <v>507.16335361</v>
+      </c>
+      <c r="G186" s="18">
+        <v>57678.015371529997</v>
+      </c>
+      <c r="H186" s="17">
+        <v>16102.08473416</v>
+      </c>
+      <c r="I186" s="17">
+        <v>172.66720814000001</v>
+      </c>
+      <c r="J186" s="17">
+        <v>1.5</v>
+      </c>
+      <c r="K186" s="17" t="s">
+        <v>14</v>
+      </c>
+      <c r="L186" s="18">
+        <v>73954.267313830002</v>
+      </c>
+      <c r="M186" s="17">
+        <v>118.71230541</v>
+      </c>
+      <c r="N186" s="17">
+        <v>1296.9925564800001</v>
+      </c>
+      <c r="O186" s="17" t="s">
+        <v>14</v>
+      </c>
+      <c r="P186" s="18">
+        <v>75369.972175720002</v>
+      </c>
+    </row>
+    <row r="187" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B187" s="32"/>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="E6:F6"/>
     <mergeCell ref="H6:I6"/>
     <mergeCell ref="J6:K6"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Radni listovi</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>