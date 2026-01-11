--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -5,80 +5,80 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24334"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\261\MOST\Agregirana bilanca DMFI i Biltenske tablice\Biltenske tablice ENG serija od 12.2010\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{F6CA2C16-9DF1-43C4-B764-925068E8C05E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{A6568090-4BE7-43A3-BDDA-F91A19F472D3}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{4E5B8D32-77D0-4DF6-B0C9-C2DBCF61A03F}"/>
   </bookViews>
   <sheets>
     <sheet name="EUR" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="583" uniqueCount="45">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="586" uniqueCount="45">
   <si>
     <t>end of period, million EUR</t>
   </si>
   <si>
     <t xml:space="preserve">Year </t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t xml:space="preserve">Overnight deposits </t>
   </si>
   <si>
     <t>M1</t>
   </si>
   <si>
     <t>Deposits with agreed maturity up to 2 years</t>
   </si>
   <si>
     <t>Deposits redeemable at notice up to 3 months</t>
   </si>
   <si>
     <t>M2</t>
   </si>
   <si>
@@ -745,51 +745,51 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3E45D5E7-07FF-4A67-9E2B-9E249457D3D5}">
-  <dimension ref="B2:P187"/>
+  <dimension ref="B2:P188"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="7.28515625" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.7109375" style="1" customWidth="1"/>
     <col min="2" max="2" width="5.85546875" style="1" customWidth="1"/>
     <col min="3" max="3" width="9.85546875" style="1" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="1" customWidth="1"/>
     <col min="5" max="16" width="9.85546875" style="1" customWidth="1"/>
     <col min="17" max="16384" width="7.28515625" style="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B2" s="30" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="3" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B3" s="31" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="4" spans="2:16" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="5" spans="2:16" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
@@ -8900,96 +8900,141 @@
         <v>179.26102071</v>
       </c>
       <c r="J185" s="26">
         <v>1.5</v>
       </c>
       <c r="K185" s="26" t="s">
         <v>14</v>
       </c>
       <c r="L185" s="25">
         <v>73539.666846609995</v>
       </c>
       <c r="M185" s="23">
         <v>150.48984548999999</v>
       </c>
       <c r="N185" s="26">
         <v>1267.1895764599999</v>
       </c>
       <c r="O185" s="23" t="s">
         <v>14</v>
       </c>
       <c r="P185" s="25">
         <v>74957.346268559995</v>
       </c>
     </row>
     <row r="186" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B186" s="16"/>
-      <c r="C186" s="37" t="s">
+      <c r="B186" s="6"/>
+      <c r="C186" s="6" t="s">
         <v>24</v>
       </c>
-      <c r="D186" s="17">
+      <c r="D186" s="23">
         <v>9842.5785729599993</v>
       </c>
-      <c r="E186" s="17">
+      <c r="E186" s="23">
         <v>47328.273444960003</v>
       </c>
-      <c r="F186" s="17">
+      <c r="F186" s="23">
         <v>507.16335361</v>
       </c>
-      <c r="G186" s="18">
+      <c r="G186" s="25">
         <v>57678.015371529997</v>
       </c>
-      <c r="H186" s="17">
+      <c r="H186" s="23">
         <v>16102.08473416</v>
       </c>
-      <c r="I186" s="17">
+      <c r="I186" s="23">
         <v>172.66720814000001</v>
       </c>
-      <c r="J186" s="17">
+      <c r="J186" s="26">
         <v>1.5</v>
       </c>
-      <c r="K186" s="17" t="s">
-[...2 lines deleted...]
-      <c r="L186" s="18">
+      <c r="K186" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="L186" s="25">
         <v>73954.267313830002</v>
       </c>
-      <c r="M186" s="17">
+      <c r="M186" s="23">
         <v>118.71230541</v>
       </c>
-      <c r="N186" s="17">
+      <c r="N186" s="26">
         <v>1296.9925564800001</v>
       </c>
-      <c r="O186" s="17" t="s">
-[...2 lines deleted...]
-      <c r="P186" s="18">
+      <c r="O186" s="23" t="s">
+        <v>14</v>
+      </c>
+      <c r="P186" s="25">
         <v>75369.972175720002</v>
       </c>
     </row>
     <row r="187" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B187" s="32"/>
+      <c r="B187" s="16"/>
+      <c r="C187" s="37" t="s">
+        <v>25</v>
+      </c>
+      <c r="D187" s="17">
+        <v>9889.3109493200009</v>
+      </c>
+      <c r="E187" s="17">
+        <v>47156.568243549998</v>
+      </c>
+      <c r="F187" s="17">
+        <v>512.4637563</v>
+      </c>
+      <c r="G187" s="18">
+        <v>57558.342949170001</v>
+      </c>
+      <c r="H187" s="17">
+        <v>16411.343876440002</v>
+      </c>
+      <c r="I187" s="17">
+        <v>177.81090513000001</v>
+      </c>
+      <c r="J187" s="17">
+        <v>1.5</v>
+      </c>
+      <c r="K187" s="17" t="s">
+        <v>14</v>
+      </c>
+      <c r="L187" s="18">
+        <v>74148.997730739997</v>
+      </c>
+      <c r="M187" s="17">
+        <v>157.40446795</v>
+      </c>
+      <c r="N187" s="17">
+        <v>1373.49907265</v>
+      </c>
+      <c r="O187" s="17" t="s">
+        <v>14</v>
+      </c>
+      <c r="P187" s="18">
+        <v>75679.901271340001</v>
+      </c>
+    </row>
+    <row r="188" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B188" s="32"/>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="E6:F6"/>
     <mergeCell ref="H6:I6"/>
     <mergeCell ref="J6:K6"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Radni listovi</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>