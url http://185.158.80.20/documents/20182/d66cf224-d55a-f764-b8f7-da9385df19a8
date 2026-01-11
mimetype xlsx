--- v0 (2025-10-07)
+++ v1 (2026-01-11)
@@ -1,299 +1,299 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="24334"/>
   <workbookPr filterPrivacy="1" codeName="ThisWorkbook"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{B3972F99-4360-41D9-BB37-E4123EF57339}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{0E6E025E-60C5-487C-BF47-7F8093F804BE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12576" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="PODACI EUR" sheetId="1" r:id="rId1"/>
-    <sheet name="PODACI HRK" sheetId="2" r:id="rId2"/>
+    <sheet name="DATA EUR" sheetId="1" r:id="rId1"/>
+    <sheet name="DATA HRK" sheetId="2" r:id="rId2"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
+    <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
+      <xlwcv:version setVersion="1"/>
+    </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="154" uniqueCount="74">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="153" uniqueCount="73">
   <si>
-    <t xml:space="preserve">Raščlamba odabranih stavki računa dobiti i gubitka kreditnih institucija </t>
+    <t>Breakdown of selected statement of profit or loss items of credit institutions</t>
   </si>
   <si>
-    <t>U tablici je prikazana raščlamba kamatnih prihoda i kamatnih rashoda prema ključnim instrumentima imovine i obveza te raščlamba odabranih instrumenata naknada i provizija, prema stanju na kraju tromjesečja.</t>
+    <t>This table shows a breakdown of interest income and interest expenses by key asset and liability instruments and a breakdown of selected fee and commission instruments, as at the end of the quarter.</t>
   </si>
   <si>
-    <t>Iznos (u tisućama kuna)</t>
+    <t>Amount (in thousand kuna)</t>
   </si>
   <si>
-    <t>31. 12. 2019. NR</t>
+    <t>2019*</t>
   </si>
   <si>
-    <t>31. 3. 2020. NP</t>
+    <t>March 2020</t>
   </si>
   <si>
-    <t>30. 6. 2020. NP</t>
+    <t>Interest income</t>
   </si>
   <si>
-    <t>Kamatni prihodi</t>
+    <t>Total</t>
   </si>
   <si>
-    <t>Ukupno</t>
+    <t>Derivatives – trading</t>
   </si>
   <si>
-    <t>Dužnički vrijednosni papiri</t>
+    <t>Debt securities</t>
   </si>
   <si>
-    <t>Krediti i predujmovi</t>
+    <t>Loans and advances</t>
   </si>
   <si>
-    <t>Središnje banke</t>
+    <t>Central banks</t>
   </si>
   <si>
-    <t>Opće države</t>
+    <t>General governments</t>
   </si>
   <si>
-    <t>Kreditne institucije</t>
+    <t>Credit institutions</t>
   </si>
   <si>
-    <t>Ostala financijska društva</t>
+    <t>Other financial corporations</t>
   </si>
   <si>
-    <t>Nefinancijska društva</t>
+    <t>Non-financial corporations</t>
   </si>
   <si>
-    <t>Kućanstva</t>
+    <t>Households</t>
   </si>
   <si>
-    <t>Ostali kamatni prihodi</t>
+    <t>Other interest income</t>
   </si>
   <si>
-    <t>Kamatni rashodi</t>
+    <t>Interest expenses</t>
   </si>
   <si>
-    <t xml:space="preserve">Depoziti </t>
+    <t>Deposits</t>
   </si>
   <si>
-    <t>Izdani dužnički vrijednosni papiri</t>
+    <t>Debt securities issued</t>
   </si>
   <si>
-    <t>Ostali kamatni rashodi</t>
+    <t>Other interest expenses</t>
   </si>
   <si>
-    <t>Prihodi od naknada i provizija</t>
+    <t>Fee and commission income</t>
   </si>
   <si>
-    <t xml:space="preserve">Prihodi od provizija i naknada za platni promet </t>
+    <t xml:space="preserve">Income from commissions and fees for payment transactions </t>
   </si>
   <si>
-    <t>Provizije i naknade za izdane akreditive i garancije</t>
+    <t>Commissions and fees for issued letters of credit and guarantees</t>
   </si>
   <si>
-    <t>Provizije i naknade po sklopljenim ugovorima za društva za osiguranje</t>
+    <t>Commissions and fees for concluded agreements for insurance corporations</t>
   </si>
   <si>
-    <t xml:space="preserve">Provizije i naknade po sklopljenim ugovorima za društva za upravljanje investicijskim fondovima </t>
+    <t>Commissions and fees for concluded agreements for investment fund management companies</t>
   </si>
   <si>
-    <t>Provizije i naknade za vođenje tekućeg računa i žiroračuna</t>
+    <t>Commissions and fees for managing current and giro accounts</t>
   </si>
   <si>
-    <t xml:space="preserve">Provizije i naknade vezane uz kreditne kartice  </t>
+    <t>Commissions and fees related to credit cards</t>
   </si>
   <si>
-    <t xml:space="preserve">Provizije i naknade za internetsko, telefonsko i mobilno bankarstvo te za potvrde putem SMS-a   </t>
+    <t>Commissions and fees for Internet, telephone or mobile banking and confirmations via text messages</t>
   </si>
   <si>
-    <t>Ostale provizije i naknade</t>
+    <t>Other fees and commissions</t>
   </si>
   <si>
-    <t>Rashodi od naknada i provizija</t>
+    <t>Fee and commission expenses</t>
   </si>
   <si>
-    <t>NP – nekonsolidirana privremena izvješća</t>
+    <t>* – audited data</t>
   </si>
   <si>
-    <t>NR – nekonsolidirana revidirana izvješća</t>
+    <t>.... – data not available</t>
   </si>
   <si>
-    <t>.... – ne raspolaže se podatkom</t>
+    <t>Note:</t>
   </si>
   <si>
-    <t>Napomena:</t>
+    <t>This table has been compiled based on the data reported by credit institutions to the Croatian National Bank. The responsibility for all the data given in the table lies with the reporting credit institutions. The sole purpose of this table is informative; it neither constitutes the official policy nor a supervisory guideline of the Croatian National Bank. All conclusions derived from the data provided are those of the users only and cannot be attributed to the Croatian National Bank.</t>
   </si>
   <si>
-    <t>Tablica je izrađena na osnovi podataka koje su kreditne institucije dostavile Hrvatskoj narodnoj banci. Za sve podatke sadržane u ovoj tablici odgovaraju kreditne institucije koje su ih dostavile. Namjena je ove tablice isključivo informativna i ona ne čini službenu politiku ili smjernicu nadzora Hrvatske narodne banke. Svi zaključci izvedeni iz danih informacija vlastiti su zaključci korisnika i ne mogu se pripisati Hrvatskoj narodnoj banci.</t>
+    <t>Data for the preceding two reference dates will be updated at each reporting date.</t>
   </si>
   <si>
-    <t>Pri svakoj će se objavi ažurirati podaci za prethodna dva referentna datuma.</t>
+    <t xml:space="preserve">June 2016 </t>
   </si>
   <si>
-    <t>30. 6. 2016. NP</t>
+    <t xml:space="preserve"> September 2016</t>
   </si>
   <si>
-    <t>30. 9. 2016. NP</t>
+    <t>2016*</t>
   </si>
   <si>
-    <t>31. 12. 2016. NR</t>
+    <t xml:space="preserve"> March 2017</t>
   </si>
   <si>
-    <t>31. 3. 2017. NP</t>
+    <t>June 2017</t>
   </si>
   <si>
-    <t>30. 6. 2017. NP</t>
+    <t>September 2017</t>
   </si>
   <si>
-    <t>30. 9. 2017. NP</t>
+    <t>2017*</t>
   </si>
   <si>
-    <t>31. 12. 2017. NR</t>
+    <t>March 2018</t>
   </si>
   <si>
-    <t>31. 3. 2018. NP</t>
+    <t>June 2018</t>
   </si>
   <si>
-    <t>30. 6. 2018. NP</t>
+    <t xml:space="preserve"> September 2018</t>
   </si>
   <si>
-    <t>30. 9. 2018. NP</t>
+    <t>2018*</t>
   </si>
   <si>
-    <t>31. 12. 2018. NR</t>
+    <t xml:space="preserve"> March 2019</t>
   </si>
   <si>
-    <t>31. 3. 2019. NP</t>
+    <t xml:space="preserve"> June 2019</t>
   </si>
   <si>
-    <t>30. 6. 2019. NP</t>
+    <t xml:space="preserve"> September 2019</t>
   </si>
   <si>
-    <t>30. 9. 2019. NP</t>
+    <t xml:space="preserve"> June 2020</t>
   </si>
   <si>
-    <t>30. 9. 2020. NP</t>
+    <t xml:space="preserve"> September 2020</t>
   </si>
   <si>
-    <t>Izvedenice ‒ trgovanje</t>
+    <t>2020*</t>
   </si>
   <si>
-    <t>31. 12. 2020 NR</t>
+    <t>March 2021</t>
   </si>
   <si>
-    <t>31. 3. 2021. NP</t>
+    <t xml:space="preserve"> June 2021</t>
   </si>
   <si>
-    <t>30. 6. 2021. NP</t>
+    <t xml:space="preserve"> September 2021</t>
   </si>
   <si>
-    <t>30. 9. 2021. NP</t>
+    <t>2021*</t>
   </si>
   <si>
-    <t>31. 12. 2021 NR</t>
+    <t>March 2022</t>
   </si>
   <si>
-    <t>31. 3. 2022. NP</t>
+    <t xml:space="preserve"> June 2022</t>
   </si>
   <si>
-    <t>30. 6. 2022. NP</t>
+    <t xml:space="preserve"> September 2022</t>
   </si>
   <si>
-    <t>30. 9. 2022. NP</t>
+    <t>Amount (in thousand euro)</t>
   </si>
   <si>
-    <t>Iznos (u tisućama eura)</t>
+    <t>2022*</t>
   </si>
   <si>
-    <t>31. 12. 2022 NR</t>
+    <t>March 2023</t>
   </si>
   <si>
-    <t>31. 12. 2022. NR</t>
+    <t xml:space="preserve"> June 2023</t>
   </si>
   <si>
-    <t>31. 3. 2023. NP</t>
+    <t xml:space="preserve"> September 2023</t>
   </si>
   <si>
-    <t>30. 6. 2023. NP</t>
+    <t>2023*</t>
   </si>
   <si>
-    <t>30. 9. 2023. NP</t>
+    <t>March 2024</t>
   </si>
   <si>
-    <t>31. 3. 2024. NP</t>
+    <t xml:space="preserve"> June 2024</t>
   </si>
   <si>
-    <t>31. 12. 2023. NR</t>
+    <t xml:space="preserve"> September 2024</t>
   </si>
   <si>
-    <t>30. 6. 2024. NP</t>
+    <t>March  2025</t>
   </si>
   <si>
-    <t>30. 9. 2024. NP</t>
+    <t>2024*</t>
   </si>
   <si>
-    <t>31. 12. 2024. NR</t>
+    <t xml:space="preserve"> June 2025</t>
   </si>
   <si>
-    <t>31. 3. 2025. NP</t>
-[...2 lines deleted...]
-    <t>30. 6. 2025. NP</t>
+    <t xml:space="preserve"> September 2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.0"/>
   </numFmts>
   <fonts count="10" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
@@ -321,63 +321,63 @@
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <b/>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <b/>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Arial"/>
+      <family val="2"/>
+      <charset val="238"/>
+    </font>
+    <font>
       <u/>
       <sz val="8"/>
       <color theme="8"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
-    </font>
-[...5 lines deleted...]
-      <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="5">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
@@ -397,132 +397,135 @@
       </top>
       <bottom style="thin">
         <color rgb="FFFF0000"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color rgb="FFFF0000"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="4">
+  <cellStyleXfs count="5">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="164" fontId="6" fillId="0" borderId="2" applyNumberFormat="0" applyFill="0" applyProtection="0">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="35">
+  <cellXfs count="36">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="2" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="2" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" indent="1"/>
     </xf>
     <xf numFmtId="3" fontId="3" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" indent="2"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="2" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="2" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="2" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="4" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="2" applyFont="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="4" applyFont="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="2" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="2" applyFont="1"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="2" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="3" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="3" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="3" fontId="3" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="6" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="7" fillId="2" borderId="2" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="4" applyFont="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="3" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1"/>
-[...1 lines deleted...]
-      <alignment horizontal="right"/>
+    <xf numFmtId="17" fontId="7" fillId="0" borderId="2" xfId="3" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="2" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="2" xfId="3" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
   </cellXfs>
-  <cellStyles count="4">
+  <cellStyles count="5">
     <cellStyle name="Naslov 1" xfId="1" builtinId="16"/>
     <cellStyle name="Normalno" xfId="0" builtinId="0"/>
-    <cellStyle name="Normalno 3" xfId="2" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
-    <cellStyle name="Zaglavlje" xfId="3" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
+    <cellStyle name="Normalno 2 3" xfId="4" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
+    <cellStyle name="Normalno 3" xfId="2" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
+    <cellStyle name="Zaglavlje" xfId="3" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema sustava Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
@@ -771,292 +774,283 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="List1">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="B1:AP60"/>
+  <dimension ref="B1:AN59"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
+    <sheetView showGridLines="0" tabSelected="1" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="10.199999999999999" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="2.7109375" style="1" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="40" max="16384" width="9.140625" style="1"/>
+    <col min="1" max="1" width="2.6640625" style="1" customWidth="1"/>
+    <col min="2" max="2" width="57.44140625" style="1" customWidth="1"/>
+    <col min="3" max="17" width="15.6640625" style="1" customWidth="1"/>
+    <col min="18" max="25" width="15.6640625" style="25" customWidth="1"/>
+    <col min="26" max="40" width="15.6640625" style="1" customWidth="1"/>
+    <col min="41" max="16384" width="9.109375" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:42" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
-    <row r="2" spans="2:42" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="1" spans="2:40" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="2" spans="2:40" ht="15.6" x14ac:dyDescent="0.3">
       <c r="B2" s="2" t="s">
         <v>0</v>
       </c>
-      <c r="AK2" s="33"/>
+      <c r="AK2" s="34"/>
       <c r="AL2" s="34"/>
       <c r="AM2" s="34"/>
       <c r="AN2" s="34"/>
-      <c r="AO2" s="34"/>
-[...2 lines deleted...]
-    <row r="3" spans="2:42" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+    </row>
+    <row r="3" spans="2:40" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B3" s="3"/>
-      <c r="AK3" s="33"/>
+      <c r="AK3" s="34"/>
       <c r="AL3" s="34"/>
       <c r="AM3" s="34"/>
       <c r="AN3" s="34"/>
-      <c r="AO3" s="34"/>
-[...2 lines deleted...]
-    <row r="4" spans="2:42" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+    </row>
+    <row r="4" spans="2:40" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B4" s="4" t="s">
         <v>1</v>
       </c>
-      <c r="AK4" s="33"/>
+      <c r="AK4" s="34"/>
       <c r="AL4" s="34"/>
       <c r="AM4" s="34"/>
       <c r="AN4" s="34"/>
-      <c r="AO4" s="34"/>
-[...2 lines deleted...]
-    <row r="5" spans="2:42" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+    </row>
+    <row r="5" spans="2:40" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B5" s="3"/>
-      <c r="AK5" s="33"/>
+      <c r="AK5" s="34"/>
       <c r="AL5" s="34"/>
       <c r="AM5" s="34"/>
       <c r="AN5" s="34"/>
-      <c r="AO5" s="34"/>
-[...2 lines deleted...]
-    <row r="6" spans="2:42" x14ac:dyDescent="0.2">
+    </row>
+    <row r="6" spans="2:40" x14ac:dyDescent="0.2">
       <c r="B6" s="5" t="s">
+        <v>60</v>
+      </c>
+      <c r="AK6" s="34"/>
+      <c r="AL6" s="34"/>
+      <c r="AM6" s="34"/>
+      <c r="AN6" s="34"/>
+    </row>
+    <row r="7" spans="2:40" s="31" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B7" s="6"/>
+      <c r="C7" s="32" t="s">
+        <v>36</v>
+      </c>
+      <c r="D7" s="33" t="s">
+        <v>37</v>
+      </c>
+      <c r="E7" s="6" t="s">
+        <v>38</v>
+      </c>
+      <c r="F7" s="32" t="s">
+        <v>39</v>
+      </c>
+      <c r="G7" s="32" t="s">
+        <v>40</v>
+      </c>
+      <c r="H7" s="32" t="s">
+        <v>41</v>
+      </c>
+      <c r="I7" s="6" t="s">
+        <v>42</v>
+      </c>
+      <c r="J7" s="32" t="s">
+        <v>43</v>
+      </c>
+      <c r="K7" s="32" t="s">
+        <v>44</v>
+      </c>
+      <c r="L7" s="32" t="s">
+        <v>45</v>
+      </c>
+      <c r="M7" s="6" t="s">
+        <v>46</v>
+      </c>
+      <c r="N7" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="O7" s="32" t="s">
+        <v>48</v>
+      </c>
+      <c r="P7" s="32" t="s">
+        <v>49</v>
+      </c>
+      <c r="Q7" s="32" t="s">
+        <v>3</v>
+      </c>
+      <c r="R7" s="32" t="s">
+        <v>4</v>
+      </c>
+      <c r="S7" s="32" t="s">
+        <v>50</v>
+      </c>
+      <c r="T7" s="32" t="s">
+        <v>51</v>
+      </c>
+      <c r="U7" s="32" t="s">
+        <v>52</v>
+      </c>
+      <c r="V7" s="32" t="s">
+        <v>53</v>
+      </c>
+      <c r="W7" s="32" t="s">
+        <v>54</v>
+      </c>
+      <c r="X7" s="32" t="s">
+        <v>55</v>
+      </c>
+      <c r="Y7" s="32" t="s">
+        <v>56</v>
+      </c>
+      <c r="Z7" s="32" t="s">
+        <v>57</v>
+      </c>
+      <c r="AA7" s="32" t="s">
+        <v>58</v>
+      </c>
+      <c r="AB7" s="32" t="s">
+        <v>59</v>
+      </c>
+      <c r="AC7" s="32" t="s">
         <v>61</v>
       </c>
-    </row>
-[...80 lines deleted...]
-      <c r="AC7" s="7" t="s">
+      <c r="AD7" s="32" t="s">
+        <v>62</v>
+      </c>
+      <c r="AE7" s="32" t="s">
         <v>63</v>
       </c>
-      <c r="AD7" s="31" t="s">
+      <c r="AF7" s="32" t="s">
         <v>64</v>
       </c>
-      <c r="AE7" s="31" t="s">
+      <c r="AG7" s="32" t="s">
         <v>65</v>
       </c>
-      <c r="AF7" s="7" t="s">
+      <c r="AH7" s="32" t="s">
         <v>66</v>
       </c>
-      <c r="AG7" s="7" t="s">
+      <c r="AI7" s="32" t="s">
+        <v>67</v>
+      </c>
+      <c r="AJ7" s="32" t="s">
         <v>68</v>
       </c>
-      <c r="AH7" s="7" t="s">
-[...2 lines deleted...]
-      <c r="AI7" s="7" t="s">
+      <c r="AK7" s="35" t="s">
+        <v>70</v>
+      </c>
+      <c r="AL7" s="32" t="s">
         <v>69</v>
       </c>
-      <c r="AJ7" s="7" t="s">
-[...2 lines deleted...]
-      <c r="AK7" s="7" t="s">
+      <c r="AM7" s="32" t="s">
         <v>71</v>
       </c>
-      <c r="AL7" s="7" t="s">
+      <c r="AN7" s="32" t="s">
         <v>72</v>
       </c>
-      <c r="AM7" s="7" t="s">
-[...3 lines deleted...]
-    <row r="8" spans="2:42" x14ac:dyDescent="0.2">
+    </row>
+    <row r="8" spans="2:40" x14ac:dyDescent="0.2">
       <c r="C8" s="25"/>
       <c r="D8" s="25"/>
       <c r="E8" s="25"/>
       <c r="F8" s="25"/>
       <c r="G8" s="25"/>
       <c r="H8" s="25"/>
       <c r="I8" s="25"/>
       <c r="J8" s="25"/>
       <c r="K8" s="25"/>
       <c r="L8" s="25"/>
       <c r="M8" s="25"/>
       <c r="N8" s="25"/>
       <c r="O8" s="25"/>
       <c r="P8" s="25"/>
       <c r="Q8" s="25"/>
       <c r="Z8" s="25"/>
       <c r="AA8" s="25"/>
       <c r="AB8" s="25"/>
       <c r="AC8" s="25"/>
       <c r="AD8" s="25"/>
       <c r="AE8" s="25"/>
       <c r="AF8" s="25"/>
       <c r="AG8" s="25"/>
       <c r="AH8" s="25"/>
       <c r="AI8" s="25"/>
-      <c r="AJ8" s="25"/>
-[...6 lines deleted...]
-        <v>6</v>
+    </row>
+    <row r="9" spans="2:40" x14ac:dyDescent="0.2">
+      <c r="B9" s="7" t="s">
+        <v>5</v>
       </c>
       <c r="C9" s="25"/>
       <c r="D9" s="25"/>
       <c r="E9" s="25"/>
       <c r="F9" s="25"/>
       <c r="G9" s="25"/>
       <c r="H9" s="25"/>
       <c r="I9" s="25"/>
       <c r="J9" s="25"/>
       <c r="K9" s="25"/>
       <c r="L9" s="25"/>
       <c r="M9" s="25"/>
       <c r="N9" s="25"/>
       <c r="O9" s="25"/>
       <c r="P9" s="25"/>
       <c r="Q9" s="25"/>
       <c r="Z9" s="25"/>
       <c r="AA9" s="25"/>
       <c r="AB9" s="25"/>
       <c r="AC9" s="25"/>
       <c r="AD9" s="25"/>
       <c r="AE9" s="25"/>
       <c r="AF9" s="25"/>
       <c r="AG9" s="25"/>
       <c r="AH9" s="25"/>
       <c r="AI9" s="25"/>
-      <c r="AJ9" s="25"/>
-[...6 lines deleted...]
-        <v>7</v>
+    </row>
+    <row r="10" spans="2:40" x14ac:dyDescent="0.2">
+      <c r="B10" s="7" t="s">
+        <v>6</v>
       </c>
       <c r="C10" s="26">
         <v>1144233.9879999999</v>
       </c>
       <c r="D10" s="26">
         <v>1697975.7450000001</v>
       </c>
       <c r="E10" s="26">
         <v>2234121.86</v>
       </c>
       <c r="F10" s="26">
         <v>519536.3</v>
       </c>
       <c r="G10" s="26">
         <v>1019621.117</v>
       </c>
       <c r="H10" s="26">
         <v>1507473.7879999999</v>
       </c>
       <c r="I10" s="26">
         <v>1987867.862</v>
       </c>
       <c r="J10" s="26">
         <v>452433.65299999999</v>
       </c>
@@ -1125,54 +1119,57 @@
       </c>
       <c r="AF10" s="26">
         <v>1913638.96</v>
       </c>
       <c r="AG10" s="26">
         <v>2681786.733</v>
       </c>
       <c r="AH10" s="26">
         <v>784236.47400000005</v>
       </c>
       <c r="AI10" s="26">
         <v>1566277.9169999999</v>
       </c>
       <c r="AJ10" s="26">
         <v>2369904.4780000001</v>
       </c>
       <c r="AK10" s="26">
         <v>3172457.2230000002</v>
       </c>
       <c r="AL10" s="26">
         <v>751989.67099999997</v>
       </c>
       <c r="AM10" s="26">
         <v>1484594.0560000001</v>
       </c>
-    </row>
-[...2 lines deleted...]
-        <v>52</v>
+      <c r="AN10" s="26">
+        <v>2237165.7080000001</v>
+      </c>
+    </row>
+    <row r="11" spans="2:40" x14ac:dyDescent="0.2">
+      <c r="B11" s="8" t="s">
+        <v>7</v>
       </c>
       <c r="C11" s="27">
         <v>102808.398</v>
       </c>
       <c r="D11" s="27">
         <v>154149.61600000001</v>
       </c>
       <c r="E11" s="27">
         <v>207205.27600000001</v>
       </c>
       <c r="F11" s="27">
         <v>50208.947</v>
       </c>
       <c r="G11" s="27">
         <v>93130.323999999993</v>
       </c>
       <c r="H11" s="27">
         <v>132060.913</v>
       </c>
       <c r="I11" s="27">
         <v>166708.476</v>
       </c>
       <c r="J11" s="27">
         <v>39138.332999999999</v>
       </c>
@@ -1241,53 +1238,56 @@
       </c>
       <c r="AF11" s="27">
         <v>46629.673999999999</v>
       </c>
       <c r="AG11" s="27">
         <v>64153.067999999999</v>
       </c>
       <c r="AH11" s="27">
         <v>19050.635999999999</v>
       </c>
       <c r="AI11" s="27">
         <v>36533.997000000003</v>
       </c>
       <c r="AJ11" s="27">
         <v>52719.815999999999</v>
       </c>
       <c r="AK11" s="27">
         <v>66260.684999999998</v>
       </c>
       <c r="AL11" s="27">
         <v>13466.752</v>
       </c>
       <c r="AM11" s="27">
         <v>25823.136999999999</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B12" s="9" t="s">
+      <c r="AN11" s="27">
+        <v>36094.53</v>
+      </c>
+    </row>
+    <row r="12" spans="2:40" x14ac:dyDescent="0.2">
+      <c r="B12" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C12" s="27">
         <v>81688.620999999999</v>
       </c>
       <c r="D12" s="27">
         <v>125994.948</v>
       </c>
       <c r="E12" s="27">
         <v>168030.242</v>
       </c>
       <c r="F12" s="27">
         <v>37801.669000000002</v>
       </c>
       <c r="G12" s="27">
         <v>70139.828999999998</v>
       </c>
       <c r="H12" s="27">
         <v>102862.113</v>
       </c>
       <c r="I12" s="27">
         <v>132425.337</v>
       </c>
       <c r="J12" s="27">
         <v>31526.789000000001</v>
@@ -1357,53 +1357,56 @@
       </c>
       <c r="AF12" s="27">
         <v>141902.55300000001</v>
       </c>
       <c r="AG12" s="27">
         <v>202380.1</v>
       </c>
       <c r="AH12" s="27">
         <v>66611.812999999995</v>
       </c>
       <c r="AI12" s="27">
         <v>134955.514</v>
       </c>
       <c r="AJ12" s="27">
         <v>208353.37700000001</v>
       </c>
       <c r="AK12" s="27">
         <v>288883.15899999999</v>
       </c>
       <c r="AL12" s="27">
         <v>87922.803</v>
       </c>
       <c r="AM12" s="27">
         <v>193329.481</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B13" s="9" t="s">
+      <c r="AN12" s="27">
+        <v>315438.07900000003</v>
+      </c>
+    </row>
+    <row r="13" spans="2:40" x14ac:dyDescent="0.2">
+      <c r="B13" s="8" t="s">
         <v>9</v>
       </c>
       <c r="C13" s="27">
         <v>953897.38800000004</v>
       </c>
       <c r="D13" s="27">
         <v>1410094.821</v>
       </c>
       <c r="E13" s="27">
         <v>1851936.814</v>
       </c>
       <c r="F13" s="27">
         <v>429278.609</v>
       </c>
       <c r="G13" s="27">
         <v>852681.522</v>
       </c>
       <c r="H13" s="27">
         <v>1267761.6569999999</v>
       </c>
       <c r="I13" s="27">
         <v>1683017.476</v>
       </c>
       <c r="J13" s="27">
         <v>378658.83199999999</v>
@@ -1473,53 +1476,56 @@
       </c>
       <c r="AF13" s="27">
         <v>1351328.852</v>
       </c>
       <c r="AG13" s="27">
         <v>1871147.2439999999</v>
       </c>
       <c r="AH13" s="27">
         <v>518191.04</v>
       </c>
       <c r="AI13" s="27">
         <v>1057967.9879999999</v>
       </c>
       <c r="AJ13" s="27">
         <v>1618388.26</v>
       </c>
       <c r="AK13" s="27">
         <v>2173631.98</v>
       </c>
       <c r="AL13" s="27">
         <v>524749.58900000004</v>
       </c>
       <c r="AM13" s="27">
         <v>1053460.0519999999</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B14" s="11" t="s">
+      <c r="AN13" s="27">
+        <v>1595262.4339999999</v>
+      </c>
+    </row>
+    <row r="14" spans="2:40" x14ac:dyDescent="0.2">
+      <c r="B14" s="10" t="s">
         <v>10</v>
       </c>
       <c r="C14" s="27">
         <v>7.6999999999999999E-2</v>
       </c>
       <c r="D14" s="27">
         <v>0.20899999999999999</v>
       </c>
       <c r="E14" s="27">
         <v>0.21</v>
       </c>
       <c r="F14" s="27">
         <v>90.831999999999994</v>
       </c>
       <c r="G14" s="27">
         <v>90.832999999999998</v>
       </c>
       <c r="H14" s="27">
         <v>90.888999999999996</v>
       </c>
       <c r="I14" s="27">
         <v>90.832999999999998</v>
       </c>
       <c r="J14" s="27">
         <v>15.561999999999999</v>
@@ -1589,53 +1595,56 @@
       </c>
       <c r="AF14" s="27">
         <v>5296.33</v>
       </c>
       <c r="AG14" s="27">
         <v>6474.7879999999996</v>
       </c>
       <c r="AH14" s="27">
         <v>146.697</v>
       </c>
       <c r="AI14" s="27">
         <v>1887.5609999999999</v>
       </c>
       <c r="AJ14" s="27">
         <v>15073.491</v>
       </c>
       <c r="AK14" s="27">
         <v>26505.769</v>
       </c>
       <c r="AL14" s="27">
         <v>96.959000000000003</v>
       </c>
       <c r="AM14" s="27">
         <v>112.28</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B15" s="11" t="s">
+      <c r="AN14" s="27">
+        <v>102.384</v>
+      </c>
+    </row>
+    <row r="15" spans="2:40" x14ac:dyDescent="0.2">
+      <c r="B15" s="10" t="s">
         <v>11</v>
       </c>
       <c r="C15" s="27">
         <v>150364.541</v>
       </c>
       <c r="D15" s="27">
         <v>222276.01699999999</v>
       </c>
       <c r="E15" s="27">
         <v>301833.01699999999</v>
       </c>
       <c r="F15" s="27">
         <v>66299.536999999997</v>
       </c>
       <c r="G15" s="27">
         <v>132041.97200000001</v>
       </c>
       <c r="H15" s="27">
         <v>196397.908</v>
       </c>
       <c r="I15" s="27">
         <v>258751.33499999999</v>
       </c>
       <c r="J15" s="27">
         <v>45834.493999999999</v>
@@ -1705,53 +1714,56 @@
       </c>
       <c r="AF15" s="27">
         <v>160139.28</v>
       </c>
       <c r="AG15" s="27">
         <v>220433.698</v>
       </c>
       <c r="AH15" s="27">
         <v>58592.978999999999</v>
       </c>
       <c r="AI15" s="27">
         <v>115189.81299999999</v>
       </c>
       <c r="AJ15" s="27">
         <v>170559.34099999999</v>
       </c>
       <c r="AK15" s="27">
         <v>221073.003</v>
       </c>
       <c r="AL15" s="27">
         <v>43687.964999999997</v>
       </c>
       <c r="AM15" s="27">
         <v>83607.921000000002</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B16" s="11" t="s">
+      <c r="AN15" s="27">
+        <v>122177.288</v>
+      </c>
+    </row>
+    <row r="16" spans="2:40" x14ac:dyDescent="0.2">
+      <c r="B16" s="10" t="s">
         <v>12</v>
       </c>
       <c r="C16" s="27">
         <v>5526.8829999999998</v>
       </c>
       <c r="D16" s="27">
         <v>7656.4219999999996</v>
       </c>
       <c r="E16" s="27">
         <v>10414.984</v>
       </c>
       <c r="F16" s="27">
         <v>3354.5410000000002</v>
       </c>
       <c r="G16" s="27">
         <v>6298.8829999999998</v>
       </c>
       <c r="H16" s="27">
         <v>38495.589999999997</v>
       </c>
       <c r="I16" s="27">
         <v>13676.472</v>
       </c>
       <c r="J16" s="27">
         <v>3912.665</v>
@@ -1821,53 +1833,56 @@
       </c>
       <c r="AF16" s="27">
         <v>178687.27600000001</v>
       </c>
       <c r="AG16" s="27">
         <v>252496.53099999999</v>
       </c>
       <c r="AH16" s="27">
         <v>67793.843999999997</v>
       </c>
       <c r="AI16" s="27">
         <v>133477.06700000001</v>
       </c>
       <c r="AJ16" s="27">
         <v>199253.51300000001</v>
       </c>
       <c r="AK16" s="27">
         <v>253958.21599999999</v>
       </c>
       <c r="AL16" s="27">
         <v>45456.321000000004</v>
       </c>
       <c r="AM16" s="27">
         <v>89817.44</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B17" s="11" t="s">
+      <c r="AN16" s="27">
+        <v>143160.99</v>
+      </c>
+    </row>
+    <row r="17" spans="2:40" x14ac:dyDescent="0.2">
+      <c r="B17" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="27">
         <v>7904.5339999999997</v>
       </c>
       <c r="D17" s="27">
         <v>11005.259</v>
       </c>
       <c r="E17" s="27">
         <v>16797.487000000001</v>
       </c>
       <c r="F17" s="27">
         <v>3520.6089999999999</v>
       </c>
       <c r="G17" s="27">
         <v>6691.5010000000002</v>
       </c>
       <c r="H17" s="27">
         <v>10598.531000000001</v>
       </c>
       <c r="I17" s="27">
         <v>14087.743</v>
       </c>
       <c r="J17" s="27">
         <v>2286.7190000000001</v>
@@ -1937,53 +1952,56 @@
       </c>
       <c r="AF17" s="27">
         <v>10546.286</v>
       </c>
       <c r="AG17" s="27">
         <v>14769.874</v>
       </c>
       <c r="AH17" s="27">
         <v>4540.607</v>
       </c>
       <c r="AI17" s="27">
         <v>9207.0660000000007</v>
       </c>
       <c r="AJ17" s="27">
         <v>13620.986000000001</v>
       </c>
       <c r="AK17" s="27">
         <v>20832.498</v>
       </c>
       <c r="AL17" s="27">
         <v>4755.9229999999998</v>
       </c>
       <c r="AM17" s="27">
         <v>9839.9660000000003</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B18" s="11" t="s">
+      <c r="AN17" s="27">
+        <v>14834.325000000001</v>
+      </c>
+    </row>
+    <row r="18" spans="2:40" x14ac:dyDescent="0.2">
+      <c r="B18" s="10" t="s">
         <v>14</v>
       </c>
       <c r="C18" s="27">
         <v>266070.98800000001</v>
       </c>
       <c r="D18" s="27">
         <v>391066.24200000003</v>
       </c>
       <c r="E18" s="27">
         <v>493199.95699999999</v>
       </c>
       <c r="F18" s="27">
         <v>113617.64200000001</v>
       </c>
       <c r="G18" s="27">
         <v>221656.23499999999</v>
       </c>
       <c r="H18" s="27">
         <v>329597.70299999998</v>
       </c>
       <c r="I18" s="27">
         <v>429738.97600000002</v>
       </c>
       <c r="J18" s="27">
         <v>96474.456999999995</v>
@@ -2053,53 +2071,56 @@
       </c>
       <c r="AF18" s="27">
         <v>380905.51</v>
       </c>
       <c r="AG18" s="27">
         <v>538602.03500000003</v>
       </c>
       <c r="AH18" s="27">
         <v>157884.39499999999</v>
       </c>
       <c r="AI18" s="27">
         <v>329809.30699999997</v>
       </c>
       <c r="AJ18" s="27">
         <v>502550.45199999999</v>
       </c>
       <c r="AK18" s="27">
         <v>671410.90599999996</v>
       </c>
       <c r="AL18" s="27">
         <v>163512.08600000001</v>
       </c>
       <c r="AM18" s="27">
         <v>328481.22600000002</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B19" s="11" t="s">
+      <c r="AN18" s="27">
+        <v>492232.41499999998</v>
+      </c>
+    </row>
+    <row r="19" spans="2:40" x14ac:dyDescent="0.2">
+      <c r="B19" s="10" t="s">
         <v>15</v>
       </c>
       <c r="C19" s="27">
         <v>524030.36499999999</v>
       </c>
       <c r="D19" s="27">
         <v>778090.67200000002</v>
       </c>
       <c r="E19" s="27">
         <v>1029691.16</v>
       </c>
       <c r="F19" s="27">
         <v>242395.44899999999</v>
       </c>
       <c r="G19" s="27">
         <v>485902.09700000001</v>
       </c>
       <c r="H19" s="27">
         <v>692581.03500000003</v>
       </c>
       <c r="I19" s="27">
         <v>966672.11699999997</v>
       </c>
       <c r="J19" s="27">
         <v>230134.93599999999</v>
@@ -2169,53 +2190,56 @@
       </c>
       <c r="AF19" s="27">
         <v>615754.16899999999</v>
       </c>
       <c r="AG19" s="27">
         <v>838370.31799999997</v>
       </c>
       <c r="AH19" s="27">
         <v>229232.51800000001</v>
       </c>
       <c r="AI19" s="27">
         <v>468397.174</v>
       </c>
       <c r="AJ19" s="27">
         <v>717330.47600000002</v>
       </c>
       <c r="AK19" s="27">
         <v>979851.58799999999</v>
       </c>
       <c r="AL19" s="27">
         <v>267240.33600000001</v>
       </c>
       <c r="AM19" s="27">
         <v>541601.21900000004</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B20" s="12" t="s">
+      <c r="AN19" s="27">
+        <v>822755.03300000005</v>
+      </c>
+    </row>
+    <row r="20" spans="2:40" x14ac:dyDescent="0.2">
+      <c r="B20" s="11" t="s">
         <v>16</v>
       </c>
       <c r="C20" s="28">
         <v>5839.5810000000001</v>
       </c>
       <c r="D20" s="28">
         <v>7736.3609999999999</v>
       </c>
       <c r="E20" s="28">
         <v>6949.5280000000002</v>
       </c>
       <c r="F20" s="28">
         <v>2247.076</v>
       </c>
       <c r="G20" s="28">
         <v>3669.4430000000002</v>
       </c>
       <c r="H20" s="28">
         <v>4789.1049999999996</v>
       </c>
       <c r="I20" s="28">
         <v>5716.5720000000001</v>
       </c>
       <c r="J20" s="28">
         <v>3109.6990000000001</v>
@@ -2285,136 +2309,141 @@
       </c>
       <c r="AF20" s="28">
         <v>373777.88099999982</v>
       </c>
       <c r="AG20" s="28">
         <v>544106.321</v>
       </c>
       <c r="AH20" s="28">
         <v>180382.98500000004</v>
       </c>
       <c r="AI20" s="28">
         <v>336820.41800000006</v>
       </c>
       <c r="AJ20" s="28">
         <v>490443.02500000002</v>
       </c>
       <c r="AK20" s="28">
         <v>643681.39900000021</v>
       </c>
       <c r="AL20" s="28">
         <v>125850.527</v>
       </c>
       <c r="AM20" s="28">
         <v>211981.38600000017</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B21" s="11"/>
+      <c r="AN20" s="28">
+        <v>290370.6650000005</v>
+      </c>
+    </row>
+    <row r="21" spans="2:40" x14ac:dyDescent="0.2">
+      <c r="B21" s="10"/>
       <c r="C21" s="27"/>
       <c r="D21" s="27"/>
       <c r="E21" s="27"/>
       <c r="F21" s="27"/>
       <c r="G21" s="27"/>
       <c r="H21" s="27"/>
       <c r="I21" s="27"/>
       <c r="J21" s="27"/>
       <c r="K21" s="27"/>
       <c r="L21" s="27"/>
       <c r="M21" s="27"/>
       <c r="N21" s="27"/>
       <c r="O21" s="27"/>
       <c r="P21" s="27"/>
       <c r="Q21" s="27"/>
       <c r="R21" s="27"/>
       <c r="S21" s="27"/>
       <c r="T21" s="27"/>
       <c r="U21" s="27"/>
       <c r="V21" s="27"/>
       <c r="W21" s="27"/>
       <c r="X21" s="27"/>
       <c r="Y21" s="27"/>
       <c r="Z21" s="27"/>
       <c r="AA21" s="27"/>
       <c r="AB21" s="27"/>
       <c r="AC21" s="27"/>
       <c r="AD21" s="27"/>
       <c r="AE21" s="27"/>
       <c r="AF21" s="27"/>
       <c r="AG21" s="27"/>
       <c r="AH21" s="27"/>
       <c r="AI21" s="27"/>
       <c r="AJ21" s="27"/>
       <c r="AK21" s="27"/>
       <c r="AL21" s="27"/>
       <c r="AM21" s="27"/>
-    </row>
-[...1 lines deleted...]
-      <c r="B22" s="8" t="s">
+      <c r="AN21" s="27"/>
+    </row>
+    <row r="22" spans="2:40" x14ac:dyDescent="0.2">
+      <c r="B22" s="7" t="s">
         <v>17</v>
       </c>
       <c r="C22" s="27"/>
       <c r="D22" s="27"/>
       <c r="E22" s="27"/>
       <c r="F22" s="27"/>
       <c r="G22" s="27"/>
       <c r="H22" s="27"/>
       <c r="I22" s="27"/>
       <c r="J22" s="27"/>
       <c r="K22" s="27"/>
       <c r="L22" s="27"/>
       <c r="M22" s="27"/>
       <c r="N22" s="27"/>
       <c r="O22" s="27"/>
       <c r="P22" s="27"/>
       <c r="Q22" s="27"/>
       <c r="R22" s="27"/>
       <c r="S22" s="27"/>
       <c r="T22" s="27"/>
       <c r="U22" s="27"/>
       <c r="V22" s="27"/>
       <c r="W22" s="27"/>
       <c r="X22" s="27"/>
       <c r="Y22" s="27"/>
       <c r="Z22" s="27"/>
       <c r="AA22" s="27"/>
       <c r="AB22" s="27"/>
       <c r="AC22" s="27"/>
       <c r="AD22" s="27"/>
       <c r="AE22" s="27"/>
       <c r="AF22" s="27"/>
       <c r="AG22" s="27"/>
       <c r="AH22" s="27"/>
       <c r="AI22" s="27"/>
       <c r="AJ22" s="27"/>
       <c r="AK22" s="27"/>
       <c r="AL22" s="27"/>
       <c r="AM22" s="27"/>
-    </row>
-[...2 lines deleted...]
-        <v>7</v>
+      <c r="AN22" s="27"/>
+    </row>
+    <row r="23" spans="2:40" x14ac:dyDescent="0.2">
+      <c r="B23" s="7" t="s">
+        <v>6</v>
       </c>
       <c r="C23" s="26">
         <v>413346.565</v>
       </c>
       <c r="D23" s="26">
         <v>598991.73600000003</v>
       </c>
       <c r="E23" s="26">
         <v>779067.52099999995</v>
       </c>
       <c r="F23" s="26">
         <v>153540.098</v>
       </c>
       <c r="G23" s="26">
         <v>285923.94300000003</v>
       </c>
       <c r="H23" s="26">
         <v>411203.03</v>
       </c>
       <c r="I23" s="26">
         <v>526265.92299999995</v>
       </c>
       <c r="J23" s="26">
         <v>106360.995</v>
       </c>
@@ -2483,54 +2512,57 @@
       </c>
       <c r="AF23" s="26">
         <v>342548.17700000003</v>
       </c>
       <c r="AG23" s="26">
         <v>510149.49</v>
       </c>
       <c r="AH23" s="26">
         <v>204010.66399999999</v>
       </c>
       <c r="AI23" s="26">
         <v>416356.62599999999</v>
       </c>
       <c r="AJ23" s="26">
         <v>639775.72100000002</v>
       </c>
       <c r="AK23" s="26">
         <v>860350.51699999999</v>
       </c>
       <c r="AL23" s="26">
         <v>197097.508</v>
       </c>
       <c r="AM23" s="26">
         <v>383974.364</v>
       </c>
-    </row>
-[...2 lines deleted...]
-        <v>52</v>
+      <c r="AN23" s="26">
+        <v>581375.93500000006</v>
+      </c>
+    </row>
+    <row r="24" spans="2:40" x14ac:dyDescent="0.2">
+      <c r="B24" s="8" t="s">
+        <v>7</v>
       </c>
       <c r="C24" s="27">
         <v>92096.781000000003</v>
       </c>
       <c r="D24" s="27">
         <v>138223.96299999999</v>
       </c>
       <c r="E24" s="27">
         <v>186705.122</v>
       </c>
       <c r="F24" s="27">
         <v>46355.83</v>
       </c>
       <c r="G24" s="27">
         <v>85308.131999999998</v>
       </c>
       <c r="H24" s="27">
         <v>124088.19500000001</v>
       </c>
       <c r="I24" s="27">
         <v>161137.652</v>
       </c>
       <c r="J24" s="27">
         <v>36789.055999999997</v>
       </c>
@@ -2599,53 +2631,56 @@
       </c>
       <c r="AF24" s="27">
         <v>128970.103</v>
       </c>
       <c r="AG24" s="27">
         <v>165736.573</v>
       </c>
       <c r="AH24" s="27">
         <v>31983.205000000002</v>
       </c>
       <c r="AI24" s="27">
         <v>55831.213000000003</v>
       </c>
       <c r="AJ24" s="27">
         <v>78700.262000000002</v>
       </c>
       <c r="AK24" s="27">
         <v>98625.020999999993</v>
       </c>
       <c r="AL24" s="27">
         <v>17520.789000000001</v>
       </c>
       <c r="AM24" s="27">
         <v>34815.932999999997</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B25" s="9" t="s">
+      <c r="AN24" s="27">
+        <v>55984.463000000003</v>
+      </c>
+    </row>
+    <row r="25" spans="2:40" x14ac:dyDescent="0.2">
+      <c r="B25" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C25" s="27">
         <v>306616.79200000002</v>
       </c>
       <c r="D25" s="27">
         <v>439936.55200000003</v>
       </c>
       <c r="E25" s="27">
         <v>563139.12199999997</v>
       </c>
       <c r="F25" s="27">
         <v>100280.41</v>
       </c>
       <c r="G25" s="27">
         <v>188892.01300000001</v>
       </c>
       <c r="H25" s="27">
         <v>270750.09600000002</v>
       </c>
       <c r="I25" s="27">
         <v>344292.39799999999</v>
       </c>
       <c r="J25" s="27">
         <v>64099.305</v>
@@ -2715,53 +2750,56 @@
       </c>
       <c r="AF25" s="27">
         <v>154572.04699999999</v>
       </c>
       <c r="AG25" s="27">
         <v>254447.736</v>
       </c>
       <c r="AH25" s="27">
         <v>125499.678</v>
       </c>
       <c r="AI25" s="27">
         <v>263377.67499999999</v>
       </c>
       <c r="AJ25" s="27">
         <v>413012.38500000001</v>
       </c>
       <c r="AK25" s="27">
         <v>561954.24600000004</v>
       </c>
       <c r="AL25" s="27">
         <v>133235.03899999999</v>
       </c>
       <c r="AM25" s="27">
         <v>256609.78599999999</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B26" s="11" t="s">
+      <c r="AN25" s="27">
+        <v>380259.41800000001</v>
+      </c>
+    </row>
+    <row r="26" spans="2:40" x14ac:dyDescent="0.2">
+      <c r="B26" s="10" t="s">
         <v>10</v>
       </c>
       <c r="C26" s="27">
         <v>540.50599999999997</v>
       </c>
       <c r="D26" s="27">
         <v>1207.9069999999999</v>
       </c>
       <c r="E26" s="27">
         <v>1934.6849999999999</v>
       </c>
       <c r="F26" s="27">
         <v>571.66899999999998</v>
       </c>
       <c r="G26" s="27">
         <v>1258.5229999999999</v>
       </c>
       <c r="H26" s="27">
         <v>1878.3520000000001</v>
       </c>
       <c r="I26" s="27">
         <v>2912.491</v>
       </c>
       <c r="J26" s="27">
         <v>628.10699999999997</v>
@@ -2831,53 +2869,56 @@
       </c>
       <c r="AF26" s="27">
         <v>834.31700000000001</v>
       </c>
       <c r="AG26" s="27">
         <v>1121.9159999999999</v>
       </c>
       <c r="AH26" s="27">
         <v>245.52099999999999</v>
       </c>
       <c r="AI26" s="27">
         <v>477.01100000000002</v>
       </c>
       <c r="AJ26" s="27">
         <v>738.69</v>
       </c>
       <c r="AK26" s="27">
         <v>985.29399999999998</v>
       </c>
       <c r="AL26" s="27">
         <v>253.12100000000001</v>
       </c>
       <c r="AM26" s="27">
         <v>328.291</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B27" s="11" t="s">
+      <c r="AN26" s="27">
+        <v>407.50200000000001</v>
+      </c>
+    </row>
+    <row r="27" spans="2:40" x14ac:dyDescent="0.2">
+      <c r="B27" s="10" t="s">
         <v>11</v>
       </c>
       <c r="C27" s="27">
         <v>14877.396000000001</v>
       </c>
       <c r="D27" s="27">
         <v>21944.911</v>
       </c>
       <c r="E27" s="27">
         <v>29457.277999999998</v>
       </c>
       <c r="F27" s="27">
         <v>5697.7290000000003</v>
       </c>
       <c r="G27" s="27">
         <v>12318.857</v>
       </c>
       <c r="H27" s="27">
         <v>16557.152999999998</v>
       </c>
       <c r="I27" s="27">
         <v>22206.276000000002</v>
       </c>
       <c r="J27" s="27">
         <v>4812.3860000000004</v>
@@ -2947,53 +2988,56 @@
       </c>
       <c r="AF27" s="27">
         <v>14470.672</v>
       </c>
       <c r="AG27" s="27">
         <v>24007.911</v>
       </c>
       <c r="AH27" s="27">
         <v>11458.174999999999</v>
       </c>
       <c r="AI27" s="27">
         <v>25759.302</v>
       </c>
       <c r="AJ27" s="27">
         <v>42498.387999999999</v>
       </c>
       <c r="AK27" s="27">
         <v>59100.167999999998</v>
       </c>
       <c r="AL27" s="27">
         <v>14977.978999999999</v>
       </c>
       <c r="AM27" s="27">
         <v>31040.7</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B28" s="11" t="s">
+      <c r="AN27" s="27">
+        <v>47468.785000000003</v>
+      </c>
+    </row>
+    <row r="28" spans="2:40" x14ac:dyDescent="0.2">
+      <c r="B28" s="10" t="s">
         <v>12</v>
       </c>
       <c r="C28" s="27">
         <v>47603.307000000001</v>
       </c>
       <c r="D28" s="27">
         <v>65606.209000000003</v>
       </c>
       <c r="E28" s="27">
         <v>83621.733999999997</v>
       </c>
       <c r="F28" s="27">
         <v>12745.375</v>
       </c>
       <c r="G28" s="27">
         <v>24077.069</v>
       </c>
       <c r="H28" s="27">
         <v>40652.358999999997</v>
       </c>
       <c r="I28" s="27">
         <v>53097.135999999999</v>
       </c>
       <c r="J28" s="27">
         <v>11334.156000000001</v>
@@ -3063,53 +3107,56 @@
       </c>
       <c r="AF28" s="27">
         <v>47261.978000000003</v>
       </c>
       <c r="AG28" s="27">
         <v>68741.429000000004</v>
       </c>
       <c r="AH28" s="27">
         <v>19559.789000000001</v>
       </c>
       <c r="AI28" s="27">
         <v>39629.879000000001</v>
       </c>
       <c r="AJ28" s="27">
         <v>60727.915999999997</v>
       </c>
       <c r="AK28" s="27">
         <v>83606.94</v>
       </c>
       <c r="AL28" s="27">
         <v>19357.55</v>
       </c>
       <c r="AM28" s="27">
         <v>40171.498</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B29" s="11" t="s">
+      <c r="AN28" s="27">
+        <v>66186.290999999997</v>
+      </c>
+    </row>
+    <row r="29" spans="2:40" x14ac:dyDescent="0.2">
+      <c r="B29" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="27">
         <v>11193.922</v>
       </c>
       <c r="D29" s="27">
         <v>16217.441000000001</v>
       </c>
       <c r="E29" s="27">
         <v>24574.645</v>
       </c>
       <c r="F29" s="27">
         <v>4218.366</v>
       </c>
       <c r="G29" s="27">
         <v>8391.9940000000006</v>
       </c>
       <c r="H29" s="27">
         <v>11185.081</v>
       </c>
       <c r="I29" s="27">
         <v>14873.362999999999</v>
       </c>
       <c r="J29" s="27">
         <v>2311.0129999999999</v>
@@ -3179,53 +3226,56 @@
       </c>
       <c r="AF29" s="27">
         <v>22349.819</v>
       </c>
       <c r="AG29" s="27">
         <v>33194.552000000003</v>
       </c>
       <c r="AH29" s="27">
         <v>15009.598</v>
       </c>
       <c r="AI29" s="27">
         <v>29637.88</v>
       </c>
       <c r="AJ29" s="27">
         <v>45253.858</v>
       </c>
       <c r="AK29" s="27">
         <v>62911.108</v>
       </c>
       <c r="AL29" s="27">
         <v>16542.258000000002</v>
       </c>
       <c r="AM29" s="27">
         <v>31404.079000000002</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B30" s="11" t="s">
+      <c r="AN29" s="27">
+        <v>45235.101000000002</v>
+      </c>
+    </row>
+    <row r="30" spans="2:40" x14ac:dyDescent="0.2">
+      <c r="B30" s="10" t="s">
         <v>14</v>
       </c>
       <c r="C30" s="27">
         <v>24413.905999999999</v>
       </c>
       <c r="D30" s="27">
         <v>35531.281999999999</v>
       </c>
       <c r="E30" s="27">
         <v>42401.608</v>
       </c>
       <c r="F30" s="27">
         <v>7941.9269999999997</v>
       </c>
       <c r="G30" s="27">
         <v>14751.853999999999</v>
       </c>
       <c r="H30" s="27">
         <v>21018.146000000001</v>
       </c>
       <c r="I30" s="27">
         <v>26160.749</v>
       </c>
       <c r="J30" s="27">
         <v>4522.4740000000002</v>
@@ -3295,53 +3345,56 @@
       </c>
       <c r="AF30" s="27">
         <v>43934.857000000004</v>
       </c>
       <c r="AG30" s="27">
         <v>76444.562000000005</v>
       </c>
       <c r="AH30" s="27">
         <v>39295.394999999997</v>
       </c>
       <c r="AI30" s="27">
         <v>83001.263000000006</v>
       </c>
       <c r="AJ30" s="27">
         <v>127517.14</v>
       </c>
       <c r="AK30" s="27">
         <v>168727.19</v>
       </c>
       <c r="AL30" s="27">
         <v>34866.423999999999</v>
       </c>
       <c r="AM30" s="27">
         <v>64393.531999999999</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B31" s="11" t="s">
+      <c r="AN30" s="27">
+        <v>92815.892999999996</v>
+      </c>
+    </row>
+    <row r="31" spans="2:40" x14ac:dyDescent="0.2">
+      <c r="B31" s="10" t="s">
         <v>15</v>
       </c>
       <c r="C31" s="27">
         <v>207987.75700000001</v>
       </c>
       <c r="D31" s="27">
         <v>299428.80200000003</v>
       </c>
       <c r="E31" s="27">
         <v>381149.17200000002</v>
       </c>
       <c r="F31" s="27">
         <v>69105.342999999993</v>
       </c>
       <c r="G31" s="27">
         <v>128093.715</v>
       </c>
       <c r="H31" s="27">
         <v>179459.005</v>
       </c>
       <c r="I31" s="27">
         <v>225042.383</v>
       </c>
       <c r="J31" s="27">
         <v>40491.169000000002</v>
@@ -3411,53 +3464,56 @@
       </c>
       <c r="AF31" s="27">
         <v>25720.404999999999</v>
       </c>
       <c r="AG31" s="27">
         <v>50937.366999999998</v>
       </c>
       <c r="AH31" s="27">
         <v>39931.201000000001</v>
       </c>
       <c r="AI31" s="27">
         <v>84872.341</v>
       </c>
       <c r="AJ31" s="27">
         <v>136276.39300000001</v>
       </c>
       <c r="AK31" s="27">
         <v>186623.54500000001</v>
       </c>
       <c r="AL31" s="27">
         <v>47237.707000000002</v>
       </c>
       <c r="AM31" s="27">
         <v>89271.686000000002</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B32" s="13" t="s">
+      <c r="AN31" s="27">
+        <v>128145.84600000001</v>
+      </c>
+    </row>
+    <row r="32" spans="2:40" x14ac:dyDescent="0.2">
+      <c r="B32" s="12" t="s">
         <v>19</v>
       </c>
       <c r="C32" s="27">
         <v>4972.63</v>
       </c>
       <c r="D32" s="27">
         <v>7480.4570000000003</v>
       </c>
       <c r="E32" s="27">
         <v>9986.5990000000002</v>
       </c>
       <c r="F32" s="27">
         <v>2472.808</v>
       </c>
       <c r="G32" s="27">
         <v>4968.0510000000004</v>
       </c>
       <c r="H32" s="27">
         <v>6446.674</v>
       </c>
       <c r="I32" s="27">
         <v>6886.5630000000001</v>
       </c>
       <c r="J32" s="27">
         <v>686.38800000000003</v>
@@ -3527,53 +3583,56 @@
       </c>
       <c r="AF32" s="27">
         <v>29739.887999999999</v>
       </c>
       <c r="AG32" s="27">
         <v>43959.036999999997</v>
       </c>
       <c r="AH32" s="27">
         <v>20494.621999999999</v>
       </c>
       <c r="AI32" s="27">
         <v>43981.73</v>
       </c>
       <c r="AJ32" s="27">
         <v>68152.794999999998</v>
       </c>
       <c r="AK32" s="27">
         <v>93763.236999999994</v>
       </c>
       <c r="AL32" s="27">
         <v>25166.556</v>
       </c>
       <c r="AM32" s="27">
         <v>52324.462</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B33" s="12" t="s">
+      <c r="AN32" s="27">
+        <v>81502.835999999996</v>
+      </c>
+    </row>
+    <row r="33" spans="2:40" x14ac:dyDescent="0.2">
+      <c r="B33" s="11" t="s">
         <v>20</v>
       </c>
       <c r="C33" s="28">
         <v>9660.3619999999992</v>
       </c>
       <c r="D33" s="28">
         <v>13350.763999999999</v>
       </c>
       <c r="E33" s="28">
         <v>19236.678</v>
       </c>
       <c r="F33" s="28">
         <v>4431.05</v>
       </c>
       <c r="G33" s="28">
         <v>6755.7479999999996</v>
       </c>
       <c r="H33" s="28">
         <v>9918.0650000000005</v>
       </c>
       <c r="I33" s="28">
         <v>13949.31</v>
       </c>
       <c r="J33" s="28">
         <v>4786.2460000000001</v>
@@ -3643,136 +3702,141 @@
       </c>
       <c r="AF33" s="28">
         <v>29266.139000000032</v>
       </c>
       <c r="AG33" s="28">
         <v>46006.144000000015</v>
       </c>
       <c r="AH33" s="28">
         <v>26033.158999999974</v>
       </c>
       <c r="AI33" s="28">
         <v>53166.008000000009</v>
       </c>
       <c r="AJ33" s="28">
         <v>79910.278999999995</v>
       </c>
       <c r="AK33" s="28">
         <v>106008.01300000001</v>
       </c>
       <c r="AL33" s="28">
         <v>21175.124000000022</v>
       </c>
       <c r="AM33" s="28">
         <v>40224.18299999999</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B34" s="14"/>
+      <c r="AN33" s="28">
+        <v>63629.218000000066</v>
+      </c>
+    </row>
+    <row r="34" spans="2:40" x14ac:dyDescent="0.2">
+      <c r="B34" s="13"/>
       <c r="C34" s="29"/>
       <c r="D34" s="29"/>
       <c r="E34" s="29"/>
       <c r="F34" s="29"/>
       <c r="G34" s="29"/>
       <c r="H34" s="29"/>
       <c r="I34" s="29"/>
       <c r="J34" s="29"/>
       <c r="K34" s="29"/>
       <c r="L34" s="29"/>
       <c r="M34" s="29"/>
       <c r="N34" s="29"/>
       <c r="O34" s="29"/>
       <c r="P34" s="29"/>
       <c r="Q34" s="29"/>
       <c r="R34" s="29"/>
       <c r="S34" s="29"/>
       <c r="T34" s="29"/>
       <c r="U34" s="29"/>
       <c r="V34" s="29"/>
       <c r="W34" s="29"/>
       <c r="X34" s="29"/>
       <c r="Y34" s="29"/>
       <c r="Z34" s="29"/>
       <c r="AA34" s="29"/>
       <c r="AB34" s="29"/>
       <c r="AC34" s="29"/>
       <c r="AD34" s="29"/>
       <c r="AE34" s="29"/>
       <c r="AF34" s="29"/>
       <c r="AG34" s="29"/>
       <c r="AH34" s="29"/>
       <c r="AI34" s="29"/>
-      <c r="AJ34" s="29"/>
-[...5 lines deleted...]
-      <c r="B35" s="15" t="s">
+      <c r="AJ34" s="27"/>
+      <c r="AK34" s="27"/>
+      <c r="AL34" s="27"/>
+      <c r="AM34" s="27"/>
+      <c r="AN34" s="27"/>
+    </row>
+    <row r="35" spans="2:40" x14ac:dyDescent="0.2">
+      <c r="B35" s="14" t="s">
         <v>21</v>
       </c>
       <c r="C35" s="27"/>
       <c r="D35" s="27"/>
       <c r="E35" s="27"/>
       <c r="F35" s="27"/>
       <c r="G35" s="27"/>
       <c r="H35" s="27"/>
       <c r="I35" s="27"/>
       <c r="J35" s="27"/>
       <c r="K35" s="27"/>
       <c r="L35" s="27"/>
       <c r="M35" s="27"/>
       <c r="N35" s="27"/>
       <c r="O35" s="27"/>
       <c r="P35" s="27"/>
       <c r="Q35" s="27"/>
       <c r="R35" s="27"/>
       <c r="S35" s="27"/>
       <c r="T35" s="27"/>
       <c r="U35" s="27"/>
       <c r="V35" s="27"/>
       <c r="W35" s="27"/>
       <c r="X35" s="27"/>
       <c r="Y35" s="27"/>
       <c r="Z35" s="27"/>
       <c r="AA35" s="27"/>
       <c r="AB35" s="27"/>
       <c r="AC35" s="27"/>
       <c r="AD35" s="27"/>
       <c r="AE35" s="27"/>
       <c r="AF35" s="27"/>
       <c r="AG35" s="27"/>
       <c r="AH35" s="27"/>
       <c r="AI35" s="27"/>
       <c r="AJ35" s="27"/>
       <c r="AK35" s="27"/>
       <c r="AL35" s="27"/>
       <c r="AM35" s="27"/>
-    </row>
-[...2 lines deleted...]
-        <v>7</v>
+      <c r="AN35" s="27"/>
+    </row>
+    <row r="36" spans="2:40" x14ac:dyDescent="0.2">
+      <c r="B36" s="14" t="s">
+        <v>6</v>
       </c>
       <c r="C36" s="26">
         <v>280644.89600000001</v>
       </c>
       <c r="D36" s="26">
         <v>459891.43900000001</v>
       </c>
       <c r="E36" s="26">
         <v>600619.60699999996</v>
       </c>
       <c r="F36" s="26">
         <v>141223.20300000001</v>
       </c>
       <c r="G36" s="26">
         <v>298168.60200000001</v>
       </c>
       <c r="H36" s="26">
         <v>489737.315</v>
       </c>
       <c r="I36" s="26">
         <v>640919.49699999997</v>
       </c>
       <c r="J36" s="26">
         <v>139228.72399999999</v>
       </c>
@@ -3841,53 +3905,56 @@
       </c>
       <c r="AF36" s="26">
         <v>607840.59400000004</v>
       </c>
       <c r="AG36" s="26">
         <v>805593.79399999999</v>
       </c>
       <c r="AH36" s="26">
         <v>189551.77000000002</v>
       </c>
       <c r="AI36" s="26">
         <v>405647.92700000003</v>
       </c>
       <c r="AJ36" s="26">
         <v>659432.31900000002</v>
       </c>
       <c r="AK36" s="26">
         <v>876245.74399999995</v>
       </c>
       <c r="AL36" s="26">
         <v>212652.67499999999</v>
       </c>
       <c r="AM36" s="26">
         <v>451277.13199999998</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B37" s="16" t="s">
+      <c r="AN36" s="26">
+        <v>719614.52899999986</v>
+      </c>
+    </row>
+    <row r="37" spans="2:40" x14ac:dyDescent="0.2">
+      <c r="B37" s="15" t="s">
         <v>22</v>
       </c>
       <c r="C37" s="27">
         <v>112255.868</v>
       </c>
       <c r="D37" s="27">
         <v>172668.011</v>
       </c>
       <c r="E37" s="27">
         <v>228065.07500000001</v>
       </c>
       <c r="F37" s="27">
         <v>53308.923000000003</v>
       </c>
       <c r="G37" s="27">
         <v>112307.41899999999</v>
       </c>
       <c r="H37" s="27">
         <v>174948.908</v>
       </c>
       <c r="I37" s="27">
         <v>233193.916</v>
       </c>
       <c r="J37" s="27">
         <v>55239.534</v>
@@ -3957,53 +4024,56 @@
       </c>
       <c r="AF37" s="27">
         <v>198769.179</v>
       </c>
       <c r="AG37" s="27">
         <v>267043.65500000003</v>
       </c>
       <c r="AH37" s="27">
         <v>64666.517999999996</v>
       </c>
       <c r="AI37" s="27">
         <v>138000.36300000001</v>
       </c>
       <c r="AJ37" s="27">
         <v>220717.315</v>
       </c>
       <c r="AK37" s="27">
         <v>294754.17499999999</v>
       </c>
       <c r="AL37" s="27">
         <v>71232.019</v>
       </c>
       <c r="AM37" s="27">
         <v>150573.481</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B38" s="16" t="s">
+      <c r="AN37" s="27">
+        <v>234590.21900000001</v>
+      </c>
+    </row>
+    <row r="38" spans="2:40" x14ac:dyDescent="0.2">
+      <c r="B38" s="15" t="s">
         <v>23</v>
       </c>
       <c r="C38" s="27">
         <v>16950.554</v>
       </c>
       <c r="D38" s="27">
         <v>25219.751</v>
       </c>
       <c r="E38" s="27">
         <v>33542.783000000003</v>
       </c>
       <c r="F38" s="27">
         <v>8093.27</v>
       </c>
       <c r="G38" s="27">
         <v>16772.581999999999</v>
       </c>
       <c r="H38" s="27">
         <v>24669.614000000001</v>
       </c>
       <c r="I38" s="27">
         <v>32761.05</v>
       </c>
       <c r="J38" s="27">
         <v>7514.8429999999998</v>
@@ -4073,53 +4143,56 @@
       </c>
       <c r="AF38" s="27">
         <v>27863.428</v>
       </c>
       <c r="AG38" s="27">
         <v>38141.828000000001</v>
       </c>
       <c r="AH38" s="27">
         <v>10569.446</v>
       </c>
       <c r="AI38" s="27">
         <v>21600.368999999999</v>
       </c>
       <c r="AJ38" s="27">
         <v>32893.357000000004</v>
       </c>
       <c r="AK38" s="27">
         <v>44952.892</v>
       </c>
       <c r="AL38" s="27">
         <v>11614.343999999999</v>
       </c>
       <c r="AM38" s="27">
         <v>23572.48</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B39" s="16" t="s">
+      <c r="AN38" s="27">
+        <v>35640.417999999998</v>
+      </c>
+    </row>
+    <row r="39" spans="2:40" x14ac:dyDescent="0.2">
+      <c r="B39" s="15" t="s">
         <v>24</v>
       </c>
       <c r="C39" s="27">
         <v>8890.0879999999997</v>
       </c>
       <c r="D39" s="27">
         <v>14139.312</v>
       </c>
       <c r="E39" s="27">
         <v>19215.453000000001</v>
       </c>
       <c r="F39" s="27">
         <v>5433.7479999999996</v>
       </c>
       <c r="G39" s="27">
         <v>11971.703</v>
       </c>
       <c r="H39" s="27">
         <v>17450.977999999999</v>
       </c>
       <c r="I39" s="27">
         <v>23628.400000000001</v>
       </c>
       <c r="J39" s="27">
         <v>6276.6229999999996</v>
@@ -4189,53 +4262,56 @@
       </c>
       <c r="AF39" s="27">
         <v>15125.550999999999</v>
       </c>
       <c r="AG39" s="27">
         <v>21798.069</v>
       </c>
       <c r="AH39" s="27">
         <v>6324.2190000000001</v>
       </c>
       <c r="AI39" s="27">
         <v>11461.178</v>
       </c>
       <c r="AJ39" s="27">
         <v>17773.002</v>
       </c>
       <c r="AK39" s="27">
         <v>24110.73</v>
       </c>
       <c r="AL39" s="27">
         <v>4898.5309999999999</v>
       </c>
       <c r="AM39" s="27">
         <v>9656.9850000000006</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B40" s="16" t="s">
+      <c r="AN39" s="27">
+        <v>17868.781999999999</v>
+      </c>
+    </row>
+    <row r="40" spans="2:40" ht="20.399999999999999" x14ac:dyDescent="0.2">
+      <c r="B40" s="15" t="s">
         <v>25</v>
       </c>
       <c r="C40" s="27">
         <v>4552.2240000000002</v>
       </c>
       <c r="D40" s="27">
         <v>7107.317</v>
       </c>
       <c r="E40" s="27">
         <v>10466.587</v>
       </c>
       <c r="F40" s="27">
         <v>2525.0540000000001</v>
       </c>
       <c r="G40" s="27">
         <v>5427.1719999999996</v>
       </c>
       <c r="H40" s="27">
         <v>8285.9879999999994</v>
       </c>
       <c r="I40" s="27">
         <v>11637.217000000001</v>
       </c>
       <c r="J40" s="27">
         <v>3405.1379999999999</v>
@@ -4305,53 +4381,56 @@
       </c>
       <c r="AF40" s="27">
         <v>11739.255999999999</v>
       </c>
       <c r="AG40" s="27">
         <v>15444.999</v>
       </c>
       <c r="AH40" s="27">
         <v>4310.88</v>
       </c>
       <c r="AI40" s="27">
         <v>8608.8529999999992</v>
       </c>
       <c r="AJ40" s="27">
         <v>13085.045</v>
       </c>
       <c r="AK40" s="27">
         <v>18562.2</v>
       </c>
       <c r="AL40" s="27">
         <v>5943.6809999999996</v>
       </c>
       <c r="AM40" s="27">
         <v>11024.406000000001</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B41" s="16" t="s">
+      <c r="AN40" s="27">
+        <v>16803.547999999999</v>
+      </c>
+    </row>
+    <row r="41" spans="2:40" x14ac:dyDescent="0.2">
+      <c r="B41" s="15" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="27">
         <v>22746.264999999999</v>
       </c>
       <c r="D41" s="27">
         <v>34295.762999999999</v>
       </c>
       <c r="E41" s="27">
         <v>46246.61</v>
       </c>
       <c r="F41" s="27">
         <v>11518.897999999999</v>
       </c>
       <c r="G41" s="27">
         <v>23094.11</v>
       </c>
       <c r="H41" s="27">
         <v>35127.930999999997</v>
       </c>
       <c r="I41" s="27">
         <v>47709.915000000001</v>
       </c>
       <c r="J41" s="27">
         <v>11717.535</v>
@@ -4421,53 +4500,56 @@
       </c>
       <c r="AF41" s="27">
         <v>66670.247000000003</v>
       </c>
       <c r="AG41" s="27">
         <v>91031.039999999994</v>
       </c>
       <c r="AH41" s="27">
         <v>24503.050999999999</v>
       </c>
       <c r="AI41" s="27">
         <v>49761.536</v>
       </c>
       <c r="AJ41" s="27">
         <v>75892.771999999997</v>
       </c>
       <c r="AK41" s="27">
         <v>102494.478</v>
       </c>
       <c r="AL41" s="27">
         <v>26551.884999999998</v>
       </c>
       <c r="AM41" s="27">
         <v>53471.548999999999</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B42" s="16" t="s">
+      <c r="AN41" s="27">
+        <v>80669.452999999994</v>
+      </c>
+    </row>
+    <row r="42" spans="2:40" x14ac:dyDescent="0.2">
+      <c r="B42" s="15" t="s">
         <v>27</v>
       </c>
       <c r="C42" s="27">
         <v>48869.637999999999</v>
       </c>
       <c r="D42" s="27">
         <v>102011.564</v>
       </c>
       <c r="E42" s="27">
         <v>125582.99800000001</v>
       </c>
       <c r="F42" s="27">
         <v>20429.842000000001</v>
       </c>
       <c r="G42" s="27">
         <v>55428.925999999999</v>
       </c>
       <c r="H42" s="27">
         <v>119446.61500000001</v>
       </c>
       <c r="I42" s="27">
         <v>146502.79399999999</v>
       </c>
       <c r="J42" s="27">
         <v>23339.13</v>
@@ -4537,53 +4619,56 @@
       </c>
       <c r="AF42" s="27">
         <v>164497.01500000001</v>
       </c>
       <c r="AG42" s="27">
         <v>213159.264</v>
       </c>
       <c r="AH42" s="27">
         <v>40328.014999999999</v>
       </c>
       <c r="AI42" s="27">
         <v>99882.400999999998</v>
       </c>
       <c r="AJ42" s="27">
         <v>179557.587</v>
       </c>
       <c r="AK42" s="27">
         <v>233849.06299999999</v>
       </c>
       <c r="AL42" s="27">
         <v>44110.667000000001</v>
       </c>
       <c r="AM42" s="27">
         <v>108701.151</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B43" s="17" t="s">
+      <c r="AN42" s="27">
+        <v>188212.69200000001</v>
+      </c>
+    </row>
+    <row r="43" spans="2:40" ht="20.399999999999999" x14ac:dyDescent="0.2">
+      <c r="B43" s="16" t="s">
         <v>28</v>
       </c>
       <c r="C43" s="29">
         <v>8113.7539999999999</v>
       </c>
       <c r="D43" s="29">
         <v>12424.445</v>
       </c>
       <c r="E43" s="29">
         <v>16791.192999999999</v>
       </c>
       <c r="F43" s="29">
         <v>4367.3220000000001</v>
       </c>
       <c r="G43" s="29">
         <v>8835.4920000000002</v>
       </c>
       <c r="H43" s="29">
         <v>13417.325999999999</v>
       </c>
       <c r="I43" s="29">
         <v>18138.464</v>
       </c>
       <c r="J43" s="29">
         <v>4651.3370000000004</v>
@@ -4653,53 +4738,56 @@
       </c>
       <c r="AF43" s="27">
         <v>15955.233</v>
       </c>
       <c r="AG43" s="27">
         <v>21637.973999999998</v>
       </c>
       <c r="AH43" s="27">
         <v>5628.8779999999997</v>
       </c>
       <c r="AI43" s="27">
         <v>11353.805</v>
       </c>
       <c r="AJ43" s="27">
         <v>17130.078000000001</v>
       </c>
       <c r="AK43" s="27">
         <v>22885.438999999998</v>
       </c>
       <c r="AL43" s="27">
         <v>5849.8860000000004</v>
       </c>
       <c r="AM43" s="27">
         <v>11961.397999999999</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B44" s="17" t="s">
+      <c r="AN43" s="27">
+        <v>18114.118999999999</v>
+      </c>
+    </row>
+    <row r="44" spans="2:40" x14ac:dyDescent="0.2">
+      <c r="B44" s="16" t="s">
         <v>29</v>
       </c>
       <c r="C44" s="29">
         <v>58266.504000000001</v>
       </c>
       <c r="D44" s="29">
         <v>92025.275999999998</v>
       </c>
       <c r="E44" s="29">
         <v>120708.908</v>
       </c>
       <c r="F44" s="29">
         <v>35546.144999999997</v>
       </c>
       <c r="G44" s="29">
         <v>64331.197999999997</v>
       </c>
       <c r="H44" s="29">
         <v>96389.956000000006</v>
       </c>
       <c r="I44" s="29">
         <v>127347.74099999999</v>
       </c>
       <c r="J44" s="29">
         <v>27084.585999999999</v>
@@ -4757,147 +4845,145 @@
       </c>
       <c r="AB44" s="29">
         <v>96660.130999999994</v>
       </c>
       <c r="AC44" s="29">
         <v>125651.423</v>
       </c>
       <c r="AD44" s="29">
         <v>34286.887999999999</v>
       </c>
       <c r="AE44" s="29">
         <v>65956.834000000003</v>
       </c>
       <c r="AF44" s="29">
         <v>107220.685</v>
       </c>
       <c r="AG44" s="29">
         <v>137336.965</v>
       </c>
       <c r="AH44" s="29">
         <v>33220.762999999999</v>
       </c>
       <c r="AI44" s="29">
         <v>64979.421999999999</v>
       </c>
-      <c r="AJ44" s="29">
+      <c r="AJ44" s="27">
         <v>102383.163</v>
       </c>
-      <c r="AK44" s="29">
+      <c r="AK44" s="27">
         <v>134636.76699999999</v>
       </c>
-      <c r="AL44" s="29">
+      <c r="AL44" s="27">
         <v>42451.661999999997</v>
       </c>
-      <c r="AM44" s="29">
+      <c r="AM44" s="27">
         <v>82315.682000000001</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B45" s="17"/>
+      <c r="AN44" s="27">
+        <v>127715.298</v>
+      </c>
+    </row>
+    <row r="45" spans="2:40" x14ac:dyDescent="0.2">
+      <c r="B45" s="16"/>
       <c r="C45" s="29"/>
       <c r="D45" s="29"/>
       <c r="E45" s="29"/>
       <c r="F45" s="29"/>
       <c r="G45" s="29"/>
       <c r="H45" s="29"/>
       <c r="I45" s="29"/>
       <c r="J45" s="29"/>
       <c r="K45" s="29"/>
       <c r="L45" s="29"/>
       <c r="M45" s="29"/>
       <c r="N45" s="29"/>
       <c r="O45" s="29"/>
       <c r="P45" s="29"/>
       <c r="Q45" s="29"/>
       <c r="R45" s="29"/>
       <c r="S45" s="29"/>
       <c r="T45" s="29"/>
       <c r="U45" s="29"/>
       <c r="V45" s="29"/>
       <c r="W45" s="29"/>
       <c r="X45" s="29"/>
       <c r="Y45" s="29"/>
       <c r="Z45" s="29"/>
       <c r="AA45" s="29"/>
       <c r="AB45" s="29"/>
       <c r="AC45" s="29"/>
       <c r="AD45" s="29"/>
       <c r="AE45" s="29"/>
       <c r="AF45" s="29"/>
       <c r="AG45" s="29"/>
       <c r="AH45" s="29"/>
       <c r="AI45" s="29"/>
-      <c r="AJ45" s="29"/>
-[...5 lines deleted...]
-      <c r="B46" s="15" t="s">
+      <c r="AJ45" s="27"/>
+      <c r="AK45" s="27"/>
+      <c r="AL45" s="27"/>
+      <c r="AM45" s="27"/>
+      <c r="AN45" s="27"/>
+    </row>
+    <row r="46" spans="2:40" x14ac:dyDescent="0.2">
+      <c r="B46" s="14" t="s">
         <v>30</v>
       </c>
       <c r="C46" s="29"/>
       <c r="D46" s="29"/>
       <c r="E46" s="29"/>
       <c r="F46" s="29"/>
       <c r="G46" s="29"/>
       <c r="H46" s="29"/>
       <c r="I46" s="29"/>
       <c r="J46" s="29"/>
       <c r="K46" s="29"/>
       <c r="L46" s="29"/>
       <c r="M46" s="29"/>
       <c r="N46" s="29"/>
       <c r="O46" s="29"/>
       <c r="P46" s="29"/>
       <c r="Q46" s="29"/>
-      <c r="S46" s="29"/>
-[...23 lines deleted...]
-        <v>7</v>
+      <c r="Z46" s="25"/>
+      <c r="AA46" s="25"/>
+      <c r="AB46" s="25"/>
+      <c r="AC46" s="27"/>
+      <c r="AD46" s="25"/>
+      <c r="AE46" s="25"/>
+      <c r="AF46" s="25"/>
+      <c r="AG46" s="25"/>
+      <c r="AH46" s="25"/>
+      <c r="AI46" s="25"/>
+      <c r="AJ46" s="27"/>
+      <c r="AK46" s="27"/>
+      <c r="AL46" s="27"/>
+      <c r="AM46" s="27"/>
+      <c r="AN46" s="27"/>
+    </row>
+    <row r="47" spans="2:40" x14ac:dyDescent="0.2">
+      <c r="B47" s="17" t="s">
+        <v>6</v>
       </c>
       <c r="C47" s="30">
         <v>72018.460999999996</v>
       </c>
       <c r="D47" s="30">
         <v>123165.164</v>
       </c>
       <c r="E47" s="30">
         <v>161976.08600000001</v>
       </c>
       <c r="F47" s="30">
         <v>31486.428</v>
       </c>
       <c r="G47" s="30">
         <v>73384.525999999998</v>
       </c>
       <c r="H47" s="30">
         <v>137997.09400000001</v>
       </c>
       <c r="I47" s="30">
         <v>178929.489</v>
       </c>
       <c r="J47" s="30">
         <v>36315.529000000002</v>
       </c>
@@ -4966,292 +5052,288 @@
       </c>
       <c r="AF47" s="30">
         <v>188334.91</v>
       </c>
       <c r="AG47" s="30">
         <v>249075.11799999999</v>
       </c>
       <c r="AH47" s="30">
         <v>51027.567999999999</v>
       </c>
       <c r="AI47" s="30">
         <v>113054.73699999999</v>
       </c>
       <c r="AJ47" s="30">
         <v>206363.15599999999</v>
       </c>
       <c r="AK47" s="30">
         <v>269906.71600000001</v>
       </c>
       <c r="AL47" s="30">
         <v>54918.961000000003</v>
       </c>
       <c r="AM47" s="30">
         <v>127127.304</v>
       </c>
-    </row>
-[...11 lines deleted...]
-      <c r="B50" s="19" t="s">
+      <c r="AN47" s="30">
+        <v>217300.64199999999</v>
+      </c>
+    </row>
+    <row r="48" spans="2:40" x14ac:dyDescent="0.2">
+      <c r="C48" s="9"/>
+      <c r="D48" s="9"/>
+      <c r="E48" s="9"/>
+      <c r="AA48" s="25"/>
+    </row>
+    <row r="49" spans="2:7" x14ac:dyDescent="0.2">
+      <c r="C49" s="9"/>
+      <c r="D49" s="9"/>
+      <c r="E49" s="9"/>
+    </row>
+    <row r="50" spans="2:7" x14ac:dyDescent="0.2">
+      <c r="B50" s="18" t="s">
         <v>31</v>
       </c>
     </row>
-    <row r="51" spans="2:7" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="51" spans="2:7" x14ac:dyDescent="0.2">
       <c r="B51" s="19" t="s">
         <v>32</v>
       </c>
     </row>
-    <row r="52" spans="2:7" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B52" s="19" t="s">
+    <row r="52" spans="2:7" x14ac:dyDescent="0.2">
+      <c r="B52" s="18"/>
+    </row>
+    <row r="53" spans="2:7" x14ac:dyDescent="0.2">
+      <c r="B53" s="20" t="s">
         <v>33</v>
       </c>
     </row>
-    <row r="53" spans="2:7" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-[...3 lines deleted...]
-      <c r="B54" s="20" t="s">
+    <row r="54" spans="2:7" ht="72.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B54" s="21" t="s">
         <v>34</v>
       </c>
     </row>
-    <row r="55" spans="2:7" ht="67.5" x14ac:dyDescent="0.2">
-[...2 lines deleted...]
-      </c>
+    <row r="55" spans="2:7" x14ac:dyDescent="0.2">
+      <c r="B55" s="21"/>
       <c r="C55" s="22"/>
       <c r="D55" s="22"/>
       <c r="E55" s="22"/>
       <c r="F55" s="22"/>
       <c r="G55" s="22"/>
     </row>
-    <row r="56" spans="2:7" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B56" s="21"/>
+    <row r="56" spans="2:7" x14ac:dyDescent="0.2">
+      <c r="B56" s="23" t="s">
+        <v>35</v>
+      </c>
       <c r="C56" s="22"/>
       <c r="D56" s="22"/>
       <c r="E56" s="22"/>
       <c r="F56" s="22"/>
       <c r="G56" s="22"/>
     </row>
-    <row r="57" spans="2:7" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
-[...7 lines deleted...]
-      <c r="B60" s="24"/>
+    <row r="59" spans="2:7" x14ac:dyDescent="0.2">
+      <c r="B59" s="24"/>
     </row>
   </sheetData>
-  <phoneticPr fontId="9" type="noConversion"/>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="45" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9FE202A8-3302-47AC-9414-20EE45CB45FC}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B984DC0E-C306-41EA-B11B-E1BF01D0D16A}">
   <sheetPr codeName="List2">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="B1:AC60"/>
+  <dimension ref="B1:AC59"/>
   <sheetViews>
-    <sheetView showGridLines="0" topLeftCell="K1" workbookViewId="0"/>
+    <sheetView showGridLines="0" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="10.199999999999999" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="2.7109375" style="1" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="30" max="16384" width="9.140625" style="1"/>
+    <col min="1" max="1" width="2.6640625" style="1" customWidth="1"/>
+    <col min="2" max="2" width="57.44140625" style="1" customWidth="1"/>
+    <col min="3" max="17" width="15.6640625" style="1" customWidth="1"/>
+    <col min="18" max="25" width="15.6640625" style="25" customWidth="1"/>
+    <col min="26" max="29" width="15.6640625" style="1" customWidth="1"/>
+    <col min="30" max="16384" width="9.109375" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:29" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
-    <row r="2" spans="2:29" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="2" spans="2:29" ht="15.6" x14ac:dyDescent="0.3">
       <c r="B2" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="2:29" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B3" s="3"/>
     </row>
     <row r="4" spans="2:29" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B4" s="4" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="2:29" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B5" s="3"/>
     </row>
     <row r="6" spans="2:29" x14ac:dyDescent="0.2">
       <c r="B6" s="5" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="7" spans="2:29" x14ac:dyDescent="0.2">
+    <row r="7" spans="2:29" s="31" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B7" s="6"/>
-      <c r="C7" s="7" t="s">
+      <c r="C7" s="32" t="s">
+        <v>36</v>
+      </c>
+      <c r="D7" s="33" t="s">
         <v>37</v>
       </c>
-      <c r="D7" s="7" t="s">
+      <c r="E7" s="6" t="s">
         <v>38</v>
       </c>
-      <c r="E7" s="7" t="s">
+      <c r="F7" s="32" t="s">
         <v>39</v>
       </c>
-      <c r="F7" s="7" t="s">
+      <c r="G7" s="32" t="s">
         <v>40</v>
       </c>
-      <c r="G7" s="7" t="s">
+      <c r="H7" s="32" t="s">
         <v>41</v>
       </c>
-      <c r="H7" s="7" t="s">
+      <c r="I7" s="6" t="s">
         <v>42</v>
       </c>
-      <c r="I7" s="7" t="s">
+      <c r="J7" s="32" t="s">
         <v>43</v>
       </c>
-      <c r="J7" s="7" t="s">
+      <c r="K7" s="32" t="s">
         <v>44</v>
       </c>
-      <c r="K7" s="7" t="s">
+      <c r="L7" s="32" t="s">
         <v>45</v>
       </c>
-      <c r="L7" s="7" t="s">
+      <c r="M7" s="6" t="s">
         <v>46</v>
       </c>
-      <c r="M7" s="7" t="s">
+      <c r="N7" s="6" t="s">
         <v>47</v>
       </c>
-      <c r="N7" s="7" t="s">
+      <c r="O7" s="32" t="s">
         <v>48</v>
       </c>
-      <c r="O7" s="7" t="s">
+      <c r="P7" s="32" t="s">
         <v>49</v>
       </c>
-      <c r="P7" s="7" t="s">
+      <c r="Q7" s="32" t="s">
+        <v>3</v>
+      </c>
+      <c r="R7" s="32" t="s">
+        <v>4</v>
+      </c>
+      <c r="S7" s="32" t="s">
         <v>50</v>
       </c>
-      <c r="Q7" s="7" t="s">
-[...8 lines deleted...]
-      <c r="T7" s="7" t="s">
+      <c r="T7" s="32" t="s">
         <v>51</v>
       </c>
-      <c r="U7" s="7" t="s">
+      <c r="U7" s="32" t="s">
+        <v>52</v>
+      </c>
+      <c r="V7" s="32" t="s">
         <v>53</v>
       </c>
-      <c r="V7" s="7" t="s">
+      <c r="W7" s="32" t="s">
         <v>54</v>
       </c>
-      <c r="W7" s="7" t="s">
+      <c r="X7" s="32" t="s">
         <v>55</v>
       </c>
-      <c r="X7" s="7" t="s">
+      <c r="Y7" s="32" t="s">
         <v>56</v>
       </c>
-      <c r="Y7" s="7" t="s">
+      <c r="Z7" s="32" t="s">
         <v>57</v>
       </c>
-      <c r="Z7" s="31" t="s">
+      <c r="AA7" s="32" t="s">
         <v>58</v>
       </c>
-      <c r="AA7" s="7" t="s">
+      <c r="AB7" s="32" t="s">
         <v>59</v>
       </c>
-      <c r="AB7" s="7" t="s">
-[...3 lines deleted...]
-        <v>62</v>
+      <c r="AC7" s="32" t="s">
+        <v>61</v>
       </c>
     </row>
     <row r="8" spans="2:29" x14ac:dyDescent="0.2">
       <c r="C8" s="25"/>
       <c r="D8" s="25"/>
       <c r="E8" s="25"/>
       <c r="F8" s="25"/>
       <c r="G8" s="25"/>
       <c r="H8" s="25"/>
       <c r="I8" s="25"/>
       <c r="J8" s="25"/>
       <c r="K8" s="25"/>
       <c r="L8" s="25"/>
       <c r="M8" s="25"/>
       <c r="N8" s="25"/>
       <c r="O8" s="25"/>
       <c r="P8" s="25"/>
       <c r="Q8" s="25"/>
       <c r="Z8" s="25"/>
       <c r="AA8" s="25"/>
       <c r="AB8" s="25"/>
       <c r="AC8" s="25"/>
     </row>
     <row r="9" spans="2:29" x14ac:dyDescent="0.2">
-      <c r="B9" s="8" t="s">
-        <v>6</v>
+      <c r="B9" s="7" t="s">
+        <v>5</v>
       </c>
       <c r="C9" s="25"/>
       <c r="D9" s="25"/>
       <c r="E9" s="25"/>
       <c r="F9" s="25"/>
       <c r="G9" s="25"/>
       <c r="H9" s="25"/>
       <c r="I9" s="25"/>
       <c r="J9" s="25"/>
       <c r="K9" s="25"/>
       <c r="L9" s="25"/>
       <c r="M9" s="25"/>
       <c r="N9" s="25"/>
       <c r="O9" s="25"/>
       <c r="P9" s="25"/>
       <c r="Q9" s="25"/>
       <c r="Z9" s="25"/>
       <c r="AA9" s="25"/>
       <c r="AB9" s="25"/>
       <c r="AC9" s="25"/>
     </row>
     <row r="10" spans="2:29" x14ac:dyDescent="0.2">
-      <c r="B10" s="8" t="s">
-        <v>7</v>
+      <c r="B10" s="7" t="s">
+        <v>6</v>
       </c>
       <c r="C10" s="26">
         <v>8621230.9800000004</v>
       </c>
       <c r="D10" s="26">
         <v>12793398.254000001</v>
       </c>
       <c r="E10" s="26">
         <v>16832991.151999999</v>
       </c>
       <c r="F10" s="26">
         <v>3914446.2549999999</v>
       </c>
       <c r="G10" s="26">
         <v>7682335.3090000004</v>
       </c>
       <c r="H10" s="26">
         <v>11358061.252</v>
       </c>
       <c r="I10" s="26">
         <v>14977590.403000001</v>
       </c>
       <c r="J10" s="26">
         <v>3408861.358</v>
       </c>
@@ -5292,52 +5374,52 @@
         <v>2685640.99</v>
       </c>
       <c r="W10" s="26">
         <v>5370581.2369999997</v>
       </c>
       <c r="X10" s="26">
         <v>8018712.926</v>
       </c>
       <c r="Y10" s="26">
         <v>10645285.550000001</v>
       </c>
       <c r="Z10" s="26">
         <v>2584142.9750000001</v>
       </c>
       <c r="AA10" s="26">
         <v>5199631.6399999997</v>
       </c>
       <c r="AB10" s="26">
         <v>8002424.4179999996</v>
       </c>
       <c r="AC10" s="26">
         <v>11128086.334000001</v>
       </c>
     </row>
     <row r="11" spans="2:29" x14ac:dyDescent="0.2">
-      <c r="B11" s="9" t="s">
-        <v>52</v>
+      <c r="B11" s="8" t="s">
+        <v>7</v>
       </c>
       <c r="C11" s="27">
         <v>774609.87100000004</v>
       </c>
       <c r="D11" s="27">
         <v>1161440.2779999999</v>
       </c>
       <c r="E11" s="27">
         <v>1561188.152</v>
       </c>
       <c r="F11" s="27">
         <v>378299.31</v>
       </c>
       <c r="G11" s="27">
         <v>701690.42299999995</v>
       </c>
       <c r="H11" s="27">
         <v>995012.95</v>
       </c>
       <c r="I11" s="27">
         <v>1256065.0160000001</v>
       </c>
       <c r="J11" s="27">
         <v>294887.76899999997</v>
       </c>
@@ -5378,51 +5460,51 @@
         <v>49172.26</v>
       </c>
       <c r="W11" s="27">
         <v>99172.485000000001</v>
       </c>
       <c r="X11" s="27">
         <v>159132.94899999999</v>
       </c>
       <c r="Y11" s="27">
         <v>202254.71299999999</v>
       </c>
       <c r="Z11" s="27">
         <v>66926.635999999999</v>
       </c>
       <c r="AA11" s="27">
         <v>122208.092</v>
       </c>
       <c r="AB11" s="27">
         <v>217586.799</v>
       </c>
       <c r="AC11" s="27">
         <v>284097.32699999999</v>
       </c>
     </row>
     <row r="12" spans="2:29" x14ac:dyDescent="0.2">
-      <c r="B12" s="9" t="s">
+      <c r="B12" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C12" s="27">
         <v>615482.91700000002</v>
       </c>
       <c r="D12" s="27">
         <v>949308.93799999997</v>
       </c>
       <c r="E12" s="27">
         <v>1266023.8559999999</v>
       </c>
       <c r="F12" s="27">
         <v>284816.67300000001</v>
       </c>
       <c r="G12" s="27">
         <v>528468.54399999999</v>
       </c>
       <c r="H12" s="27">
         <v>775014.59100000001</v>
       </c>
       <c r="I12" s="27">
         <v>997758.70200000005</v>
       </c>
       <c r="J12" s="27">
         <v>237538.59299999999</v>
@@ -5464,51 +5546,51 @@
         <v>175492.307</v>
       </c>
       <c r="W12" s="27">
         <v>356004.54100000003</v>
       </c>
       <c r="X12" s="27">
         <v>524533.93700000003</v>
       </c>
       <c r="Y12" s="27">
         <v>701472.99800000002</v>
       </c>
       <c r="Z12" s="27">
         <v>179797.20600000001</v>
       </c>
       <c r="AA12" s="27">
         <v>349911.61700000003</v>
       </c>
       <c r="AB12" s="27">
         <v>554074.46600000001</v>
       </c>
       <c r="AC12" s="27">
         <v>797983.87399999995</v>
       </c>
     </row>
     <row r="13" spans="2:29" x14ac:dyDescent="0.2">
-      <c r="B13" s="9" t="s">
+      <c r="B13" s="8" t="s">
         <v>9</v>
       </c>
       <c r="C13" s="27">
         <v>7187139.8679999998</v>
       </c>
       <c r="D13" s="27">
         <v>10624359.426000001</v>
       </c>
       <c r="E13" s="27">
         <v>13953417.926999999</v>
       </c>
       <c r="F13" s="27">
         <v>3234399.6809999999</v>
       </c>
       <c r="G13" s="27">
         <v>6424528.9239999996</v>
       </c>
       <c r="H13" s="27">
         <v>9551950.2029999997</v>
       </c>
       <c r="I13" s="27">
         <v>12680695.173</v>
       </c>
       <c r="J13" s="27">
         <v>2853004.9720000001</v>
@@ -5550,51 +5632,51 @@
         <v>2438018.1850000001</v>
       </c>
       <c r="W13" s="27">
         <v>4878780.42</v>
       </c>
       <c r="X13" s="27">
         <v>7287894.5350000001</v>
       </c>
       <c r="Y13" s="27">
         <v>9686213.8029999994</v>
       </c>
       <c r="Z13" s="27">
         <v>2324214.5410000002</v>
       </c>
       <c r="AA13" s="27">
         <v>4687187.307</v>
       </c>
       <c r="AB13" s="27">
         <v>7168263.1629999997</v>
       </c>
       <c r="AC13" s="27">
         <v>9946249.2430000007</v>
       </c>
     </row>
     <row r="14" spans="2:29" x14ac:dyDescent="0.2">
-      <c r="B14" s="11" t="s">
+      <c r="B14" s="10" t="s">
         <v>10</v>
       </c>
       <c r="C14" s="27">
         <v>0.58199999999999996</v>
       </c>
       <c r="D14" s="27">
         <v>1.571</v>
       </c>
       <c r="E14" s="27">
         <v>1.583</v>
       </c>
       <c r="F14" s="27">
         <v>684.37599999999998</v>
       </c>
       <c r="G14" s="27">
         <v>684.37900000000002</v>
       </c>
       <c r="H14" s="27">
         <v>684.80600000000004</v>
       </c>
       <c r="I14" s="27">
         <v>684.38099999999997</v>
       </c>
       <c r="J14" s="27">
         <v>117.249</v>
@@ -5636,51 +5718,51 @@
         <v>0.188</v>
       </c>
       <c r="W14" s="27">
         <v>0.376</v>
       </c>
       <c r="X14" s="27">
         <v>0.56200000000000006</v>
       </c>
       <c r="Y14" s="27">
         <v>0.75</v>
       </c>
       <c r="Z14" s="27">
         <v>0.182</v>
       </c>
       <c r="AA14" s="27">
         <v>0.182</v>
       </c>
       <c r="AB14" s="27">
         <v>317.59699999999998</v>
       </c>
       <c r="AC14" s="27">
         <v>0.182</v>
       </c>
     </row>
     <row r="15" spans="2:29" x14ac:dyDescent="0.2">
-      <c r="B15" s="11" t="s">
+      <c r="B15" s="10" t="s">
         <v>11</v>
       </c>
       <c r="C15" s="27">
         <v>1132921.6310000001</v>
       </c>
       <c r="D15" s="27">
         <v>1674738.652</v>
       </c>
       <c r="E15" s="27">
         <v>2274160.8629999999</v>
       </c>
       <c r="F15" s="27">
         <v>499533.86</v>
       </c>
       <c r="G15" s="27">
         <v>994870.23800000001</v>
       </c>
       <c r="H15" s="27">
         <v>1479760.0390000001</v>
       </c>
       <c r="I15" s="27">
         <v>1949561.932</v>
       </c>
       <c r="J15" s="27">
         <v>345339.99400000001</v>
@@ -5722,51 +5804,51 @@
         <v>211297.60399999999</v>
       </c>
       <c r="W15" s="27">
         <v>417723.89199999999</v>
       </c>
       <c r="X15" s="27">
         <v>615269.06900000002</v>
       </c>
       <c r="Y15" s="27">
         <v>829505.71600000001</v>
       </c>
       <c r="Z15" s="27">
         <v>190422.84899999999</v>
       </c>
       <c r="AA15" s="27">
         <v>374084.50799999997</v>
       </c>
       <c r="AB15" s="27">
         <v>562872.098</v>
       </c>
       <c r="AC15" s="27">
         <v>823784.37</v>
       </c>
     </row>
     <row r="16" spans="2:29" x14ac:dyDescent="0.2">
-      <c r="B16" s="11" t="s">
+      <c r="B16" s="10" t="s">
         <v>12</v>
       </c>
       <c r="C16" s="27">
         <v>41642.298999999999</v>
       </c>
       <c r="D16" s="27">
         <v>57687.313999999998</v>
       </c>
       <c r="E16" s="27">
         <v>78471.695000000007</v>
       </c>
       <c r="F16" s="27">
         <v>25274.788</v>
       </c>
       <c r="G16" s="27">
         <v>47458.936000000002</v>
       </c>
       <c r="H16" s="27">
         <v>290045.02600000001</v>
       </c>
       <c r="I16" s="27">
         <v>103045.37699999999</v>
       </c>
       <c r="J16" s="27">
         <v>29479.973999999998</v>
@@ -5808,51 +5890,51 @@
         <v>7474.6639999999998</v>
       </c>
       <c r="W16" s="27">
         <v>12821.718000000001</v>
       </c>
       <c r="X16" s="27">
         <v>18271.848000000002</v>
       </c>
       <c r="Y16" s="27">
         <v>24585.489000000001</v>
       </c>
       <c r="Z16" s="27">
         <v>12126.982</v>
       </c>
       <c r="AA16" s="27">
         <v>47399.194000000003</v>
       </c>
       <c r="AB16" s="27">
         <v>147129.55499999999</v>
       </c>
       <c r="AC16" s="27">
         <v>325445.51400000002</v>
       </c>
     </row>
     <row r="17" spans="2:29" x14ac:dyDescent="0.2">
-      <c r="B17" s="11" t="s">
+      <c r="B17" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="27">
         <v>59556.709000000003</v>
       </c>
       <c r="D17" s="27">
         <v>82919.125</v>
       </c>
       <c r="E17" s="27">
         <v>126560.66499999999</v>
       </c>
       <c r="F17" s="27">
         <v>26526.025000000001</v>
       </c>
       <c r="G17" s="27">
         <v>50417.114999999998</v>
       </c>
       <c r="H17" s="27">
         <v>79854.630999999994</v>
       </c>
       <c r="I17" s="27">
         <v>106144.102</v>
       </c>
       <c r="J17" s="27">
         <v>17229.284</v>
@@ -5894,51 +5976,51 @@
         <v>15042.195</v>
       </c>
       <c r="W17" s="27">
         <v>28452.044000000002</v>
       </c>
       <c r="X17" s="27">
         <v>40010.53</v>
       </c>
       <c r="Y17" s="27">
         <v>48997.105000000003</v>
       </c>
       <c r="Z17" s="27">
         <v>10061.968000000001</v>
       </c>
       <c r="AA17" s="27">
         <v>21870.384999999998</v>
       </c>
       <c r="AB17" s="27">
         <v>34999.523999999998</v>
       </c>
       <c r="AC17" s="27">
         <v>50895.678</v>
       </c>
     </row>
     <row r="18" spans="2:29" x14ac:dyDescent="0.2">
-      <c r="B18" s="11" t="s">
+      <c r="B18" s="10" t="s">
         <v>14</v>
       </c>
       <c r="C18" s="27">
         <v>2004711.86</v>
       </c>
       <c r="D18" s="27">
         <v>2946488.6</v>
       </c>
       <c r="E18" s="27">
         <v>3716015.0780000002</v>
       </c>
       <c r="F18" s="27">
         <v>856052.12199999997</v>
       </c>
       <c r="G18" s="27">
         <v>1670068.902</v>
       </c>
       <c r="H18" s="27">
         <v>2483353.8939999999</v>
       </c>
       <c r="I18" s="27">
         <v>3237868.3149999999</v>
       </c>
       <c r="J18" s="27">
         <v>726886.79299999995</v>
@@ -5980,51 +6062,51 @@
         <v>587463.44900000002</v>
       </c>
       <c r="W18" s="27">
         <v>1193699.0719999999</v>
       </c>
       <c r="X18" s="27">
         <v>1781154.2479999999</v>
       </c>
       <c r="Y18" s="27">
         <v>2352090.801</v>
       </c>
       <c r="Z18" s="27">
         <v>546914.14199999999</v>
       </c>
       <c r="AA18" s="27">
         <v>1127479.4639999999</v>
       </c>
       <c r="AB18" s="27">
         <v>1741966.9450000001</v>
       </c>
       <c r="AC18" s="27">
         <v>2500278.3840000001</v>
       </c>
     </row>
     <row r="19" spans="2:29" x14ac:dyDescent="0.2">
-      <c r="B19" s="11" t="s">
+      <c r="B19" s="10" t="s">
         <v>15</v>
       </c>
       <c r="C19" s="27">
         <v>3948306.787</v>
       </c>
       <c r="D19" s="27">
         <v>5862524.165</v>
       </c>
       <c r="E19" s="27">
         <v>7758208.0429999996</v>
       </c>
       <c r="F19" s="27">
         <v>1826328.5109999999</v>
       </c>
       <c r="G19" s="27">
         <v>3661029.3530000001</v>
       </c>
       <c r="H19" s="27">
         <v>5218251.807</v>
       </c>
       <c r="I19" s="27">
         <v>7283391.0669999998</v>
       </c>
       <c r="J19" s="27">
         <v>1733951.679</v>
@@ -6066,51 +6148,51 @@
         <v>1616740.0859999999</v>
       </c>
       <c r="W19" s="27">
         <v>3226083.318</v>
       </c>
       <c r="X19" s="27">
         <v>4833188.2769999998</v>
       </c>
       <c r="Y19" s="27">
         <v>6431033.943</v>
       </c>
       <c r="Z19" s="27">
         <v>1564688.4180000001</v>
       </c>
       <c r="AA19" s="27">
         <v>3116353.5729999999</v>
       </c>
       <c r="AB19" s="27">
         <v>4680977.4440000001</v>
       </c>
       <c r="AC19" s="27">
         <v>6245845.1150000002</v>
       </c>
     </row>
     <row r="20" spans="2:29" x14ac:dyDescent="0.2">
-      <c r="B20" s="12" t="s">
+      <c r="B20" s="11" t="s">
         <v>16</v>
       </c>
       <c r="C20" s="28">
         <v>43998.324000000022</v>
       </c>
       <c r="D20" s="28">
         <v>58289.611999999732</v>
       </c>
       <c r="E20" s="28">
         <v>52361.216999998316</v>
       </c>
       <c r="F20" s="28">
         <v>16930.591000000015</v>
       </c>
       <c r="G20" s="28">
         <v>27647.418000000529</v>
       </c>
       <c r="H20" s="28">
         <v>36083.508000001311</v>
       </c>
       <c r="I20" s="28">
         <v>43071.512000000104</v>
       </c>
       <c r="J20" s="28">
         <v>23430.024000000209</v>
@@ -6152,114 +6234,114 @@
         <v>22958.238000000361</v>
       </c>
       <c r="W20" s="28">
         <v>36623.79099999927</v>
       </c>
       <c r="X20" s="28">
         <v>47151.504999999888</v>
       </c>
       <c r="Y20" s="28">
         <v>55344.036000002176</v>
       </c>
       <c r="Z20" s="28">
         <v>13204.592000000179</v>
       </c>
       <c r="AA20" s="28">
         <v>40324.623999999836</v>
       </c>
       <c r="AB20" s="28">
         <v>62499.990000000224</v>
       </c>
       <c r="AC20" s="28">
         <v>99755.890000000596</v>
       </c>
     </row>
     <row r="21" spans="2:29" x14ac:dyDescent="0.2">
-      <c r="B21" s="11"/>
+      <c r="B21" s="10"/>
       <c r="C21" s="27"/>
       <c r="D21" s="27"/>
       <c r="E21" s="27"/>
       <c r="F21" s="27"/>
       <c r="G21" s="27"/>
       <c r="H21" s="27"/>
       <c r="I21" s="27"/>
       <c r="J21" s="27"/>
       <c r="K21" s="27"/>
       <c r="L21" s="27"/>
       <c r="M21" s="27"/>
       <c r="N21" s="27"/>
       <c r="O21" s="27"/>
       <c r="P21" s="27"/>
       <c r="Q21" s="27"/>
       <c r="R21" s="27"/>
       <c r="S21" s="27"/>
       <c r="T21" s="27"/>
       <c r="U21" s="27"/>
       <c r="V21" s="27"/>
       <c r="W21" s="27"/>
       <c r="X21" s="27"/>
       <c r="Y21" s="27"/>
       <c r="Z21" s="27"/>
       <c r="AA21" s="27"/>
       <c r="AB21" s="27"/>
       <c r="AC21" s="27"/>
     </row>
     <row r="22" spans="2:29" x14ac:dyDescent="0.2">
-      <c r="B22" s="8" t="s">
+      <c r="B22" s="7" t="s">
         <v>17</v>
       </c>
       <c r="C22" s="27"/>
       <c r="D22" s="27"/>
       <c r="E22" s="27"/>
       <c r="F22" s="27"/>
       <c r="G22" s="27"/>
       <c r="H22" s="27"/>
       <c r="I22" s="27"/>
       <c r="J22" s="27"/>
       <c r="K22" s="27"/>
       <c r="L22" s="27"/>
       <c r="M22" s="27"/>
       <c r="N22" s="27"/>
       <c r="O22" s="27"/>
       <c r="P22" s="27"/>
       <c r="Q22" s="27"/>
       <c r="R22" s="27"/>
       <c r="S22" s="27"/>
       <c r="T22" s="27"/>
       <c r="U22" s="27"/>
       <c r="V22" s="27"/>
       <c r="W22" s="27"/>
       <c r="X22" s="27"/>
       <c r="Y22" s="27"/>
       <c r="Z22" s="27"/>
       <c r="AA22" s="27"/>
       <c r="AB22" s="27"/>
       <c r="AC22" s="27"/>
     </row>
     <row r="23" spans="2:29" x14ac:dyDescent="0.2">
-      <c r="B23" s="8" t="s">
-        <v>7</v>
+      <c r="B23" s="7" t="s">
+        <v>6</v>
       </c>
       <c r="C23" s="26">
         <v>3114359.6970000002</v>
       </c>
       <c r="D23" s="26">
         <v>4513103.2379999999</v>
       </c>
       <c r="E23" s="26">
         <v>5869884.2350000003</v>
       </c>
       <c r="F23" s="26">
         <v>1156847.8659999999</v>
       </c>
       <c r="G23" s="26">
         <v>2154293.952</v>
       </c>
       <c r="H23" s="26">
         <v>3098209.2319999998</v>
       </c>
       <c r="I23" s="26">
         <v>3965150.5970000001</v>
       </c>
       <c r="J23" s="26">
         <v>801376.91599999997</v>
       </c>
@@ -6300,52 +6382,52 @@
         <v>265429.09000000003</v>
       </c>
       <c r="W23" s="26">
         <v>512835.011</v>
       </c>
       <c r="X23" s="26">
         <v>758121.51699999999</v>
       </c>
       <c r="Y23" s="26">
         <v>1008035.515</v>
       </c>
       <c r="Z23" s="26">
         <v>240371.57399999999</v>
       </c>
       <c r="AA23" s="26">
         <v>478537.45</v>
       </c>
       <c r="AB23" s="26">
         <v>774178.16899999999</v>
       </c>
       <c r="AC23" s="26">
         <v>1109892.034</v>
       </c>
     </row>
     <row r="24" spans="2:29" x14ac:dyDescent="0.2">
-      <c r="B24" s="9" t="s">
-        <v>52</v>
+      <c r="B24" s="8" t="s">
+        <v>7</v>
       </c>
       <c r="C24" s="27">
         <v>693903.2</v>
       </c>
       <c r="D24" s="27">
         <v>1041448.446</v>
       </c>
       <c r="E24" s="27">
         <v>1406729.74</v>
       </c>
       <c r="F24" s="27">
         <v>349268.00099999999</v>
       </c>
       <c r="G24" s="27">
         <v>642754.12</v>
       </c>
       <c r="H24" s="27">
         <v>934942.50399999996</v>
       </c>
       <c r="I24" s="27">
         <v>1214091.639</v>
       </c>
       <c r="J24" s="27">
         <v>277187.14399999997</v>
       </c>
@@ -6386,51 +6468,51 @@
         <v>41552.250999999997</v>
       </c>
       <c r="W24" s="27">
         <v>83440.322</v>
       </c>
       <c r="X24" s="27">
         <v>134662.82500000001</v>
       </c>
       <c r="Y24" s="27">
         <v>174851.11799999999</v>
       </c>
       <c r="Z24" s="27">
         <v>65359.39</v>
       </c>
       <c r="AA24" s="27">
         <v>138130.52299999999</v>
       </c>
       <c r="AB24" s="27">
         <v>262727.37300000002</v>
       </c>
       <c r="AC24" s="27">
         <v>363962.28899999999</v>
       </c>
     </row>
     <row r="25" spans="2:29" x14ac:dyDescent="0.2">
-      <c r="B25" s="9" t="s">
+      <c r="B25" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C25" s="27">
         <v>2310204.2230000002</v>
       </c>
       <c r="D25" s="27">
         <v>3314701.9539999999</v>
       </c>
       <c r="E25" s="27">
         <v>4242971.716</v>
       </c>
       <c r="F25" s="27">
         <v>755562.74600000004</v>
       </c>
       <c r="G25" s="27">
         <v>1423206.8740000001</v>
       </c>
       <c r="H25" s="27">
         <v>2039966.601</v>
       </c>
       <c r="I25" s="27">
         <v>2594071.0759999999</v>
       </c>
       <c r="J25" s="27">
         <v>482956.21399999998</v>
@@ -6472,51 +6554,51 @@
         <v>171303.37400000001</v>
       </c>
       <c r="W25" s="27">
         <v>337549.20400000003</v>
       </c>
       <c r="X25" s="27">
         <v>476394.75799999997</v>
       </c>
       <c r="Y25" s="27">
         <v>618171.68700000003</v>
       </c>
       <c r="Z25" s="27">
         <v>120072.11</v>
       </c>
       <c r="AA25" s="27">
         <v>227808.36199999999</v>
       </c>
       <c r="AB25" s="27">
         <v>351314.78700000001</v>
       </c>
       <c r="AC25" s="27">
         <v>518977.092</v>
       </c>
     </row>
     <row r="26" spans="2:29" x14ac:dyDescent="0.2">
-      <c r="B26" s="11" t="s">
+      <c r="B26" s="10" t="s">
         <v>10</v>
       </c>
       <c r="C26" s="27">
         <v>4072.4409999999998</v>
       </c>
       <c r="D26" s="27">
         <v>9100.9740000000002</v>
       </c>
       <c r="E26" s="27">
         <v>14576.880999999999</v>
       </c>
       <c r="F26" s="27">
         <v>4307.2420000000002</v>
       </c>
       <c r="G26" s="27">
         <v>9482.3430000000008</v>
       </c>
       <c r="H26" s="27">
         <v>14152.444</v>
       </c>
       <c r="I26" s="27">
         <v>21944.161</v>
       </c>
       <c r="J26" s="27">
         <v>4732.4740000000002</v>
@@ -6558,51 +6640,51 @@
         <v>3622.2570000000001</v>
       </c>
       <c r="W26" s="27">
         <v>6482.3869999999997</v>
       </c>
       <c r="X26" s="27">
         <v>9205.5609999999997</v>
       </c>
       <c r="Y26" s="27">
         <v>11804.802</v>
       </c>
       <c r="Z26" s="27">
         <v>2549.2280000000001</v>
       </c>
       <c r="AA26" s="27">
         <v>5044.1639999999998</v>
       </c>
       <c r="AB26" s="27">
         <v>7561.4629999999997</v>
       </c>
       <c r="AC26" s="27">
         <v>9800.0360000000001</v>
       </c>
     </row>
     <row r="27" spans="2:29" x14ac:dyDescent="0.2">
-      <c r="B27" s="11" t="s">
+      <c r="B27" s="10" t="s">
         <v>11</v>
       </c>
       <c r="C27" s="27">
         <v>112093.73699999999</v>
       </c>
       <c r="D27" s="27">
         <v>165343.93299999999</v>
       </c>
       <c r="E27" s="27">
         <v>221945.864</v>
       </c>
       <c r="F27" s="27">
         <v>42929.540999999997</v>
       </c>
       <c r="G27" s="27">
         <v>92816.429000000004</v>
       </c>
       <c r="H27" s="27">
         <v>124749.867</v>
       </c>
       <c r="I27" s="27">
         <v>167313.18900000001</v>
       </c>
       <c r="J27" s="27">
         <v>36258.925999999999</v>
@@ -6644,51 +6726,51 @@
         <v>27402.422999999999</v>
       </c>
       <c r="W27" s="27">
         <v>62102.707999999999</v>
       </c>
       <c r="X27" s="27">
         <v>85506.145999999993</v>
       </c>
       <c r="Y27" s="27">
         <v>110232.406</v>
       </c>
       <c r="Z27" s="27">
         <v>20776.164000000001</v>
       </c>
       <c r="AA27" s="27">
         <v>41458.267999999996</v>
       </c>
       <c r="AB27" s="27">
         <v>61945.095999999998</v>
       </c>
       <c r="AC27" s="27">
         <v>83293.383000000002</v>
       </c>
     </row>
     <row r="28" spans="2:29" x14ac:dyDescent="0.2">
-      <c r="B28" s="11" t="s">
+      <c r="B28" s="10" t="s">
         <v>12</v>
       </c>
       <c r="C28" s="27">
         <v>358667.114</v>
       </c>
       <c r="D28" s="27">
         <v>494309.98200000002</v>
       </c>
       <c r="E28" s="27">
         <v>630047.95600000001</v>
       </c>
       <c r="F28" s="27">
         <v>96030.03</v>
       </c>
       <c r="G28" s="27">
         <v>181408.677</v>
       </c>
       <c r="H28" s="27">
         <v>306295.20199999999</v>
       </c>
       <c r="I28" s="27">
         <v>400060.37300000002</v>
       </c>
       <c r="J28" s="27">
         <v>85397.198000000004</v>
@@ -6730,51 +6812,51 @@
         <v>42799.853000000003</v>
       </c>
       <c r="W28" s="27">
         <v>84313.009000000005</v>
       </c>
       <c r="X28" s="27">
         <v>114363.05100000001</v>
       </c>
       <c r="Y28" s="27">
         <v>151628.02600000001</v>
       </c>
       <c r="Z28" s="27">
         <v>26113.013999999999</v>
       </c>
       <c r="AA28" s="27">
         <v>51056.862999999998</v>
       </c>
       <c r="AB28" s="27">
         <v>84462.692999999999</v>
       </c>
       <c r="AC28" s="27">
         <v>152034.42499999999</v>
       </c>
     </row>
     <row r="29" spans="2:29" x14ac:dyDescent="0.2">
-      <c r="B29" s="11" t="s">
+      <c r="B29" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="27">
         <v>84340.601999999999</v>
       </c>
       <c r="D29" s="27">
         <v>122190.31</v>
       </c>
       <c r="E29" s="27">
         <v>185157.666</v>
       </c>
       <c r="F29" s="27">
         <v>31783.276000000002</v>
       </c>
       <c r="G29" s="27">
         <v>63229.481</v>
       </c>
       <c r="H29" s="27">
         <v>84273.994000000006</v>
       </c>
       <c r="I29" s="27">
         <v>112063.356</v>
       </c>
       <c r="J29" s="27">
         <v>17412.329000000002</v>
@@ -6816,51 +6898,51 @@
         <v>7119.2070000000003</v>
       </c>
       <c r="W29" s="27">
         <v>13717.516</v>
       </c>
       <c r="X29" s="27">
         <v>19747.075000000001</v>
       </c>
       <c r="Y29" s="27">
         <v>25015.004000000001</v>
       </c>
       <c r="Z29" s="27">
         <v>5737.4570000000003</v>
       </c>
       <c r="AA29" s="27">
         <v>11942.058000000001</v>
       </c>
       <c r="AB29" s="27">
         <v>17001.061000000002</v>
       </c>
       <c r="AC29" s="27">
         <v>27578.858</v>
       </c>
     </row>
     <row r="30" spans="2:29" x14ac:dyDescent="0.2">
-      <c r="B30" s="11" t="s">
+      <c r="B30" s="10" t="s">
         <v>14</v>
       </c>
       <c r="C30" s="27">
         <v>183946.576</v>
       </c>
       <c r="D30" s="27">
         <v>267710.44300000003</v>
       </c>
       <c r="E30" s="27">
         <v>319474.91499999998</v>
       </c>
       <c r="F30" s="27">
         <v>59838.447</v>
       </c>
       <c r="G30" s="27">
         <v>111147.84600000001</v>
       </c>
       <c r="H30" s="27">
         <v>158361.22099999999</v>
       </c>
       <c r="I30" s="27">
         <v>197108.16500000001</v>
       </c>
       <c r="J30" s="27">
         <v>34074.576999999997</v>
@@ -6902,51 +6984,51 @@
         <v>11888.093999999999</v>
       </c>
       <c r="W30" s="27">
         <v>21784.083999999999</v>
       </c>
       <c r="X30" s="27">
         <v>31817.080999999998</v>
       </c>
       <c r="Y30" s="27">
         <v>40427.502999999997</v>
       </c>
       <c r="Z30" s="27">
         <v>6704.59</v>
       </c>
       <c r="AA30" s="27">
         <v>13454.975</v>
       </c>
       <c r="AB30" s="27">
         <v>24324.300999999999</v>
       </c>
       <c r="AC30" s="27">
         <v>40096.161999999997</v>
       </c>
     </row>
     <row r="31" spans="2:29" x14ac:dyDescent="0.2">
-      <c r="B31" s="11" t="s">
+      <c r="B31" s="10" t="s">
         <v>15</v>
       </c>
       <c r="C31" s="27">
         <v>1567083.753</v>
       </c>
       <c r="D31" s="27">
         <v>2256046.3119999999</v>
       </c>
       <c r="E31" s="27">
         <v>2871768.4339999999</v>
       </c>
       <c r="F31" s="27">
         <v>520674.20899999997</v>
       </c>
       <c r="G31" s="27">
         <v>965122.098</v>
       </c>
       <c r="H31" s="27">
         <v>1352133.8729999999</v>
       </c>
       <c r="I31" s="27">
         <v>1695581.8319999999</v>
       </c>
       <c r="J31" s="27">
         <v>305080.71000000002</v>
@@ -6988,51 +7070,51 @@
         <v>78471.539999999994</v>
       </c>
       <c r="W31" s="27">
         <v>149149.5</v>
       </c>
       <c r="X31" s="27">
         <v>215755.84299999999</v>
       </c>
       <c r="Y31" s="27">
         <v>279063.94500000001</v>
       </c>
       <c r="Z31" s="27">
         <v>58191.656999999999</v>
       </c>
       <c r="AA31" s="27">
         <v>104852.033</v>
       </c>
       <c r="AB31" s="27">
         <v>156020.17300000001</v>
       </c>
       <c r="AC31" s="27">
         <v>206174.228</v>
       </c>
     </row>
     <row r="32" spans="2:29" x14ac:dyDescent="0.2">
-      <c r="B32" s="13" t="s">
+      <c r="B32" s="12" t="s">
         <v>19</v>
       </c>
       <c r="C32" s="27">
         <v>37466.279000000002</v>
       </c>
       <c r="D32" s="27">
         <v>56361.504000000001</v>
       </c>
       <c r="E32" s="27">
         <v>75244.027000000002</v>
       </c>
       <c r="F32" s="27">
         <v>18631.371999999999</v>
       </c>
       <c r="G32" s="27">
         <v>37431.777999999998</v>
       </c>
       <c r="H32" s="27">
         <v>48572.464</v>
       </c>
       <c r="I32" s="27">
         <v>51886.807000000001</v>
       </c>
       <c r="J32" s="27">
         <v>5171.5879999999997</v>
@@ -7074,51 +7156,51 @@
         <v>5940.5990000000002</v>
       </c>
       <c r="W32" s="27">
         <v>12168.446</v>
       </c>
       <c r="X32" s="27">
         <v>24191.73</v>
       </c>
       <c r="Y32" s="27">
         <v>36612.665999999997</v>
       </c>
       <c r="Z32" s="27">
         <v>11912.17</v>
       </c>
       <c r="AA32" s="27">
         <v>24192.942999999999</v>
       </c>
       <c r="AB32" s="27">
         <v>36233.373</v>
       </c>
       <c r="AC32" s="27">
         <v>80148.025999999998</v>
       </c>
     </row>
     <row r="33" spans="2:29" x14ac:dyDescent="0.2">
-      <c r="B33" s="12" t="s">
+      <c r="B33" s="11" t="s">
         <v>20</v>
       </c>
       <c r="C33" s="28">
         <v>72785.995000000199</v>
       </c>
       <c r="D33" s="28">
         <v>100591.33399999999</v>
       </c>
       <c r="E33" s="28">
         <v>144938.75200000009</v>
       </c>
       <c r="F33" s="28">
         <v>33385.746999999945</v>
       </c>
       <c r="G33" s="28">
         <v>50901.179999999869</v>
       </c>
       <c r="H33" s="28">
         <v>74727.663000000088</v>
       </c>
       <c r="I33" s="28">
         <v>105101.07500000022</v>
       </c>
       <c r="J33" s="28">
         <v>36061.970000000016</v>
@@ -7160,114 +7242,114 @@
         <v>46632.866000000024</v>
       </c>
       <c r="W33" s="28">
         <v>79677.03899999999</v>
       </c>
       <c r="X33" s="28">
         <v>122872.20400000007</v>
       </c>
       <c r="Y33" s="28">
         <v>178400.04399999997</v>
       </c>
       <c r="Z33" s="28">
         <v>43027.90400000001</v>
       </c>
       <c r="AA33" s="28">
         <v>88405.622000000032</v>
       </c>
       <c r="AB33" s="28">
         <v>123902.63599999997</v>
       </c>
       <c r="AC33" s="28">
         <v>146804.62699999998</v>
       </c>
     </row>
     <row r="34" spans="2:29" x14ac:dyDescent="0.2">
-      <c r="B34" s="14"/>
+      <c r="B34" s="13"/>
       <c r="C34" s="29"/>
       <c r="D34" s="29"/>
       <c r="E34" s="29"/>
       <c r="F34" s="29"/>
       <c r="G34" s="29"/>
       <c r="H34" s="29"/>
       <c r="I34" s="29"/>
       <c r="J34" s="29"/>
       <c r="K34" s="29"/>
       <c r="L34" s="29"/>
       <c r="M34" s="29"/>
       <c r="N34" s="29"/>
       <c r="O34" s="29"/>
       <c r="P34" s="29"/>
       <c r="Q34" s="29"/>
       <c r="R34" s="29"/>
       <c r="S34" s="29"/>
       <c r="T34" s="29"/>
       <c r="U34" s="29"/>
       <c r="V34" s="29"/>
       <c r="W34" s="29"/>
       <c r="X34" s="29"/>
       <c r="Y34" s="29"/>
       <c r="Z34" s="29"/>
       <c r="AA34" s="29"/>
       <c r="AB34" s="29"/>
       <c r="AC34" s="29"/>
     </row>
     <row r="35" spans="2:29" x14ac:dyDescent="0.2">
-      <c r="B35" s="15" t="s">
+      <c r="B35" s="14" t="s">
         <v>21</v>
       </c>
       <c r="C35" s="27"/>
       <c r="D35" s="27"/>
       <c r="E35" s="27"/>
       <c r="F35" s="27"/>
       <c r="G35" s="27"/>
       <c r="H35" s="27"/>
       <c r="I35" s="27"/>
       <c r="J35" s="27"/>
       <c r="K35" s="27"/>
       <c r="L35" s="27"/>
       <c r="M35" s="27"/>
       <c r="N35" s="27"/>
       <c r="O35" s="27"/>
       <c r="P35" s="27"/>
       <c r="Q35" s="27"/>
       <c r="R35" s="27"/>
       <c r="S35" s="27"/>
       <c r="T35" s="27"/>
       <c r="U35" s="27"/>
       <c r="V35" s="27"/>
       <c r="W35" s="27"/>
       <c r="X35" s="27"/>
       <c r="Y35" s="27"/>
       <c r="Z35" s="27"/>
       <c r="AA35" s="27"/>
       <c r="AB35" s="27"/>
       <c r="AC35" s="27"/>
     </row>
     <row r="36" spans="2:29" x14ac:dyDescent="0.2">
-      <c r="B36" s="15" t="s">
-        <v>7</v>
+      <c r="B36" s="14" t="s">
+        <v>6</v>
       </c>
       <c r="C36" s="26">
         <v>2114518.966</v>
       </c>
       <c r="D36" s="26">
         <v>3465052.0440000002</v>
       </c>
       <c r="E36" s="26">
         <v>4525368.4270000001</v>
       </c>
       <c r="F36" s="26">
         <v>1064046.2250000001</v>
       </c>
       <c r="G36" s="26">
         <v>2246551.3330000001</v>
       </c>
       <c r="H36" s="26">
         <v>3689925.8020000001</v>
       </c>
       <c r="I36" s="26">
         <v>4829007.9510000004</v>
       </c>
       <c r="J36" s="26">
         <v>1049018.8230000001</v>
       </c>
@@ -7308,51 +7390,51 @@
         <v>1044887.045</v>
       </c>
       <c r="W36" s="26">
         <v>2261430.1</v>
       </c>
       <c r="X36" s="26">
         <v>3926585.6129999999</v>
       </c>
       <c r="Y36" s="26">
         <v>5211952.2680000002</v>
       </c>
       <c r="Z36" s="26">
         <v>1226874.3900000001</v>
       </c>
       <c r="AA36" s="26">
         <v>2720221.753</v>
       </c>
       <c r="AB36" s="26">
         <v>4657852.1169999996</v>
       </c>
       <c r="AC36" s="26">
         <v>6040734.2410000004</v>
       </c>
     </row>
     <row r="37" spans="2:29" x14ac:dyDescent="0.2">
-      <c r="B37" s="16" t="s">
+      <c r="B37" s="15" t="s">
         <v>22</v>
       </c>
       <c r="C37" s="27">
         <v>845791.84100000001</v>
       </c>
       <c r="D37" s="27">
         <v>1300967.132</v>
       </c>
       <c r="E37" s="27">
         <v>1718356.31</v>
       </c>
       <c r="F37" s="27">
         <v>401656.08</v>
       </c>
       <c r="G37" s="27">
         <v>846180.25</v>
       </c>
       <c r="H37" s="27">
         <v>1318152.551</v>
       </c>
       <c r="I37" s="27">
         <v>1756999.5589999999</v>
       </c>
       <c r="J37" s="27">
         <v>416202.266</v>
@@ -7394,51 +7476,51 @@
         <v>358702.05200000003</v>
       </c>
       <c r="W37" s="27">
         <v>750114.11899999995</v>
       </c>
       <c r="X37" s="27">
         <v>1257879.736</v>
       </c>
       <c r="Y37" s="27">
         <v>1707284.497</v>
       </c>
       <c r="Z37" s="27">
         <v>424923.64199999999</v>
       </c>
       <c r="AA37" s="27">
         <v>913615.65700000001</v>
       </c>
       <c r="AB37" s="27">
         <v>1476739.767</v>
       </c>
       <c r="AC37" s="27">
         <v>1964571.6680000001</v>
       </c>
     </row>
     <row r="38" spans="2:29" x14ac:dyDescent="0.2">
-      <c r="B38" s="16" t="s">
+      <c r="B38" s="15" t="s">
         <v>23</v>
       </c>
       <c r="C38" s="27">
         <v>127713.947</v>
       </c>
       <c r="D38" s="27">
         <v>190018.21100000001</v>
       </c>
       <c r="E38" s="27">
         <v>252728.09700000001</v>
       </c>
       <c r="F38" s="27">
         <v>60978.745999999999</v>
       </c>
       <c r="G38" s="27">
         <v>126373.019</v>
       </c>
       <c r="H38" s="27">
         <v>185873.20600000001</v>
       </c>
       <c r="I38" s="27">
         <v>246838.13200000001</v>
       </c>
       <c r="J38" s="27">
         <v>56620.584999999999</v>
@@ -7480,51 +7562,51 @@
         <v>42790.476000000002</v>
       </c>
       <c r="W38" s="27">
         <v>100570.39599999999</v>
       </c>
       <c r="X38" s="27">
         <v>156147.924</v>
       </c>
       <c r="Y38" s="27">
         <v>214561.64600000001</v>
       </c>
       <c r="Z38" s="27">
         <v>62126.53</v>
       </c>
       <c r="AA38" s="27">
         <v>125407.70299999999</v>
       </c>
       <c r="AB38" s="27">
         <v>190724.514</v>
       </c>
       <c r="AC38" s="27">
         <v>260864.91099999999</v>
       </c>
     </row>
     <row r="39" spans="2:29" x14ac:dyDescent="0.2">
-      <c r="B39" s="16" t="s">
+      <c r="B39" s="15" t="s">
         <v>24</v>
       </c>
       <c r="C39" s="27">
         <v>66982.37</v>
       </c>
       <c r="D39" s="27">
         <v>106532.648</v>
       </c>
       <c r="E39" s="27">
         <v>144778.83300000001</v>
       </c>
       <c r="F39" s="27">
         <v>40940.576999999997</v>
       </c>
       <c r="G39" s="27">
         <v>90200.793999999994</v>
       </c>
       <c r="H39" s="27">
         <v>131484.39300000001</v>
       </c>
       <c r="I39" s="27">
         <v>178028.18100000001</v>
       </c>
       <c r="J39" s="27">
         <v>47291.216</v>
@@ -7565,52 +7647,52 @@
       <c r="V39" s="27">
         <v>25941.49</v>
       </c>
       <c r="W39" s="27">
         <v>58620.07</v>
       </c>
       <c r="X39" s="27">
         <v>121296.29700000001</v>
       </c>
       <c r="Y39" s="27">
         <v>165214.405</v>
       </c>
       <c r="Z39" s="27">
         <v>42101.523999999998</v>
       </c>
       <c r="AA39" s="27">
         <v>92608.212</v>
       </c>
       <c r="AB39" s="27">
         <v>142125.82999999999</v>
       </c>
       <c r="AC39" s="27">
         <v>189065.092</v>
       </c>
     </row>
-    <row r="40" spans="2:29" ht="22.5" x14ac:dyDescent="0.2">
-      <c r="B40" s="16" t="s">
+    <row r="40" spans="2:29" ht="20.399999999999999" x14ac:dyDescent="0.2">
+      <c r="B40" s="15" t="s">
         <v>25</v>
       </c>
       <c r="C40" s="27">
         <v>34298.732000000004</v>
       </c>
       <c r="D40" s="27">
         <v>53550.078000000001</v>
       </c>
       <c r="E40" s="27">
         <v>78860.502999999997</v>
       </c>
       <c r="F40" s="27">
         <v>19025.019</v>
       </c>
       <c r="G40" s="27">
         <v>40891.029000000002</v>
       </c>
       <c r="H40" s="27">
         <v>62430.775999999998</v>
       </c>
       <c r="I40" s="27">
         <v>87680.611000000004</v>
       </c>
       <c r="J40" s="27">
         <v>25656.011999999999</v>
@@ -7652,51 +7734,51 @@
         <v>25595.577000000001</v>
       </c>
       <c r="W40" s="27">
         <v>55028.495000000003</v>
       </c>
       <c r="X40" s="27">
         <v>82592.118000000002</v>
       </c>
       <c r="Y40" s="27">
         <v>134053.652</v>
       </c>
       <c r="Z40" s="27">
         <v>37401.498</v>
       </c>
       <c r="AA40" s="27">
         <v>67465.812999999995</v>
       </c>
       <c r="AB40" s="27">
         <v>94575.534</v>
       </c>
       <c r="AC40" s="27">
         <v>120831.883</v>
       </c>
     </row>
     <row r="41" spans="2:29" x14ac:dyDescent="0.2">
-      <c r="B41" s="16" t="s">
+      <c r="B41" s="15" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="27">
         <v>171381.73499999999</v>
       </c>
       <c r="D41" s="27">
         <v>258401.427</v>
       </c>
       <c r="E41" s="27">
         <v>348445.08</v>
       </c>
       <c r="F41" s="27">
         <v>86789.138000000006</v>
       </c>
       <c r="G41" s="27">
         <v>174002.56899999999</v>
       </c>
       <c r="H41" s="27">
         <v>264671.39500000002</v>
       </c>
       <c r="I41" s="27">
         <v>359470.35200000001</v>
       </c>
       <c r="J41" s="27">
         <v>88285.763999999996</v>
@@ -7738,51 +7820,51 @@
         <v>140681.492</v>
       </c>
       <c r="W41" s="27">
         <v>302246.64299999998</v>
       </c>
       <c r="X41" s="27">
         <v>455338.72899999999</v>
       </c>
       <c r="Y41" s="27">
         <v>613556.897</v>
       </c>
       <c r="Z41" s="27">
         <v>164100.288</v>
       </c>
       <c r="AA41" s="27">
         <v>333900.30499999999</v>
       </c>
       <c r="AB41" s="27">
         <v>504078.49800000002</v>
       </c>
       <c r="AC41" s="27">
         <v>677864.46900000004</v>
       </c>
     </row>
     <row r="42" spans="2:29" x14ac:dyDescent="0.2">
-      <c r="B42" s="16" t="s">
+      <c r="B42" s="15" t="s">
         <v>27</v>
       </c>
       <c r="C42" s="27">
         <v>368208.28499999997</v>
       </c>
       <c r="D42" s="27">
         <v>768606.12899999996</v>
       </c>
       <c r="E42" s="27">
         <v>946205.09699999995</v>
       </c>
       <c r="F42" s="27">
         <v>153928.647</v>
       </c>
       <c r="G42" s="27">
         <v>417629.24400000001</v>
       </c>
       <c r="H42" s="27">
         <v>899970.51699999999</v>
       </c>
       <c r="I42" s="27">
         <v>1103825.298</v>
       </c>
       <c r="J42" s="27">
         <v>175848.67199999999</v>
@@ -7823,52 +7905,52 @@
       <c r="V42" s="27">
         <v>179228.28200000001</v>
       </c>
       <c r="W42" s="27">
         <v>444672.53399999999</v>
       </c>
       <c r="X42" s="27">
         <v>1062961.838</v>
       </c>
       <c r="Y42" s="27">
         <v>1350317.4550000001</v>
       </c>
       <c r="Z42" s="27">
         <v>239848.94699999999</v>
       </c>
       <c r="AA42" s="27">
         <v>665502.53200000001</v>
       </c>
       <c r="AB42" s="27">
         <v>1405019.932</v>
       </c>
       <c r="AC42" s="27">
         <v>1724198.7379999999</v>
       </c>
     </row>
-    <row r="43" spans="2:29" ht="22.5" x14ac:dyDescent="0.2">
-      <c r="B43" s="17" t="s">
+    <row r="43" spans="2:29" ht="20.399999999999999" x14ac:dyDescent="0.2">
+      <c r="B43" s="16" t="s">
         <v>28</v>
       </c>
       <c r="C43" s="29">
         <v>61133.082999999999</v>
       </c>
       <c r="D43" s="29">
         <v>93611.978000000003</v>
       </c>
       <c r="E43" s="29">
         <v>126513.243</v>
       </c>
       <c r="F43" s="29">
         <v>32905.589999999997</v>
       </c>
       <c r="G43" s="29">
         <v>66571.016000000003</v>
       </c>
       <c r="H43" s="29">
         <v>101092.84299999999</v>
       </c>
       <c r="I43" s="29">
         <v>136664.26</v>
       </c>
       <c r="J43" s="29">
         <v>35045.495999999999</v>
@@ -7910,51 +7992,51 @@
         <v>35134.017</v>
       </c>
       <c r="W43" s="27">
         <v>70994.534</v>
       </c>
       <c r="X43" s="27">
         <v>107711.08199999999</v>
       </c>
       <c r="Y43" s="27">
         <v>145218.43299999999</v>
       </c>
       <c r="Z43" s="27">
         <v>37772.851000000002</v>
       </c>
       <c r="AA43" s="27">
         <v>76860.934999999998</v>
       </c>
       <c r="AB43" s="27">
         <v>116302.285</v>
       </c>
       <c r="AC43" s="27">
         <v>156616.76300000001</v>
       </c>
     </row>
     <row r="44" spans="2:29" x14ac:dyDescent="0.2">
-      <c r="B44" s="17" t="s">
+      <c r="B44" s="16" t="s">
         <v>29</v>
       </c>
       <c r="C44" s="29">
         <v>439008.973</v>
       </c>
       <c r="D44" s="29">
         <v>693364.44100000011</v>
       </c>
       <c r="E44" s="29">
         <v>909481.26399999997</v>
       </c>
       <c r="F44" s="29">
         <v>267822.42800000007</v>
       </c>
       <c r="G44" s="29">
         <v>484703.41200000001</v>
       </c>
       <c r="H44" s="29">
         <v>726250.12100000028</v>
       </c>
       <c r="I44" s="29">
         <v>959501.55800000019</v>
       </c>
       <c r="J44" s="29">
         <v>204068.81200000003</v>
@@ -7996,113 +8078,106 @@
         <v>236813.66</v>
       </c>
       <c r="W44" s="29">
         <v>479183.30900000036</v>
       </c>
       <c r="X44" s="29">
         <v>682657.88899999997</v>
       </c>
       <c r="Y44" s="29">
         <v>881745.28300000005</v>
       </c>
       <c r="Z44" s="29">
         <v>218599.11</v>
       </c>
       <c r="AA44" s="29">
         <v>444860.59600000002</v>
       </c>
       <c r="AB44" s="29">
         <v>728285.75699999928</v>
       </c>
       <c r="AC44" s="29">
         <v>946720.71700000018</v>
       </c>
     </row>
     <row r="45" spans="2:29" x14ac:dyDescent="0.2">
-      <c r="B45" s="17"/>
+      <c r="B45" s="16"/>
       <c r="C45" s="29"/>
       <c r="D45" s="29"/>
       <c r="E45" s="29"/>
       <c r="F45" s="29"/>
       <c r="G45" s="29"/>
       <c r="H45" s="29"/>
       <c r="I45" s="29"/>
       <c r="J45" s="29"/>
       <c r="K45" s="29"/>
       <c r="L45" s="29"/>
       <c r="M45" s="29"/>
       <c r="N45" s="29"/>
       <c r="O45" s="29"/>
       <c r="P45" s="29"/>
       <c r="Q45" s="29"/>
       <c r="R45" s="29"/>
       <c r="S45" s="29"/>
       <c r="T45" s="29"/>
       <c r="U45" s="29"/>
       <c r="V45" s="29"/>
       <c r="W45" s="29"/>
       <c r="X45" s="29"/>
       <c r="Y45" s="29"/>
       <c r="Z45" s="29"/>
       <c r="AA45" s="29"/>
       <c r="AB45" s="29"/>
       <c r="AC45" s="29"/>
     </row>
     <row r="46" spans="2:29" x14ac:dyDescent="0.2">
-      <c r="B46" s="15" t="s">
+      <c r="B46" s="14" t="s">
         <v>30</v>
       </c>
       <c r="C46" s="29"/>
       <c r="D46" s="29"/>
       <c r="E46" s="29"/>
       <c r="F46" s="29"/>
       <c r="G46" s="29"/>
       <c r="H46" s="29"/>
       <c r="I46" s="29"/>
       <c r="J46" s="29"/>
       <c r="K46" s="29"/>
       <c r="L46" s="29"/>
       <c r="M46" s="29"/>
       <c r="N46" s="29"/>
       <c r="O46" s="29"/>
       <c r="P46" s="29"/>
       <c r="Q46" s="29"/>
-      <c r="S46" s="29"/>
-[...9 lines deleted...]
-      <c r="AC46" s="32"/>
+      <c r="Z46" s="25"/>
+      <c r="AA46" s="25"/>
+      <c r="AB46" s="25"/>
+      <c r="AC46" s="25"/>
     </row>
     <row r="47" spans="2:29" x14ac:dyDescent="0.2">
-      <c r="B47" s="18" t="s">
-        <v>7</v>
+      <c r="B47" s="17" t="s">
+        <v>6</v>
       </c>
       <c r="C47" s="30">
         <v>542623.09499999997</v>
       </c>
       <c r="D47" s="30">
         <v>927987.93</v>
       </c>
       <c r="E47" s="30">
         <v>1220408.817</v>
       </c>
       <c r="F47" s="30">
         <v>237234.49100000001</v>
       </c>
       <c r="G47" s="30">
         <v>552915.71299999999</v>
       </c>
       <c r="H47" s="30">
         <v>1039739.102</v>
       </c>
       <c r="I47" s="30">
         <v>1348144.2339999999</v>
       </c>
       <c r="J47" s="30">
         <v>273619.35499999998</v>
       </c>
@@ -8142,129 +8217,123 @@
       <c r="V47" s="30">
         <v>285414.22899999999</v>
       </c>
       <c r="W47" s="30">
         <v>615793.84100000001</v>
       </c>
       <c r="X47" s="30">
         <v>1231084.264</v>
       </c>
       <c r="Y47" s="30">
         <v>1608146.9280000001</v>
       </c>
       <c r="Z47" s="30">
         <v>316611.83299999998</v>
       </c>
       <c r="AA47" s="30">
         <v>768522.69499999995</v>
       </c>
       <c r="AB47" s="30">
         <v>1502510.78</v>
       </c>
       <c r="AC47" s="30">
         <v>1947520.254</v>
       </c>
     </row>
-    <row r="48" spans="2:29" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-[...10 lines deleted...]
-      <c r="B50" s="19" t="s">
+    <row r="48" spans="2:29" x14ac:dyDescent="0.2">
+      <c r="C48" s="9"/>
+      <c r="D48" s="9"/>
+      <c r="E48" s="9"/>
+      <c r="AA48" s="25"/>
+    </row>
+    <row r="49" spans="2:7" x14ac:dyDescent="0.2">
+      <c r="C49" s="9"/>
+      <c r="D49" s="9"/>
+      <c r="E49" s="9"/>
+    </row>
+    <row r="50" spans="2:7" x14ac:dyDescent="0.2">
+      <c r="B50" s="18" t="s">
         <v>31</v>
       </c>
     </row>
-    <row r="51" spans="2:7" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="51" spans="2:7" x14ac:dyDescent="0.2">
       <c r="B51" s="19" t="s">
         <v>32</v>
       </c>
     </row>
-    <row r="52" spans="2:7" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B52" s="19" t="s">
+    <row r="52" spans="2:7" x14ac:dyDescent="0.2">
+      <c r="B52" s="18"/>
+    </row>
+    <row r="53" spans="2:7" x14ac:dyDescent="0.2">
+      <c r="B53" s="20" t="s">
         <v>33</v>
       </c>
     </row>
-    <row r="53" spans="2:7" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-[...3 lines deleted...]
-      <c r="B54" s="20" t="s">
+    <row r="54" spans="2:7" ht="72.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B54" s="21" t="s">
         <v>34</v>
       </c>
     </row>
-    <row r="55" spans="2:7" ht="67.5" x14ac:dyDescent="0.2">
-[...2 lines deleted...]
-      </c>
+    <row r="55" spans="2:7" x14ac:dyDescent="0.2">
+      <c r="B55" s="21"/>
       <c r="C55" s="22"/>
       <c r="D55" s="22"/>
       <c r="E55" s="22"/>
       <c r="F55" s="22"/>
       <c r="G55" s="22"/>
     </row>
-    <row r="56" spans="2:7" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B56" s="21"/>
+    <row r="56" spans="2:7" x14ac:dyDescent="0.2">
+      <c r="B56" s="23" t="s">
+        <v>35</v>
+      </c>
       <c r="C56" s="22"/>
       <c r="D56" s="22"/>
       <c r="E56" s="22"/>
       <c r="F56" s="22"/>
       <c r="G56" s="22"/>
     </row>
-    <row r="57" spans="2:7" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
-[...7 lines deleted...]
-      <c r="B60" s="24"/>
+    <row r="59" spans="2:7" x14ac:dyDescent="0.2">
+      <c r="B59" s="24"/>
     </row>
   </sheetData>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="45" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Radni listovi</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
-      <vt:lpstr>PODACI EUR</vt:lpstr>
-      <vt:lpstr>PODACI HRK</vt:lpstr>
+      <vt:lpstr>DATA EUR</vt:lpstr>
+      <vt:lpstr>DATA HRK</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>