--- v0 (2025-10-07)
+++ v1 (2025-11-19)
@@ -2,73 +2,73 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <workbookPr defaultThemeVersion="153222"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\262\VRPA\BILTENSKE TABLICE\VP_1-10 - NOVO\biltenske tablice\2025\202509\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\262\VRPA\BILTENSKE TABLICE\VP_1-10 - NOVO\biltenske tablice\2025\202510\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
     <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="14235"/>
   </bookViews>
   <sheets>
     <sheet name="EUR" sheetId="3" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">EUR!$B:$B</definedName>
   </definedNames>
   <calcPr calcId="162913"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="225" uniqueCount="184">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="226" uniqueCount="185">
   <si>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t>market valuation</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t>Dec. 2011</t>
     </r>
   </si>
   <si>
@@ -1276,50 +1276,53 @@
   </si>
   <si>
     <t>Nov. 2024</t>
   </si>
   <si>
     <t>Dec. 2024</t>
   </si>
   <si>
     <t>Jan. 2025</t>
   </si>
   <si>
     <t>Feb. 2025</t>
   </si>
   <si>
     <t>Mar. 2025</t>
   </si>
   <si>
     <t>Apr. 2025</t>
   </si>
   <si>
     <t>Jun. 2025</t>
   </si>
   <si>
     <t>Jul. 2025</t>
   </si>
+  <si>
+    <t>Aug. 2025</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="_-* #,##0.00\ _k_n_-;\-* #,##0.00\ _k_n_-;_-* &quot;-&quot;??\ _k_n_-;_-@_-"/>
     <numFmt numFmtId="165" formatCode="#,##0.0"/>
     <numFmt numFmtId="166" formatCode="#,##0.00;\-#,##0.00;&quot;–&quot;;"/>
   </numFmts>
   <fonts count="13" x14ac:knownFonts="1">
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
@@ -1806,247 +1809,248 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="B2:FJ125"/>
+  <dimension ref="B2:FK125"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <pane xSplit="2" ySplit="7" topLeftCell="C8" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="2" ySplit="7" topLeftCell="EO8" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="C1" sqref="C1"/>
       <selection pane="bottomLeft" activeCell="A8" sqref="A8"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.33203125" defaultRowHeight="12.95" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.5" style="4" customWidth="1"/>
     <col min="2" max="2" width="47.33203125" style="8" customWidth="1"/>
     <col min="3" max="27" width="11" style="8" customWidth="1"/>
     <col min="28" max="34" width="11" style="3" customWidth="1"/>
-    <col min="35" max="166" width="11" style="4" customWidth="1"/>
-    <col min="167" max="16384" width="9.33203125" style="4"/>
+    <col min="35" max="167" width="11" style="4" customWidth="1"/>
+    <col min="168" max="16384" width="9.33203125" style="4"/>
   </cols>
   <sheetData>
-    <row r="2" spans="2:166" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="2" spans="2:167" ht="18.75" x14ac:dyDescent="0.25">
       <c r="B2" s="1" t="s">
         <v>153</v>
       </c>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
       <c r="J2" s="2"/>
       <c r="K2" s="2"/>
       <c r="L2" s="2"/>
       <c r="M2" s="2"/>
       <c r="N2" s="2"/>
       <c r="O2" s="2"/>
       <c r="P2" s="2"/>
       <c r="Q2" s="2"/>
       <c r="R2" s="2"/>
       <c r="S2" s="2"/>
       <c r="T2" s="2"/>
       <c r="U2" s="2"/>
       <c r="V2" s="2"/>
       <c r="W2" s="2"/>
       <c r="X2" s="2"/>
       <c r="Y2" s="2"/>
       <c r="Z2" s="2"/>
       <c r="AA2" s="2"/>
     </row>
-    <row r="3" spans="2:166" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="3" spans="2:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B3" s="5" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="6"/>
       <c r="D3" s="6"/>
       <c r="E3" s="6"/>
       <c r="F3" s="6"/>
       <c r="G3" s="6"/>
       <c r="H3" s="6"/>
       <c r="I3" s="6"/>
       <c r="J3" s="6"/>
       <c r="K3" s="6"/>
       <c r="L3" s="6"/>
       <c r="M3" s="6"/>
       <c r="N3" s="6"/>
       <c r="O3" s="6"/>
       <c r="P3" s="6"/>
       <c r="Q3" s="6"/>
       <c r="R3" s="6"/>
       <c r="S3" s="6"/>
       <c r="T3" s="6"/>
       <c r="U3" s="6"/>
       <c r="V3" s="6"/>
       <c r="W3" s="6"/>
       <c r="X3" s="6"/>
       <c r="Y3" s="6"/>
       <c r="Z3" s="6"/>
       <c r="AA3" s="6"/>
       <c r="AB3" s="6"/>
       <c r="AC3" s="6"/>
       <c r="AD3" s="6"/>
       <c r="AE3" s="6"/>
       <c r="AF3" s="6"/>
       <c r="AG3" s="6"/>
       <c r="AH3" s="6"/>
     </row>
-    <row r="4" spans="2:166" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="4" spans="2:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B4" s="5"/>
       <c r="C4" s="6"/>
       <c r="D4" s="6"/>
       <c r="E4" s="6"/>
       <c r="F4" s="6"/>
       <c r="G4" s="6"/>
       <c r="H4" s="6"/>
       <c r="I4" s="6"/>
       <c r="J4" s="6"/>
       <c r="K4" s="6"/>
       <c r="L4" s="6"/>
       <c r="M4" s="6"/>
       <c r="N4" s="6"/>
       <c r="O4" s="6"/>
       <c r="P4" s="6"/>
       <c r="Q4" s="6"/>
       <c r="R4" s="6"/>
       <c r="S4" s="6"/>
       <c r="T4" s="6"/>
       <c r="U4" s="6"/>
       <c r="V4" s="6"/>
       <c r="W4" s="6"/>
       <c r="X4" s="6"/>
       <c r="Y4" s="6"/>
       <c r="Z4" s="6"/>
       <c r="AA4" s="6"/>
       <c r="AB4" s="6"/>
       <c r="AC4" s="6"/>
       <c r="AD4" s="6"/>
       <c r="AE4" s="6"/>
       <c r="AF4" s="6"/>
       <c r="AG4" s="6"/>
       <c r="AH4" s="6"/>
     </row>
-    <row r="5" spans="2:166" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="5" spans="2:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B5" s="5"/>
       <c r="C5" s="6"/>
       <c r="D5" s="6"/>
       <c r="E5" s="6"/>
       <c r="F5" s="6"/>
       <c r="G5" s="6"/>
       <c r="H5" s="6"/>
       <c r="I5" s="6"/>
       <c r="J5" s="6"/>
       <c r="K5" s="6"/>
       <c r="L5" s="6"/>
       <c r="M5" s="6"/>
       <c r="N5" s="6"/>
       <c r="O5" s="6"/>
       <c r="P5" s="6"/>
       <c r="Q5" s="6"/>
       <c r="R5" s="6"/>
       <c r="S5" s="6"/>
       <c r="T5" s="6"/>
       <c r="U5" s="6"/>
       <c r="V5" s="6"/>
       <c r="W5" s="6"/>
       <c r="X5" s="6"/>
       <c r="Y5" s="6"/>
       <c r="Z5" s="6"/>
       <c r="AA5" s="6"/>
       <c r="AB5" s="6"/>
       <c r="AC5" s="6"/>
       <c r="AD5" s="6"/>
       <c r="AE5" s="6"/>
       <c r="AF5" s="6"/>
       <c r="AG5" s="6"/>
       <c r="AH5" s="6"/>
     </row>
-    <row r="6" spans="2:166" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="6" spans="2:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B6" s="7" t="s">
         <v>148</v>
       </c>
       <c r="DW6" s="31"/>
       <c r="DX6" s="31"/>
       <c r="DY6" s="31"/>
       <c r="DZ6" s="31"/>
       <c r="EF6" s="31"/>
       <c r="EG6" s="31"/>
       <c r="EH6" s="31"/>
       <c r="EI6" s="31"/>
       <c r="EJ6" s="31"/>
       <c r="EK6" s="31"/>
       <c r="EL6" s="31"/>
       <c r="EM6" s="31"/>
       <c r="EN6" s="31"/>
       <c r="EO6" s="31"/>
       <c r="EP6" s="31"/>
       <c r="EQ6" s="31"/>
       <c r="ER6" s="31"/>
       <c r="ES6" s="31"/>
       <c r="ET6" s="31"/>
       <c r="EU6" s="31"/>
       <c r="EV6" s="31"/>
       <c r="EW6" s="31"/>
       <c r="EX6" s="31"/>
       <c r="EY6" s="31"/>
       <c r="EZ6" s="31"/>
       <c r="FA6" s="31"/>
       <c r="FB6" s="31"/>
       <c r="FC6" s="31"/>
       <c r="FD6" s="31"/>
       <c r="FE6" s="31"/>
       <c r="FF6" s="31"/>
       <c r="FG6" s="31"/>
       <c r="FH6" s="31"/>
       <c r="FI6" s="31"/>
       <c r="FJ6" s="31"/>
+      <c r="FK6" s="31"/>
     </row>
-    <row r="7" spans="2:166" s="11" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="7" spans="2:167" s="11" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B7" s="9"/>
       <c r="C7" s="10" t="s">
         <v>1</v>
       </c>
       <c r="D7" s="10" t="s">
         <v>2</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>3</v>
       </c>
       <c r="F7" s="10" t="s">
         <v>4</v>
       </c>
       <c r="G7" s="10" t="s">
         <v>5</v>
       </c>
       <c r="H7" s="10" t="s">
         <v>6</v>
       </c>
       <c r="I7" s="10" t="s">
         <v>7</v>
       </c>
       <c r="J7" s="10" t="s">
         <v>8</v>
       </c>
@@ -2496,52 +2500,55 @@
       </c>
       <c r="FC7" s="10" t="s">
         <v>177</v>
       </c>
       <c r="FD7" s="10" t="s">
         <v>178</v>
       </c>
       <c r="FE7" s="10" t="s">
         <v>179</v>
       </c>
       <c r="FF7" s="10" t="s">
         <v>180</v>
       </c>
       <c r="FG7" s="10" t="s">
         <v>181</v>
       </c>
       <c r="FH7" s="10" t="s">
         <v>170</v>
       </c>
       <c r="FI7" s="10" t="s">
         <v>182</v>
       </c>
       <c r="FJ7" s="10" t="s">
         <v>183</v>
       </c>
+      <c r="FK7" s="10" t="s">
+        <v>184</v>
+      </c>
     </row>
-    <row r="8" spans="2:166" s="14" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="8" spans="2:167" s="14" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B8" s="12" t="s">
         <v>51</v>
       </c>
       <c r="C8" s="13"/>
       <c r="D8" s="13"/>
       <c r="E8" s="13"/>
       <c r="F8" s="13"/>
       <c r="G8" s="13"/>
       <c r="H8" s="13"/>
       <c r="I8" s="13"/>
       <c r="J8" s="13"/>
       <c r="K8" s="13"/>
       <c r="L8" s="13"/>
       <c r="M8" s="13"/>
       <c r="N8" s="13"/>
       <c r="O8" s="13"/>
       <c r="P8" s="13"/>
       <c r="Q8" s="13"/>
       <c r="R8" s="13"/>
       <c r="S8" s="13"/>
       <c r="T8" s="13"/>
       <c r="U8" s="13"/>
       <c r="V8" s="13"/>
       <c r="W8" s="13"/>
       <c r="X8" s="13"/>
@@ -2665,52 +2672,53 @@
       <c r="EL8" s="13"/>
       <c r="EM8" s="13"/>
       <c r="EN8" s="13"/>
       <c r="EO8" s="13"/>
       <c r="EP8" s="13"/>
       <c r="EQ8" s="13"/>
       <c r="ER8" s="13"/>
       <c r="ES8" s="13"/>
       <c r="ET8" s="13"/>
       <c r="EU8" s="13"/>
       <c r="EV8" s="13"/>
       <c r="EW8" s="13"/>
       <c r="EX8" s="13"/>
       <c r="EY8" s="13"/>
       <c r="EZ8" s="13"/>
       <c r="FA8" s="13"/>
       <c r="FB8" s="13"/>
       <c r="FC8" s="13"/>
       <c r="FD8" s="13"/>
       <c r="FE8" s="13"/>
       <c r="FF8" s="13"/>
       <c r="FG8" s="13"/>
       <c r="FH8" s="13"/>
       <c r="FI8" s="13"/>
       <c r="FJ8" s="13"/>
+      <c r="FK8" s="13"/>
     </row>
-    <row r="9" spans="2:166" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="9" spans="2:167" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B9" s="15" t="s">
         <v>52</v>
       </c>
       <c r="C9" s="16">
         <v>0</v>
       </c>
       <c r="D9" s="16">
         <v>0</v>
       </c>
       <c r="E9" s="16">
         <v>0</v>
       </c>
       <c r="F9" s="16">
         <v>0</v>
       </c>
       <c r="G9" s="16">
         <v>0</v>
       </c>
       <c r="H9" s="16">
         <v>0</v>
       </c>
       <c r="I9" s="16">
         <v>0</v>
       </c>
       <c r="J9" s="16">
@@ -3162,52 +3170,55 @@
       </c>
       <c r="FC9" s="16">
         <v>0</v>
       </c>
       <c r="FD9" s="16">
         <v>0</v>
       </c>
       <c r="FE9" s="16">
         <v>0</v>
       </c>
       <c r="FF9" s="16">
         <v>0</v>
       </c>
       <c r="FG9" s="16">
         <v>0</v>
       </c>
       <c r="FH9" s="16">
         <v>0</v>
       </c>
       <c r="FI9" s="16">
         <v>0</v>
       </c>
       <c r="FJ9" s="16">
         <v>0.53084149999999997</v>
       </c>
+      <c r="FK9" s="16">
+        <v>0.53084149999999997</v>
+      </c>
     </row>
-    <row r="10" spans="2:166" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="10" spans="2:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B10" s="17" t="s">
         <v>53</v>
       </c>
       <c r="C10" s="18">
         <v>0</v>
       </c>
       <c r="D10" s="18">
         <v>0</v>
       </c>
       <c r="E10" s="18">
         <v>0</v>
       </c>
       <c r="F10" s="18">
         <v>0</v>
       </c>
       <c r="G10" s="18">
         <v>0</v>
       </c>
       <c r="H10" s="18">
         <v>0</v>
       </c>
       <c r="I10" s="18">
         <v>0</v>
       </c>
       <c r="J10" s="18">
@@ -3659,52 +3670,55 @@
       </c>
       <c r="FC10" s="18">
         <v>0</v>
       </c>
       <c r="FD10" s="18">
         <v>0</v>
       </c>
       <c r="FE10" s="18">
         <v>0</v>
       </c>
       <c r="FF10" s="18">
         <v>0</v>
       </c>
       <c r="FG10" s="18">
         <v>0</v>
       </c>
       <c r="FH10" s="18">
         <v>0</v>
       </c>
       <c r="FI10" s="18">
         <v>0</v>
       </c>
       <c r="FJ10" s="18">
         <v>0.53084149999999997</v>
       </c>
+      <c r="FK10" s="18">
+        <v>0.53084149999999997</v>
+      </c>
     </row>
-    <row r="11" spans="2:166" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="11" spans="2:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B11" s="19" t="s">
         <v>54</v>
       </c>
       <c r="C11" s="20">
         <v>0</v>
       </c>
       <c r="D11" s="20">
         <v>0</v>
       </c>
       <c r="E11" s="20">
         <v>0</v>
       </c>
       <c r="F11" s="20">
         <v>0</v>
       </c>
       <c r="G11" s="20">
         <v>0</v>
       </c>
       <c r="H11" s="20">
         <v>0</v>
       </c>
       <c r="I11" s="20">
         <v>0</v>
       </c>
       <c r="J11" s="20">
@@ -4156,52 +4170,55 @@
       </c>
       <c r="FC11" s="20">
         <v>0</v>
       </c>
       <c r="FD11" s="20">
         <v>0</v>
       </c>
       <c r="FE11" s="20">
         <v>0</v>
       </c>
       <c r="FF11" s="20">
         <v>0</v>
       </c>
       <c r="FG11" s="20">
         <v>0</v>
       </c>
       <c r="FH11" s="20">
         <v>0</v>
       </c>
       <c r="FI11" s="20">
         <v>0</v>
       </c>
       <c r="FJ11" s="20">
         <v>0</v>
       </c>
+      <c r="FK11" s="20">
+        <v>0</v>
+      </c>
     </row>
-    <row r="12" spans="2:166" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="12" spans="2:167" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B12" s="15" t="s">
         <v>55</v>
       </c>
       <c r="C12" s="16">
         <v>3414.4933291399998</v>
       </c>
       <c r="D12" s="16">
         <v>3353.18243742</v>
       </c>
       <c r="E12" s="16">
         <v>3537.3346182499999</v>
       </c>
       <c r="F12" s="16">
         <v>3753.79132523</v>
       </c>
       <c r="G12" s="16">
         <v>3668.9857475899998</v>
       </c>
       <c r="H12" s="16">
         <v>3360.3809610899998</v>
       </c>
       <c r="I12" s="16">
         <v>3406.8608403200001</v>
       </c>
       <c r="J12" s="16">
@@ -4653,52 +4670,55 @@
       </c>
       <c r="FC12" s="16">
         <v>9510.7397093999989</v>
       </c>
       <c r="FD12" s="16">
         <v>10386.3401371</v>
       </c>
       <c r="FE12" s="16">
         <v>9363.8012235000006</v>
       </c>
       <c r="FF12" s="16">
         <v>9715.6278426000008</v>
       </c>
       <c r="FG12" s="16">
         <v>8966.8685012999995</v>
       </c>
       <c r="FH12" s="16">
         <v>8450.7549390000004</v>
       </c>
       <c r="FI12" s="16">
         <v>8744.6752223999993</v>
       </c>
       <c r="FJ12" s="16">
         <v>9091.1251152999994</v>
       </c>
+      <c r="FK12" s="16">
+        <v>8767.1959956999999</v>
+      </c>
     </row>
-    <row r="13" spans="2:166" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="13" spans="2:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B13" s="21" t="s">
         <v>53</v>
       </c>
       <c r="C13" s="18">
         <v>3409.4444738699999</v>
       </c>
       <c r="D13" s="18">
         <v>3348.1166798999998</v>
       </c>
       <c r="E13" s="18">
         <v>3532.1944125300001</v>
       </c>
       <c r="F13" s="18">
         <v>3748.7258590500001</v>
       </c>
       <c r="G13" s="18">
         <v>3663.92865953</v>
       </c>
       <c r="H13" s="18">
         <v>3355.9655954999998</v>
       </c>
       <c r="I13" s="18">
         <v>3402.5450997900002</v>
       </c>
       <c r="J13" s="18">
@@ -5150,52 +5170,55 @@
       </c>
       <c r="FC13" s="18">
         <v>9510.7397093999989</v>
       </c>
       <c r="FD13" s="18">
         <v>10386.3401371</v>
       </c>
       <c r="FE13" s="18">
         <v>9363.8012235000006</v>
       </c>
       <c r="FF13" s="18">
         <v>9715.6278426000008</v>
       </c>
       <c r="FG13" s="18">
         <v>8966.8685012999995</v>
       </c>
       <c r="FH13" s="18">
         <v>8450.7549390000004</v>
       </c>
       <c r="FI13" s="18">
         <v>8744.6752223999993</v>
       </c>
       <c r="FJ13" s="18">
         <v>9091.1251152999994</v>
       </c>
+      <c r="FK13" s="18">
+        <v>8767.1959956999999</v>
+      </c>
     </row>
-    <row r="14" spans="2:166" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="14" spans="2:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B14" s="19" t="s">
         <v>54</v>
       </c>
       <c r="C14" s="20">
         <v>5.0488552699999998</v>
       </c>
       <c r="D14" s="20">
         <v>5.06575752</v>
       </c>
       <c r="E14" s="20">
         <v>5.14020572</v>
       </c>
       <c r="F14" s="20">
         <v>5.0654661900000004</v>
       </c>
       <c r="G14" s="20">
         <v>5.0570880599999999</v>
       </c>
       <c r="H14" s="20">
         <v>4.4153655799999996</v>
       </c>
       <c r="I14" s="20">
         <v>4.3157405300000002</v>
       </c>
       <c r="J14" s="20">
@@ -5647,52 +5670,55 @@
       </c>
       <c r="FC14" s="20">
         <v>0</v>
       </c>
       <c r="FD14" s="20">
         <v>0</v>
       </c>
       <c r="FE14" s="20">
         <v>0</v>
       </c>
       <c r="FF14" s="20">
         <v>0</v>
       </c>
       <c r="FG14" s="20">
         <v>0</v>
       </c>
       <c r="FH14" s="20">
         <v>0</v>
       </c>
       <c r="FI14" s="20">
         <v>0</v>
       </c>
       <c r="FJ14" s="20">
         <v>0</v>
       </c>
+      <c r="FK14" s="20">
+        <v>0</v>
+      </c>
     </row>
-    <row r="15" spans="2:166" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="15" spans="2:167" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B15" s="15" t="s">
         <v>56</v>
       </c>
       <c r="C15" s="16">
         <v>0</v>
       </c>
       <c r="D15" s="16">
         <v>0</v>
       </c>
       <c r="E15" s="16">
         <v>0</v>
       </c>
       <c r="F15" s="16">
         <v>0</v>
       </c>
       <c r="G15" s="16">
         <v>0</v>
       </c>
       <c r="H15" s="16">
         <v>0</v>
       </c>
       <c r="I15" s="16">
         <v>0</v>
       </c>
       <c r="J15" s="16">
@@ -6144,52 +6170,55 @@
       </c>
       <c r="FC15" s="16">
         <v>0</v>
       </c>
       <c r="FD15" s="16">
         <v>0</v>
       </c>
       <c r="FE15" s="16">
         <v>0</v>
       </c>
       <c r="FF15" s="16">
         <v>0</v>
       </c>
       <c r="FG15" s="16">
         <v>0</v>
       </c>
       <c r="FH15" s="16">
         <v>0</v>
       </c>
       <c r="FI15" s="16">
         <v>0</v>
       </c>
       <c r="FJ15" s="16">
         <v>0</v>
       </c>
+      <c r="FK15" s="16">
+        <v>0</v>
+      </c>
     </row>
-    <row r="16" spans="2:166" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="16" spans="2:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B16" s="17" t="s">
         <v>53</v>
       </c>
       <c r="C16" s="18">
         <v>0</v>
       </c>
       <c r="D16" s="18">
         <v>0</v>
       </c>
       <c r="E16" s="18">
         <v>0</v>
       </c>
       <c r="F16" s="18">
         <v>0</v>
       </c>
       <c r="G16" s="18">
         <v>0</v>
       </c>
       <c r="H16" s="18">
         <v>0</v>
       </c>
       <c r="I16" s="18">
         <v>0</v>
       </c>
       <c r="J16" s="18">
@@ -6641,52 +6670,55 @@
       </c>
       <c r="FC16" s="18">
         <v>0</v>
       </c>
       <c r="FD16" s="18">
         <v>0</v>
       </c>
       <c r="FE16" s="18">
         <v>0</v>
       </c>
       <c r="FF16" s="18">
         <v>0</v>
       </c>
       <c r="FG16" s="18">
         <v>0</v>
       </c>
       <c r="FH16" s="18">
         <v>0</v>
       </c>
       <c r="FI16" s="18">
         <v>0</v>
       </c>
       <c r="FJ16" s="18">
         <v>0</v>
       </c>
+      <c r="FK16" s="18">
+        <v>0</v>
+      </c>
     </row>
-    <row r="17" spans="2:166" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="17" spans="2:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B17" s="19" t="s">
         <v>54</v>
       </c>
       <c r="C17" s="18">
         <v>0</v>
       </c>
       <c r="D17" s="18">
         <v>0</v>
       </c>
       <c r="E17" s="18">
         <v>0</v>
       </c>
       <c r="F17" s="18">
         <v>0</v>
       </c>
       <c r="G17" s="18">
         <v>0</v>
       </c>
       <c r="H17" s="18">
         <v>0</v>
       </c>
       <c r="I17" s="18">
         <v>0</v>
       </c>
       <c r="J17" s="18">
@@ -7138,52 +7170,55 @@
       </c>
       <c r="FC17" s="18">
         <v>0</v>
       </c>
       <c r="FD17" s="18">
         <v>0</v>
       </c>
       <c r="FE17" s="18">
         <v>0</v>
       </c>
       <c r="FF17" s="18">
         <v>0</v>
       </c>
       <c r="FG17" s="18">
         <v>0</v>
       </c>
       <c r="FH17" s="18">
         <v>0</v>
       </c>
       <c r="FI17" s="18">
         <v>0</v>
       </c>
       <c r="FJ17" s="18">
         <v>0</v>
       </c>
+      <c r="FK17" s="18">
+        <v>0</v>
+      </c>
     </row>
-    <row r="18" spans="2:166" s="2" customFormat="1" ht="9.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="18" spans="2:167" s="2" customFormat="1" ht="9.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B18" s="15" t="s">
         <v>57</v>
       </c>
       <c r="C18" s="16">
         <v>0</v>
       </c>
       <c r="D18" s="16">
         <v>0</v>
       </c>
       <c r="E18" s="16">
         <v>0</v>
       </c>
       <c r="F18" s="16">
         <v>0</v>
       </c>
       <c r="G18" s="16">
         <v>0</v>
       </c>
       <c r="H18" s="16">
         <v>0</v>
       </c>
       <c r="I18" s="16">
         <v>0</v>
       </c>
       <c r="J18" s="16">
@@ -7635,52 +7670,55 @@
       </c>
       <c r="FC18" s="16">
         <v>11.127886999999999</v>
       </c>
       <c r="FD18" s="16">
         <v>12.055027000000001</v>
       </c>
       <c r="FE18" s="16">
         <v>12.286811999999999</v>
       </c>
       <c r="FF18" s="16">
         <v>12.750382</v>
       </c>
       <c r="FG18" s="16">
         <v>13.260308999999999</v>
       </c>
       <c r="FH18" s="16">
         <v>12.750382</v>
       </c>
       <c r="FI18" s="16">
         <v>14.419233999999999</v>
       </c>
       <c r="FJ18" s="16">
         <v>14.141092</v>
       </c>
+      <c r="FK18" s="16">
+        <v>21.094642</v>
+      </c>
     </row>
-    <row r="19" spans="2:166" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="19" spans="2:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B19" s="17" t="s">
         <v>53</v>
       </c>
       <c r="C19" s="20">
         <v>0</v>
       </c>
       <c r="D19" s="20">
         <v>0</v>
       </c>
       <c r="E19" s="20">
         <v>0</v>
       </c>
       <c r="F19" s="20">
         <v>0</v>
       </c>
       <c r="G19" s="20">
         <v>0</v>
       </c>
       <c r="H19" s="20">
         <v>0</v>
       </c>
       <c r="I19" s="20">
         <v>0</v>
       </c>
       <c r="J19" s="20">
@@ -8132,52 +8170,55 @@
       </c>
       <c r="FC19" s="20">
         <v>11.127886999999999</v>
       </c>
       <c r="FD19" s="20">
         <v>12.055027000000001</v>
       </c>
       <c r="FE19" s="20">
         <v>12.286811999999999</v>
       </c>
       <c r="FF19" s="20">
         <v>12.750382</v>
       </c>
       <c r="FG19" s="20">
         <v>13.260308999999999</v>
       </c>
       <c r="FH19" s="20">
         <v>12.750382</v>
       </c>
       <c r="FI19" s="20">
         <v>14.419233999999999</v>
       </c>
       <c r="FJ19" s="20">
         <v>14.141092</v>
       </c>
+      <c r="FK19" s="20">
+        <v>21.094642</v>
+      </c>
     </row>
-    <row r="20" spans="2:166" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="20" spans="2:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B20" s="19" t="s">
         <v>54</v>
       </c>
       <c r="C20" s="20">
         <v>0</v>
       </c>
       <c r="D20" s="20">
         <v>0</v>
       </c>
       <c r="E20" s="20">
         <v>0</v>
       </c>
       <c r="F20" s="20">
         <v>0</v>
       </c>
       <c r="G20" s="20">
         <v>0</v>
       </c>
       <c r="H20" s="20">
         <v>0</v>
       </c>
       <c r="I20" s="20">
         <v>0</v>
       </c>
       <c r="J20" s="20">
@@ -8629,52 +8670,55 @@
       </c>
       <c r="FC20" s="20">
         <v>0</v>
       </c>
       <c r="FD20" s="20">
         <v>0</v>
       </c>
       <c r="FE20" s="20">
         <v>0</v>
       </c>
       <c r="FF20" s="20">
         <v>0</v>
       </c>
       <c r="FG20" s="20">
         <v>0</v>
       </c>
       <c r="FH20" s="20">
         <v>0</v>
       </c>
       <c r="FI20" s="20">
         <v>0</v>
       </c>
       <c r="FJ20" s="20">
         <v>0</v>
       </c>
+      <c r="FK20" s="20">
+        <v>0</v>
+      </c>
     </row>
-    <row r="21" spans="2:166" s="2" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="21" spans="2:167" s="2" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B21" s="15" t="s">
         <v>58</v>
       </c>
       <c r="C21" s="16">
         <v>27.78950163</v>
       </c>
       <c r="D21" s="16">
         <v>24.060627780000001</v>
       </c>
       <c r="E21" s="16">
         <v>25.712602029999999</v>
       </c>
       <c r="F21" s="16">
         <v>25.40314553</v>
       </c>
       <c r="G21" s="16">
         <v>25.012860839999998</v>
       </c>
       <c r="H21" s="16">
         <v>21.030725329999999</v>
       </c>
       <c r="I21" s="16">
         <v>20.784391800000002</v>
       </c>
       <c r="J21" s="16">
@@ -9126,52 +9170,55 @@
       </c>
       <c r="FC21" s="16">
         <v>6.96</v>
       </c>
       <c r="FD21" s="16">
         <v>7.25</v>
       </c>
       <c r="FE21" s="16">
         <v>7.1920000000000002</v>
       </c>
       <c r="FF21" s="16">
         <v>7.54</v>
       </c>
       <c r="FG21" s="16">
         <v>7.54</v>
       </c>
       <c r="FH21" s="16">
         <v>7.25</v>
       </c>
       <c r="FI21" s="16">
         <v>6.96</v>
       </c>
       <c r="FJ21" s="16">
         <v>6.6120000000000001</v>
       </c>
+      <c r="FK21" s="16">
+        <v>6.1479999999999997</v>
+      </c>
     </row>
-    <row r="22" spans="2:166" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="22" spans="2:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B22" s="17" t="s">
         <v>53</v>
       </c>
       <c r="C22" s="20">
         <v>27.78950163</v>
       </c>
       <c r="D22" s="20">
         <v>24.060627780000001</v>
       </c>
       <c r="E22" s="20">
         <v>25.712602029999999</v>
       </c>
       <c r="F22" s="20">
         <v>25.40314553</v>
       </c>
       <c r="G22" s="20">
         <v>25.012860839999998</v>
       </c>
       <c r="H22" s="20">
         <v>21.030725329999999</v>
       </c>
       <c r="I22" s="20">
         <v>20.784391800000002</v>
       </c>
       <c r="J22" s="20">
@@ -9623,52 +9670,55 @@
       </c>
       <c r="FC22" s="20">
         <v>6.96</v>
       </c>
       <c r="FD22" s="20">
         <v>7.25</v>
       </c>
       <c r="FE22" s="20">
         <v>7.1920000000000002</v>
       </c>
       <c r="FF22" s="20">
         <v>7.54</v>
       </c>
       <c r="FG22" s="20">
         <v>7.54</v>
       </c>
       <c r="FH22" s="20">
         <v>7.25</v>
       </c>
       <c r="FI22" s="20">
         <v>6.96</v>
       </c>
       <c r="FJ22" s="20">
         <v>6.6120000000000001</v>
       </c>
+      <c r="FK22" s="20">
+        <v>6.1479999999999997</v>
+      </c>
     </row>
-    <row r="23" spans="2:166" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="23" spans="2:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B23" s="19" t="s">
         <v>54</v>
       </c>
       <c r="C23" s="20">
         <v>0</v>
       </c>
       <c r="D23" s="20">
         <v>0</v>
       </c>
       <c r="E23" s="20">
         <v>0</v>
       </c>
       <c r="F23" s="20">
         <v>0</v>
       </c>
       <c r="G23" s="20">
         <v>0</v>
       </c>
       <c r="H23" s="20">
         <v>0</v>
       </c>
       <c r="I23" s="20">
         <v>0</v>
       </c>
       <c r="J23" s="20">
@@ -10120,52 +10170,55 @@
       </c>
       <c r="FC23" s="20">
         <v>0</v>
       </c>
       <c r="FD23" s="20">
         <v>0</v>
       </c>
       <c r="FE23" s="20">
         <v>0</v>
       </c>
       <c r="FF23" s="20">
         <v>0</v>
       </c>
       <c r="FG23" s="20">
         <v>0</v>
       </c>
       <c r="FH23" s="20">
         <v>0</v>
       </c>
       <c r="FI23" s="20">
         <v>0</v>
       </c>
       <c r="FJ23" s="20">
         <v>0</v>
       </c>
+      <c r="FK23" s="20">
+        <v>0</v>
+      </c>
     </row>
-    <row r="24" spans="2:166" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="24" spans="2:167" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B24" s="15" t="s">
         <v>59</v>
       </c>
       <c r="C24" s="16">
         <v>442.89348066000002</v>
       </c>
       <c r="D24" s="16">
         <v>569.16374145999998</v>
       </c>
       <c r="E24" s="16">
         <v>532.13280895000003</v>
       </c>
       <c r="F24" s="16">
         <v>535.19574224999997</v>
       </c>
       <c r="G24" s="16">
         <v>531.50276452000003</v>
       </c>
       <c r="H24" s="16">
         <v>534.22091675000001</v>
       </c>
       <c r="I24" s="16">
         <v>557.27035778000004</v>
       </c>
       <c r="J24" s="16">
@@ -10617,52 +10670,55 @@
       </c>
       <c r="FC24" s="16">
         <v>754.85610999999994</v>
       </c>
       <c r="FD24" s="16">
         <v>806.00725</v>
       </c>
       <c r="FE24" s="16">
         <v>833.74854000000005</v>
       </c>
       <c r="FF24" s="16">
         <v>899.14058999999997</v>
       </c>
       <c r="FG24" s="16">
         <v>929.31294000000003</v>
       </c>
       <c r="FH24" s="16">
         <v>1023.89628</v>
       </c>
       <c r="FI24" s="16">
         <v>1093.5978</v>
       </c>
       <c r="FJ24" s="16">
         <v>1052.0531000000001</v>
       </c>
+      <c r="FK24" s="16">
+        <v>1084.05386</v>
+      </c>
     </row>
-    <row r="25" spans="2:166" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="25" spans="2:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B25" s="17" t="s">
         <v>53</v>
       </c>
       <c r="C25" s="18">
         <v>438.35270157000002</v>
       </c>
       <c r="D25" s="18">
         <v>564.62296236999998</v>
       </c>
       <c r="E25" s="18">
         <v>526.09385148000001</v>
       </c>
       <c r="F25" s="18">
         <v>528.22779480999998</v>
       </c>
       <c r="G25" s="18">
         <v>524.53481707000003</v>
       </c>
       <c r="H25" s="18">
         <v>527.25296931000003</v>
       </c>
       <c r="I25" s="18">
         <v>550.06999444999997</v>
       </c>
       <c r="J25" s="18">
@@ -11114,52 +11170,55 @@
       </c>
       <c r="FC25" s="18">
         <v>739.89360999999997</v>
       </c>
       <c r="FD25" s="18">
         <v>791.65724999999998</v>
       </c>
       <c r="FE25" s="18">
         <v>818.87354000000005</v>
       </c>
       <c r="FF25" s="18">
         <v>884.26558999999997</v>
       </c>
       <c r="FG25" s="18">
         <v>911.81294000000003</v>
       </c>
       <c r="FH25" s="18">
         <v>1005.17128</v>
       </c>
       <c r="FI25" s="18">
         <v>1072.7728</v>
       </c>
       <c r="FJ25" s="18">
         <v>1031.9281000000001</v>
       </c>
+      <c r="FK25" s="18">
+        <v>1064.9788599999999</v>
+      </c>
     </row>
-    <row r="26" spans="2:166" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="26" spans="2:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B26" s="19" t="s">
         <v>54</v>
       </c>
       <c r="C26" s="18">
         <v>4.5407790800000001</v>
       </c>
       <c r="D26" s="18">
         <v>4.5407790800000001</v>
       </c>
       <c r="E26" s="18">
         <v>6.0389574599999998</v>
       </c>
       <c r="F26" s="18">
         <v>6.9679474399999997</v>
       </c>
       <c r="G26" s="18">
         <v>6.9679474399999997</v>
       </c>
       <c r="H26" s="18">
         <v>6.9679474399999997</v>
       </c>
       <c r="I26" s="18">
         <v>7.2003633300000001</v>
       </c>
       <c r="J26" s="18">
@@ -11611,52 +11670,55 @@
       </c>
       <c r="FC26" s="18">
         <v>14.9625</v>
       </c>
       <c r="FD26" s="18">
         <v>14.35</v>
       </c>
       <c r="FE26" s="18">
         <v>14.875</v>
       </c>
       <c r="FF26" s="18">
         <v>14.875</v>
       </c>
       <c r="FG26" s="18">
         <v>17.5</v>
       </c>
       <c r="FH26" s="18">
         <v>18.725000000000001</v>
       </c>
       <c r="FI26" s="18">
         <v>20.824999999999999</v>
       </c>
       <c r="FJ26" s="18">
         <v>20.125</v>
       </c>
+      <c r="FK26" s="18">
+        <v>19.074999999999999</v>
+      </c>
     </row>
-    <row r="27" spans="2:166" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="27" spans="2:167" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B27" s="15" t="s">
         <v>60</v>
       </c>
       <c r="C27" s="16">
         <v>6096.9067936399997</v>
       </c>
       <c r="D27" s="16">
         <v>6007.8525967100004</v>
       </c>
       <c r="E27" s="16">
         <v>5937.2168904600003</v>
       </c>
       <c r="F27" s="16">
         <v>5954.3667656500002</v>
       </c>
       <c r="G27" s="16">
         <v>5929.2741554300001</v>
       </c>
       <c r="H27" s="16">
         <v>5887.5814474500003</v>
       </c>
       <c r="I27" s="16">
         <v>6032.0397174299997</v>
       </c>
       <c r="J27" s="16">
@@ -12108,52 +12170,55 @@
       </c>
       <c r="FC27" s="16">
         <v>985.54023960000006</v>
       </c>
       <c r="FD27" s="16">
         <v>929.21887889999994</v>
       </c>
       <c r="FE27" s="16">
         <v>955.02375480000001</v>
       </c>
       <c r="FF27" s="16">
         <v>923.51846060000003</v>
       </c>
       <c r="FG27" s="16">
         <v>936.37705879999999</v>
       </c>
       <c r="FH27" s="16">
         <v>883.16748225000003</v>
       </c>
       <c r="FI27" s="16">
         <v>952.8972447000001</v>
       </c>
       <c r="FJ27" s="16">
         <v>951.06842800000004</v>
       </c>
+      <c r="FK27" s="16">
+        <v>971.51385100000005</v>
+      </c>
     </row>
-    <row r="28" spans="2:166" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="28" spans="2:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B28" s="17" t="s">
         <v>53</v>
       </c>
       <c r="C28" s="18">
         <v>6096.2272926799997</v>
       </c>
       <c r="D28" s="18">
         <v>6007.1730957500004</v>
       </c>
       <c r="E28" s="18">
         <v>5936.5373895000002</v>
       </c>
       <c r="F28" s="18">
         <v>5953.6872646900001</v>
       </c>
       <c r="G28" s="18">
         <v>5928.5946544600001</v>
       </c>
       <c r="H28" s="18">
         <v>5886.9019464900002</v>
       </c>
       <c r="I28" s="18">
         <v>6031.3602164699996</v>
       </c>
       <c r="J28" s="18">
@@ -12605,52 +12670,55 @@
       </c>
       <c r="FC28" s="18">
         <v>985.54023960000006</v>
       </c>
       <c r="FD28" s="18">
         <v>929.21887889999994</v>
       </c>
       <c r="FE28" s="18">
         <v>955.02375480000001</v>
       </c>
       <c r="FF28" s="18">
         <v>923.51846060000003</v>
       </c>
       <c r="FG28" s="18">
         <v>936.37705879999999</v>
       </c>
       <c r="FH28" s="18">
         <v>883.16748225000003</v>
       </c>
       <c r="FI28" s="18">
         <v>952.8972447000001</v>
       </c>
       <c r="FJ28" s="18">
         <v>951.06842800000004</v>
       </c>
+      <c r="FK28" s="18">
+        <v>971.51385100000005</v>
+      </c>
     </row>
-    <row r="29" spans="2:166" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="29" spans="2:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B29" s="19" t="s">
         <v>54</v>
       </c>
       <c r="C29" s="18">
         <v>0.67950096000000004</v>
       </c>
       <c r="D29" s="18">
         <v>0.67950096000000004</v>
       </c>
       <c r="E29" s="18">
         <v>0.67950096000000004</v>
       </c>
       <c r="F29" s="18">
         <v>0.67950096000000004</v>
       </c>
       <c r="G29" s="18">
         <v>0.67950096000000004</v>
       </c>
       <c r="H29" s="18">
         <v>0.67950096000000004</v>
       </c>
       <c r="I29" s="18">
         <v>0.67950096000000004</v>
       </c>
       <c r="J29" s="18">
@@ -13102,52 +13170,55 @@
       </c>
       <c r="FC29" s="18">
         <v>0</v>
       </c>
       <c r="FD29" s="18">
         <v>0</v>
       </c>
       <c r="FE29" s="18">
         <v>0</v>
       </c>
       <c r="FF29" s="18">
         <v>0</v>
       </c>
       <c r="FG29" s="18">
         <v>0</v>
       </c>
       <c r="FH29" s="18">
         <v>0</v>
       </c>
       <c r="FI29" s="18">
         <v>0</v>
       </c>
       <c r="FJ29" s="18">
         <v>0</v>
       </c>
+      <c r="FK29" s="18">
+        <v>0</v>
+      </c>
     </row>
-    <row r="30" spans="2:166" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="30" spans="2:167" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B30" s="15" t="s">
         <v>61</v>
       </c>
       <c r="C30" s="16">
         <v>7617.1317838200002</v>
       </c>
       <c r="D30" s="16">
         <v>7474.5915953699996</v>
       </c>
       <c r="E30" s="16">
         <v>7553.5700379500004</v>
       </c>
       <c r="F30" s="16">
         <v>7559.3415642700002</v>
       </c>
       <c r="G30" s="16">
         <v>7393.6516649200003</v>
       </c>
       <c r="H30" s="16">
         <v>6941.7820613599997</v>
       </c>
       <c r="I30" s="16">
         <v>6983.2771905700001</v>
       </c>
       <c r="J30" s="16">
@@ -13599,52 +13670,55 @@
       </c>
       <c r="FC30" s="16">
         <v>17836.007226009999</v>
       </c>
       <c r="FD30" s="16">
         <v>18723.597919930002</v>
       </c>
       <c r="FE30" s="16">
         <v>18392.567234770002</v>
       </c>
       <c r="FF30" s="16">
         <v>18272.243959470001</v>
       </c>
       <c r="FG30" s="16">
         <v>18375.781091700002</v>
       </c>
       <c r="FH30" s="16">
         <v>19459.089311419997</v>
       </c>
       <c r="FI30" s="16">
         <v>19958.667111459999</v>
       </c>
       <c r="FJ30" s="16">
         <v>21380.132544479999</v>
       </c>
+      <c r="FK30" s="16">
+        <v>21082.129957200003</v>
+      </c>
     </row>
-    <row r="31" spans="2:166" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="31" spans="2:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B31" s="17" t="s">
         <v>53</v>
       </c>
       <c r="C31" s="18">
         <v>7388.2501302299997</v>
       </c>
       <c r="D31" s="18">
         <v>7251.0218375900004</v>
       </c>
       <c r="E31" s="18">
         <v>7325.9244908000001</v>
       </c>
       <c r="F31" s="18">
         <v>7337.1759407999998</v>
       </c>
       <c r="G31" s="18">
         <v>7163.4890732100002</v>
       </c>
       <c r="H31" s="18">
         <v>6713.6650848899999</v>
       </c>
       <c r="I31" s="18">
         <v>6749.6179802699999</v>
       </c>
       <c r="J31" s="18">
@@ -14096,52 +14170,55 @@
       </c>
       <c r="FC31" s="18">
         <v>17159.095406010001</v>
       </c>
       <c r="FD31" s="18">
         <v>17985.653635930001</v>
       </c>
       <c r="FE31" s="18">
         <v>17662.50264277</v>
       </c>
       <c r="FF31" s="18">
         <v>17572.966699470002</v>
       </c>
       <c r="FG31" s="18">
         <v>17617.090299700001</v>
       </c>
       <c r="FH31" s="18">
         <v>18576.241731419999</v>
       </c>
       <c r="FI31" s="18">
         <v>19006.907831459997</v>
       </c>
       <c r="FJ31" s="18">
         <v>20305.545024480001</v>
       </c>
+      <c r="FK31" s="18">
+        <v>20032.462777200002</v>
+      </c>
     </row>
-    <row r="32" spans="2:166" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="32" spans="2:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B32" s="22" t="s">
         <v>54</v>
       </c>
       <c r="C32" s="23">
         <v>228.88165359000001</v>
       </c>
       <c r="D32" s="23">
         <v>223.56975778</v>
       </c>
       <c r="E32" s="23">
         <v>227.64554715</v>
       </c>
       <c r="F32" s="23">
         <v>222.16562347000001</v>
       </c>
       <c r="G32" s="23">
         <v>230.16259171999999</v>
       </c>
       <c r="H32" s="23">
         <v>228.11697647</v>
       </c>
       <c r="I32" s="23">
         <v>233.65921030000001</v>
       </c>
       <c r="J32" s="23">
@@ -14593,52 +14670,55 @@
       </c>
       <c r="FC32" s="23">
         <v>676.91182000000003</v>
       </c>
       <c r="FD32" s="23">
         <v>737.94428400000004</v>
       </c>
       <c r="FE32" s="23">
         <v>730.06459199999995</v>
       </c>
       <c r="FF32" s="23">
         <v>699.27725999999996</v>
       </c>
       <c r="FG32" s="23">
         <v>758.69079199999999</v>
       </c>
       <c r="FH32" s="23">
         <v>882.84757999999999</v>
       </c>
       <c r="FI32" s="23">
         <v>951.75927999999999</v>
       </c>
       <c r="FJ32" s="23">
         <v>1074.58752</v>
       </c>
+      <c r="FK32" s="23">
+        <v>1049.6671799999999</v>
+      </c>
     </row>
-    <row r="33" spans="2:166" s="14" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="33" spans="2:167" s="14" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B33" s="24" t="s">
         <v>62</v>
       </c>
       <c r="C33" s="25">
         <v>17599.21488888</v>
       </c>
       <c r="D33" s="25">
         <v>17428.850998739999</v>
       </c>
       <c r="E33" s="25">
         <v>17585.96695763</v>
       </c>
       <c r="F33" s="25">
         <v>17828.098542930002</v>
       </c>
       <c r="G33" s="25">
         <v>17548.427193290001</v>
       </c>
       <c r="H33" s="25">
         <v>16744.996111969998</v>
       </c>
       <c r="I33" s="25">
         <v>17000.2324979</v>
       </c>
       <c r="J33" s="25">
@@ -15090,52 +15170,55 @@
       </c>
       <c r="FC33" s="25">
         <v>29105.231172009997</v>
       </c>
       <c r="FD33" s="25">
         <v>30864.469212929998</v>
       </c>
       <c r="FE33" s="25">
         <v>29564.619565070003</v>
       </c>
       <c r="FF33" s="25">
         <v>29830.821234670002</v>
       </c>
       <c r="FG33" s="25">
         <v>29229.139900800004</v>
       </c>
       <c r="FH33" s="25">
         <v>29836.908394669998</v>
       </c>
       <c r="FI33" s="25">
         <v>30771.216612559998</v>
       </c>
       <c r="FJ33" s="25">
         <v>32495.663121280002</v>
       </c>
+      <c r="FK33" s="25">
+        <v>31932.667147400003</v>
+      </c>
     </row>
-    <row r="34" spans="2:166" s="14" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="34" spans="2:167" s="14" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B34" s="12" t="s">
         <v>63</v>
       </c>
       <c r="C34" s="26"/>
       <c r="D34" s="26"/>
       <c r="E34" s="26"/>
       <c r="F34" s="26"/>
       <c r="G34" s="26"/>
       <c r="H34" s="26"/>
       <c r="I34" s="26"/>
       <c r="J34" s="26"/>
       <c r="K34" s="26"/>
       <c r="L34" s="26"/>
       <c r="M34" s="26"/>
       <c r="N34" s="26"/>
       <c r="O34" s="26"/>
       <c r="P34" s="26"/>
       <c r="Q34" s="26"/>
       <c r="R34" s="26"/>
       <c r="S34" s="26"/>
       <c r="T34" s="26"/>
       <c r="U34" s="26"/>
       <c r="V34" s="26"/>
       <c r="W34" s="26"/>
       <c r="X34" s="26"/>
@@ -15259,52 +15342,53 @@
       <c r="EL34" s="26"/>
       <c r="EM34" s="26"/>
       <c r="EN34" s="26"/>
       <c r="EO34" s="26"/>
       <c r="EP34" s="26"/>
       <c r="EQ34" s="26"/>
       <c r="ER34" s="26"/>
       <c r="ES34" s="26"/>
       <c r="ET34" s="26"/>
       <c r="EU34" s="26"/>
       <c r="EV34" s="26"/>
       <c r="EW34" s="26"/>
       <c r="EX34" s="26"/>
       <c r="EY34" s="26"/>
       <c r="EZ34" s="26"/>
       <c r="FA34" s="26"/>
       <c r="FB34" s="26"/>
       <c r="FC34" s="26"/>
       <c r="FD34" s="26"/>
       <c r="FE34" s="26"/>
       <c r="FF34" s="26"/>
       <c r="FG34" s="26"/>
       <c r="FH34" s="26"/>
       <c r="FI34" s="26"/>
       <c r="FJ34" s="26"/>
+      <c r="FK34" s="26"/>
     </row>
-    <row r="35" spans="2:166" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="35" spans="2:167" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B35" s="15" t="s">
         <v>52</v>
       </c>
       <c r="C35" s="16">
         <v>285.61948371</v>
       </c>
       <c r="D35" s="16">
         <v>285.61948371</v>
       </c>
       <c r="E35" s="16">
         <v>285.61948371</v>
       </c>
       <c r="F35" s="16">
         <v>285.61948371</v>
       </c>
       <c r="G35" s="16">
         <v>285.61948371</v>
       </c>
       <c r="H35" s="16">
         <v>285.61948371</v>
       </c>
       <c r="I35" s="16">
         <v>285.61948371</v>
       </c>
       <c r="J35" s="16">
@@ -15756,52 +15840,55 @@
       </c>
       <c r="FC35" s="16">
         <v>98.054024650000002</v>
       </c>
       <c r="FD35" s="16">
         <v>98.054024650000002</v>
       </c>
       <c r="FE35" s="16">
         <v>98.054024650000002</v>
       </c>
       <c r="FF35" s="16">
         <v>98.054024650000002</v>
       </c>
       <c r="FG35" s="16">
         <v>98.054024650000002</v>
       </c>
       <c r="FH35" s="16">
         <v>98.054024650000002</v>
       </c>
       <c r="FI35" s="16">
         <v>98.054024650000002</v>
       </c>
       <c r="FJ35" s="16">
         <v>98.054024650000002</v>
       </c>
+      <c r="FK35" s="16">
+        <v>98.054024650000002</v>
+      </c>
     </row>
-    <row r="36" spans="2:166" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="36" spans="2:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B36" s="17" t="s">
         <v>53</v>
       </c>
       <c r="C36" s="18">
         <v>285.61948371</v>
       </c>
       <c r="D36" s="18">
         <v>285.61948371</v>
       </c>
       <c r="E36" s="18">
         <v>285.61948371</v>
       </c>
       <c r="F36" s="18">
         <v>285.61948371</v>
       </c>
       <c r="G36" s="18">
         <v>285.61948371</v>
       </c>
       <c r="H36" s="18">
         <v>285.61948371</v>
       </c>
       <c r="I36" s="18">
         <v>285.61948371</v>
       </c>
       <c r="J36" s="18">
@@ -16253,52 +16340,55 @@
       </c>
       <c r="FC36" s="18">
         <v>98.054024650000002</v>
       </c>
       <c r="FD36" s="18">
         <v>98.054024650000002</v>
       </c>
       <c r="FE36" s="18">
         <v>98.054024650000002</v>
       </c>
       <c r="FF36" s="18">
         <v>98.054024650000002</v>
       </c>
       <c r="FG36" s="18">
         <v>98.054024650000002</v>
       </c>
       <c r="FH36" s="18">
         <v>98.054024650000002</v>
       </c>
       <c r="FI36" s="18">
         <v>98.054024650000002</v>
       </c>
       <c r="FJ36" s="18">
         <v>98.054024650000002</v>
       </c>
+      <c r="FK36" s="18">
+        <v>98.054024650000002</v>
+      </c>
     </row>
-    <row r="37" spans="2:166" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="37" spans="2:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B37" s="19" t="s">
         <v>54</v>
       </c>
       <c r="C37" s="18">
         <v>0</v>
       </c>
       <c r="D37" s="18">
         <v>0</v>
       </c>
       <c r="E37" s="18">
         <v>0</v>
       </c>
       <c r="F37" s="18">
         <v>0</v>
       </c>
       <c r="G37" s="18">
         <v>0</v>
       </c>
       <c r="H37" s="18">
         <v>0</v>
       </c>
       <c r="I37" s="18">
         <v>0</v>
       </c>
       <c r="J37" s="18">
@@ -16750,52 +16840,55 @@
       </c>
       <c r="FC37" s="18">
         <v>0</v>
       </c>
       <c r="FD37" s="18">
         <v>0</v>
       </c>
       <c r="FE37" s="18">
         <v>0</v>
       </c>
       <c r="FF37" s="18">
         <v>0</v>
       </c>
       <c r="FG37" s="18">
         <v>0</v>
       </c>
       <c r="FH37" s="18">
         <v>0</v>
       </c>
       <c r="FI37" s="18">
         <v>0</v>
       </c>
       <c r="FJ37" s="18">
         <v>0</v>
       </c>
+      <c r="FK37" s="18">
+        <v>0</v>
+      </c>
     </row>
-    <row r="38" spans="2:166" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="38" spans="2:167" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B38" s="15" t="s">
         <v>55</v>
       </c>
       <c r="C38" s="16">
         <v>2028.4049797600001</v>
       </c>
       <c r="D38" s="16">
         <v>2028.4049797600001</v>
       </c>
       <c r="E38" s="16">
         <v>2028.4049797600001</v>
       </c>
       <c r="F38" s="16">
         <v>2038.1749711299999</v>
       </c>
       <c r="G38" s="16">
         <v>2068.1310398800001</v>
       </c>
       <c r="H38" s="16">
         <v>2068.1310398800001</v>
       </c>
       <c r="I38" s="16">
         <v>2069.7304824500002</v>
       </c>
       <c r="J38" s="16">
@@ -17247,52 +17340,55 @@
       </c>
       <c r="FC38" s="16">
         <v>3783.1584711700002</v>
       </c>
       <c r="FD38" s="16">
         <v>3783.1584711700002</v>
       </c>
       <c r="FE38" s="16">
         <v>3783.1584711700002</v>
       </c>
       <c r="FF38" s="16">
         <v>3783.1584711700002</v>
       </c>
       <c r="FG38" s="16">
         <v>3783.1584711700002</v>
       </c>
       <c r="FH38" s="16">
         <v>3783.1584711700002</v>
       </c>
       <c r="FI38" s="16">
         <v>3783.1584711700002</v>
       </c>
       <c r="FJ38" s="16">
         <v>3783.1584711700002</v>
       </c>
+      <c r="FK38" s="16">
+        <v>3783.1584711700002</v>
+      </c>
     </row>
-    <row r="39" spans="2:166" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="39" spans="2:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B39" s="21" t="s">
         <v>53</v>
       </c>
       <c r="C39" s="18">
         <v>1900.98458026</v>
       </c>
       <c r="D39" s="18">
         <v>1900.98458026</v>
       </c>
       <c r="E39" s="18">
         <v>1900.98458026</v>
       </c>
       <c r="F39" s="18">
         <v>1910.75457164</v>
       </c>
       <c r="G39" s="18">
         <v>1938.7197982600001</v>
       </c>
       <c r="H39" s="18">
         <v>1938.7197982600001</v>
       </c>
       <c r="I39" s="18">
         <v>1940.3192408299999</v>
       </c>
       <c r="J39" s="18">
@@ -17744,52 +17840,55 @@
       </c>
       <c r="FC39" s="18">
         <v>3782.9285694099999</v>
       </c>
       <c r="FD39" s="18">
         <v>3782.9285694099999</v>
       </c>
       <c r="FE39" s="18">
         <v>3782.9285694099999</v>
       </c>
       <c r="FF39" s="18">
         <v>3782.9285694099999</v>
       </c>
       <c r="FG39" s="18">
         <v>3782.9285694099999</v>
       </c>
       <c r="FH39" s="18">
         <v>3782.9285694099999</v>
       </c>
       <c r="FI39" s="18">
         <v>3782.9285694099999</v>
       </c>
       <c r="FJ39" s="18">
         <v>3782.9285694099999</v>
       </c>
+      <c r="FK39" s="18">
+        <v>3782.9285694099999</v>
+      </c>
     </row>
-    <row r="40" spans="2:166" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="40" spans="2:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B40" s="19" t="s">
         <v>54</v>
       </c>
       <c r="C40" s="18">
         <v>127.4203995</v>
       </c>
       <c r="D40" s="18">
         <v>127.4203995</v>
       </c>
       <c r="E40" s="18">
         <v>127.4203995</v>
       </c>
       <c r="F40" s="18">
         <v>127.4203995</v>
       </c>
       <c r="G40" s="18">
         <v>129.41124162</v>
       </c>
       <c r="H40" s="18">
         <v>129.41124162</v>
       </c>
       <c r="I40" s="18">
         <v>129.41124162</v>
       </c>
       <c r="J40" s="18">
@@ -18241,52 +18340,55 @@
       </c>
       <c r="FC40" s="18">
         <v>0.22990176000000001</v>
       </c>
       <c r="FD40" s="18">
         <v>0.22990176000000001</v>
       </c>
       <c r="FE40" s="18">
         <v>0.22990176000000001</v>
       </c>
       <c r="FF40" s="18">
         <v>0.22990176000000001</v>
       </c>
       <c r="FG40" s="18">
         <v>0.22990176000000001</v>
       </c>
       <c r="FH40" s="18">
         <v>0.22990176000000001</v>
       </c>
       <c r="FI40" s="18">
         <v>0.22990176000000001</v>
       </c>
       <c r="FJ40" s="18">
         <v>0.22990176000000001</v>
       </c>
+      <c r="FK40" s="18">
+        <v>0.22990176000000001</v>
+      </c>
     </row>
-    <row r="41" spans="2:166" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="41" spans="2:167" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B41" s="15" t="s">
         <v>56</v>
       </c>
       <c r="C41" s="16">
         <v>44.79197027</v>
       </c>
       <c r="D41" s="16">
         <v>44.79197027</v>
       </c>
       <c r="E41" s="16">
         <v>44.79197027</v>
       </c>
       <c r="F41" s="16">
         <v>44.79197027</v>
       </c>
       <c r="G41" s="16">
         <v>44.79197027</v>
       </c>
       <c r="H41" s="16">
         <v>44.79197027</v>
       </c>
       <c r="I41" s="16">
         <v>44.79197027</v>
       </c>
       <c r="J41" s="16">
@@ -18738,52 +18840,55 @@
       </c>
       <c r="FC41" s="16">
         <v>74.810446849999991</v>
       </c>
       <c r="FD41" s="16">
         <v>74.810446849999991</v>
       </c>
       <c r="FE41" s="16">
         <v>74.810446849999991</v>
       </c>
       <c r="FF41" s="16">
         <v>74.810446849999991</v>
       </c>
       <c r="FG41" s="16">
         <v>74.810446849999991</v>
       </c>
       <c r="FH41" s="16">
         <v>74.810446849999991</v>
       </c>
       <c r="FI41" s="16">
         <v>71.170202689999996</v>
       </c>
       <c r="FJ41" s="16">
         <v>71.173502689999992</v>
       </c>
+      <c r="FK41" s="16">
+        <v>71.173502689999992</v>
+      </c>
     </row>
-    <row r="42" spans="2:166" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="42" spans="2:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B42" s="17" t="s">
         <v>53</v>
       </c>
       <c r="C42" s="18">
         <v>44.294299559999999</v>
       </c>
       <c r="D42" s="18">
         <v>44.294299559999999</v>
       </c>
       <c r="E42" s="18">
         <v>44.294299559999999</v>
       </c>
       <c r="F42" s="18">
         <v>44.294299559999999</v>
       </c>
       <c r="G42" s="18">
         <v>44.294299559999999</v>
       </c>
       <c r="H42" s="18">
         <v>44.294299559999999</v>
       </c>
       <c r="I42" s="18">
         <v>44.294299559999999</v>
       </c>
       <c r="J42" s="18">
@@ -19235,52 +19340,55 @@
       </c>
       <c r="FC42" s="18">
         <v>73.58332184999999</v>
       </c>
       <c r="FD42" s="18">
         <v>73.58332184999999</v>
       </c>
       <c r="FE42" s="18">
         <v>73.58332184999999</v>
       </c>
       <c r="FF42" s="18">
         <v>73.58332184999999</v>
       </c>
       <c r="FG42" s="18">
         <v>73.58332184999999</v>
       </c>
       <c r="FH42" s="18">
         <v>73.58332184999999</v>
       </c>
       <c r="FI42" s="18">
         <v>69.943077689999996</v>
       </c>
       <c r="FJ42" s="18">
         <v>69.946377689999991</v>
       </c>
+      <c r="FK42" s="18">
+        <v>69.946377689999991</v>
+      </c>
     </row>
-    <row r="43" spans="2:166" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="43" spans="2:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B43" s="19" t="s">
         <v>54</v>
       </c>
       <c r="C43" s="18">
         <v>0.49767071000000002</v>
       </c>
       <c r="D43" s="18">
         <v>0.49767071000000002</v>
       </c>
       <c r="E43" s="18">
         <v>0.49767071000000002</v>
       </c>
       <c r="F43" s="18">
         <v>0.49767071000000002</v>
       </c>
       <c r="G43" s="18">
         <v>0.49767071000000002</v>
       </c>
       <c r="H43" s="18">
         <v>0.49767071000000002</v>
       </c>
       <c r="I43" s="18">
         <v>0.49767071000000002</v>
       </c>
       <c r="J43" s="18">
@@ -19732,52 +19840,55 @@
       </c>
       <c r="FC43" s="18">
         <v>1.227125</v>
       </c>
       <c r="FD43" s="18">
         <v>1.227125</v>
       </c>
       <c r="FE43" s="18">
         <v>1.227125</v>
       </c>
       <c r="FF43" s="18">
         <v>1.227125</v>
       </c>
       <c r="FG43" s="18">
         <v>1.227125</v>
       </c>
       <c r="FH43" s="18">
         <v>1.227125</v>
       </c>
       <c r="FI43" s="18">
         <v>1.227125</v>
       </c>
       <c r="FJ43" s="18">
         <v>1.227125</v>
       </c>
+      <c r="FK43" s="18">
+        <v>1.227125</v>
+      </c>
     </row>
-    <row r="44" spans="2:166" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="44" spans="2:167" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B44" s="15" t="s">
         <v>57</v>
       </c>
       <c r="C44" s="16">
         <v>34.813325370000001</v>
       </c>
       <c r="D44" s="16">
         <v>34.813325370000001</v>
       </c>
       <c r="E44" s="16">
         <v>34.813325370000001</v>
       </c>
       <c r="F44" s="16">
         <v>34.813325370000001</v>
       </c>
       <c r="G44" s="16">
         <v>34.813325370000001</v>
       </c>
       <c r="H44" s="16">
         <v>34.813325370000001</v>
       </c>
       <c r="I44" s="16">
         <v>34.813325370000001</v>
       </c>
       <c r="J44" s="16">
@@ -20229,52 +20340,55 @@
       </c>
       <c r="FC44" s="16">
         <v>185.48501644999999</v>
       </c>
       <c r="FD44" s="16">
         <v>185.48501644999999</v>
       </c>
       <c r="FE44" s="16">
         <v>185.48501644999999</v>
       </c>
       <c r="FF44" s="16">
         <v>185.51001644999999</v>
       </c>
       <c r="FG44" s="16">
         <v>185.51001644999999</v>
       </c>
       <c r="FH44" s="16">
         <v>185.51001644999999</v>
       </c>
       <c r="FI44" s="16">
         <v>185.51001644999999</v>
       </c>
       <c r="FJ44" s="16">
         <v>185.51001644999999</v>
       </c>
+      <c r="FK44" s="16">
+        <v>185.51001644999999</v>
+      </c>
     </row>
-    <row r="45" spans="2:166" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="45" spans="2:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B45" s="17" t="s">
         <v>53</v>
       </c>
       <c r="C45" s="20">
         <v>34.415156940000003</v>
       </c>
       <c r="D45" s="20">
         <v>34.415156940000003</v>
       </c>
       <c r="E45" s="20">
         <v>34.415156940000003</v>
       </c>
       <c r="F45" s="20">
         <v>34.415156940000003</v>
       </c>
       <c r="G45" s="20">
         <v>34.415156940000003</v>
       </c>
       <c r="H45" s="20">
         <v>34.415156940000003</v>
       </c>
       <c r="I45" s="20">
         <v>34.415156940000003</v>
       </c>
       <c r="J45" s="20">
@@ -20726,52 +20840,55 @@
       </c>
       <c r="FC45" s="20">
         <v>119.13501645000001</v>
       </c>
       <c r="FD45" s="20">
         <v>119.13501645000001</v>
       </c>
       <c r="FE45" s="20">
         <v>119.13501645000001</v>
       </c>
       <c r="FF45" s="20">
         <v>119.16001645</v>
       </c>
       <c r="FG45" s="20">
         <v>119.16001645</v>
       </c>
       <c r="FH45" s="20">
         <v>119.16001645</v>
       </c>
       <c r="FI45" s="20">
         <v>119.16001645</v>
       </c>
       <c r="FJ45" s="20">
         <v>119.16001645</v>
       </c>
+      <c r="FK45" s="20">
+        <v>119.16001645</v>
+      </c>
     </row>
-    <row r="46" spans="2:166" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="46" spans="2:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B46" s="19" t="s">
         <v>54</v>
       </c>
       <c r="C46" s="20">
         <v>0.39816843000000002</v>
       </c>
       <c r="D46" s="20">
         <v>0.39816843000000002</v>
       </c>
       <c r="E46" s="20">
         <v>0.39816843000000002</v>
       </c>
       <c r="F46" s="20">
         <v>0.39816843000000002</v>
       </c>
       <c r="G46" s="20">
         <v>0.39816843000000002</v>
       </c>
       <c r="H46" s="20">
         <v>0.39816843000000002</v>
       </c>
       <c r="I46" s="20">
         <v>0.39816843000000002</v>
       </c>
       <c r="J46" s="20">
@@ -21223,52 +21340,55 @@
       </c>
       <c r="FC46" s="20">
         <v>66.349999999999994</v>
       </c>
       <c r="FD46" s="20">
         <v>66.349999999999994</v>
       </c>
       <c r="FE46" s="20">
         <v>66.349999999999994</v>
       </c>
       <c r="FF46" s="20">
         <v>66.349999999999994</v>
       </c>
       <c r="FG46" s="20">
         <v>66.349999999999994</v>
       </c>
       <c r="FH46" s="20">
         <v>66.349999999999994</v>
       </c>
       <c r="FI46" s="20">
         <v>66.349999999999994</v>
       </c>
       <c r="FJ46" s="20">
         <v>66.349999999999994</v>
       </c>
+      <c r="FK46" s="20">
+        <v>66.349999999999994</v>
+      </c>
     </row>
-    <row r="47" spans="2:166" s="2" customFormat="1" ht="24.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="47" spans="2:167" s="2" customFormat="1" ht="24.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B47" s="15" t="s">
         <v>58</v>
       </c>
       <c r="C47" s="16">
         <v>7.1404870899999997</v>
       </c>
       <c r="D47" s="16">
         <v>7.1404870899999997</v>
       </c>
       <c r="E47" s="16">
         <v>7.1404870899999997</v>
       </c>
       <c r="F47" s="16">
         <v>7.1404870899999997</v>
       </c>
       <c r="G47" s="16">
         <v>7.1404870899999997</v>
       </c>
       <c r="H47" s="16">
         <v>7.1404870899999997</v>
       </c>
       <c r="I47" s="16">
         <v>7.1404870899999997</v>
       </c>
       <c r="J47" s="16">
@@ -21720,52 +21840,55 @@
       </c>
       <c r="FC47" s="16">
         <v>10.094617849999999</v>
       </c>
       <c r="FD47" s="16">
         <v>10.094617849999999</v>
       </c>
       <c r="FE47" s="16">
         <v>10.094617849999999</v>
       </c>
       <c r="FF47" s="16">
         <v>3.7378329199999998</v>
       </c>
       <c r="FG47" s="16">
         <v>3.7378329199999998</v>
       </c>
       <c r="FH47" s="16">
         <v>3.7378329199999998</v>
       </c>
       <c r="FI47" s="16">
         <v>3.7378329199999998</v>
       </c>
       <c r="FJ47" s="16">
         <v>3.7378329199999998</v>
       </c>
+      <c r="FK47" s="16">
+        <v>3.7378329199999998</v>
+      </c>
     </row>
-    <row r="48" spans="2:166" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="48" spans="2:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B48" s="17" t="s">
         <v>53</v>
       </c>
       <c r="C48" s="20">
         <v>7.1404870899999997</v>
       </c>
       <c r="D48" s="20">
         <v>7.1404870899999997</v>
       </c>
       <c r="E48" s="20">
         <v>7.1404870899999997</v>
       </c>
       <c r="F48" s="20">
         <v>7.1404870899999997</v>
       </c>
       <c r="G48" s="20">
         <v>7.1404870899999997</v>
       </c>
       <c r="H48" s="20">
         <v>7.1404870899999997</v>
       </c>
       <c r="I48" s="20">
         <v>7.1404870899999997</v>
       </c>
       <c r="J48" s="20">
@@ -22217,52 +22340,55 @@
       </c>
       <c r="FC48" s="20">
         <v>6.3567849299999999</v>
       </c>
       <c r="FD48" s="20">
         <v>6.3567849299999999</v>
       </c>
       <c r="FE48" s="20">
         <v>6.3567849299999999</v>
       </c>
       <c r="FF48" s="20">
         <v>0</v>
       </c>
       <c r="FG48" s="20">
         <v>0</v>
       </c>
       <c r="FH48" s="20">
         <v>0</v>
       </c>
       <c r="FI48" s="20">
         <v>0</v>
       </c>
       <c r="FJ48" s="20">
         <v>0</v>
       </c>
+      <c r="FK48" s="20">
+        <v>0</v>
+      </c>
     </row>
-    <row r="49" spans="2:166" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="49" spans="2:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B49" s="19" t="s">
         <v>54</v>
       </c>
       <c r="C49" s="20">
         <v>0</v>
       </c>
       <c r="D49" s="20">
         <v>0</v>
       </c>
       <c r="E49" s="20">
         <v>0</v>
       </c>
       <c r="F49" s="20">
         <v>0</v>
       </c>
       <c r="G49" s="20">
         <v>0</v>
       </c>
       <c r="H49" s="20">
         <v>0</v>
       </c>
       <c r="I49" s="20">
         <v>0</v>
       </c>
       <c r="J49" s="20">
@@ -22714,52 +22840,55 @@
       </c>
       <c r="FC49" s="20">
         <v>3.7378329199999998</v>
       </c>
       <c r="FD49" s="20">
         <v>3.7378329199999998</v>
       </c>
       <c r="FE49" s="20">
         <v>3.7378329199999998</v>
       </c>
       <c r="FF49" s="20">
         <v>3.7378329199999998</v>
       </c>
       <c r="FG49" s="20">
         <v>3.7378329199999998</v>
       </c>
       <c r="FH49" s="20">
         <v>3.7378329199999998</v>
       </c>
       <c r="FI49" s="20">
         <v>3.7378329199999998</v>
       </c>
       <c r="FJ49" s="20">
         <v>3.7378329199999998</v>
       </c>
+      <c r="FK49" s="20">
+        <v>3.7378329199999998</v>
+      </c>
     </row>
-    <row r="50" spans="2:166" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="50" spans="2:167" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B50" s="15" t="s">
         <v>59</v>
       </c>
       <c r="C50" s="16">
         <v>151.60794213</v>
       </c>
       <c r="D50" s="16">
         <v>162.10127281000001</v>
       </c>
       <c r="E50" s="16">
         <v>162.10127281000001</v>
       </c>
       <c r="F50" s="16">
         <v>162.10127281000001</v>
       </c>
       <c r="G50" s="16">
         <v>162.10127281000001</v>
       </c>
       <c r="H50" s="16">
         <v>163.09695932</v>
       </c>
       <c r="I50" s="16">
         <v>163.09695932</v>
       </c>
       <c r="J50" s="16">
@@ -23211,52 +23340,55 @@
       </c>
       <c r="FC50" s="16">
         <v>282.64698369999996</v>
       </c>
       <c r="FD50" s="16">
         <v>282.64698369999996</v>
       </c>
       <c r="FE50" s="16">
         <v>282.64698369999996</v>
       </c>
       <c r="FF50" s="16">
         <v>282.64698369999996</v>
       </c>
       <c r="FG50" s="16">
         <v>282.64698369999996</v>
       </c>
       <c r="FH50" s="16">
         <v>282.64698369999996</v>
       </c>
       <c r="FI50" s="16">
         <v>282.64698369999996</v>
       </c>
       <c r="FJ50" s="16">
         <v>282.64698369999996</v>
       </c>
+      <c r="FK50" s="16">
+        <v>282.64698369999996</v>
+      </c>
     </row>
-    <row r="51" spans="2:166" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="51" spans="2:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B51" s="17" t="s">
         <v>53</v>
       </c>
       <c r="C51" s="18">
         <v>151.60794213</v>
       </c>
       <c r="D51" s="18">
         <v>162.10127281000001</v>
       </c>
       <c r="E51" s="18">
         <v>162.10127281000001</v>
       </c>
       <c r="F51" s="18">
         <v>162.10127281000001</v>
       </c>
       <c r="G51" s="18">
         <v>162.10127281000001</v>
       </c>
       <c r="H51" s="18">
         <v>163.09695932</v>
       </c>
       <c r="I51" s="18">
         <v>163.09695932</v>
       </c>
       <c r="J51" s="18">
@@ -23708,52 +23840,55 @@
       </c>
       <c r="FC51" s="18">
         <v>282.64698369999996</v>
       </c>
       <c r="FD51" s="18">
         <v>282.64698369999996</v>
       </c>
       <c r="FE51" s="18">
         <v>282.64698369999996</v>
       </c>
       <c r="FF51" s="18">
         <v>282.64698369999996</v>
       </c>
       <c r="FG51" s="18">
         <v>282.64698369999996</v>
       </c>
       <c r="FH51" s="18">
         <v>282.64698369999996</v>
       </c>
       <c r="FI51" s="18">
         <v>282.64698369999996</v>
       </c>
       <c r="FJ51" s="18">
         <v>282.64698369999996</v>
       </c>
+      <c r="FK51" s="18">
+        <v>282.64698369999996</v>
+      </c>
     </row>
-    <row r="52" spans="2:166" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="52" spans="2:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B52" s="19" t="s">
         <v>54</v>
       </c>
       <c r="C52" s="18">
         <v>0</v>
       </c>
       <c r="D52" s="18">
         <v>0</v>
       </c>
       <c r="E52" s="18">
         <v>0</v>
       </c>
       <c r="F52" s="18">
         <v>0</v>
       </c>
       <c r="G52" s="18">
         <v>0</v>
       </c>
       <c r="H52" s="18">
         <v>0</v>
       </c>
       <c r="I52" s="18">
         <v>0</v>
       </c>
       <c r="J52" s="18">
@@ -24205,52 +24340,55 @@
       </c>
       <c r="FC52" s="18">
         <v>0</v>
       </c>
       <c r="FD52" s="18">
         <v>0</v>
       </c>
       <c r="FE52" s="18">
         <v>0</v>
       </c>
       <c r="FF52" s="18">
         <v>0</v>
       </c>
       <c r="FG52" s="18">
         <v>0</v>
       </c>
       <c r="FH52" s="18">
         <v>0</v>
       </c>
       <c r="FI52" s="18">
         <v>0</v>
       </c>
       <c r="FJ52" s="18">
         <v>0</v>
       </c>
+      <c r="FK52" s="18">
+        <v>0</v>
+      </c>
     </row>
-    <row r="53" spans="2:166" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="53" spans="2:167" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B53" s="15" t="s">
         <v>64</v>
       </c>
       <c r="C53" s="16">
         <v>0</v>
       </c>
       <c r="D53" s="16">
         <v>0</v>
       </c>
       <c r="E53" s="16">
         <v>0</v>
       </c>
       <c r="F53" s="16">
         <v>0</v>
       </c>
       <c r="G53" s="16">
         <v>0</v>
       </c>
       <c r="H53" s="16">
         <v>0</v>
       </c>
       <c r="I53" s="16">
         <v>0</v>
       </c>
       <c r="J53" s="16">
@@ -24702,52 +24840,55 @@
       </c>
       <c r="FC53" s="16">
         <v>16.08324</v>
       </c>
       <c r="FD53" s="16">
         <v>16.08324</v>
       </c>
       <c r="FE53" s="16">
         <v>16.08324</v>
       </c>
       <c r="FF53" s="16">
         <v>16.08324</v>
       </c>
       <c r="FG53" s="16">
         <v>16.08324</v>
       </c>
       <c r="FH53" s="16">
         <v>16.08324</v>
       </c>
       <c r="FI53" s="16">
         <v>16.08324</v>
       </c>
       <c r="FJ53" s="16">
         <v>16.08324</v>
       </c>
+      <c r="FK53" s="16">
+        <v>16.08324</v>
+      </c>
     </row>
-    <row r="54" spans="2:166" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="54" spans="2:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B54" s="17" t="s">
         <v>53</v>
       </c>
       <c r="C54" s="18">
         <v>0</v>
       </c>
       <c r="D54" s="18">
         <v>0</v>
       </c>
       <c r="E54" s="18">
         <v>0</v>
       </c>
       <c r="F54" s="18">
         <v>0</v>
       </c>
       <c r="G54" s="18">
         <v>0</v>
       </c>
       <c r="H54" s="18">
         <v>0</v>
       </c>
       <c r="I54" s="18">
         <v>0</v>
       </c>
       <c r="J54" s="18">
@@ -25199,52 +25340,55 @@
       </c>
       <c r="FC54" s="18">
         <v>16.08324</v>
       </c>
       <c r="FD54" s="18">
         <v>16.08324</v>
       </c>
       <c r="FE54" s="18">
         <v>16.08324</v>
       </c>
       <c r="FF54" s="18">
         <v>16.08324</v>
       </c>
       <c r="FG54" s="18">
         <v>16.08324</v>
       </c>
       <c r="FH54" s="18">
         <v>16.08324</v>
       </c>
       <c r="FI54" s="18">
         <v>16.08324</v>
       </c>
       <c r="FJ54" s="18">
         <v>16.08324</v>
       </c>
+      <c r="FK54" s="18">
+        <v>16.08324</v>
+      </c>
     </row>
-    <row r="55" spans="2:166" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="55" spans="2:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B55" s="19" t="s">
         <v>54</v>
       </c>
       <c r="C55" s="18">
         <v>0</v>
       </c>
       <c r="D55" s="18">
         <v>0</v>
       </c>
       <c r="E55" s="18">
         <v>0</v>
       </c>
       <c r="F55" s="18">
         <v>0</v>
       </c>
       <c r="G55" s="18">
         <v>0</v>
       </c>
       <c r="H55" s="18">
         <v>0</v>
       </c>
       <c r="I55" s="18">
         <v>0</v>
       </c>
       <c r="J55" s="18">
@@ -25696,52 +25840,55 @@
       </c>
       <c r="FC55" s="18">
         <v>0</v>
       </c>
       <c r="FD55" s="18">
         <v>0</v>
       </c>
       <c r="FE55" s="18">
         <v>0</v>
       </c>
       <c r="FF55" s="18">
         <v>0</v>
       </c>
       <c r="FG55" s="18">
         <v>0</v>
       </c>
       <c r="FH55" s="18">
         <v>0</v>
       </c>
       <c r="FI55" s="18">
         <v>0</v>
       </c>
       <c r="FJ55" s="18">
         <v>0</v>
       </c>
+      <c r="FK55" s="18">
+        <v>0</v>
+      </c>
     </row>
-    <row r="56" spans="2:166" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="56" spans="2:167" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B56" s="15" t="s">
         <v>60</v>
       </c>
       <c r="C56" s="16">
         <v>3492.2566965300002</v>
       </c>
       <c r="D56" s="16">
         <v>3497.6504054699999</v>
       </c>
       <c r="E56" s="16">
         <v>3502.6606782099998</v>
       </c>
       <c r="F56" s="16">
         <v>3539.1544070599998</v>
       </c>
       <c r="G56" s="16">
         <v>3540.1891140799999</v>
       </c>
       <c r="H56" s="16">
         <v>3580.6770508999998</v>
       </c>
       <c r="I56" s="16">
         <v>3579.78180901</v>
       </c>
       <c r="J56" s="16">
@@ -26193,52 +26340,55 @@
       </c>
       <c r="FC56" s="16">
         <v>3697.9567303600002</v>
       </c>
       <c r="FD56" s="16">
         <v>3697.9566853599999</v>
       </c>
       <c r="FE56" s="16">
         <v>3697.9566853599999</v>
       </c>
       <c r="FF56" s="16">
         <v>3697.9566853599999</v>
       </c>
       <c r="FG56" s="16">
         <v>3697.9566853599999</v>
       </c>
       <c r="FH56" s="16">
         <v>3697.4092293600002</v>
       </c>
       <c r="FI56" s="16">
         <v>3697.4092293600002</v>
       </c>
       <c r="FJ56" s="16">
         <v>3697.4092293600002</v>
       </c>
+      <c r="FK56" s="16">
+        <v>3697.4092293600002</v>
+      </c>
     </row>
-    <row r="57" spans="2:166" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="57" spans="2:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B57" s="17" t="s">
         <v>53</v>
       </c>
       <c r="C57" s="18">
         <v>3491.4720658299998</v>
       </c>
       <c r="D57" s="18">
         <v>3496.8657747699999</v>
       </c>
       <c r="E57" s="18">
         <v>3501.8760475099998</v>
       </c>
       <c r="F57" s="18">
         <v>3538.3697763599998</v>
       </c>
       <c r="G57" s="18">
         <v>3539.4044833799999</v>
       </c>
       <c r="H57" s="18">
         <v>3579.8924201999998</v>
       </c>
       <c r="I57" s="18">
         <v>3578.99717831</v>
       </c>
       <c r="J57" s="18">
@@ -26690,52 +26840,55 @@
       </c>
       <c r="FC57" s="18">
         <v>3697.9567303600002</v>
       </c>
       <c r="FD57" s="18">
         <v>3697.9566853599999</v>
       </c>
       <c r="FE57" s="18">
         <v>3697.9566853599999</v>
       </c>
       <c r="FF57" s="18">
         <v>3697.9566853599999</v>
       </c>
       <c r="FG57" s="18">
         <v>3697.9566853599999</v>
       </c>
       <c r="FH57" s="18">
         <v>3697.4092293600002</v>
       </c>
       <c r="FI57" s="18">
         <v>3697.4092293600002</v>
       </c>
       <c r="FJ57" s="18">
         <v>3697.4092293600002</v>
       </c>
+      <c r="FK57" s="18">
+        <v>3697.4092293600002</v>
+      </c>
     </row>
-    <row r="58" spans="2:166" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="58" spans="2:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B58" s="19" t="s">
         <v>54</v>
       </c>
       <c r="C58" s="18">
         <v>0.78463070000000001</v>
       </c>
       <c r="D58" s="18">
         <v>0.78463070000000001</v>
       </c>
       <c r="E58" s="18">
         <v>0.78463070000000001</v>
       </c>
       <c r="F58" s="18">
         <v>0.78463070000000001</v>
       </c>
       <c r="G58" s="18">
         <v>0.78463070000000001</v>
       </c>
       <c r="H58" s="18">
         <v>0.78463070000000001</v>
       </c>
       <c r="I58" s="18">
         <v>0.78463070000000001</v>
       </c>
       <c r="J58" s="18">
@@ -27187,52 +27340,55 @@
       </c>
       <c r="FC58" s="18">
         <v>0</v>
       </c>
       <c r="FD58" s="18">
         <v>0</v>
       </c>
       <c r="FE58" s="18">
         <v>0</v>
       </c>
       <c r="FF58" s="18">
         <v>0</v>
       </c>
       <c r="FG58" s="18">
         <v>0</v>
       </c>
       <c r="FH58" s="18">
         <v>0</v>
       </c>
       <c r="FI58" s="18">
         <v>0</v>
       </c>
       <c r="FJ58" s="18">
         <v>0</v>
       </c>
+      <c r="FK58" s="18">
+        <v>0</v>
+      </c>
     </row>
-    <row r="59" spans="2:166" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="59" spans="2:167" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B59" s="15" t="s">
         <v>61</v>
       </c>
       <c r="C59" s="16">
         <v>2676.0561358999998</v>
       </c>
       <c r="D59" s="16">
         <v>2646.9465370399998</v>
       </c>
       <c r="E59" s="16">
         <v>2608.3643869000002</v>
       </c>
       <c r="F59" s="16">
         <v>2610.9101165400002</v>
       </c>
       <c r="G59" s="16">
         <v>2577.4927710000002</v>
       </c>
       <c r="H59" s="16">
         <v>2584.8518854700001</v>
       </c>
       <c r="I59" s="16">
         <v>2573.9479369699998</v>
       </c>
       <c r="J59" s="16">
@@ -27684,52 +27840,55 @@
       </c>
       <c r="FC59" s="16">
         <v>4740.8162652399997</v>
       </c>
       <c r="FD59" s="16">
         <v>4748.7038599300004</v>
       </c>
       <c r="FE59" s="16">
         <v>4872.1211259300007</v>
       </c>
       <c r="FF59" s="16">
         <v>4831.1414360200006</v>
       </c>
       <c r="FG59" s="16">
         <v>4791.6834454399996</v>
       </c>
       <c r="FH59" s="16">
         <v>4834.3790936300002</v>
       </c>
       <c r="FI59" s="16">
         <v>4810.8792178399999</v>
       </c>
       <c r="FJ59" s="16">
         <v>4786.9409055900005</v>
       </c>
+      <c r="FK59" s="16">
+        <v>4851.8237960600009</v>
+      </c>
     </row>
-    <row r="60" spans="2:166" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="60" spans="2:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B60" s="17" t="s">
         <v>53</v>
       </c>
       <c r="C60" s="18">
         <v>2663.96100019</v>
       </c>
       <c r="D60" s="18">
         <v>2634.85140133</v>
       </c>
       <c r="E60" s="18">
         <v>2596.26925119</v>
       </c>
       <c r="F60" s="18">
         <v>2598.81498083</v>
       </c>
       <c r="G60" s="18">
         <v>2566.4779458600001</v>
       </c>
       <c r="H60" s="18">
         <v>2573.83706033</v>
       </c>
       <c r="I60" s="18">
         <v>2562.9331118300001</v>
       </c>
       <c r="J60" s="18">
@@ -28181,52 +28340,55 @@
       </c>
       <c r="FC60" s="18">
         <v>4724.8646693700002</v>
       </c>
       <c r="FD60" s="18">
         <v>4732.75226406</v>
       </c>
       <c r="FE60" s="18">
         <v>4856.1695300600004</v>
       </c>
       <c r="FF60" s="18">
         <v>4815.1898401499993</v>
       </c>
       <c r="FG60" s="18">
         <v>4775.7318495700001</v>
       </c>
       <c r="FH60" s="18">
         <v>4818.4274977599998</v>
       </c>
       <c r="FI60" s="18">
         <v>4794.9276219700005</v>
       </c>
       <c r="FJ60" s="18">
         <v>4771.1832073199994</v>
       </c>
+      <c r="FK60" s="18">
+        <v>4836.0241687799999</v>
+      </c>
     </row>
-    <row r="61" spans="2:166" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="61" spans="2:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B61" s="22" t="s">
         <v>54</v>
       </c>
       <c r="C61" s="23">
         <v>12.095135709999999</v>
       </c>
       <c r="D61" s="23">
         <v>12.095135709999999</v>
       </c>
       <c r="E61" s="23">
         <v>12.095135709999999</v>
       </c>
       <c r="F61" s="23">
         <v>12.095135709999999</v>
       </c>
       <c r="G61" s="23">
         <v>11.014825139999999</v>
       </c>
       <c r="H61" s="23">
         <v>11.014825139999999</v>
       </c>
       <c r="I61" s="23">
         <v>11.014825139999999</v>
       </c>
       <c r="J61" s="23">
@@ -28678,52 +28840,55 @@
       </c>
       <c r="FC61" s="23">
         <v>15.951595869999998</v>
       </c>
       <c r="FD61" s="23">
         <v>15.951595869999998</v>
       </c>
       <c r="FE61" s="23">
         <v>15.951595869999998</v>
       </c>
       <c r="FF61" s="23">
         <v>15.951595869999998</v>
       </c>
       <c r="FG61" s="23">
         <v>15.951595869999998</v>
       </c>
       <c r="FH61" s="23">
         <v>15.951595869999998</v>
       </c>
       <c r="FI61" s="23">
         <v>15.951595869999998</v>
       </c>
       <c r="FJ61" s="23">
         <v>15.757698269999999</v>
       </c>
+      <c r="FK61" s="23">
+        <v>15.799627279999999</v>
+      </c>
     </row>
-    <row r="62" spans="2:166" s="14" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="62" spans="2:167" s="14" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B62" s="28" t="s">
         <v>65</v>
       </c>
       <c r="C62" s="26">
         <v>8720.6910207599994</v>
       </c>
       <c r="D62" s="26">
         <v>8707.4684615200003</v>
       </c>
       <c r="E62" s="26">
         <v>8673.8965841200006</v>
       </c>
       <c r="F62" s="26">
         <v>8722.7060339899999</v>
       </c>
       <c r="G62" s="26">
         <v>8720.2794642099998</v>
       </c>
       <c r="H62" s="26">
         <v>8769.1222020099995</v>
       </c>
       <c r="I62" s="26">
         <v>8758.9224541900003</v>
       </c>
       <c r="J62" s="26">
@@ -29175,52 +29340,55 @@
       </c>
       <c r="FC62" s="26">
         <v>12889.105796270002</v>
       </c>
       <c r="FD62" s="26">
         <v>12896.993345960002</v>
       </c>
       <c r="FE62" s="26">
         <v>13020.410611960002</v>
       </c>
       <c r="FF62" s="26">
         <v>12973.099137120002</v>
       </c>
       <c r="FG62" s="26">
         <v>12933.64114654</v>
       </c>
       <c r="FH62" s="26">
         <v>12975.789338730001</v>
       </c>
       <c r="FI62" s="26">
         <v>12948.649218780001</v>
       </c>
       <c r="FJ62" s="26">
         <v>12924.714206530001</v>
       </c>
+      <c r="FK62" s="26">
+        <v>12989.597097000002</v>
+      </c>
     </row>
-    <row r="63" spans="2:166" s="14" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="63" spans="2:167" s="14" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B63" s="24" t="s">
         <v>66</v>
       </c>
       <c r="C63" s="25">
         <v>26319.905909649999</v>
       </c>
       <c r="D63" s="25">
         <v>26136.319460260002</v>
       </c>
       <c r="E63" s="25">
         <v>26259.863541760002</v>
       </c>
       <c r="F63" s="25">
         <v>26550.80457692</v>
       </c>
       <c r="G63" s="25">
         <v>26268.706657499999</v>
       </c>
       <c r="H63" s="25">
         <v>25514.118313989999</v>
       </c>
       <c r="I63" s="25">
         <v>25759.154952090001</v>
       </c>
       <c r="J63" s="25">
@@ -29672,52 +29840,55 @@
       </c>
       <c r="FC63" s="25">
         <v>41994.336968279997</v>
       </c>
       <c r="FD63" s="25">
         <v>43761.462558890002</v>
       </c>
       <c r="FE63" s="25">
         <v>42585.030177030007</v>
       </c>
       <c r="FF63" s="25">
         <v>42803.920371790002</v>
       </c>
       <c r="FG63" s="25">
         <v>42162.781047340002</v>
       </c>
       <c r="FH63" s="25">
         <v>42812.697733399997</v>
       </c>
       <c r="FI63" s="25">
         <v>43719.865831340001</v>
       </c>
       <c r="FJ63" s="25">
         <v>45420.377327810005</v>
       </c>
+      <c r="FK63" s="25">
+        <v>44922.264244400008</v>
+      </c>
     </row>
-    <row r="64" spans="2:166" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="64" spans="2:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="BM64" s="30"/>
       <c r="BN64" s="30"/>
       <c r="BO64" s="30"/>
       <c r="BP64" s="30"/>
       <c r="BQ64" s="30"/>
       <c r="BR64" s="30"/>
       <c r="BS64" s="30"/>
       <c r="BT64" s="30"/>
       <c r="BU64" s="30"/>
       <c r="BV64" s="30"/>
       <c r="BW64" s="30"/>
       <c r="BX64" s="30"/>
       <c r="BY64" s="30"/>
       <c r="BZ64" s="30"/>
       <c r="CA64" s="30"/>
       <c r="CB64" s="30"/>
       <c r="CC64" s="30"/>
       <c r="CD64" s="30"/>
       <c r="CE64" s="30"/>
       <c r="CF64" s="30"/>
       <c r="CG64" s="30"/>
       <c r="CH64" s="30"/>
       <c r="CI64" s="30"/>
       <c r="CJ64" s="30"/>
       <c r="CK64" s="30"/>
@@ -29776,52 +29947,53 @@
       <c r="EL64" s="30"/>
       <c r="EM64" s="30"/>
       <c r="EN64" s="30"/>
       <c r="EO64" s="30"/>
       <c r="EP64" s="30"/>
       <c r="EQ64" s="30"/>
       <c r="ER64" s="30"/>
       <c r="ES64" s="30"/>
       <c r="ET64" s="30"/>
       <c r="EU64" s="30"/>
       <c r="EV64" s="30"/>
       <c r="EW64" s="30"/>
       <c r="EX64" s="30"/>
       <c r="EY64" s="30"/>
       <c r="EZ64" s="30"/>
       <c r="FA64" s="30"/>
       <c r="FB64" s="30"/>
       <c r="FC64" s="30"/>
       <c r="FD64" s="30"/>
       <c r="FE64" s="30"/>
       <c r="FF64" s="30"/>
       <c r="FG64" s="30"/>
       <c r="FH64" s="30"/>
       <c r="FI64" s="30"/>
       <c r="FJ64" s="30"/>
+      <c r="FK64" s="30"/>
     </row>
-    <row r="65" spans="2:166" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="65" spans="2:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="BM65" s="30"/>
       <c r="BN65" s="30"/>
       <c r="BO65" s="30"/>
       <c r="BP65" s="30"/>
       <c r="BQ65" s="30"/>
       <c r="BR65" s="30"/>
       <c r="BS65" s="30"/>
       <c r="BT65" s="30"/>
       <c r="BU65" s="30"/>
       <c r="BV65" s="30"/>
       <c r="BW65" s="30"/>
       <c r="BX65" s="30"/>
       <c r="BY65" s="30"/>
       <c r="BZ65" s="30"/>
       <c r="CA65" s="30"/>
       <c r="CB65" s="30"/>
       <c r="CC65" s="30"/>
       <c r="CD65" s="30"/>
       <c r="CE65" s="30"/>
       <c r="CF65" s="30"/>
       <c r="CG65" s="30"/>
       <c r="CH65" s="30"/>
       <c r="CI65" s="30"/>
       <c r="CJ65" s="30"/>
       <c r="CK65" s="30"/>
@@ -29880,52 +30052,53 @@
       <c r="EL65" s="30"/>
       <c r="EM65" s="30"/>
       <c r="EN65" s="30"/>
       <c r="EO65" s="30"/>
       <c r="EP65" s="30"/>
       <c r="EQ65" s="30"/>
       <c r="ER65" s="30"/>
       <c r="ES65" s="30"/>
       <c r="ET65" s="30"/>
       <c r="EU65" s="30"/>
       <c r="EV65" s="30"/>
       <c r="EW65" s="30"/>
       <c r="EX65" s="30"/>
       <c r="EY65" s="30"/>
       <c r="EZ65" s="30"/>
       <c r="FA65" s="30"/>
       <c r="FB65" s="30"/>
       <c r="FC65" s="30"/>
       <c r="FD65" s="30"/>
       <c r="FE65" s="30"/>
       <c r="FF65" s="30"/>
       <c r="FG65" s="30"/>
       <c r="FH65" s="30"/>
       <c r="FI65" s="30"/>
       <c r="FJ65" s="30"/>
+      <c r="FK65" s="30"/>
     </row>
-    <row r="66" spans="2:166" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="66" spans="2:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B66" s="8" t="s">
         <v>67</v>
       </c>
       <c r="BI66" s="30"/>
       <c r="BJ66" s="30"/>
       <c r="BK66" s="30"/>
       <c r="BL66" s="30"/>
       <c r="BM66" s="30"/>
       <c r="BN66" s="30"/>
       <c r="BO66" s="30"/>
       <c r="BP66" s="30"/>
       <c r="BQ66" s="30"/>
       <c r="BR66" s="30"/>
       <c r="BS66" s="30"/>
       <c r="BT66" s="30"/>
       <c r="BU66" s="30"/>
       <c r="BV66" s="30"/>
       <c r="BW66" s="30"/>
       <c r="BX66" s="30"/>
       <c r="BY66" s="30"/>
       <c r="BZ66" s="30"/>
       <c r="CA66" s="30"/>
       <c r="CB66" s="30"/>
       <c r="CC66" s="30"/>
       <c r="CD66" s="30"/>
@@ -29991,52 +30164,53 @@
       <c r="EL66" s="30"/>
       <c r="EM66" s="30"/>
       <c r="EN66" s="30"/>
       <c r="EO66" s="30"/>
       <c r="EP66" s="30"/>
       <c r="EQ66" s="30"/>
       <c r="ER66" s="30"/>
       <c r="ES66" s="30"/>
       <c r="ET66" s="30"/>
       <c r="EU66" s="30"/>
       <c r="EV66" s="30"/>
       <c r="EW66" s="30"/>
       <c r="EX66" s="30"/>
       <c r="EY66" s="30"/>
       <c r="EZ66" s="30"/>
       <c r="FA66" s="30"/>
       <c r="FB66" s="30"/>
       <c r="FC66" s="30"/>
       <c r="FD66" s="30"/>
       <c r="FE66" s="30"/>
       <c r="FF66" s="30"/>
       <c r="FG66" s="30"/>
       <c r="FH66" s="30"/>
       <c r="FI66" s="30"/>
       <c r="FJ66" s="30"/>
+      <c r="FK66" s="30"/>
     </row>
-    <row r="67" spans="2:166" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="67" spans="2:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B67" s="32" t="s">
         <v>152</v>
       </c>
       <c r="BM67" s="30"/>
       <c r="BN67" s="30"/>
       <c r="BO67" s="30"/>
       <c r="BP67" s="30"/>
       <c r="BQ67" s="30"/>
       <c r="BR67" s="30"/>
       <c r="BS67" s="30"/>
       <c r="BT67" s="30"/>
       <c r="BU67" s="30"/>
       <c r="BV67" s="30"/>
       <c r="BW67" s="30"/>
       <c r="BX67" s="30"/>
       <c r="BY67" s="30"/>
       <c r="BZ67" s="30"/>
       <c r="CA67" s="30"/>
       <c r="CB67" s="30"/>
       <c r="CC67" s="30"/>
       <c r="CD67" s="30"/>
       <c r="CE67" s="30"/>
       <c r="CF67" s="30"/>
       <c r="CG67" s="30"/>
       <c r="CH67" s="30"/>
@@ -30098,52 +30272,53 @@
       <c r="EL67" s="30"/>
       <c r="EM67" s="30"/>
       <c r="EN67" s="30"/>
       <c r="EO67" s="30"/>
       <c r="EP67" s="30"/>
       <c r="EQ67" s="30"/>
       <c r="ER67" s="30"/>
       <c r="ES67" s="30"/>
       <c r="ET67" s="30"/>
       <c r="EU67" s="30"/>
       <c r="EV67" s="30"/>
       <c r="EW67" s="30"/>
       <c r="EX67" s="30"/>
       <c r="EY67" s="30"/>
       <c r="EZ67" s="30"/>
       <c r="FA67" s="30"/>
       <c r="FB67" s="30"/>
       <c r="FC67" s="30"/>
       <c r="FD67" s="30"/>
       <c r="FE67" s="30"/>
       <c r="FF67" s="30"/>
       <c r="FG67" s="30"/>
       <c r="FH67" s="30"/>
       <c r="FI67" s="30"/>
       <c r="FJ67" s="30"/>
+      <c r="FK67" s="30"/>
     </row>
-    <row r="68" spans="2:166" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="68" spans="2:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="BM68" s="30"/>
       <c r="BN68" s="30"/>
       <c r="BO68" s="30"/>
       <c r="BP68" s="30"/>
       <c r="BQ68" s="30"/>
       <c r="BR68" s="30"/>
       <c r="BS68" s="30"/>
       <c r="BT68" s="30"/>
       <c r="BU68" s="30"/>
       <c r="BV68" s="30"/>
       <c r="BW68" s="30"/>
       <c r="BX68" s="30"/>
       <c r="BY68" s="30"/>
       <c r="BZ68" s="30"/>
       <c r="CA68" s="30"/>
       <c r="CB68" s="30"/>
       <c r="CC68" s="30"/>
       <c r="CD68" s="30"/>
       <c r="CE68" s="30"/>
       <c r="CF68" s="30"/>
       <c r="CG68" s="30"/>
       <c r="CH68" s="30"/>
       <c r="CI68" s="30"/>
       <c r="CJ68" s="30"/>
       <c r="CK68" s="30"/>
@@ -30202,52 +30377,53 @@
       <c r="EL68" s="30"/>
       <c r="EM68" s="30"/>
       <c r="EN68" s="30"/>
       <c r="EO68" s="30"/>
       <c r="EP68" s="30"/>
       <c r="EQ68" s="30"/>
       <c r="ER68" s="30"/>
       <c r="ES68" s="30"/>
       <c r="ET68" s="30"/>
       <c r="EU68" s="30"/>
       <c r="EV68" s="30"/>
       <c r="EW68" s="30"/>
       <c r="EX68" s="30"/>
       <c r="EY68" s="30"/>
       <c r="EZ68" s="30"/>
       <c r="FA68" s="30"/>
       <c r="FB68" s="30"/>
       <c r="FC68" s="30"/>
       <c r="FD68" s="30"/>
       <c r="FE68" s="30"/>
       <c r="FF68" s="30"/>
       <c r="FG68" s="30"/>
       <c r="FH68" s="30"/>
       <c r="FI68" s="30"/>
       <c r="FJ68" s="30"/>
+      <c r="FK68" s="30"/>
     </row>
-    <row r="69" spans="2:166" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="69" spans="2:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="BM69" s="30"/>
       <c r="BN69" s="30"/>
       <c r="BO69" s="30"/>
       <c r="BP69" s="30"/>
       <c r="BQ69" s="30"/>
       <c r="BR69" s="30"/>
       <c r="BS69" s="30"/>
       <c r="BT69" s="30"/>
       <c r="BU69" s="30"/>
       <c r="BV69" s="30"/>
       <c r="BW69" s="30"/>
       <c r="BX69" s="30"/>
       <c r="BY69" s="30"/>
       <c r="BZ69" s="30"/>
       <c r="CA69" s="30"/>
       <c r="CB69" s="30"/>
       <c r="CC69" s="30"/>
       <c r="CD69" s="30"/>
       <c r="CE69" s="30"/>
       <c r="CF69" s="30"/>
       <c r="CG69" s="30"/>
       <c r="CH69" s="30"/>
       <c r="CI69" s="30"/>
       <c r="CJ69" s="30"/>
       <c r="CK69" s="30"/>
@@ -30306,52 +30482,53 @@
       <c r="EL69" s="30"/>
       <c r="EM69" s="30"/>
       <c r="EN69" s="30"/>
       <c r="EO69" s="30"/>
       <c r="EP69" s="30"/>
       <c r="EQ69" s="30"/>
       <c r="ER69" s="30"/>
       <c r="ES69" s="30"/>
       <c r="ET69" s="30"/>
       <c r="EU69" s="30"/>
       <c r="EV69" s="30"/>
       <c r="EW69" s="30"/>
       <c r="EX69" s="30"/>
       <c r="EY69" s="30"/>
       <c r="EZ69" s="30"/>
       <c r="FA69" s="30"/>
       <c r="FB69" s="30"/>
       <c r="FC69" s="30"/>
       <c r="FD69" s="30"/>
       <c r="FE69" s="30"/>
       <c r="FF69" s="30"/>
       <c r="FG69" s="30"/>
       <c r="FH69" s="30"/>
       <c r="FI69" s="30"/>
       <c r="FJ69" s="30"/>
+      <c r="FK69" s="30"/>
     </row>
-    <row r="70" spans="2:166" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="70" spans="2:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="BM70" s="30"/>
       <c r="BN70" s="30"/>
       <c r="BO70" s="30"/>
       <c r="BP70" s="30"/>
       <c r="BQ70" s="30"/>
       <c r="BR70" s="30"/>
       <c r="BS70" s="30"/>
       <c r="BT70" s="30"/>
       <c r="BU70" s="30"/>
       <c r="BV70" s="30"/>
       <c r="BW70" s="30"/>
       <c r="BX70" s="30"/>
       <c r="BY70" s="30"/>
       <c r="BZ70" s="30"/>
       <c r="CA70" s="30"/>
       <c r="CB70" s="30"/>
       <c r="CC70" s="30"/>
       <c r="CD70" s="30"/>
       <c r="CE70" s="30"/>
       <c r="CF70" s="30"/>
       <c r="CG70" s="30"/>
       <c r="CH70" s="30"/>
       <c r="CI70" s="30"/>
       <c r="CJ70" s="30"/>
       <c r="CK70" s="30"/>
@@ -30410,52 +30587,53 @@
       <c r="EL70" s="30"/>
       <c r="EM70" s="30"/>
       <c r="EN70" s="30"/>
       <c r="EO70" s="30"/>
       <c r="EP70" s="30"/>
       <c r="EQ70" s="30"/>
       <c r="ER70" s="30"/>
       <c r="ES70" s="30"/>
       <c r="ET70" s="30"/>
       <c r="EU70" s="30"/>
       <c r="EV70" s="30"/>
       <c r="EW70" s="30"/>
       <c r="EX70" s="30"/>
       <c r="EY70" s="30"/>
       <c r="EZ70" s="30"/>
       <c r="FA70" s="30"/>
       <c r="FB70" s="30"/>
       <c r="FC70" s="30"/>
       <c r="FD70" s="30"/>
       <c r="FE70" s="30"/>
       <c r="FF70" s="30"/>
       <c r="FG70" s="30"/>
       <c r="FH70" s="30"/>
       <c r="FI70" s="30"/>
       <c r="FJ70" s="30"/>
+      <c r="FK70" s="30"/>
     </row>
-    <row r="71" spans="2:166" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="71" spans="2:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C71" s="29"/>
       <c r="D71" s="29"/>
       <c r="E71" s="29"/>
       <c r="F71" s="29"/>
       <c r="G71" s="29"/>
       <c r="H71" s="29"/>
       <c r="I71" s="29"/>
       <c r="J71" s="29"/>
       <c r="K71" s="29"/>
       <c r="L71" s="29"/>
       <c r="M71" s="29"/>
       <c r="N71" s="29"/>
       <c r="O71" s="29"/>
       <c r="P71" s="29"/>
       <c r="Q71" s="29"/>
       <c r="R71" s="29"/>
       <c r="S71" s="29"/>
       <c r="T71" s="29"/>
       <c r="U71" s="29"/>
       <c r="V71" s="29"/>
       <c r="W71" s="29"/>
       <c r="X71" s="29"/>
       <c r="Y71" s="29"/>
       <c r="Z71" s="29"/>
       <c r="AA71" s="29"/>
@@ -30572,52 +30750,53 @@
       <c r="EL71" s="30"/>
       <c r="EM71" s="30"/>
       <c r="EN71" s="30"/>
       <c r="EO71" s="30"/>
       <c r="EP71" s="30"/>
       <c r="EQ71" s="30"/>
       <c r="ER71" s="30"/>
       <c r="ES71" s="30"/>
       <c r="ET71" s="30"/>
       <c r="EU71" s="30"/>
       <c r="EV71" s="30"/>
       <c r="EW71" s="30"/>
       <c r="EX71" s="30"/>
       <c r="EY71" s="30"/>
       <c r="EZ71" s="30"/>
       <c r="FA71" s="30"/>
       <c r="FB71" s="30"/>
       <c r="FC71" s="30"/>
       <c r="FD71" s="30"/>
       <c r="FE71" s="30"/>
       <c r="FF71" s="30"/>
       <c r="FG71" s="30"/>
       <c r="FH71" s="30"/>
       <c r="FI71" s="30"/>
       <c r="FJ71" s="30"/>
+      <c r="FK71" s="30"/>
     </row>
-    <row r="72" spans="2:166" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="72" spans="2:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C72" s="29"/>
       <c r="D72" s="29"/>
       <c r="E72" s="29"/>
       <c r="F72" s="29"/>
       <c r="G72" s="29"/>
       <c r="H72" s="29"/>
       <c r="I72" s="29"/>
       <c r="J72" s="29"/>
       <c r="K72" s="29"/>
       <c r="L72" s="29"/>
       <c r="M72" s="29"/>
       <c r="N72" s="29"/>
       <c r="O72" s="29"/>
       <c r="P72" s="29"/>
       <c r="Q72" s="29"/>
       <c r="R72" s="29"/>
       <c r="S72" s="29"/>
       <c r="T72" s="29"/>
       <c r="U72" s="29"/>
       <c r="V72" s="29"/>
       <c r="W72" s="29"/>
       <c r="X72" s="29"/>
       <c r="Y72" s="29"/>
       <c r="Z72" s="29"/>
       <c r="AA72" s="29"/>
@@ -30734,52 +30913,53 @@
       <c r="EL72" s="30"/>
       <c r="EM72" s="30"/>
       <c r="EN72" s="30"/>
       <c r="EO72" s="30"/>
       <c r="EP72" s="30"/>
       <c r="EQ72" s="30"/>
       <c r="ER72" s="30"/>
       <c r="ES72" s="30"/>
       <c r="ET72" s="30"/>
       <c r="EU72" s="30"/>
       <c r="EV72" s="30"/>
       <c r="EW72" s="30"/>
       <c r="EX72" s="30"/>
       <c r="EY72" s="30"/>
       <c r="EZ72" s="30"/>
       <c r="FA72" s="30"/>
       <c r="FB72" s="30"/>
       <c r="FC72" s="30"/>
       <c r="FD72" s="30"/>
       <c r="FE72" s="30"/>
       <c r="FF72" s="30"/>
       <c r="FG72" s="30"/>
       <c r="FH72" s="30"/>
       <c r="FI72" s="30"/>
       <c r="FJ72" s="30"/>
+      <c r="FK72" s="30"/>
     </row>
-    <row r="73" spans="2:166" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="73" spans="2:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C73" s="29"/>
       <c r="D73" s="29"/>
       <c r="E73" s="29"/>
       <c r="F73" s="29"/>
       <c r="G73" s="29"/>
       <c r="H73" s="29"/>
       <c r="I73" s="29"/>
       <c r="J73" s="29"/>
       <c r="K73" s="29"/>
       <c r="L73" s="29"/>
       <c r="M73" s="29"/>
       <c r="N73" s="29"/>
       <c r="O73" s="29"/>
       <c r="P73" s="29"/>
       <c r="Q73" s="29"/>
       <c r="R73" s="29"/>
       <c r="S73" s="29"/>
       <c r="T73" s="29"/>
       <c r="U73" s="29"/>
       <c r="V73" s="29"/>
       <c r="W73" s="29"/>
       <c r="X73" s="29"/>
       <c r="Y73" s="29"/>
       <c r="Z73" s="29"/>
       <c r="AA73" s="29"/>
@@ -30896,52 +31076,53 @@
       <c r="EL73" s="30"/>
       <c r="EM73" s="30"/>
       <c r="EN73" s="30"/>
       <c r="EO73" s="30"/>
       <c r="EP73" s="30"/>
       <c r="EQ73" s="30"/>
       <c r="ER73" s="30"/>
       <c r="ES73" s="30"/>
       <c r="ET73" s="30"/>
       <c r="EU73" s="30"/>
       <c r="EV73" s="30"/>
       <c r="EW73" s="30"/>
       <c r="EX73" s="30"/>
       <c r="EY73" s="30"/>
       <c r="EZ73" s="30"/>
       <c r="FA73" s="30"/>
       <c r="FB73" s="30"/>
       <c r="FC73" s="30"/>
       <c r="FD73" s="30"/>
       <c r="FE73" s="30"/>
       <c r="FF73" s="30"/>
       <c r="FG73" s="30"/>
       <c r="FH73" s="30"/>
       <c r="FI73" s="30"/>
       <c r="FJ73" s="30"/>
+      <c r="FK73" s="30"/>
     </row>
-    <row r="74" spans="2:166" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="74" spans="2:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C74" s="29"/>
       <c r="D74" s="29"/>
       <c r="E74" s="29"/>
       <c r="F74" s="29"/>
       <c r="G74" s="29"/>
       <c r="H74" s="29"/>
       <c r="I74" s="29"/>
       <c r="J74" s="29"/>
       <c r="K74" s="29"/>
       <c r="L74" s="29"/>
       <c r="M74" s="29"/>
       <c r="N74" s="29"/>
       <c r="O74" s="29"/>
       <c r="P74" s="29"/>
       <c r="Q74" s="29"/>
       <c r="R74" s="29"/>
       <c r="S74" s="29"/>
       <c r="T74" s="29"/>
       <c r="U74" s="29"/>
       <c r="V74" s="29"/>
       <c r="W74" s="29"/>
       <c r="X74" s="29"/>
       <c r="Y74" s="29"/>
       <c r="Z74" s="29"/>
       <c r="AA74" s="29"/>
@@ -31058,52 +31239,53 @@
       <c r="EL74" s="30"/>
       <c r="EM74" s="30"/>
       <c r="EN74" s="30"/>
       <c r="EO74" s="30"/>
       <c r="EP74" s="30"/>
       <c r="EQ74" s="30"/>
       <c r="ER74" s="30"/>
       <c r="ES74" s="30"/>
       <c r="ET74" s="30"/>
       <c r="EU74" s="30"/>
       <c r="EV74" s="30"/>
       <c r="EW74" s="30"/>
       <c r="EX74" s="30"/>
       <c r="EY74" s="30"/>
       <c r="EZ74" s="30"/>
       <c r="FA74" s="30"/>
       <c r="FB74" s="30"/>
       <c r="FC74" s="30"/>
       <c r="FD74" s="30"/>
       <c r="FE74" s="30"/>
       <c r="FF74" s="30"/>
       <c r="FG74" s="30"/>
       <c r="FH74" s="30"/>
       <c r="FI74" s="30"/>
       <c r="FJ74" s="30"/>
+      <c r="FK74" s="30"/>
     </row>
-    <row r="75" spans="2:166" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="75" spans="2:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C75" s="29"/>
       <c r="D75" s="29"/>
       <c r="E75" s="29"/>
       <c r="F75" s="29"/>
       <c r="G75" s="29"/>
       <c r="H75" s="29"/>
       <c r="I75" s="29"/>
       <c r="J75" s="29"/>
       <c r="K75" s="29"/>
       <c r="L75" s="29"/>
       <c r="M75" s="29"/>
       <c r="N75" s="29"/>
       <c r="O75" s="29"/>
       <c r="P75" s="29"/>
       <c r="Q75" s="29"/>
       <c r="R75" s="29"/>
       <c r="S75" s="29"/>
       <c r="T75" s="29"/>
       <c r="U75" s="29"/>
       <c r="V75" s="29"/>
       <c r="W75" s="29"/>
       <c r="X75" s="29"/>
       <c r="Y75" s="29"/>
       <c r="Z75" s="29"/>
       <c r="AA75" s="29"/>
@@ -31220,52 +31402,53 @@
       <c r="EL75" s="30"/>
       <c r="EM75" s="30"/>
       <c r="EN75" s="30"/>
       <c r="EO75" s="30"/>
       <c r="EP75" s="30"/>
       <c r="EQ75" s="30"/>
       <c r="ER75" s="30"/>
       <c r="ES75" s="30"/>
       <c r="ET75" s="30"/>
       <c r="EU75" s="30"/>
       <c r="EV75" s="30"/>
       <c r="EW75" s="30"/>
       <c r="EX75" s="30"/>
       <c r="EY75" s="30"/>
       <c r="EZ75" s="30"/>
       <c r="FA75" s="30"/>
       <c r="FB75" s="30"/>
       <c r="FC75" s="30"/>
       <c r="FD75" s="30"/>
       <c r="FE75" s="30"/>
       <c r="FF75" s="30"/>
       <c r="FG75" s="30"/>
       <c r="FH75" s="30"/>
       <c r="FI75" s="30"/>
       <c r="FJ75" s="30"/>
+      <c r="FK75" s="30"/>
     </row>
-    <row r="76" spans="2:166" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="76" spans="2:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C76" s="29"/>
       <c r="D76" s="29"/>
       <c r="E76" s="29"/>
       <c r="F76" s="29"/>
       <c r="G76" s="29"/>
       <c r="H76" s="29"/>
       <c r="I76" s="29"/>
       <c r="J76" s="29"/>
       <c r="K76" s="29"/>
       <c r="L76" s="29"/>
       <c r="M76" s="29"/>
       <c r="N76" s="29"/>
       <c r="O76" s="29"/>
       <c r="P76" s="29"/>
       <c r="Q76" s="29"/>
       <c r="R76" s="29"/>
       <c r="S76" s="29"/>
       <c r="T76" s="29"/>
       <c r="U76" s="29"/>
       <c r="V76" s="29"/>
       <c r="W76" s="29"/>
       <c r="X76" s="29"/>
       <c r="Y76" s="29"/>
       <c r="Z76" s="29"/>
       <c r="AA76" s="29"/>
@@ -31382,52 +31565,53 @@
       <c r="EL76" s="30"/>
       <c r="EM76" s="30"/>
       <c r="EN76" s="30"/>
       <c r="EO76" s="30"/>
       <c r="EP76" s="30"/>
       <c r="EQ76" s="30"/>
       <c r="ER76" s="30"/>
       <c r="ES76" s="30"/>
       <c r="ET76" s="30"/>
       <c r="EU76" s="30"/>
       <c r="EV76" s="30"/>
       <c r="EW76" s="30"/>
       <c r="EX76" s="30"/>
       <c r="EY76" s="30"/>
       <c r="EZ76" s="30"/>
       <c r="FA76" s="30"/>
       <c r="FB76" s="30"/>
       <c r="FC76" s="30"/>
       <c r="FD76" s="30"/>
       <c r="FE76" s="30"/>
       <c r="FF76" s="30"/>
       <c r="FG76" s="30"/>
       <c r="FH76" s="30"/>
       <c r="FI76" s="30"/>
       <c r="FJ76" s="30"/>
+      <c r="FK76" s="30"/>
     </row>
-    <row r="77" spans="2:166" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="77" spans="2:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C77" s="29"/>
       <c r="D77" s="29"/>
       <c r="E77" s="29"/>
       <c r="F77" s="29"/>
       <c r="G77" s="29"/>
       <c r="H77" s="29"/>
       <c r="I77" s="29"/>
       <c r="J77" s="29"/>
       <c r="K77" s="29"/>
       <c r="L77" s="29"/>
       <c r="M77" s="29"/>
       <c r="N77" s="29"/>
       <c r="O77" s="29"/>
       <c r="P77" s="29"/>
       <c r="Q77" s="29"/>
       <c r="R77" s="29"/>
       <c r="S77" s="29"/>
       <c r="T77" s="29"/>
       <c r="U77" s="29"/>
       <c r="V77" s="29"/>
       <c r="W77" s="29"/>
       <c r="X77" s="29"/>
       <c r="Y77" s="29"/>
       <c r="Z77" s="29"/>
       <c r="AA77" s="29"/>
@@ -31544,52 +31728,53 @@
       <c r="EL77" s="30"/>
       <c r="EM77" s="30"/>
       <c r="EN77" s="30"/>
       <c r="EO77" s="30"/>
       <c r="EP77" s="30"/>
       <c r="EQ77" s="30"/>
       <c r="ER77" s="30"/>
       <c r="ES77" s="30"/>
       <c r="ET77" s="30"/>
       <c r="EU77" s="30"/>
       <c r="EV77" s="30"/>
       <c r="EW77" s="30"/>
       <c r="EX77" s="30"/>
       <c r="EY77" s="30"/>
       <c r="EZ77" s="30"/>
       <c r="FA77" s="30"/>
       <c r="FB77" s="30"/>
       <c r="FC77" s="30"/>
       <c r="FD77" s="30"/>
       <c r="FE77" s="30"/>
       <c r="FF77" s="30"/>
       <c r="FG77" s="30"/>
       <c r="FH77" s="30"/>
       <c r="FI77" s="30"/>
       <c r="FJ77" s="30"/>
+      <c r="FK77" s="30"/>
     </row>
-    <row r="78" spans="2:166" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="78" spans="2:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C78" s="29"/>
       <c r="D78" s="29"/>
       <c r="E78" s="29"/>
       <c r="F78" s="29"/>
       <c r="G78" s="29"/>
       <c r="H78" s="29"/>
       <c r="I78" s="29"/>
       <c r="J78" s="29"/>
       <c r="K78" s="29"/>
       <c r="L78" s="29"/>
       <c r="M78" s="29"/>
       <c r="N78" s="29"/>
       <c r="O78" s="29"/>
       <c r="P78" s="29"/>
       <c r="Q78" s="29"/>
       <c r="R78" s="29"/>
       <c r="S78" s="29"/>
       <c r="T78" s="29"/>
       <c r="U78" s="29"/>
       <c r="V78" s="29"/>
       <c r="W78" s="29"/>
       <c r="X78" s="29"/>
       <c r="Y78" s="29"/>
       <c r="Z78" s="29"/>
       <c r="AA78" s="29"/>
@@ -31706,52 +31891,53 @@
       <c r="EL78" s="30"/>
       <c r="EM78" s="30"/>
       <c r="EN78" s="30"/>
       <c r="EO78" s="30"/>
       <c r="EP78" s="30"/>
       <c r="EQ78" s="30"/>
       <c r="ER78" s="30"/>
       <c r="ES78" s="30"/>
       <c r="ET78" s="30"/>
       <c r="EU78" s="30"/>
       <c r="EV78" s="30"/>
       <c r="EW78" s="30"/>
       <c r="EX78" s="30"/>
       <c r="EY78" s="30"/>
       <c r="EZ78" s="30"/>
       <c r="FA78" s="30"/>
       <c r="FB78" s="30"/>
       <c r="FC78" s="30"/>
       <c r="FD78" s="30"/>
       <c r="FE78" s="30"/>
       <c r="FF78" s="30"/>
       <c r="FG78" s="30"/>
       <c r="FH78" s="30"/>
       <c r="FI78" s="30"/>
       <c r="FJ78" s="30"/>
+      <c r="FK78" s="30"/>
     </row>
-    <row r="79" spans="2:166" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="79" spans="2:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C79" s="29"/>
       <c r="D79" s="29"/>
       <c r="E79" s="29"/>
       <c r="F79" s="29"/>
       <c r="G79" s="29"/>
       <c r="H79" s="29"/>
       <c r="I79" s="29"/>
       <c r="J79" s="29"/>
       <c r="K79" s="29"/>
       <c r="L79" s="29"/>
       <c r="M79" s="29"/>
       <c r="N79" s="29"/>
       <c r="O79" s="29"/>
       <c r="P79" s="29"/>
       <c r="Q79" s="29"/>
       <c r="R79" s="29"/>
       <c r="S79" s="29"/>
       <c r="T79" s="29"/>
       <c r="U79" s="29"/>
       <c r="V79" s="29"/>
       <c r="W79" s="29"/>
       <c r="X79" s="29"/>
       <c r="Y79" s="29"/>
       <c r="Z79" s="29"/>
       <c r="AA79" s="29"/>
@@ -31868,52 +32054,53 @@
       <c r="EL79" s="30"/>
       <c r="EM79" s="30"/>
       <c r="EN79" s="30"/>
       <c r="EO79" s="30"/>
       <c r="EP79" s="30"/>
       <c r="EQ79" s="30"/>
       <c r="ER79" s="30"/>
       <c r="ES79" s="30"/>
       <c r="ET79" s="30"/>
       <c r="EU79" s="30"/>
       <c r="EV79" s="30"/>
       <c r="EW79" s="30"/>
       <c r="EX79" s="30"/>
       <c r="EY79" s="30"/>
       <c r="EZ79" s="30"/>
       <c r="FA79" s="30"/>
       <c r="FB79" s="30"/>
       <c r="FC79" s="30"/>
       <c r="FD79" s="30"/>
       <c r="FE79" s="30"/>
       <c r="FF79" s="30"/>
       <c r="FG79" s="30"/>
       <c r="FH79" s="30"/>
       <c r="FI79" s="30"/>
       <c r="FJ79" s="30"/>
+      <c r="FK79" s="30"/>
     </row>
-    <row r="80" spans="2:166" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="80" spans="2:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C80" s="29"/>
       <c r="D80" s="29"/>
       <c r="E80" s="29"/>
       <c r="F80" s="29"/>
       <c r="G80" s="29"/>
       <c r="H80" s="29"/>
       <c r="I80" s="29"/>
       <c r="J80" s="29"/>
       <c r="K80" s="29"/>
       <c r="L80" s="29"/>
       <c r="M80" s="29"/>
       <c r="N80" s="29"/>
       <c r="O80" s="29"/>
       <c r="P80" s="29"/>
       <c r="Q80" s="29"/>
       <c r="R80" s="29"/>
       <c r="S80" s="29"/>
       <c r="T80" s="29"/>
       <c r="U80" s="29"/>
       <c r="V80" s="29"/>
       <c r="W80" s="29"/>
       <c r="X80" s="29"/>
       <c r="Y80" s="29"/>
       <c r="Z80" s="29"/>
       <c r="AA80" s="29"/>
@@ -32030,52 +32217,53 @@
       <c r="EL80" s="30"/>
       <c r="EM80" s="30"/>
       <c r="EN80" s="30"/>
       <c r="EO80" s="30"/>
       <c r="EP80" s="30"/>
       <c r="EQ80" s="30"/>
       <c r="ER80" s="30"/>
       <c r="ES80" s="30"/>
       <c r="ET80" s="30"/>
       <c r="EU80" s="30"/>
       <c r="EV80" s="30"/>
       <c r="EW80" s="30"/>
       <c r="EX80" s="30"/>
       <c r="EY80" s="30"/>
       <c r="EZ80" s="30"/>
       <c r="FA80" s="30"/>
       <c r="FB80" s="30"/>
       <c r="FC80" s="30"/>
       <c r="FD80" s="30"/>
       <c r="FE80" s="30"/>
       <c r="FF80" s="30"/>
       <c r="FG80" s="30"/>
       <c r="FH80" s="30"/>
       <c r="FI80" s="30"/>
       <c r="FJ80" s="30"/>
+      <c r="FK80" s="30"/>
     </row>
-    <row r="81" spans="3:166" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="81" spans="3:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C81" s="29"/>
       <c r="D81" s="29"/>
       <c r="E81" s="29"/>
       <c r="F81" s="29"/>
       <c r="G81" s="29"/>
       <c r="H81" s="29"/>
       <c r="I81" s="29"/>
       <c r="J81" s="29"/>
       <c r="K81" s="29"/>
       <c r="L81" s="29"/>
       <c r="M81" s="29"/>
       <c r="N81" s="29"/>
       <c r="O81" s="29"/>
       <c r="P81" s="29"/>
       <c r="Q81" s="29"/>
       <c r="R81" s="29"/>
       <c r="S81" s="29"/>
       <c r="T81" s="29"/>
       <c r="U81" s="29"/>
       <c r="V81" s="29"/>
       <c r="W81" s="29"/>
       <c r="X81" s="29"/>
       <c r="Y81" s="29"/>
       <c r="Z81" s="29"/>
       <c r="AA81" s="29"/>
@@ -32192,52 +32380,53 @@
       <c r="EL81" s="30"/>
       <c r="EM81" s="30"/>
       <c r="EN81" s="30"/>
       <c r="EO81" s="30"/>
       <c r="EP81" s="30"/>
       <c r="EQ81" s="30"/>
       <c r="ER81" s="30"/>
       <c r="ES81" s="30"/>
       <c r="ET81" s="30"/>
       <c r="EU81" s="30"/>
       <c r="EV81" s="30"/>
       <c r="EW81" s="30"/>
       <c r="EX81" s="30"/>
       <c r="EY81" s="30"/>
       <c r="EZ81" s="30"/>
       <c r="FA81" s="30"/>
       <c r="FB81" s="30"/>
       <c r="FC81" s="30"/>
       <c r="FD81" s="30"/>
       <c r="FE81" s="30"/>
       <c r="FF81" s="30"/>
       <c r="FG81" s="30"/>
       <c r="FH81" s="30"/>
       <c r="FI81" s="30"/>
       <c r="FJ81" s="30"/>
+      <c r="FK81" s="30"/>
     </row>
-    <row r="82" spans="3:166" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="82" spans="3:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C82" s="29"/>
       <c r="D82" s="29"/>
       <c r="E82" s="29"/>
       <c r="F82" s="29"/>
       <c r="G82" s="29"/>
       <c r="H82" s="29"/>
       <c r="I82" s="29"/>
       <c r="J82" s="29"/>
       <c r="K82" s="29"/>
       <c r="L82" s="29"/>
       <c r="M82" s="29"/>
       <c r="N82" s="29"/>
       <c r="O82" s="29"/>
       <c r="P82" s="29"/>
       <c r="Q82" s="29"/>
       <c r="R82" s="29"/>
       <c r="S82" s="29"/>
       <c r="T82" s="29"/>
       <c r="U82" s="29"/>
       <c r="V82" s="29"/>
       <c r="W82" s="29"/>
       <c r="X82" s="29"/>
       <c r="Y82" s="29"/>
       <c r="Z82" s="29"/>
       <c r="AA82" s="29"/>
@@ -32354,52 +32543,53 @@
       <c r="EL82" s="30"/>
       <c r="EM82" s="30"/>
       <c r="EN82" s="30"/>
       <c r="EO82" s="30"/>
       <c r="EP82" s="30"/>
       <c r="EQ82" s="30"/>
       <c r="ER82" s="30"/>
       <c r="ES82" s="30"/>
       <c r="ET82" s="30"/>
       <c r="EU82" s="30"/>
       <c r="EV82" s="30"/>
       <c r="EW82" s="30"/>
       <c r="EX82" s="30"/>
       <c r="EY82" s="30"/>
       <c r="EZ82" s="30"/>
       <c r="FA82" s="30"/>
       <c r="FB82" s="30"/>
       <c r="FC82" s="30"/>
       <c r="FD82" s="30"/>
       <c r="FE82" s="30"/>
       <c r="FF82" s="30"/>
       <c r="FG82" s="30"/>
       <c r="FH82" s="30"/>
       <c r="FI82" s="30"/>
       <c r="FJ82" s="30"/>
+      <c r="FK82" s="30"/>
     </row>
-    <row r="83" spans="3:166" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="83" spans="3:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C83" s="29"/>
       <c r="D83" s="29"/>
       <c r="E83" s="29"/>
       <c r="F83" s="29"/>
       <c r="G83" s="29"/>
       <c r="H83" s="29"/>
       <c r="I83" s="29"/>
       <c r="J83" s="29"/>
       <c r="K83" s="29"/>
       <c r="L83" s="29"/>
       <c r="M83" s="29"/>
       <c r="N83" s="29"/>
       <c r="O83" s="29"/>
       <c r="P83" s="29"/>
       <c r="Q83" s="29"/>
       <c r="R83" s="29"/>
       <c r="S83" s="29"/>
       <c r="T83" s="29"/>
       <c r="U83" s="29"/>
       <c r="V83" s="29"/>
       <c r="W83" s="29"/>
       <c r="X83" s="29"/>
       <c r="Y83" s="29"/>
       <c r="Z83" s="29"/>
       <c r="AA83" s="29"/>
@@ -32516,52 +32706,53 @@
       <c r="EL83" s="30"/>
       <c r="EM83" s="30"/>
       <c r="EN83" s="30"/>
       <c r="EO83" s="30"/>
       <c r="EP83" s="30"/>
       <c r="EQ83" s="30"/>
       <c r="ER83" s="30"/>
       <c r="ES83" s="30"/>
       <c r="ET83" s="30"/>
       <c r="EU83" s="30"/>
       <c r="EV83" s="30"/>
       <c r="EW83" s="30"/>
       <c r="EX83" s="30"/>
       <c r="EY83" s="30"/>
       <c r="EZ83" s="30"/>
       <c r="FA83" s="30"/>
       <c r="FB83" s="30"/>
       <c r="FC83" s="30"/>
       <c r="FD83" s="30"/>
       <c r="FE83" s="30"/>
       <c r="FF83" s="30"/>
       <c r="FG83" s="30"/>
       <c r="FH83" s="30"/>
       <c r="FI83" s="30"/>
       <c r="FJ83" s="30"/>
+      <c r="FK83" s="30"/>
     </row>
-    <row r="84" spans="3:166" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="84" spans="3:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C84" s="29"/>
       <c r="D84" s="29"/>
       <c r="E84" s="29"/>
       <c r="F84" s="29"/>
       <c r="G84" s="29"/>
       <c r="H84" s="29"/>
       <c r="I84" s="29"/>
       <c r="J84" s="29"/>
       <c r="K84" s="29"/>
       <c r="L84" s="29"/>
       <c r="M84" s="29"/>
       <c r="N84" s="29"/>
       <c r="O84" s="29"/>
       <c r="P84" s="29"/>
       <c r="Q84" s="29"/>
       <c r="R84" s="29"/>
       <c r="S84" s="29"/>
       <c r="T84" s="29"/>
       <c r="U84" s="29"/>
       <c r="V84" s="29"/>
       <c r="W84" s="29"/>
       <c r="X84" s="29"/>
       <c r="Y84" s="29"/>
       <c r="Z84" s="29"/>
       <c r="AA84" s="29"/>
@@ -32678,52 +32869,53 @@
       <c r="EL84" s="30"/>
       <c r="EM84" s="30"/>
       <c r="EN84" s="30"/>
       <c r="EO84" s="30"/>
       <c r="EP84" s="30"/>
       <c r="EQ84" s="30"/>
       <c r="ER84" s="30"/>
       <c r="ES84" s="30"/>
       <c r="ET84" s="30"/>
       <c r="EU84" s="30"/>
       <c r="EV84" s="30"/>
       <c r="EW84" s="30"/>
       <c r="EX84" s="30"/>
       <c r="EY84" s="30"/>
       <c r="EZ84" s="30"/>
       <c r="FA84" s="30"/>
       <c r="FB84" s="30"/>
       <c r="FC84" s="30"/>
       <c r="FD84" s="30"/>
       <c r="FE84" s="30"/>
       <c r="FF84" s="30"/>
       <c r="FG84" s="30"/>
       <c r="FH84" s="30"/>
       <c r="FI84" s="30"/>
       <c r="FJ84" s="30"/>
+      <c r="FK84" s="30"/>
     </row>
-    <row r="85" spans="3:166" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="85" spans="3:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C85" s="29"/>
       <c r="D85" s="29"/>
       <c r="E85" s="29"/>
       <c r="F85" s="29"/>
       <c r="G85" s="29"/>
       <c r="H85" s="29"/>
       <c r="I85" s="29"/>
       <c r="J85" s="29"/>
       <c r="K85" s="29"/>
       <c r="L85" s="29"/>
       <c r="M85" s="29"/>
       <c r="N85" s="29"/>
       <c r="O85" s="29"/>
       <c r="P85" s="29"/>
       <c r="Q85" s="29"/>
       <c r="R85" s="29"/>
       <c r="S85" s="29"/>
       <c r="T85" s="29"/>
       <c r="U85" s="29"/>
       <c r="V85" s="29"/>
       <c r="W85" s="29"/>
       <c r="X85" s="29"/>
       <c r="Y85" s="29"/>
       <c r="Z85" s="29"/>
       <c r="AA85" s="29"/>
@@ -32840,52 +33032,53 @@
       <c r="EL85" s="30"/>
       <c r="EM85" s="30"/>
       <c r="EN85" s="30"/>
       <c r="EO85" s="30"/>
       <c r="EP85" s="30"/>
       <c r="EQ85" s="30"/>
       <c r="ER85" s="30"/>
       <c r="ES85" s="30"/>
       <c r="ET85" s="30"/>
       <c r="EU85" s="30"/>
       <c r="EV85" s="30"/>
       <c r="EW85" s="30"/>
       <c r="EX85" s="30"/>
       <c r="EY85" s="30"/>
       <c r="EZ85" s="30"/>
       <c r="FA85" s="30"/>
       <c r="FB85" s="30"/>
       <c r="FC85" s="30"/>
       <c r="FD85" s="30"/>
       <c r="FE85" s="30"/>
       <c r="FF85" s="30"/>
       <c r="FG85" s="30"/>
       <c r="FH85" s="30"/>
       <c r="FI85" s="30"/>
       <c r="FJ85" s="30"/>
+      <c r="FK85" s="30"/>
     </row>
-    <row r="86" spans="3:166" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="86" spans="3:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C86" s="29"/>
       <c r="D86" s="29"/>
       <c r="E86" s="29"/>
       <c r="F86" s="29"/>
       <c r="G86" s="29"/>
       <c r="H86" s="29"/>
       <c r="I86" s="29"/>
       <c r="J86" s="29"/>
       <c r="K86" s="29"/>
       <c r="L86" s="29"/>
       <c r="M86" s="29"/>
       <c r="N86" s="29"/>
       <c r="O86" s="29"/>
       <c r="P86" s="29"/>
       <c r="Q86" s="29"/>
       <c r="R86" s="29"/>
       <c r="S86" s="29"/>
       <c r="T86" s="29"/>
       <c r="U86" s="29"/>
       <c r="V86" s="29"/>
       <c r="W86" s="29"/>
       <c r="X86" s="29"/>
       <c r="Y86" s="29"/>
       <c r="Z86" s="29"/>
       <c r="AA86" s="29"/>
@@ -33002,52 +33195,53 @@
       <c r="EL86" s="30"/>
       <c r="EM86" s="30"/>
       <c r="EN86" s="30"/>
       <c r="EO86" s="30"/>
       <c r="EP86" s="30"/>
       <c r="EQ86" s="30"/>
       <c r="ER86" s="30"/>
       <c r="ES86" s="30"/>
       <c r="ET86" s="30"/>
       <c r="EU86" s="30"/>
       <c r="EV86" s="30"/>
       <c r="EW86" s="30"/>
       <c r="EX86" s="30"/>
       <c r="EY86" s="30"/>
       <c r="EZ86" s="30"/>
       <c r="FA86" s="30"/>
       <c r="FB86" s="30"/>
       <c r="FC86" s="30"/>
       <c r="FD86" s="30"/>
       <c r="FE86" s="30"/>
       <c r="FF86" s="30"/>
       <c r="FG86" s="30"/>
       <c r="FH86" s="30"/>
       <c r="FI86" s="30"/>
       <c r="FJ86" s="30"/>
+      <c r="FK86" s="30"/>
     </row>
-    <row r="87" spans="3:166" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="87" spans="3:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C87" s="29"/>
       <c r="D87" s="29"/>
       <c r="E87" s="29"/>
       <c r="F87" s="29"/>
       <c r="G87" s="29"/>
       <c r="H87" s="29"/>
       <c r="I87" s="29"/>
       <c r="J87" s="29"/>
       <c r="K87" s="29"/>
       <c r="L87" s="29"/>
       <c r="M87" s="29"/>
       <c r="N87" s="29"/>
       <c r="O87" s="29"/>
       <c r="P87" s="29"/>
       <c r="Q87" s="29"/>
       <c r="R87" s="29"/>
       <c r="S87" s="29"/>
       <c r="T87" s="29"/>
       <c r="U87" s="29"/>
       <c r="V87" s="29"/>
       <c r="W87" s="29"/>
       <c r="X87" s="29"/>
       <c r="Y87" s="29"/>
       <c r="Z87" s="29"/>
       <c r="AA87" s="29"/>
@@ -33164,52 +33358,53 @@
       <c r="EL87" s="30"/>
       <c r="EM87" s="30"/>
       <c r="EN87" s="30"/>
       <c r="EO87" s="30"/>
       <c r="EP87" s="30"/>
       <c r="EQ87" s="30"/>
       <c r="ER87" s="30"/>
       <c r="ES87" s="30"/>
       <c r="ET87" s="30"/>
       <c r="EU87" s="30"/>
       <c r="EV87" s="30"/>
       <c r="EW87" s="30"/>
       <c r="EX87" s="30"/>
       <c r="EY87" s="30"/>
       <c r="EZ87" s="30"/>
       <c r="FA87" s="30"/>
       <c r="FB87" s="30"/>
       <c r="FC87" s="30"/>
       <c r="FD87" s="30"/>
       <c r="FE87" s="30"/>
       <c r="FF87" s="30"/>
       <c r="FG87" s="30"/>
       <c r="FH87" s="30"/>
       <c r="FI87" s="30"/>
       <c r="FJ87" s="30"/>
+      <c r="FK87" s="30"/>
     </row>
-    <row r="88" spans="3:166" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="88" spans="3:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C88" s="29"/>
       <c r="D88" s="29"/>
       <c r="E88" s="29"/>
       <c r="F88" s="29"/>
       <c r="G88" s="29"/>
       <c r="H88" s="29"/>
       <c r="I88" s="29"/>
       <c r="J88" s="29"/>
       <c r="K88" s="29"/>
       <c r="L88" s="29"/>
       <c r="M88" s="29"/>
       <c r="N88" s="29"/>
       <c r="O88" s="29"/>
       <c r="P88" s="29"/>
       <c r="Q88" s="29"/>
       <c r="R88" s="29"/>
       <c r="S88" s="29"/>
       <c r="T88" s="29"/>
       <c r="U88" s="29"/>
       <c r="V88" s="29"/>
       <c r="W88" s="29"/>
       <c r="X88" s="29"/>
       <c r="Y88" s="29"/>
       <c r="Z88" s="29"/>
       <c r="AA88" s="29"/>
@@ -33326,52 +33521,53 @@
       <c r="EL88" s="30"/>
       <c r="EM88" s="30"/>
       <c r="EN88" s="30"/>
       <c r="EO88" s="30"/>
       <c r="EP88" s="30"/>
       <c r="EQ88" s="30"/>
       <c r="ER88" s="30"/>
       <c r="ES88" s="30"/>
       <c r="ET88" s="30"/>
       <c r="EU88" s="30"/>
       <c r="EV88" s="30"/>
       <c r="EW88" s="30"/>
       <c r="EX88" s="30"/>
       <c r="EY88" s="30"/>
       <c r="EZ88" s="30"/>
       <c r="FA88" s="30"/>
       <c r="FB88" s="30"/>
       <c r="FC88" s="30"/>
       <c r="FD88" s="30"/>
       <c r="FE88" s="30"/>
       <c r="FF88" s="30"/>
       <c r="FG88" s="30"/>
       <c r="FH88" s="30"/>
       <c r="FI88" s="30"/>
       <c r="FJ88" s="30"/>
+      <c r="FK88" s="30"/>
     </row>
-    <row r="89" spans="3:166" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="89" spans="3:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C89" s="29"/>
       <c r="D89" s="29"/>
       <c r="E89" s="29"/>
       <c r="F89" s="29"/>
       <c r="G89" s="29"/>
       <c r="H89" s="29"/>
       <c r="I89" s="29"/>
       <c r="J89" s="29"/>
       <c r="K89" s="29"/>
       <c r="L89" s="29"/>
       <c r="M89" s="29"/>
       <c r="N89" s="29"/>
       <c r="O89" s="29"/>
       <c r="P89" s="29"/>
       <c r="Q89" s="29"/>
       <c r="R89" s="29"/>
       <c r="S89" s="29"/>
       <c r="T89" s="29"/>
       <c r="U89" s="29"/>
       <c r="V89" s="29"/>
       <c r="W89" s="29"/>
       <c r="X89" s="29"/>
       <c r="Y89" s="29"/>
       <c r="Z89" s="29"/>
       <c r="AA89" s="29"/>
@@ -33488,52 +33684,53 @@
       <c r="EL89" s="30"/>
       <c r="EM89" s="30"/>
       <c r="EN89" s="30"/>
       <c r="EO89" s="30"/>
       <c r="EP89" s="30"/>
       <c r="EQ89" s="30"/>
       <c r="ER89" s="30"/>
       <c r="ES89" s="30"/>
       <c r="ET89" s="30"/>
       <c r="EU89" s="30"/>
       <c r="EV89" s="30"/>
       <c r="EW89" s="30"/>
       <c r="EX89" s="30"/>
       <c r="EY89" s="30"/>
       <c r="EZ89" s="30"/>
       <c r="FA89" s="30"/>
       <c r="FB89" s="30"/>
       <c r="FC89" s="30"/>
       <c r="FD89" s="30"/>
       <c r="FE89" s="30"/>
       <c r="FF89" s="30"/>
       <c r="FG89" s="30"/>
       <c r="FH89" s="30"/>
       <c r="FI89" s="30"/>
       <c r="FJ89" s="30"/>
+      <c r="FK89" s="30"/>
     </row>
-    <row r="90" spans="3:166" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="90" spans="3:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C90" s="29"/>
       <c r="D90" s="29"/>
       <c r="E90" s="29"/>
       <c r="F90" s="29"/>
       <c r="G90" s="29"/>
       <c r="H90" s="29"/>
       <c r="I90" s="29"/>
       <c r="J90" s="29"/>
       <c r="K90" s="29"/>
       <c r="L90" s="29"/>
       <c r="M90" s="29"/>
       <c r="N90" s="29"/>
       <c r="O90" s="29"/>
       <c r="P90" s="29"/>
       <c r="Q90" s="29"/>
       <c r="R90" s="29"/>
       <c r="S90" s="29"/>
       <c r="T90" s="29"/>
       <c r="U90" s="29"/>
       <c r="V90" s="29"/>
       <c r="W90" s="29"/>
       <c r="X90" s="29"/>
       <c r="Y90" s="29"/>
       <c r="Z90" s="29"/>
       <c r="AA90" s="29"/>
@@ -33650,52 +33847,53 @@
       <c r="EL90" s="30"/>
       <c r="EM90" s="30"/>
       <c r="EN90" s="30"/>
       <c r="EO90" s="30"/>
       <c r="EP90" s="30"/>
       <c r="EQ90" s="30"/>
       <c r="ER90" s="30"/>
       <c r="ES90" s="30"/>
       <c r="ET90" s="30"/>
       <c r="EU90" s="30"/>
       <c r="EV90" s="30"/>
       <c r="EW90" s="30"/>
       <c r="EX90" s="30"/>
       <c r="EY90" s="30"/>
       <c r="EZ90" s="30"/>
       <c r="FA90" s="30"/>
       <c r="FB90" s="30"/>
       <c r="FC90" s="30"/>
       <c r="FD90" s="30"/>
       <c r="FE90" s="30"/>
       <c r="FF90" s="30"/>
       <c r="FG90" s="30"/>
       <c r="FH90" s="30"/>
       <c r="FI90" s="30"/>
       <c r="FJ90" s="30"/>
+      <c r="FK90" s="30"/>
     </row>
-    <row r="91" spans="3:166" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="91" spans="3:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C91" s="29"/>
       <c r="D91" s="29"/>
       <c r="E91" s="29"/>
       <c r="F91" s="29"/>
       <c r="G91" s="29"/>
       <c r="H91" s="29"/>
       <c r="I91" s="29"/>
       <c r="J91" s="29"/>
       <c r="K91" s="29"/>
       <c r="L91" s="29"/>
       <c r="M91" s="29"/>
       <c r="N91" s="29"/>
       <c r="O91" s="29"/>
       <c r="P91" s="29"/>
       <c r="Q91" s="29"/>
       <c r="R91" s="29"/>
       <c r="S91" s="29"/>
       <c r="T91" s="29"/>
       <c r="U91" s="29"/>
       <c r="V91" s="29"/>
       <c r="W91" s="29"/>
       <c r="X91" s="29"/>
       <c r="Y91" s="29"/>
       <c r="Z91" s="29"/>
       <c r="AA91" s="29"/>
@@ -33812,52 +34010,53 @@
       <c r="EL91" s="30"/>
       <c r="EM91" s="30"/>
       <c r="EN91" s="30"/>
       <c r="EO91" s="30"/>
       <c r="EP91" s="30"/>
       <c r="EQ91" s="30"/>
       <c r="ER91" s="30"/>
       <c r="ES91" s="30"/>
       <c r="ET91" s="30"/>
       <c r="EU91" s="30"/>
       <c r="EV91" s="30"/>
       <c r="EW91" s="30"/>
       <c r="EX91" s="30"/>
       <c r="EY91" s="30"/>
       <c r="EZ91" s="30"/>
       <c r="FA91" s="30"/>
       <c r="FB91" s="30"/>
       <c r="FC91" s="30"/>
       <c r="FD91" s="30"/>
       <c r="FE91" s="30"/>
       <c r="FF91" s="30"/>
       <c r="FG91" s="30"/>
       <c r="FH91" s="30"/>
       <c r="FI91" s="30"/>
       <c r="FJ91" s="30"/>
+      <c r="FK91" s="30"/>
     </row>
-    <row r="92" spans="3:166" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="92" spans="3:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C92" s="29"/>
       <c r="D92" s="29"/>
       <c r="E92" s="29"/>
       <c r="F92" s="29"/>
       <c r="G92" s="29"/>
       <c r="H92" s="29"/>
       <c r="I92" s="29"/>
       <c r="J92" s="29"/>
       <c r="K92" s="29"/>
       <c r="L92" s="29"/>
       <c r="M92" s="29"/>
       <c r="N92" s="29"/>
       <c r="O92" s="29"/>
       <c r="P92" s="29"/>
       <c r="Q92" s="29"/>
       <c r="R92" s="29"/>
       <c r="S92" s="29"/>
       <c r="T92" s="29"/>
       <c r="U92" s="29"/>
       <c r="V92" s="29"/>
       <c r="W92" s="29"/>
       <c r="X92" s="29"/>
       <c r="Y92" s="29"/>
       <c r="Z92" s="29"/>
       <c r="AA92" s="29"/>
@@ -33974,52 +34173,53 @@
       <c r="EL92" s="30"/>
       <c r="EM92" s="30"/>
       <c r="EN92" s="30"/>
       <c r="EO92" s="30"/>
       <c r="EP92" s="30"/>
       <c r="EQ92" s="30"/>
       <c r="ER92" s="30"/>
       <c r="ES92" s="30"/>
       <c r="ET92" s="30"/>
       <c r="EU92" s="30"/>
       <c r="EV92" s="30"/>
       <c r="EW92" s="30"/>
       <c r="EX92" s="30"/>
       <c r="EY92" s="30"/>
       <c r="EZ92" s="30"/>
       <c r="FA92" s="30"/>
       <c r="FB92" s="30"/>
       <c r="FC92" s="30"/>
       <c r="FD92" s="30"/>
       <c r="FE92" s="30"/>
       <c r="FF92" s="30"/>
       <c r="FG92" s="30"/>
       <c r="FH92" s="30"/>
       <c r="FI92" s="30"/>
       <c r="FJ92" s="30"/>
+      <c r="FK92" s="30"/>
     </row>
-    <row r="93" spans="3:166" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="93" spans="3:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C93" s="29"/>
       <c r="D93" s="29"/>
       <c r="E93" s="29"/>
       <c r="F93" s="29"/>
       <c r="G93" s="29"/>
       <c r="H93" s="29"/>
       <c r="I93" s="29"/>
       <c r="J93" s="29"/>
       <c r="K93" s="29"/>
       <c r="L93" s="29"/>
       <c r="M93" s="29"/>
       <c r="N93" s="29"/>
       <c r="O93" s="29"/>
       <c r="P93" s="29"/>
       <c r="Q93" s="29"/>
       <c r="R93" s="29"/>
       <c r="S93" s="29"/>
       <c r="T93" s="29"/>
       <c r="U93" s="29"/>
       <c r="V93" s="29"/>
       <c r="W93" s="29"/>
       <c r="X93" s="29"/>
       <c r="Y93" s="29"/>
       <c r="Z93" s="29"/>
       <c r="AA93" s="29"/>
@@ -34136,52 +34336,53 @@
       <c r="EL93" s="30"/>
       <c r="EM93" s="30"/>
       <c r="EN93" s="30"/>
       <c r="EO93" s="30"/>
       <c r="EP93" s="30"/>
       <c r="EQ93" s="30"/>
       <c r="ER93" s="30"/>
       <c r="ES93" s="30"/>
       <c r="ET93" s="30"/>
       <c r="EU93" s="30"/>
       <c r="EV93" s="30"/>
       <c r="EW93" s="30"/>
       <c r="EX93" s="30"/>
       <c r="EY93" s="30"/>
       <c r="EZ93" s="30"/>
       <c r="FA93" s="30"/>
       <c r="FB93" s="30"/>
       <c r="FC93" s="30"/>
       <c r="FD93" s="30"/>
       <c r="FE93" s="30"/>
       <c r="FF93" s="30"/>
       <c r="FG93" s="30"/>
       <c r="FH93" s="30"/>
       <c r="FI93" s="30"/>
       <c r="FJ93" s="30"/>
+      <c r="FK93" s="30"/>
     </row>
-    <row r="94" spans="3:166" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="94" spans="3:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C94" s="29"/>
       <c r="D94" s="29"/>
       <c r="E94" s="29"/>
       <c r="F94" s="29"/>
       <c r="G94" s="29"/>
       <c r="H94" s="29"/>
       <c r="I94" s="29"/>
       <c r="J94" s="29"/>
       <c r="K94" s="29"/>
       <c r="L94" s="29"/>
       <c r="M94" s="29"/>
       <c r="N94" s="29"/>
       <c r="O94" s="29"/>
       <c r="P94" s="29"/>
       <c r="Q94" s="29"/>
       <c r="R94" s="29"/>
       <c r="S94" s="29"/>
       <c r="T94" s="29"/>
       <c r="U94" s="29"/>
       <c r="V94" s="29"/>
       <c r="W94" s="29"/>
       <c r="X94" s="29"/>
       <c r="Y94" s="29"/>
       <c r="Z94" s="29"/>
       <c r="AA94" s="29"/>
@@ -34298,52 +34499,53 @@
       <c r="EL94" s="30"/>
       <c r="EM94" s="30"/>
       <c r="EN94" s="30"/>
       <c r="EO94" s="30"/>
       <c r="EP94" s="30"/>
       <c r="EQ94" s="30"/>
       <c r="ER94" s="30"/>
       <c r="ES94" s="30"/>
       <c r="ET94" s="30"/>
       <c r="EU94" s="30"/>
       <c r="EV94" s="30"/>
       <c r="EW94" s="30"/>
       <c r="EX94" s="30"/>
       <c r="EY94" s="30"/>
       <c r="EZ94" s="30"/>
       <c r="FA94" s="30"/>
       <c r="FB94" s="30"/>
       <c r="FC94" s="30"/>
       <c r="FD94" s="30"/>
       <c r="FE94" s="30"/>
       <c r="FF94" s="30"/>
       <c r="FG94" s="30"/>
       <c r="FH94" s="30"/>
       <c r="FI94" s="30"/>
       <c r="FJ94" s="30"/>
+      <c r="FK94" s="30"/>
     </row>
-    <row r="95" spans="3:166" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="95" spans="3:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C95" s="29"/>
       <c r="D95" s="29"/>
       <c r="E95" s="29"/>
       <c r="F95" s="29"/>
       <c r="G95" s="29"/>
       <c r="H95" s="29"/>
       <c r="I95" s="29"/>
       <c r="J95" s="29"/>
       <c r="K95" s="29"/>
       <c r="L95" s="29"/>
       <c r="M95" s="29"/>
       <c r="N95" s="29"/>
       <c r="O95" s="29"/>
       <c r="P95" s="29"/>
       <c r="Q95" s="29"/>
       <c r="R95" s="29"/>
       <c r="S95" s="29"/>
       <c r="T95" s="29"/>
       <c r="U95" s="29"/>
       <c r="V95" s="29"/>
       <c r="W95" s="29"/>
       <c r="X95" s="29"/>
       <c r="Y95" s="29"/>
       <c r="Z95" s="29"/>
       <c r="AA95" s="29"/>
@@ -34460,52 +34662,53 @@
       <c r="EL95" s="30"/>
       <c r="EM95" s="30"/>
       <c r="EN95" s="30"/>
       <c r="EO95" s="30"/>
       <c r="EP95" s="30"/>
       <c r="EQ95" s="30"/>
       <c r="ER95" s="30"/>
       <c r="ES95" s="30"/>
       <c r="ET95" s="30"/>
       <c r="EU95" s="30"/>
       <c r="EV95" s="30"/>
       <c r="EW95" s="30"/>
       <c r="EX95" s="30"/>
       <c r="EY95" s="30"/>
       <c r="EZ95" s="30"/>
       <c r="FA95" s="30"/>
       <c r="FB95" s="30"/>
       <c r="FC95" s="30"/>
       <c r="FD95" s="30"/>
       <c r="FE95" s="30"/>
       <c r="FF95" s="30"/>
       <c r="FG95" s="30"/>
       <c r="FH95" s="30"/>
       <c r="FI95" s="30"/>
       <c r="FJ95" s="30"/>
+      <c r="FK95" s="30"/>
     </row>
-    <row r="96" spans="3:166" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="96" spans="3:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C96" s="29"/>
       <c r="D96" s="29"/>
       <c r="E96" s="29"/>
       <c r="F96" s="29"/>
       <c r="G96" s="29"/>
       <c r="H96" s="29"/>
       <c r="I96" s="29"/>
       <c r="J96" s="29"/>
       <c r="K96" s="29"/>
       <c r="L96" s="29"/>
       <c r="M96" s="29"/>
       <c r="N96" s="29"/>
       <c r="O96" s="29"/>
       <c r="P96" s="29"/>
       <c r="Q96" s="29"/>
       <c r="R96" s="29"/>
       <c r="S96" s="29"/>
       <c r="T96" s="29"/>
       <c r="U96" s="29"/>
       <c r="V96" s="29"/>
       <c r="W96" s="29"/>
       <c r="X96" s="29"/>
       <c r="Y96" s="29"/>
       <c r="Z96" s="29"/>
       <c r="AA96" s="29"/>
@@ -34622,52 +34825,53 @@
       <c r="EL96" s="30"/>
       <c r="EM96" s="30"/>
       <c r="EN96" s="30"/>
       <c r="EO96" s="30"/>
       <c r="EP96" s="30"/>
       <c r="EQ96" s="30"/>
       <c r="ER96" s="30"/>
       <c r="ES96" s="30"/>
       <c r="ET96" s="30"/>
       <c r="EU96" s="30"/>
       <c r="EV96" s="30"/>
       <c r="EW96" s="30"/>
       <c r="EX96" s="30"/>
       <c r="EY96" s="30"/>
       <c r="EZ96" s="30"/>
       <c r="FA96" s="30"/>
       <c r="FB96" s="30"/>
       <c r="FC96" s="30"/>
       <c r="FD96" s="30"/>
       <c r="FE96" s="30"/>
       <c r="FF96" s="30"/>
       <c r="FG96" s="30"/>
       <c r="FH96" s="30"/>
       <c r="FI96" s="30"/>
       <c r="FJ96" s="30"/>
+      <c r="FK96" s="30"/>
     </row>
-    <row r="97" spans="3:166" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="97" spans="3:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C97" s="29"/>
       <c r="D97" s="29"/>
       <c r="E97" s="29"/>
       <c r="F97" s="29"/>
       <c r="G97" s="29"/>
       <c r="H97" s="29"/>
       <c r="I97" s="29"/>
       <c r="J97" s="29"/>
       <c r="K97" s="29"/>
       <c r="L97" s="29"/>
       <c r="M97" s="29"/>
       <c r="N97" s="29"/>
       <c r="O97" s="29"/>
       <c r="P97" s="29"/>
       <c r="Q97" s="29"/>
       <c r="R97" s="29"/>
       <c r="S97" s="29"/>
       <c r="T97" s="29"/>
       <c r="U97" s="29"/>
       <c r="V97" s="29"/>
       <c r="W97" s="29"/>
       <c r="X97" s="29"/>
       <c r="Y97" s="29"/>
       <c r="Z97" s="29"/>
       <c r="AA97" s="29"/>
@@ -34784,52 +34988,53 @@
       <c r="EL97" s="30"/>
       <c r="EM97" s="30"/>
       <c r="EN97" s="30"/>
       <c r="EO97" s="30"/>
       <c r="EP97" s="30"/>
       <c r="EQ97" s="30"/>
       <c r="ER97" s="30"/>
       <c r="ES97" s="30"/>
       <c r="ET97" s="30"/>
       <c r="EU97" s="30"/>
       <c r="EV97" s="30"/>
       <c r="EW97" s="30"/>
       <c r="EX97" s="30"/>
       <c r="EY97" s="30"/>
       <c r="EZ97" s="30"/>
       <c r="FA97" s="30"/>
       <c r="FB97" s="30"/>
       <c r="FC97" s="30"/>
       <c r="FD97" s="30"/>
       <c r="FE97" s="30"/>
       <c r="FF97" s="30"/>
       <c r="FG97" s="30"/>
       <c r="FH97" s="30"/>
       <c r="FI97" s="30"/>
       <c r="FJ97" s="30"/>
+      <c r="FK97" s="30"/>
     </row>
-    <row r="98" spans="3:166" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="98" spans="3:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C98" s="29"/>
       <c r="D98" s="29"/>
       <c r="E98" s="29"/>
       <c r="F98" s="29"/>
       <c r="G98" s="29"/>
       <c r="H98" s="29"/>
       <c r="I98" s="29"/>
       <c r="J98" s="29"/>
       <c r="K98" s="29"/>
       <c r="L98" s="29"/>
       <c r="M98" s="29"/>
       <c r="N98" s="29"/>
       <c r="O98" s="29"/>
       <c r="P98" s="29"/>
       <c r="Q98" s="29"/>
       <c r="R98" s="29"/>
       <c r="S98" s="29"/>
       <c r="T98" s="29"/>
       <c r="U98" s="29"/>
       <c r="V98" s="29"/>
       <c r="W98" s="29"/>
       <c r="X98" s="29"/>
       <c r="Y98" s="29"/>
       <c r="Z98" s="29"/>
       <c r="AA98" s="29"/>
@@ -34946,52 +35151,53 @@
       <c r="EL98" s="30"/>
       <c r="EM98" s="30"/>
       <c r="EN98" s="30"/>
       <c r="EO98" s="30"/>
       <c r="EP98" s="30"/>
       <c r="EQ98" s="30"/>
       <c r="ER98" s="30"/>
       <c r="ES98" s="30"/>
       <c r="ET98" s="30"/>
       <c r="EU98" s="30"/>
       <c r="EV98" s="30"/>
       <c r="EW98" s="30"/>
       <c r="EX98" s="30"/>
       <c r="EY98" s="30"/>
       <c r="EZ98" s="30"/>
       <c r="FA98" s="30"/>
       <c r="FB98" s="30"/>
       <c r="FC98" s="30"/>
       <c r="FD98" s="30"/>
       <c r="FE98" s="30"/>
       <c r="FF98" s="30"/>
       <c r="FG98" s="30"/>
       <c r="FH98" s="30"/>
       <c r="FI98" s="30"/>
       <c r="FJ98" s="30"/>
+      <c r="FK98" s="30"/>
     </row>
-    <row r="99" spans="3:166" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="99" spans="3:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C99" s="29"/>
       <c r="D99" s="29"/>
       <c r="E99" s="29"/>
       <c r="F99" s="29"/>
       <c r="G99" s="29"/>
       <c r="H99" s="29"/>
       <c r="I99" s="29"/>
       <c r="J99" s="29"/>
       <c r="K99" s="29"/>
       <c r="L99" s="29"/>
       <c r="M99" s="29"/>
       <c r="N99" s="29"/>
       <c r="O99" s="29"/>
       <c r="P99" s="29"/>
       <c r="Q99" s="29"/>
       <c r="R99" s="29"/>
       <c r="S99" s="29"/>
       <c r="T99" s="29"/>
       <c r="U99" s="29"/>
       <c r="V99" s="29"/>
       <c r="W99" s="29"/>
       <c r="X99" s="29"/>
       <c r="Y99" s="29"/>
       <c r="Z99" s="29"/>
       <c r="AA99" s="29"/>
@@ -35108,52 +35314,53 @@
       <c r="EL99" s="30"/>
       <c r="EM99" s="30"/>
       <c r="EN99" s="30"/>
       <c r="EO99" s="30"/>
       <c r="EP99" s="30"/>
       <c r="EQ99" s="30"/>
       <c r="ER99" s="30"/>
       <c r="ES99" s="30"/>
       <c r="ET99" s="30"/>
       <c r="EU99" s="30"/>
       <c r="EV99" s="30"/>
       <c r="EW99" s="30"/>
       <c r="EX99" s="30"/>
       <c r="EY99" s="30"/>
       <c r="EZ99" s="30"/>
       <c r="FA99" s="30"/>
       <c r="FB99" s="30"/>
       <c r="FC99" s="30"/>
       <c r="FD99" s="30"/>
       <c r="FE99" s="30"/>
       <c r="FF99" s="30"/>
       <c r="FG99" s="30"/>
       <c r="FH99" s="30"/>
       <c r="FI99" s="30"/>
       <c r="FJ99" s="30"/>
+      <c r="FK99" s="30"/>
     </row>
-    <row r="100" spans="3:166" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="100" spans="3:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C100" s="29"/>
       <c r="D100" s="29"/>
       <c r="E100" s="29"/>
       <c r="F100" s="29"/>
       <c r="G100" s="29"/>
       <c r="H100" s="29"/>
       <c r="I100" s="29"/>
       <c r="J100" s="29"/>
       <c r="K100" s="29"/>
       <c r="L100" s="29"/>
       <c r="M100" s="29"/>
       <c r="N100" s="29"/>
       <c r="O100" s="29"/>
       <c r="P100" s="29"/>
       <c r="Q100" s="29"/>
       <c r="R100" s="29"/>
       <c r="S100" s="29"/>
       <c r="T100" s="29"/>
       <c r="U100" s="29"/>
       <c r="V100" s="29"/>
       <c r="W100" s="29"/>
       <c r="X100" s="29"/>
       <c r="Y100" s="29"/>
       <c r="Z100" s="29"/>
       <c r="AA100" s="29"/>
@@ -35270,52 +35477,53 @@
       <c r="EL100" s="30"/>
       <c r="EM100" s="30"/>
       <c r="EN100" s="30"/>
       <c r="EO100" s="30"/>
       <c r="EP100" s="30"/>
       <c r="EQ100" s="30"/>
       <c r="ER100" s="30"/>
       <c r="ES100" s="30"/>
       <c r="ET100" s="30"/>
       <c r="EU100" s="30"/>
       <c r="EV100" s="30"/>
       <c r="EW100" s="30"/>
       <c r="EX100" s="30"/>
       <c r="EY100" s="30"/>
       <c r="EZ100" s="30"/>
       <c r="FA100" s="30"/>
       <c r="FB100" s="30"/>
       <c r="FC100" s="30"/>
       <c r="FD100" s="30"/>
       <c r="FE100" s="30"/>
       <c r="FF100" s="30"/>
       <c r="FG100" s="30"/>
       <c r="FH100" s="30"/>
       <c r="FI100" s="30"/>
       <c r="FJ100" s="30"/>
+      <c r="FK100" s="30"/>
     </row>
-    <row r="101" spans="3:166" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="101" spans="3:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C101" s="29"/>
       <c r="D101" s="29"/>
       <c r="E101" s="29"/>
       <c r="F101" s="29"/>
       <c r="G101" s="29"/>
       <c r="H101" s="29"/>
       <c r="I101" s="29"/>
       <c r="J101" s="29"/>
       <c r="K101" s="29"/>
       <c r="L101" s="29"/>
       <c r="M101" s="29"/>
       <c r="N101" s="29"/>
       <c r="O101" s="29"/>
       <c r="P101" s="29"/>
       <c r="Q101" s="29"/>
       <c r="R101" s="29"/>
       <c r="S101" s="29"/>
       <c r="T101" s="29"/>
       <c r="U101" s="29"/>
       <c r="V101" s="29"/>
       <c r="W101" s="29"/>
       <c r="X101" s="29"/>
       <c r="Y101" s="29"/>
       <c r="Z101" s="29"/>
       <c r="AA101" s="29"/>
@@ -35432,52 +35640,53 @@
       <c r="EL101" s="30"/>
       <c r="EM101" s="30"/>
       <c r="EN101" s="30"/>
       <c r="EO101" s="30"/>
       <c r="EP101" s="30"/>
       <c r="EQ101" s="30"/>
       <c r="ER101" s="30"/>
       <c r="ES101" s="30"/>
       <c r="ET101" s="30"/>
       <c r="EU101" s="30"/>
       <c r="EV101" s="30"/>
       <c r="EW101" s="30"/>
       <c r="EX101" s="30"/>
       <c r="EY101" s="30"/>
       <c r="EZ101" s="30"/>
       <c r="FA101" s="30"/>
       <c r="FB101" s="30"/>
       <c r="FC101" s="30"/>
       <c r="FD101" s="30"/>
       <c r="FE101" s="30"/>
       <c r="FF101" s="30"/>
       <c r="FG101" s="30"/>
       <c r="FH101" s="30"/>
       <c r="FI101" s="30"/>
       <c r="FJ101" s="30"/>
+      <c r="FK101" s="30"/>
     </row>
-    <row r="102" spans="3:166" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="102" spans="3:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C102" s="29"/>
       <c r="D102" s="29"/>
       <c r="E102" s="29"/>
       <c r="F102" s="29"/>
       <c r="G102" s="29"/>
       <c r="H102" s="29"/>
       <c r="I102" s="29"/>
       <c r="J102" s="29"/>
       <c r="K102" s="29"/>
       <c r="L102" s="29"/>
       <c r="M102" s="29"/>
       <c r="N102" s="29"/>
       <c r="O102" s="29"/>
       <c r="P102" s="29"/>
       <c r="Q102" s="29"/>
       <c r="R102" s="29"/>
       <c r="S102" s="29"/>
       <c r="T102" s="29"/>
       <c r="U102" s="29"/>
       <c r="V102" s="29"/>
       <c r="W102" s="29"/>
       <c r="X102" s="29"/>
       <c r="Y102" s="29"/>
       <c r="Z102" s="29"/>
       <c r="AA102" s="29"/>
@@ -35594,52 +35803,53 @@
       <c r="EL102" s="30"/>
       <c r="EM102" s="30"/>
       <c r="EN102" s="30"/>
       <c r="EO102" s="30"/>
       <c r="EP102" s="30"/>
       <c r="EQ102" s="30"/>
       <c r="ER102" s="30"/>
       <c r="ES102" s="30"/>
       <c r="ET102" s="30"/>
       <c r="EU102" s="30"/>
       <c r="EV102" s="30"/>
       <c r="EW102" s="30"/>
       <c r="EX102" s="30"/>
       <c r="EY102" s="30"/>
       <c r="EZ102" s="30"/>
       <c r="FA102" s="30"/>
       <c r="FB102" s="30"/>
       <c r="FC102" s="30"/>
       <c r="FD102" s="30"/>
       <c r="FE102" s="30"/>
       <c r="FF102" s="30"/>
       <c r="FG102" s="30"/>
       <c r="FH102" s="30"/>
       <c r="FI102" s="30"/>
       <c r="FJ102" s="30"/>
+      <c r="FK102" s="30"/>
     </row>
-    <row r="103" spans="3:166" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="103" spans="3:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C103" s="29"/>
       <c r="D103" s="29"/>
       <c r="E103" s="29"/>
       <c r="F103" s="29"/>
       <c r="G103" s="29"/>
       <c r="H103" s="29"/>
       <c r="I103" s="29"/>
       <c r="J103" s="29"/>
       <c r="K103" s="29"/>
       <c r="L103" s="29"/>
       <c r="M103" s="29"/>
       <c r="N103" s="29"/>
       <c r="O103" s="29"/>
       <c r="P103" s="29"/>
       <c r="Q103" s="29"/>
       <c r="R103" s="29"/>
       <c r="S103" s="29"/>
       <c r="T103" s="29"/>
       <c r="U103" s="29"/>
       <c r="V103" s="29"/>
       <c r="W103" s="29"/>
       <c r="X103" s="29"/>
       <c r="Y103" s="29"/>
       <c r="Z103" s="29"/>
       <c r="AA103" s="29"/>
@@ -35756,52 +35966,53 @@
       <c r="EL103" s="30"/>
       <c r="EM103" s="30"/>
       <c r="EN103" s="30"/>
       <c r="EO103" s="30"/>
       <c r="EP103" s="30"/>
       <c r="EQ103" s="30"/>
       <c r="ER103" s="30"/>
       <c r="ES103" s="30"/>
       <c r="ET103" s="30"/>
       <c r="EU103" s="30"/>
       <c r="EV103" s="30"/>
       <c r="EW103" s="30"/>
       <c r="EX103" s="30"/>
       <c r="EY103" s="30"/>
       <c r="EZ103" s="30"/>
       <c r="FA103" s="30"/>
       <c r="FB103" s="30"/>
       <c r="FC103" s="30"/>
       <c r="FD103" s="30"/>
       <c r="FE103" s="30"/>
       <c r="FF103" s="30"/>
       <c r="FG103" s="30"/>
       <c r="FH103" s="30"/>
       <c r="FI103" s="30"/>
       <c r="FJ103" s="30"/>
+      <c r="FK103" s="30"/>
     </row>
-    <row r="104" spans="3:166" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="104" spans="3:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C104" s="29"/>
       <c r="D104" s="29"/>
       <c r="E104" s="29"/>
       <c r="F104" s="29"/>
       <c r="G104" s="29"/>
       <c r="H104" s="29"/>
       <c r="I104" s="29"/>
       <c r="J104" s="29"/>
       <c r="K104" s="29"/>
       <c r="L104" s="29"/>
       <c r="M104" s="29"/>
       <c r="N104" s="29"/>
       <c r="O104" s="29"/>
       <c r="P104" s="29"/>
       <c r="Q104" s="29"/>
       <c r="R104" s="29"/>
       <c r="S104" s="29"/>
       <c r="T104" s="29"/>
       <c r="U104" s="29"/>
       <c r="V104" s="29"/>
       <c r="W104" s="29"/>
       <c r="X104" s="29"/>
       <c r="Y104" s="29"/>
       <c r="Z104" s="29"/>
       <c r="AA104" s="29"/>
@@ -35918,52 +36129,53 @@
       <c r="EL104" s="30"/>
       <c r="EM104" s="30"/>
       <c r="EN104" s="30"/>
       <c r="EO104" s="30"/>
       <c r="EP104" s="30"/>
       <c r="EQ104" s="30"/>
       <c r="ER104" s="30"/>
       <c r="ES104" s="30"/>
       <c r="ET104" s="30"/>
       <c r="EU104" s="30"/>
       <c r="EV104" s="30"/>
       <c r="EW104" s="30"/>
       <c r="EX104" s="30"/>
       <c r="EY104" s="30"/>
       <c r="EZ104" s="30"/>
       <c r="FA104" s="30"/>
       <c r="FB104" s="30"/>
       <c r="FC104" s="30"/>
       <c r="FD104" s="30"/>
       <c r="FE104" s="30"/>
       <c r="FF104" s="30"/>
       <c r="FG104" s="30"/>
       <c r="FH104" s="30"/>
       <c r="FI104" s="30"/>
       <c r="FJ104" s="30"/>
+      <c r="FK104" s="30"/>
     </row>
-    <row r="105" spans="3:166" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="105" spans="3:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C105" s="29"/>
       <c r="D105" s="29"/>
       <c r="E105" s="29"/>
       <c r="F105" s="29"/>
       <c r="G105" s="29"/>
       <c r="H105" s="29"/>
       <c r="I105" s="29"/>
       <c r="J105" s="29"/>
       <c r="K105" s="29"/>
       <c r="L105" s="29"/>
       <c r="M105" s="29"/>
       <c r="N105" s="29"/>
       <c r="O105" s="29"/>
       <c r="P105" s="29"/>
       <c r="Q105" s="29"/>
       <c r="R105" s="29"/>
       <c r="S105" s="29"/>
       <c r="T105" s="29"/>
       <c r="U105" s="29"/>
       <c r="V105" s="29"/>
       <c r="W105" s="29"/>
       <c r="X105" s="29"/>
       <c r="Y105" s="29"/>
       <c r="Z105" s="29"/>
       <c r="AA105" s="29"/>
@@ -36080,52 +36292,53 @@
       <c r="EL105" s="30"/>
       <c r="EM105" s="30"/>
       <c r="EN105" s="30"/>
       <c r="EO105" s="30"/>
       <c r="EP105" s="30"/>
       <c r="EQ105" s="30"/>
       <c r="ER105" s="30"/>
       <c r="ES105" s="30"/>
       <c r="ET105" s="30"/>
       <c r="EU105" s="30"/>
       <c r="EV105" s="30"/>
       <c r="EW105" s="30"/>
       <c r="EX105" s="30"/>
       <c r="EY105" s="30"/>
       <c r="EZ105" s="30"/>
       <c r="FA105" s="30"/>
       <c r="FB105" s="30"/>
       <c r="FC105" s="30"/>
       <c r="FD105" s="30"/>
       <c r="FE105" s="30"/>
       <c r="FF105" s="30"/>
       <c r="FG105" s="30"/>
       <c r="FH105" s="30"/>
       <c r="FI105" s="30"/>
       <c r="FJ105" s="30"/>
+      <c r="FK105" s="30"/>
     </row>
-    <row r="106" spans="3:166" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="106" spans="3:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C106" s="29"/>
       <c r="D106" s="29"/>
       <c r="E106" s="29"/>
       <c r="F106" s="29"/>
       <c r="G106" s="29"/>
       <c r="H106" s="29"/>
       <c r="I106" s="29"/>
       <c r="J106" s="29"/>
       <c r="K106" s="29"/>
       <c r="L106" s="29"/>
       <c r="M106" s="29"/>
       <c r="N106" s="29"/>
       <c r="O106" s="29"/>
       <c r="P106" s="29"/>
       <c r="Q106" s="29"/>
       <c r="R106" s="29"/>
       <c r="S106" s="29"/>
       <c r="T106" s="29"/>
       <c r="U106" s="29"/>
       <c r="V106" s="29"/>
       <c r="W106" s="29"/>
       <c r="X106" s="29"/>
       <c r="Y106" s="29"/>
       <c r="Z106" s="29"/>
       <c r="AA106" s="29"/>
@@ -36242,52 +36455,53 @@
       <c r="EL106" s="30"/>
       <c r="EM106" s="30"/>
       <c r="EN106" s="30"/>
       <c r="EO106" s="30"/>
       <c r="EP106" s="30"/>
       <c r="EQ106" s="30"/>
       <c r="ER106" s="30"/>
       <c r="ES106" s="30"/>
       <c r="ET106" s="30"/>
       <c r="EU106" s="30"/>
       <c r="EV106" s="30"/>
       <c r="EW106" s="30"/>
       <c r="EX106" s="30"/>
       <c r="EY106" s="30"/>
       <c r="EZ106" s="30"/>
       <c r="FA106" s="30"/>
       <c r="FB106" s="30"/>
       <c r="FC106" s="30"/>
       <c r="FD106" s="30"/>
       <c r="FE106" s="30"/>
       <c r="FF106" s="30"/>
       <c r="FG106" s="30"/>
       <c r="FH106" s="30"/>
       <c r="FI106" s="30"/>
       <c r="FJ106" s="30"/>
+      <c r="FK106" s="30"/>
     </row>
-    <row r="107" spans="3:166" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="107" spans="3:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C107" s="29"/>
       <c r="D107" s="29"/>
       <c r="E107" s="29"/>
       <c r="F107" s="29"/>
       <c r="G107" s="29"/>
       <c r="H107" s="29"/>
       <c r="I107" s="29"/>
       <c r="J107" s="29"/>
       <c r="K107" s="29"/>
       <c r="L107" s="29"/>
       <c r="M107" s="29"/>
       <c r="N107" s="29"/>
       <c r="O107" s="29"/>
       <c r="P107" s="29"/>
       <c r="Q107" s="29"/>
       <c r="R107" s="29"/>
       <c r="S107" s="29"/>
       <c r="T107" s="29"/>
       <c r="U107" s="29"/>
       <c r="V107" s="29"/>
       <c r="W107" s="29"/>
       <c r="X107" s="29"/>
       <c r="Y107" s="29"/>
       <c r="Z107" s="29"/>
       <c r="AA107" s="29"/>
@@ -36404,52 +36618,53 @@
       <c r="EL107" s="30"/>
       <c r="EM107" s="30"/>
       <c r="EN107" s="30"/>
       <c r="EO107" s="30"/>
       <c r="EP107" s="30"/>
       <c r="EQ107" s="30"/>
       <c r="ER107" s="30"/>
       <c r="ES107" s="30"/>
       <c r="ET107" s="30"/>
       <c r="EU107" s="30"/>
       <c r="EV107" s="30"/>
       <c r="EW107" s="30"/>
       <c r="EX107" s="30"/>
       <c r="EY107" s="30"/>
       <c r="EZ107" s="30"/>
       <c r="FA107" s="30"/>
       <c r="FB107" s="30"/>
       <c r="FC107" s="30"/>
       <c r="FD107" s="30"/>
       <c r="FE107" s="30"/>
       <c r="FF107" s="30"/>
       <c r="FG107" s="30"/>
       <c r="FH107" s="30"/>
       <c r="FI107" s="30"/>
       <c r="FJ107" s="30"/>
+      <c r="FK107" s="30"/>
     </row>
-    <row r="108" spans="3:166" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="108" spans="3:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C108" s="29"/>
       <c r="D108" s="29"/>
       <c r="E108" s="29"/>
       <c r="F108" s="29"/>
       <c r="G108" s="29"/>
       <c r="H108" s="29"/>
       <c r="I108" s="29"/>
       <c r="J108" s="29"/>
       <c r="K108" s="29"/>
       <c r="L108" s="29"/>
       <c r="M108" s="29"/>
       <c r="N108" s="29"/>
       <c r="O108" s="29"/>
       <c r="P108" s="29"/>
       <c r="Q108" s="29"/>
       <c r="R108" s="29"/>
       <c r="S108" s="29"/>
       <c r="T108" s="29"/>
       <c r="U108" s="29"/>
       <c r="V108" s="29"/>
       <c r="W108" s="29"/>
       <c r="X108" s="29"/>
       <c r="Y108" s="29"/>
       <c r="Z108" s="29"/>
       <c r="AA108" s="29"/>
@@ -36566,52 +36781,53 @@
       <c r="EL108" s="30"/>
       <c r="EM108" s="30"/>
       <c r="EN108" s="30"/>
       <c r="EO108" s="30"/>
       <c r="EP108" s="30"/>
       <c r="EQ108" s="30"/>
       <c r="ER108" s="30"/>
       <c r="ES108" s="30"/>
       <c r="ET108" s="30"/>
       <c r="EU108" s="30"/>
       <c r="EV108" s="30"/>
       <c r="EW108" s="30"/>
       <c r="EX108" s="30"/>
       <c r="EY108" s="30"/>
       <c r="EZ108" s="30"/>
       <c r="FA108" s="30"/>
       <c r="FB108" s="30"/>
       <c r="FC108" s="30"/>
       <c r="FD108" s="30"/>
       <c r="FE108" s="30"/>
       <c r="FF108" s="30"/>
       <c r="FG108" s="30"/>
       <c r="FH108" s="30"/>
       <c r="FI108" s="30"/>
       <c r="FJ108" s="30"/>
+      <c r="FK108" s="30"/>
     </row>
-    <row r="109" spans="3:166" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="109" spans="3:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C109" s="29"/>
       <c r="D109" s="29"/>
       <c r="E109" s="29"/>
       <c r="F109" s="29"/>
       <c r="G109" s="29"/>
       <c r="H109" s="29"/>
       <c r="I109" s="29"/>
       <c r="J109" s="29"/>
       <c r="K109" s="29"/>
       <c r="L109" s="29"/>
       <c r="M109" s="29"/>
       <c r="N109" s="29"/>
       <c r="O109" s="29"/>
       <c r="P109" s="29"/>
       <c r="Q109" s="29"/>
       <c r="R109" s="29"/>
       <c r="S109" s="29"/>
       <c r="T109" s="29"/>
       <c r="U109" s="29"/>
       <c r="V109" s="29"/>
       <c r="W109" s="29"/>
       <c r="X109" s="29"/>
       <c r="Y109" s="29"/>
       <c r="Z109" s="29"/>
       <c r="AA109" s="29"/>
@@ -36728,52 +36944,53 @@
       <c r="EL109" s="30"/>
       <c r="EM109" s="30"/>
       <c r="EN109" s="30"/>
       <c r="EO109" s="30"/>
       <c r="EP109" s="30"/>
       <c r="EQ109" s="30"/>
       <c r="ER109" s="30"/>
       <c r="ES109" s="30"/>
       <c r="ET109" s="30"/>
       <c r="EU109" s="30"/>
       <c r="EV109" s="30"/>
       <c r="EW109" s="30"/>
       <c r="EX109" s="30"/>
       <c r="EY109" s="30"/>
       <c r="EZ109" s="30"/>
       <c r="FA109" s="30"/>
       <c r="FB109" s="30"/>
       <c r="FC109" s="30"/>
       <c r="FD109" s="30"/>
       <c r="FE109" s="30"/>
       <c r="FF109" s="30"/>
       <c r="FG109" s="30"/>
       <c r="FH109" s="30"/>
       <c r="FI109" s="30"/>
       <c r="FJ109" s="30"/>
+      <c r="FK109" s="30"/>
     </row>
-    <row r="110" spans="3:166" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="110" spans="3:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C110" s="29"/>
       <c r="D110" s="29"/>
       <c r="E110" s="29"/>
       <c r="F110" s="29"/>
       <c r="G110" s="29"/>
       <c r="H110" s="29"/>
       <c r="I110" s="29"/>
       <c r="J110" s="29"/>
       <c r="K110" s="29"/>
       <c r="L110" s="29"/>
       <c r="M110" s="29"/>
       <c r="N110" s="29"/>
       <c r="O110" s="29"/>
       <c r="P110" s="29"/>
       <c r="Q110" s="29"/>
       <c r="R110" s="29"/>
       <c r="S110" s="29"/>
       <c r="T110" s="29"/>
       <c r="U110" s="29"/>
       <c r="V110" s="29"/>
       <c r="W110" s="29"/>
       <c r="X110" s="29"/>
       <c r="Y110" s="29"/>
       <c r="Z110" s="29"/>
       <c r="AA110" s="29"/>
@@ -36890,52 +37107,53 @@
       <c r="EL110" s="30"/>
       <c r="EM110" s="30"/>
       <c r="EN110" s="30"/>
       <c r="EO110" s="30"/>
       <c r="EP110" s="30"/>
       <c r="EQ110" s="30"/>
       <c r="ER110" s="30"/>
       <c r="ES110" s="30"/>
       <c r="ET110" s="30"/>
       <c r="EU110" s="30"/>
       <c r="EV110" s="30"/>
       <c r="EW110" s="30"/>
       <c r="EX110" s="30"/>
       <c r="EY110" s="30"/>
       <c r="EZ110" s="30"/>
       <c r="FA110" s="30"/>
       <c r="FB110" s="30"/>
       <c r="FC110" s="30"/>
       <c r="FD110" s="30"/>
       <c r="FE110" s="30"/>
       <c r="FF110" s="30"/>
       <c r="FG110" s="30"/>
       <c r="FH110" s="30"/>
       <c r="FI110" s="30"/>
       <c r="FJ110" s="30"/>
+      <c r="FK110" s="30"/>
     </row>
-    <row r="111" spans="3:166" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="111" spans="3:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C111" s="29"/>
       <c r="D111" s="29"/>
       <c r="E111" s="29"/>
       <c r="F111" s="29"/>
       <c r="G111" s="29"/>
       <c r="H111" s="29"/>
       <c r="I111" s="29"/>
       <c r="J111" s="29"/>
       <c r="K111" s="29"/>
       <c r="L111" s="29"/>
       <c r="M111" s="29"/>
       <c r="N111" s="29"/>
       <c r="O111" s="29"/>
       <c r="P111" s="29"/>
       <c r="Q111" s="29"/>
       <c r="R111" s="29"/>
       <c r="S111" s="29"/>
       <c r="T111" s="29"/>
       <c r="U111" s="29"/>
       <c r="V111" s="29"/>
       <c r="W111" s="29"/>
       <c r="X111" s="29"/>
       <c r="Y111" s="29"/>
       <c r="Z111" s="29"/>
       <c r="AA111" s="29"/>
@@ -37052,52 +37270,53 @@
       <c r="EL111" s="30"/>
       <c r="EM111" s="30"/>
       <c r="EN111" s="30"/>
       <c r="EO111" s="30"/>
       <c r="EP111" s="30"/>
       <c r="EQ111" s="30"/>
       <c r="ER111" s="30"/>
       <c r="ES111" s="30"/>
       <c r="ET111" s="30"/>
       <c r="EU111" s="30"/>
       <c r="EV111" s="30"/>
       <c r="EW111" s="30"/>
       <c r="EX111" s="30"/>
       <c r="EY111" s="30"/>
       <c r="EZ111" s="30"/>
       <c r="FA111" s="30"/>
       <c r="FB111" s="30"/>
       <c r="FC111" s="30"/>
       <c r="FD111" s="30"/>
       <c r="FE111" s="30"/>
       <c r="FF111" s="30"/>
       <c r="FG111" s="30"/>
       <c r="FH111" s="30"/>
       <c r="FI111" s="30"/>
       <c r="FJ111" s="30"/>
+      <c r="FK111" s="30"/>
     </row>
-    <row r="112" spans="3:166" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="112" spans="3:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C112" s="29"/>
       <c r="D112" s="29"/>
       <c r="E112" s="29"/>
       <c r="F112" s="29"/>
       <c r="G112" s="29"/>
       <c r="H112" s="29"/>
       <c r="I112" s="29"/>
       <c r="J112" s="29"/>
       <c r="K112" s="29"/>
       <c r="L112" s="29"/>
       <c r="M112" s="29"/>
       <c r="N112" s="29"/>
       <c r="O112" s="29"/>
       <c r="P112" s="29"/>
       <c r="Q112" s="29"/>
       <c r="R112" s="29"/>
       <c r="S112" s="29"/>
       <c r="T112" s="29"/>
       <c r="U112" s="29"/>
       <c r="V112" s="29"/>
       <c r="W112" s="29"/>
       <c r="X112" s="29"/>
       <c r="Y112" s="29"/>
       <c r="Z112" s="29"/>
       <c r="AA112" s="29"/>
@@ -37214,52 +37433,53 @@
       <c r="EL112" s="30"/>
       <c r="EM112" s="30"/>
       <c r="EN112" s="30"/>
       <c r="EO112" s="30"/>
       <c r="EP112" s="30"/>
       <c r="EQ112" s="30"/>
       <c r="ER112" s="30"/>
       <c r="ES112" s="30"/>
       <c r="ET112" s="30"/>
       <c r="EU112" s="30"/>
       <c r="EV112" s="30"/>
       <c r="EW112" s="30"/>
       <c r="EX112" s="30"/>
       <c r="EY112" s="30"/>
       <c r="EZ112" s="30"/>
       <c r="FA112" s="30"/>
       <c r="FB112" s="30"/>
       <c r="FC112" s="30"/>
       <c r="FD112" s="30"/>
       <c r="FE112" s="30"/>
       <c r="FF112" s="30"/>
       <c r="FG112" s="30"/>
       <c r="FH112" s="30"/>
       <c r="FI112" s="30"/>
       <c r="FJ112" s="30"/>
+      <c r="FK112" s="30"/>
     </row>
-    <row r="113" spans="3:166" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="113" spans="3:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C113" s="29"/>
       <c r="D113" s="29"/>
       <c r="E113" s="29"/>
       <c r="F113" s="29"/>
       <c r="G113" s="29"/>
       <c r="H113" s="29"/>
       <c r="I113" s="29"/>
       <c r="J113" s="29"/>
       <c r="K113" s="29"/>
       <c r="L113" s="29"/>
       <c r="M113" s="29"/>
       <c r="N113" s="29"/>
       <c r="O113" s="29"/>
       <c r="P113" s="29"/>
       <c r="Q113" s="29"/>
       <c r="R113" s="29"/>
       <c r="S113" s="29"/>
       <c r="T113" s="29"/>
       <c r="U113" s="29"/>
       <c r="V113" s="29"/>
       <c r="W113" s="29"/>
       <c r="X113" s="29"/>
       <c r="Y113" s="29"/>
       <c r="Z113" s="29"/>
       <c r="AA113" s="29"/>
@@ -37376,52 +37596,53 @@
       <c r="EL113" s="30"/>
       <c r="EM113" s="30"/>
       <c r="EN113" s="30"/>
       <c r="EO113" s="30"/>
       <c r="EP113" s="30"/>
       <c r="EQ113" s="30"/>
       <c r="ER113" s="30"/>
       <c r="ES113" s="30"/>
       <c r="ET113" s="30"/>
       <c r="EU113" s="30"/>
       <c r="EV113" s="30"/>
       <c r="EW113" s="30"/>
       <c r="EX113" s="30"/>
       <c r="EY113" s="30"/>
       <c r="EZ113" s="30"/>
       <c r="FA113" s="30"/>
       <c r="FB113" s="30"/>
       <c r="FC113" s="30"/>
       <c r="FD113" s="30"/>
       <c r="FE113" s="30"/>
       <c r="FF113" s="30"/>
       <c r="FG113" s="30"/>
       <c r="FH113" s="30"/>
       <c r="FI113" s="30"/>
       <c r="FJ113" s="30"/>
+      <c r="FK113" s="30"/>
     </row>
-    <row r="114" spans="3:166" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="114" spans="3:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C114" s="29"/>
       <c r="D114" s="29"/>
       <c r="E114" s="29"/>
       <c r="F114" s="29"/>
       <c r="G114" s="29"/>
       <c r="H114" s="29"/>
       <c r="I114" s="29"/>
       <c r="J114" s="29"/>
       <c r="K114" s="29"/>
       <c r="L114" s="29"/>
       <c r="M114" s="29"/>
       <c r="N114" s="29"/>
       <c r="O114" s="29"/>
       <c r="P114" s="29"/>
       <c r="Q114" s="29"/>
       <c r="R114" s="29"/>
       <c r="S114" s="29"/>
       <c r="T114" s="29"/>
       <c r="U114" s="29"/>
       <c r="V114" s="29"/>
       <c r="W114" s="29"/>
       <c r="X114" s="29"/>
       <c r="Y114" s="29"/>
       <c r="Z114" s="29"/>
       <c r="AA114" s="29"/>
@@ -37538,52 +37759,53 @@
       <c r="EL114" s="30"/>
       <c r="EM114" s="30"/>
       <c r="EN114" s="30"/>
       <c r="EO114" s="30"/>
       <c r="EP114" s="30"/>
       <c r="EQ114" s="30"/>
       <c r="ER114" s="30"/>
       <c r="ES114" s="30"/>
       <c r="ET114" s="30"/>
       <c r="EU114" s="30"/>
       <c r="EV114" s="30"/>
       <c r="EW114" s="30"/>
       <c r="EX114" s="30"/>
       <c r="EY114" s="30"/>
       <c r="EZ114" s="30"/>
       <c r="FA114" s="30"/>
       <c r="FB114" s="30"/>
       <c r="FC114" s="30"/>
       <c r="FD114" s="30"/>
       <c r="FE114" s="30"/>
       <c r="FF114" s="30"/>
       <c r="FG114" s="30"/>
       <c r="FH114" s="30"/>
       <c r="FI114" s="30"/>
       <c r="FJ114" s="30"/>
+      <c r="FK114" s="30"/>
     </row>
-    <row r="115" spans="3:166" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="115" spans="3:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C115" s="29"/>
       <c r="D115" s="29"/>
       <c r="E115" s="29"/>
       <c r="F115" s="29"/>
       <c r="G115" s="29"/>
       <c r="H115" s="29"/>
       <c r="I115" s="29"/>
       <c r="J115" s="29"/>
       <c r="K115" s="29"/>
       <c r="L115" s="29"/>
       <c r="M115" s="29"/>
       <c r="N115" s="29"/>
       <c r="O115" s="29"/>
       <c r="P115" s="29"/>
       <c r="Q115" s="29"/>
       <c r="R115" s="29"/>
       <c r="S115" s="29"/>
       <c r="T115" s="29"/>
       <c r="U115" s="29"/>
       <c r="V115" s="29"/>
       <c r="W115" s="29"/>
       <c r="X115" s="29"/>
       <c r="Y115" s="29"/>
       <c r="Z115" s="29"/>
       <c r="AA115" s="29"/>
@@ -37700,52 +37922,53 @@
       <c r="EL115" s="30"/>
       <c r="EM115" s="30"/>
       <c r="EN115" s="30"/>
       <c r="EO115" s="30"/>
       <c r="EP115" s="30"/>
       <c r="EQ115" s="30"/>
       <c r="ER115" s="30"/>
       <c r="ES115" s="30"/>
       <c r="ET115" s="30"/>
       <c r="EU115" s="30"/>
       <c r="EV115" s="30"/>
       <c r="EW115" s="30"/>
       <c r="EX115" s="30"/>
       <c r="EY115" s="30"/>
       <c r="EZ115" s="30"/>
       <c r="FA115" s="30"/>
       <c r="FB115" s="30"/>
       <c r="FC115" s="30"/>
       <c r="FD115" s="30"/>
       <c r="FE115" s="30"/>
       <c r="FF115" s="30"/>
       <c r="FG115" s="30"/>
       <c r="FH115" s="30"/>
       <c r="FI115" s="30"/>
       <c r="FJ115" s="30"/>
+      <c r="FK115" s="30"/>
     </row>
-    <row r="116" spans="3:166" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="116" spans="3:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C116" s="29"/>
       <c r="D116" s="29"/>
       <c r="E116" s="29"/>
       <c r="F116" s="29"/>
       <c r="G116" s="29"/>
       <c r="H116" s="29"/>
       <c r="I116" s="29"/>
       <c r="J116" s="29"/>
       <c r="K116" s="29"/>
       <c r="L116" s="29"/>
       <c r="M116" s="29"/>
       <c r="N116" s="29"/>
       <c r="O116" s="29"/>
       <c r="P116" s="29"/>
       <c r="Q116" s="29"/>
       <c r="R116" s="29"/>
       <c r="S116" s="29"/>
       <c r="T116" s="29"/>
       <c r="U116" s="29"/>
       <c r="V116" s="29"/>
       <c r="W116" s="29"/>
       <c r="X116" s="29"/>
       <c r="Y116" s="29"/>
       <c r="Z116" s="29"/>
       <c r="AA116" s="29"/>
@@ -37862,52 +38085,53 @@
       <c r="EL116" s="30"/>
       <c r="EM116" s="30"/>
       <c r="EN116" s="30"/>
       <c r="EO116" s="30"/>
       <c r="EP116" s="30"/>
       <c r="EQ116" s="30"/>
       <c r="ER116" s="30"/>
       <c r="ES116" s="30"/>
       <c r="ET116" s="30"/>
       <c r="EU116" s="30"/>
       <c r="EV116" s="30"/>
       <c r="EW116" s="30"/>
       <c r="EX116" s="30"/>
       <c r="EY116" s="30"/>
       <c r="EZ116" s="30"/>
       <c r="FA116" s="30"/>
       <c r="FB116" s="30"/>
       <c r="FC116" s="30"/>
       <c r="FD116" s="30"/>
       <c r="FE116" s="30"/>
       <c r="FF116" s="30"/>
       <c r="FG116" s="30"/>
       <c r="FH116" s="30"/>
       <c r="FI116" s="30"/>
       <c r="FJ116" s="30"/>
+      <c r="FK116" s="30"/>
     </row>
-    <row r="117" spans="3:166" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="117" spans="3:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C117" s="29"/>
       <c r="D117" s="29"/>
       <c r="E117" s="29"/>
       <c r="F117" s="29"/>
       <c r="G117" s="29"/>
       <c r="H117" s="29"/>
       <c r="I117" s="29"/>
       <c r="J117" s="29"/>
       <c r="K117" s="29"/>
       <c r="L117" s="29"/>
       <c r="M117" s="29"/>
       <c r="N117" s="29"/>
       <c r="O117" s="29"/>
       <c r="P117" s="29"/>
       <c r="Q117" s="29"/>
       <c r="R117" s="29"/>
       <c r="S117" s="29"/>
       <c r="T117" s="29"/>
       <c r="U117" s="29"/>
       <c r="V117" s="29"/>
       <c r="W117" s="29"/>
       <c r="X117" s="29"/>
       <c r="Y117" s="29"/>
       <c r="Z117" s="29"/>
       <c r="AA117" s="29"/>
@@ -38024,52 +38248,53 @@
       <c r="EL117" s="30"/>
       <c r="EM117" s="30"/>
       <c r="EN117" s="30"/>
       <c r="EO117" s="30"/>
       <c r="EP117" s="30"/>
       <c r="EQ117" s="30"/>
       <c r="ER117" s="30"/>
       <c r="ES117" s="30"/>
       <c r="ET117" s="30"/>
       <c r="EU117" s="30"/>
       <c r="EV117" s="30"/>
       <c r="EW117" s="30"/>
       <c r="EX117" s="30"/>
       <c r="EY117" s="30"/>
       <c r="EZ117" s="30"/>
       <c r="FA117" s="30"/>
       <c r="FB117" s="30"/>
       <c r="FC117" s="30"/>
       <c r="FD117" s="30"/>
       <c r="FE117" s="30"/>
       <c r="FF117" s="30"/>
       <c r="FG117" s="30"/>
       <c r="FH117" s="30"/>
       <c r="FI117" s="30"/>
       <c r="FJ117" s="30"/>
+      <c r="FK117" s="30"/>
     </row>
-    <row r="118" spans="3:166" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="118" spans="3:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C118" s="29"/>
       <c r="D118" s="29"/>
       <c r="E118" s="29"/>
       <c r="F118" s="29"/>
       <c r="G118" s="29"/>
       <c r="H118" s="29"/>
       <c r="I118" s="29"/>
       <c r="J118" s="29"/>
       <c r="K118" s="29"/>
       <c r="L118" s="29"/>
       <c r="M118" s="29"/>
       <c r="N118" s="29"/>
       <c r="O118" s="29"/>
       <c r="P118" s="29"/>
       <c r="Q118" s="29"/>
       <c r="R118" s="29"/>
       <c r="S118" s="29"/>
       <c r="T118" s="29"/>
       <c r="U118" s="29"/>
       <c r="V118" s="29"/>
       <c r="W118" s="29"/>
       <c r="X118" s="29"/>
       <c r="Y118" s="29"/>
       <c r="Z118" s="29"/>
       <c r="AA118" s="29"/>
@@ -38186,52 +38411,53 @@
       <c r="EL118" s="30"/>
       <c r="EM118" s="30"/>
       <c r="EN118" s="30"/>
       <c r="EO118" s="30"/>
       <c r="EP118" s="30"/>
       <c r="EQ118" s="30"/>
       <c r="ER118" s="30"/>
       <c r="ES118" s="30"/>
       <c r="ET118" s="30"/>
       <c r="EU118" s="30"/>
       <c r="EV118" s="30"/>
       <c r="EW118" s="30"/>
       <c r="EX118" s="30"/>
       <c r="EY118" s="30"/>
       <c r="EZ118" s="30"/>
       <c r="FA118" s="30"/>
       <c r="FB118" s="30"/>
       <c r="FC118" s="30"/>
       <c r="FD118" s="30"/>
       <c r="FE118" s="30"/>
       <c r="FF118" s="30"/>
       <c r="FG118" s="30"/>
       <c r="FH118" s="30"/>
       <c r="FI118" s="30"/>
       <c r="FJ118" s="30"/>
+      <c r="FK118" s="30"/>
     </row>
-    <row r="119" spans="3:166" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="119" spans="3:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C119" s="29"/>
       <c r="D119" s="29"/>
       <c r="E119" s="29"/>
       <c r="F119" s="29"/>
       <c r="G119" s="29"/>
       <c r="H119" s="29"/>
       <c r="I119" s="29"/>
       <c r="J119" s="29"/>
       <c r="K119" s="29"/>
       <c r="L119" s="29"/>
       <c r="M119" s="29"/>
       <c r="N119" s="29"/>
       <c r="O119" s="29"/>
       <c r="P119" s="29"/>
       <c r="Q119" s="29"/>
       <c r="R119" s="29"/>
       <c r="S119" s="29"/>
       <c r="T119" s="29"/>
       <c r="U119" s="29"/>
       <c r="V119" s="29"/>
       <c r="W119" s="29"/>
       <c r="X119" s="29"/>
       <c r="Y119" s="29"/>
       <c r="Z119" s="29"/>
       <c r="AA119" s="29"/>
@@ -38348,52 +38574,53 @@
       <c r="EL119" s="30"/>
       <c r="EM119" s="30"/>
       <c r="EN119" s="30"/>
       <c r="EO119" s="30"/>
       <c r="EP119" s="30"/>
       <c r="EQ119" s="30"/>
       <c r="ER119" s="30"/>
       <c r="ES119" s="30"/>
       <c r="ET119" s="30"/>
       <c r="EU119" s="30"/>
       <c r="EV119" s="30"/>
       <c r="EW119" s="30"/>
       <c r="EX119" s="30"/>
       <c r="EY119" s="30"/>
       <c r="EZ119" s="30"/>
       <c r="FA119" s="30"/>
       <c r="FB119" s="30"/>
       <c r="FC119" s="30"/>
       <c r="FD119" s="30"/>
       <c r="FE119" s="30"/>
       <c r="FF119" s="30"/>
       <c r="FG119" s="30"/>
       <c r="FH119" s="30"/>
       <c r="FI119" s="30"/>
       <c r="FJ119" s="30"/>
+      <c r="FK119" s="30"/>
     </row>
-    <row r="120" spans="3:166" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="120" spans="3:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C120" s="29"/>
       <c r="D120" s="29"/>
       <c r="E120" s="29"/>
       <c r="F120" s="29"/>
       <c r="G120" s="29"/>
       <c r="H120" s="29"/>
       <c r="I120" s="29"/>
       <c r="J120" s="29"/>
       <c r="K120" s="29"/>
       <c r="L120" s="29"/>
       <c r="M120" s="29"/>
       <c r="N120" s="29"/>
       <c r="O120" s="29"/>
       <c r="P120" s="29"/>
       <c r="Q120" s="29"/>
       <c r="R120" s="29"/>
       <c r="S120" s="29"/>
       <c r="T120" s="29"/>
       <c r="U120" s="29"/>
       <c r="V120" s="29"/>
       <c r="W120" s="29"/>
       <c r="X120" s="29"/>
       <c r="Y120" s="29"/>
       <c r="Z120" s="29"/>
       <c r="AA120" s="29"/>
@@ -38510,52 +38737,53 @@
       <c r="EL120" s="29"/>
       <c r="EM120" s="29"/>
       <c r="EN120" s="29"/>
       <c r="EO120" s="29"/>
       <c r="EP120" s="29"/>
       <c r="EQ120" s="29"/>
       <c r="ER120" s="29"/>
       <c r="ES120" s="29"/>
       <c r="ET120" s="29"/>
       <c r="EU120" s="29"/>
       <c r="EV120" s="29"/>
       <c r="EW120" s="29"/>
       <c r="EX120" s="29"/>
       <c r="EY120" s="29"/>
       <c r="EZ120" s="29"/>
       <c r="FA120" s="29"/>
       <c r="FB120" s="29"/>
       <c r="FC120" s="29"/>
       <c r="FD120" s="29"/>
       <c r="FE120" s="29"/>
       <c r="FF120" s="29"/>
       <c r="FG120" s="29"/>
       <c r="FH120" s="29"/>
       <c r="FI120" s="29"/>
       <c r="FJ120" s="29"/>
+      <c r="FK120" s="29"/>
     </row>
-    <row r="121" spans="3:166" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="121" spans="3:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C121" s="29"/>
       <c r="D121" s="29"/>
       <c r="E121" s="29"/>
       <c r="F121" s="29"/>
       <c r="G121" s="29"/>
       <c r="H121" s="29"/>
       <c r="I121" s="29"/>
       <c r="J121" s="29"/>
       <c r="K121" s="29"/>
       <c r="L121" s="29"/>
       <c r="M121" s="29"/>
       <c r="N121" s="29"/>
       <c r="O121" s="29"/>
       <c r="P121" s="29"/>
       <c r="Q121" s="29"/>
       <c r="R121" s="29"/>
       <c r="S121" s="29"/>
       <c r="T121" s="29"/>
       <c r="U121" s="29"/>
       <c r="V121" s="29"/>
       <c r="W121" s="29"/>
       <c r="X121" s="29"/>
       <c r="Y121" s="29"/>
       <c r="Z121" s="29"/>
       <c r="AA121" s="29"/>
@@ -38672,52 +38900,53 @@
       <c r="EL121" s="29"/>
       <c r="EM121" s="29"/>
       <c r="EN121" s="29"/>
       <c r="EO121" s="29"/>
       <c r="EP121" s="29"/>
       <c r="EQ121" s="29"/>
       <c r="ER121" s="29"/>
       <c r="ES121" s="29"/>
       <c r="ET121" s="29"/>
       <c r="EU121" s="29"/>
       <c r="EV121" s="29"/>
       <c r="EW121" s="29"/>
       <c r="EX121" s="29"/>
       <c r="EY121" s="29"/>
       <c r="EZ121" s="29"/>
       <c r="FA121" s="29"/>
       <c r="FB121" s="29"/>
       <c r="FC121" s="29"/>
       <c r="FD121" s="29"/>
       <c r="FE121" s="29"/>
       <c r="FF121" s="29"/>
       <c r="FG121" s="29"/>
       <c r="FH121" s="29"/>
       <c r="FI121" s="29"/>
       <c r="FJ121" s="29"/>
+      <c r="FK121" s="29"/>
     </row>
-    <row r="122" spans="3:166" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="122" spans="3:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C122" s="29"/>
       <c r="D122" s="29"/>
       <c r="E122" s="29"/>
       <c r="F122" s="29"/>
       <c r="G122" s="29"/>
       <c r="H122" s="29"/>
       <c r="I122" s="29"/>
       <c r="J122" s="29"/>
       <c r="K122" s="29"/>
       <c r="L122" s="29"/>
       <c r="M122" s="29"/>
       <c r="N122" s="29"/>
       <c r="O122" s="29"/>
       <c r="P122" s="29"/>
       <c r="Q122" s="29"/>
       <c r="R122" s="29"/>
       <c r="S122" s="29"/>
       <c r="T122" s="29"/>
       <c r="U122" s="29"/>
       <c r="V122" s="29"/>
       <c r="W122" s="29"/>
       <c r="X122" s="29"/>
       <c r="Y122" s="29"/>
       <c r="Z122" s="29"/>
       <c r="AA122" s="29"/>
@@ -38834,52 +39063,53 @@
       <c r="EL122" s="29"/>
       <c r="EM122" s="29"/>
       <c r="EN122" s="29"/>
       <c r="EO122" s="29"/>
       <c r="EP122" s="29"/>
       <c r="EQ122" s="29"/>
       <c r="ER122" s="29"/>
       <c r="ES122" s="29"/>
       <c r="ET122" s="29"/>
       <c r="EU122" s="29"/>
       <c r="EV122" s="29"/>
       <c r="EW122" s="29"/>
       <c r="EX122" s="29"/>
       <c r="EY122" s="29"/>
       <c r="EZ122" s="29"/>
       <c r="FA122" s="29"/>
       <c r="FB122" s="29"/>
       <c r="FC122" s="29"/>
       <c r="FD122" s="29"/>
       <c r="FE122" s="29"/>
       <c r="FF122" s="29"/>
       <c r="FG122" s="29"/>
       <c r="FH122" s="29"/>
       <c r="FI122" s="29"/>
       <c r="FJ122" s="29"/>
+      <c r="FK122" s="29"/>
     </row>
-    <row r="123" spans="3:166" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="123" spans="3:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C123" s="29"/>
       <c r="D123" s="29"/>
       <c r="E123" s="29"/>
       <c r="F123" s="29"/>
       <c r="G123" s="29"/>
       <c r="H123" s="29"/>
       <c r="I123" s="29"/>
       <c r="J123" s="29"/>
       <c r="K123" s="29"/>
       <c r="L123" s="29"/>
       <c r="M123" s="29"/>
       <c r="N123" s="29"/>
       <c r="O123" s="29"/>
       <c r="P123" s="29"/>
       <c r="Q123" s="29"/>
       <c r="R123" s="29"/>
       <c r="S123" s="29"/>
       <c r="T123" s="29"/>
       <c r="U123" s="29"/>
       <c r="V123" s="29"/>
       <c r="W123" s="29"/>
       <c r="X123" s="29"/>
       <c r="Y123" s="29"/>
       <c r="Z123" s="29"/>
       <c r="AA123" s="29"/>
@@ -38996,52 +39226,53 @@
       <c r="EL123" s="29"/>
       <c r="EM123" s="29"/>
       <c r="EN123" s="29"/>
       <c r="EO123" s="29"/>
       <c r="EP123" s="29"/>
       <c r="EQ123" s="29"/>
       <c r="ER123" s="29"/>
       <c r="ES123" s="29"/>
       <c r="ET123" s="29"/>
       <c r="EU123" s="29"/>
       <c r="EV123" s="29"/>
       <c r="EW123" s="29"/>
       <c r="EX123" s="29"/>
       <c r="EY123" s="29"/>
       <c r="EZ123" s="29"/>
       <c r="FA123" s="29"/>
       <c r="FB123" s="29"/>
       <c r="FC123" s="29"/>
       <c r="FD123" s="29"/>
       <c r="FE123" s="29"/>
       <c r="FF123" s="29"/>
       <c r="FG123" s="29"/>
       <c r="FH123" s="29"/>
       <c r="FI123" s="29"/>
       <c r="FJ123" s="29"/>
+      <c r="FK123" s="29"/>
     </row>
-    <row r="124" spans="3:166" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="124" spans="3:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C124" s="29"/>
       <c r="D124" s="29"/>
       <c r="E124" s="29"/>
       <c r="F124" s="29"/>
       <c r="G124" s="29"/>
       <c r="H124" s="29"/>
       <c r="I124" s="29"/>
       <c r="J124" s="29"/>
       <c r="K124" s="29"/>
       <c r="L124" s="29"/>
       <c r="M124" s="29"/>
       <c r="N124" s="29"/>
       <c r="O124" s="29"/>
       <c r="P124" s="29"/>
       <c r="Q124" s="29"/>
       <c r="R124" s="29"/>
       <c r="S124" s="29"/>
       <c r="T124" s="29"/>
       <c r="U124" s="29"/>
       <c r="V124" s="29"/>
       <c r="W124" s="29"/>
       <c r="X124" s="29"/>
       <c r="Y124" s="29"/>
       <c r="Z124" s="29"/>
       <c r="AA124" s="29"/>
@@ -39158,52 +39389,53 @@
       <c r="EL124" s="29"/>
       <c r="EM124" s="29"/>
       <c r="EN124" s="29"/>
       <c r="EO124" s="29"/>
       <c r="EP124" s="29"/>
       <c r="EQ124" s="29"/>
       <c r="ER124" s="29"/>
       <c r="ES124" s="29"/>
       <c r="ET124" s="29"/>
       <c r="EU124" s="29"/>
       <c r="EV124" s="29"/>
       <c r="EW124" s="29"/>
       <c r="EX124" s="29"/>
       <c r="EY124" s="29"/>
       <c r="EZ124" s="29"/>
       <c r="FA124" s="29"/>
       <c r="FB124" s="29"/>
       <c r="FC124" s="29"/>
       <c r="FD124" s="29"/>
       <c r="FE124" s="29"/>
       <c r="FF124" s="29"/>
       <c r="FG124" s="29"/>
       <c r="FH124" s="29"/>
       <c r="FI124" s="29"/>
       <c r="FJ124" s="29"/>
+      <c r="FK124" s="29"/>
     </row>
-    <row r="125" spans="3:166" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="125" spans="3:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C125" s="29"/>
       <c r="D125" s="29"/>
       <c r="E125" s="29"/>
       <c r="F125" s="29"/>
       <c r="G125" s="29"/>
       <c r="H125" s="29"/>
       <c r="I125" s="29"/>
       <c r="J125" s="29"/>
       <c r="K125" s="29"/>
       <c r="L125" s="29"/>
       <c r="M125" s="29"/>
       <c r="N125" s="29"/>
       <c r="O125" s="29"/>
       <c r="P125" s="29"/>
       <c r="Q125" s="29"/>
       <c r="R125" s="29"/>
       <c r="S125" s="29"/>
       <c r="T125" s="29"/>
       <c r="U125" s="29"/>
       <c r="V125" s="29"/>
       <c r="W125" s="29"/>
       <c r="X125" s="29"/>
       <c r="Y125" s="29"/>
       <c r="Z125" s="29"/>
       <c r="AA125" s="29"/>
@@ -39320,50 +39552,51 @@
       <c r="EL125" s="29"/>
       <c r="EM125" s="29"/>
       <c r="EN125" s="29"/>
       <c r="EO125" s="29"/>
       <c r="EP125" s="29"/>
       <c r="EQ125" s="29"/>
       <c r="ER125" s="29"/>
       <c r="ES125" s="29"/>
       <c r="ET125" s="29"/>
       <c r="EU125" s="29"/>
       <c r="EV125" s="29"/>
       <c r="EW125" s="29"/>
       <c r="EX125" s="29"/>
       <c r="EY125" s="29"/>
       <c r="EZ125" s="29"/>
       <c r="FA125" s="29"/>
       <c r="FB125" s="29"/>
       <c r="FC125" s="29"/>
       <c r="FD125" s="29"/>
       <c r="FE125" s="29"/>
       <c r="FF125" s="29"/>
       <c r="FG125" s="29"/>
       <c r="FH125" s="29"/>
       <c r="FI125" s="29"/>
       <c r="FJ125" s="29"/>
+      <c r="FK125" s="29"/>
     </row>
   </sheetData>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="90" fitToWidth="0" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Radni listovi</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Imenovani rasponi</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>