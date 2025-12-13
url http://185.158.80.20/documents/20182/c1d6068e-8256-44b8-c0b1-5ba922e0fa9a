--- v1 (2025-11-19)
+++ v2 (2025-12-13)
@@ -2,73 +2,73 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <workbookPr defaultThemeVersion="153222"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\262\VRPA\BILTENSKE TABLICE\VP_1-10 - NOVO\biltenske tablice\2025\202510\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\262\VRPA\BILTENSKE TABLICE\VP_1-10 - NOVO\biltenske tablice\2025\202511\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
     <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="14235"/>
   </bookViews>
   <sheets>
     <sheet name="EUR" sheetId="3" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">EUR!$B:$B</definedName>
   </definedNames>
   <calcPr calcId="162913"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="226" uniqueCount="185">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="227" uniqueCount="186">
   <si>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t>market valuation</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t>Dec. 2011</t>
     </r>
   </si>
   <si>
@@ -1279,50 +1279,53 @@
   </si>
   <si>
     <t>Dec. 2024</t>
   </si>
   <si>
     <t>Jan. 2025</t>
   </si>
   <si>
     <t>Feb. 2025</t>
   </si>
   <si>
     <t>Mar. 2025</t>
   </si>
   <si>
     <t>Apr. 2025</t>
   </si>
   <si>
     <t>Jun. 2025</t>
   </si>
   <si>
     <t>Jul. 2025</t>
   </si>
   <si>
     <t>Aug. 2025</t>
   </si>
+  <si>
+    <t>Sep. 2025</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="_-* #,##0.00\ _k_n_-;\-* #,##0.00\ _k_n_-;_-* &quot;-&quot;??\ _k_n_-;_-@_-"/>
     <numFmt numFmtId="165" formatCode="#,##0.0"/>
     <numFmt numFmtId="166" formatCode="#,##0.00;\-#,##0.00;&quot;–&quot;;"/>
   </numFmts>
   <fonts count="13" x14ac:knownFonts="1">
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
@@ -1809,248 +1812,249 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="B2:FK125"/>
+  <dimension ref="B2:FL125"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <pane xSplit="2" ySplit="7" topLeftCell="EO8" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="2" ySplit="7" topLeftCell="C8" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="C1" sqref="C1"/>
       <selection pane="bottomLeft" activeCell="A8" sqref="A8"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.33203125" defaultRowHeight="12.95" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.5" style="4" customWidth="1"/>
     <col min="2" max="2" width="47.33203125" style="8" customWidth="1"/>
     <col min="3" max="27" width="11" style="8" customWidth="1"/>
     <col min="28" max="34" width="11" style="3" customWidth="1"/>
-    <col min="35" max="167" width="11" style="4" customWidth="1"/>
-    <col min="168" max="16384" width="9.33203125" style="4"/>
+    <col min="35" max="168" width="11" style="4" customWidth="1"/>
+    <col min="169" max="16384" width="9.33203125" style="4"/>
   </cols>
   <sheetData>
-    <row r="2" spans="2:167" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="2" spans="2:168" ht="18.75" x14ac:dyDescent="0.25">
       <c r="B2" s="1" t="s">
         <v>153</v>
       </c>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
       <c r="J2" s="2"/>
       <c r="K2" s="2"/>
       <c r="L2" s="2"/>
       <c r="M2" s="2"/>
       <c r="N2" s="2"/>
       <c r="O2" s="2"/>
       <c r="P2" s="2"/>
       <c r="Q2" s="2"/>
       <c r="R2" s="2"/>
       <c r="S2" s="2"/>
       <c r="T2" s="2"/>
       <c r="U2" s="2"/>
       <c r="V2" s="2"/>
       <c r="W2" s="2"/>
       <c r="X2" s="2"/>
       <c r="Y2" s="2"/>
       <c r="Z2" s="2"/>
       <c r="AA2" s="2"/>
     </row>
-    <row r="3" spans="2:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="3" spans="2:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B3" s="5" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="6"/>
       <c r="D3" s="6"/>
       <c r="E3" s="6"/>
       <c r="F3" s="6"/>
       <c r="G3" s="6"/>
       <c r="H3" s="6"/>
       <c r="I3" s="6"/>
       <c r="J3" s="6"/>
       <c r="K3" s="6"/>
       <c r="L3" s="6"/>
       <c r="M3" s="6"/>
       <c r="N3" s="6"/>
       <c r="O3" s="6"/>
       <c r="P3" s="6"/>
       <c r="Q3" s="6"/>
       <c r="R3" s="6"/>
       <c r="S3" s="6"/>
       <c r="T3" s="6"/>
       <c r="U3" s="6"/>
       <c r="V3" s="6"/>
       <c r="W3" s="6"/>
       <c r="X3" s="6"/>
       <c r="Y3" s="6"/>
       <c r="Z3" s="6"/>
       <c r="AA3" s="6"/>
       <c r="AB3" s="6"/>
       <c r="AC3" s="6"/>
       <c r="AD3" s="6"/>
       <c r="AE3" s="6"/>
       <c r="AF3" s="6"/>
       <c r="AG3" s="6"/>
       <c r="AH3" s="6"/>
     </row>
-    <row r="4" spans="2:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="4" spans="2:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B4" s="5"/>
       <c r="C4" s="6"/>
       <c r="D4" s="6"/>
       <c r="E4" s="6"/>
       <c r="F4" s="6"/>
       <c r="G4" s="6"/>
       <c r="H4" s="6"/>
       <c r="I4" s="6"/>
       <c r="J4" s="6"/>
       <c r="K4" s="6"/>
       <c r="L4" s="6"/>
       <c r="M4" s="6"/>
       <c r="N4" s="6"/>
       <c r="O4" s="6"/>
       <c r="P4" s="6"/>
       <c r="Q4" s="6"/>
       <c r="R4" s="6"/>
       <c r="S4" s="6"/>
       <c r="T4" s="6"/>
       <c r="U4" s="6"/>
       <c r="V4" s="6"/>
       <c r="W4" s="6"/>
       <c r="X4" s="6"/>
       <c r="Y4" s="6"/>
       <c r="Z4" s="6"/>
       <c r="AA4" s="6"/>
       <c r="AB4" s="6"/>
       <c r="AC4" s="6"/>
       <c r="AD4" s="6"/>
       <c r="AE4" s="6"/>
       <c r="AF4" s="6"/>
       <c r="AG4" s="6"/>
       <c r="AH4" s="6"/>
     </row>
-    <row r="5" spans="2:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="5" spans="2:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B5" s="5"/>
       <c r="C5" s="6"/>
       <c r="D5" s="6"/>
       <c r="E5" s="6"/>
       <c r="F5" s="6"/>
       <c r="G5" s="6"/>
       <c r="H5" s="6"/>
       <c r="I5" s="6"/>
       <c r="J5" s="6"/>
       <c r="K5" s="6"/>
       <c r="L5" s="6"/>
       <c r="M5" s="6"/>
       <c r="N5" s="6"/>
       <c r="O5" s="6"/>
       <c r="P5" s="6"/>
       <c r="Q5" s="6"/>
       <c r="R5" s="6"/>
       <c r="S5" s="6"/>
       <c r="T5" s="6"/>
       <c r="U5" s="6"/>
       <c r="V5" s="6"/>
       <c r="W5" s="6"/>
       <c r="X5" s="6"/>
       <c r="Y5" s="6"/>
       <c r="Z5" s="6"/>
       <c r="AA5" s="6"/>
       <c r="AB5" s="6"/>
       <c r="AC5" s="6"/>
       <c r="AD5" s="6"/>
       <c r="AE5" s="6"/>
       <c r="AF5" s="6"/>
       <c r="AG5" s="6"/>
       <c r="AH5" s="6"/>
     </row>
-    <row r="6" spans="2:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="6" spans="2:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B6" s="7" t="s">
         <v>148</v>
       </c>
       <c r="DW6" s="31"/>
       <c r="DX6" s="31"/>
       <c r="DY6" s="31"/>
       <c r="DZ6" s="31"/>
       <c r="EF6" s="31"/>
       <c r="EG6" s="31"/>
       <c r="EH6" s="31"/>
       <c r="EI6" s="31"/>
       <c r="EJ6" s="31"/>
       <c r="EK6" s="31"/>
       <c r="EL6" s="31"/>
       <c r="EM6" s="31"/>
       <c r="EN6" s="31"/>
       <c r="EO6" s="31"/>
       <c r="EP6" s="31"/>
       <c r="EQ6" s="31"/>
       <c r="ER6" s="31"/>
       <c r="ES6" s="31"/>
       <c r="ET6" s="31"/>
       <c r="EU6" s="31"/>
       <c r="EV6" s="31"/>
       <c r="EW6" s="31"/>
       <c r="EX6" s="31"/>
       <c r="EY6" s="31"/>
       <c r="EZ6" s="31"/>
       <c r="FA6" s="31"/>
       <c r="FB6" s="31"/>
       <c r="FC6" s="31"/>
       <c r="FD6" s="31"/>
       <c r="FE6" s="31"/>
       <c r="FF6" s="31"/>
       <c r="FG6" s="31"/>
       <c r="FH6" s="31"/>
       <c r="FI6" s="31"/>
       <c r="FJ6" s="31"/>
       <c r="FK6" s="31"/>
+      <c r="FL6" s="31"/>
     </row>
-    <row r="7" spans="2:167" s="11" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="7" spans="2:168" s="11" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B7" s="9"/>
       <c r="C7" s="10" t="s">
         <v>1</v>
       </c>
       <c r="D7" s="10" t="s">
         <v>2</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>3</v>
       </c>
       <c r="F7" s="10" t="s">
         <v>4</v>
       </c>
       <c r="G7" s="10" t="s">
         <v>5</v>
       </c>
       <c r="H7" s="10" t="s">
         <v>6</v>
       </c>
       <c r="I7" s="10" t="s">
         <v>7</v>
       </c>
       <c r="J7" s="10" t="s">
         <v>8</v>
       </c>
@@ -2503,52 +2507,55 @@
       </c>
       <c r="FD7" s="10" t="s">
         <v>178</v>
       </c>
       <c r="FE7" s="10" t="s">
         <v>179</v>
       </c>
       <c r="FF7" s="10" t="s">
         <v>180</v>
       </c>
       <c r="FG7" s="10" t="s">
         <v>181</v>
       </c>
       <c r="FH7" s="10" t="s">
         <v>170</v>
       </c>
       <c r="FI7" s="10" t="s">
         <v>182</v>
       </c>
       <c r="FJ7" s="10" t="s">
         <v>183</v>
       </c>
       <c r="FK7" s="10" t="s">
         <v>184</v>
       </c>
+      <c r="FL7" s="10" t="s">
+        <v>185</v>
+      </c>
     </row>
-    <row r="8" spans="2:167" s="14" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="8" spans="2:168" s="14" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B8" s="12" t="s">
         <v>51</v>
       </c>
       <c r="C8" s="13"/>
       <c r="D8" s="13"/>
       <c r="E8" s="13"/>
       <c r="F8" s="13"/>
       <c r="G8" s="13"/>
       <c r="H8" s="13"/>
       <c r="I8" s="13"/>
       <c r="J8" s="13"/>
       <c r="K8" s="13"/>
       <c r="L8" s="13"/>
       <c r="M8" s="13"/>
       <c r="N8" s="13"/>
       <c r="O8" s="13"/>
       <c r="P8" s="13"/>
       <c r="Q8" s="13"/>
       <c r="R8" s="13"/>
       <c r="S8" s="13"/>
       <c r="T8" s="13"/>
       <c r="U8" s="13"/>
       <c r="V8" s="13"/>
       <c r="W8" s="13"/>
       <c r="X8" s="13"/>
@@ -2673,52 +2680,53 @@
       <c r="EM8" s="13"/>
       <c r="EN8" s="13"/>
       <c r="EO8" s="13"/>
       <c r="EP8" s="13"/>
       <c r="EQ8" s="13"/>
       <c r="ER8" s="13"/>
       <c r="ES8" s="13"/>
       <c r="ET8" s="13"/>
       <c r="EU8" s="13"/>
       <c r="EV8" s="13"/>
       <c r="EW8" s="13"/>
       <c r="EX8" s="13"/>
       <c r="EY8" s="13"/>
       <c r="EZ8" s="13"/>
       <c r="FA8" s="13"/>
       <c r="FB8" s="13"/>
       <c r="FC8" s="13"/>
       <c r="FD8" s="13"/>
       <c r="FE8" s="13"/>
       <c r="FF8" s="13"/>
       <c r="FG8" s="13"/>
       <c r="FH8" s="13"/>
       <c r="FI8" s="13"/>
       <c r="FJ8" s="13"/>
       <c r="FK8" s="13"/>
+      <c r="FL8" s="13"/>
     </row>
-    <row r="9" spans="2:167" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="9" spans="2:168" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B9" s="15" t="s">
         <v>52</v>
       </c>
       <c r="C9" s="16">
         <v>0</v>
       </c>
       <c r="D9" s="16">
         <v>0</v>
       </c>
       <c r="E9" s="16">
         <v>0</v>
       </c>
       <c r="F9" s="16">
         <v>0</v>
       </c>
       <c r="G9" s="16">
         <v>0</v>
       </c>
       <c r="H9" s="16">
         <v>0</v>
       </c>
       <c r="I9" s="16">
         <v>0</v>
       </c>
       <c r="J9" s="16">
@@ -3173,52 +3181,55 @@
       </c>
       <c r="FD9" s="16">
         <v>0</v>
       </c>
       <c r="FE9" s="16">
         <v>0</v>
       </c>
       <c r="FF9" s="16">
         <v>0</v>
       </c>
       <c r="FG9" s="16">
         <v>0</v>
       </c>
       <c r="FH9" s="16">
         <v>0</v>
       </c>
       <c r="FI9" s="16">
         <v>0</v>
       </c>
       <c r="FJ9" s="16">
         <v>0.53084149999999997</v>
       </c>
       <c r="FK9" s="16">
         <v>0.53084149999999997</v>
       </c>
+      <c r="FL9" s="16">
+        <v>0.53084149999999997</v>
+      </c>
     </row>
-    <row r="10" spans="2:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="10" spans="2:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B10" s="17" t="s">
         <v>53</v>
       </c>
       <c r="C10" s="18">
         <v>0</v>
       </c>
       <c r="D10" s="18">
         <v>0</v>
       </c>
       <c r="E10" s="18">
         <v>0</v>
       </c>
       <c r="F10" s="18">
         <v>0</v>
       </c>
       <c r="G10" s="18">
         <v>0</v>
       </c>
       <c r="H10" s="18">
         <v>0</v>
       </c>
       <c r="I10" s="18">
         <v>0</v>
       </c>
       <c r="J10" s="18">
@@ -3673,52 +3684,55 @@
       </c>
       <c r="FD10" s="18">
         <v>0</v>
       </c>
       <c r="FE10" s="18">
         <v>0</v>
       </c>
       <c r="FF10" s="18">
         <v>0</v>
       </c>
       <c r="FG10" s="18">
         <v>0</v>
       </c>
       <c r="FH10" s="18">
         <v>0</v>
       </c>
       <c r="FI10" s="18">
         <v>0</v>
       </c>
       <c r="FJ10" s="18">
         <v>0.53084149999999997</v>
       </c>
       <c r="FK10" s="18">
         <v>0.53084149999999997</v>
       </c>
+      <c r="FL10" s="18">
+        <v>0.53084149999999997</v>
+      </c>
     </row>
-    <row r="11" spans="2:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="11" spans="2:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B11" s="19" t="s">
         <v>54</v>
       </c>
       <c r="C11" s="20">
         <v>0</v>
       </c>
       <c r="D11" s="20">
         <v>0</v>
       </c>
       <c r="E11" s="20">
         <v>0</v>
       </c>
       <c r="F11" s="20">
         <v>0</v>
       </c>
       <c r="G11" s="20">
         <v>0</v>
       </c>
       <c r="H11" s="20">
         <v>0</v>
       </c>
       <c r="I11" s="20">
         <v>0</v>
       </c>
       <c r="J11" s="20">
@@ -4173,52 +4187,55 @@
       </c>
       <c r="FD11" s="20">
         <v>0</v>
       </c>
       <c r="FE11" s="20">
         <v>0</v>
       </c>
       <c r="FF11" s="20">
         <v>0</v>
       </c>
       <c r="FG11" s="20">
         <v>0</v>
       </c>
       <c r="FH11" s="20">
         <v>0</v>
       </c>
       <c r="FI11" s="20">
         <v>0</v>
       </c>
       <c r="FJ11" s="20">
         <v>0</v>
       </c>
       <c r="FK11" s="20">
         <v>0</v>
       </c>
+      <c r="FL11" s="20">
+        <v>0</v>
+      </c>
     </row>
-    <row r="12" spans="2:167" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="12" spans="2:168" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B12" s="15" t="s">
         <v>55</v>
       </c>
       <c r="C12" s="16">
         <v>3414.4933291399998</v>
       </c>
       <c r="D12" s="16">
         <v>3353.18243742</v>
       </c>
       <c r="E12" s="16">
         <v>3537.3346182499999</v>
       </c>
       <c r="F12" s="16">
         <v>3753.79132523</v>
       </c>
       <c r="G12" s="16">
         <v>3668.9857475899998</v>
       </c>
       <c r="H12" s="16">
         <v>3360.3809610899998</v>
       </c>
       <c r="I12" s="16">
         <v>3406.8608403200001</v>
       </c>
       <c r="J12" s="16">
@@ -4673,52 +4690,55 @@
       </c>
       <c r="FD12" s="16">
         <v>10386.3401371</v>
       </c>
       <c r="FE12" s="16">
         <v>9363.8012235000006</v>
       </c>
       <c r="FF12" s="16">
         <v>9715.6278426000008</v>
       </c>
       <c r="FG12" s="16">
         <v>8966.8685012999995</v>
       </c>
       <c r="FH12" s="16">
         <v>8450.7549390000004</v>
       </c>
       <c r="FI12" s="16">
         <v>8744.6752223999993</v>
       </c>
       <c r="FJ12" s="16">
         <v>9091.1251152999994</v>
       </c>
       <c r="FK12" s="16">
         <v>8767.1959956999999</v>
       </c>
+      <c r="FL12" s="16">
+        <v>8567.6758539000002</v>
+      </c>
     </row>
-    <row r="13" spans="2:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="13" spans="2:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B13" s="21" t="s">
         <v>53</v>
       </c>
       <c r="C13" s="18">
         <v>3409.4444738699999</v>
       </c>
       <c r="D13" s="18">
         <v>3348.1166798999998</v>
       </c>
       <c r="E13" s="18">
         <v>3532.1944125300001</v>
       </c>
       <c r="F13" s="18">
         <v>3748.7258590500001</v>
       </c>
       <c r="G13" s="18">
         <v>3663.92865953</v>
       </c>
       <c r="H13" s="18">
         <v>3355.9655954999998</v>
       </c>
       <c r="I13" s="18">
         <v>3402.5450997900002</v>
       </c>
       <c r="J13" s="18">
@@ -5173,52 +5193,55 @@
       </c>
       <c r="FD13" s="18">
         <v>10386.3401371</v>
       </c>
       <c r="FE13" s="18">
         <v>9363.8012235000006</v>
       </c>
       <c r="FF13" s="18">
         <v>9715.6278426000008</v>
       </c>
       <c r="FG13" s="18">
         <v>8966.8685012999995</v>
       </c>
       <c r="FH13" s="18">
         <v>8450.7549390000004</v>
       </c>
       <c r="FI13" s="18">
         <v>8744.6752223999993</v>
       </c>
       <c r="FJ13" s="18">
         <v>9091.1251152999994</v>
       </c>
       <c r="FK13" s="18">
         <v>8767.1959956999999</v>
       </c>
+      <c r="FL13" s="18">
+        <v>8567.6758539000002</v>
+      </c>
     </row>
-    <row r="14" spans="2:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="14" spans="2:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B14" s="19" t="s">
         <v>54</v>
       </c>
       <c r="C14" s="20">
         <v>5.0488552699999998</v>
       </c>
       <c r="D14" s="20">
         <v>5.06575752</v>
       </c>
       <c r="E14" s="20">
         <v>5.14020572</v>
       </c>
       <c r="F14" s="20">
         <v>5.0654661900000004</v>
       </c>
       <c r="G14" s="20">
         <v>5.0570880599999999</v>
       </c>
       <c r="H14" s="20">
         <v>4.4153655799999996</v>
       </c>
       <c r="I14" s="20">
         <v>4.3157405300000002</v>
       </c>
       <c r="J14" s="20">
@@ -5673,52 +5696,55 @@
       </c>
       <c r="FD14" s="20">
         <v>0</v>
       </c>
       <c r="FE14" s="20">
         <v>0</v>
       </c>
       <c r="FF14" s="20">
         <v>0</v>
       </c>
       <c r="FG14" s="20">
         <v>0</v>
       </c>
       <c r="FH14" s="20">
         <v>0</v>
       </c>
       <c r="FI14" s="20">
         <v>0</v>
       </c>
       <c r="FJ14" s="20">
         <v>0</v>
       </c>
       <c r="FK14" s="20">
         <v>0</v>
       </c>
+      <c r="FL14" s="20">
+        <v>0</v>
+      </c>
     </row>
-    <row r="15" spans="2:167" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="15" spans="2:168" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B15" s="15" t="s">
         <v>56</v>
       </c>
       <c r="C15" s="16">
         <v>0</v>
       </c>
       <c r="D15" s="16">
         <v>0</v>
       </c>
       <c r="E15" s="16">
         <v>0</v>
       </c>
       <c r="F15" s="16">
         <v>0</v>
       </c>
       <c r="G15" s="16">
         <v>0</v>
       </c>
       <c r="H15" s="16">
         <v>0</v>
       </c>
       <c r="I15" s="16">
         <v>0</v>
       </c>
       <c r="J15" s="16">
@@ -6173,52 +6199,55 @@
       </c>
       <c r="FD15" s="16">
         <v>0</v>
       </c>
       <c r="FE15" s="16">
         <v>0</v>
       </c>
       <c r="FF15" s="16">
         <v>0</v>
       </c>
       <c r="FG15" s="16">
         <v>0</v>
       </c>
       <c r="FH15" s="16">
         <v>0</v>
       </c>
       <c r="FI15" s="16">
         <v>0</v>
       </c>
       <c r="FJ15" s="16">
         <v>0</v>
       </c>
       <c r="FK15" s="16">
         <v>0</v>
       </c>
+      <c r="FL15" s="16">
+        <v>0</v>
+      </c>
     </row>
-    <row r="16" spans="2:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="16" spans="2:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B16" s="17" t="s">
         <v>53</v>
       </c>
       <c r="C16" s="18">
         <v>0</v>
       </c>
       <c r="D16" s="18">
         <v>0</v>
       </c>
       <c r="E16" s="18">
         <v>0</v>
       </c>
       <c r="F16" s="18">
         <v>0</v>
       </c>
       <c r="G16" s="18">
         <v>0</v>
       </c>
       <c r="H16" s="18">
         <v>0</v>
       </c>
       <c r="I16" s="18">
         <v>0</v>
       </c>
       <c r="J16" s="18">
@@ -6673,52 +6702,55 @@
       </c>
       <c r="FD16" s="18">
         <v>0</v>
       </c>
       <c r="FE16" s="18">
         <v>0</v>
       </c>
       <c r="FF16" s="18">
         <v>0</v>
       </c>
       <c r="FG16" s="18">
         <v>0</v>
       </c>
       <c r="FH16" s="18">
         <v>0</v>
       </c>
       <c r="FI16" s="18">
         <v>0</v>
       </c>
       <c r="FJ16" s="18">
         <v>0</v>
       </c>
       <c r="FK16" s="18">
         <v>0</v>
       </c>
+      <c r="FL16" s="18">
+        <v>0</v>
+      </c>
     </row>
-    <row r="17" spans="2:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="17" spans="2:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B17" s="19" t="s">
         <v>54</v>
       </c>
       <c r="C17" s="18">
         <v>0</v>
       </c>
       <c r="D17" s="18">
         <v>0</v>
       </c>
       <c r="E17" s="18">
         <v>0</v>
       </c>
       <c r="F17" s="18">
         <v>0</v>
       </c>
       <c r="G17" s="18">
         <v>0</v>
       </c>
       <c r="H17" s="18">
         <v>0</v>
       </c>
       <c r="I17" s="18">
         <v>0</v>
       </c>
       <c r="J17" s="18">
@@ -7173,52 +7205,55 @@
       </c>
       <c r="FD17" s="18">
         <v>0</v>
       </c>
       <c r="FE17" s="18">
         <v>0</v>
       </c>
       <c r="FF17" s="18">
         <v>0</v>
       </c>
       <c r="FG17" s="18">
         <v>0</v>
       </c>
       <c r="FH17" s="18">
         <v>0</v>
       </c>
       <c r="FI17" s="18">
         <v>0</v>
       </c>
       <c r="FJ17" s="18">
         <v>0</v>
       </c>
       <c r="FK17" s="18">
         <v>0</v>
       </c>
+      <c r="FL17" s="18">
+        <v>0</v>
+      </c>
     </row>
-    <row r="18" spans="2:167" s="2" customFormat="1" ht="9.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="18" spans="2:168" s="2" customFormat="1" ht="9.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B18" s="15" t="s">
         <v>57</v>
       </c>
       <c r="C18" s="16">
         <v>0</v>
       </c>
       <c r="D18" s="16">
         <v>0</v>
       </c>
       <c r="E18" s="16">
         <v>0</v>
       </c>
       <c r="F18" s="16">
         <v>0</v>
       </c>
       <c r="G18" s="16">
         <v>0</v>
       </c>
       <c r="H18" s="16">
         <v>0</v>
       </c>
       <c r="I18" s="16">
         <v>0</v>
       </c>
       <c r="J18" s="16">
@@ -7673,52 +7708,55 @@
       </c>
       <c r="FD18" s="16">
         <v>12.055027000000001</v>
       </c>
       <c r="FE18" s="16">
         <v>12.286811999999999</v>
       </c>
       <c r="FF18" s="16">
         <v>12.750382</v>
       </c>
       <c r="FG18" s="16">
         <v>13.260308999999999</v>
       </c>
       <c r="FH18" s="16">
         <v>12.750382</v>
       </c>
       <c r="FI18" s="16">
         <v>14.419233999999999</v>
       </c>
       <c r="FJ18" s="16">
         <v>14.141092</v>
       </c>
       <c r="FK18" s="16">
         <v>21.094642</v>
       </c>
+      <c r="FL18" s="16">
+        <v>22.253567</v>
+      </c>
     </row>
-    <row r="19" spans="2:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="19" spans="2:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B19" s="17" t="s">
         <v>53</v>
       </c>
       <c r="C19" s="20">
         <v>0</v>
       </c>
       <c r="D19" s="20">
         <v>0</v>
       </c>
       <c r="E19" s="20">
         <v>0</v>
       </c>
       <c r="F19" s="20">
         <v>0</v>
       </c>
       <c r="G19" s="20">
         <v>0</v>
       </c>
       <c r="H19" s="20">
         <v>0</v>
       </c>
       <c r="I19" s="20">
         <v>0</v>
       </c>
       <c r="J19" s="20">
@@ -8173,52 +8211,55 @@
       </c>
       <c r="FD19" s="20">
         <v>12.055027000000001</v>
       </c>
       <c r="FE19" s="20">
         <v>12.286811999999999</v>
       </c>
       <c r="FF19" s="20">
         <v>12.750382</v>
       </c>
       <c r="FG19" s="20">
         <v>13.260308999999999</v>
       </c>
       <c r="FH19" s="20">
         <v>12.750382</v>
       </c>
       <c r="FI19" s="20">
         <v>14.419233999999999</v>
       </c>
       <c r="FJ19" s="20">
         <v>14.141092</v>
       </c>
       <c r="FK19" s="20">
         <v>21.094642</v>
       </c>
+      <c r="FL19" s="20">
+        <v>22.253567</v>
+      </c>
     </row>
-    <row r="20" spans="2:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="20" spans="2:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B20" s="19" t="s">
         <v>54</v>
       </c>
       <c r="C20" s="20">
         <v>0</v>
       </c>
       <c r="D20" s="20">
         <v>0</v>
       </c>
       <c r="E20" s="20">
         <v>0</v>
       </c>
       <c r="F20" s="20">
         <v>0</v>
       </c>
       <c r="G20" s="20">
         <v>0</v>
       </c>
       <c r="H20" s="20">
         <v>0</v>
       </c>
       <c r="I20" s="20">
         <v>0</v>
       </c>
       <c r="J20" s="20">
@@ -8673,52 +8714,55 @@
       </c>
       <c r="FD20" s="20">
         <v>0</v>
       </c>
       <c r="FE20" s="20">
         <v>0</v>
       </c>
       <c r="FF20" s="20">
         <v>0</v>
       </c>
       <c r="FG20" s="20">
         <v>0</v>
       </c>
       <c r="FH20" s="20">
         <v>0</v>
       </c>
       <c r="FI20" s="20">
         <v>0</v>
       </c>
       <c r="FJ20" s="20">
         <v>0</v>
       </c>
       <c r="FK20" s="20">
         <v>0</v>
       </c>
+      <c r="FL20" s="20">
+        <v>0</v>
+      </c>
     </row>
-    <row r="21" spans="2:167" s="2" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="21" spans="2:168" s="2" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B21" s="15" t="s">
         <v>58</v>
       </c>
       <c r="C21" s="16">
         <v>27.78950163</v>
       </c>
       <c r="D21" s="16">
         <v>24.060627780000001</v>
       </c>
       <c r="E21" s="16">
         <v>25.712602029999999</v>
       </c>
       <c r="F21" s="16">
         <v>25.40314553</v>
       </c>
       <c r="G21" s="16">
         <v>25.012860839999998</v>
       </c>
       <c r="H21" s="16">
         <v>21.030725329999999</v>
       </c>
       <c r="I21" s="16">
         <v>20.784391800000002</v>
       </c>
       <c r="J21" s="16">
@@ -9173,52 +9217,55 @@
       </c>
       <c r="FD21" s="16">
         <v>7.25</v>
       </c>
       <c r="FE21" s="16">
         <v>7.1920000000000002</v>
       </c>
       <c r="FF21" s="16">
         <v>7.54</v>
       </c>
       <c r="FG21" s="16">
         <v>7.54</v>
       </c>
       <c r="FH21" s="16">
         <v>7.25</v>
       </c>
       <c r="FI21" s="16">
         <v>6.96</v>
       </c>
       <c r="FJ21" s="16">
         <v>6.6120000000000001</v>
       </c>
       <c r="FK21" s="16">
         <v>6.1479999999999997</v>
       </c>
+      <c r="FL21" s="16">
+        <v>6.3220000000000001</v>
+      </c>
     </row>
-    <row r="22" spans="2:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="22" spans="2:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B22" s="17" t="s">
         <v>53</v>
       </c>
       <c r="C22" s="20">
         <v>27.78950163</v>
       </c>
       <c r="D22" s="20">
         <v>24.060627780000001</v>
       </c>
       <c r="E22" s="20">
         <v>25.712602029999999</v>
       </c>
       <c r="F22" s="20">
         <v>25.40314553</v>
       </c>
       <c r="G22" s="20">
         <v>25.012860839999998</v>
       </c>
       <c r="H22" s="20">
         <v>21.030725329999999</v>
       </c>
       <c r="I22" s="20">
         <v>20.784391800000002</v>
       </c>
       <c r="J22" s="20">
@@ -9673,52 +9720,55 @@
       </c>
       <c r="FD22" s="20">
         <v>7.25</v>
       </c>
       <c r="FE22" s="20">
         <v>7.1920000000000002</v>
       </c>
       <c r="FF22" s="20">
         <v>7.54</v>
       </c>
       <c r="FG22" s="20">
         <v>7.54</v>
       </c>
       <c r="FH22" s="20">
         <v>7.25</v>
       </c>
       <c r="FI22" s="20">
         <v>6.96</v>
       </c>
       <c r="FJ22" s="20">
         <v>6.6120000000000001</v>
       </c>
       <c r="FK22" s="20">
         <v>6.1479999999999997</v>
       </c>
+      <c r="FL22" s="20">
+        <v>6.3220000000000001</v>
+      </c>
     </row>
-    <row r="23" spans="2:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="23" spans="2:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B23" s="19" t="s">
         <v>54</v>
       </c>
       <c r="C23" s="20">
         <v>0</v>
       </c>
       <c r="D23" s="20">
         <v>0</v>
       </c>
       <c r="E23" s="20">
         <v>0</v>
       </c>
       <c r="F23" s="20">
         <v>0</v>
       </c>
       <c r="G23" s="20">
         <v>0</v>
       </c>
       <c r="H23" s="20">
         <v>0</v>
       </c>
       <c r="I23" s="20">
         <v>0</v>
       </c>
       <c r="J23" s="20">
@@ -10173,52 +10223,55 @@
       </c>
       <c r="FD23" s="20">
         <v>0</v>
       </c>
       <c r="FE23" s="20">
         <v>0</v>
       </c>
       <c r="FF23" s="20">
         <v>0</v>
       </c>
       <c r="FG23" s="20">
         <v>0</v>
       </c>
       <c r="FH23" s="20">
         <v>0</v>
       </c>
       <c r="FI23" s="20">
         <v>0</v>
       </c>
       <c r="FJ23" s="20">
         <v>0</v>
       </c>
       <c r="FK23" s="20">
         <v>0</v>
       </c>
+      <c r="FL23" s="20">
+        <v>0</v>
+      </c>
     </row>
-    <row r="24" spans="2:167" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="24" spans="2:168" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B24" s="15" t="s">
         <v>59</v>
       </c>
       <c r="C24" s="16">
         <v>442.89348066000002</v>
       </c>
       <c r="D24" s="16">
         <v>569.16374145999998</v>
       </c>
       <c r="E24" s="16">
         <v>532.13280895000003</v>
       </c>
       <c r="F24" s="16">
         <v>535.19574224999997</v>
       </c>
       <c r="G24" s="16">
         <v>531.50276452000003</v>
       </c>
       <c r="H24" s="16">
         <v>534.22091675000001</v>
       </c>
       <c r="I24" s="16">
         <v>557.27035778000004</v>
       </c>
       <c r="J24" s="16">
@@ -10673,52 +10726,55 @@
       </c>
       <c r="FD24" s="16">
         <v>806.00725</v>
       </c>
       <c r="FE24" s="16">
         <v>833.74854000000005</v>
       </c>
       <c r="FF24" s="16">
         <v>899.14058999999997</v>
       </c>
       <c r="FG24" s="16">
         <v>929.31294000000003</v>
       </c>
       <c r="FH24" s="16">
         <v>1023.89628</v>
       </c>
       <c r="FI24" s="16">
         <v>1093.5978</v>
       </c>
       <c r="FJ24" s="16">
         <v>1052.0531000000001</v>
       </c>
       <c r="FK24" s="16">
         <v>1084.05386</v>
       </c>
+      <c r="FL24" s="16">
+        <v>1060.6470400000001</v>
+      </c>
     </row>
-    <row r="25" spans="2:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="25" spans="2:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B25" s="17" t="s">
         <v>53</v>
       </c>
       <c r="C25" s="18">
         <v>438.35270157000002</v>
       </c>
       <c r="D25" s="18">
         <v>564.62296236999998</v>
       </c>
       <c r="E25" s="18">
         <v>526.09385148000001</v>
       </c>
       <c r="F25" s="18">
         <v>528.22779480999998</v>
       </c>
       <c r="G25" s="18">
         <v>524.53481707000003</v>
       </c>
       <c r="H25" s="18">
         <v>527.25296931000003</v>
       </c>
       <c r="I25" s="18">
         <v>550.06999444999997</v>
       </c>
       <c r="J25" s="18">
@@ -11173,52 +11229,55 @@
       </c>
       <c r="FD25" s="18">
         <v>791.65724999999998</v>
       </c>
       <c r="FE25" s="18">
         <v>818.87354000000005</v>
       </c>
       <c r="FF25" s="18">
         <v>884.26558999999997</v>
       </c>
       <c r="FG25" s="18">
         <v>911.81294000000003</v>
       </c>
       <c r="FH25" s="18">
         <v>1005.17128</v>
       </c>
       <c r="FI25" s="18">
         <v>1072.7728</v>
       </c>
       <c r="FJ25" s="18">
         <v>1031.9281000000001</v>
       </c>
       <c r="FK25" s="18">
         <v>1064.9788599999999</v>
       </c>
+      <c r="FL25" s="18">
+        <v>1040.3470400000001</v>
+      </c>
     </row>
-    <row r="26" spans="2:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="26" spans="2:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B26" s="19" t="s">
         <v>54</v>
       </c>
       <c r="C26" s="18">
         <v>4.5407790800000001</v>
       </c>
       <c r="D26" s="18">
         <v>4.5407790800000001</v>
       </c>
       <c r="E26" s="18">
         <v>6.0389574599999998</v>
       </c>
       <c r="F26" s="18">
         <v>6.9679474399999997</v>
       </c>
       <c r="G26" s="18">
         <v>6.9679474399999997</v>
       </c>
       <c r="H26" s="18">
         <v>6.9679474399999997</v>
       </c>
       <c r="I26" s="18">
         <v>7.2003633300000001</v>
       </c>
       <c r="J26" s="18">
@@ -11673,52 +11732,55 @@
       </c>
       <c r="FD26" s="18">
         <v>14.35</v>
       </c>
       <c r="FE26" s="18">
         <v>14.875</v>
       </c>
       <c r="FF26" s="18">
         <v>14.875</v>
       </c>
       <c r="FG26" s="18">
         <v>17.5</v>
       </c>
       <c r="FH26" s="18">
         <v>18.725000000000001</v>
       </c>
       <c r="FI26" s="18">
         <v>20.824999999999999</v>
       </c>
       <c r="FJ26" s="18">
         <v>20.125</v>
       </c>
       <c r="FK26" s="18">
         <v>19.074999999999999</v>
       </c>
+      <c r="FL26" s="18">
+        <v>20.3</v>
+      </c>
     </row>
-    <row r="27" spans="2:167" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="27" spans="2:168" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B27" s="15" t="s">
         <v>60</v>
       </c>
       <c r="C27" s="16">
         <v>6096.9067936399997</v>
       </c>
       <c r="D27" s="16">
         <v>6007.8525967100004</v>
       </c>
       <c r="E27" s="16">
         <v>5937.2168904600003</v>
       </c>
       <c r="F27" s="16">
         <v>5954.3667656500002</v>
       </c>
       <c r="G27" s="16">
         <v>5929.2741554300001</v>
       </c>
       <c r="H27" s="16">
         <v>5887.5814474500003</v>
       </c>
       <c r="I27" s="16">
         <v>6032.0397174299997</v>
       </c>
       <c r="J27" s="16">
@@ -12173,52 +12235,55 @@
       </c>
       <c r="FD27" s="16">
         <v>929.21887889999994</v>
       </c>
       <c r="FE27" s="16">
         <v>955.02375480000001</v>
       </c>
       <c r="FF27" s="16">
         <v>923.51846060000003</v>
       </c>
       <c r="FG27" s="16">
         <v>936.37705879999999</v>
       </c>
       <c r="FH27" s="16">
         <v>883.16748225000003</v>
       </c>
       <c r="FI27" s="16">
         <v>952.8972447000001</v>
       </c>
       <c r="FJ27" s="16">
         <v>951.06842800000004</v>
       </c>
       <c r="FK27" s="16">
         <v>971.51385100000005</v>
       </c>
+      <c r="FL27" s="16">
+        <v>967.53939909999997</v>
+      </c>
     </row>
-    <row r="28" spans="2:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="28" spans="2:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B28" s="17" t="s">
         <v>53</v>
       </c>
       <c r="C28" s="18">
         <v>6096.2272926799997</v>
       </c>
       <c r="D28" s="18">
         <v>6007.1730957500004</v>
       </c>
       <c r="E28" s="18">
         <v>5936.5373895000002</v>
       </c>
       <c r="F28" s="18">
         <v>5953.6872646900001</v>
       </c>
       <c r="G28" s="18">
         <v>5928.5946544600001</v>
       </c>
       <c r="H28" s="18">
         <v>5886.9019464900002</v>
       </c>
       <c r="I28" s="18">
         <v>6031.3602164699996</v>
       </c>
       <c r="J28" s="18">
@@ -12673,52 +12738,55 @@
       </c>
       <c r="FD28" s="18">
         <v>929.21887889999994</v>
       </c>
       <c r="FE28" s="18">
         <v>955.02375480000001</v>
       </c>
       <c r="FF28" s="18">
         <v>923.51846060000003</v>
       </c>
       <c r="FG28" s="18">
         <v>936.37705879999999</v>
       </c>
       <c r="FH28" s="18">
         <v>883.16748225000003</v>
       </c>
       <c r="FI28" s="18">
         <v>952.8972447000001</v>
       </c>
       <c r="FJ28" s="18">
         <v>951.06842800000004</v>
       </c>
       <c r="FK28" s="18">
         <v>971.51385100000005</v>
       </c>
+      <c r="FL28" s="18">
+        <v>967.53939909999997</v>
+      </c>
     </row>
-    <row r="29" spans="2:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="29" spans="2:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B29" s="19" t="s">
         <v>54</v>
       </c>
       <c r="C29" s="18">
         <v>0.67950096000000004</v>
       </c>
       <c r="D29" s="18">
         <v>0.67950096000000004</v>
       </c>
       <c r="E29" s="18">
         <v>0.67950096000000004</v>
       </c>
       <c r="F29" s="18">
         <v>0.67950096000000004</v>
       </c>
       <c r="G29" s="18">
         <v>0.67950096000000004</v>
       </c>
       <c r="H29" s="18">
         <v>0.67950096000000004</v>
       </c>
       <c r="I29" s="18">
         <v>0.67950096000000004</v>
       </c>
       <c r="J29" s="18">
@@ -13173,52 +13241,55 @@
       </c>
       <c r="FD29" s="18">
         <v>0</v>
       </c>
       <c r="FE29" s="18">
         <v>0</v>
       </c>
       <c r="FF29" s="18">
         <v>0</v>
       </c>
       <c r="FG29" s="18">
         <v>0</v>
       </c>
       <c r="FH29" s="18">
         <v>0</v>
       </c>
       <c r="FI29" s="18">
         <v>0</v>
       </c>
       <c r="FJ29" s="18">
         <v>0</v>
       </c>
       <c r="FK29" s="18">
         <v>0</v>
       </c>
+      <c r="FL29" s="18">
+        <v>0</v>
+      </c>
     </row>
-    <row r="30" spans="2:167" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="30" spans="2:168" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B30" s="15" t="s">
         <v>61</v>
       </c>
       <c r="C30" s="16">
         <v>7617.1317838200002</v>
       </c>
       <c r="D30" s="16">
         <v>7474.5915953699996</v>
       </c>
       <c r="E30" s="16">
         <v>7553.5700379500004</v>
       </c>
       <c r="F30" s="16">
         <v>7559.3415642700002</v>
       </c>
       <c r="G30" s="16">
         <v>7393.6516649200003</v>
       </c>
       <c r="H30" s="16">
         <v>6941.7820613599997</v>
       </c>
       <c r="I30" s="16">
         <v>6983.2771905700001</v>
       </c>
       <c r="J30" s="16">
@@ -13673,52 +13744,55 @@
       </c>
       <c r="FD30" s="16">
         <v>18723.597919930002</v>
       </c>
       <c r="FE30" s="16">
         <v>18392.567234770002</v>
       </c>
       <c r="FF30" s="16">
         <v>18272.243959470001</v>
       </c>
       <c r="FG30" s="16">
         <v>18375.781091700002</v>
       </c>
       <c r="FH30" s="16">
         <v>19459.089311419997</v>
       </c>
       <c r="FI30" s="16">
         <v>19958.667111459999</v>
       </c>
       <c r="FJ30" s="16">
         <v>21380.132544479999</v>
       </c>
       <c r="FK30" s="16">
         <v>21082.129957200003</v>
       </c>
+      <c r="FL30" s="16">
+        <v>21648.879832049999</v>
+      </c>
     </row>
-    <row r="31" spans="2:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="31" spans="2:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B31" s="17" t="s">
         <v>53</v>
       </c>
       <c r="C31" s="18">
         <v>7388.2501302299997</v>
       </c>
       <c r="D31" s="18">
         <v>7251.0218375900004</v>
       </c>
       <c r="E31" s="18">
         <v>7325.9244908000001</v>
       </c>
       <c r="F31" s="18">
         <v>7337.1759407999998</v>
       </c>
       <c r="G31" s="18">
         <v>7163.4890732100002</v>
       </c>
       <c r="H31" s="18">
         <v>6713.6650848899999</v>
       </c>
       <c r="I31" s="18">
         <v>6749.6179802699999</v>
       </c>
       <c r="J31" s="18">
@@ -14173,52 +14247,55 @@
       </c>
       <c r="FD31" s="18">
         <v>17985.653635930001</v>
       </c>
       <c r="FE31" s="18">
         <v>17662.50264277</v>
       </c>
       <c r="FF31" s="18">
         <v>17572.966699470002</v>
       </c>
       <c r="FG31" s="18">
         <v>17617.090299700001</v>
       </c>
       <c r="FH31" s="18">
         <v>18576.241731419999</v>
       </c>
       <c r="FI31" s="18">
         <v>19006.907831459997</v>
       </c>
       <c r="FJ31" s="18">
         <v>20305.545024480001</v>
       </c>
       <c r="FK31" s="18">
         <v>20032.462777200002</v>
       </c>
+      <c r="FL31" s="18">
+        <v>20613.925992050001</v>
+      </c>
     </row>
-    <row r="32" spans="2:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="32" spans="2:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B32" s="22" t="s">
         <v>54</v>
       </c>
       <c r="C32" s="23">
         <v>228.88165359000001</v>
       </c>
       <c r="D32" s="23">
         <v>223.56975778</v>
       </c>
       <c r="E32" s="23">
         <v>227.64554715</v>
       </c>
       <c r="F32" s="23">
         <v>222.16562347000001</v>
       </c>
       <c r="G32" s="23">
         <v>230.16259171999999</v>
       </c>
       <c r="H32" s="23">
         <v>228.11697647</v>
       </c>
       <c r="I32" s="23">
         <v>233.65921030000001</v>
       </c>
       <c r="J32" s="23">
@@ -14673,52 +14750,55 @@
       </c>
       <c r="FD32" s="23">
         <v>737.94428400000004</v>
       </c>
       <c r="FE32" s="23">
         <v>730.06459199999995</v>
       </c>
       <c r="FF32" s="23">
         <v>699.27725999999996</v>
       </c>
       <c r="FG32" s="23">
         <v>758.69079199999999</v>
       </c>
       <c r="FH32" s="23">
         <v>882.84757999999999</v>
       </c>
       <c r="FI32" s="23">
         <v>951.75927999999999</v>
       </c>
       <c r="FJ32" s="23">
         <v>1074.58752</v>
       </c>
       <c r="FK32" s="23">
         <v>1049.6671799999999</v>
       </c>
+      <c r="FL32" s="23">
+        <v>1034.9538399999999</v>
+      </c>
     </row>
-    <row r="33" spans="2:167" s="14" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="33" spans="2:168" s="14" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B33" s="24" t="s">
         <v>62</v>
       </c>
       <c r="C33" s="25">
         <v>17599.21488888</v>
       </c>
       <c r="D33" s="25">
         <v>17428.850998739999</v>
       </c>
       <c r="E33" s="25">
         <v>17585.96695763</v>
       </c>
       <c r="F33" s="25">
         <v>17828.098542930002</v>
       </c>
       <c r="G33" s="25">
         <v>17548.427193290001</v>
       </c>
       <c r="H33" s="25">
         <v>16744.996111969998</v>
       </c>
       <c r="I33" s="25">
         <v>17000.2324979</v>
       </c>
       <c r="J33" s="25">
@@ -15173,52 +15253,55 @@
       </c>
       <c r="FD33" s="25">
         <v>30864.469212929998</v>
       </c>
       <c r="FE33" s="25">
         <v>29564.619565070003</v>
       </c>
       <c r="FF33" s="25">
         <v>29830.821234670002</v>
       </c>
       <c r="FG33" s="25">
         <v>29229.139900800004</v>
       </c>
       <c r="FH33" s="25">
         <v>29836.908394669998</v>
       </c>
       <c r="FI33" s="25">
         <v>30771.216612559998</v>
       </c>
       <c r="FJ33" s="25">
         <v>32495.663121280002</v>
       </c>
       <c r="FK33" s="25">
         <v>31932.667147400003</v>
       </c>
+      <c r="FL33" s="25">
+        <v>32273.848533549997</v>
+      </c>
     </row>
-    <row r="34" spans="2:167" s="14" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="34" spans="2:168" s="14" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B34" s="12" t="s">
         <v>63</v>
       </c>
       <c r="C34" s="26"/>
       <c r="D34" s="26"/>
       <c r="E34" s="26"/>
       <c r="F34" s="26"/>
       <c r="G34" s="26"/>
       <c r="H34" s="26"/>
       <c r="I34" s="26"/>
       <c r="J34" s="26"/>
       <c r="K34" s="26"/>
       <c r="L34" s="26"/>
       <c r="M34" s="26"/>
       <c r="N34" s="26"/>
       <c r="O34" s="26"/>
       <c r="P34" s="26"/>
       <c r="Q34" s="26"/>
       <c r="R34" s="26"/>
       <c r="S34" s="26"/>
       <c r="T34" s="26"/>
       <c r="U34" s="26"/>
       <c r="V34" s="26"/>
       <c r="W34" s="26"/>
       <c r="X34" s="26"/>
@@ -15343,52 +15426,53 @@
       <c r="EM34" s="26"/>
       <c r="EN34" s="26"/>
       <c r="EO34" s="26"/>
       <c r="EP34" s="26"/>
       <c r="EQ34" s="26"/>
       <c r="ER34" s="26"/>
       <c r="ES34" s="26"/>
       <c r="ET34" s="26"/>
       <c r="EU34" s="26"/>
       <c r="EV34" s="26"/>
       <c r="EW34" s="26"/>
       <c r="EX34" s="26"/>
       <c r="EY34" s="26"/>
       <c r="EZ34" s="26"/>
       <c r="FA34" s="26"/>
       <c r="FB34" s="26"/>
       <c r="FC34" s="26"/>
       <c r="FD34" s="26"/>
       <c r="FE34" s="26"/>
       <c r="FF34" s="26"/>
       <c r="FG34" s="26"/>
       <c r="FH34" s="26"/>
       <c r="FI34" s="26"/>
       <c r="FJ34" s="26"/>
       <c r="FK34" s="26"/>
+      <c r="FL34" s="26"/>
     </row>
-    <row r="35" spans="2:167" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="35" spans="2:168" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B35" s="15" t="s">
         <v>52</v>
       </c>
       <c r="C35" s="16">
         <v>285.61948371</v>
       </c>
       <c r="D35" s="16">
         <v>285.61948371</v>
       </c>
       <c r="E35" s="16">
         <v>285.61948371</v>
       </c>
       <c r="F35" s="16">
         <v>285.61948371</v>
       </c>
       <c r="G35" s="16">
         <v>285.61948371</v>
       </c>
       <c r="H35" s="16">
         <v>285.61948371</v>
       </c>
       <c r="I35" s="16">
         <v>285.61948371</v>
       </c>
       <c r="J35" s="16">
@@ -15843,52 +15927,55 @@
       </c>
       <c r="FD35" s="16">
         <v>98.054024650000002</v>
       </c>
       <c r="FE35" s="16">
         <v>98.054024650000002</v>
       </c>
       <c r="FF35" s="16">
         <v>98.054024650000002</v>
       </c>
       <c r="FG35" s="16">
         <v>98.054024650000002</v>
       </c>
       <c r="FH35" s="16">
         <v>98.054024650000002</v>
       </c>
       <c r="FI35" s="16">
         <v>98.054024650000002</v>
       </c>
       <c r="FJ35" s="16">
         <v>98.054024650000002</v>
       </c>
       <c r="FK35" s="16">
         <v>98.054024650000002</v>
       </c>
+      <c r="FL35" s="16">
+        <v>98.054024650000002</v>
+      </c>
     </row>
-    <row r="36" spans="2:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="36" spans="2:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B36" s="17" t="s">
         <v>53</v>
       </c>
       <c r="C36" s="18">
         <v>285.61948371</v>
       </c>
       <c r="D36" s="18">
         <v>285.61948371</v>
       </c>
       <c r="E36" s="18">
         <v>285.61948371</v>
       </c>
       <c r="F36" s="18">
         <v>285.61948371</v>
       </c>
       <c r="G36" s="18">
         <v>285.61948371</v>
       </c>
       <c r="H36" s="18">
         <v>285.61948371</v>
       </c>
       <c r="I36" s="18">
         <v>285.61948371</v>
       </c>
       <c r="J36" s="18">
@@ -16343,52 +16430,55 @@
       </c>
       <c r="FD36" s="18">
         <v>98.054024650000002</v>
       </c>
       <c r="FE36" s="18">
         <v>98.054024650000002</v>
       </c>
       <c r="FF36" s="18">
         <v>98.054024650000002</v>
       </c>
       <c r="FG36" s="18">
         <v>98.054024650000002</v>
       </c>
       <c r="FH36" s="18">
         <v>98.054024650000002</v>
       </c>
       <c r="FI36" s="18">
         <v>98.054024650000002</v>
       </c>
       <c r="FJ36" s="18">
         <v>98.054024650000002</v>
       </c>
       <c r="FK36" s="18">
         <v>98.054024650000002</v>
       </c>
+      <c r="FL36" s="18">
+        <v>98.054024650000002</v>
+      </c>
     </row>
-    <row r="37" spans="2:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="37" spans="2:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B37" s="19" t="s">
         <v>54</v>
       </c>
       <c r="C37" s="18">
         <v>0</v>
       </c>
       <c r="D37" s="18">
         <v>0</v>
       </c>
       <c r="E37" s="18">
         <v>0</v>
       </c>
       <c r="F37" s="18">
         <v>0</v>
       </c>
       <c r="G37" s="18">
         <v>0</v>
       </c>
       <c r="H37" s="18">
         <v>0</v>
       </c>
       <c r="I37" s="18">
         <v>0</v>
       </c>
       <c r="J37" s="18">
@@ -16843,52 +16933,55 @@
       </c>
       <c r="FD37" s="18">
         <v>0</v>
       </c>
       <c r="FE37" s="18">
         <v>0</v>
       </c>
       <c r="FF37" s="18">
         <v>0</v>
       </c>
       <c r="FG37" s="18">
         <v>0</v>
       </c>
       <c r="FH37" s="18">
         <v>0</v>
       </c>
       <c r="FI37" s="18">
         <v>0</v>
       </c>
       <c r="FJ37" s="18">
         <v>0</v>
       </c>
       <c r="FK37" s="18">
         <v>0</v>
       </c>
+      <c r="FL37" s="18">
+        <v>0</v>
+      </c>
     </row>
-    <row r="38" spans="2:167" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="38" spans="2:168" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B38" s="15" t="s">
         <v>55</v>
       </c>
       <c r="C38" s="16">
         <v>2028.4049797600001</v>
       </c>
       <c r="D38" s="16">
         <v>2028.4049797600001</v>
       </c>
       <c r="E38" s="16">
         <v>2028.4049797600001</v>
       </c>
       <c r="F38" s="16">
         <v>2038.1749711299999</v>
       </c>
       <c r="G38" s="16">
         <v>2068.1310398800001</v>
       </c>
       <c r="H38" s="16">
         <v>2068.1310398800001</v>
       </c>
       <c r="I38" s="16">
         <v>2069.7304824500002</v>
       </c>
       <c r="J38" s="16">
@@ -17343,52 +17436,55 @@
       </c>
       <c r="FD38" s="16">
         <v>3783.1584711700002</v>
       </c>
       <c r="FE38" s="16">
         <v>3783.1584711700002</v>
       </c>
       <c r="FF38" s="16">
         <v>3783.1584711700002</v>
       </c>
       <c r="FG38" s="16">
         <v>3783.1584711700002</v>
       </c>
       <c r="FH38" s="16">
         <v>3783.1584711700002</v>
       </c>
       <c r="FI38" s="16">
         <v>3783.1584711700002</v>
       </c>
       <c r="FJ38" s="16">
         <v>3783.1584711700002</v>
       </c>
       <c r="FK38" s="16">
         <v>3783.1584711700002</v>
       </c>
+      <c r="FL38" s="16">
+        <v>3783.1584711700002</v>
+      </c>
     </row>
-    <row r="39" spans="2:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="39" spans="2:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B39" s="21" t="s">
         <v>53</v>
       </c>
       <c r="C39" s="18">
         <v>1900.98458026</v>
       </c>
       <c r="D39" s="18">
         <v>1900.98458026</v>
       </c>
       <c r="E39" s="18">
         <v>1900.98458026</v>
       </c>
       <c r="F39" s="18">
         <v>1910.75457164</v>
       </c>
       <c r="G39" s="18">
         <v>1938.7197982600001</v>
       </c>
       <c r="H39" s="18">
         <v>1938.7197982600001</v>
       </c>
       <c r="I39" s="18">
         <v>1940.3192408299999</v>
       </c>
       <c r="J39" s="18">
@@ -17843,52 +17939,55 @@
       </c>
       <c r="FD39" s="18">
         <v>3782.9285694099999</v>
       </c>
       <c r="FE39" s="18">
         <v>3782.9285694099999</v>
       </c>
       <c r="FF39" s="18">
         <v>3782.9285694099999</v>
       </c>
       <c r="FG39" s="18">
         <v>3782.9285694099999</v>
       </c>
       <c r="FH39" s="18">
         <v>3782.9285694099999</v>
       </c>
       <c r="FI39" s="18">
         <v>3782.9285694099999</v>
       </c>
       <c r="FJ39" s="18">
         <v>3782.9285694099999</v>
       </c>
       <c r="FK39" s="18">
         <v>3782.9285694099999</v>
       </c>
+      <c r="FL39" s="18">
+        <v>3782.9285694099999</v>
+      </c>
     </row>
-    <row r="40" spans="2:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="40" spans="2:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B40" s="19" t="s">
         <v>54</v>
       </c>
       <c r="C40" s="18">
         <v>127.4203995</v>
       </c>
       <c r="D40" s="18">
         <v>127.4203995</v>
       </c>
       <c r="E40" s="18">
         <v>127.4203995</v>
       </c>
       <c r="F40" s="18">
         <v>127.4203995</v>
       </c>
       <c r="G40" s="18">
         <v>129.41124162</v>
       </c>
       <c r="H40" s="18">
         <v>129.41124162</v>
       </c>
       <c r="I40" s="18">
         <v>129.41124162</v>
       </c>
       <c r="J40" s="18">
@@ -18343,52 +18442,55 @@
       </c>
       <c r="FD40" s="18">
         <v>0.22990176000000001</v>
       </c>
       <c r="FE40" s="18">
         <v>0.22990176000000001</v>
       </c>
       <c r="FF40" s="18">
         <v>0.22990176000000001</v>
       </c>
       <c r="FG40" s="18">
         <v>0.22990176000000001</v>
       </c>
       <c r="FH40" s="18">
         <v>0.22990176000000001</v>
       </c>
       <c r="FI40" s="18">
         <v>0.22990176000000001</v>
       </c>
       <c r="FJ40" s="18">
         <v>0.22990176000000001</v>
       </c>
       <c r="FK40" s="18">
         <v>0.22990176000000001</v>
       </c>
+      <c r="FL40" s="18">
+        <v>0.22990176000000001</v>
+      </c>
     </row>
-    <row r="41" spans="2:167" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="41" spans="2:168" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B41" s="15" t="s">
         <v>56</v>
       </c>
       <c r="C41" s="16">
         <v>44.79197027</v>
       </c>
       <c r="D41" s="16">
         <v>44.79197027</v>
       </c>
       <c r="E41" s="16">
         <v>44.79197027</v>
       </c>
       <c r="F41" s="16">
         <v>44.79197027</v>
       </c>
       <c r="G41" s="16">
         <v>44.79197027</v>
       </c>
       <c r="H41" s="16">
         <v>44.79197027</v>
       </c>
       <c r="I41" s="16">
         <v>44.79197027</v>
       </c>
       <c r="J41" s="16">
@@ -18843,52 +18945,55 @@
       </c>
       <c r="FD41" s="16">
         <v>74.810446849999991</v>
       </c>
       <c r="FE41" s="16">
         <v>74.810446849999991</v>
       </c>
       <c r="FF41" s="16">
         <v>74.810446849999991</v>
       </c>
       <c r="FG41" s="16">
         <v>74.810446849999991</v>
       </c>
       <c r="FH41" s="16">
         <v>74.810446849999991</v>
       </c>
       <c r="FI41" s="16">
         <v>71.170202689999996</v>
       </c>
       <c r="FJ41" s="16">
         <v>71.173502689999992</v>
       </c>
       <c r="FK41" s="16">
         <v>71.173502689999992</v>
       </c>
+      <c r="FL41" s="16">
+        <v>71.173502689999992</v>
+      </c>
     </row>
-    <row r="42" spans="2:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="42" spans="2:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B42" s="17" t="s">
         <v>53</v>
       </c>
       <c r="C42" s="18">
         <v>44.294299559999999</v>
       </c>
       <c r="D42" s="18">
         <v>44.294299559999999</v>
       </c>
       <c r="E42" s="18">
         <v>44.294299559999999</v>
       </c>
       <c r="F42" s="18">
         <v>44.294299559999999</v>
       </c>
       <c r="G42" s="18">
         <v>44.294299559999999</v>
       </c>
       <c r="H42" s="18">
         <v>44.294299559999999</v>
       </c>
       <c r="I42" s="18">
         <v>44.294299559999999</v>
       </c>
       <c r="J42" s="18">
@@ -19343,52 +19448,55 @@
       </c>
       <c r="FD42" s="18">
         <v>73.58332184999999</v>
       </c>
       <c r="FE42" s="18">
         <v>73.58332184999999</v>
       </c>
       <c r="FF42" s="18">
         <v>73.58332184999999</v>
       </c>
       <c r="FG42" s="18">
         <v>73.58332184999999</v>
       </c>
       <c r="FH42" s="18">
         <v>73.58332184999999</v>
       </c>
       <c r="FI42" s="18">
         <v>69.943077689999996</v>
       </c>
       <c r="FJ42" s="18">
         <v>69.946377689999991</v>
       </c>
       <c r="FK42" s="18">
         <v>69.946377689999991</v>
       </c>
+      <c r="FL42" s="18">
+        <v>69.946377689999991</v>
+      </c>
     </row>
-    <row r="43" spans="2:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="43" spans="2:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B43" s="19" t="s">
         <v>54</v>
       </c>
       <c r="C43" s="18">
         <v>0.49767071000000002</v>
       </c>
       <c r="D43" s="18">
         <v>0.49767071000000002</v>
       </c>
       <c r="E43" s="18">
         <v>0.49767071000000002</v>
       </c>
       <c r="F43" s="18">
         <v>0.49767071000000002</v>
       </c>
       <c r="G43" s="18">
         <v>0.49767071000000002</v>
       </c>
       <c r="H43" s="18">
         <v>0.49767071000000002</v>
       </c>
       <c r="I43" s="18">
         <v>0.49767071000000002</v>
       </c>
       <c r="J43" s="18">
@@ -19843,52 +19951,55 @@
       </c>
       <c r="FD43" s="18">
         <v>1.227125</v>
       </c>
       <c r="FE43" s="18">
         <v>1.227125</v>
       </c>
       <c r="FF43" s="18">
         <v>1.227125</v>
       </c>
       <c r="FG43" s="18">
         <v>1.227125</v>
       </c>
       <c r="FH43" s="18">
         <v>1.227125</v>
       </c>
       <c r="FI43" s="18">
         <v>1.227125</v>
       </c>
       <c r="FJ43" s="18">
         <v>1.227125</v>
       </c>
       <c r="FK43" s="18">
         <v>1.227125</v>
       </c>
+      <c r="FL43" s="18">
+        <v>1.227125</v>
+      </c>
     </row>
-    <row r="44" spans="2:167" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="44" spans="2:168" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B44" s="15" t="s">
         <v>57</v>
       </c>
       <c r="C44" s="16">
         <v>34.813325370000001</v>
       </c>
       <c r="D44" s="16">
         <v>34.813325370000001</v>
       </c>
       <c r="E44" s="16">
         <v>34.813325370000001</v>
       </c>
       <c r="F44" s="16">
         <v>34.813325370000001</v>
       </c>
       <c r="G44" s="16">
         <v>34.813325370000001</v>
       </c>
       <c r="H44" s="16">
         <v>34.813325370000001</v>
       </c>
       <c r="I44" s="16">
         <v>34.813325370000001</v>
       </c>
       <c r="J44" s="16">
@@ -20343,52 +20454,55 @@
       </c>
       <c r="FD44" s="16">
         <v>185.48501644999999</v>
       </c>
       <c r="FE44" s="16">
         <v>185.48501644999999</v>
       </c>
       <c r="FF44" s="16">
         <v>185.51001644999999</v>
       </c>
       <c r="FG44" s="16">
         <v>185.51001644999999</v>
       </c>
       <c r="FH44" s="16">
         <v>185.51001644999999</v>
       </c>
       <c r="FI44" s="16">
         <v>185.51001644999999</v>
       </c>
       <c r="FJ44" s="16">
         <v>185.51001644999999</v>
       </c>
       <c r="FK44" s="16">
         <v>185.51001644999999</v>
       </c>
+      <c r="FL44" s="16">
+        <v>185.52328144999998</v>
+      </c>
     </row>
-    <row r="45" spans="2:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="45" spans="2:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B45" s="17" t="s">
         <v>53</v>
       </c>
       <c r="C45" s="20">
         <v>34.415156940000003</v>
       </c>
       <c r="D45" s="20">
         <v>34.415156940000003</v>
       </c>
       <c r="E45" s="20">
         <v>34.415156940000003</v>
       </c>
       <c r="F45" s="20">
         <v>34.415156940000003</v>
       </c>
       <c r="G45" s="20">
         <v>34.415156940000003</v>
       </c>
       <c r="H45" s="20">
         <v>34.415156940000003</v>
       </c>
       <c r="I45" s="20">
         <v>34.415156940000003</v>
       </c>
       <c r="J45" s="20">
@@ -20843,52 +20957,55 @@
       </c>
       <c r="FD45" s="20">
         <v>119.13501645000001</v>
       </c>
       <c r="FE45" s="20">
         <v>119.13501645000001</v>
       </c>
       <c r="FF45" s="20">
         <v>119.16001645</v>
       </c>
       <c r="FG45" s="20">
         <v>119.16001645</v>
       </c>
       <c r="FH45" s="20">
         <v>119.16001645</v>
       </c>
       <c r="FI45" s="20">
         <v>119.16001645</v>
       </c>
       <c r="FJ45" s="20">
         <v>119.16001645</v>
       </c>
       <c r="FK45" s="20">
         <v>119.16001645</v>
       </c>
+      <c r="FL45" s="20">
+        <v>119.17328145</v>
+      </c>
     </row>
-    <row r="46" spans="2:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="46" spans="2:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B46" s="19" t="s">
         <v>54</v>
       </c>
       <c r="C46" s="20">
         <v>0.39816843000000002</v>
       </c>
       <c r="D46" s="20">
         <v>0.39816843000000002</v>
       </c>
       <c r="E46" s="20">
         <v>0.39816843000000002</v>
       </c>
       <c r="F46" s="20">
         <v>0.39816843000000002</v>
       </c>
       <c r="G46" s="20">
         <v>0.39816843000000002</v>
       </c>
       <c r="H46" s="20">
         <v>0.39816843000000002</v>
       </c>
       <c r="I46" s="20">
         <v>0.39816843000000002</v>
       </c>
       <c r="J46" s="20">
@@ -21343,52 +21460,55 @@
       </c>
       <c r="FD46" s="20">
         <v>66.349999999999994</v>
       </c>
       <c r="FE46" s="20">
         <v>66.349999999999994</v>
       </c>
       <c r="FF46" s="20">
         <v>66.349999999999994</v>
       </c>
       <c r="FG46" s="20">
         <v>66.349999999999994</v>
       </c>
       <c r="FH46" s="20">
         <v>66.349999999999994</v>
       </c>
       <c r="FI46" s="20">
         <v>66.349999999999994</v>
       </c>
       <c r="FJ46" s="20">
         <v>66.349999999999994</v>
       </c>
       <c r="FK46" s="20">
         <v>66.349999999999994</v>
       </c>
+      <c r="FL46" s="20">
+        <v>66.349999999999994</v>
+      </c>
     </row>
-    <row r="47" spans="2:167" s="2" customFormat="1" ht="24.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="47" spans="2:168" s="2" customFormat="1" ht="24.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B47" s="15" t="s">
         <v>58</v>
       </c>
       <c r="C47" s="16">
         <v>7.1404870899999997</v>
       </c>
       <c r="D47" s="16">
         <v>7.1404870899999997</v>
       </c>
       <c r="E47" s="16">
         <v>7.1404870899999997</v>
       </c>
       <c r="F47" s="16">
         <v>7.1404870899999997</v>
       </c>
       <c r="G47" s="16">
         <v>7.1404870899999997</v>
       </c>
       <c r="H47" s="16">
         <v>7.1404870899999997</v>
       </c>
       <c r="I47" s="16">
         <v>7.1404870899999997</v>
       </c>
       <c r="J47" s="16">
@@ -21843,52 +21963,55 @@
       </c>
       <c r="FD47" s="16">
         <v>10.094617849999999</v>
       </c>
       <c r="FE47" s="16">
         <v>10.094617849999999</v>
       </c>
       <c r="FF47" s="16">
         <v>3.7378329199999998</v>
       </c>
       <c r="FG47" s="16">
         <v>3.7378329199999998</v>
       </c>
       <c r="FH47" s="16">
         <v>3.7378329199999998</v>
       </c>
       <c r="FI47" s="16">
         <v>3.7378329199999998</v>
       </c>
       <c r="FJ47" s="16">
         <v>3.7378329199999998</v>
       </c>
       <c r="FK47" s="16">
         <v>3.7378329199999998</v>
       </c>
+      <c r="FL47" s="16">
+        <v>3.7378329199999998</v>
+      </c>
     </row>
-    <row r="48" spans="2:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="48" spans="2:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B48" s="17" t="s">
         <v>53</v>
       </c>
       <c r="C48" s="20">
         <v>7.1404870899999997</v>
       </c>
       <c r="D48" s="20">
         <v>7.1404870899999997</v>
       </c>
       <c r="E48" s="20">
         <v>7.1404870899999997</v>
       </c>
       <c r="F48" s="20">
         <v>7.1404870899999997</v>
       </c>
       <c r="G48" s="20">
         <v>7.1404870899999997</v>
       </c>
       <c r="H48" s="20">
         <v>7.1404870899999997</v>
       </c>
       <c r="I48" s="20">
         <v>7.1404870899999997</v>
       </c>
       <c r="J48" s="20">
@@ -22343,52 +22466,55 @@
       </c>
       <c r="FD48" s="20">
         <v>6.3567849299999999</v>
       </c>
       <c r="FE48" s="20">
         <v>6.3567849299999999</v>
       </c>
       <c r="FF48" s="20">
         <v>0</v>
       </c>
       <c r="FG48" s="20">
         <v>0</v>
       </c>
       <c r="FH48" s="20">
         <v>0</v>
       </c>
       <c r="FI48" s="20">
         <v>0</v>
       </c>
       <c r="FJ48" s="20">
         <v>0</v>
       </c>
       <c r="FK48" s="20">
         <v>0</v>
       </c>
+      <c r="FL48" s="20">
+        <v>0</v>
+      </c>
     </row>
-    <row r="49" spans="2:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="49" spans="2:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B49" s="19" t="s">
         <v>54</v>
       </c>
       <c r="C49" s="20">
         <v>0</v>
       </c>
       <c r="D49" s="20">
         <v>0</v>
       </c>
       <c r="E49" s="20">
         <v>0</v>
       </c>
       <c r="F49" s="20">
         <v>0</v>
       </c>
       <c r="G49" s="20">
         <v>0</v>
       </c>
       <c r="H49" s="20">
         <v>0</v>
       </c>
       <c r="I49" s="20">
         <v>0</v>
       </c>
       <c r="J49" s="20">
@@ -22843,52 +22969,55 @@
       </c>
       <c r="FD49" s="20">
         <v>3.7378329199999998</v>
       </c>
       <c r="FE49" s="20">
         <v>3.7378329199999998</v>
       </c>
       <c r="FF49" s="20">
         <v>3.7378329199999998</v>
       </c>
       <c r="FG49" s="20">
         <v>3.7378329199999998</v>
       </c>
       <c r="FH49" s="20">
         <v>3.7378329199999998</v>
       </c>
       <c r="FI49" s="20">
         <v>3.7378329199999998</v>
       </c>
       <c r="FJ49" s="20">
         <v>3.7378329199999998</v>
       </c>
       <c r="FK49" s="20">
         <v>3.7378329199999998</v>
       </c>
+      <c r="FL49" s="20">
+        <v>3.7378329199999998</v>
+      </c>
     </row>
-    <row r="50" spans="2:167" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="50" spans="2:168" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B50" s="15" t="s">
         <v>59</v>
       </c>
       <c r="C50" s="16">
         <v>151.60794213</v>
       </c>
       <c r="D50" s="16">
         <v>162.10127281000001</v>
       </c>
       <c r="E50" s="16">
         <v>162.10127281000001</v>
       </c>
       <c r="F50" s="16">
         <v>162.10127281000001</v>
       </c>
       <c r="G50" s="16">
         <v>162.10127281000001</v>
       </c>
       <c r="H50" s="16">
         <v>163.09695932</v>
       </c>
       <c r="I50" s="16">
         <v>163.09695932</v>
       </c>
       <c r="J50" s="16">
@@ -23343,52 +23472,55 @@
       </c>
       <c r="FD50" s="16">
         <v>282.64698369999996</v>
       </c>
       <c r="FE50" s="16">
         <v>282.64698369999996</v>
       </c>
       <c r="FF50" s="16">
         <v>282.64698369999996</v>
       </c>
       <c r="FG50" s="16">
         <v>282.64698369999996</v>
       </c>
       <c r="FH50" s="16">
         <v>282.64698369999996</v>
       </c>
       <c r="FI50" s="16">
         <v>282.64698369999996</v>
       </c>
       <c r="FJ50" s="16">
         <v>282.64698369999996</v>
       </c>
       <c r="FK50" s="16">
         <v>282.64698369999996</v>
       </c>
+      <c r="FL50" s="16">
+        <v>282.64698369999996</v>
+      </c>
     </row>
-    <row r="51" spans="2:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="51" spans="2:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B51" s="17" t="s">
         <v>53</v>
       </c>
       <c r="C51" s="18">
         <v>151.60794213</v>
       </c>
       <c r="D51" s="18">
         <v>162.10127281000001</v>
       </c>
       <c r="E51" s="18">
         <v>162.10127281000001</v>
       </c>
       <c r="F51" s="18">
         <v>162.10127281000001</v>
       </c>
       <c r="G51" s="18">
         <v>162.10127281000001</v>
       </c>
       <c r="H51" s="18">
         <v>163.09695932</v>
       </c>
       <c r="I51" s="18">
         <v>163.09695932</v>
       </c>
       <c r="J51" s="18">
@@ -23843,52 +23975,55 @@
       </c>
       <c r="FD51" s="18">
         <v>282.64698369999996</v>
       </c>
       <c r="FE51" s="18">
         <v>282.64698369999996</v>
       </c>
       <c r="FF51" s="18">
         <v>282.64698369999996</v>
       </c>
       <c r="FG51" s="18">
         <v>282.64698369999996</v>
       </c>
       <c r="FH51" s="18">
         <v>282.64698369999996</v>
       </c>
       <c r="FI51" s="18">
         <v>282.64698369999996</v>
       </c>
       <c r="FJ51" s="18">
         <v>282.64698369999996</v>
       </c>
       <c r="FK51" s="18">
         <v>282.64698369999996</v>
       </c>
+      <c r="FL51" s="18">
+        <v>282.64698369999996</v>
+      </c>
     </row>
-    <row r="52" spans="2:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="52" spans="2:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B52" s="19" t="s">
         <v>54</v>
       </c>
       <c r="C52" s="18">
         <v>0</v>
       </c>
       <c r="D52" s="18">
         <v>0</v>
       </c>
       <c r="E52" s="18">
         <v>0</v>
       </c>
       <c r="F52" s="18">
         <v>0</v>
       </c>
       <c r="G52" s="18">
         <v>0</v>
       </c>
       <c r="H52" s="18">
         <v>0</v>
       </c>
       <c r="I52" s="18">
         <v>0</v>
       </c>
       <c r="J52" s="18">
@@ -24343,52 +24478,55 @@
       </c>
       <c r="FD52" s="18">
         <v>0</v>
       </c>
       <c r="FE52" s="18">
         <v>0</v>
       </c>
       <c r="FF52" s="18">
         <v>0</v>
       </c>
       <c r="FG52" s="18">
         <v>0</v>
       </c>
       <c r="FH52" s="18">
         <v>0</v>
       </c>
       <c r="FI52" s="18">
         <v>0</v>
       </c>
       <c r="FJ52" s="18">
         <v>0</v>
       </c>
       <c r="FK52" s="18">
         <v>0</v>
       </c>
+      <c r="FL52" s="18">
+        <v>0</v>
+      </c>
     </row>
-    <row r="53" spans="2:167" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="53" spans="2:168" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B53" s="15" t="s">
         <v>64</v>
       </c>
       <c r="C53" s="16">
         <v>0</v>
       </c>
       <c r="D53" s="16">
         <v>0</v>
       </c>
       <c r="E53" s="16">
         <v>0</v>
       </c>
       <c r="F53" s="16">
         <v>0</v>
       </c>
       <c r="G53" s="16">
         <v>0</v>
       </c>
       <c r="H53" s="16">
         <v>0</v>
       </c>
       <c r="I53" s="16">
         <v>0</v>
       </c>
       <c r="J53" s="16">
@@ -24843,52 +24981,55 @@
       </c>
       <c r="FD53" s="16">
         <v>16.08324</v>
       </c>
       <c r="FE53" s="16">
         <v>16.08324</v>
       </c>
       <c r="FF53" s="16">
         <v>16.08324</v>
       </c>
       <c r="FG53" s="16">
         <v>16.08324</v>
       </c>
       <c r="FH53" s="16">
         <v>16.08324</v>
       </c>
       <c r="FI53" s="16">
         <v>16.08324</v>
       </c>
       <c r="FJ53" s="16">
         <v>16.08324</v>
       </c>
       <c r="FK53" s="16">
         <v>16.08324</v>
       </c>
+      <c r="FL53" s="16">
+        <v>16.08324</v>
+      </c>
     </row>
-    <row r="54" spans="2:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="54" spans="2:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B54" s="17" t="s">
         <v>53</v>
       </c>
       <c r="C54" s="18">
         <v>0</v>
       </c>
       <c r="D54" s="18">
         <v>0</v>
       </c>
       <c r="E54" s="18">
         <v>0</v>
       </c>
       <c r="F54" s="18">
         <v>0</v>
       </c>
       <c r="G54" s="18">
         <v>0</v>
       </c>
       <c r="H54" s="18">
         <v>0</v>
       </c>
       <c r="I54" s="18">
         <v>0</v>
       </c>
       <c r="J54" s="18">
@@ -25343,52 +25484,55 @@
       </c>
       <c r="FD54" s="18">
         <v>16.08324</v>
       </c>
       <c r="FE54" s="18">
         <v>16.08324</v>
       </c>
       <c r="FF54" s="18">
         <v>16.08324</v>
       </c>
       <c r="FG54" s="18">
         <v>16.08324</v>
       </c>
       <c r="FH54" s="18">
         <v>16.08324</v>
       </c>
       <c r="FI54" s="18">
         <v>16.08324</v>
       </c>
       <c r="FJ54" s="18">
         <v>16.08324</v>
       </c>
       <c r="FK54" s="18">
         <v>16.08324</v>
       </c>
+      <c r="FL54" s="18">
+        <v>16.08324</v>
+      </c>
     </row>
-    <row r="55" spans="2:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="55" spans="2:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B55" s="19" t="s">
         <v>54</v>
       </c>
       <c r="C55" s="18">
         <v>0</v>
       </c>
       <c r="D55" s="18">
         <v>0</v>
       </c>
       <c r="E55" s="18">
         <v>0</v>
       </c>
       <c r="F55" s="18">
         <v>0</v>
       </c>
       <c r="G55" s="18">
         <v>0</v>
       </c>
       <c r="H55" s="18">
         <v>0</v>
       </c>
       <c r="I55" s="18">
         <v>0</v>
       </c>
       <c r="J55" s="18">
@@ -25843,52 +25987,55 @@
       </c>
       <c r="FD55" s="18">
         <v>0</v>
       </c>
       <c r="FE55" s="18">
         <v>0</v>
       </c>
       <c r="FF55" s="18">
         <v>0</v>
       </c>
       <c r="FG55" s="18">
         <v>0</v>
       </c>
       <c r="FH55" s="18">
         <v>0</v>
       </c>
       <c r="FI55" s="18">
         <v>0</v>
       </c>
       <c r="FJ55" s="18">
         <v>0</v>
       </c>
       <c r="FK55" s="18">
         <v>0</v>
       </c>
+      <c r="FL55" s="18">
+        <v>0</v>
+      </c>
     </row>
-    <row r="56" spans="2:167" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="56" spans="2:168" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B56" s="15" t="s">
         <v>60</v>
       </c>
       <c r="C56" s="16">
         <v>3492.2566965300002</v>
       </c>
       <c r="D56" s="16">
         <v>3497.6504054699999</v>
       </c>
       <c r="E56" s="16">
         <v>3502.6606782099998</v>
       </c>
       <c r="F56" s="16">
         <v>3539.1544070599998</v>
       </c>
       <c r="G56" s="16">
         <v>3540.1891140799999</v>
       </c>
       <c r="H56" s="16">
         <v>3580.6770508999998</v>
       </c>
       <c r="I56" s="16">
         <v>3579.78180901</v>
       </c>
       <c r="J56" s="16">
@@ -26343,52 +26490,55 @@
       </c>
       <c r="FD56" s="16">
         <v>3697.9566853599999</v>
       </c>
       <c r="FE56" s="16">
         <v>3697.9566853599999</v>
       </c>
       <c r="FF56" s="16">
         <v>3697.9566853599999</v>
       </c>
       <c r="FG56" s="16">
         <v>3697.9566853599999</v>
       </c>
       <c r="FH56" s="16">
         <v>3697.4092293600002</v>
       </c>
       <c r="FI56" s="16">
         <v>3697.4092293600002</v>
       </c>
       <c r="FJ56" s="16">
         <v>3697.4092293600002</v>
       </c>
       <c r="FK56" s="16">
         <v>3697.4092293600002</v>
       </c>
+      <c r="FL56" s="16">
+        <v>3697.4092293600002</v>
+      </c>
     </row>
-    <row r="57" spans="2:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="57" spans="2:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B57" s="17" t="s">
         <v>53</v>
       </c>
       <c r="C57" s="18">
         <v>3491.4720658299998</v>
       </c>
       <c r="D57" s="18">
         <v>3496.8657747699999</v>
       </c>
       <c r="E57" s="18">
         <v>3501.8760475099998</v>
       </c>
       <c r="F57" s="18">
         <v>3538.3697763599998</v>
       </c>
       <c r="G57" s="18">
         <v>3539.4044833799999</v>
       </c>
       <c r="H57" s="18">
         <v>3579.8924201999998</v>
       </c>
       <c r="I57" s="18">
         <v>3578.99717831</v>
       </c>
       <c r="J57" s="18">
@@ -26843,52 +26993,55 @@
       </c>
       <c r="FD57" s="18">
         <v>3697.9566853599999</v>
       </c>
       <c r="FE57" s="18">
         <v>3697.9566853599999</v>
       </c>
       <c r="FF57" s="18">
         <v>3697.9566853599999</v>
       </c>
       <c r="FG57" s="18">
         <v>3697.9566853599999</v>
       </c>
       <c r="FH57" s="18">
         <v>3697.4092293600002</v>
       </c>
       <c r="FI57" s="18">
         <v>3697.4092293600002</v>
       </c>
       <c r="FJ57" s="18">
         <v>3697.4092293600002</v>
       </c>
       <c r="FK57" s="18">
         <v>3697.4092293600002</v>
       </c>
+      <c r="FL57" s="18">
+        <v>3697.4092293600002</v>
+      </c>
     </row>
-    <row r="58" spans="2:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="58" spans="2:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B58" s="19" t="s">
         <v>54</v>
       </c>
       <c r="C58" s="18">
         <v>0.78463070000000001</v>
       </c>
       <c r="D58" s="18">
         <v>0.78463070000000001</v>
       </c>
       <c r="E58" s="18">
         <v>0.78463070000000001</v>
       </c>
       <c r="F58" s="18">
         <v>0.78463070000000001</v>
       </c>
       <c r="G58" s="18">
         <v>0.78463070000000001</v>
       </c>
       <c r="H58" s="18">
         <v>0.78463070000000001</v>
       </c>
       <c r="I58" s="18">
         <v>0.78463070000000001</v>
       </c>
       <c r="J58" s="18">
@@ -27343,52 +27496,55 @@
       </c>
       <c r="FD58" s="18">
         <v>0</v>
       </c>
       <c r="FE58" s="18">
         <v>0</v>
       </c>
       <c r="FF58" s="18">
         <v>0</v>
       </c>
       <c r="FG58" s="18">
         <v>0</v>
       </c>
       <c r="FH58" s="18">
         <v>0</v>
       </c>
       <c r="FI58" s="18">
         <v>0</v>
       </c>
       <c r="FJ58" s="18">
         <v>0</v>
       </c>
       <c r="FK58" s="18">
         <v>0</v>
       </c>
+      <c r="FL58" s="18">
+        <v>0</v>
+      </c>
     </row>
-    <row r="59" spans="2:167" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="59" spans="2:168" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B59" s="15" t="s">
         <v>61</v>
       </c>
       <c r="C59" s="16">
         <v>2676.0561358999998</v>
       </c>
       <c r="D59" s="16">
         <v>2646.9465370399998</v>
       </c>
       <c r="E59" s="16">
         <v>2608.3643869000002</v>
       </c>
       <c r="F59" s="16">
         <v>2610.9101165400002</v>
       </c>
       <c r="G59" s="16">
         <v>2577.4927710000002</v>
       </c>
       <c r="H59" s="16">
         <v>2584.8518854700001</v>
       </c>
       <c r="I59" s="16">
         <v>2573.9479369699998</v>
       </c>
       <c r="J59" s="16">
@@ -27843,52 +27999,55 @@
       </c>
       <c r="FD59" s="16">
         <v>4748.7038599300004</v>
       </c>
       <c r="FE59" s="16">
         <v>4872.1211259300007</v>
       </c>
       <c r="FF59" s="16">
         <v>4831.1414360200006</v>
       </c>
       <c r="FG59" s="16">
         <v>4791.6834454399996</v>
       </c>
       <c r="FH59" s="16">
         <v>4834.3790936300002</v>
       </c>
       <c r="FI59" s="16">
         <v>4810.8792178399999</v>
       </c>
       <c r="FJ59" s="16">
         <v>4786.9409055900005</v>
       </c>
       <c r="FK59" s="16">
         <v>4851.8237960600009</v>
       </c>
+      <c r="FL59" s="16">
+        <v>4852.6697712499999</v>
+      </c>
     </row>
-    <row r="60" spans="2:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="60" spans="2:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B60" s="17" t="s">
         <v>53</v>
       </c>
       <c r="C60" s="18">
         <v>2663.96100019</v>
       </c>
       <c r="D60" s="18">
         <v>2634.85140133</v>
       </c>
       <c r="E60" s="18">
         <v>2596.26925119</v>
       </c>
       <c r="F60" s="18">
         <v>2598.81498083</v>
       </c>
       <c r="G60" s="18">
         <v>2566.4779458600001</v>
       </c>
       <c r="H60" s="18">
         <v>2573.83706033</v>
       </c>
       <c r="I60" s="18">
         <v>2562.9331118300001</v>
       </c>
       <c r="J60" s="18">
@@ -28343,52 +28502,55 @@
       </c>
       <c r="FD60" s="18">
         <v>4732.75226406</v>
       </c>
       <c r="FE60" s="18">
         <v>4856.1695300600004</v>
       </c>
       <c r="FF60" s="18">
         <v>4815.1898401499993</v>
       </c>
       <c r="FG60" s="18">
         <v>4775.7318495700001</v>
       </c>
       <c r="FH60" s="18">
         <v>4818.4274977599998</v>
       </c>
       <c r="FI60" s="18">
         <v>4794.9276219700005</v>
       </c>
       <c r="FJ60" s="18">
         <v>4771.1832073199994</v>
       </c>
       <c r="FK60" s="18">
         <v>4836.0241687799999</v>
       </c>
+      <c r="FL60" s="18">
+        <v>4836.8701439699998</v>
+      </c>
     </row>
-    <row r="61" spans="2:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="61" spans="2:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B61" s="22" t="s">
         <v>54</v>
       </c>
       <c r="C61" s="23">
         <v>12.095135709999999</v>
       </c>
       <c r="D61" s="23">
         <v>12.095135709999999</v>
       </c>
       <c r="E61" s="23">
         <v>12.095135709999999</v>
       </c>
       <c r="F61" s="23">
         <v>12.095135709999999</v>
       </c>
       <c r="G61" s="23">
         <v>11.014825139999999</v>
       </c>
       <c r="H61" s="23">
         <v>11.014825139999999</v>
       </c>
       <c r="I61" s="23">
         <v>11.014825139999999</v>
       </c>
       <c r="J61" s="23">
@@ -28843,52 +29005,55 @@
       </c>
       <c r="FD61" s="23">
         <v>15.951595869999998</v>
       </c>
       <c r="FE61" s="23">
         <v>15.951595869999998</v>
       </c>
       <c r="FF61" s="23">
         <v>15.951595869999998</v>
       </c>
       <c r="FG61" s="23">
         <v>15.951595869999998</v>
       </c>
       <c r="FH61" s="23">
         <v>15.951595869999998</v>
       </c>
       <c r="FI61" s="23">
         <v>15.951595869999998</v>
       </c>
       <c r="FJ61" s="23">
         <v>15.757698269999999</v>
       </c>
       <c r="FK61" s="23">
         <v>15.799627279999999</v>
       </c>
+      <c r="FL61" s="23">
+        <v>15.799627279999999</v>
+      </c>
     </row>
-    <row r="62" spans="2:167" s="14" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="62" spans="2:168" s="14" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B62" s="28" t="s">
         <v>65</v>
       </c>
       <c r="C62" s="26">
         <v>8720.6910207599994</v>
       </c>
       <c r="D62" s="26">
         <v>8707.4684615200003</v>
       </c>
       <c r="E62" s="26">
         <v>8673.8965841200006</v>
       </c>
       <c r="F62" s="26">
         <v>8722.7060339899999</v>
       </c>
       <c r="G62" s="26">
         <v>8720.2794642099998</v>
       </c>
       <c r="H62" s="26">
         <v>8769.1222020099995</v>
       </c>
       <c r="I62" s="26">
         <v>8758.9224541900003</v>
       </c>
       <c r="J62" s="26">
@@ -29343,52 +29508,55 @@
       </c>
       <c r="FD62" s="26">
         <v>12896.993345960002</v>
       </c>
       <c r="FE62" s="26">
         <v>13020.410611960002</v>
       </c>
       <c r="FF62" s="26">
         <v>12973.099137120002</v>
       </c>
       <c r="FG62" s="26">
         <v>12933.64114654</v>
       </c>
       <c r="FH62" s="26">
         <v>12975.789338730001</v>
       </c>
       <c r="FI62" s="26">
         <v>12948.649218780001</v>
       </c>
       <c r="FJ62" s="26">
         <v>12924.714206530001</v>
       </c>
       <c r="FK62" s="26">
         <v>12989.597097000002</v>
       </c>
+      <c r="FL62" s="26">
+        <v>12990.45633719</v>
+      </c>
     </row>
-    <row r="63" spans="2:167" s="14" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="63" spans="2:168" s="14" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B63" s="24" t="s">
         <v>66</v>
       </c>
       <c r="C63" s="25">
         <v>26319.905909649999</v>
       </c>
       <c r="D63" s="25">
         <v>26136.319460260002</v>
       </c>
       <c r="E63" s="25">
         <v>26259.863541760002</v>
       </c>
       <c r="F63" s="25">
         <v>26550.80457692</v>
       </c>
       <c r="G63" s="25">
         <v>26268.706657499999</v>
       </c>
       <c r="H63" s="25">
         <v>25514.118313989999</v>
       </c>
       <c r="I63" s="25">
         <v>25759.154952090001</v>
       </c>
       <c r="J63" s="25">
@@ -29843,52 +30011,55 @@
       </c>
       <c r="FD63" s="25">
         <v>43761.462558890002</v>
       </c>
       <c r="FE63" s="25">
         <v>42585.030177030007</v>
       </c>
       <c r="FF63" s="25">
         <v>42803.920371790002</v>
       </c>
       <c r="FG63" s="25">
         <v>42162.781047340002</v>
       </c>
       <c r="FH63" s="25">
         <v>42812.697733399997</v>
       </c>
       <c r="FI63" s="25">
         <v>43719.865831340001</v>
       </c>
       <c r="FJ63" s="25">
         <v>45420.377327810005</v>
       </c>
       <c r="FK63" s="25">
         <v>44922.264244400008</v>
       </c>
+      <c r="FL63" s="25">
+        <v>45264.304870740001</v>
+      </c>
     </row>
-    <row r="64" spans="2:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="64" spans="2:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="BM64" s="30"/>
       <c r="BN64" s="30"/>
       <c r="BO64" s="30"/>
       <c r="BP64" s="30"/>
       <c r="BQ64" s="30"/>
       <c r="BR64" s="30"/>
       <c r="BS64" s="30"/>
       <c r="BT64" s="30"/>
       <c r="BU64" s="30"/>
       <c r="BV64" s="30"/>
       <c r="BW64" s="30"/>
       <c r="BX64" s="30"/>
       <c r="BY64" s="30"/>
       <c r="BZ64" s="30"/>
       <c r="CA64" s="30"/>
       <c r="CB64" s="30"/>
       <c r="CC64" s="30"/>
       <c r="CD64" s="30"/>
       <c r="CE64" s="30"/>
       <c r="CF64" s="30"/>
       <c r="CG64" s="30"/>
       <c r="CH64" s="30"/>
       <c r="CI64" s="30"/>
       <c r="CJ64" s="30"/>
       <c r="CK64" s="30"/>
@@ -29948,52 +30119,53 @@
       <c r="EM64" s="30"/>
       <c r="EN64" s="30"/>
       <c r="EO64" s="30"/>
       <c r="EP64" s="30"/>
       <c r="EQ64" s="30"/>
       <c r="ER64" s="30"/>
       <c r="ES64" s="30"/>
       <c r="ET64" s="30"/>
       <c r="EU64" s="30"/>
       <c r="EV64" s="30"/>
       <c r="EW64" s="30"/>
       <c r="EX64" s="30"/>
       <c r="EY64" s="30"/>
       <c r="EZ64" s="30"/>
       <c r="FA64" s="30"/>
       <c r="FB64" s="30"/>
       <c r="FC64" s="30"/>
       <c r="FD64" s="30"/>
       <c r="FE64" s="30"/>
       <c r="FF64" s="30"/>
       <c r="FG64" s="30"/>
       <c r="FH64" s="30"/>
       <c r="FI64" s="30"/>
       <c r="FJ64" s="30"/>
       <c r="FK64" s="30"/>
+      <c r="FL64" s="30"/>
     </row>
-    <row r="65" spans="2:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="65" spans="2:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="BM65" s="30"/>
       <c r="BN65" s="30"/>
       <c r="BO65" s="30"/>
       <c r="BP65" s="30"/>
       <c r="BQ65" s="30"/>
       <c r="BR65" s="30"/>
       <c r="BS65" s="30"/>
       <c r="BT65" s="30"/>
       <c r="BU65" s="30"/>
       <c r="BV65" s="30"/>
       <c r="BW65" s="30"/>
       <c r="BX65" s="30"/>
       <c r="BY65" s="30"/>
       <c r="BZ65" s="30"/>
       <c r="CA65" s="30"/>
       <c r="CB65" s="30"/>
       <c r="CC65" s="30"/>
       <c r="CD65" s="30"/>
       <c r="CE65" s="30"/>
       <c r="CF65" s="30"/>
       <c r="CG65" s="30"/>
       <c r="CH65" s="30"/>
       <c r="CI65" s="30"/>
       <c r="CJ65" s="30"/>
       <c r="CK65" s="30"/>
@@ -30053,52 +30225,53 @@
       <c r="EM65" s="30"/>
       <c r="EN65" s="30"/>
       <c r="EO65" s="30"/>
       <c r="EP65" s="30"/>
       <c r="EQ65" s="30"/>
       <c r="ER65" s="30"/>
       <c r="ES65" s="30"/>
       <c r="ET65" s="30"/>
       <c r="EU65" s="30"/>
       <c r="EV65" s="30"/>
       <c r="EW65" s="30"/>
       <c r="EX65" s="30"/>
       <c r="EY65" s="30"/>
       <c r="EZ65" s="30"/>
       <c r="FA65" s="30"/>
       <c r="FB65" s="30"/>
       <c r="FC65" s="30"/>
       <c r="FD65" s="30"/>
       <c r="FE65" s="30"/>
       <c r="FF65" s="30"/>
       <c r="FG65" s="30"/>
       <c r="FH65" s="30"/>
       <c r="FI65" s="30"/>
       <c r="FJ65" s="30"/>
       <c r="FK65" s="30"/>
+      <c r="FL65" s="30"/>
     </row>
-    <row r="66" spans="2:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="66" spans="2:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B66" s="8" t="s">
         <v>67</v>
       </c>
       <c r="BI66" s="30"/>
       <c r="BJ66" s="30"/>
       <c r="BK66" s="30"/>
       <c r="BL66" s="30"/>
       <c r="BM66" s="30"/>
       <c r="BN66" s="30"/>
       <c r="BO66" s="30"/>
       <c r="BP66" s="30"/>
       <c r="BQ66" s="30"/>
       <c r="BR66" s="30"/>
       <c r="BS66" s="30"/>
       <c r="BT66" s="30"/>
       <c r="BU66" s="30"/>
       <c r="BV66" s="30"/>
       <c r="BW66" s="30"/>
       <c r="BX66" s="30"/>
       <c r="BY66" s="30"/>
       <c r="BZ66" s="30"/>
       <c r="CA66" s="30"/>
       <c r="CB66" s="30"/>
       <c r="CC66" s="30"/>
       <c r="CD66" s="30"/>
@@ -30165,52 +30338,53 @@
       <c r="EM66" s="30"/>
       <c r="EN66" s="30"/>
       <c r="EO66" s="30"/>
       <c r="EP66" s="30"/>
       <c r="EQ66" s="30"/>
       <c r="ER66" s="30"/>
       <c r="ES66" s="30"/>
       <c r="ET66" s="30"/>
       <c r="EU66" s="30"/>
       <c r="EV66" s="30"/>
       <c r="EW66" s="30"/>
       <c r="EX66" s="30"/>
       <c r="EY66" s="30"/>
       <c r="EZ66" s="30"/>
       <c r="FA66" s="30"/>
       <c r="FB66" s="30"/>
       <c r="FC66" s="30"/>
       <c r="FD66" s="30"/>
       <c r="FE66" s="30"/>
       <c r="FF66" s="30"/>
       <c r="FG66" s="30"/>
       <c r="FH66" s="30"/>
       <c r="FI66" s="30"/>
       <c r="FJ66" s="30"/>
       <c r="FK66" s="30"/>
+      <c r="FL66" s="30"/>
     </row>
-    <row r="67" spans="2:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="67" spans="2:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B67" s="32" t="s">
         <v>152</v>
       </c>
       <c r="BM67" s="30"/>
       <c r="BN67" s="30"/>
       <c r="BO67" s="30"/>
       <c r="BP67" s="30"/>
       <c r="BQ67" s="30"/>
       <c r="BR67" s="30"/>
       <c r="BS67" s="30"/>
       <c r="BT67" s="30"/>
       <c r="BU67" s="30"/>
       <c r="BV67" s="30"/>
       <c r="BW67" s="30"/>
       <c r="BX67" s="30"/>
       <c r="BY67" s="30"/>
       <c r="BZ67" s="30"/>
       <c r="CA67" s="30"/>
       <c r="CB67" s="30"/>
       <c r="CC67" s="30"/>
       <c r="CD67" s="30"/>
       <c r="CE67" s="30"/>
       <c r="CF67" s="30"/>
       <c r="CG67" s="30"/>
       <c r="CH67" s="30"/>
@@ -30273,52 +30447,53 @@
       <c r="EM67" s="30"/>
       <c r="EN67" s="30"/>
       <c r="EO67" s="30"/>
       <c r="EP67" s="30"/>
       <c r="EQ67" s="30"/>
       <c r="ER67" s="30"/>
       <c r="ES67" s="30"/>
       <c r="ET67" s="30"/>
       <c r="EU67" s="30"/>
       <c r="EV67" s="30"/>
       <c r="EW67" s="30"/>
       <c r="EX67" s="30"/>
       <c r="EY67" s="30"/>
       <c r="EZ67" s="30"/>
       <c r="FA67" s="30"/>
       <c r="FB67" s="30"/>
       <c r="FC67" s="30"/>
       <c r="FD67" s="30"/>
       <c r="FE67" s="30"/>
       <c r="FF67" s="30"/>
       <c r="FG67" s="30"/>
       <c r="FH67" s="30"/>
       <c r="FI67" s="30"/>
       <c r="FJ67" s="30"/>
       <c r="FK67" s="30"/>
+      <c r="FL67" s="30"/>
     </row>
-    <row r="68" spans="2:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="68" spans="2:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="BM68" s="30"/>
       <c r="BN68" s="30"/>
       <c r="BO68" s="30"/>
       <c r="BP68" s="30"/>
       <c r="BQ68" s="30"/>
       <c r="BR68" s="30"/>
       <c r="BS68" s="30"/>
       <c r="BT68" s="30"/>
       <c r="BU68" s="30"/>
       <c r="BV68" s="30"/>
       <c r="BW68" s="30"/>
       <c r="BX68" s="30"/>
       <c r="BY68" s="30"/>
       <c r="BZ68" s="30"/>
       <c r="CA68" s="30"/>
       <c r="CB68" s="30"/>
       <c r="CC68" s="30"/>
       <c r="CD68" s="30"/>
       <c r="CE68" s="30"/>
       <c r="CF68" s="30"/>
       <c r="CG68" s="30"/>
       <c r="CH68" s="30"/>
       <c r="CI68" s="30"/>
       <c r="CJ68" s="30"/>
       <c r="CK68" s="30"/>
@@ -30378,52 +30553,53 @@
       <c r="EM68" s="30"/>
       <c r="EN68" s="30"/>
       <c r="EO68" s="30"/>
       <c r="EP68" s="30"/>
       <c r="EQ68" s="30"/>
       <c r="ER68" s="30"/>
       <c r="ES68" s="30"/>
       <c r="ET68" s="30"/>
       <c r="EU68" s="30"/>
       <c r="EV68" s="30"/>
       <c r="EW68" s="30"/>
       <c r="EX68" s="30"/>
       <c r="EY68" s="30"/>
       <c r="EZ68" s="30"/>
       <c r="FA68" s="30"/>
       <c r="FB68" s="30"/>
       <c r="FC68" s="30"/>
       <c r="FD68" s="30"/>
       <c r="FE68" s="30"/>
       <c r="FF68" s="30"/>
       <c r="FG68" s="30"/>
       <c r="FH68" s="30"/>
       <c r="FI68" s="30"/>
       <c r="FJ68" s="30"/>
       <c r="FK68" s="30"/>
+      <c r="FL68" s="30"/>
     </row>
-    <row r="69" spans="2:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="69" spans="2:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="BM69" s="30"/>
       <c r="BN69" s="30"/>
       <c r="BO69" s="30"/>
       <c r="BP69" s="30"/>
       <c r="BQ69" s="30"/>
       <c r="BR69" s="30"/>
       <c r="BS69" s="30"/>
       <c r="BT69" s="30"/>
       <c r="BU69" s="30"/>
       <c r="BV69" s="30"/>
       <c r="BW69" s="30"/>
       <c r="BX69" s="30"/>
       <c r="BY69" s="30"/>
       <c r="BZ69" s="30"/>
       <c r="CA69" s="30"/>
       <c r="CB69" s="30"/>
       <c r="CC69" s="30"/>
       <c r="CD69" s="30"/>
       <c r="CE69" s="30"/>
       <c r="CF69" s="30"/>
       <c r="CG69" s="30"/>
       <c r="CH69" s="30"/>
       <c r="CI69" s="30"/>
       <c r="CJ69" s="30"/>
       <c r="CK69" s="30"/>
@@ -30483,52 +30659,53 @@
       <c r="EM69" s="30"/>
       <c r="EN69" s="30"/>
       <c r="EO69" s="30"/>
       <c r="EP69" s="30"/>
       <c r="EQ69" s="30"/>
       <c r="ER69" s="30"/>
       <c r="ES69" s="30"/>
       <c r="ET69" s="30"/>
       <c r="EU69" s="30"/>
       <c r="EV69" s="30"/>
       <c r="EW69" s="30"/>
       <c r="EX69" s="30"/>
       <c r="EY69" s="30"/>
       <c r="EZ69" s="30"/>
       <c r="FA69" s="30"/>
       <c r="FB69" s="30"/>
       <c r="FC69" s="30"/>
       <c r="FD69" s="30"/>
       <c r="FE69" s="30"/>
       <c r="FF69" s="30"/>
       <c r="FG69" s="30"/>
       <c r="FH69" s="30"/>
       <c r="FI69" s="30"/>
       <c r="FJ69" s="30"/>
       <c r="FK69" s="30"/>
+      <c r="FL69" s="30"/>
     </row>
-    <row r="70" spans="2:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="70" spans="2:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="BM70" s="30"/>
       <c r="BN70" s="30"/>
       <c r="BO70" s="30"/>
       <c r="BP70" s="30"/>
       <c r="BQ70" s="30"/>
       <c r="BR70" s="30"/>
       <c r="BS70" s="30"/>
       <c r="BT70" s="30"/>
       <c r="BU70" s="30"/>
       <c r="BV70" s="30"/>
       <c r="BW70" s="30"/>
       <c r="BX70" s="30"/>
       <c r="BY70" s="30"/>
       <c r="BZ70" s="30"/>
       <c r="CA70" s="30"/>
       <c r="CB70" s="30"/>
       <c r="CC70" s="30"/>
       <c r="CD70" s="30"/>
       <c r="CE70" s="30"/>
       <c r="CF70" s="30"/>
       <c r="CG70" s="30"/>
       <c r="CH70" s="30"/>
       <c r="CI70" s="30"/>
       <c r="CJ70" s="30"/>
       <c r="CK70" s="30"/>
@@ -30588,52 +30765,53 @@
       <c r="EM70" s="30"/>
       <c r="EN70" s="30"/>
       <c r="EO70" s="30"/>
       <c r="EP70" s="30"/>
       <c r="EQ70" s="30"/>
       <c r="ER70" s="30"/>
       <c r="ES70" s="30"/>
       <c r="ET70" s="30"/>
       <c r="EU70" s="30"/>
       <c r="EV70" s="30"/>
       <c r="EW70" s="30"/>
       <c r="EX70" s="30"/>
       <c r="EY70" s="30"/>
       <c r="EZ70" s="30"/>
       <c r="FA70" s="30"/>
       <c r="FB70" s="30"/>
       <c r="FC70" s="30"/>
       <c r="FD70" s="30"/>
       <c r="FE70" s="30"/>
       <c r="FF70" s="30"/>
       <c r="FG70" s="30"/>
       <c r="FH70" s="30"/>
       <c r="FI70" s="30"/>
       <c r="FJ70" s="30"/>
       <c r="FK70" s="30"/>
+      <c r="FL70" s="30"/>
     </row>
-    <row r="71" spans="2:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="71" spans="2:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C71" s="29"/>
       <c r="D71" s="29"/>
       <c r="E71" s="29"/>
       <c r="F71" s="29"/>
       <c r="G71" s="29"/>
       <c r="H71" s="29"/>
       <c r="I71" s="29"/>
       <c r="J71" s="29"/>
       <c r="K71" s="29"/>
       <c r="L71" s="29"/>
       <c r="M71" s="29"/>
       <c r="N71" s="29"/>
       <c r="O71" s="29"/>
       <c r="P71" s="29"/>
       <c r="Q71" s="29"/>
       <c r="R71" s="29"/>
       <c r="S71" s="29"/>
       <c r="T71" s="29"/>
       <c r="U71" s="29"/>
       <c r="V71" s="29"/>
       <c r="W71" s="29"/>
       <c r="X71" s="29"/>
       <c r="Y71" s="29"/>
       <c r="Z71" s="29"/>
       <c r="AA71" s="29"/>
@@ -30751,52 +30929,53 @@
       <c r="EM71" s="30"/>
       <c r="EN71" s="30"/>
       <c r="EO71" s="30"/>
       <c r="EP71" s="30"/>
       <c r="EQ71" s="30"/>
       <c r="ER71" s="30"/>
       <c r="ES71" s="30"/>
       <c r="ET71" s="30"/>
       <c r="EU71" s="30"/>
       <c r="EV71" s="30"/>
       <c r="EW71" s="30"/>
       <c r="EX71" s="30"/>
       <c r="EY71" s="30"/>
       <c r="EZ71" s="30"/>
       <c r="FA71" s="30"/>
       <c r="FB71" s="30"/>
       <c r="FC71" s="30"/>
       <c r="FD71" s="30"/>
       <c r="FE71" s="30"/>
       <c r="FF71" s="30"/>
       <c r="FG71" s="30"/>
       <c r="FH71" s="30"/>
       <c r="FI71" s="30"/>
       <c r="FJ71" s="30"/>
       <c r="FK71" s="30"/>
+      <c r="FL71" s="30"/>
     </row>
-    <row r="72" spans="2:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="72" spans="2:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C72" s="29"/>
       <c r="D72" s="29"/>
       <c r="E72" s="29"/>
       <c r="F72" s="29"/>
       <c r="G72" s="29"/>
       <c r="H72" s="29"/>
       <c r="I72" s="29"/>
       <c r="J72" s="29"/>
       <c r="K72" s="29"/>
       <c r="L72" s="29"/>
       <c r="M72" s="29"/>
       <c r="N72" s="29"/>
       <c r="O72" s="29"/>
       <c r="P72" s="29"/>
       <c r="Q72" s="29"/>
       <c r="R72" s="29"/>
       <c r="S72" s="29"/>
       <c r="T72" s="29"/>
       <c r="U72" s="29"/>
       <c r="V72" s="29"/>
       <c r="W72" s="29"/>
       <c r="X72" s="29"/>
       <c r="Y72" s="29"/>
       <c r="Z72" s="29"/>
       <c r="AA72" s="29"/>
@@ -30914,52 +31093,53 @@
       <c r="EM72" s="30"/>
       <c r="EN72" s="30"/>
       <c r="EO72" s="30"/>
       <c r="EP72" s="30"/>
       <c r="EQ72" s="30"/>
       <c r="ER72" s="30"/>
       <c r="ES72" s="30"/>
       <c r="ET72" s="30"/>
       <c r="EU72" s="30"/>
       <c r="EV72" s="30"/>
       <c r="EW72" s="30"/>
       <c r="EX72" s="30"/>
       <c r="EY72" s="30"/>
       <c r="EZ72" s="30"/>
       <c r="FA72" s="30"/>
       <c r="FB72" s="30"/>
       <c r="FC72" s="30"/>
       <c r="FD72" s="30"/>
       <c r="FE72" s="30"/>
       <c r="FF72" s="30"/>
       <c r="FG72" s="30"/>
       <c r="FH72" s="30"/>
       <c r="FI72" s="30"/>
       <c r="FJ72" s="30"/>
       <c r="FK72" s="30"/>
+      <c r="FL72" s="30"/>
     </row>
-    <row r="73" spans="2:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="73" spans="2:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C73" s="29"/>
       <c r="D73" s="29"/>
       <c r="E73" s="29"/>
       <c r="F73" s="29"/>
       <c r="G73" s="29"/>
       <c r="H73" s="29"/>
       <c r="I73" s="29"/>
       <c r="J73" s="29"/>
       <c r="K73" s="29"/>
       <c r="L73" s="29"/>
       <c r="M73" s="29"/>
       <c r="N73" s="29"/>
       <c r="O73" s="29"/>
       <c r="P73" s="29"/>
       <c r="Q73" s="29"/>
       <c r="R73" s="29"/>
       <c r="S73" s="29"/>
       <c r="T73" s="29"/>
       <c r="U73" s="29"/>
       <c r="V73" s="29"/>
       <c r="W73" s="29"/>
       <c r="X73" s="29"/>
       <c r="Y73" s="29"/>
       <c r="Z73" s="29"/>
       <c r="AA73" s="29"/>
@@ -31077,52 +31257,53 @@
       <c r="EM73" s="30"/>
       <c r="EN73" s="30"/>
       <c r="EO73" s="30"/>
       <c r="EP73" s="30"/>
       <c r="EQ73" s="30"/>
       <c r="ER73" s="30"/>
       <c r="ES73" s="30"/>
       <c r="ET73" s="30"/>
       <c r="EU73" s="30"/>
       <c r="EV73" s="30"/>
       <c r="EW73" s="30"/>
       <c r="EX73" s="30"/>
       <c r="EY73" s="30"/>
       <c r="EZ73" s="30"/>
       <c r="FA73" s="30"/>
       <c r="FB73" s="30"/>
       <c r="FC73" s="30"/>
       <c r="FD73" s="30"/>
       <c r="FE73" s="30"/>
       <c r="FF73" s="30"/>
       <c r="FG73" s="30"/>
       <c r="FH73" s="30"/>
       <c r="FI73" s="30"/>
       <c r="FJ73" s="30"/>
       <c r="FK73" s="30"/>
+      <c r="FL73" s="30"/>
     </row>
-    <row r="74" spans="2:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="74" spans="2:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C74" s="29"/>
       <c r="D74" s="29"/>
       <c r="E74" s="29"/>
       <c r="F74" s="29"/>
       <c r="G74" s="29"/>
       <c r="H74" s="29"/>
       <c r="I74" s="29"/>
       <c r="J74" s="29"/>
       <c r="K74" s="29"/>
       <c r="L74" s="29"/>
       <c r="M74" s="29"/>
       <c r="N74" s="29"/>
       <c r="O74" s="29"/>
       <c r="P74" s="29"/>
       <c r="Q74" s="29"/>
       <c r="R74" s="29"/>
       <c r="S74" s="29"/>
       <c r="T74" s="29"/>
       <c r="U74" s="29"/>
       <c r="V74" s="29"/>
       <c r="W74" s="29"/>
       <c r="X74" s="29"/>
       <c r="Y74" s="29"/>
       <c r="Z74" s="29"/>
       <c r="AA74" s="29"/>
@@ -31240,52 +31421,53 @@
       <c r="EM74" s="30"/>
       <c r="EN74" s="30"/>
       <c r="EO74" s="30"/>
       <c r="EP74" s="30"/>
       <c r="EQ74" s="30"/>
       <c r="ER74" s="30"/>
       <c r="ES74" s="30"/>
       <c r="ET74" s="30"/>
       <c r="EU74" s="30"/>
       <c r="EV74" s="30"/>
       <c r="EW74" s="30"/>
       <c r="EX74" s="30"/>
       <c r="EY74" s="30"/>
       <c r="EZ74" s="30"/>
       <c r="FA74" s="30"/>
       <c r="FB74" s="30"/>
       <c r="FC74" s="30"/>
       <c r="FD74" s="30"/>
       <c r="FE74" s="30"/>
       <c r="FF74" s="30"/>
       <c r="FG74" s="30"/>
       <c r="FH74" s="30"/>
       <c r="FI74" s="30"/>
       <c r="FJ74" s="30"/>
       <c r="FK74" s="30"/>
+      <c r="FL74" s="30"/>
     </row>
-    <row r="75" spans="2:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="75" spans="2:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C75" s="29"/>
       <c r="D75" s="29"/>
       <c r="E75" s="29"/>
       <c r="F75" s="29"/>
       <c r="G75" s="29"/>
       <c r="H75" s="29"/>
       <c r="I75" s="29"/>
       <c r="J75" s="29"/>
       <c r="K75" s="29"/>
       <c r="L75" s="29"/>
       <c r="M75" s="29"/>
       <c r="N75" s="29"/>
       <c r="O75" s="29"/>
       <c r="P75" s="29"/>
       <c r="Q75" s="29"/>
       <c r="R75" s="29"/>
       <c r="S75" s="29"/>
       <c r="T75" s="29"/>
       <c r="U75" s="29"/>
       <c r="V75" s="29"/>
       <c r="W75" s="29"/>
       <c r="X75" s="29"/>
       <c r="Y75" s="29"/>
       <c r="Z75" s="29"/>
       <c r="AA75" s="29"/>
@@ -31403,52 +31585,53 @@
       <c r="EM75" s="30"/>
       <c r="EN75" s="30"/>
       <c r="EO75" s="30"/>
       <c r="EP75" s="30"/>
       <c r="EQ75" s="30"/>
       <c r="ER75" s="30"/>
       <c r="ES75" s="30"/>
       <c r="ET75" s="30"/>
       <c r="EU75" s="30"/>
       <c r="EV75" s="30"/>
       <c r="EW75" s="30"/>
       <c r="EX75" s="30"/>
       <c r="EY75" s="30"/>
       <c r="EZ75" s="30"/>
       <c r="FA75" s="30"/>
       <c r="FB75" s="30"/>
       <c r="FC75" s="30"/>
       <c r="FD75" s="30"/>
       <c r="FE75" s="30"/>
       <c r="FF75" s="30"/>
       <c r="FG75" s="30"/>
       <c r="FH75" s="30"/>
       <c r="FI75" s="30"/>
       <c r="FJ75" s="30"/>
       <c r="FK75" s="30"/>
+      <c r="FL75" s="30"/>
     </row>
-    <row r="76" spans="2:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="76" spans="2:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C76" s="29"/>
       <c r="D76" s="29"/>
       <c r="E76" s="29"/>
       <c r="F76" s="29"/>
       <c r="G76" s="29"/>
       <c r="H76" s="29"/>
       <c r="I76" s="29"/>
       <c r="J76" s="29"/>
       <c r="K76" s="29"/>
       <c r="L76" s="29"/>
       <c r="M76" s="29"/>
       <c r="N76" s="29"/>
       <c r="O76" s="29"/>
       <c r="P76" s="29"/>
       <c r="Q76" s="29"/>
       <c r="R76" s="29"/>
       <c r="S76" s="29"/>
       <c r="T76" s="29"/>
       <c r="U76" s="29"/>
       <c r="V76" s="29"/>
       <c r="W76" s="29"/>
       <c r="X76" s="29"/>
       <c r="Y76" s="29"/>
       <c r="Z76" s="29"/>
       <c r="AA76" s="29"/>
@@ -31566,52 +31749,53 @@
       <c r="EM76" s="30"/>
       <c r="EN76" s="30"/>
       <c r="EO76" s="30"/>
       <c r="EP76" s="30"/>
       <c r="EQ76" s="30"/>
       <c r="ER76" s="30"/>
       <c r="ES76" s="30"/>
       <c r="ET76" s="30"/>
       <c r="EU76" s="30"/>
       <c r="EV76" s="30"/>
       <c r="EW76" s="30"/>
       <c r="EX76" s="30"/>
       <c r="EY76" s="30"/>
       <c r="EZ76" s="30"/>
       <c r="FA76" s="30"/>
       <c r="FB76" s="30"/>
       <c r="FC76" s="30"/>
       <c r="FD76" s="30"/>
       <c r="FE76" s="30"/>
       <c r="FF76" s="30"/>
       <c r="FG76" s="30"/>
       <c r="FH76" s="30"/>
       <c r="FI76" s="30"/>
       <c r="FJ76" s="30"/>
       <c r="FK76" s="30"/>
+      <c r="FL76" s="30"/>
     </row>
-    <row r="77" spans="2:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="77" spans="2:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C77" s="29"/>
       <c r="D77" s="29"/>
       <c r="E77" s="29"/>
       <c r="F77" s="29"/>
       <c r="G77" s="29"/>
       <c r="H77" s="29"/>
       <c r="I77" s="29"/>
       <c r="J77" s="29"/>
       <c r="K77" s="29"/>
       <c r="L77" s="29"/>
       <c r="M77" s="29"/>
       <c r="N77" s="29"/>
       <c r="O77" s="29"/>
       <c r="P77" s="29"/>
       <c r="Q77" s="29"/>
       <c r="R77" s="29"/>
       <c r="S77" s="29"/>
       <c r="T77" s="29"/>
       <c r="U77" s="29"/>
       <c r="V77" s="29"/>
       <c r="W77" s="29"/>
       <c r="X77" s="29"/>
       <c r="Y77" s="29"/>
       <c r="Z77" s="29"/>
       <c r="AA77" s="29"/>
@@ -31729,52 +31913,53 @@
       <c r="EM77" s="30"/>
       <c r="EN77" s="30"/>
       <c r="EO77" s="30"/>
       <c r="EP77" s="30"/>
       <c r="EQ77" s="30"/>
       <c r="ER77" s="30"/>
       <c r="ES77" s="30"/>
       <c r="ET77" s="30"/>
       <c r="EU77" s="30"/>
       <c r="EV77" s="30"/>
       <c r="EW77" s="30"/>
       <c r="EX77" s="30"/>
       <c r="EY77" s="30"/>
       <c r="EZ77" s="30"/>
       <c r="FA77" s="30"/>
       <c r="FB77" s="30"/>
       <c r="FC77" s="30"/>
       <c r="FD77" s="30"/>
       <c r="FE77" s="30"/>
       <c r="FF77" s="30"/>
       <c r="FG77" s="30"/>
       <c r="FH77" s="30"/>
       <c r="FI77" s="30"/>
       <c r="FJ77" s="30"/>
       <c r="FK77" s="30"/>
+      <c r="FL77" s="30"/>
     </row>
-    <row r="78" spans="2:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="78" spans="2:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C78" s="29"/>
       <c r="D78" s="29"/>
       <c r="E78" s="29"/>
       <c r="F78" s="29"/>
       <c r="G78" s="29"/>
       <c r="H78" s="29"/>
       <c r="I78" s="29"/>
       <c r="J78" s="29"/>
       <c r="K78" s="29"/>
       <c r="L78" s="29"/>
       <c r="M78" s="29"/>
       <c r="N78" s="29"/>
       <c r="O78" s="29"/>
       <c r="P78" s="29"/>
       <c r="Q78" s="29"/>
       <c r="R78" s="29"/>
       <c r="S78" s="29"/>
       <c r="T78" s="29"/>
       <c r="U78" s="29"/>
       <c r="V78" s="29"/>
       <c r="W78" s="29"/>
       <c r="X78" s="29"/>
       <c r="Y78" s="29"/>
       <c r="Z78" s="29"/>
       <c r="AA78" s="29"/>
@@ -31892,52 +32077,53 @@
       <c r="EM78" s="30"/>
       <c r="EN78" s="30"/>
       <c r="EO78" s="30"/>
       <c r="EP78" s="30"/>
       <c r="EQ78" s="30"/>
       <c r="ER78" s="30"/>
       <c r="ES78" s="30"/>
       <c r="ET78" s="30"/>
       <c r="EU78" s="30"/>
       <c r="EV78" s="30"/>
       <c r="EW78" s="30"/>
       <c r="EX78" s="30"/>
       <c r="EY78" s="30"/>
       <c r="EZ78" s="30"/>
       <c r="FA78" s="30"/>
       <c r="FB78" s="30"/>
       <c r="FC78" s="30"/>
       <c r="FD78" s="30"/>
       <c r="FE78" s="30"/>
       <c r="FF78" s="30"/>
       <c r="FG78" s="30"/>
       <c r="FH78" s="30"/>
       <c r="FI78" s="30"/>
       <c r="FJ78" s="30"/>
       <c r="FK78" s="30"/>
+      <c r="FL78" s="30"/>
     </row>
-    <row r="79" spans="2:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="79" spans="2:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C79" s="29"/>
       <c r="D79" s="29"/>
       <c r="E79" s="29"/>
       <c r="F79" s="29"/>
       <c r="G79" s="29"/>
       <c r="H79" s="29"/>
       <c r="I79" s="29"/>
       <c r="J79" s="29"/>
       <c r="K79" s="29"/>
       <c r="L79" s="29"/>
       <c r="M79" s="29"/>
       <c r="N79" s="29"/>
       <c r="O79" s="29"/>
       <c r="P79" s="29"/>
       <c r="Q79" s="29"/>
       <c r="R79" s="29"/>
       <c r="S79" s="29"/>
       <c r="T79" s="29"/>
       <c r="U79" s="29"/>
       <c r="V79" s="29"/>
       <c r="W79" s="29"/>
       <c r="X79" s="29"/>
       <c r="Y79" s="29"/>
       <c r="Z79" s="29"/>
       <c r="AA79" s="29"/>
@@ -32055,52 +32241,53 @@
       <c r="EM79" s="30"/>
       <c r="EN79" s="30"/>
       <c r="EO79" s="30"/>
       <c r="EP79" s="30"/>
       <c r="EQ79" s="30"/>
       <c r="ER79" s="30"/>
       <c r="ES79" s="30"/>
       <c r="ET79" s="30"/>
       <c r="EU79" s="30"/>
       <c r="EV79" s="30"/>
       <c r="EW79" s="30"/>
       <c r="EX79" s="30"/>
       <c r="EY79" s="30"/>
       <c r="EZ79" s="30"/>
       <c r="FA79" s="30"/>
       <c r="FB79" s="30"/>
       <c r="FC79" s="30"/>
       <c r="FD79" s="30"/>
       <c r="FE79" s="30"/>
       <c r="FF79" s="30"/>
       <c r="FG79" s="30"/>
       <c r="FH79" s="30"/>
       <c r="FI79" s="30"/>
       <c r="FJ79" s="30"/>
       <c r="FK79" s="30"/>
+      <c r="FL79" s="30"/>
     </row>
-    <row r="80" spans="2:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="80" spans="2:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C80" s="29"/>
       <c r="D80" s="29"/>
       <c r="E80" s="29"/>
       <c r="F80" s="29"/>
       <c r="G80" s="29"/>
       <c r="H80" s="29"/>
       <c r="I80" s="29"/>
       <c r="J80" s="29"/>
       <c r="K80" s="29"/>
       <c r="L80" s="29"/>
       <c r="M80" s="29"/>
       <c r="N80" s="29"/>
       <c r="O80" s="29"/>
       <c r="P80" s="29"/>
       <c r="Q80" s="29"/>
       <c r="R80" s="29"/>
       <c r="S80" s="29"/>
       <c r="T80" s="29"/>
       <c r="U80" s="29"/>
       <c r="V80" s="29"/>
       <c r="W80" s="29"/>
       <c r="X80" s="29"/>
       <c r="Y80" s="29"/>
       <c r="Z80" s="29"/>
       <c r="AA80" s="29"/>
@@ -32218,52 +32405,53 @@
       <c r="EM80" s="30"/>
       <c r="EN80" s="30"/>
       <c r="EO80" s="30"/>
       <c r="EP80" s="30"/>
       <c r="EQ80" s="30"/>
       <c r="ER80" s="30"/>
       <c r="ES80" s="30"/>
       <c r="ET80" s="30"/>
       <c r="EU80" s="30"/>
       <c r="EV80" s="30"/>
       <c r="EW80" s="30"/>
       <c r="EX80" s="30"/>
       <c r="EY80" s="30"/>
       <c r="EZ80" s="30"/>
       <c r="FA80" s="30"/>
       <c r="FB80" s="30"/>
       <c r="FC80" s="30"/>
       <c r="FD80" s="30"/>
       <c r="FE80" s="30"/>
       <c r="FF80" s="30"/>
       <c r="FG80" s="30"/>
       <c r="FH80" s="30"/>
       <c r="FI80" s="30"/>
       <c r="FJ80" s="30"/>
       <c r="FK80" s="30"/>
+      <c r="FL80" s="30"/>
     </row>
-    <row r="81" spans="3:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="81" spans="3:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C81" s="29"/>
       <c r="D81" s="29"/>
       <c r="E81" s="29"/>
       <c r="F81" s="29"/>
       <c r="G81" s="29"/>
       <c r="H81" s="29"/>
       <c r="I81" s="29"/>
       <c r="J81" s="29"/>
       <c r="K81" s="29"/>
       <c r="L81" s="29"/>
       <c r="M81" s="29"/>
       <c r="N81" s="29"/>
       <c r="O81" s="29"/>
       <c r="P81" s="29"/>
       <c r="Q81" s="29"/>
       <c r="R81" s="29"/>
       <c r="S81" s="29"/>
       <c r="T81" s="29"/>
       <c r="U81" s="29"/>
       <c r="V81" s="29"/>
       <c r="W81" s="29"/>
       <c r="X81" s="29"/>
       <c r="Y81" s="29"/>
       <c r="Z81" s="29"/>
       <c r="AA81" s="29"/>
@@ -32381,52 +32569,53 @@
       <c r="EM81" s="30"/>
       <c r="EN81" s="30"/>
       <c r="EO81" s="30"/>
       <c r="EP81" s="30"/>
       <c r="EQ81" s="30"/>
       <c r="ER81" s="30"/>
       <c r="ES81" s="30"/>
       <c r="ET81" s="30"/>
       <c r="EU81" s="30"/>
       <c r="EV81" s="30"/>
       <c r="EW81" s="30"/>
       <c r="EX81" s="30"/>
       <c r="EY81" s="30"/>
       <c r="EZ81" s="30"/>
       <c r="FA81" s="30"/>
       <c r="FB81" s="30"/>
       <c r="FC81" s="30"/>
       <c r="FD81" s="30"/>
       <c r="FE81" s="30"/>
       <c r="FF81" s="30"/>
       <c r="FG81" s="30"/>
       <c r="FH81" s="30"/>
       <c r="FI81" s="30"/>
       <c r="FJ81" s="30"/>
       <c r="FK81" s="30"/>
+      <c r="FL81" s="30"/>
     </row>
-    <row r="82" spans="3:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="82" spans="3:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C82" s="29"/>
       <c r="D82" s="29"/>
       <c r="E82" s="29"/>
       <c r="F82" s="29"/>
       <c r="G82" s="29"/>
       <c r="H82" s="29"/>
       <c r="I82" s="29"/>
       <c r="J82" s="29"/>
       <c r="K82" s="29"/>
       <c r="L82" s="29"/>
       <c r="M82" s="29"/>
       <c r="N82" s="29"/>
       <c r="O82" s="29"/>
       <c r="P82" s="29"/>
       <c r="Q82" s="29"/>
       <c r="R82" s="29"/>
       <c r="S82" s="29"/>
       <c r="T82" s="29"/>
       <c r="U82" s="29"/>
       <c r="V82" s="29"/>
       <c r="W82" s="29"/>
       <c r="X82" s="29"/>
       <c r="Y82" s="29"/>
       <c r="Z82" s="29"/>
       <c r="AA82" s="29"/>
@@ -32544,52 +32733,53 @@
       <c r="EM82" s="30"/>
       <c r="EN82" s="30"/>
       <c r="EO82" s="30"/>
       <c r="EP82" s="30"/>
       <c r="EQ82" s="30"/>
       <c r="ER82" s="30"/>
       <c r="ES82" s="30"/>
       <c r="ET82" s="30"/>
       <c r="EU82" s="30"/>
       <c r="EV82" s="30"/>
       <c r="EW82" s="30"/>
       <c r="EX82" s="30"/>
       <c r="EY82" s="30"/>
       <c r="EZ82" s="30"/>
       <c r="FA82" s="30"/>
       <c r="FB82" s="30"/>
       <c r="FC82" s="30"/>
       <c r="FD82" s="30"/>
       <c r="FE82" s="30"/>
       <c r="FF82" s="30"/>
       <c r="FG82" s="30"/>
       <c r="FH82" s="30"/>
       <c r="FI82" s="30"/>
       <c r="FJ82" s="30"/>
       <c r="FK82" s="30"/>
+      <c r="FL82" s="30"/>
     </row>
-    <row r="83" spans="3:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="83" spans="3:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C83" s="29"/>
       <c r="D83" s="29"/>
       <c r="E83" s="29"/>
       <c r="F83" s="29"/>
       <c r="G83" s="29"/>
       <c r="H83" s="29"/>
       <c r="I83" s="29"/>
       <c r="J83" s="29"/>
       <c r="K83" s="29"/>
       <c r="L83" s="29"/>
       <c r="M83" s="29"/>
       <c r="N83" s="29"/>
       <c r="O83" s="29"/>
       <c r="P83" s="29"/>
       <c r="Q83" s="29"/>
       <c r="R83" s="29"/>
       <c r="S83" s="29"/>
       <c r="T83" s="29"/>
       <c r="U83" s="29"/>
       <c r="V83" s="29"/>
       <c r="W83" s="29"/>
       <c r="X83" s="29"/>
       <c r="Y83" s="29"/>
       <c r="Z83" s="29"/>
       <c r="AA83" s="29"/>
@@ -32707,52 +32897,53 @@
       <c r="EM83" s="30"/>
       <c r="EN83" s="30"/>
       <c r="EO83" s="30"/>
       <c r="EP83" s="30"/>
       <c r="EQ83" s="30"/>
       <c r="ER83" s="30"/>
       <c r="ES83" s="30"/>
       <c r="ET83" s="30"/>
       <c r="EU83" s="30"/>
       <c r="EV83" s="30"/>
       <c r="EW83" s="30"/>
       <c r="EX83" s="30"/>
       <c r="EY83" s="30"/>
       <c r="EZ83" s="30"/>
       <c r="FA83" s="30"/>
       <c r="FB83" s="30"/>
       <c r="FC83" s="30"/>
       <c r="FD83" s="30"/>
       <c r="FE83" s="30"/>
       <c r="FF83" s="30"/>
       <c r="FG83" s="30"/>
       <c r="FH83" s="30"/>
       <c r="FI83" s="30"/>
       <c r="FJ83" s="30"/>
       <c r="FK83" s="30"/>
+      <c r="FL83" s="30"/>
     </row>
-    <row r="84" spans="3:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="84" spans="3:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C84" s="29"/>
       <c r="D84" s="29"/>
       <c r="E84" s="29"/>
       <c r="F84" s="29"/>
       <c r="G84" s="29"/>
       <c r="H84" s="29"/>
       <c r="I84" s="29"/>
       <c r="J84" s="29"/>
       <c r="K84" s="29"/>
       <c r="L84" s="29"/>
       <c r="M84" s="29"/>
       <c r="N84" s="29"/>
       <c r="O84" s="29"/>
       <c r="P84" s="29"/>
       <c r="Q84" s="29"/>
       <c r="R84" s="29"/>
       <c r="S84" s="29"/>
       <c r="T84" s="29"/>
       <c r="U84" s="29"/>
       <c r="V84" s="29"/>
       <c r="W84" s="29"/>
       <c r="X84" s="29"/>
       <c r="Y84" s="29"/>
       <c r="Z84" s="29"/>
       <c r="AA84" s="29"/>
@@ -32870,52 +33061,53 @@
       <c r="EM84" s="30"/>
       <c r="EN84" s="30"/>
       <c r="EO84" s="30"/>
       <c r="EP84" s="30"/>
       <c r="EQ84" s="30"/>
       <c r="ER84" s="30"/>
       <c r="ES84" s="30"/>
       <c r="ET84" s="30"/>
       <c r="EU84" s="30"/>
       <c r="EV84" s="30"/>
       <c r="EW84" s="30"/>
       <c r="EX84" s="30"/>
       <c r="EY84" s="30"/>
       <c r="EZ84" s="30"/>
       <c r="FA84" s="30"/>
       <c r="FB84" s="30"/>
       <c r="FC84" s="30"/>
       <c r="FD84" s="30"/>
       <c r="FE84" s="30"/>
       <c r="FF84" s="30"/>
       <c r="FG84" s="30"/>
       <c r="FH84" s="30"/>
       <c r="FI84" s="30"/>
       <c r="FJ84" s="30"/>
       <c r="FK84" s="30"/>
+      <c r="FL84" s="30"/>
     </row>
-    <row r="85" spans="3:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="85" spans="3:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C85" s="29"/>
       <c r="D85" s="29"/>
       <c r="E85" s="29"/>
       <c r="F85" s="29"/>
       <c r="G85" s="29"/>
       <c r="H85" s="29"/>
       <c r="I85" s="29"/>
       <c r="J85" s="29"/>
       <c r="K85" s="29"/>
       <c r="L85" s="29"/>
       <c r="M85" s="29"/>
       <c r="N85" s="29"/>
       <c r="O85" s="29"/>
       <c r="P85" s="29"/>
       <c r="Q85" s="29"/>
       <c r="R85" s="29"/>
       <c r="S85" s="29"/>
       <c r="T85" s="29"/>
       <c r="U85" s="29"/>
       <c r="V85" s="29"/>
       <c r="W85" s="29"/>
       <c r="X85" s="29"/>
       <c r="Y85" s="29"/>
       <c r="Z85" s="29"/>
       <c r="AA85" s="29"/>
@@ -33033,52 +33225,53 @@
       <c r="EM85" s="30"/>
       <c r="EN85" s="30"/>
       <c r="EO85" s="30"/>
       <c r="EP85" s="30"/>
       <c r="EQ85" s="30"/>
       <c r="ER85" s="30"/>
       <c r="ES85" s="30"/>
       <c r="ET85" s="30"/>
       <c r="EU85" s="30"/>
       <c r="EV85" s="30"/>
       <c r="EW85" s="30"/>
       <c r="EX85" s="30"/>
       <c r="EY85" s="30"/>
       <c r="EZ85" s="30"/>
       <c r="FA85" s="30"/>
       <c r="FB85" s="30"/>
       <c r="FC85" s="30"/>
       <c r="FD85" s="30"/>
       <c r="FE85" s="30"/>
       <c r="FF85" s="30"/>
       <c r="FG85" s="30"/>
       <c r="FH85" s="30"/>
       <c r="FI85" s="30"/>
       <c r="FJ85" s="30"/>
       <c r="FK85" s="30"/>
+      <c r="FL85" s="30"/>
     </row>
-    <row r="86" spans="3:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="86" spans="3:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C86" s="29"/>
       <c r="D86" s="29"/>
       <c r="E86" s="29"/>
       <c r="F86" s="29"/>
       <c r="G86" s="29"/>
       <c r="H86" s="29"/>
       <c r="I86" s="29"/>
       <c r="J86" s="29"/>
       <c r="K86" s="29"/>
       <c r="L86" s="29"/>
       <c r="M86" s="29"/>
       <c r="N86" s="29"/>
       <c r="O86" s="29"/>
       <c r="P86" s="29"/>
       <c r="Q86" s="29"/>
       <c r="R86" s="29"/>
       <c r="S86" s="29"/>
       <c r="T86" s="29"/>
       <c r="U86" s="29"/>
       <c r="V86" s="29"/>
       <c r="W86" s="29"/>
       <c r="X86" s="29"/>
       <c r="Y86" s="29"/>
       <c r="Z86" s="29"/>
       <c r="AA86" s="29"/>
@@ -33196,52 +33389,53 @@
       <c r="EM86" s="30"/>
       <c r="EN86" s="30"/>
       <c r="EO86" s="30"/>
       <c r="EP86" s="30"/>
       <c r="EQ86" s="30"/>
       <c r="ER86" s="30"/>
       <c r="ES86" s="30"/>
       <c r="ET86" s="30"/>
       <c r="EU86" s="30"/>
       <c r="EV86" s="30"/>
       <c r="EW86" s="30"/>
       <c r="EX86" s="30"/>
       <c r="EY86" s="30"/>
       <c r="EZ86" s="30"/>
       <c r="FA86" s="30"/>
       <c r="FB86" s="30"/>
       <c r="FC86" s="30"/>
       <c r="FD86" s="30"/>
       <c r="FE86" s="30"/>
       <c r="FF86" s="30"/>
       <c r="FG86" s="30"/>
       <c r="FH86" s="30"/>
       <c r="FI86" s="30"/>
       <c r="FJ86" s="30"/>
       <c r="FK86" s="30"/>
+      <c r="FL86" s="30"/>
     </row>
-    <row r="87" spans="3:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="87" spans="3:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C87" s="29"/>
       <c r="D87" s="29"/>
       <c r="E87" s="29"/>
       <c r="F87" s="29"/>
       <c r="G87" s="29"/>
       <c r="H87" s="29"/>
       <c r="I87" s="29"/>
       <c r="J87" s="29"/>
       <c r="K87" s="29"/>
       <c r="L87" s="29"/>
       <c r="M87" s="29"/>
       <c r="N87" s="29"/>
       <c r="O87" s="29"/>
       <c r="P87" s="29"/>
       <c r="Q87" s="29"/>
       <c r="R87" s="29"/>
       <c r="S87" s="29"/>
       <c r="T87" s="29"/>
       <c r="U87" s="29"/>
       <c r="V87" s="29"/>
       <c r="W87" s="29"/>
       <c r="X87" s="29"/>
       <c r="Y87" s="29"/>
       <c r="Z87" s="29"/>
       <c r="AA87" s="29"/>
@@ -33359,52 +33553,53 @@
       <c r="EM87" s="30"/>
       <c r="EN87" s="30"/>
       <c r="EO87" s="30"/>
       <c r="EP87" s="30"/>
       <c r="EQ87" s="30"/>
       <c r="ER87" s="30"/>
       <c r="ES87" s="30"/>
       <c r="ET87" s="30"/>
       <c r="EU87" s="30"/>
       <c r="EV87" s="30"/>
       <c r="EW87" s="30"/>
       <c r="EX87" s="30"/>
       <c r="EY87" s="30"/>
       <c r="EZ87" s="30"/>
       <c r="FA87" s="30"/>
       <c r="FB87" s="30"/>
       <c r="FC87" s="30"/>
       <c r="FD87" s="30"/>
       <c r="FE87" s="30"/>
       <c r="FF87" s="30"/>
       <c r="FG87" s="30"/>
       <c r="FH87" s="30"/>
       <c r="FI87" s="30"/>
       <c r="FJ87" s="30"/>
       <c r="FK87" s="30"/>
+      <c r="FL87" s="30"/>
     </row>
-    <row r="88" spans="3:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="88" spans="3:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C88" s="29"/>
       <c r="D88" s="29"/>
       <c r="E88" s="29"/>
       <c r="F88" s="29"/>
       <c r="G88" s="29"/>
       <c r="H88" s="29"/>
       <c r="I88" s="29"/>
       <c r="J88" s="29"/>
       <c r="K88" s="29"/>
       <c r="L88" s="29"/>
       <c r="M88" s="29"/>
       <c r="N88" s="29"/>
       <c r="O88" s="29"/>
       <c r="P88" s="29"/>
       <c r="Q88" s="29"/>
       <c r="R88" s="29"/>
       <c r="S88" s="29"/>
       <c r="T88" s="29"/>
       <c r="U88" s="29"/>
       <c r="V88" s="29"/>
       <c r="W88" s="29"/>
       <c r="X88" s="29"/>
       <c r="Y88" s="29"/>
       <c r="Z88" s="29"/>
       <c r="AA88" s="29"/>
@@ -33522,52 +33717,53 @@
       <c r="EM88" s="30"/>
       <c r="EN88" s="30"/>
       <c r="EO88" s="30"/>
       <c r="EP88" s="30"/>
       <c r="EQ88" s="30"/>
       <c r="ER88" s="30"/>
       <c r="ES88" s="30"/>
       <c r="ET88" s="30"/>
       <c r="EU88" s="30"/>
       <c r="EV88" s="30"/>
       <c r="EW88" s="30"/>
       <c r="EX88" s="30"/>
       <c r="EY88" s="30"/>
       <c r="EZ88" s="30"/>
       <c r="FA88" s="30"/>
       <c r="FB88" s="30"/>
       <c r="FC88" s="30"/>
       <c r="FD88" s="30"/>
       <c r="FE88" s="30"/>
       <c r="FF88" s="30"/>
       <c r="FG88" s="30"/>
       <c r="FH88" s="30"/>
       <c r="FI88" s="30"/>
       <c r="FJ88" s="30"/>
       <c r="FK88" s="30"/>
+      <c r="FL88" s="30"/>
     </row>
-    <row r="89" spans="3:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="89" spans="3:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C89" s="29"/>
       <c r="D89" s="29"/>
       <c r="E89" s="29"/>
       <c r="F89" s="29"/>
       <c r="G89" s="29"/>
       <c r="H89" s="29"/>
       <c r="I89" s="29"/>
       <c r="J89" s="29"/>
       <c r="K89" s="29"/>
       <c r="L89" s="29"/>
       <c r="M89" s="29"/>
       <c r="N89" s="29"/>
       <c r="O89" s="29"/>
       <c r="P89" s="29"/>
       <c r="Q89" s="29"/>
       <c r="R89" s="29"/>
       <c r="S89" s="29"/>
       <c r="T89" s="29"/>
       <c r="U89" s="29"/>
       <c r="V89" s="29"/>
       <c r="W89" s="29"/>
       <c r="X89" s="29"/>
       <c r="Y89" s="29"/>
       <c r="Z89" s="29"/>
       <c r="AA89" s="29"/>
@@ -33685,52 +33881,53 @@
       <c r="EM89" s="30"/>
       <c r="EN89" s="30"/>
       <c r="EO89" s="30"/>
       <c r="EP89" s="30"/>
       <c r="EQ89" s="30"/>
       <c r="ER89" s="30"/>
       <c r="ES89" s="30"/>
       <c r="ET89" s="30"/>
       <c r="EU89" s="30"/>
       <c r="EV89" s="30"/>
       <c r="EW89" s="30"/>
       <c r="EX89" s="30"/>
       <c r="EY89" s="30"/>
       <c r="EZ89" s="30"/>
       <c r="FA89" s="30"/>
       <c r="FB89" s="30"/>
       <c r="FC89" s="30"/>
       <c r="FD89" s="30"/>
       <c r="FE89" s="30"/>
       <c r="FF89" s="30"/>
       <c r="FG89" s="30"/>
       <c r="FH89" s="30"/>
       <c r="FI89" s="30"/>
       <c r="FJ89" s="30"/>
       <c r="FK89" s="30"/>
+      <c r="FL89" s="30"/>
     </row>
-    <row r="90" spans="3:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="90" spans="3:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C90" s="29"/>
       <c r="D90" s="29"/>
       <c r="E90" s="29"/>
       <c r="F90" s="29"/>
       <c r="G90" s="29"/>
       <c r="H90" s="29"/>
       <c r="I90" s="29"/>
       <c r="J90" s="29"/>
       <c r="K90" s="29"/>
       <c r="L90" s="29"/>
       <c r="M90" s="29"/>
       <c r="N90" s="29"/>
       <c r="O90" s="29"/>
       <c r="P90" s="29"/>
       <c r="Q90" s="29"/>
       <c r="R90" s="29"/>
       <c r="S90" s="29"/>
       <c r="T90" s="29"/>
       <c r="U90" s="29"/>
       <c r="V90" s="29"/>
       <c r="W90" s="29"/>
       <c r="X90" s="29"/>
       <c r="Y90" s="29"/>
       <c r="Z90" s="29"/>
       <c r="AA90" s="29"/>
@@ -33848,52 +34045,53 @@
       <c r="EM90" s="30"/>
       <c r="EN90" s="30"/>
       <c r="EO90" s="30"/>
       <c r="EP90" s="30"/>
       <c r="EQ90" s="30"/>
       <c r="ER90" s="30"/>
       <c r="ES90" s="30"/>
       <c r="ET90" s="30"/>
       <c r="EU90" s="30"/>
       <c r="EV90" s="30"/>
       <c r="EW90" s="30"/>
       <c r="EX90" s="30"/>
       <c r="EY90" s="30"/>
       <c r="EZ90" s="30"/>
       <c r="FA90" s="30"/>
       <c r="FB90" s="30"/>
       <c r="FC90" s="30"/>
       <c r="FD90" s="30"/>
       <c r="FE90" s="30"/>
       <c r="FF90" s="30"/>
       <c r="FG90" s="30"/>
       <c r="FH90" s="30"/>
       <c r="FI90" s="30"/>
       <c r="FJ90" s="30"/>
       <c r="FK90" s="30"/>
+      <c r="FL90" s="30"/>
     </row>
-    <row r="91" spans="3:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="91" spans="3:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C91" s="29"/>
       <c r="D91" s="29"/>
       <c r="E91" s="29"/>
       <c r="F91" s="29"/>
       <c r="G91" s="29"/>
       <c r="H91" s="29"/>
       <c r="I91" s="29"/>
       <c r="J91" s="29"/>
       <c r="K91" s="29"/>
       <c r="L91" s="29"/>
       <c r="M91" s="29"/>
       <c r="N91" s="29"/>
       <c r="O91" s="29"/>
       <c r="P91" s="29"/>
       <c r="Q91" s="29"/>
       <c r="R91" s="29"/>
       <c r="S91" s="29"/>
       <c r="T91" s="29"/>
       <c r="U91" s="29"/>
       <c r="V91" s="29"/>
       <c r="W91" s="29"/>
       <c r="X91" s="29"/>
       <c r="Y91" s="29"/>
       <c r="Z91" s="29"/>
       <c r="AA91" s="29"/>
@@ -34011,52 +34209,53 @@
       <c r="EM91" s="30"/>
       <c r="EN91" s="30"/>
       <c r="EO91" s="30"/>
       <c r="EP91" s="30"/>
       <c r="EQ91" s="30"/>
       <c r="ER91" s="30"/>
       <c r="ES91" s="30"/>
       <c r="ET91" s="30"/>
       <c r="EU91" s="30"/>
       <c r="EV91" s="30"/>
       <c r="EW91" s="30"/>
       <c r="EX91" s="30"/>
       <c r="EY91" s="30"/>
       <c r="EZ91" s="30"/>
       <c r="FA91" s="30"/>
       <c r="FB91" s="30"/>
       <c r="FC91" s="30"/>
       <c r="FD91" s="30"/>
       <c r="FE91" s="30"/>
       <c r="FF91" s="30"/>
       <c r="FG91" s="30"/>
       <c r="FH91" s="30"/>
       <c r="FI91" s="30"/>
       <c r="FJ91" s="30"/>
       <c r="FK91" s="30"/>
+      <c r="FL91" s="30"/>
     </row>
-    <row r="92" spans="3:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="92" spans="3:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C92" s="29"/>
       <c r="D92" s="29"/>
       <c r="E92" s="29"/>
       <c r="F92" s="29"/>
       <c r="G92" s="29"/>
       <c r="H92" s="29"/>
       <c r="I92" s="29"/>
       <c r="J92" s="29"/>
       <c r="K92" s="29"/>
       <c r="L92" s="29"/>
       <c r="M92" s="29"/>
       <c r="N92" s="29"/>
       <c r="O92" s="29"/>
       <c r="P92" s="29"/>
       <c r="Q92" s="29"/>
       <c r="R92" s="29"/>
       <c r="S92" s="29"/>
       <c r="T92" s="29"/>
       <c r="U92" s="29"/>
       <c r="V92" s="29"/>
       <c r="W92" s="29"/>
       <c r="X92" s="29"/>
       <c r="Y92" s="29"/>
       <c r="Z92" s="29"/>
       <c r="AA92" s="29"/>
@@ -34174,52 +34373,53 @@
       <c r="EM92" s="30"/>
       <c r="EN92" s="30"/>
       <c r="EO92" s="30"/>
       <c r="EP92" s="30"/>
       <c r="EQ92" s="30"/>
       <c r="ER92" s="30"/>
       <c r="ES92" s="30"/>
       <c r="ET92" s="30"/>
       <c r="EU92" s="30"/>
       <c r="EV92" s="30"/>
       <c r="EW92" s="30"/>
       <c r="EX92" s="30"/>
       <c r="EY92" s="30"/>
       <c r="EZ92" s="30"/>
       <c r="FA92" s="30"/>
       <c r="FB92" s="30"/>
       <c r="FC92" s="30"/>
       <c r="FD92" s="30"/>
       <c r="FE92" s="30"/>
       <c r="FF92" s="30"/>
       <c r="FG92" s="30"/>
       <c r="FH92" s="30"/>
       <c r="FI92" s="30"/>
       <c r="FJ92" s="30"/>
       <c r="FK92" s="30"/>
+      <c r="FL92" s="30"/>
     </row>
-    <row r="93" spans="3:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="93" spans="3:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C93" s="29"/>
       <c r="D93" s="29"/>
       <c r="E93" s="29"/>
       <c r="F93" s="29"/>
       <c r="G93" s="29"/>
       <c r="H93" s="29"/>
       <c r="I93" s="29"/>
       <c r="J93" s="29"/>
       <c r="K93" s="29"/>
       <c r="L93" s="29"/>
       <c r="M93" s="29"/>
       <c r="N93" s="29"/>
       <c r="O93" s="29"/>
       <c r="P93" s="29"/>
       <c r="Q93" s="29"/>
       <c r="R93" s="29"/>
       <c r="S93" s="29"/>
       <c r="T93" s="29"/>
       <c r="U93" s="29"/>
       <c r="V93" s="29"/>
       <c r="W93" s="29"/>
       <c r="X93" s="29"/>
       <c r="Y93" s="29"/>
       <c r="Z93" s="29"/>
       <c r="AA93" s="29"/>
@@ -34337,52 +34537,53 @@
       <c r="EM93" s="30"/>
       <c r="EN93" s="30"/>
       <c r="EO93" s="30"/>
       <c r="EP93" s="30"/>
       <c r="EQ93" s="30"/>
       <c r="ER93" s="30"/>
       <c r="ES93" s="30"/>
       <c r="ET93" s="30"/>
       <c r="EU93" s="30"/>
       <c r="EV93" s="30"/>
       <c r="EW93" s="30"/>
       <c r="EX93" s="30"/>
       <c r="EY93" s="30"/>
       <c r="EZ93" s="30"/>
       <c r="FA93" s="30"/>
       <c r="FB93" s="30"/>
       <c r="FC93" s="30"/>
       <c r="FD93" s="30"/>
       <c r="FE93" s="30"/>
       <c r="FF93" s="30"/>
       <c r="FG93" s="30"/>
       <c r="FH93" s="30"/>
       <c r="FI93" s="30"/>
       <c r="FJ93" s="30"/>
       <c r="FK93" s="30"/>
+      <c r="FL93" s="30"/>
     </row>
-    <row r="94" spans="3:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="94" spans="3:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C94" s="29"/>
       <c r="D94" s="29"/>
       <c r="E94" s="29"/>
       <c r="F94" s="29"/>
       <c r="G94" s="29"/>
       <c r="H94" s="29"/>
       <c r="I94" s="29"/>
       <c r="J94" s="29"/>
       <c r="K94" s="29"/>
       <c r="L94" s="29"/>
       <c r="M94" s="29"/>
       <c r="N94" s="29"/>
       <c r="O94" s="29"/>
       <c r="P94" s="29"/>
       <c r="Q94" s="29"/>
       <c r="R94" s="29"/>
       <c r="S94" s="29"/>
       <c r="T94" s="29"/>
       <c r="U94" s="29"/>
       <c r="V94" s="29"/>
       <c r="W94" s="29"/>
       <c r="X94" s="29"/>
       <c r="Y94" s="29"/>
       <c r="Z94" s="29"/>
       <c r="AA94" s="29"/>
@@ -34500,52 +34701,53 @@
       <c r="EM94" s="30"/>
       <c r="EN94" s="30"/>
       <c r="EO94" s="30"/>
       <c r="EP94" s="30"/>
       <c r="EQ94" s="30"/>
       <c r="ER94" s="30"/>
       <c r="ES94" s="30"/>
       <c r="ET94" s="30"/>
       <c r="EU94" s="30"/>
       <c r="EV94" s="30"/>
       <c r="EW94" s="30"/>
       <c r="EX94" s="30"/>
       <c r="EY94" s="30"/>
       <c r="EZ94" s="30"/>
       <c r="FA94" s="30"/>
       <c r="FB94" s="30"/>
       <c r="FC94" s="30"/>
       <c r="FD94" s="30"/>
       <c r="FE94" s="30"/>
       <c r="FF94" s="30"/>
       <c r="FG94" s="30"/>
       <c r="FH94" s="30"/>
       <c r="FI94" s="30"/>
       <c r="FJ94" s="30"/>
       <c r="FK94" s="30"/>
+      <c r="FL94" s="30"/>
     </row>
-    <row r="95" spans="3:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="95" spans="3:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C95" s="29"/>
       <c r="D95" s="29"/>
       <c r="E95" s="29"/>
       <c r="F95" s="29"/>
       <c r="G95" s="29"/>
       <c r="H95" s="29"/>
       <c r="I95" s="29"/>
       <c r="J95" s="29"/>
       <c r="K95" s="29"/>
       <c r="L95" s="29"/>
       <c r="M95" s="29"/>
       <c r="N95" s="29"/>
       <c r="O95" s="29"/>
       <c r="P95" s="29"/>
       <c r="Q95" s="29"/>
       <c r="R95" s="29"/>
       <c r="S95" s="29"/>
       <c r="T95" s="29"/>
       <c r="U95" s="29"/>
       <c r="V95" s="29"/>
       <c r="W95" s="29"/>
       <c r="X95" s="29"/>
       <c r="Y95" s="29"/>
       <c r="Z95" s="29"/>
       <c r="AA95" s="29"/>
@@ -34663,52 +34865,53 @@
       <c r="EM95" s="30"/>
       <c r="EN95" s="30"/>
       <c r="EO95" s="30"/>
       <c r="EP95" s="30"/>
       <c r="EQ95" s="30"/>
       <c r="ER95" s="30"/>
       <c r="ES95" s="30"/>
       <c r="ET95" s="30"/>
       <c r="EU95" s="30"/>
       <c r="EV95" s="30"/>
       <c r="EW95" s="30"/>
       <c r="EX95" s="30"/>
       <c r="EY95" s="30"/>
       <c r="EZ95" s="30"/>
       <c r="FA95" s="30"/>
       <c r="FB95" s="30"/>
       <c r="FC95" s="30"/>
       <c r="FD95" s="30"/>
       <c r="FE95" s="30"/>
       <c r="FF95" s="30"/>
       <c r="FG95" s="30"/>
       <c r="FH95" s="30"/>
       <c r="FI95" s="30"/>
       <c r="FJ95" s="30"/>
       <c r="FK95" s="30"/>
+      <c r="FL95" s="30"/>
     </row>
-    <row r="96" spans="3:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="96" spans="3:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C96" s="29"/>
       <c r="D96" s="29"/>
       <c r="E96" s="29"/>
       <c r="F96" s="29"/>
       <c r="G96" s="29"/>
       <c r="H96" s="29"/>
       <c r="I96" s="29"/>
       <c r="J96" s="29"/>
       <c r="K96" s="29"/>
       <c r="L96" s="29"/>
       <c r="M96" s="29"/>
       <c r="N96" s="29"/>
       <c r="O96" s="29"/>
       <c r="P96" s="29"/>
       <c r="Q96" s="29"/>
       <c r="R96" s="29"/>
       <c r="S96" s="29"/>
       <c r="T96" s="29"/>
       <c r="U96" s="29"/>
       <c r="V96" s="29"/>
       <c r="W96" s="29"/>
       <c r="X96" s="29"/>
       <c r="Y96" s="29"/>
       <c r="Z96" s="29"/>
       <c r="AA96" s="29"/>
@@ -34826,52 +35029,53 @@
       <c r="EM96" s="30"/>
       <c r="EN96" s="30"/>
       <c r="EO96" s="30"/>
       <c r="EP96" s="30"/>
       <c r="EQ96" s="30"/>
       <c r="ER96" s="30"/>
       <c r="ES96" s="30"/>
       <c r="ET96" s="30"/>
       <c r="EU96" s="30"/>
       <c r="EV96" s="30"/>
       <c r="EW96" s="30"/>
       <c r="EX96" s="30"/>
       <c r="EY96" s="30"/>
       <c r="EZ96" s="30"/>
       <c r="FA96" s="30"/>
       <c r="FB96" s="30"/>
       <c r="FC96" s="30"/>
       <c r="FD96" s="30"/>
       <c r="FE96" s="30"/>
       <c r="FF96" s="30"/>
       <c r="FG96" s="30"/>
       <c r="FH96" s="30"/>
       <c r="FI96" s="30"/>
       <c r="FJ96" s="30"/>
       <c r="FK96" s="30"/>
+      <c r="FL96" s="30"/>
     </row>
-    <row r="97" spans="3:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="97" spans="3:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C97" s="29"/>
       <c r="D97" s="29"/>
       <c r="E97" s="29"/>
       <c r="F97" s="29"/>
       <c r="G97" s="29"/>
       <c r="H97" s="29"/>
       <c r="I97" s="29"/>
       <c r="J97" s="29"/>
       <c r="K97" s="29"/>
       <c r="L97" s="29"/>
       <c r="M97" s="29"/>
       <c r="N97" s="29"/>
       <c r="O97" s="29"/>
       <c r="P97" s="29"/>
       <c r="Q97" s="29"/>
       <c r="R97" s="29"/>
       <c r="S97" s="29"/>
       <c r="T97" s="29"/>
       <c r="U97" s="29"/>
       <c r="V97" s="29"/>
       <c r="W97" s="29"/>
       <c r="X97" s="29"/>
       <c r="Y97" s="29"/>
       <c r="Z97" s="29"/>
       <c r="AA97" s="29"/>
@@ -34989,52 +35193,53 @@
       <c r="EM97" s="30"/>
       <c r="EN97" s="30"/>
       <c r="EO97" s="30"/>
       <c r="EP97" s="30"/>
       <c r="EQ97" s="30"/>
       <c r="ER97" s="30"/>
       <c r="ES97" s="30"/>
       <c r="ET97" s="30"/>
       <c r="EU97" s="30"/>
       <c r="EV97" s="30"/>
       <c r="EW97" s="30"/>
       <c r="EX97" s="30"/>
       <c r="EY97" s="30"/>
       <c r="EZ97" s="30"/>
       <c r="FA97" s="30"/>
       <c r="FB97" s="30"/>
       <c r="FC97" s="30"/>
       <c r="FD97" s="30"/>
       <c r="FE97" s="30"/>
       <c r="FF97" s="30"/>
       <c r="FG97" s="30"/>
       <c r="FH97" s="30"/>
       <c r="FI97" s="30"/>
       <c r="FJ97" s="30"/>
       <c r="FK97" s="30"/>
+      <c r="FL97" s="30"/>
     </row>
-    <row r="98" spans="3:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="98" spans="3:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C98" s="29"/>
       <c r="D98" s="29"/>
       <c r="E98" s="29"/>
       <c r="F98" s="29"/>
       <c r="G98" s="29"/>
       <c r="H98" s="29"/>
       <c r="I98" s="29"/>
       <c r="J98" s="29"/>
       <c r="K98" s="29"/>
       <c r="L98" s="29"/>
       <c r="M98" s="29"/>
       <c r="N98" s="29"/>
       <c r="O98" s="29"/>
       <c r="P98" s="29"/>
       <c r="Q98" s="29"/>
       <c r="R98" s="29"/>
       <c r="S98" s="29"/>
       <c r="T98" s="29"/>
       <c r="U98" s="29"/>
       <c r="V98" s="29"/>
       <c r="W98" s="29"/>
       <c r="X98" s="29"/>
       <c r="Y98" s="29"/>
       <c r="Z98" s="29"/>
       <c r="AA98" s="29"/>
@@ -35152,52 +35357,53 @@
       <c r="EM98" s="30"/>
       <c r="EN98" s="30"/>
       <c r="EO98" s="30"/>
       <c r="EP98" s="30"/>
       <c r="EQ98" s="30"/>
       <c r="ER98" s="30"/>
       <c r="ES98" s="30"/>
       <c r="ET98" s="30"/>
       <c r="EU98" s="30"/>
       <c r="EV98" s="30"/>
       <c r="EW98" s="30"/>
       <c r="EX98" s="30"/>
       <c r="EY98" s="30"/>
       <c r="EZ98" s="30"/>
       <c r="FA98" s="30"/>
       <c r="FB98" s="30"/>
       <c r="FC98" s="30"/>
       <c r="FD98" s="30"/>
       <c r="FE98" s="30"/>
       <c r="FF98" s="30"/>
       <c r="FG98" s="30"/>
       <c r="FH98" s="30"/>
       <c r="FI98" s="30"/>
       <c r="FJ98" s="30"/>
       <c r="FK98" s="30"/>
+      <c r="FL98" s="30"/>
     </row>
-    <row r="99" spans="3:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="99" spans="3:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C99" s="29"/>
       <c r="D99" s="29"/>
       <c r="E99" s="29"/>
       <c r="F99" s="29"/>
       <c r="G99" s="29"/>
       <c r="H99" s="29"/>
       <c r="I99" s="29"/>
       <c r="J99" s="29"/>
       <c r="K99" s="29"/>
       <c r="L99" s="29"/>
       <c r="M99" s="29"/>
       <c r="N99" s="29"/>
       <c r="O99" s="29"/>
       <c r="P99" s="29"/>
       <c r="Q99" s="29"/>
       <c r="R99" s="29"/>
       <c r="S99" s="29"/>
       <c r="T99" s="29"/>
       <c r="U99" s="29"/>
       <c r="V99" s="29"/>
       <c r="W99" s="29"/>
       <c r="X99" s="29"/>
       <c r="Y99" s="29"/>
       <c r="Z99" s="29"/>
       <c r="AA99" s="29"/>
@@ -35315,52 +35521,53 @@
       <c r="EM99" s="30"/>
       <c r="EN99" s="30"/>
       <c r="EO99" s="30"/>
       <c r="EP99" s="30"/>
       <c r="EQ99" s="30"/>
       <c r="ER99" s="30"/>
       <c r="ES99" s="30"/>
       <c r="ET99" s="30"/>
       <c r="EU99" s="30"/>
       <c r="EV99" s="30"/>
       <c r="EW99" s="30"/>
       <c r="EX99" s="30"/>
       <c r="EY99" s="30"/>
       <c r="EZ99" s="30"/>
       <c r="FA99" s="30"/>
       <c r="FB99" s="30"/>
       <c r="FC99" s="30"/>
       <c r="FD99" s="30"/>
       <c r="FE99" s="30"/>
       <c r="FF99" s="30"/>
       <c r="FG99" s="30"/>
       <c r="FH99" s="30"/>
       <c r="FI99" s="30"/>
       <c r="FJ99" s="30"/>
       <c r="FK99" s="30"/>
+      <c r="FL99" s="30"/>
     </row>
-    <row r="100" spans="3:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="100" spans="3:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C100" s="29"/>
       <c r="D100" s="29"/>
       <c r="E100" s="29"/>
       <c r="F100" s="29"/>
       <c r="G100" s="29"/>
       <c r="H100" s="29"/>
       <c r="I100" s="29"/>
       <c r="J100" s="29"/>
       <c r="K100" s="29"/>
       <c r="L100" s="29"/>
       <c r="M100" s="29"/>
       <c r="N100" s="29"/>
       <c r="O100" s="29"/>
       <c r="P100" s="29"/>
       <c r="Q100" s="29"/>
       <c r="R100" s="29"/>
       <c r="S100" s="29"/>
       <c r="T100" s="29"/>
       <c r="U100" s="29"/>
       <c r="V100" s="29"/>
       <c r="W100" s="29"/>
       <c r="X100" s="29"/>
       <c r="Y100" s="29"/>
       <c r="Z100" s="29"/>
       <c r="AA100" s="29"/>
@@ -35478,52 +35685,53 @@
       <c r="EM100" s="30"/>
       <c r="EN100" s="30"/>
       <c r="EO100" s="30"/>
       <c r="EP100" s="30"/>
       <c r="EQ100" s="30"/>
       <c r="ER100" s="30"/>
       <c r="ES100" s="30"/>
       <c r="ET100" s="30"/>
       <c r="EU100" s="30"/>
       <c r="EV100" s="30"/>
       <c r="EW100" s="30"/>
       <c r="EX100" s="30"/>
       <c r="EY100" s="30"/>
       <c r="EZ100" s="30"/>
       <c r="FA100" s="30"/>
       <c r="FB100" s="30"/>
       <c r="FC100" s="30"/>
       <c r="FD100" s="30"/>
       <c r="FE100" s="30"/>
       <c r="FF100" s="30"/>
       <c r="FG100" s="30"/>
       <c r="FH100" s="30"/>
       <c r="FI100" s="30"/>
       <c r="FJ100" s="30"/>
       <c r="FK100" s="30"/>
+      <c r="FL100" s="30"/>
     </row>
-    <row r="101" spans="3:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="101" spans="3:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C101" s="29"/>
       <c r="D101" s="29"/>
       <c r="E101" s="29"/>
       <c r="F101" s="29"/>
       <c r="G101" s="29"/>
       <c r="H101" s="29"/>
       <c r="I101" s="29"/>
       <c r="J101" s="29"/>
       <c r="K101" s="29"/>
       <c r="L101" s="29"/>
       <c r="M101" s="29"/>
       <c r="N101" s="29"/>
       <c r="O101" s="29"/>
       <c r="P101" s="29"/>
       <c r="Q101" s="29"/>
       <c r="R101" s="29"/>
       <c r="S101" s="29"/>
       <c r="T101" s="29"/>
       <c r="U101" s="29"/>
       <c r="V101" s="29"/>
       <c r="W101" s="29"/>
       <c r="X101" s="29"/>
       <c r="Y101" s="29"/>
       <c r="Z101" s="29"/>
       <c r="AA101" s="29"/>
@@ -35641,52 +35849,53 @@
       <c r="EM101" s="30"/>
       <c r="EN101" s="30"/>
       <c r="EO101" s="30"/>
       <c r="EP101" s="30"/>
       <c r="EQ101" s="30"/>
       <c r="ER101" s="30"/>
       <c r="ES101" s="30"/>
       <c r="ET101" s="30"/>
       <c r="EU101" s="30"/>
       <c r="EV101" s="30"/>
       <c r="EW101" s="30"/>
       <c r="EX101" s="30"/>
       <c r="EY101" s="30"/>
       <c r="EZ101" s="30"/>
       <c r="FA101" s="30"/>
       <c r="FB101" s="30"/>
       <c r="FC101" s="30"/>
       <c r="FD101" s="30"/>
       <c r="FE101" s="30"/>
       <c r="FF101" s="30"/>
       <c r="FG101" s="30"/>
       <c r="FH101" s="30"/>
       <c r="FI101" s="30"/>
       <c r="FJ101" s="30"/>
       <c r="FK101" s="30"/>
+      <c r="FL101" s="30"/>
     </row>
-    <row r="102" spans="3:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="102" spans="3:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C102" s="29"/>
       <c r="D102" s="29"/>
       <c r="E102" s="29"/>
       <c r="F102" s="29"/>
       <c r="G102" s="29"/>
       <c r="H102" s="29"/>
       <c r="I102" s="29"/>
       <c r="J102" s="29"/>
       <c r="K102" s="29"/>
       <c r="L102" s="29"/>
       <c r="M102" s="29"/>
       <c r="N102" s="29"/>
       <c r="O102" s="29"/>
       <c r="P102" s="29"/>
       <c r="Q102" s="29"/>
       <c r="R102" s="29"/>
       <c r="S102" s="29"/>
       <c r="T102" s="29"/>
       <c r="U102" s="29"/>
       <c r="V102" s="29"/>
       <c r="W102" s="29"/>
       <c r="X102" s="29"/>
       <c r="Y102" s="29"/>
       <c r="Z102" s="29"/>
       <c r="AA102" s="29"/>
@@ -35804,52 +36013,53 @@
       <c r="EM102" s="30"/>
       <c r="EN102" s="30"/>
       <c r="EO102" s="30"/>
       <c r="EP102" s="30"/>
       <c r="EQ102" s="30"/>
       <c r="ER102" s="30"/>
       <c r="ES102" s="30"/>
       <c r="ET102" s="30"/>
       <c r="EU102" s="30"/>
       <c r="EV102" s="30"/>
       <c r="EW102" s="30"/>
       <c r="EX102" s="30"/>
       <c r="EY102" s="30"/>
       <c r="EZ102" s="30"/>
       <c r="FA102" s="30"/>
       <c r="FB102" s="30"/>
       <c r="FC102" s="30"/>
       <c r="FD102" s="30"/>
       <c r="FE102" s="30"/>
       <c r="FF102" s="30"/>
       <c r="FG102" s="30"/>
       <c r="FH102" s="30"/>
       <c r="FI102" s="30"/>
       <c r="FJ102" s="30"/>
       <c r="FK102" s="30"/>
+      <c r="FL102" s="30"/>
     </row>
-    <row r="103" spans="3:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="103" spans="3:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C103" s="29"/>
       <c r="D103" s="29"/>
       <c r="E103" s="29"/>
       <c r="F103" s="29"/>
       <c r="G103" s="29"/>
       <c r="H103" s="29"/>
       <c r="I103" s="29"/>
       <c r="J103" s="29"/>
       <c r="K103" s="29"/>
       <c r="L103" s="29"/>
       <c r="M103" s="29"/>
       <c r="N103" s="29"/>
       <c r="O103" s="29"/>
       <c r="P103" s="29"/>
       <c r="Q103" s="29"/>
       <c r="R103" s="29"/>
       <c r="S103" s="29"/>
       <c r="T103" s="29"/>
       <c r="U103" s="29"/>
       <c r="V103" s="29"/>
       <c r="W103" s="29"/>
       <c r="X103" s="29"/>
       <c r="Y103" s="29"/>
       <c r="Z103" s="29"/>
       <c r="AA103" s="29"/>
@@ -35967,52 +36177,53 @@
       <c r="EM103" s="30"/>
       <c r="EN103" s="30"/>
       <c r="EO103" s="30"/>
       <c r="EP103" s="30"/>
       <c r="EQ103" s="30"/>
       <c r="ER103" s="30"/>
       <c r="ES103" s="30"/>
       <c r="ET103" s="30"/>
       <c r="EU103" s="30"/>
       <c r="EV103" s="30"/>
       <c r="EW103" s="30"/>
       <c r="EX103" s="30"/>
       <c r="EY103" s="30"/>
       <c r="EZ103" s="30"/>
       <c r="FA103" s="30"/>
       <c r="FB103" s="30"/>
       <c r="FC103" s="30"/>
       <c r="FD103" s="30"/>
       <c r="FE103" s="30"/>
       <c r="FF103" s="30"/>
       <c r="FG103" s="30"/>
       <c r="FH103" s="30"/>
       <c r="FI103" s="30"/>
       <c r="FJ103" s="30"/>
       <c r="FK103" s="30"/>
+      <c r="FL103" s="30"/>
     </row>
-    <row r="104" spans="3:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="104" spans="3:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C104" s="29"/>
       <c r="D104" s="29"/>
       <c r="E104" s="29"/>
       <c r="F104" s="29"/>
       <c r="G104" s="29"/>
       <c r="H104" s="29"/>
       <c r="I104" s="29"/>
       <c r="J104" s="29"/>
       <c r="K104" s="29"/>
       <c r="L104" s="29"/>
       <c r="M104" s="29"/>
       <c r="N104" s="29"/>
       <c r="O104" s="29"/>
       <c r="P104" s="29"/>
       <c r="Q104" s="29"/>
       <c r="R104" s="29"/>
       <c r="S104" s="29"/>
       <c r="T104" s="29"/>
       <c r="U104" s="29"/>
       <c r="V104" s="29"/>
       <c r="W104" s="29"/>
       <c r="X104" s="29"/>
       <c r="Y104" s="29"/>
       <c r="Z104" s="29"/>
       <c r="AA104" s="29"/>
@@ -36130,52 +36341,53 @@
       <c r="EM104" s="30"/>
       <c r="EN104" s="30"/>
       <c r="EO104" s="30"/>
       <c r="EP104" s="30"/>
       <c r="EQ104" s="30"/>
       <c r="ER104" s="30"/>
       <c r="ES104" s="30"/>
       <c r="ET104" s="30"/>
       <c r="EU104" s="30"/>
       <c r="EV104" s="30"/>
       <c r="EW104" s="30"/>
       <c r="EX104" s="30"/>
       <c r="EY104" s="30"/>
       <c r="EZ104" s="30"/>
       <c r="FA104" s="30"/>
       <c r="FB104" s="30"/>
       <c r="FC104" s="30"/>
       <c r="FD104" s="30"/>
       <c r="FE104" s="30"/>
       <c r="FF104" s="30"/>
       <c r="FG104" s="30"/>
       <c r="FH104" s="30"/>
       <c r="FI104" s="30"/>
       <c r="FJ104" s="30"/>
       <c r="FK104" s="30"/>
+      <c r="FL104" s="30"/>
     </row>
-    <row r="105" spans="3:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="105" spans="3:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C105" s="29"/>
       <c r="D105" s="29"/>
       <c r="E105" s="29"/>
       <c r="F105" s="29"/>
       <c r="G105" s="29"/>
       <c r="H105" s="29"/>
       <c r="I105" s="29"/>
       <c r="J105" s="29"/>
       <c r="K105" s="29"/>
       <c r="L105" s="29"/>
       <c r="M105" s="29"/>
       <c r="N105" s="29"/>
       <c r="O105" s="29"/>
       <c r="P105" s="29"/>
       <c r="Q105" s="29"/>
       <c r="R105" s="29"/>
       <c r="S105" s="29"/>
       <c r="T105" s="29"/>
       <c r="U105" s="29"/>
       <c r="V105" s="29"/>
       <c r="W105" s="29"/>
       <c r="X105" s="29"/>
       <c r="Y105" s="29"/>
       <c r="Z105" s="29"/>
       <c r="AA105" s="29"/>
@@ -36293,52 +36505,53 @@
       <c r="EM105" s="30"/>
       <c r="EN105" s="30"/>
       <c r="EO105" s="30"/>
       <c r="EP105" s="30"/>
       <c r="EQ105" s="30"/>
       <c r="ER105" s="30"/>
       <c r="ES105" s="30"/>
       <c r="ET105" s="30"/>
       <c r="EU105" s="30"/>
       <c r="EV105" s="30"/>
       <c r="EW105" s="30"/>
       <c r="EX105" s="30"/>
       <c r="EY105" s="30"/>
       <c r="EZ105" s="30"/>
       <c r="FA105" s="30"/>
       <c r="FB105" s="30"/>
       <c r="FC105" s="30"/>
       <c r="FD105" s="30"/>
       <c r="FE105" s="30"/>
       <c r="FF105" s="30"/>
       <c r="FG105" s="30"/>
       <c r="FH105" s="30"/>
       <c r="FI105" s="30"/>
       <c r="FJ105" s="30"/>
       <c r="FK105" s="30"/>
+      <c r="FL105" s="30"/>
     </row>
-    <row r="106" spans="3:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="106" spans="3:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C106" s="29"/>
       <c r="D106" s="29"/>
       <c r="E106" s="29"/>
       <c r="F106" s="29"/>
       <c r="G106" s="29"/>
       <c r="H106" s="29"/>
       <c r="I106" s="29"/>
       <c r="J106" s="29"/>
       <c r="K106" s="29"/>
       <c r="L106" s="29"/>
       <c r="M106" s="29"/>
       <c r="N106" s="29"/>
       <c r="O106" s="29"/>
       <c r="P106" s="29"/>
       <c r="Q106" s="29"/>
       <c r="R106" s="29"/>
       <c r="S106" s="29"/>
       <c r="T106" s="29"/>
       <c r="U106" s="29"/>
       <c r="V106" s="29"/>
       <c r="W106" s="29"/>
       <c r="X106" s="29"/>
       <c r="Y106" s="29"/>
       <c r="Z106" s="29"/>
       <c r="AA106" s="29"/>
@@ -36456,52 +36669,53 @@
       <c r="EM106" s="30"/>
       <c r="EN106" s="30"/>
       <c r="EO106" s="30"/>
       <c r="EP106" s="30"/>
       <c r="EQ106" s="30"/>
       <c r="ER106" s="30"/>
       <c r="ES106" s="30"/>
       <c r="ET106" s="30"/>
       <c r="EU106" s="30"/>
       <c r="EV106" s="30"/>
       <c r="EW106" s="30"/>
       <c r="EX106" s="30"/>
       <c r="EY106" s="30"/>
       <c r="EZ106" s="30"/>
       <c r="FA106" s="30"/>
       <c r="FB106" s="30"/>
       <c r="FC106" s="30"/>
       <c r="FD106" s="30"/>
       <c r="FE106" s="30"/>
       <c r="FF106" s="30"/>
       <c r="FG106" s="30"/>
       <c r="FH106" s="30"/>
       <c r="FI106" s="30"/>
       <c r="FJ106" s="30"/>
       <c r="FK106" s="30"/>
+      <c r="FL106" s="30"/>
     </row>
-    <row r="107" spans="3:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="107" spans="3:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C107" s="29"/>
       <c r="D107" s="29"/>
       <c r="E107" s="29"/>
       <c r="F107" s="29"/>
       <c r="G107" s="29"/>
       <c r="H107" s="29"/>
       <c r="I107" s="29"/>
       <c r="J107" s="29"/>
       <c r="K107" s="29"/>
       <c r="L107" s="29"/>
       <c r="M107" s="29"/>
       <c r="N107" s="29"/>
       <c r="O107" s="29"/>
       <c r="P107" s="29"/>
       <c r="Q107" s="29"/>
       <c r="R107" s="29"/>
       <c r="S107" s="29"/>
       <c r="T107" s="29"/>
       <c r="U107" s="29"/>
       <c r="V107" s="29"/>
       <c r="W107" s="29"/>
       <c r="X107" s="29"/>
       <c r="Y107" s="29"/>
       <c r="Z107" s="29"/>
       <c r="AA107" s="29"/>
@@ -36619,52 +36833,53 @@
       <c r="EM107" s="30"/>
       <c r="EN107" s="30"/>
       <c r="EO107" s="30"/>
       <c r="EP107" s="30"/>
       <c r="EQ107" s="30"/>
       <c r="ER107" s="30"/>
       <c r="ES107" s="30"/>
       <c r="ET107" s="30"/>
       <c r="EU107" s="30"/>
       <c r="EV107" s="30"/>
       <c r="EW107" s="30"/>
       <c r="EX107" s="30"/>
       <c r="EY107" s="30"/>
       <c r="EZ107" s="30"/>
       <c r="FA107" s="30"/>
       <c r="FB107" s="30"/>
       <c r="FC107" s="30"/>
       <c r="FD107" s="30"/>
       <c r="FE107" s="30"/>
       <c r="FF107" s="30"/>
       <c r="FG107" s="30"/>
       <c r="FH107" s="30"/>
       <c r="FI107" s="30"/>
       <c r="FJ107" s="30"/>
       <c r="FK107" s="30"/>
+      <c r="FL107" s="30"/>
     </row>
-    <row r="108" spans="3:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="108" spans="3:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C108" s="29"/>
       <c r="D108" s="29"/>
       <c r="E108" s="29"/>
       <c r="F108" s="29"/>
       <c r="G108" s="29"/>
       <c r="H108" s="29"/>
       <c r="I108" s="29"/>
       <c r="J108" s="29"/>
       <c r="K108" s="29"/>
       <c r="L108" s="29"/>
       <c r="M108" s="29"/>
       <c r="N108" s="29"/>
       <c r="O108" s="29"/>
       <c r="P108" s="29"/>
       <c r="Q108" s="29"/>
       <c r="R108" s="29"/>
       <c r="S108" s="29"/>
       <c r="T108" s="29"/>
       <c r="U108" s="29"/>
       <c r="V108" s="29"/>
       <c r="W108" s="29"/>
       <c r="X108" s="29"/>
       <c r="Y108" s="29"/>
       <c r="Z108" s="29"/>
       <c r="AA108" s="29"/>
@@ -36782,52 +36997,53 @@
       <c r="EM108" s="30"/>
       <c r="EN108" s="30"/>
       <c r="EO108" s="30"/>
       <c r="EP108" s="30"/>
       <c r="EQ108" s="30"/>
       <c r="ER108" s="30"/>
       <c r="ES108" s="30"/>
       <c r="ET108" s="30"/>
       <c r="EU108" s="30"/>
       <c r="EV108" s="30"/>
       <c r="EW108" s="30"/>
       <c r="EX108" s="30"/>
       <c r="EY108" s="30"/>
       <c r="EZ108" s="30"/>
       <c r="FA108" s="30"/>
       <c r="FB108" s="30"/>
       <c r="FC108" s="30"/>
       <c r="FD108" s="30"/>
       <c r="FE108" s="30"/>
       <c r="FF108" s="30"/>
       <c r="FG108" s="30"/>
       <c r="FH108" s="30"/>
       <c r="FI108" s="30"/>
       <c r="FJ108" s="30"/>
       <c r="FK108" s="30"/>
+      <c r="FL108" s="30"/>
     </row>
-    <row r="109" spans="3:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="109" spans="3:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C109" s="29"/>
       <c r="D109" s="29"/>
       <c r="E109" s="29"/>
       <c r="F109" s="29"/>
       <c r="G109" s="29"/>
       <c r="H109" s="29"/>
       <c r="I109" s="29"/>
       <c r="J109" s="29"/>
       <c r="K109" s="29"/>
       <c r="L109" s="29"/>
       <c r="M109" s="29"/>
       <c r="N109" s="29"/>
       <c r="O109" s="29"/>
       <c r="P109" s="29"/>
       <c r="Q109" s="29"/>
       <c r="R109" s="29"/>
       <c r="S109" s="29"/>
       <c r="T109" s="29"/>
       <c r="U109" s="29"/>
       <c r="V109" s="29"/>
       <c r="W109" s="29"/>
       <c r="X109" s="29"/>
       <c r="Y109" s="29"/>
       <c r="Z109" s="29"/>
       <c r="AA109" s="29"/>
@@ -36945,52 +37161,53 @@
       <c r="EM109" s="30"/>
       <c r="EN109" s="30"/>
       <c r="EO109" s="30"/>
       <c r="EP109" s="30"/>
       <c r="EQ109" s="30"/>
       <c r="ER109" s="30"/>
       <c r="ES109" s="30"/>
       <c r="ET109" s="30"/>
       <c r="EU109" s="30"/>
       <c r="EV109" s="30"/>
       <c r="EW109" s="30"/>
       <c r="EX109" s="30"/>
       <c r="EY109" s="30"/>
       <c r="EZ109" s="30"/>
       <c r="FA109" s="30"/>
       <c r="FB109" s="30"/>
       <c r="FC109" s="30"/>
       <c r="FD109" s="30"/>
       <c r="FE109" s="30"/>
       <c r="FF109" s="30"/>
       <c r="FG109" s="30"/>
       <c r="FH109" s="30"/>
       <c r="FI109" s="30"/>
       <c r="FJ109" s="30"/>
       <c r="FK109" s="30"/>
+      <c r="FL109" s="30"/>
     </row>
-    <row r="110" spans="3:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="110" spans="3:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C110" s="29"/>
       <c r="D110" s="29"/>
       <c r="E110" s="29"/>
       <c r="F110" s="29"/>
       <c r="G110" s="29"/>
       <c r="H110" s="29"/>
       <c r="I110" s="29"/>
       <c r="J110" s="29"/>
       <c r="K110" s="29"/>
       <c r="L110" s="29"/>
       <c r="M110" s="29"/>
       <c r="N110" s="29"/>
       <c r="O110" s="29"/>
       <c r="P110" s="29"/>
       <c r="Q110" s="29"/>
       <c r="R110" s="29"/>
       <c r="S110" s="29"/>
       <c r="T110" s="29"/>
       <c r="U110" s="29"/>
       <c r="V110" s="29"/>
       <c r="W110" s="29"/>
       <c r="X110" s="29"/>
       <c r="Y110" s="29"/>
       <c r="Z110" s="29"/>
       <c r="AA110" s="29"/>
@@ -37108,52 +37325,53 @@
       <c r="EM110" s="30"/>
       <c r="EN110" s="30"/>
       <c r="EO110" s="30"/>
       <c r="EP110" s="30"/>
       <c r="EQ110" s="30"/>
       <c r="ER110" s="30"/>
       <c r="ES110" s="30"/>
       <c r="ET110" s="30"/>
       <c r="EU110" s="30"/>
       <c r="EV110" s="30"/>
       <c r="EW110" s="30"/>
       <c r="EX110" s="30"/>
       <c r="EY110" s="30"/>
       <c r="EZ110" s="30"/>
       <c r="FA110" s="30"/>
       <c r="FB110" s="30"/>
       <c r="FC110" s="30"/>
       <c r="FD110" s="30"/>
       <c r="FE110" s="30"/>
       <c r="FF110" s="30"/>
       <c r="FG110" s="30"/>
       <c r="FH110" s="30"/>
       <c r="FI110" s="30"/>
       <c r="FJ110" s="30"/>
       <c r="FK110" s="30"/>
+      <c r="FL110" s="30"/>
     </row>
-    <row r="111" spans="3:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="111" spans="3:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C111" s="29"/>
       <c r="D111" s="29"/>
       <c r="E111" s="29"/>
       <c r="F111" s="29"/>
       <c r="G111" s="29"/>
       <c r="H111" s="29"/>
       <c r="I111" s="29"/>
       <c r="J111" s="29"/>
       <c r="K111" s="29"/>
       <c r="L111" s="29"/>
       <c r="M111" s="29"/>
       <c r="N111" s="29"/>
       <c r="O111" s="29"/>
       <c r="P111" s="29"/>
       <c r="Q111" s="29"/>
       <c r="R111" s="29"/>
       <c r="S111" s="29"/>
       <c r="T111" s="29"/>
       <c r="U111" s="29"/>
       <c r="V111" s="29"/>
       <c r="W111" s="29"/>
       <c r="X111" s="29"/>
       <c r="Y111" s="29"/>
       <c r="Z111" s="29"/>
       <c r="AA111" s="29"/>
@@ -37271,52 +37489,53 @@
       <c r="EM111" s="30"/>
       <c r="EN111" s="30"/>
       <c r="EO111" s="30"/>
       <c r="EP111" s="30"/>
       <c r="EQ111" s="30"/>
       <c r="ER111" s="30"/>
       <c r="ES111" s="30"/>
       <c r="ET111" s="30"/>
       <c r="EU111" s="30"/>
       <c r="EV111" s="30"/>
       <c r="EW111" s="30"/>
       <c r="EX111" s="30"/>
       <c r="EY111" s="30"/>
       <c r="EZ111" s="30"/>
       <c r="FA111" s="30"/>
       <c r="FB111" s="30"/>
       <c r="FC111" s="30"/>
       <c r="FD111" s="30"/>
       <c r="FE111" s="30"/>
       <c r="FF111" s="30"/>
       <c r="FG111" s="30"/>
       <c r="FH111" s="30"/>
       <c r="FI111" s="30"/>
       <c r="FJ111" s="30"/>
       <c r="FK111" s="30"/>
+      <c r="FL111" s="30"/>
     </row>
-    <row r="112" spans="3:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="112" spans="3:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C112" s="29"/>
       <c r="D112" s="29"/>
       <c r="E112" s="29"/>
       <c r="F112" s="29"/>
       <c r="G112" s="29"/>
       <c r="H112" s="29"/>
       <c r="I112" s="29"/>
       <c r="J112" s="29"/>
       <c r="K112" s="29"/>
       <c r="L112" s="29"/>
       <c r="M112" s="29"/>
       <c r="N112" s="29"/>
       <c r="O112" s="29"/>
       <c r="P112" s="29"/>
       <c r="Q112" s="29"/>
       <c r="R112" s="29"/>
       <c r="S112" s="29"/>
       <c r="T112" s="29"/>
       <c r="U112" s="29"/>
       <c r="V112" s="29"/>
       <c r="W112" s="29"/>
       <c r="X112" s="29"/>
       <c r="Y112" s="29"/>
       <c r="Z112" s="29"/>
       <c r="AA112" s="29"/>
@@ -37434,52 +37653,53 @@
       <c r="EM112" s="30"/>
       <c r="EN112" s="30"/>
       <c r="EO112" s="30"/>
       <c r="EP112" s="30"/>
       <c r="EQ112" s="30"/>
       <c r="ER112" s="30"/>
       <c r="ES112" s="30"/>
       <c r="ET112" s="30"/>
       <c r="EU112" s="30"/>
       <c r="EV112" s="30"/>
       <c r="EW112" s="30"/>
       <c r="EX112" s="30"/>
       <c r="EY112" s="30"/>
       <c r="EZ112" s="30"/>
       <c r="FA112" s="30"/>
       <c r="FB112" s="30"/>
       <c r="FC112" s="30"/>
       <c r="FD112" s="30"/>
       <c r="FE112" s="30"/>
       <c r="FF112" s="30"/>
       <c r="FG112" s="30"/>
       <c r="FH112" s="30"/>
       <c r="FI112" s="30"/>
       <c r="FJ112" s="30"/>
       <c r="FK112" s="30"/>
+      <c r="FL112" s="30"/>
     </row>
-    <row r="113" spans="3:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="113" spans="3:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C113" s="29"/>
       <c r="D113" s="29"/>
       <c r="E113" s="29"/>
       <c r="F113" s="29"/>
       <c r="G113" s="29"/>
       <c r="H113" s="29"/>
       <c r="I113" s="29"/>
       <c r="J113" s="29"/>
       <c r="K113" s="29"/>
       <c r="L113" s="29"/>
       <c r="M113" s="29"/>
       <c r="N113" s="29"/>
       <c r="O113" s="29"/>
       <c r="P113" s="29"/>
       <c r="Q113" s="29"/>
       <c r="R113" s="29"/>
       <c r="S113" s="29"/>
       <c r="T113" s="29"/>
       <c r="U113" s="29"/>
       <c r="V113" s="29"/>
       <c r="W113" s="29"/>
       <c r="X113" s="29"/>
       <c r="Y113" s="29"/>
       <c r="Z113" s="29"/>
       <c r="AA113" s="29"/>
@@ -37597,52 +37817,53 @@
       <c r="EM113" s="30"/>
       <c r="EN113" s="30"/>
       <c r="EO113" s="30"/>
       <c r="EP113" s="30"/>
       <c r="EQ113" s="30"/>
       <c r="ER113" s="30"/>
       <c r="ES113" s="30"/>
       <c r="ET113" s="30"/>
       <c r="EU113" s="30"/>
       <c r="EV113" s="30"/>
       <c r="EW113" s="30"/>
       <c r="EX113" s="30"/>
       <c r="EY113" s="30"/>
       <c r="EZ113" s="30"/>
       <c r="FA113" s="30"/>
       <c r="FB113" s="30"/>
       <c r="FC113" s="30"/>
       <c r="FD113" s="30"/>
       <c r="FE113" s="30"/>
       <c r="FF113" s="30"/>
       <c r="FG113" s="30"/>
       <c r="FH113" s="30"/>
       <c r="FI113" s="30"/>
       <c r="FJ113" s="30"/>
       <c r="FK113" s="30"/>
+      <c r="FL113" s="30"/>
     </row>
-    <row r="114" spans="3:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="114" spans="3:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C114" s="29"/>
       <c r="D114" s="29"/>
       <c r="E114" s="29"/>
       <c r="F114" s="29"/>
       <c r="G114" s="29"/>
       <c r="H114" s="29"/>
       <c r="I114" s="29"/>
       <c r="J114" s="29"/>
       <c r="K114" s="29"/>
       <c r="L114" s="29"/>
       <c r="M114" s="29"/>
       <c r="N114" s="29"/>
       <c r="O114" s="29"/>
       <c r="P114" s="29"/>
       <c r="Q114" s="29"/>
       <c r="R114" s="29"/>
       <c r="S114" s="29"/>
       <c r="T114" s="29"/>
       <c r="U114" s="29"/>
       <c r="V114" s="29"/>
       <c r="W114" s="29"/>
       <c r="X114" s="29"/>
       <c r="Y114" s="29"/>
       <c r="Z114" s="29"/>
       <c r="AA114" s="29"/>
@@ -37760,52 +37981,53 @@
       <c r="EM114" s="30"/>
       <c r="EN114" s="30"/>
       <c r="EO114" s="30"/>
       <c r="EP114" s="30"/>
       <c r="EQ114" s="30"/>
       <c r="ER114" s="30"/>
       <c r="ES114" s="30"/>
       <c r="ET114" s="30"/>
       <c r="EU114" s="30"/>
       <c r="EV114" s="30"/>
       <c r="EW114" s="30"/>
       <c r="EX114" s="30"/>
       <c r="EY114" s="30"/>
       <c r="EZ114" s="30"/>
       <c r="FA114" s="30"/>
       <c r="FB114" s="30"/>
       <c r="FC114" s="30"/>
       <c r="FD114" s="30"/>
       <c r="FE114" s="30"/>
       <c r="FF114" s="30"/>
       <c r="FG114" s="30"/>
       <c r="FH114" s="30"/>
       <c r="FI114" s="30"/>
       <c r="FJ114" s="30"/>
       <c r="FK114" s="30"/>
+      <c r="FL114" s="30"/>
     </row>
-    <row r="115" spans="3:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="115" spans="3:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C115" s="29"/>
       <c r="D115" s="29"/>
       <c r="E115" s="29"/>
       <c r="F115" s="29"/>
       <c r="G115" s="29"/>
       <c r="H115" s="29"/>
       <c r="I115" s="29"/>
       <c r="J115" s="29"/>
       <c r="K115" s="29"/>
       <c r="L115" s="29"/>
       <c r="M115" s="29"/>
       <c r="N115" s="29"/>
       <c r="O115" s="29"/>
       <c r="P115" s="29"/>
       <c r="Q115" s="29"/>
       <c r="R115" s="29"/>
       <c r="S115" s="29"/>
       <c r="T115" s="29"/>
       <c r="U115" s="29"/>
       <c r="V115" s="29"/>
       <c r="W115" s="29"/>
       <c r="X115" s="29"/>
       <c r="Y115" s="29"/>
       <c r="Z115" s="29"/>
       <c r="AA115" s="29"/>
@@ -37923,52 +38145,53 @@
       <c r="EM115" s="30"/>
       <c r="EN115" s="30"/>
       <c r="EO115" s="30"/>
       <c r="EP115" s="30"/>
       <c r="EQ115" s="30"/>
       <c r="ER115" s="30"/>
       <c r="ES115" s="30"/>
       <c r="ET115" s="30"/>
       <c r="EU115" s="30"/>
       <c r="EV115" s="30"/>
       <c r="EW115" s="30"/>
       <c r="EX115" s="30"/>
       <c r="EY115" s="30"/>
       <c r="EZ115" s="30"/>
       <c r="FA115" s="30"/>
       <c r="FB115" s="30"/>
       <c r="FC115" s="30"/>
       <c r="FD115" s="30"/>
       <c r="FE115" s="30"/>
       <c r="FF115" s="30"/>
       <c r="FG115" s="30"/>
       <c r="FH115" s="30"/>
       <c r="FI115" s="30"/>
       <c r="FJ115" s="30"/>
       <c r="FK115" s="30"/>
+      <c r="FL115" s="30"/>
     </row>
-    <row r="116" spans="3:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="116" spans="3:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C116" s="29"/>
       <c r="D116" s="29"/>
       <c r="E116" s="29"/>
       <c r="F116" s="29"/>
       <c r="G116" s="29"/>
       <c r="H116" s="29"/>
       <c r="I116" s="29"/>
       <c r="J116" s="29"/>
       <c r="K116" s="29"/>
       <c r="L116" s="29"/>
       <c r="M116" s="29"/>
       <c r="N116" s="29"/>
       <c r="O116" s="29"/>
       <c r="P116" s="29"/>
       <c r="Q116" s="29"/>
       <c r="R116" s="29"/>
       <c r="S116" s="29"/>
       <c r="T116" s="29"/>
       <c r="U116" s="29"/>
       <c r="V116" s="29"/>
       <c r="W116" s="29"/>
       <c r="X116" s="29"/>
       <c r="Y116" s="29"/>
       <c r="Z116" s="29"/>
       <c r="AA116" s="29"/>
@@ -38086,52 +38309,53 @@
       <c r="EM116" s="30"/>
       <c r="EN116" s="30"/>
       <c r="EO116" s="30"/>
       <c r="EP116" s="30"/>
       <c r="EQ116" s="30"/>
       <c r="ER116" s="30"/>
       <c r="ES116" s="30"/>
       <c r="ET116" s="30"/>
       <c r="EU116" s="30"/>
       <c r="EV116" s="30"/>
       <c r="EW116" s="30"/>
       <c r="EX116" s="30"/>
       <c r="EY116" s="30"/>
       <c r="EZ116" s="30"/>
       <c r="FA116" s="30"/>
       <c r="FB116" s="30"/>
       <c r="FC116" s="30"/>
       <c r="FD116" s="30"/>
       <c r="FE116" s="30"/>
       <c r="FF116" s="30"/>
       <c r="FG116" s="30"/>
       <c r="FH116" s="30"/>
       <c r="FI116" s="30"/>
       <c r="FJ116" s="30"/>
       <c r="FK116" s="30"/>
+      <c r="FL116" s="30"/>
     </row>
-    <row r="117" spans="3:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="117" spans="3:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C117" s="29"/>
       <c r="D117" s="29"/>
       <c r="E117" s="29"/>
       <c r="F117" s="29"/>
       <c r="G117" s="29"/>
       <c r="H117" s="29"/>
       <c r="I117" s="29"/>
       <c r="J117" s="29"/>
       <c r="K117" s="29"/>
       <c r="L117" s="29"/>
       <c r="M117" s="29"/>
       <c r="N117" s="29"/>
       <c r="O117" s="29"/>
       <c r="P117" s="29"/>
       <c r="Q117" s="29"/>
       <c r="R117" s="29"/>
       <c r="S117" s="29"/>
       <c r="T117" s="29"/>
       <c r="U117" s="29"/>
       <c r="V117" s="29"/>
       <c r="W117" s="29"/>
       <c r="X117" s="29"/>
       <c r="Y117" s="29"/>
       <c r="Z117" s="29"/>
       <c r="AA117" s="29"/>
@@ -38249,52 +38473,53 @@
       <c r="EM117" s="30"/>
       <c r="EN117" s="30"/>
       <c r="EO117" s="30"/>
       <c r="EP117" s="30"/>
       <c r="EQ117" s="30"/>
       <c r="ER117" s="30"/>
       <c r="ES117" s="30"/>
       <c r="ET117" s="30"/>
       <c r="EU117" s="30"/>
       <c r="EV117" s="30"/>
       <c r="EW117" s="30"/>
       <c r="EX117" s="30"/>
       <c r="EY117" s="30"/>
       <c r="EZ117" s="30"/>
       <c r="FA117" s="30"/>
       <c r="FB117" s="30"/>
       <c r="FC117" s="30"/>
       <c r="FD117" s="30"/>
       <c r="FE117" s="30"/>
       <c r="FF117" s="30"/>
       <c r="FG117" s="30"/>
       <c r="FH117" s="30"/>
       <c r="FI117" s="30"/>
       <c r="FJ117" s="30"/>
       <c r="FK117" s="30"/>
+      <c r="FL117" s="30"/>
     </row>
-    <row r="118" spans="3:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="118" spans="3:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C118" s="29"/>
       <c r="D118" s="29"/>
       <c r="E118" s="29"/>
       <c r="F118" s="29"/>
       <c r="G118" s="29"/>
       <c r="H118" s="29"/>
       <c r="I118" s="29"/>
       <c r="J118" s="29"/>
       <c r="K118" s="29"/>
       <c r="L118" s="29"/>
       <c r="M118" s="29"/>
       <c r="N118" s="29"/>
       <c r="O118" s="29"/>
       <c r="P118" s="29"/>
       <c r="Q118" s="29"/>
       <c r="R118" s="29"/>
       <c r="S118" s="29"/>
       <c r="T118" s="29"/>
       <c r="U118" s="29"/>
       <c r="V118" s="29"/>
       <c r="W118" s="29"/>
       <c r="X118" s="29"/>
       <c r="Y118" s="29"/>
       <c r="Z118" s="29"/>
       <c r="AA118" s="29"/>
@@ -38412,52 +38637,53 @@
       <c r="EM118" s="30"/>
       <c r="EN118" s="30"/>
       <c r="EO118" s="30"/>
       <c r="EP118" s="30"/>
       <c r="EQ118" s="30"/>
       <c r="ER118" s="30"/>
       <c r="ES118" s="30"/>
       <c r="ET118" s="30"/>
       <c r="EU118" s="30"/>
       <c r="EV118" s="30"/>
       <c r="EW118" s="30"/>
       <c r="EX118" s="30"/>
       <c r="EY118" s="30"/>
       <c r="EZ118" s="30"/>
       <c r="FA118" s="30"/>
       <c r="FB118" s="30"/>
       <c r="FC118" s="30"/>
       <c r="FD118" s="30"/>
       <c r="FE118" s="30"/>
       <c r="FF118" s="30"/>
       <c r="FG118" s="30"/>
       <c r="FH118" s="30"/>
       <c r="FI118" s="30"/>
       <c r="FJ118" s="30"/>
       <c r="FK118" s="30"/>
+      <c r="FL118" s="30"/>
     </row>
-    <row r="119" spans="3:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="119" spans="3:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C119" s="29"/>
       <c r="D119" s="29"/>
       <c r="E119" s="29"/>
       <c r="F119" s="29"/>
       <c r="G119" s="29"/>
       <c r="H119" s="29"/>
       <c r="I119" s="29"/>
       <c r="J119" s="29"/>
       <c r="K119" s="29"/>
       <c r="L119" s="29"/>
       <c r="M119" s="29"/>
       <c r="N119" s="29"/>
       <c r="O119" s="29"/>
       <c r="P119" s="29"/>
       <c r="Q119" s="29"/>
       <c r="R119" s="29"/>
       <c r="S119" s="29"/>
       <c r="T119" s="29"/>
       <c r="U119" s="29"/>
       <c r="V119" s="29"/>
       <c r="W119" s="29"/>
       <c r="X119" s="29"/>
       <c r="Y119" s="29"/>
       <c r="Z119" s="29"/>
       <c r="AA119" s="29"/>
@@ -38575,52 +38801,53 @@
       <c r="EM119" s="30"/>
       <c r="EN119" s="30"/>
       <c r="EO119" s="30"/>
       <c r="EP119" s="30"/>
       <c r="EQ119" s="30"/>
       <c r="ER119" s="30"/>
       <c r="ES119" s="30"/>
       <c r="ET119" s="30"/>
       <c r="EU119" s="30"/>
       <c r="EV119" s="30"/>
       <c r="EW119" s="30"/>
       <c r="EX119" s="30"/>
       <c r="EY119" s="30"/>
       <c r="EZ119" s="30"/>
       <c r="FA119" s="30"/>
       <c r="FB119" s="30"/>
       <c r="FC119" s="30"/>
       <c r="FD119" s="30"/>
       <c r="FE119" s="30"/>
       <c r="FF119" s="30"/>
       <c r="FG119" s="30"/>
       <c r="FH119" s="30"/>
       <c r="FI119" s="30"/>
       <c r="FJ119" s="30"/>
       <c r="FK119" s="30"/>
+      <c r="FL119" s="30"/>
     </row>
-    <row r="120" spans="3:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="120" spans="3:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C120" s="29"/>
       <c r="D120" s="29"/>
       <c r="E120" s="29"/>
       <c r="F120" s="29"/>
       <c r="G120" s="29"/>
       <c r="H120" s="29"/>
       <c r="I120" s="29"/>
       <c r="J120" s="29"/>
       <c r="K120" s="29"/>
       <c r="L120" s="29"/>
       <c r="M120" s="29"/>
       <c r="N120" s="29"/>
       <c r="O120" s="29"/>
       <c r="P120" s="29"/>
       <c r="Q120" s="29"/>
       <c r="R120" s="29"/>
       <c r="S120" s="29"/>
       <c r="T120" s="29"/>
       <c r="U120" s="29"/>
       <c r="V120" s="29"/>
       <c r="W120" s="29"/>
       <c r="X120" s="29"/>
       <c r="Y120" s="29"/>
       <c r="Z120" s="29"/>
       <c r="AA120" s="29"/>
@@ -38738,52 +38965,53 @@
       <c r="EM120" s="29"/>
       <c r="EN120" s="29"/>
       <c r="EO120" s="29"/>
       <c r="EP120" s="29"/>
       <c r="EQ120" s="29"/>
       <c r="ER120" s="29"/>
       <c r="ES120" s="29"/>
       <c r="ET120" s="29"/>
       <c r="EU120" s="29"/>
       <c r="EV120" s="29"/>
       <c r="EW120" s="29"/>
       <c r="EX120" s="29"/>
       <c r="EY120" s="29"/>
       <c r="EZ120" s="29"/>
       <c r="FA120" s="29"/>
       <c r="FB120" s="29"/>
       <c r="FC120" s="29"/>
       <c r="FD120" s="29"/>
       <c r="FE120" s="29"/>
       <c r="FF120" s="29"/>
       <c r="FG120" s="29"/>
       <c r="FH120" s="29"/>
       <c r="FI120" s="29"/>
       <c r="FJ120" s="29"/>
       <c r="FK120" s="29"/>
+      <c r="FL120" s="29"/>
     </row>
-    <row r="121" spans="3:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="121" spans="3:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C121" s="29"/>
       <c r="D121" s="29"/>
       <c r="E121" s="29"/>
       <c r="F121" s="29"/>
       <c r="G121" s="29"/>
       <c r="H121" s="29"/>
       <c r="I121" s="29"/>
       <c r="J121" s="29"/>
       <c r="K121" s="29"/>
       <c r="L121" s="29"/>
       <c r="M121" s="29"/>
       <c r="N121" s="29"/>
       <c r="O121" s="29"/>
       <c r="P121" s="29"/>
       <c r="Q121" s="29"/>
       <c r="R121" s="29"/>
       <c r="S121" s="29"/>
       <c r="T121" s="29"/>
       <c r="U121" s="29"/>
       <c r="V121" s="29"/>
       <c r="W121" s="29"/>
       <c r="X121" s="29"/>
       <c r="Y121" s="29"/>
       <c r="Z121" s="29"/>
       <c r="AA121" s="29"/>
@@ -38901,52 +39129,53 @@
       <c r="EM121" s="29"/>
       <c r="EN121" s="29"/>
       <c r="EO121" s="29"/>
       <c r="EP121" s="29"/>
       <c r="EQ121" s="29"/>
       <c r="ER121" s="29"/>
       <c r="ES121" s="29"/>
       <c r="ET121" s="29"/>
       <c r="EU121" s="29"/>
       <c r="EV121" s="29"/>
       <c r="EW121" s="29"/>
       <c r="EX121" s="29"/>
       <c r="EY121" s="29"/>
       <c r="EZ121" s="29"/>
       <c r="FA121" s="29"/>
       <c r="FB121" s="29"/>
       <c r="FC121" s="29"/>
       <c r="FD121" s="29"/>
       <c r="FE121" s="29"/>
       <c r="FF121" s="29"/>
       <c r="FG121" s="29"/>
       <c r="FH121" s="29"/>
       <c r="FI121" s="29"/>
       <c r="FJ121" s="29"/>
       <c r="FK121" s="29"/>
+      <c r="FL121" s="29"/>
     </row>
-    <row r="122" spans="3:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="122" spans="3:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C122" s="29"/>
       <c r="D122" s="29"/>
       <c r="E122" s="29"/>
       <c r="F122" s="29"/>
       <c r="G122" s="29"/>
       <c r="H122" s="29"/>
       <c r="I122" s="29"/>
       <c r="J122" s="29"/>
       <c r="K122" s="29"/>
       <c r="L122" s="29"/>
       <c r="M122" s="29"/>
       <c r="N122" s="29"/>
       <c r="O122" s="29"/>
       <c r="P122" s="29"/>
       <c r="Q122" s="29"/>
       <c r="R122" s="29"/>
       <c r="S122" s="29"/>
       <c r="T122" s="29"/>
       <c r="U122" s="29"/>
       <c r="V122" s="29"/>
       <c r="W122" s="29"/>
       <c r="X122" s="29"/>
       <c r="Y122" s="29"/>
       <c r="Z122" s="29"/>
       <c r="AA122" s="29"/>
@@ -39064,52 +39293,53 @@
       <c r="EM122" s="29"/>
       <c r="EN122" s="29"/>
       <c r="EO122" s="29"/>
       <c r="EP122" s="29"/>
       <c r="EQ122" s="29"/>
       <c r="ER122" s="29"/>
       <c r="ES122" s="29"/>
       <c r="ET122" s="29"/>
       <c r="EU122" s="29"/>
       <c r="EV122" s="29"/>
       <c r="EW122" s="29"/>
       <c r="EX122" s="29"/>
       <c r="EY122" s="29"/>
       <c r="EZ122" s="29"/>
       <c r="FA122" s="29"/>
       <c r="FB122" s="29"/>
       <c r="FC122" s="29"/>
       <c r="FD122" s="29"/>
       <c r="FE122" s="29"/>
       <c r="FF122" s="29"/>
       <c r="FG122" s="29"/>
       <c r="FH122" s="29"/>
       <c r="FI122" s="29"/>
       <c r="FJ122" s="29"/>
       <c r="FK122" s="29"/>
+      <c r="FL122" s="29"/>
     </row>
-    <row r="123" spans="3:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="123" spans="3:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C123" s="29"/>
       <c r="D123" s="29"/>
       <c r="E123" s="29"/>
       <c r="F123" s="29"/>
       <c r="G123" s="29"/>
       <c r="H123" s="29"/>
       <c r="I123" s="29"/>
       <c r="J123" s="29"/>
       <c r="K123" s="29"/>
       <c r="L123" s="29"/>
       <c r="M123" s="29"/>
       <c r="N123" s="29"/>
       <c r="O123" s="29"/>
       <c r="P123" s="29"/>
       <c r="Q123" s="29"/>
       <c r="R123" s="29"/>
       <c r="S123" s="29"/>
       <c r="T123" s="29"/>
       <c r="U123" s="29"/>
       <c r="V123" s="29"/>
       <c r="W123" s="29"/>
       <c r="X123" s="29"/>
       <c r="Y123" s="29"/>
       <c r="Z123" s="29"/>
       <c r="AA123" s="29"/>
@@ -39227,52 +39457,53 @@
       <c r="EM123" s="29"/>
       <c r="EN123" s="29"/>
       <c r="EO123" s="29"/>
       <c r="EP123" s="29"/>
       <c r="EQ123" s="29"/>
       <c r="ER123" s="29"/>
       <c r="ES123" s="29"/>
       <c r="ET123" s="29"/>
       <c r="EU123" s="29"/>
       <c r="EV123" s="29"/>
       <c r="EW123" s="29"/>
       <c r="EX123" s="29"/>
       <c r="EY123" s="29"/>
       <c r="EZ123" s="29"/>
       <c r="FA123" s="29"/>
       <c r="FB123" s="29"/>
       <c r="FC123" s="29"/>
       <c r="FD123" s="29"/>
       <c r="FE123" s="29"/>
       <c r="FF123" s="29"/>
       <c r="FG123" s="29"/>
       <c r="FH123" s="29"/>
       <c r="FI123" s="29"/>
       <c r="FJ123" s="29"/>
       <c r="FK123" s="29"/>
+      <c r="FL123" s="29"/>
     </row>
-    <row r="124" spans="3:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="124" spans="3:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C124" s="29"/>
       <c r="D124" s="29"/>
       <c r="E124" s="29"/>
       <c r="F124" s="29"/>
       <c r="G124" s="29"/>
       <c r="H124" s="29"/>
       <c r="I124" s="29"/>
       <c r="J124" s="29"/>
       <c r="K124" s="29"/>
       <c r="L124" s="29"/>
       <c r="M124" s="29"/>
       <c r="N124" s="29"/>
       <c r="O124" s="29"/>
       <c r="P124" s="29"/>
       <c r="Q124" s="29"/>
       <c r="R124" s="29"/>
       <c r="S124" s="29"/>
       <c r="T124" s="29"/>
       <c r="U124" s="29"/>
       <c r="V124" s="29"/>
       <c r="W124" s="29"/>
       <c r="X124" s="29"/>
       <c r="Y124" s="29"/>
       <c r="Z124" s="29"/>
       <c r="AA124" s="29"/>
@@ -39390,52 +39621,53 @@
       <c r="EM124" s="29"/>
       <c r="EN124" s="29"/>
       <c r="EO124" s="29"/>
       <c r="EP124" s="29"/>
       <c r="EQ124" s="29"/>
       <c r="ER124" s="29"/>
       <c r="ES124" s="29"/>
       <c r="ET124" s="29"/>
       <c r="EU124" s="29"/>
       <c r="EV124" s="29"/>
       <c r="EW124" s="29"/>
       <c r="EX124" s="29"/>
       <c r="EY124" s="29"/>
       <c r="EZ124" s="29"/>
       <c r="FA124" s="29"/>
       <c r="FB124" s="29"/>
       <c r="FC124" s="29"/>
       <c r="FD124" s="29"/>
       <c r="FE124" s="29"/>
       <c r="FF124" s="29"/>
       <c r="FG124" s="29"/>
       <c r="FH124" s="29"/>
       <c r="FI124" s="29"/>
       <c r="FJ124" s="29"/>
       <c r="FK124" s="29"/>
+      <c r="FL124" s="29"/>
     </row>
-    <row r="125" spans="3:167" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="125" spans="3:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C125" s="29"/>
       <c r="D125" s="29"/>
       <c r="E125" s="29"/>
       <c r="F125" s="29"/>
       <c r="G125" s="29"/>
       <c r="H125" s="29"/>
       <c r="I125" s="29"/>
       <c r="J125" s="29"/>
       <c r="K125" s="29"/>
       <c r="L125" s="29"/>
       <c r="M125" s="29"/>
       <c r="N125" s="29"/>
       <c r="O125" s="29"/>
       <c r="P125" s="29"/>
       <c r="Q125" s="29"/>
       <c r="R125" s="29"/>
       <c r="S125" s="29"/>
       <c r="T125" s="29"/>
       <c r="U125" s="29"/>
       <c r="V125" s="29"/>
       <c r="W125" s="29"/>
       <c r="X125" s="29"/>
       <c r="Y125" s="29"/>
       <c r="Z125" s="29"/>
       <c r="AA125" s="29"/>
@@ -39553,50 +39785,51 @@
       <c r="EM125" s="29"/>
       <c r="EN125" s="29"/>
       <c r="EO125" s="29"/>
       <c r="EP125" s="29"/>
       <c r="EQ125" s="29"/>
       <c r="ER125" s="29"/>
       <c r="ES125" s="29"/>
       <c r="ET125" s="29"/>
       <c r="EU125" s="29"/>
       <c r="EV125" s="29"/>
       <c r="EW125" s="29"/>
       <c r="EX125" s="29"/>
       <c r="EY125" s="29"/>
       <c r="EZ125" s="29"/>
       <c r="FA125" s="29"/>
       <c r="FB125" s="29"/>
       <c r="FC125" s="29"/>
       <c r="FD125" s="29"/>
       <c r="FE125" s="29"/>
       <c r="FF125" s="29"/>
       <c r="FG125" s="29"/>
       <c r="FH125" s="29"/>
       <c r="FI125" s="29"/>
       <c r="FJ125" s="29"/>
       <c r="FK125" s="29"/>
+      <c r="FL125" s="29"/>
     </row>
   </sheetData>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="90" fitToWidth="0" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Radni listovi</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Imenovani rasponi</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>