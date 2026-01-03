--- v2 (2025-12-13)
+++ v3 (2026-01-03)
@@ -1,74 +1,138 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <workbookPr defaultThemeVersion="153222"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\262\VRPA\BILTENSKE TABLICE\VP_1-10 - NOVO\biltenske tablice\2025\202511\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\262\VRPA\BILTENSKE TABLICE\VP_1-10 - NOVO\biltenske tablice\2025\202512\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
     <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="14235"/>
   </bookViews>
   <sheets>
     <sheet name="EUR" sheetId="3" r:id="rId1"/>
   </sheets>
+  <externalReferences>
+    <externalReference r:id="rId2"/>
+  </externalReferences>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">EUR!$B:$B</definedName>
   </definedNames>
   <calcPr calcId="162913"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
+<file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
+<calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <c r="FM61" i="3" l="1"/>
+  <c r="FM60" i="3"/>
+  <c r="FM59" i="3"/>
+  <c r="FM62" i="3" s="1"/>
+  <c r="FM58" i="3"/>
+  <c r="FM57" i="3"/>
+  <c r="FM56" i="3"/>
+  <c r="FM55" i="3"/>
+  <c r="FM54" i="3"/>
+  <c r="FM53" i="3"/>
+  <c r="FM52" i="3"/>
+  <c r="FM51" i="3"/>
+  <c r="FM50" i="3"/>
+  <c r="FM49" i="3"/>
+  <c r="FM48" i="3"/>
+  <c r="FM47" i="3"/>
+  <c r="FM46" i="3"/>
+  <c r="FM45" i="3"/>
+  <c r="FM44" i="3"/>
+  <c r="FM43" i="3"/>
+  <c r="FM42" i="3"/>
+  <c r="FM41" i="3"/>
+  <c r="FM40" i="3"/>
+  <c r="FM39" i="3"/>
+  <c r="FM38" i="3"/>
+  <c r="FM37" i="3"/>
+  <c r="FM36" i="3"/>
+  <c r="FM35" i="3"/>
+  <c r="FM32" i="3"/>
+  <c r="FM31" i="3"/>
+  <c r="FM30" i="3"/>
+  <c r="FM29" i="3"/>
+  <c r="FM28" i="3"/>
+  <c r="FM27" i="3"/>
+  <c r="FM26" i="3"/>
+  <c r="FM25" i="3"/>
+  <c r="FM24" i="3"/>
+  <c r="FM23" i="3"/>
+  <c r="FM22" i="3"/>
+  <c r="FM21" i="3"/>
+  <c r="FM33" i="3" s="1"/>
+  <c r="FM20" i="3"/>
+  <c r="FM19" i="3"/>
+  <c r="FM18" i="3"/>
+  <c r="FM17" i="3"/>
+  <c r="FM16" i="3"/>
+  <c r="FM15" i="3"/>
+  <c r="FM14" i="3"/>
+  <c r="FM13" i="3"/>
+  <c r="FM12" i="3"/>
+  <c r="FM11" i="3"/>
+  <c r="FM10" i="3"/>
+  <c r="FM9" i="3"/>
+  <c r="FM63" i="3" l="1"/>
+</calcChain>
+</file>
+
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="227" uniqueCount="186">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="228" uniqueCount="187">
   <si>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t>market valuation</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t>Dec. 2011</t>
     </r>
   </si>
   <si>
@@ -1282,50 +1346,53 @@
   </si>
   <si>
     <t>Jan. 2025</t>
   </si>
   <si>
     <t>Feb. 2025</t>
   </si>
   <si>
     <t>Mar. 2025</t>
   </si>
   <si>
     <t>Apr. 2025</t>
   </si>
   <si>
     <t>Jun. 2025</t>
   </si>
   <si>
     <t>Jul. 2025</t>
   </si>
   <si>
     <t>Aug. 2025</t>
   </si>
   <si>
     <t>Sep. 2025</t>
   </si>
+  <si>
+    <t>Oct. 2025</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="_-* #,##0.00\ _k_n_-;\-* #,##0.00\ _k_n_-;_-* &quot;-&quot;??\ _k_n_-;_-@_-"/>
     <numFmt numFmtId="165" formatCode="#,##0.0"/>
     <numFmt numFmtId="166" formatCode="#,##0.00;\-#,##0.00;&quot;–&quot;;"/>
   </numFmts>
   <fonts count="13" x14ac:knownFonts="1">
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
@@ -1542,51 +1609,731 @@
   </cellXfs>
   <cellStyles count="8">
     <cellStyle name="Naslov 1" xfId="2" builtinId="16"/>
     <cellStyle name="Naslov 2" xfId="3" builtinId="17"/>
     <cellStyle name="Normalno" xfId="0" builtinId="0"/>
     <cellStyle name="Obično 2" xfId="7"/>
     <cellStyle name="Obično 3" xfId="6"/>
     <cellStyle name="Tanka linija ispod" xfId="5"/>
     <cellStyle name="Zaglavlje" xfId="4"/>
     <cellStyle name="Zarez" xfId="1" builtinId="3"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+</file>
+
+<file path=xl/externalLinks/_rels/externalLink1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="/262/VRPA/IZVJESTAJI_NOVI/HR_IZRA&#268;UNI/T6_baza.xlsx" TargetMode="External"/></Relationships>
+</file>
+
+<file path=xl/externalLinks/externalLink1.xml><?xml version="1.0" encoding="utf-8"?>
+<externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" mc:Ignorable="x14">
+  <externalBook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1">
+    <sheetNames>
+      <sheetName val="Bruto_ST"/>
+      <sheetName val="TR_izdavanjeGL"/>
+      <sheetName val="TR_otplataGL"/>
+      <sheetName val="TR_NETO"/>
+      <sheetName val="TRANS_2024"/>
+      <sheetName val="TRANS_2023"/>
+      <sheetName val="TRANS_2022"/>
+      <sheetName val="TRANS_2021"/>
+      <sheetName val="TRANS_2020"/>
+      <sheetName val="TRANS_2019"/>
+      <sheetName val="TRANS_2018"/>
+      <sheetName val="TRANS_2017"/>
+      <sheetName val="TRANS_2016"/>
+      <sheetName val="TRANS_2015"/>
+      <sheetName val="TRANS_2014"/>
+      <sheetName val="TRANS_2013"/>
+      <sheetName val="TRANS_2012"/>
+      <sheetName val="kontrola_2014"/>
+      <sheetName val="2024"/>
+      <sheetName val="2023"/>
+      <sheetName val="2022"/>
+      <sheetName val="2021"/>
+      <sheetName val="2020"/>
+      <sheetName val="2019"/>
+      <sheetName val="2018"/>
+      <sheetName val="2017"/>
+      <sheetName val="2016"/>
+      <sheetName val="2015"/>
+      <sheetName val="2014"/>
+      <sheetName val="2013"/>
+      <sheetName val="2012"/>
+      <sheetName val="202510"/>
+      <sheetName val="202509"/>
+      <sheetName val="202508"/>
+      <sheetName val="202507"/>
+      <sheetName val="202506"/>
+      <sheetName val="202505"/>
+      <sheetName val="202504"/>
+      <sheetName val="202503"/>
+      <sheetName val="202502"/>
+      <sheetName val="202501"/>
+      <sheetName val="202412"/>
+      <sheetName val="202411"/>
+      <sheetName val="202410"/>
+      <sheetName val="202409"/>
+      <sheetName val="202408"/>
+      <sheetName val="202407"/>
+      <sheetName val="202406"/>
+      <sheetName val="202405"/>
+      <sheetName val="202404"/>
+      <sheetName val="202403"/>
+      <sheetName val="202402"/>
+      <sheetName val="202401"/>
+      <sheetName val="202312"/>
+      <sheetName val="202311"/>
+      <sheetName val="202310"/>
+      <sheetName val="202309"/>
+      <sheetName val="202308"/>
+      <sheetName val="202307"/>
+      <sheetName val="202306"/>
+      <sheetName val="202305"/>
+      <sheetName val="202304"/>
+      <sheetName val="202303"/>
+      <sheetName val="202302"/>
+      <sheetName val="202301"/>
+      <sheetName val="202212"/>
+      <sheetName val="202211"/>
+      <sheetName val="202210"/>
+      <sheetName val="202209"/>
+      <sheetName val="202208"/>
+      <sheetName val="202207"/>
+      <sheetName val="202206"/>
+      <sheetName val="202205"/>
+      <sheetName val="202204"/>
+      <sheetName val="202203"/>
+      <sheetName val="202202"/>
+      <sheetName val="202201"/>
+      <sheetName val="202112"/>
+      <sheetName val="202111"/>
+      <sheetName val="202110"/>
+      <sheetName val="202109"/>
+      <sheetName val="202108"/>
+      <sheetName val="202107"/>
+      <sheetName val="202106"/>
+      <sheetName val="202105"/>
+      <sheetName val="202104"/>
+      <sheetName val="202103"/>
+      <sheetName val="202102"/>
+      <sheetName val="202101"/>
+      <sheetName val="202012"/>
+      <sheetName val="202011"/>
+      <sheetName val="202010"/>
+      <sheetName val="202009"/>
+      <sheetName val="202008"/>
+      <sheetName val="202007"/>
+      <sheetName val="202006"/>
+      <sheetName val="202005"/>
+      <sheetName val="202004"/>
+      <sheetName val="202003"/>
+      <sheetName val="202002"/>
+      <sheetName val="202001"/>
+      <sheetName val="201912"/>
+      <sheetName val="201911"/>
+      <sheetName val="201910"/>
+      <sheetName val="201909"/>
+      <sheetName val="201908"/>
+      <sheetName val="201907"/>
+      <sheetName val="201906"/>
+      <sheetName val="201905"/>
+      <sheetName val="201904"/>
+      <sheetName val="201903"/>
+      <sheetName val="201902"/>
+      <sheetName val="201901"/>
+      <sheetName val="201812"/>
+      <sheetName val="201811"/>
+      <sheetName val="201810"/>
+      <sheetName val="201809"/>
+      <sheetName val="201808"/>
+      <sheetName val="201807"/>
+      <sheetName val="201806"/>
+      <sheetName val="201805"/>
+      <sheetName val="201804"/>
+      <sheetName val="201803"/>
+      <sheetName val="201802"/>
+      <sheetName val="201801"/>
+      <sheetName val="201712"/>
+      <sheetName val="201711"/>
+      <sheetName val="201710"/>
+      <sheetName val="201709"/>
+      <sheetName val="201708"/>
+      <sheetName val="201707"/>
+      <sheetName val="201706"/>
+      <sheetName val="201705"/>
+      <sheetName val="201704"/>
+      <sheetName val="201703"/>
+      <sheetName val="201702"/>
+      <sheetName val="201701"/>
+      <sheetName val="201612"/>
+      <sheetName val="201611"/>
+      <sheetName val="201610"/>
+      <sheetName val="201609"/>
+      <sheetName val="201608"/>
+      <sheetName val="201607"/>
+      <sheetName val="201606"/>
+      <sheetName val="201605"/>
+      <sheetName val="201604"/>
+      <sheetName val="201603"/>
+      <sheetName val="201602"/>
+      <sheetName val="201601"/>
+      <sheetName val="201512"/>
+      <sheetName val="201511"/>
+      <sheetName val="201510"/>
+      <sheetName val="201509"/>
+      <sheetName val="201508"/>
+      <sheetName val="201507"/>
+      <sheetName val="201506"/>
+      <sheetName val="201505"/>
+      <sheetName val="201504"/>
+      <sheetName val="201503"/>
+      <sheetName val="201502"/>
+      <sheetName val="201501"/>
+      <sheetName val="201412"/>
+      <sheetName val="201411"/>
+      <sheetName val="201410"/>
+      <sheetName val="201409"/>
+      <sheetName val="201408"/>
+      <sheetName val="201407"/>
+      <sheetName val="201406"/>
+      <sheetName val="201405"/>
+      <sheetName val="201404"/>
+      <sheetName val="201403"/>
+      <sheetName val="201402"/>
+      <sheetName val="201401"/>
+      <sheetName val="201312"/>
+      <sheetName val="201311"/>
+      <sheetName val="201310"/>
+      <sheetName val="201309"/>
+      <sheetName val="201308"/>
+      <sheetName val="201307"/>
+      <sheetName val="201306"/>
+      <sheetName val="201305"/>
+      <sheetName val="201304"/>
+      <sheetName val="201303"/>
+      <sheetName val="201302"/>
+      <sheetName val="201301"/>
+      <sheetName val="201212"/>
+      <sheetName val="201211"/>
+      <sheetName val="201210"/>
+      <sheetName val="201209"/>
+      <sheetName val="201208"/>
+      <sheetName val="201207"/>
+      <sheetName val="201206"/>
+      <sheetName val="201205"/>
+      <sheetName val="201204"/>
+      <sheetName val="201203"/>
+      <sheetName val="201202"/>
+      <sheetName val="201201"/>
+    </sheetNames>
+    <sheetDataSet>
+      <sheetData sheetId="0">
+        <row r="10">
+          <cell r="G10">
+            <v>0</v>
+          </cell>
+          <cell r="FQ10">
+            <v>0.53084149999999997</v>
+          </cell>
+        </row>
+        <row r="11">
+          <cell r="FQ11">
+            <v>0.53084149999999997</v>
+          </cell>
+        </row>
+        <row r="12">
+          <cell r="FQ12">
+            <v>0</v>
+          </cell>
+        </row>
+        <row r="16">
+          <cell r="FQ16">
+            <v>8655.3203873999992</v>
+          </cell>
+        </row>
+        <row r="17">
+          <cell r="FQ17">
+            <v>8655.3203873999992</v>
+          </cell>
+        </row>
+        <row r="18">
+          <cell r="FQ18">
+            <v>0</v>
+          </cell>
+        </row>
+        <row r="22">
+          <cell r="FQ22">
+            <v>0</v>
+          </cell>
+        </row>
+        <row r="23">
+          <cell r="FQ23">
+            <v>0</v>
+          </cell>
+        </row>
+        <row r="24">
+          <cell r="FQ24">
+            <v>0</v>
+          </cell>
+        </row>
+        <row r="25">
+          <cell r="FQ25">
+            <v>22.755402</v>
+          </cell>
+        </row>
+        <row r="26">
+          <cell r="FQ26">
+            <v>22.755402</v>
+          </cell>
+        </row>
+        <row r="27">
+          <cell r="FQ27">
+            <v>0</v>
+          </cell>
+        </row>
+        <row r="28">
+          <cell r="FQ28">
+            <v>6.2060000000000004</v>
+          </cell>
+        </row>
+        <row r="29">
+          <cell r="FQ29">
+            <v>6.2060000000000004</v>
+          </cell>
+        </row>
+        <row r="30">
+          <cell r="FQ30">
+            <v>0</v>
+          </cell>
+        </row>
+        <row r="31">
+          <cell r="FQ31">
+            <v>1134.3924999999999</v>
+          </cell>
+        </row>
+        <row r="32">
+          <cell r="FQ32">
+            <v>1112.8675000000001</v>
+          </cell>
+        </row>
+        <row r="33">
+          <cell r="FQ33">
+            <v>21.524999999999999</v>
+          </cell>
+        </row>
+        <row r="40">
+          <cell r="FQ40">
+            <v>1006.7607316</v>
+          </cell>
+        </row>
+        <row r="41">
+          <cell r="FQ41">
+            <v>1006.7607316</v>
+          </cell>
+        </row>
+        <row r="42">
+          <cell r="FQ42">
+            <v>0</v>
+          </cell>
+        </row>
+        <row r="43">
+          <cell r="FQ43">
+            <v>21513.846723169998</v>
+          </cell>
+        </row>
+        <row r="44">
+          <cell r="FQ44">
+            <v>20466.215943169998</v>
+          </cell>
+        </row>
+        <row r="45">
+          <cell r="FQ45">
+            <v>1047.63078</v>
+          </cell>
+        </row>
+        <row r="47">
+          <cell r="FQ47">
+            <v>98.054024650000002</v>
+          </cell>
+        </row>
+        <row r="48">
+          <cell r="FQ48">
+            <v>98.054024650000002</v>
+          </cell>
+        </row>
+        <row r="49">
+          <cell r="FQ49">
+            <v>0</v>
+          </cell>
+        </row>
+        <row r="53">
+          <cell r="FQ53">
+            <v>3783.1584711700002</v>
+          </cell>
+        </row>
+        <row r="54">
+          <cell r="FQ54">
+            <v>3782.9285694099999</v>
+          </cell>
+        </row>
+        <row r="55">
+          <cell r="FQ55">
+            <v>0.22990176000000001</v>
+          </cell>
+        </row>
+        <row r="59">
+          <cell r="FQ59">
+            <v>55.242255490000005</v>
+          </cell>
+        </row>
+        <row r="60">
+          <cell r="FQ60">
+            <v>54.015130490000004</v>
+          </cell>
+        </row>
+        <row r="61">
+          <cell r="FQ61">
+            <v>1.227125</v>
+          </cell>
+        </row>
+        <row r="62">
+          <cell r="FQ62">
+            <v>185.60501644999999</v>
+          </cell>
+        </row>
+        <row r="63">
+          <cell r="FQ63">
+            <v>119.25501645</v>
+          </cell>
+        </row>
+        <row r="64">
+          <cell r="FQ64">
+            <v>66.349999999999994</v>
+          </cell>
+        </row>
+        <row r="65">
+          <cell r="FQ65">
+            <v>3.7378329199999998</v>
+          </cell>
+        </row>
+        <row r="66">
+          <cell r="FQ66">
+            <v>0</v>
+          </cell>
+        </row>
+        <row r="67">
+          <cell r="FQ67">
+            <v>3.7378329199999998</v>
+          </cell>
+        </row>
+        <row r="68">
+          <cell r="FQ68">
+            <v>282.64698369999996</v>
+          </cell>
+        </row>
+        <row r="69">
+          <cell r="FQ69">
+            <v>282.64698369999996</v>
+          </cell>
+        </row>
+        <row r="70">
+          <cell r="FQ70">
+            <v>0</v>
+          </cell>
+        </row>
+        <row r="71">
+          <cell r="FQ71">
+            <v>16.08324</v>
+          </cell>
+        </row>
+        <row r="72">
+          <cell r="FQ72">
+            <v>16.08324</v>
+          </cell>
+        </row>
+        <row r="73">
+          <cell r="FQ73">
+            <v>0</v>
+          </cell>
+        </row>
+        <row r="77">
+          <cell r="FQ77">
+            <v>3697.4092293600002</v>
+          </cell>
+        </row>
+        <row r="78">
+          <cell r="FQ78">
+            <v>3697.4092293600002</v>
+          </cell>
+        </row>
+        <row r="79">
+          <cell r="FQ79">
+            <v>0</v>
+          </cell>
+        </row>
+        <row r="80">
+          <cell r="FQ80">
+            <v>4789.7439946800005</v>
+          </cell>
+        </row>
+        <row r="81">
+          <cell r="FQ81">
+            <v>4773.9443673999995</v>
+          </cell>
+        </row>
+        <row r="82">
+          <cell r="FQ82">
+            <v>15.799627279999999</v>
+          </cell>
+        </row>
+      </sheetData>
+      <sheetData sheetId="1">
+        <row r="10">
+          <cell r="G10">
+            <v>0</v>
+          </cell>
+        </row>
+      </sheetData>
+      <sheetData sheetId="2"/>
+      <sheetData sheetId="3">
+        <row r="10">
+          <cell r="G10">
+            <v>0</v>
+          </cell>
+        </row>
+      </sheetData>
+      <sheetData sheetId="4"/>
+      <sheetData sheetId="5"/>
+      <sheetData sheetId="6"/>
+      <sheetData sheetId="7"/>
+      <sheetData sheetId="8"/>
+      <sheetData sheetId="9"/>
+      <sheetData sheetId="10"/>
+      <sheetData sheetId="11"/>
+      <sheetData sheetId="12"/>
+      <sheetData sheetId="13"/>
+      <sheetData sheetId="14"/>
+      <sheetData sheetId="15"/>
+      <sheetData sheetId="16"/>
+      <sheetData sheetId="17"/>
+      <sheetData sheetId="18"/>
+      <sheetData sheetId="19"/>
+      <sheetData sheetId="20"/>
+      <sheetData sheetId="21"/>
+      <sheetData sheetId="22"/>
+      <sheetData sheetId="23"/>
+      <sheetData sheetId="24"/>
+      <sheetData sheetId="25"/>
+      <sheetData sheetId="26"/>
+      <sheetData sheetId="27"/>
+      <sheetData sheetId="28"/>
+      <sheetData sheetId="29"/>
+      <sheetData sheetId="30"/>
+      <sheetData sheetId="31"/>
+      <sheetData sheetId="32"/>
+      <sheetData sheetId="33"/>
+      <sheetData sheetId="34"/>
+      <sheetData sheetId="35"/>
+      <sheetData sheetId="36"/>
+      <sheetData sheetId="37"/>
+      <sheetData sheetId="38"/>
+      <sheetData sheetId="39"/>
+      <sheetData sheetId="40"/>
+      <sheetData sheetId="41"/>
+      <sheetData sheetId="42"/>
+      <sheetData sheetId="43"/>
+      <sheetData sheetId="44"/>
+      <sheetData sheetId="45"/>
+      <sheetData sheetId="46"/>
+      <sheetData sheetId="47"/>
+      <sheetData sheetId="48"/>
+      <sheetData sheetId="49"/>
+      <sheetData sheetId="50"/>
+      <sheetData sheetId="51"/>
+      <sheetData sheetId="52"/>
+      <sheetData sheetId="53"/>
+      <sheetData sheetId="54"/>
+      <sheetData sheetId="55"/>
+      <sheetData sheetId="56"/>
+      <sheetData sheetId="57"/>
+      <sheetData sheetId="58"/>
+      <sheetData sheetId="59"/>
+      <sheetData sheetId="60"/>
+      <sheetData sheetId="61"/>
+      <sheetData sheetId="62"/>
+      <sheetData sheetId="63"/>
+      <sheetData sheetId="64"/>
+      <sheetData sheetId="65"/>
+      <sheetData sheetId="66"/>
+      <sheetData sheetId="67"/>
+      <sheetData sheetId="68"/>
+      <sheetData sheetId="69"/>
+      <sheetData sheetId="70"/>
+      <sheetData sheetId="71"/>
+      <sheetData sheetId="72"/>
+      <sheetData sheetId="73"/>
+      <sheetData sheetId="74"/>
+      <sheetData sheetId="75"/>
+      <sheetData sheetId="76"/>
+      <sheetData sheetId="77"/>
+      <sheetData sheetId="78"/>
+      <sheetData sheetId="79"/>
+      <sheetData sheetId="80"/>
+      <sheetData sheetId="81"/>
+      <sheetData sheetId="82"/>
+      <sheetData sheetId="83"/>
+      <sheetData sheetId="84"/>
+      <sheetData sheetId="85"/>
+      <sheetData sheetId="86"/>
+      <sheetData sheetId="87"/>
+      <sheetData sheetId="88"/>
+      <sheetData sheetId="89"/>
+      <sheetData sheetId="90"/>
+      <sheetData sheetId="91"/>
+      <sheetData sheetId="92"/>
+      <sheetData sheetId="93"/>
+      <sheetData sheetId="94"/>
+      <sheetData sheetId="95"/>
+      <sheetData sheetId="96"/>
+      <sheetData sheetId="97"/>
+      <sheetData sheetId="98"/>
+      <sheetData sheetId="99"/>
+      <sheetData sheetId="100"/>
+      <sheetData sheetId="101"/>
+      <sheetData sheetId="102"/>
+      <sheetData sheetId="103"/>
+      <sheetData sheetId="104"/>
+      <sheetData sheetId="105"/>
+      <sheetData sheetId="106"/>
+      <sheetData sheetId="107"/>
+      <sheetData sheetId="108"/>
+      <sheetData sheetId="109"/>
+      <sheetData sheetId="110"/>
+      <sheetData sheetId="111"/>
+      <sheetData sheetId="112"/>
+      <sheetData sheetId="113"/>
+      <sheetData sheetId="114"/>
+      <sheetData sheetId="115"/>
+      <sheetData sheetId="116"/>
+      <sheetData sheetId="117"/>
+      <sheetData sheetId="118"/>
+      <sheetData sheetId="119"/>
+      <sheetData sheetId="120"/>
+      <sheetData sheetId="121"/>
+      <sheetData sheetId="122"/>
+      <sheetData sheetId="123"/>
+      <sheetData sheetId="124"/>
+      <sheetData sheetId="125"/>
+      <sheetData sheetId="126"/>
+      <sheetData sheetId="127"/>
+      <sheetData sheetId="128"/>
+      <sheetData sheetId="129"/>
+      <sheetData sheetId="130"/>
+      <sheetData sheetId="131"/>
+      <sheetData sheetId="132"/>
+      <sheetData sheetId="133"/>
+      <sheetData sheetId="134"/>
+      <sheetData sheetId="135"/>
+      <sheetData sheetId="136"/>
+      <sheetData sheetId="137"/>
+      <sheetData sheetId="138"/>
+      <sheetData sheetId="139"/>
+      <sheetData sheetId="140"/>
+      <sheetData sheetId="141"/>
+      <sheetData sheetId="142"/>
+      <sheetData sheetId="143"/>
+      <sheetData sheetId="144"/>
+      <sheetData sheetId="145"/>
+      <sheetData sheetId="146"/>
+      <sheetData sheetId="147"/>
+      <sheetData sheetId="148"/>
+      <sheetData sheetId="149"/>
+      <sheetData sheetId="150"/>
+      <sheetData sheetId="151"/>
+      <sheetData sheetId="152"/>
+      <sheetData sheetId="153"/>
+      <sheetData sheetId="154"/>
+      <sheetData sheetId="155"/>
+      <sheetData sheetId="156"/>
+      <sheetData sheetId="157"/>
+      <sheetData sheetId="158"/>
+      <sheetData sheetId="159"/>
+      <sheetData sheetId="160"/>
+      <sheetData sheetId="161"/>
+      <sheetData sheetId="162"/>
+      <sheetData sheetId="163"/>
+      <sheetData sheetId="164"/>
+      <sheetData sheetId="165"/>
+      <sheetData sheetId="166"/>
+      <sheetData sheetId="167"/>
+      <sheetData sheetId="168"/>
+      <sheetData sheetId="169"/>
+      <sheetData sheetId="170"/>
+      <sheetData sheetId="171"/>
+      <sheetData sheetId="172"/>
+      <sheetData sheetId="173"/>
+      <sheetData sheetId="174"/>
+      <sheetData sheetId="175"/>
+      <sheetData sheetId="176"/>
+      <sheetData sheetId="177"/>
+      <sheetData sheetId="178"/>
+      <sheetData sheetId="179"/>
+      <sheetData sheetId="180"/>
+      <sheetData sheetId="181"/>
+      <sheetData sheetId="182"/>
+      <sheetData sheetId="183"/>
+      <sheetData sheetId="184"/>
+      <sheetData sheetId="185"/>
+      <sheetData sheetId="186"/>
+      <sheetData sheetId="187"/>
+      <sheetData sheetId="188"/>
+      <sheetData sheetId="189"/>
+      <sheetData sheetId="190"/>
+      <sheetData sheetId="191"/>
+      <sheetData sheetId="192"/>
+      <sheetData sheetId="193"/>
+      <sheetData sheetId="194"/>
+      <sheetData sheetId="195"/>
+      <sheetData sheetId="196"/>
+    </sheetDataSet>
+  </externalBook>
+</externalLink>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema sustava Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -1812,249 +2559,250 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="B2:FL125"/>
+  <dimension ref="B2:FM125"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <pane xSplit="2" ySplit="7" topLeftCell="C8" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="C1" sqref="C1"/>
       <selection pane="bottomLeft" activeCell="A8" sqref="A8"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.33203125" defaultRowHeight="12.95" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.5" style="4" customWidth="1"/>
     <col min="2" max="2" width="47.33203125" style="8" customWidth="1"/>
     <col min="3" max="27" width="11" style="8" customWidth="1"/>
     <col min="28" max="34" width="11" style="3" customWidth="1"/>
-    <col min="35" max="168" width="11" style="4" customWidth="1"/>
-    <col min="169" max="16384" width="9.33203125" style="4"/>
+    <col min="35" max="169" width="11" style="4" customWidth="1"/>
+    <col min="170" max="16384" width="9.33203125" style="4"/>
   </cols>
   <sheetData>
-    <row r="2" spans="2:168" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="2" spans="2:169" ht="18.75" x14ac:dyDescent="0.25">
       <c r="B2" s="1" t="s">
         <v>153</v>
       </c>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
       <c r="J2" s="2"/>
       <c r="K2" s="2"/>
       <c r="L2" s="2"/>
       <c r="M2" s="2"/>
       <c r="N2" s="2"/>
       <c r="O2" s="2"/>
       <c r="P2" s="2"/>
       <c r="Q2" s="2"/>
       <c r="R2" s="2"/>
       <c r="S2" s="2"/>
       <c r="T2" s="2"/>
       <c r="U2" s="2"/>
       <c r="V2" s="2"/>
       <c r="W2" s="2"/>
       <c r="X2" s="2"/>
       <c r="Y2" s="2"/>
       <c r="Z2" s="2"/>
       <c r="AA2" s="2"/>
     </row>
-    <row r="3" spans="2:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="3" spans="2:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B3" s="5" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="6"/>
       <c r="D3" s="6"/>
       <c r="E3" s="6"/>
       <c r="F3" s="6"/>
       <c r="G3" s="6"/>
       <c r="H3" s="6"/>
       <c r="I3" s="6"/>
       <c r="J3" s="6"/>
       <c r="K3" s="6"/>
       <c r="L3" s="6"/>
       <c r="M3" s="6"/>
       <c r="N3" s="6"/>
       <c r="O3" s="6"/>
       <c r="P3" s="6"/>
       <c r="Q3" s="6"/>
       <c r="R3" s="6"/>
       <c r="S3" s="6"/>
       <c r="T3" s="6"/>
       <c r="U3" s="6"/>
       <c r="V3" s="6"/>
       <c r="W3" s="6"/>
       <c r="X3" s="6"/>
       <c r="Y3" s="6"/>
       <c r="Z3" s="6"/>
       <c r="AA3" s="6"/>
       <c r="AB3" s="6"/>
       <c r="AC3" s="6"/>
       <c r="AD3" s="6"/>
       <c r="AE3" s="6"/>
       <c r="AF3" s="6"/>
       <c r="AG3" s="6"/>
       <c r="AH3" s="6"/>
     </row>
-    <row r="4" spans="2:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="4" spans="2:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B4" s="5"/>
       <c r="C4" s="6"/>
       <c r="D4" s="6"/>
       <c r="E4" s="6"/>
       <c r="F4" s="6"/>
       <c r="G4" s="6"/>
       <c r="H4" s="6"/>
       <c r="I4" s="6"/>
       <c r="J4" s="6"/>
       <c r="K4" s="6"/>
       <c r="L4" s="6"/>
       <c r="M4" s="6"/>
       <c r="N4" s="6"/>
       <c r="O4" s="6"/>
       <c r="P4" s="6"/>
       <c r="Q4" s="6"/>
       <c r="R4" s="6"/>
       <c r="S4" s="6"/>
       <c r="T4" s="6"/>
       <c r="U4" s="6"/>
       <c r="V4" s="6"/>
       <c r="W4" s="6"/>
       <c r="X4" s="6"/>
       <c r="Y4" s="6"/>
       <c r="Z4" s="6"/>
       <c r="AA4" s="6"/>
       <c r="AB4" s="6"/>
       <c r="AC4" s="6"/>
       <c r="AD4" s="6"/>
       <c r="AE4" s="6"/>
       <c r="AF4" s="6"/>
       <c r="AG4" s="6"/>
       <c r="AH4" s="6"/>
     </row>
-    <row r="5" spans="2:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="5" spans="2:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B5" s="5"/>
       <c r="C5" s="6"/>
       <c r="D5" s="6"/>
       <c r="E5" s="6"/>
       <c r="F5" s="6"/>
       <c r="G5" s="6"/>
       <c r="H5" s="6"/>
       <c r="I5" s="6"/>
       <c r="J5" s="6"/>
       <c r="K5" s="6"/>
       <c r="L5" s="6"/>
       <c r="M5" s="6"/>
       <c r="N5" s="6"/>
       <c r="O5" s="6"/>
       <c r="P5" s="6"/>
       <c r="Q5" s="6"/>
       <c r="R5" s="6"/>
       <c r="S5" s="6"/>
       <c r="T5" s="6"/>
       <c r="U5" s="6"/>
       <c r="V5" s="6"/>
       <c r="W5" s="6"/>
       <c r="X5" s="6"/>
       <c r="Y5" s="6"/>
       <c r="Z5" s="6"/>
       <c r="AA5" s="6"/>
       <c r="AB5" s="6"/>
       <c r="AC5" s="6"/>
       <c r="AD5" s="6"/>
       <c r="AE5" s="6"/>
       <c r="AF5" s="6"/>
       <c r="AG5" s="6"/>
       <c r="AH5" s="6"/>
     </row>
-    <row r="6" spans="2:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="6" spans="2:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B6" s="7" t="s">
         <v>148</v>
       </c>
       <c r="DW6" s="31"/>
       <c r="DX6" s="31"/>
       <c r="DY6" s="31"/>
       <c r="DZ6" s="31"/>
       <c r="EF6" s="31"/>
       <c r="EG6" s="31"/>
       <c r="EH6" s="31"/>
       <c r="EI6" s="31"/>
       <c r="EJ6" s="31"/>
       <c r="EK6" s="31"/>
       <c r="EL6" s="31"/>
       <c r="EM6" s="31"/>
       <c r="EN6" s="31"/>
       <c r="EO6" s="31"/>
       <c r="EP6" s="31"/>
       <c r="EQ6" s="31"/>
       <c r="ER6" s="31"/>
       <c r="ES6" s="31"/>
       <c r="ET6" s="31"/>
       <c r="EU6" s="31"/>
       <c r="EV6" s="31"/>
       <c r="EW6" s="31"/>
       <c r="EX6" s="31"/>
       <c r="EY6" s="31"/>
       <c r="EZ6" s="31"/>
       <c r="FA6" s="31"/>
       <c r="FB6" s="31"/>
       <c r="FC6" s="31"/>
       <c r="FD6" s="31"/>
       <c r="FE6" s="31"/>
       <c r="FF6" s="31"/>
       <c r="FG6" s="31"/>
       <c r="FH6" s="31"/>
       <c r="FI6" s="31"/>
       <c r="FJ6" s="31"/>
       <c r="FK6" s="31"/>
       <c r="FL6" s="31"/>
+      <c r="FM6" s="31"/>
     </row>
-    <row r="7" spans="2:168" s="11" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="7" spans="2:169" s="11" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B7" s="9"/>
       <c r="C7" s="10" t="s">
         <v>1</v>
       </c>
       <c r="D7" s="10" t="s">
         <v>2</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>3</v>
       </c>
       <c r="F7" s="10" t="s">
         <v>4</v>
       </c>
       <c r="G7" s="10" t="s">
         <v>5</v>
       </c>
       <c r="H7" s="10" t="s">
         <v>6</v>
       </c>
       <c r="I7" s="10" t="s">
         <v>7</v>
       </c>
       <c r="J7" s="10" t="s">
         <v>8</v>
       </c>
@@ -2510,52 +3258,55 @@
       </c>
       <c r="FE7" s="10" t="s">
         <v>179</v>
       </c>
       <c r="FF7" s="10" t="s">
         <v>180</v>
       </c>
       <c r="FG7" s="10" t="s">
         <v>181</v>
       </c>
       <c r="FH7" s="10" t="s">
         <v>170</v>
       </c>
       <c r="FI7" s="10" t="s">
         <v>182</v>
       </c>
       <c r="FJ7" s="10" t="s">
         <v>183</v>
       </c>
       <c r="FK7" s="10" t="s">
         <v>184</v>
       </c>
       <c r="FL7" s="10" t="s">
         <v>185</v>
       </c>
+      <c r="FM7" s="10" t="s">
+        <v>186</v>
+      </c>
     </row>
-    <row r="8" spans="2:168" s="14" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="8" spans="2:169" s="14" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B8" s="12" t="s">
         <v>51</v>
       </c>
       <c r="C8" s="13"/>
       <c r="D8" s="13"/>
       <c r="E8" s="13"/>
       <c r="F8" s="13"/>
       <c r="G8" s="13"/>
       <c r="H8" s="13"/>
       <c r="I8" s="13"/>
       <c r="J8" s="13"/>
       <c r="K8" s="13"/>
       <c r="L8" s="13"/>
       <c r="M8" s="13"/>
       <c r="N8" s="13"/>
       <c r="O8" s="13"/>
       <c r="P8" s="13"/>
       <c r="Q8" s="13"/>
       <c r="R8" s="13"/>
       <c r="S8" s="13"/>
       <c r="T8" s="13"/>
       <c r="U8" s="13"/>
       <c r="V8" s="13"/>
       <c r="W8" s="13"/>
       <c r="X8" s="13"/>
@@ -2681,52 +3432,53 @@
       <c r="EN8" s="13"/>
       <c r="EO8" s="13"/>
       <c r="EP8" s="13"/>
       <c r="EQ8" s="13"/>
       <c r="ER8" s="13"/>
       <c r="ES8" s="13"/>
       <c r="ET8" s="13"/>
       <c r="EU8" s="13"/>
       <c r="EV8" s="13"/>
       <c r="EW8" s="13"/>
       <c r="EX8" s="13"/>
       <c r="EY8" s="13"/>
       <c r="EZ8" s="13"/>
       <c r="FA8" s="13"/>
       <c r="FB8" s="13"/>
       <c r="FC8" s="13"/>
       <c r="FD8" s="13"/>
       <c r="FE8" s="13"/>
       <c r="FF8" s="13"/>
       <c r="FG8" s="13"/>
       <c r="FH8" s="13"/>
       <c r="FI8" s="13"/>
       <c r="FJ8" s="13"/>
       <c r="FK8" s="13"/>
       <c r="FL8" s="13"/>
+      <c r="FM8" s="13"/>
     </row>
-    <row r="9" spans="2:168" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="9" spans="2:169" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B9" s="15" t="s">
         <v>52</v>
       </c>
       <c r="C9" s="16">
         <v>0</v>
       </c>
       <c r="D9" s="16">
         <v>0</v>
       </c>
       <c r="E9" s="16">
         <v>0</v>
       </c>
       <c r="F9" s="16">
         <v>0</v>
       </c>
       <c r="G9" s="16">
         <v>0</v>
       </c>
       <c r="H9" s="16">
         <v>0</v>
       </c>
       <c r="I9" s="16">
         <v>0</v>
       </c>
       <c r="J9" s="16">
@@ -3184,52 +3936,56 @@
       </c>
       <c r="FE9" s="16">
         <v>0</v>
       </c>
       <c r="FF9" s="16">
         <v>0</v>
       </c>
       <c r="FG9" s="16">
         <v>0</v>
       </c>
       <c r="FH9" s="16">
         <v>0</v>
       </c>
       <c r="FI9" s="16">
         <v>0</v>
       </c>
       <c r="FJ9" s="16">
         <v>0.53084149999999997</v>
       </c>
       <c r="FK9" s="16">
         <v>0.53084149999999997</v>
       </c>
       <c r="FL9" s="16">
         <v>0.53084149999999997</v>
       </c>
+      <c r="FM9" s="16">
+        <f>+[1]Bruto_ST!FQ10</f>
+        <v>0.53084149999999997</v>
+      </c>
     </row>
-    <row r="10" spans="2:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="10" spans="2:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B10" s="17" t="s">
         <v>53</v>
       </c>
       <c r="C10" s="18">
         <v>0</v>
       </c>
       <c r="D10" s="18">
         <v>0</v>
       </c>
       <c r="E10" s="18">
         <v>0</v>
       </c>
       <c r="F10" s="18">
         <v>0</v>
       </c>
       <c r="G10" s="18">
         <v>0</v>
       </c>
       <c r="H10" s="18">
         <v>0</v>
       </c>
       <c r="I10" s="18">
         <v>0</v>
       </c>
       <c r="J10" s="18">
@@ -3687,52 +4443,56 @@
       </c>
       <c r="FE10" s="18">
         <v>0</v>
       </c>
       <c r="FF10" s="18">
         <v>0</v>
       </c>
       <c r="FG10" s="18">
         <v>0</v>
       </c>
       <c r="FH10" s="18">
         <v>0</v>
       </c>
       <c r="FI10" s="18">
         <v>0</v>
       </c>
       <c r="FJ10" s="18">
         <v>0.53084149999999997</v>
       </c>
       <c r="FK10" s="18">
         <v>0.53084149999999997</v>
       </c>
       <c r="FL10" s="18">
         <v>0.53084149999999997</v>
       </c>
+      <c r="FM10" s="18">
+        <f>+[1]Bruto_ST!FQ11</f>
+        <v>0.53084149999999997</v>
+      </c>
     </row>
-    <row r="11" spans="2:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="11" spans="2:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B11" s="19" t="s">
         <v>54</v>
       </c>
       <c r="C11" s="20">
         <v>0</v>
       </c>
       <c r="D11" s="20">
         <v>0</v>
       </c>
       <c r="E11" s="20">
         <v>0</v>
       </c>
       <c r="F11" s="20">
         <v>0</v>
       </c>
       <c r="G11" s="20">
         <v>0</v>
       </c>
       <c r="H11" s="20">
         <v>0</v>
       </c>
       <c r="I11" s="20">
         <v>0</v>
       </c>
       <c r="J11" s="20">
@@ -4190,52 +4950,56 @@
       </c>
       <c r="FE11" s="20">
         <v>0</v>
       </c>
       <c r="FF11" s="20">
         <v>0</v>
       </c>
       <c r="FG11" s="20">
         <v>0</v>
       </c>
       <c r="FH11" s="20">
         <v>0</v>
       </c>
       <c r="FI11" s="20">
         <v>0</v>
       </c>
       <c r="FJ11" s="20">
         <v>0</v>
       </c>
       <c r="FK11" s="20">
         <v>0</v>
       </c>
       <c r="FL11" s="20">
         <v>0</v>
       </c>
+      <c r="FM11" s="20">
+        <f>+[1]Bruto_ST!FQ12</f>
+        <v>0</v>
+      </c>
     </row>
-    <row r="12" spans="2:168" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="12" spans="2:169" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B12" s="15" t="s">
         <v>55</v>
       </c>
       <c r="C12" s="16">
         <v>3414.4933291399998</v>
       </c>
       <c r="D12" s="16">
         <v>3353.18243742</v>
       </c>
       <c r="E12" s="16">
         <v>3537.3346182499999</v>
       </c>
       <c r="F12" s="16">
         <v>3753.79132523</v>
       </c>
       <c r="G12" s="16">
         <v>3668.9857475899998</v>
       </c>
       <c r="H12" s="16">
         <v>3360.3809610899998</v>
       </c>
       <c r="I12" s="16">
         <v>3406.8608403200001</v>
       </c>
       <c r="J12" s="16">
@@ -4693,52 +5457,56 @@
       </c>
       <c r="FE12" s="16">
         <v>9363.8012235000006</v>
       </c>
       <c r="FF12" s="16">
         <v>9715.6278426000008</v>
       </c>
       <c r="FG12" s="16">
         <v>8966.8685012999995</v>
       </c>
       <c r="FH12" s="16">
         <v>8450.7549390000004</v>
       </c>
       <c r="FI12" s="16">
         <v>8744.6752223999993</v>
       </c>
       <c r="FJ12" s="16">
         <v>9091.1251152999994</v>
       </c>
       <c r="FK12" s="16">
         <v>8767.1959956999999</v>
       </c>
       <c r="FL12" s="16">
         <v>8567.6758539000002</v>
       </c>
+      <c r="FM12" s="16">
+        <f>+[1]Bruto_ST!FQ16</f>
+        <v>8655.3203873999992</v>
+      </c>
     </row>
-    <row r="13" spans="2:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="13" spans="2:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B13" s="21" t="s">
         <v>53</v>
       </c>
       <c r="C13" s="18">
         <v>3409.4444738699999</v>
       </c>
       <c r="D13" s="18">
         <v>3348.1166798999998</v>
       </c>
       <c r="E13" s="18">
         <v>3532.1944125300001</v>
       </c>
       <c r="F13" s="18">
         <v>3748.7258590500001</v>
       </c>
       <c r="G13" s="18">
         <v>3663.92865953</v>
       </c>
       <c r="H13" s="18">
         <v>3355.9655954999998</v>
       </c>
       <c r="I13" s="18">
         <v>3402.5450997900002</v>
       </c>
       <c r="J13" s="18">
@@ -5196,52 +5964,56 @@
       </c>
       <c r="FE13" s="18">
         <v>9363.8012235000006</v>
       </c>
       <c r="FF13" s="18">
         <v>9715.6278426000008</v>
       </c>
       <c r="FG13" s="18">
         <v>8966.8685012999995</v>
       </c>
       <c r="FH13" s="18">
         <v>8450.7549390000004</v>
       </c>
       <c r="FI13" s="18">
         <v>8744.6752223999993</v>
       </c>
       <c r="FJ13" s="18">
         <v>9091.1251152999994</v>
       </c>
       <c r="FK13" s="18">
         <v>8767.1959956999999</v>
       </c>
       <c r="FL13" s="18">
         <v>8567.6758539000002</v>
       </c>
+      <c r="FM13" s="18">
+        <f>+[1]Bruto_ST!FQ17</f>
+        <v>8655.3203873999992</v>
+      </c>
     </row>
-    <row r="14" spans="2:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="14" spans="2:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B14" s="19" t="s">
         <v>54</v>
       </c>
       <c r="C14" s="20">
         <v>5.0488552699999998</v>
       </c>
       <c r="D14" s="20">
         <v>5.06575752</v>
       </c>
       <c r="E14" s="20">
         <v>5.14020572</v>
       </c>
       <c r="F14" s="20">
         <v>5.0654661900000004</v>
       </c>
       <c r="G14" s="20">
         <v>5.0570880599999999</v>
       </c>
       <c r="H14" s="20">
         <v>4.4153655799999996</v>
       </c>
       <c r="I14" s="20">
         <v>4.3157405300000002</v>
       </c>
       <c r="J14" s="20">
@@ -5699,52 +6471,56 @@
       </c>
       <c r="FE14" s="20">
         <v>0</v>
       </c>
       <c r="FF14" s="20">
         <v>0</v>
       </c>
       <c r="FG14" s="20">
         <v>0</v>
       </c>
       <c r="FH14" s="20">
         <v>0</v>
       </c>
       <c r="FI14" s="20">
         <v>0</v>
       </c>
       <c r="FJ14" s="20">
         <v>0</v>
       </c>
       <c r="FK14" s="20">
         <v>0</v>
       </c>
       <c r="FL14" s="20">
         <v>0</v>
       </c>
+      <c r="FM14" s="20">
+        <f>+[1]Bruto_ST!FQ18</f>
+        <v>0</v>
+      </c>
     </row>
-    <row r="15" spans="2:168" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="15" spans="2:169" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B15" s="15" t="s">
         <v>56</v>
       </c>
       <c r="C15" s="16">
         <v>0</v>
       </c>
       <c r="D15" s="16">
         <v>0</v>
       </c>
       <c r="E15" s="16">
         <v>0</v>
       </c>
       <c r="F15" s="16">
         <v>0</v>
       </c>
       <c r="G15" s="16">
         <v>0</v>
       </c>
       <c r="H15" s="16">
         <v>0</v>
       </c>
       <c r="I15" s="16">
         <v>0</v>
       </c>
       <c r="J15" s="16">
@@ -6202,52 +6978,56 @@
       </c>
       <c r="FE15" s="16">
         <v>0</v>
       </c>
       <c r="FF15" s="16">
         <v>0</v>
       </c>
       <c r="FG15" s="16">
         <v>0</v>
       </c>
       <c r="FH15" s="16">
         <v>0</v>
       </c>
       <c r="FI15" s="16">
         <v>0</v>
       </c>
       <c r="FJ15" s="16">
         <v>0</v>
       </c>
       <c r="FK15" s="16">
         <v>0</v>
       </c>
       <c r="FL15" s="16">
         <v>0</v>
       </c>
+      <c r="FM15" s="16">
+        <f>+[1]Bruto_ST!FQ22</f>
+        <v>0</v>
+      </c>
     </row>
-    <row r="16" spans="2:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="16" spans="2:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B16" s="17" t="s">
         <v>53</v>
       </c>
       <c r="C16" s="18">
         <v>0</v>
       </c>
       <c r="D16" s="18">
         <v>0</v>
       </c>
       <c r="E16" s="18">
         <v>0</v>
       </c>
       <c r="F16" s="18">
         <v>0</v>
       </c>
       <c r="G16" s="18">
         <v>0</v>
       </c>
       <c r="H16" s="18">
         <v>0</v>
       </c>
       <c r="I16" s="18">
         <v>0</v>
       </c>
       <c r="J16" s="18">
@@ -6705,52 +7485,56 @@
       </c>
       <c r="FE16" s="18">
         <v>0</v>
       </c>
       <c r="FF16" s="18">
         <v>0</v>
       </c>
       <c r="FG16" s="18">
         <v>0</v>
       </c>
       <c r="FH16" s="18">
         <v>0</v>
       </c>
       <c r="FI16" s="18">
         <v>0</v>
       </c>
       <c r="FJ16" s="18">
         <v>0</v>
       </c>
       <c r="FK16" s="18">
         <v>0</v>
       </c>
       <c r="FL16" s="18">
         <v>0</v>
       </c>
+      <c r="FM16" s="18">
+        <f>+[1]Bruto_ST!FQ23</f>
+        <v>0</v>
+      </c>
     </row>
-    <row r="17" spans="2:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="17" spans="2:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B17" s="19" t="s">
         <v>54</v>
       </c>
       <c r="C17" s="18">
         <v>0</v>
       </c>
       <c r="D17" s="18">
         <v>0</v>
       </c>
       <c r="E17" s="18">
         <v>0</v>
       </c>
       <c r="F17" s="18">
         <v>0</v>
       </c>
       <c r="G17" s="18">
         <v>0</v>
       </c>
       <c r="H17" s="18">
         <v>0</v>
       </c>
       <c r="I17" s="18">
         <v>0</v>
       </c>
       <c r="J17" s="18">
@@ -7208,52 +7992,56 @@
       </c>
       <c r="FE17" s="18">
         <v>0</v>
       </c>
       <c r="FF17" s="18">
         <v>0</v>
       </c>
       <c r="FG17" s="18">
         <v>0</v>
       </c>
       <c r="FH17" s="18">
         <v>0</v>
       </c>
       <c r="FI17" s="18">
         <v>0</v>
       </c>
       <c r="FJ17" s="18">
         <v>0</v>
       </c>
       <c r="FK17" s="18">
         <v>0</v>
       </c>
       <c r="FL17" s="18">
         <v>0</v>
       </c>
+      <c r="FM17" s="18">
+        <f>+[1]Bruto_ST!FQ24</f>
+        <v>0</v>
+      </c>
     </row>
-    <row r="18" spans="2:168" s="2" customFormat="1" ht="9.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="18" spans="2:169" s="2" customFormat="1" ht="9.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B18" s="15" t="s">
         <v>57</v>
       </c>
       <c r="C18" s="16">
         <v>0</v>
       </c>
       <c r="D18" s="16">
         <v>0</v>
       </c>
       <c r="E18" s="16">
         <v>0</v>
       </c>
       <c r="F18" s="16">
         <v>0</v>
       </c>
       <c r="G18" s="16">
         <v>0</v>
       </c>
       <c r="H18" s="16">
         <v>0</v>
       </c>
       <c r="I18" s="16">
         <v>0</v>
       </c>
       <c r="J18" s="16">
@@ -7711,52 +8499,56 @@
       </c>
       <c r="FE18" s="16">
         <v>12.286811999999999</v>
       </c>
       <c r="FF18" s="16">
         <v>12.750382</v>
       </c>
       <c r="FG18" s="16">
         <v>13.260308999999999</v>
       </c>
       <c r="FH18" s="16">
         <v>12.750382</v>
       </c>
       <c r="FI18" s="16">
         <v>14.419233999999999</v>
       </c>
       <c r="FJ18" s="16">
         <v>14.141092</v>
       </c>
       <c r="FK18" s="16">
         <v>21.094642</v>
       </c>
       <c r="FL18" s="16">
         <v>22.253567</v>
       </c>
+      <c r="FM18" s="16">
+        <f>+[1]Bruto_ST!FQ25</f>
+        <v>22.755402</v>
+      </c>
     </row>
-    <row r="19" spans="2:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="19" spans="2:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B19" s="17" t="s">
         <v>53</v>
       </c>
       <c r="C19" s="20">
         <v>0</v>
       </c>
       <c r="D19" s="20">
         <v>0</v>
       </c>
       <c r="E19" s="20">
         <v>0</v>
       </c>
       <c r="F19" s="20">
         <v>0</v>
       </c>
       <c r="G19" s="20">
         <v>0</v>
       </c>
       <c r="H19" s="20">
         <v>0</v>
       </c>
       <c r="I19" s="20">
         <v>0</v>
       </c>
       <c r="J19" s="20">
@@ -8214,52 +9006,56 @@
       </c>
       <c r="FE19" s="20">
         <v>12.286811999999999</v>
       </c>
       <c r="FF19" s="20">
         <v>12.750382</v>
       </c>
       <c r="FG19" s="20">
         <v>13.260308999999999</v>
       </c>
       <c r="FH19" s="20">
         <v>12.750382</v>
       </c>
       <c r="FI19" s="20">
         <v>14.419233999999999</v>
       </c>
       <c r="FJ19" s="20">
         <v>14.141092</v>
       </c>
       <c r="FK19" s="20">
         <v>21.094642</v>
       </c>
       <c r="FL19" s="20">
         <v>22.253567</v>
       </c>
+      <c r="FM19" s="20">
+        <f>+[1]Bruto_ST!FQ26</f>
+        <v>22.755402</v>
+      </c>
     </row>
-    <row r="20" spans="2:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="20" spans="2:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B20" s="19" t="s">
         <v>54</v>
       </c>
       <c r="C20" s="20">
         <v>0</v>
       </c>
       <c r="D20" s="20">
         <v>0</v>
       </c>
       <c r="E20" s="20">
         <v>0</v>
       </c>
       <c r="F20" s="20">
         <v>0</v>
       </c>
       <c r="G20" s="20">
         <v>0</v>
       </c>
       <c r="H20" s="20">
         <v>0</v>
       </c>
       <c r="I20" s="20">
         <v>0</v>
       </c>
       <c r="J20" s="20">
@@ -8717,52 +9513,56 @@
       </c>
       <c r="FE20" s="20">
         <v>0</v>
       </c>
       <c r="FF20" s="20">
         <v>0</v>
       </c>
       <c r="FG20" s="20">
         <v>0</v>
       </c>
       <c r="FH20" s="20">
         <v>0</v>
       </c>
       <c r="FI20" s="20">
         <v>0</v>
       </c>
       <c r="FJ20" s="20">
         <v>0</v>
       </c>
       <c r="FK20" s="20">
         <v>0</v>
       </c>
       <c r="FL20" s="20">
         <v>0</v>
       </c>
+      <c r="FM20" s="20">
+        <f>+[1]Bruto_ST!FQ27</f>
+        <v>0</v>
+      </c>
     </row>
-    <row r="21" spans="2:168" s="2" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="21" spans="2:169" s="2" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B21" s="15" t="s">
         <v>58</v>
       </c>
       <c r="C21" s="16">
         <v>27.78950163</v>
       </c>
       <c r="D21" s="16">
         <v>24.060627780000001</v>
       </c>
       <c r="E21" s="16">
         <v>25.712602029999999</v>
       </c>
       <c r="F21" s="16">
         <v>25.40314553</v>
       </c>
       <c r="G21" s="16">
         <v>25.012860839999998</v>
       </c>
       <c r="H21" s="16">
         <v>21.030725329999999</v>
       </c>
       <c r="I21" s="16">
         <v>20.784391800000002</v>
       </c>
       <c r="J21" s="16">
@@ -9220,52 +10020,56 @@
       </c>
       <c r="FE21" s="16">
         <v>7.1920000000000002</v>
       </c>
       <c r="FF21" s="16">
         <v>7.54</v>
       </c>
       <c r="FG21" s="16">
         <v>7.54</v>
       </c>
       <c r="FH21" s="16">
         <v>7.25</v>
       </c>
       <c r="FI21" s="16">
         <v>6.96</v>
       </c>
       <c r="FJ21" s="16">
         <v>6.6120000000000001</v>
       </c>
       <c r="FK21" s="16">
         <v>6.1479999999999997</v>
       </c>
       <c r="FL21" s="16">
         <v>6.3220000000000001</v>
       </c>
+      <c r="FM21" s="16">
+        <f>+[1]Bruto_ST!FQ28</f>
+        <v>6.2060000000000004</v>
+      </c>
     </row>
-    <row r="22" spans="2:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="22" spans="2:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B22" s="17" t="s">
         <v>53</v>
       </c>
       <c r="C22" s="20">
         <v>27.78950163</v>
       </c>
       <c r="D22" s="20">
         <v>24.060627780000001</v>
       </c>
       <c r="E22" s="20">
         <v>25.712602029999999</v>
       </c>
       <c r="F22" s="20">
         <v>25.40314553</v>
       </c>
       <c r="G22" s="20">
         <v>25.012860839999998</v>
       </c>
       <c r="H22" s="20">
         <v>21.030725329999999</v>
       </c>
       <c r="I22" s="20">
         <v>20.784391800000002</v>
       </c>
       <c r="J22" s="20">
@@ -9723,52 +10527,56 @@
       </c>
       <c r="FE22" s="20">
         <v>7.1920000000000002</v>
       </c>
       <c r="FF22" s="20">
         <v>7.54</v>
       </c>
       <c r="FG22" s="20">
         <v>7.54</v>
       </c>
       <c r="FH22" s="20">
         <v>7.25</v>
       </c>
       <c r="FI22" s="20">
         <v>6.96</v>
       </c>
       <c r="FJ22" s="20">
         <v>6.6120000000000001</v>
       </c>
       <c r="FK22" s="20">
         <v>6.1479999999999997</v>
       </c>
       <c r="FL22" s="20">
         <v>6.3220000000000001</v>
       </c>
+      <c r="FM22" s="20">
+        <f>+[1]Bruto_ST!FQ29</f>
+        <v>6.2060000000000004</v>
+      </c>
     </row>
-    <row r="23" spans="2:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="23" spans="2:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B23" s="19" t="s">
         <v>54</v>
       </c>
       <c r="C23" s="20">
         <v>0</v>
       </c>
       <c r="D23" s="20">
         <v>0</v>
       </c>
       <c r="E23" s="20">
         <v>0</v>
       </c>
       <c r="F23" s="20">
         <v>0</v>
       </c>
       <c r="G23" s="20">
         <v>0</v>
       </c>
       <c r="H23" s="20">
         <v>0</v>
       </c>
       <c r="I23" s="20">
         <v>0</v>
       </c>
       <c r="J23" s="20">
@@ -10226,52 +11034,56 @@
       </c>
       <c r="FE23" s="20">
         <v>0</v>
       </c>
       <c r="FF23" s="20">
         <v>0</v>
       </c>
       <c r="FG23" s="20">
         <v>0</v>
       </c>
       <c r="FH23" s="20">
         <v>0</v>
       </c>
       <c r="FI23" s="20">
         <v>0</v>
       </c>
       <c r="FJ23" s="20">
         <v>0</v>
       </c>
       <c r="FK23" s="20">
         <v>0</v>
       </c>
       <c r="FL23" s="20">
         <v>0</v>
       </c>
+      <c r="FM23" s="20">
+        <f>+[1]Bruto_ST!FQ30</f>
+        <v>0</v>
+      </c>
     </row>
-    <row r="24" spans="2:168" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="24" spans="2:169" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B24" s="15" t="s">
         <v>59</v>
       </c>
       <c r="C24" s="16">
         <v>442.89348066000002</v>
       </c>
       <c r="D24" s="16">
         <v>569.16374145999998</v>
       </c>
       <c r="E24" s="16">
         <v>532.13280895000003</v>
       </c>
       <c r="F24" s="16">
         <v>535.19574224999997</v>
       </c>
       <c r="G24" s="16">
         <v>531.50276452000003</v>
       </c>
       <c r="H24" s="16">
         <v>534.22091675000001</v>
       </c>
       <c r="I24" s="16">
         <v>557.27035778000004</v>
       </c>
       <c r="J24" s="16">
@@ -10729,52 +11541,56 @@
       </c>
       <c r="FE24" s="16">
         <v>833.74854000000005</v>
       </c>
       <c r="FF24" s="16">
         <v>899.14058999999997</v>
       </c>
       <c r="FG24" s="16">
         <v>929.31294000000003</v>
       </c>
       <c r="FH24" s="16">
         <v>1023.89628</v>
       </c>
       <c r="FI24" s="16">
         <v>1093.5978</v>
       </c>
       <c r="FJ24" s="16">
         <v>1052.0531000000001</v>
       </c>
       <c r="FK24" s="16">
         <v>1084.05386</v>
       </c>
       <c r="FL24" s="16">
         <v>1060.6470400000001</v>
       </c>
+      <c r="FM24" s="16">
+        <f>+[1]Bruto_ST!FQ31</f>
+        <v>1134.3924999999999</v>
+      </c>
     </row>
-    <row r="25" spans="2:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="25" spans="2:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B25" s="17" t="s">
         <v>53</v>
       </c>
       <c r="C25" s="18">
         <v>438.35270157000002</v>
       </c>
       <c r="D25" s="18">
         <v>564.62296236999998</v>
       </c>
       <c r="E25" s="18">
         <v>526.09385148000001</v>
       </c>
       <c r="F25" s="18">
         <v>528.22779480999998</v>
       </c>
       <c r="G25" s="18">
         <v>524.53481707000003</v>
       </c>
       <c r="H25" s="18">
         <v>527.25296931000003</v>
       </c>
       <c r="I25" s="18">
         <v>550.06999444999997</v>
       </c>
       <c r="J25" s="18">
@@ -11232,52 +12048,56 @@
       </c>
       <c r="FE25" s="18">
         <v>818.87354000000005</v>
       </c>
       <c r="FF25" s="18">
         <v>884.26558999999997</v>
       </c>
       <c r="FG25" s="18">
         <v>911.81294000000003</v>
       </c>
       <c r="FH25" s="18">
         <v>1005.17128</v>
       </c>
       <c r="FI25" s="18">
         <v>1072.7728</v>
       </c>
       <c r="FJ25" s="18">
         <v>1031.9281000000001</v>
       </c>
       <c r="FK25" s="18">
         <v>1064.9788599999999</v>
       </c>
       <c r="FL25" s="18">
         <v>1040.3470400000001</v>
       </c>
+      <c r="FM25" s="18">
+        <f>+[1]Bruto_ST!FQ32</f>
+        <v>1112.8675000000001</v>
+      </c>
     </row>
-    <row r="26" spans="2:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="26" spans="2:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B26" s="19" t="s">
         <v>54</v>
       </c>
       <c r="C26" s="18">
         <v>4.5407790800000001</v>
       </c>
       <c r="D26" s="18">
         <v>4.5407790800000001</v>
       </c>
       <c r="E26" s="18">
         <v>6.0389574599999998</v>
       </c>
       <c r="F26" s="18">
         <v>6.9679474399999997</v>
       </c>
       <c r="G26" s="18">
         <v>6.9679474399999997</v>
       </c>
       <c r="H26" s="18">
         <v>6.9679474399999997</v>
       </c>
       <c r="I26" s="18">
         <v>7.2003633300000001</v>
       </c>
       <c r="J26" s="18">
@@ -11735,52 +12555,56 @@
       </c>
       <c r="FE26" s="18">
         <v>14.875</v>
       </c>
       <c r="FF26" s="18">
         <v>14.875</v>
       </c>
       <c r="FG26" s="18">
         <v>17.5</v>
       </c>
       <c r="FH26" s="18">
         <v>18.725000000000001</v>
       </c>
       <c r="FI26" s="18">
         <v>20.824999999999999</v>
       </c>
       <c r="FJ26" s="18">
         <v>20.125</v>
       </c>
       <c r="FK26" s="18">
         <v>19.074999999999999</v>
       </c>
       <c r="FL26" s="18">
         <v>20.3</v>
       </c>
+      <c r="FM26" s="18">
+        <f>+[1]Bruto_ST!FQ33</f>
+        <v>21.524999999999999</v>
+      </c>
     </row>
-    <row r="27" spans="2:168" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="27" spans="2:169" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B27" s="15" t="s">
         <v>60</v>
       </c>
       <c r="C27" s="16">
         <v>6096.9067936399997</v>
       </c>
       <c r="D27" s="16">
         <v>6007.8525967100004</v>
       </c>
       <c r="E27" s="16">
         <v>5937.2168904600003</v>
       </c>
       <c r="F27" s="16">
         <v>5954.3667656500002</v>
       </c>
       <c r="G27" s="16">
         <v>5929.2741554300001</v>
       </c>
       <c r="H27" s="16">
         <v>5887.5814474500003</v>
       </c>
       <c r="I27" s="16">
         <v>6032.0397174299997</v>
       </c>
       <c r="J27" s="16">
@@ -12238,52 +13062,56 @@
       </c>
       <c r="FE27" s="16">
         <v>955.02375480000001</v>
       </c>
       <c r="FF27" s="16">
         <v>923.51846060000003</v>
       </c>
       <c r="FG27" s="16">
         <v>936.37705879999999</v>
       </c>
       <c r="FH27" s="16">
         <v>883.16748225000003</v>
       </c>
       <c r="FI27" s="16">
         <v>952.8972447000001</v>
       </c>
       <c r="FJ27" s="16">
         <v>951.06842800000004</v>
       </c>
       <c r="FK27" s="16">
         <v>971.51385100000005</v>
       </c>
       <c r="FL27" s="16">
         <v>967.53939909999997</v>
       </c>
+      <c r="FM27" s="16">
+        <f>+[1]Bruto_ST!FQ40</f>
+        <v>1006.7607316</v>
+      </c>
     </row>
-    <row r="28" spans="2:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="28" spans="2:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B28" s="17" t="s">
         <v>53</v>
       </c>
       <c r="C28" s="18">
         <v>6096.2272926799997</v>
       </c>
       <c r="D28" s="18">
         <v>6007.1730957500004</v>
       </c>
       <c r="E28" s="18">
         <v>5936.5373895000002</v>
       </c>
       <c r="F28" s="18">
         <v>5953.6872646900001</v>
       </c>
       <c r="G28" s="18">
         <v>5928.5946544600001</v>
       </c>
       <c r="H28" s="18">
         <v>5886.9019464900002</v>
       </c>
       <c r="I28" s="18">
         <v>6031.3602164699996</v>
       </c>
       <c r="J28" s="18">
@@ -12741,52 +13569,56 @@
       </c>
       <c r="FE28" s="18">
         <v>955.02375480000001</v>
       </c>
       <c r="FF28" s="18">
         <v>923.51846060000003</v>
       </c>
       <c r="FG28" s="18">
         <v>936.37705879999999</v>
       </c>
       <c r="FH28" s="18">
         <v>883.16748225000003</v>
       </c>
       <c r="FI28" s="18">
         <v>952.8972447000001</v>
       </c>
       <c r="FJ28" s="18">
         <v>951.06842800000004</v>
       </c>
       <c r="FK28" s="18">
         <v>971.51385100000005</v>
       </c>
       <c r="FL28" s="18">
         <v>967.53939909999997</v>
       </c>
+      <c r="FM28" s="18">
+        <f>+[1]Bruto_ST!FQ41</f>
+        <v>1006.7607316</v>
+      </c>
     </row>
-    <row r="29" spans="2:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="29" spans="2:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B29" s="19" t="s">
         <v>54</v>
       </c>
       <c r="C29" s="18">
         <v>0.67950096000000004</v>
       </c>
       <c r="D29" s="18">
         <v>0.67950096000000004</v>
       </c>
       <c r="E29" s="18">
         <v>0.67950096000000004</v>
       </c>
       <c r="F29" s="18">
         <v>0.67950096000000004</v>
       </c>
       <c r="G29" s="18">
         <v>0.67950096000000004</v>
       </c>
       <c r="H29" s="18">
         <v>0.67950096000000004</v>
       </c>
       <c r="I29" s="18">
         <v>0.67950096000000004</v>
       </c>
       <c r="J29" s="18">
@@ -13244,52 +14076,56 @@
       </c>
       <c r="FE29" s="18">
         <v>0</v>
       </c>
       <c r="FF29" s="18">
         <v>0</v>
       </c>
       <c r="FG29" s="18">
         <v>0</v>
       </c>
       <c r="FH29" s="18">
         <v>0</v>
       </c>
       <c r="FI29" s="18">
         <v>0</v>
       </c>
       <c r="FJ29" s="18">
         <v>0</v>
       </c>
       <c r="FK29" s="18">
         <v>0</v>
       </c>
       <c r="FL29" s="18">
         <v>0</v>
       </c>
+      <c r="FM29" s="18">
+        <f>+[1]Bruto_ST!FQ42</f>
+        <v>0</v>
+      </c>
     </row>
-    <row r="30" spans="2:168" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="30" spans="2:169" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B30" s="15" t="s">
         <v>61</v>
       </c>
       <c r="C30" s="16">
         <v>7617.1317838200002</v>
       </c>
       <c r="D30" s="16">
         <v>7474.5915953699996</v>
       </c>
       <c r="E30" s="16">
         <v>7553.5700379500004</v>
       </c>
       <c r="F30" s="16">
         <v>7559.3415642700002</v>
       </c>
       <c r="G30" s="16">
         <v>7393.6516649200003</v>
       </c>
       <c r="H30" s="16">
         <v>6941.7820613599997</v>
       </c>
       <c r="I30" s="16">
         <v>6983.2771905700001</v>
       </c>
       <c r="J30" s="16">
@@ -13747,52 +14583,56 @@
       </c>
       <c r="FE30" s="16">
         <v>18392.567234770002</v>
       </c>
       <c r="FF30" s="16">
         <v>18272.243959470001</v>
       </c>
       <c r="FG30" s="16">
         <v>18375.781091700002</v>
       </c>
       <c r="FH30" s="16">
         <v>19459.089311419997</v>
       </c>
       <c r="FI30" s="16">
         <v>19958.667111459999</v>
       </c>
       <c r="FJ30" s="16">
         <v>21380.132544479999</v>
       </c>
       <c r="FK30" s="16">
         <v>21082.129957200003</v>
       </c>
       <c r="FL30" s="16">
         <v>21648.879832049999</v>
       </c>
+      <c r="FM30" s="16">
+        <f>+[1]Bruto_ST!FQ43</f>
+        <v>21513.846723169998</v>
+      </c>
     </row>
-    <row r="31" spans="2:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="31" spans="2:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B31" s="17" t="s">
         <v>53</v>
       </c>
       <c r="C31" s="18">
         <v>7388.2501302299997</v>
       </c>
       <c r="D31" s="18">
         <v>7251.0218375900004</v>
       </c>
       <c r="E31" s="18">
         <v>7325.9244908000001</v>
       </c>
       <c r="F31" s="18">
         <v>7337.1759407999998</v>
       </c>
       <c r="G31" s="18">
         <v>7163.4890732100002</v>
       </c>
       <c r="H31" s="18">
         <v>6713.6650848899999</v>
       </c>
       <c r="I31" s="18">
         <v>6749.6179802699999</v>
       </c>
       <c r="J31" s="18">
@@ -14250,52 +15090,56 @@
       </c>
       <c r="FE31" s="18">
         <v>17662.50264277</v>
       </c>
       <c r="FF31" s="18">
         <v>17572.966699470002</v>
       </c>
       <c r="FG31" s="18">
         <v>17617.090299700001</v>
       </c>
       <c r="FH31" s="18">
         <v>18576.241731419999</v>
       </c>
       <c r="FI31" s="18">
         <v>19006.907831459997</v>
       </c>
       <c r="FJ31" s="18">
         <v>20305.545024480001</v>
       </c>
       <c r="FK31" s="18">
         <v>20032.462777200002</v>
       </c>
       <c r="FL31" s="18">
         <v>20613.925992050001</v>
       </c>
+      <c r="FM31" s="18">
+        <f>+[1]Bruto_ST!FQ44</f>
+        <v>20466.215943169998</v>
+      </c>
     </row>
-    <row r="32" spans="2:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="32" spans="2:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B32" s="22" t="s">
         <v>54</v>
       </c>
       <c r="C32" s="23">
         <v>228.88165359000001</v>
       </c>
       <c r="D32" s="23">
         <v>223.56975778</v>
       </c>
       <c r="E32" s="23">
         <v>227.64554715</v>
       </c>
       <c r="F32" s="23">
         <v>222.16562347000001</v>
       </c>
       <c r="G32" s="23">
         <v>230.16259171999999</v>
       </c>
       <c r="H32" s="23">
         <v>228.11697647</v>
       </c>
       <c r="I32" s="23">
         <v>233.65921030000001</v>
       </c>
       <c r="J32" s="23">
@@ -14753,52 +15597,56 @@
       </c>
       <c r="FE32" s="23">
         <v>730.06459199999995</v>
       </c>
       <c r="FF32" s="23">
         <v>699.27725999999996</v>
       </c>
       <c r="FG32" s="23">
         <v>758.69079199999999</v>
       </c>
       <c r="FH32" s="23">
         <v>882.84757999999999</v>
       </c>
       <c r="FI32" s="23">
         <v>951.75927999999999</v>
       </c>
       <c r="FJ32" s="23">
         <v>1074.58752</v>
       </c>
       <c r="FK32" s="23">
         <v>1049.6671799999999</v>
       </c>
       <c r="FL32" s="23">
         <v>1034.9538399999999</v>
       </c>
+      <c r="FM32" s="23">
+        <f>+[1]Bruto_ST!FQ45</f>
+        <v>1047.63078</v>
+      </c>
     </row>
-    <row r="33" spans="2:168" s="14" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="33" spans="2:169" s="14" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B33" s="24" t="s">
         <v>62</v>
       </c>
       <c r="C33" s="25">
         <v>17599.21488888</v>
       </c>
       <c r="D33" s="25">
         <v>17428.850998739999</v>
       </c>
       <c r="E33" s="25">
         <v>17585.96695763</v>
       </c>
       <c r="F33" s="25">
         <v>17828.098542930002</v>
       </c>
       <c r="G33" s="25">
         <v>17548.427193290001</v>
       </c>
       <c r="H33" s="25">
         <v>16744.996111969998</v>
       </c>
       <c r="I33" s="25">
         <v>17000.2324979</v>
       </c>
       <c r="J33" s="25">
@@ -15256,52 +16104,56 @@
       </c>
       <c r="FE33" s="25">
         <v>29564.619565070003</v>
       </c>
       <c r="FF33" s="25">
         <v>29830.821234670002</v>
       </c>
       <c r="FG33" s="25">
         <v>29229.139900800004</v>
       </c>
       <c r="FH33" s="25">
         <v>29836.908394669998</v>
       </c>
       <c r="FI33" s="25">
         <v>30771.216612559998</v>
       </c>
       <c r="FJ33" s="25">
         <v>32495.663121280002</v>
       </c>
       <c r="FK33" s="25">
         <v>31932.667147400003</v>
       </c>
       <c r="FL33" s="25">
         <v>32273.848533549997</v>
       </c>
+      <c r="FM33" s="25">
+        <f t="shared" ref="FM33" si="0">+FM30+FM27+FM24+FM21+FM18+FM15+FM12+FM9</f>
+        <v>32339.812585669995</v>
+      </c>
     </row>
-    <row r="34" spans="2:168" s="14" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="34" spans="2:169" s="14" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B34" s="12" t="s">
         <v>63</v>
       </c>
       <c r="C34" s="26"/>
       <c r="D34" s="26"/>
       <c r="E34" s="26"/>
       <c r="F34" s="26"/>
       <c r="G34" s="26"/>
       <c r="H34" s="26"/>
       <c r="I34" s="26"/>
       <c r="J34" s="26"/>
       <c r="K34" s="26"/>
       <c r="L34" s="26"/>
       <c r="M34" s="26"/>
       <c r="N34" s="26"/>
       <c r="O34" s="26"/>
       <c r="P34" s="26"/>
       <c r="Q34" s="26"/>
       <c r="R34" s="26"/>
       <c r="S34" s="26"/>
       <c r="T34" s="26"/>
       <c r="U34" s="26"/>
       <c r="V34" s="26"/>
       <c r="W34" s="26"/>
       <c r="X34" s="26"/>
@@ -15427,52 +16279,53 @@
       <c r="EN34" s="26"/>
       <c r="EO34" s="26"/>
       <c r="EP34" s="26"/>
       <c r="EQ34" s="26"/>
       <c r="ER34" s="26"/>
       <c r="ES34" s="26"/>
       <c r="ET34" s="26"/>
       <c r="EU34" s="26"/>
       <c r="EV34" s="26"/>
       <c r="EW34" s="26"/>
       <c r="EX34" s="26"/>
       <c r="EY34" s="26"/>
       <c r="EZ34" s="26"/>
       <c r="FA34" s="26"/>
       <c r="FB34" s="26"/>
       <c r="FC34" s="26"/>
       <c r="FD34" s="26"/>
       <c r="FE34" s="26"/>
       <c r="FF34" s="26"/>
       <c r="FG34" s="26"/>
       <c r="FH34" s="26"/>
       <c r="FI34" s="26"/>
       <c r="FJ34" s="26"/>
       <c r="FK34" s="26"/>
       <c r="FL34" s="26"/>
+      <c r="FM34" s="26"/>
     </row>
-    <row r="35" spans="2:168" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="35" spans="2:169" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B35" s="15" t="s">
         <v>52</v>
       </c>
       <c r="C35" s="16">
         <v>285.61948371</v>
       </c>
       <c r="D35" s="16">
         <v>285.61948371</v>
       </c>
       <c r="E35" s="16">
         <v>285.61948371</v>
       </c>
       <c r="F35" s="16">
         <v>285.61948371</v>
       </c>
       <c r="G35" s="16">
         <v>285.61948371</v>
       </c>
       <c r="H35" s="16">
         <v>285.61948371</v>
       </c>
       <c r="I35" s="16">
         <v>285.61948371</v>
       </c>
       <c r="J35" s="16">
@@ -15930,52 +16783,56 @@
       </c>
       <c r="FE35" s="16">
         <v>98.054024650000002</v>
       </c>
       <c r="FF35" s="16">
         <v>98.054024650000002</v>
       </c>
       <c r="FG35" s="16">
         <v>98.054024650000002</v>
       </c>
       <c r="FH35" s="16">
         <v>98.054024650000002</v>
       </c>
       <c r="FI35" s="16">
         <v>98.054024650000002</v>
       </c>
       <c r="FJ35" s="16">
         <v>98.054024650000002</v>
       </c>
       <c r="FK35" s="16">
         <v>98.054024650000002</v>
       </c>
       <c r="FL35" s="16">
         <v>98.054024650000002</v>
       </c>
+      <c r="FM35" s="16">
+        <f>+[1]Bruto_ST!FQ47</f>
+        <v>98.054024650000002</v>
+      </c>
     </row>
-    <row r="36" spans="2:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="36" spans="2:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B36" s="17" t="s">
         <v>53</v>
       </c>
       <c r="C36" s="18">
         <v>285.61948371</v>
       </c>
       <c r="D36" s="18">
         <v>285.61948371</v>
       </c>
       <c r="E36" s="18">
         <v>285.61948371</v>
       </c>
       <c r="F36" s="18">
         <v>285.61948371</v>
       </c>
       <c r="G36" s="18">
         <v>285.61948371</v>
       </c>
       <c r="H36" s="18">
         <v>285.61948371</v>
       </c>
       <c r="I36" s="18">
         <v>285.61948371</v>
       </c>
       <c r="J36" s="18">
@@ -16433,52 +17290,56 @@
       </c>
       <c r="FE36" s="18">
         <v>98.054024650000002</v>
       </c>
       <c r="FF36" s="18">
         <v>98.054024650000002</v>
       </c>
       <c r="FG36" s="18">
         <v>98.054024650000002</v>
       </c>
       <c r="FH36" s="18">
         <v>98.054024650000002</v>
       </c>
       <c r="FI36" s="18">
         <v>98.054024650000002</v>
       </c>
       <c r="FJ36" s="18">
         <v>98.054024650000002</v>
       </c>
       <c r="FK36" s="18">
         <v>98.054024650000002</v>
       </c>
       <c r="FL36" s="18">
         <v>98.054024650000002</v>
       </c>
+      <c r="FM36" s="18">
+        <f>+[1]Bruto_ST!FQ48</f>
+        <v>98.054024650000002</v>
+      </c>
     </row>
-    <row r="37" spans="2:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="37" spans="2:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B37" s="19" t="s">
         <v>54</v>
       </c>
       <c r="C37" s="18">
         <v>0</v>
       </c>
       <c r="D37" s="18">
         <v>0</v>
       </c>
       <c r="E37" s="18">
         <v>0</v>
       </c>
       <c r="F37" s="18">
         <v>0</v>
       </c>
       <c r="G37" s="18">
         <v>0</v>
       </c>
       <c r="H37" s="18">
         <v>0</v>
       </c>
       <c r="I37" s="18">
         <v>0</v>
       </c>
       <c r="J37" s="18">
@@ -16936,52 +17797,56 @@
       </c>
       <c r="FE37" s="18">
         <v>0</v>
       </c>
       <c r="FF37" s="18">
         <v>0</v>
       </c>
       <c r="FG37" s="18">
         <v>0</v>
       </c>
       <c r="FH37" s="18">
         <v>0</v>
       </c>
       <c r="FI37" s="18">
         <v>0</v>
       </c>
       <c r="FJ37" s="18">
         <v>0</v>
       </c>
       <c r="FK37" s="18">
         <v>0</v>
       </c>
       <c r="FL37" s="18">
         <v>0</v>
       </c>
+      <c r="FM37" s="18">
+        <f>+[1]Bruto_ST!FQ49</f>
+        <v>0</v>
+      </c>
     </row>
-    <row r="38" spans="2:168" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="38" spans="2:169" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B38" s="15" t="s">
         <v>55</v>
       </c>
       <c r="C38" s="16">
         <v>2028.4049797600001</v>
       </c>
       <c r="D38" s="16">
         <v>2028.4049797600001</v>
       </c>
       <c r="E38" s="16">
         <v>2028.4049797600001</v>
       </c>
       <c r="F38" s="16">
         <v>2038.1749711299999</v>
       </c>
       <c r="G38" s="16">
         <v>2068.1310398800001</v>
       </c>
       <c r="H38" s="16">
         <v>2068.1310398800001</v>
       </c>
       <c r="I38" s="16">
         <v>2069.7304824500002</v>
       </c>
       <c r="J38" s="16">
@@ -17439,52 +18304,56 @@
       </c>
       <c r="FE38" s="16">
         <v>3783.1584711700002</v>
       </c>
       <c r="FF38" s="16">
         <v>3783.1584711700002</v>
       </c>
       <c r="FG38" s="16">
         <v>3783.1584711700002</v>
       </c>
       <c r="FH38" s="16">
         <v>3783.1584711700002</v>
       </c>
       <c r="FI38" s="16">
         <v>3783.1584711700002</v>
       </c>
       <c r="FJ38" s="16">
         <v>3783.1584711700002</v>
       </c>
       <c r="FK38" s="16">
         <v>3783.1584711700002</v>
       </c>
       <c r="FL38" s="16">
         <v>3783.1584711700002</v>
       </c>
+      <c r="FM38" s="16">
+        <f>+[1]Bruto_ST!FQ53</f>
+        <v>3783.1584711700002</v>
+      </c>
     </row>
-    <row r="39" spans="2:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="39" spans="2:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B39" s="21" t="s">
         <v>53</v>
       </c>
       <c r="C39" s="18">
         <v>1900.98458026</v>
       </c>
       <c r="D39" s="18">
         <v>1900.98458026</v>
       </c>
       <c r="E39" s="18">
         <v>1900.98458026</v>
       </c>
       <c r="F39" s="18">
         <v>1910.75457164</v>
       </c>
       <c r="G39" s="18">
         <v>1938.7197982600001</v>
       </c>
       <c r="H39" s="18">
         <v>1938.7197982600001</v>
       </c>
       <c r="I39" s="18">
         <v>1940.3192408299999</v>
       </c>
       <c r="J39" s="18">
@@ -17942,52 +18811,56 @@
       </c>
       <c r="FE39" s="18">
         <v>3782.9285694099999</v>
       </c>
       <c r="FF39" s="18">
         <v>3782.9285694099999</v>
       </c>
       <c r="FG39" s="18">
         <v>3782.9285694099999</v>
       </c>
       <c r="FH39" s="18">
         <v>3782.9285694099999</v>
       </c>
       <c r="FI39" s="18">
         <v>3782.9285694099999</v>
       </c>
       <c r="FJ39" s="18">
         <v>3782.9285694099999</v>
       </c>
       <c r="FK39" s="18">
         <v>3782.9285694099999</v>
       </c>
       <c r="FL39" s="18">
         <v>3782.9285694099999</v>
       </c>
+      <c r="FM39" s="18">
+        <f>+[1]Bruto_ST!FQ54</f>
+        <v>3782.9285694099999</v>
+      </c>
     </row>
-    <row r="40" spans="2:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="40" spans="2:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B40" s="19" t="s">
         <v>54</v>
       </c>
       <c r="C40" s="18">
         <v>127.4203995</v>
       </c>
       <c r="D40" s="18">
         <v>127.4203995</v>
       </c>
       <c r="E40" s="18">
         <v>127.4203995</v>
       </c>
       <c r="F40" s="18">
         <v>127.4203995</v>
       </c>
       <c r="G40" s="18">
         <v>129.41124162</v>
       </c>
       <c r="H40" s="18">
         <v>129.41124162</v>
       </c>
       <c r="I40" s="18">
         <v>129.41124162</v>
       </c>
       <c r="J40" s="18">
@@ -18445,52 +19318,56 @@
       </c>
       <c r="FE40" s="18">
         <v>0.22990176000000001</v>
       </c>
       <c r="FF40" s="18">
         <v>0.22990176000000001</v>
       </c>
       <c r="FG40" s="18">
         <v>0.22990176000000001</v>
       </c>
       <c r="FH40" s="18">
         <v>0.22990176000000001</v>
       </c>
       <c r="FI40" s="18">
         <v>0.22990176000000001</v>
       </c>
       <c r="FJ40" s="18">
         <v>0.22990176000000001</v>
       </c>
       <c r="FK40" s="18">
         <v>0.22990176000000001</v>
       </c>
       <c r="FL40" s="18">
         <v>0.22990176000000001</v>
       </c>
+      <c r="FM40" s="18">
+        <f>+[1]Bruto_ST!FQ55</f>
+        <v>0.22990176000000001</v>
+      </c>
     </row>
-    <row r="41" spans="2:168" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="41" spans="2:169" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B41" s="15" t="s">
         <v>56</v>
       </c>
       <c r="C41" s="16">
         <v>44.79197027</v>
       </c>
       <c r="D41" s="16">
         <v>44.79197027</v>
       </c>
       <c r="E41" s="16">
         <v>44.79197027</v>
       </c>
       <c r="F41" s="16">
         <v>44.79197027</v>
       </c>
       <c r="G41" s="16">
         <v>44.79197027</v>
       </c>
       <c r="H41" s="16">
         <v>44.79197027</v>
       </c>
       <c r="I41" s="16">
         <v>44.79197027</v>
       </c>
       <c r="J41" s="16">
@@ -18948,52 +19825,56 @@
       </c>
       <c r="FE41" s="16">
         <v>74.810446849999991</v>
       </c>
       <c r="FF41" s="16">
         <v>74.810446849999991</v>
       </c>
       <c r="FG41" s="16">
         <v>74.810446849999991</v>
       </c>
       <c r="FH41" s="16">
         <v>74.810446849999991</v>
       </c>
       <c r="FI41" s="16">
         <v>71.170202689999996</v>
       </c>
       <c r="FJ41" s="16">
         <v>71.173502689999992</v>
       </c>
       <c r="FK41" s="16">
         <v>71.173502689999992</v>
       </c>
       <c r="FL41" s="16">
         <v>71.173502689999992</v>
       </c>
+      <c r="FM41" s="16">
+        <f>+[1]Bruto_ST!FQ59</f>
+        <v>55.242255490000005</v>
+      </c>
     </row>
-    <row r="42" spans="2:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="42" spans="2:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B42" s="17" t="s">
         <v>53</v>
       </c>
       <c r="C42" s="18">
         <v>44.294299559999999</v>
       </c>
       <c r="D42" s="18">
         <v>44.294299559999999</v>
       </c>
       <c r="E42" s="18">
         <v>44.294299559999999</v>
       </c>
       <c r="F42" s="18">
         <v>44.294299559999999</v>
       </c>
       <c r="G42" s="18">
         <v>44.294299559999999</v>
       </c>
       <c r="H42" s="18">
         <v>44.294299559999999</v>
       </c>
       <c r="I42" s="18">
         <v>44.294299559999999</v>
       </c>
       <c r="J42" s="18">
@@ -19451,52 +20332,56 @@
       </c>
       <c r="FE42" s="18">
         <v>73.58332184999999</v>
       </c>
       <c r="FF42" s="18">
         <v>73.58332184999999</v>
       </c>
       <c r="FG42" s="18">
         <v>73.58332184999999</v>
       </c>
       <c r="FH42" s="18">
         <v>73.58332184999999</v>
       </c>
       <c r="FI42" s="18">
         <v>69.943077689999996</v>
       </c>
       <c r="FJ42" s="18">
         <v>69.946377689999991</v>
       </c>
       <c r="FK42" s="18">
         <v>69.946377689999991</v>
       </c>
       <c r="FL42" s="18">
         <v>69.946377689999991</v>
       </c>
+      <c r="FM42" s="18">
+        <f>+[1]Bruto_ST!FQ60</f>
+        <v>54.015130490000004</v>
+      </c>
     </row>
-    <row r="43" spans="2:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="43" spans="2:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B43" s="19" t="s">
         <v>54</v>
       </c>
       <c r="C43" s="18">
         <v>0.49767071000000002</v>
       </c>
       <c r="D43" s="18">
         <v>0.49767071000000002</v>
       </c>
       <c r="E43" s="18">
         <v>0.49767071000000002</v>
       </c>
       <c r="F43" s="18">
         <v>0.49767071000000002</v>
       </c>
       <c r="G43" s="18">
         <v>0.49767071000000002</v>
       </c>
       <c r="H43" s="18">
         <v>0.49767071000000002</v>
       </c>
       <c r="I43" s="18">
         <v>0.49767071000000002</v>
       </c>
       <c r="J43" s="18">
@@ -19954,52 +20839,56 @@
       </c>
       <c r="FE43" s="18">
         <v>1.227125</v>
       </c>
       <c r="FF43" s="18">
         <v>1.227125</v>
       </c>
       <c r="FG43" s="18">
         <v>1.227125</v>
       </c>
       <c r="FH43" s="18">
         <v>1.227125</v>
       </c>
       <c r="FI43" s="18">
         <v>1.227125</v>
       </c>
       <c r="FJ43" s="18">
         <v>1.227125</v>
       </c>
       <c r="FK43" s="18">
         <v>1.227125</v>
       </c>
       <c r="FL43" s="18">
         <v>1.227125</v>
       </c>
+      <c r="FM43" s="18">
+        <f>+[1]Bruto_ST!FQ61</f>
+        <v>1.227125</v>
+      </c>
     </row>
-    <row r="44" spans="2:168" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="44" spans="2:169" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B44" s="15" t="s">
         <v>57</v>
       </c>
       <c r="C44" s="16">
         <v>34.813325370000001</v>
       </c>
       <c r="D44" s="16">
         <v>34.813325370000001</v>
       </c>
       <c r="E44" s="16">
         <v>34.813325370000001</v>
       </c>
       <c r="F44" s="16">
         <v>34.813325370000001</v>
       </c>
       <c r="G44" s="16">
         <v>34.813325370000001</v>
       </c>
       <c r="H44" s="16">
         <v>34.813325370000001</v>
       </c>
       <c r="I44" s="16">
         <v>34.813325370000001</v>
       </c>
       <c r="J44" s="16">
@@ -20457,52 +21346,56 @@
       </c>
       <c r="FE44" s="16">
         <v>185.48501644999999</v>
       </c>
       <c r="FF44" s="16">
         <v>185.51001644999999</v>
       </c>
       <c r="FG44" s="16">
         <v>185.51001644999999</v>
       </c>
       <c r="FH44" s="16">
         <v>185.51001644999999</v>
       </c>
       <c r="FI44" s="16">
         <v>185.51001644999999</v>
       </c>
       <c r="FJ44" s="16">
         <v>185.51001644999999</v>
       </c>
       <c r="FK44" s="16">
         <v>185.51001644999999</v>
       </c>
       <c r="FL44" s="16">
         <v>185.52328144999998</v>
       </c>
+      <c r="FM44" s="16">
+        <f>+[1]Bruto_ST!FQ62</f>
+        <v>185.60501644999999</v>
+      </c>
     </row>
-    <row r="45" spans="2:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="45" spans="2:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B45" s="17" t="s">
         <v>53</v>
       </c>
       <c r="C45" s="20">
         <v>34.415156940000003</v>
       </c>
       <c r="D45" s="20">
         <v>34.415156940000003</v>
       </c>
       <c r="E45" s="20">
         <v>34.415156940000003</v>
       </c>
       <c r="F45" s="20">
         <v>34.415156940000003</v>
       </c>
       <c r="G45" s="20">
         <v>34.415156940000003</v>
       </c>
       <c r="H45" s="20">
         <v>34.415156940000003</v>
       </c>
       <c r="I45" s="20">
         <v>34.415156940000003</v>
       </c>
       <c r="J45" s="20">
@@ -20960,52 +21853,56 @@
       </c>
       <c r="FE45" s="20">
         <v>119.13501645000001</v>
       </c>
       <c r="FF45" s="20">
         <v>119.16001645</v>
       </c>
       <c r="FG45" s="20">
         <v>119.16001645</v>
       </c>
       <c r="FH45" s="20">
         <v>119.16001645</v>
       </c>
       <c r="FI45" s="20">
         <v>119.16001645</v>
       </c>
       <c r="FJ45" s="20">
         <v>119.16001645</v>
       </c>
       <c r="FK45" s="20">
         <v>119.16001645</v>
       </c>
       <c r="FL45" s="20">
         <v>119.17328145</v>
       </c>
+      <c r="FM45" s="20">
+        <f>+[1]Bruto_ST!FQ63</f>
+        <v>119.25501645</v>
+      </c>
     </row>
-    <row r="46" spans="2:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="46" spans="2:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B46" s="19" t="s">
         <v>54</v>
       </c>
       <c r="C46" s="20">
         <v>0.39816843000000002</v>
       </c>
       <c r="D46" s="20">
         <v>0.39816843000000002</v>
       </c>
       <c r="E46" s="20">
         <v>0.39816843000000002</v>
       </c>
       <c r="F46" s="20">
         <v>0.39816843000000002</v>
       </c>
       <c r="G46" s="20">
         <v>0.39816843000000002</v>
       </c>
       <c r="H46" s="20">
         <v>0.39816843000000002</v>
       </c>
       <c r="I46" s="20">
         <v>0.39816843000000002</v>
       </c>
       <c r="J46" s="20">
@@ -21463,52 +22360,56 @@
       </c>
       <c r="FE46" s="20">
         <v>66.349999999999994</v>
       </c>
       <c r="FF46" s="20">
         <v>66.349999999999994</v>
       </c>
       <c r="FG46" s="20">
         <v>66.349999999999994</v>
       </c>
       <c r="FH46" s="20">
         <v>66.349999999999994</v>
       </c>
       <c r="FI46" s="20">
         <v>66.349999999999994</v>
       </c>
       <c r="FJ46" s="20">
         <v>66.349999999999994</v>
       </c>
       <c r="FK46" s="20">
         <v>66.349999999999994</v>
       </c>
       <c r="FL46" s="20">
         <v>66.349999999999994</v>
       </c>
+      <c r="FM46" s="20">
+        <f>+[1]Bruto_ST!FQ64</f>
+        <v>66.349999999999994</v>
+      </c>
     </row>
-    <row r="47" spans="2:168" s="2" customFormat="1" ht="24.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="47" spans="2:169" s="2" customFormat="1" ht="24.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B47" s="15" t="s">
         <v>58</v>
       </c>
       <c r="C47" s="16">
         <v>7.1404870899999997</v>
       </c>
       <c r="D47" s="16">
         <v>7.1404870899999997</v>
       </c>
       <c r="E47" s="16">
         <v>7.1404870899999997</v>
       </c>
       <c r="F47" s="16">
         <v>7.1404870899999997</v>
       </c>
       <c r="G47" s="16">
         <v>7.1404870899999997</v>
       </c>
       <c r="H47" s="16">
         <v>7.1404870899999997</v>
       </c>
       <c r="I47" s="16">
         <v>7.1404870899999997</v>
       </c>
       <c r="J47" s="16">
@@ -21966,52 +22867,56 @@
       </c>
       <c r="FE47" s="16">
         <v>10.094617849999999</v>
       </c>
       <c r="FF47" s="16">
         <v>3.7378329199999998</v>
       </c>
       <c r="FG47" s="16">
         <v>3.7378329199999998</v>
       </c>
       <c r="FH47" s="16">
         <v>3.7378329199999998</v>
       </c>
       <c r="FI47" s="16">
         <v>3.7378329199999998</v>
       </c>
       <c r="FJ47" s="16">
         <v>3.7378329199999998</v>
       </c>
       <c r="FK47" s="16">
         <v>3.7378329199999998</v>
       </c>
       <c r="FL47" s="16">
         <v>3.7378329199999998</v>
       </c>
+      <c r="FM47" s="16">
+        <f>+[1]Bruto_ST!FQ65</f>
+        <v>3.7378329199999998</v>
+      </c>
     </row>
-    <row r="48" spans="2:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="48" spans="2:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B48" s="17" t="s">
         <v>53</v>
       </c>
       <c r="C48" s="20">
         <v>7.1404870899999997</v>
       </c>
       <c r="D48" s="20">
         <v>7.1404870899999997</v>
       </c>
       <c r="E48" s="20">
         <v>7.1404870899999997</v>
       </c>
       <c r="F48" s="20">
         <v>7.1404870899999997</v>
       </c>
       <c r="G48" s="20">
         <v>7.1404870899999997</v>
       </c>
       <c r="H48" s="20">
         <v>7.1404870899999997</v>
       </c>
       <c r="I48" s="20">
         <v>7.1404870899999997</v>
       </c>
       <c r="J48" s="20">
@@ -22469,52 +23374,56 @@
       </c>
       <c r="FE48" s="20">
         <v>6.3567849299999999</v>
       </c>
       <c r="FF48" s="20">
         <v>0</v>
       </c>
       <c r="FG48" s="20">
         <v>0</v>
       </c>
       <c r="FH48" s="20">
         <v>0</v>
       </c>
       <c r="FI48" s="20">
         <v>0</v>
       </c>
       <c r="FJ48" s="20">
         <v>0</v>
       </c>
       <c r="FK48" s="20">
         <v>0</v>
       </c>
       <c r="FL48" s="20">
         <v>0</v>
       </c>
+      <c r="FM48" s="20">
+        <f>+[1]Bruto_ST!FQ66</f>
+        <v>0</v>
+      </c>
     </row>
-    <row r="49" spans="2:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="49" spans="2:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B49" s="19" t="s">
         <v>54</v>
       </c>
       <c r="C49" s="20">
         <v>0</v>
       </c>
       <c r="D49" s="20">
         <v>0</v>
       </c>
       <c r="E49" s="20">
         <v>0</v>
       </c>
       <c r="F49" s="20">
         <v>0</v>
       </c>
       <c r="G49" s="20">
         <v>0</v>
       </c>
       <c r="H49" s="20">
         <v>0</v>
       </c>
       <c r="I49" s="20">
         <v>0</v>
       </c>
       <c r="J49" s="20">
@@ -22972,52 +23881,56 @@
       </c>
       <c r="FE49" s="20">
         <v>3.7378329199999998</v>
       </c>
       <c r="FF49" s="20">
         <v>3.7378329199999998</v>
       </c>
       <c r="FG49" s="20">
         <v>3.7378329199999998</v>
       </c>
       <c r="FH49" s="20">
         <v>3.7378329199999998</v>
       </c>
       <c r="FI49" s="20">
         <v>3.7378329199999998</v>
       </c>
       <c r="FJ49" s="20">
         <v>3.7378329199999998</v>
       </c>
       <c r="FK49" s="20">
         <v>3.7378329199999998</v>
       </c>
       <c r="FL49" s="20">
         <v>3.7378329199999998</v>
       </c>
+      <c r="FM49" s="20">
+        <f>+[1]Bruto_ST!FQ67</f>
+        <v>3.7378329199999998</v>
+      </c>
     </row>
-    <row r="50" spans="2:168" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="50" spans="2:169" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B50" s="15" t="s">
         <v>59</v>
       </c>
       <c r="C50" s="16">
         <v>151.60794213</v>
       </c>
       <c r="D50" s="16">
         <v>162.10127281000001</v>
       </c>
       <c r="E50" s="16">
         <v>162.10127281000001</v>
       </c>
       <c r="F50" s="16">
         <v>162.10127281000001</v>
       </c>
       <c r="G50" s="16">
         <v>162.10127281000001</v>
       </c>
       <c r="H50" s="16">
         <v>163.09695932</v>
       </c>
       <c r="I50" s="16">
         <v>163.09695932</v>
       </c>
       <c r="J50" s="16">
@@ -23475,52 +24388,56 @@
       </c>
       <c r="FE50" s="16">
         <v>282.64698369999996</v>
       </c>
       <c r="FF50" s="16">
         <v>282.64698369999996</v>
       </c>
       <c r="FG50" s="16">
         <v>282.64698369999996</v>
       </c>
       <c r="FH50" s="16">
         <v>282.64698369999996</v>
       </c>
       <c r="FI50" s="16">
         <v>282.64698369999996</v>
       </c>
       <c r="FJ50" s="16">
         <v>282.64698369999996</v>
       </c>
       <c r="FK50" s="16">
         <v>282.64698369999996</v>
       </c>
       <c r="FL50" s="16">
         <v>282.64698369999996</v>
       </c>
+      <c r="FM50" s="16">
+        <f>+[1]Bruto_ST!FQ68</f>
+        <v>282.64698369999996</v>
+      </c>
     </row>
-    <row r="51" spans="2:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="51" spans="2:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B51" s="17" t="s">
         <v>53</v>
       </c>
       <c r="C51" s="18">
         <v>151.60794213</v>
       </c>
       <c r="D51" s="18">
         <v>162.10127281000001</v>
       </c>
       <c r="E51" s="18">
         <v>162.10127281000001</v>
       </c>
       <c r="F51" s="18">
         <v>162.10127281000001</v>
       </c>
       <c r="G51" s="18">
         <v>162.10127281000001</v>
       </c>
       <c r="H51" s="18">
         <v>163.09695932</v>
       </c>
       <c r="I51" s="18">
         <v>163.09695932</v>
       </c>
       <c r="J51" s="18">
@@ -23978,52 +24895,56 @@
       </c>
       <c r="FE51" s="18">
         <v>282.64698369999996</v>
       </c>
       <c r="FF51" s="18">
         <v>282.64698369999996</v>
       </c>
       <c r="FG51" s="18">
         <v>282.64698369999996</v>
       </c>
       <c r="FH51" s="18">
         <v>282.64698369999996</v>
       </c>
       <c r="FI51" s="18">
         <v>282.64698369999996</v>
       </c>
       <c r="FJ51" s="18">
         <v>282.64698369999996</v>
       </c>
       <c r="FK51" s="18">
         <v>282.64698369999996</v>
       </c>
       <c r="FL51" s="18">
         <v>282.64698369999996</v>
       </c>
+      <c r="FM51" s="18">
+        <f>+[1]Bruto_ST!FQ69</f>
+        <v>282.64698369999996</v>
+      </c>
     </row>
-    <row r="52" spans="2:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="52" spans="2:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B52" s="19" t="s">
         <v>54</v>
       </c>
       <c r="C52" s="18">
         <v>0</v>
       </c>
       <c r="D52" s="18">
         <v>0</v>
       </c>
       <c r="E52" s="18">
         <v>0</v>
       </c>
       <c r="F52" s="18">
         <v>0</v>
       </c>
       <c r="G52" s="18">
         <v>0</v>
       </c>
       <c r="H52" s="18">
         <v>0</v>
       </c>
       <c r="I52" s="18">
         <v>0</v>
       </c>
       <c r="J52" s="18">
@@ -24481,52 +25402,56 @@
       </c>
       <c r="FE52" s="18">
         <v>0</v>
       </c>
       <c r="FF52" s="18">
         <v>0</v>
       </c>
       <c r="FG52" s="18">
         <v>0</v>
       </c>
       <c r="FH52" s="18">
         <v>0</v>
       </c>
       <c r="FI52" s="18">
         <v>0</v>
       </c>
       <c r="FJ52" s="18">
         <v>0</v>
       </c>
       <c r="FK52" s="18">
         <v>0</v>
       </c>
       <c r="FL52" s="18">
         <v>0</v>
       </c>
+      <c r="FM52" s="18">
+        <f>+[1]Bruto_ST!FQ70</f>
+        <v>0</v>
+      </c>
     </row>
-    <row r="53" spans="2:168" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="53" spans="2:169" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B53" s="15" t="s">
         <v>64</v>
       </c>
       <c r="C53" s="16">
         <v>0</v>
       </c>
       <c r="D53" s="16">
         <v>0</v>
       </c>
       <c r="E53" s="16">
         <v>0</v>
       </c>
       <c r="F53" s="16">
         <v>0</v>
       </c>
       <c r="G53" s="16">
         <v>0</v>
       </c>
       <c r="H53" s="16">
         <v>0</v>
       </c>
       <c r="I53" s="16">
         <v>0</v>
       </c>
       <c r="J53" s="16">
@@ -24984,52 +25909,56 @@
       </c>
       <c r="FE53" s="16">
         <v>16.08324</v>
       </c>
       <c r="FF53" s="16">
         <v>16.08324</v>
       </c>
       <c r="FG53" s="16">
         <v>16.08324</v>
       </c>
       <c r="FH53" s="16">
         <v>16.08324</v>
       </c>
       <c r="FI53" s="16">
         <v>16.08324</v>
       </c>
       <c r="FJ53" s="16">
         <v>16.08324</v>
       </c>
       <c r="FK53" s="16">
         <v>16.08324</v>
       </c>
       <c r="FL53" s="16">
         <v>16.08324</v>
       </c>
+      <c r="FM53" s="16">
+        <f>+[1]Bruto_ST!FQ71</f>
+        <v>16.08324</v>
+      </c>
     </row>
-    <row r="54" spans="2:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="54" spans="2:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B54" s="17" t="s">
         <v>53</v>
       </c>
       <c r="C54" s="18">
         <v>0</v>
       </c>
       <c r="D54" s="18">
         <v>0</v>
       </c>
       <c r="E54" s="18">
         <v>0</v>
       </c>
       <c r="F54" s="18">
         <v>0</v>
       </c>
       <c r="G54" s="18">
         <v>0</v>
       </c>
       <c r="H54" s="18">
         <v>0</v>
       </c>
       <c r="I54" s="18">
         <v>0</v>
       </c>
       <c r="J54" s="18">
@@ -25487,52 +26416,56 @@
       </c>
       <c r="FE54" s="18">
         <v>16.08324</v>
       </c>
       <c r="FF54" s="18">
         <v>16.08324</v>
       </c>
       <c r="FG54" s="18">
         <v>16.08324</v>
       </c>
       <c r="FH54" s="18">
         <v>16.08324</v>
       </c>
       <c r="FI54" s="18">
         <v>16.08324</v>
       </c>
       <c r="FJ54" s="18">
         <v>16.08324</v>
       </c>
       <c r="FK54" s="18">
         <v>16.08324</v>
       </c>
       <c r="FL54" s="18">
         <v>16.08324</v>
       </c>
+      <c r="FM54" s="18">
+        <f>+[1]Bruto_ST!FQ72</f>
+        <v>16.08324</v>
+      </c>
     </row>
-    <row r="55" spans="2:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="55" spans="2:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B55" s="19" t="s">
         <v>54</v>
       </c>
       <c r="C55" s="18">
         <v>0</v>
       </c>
       <c r="D55" s="18">
         <v>0</v>
       </c>
       <c r="E55" s="18">
         <v>0</v>
       </c>
       <c r="F55" s="18">
         <v>0</v>
       </c>
       <c r="G55" s="18">
         <v>0</v>
       </c>
       <c r="H55" s="18">
         <v>0</v>
       </c>
       <c r="I55" s="18">
         <v>0</v>
       </c>
       <c r="J55" s="18">
@@ -25990,52 +26923,56 @@
       </c>
       <c r="FE55" s="18">
         <v>0</v>
       </c>
       <c r="FF55" s="18">
         <v>0</v>
       </c>
       <c r="FG55" s="18">
         <v>0</v>
       </c>
       <c r="FH55" s="18">
         <v>0</v>
       </c>
       <c r="FI55" s="18">
         <v>0</v>
       </c>
       <c r="FJ55" s="18">
         <v>0</v>
       </c>
       <c r="FK55" s="18">
         <v>0</v>
       </c>
       <c r="FL55" s="18">
         <v>0</v>
       </c>
+      <c r="FM55" s="18">
+        <f>+[1]Bruto_ST!FQ73</f>
+        <v>0</v>
+      </c>
     </row>
-    <row r="56" spans="2:168" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="56" spans="2:169" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B56" s="15" t="s">
         <v>60</v>
       </c>
       <c r="C56" s="16">
         <v>3492.2566965300002</v>
       </c>
       <c r="D56" s="16">
         <v>3497.6504054699999</v>
       </c>
       <c r="E56" s="16">
         <v>3502.6606782099998</v>
       </c>
       <c r="F56" s="16">
         <v>3539.1544070599998</v>
       </c>
       <c r="G56" s="16">
         <v>3540.1891140799999</v>
       </c>
       <c r="H56" s="16">
         <v>3580.6770508999998</v>
       </c>
       <c r="I56" s="16">
         <v>3579.78180901</v>
       </c>
       <c r="J56" s="16">
@@ -26493,52 +27430,56 @@
       </c>
       <c r="FE56" s="16">
         <v>3697.9566853599999</v>
       </c>
       <c r="FF56" s="16">
         <v>3697.9566853599999</v>
       </c>
       <c r="FG56" s="16">
         <v>3697.9566853599999</v>
       </c>
       <c r="FH56" s="16">
         <v>3697.4092293600002</v>
       </c>
       <c r="FI56" s="16">
         <v>3697.4092293600002</v>
       </c>
       <c r="FJ56" s="16">
         <v>3697.4092293600002</v>
       </c>
       <c r="FK56" s="16">
         <v>3697.4092293600002</v>
       </c>
       <c r="FL56" s="16">
         <v>3697.4092293600002</v>
       </c>
+      <c r="FM56" s="16">
+        <f>+[1]Bruto_ST!FQ77</f>
+        <v>3697.4092293600002</v>
+      </c>
     </row>
-    <row r="57" spans="2:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="57" spans="2:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B57" s="17" t="s">
         <v>53</v>
       </c>
       <c r="C57" s="18">
         <v>3491.4720658299998</v>
       </c>
       <c r="D57" s="18">
         <v>3496.8657747699999</v>
       </c>
       <c r="E57" s="18">
         <v>3501.8760475099998</v>
       </c>
       <c r="F57" s="18">
         <v>3538.3697763599998</v>
       </c>
       <c r="G57" s="18">
         <v>3539.4044833799999</v>
       </c>
       <c r="H57" s="18">
         <v>3579.8924201999998</v>
       </c>
       <c r="I57" s="18">
         <v>3578.99717831</v>
       </c>
       <c r="J57" s="18">
@@ -26996,52 +27937,56 @@
       </c>
       <c r="FE57" s="18">
         <v>3697.9566853599999</v>
       </c>
       <c r="FF57" s="18">
         <v>3697.9566853599999</v>
       </c>
       <c r="FG57" s="18">
         <v>3697.9566853599999</v>
       </c>
       <c r="FH57" s="18">
         <v>3697.4092293600002</v>
       </c>
       <c r="FI57" s="18">
         <v>3697.4092293600002</v>
       </c>
       <c r="FJ57" s="18">
         <v>3697.4092293600002</v>
       </c>
       <c r="FK57" s="18">
         <v>3697.4092293600002</v>
       </c>
       <c r="FL57" s="18">
         <v>3697.4092293600002</v>
       </c>
+      <c r="FM57" s="18">
+        <f>+[1]Bruto_ST!FQ78</f>
+        <v>3697.4092293600002</v>
+      </c>
     </row>
-    <row r="58" spans="2:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="58" spans="2:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B58" s="19" t="s">
         <v>54</v>
       </c>
       <c r="C58" s="18">
         <v>0.78463070000000001</v>
       </c>
       <c r="D58" s="18">
         <v>0.78463070000000001</v>
       </c>
       <c r="E58" s="18">
         <v>0.78463070000000001</v>
       </c>
       <c r="F58" s="18">
         <v>0.78463070000000001</v>
       </c>
       <c r="G58" s="18">
         <v>0.78463070000000001</v>
       </c>
       <c r="H58" s="18">
         <v>0.78463070000000001</v>
       </c>
       <c r="I58" s="18">
         <v>0.78463070000000001</v>
       </c>
       <c r="J58" s="18">
@@ -27499,52 +28444,56 @@
       </c>
       <c r="FE58" s="18">
         <v>0</v>
       </c>
       <c r="FF58" s="18">
         <v>0</v>
       </c>
       <c r="FG58" s="18">
         <v>0</v>
       </c>
       <c r="FH58" s="18">
         <v>0</v>
       </c>
       <c r="FI58" s="18">
         <v>0</v>
       </c>
       <c r="FJ58" s="18">
         <v>0</v>
       </c>
       <c r="FK58" s="18">
         <v>0</v>
       </c>
       <c r="FL58" s="18">
         <v>0</v>
       </c>
+      <c r="FM58" s="18">
+        <f>+[1]Bruto_ST!FQ79</f>
+        <v>0</v>
+      </c>
     </row>
-    <row r="59" spans="2:168" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="59" spans="2:169" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B59" s="15" t="s">
         <v>61</v>
       </c>
       <c r="C59" s="16">
         <v>2676.0561358999998</v>
       </c>
       <c r="D59" s="16">
         <v>2646.9465370399998</v>
       </c>
       <c r="E59" s="16">
         <v>2608.3643869000002</v>
       </c>
       <c r="F59" s="16">
         <v>2610.9101165400002</v>
       </c>
       <c r="G59" s="16">
         <v>2577.4927710000002</v>
       </c>
       <c r="H59" s="16">
         <v>2584.8518854700001</v>
       </c>
       <c r="I59" s="16">
         <v>2573.9479369699998</v>
       </c>
       <c r="J59" s="16">
@@ -28002,52 +28951,56 @@
       </c>
       <c r="FE59" s="16">
         <v>4872.1211259300007</v>
       </c>
       <c r="FF59" s="16">
         <v>4831.1414360200006</v>
       </c>
       <c r="FG59" s="16">
         <v>4791.6834454399996</v>
       </c>
       <c r="FH59" s="16">
         <v>4834.3790936300002</v>
       </c>
       <c r="FI59" s="16">
         <v>4810.8792178399999</v>
       </c>
       <c r="FJ59" s="16">
         <v>4786.9409055900005</v>
       </c>
       <c r="FK59" s="16">
         <v>4851.8237960600009</v>
       </c>
       <c r="FL59" s="16">
         <v>4852.6697712499999</v>
       </c>
+      <c r="FM59" s="16">
+        <f>+[1]Bruto_ST!FQ80</f>
+        <v>4789.7439946800005</v>
+      </c>
     </row>
-    <row r="60" spans="2:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="60" spans="2:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B60" s="17" t="s">
         <v>53</v>
       </c>
       <c r="C60" s="18">
         <v>2663.96100019</v>
       </c>
       <c r="D60" s="18">
         <v>2634.85140133</v>
       </c>
       <c r="E60" s="18">
         <v>2596.26925119</v>
       </c>
       <c r="F60" s="18">
         <v>2598.81498083</v>
       </c>
       <c r="G60" s="18">
         <v>2566.4779458600001</v>
       </c>
       <c r="H60" s="18">
         <v>2573.83706033</v>
       </c>
       <c r="I60" s="18">
         <v>2562.9331118300001</v>
       </c>
       <c r="J60" s="18">
@@ -28505,52 +29458,56 @@
       </c>
       <c r="FE60" s="18">
         <v>4856.1695300600004</v>
       </c>
       <c r="FF60" s="18">
         <v>4815.1898401499993</v>
       </c>
       <c r="FG60" s="18">
         <v>4775.7318495700001</v>
       </c>
       <c r="FH60" s="18">
         <v>4818.4274977599998</v>
       </c>
       <c r="FI60" s="18">
         <v>4794.9276219700005</v>
       </c>
       <c r="FJ60" s="18">
         <v>4771.1832073199994</v>
       </c>
       <c r="FK60" s="18">
         <v>4836.0241687799999</v>
       </c>
       <c r="FL60" s="18">
         <v>4836.8701439699998</v>
       </c>
+      <c r="FM60" s="18">
+        <f>+[1]Bruto_ST!FQ81</f>
+        <v>4773.9443673999995</v>
+      </c>
     </row>
-    <row r="61" spans="2:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="61" spans="2:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B61" s="22" t="s">
         <v>54</v>
       </c>
       <c r="C61" s="23">
         <v>12.095135709999999</v>
       </c>
       <c r="D61" s="23">
         <v>12.095135709999999</v>
       </c>
       <c r="E61" s="23">
         <v>12.095135709999999</v>
       </c>
       <c r="F61" s="23">
         <v>12.095135709999999</v>
       </c>
       <c r="G61" s="23">
         <v>11.014825139999999</v>
       </c>
       <c r="H61" s="23">
         <v>11.014825139999999</v>
       </c>
       <c r="I61" s="23">
         <v>11.014825139999999</v>
       </c>
       <c r="J61" s="23">
@@ -29008,52 +29965,56 @@
       </c>
       <c r="FE61" s="23">
         <v>15.951595869999998</v>
       </c>
       <c r="FF61" s="23">
         <v>15.951595869999998</v>
       </c>
       <c r="FG61" s="23">
         <v>15.951595869999998</v>
       </c>
       <c r="FH61" s="23">
         <v>15.951595869999998</v>
       </c>
       <c r="FI61" s="23">
         <v>15.951595869999998</v>
       </c>
       <c r="FJ61" s="23">
         <v>15.757698269999999</v>
       </c>
       <c r="FK61" s="23">
         <v>15.799627279999999</v>
       </c>
       <c r="FL61" s="23">
         <v>15.799627279999999</v>
       </c>
+      <c r="FM61" s="23">
+        <f>+[1]Bruto_ST!FQ82</f>
+        <v>15.799627279999999</v>
+      </c>
     </row>
-    <row r="62" spans="2:168" s="14" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="62" spans="2:169" s="14" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B62" s="28" t="s">
         <v>65</v>
       </c>
       <c r="C62" s="26">
         <v>8720.6910207599994</v>
       </c>
       <c r="D62" s="26">
         <v>8707.4684615200003</v>
       </c>
       <c r="E62" s="26">
         <v>8673.8965841200006</v>
       </c>
       <c r="F62" s="26">
         <v>8722.7060339899999</v>
       </c>
       <c r="G62" s="26">
         <v>8720.2794642099998</v>
       </c>
       <c r="H62" s="26">
         <v>8769.1222020099995</v>
       </c>
       <c r="I62" s="26">
         <v>8758.9224541900003</v>
       </c>
       <c r="J62" s="26">
@@ -29511,52 +30472,56 @@
       </c>
       <c r="FE62" s="26">
         <v>13020.410611960002</v>
       </c>
       <c r="FF62" s="26">
         <v>12973.099137120002</v>
       </c>
       <c r="FG62" s="26">
         <v>12933.64114654</v>
       </c>
       <c r="FH62" s="26">
         <v>12975.789338730001</v>
       </c>
       <c r="FI62" s="26">
         <v>12948.649218780001</v>
       </c>
       <c r="FJ62" s="26">
         <v>12924.714206530001</v>
       </c>
       <c r="FK62" s="26">
         <v>12989.597097000002</v>
       </c>
       <c r="FL62" s="26">
         <v>12990.45633719</v>
       </c>
+      <c r="FM62" s="26">
+        <f t="shared" ref="FM62" si="1">+FM59+FM56+FM50+FM47+FM44+FM41+FM38+FM35+FM53</f>
+        <v>12911.681048420001</v>
+      </c>
     </row>
-    <row r="63" spans="2:168" s="14" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="63" spans="2:169" s="14" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B63" s="24" t="s">
         <v>66</v>
       </c>
       <c r="C63" s="25">
         <v>26319.905909649999</v>
       </c>
       <c r="D63" s="25">
         <v>26136.319460260002</v>
       </c>
       <c r="E63" s="25">
         <v>26259.863541760002</v>
       </c>
       <c r="F63" s="25">
         <v>26550.80457692</v>
       </c>
       <c r="G63" s="25">
         <v>26268.706657499999</v>
       </c>
       <c r="H63" s="25">
         <v>25514.118313989999</v>
       </c>
       <c r="I63" s="25">
         <v>25759.154952090001</v>
       </c>
       <c r="J63" s="25">
@@ -30014,52 +30979,56 @@
       </c>
       <c r="FE63" s="25">
         <v>42585.030177030007</v>
       </c>
       <c r="FF63" s="25">
         <v>42803.920371790002</v>
       </c>
       <c r="FG63" s="25">
         <v>42162.781047340002</v>
       </c>
       <c r="FH63" s="25">
         <v>42812.697733399997</v>
       </c>
       <c r="FI63" s="25">
         <v>43719.865831340001</v>
       </c>
       <c r="FJ63" s="25">
         <v>45420.377327810005</v>
       </c>
       <c r="FK63" s="25">
         <v>44922.264244400008</v>
       </c>
       <c r="FL63" s="25">
         <v>45264.304870740001</v>
       </c>
+      <c r="FM63" s="25">
+        <f t="shared" ref="FM63" si="2">+FM62+FM33</f>
+        <v>45251.493634089995</v>
+      </c>
     </row>
-    <row r="64" spans="2:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="64" spans="2:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="BM64" s="30"/>
       <c r="BN64" s="30"/>
       <c r="BO64" s="30"/>
       <c r="BP64" s="30"/>
       <c r="BQ64" s="30"/>
       <c r="BR64" s="30"/>
       <c r="BS64" s="30"/>
       <c r="BT64" s="30"/>
       <c r="BU64" s="30"/>
       <c r="BV64" s="30"/>
       <c r="BW64" s="30"/>
       <c r="BX64" s="30"/>
       <c r="BY64" s="30"/>
       <c r="BZ64" s="30"/>
       <c r="CA64" s="30"/>
       <c r="CB64" s="30"/>
       <c r="CC64" s="30"/>
       <c r="CD64" s="30"/>
       <c r="CE64" s="30"/>
       <c r="CF64" s="30"/>
       <c r="CG64" s="30"/>
       <c r="CH64" s="30"/>
       <c r="CI64" s="30"/>
       <c r="CJ64" s="30"/>
       <c r="CK64" s="30"/>
@@ -30120,52 +31089,53 @@
       <c r="EN64" s="30"/>
       <c r="EO64" s="30"/>
       <c r="EP64" s="30"/>
       <c r="EQ64" s="30"/>
       <c r="ER64" s="30"/>
       <c r="ES64" s="30"/>
       <c r="ET64" s="30"/>
       <c r="EU64" s="30"/>
       <c r="EV64" s="30"/>
       <c r="EW64" s="30"/>
       <c r="EX64" s="30"/>
       <c r="EY64" s="30"/>
       <c r="EZ64" s="30"/>
       <c r="FA64" s="30"/>
       <c r="FB64" s="30"/>
       <c r="FC64" s="30"/>
       <c r="FD64" s="30"/>
       <c r="FE64" s="30"/>
       <c r="FF64" s="30"/>
       <c r="FG64" s="30"/>
       <c r="FH64" s="30"/>
       <c r="FI64" s="30"/>
       <c r="FJ64" s="30"/>
       <c r="FK64" s="30"/>
       <c r="FL64" s="30"/>
+      <c r="FM64" s="30"/>
     </row>
-    <row r="65" spans="2:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="65" spans="2:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="BM65" s="30"/>
       <c r="BN65" s="30"/>
       <c r="BO65" s="30"/>
       <c r="BP65" s="30"/>
       <c r="BQ65" s="30"/>
       <c r="BR65" s="30"/>
       <c r="BS65" s="30"/>
       <c r="BT65" s="30"/>
       <c r="BU65" s="30"/>
       <c r="BV65" s="30"/>
       <c r="BW65" s="30"/>
       <c r="BX65" s="30"/>
       <c r="BY65" s="30"/>
       <c r="BZ65" s="30"/>
       <c r="CA65" s="30"/>
       <c r="CB65" s="30"/>
       <c r="CC65" s="30"/>
       <c r="CD65" s="30"/>
       <c r="CE65" s="30"/>
       <c r="CF65" s="30"/>
       <c r="CG65" s="30"/>
       <c r="CH65" s="30"/>
       <c r="CI65" s="30"/>
       <c r="CJ65" s="30"/>
       <c r="CK65" s="30"/>
@@ -30226,52 +31196,53 @@
       <c r="EN65" s="30"/>
       <c r="EO65" s="30"/>
       <c r="EP65" s="30"/>
       <c r="EQ65" s="30"/>
       <c r="ER65" s="30"/>
       <c r="ES65" s="30"/>
       <c r="ET65" s="30"/>
       <c r="EU65" s="30"/>
       <c r="EV65" s="30"/>
       <c r="EW65" s="30"/>
       <c r="EX65" s="30"/>
       <c r="EY65" s="30"/>
       <c r="EZ65" s="30"/>
       <c r="FA65" s="30"/>
       <c r="FB65" s="30"/>
       <c r="FC65" s="30"/>
       <c r="FD65" s="30"/>
       <c r="FE65" s="30"/>
       <c r="FF65" s="30"/>
       <c r="FG65" s="30"/>
       <c r="FH65" s="30"/>
       <c r="FI65" s="30"/>
       <c r="FJ65" s="30"/>
       <c r="FK65" s="30"/>
       <c r="FL65" s="30"/>
+      <c r="FM65" s="30"/>
     </row>
-    <row r="66" spans="2:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="66" spans="2:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B66" s="8" t="s">
         <v>67</v>
       </c>
       <c r="BI66" s="30"/>
       <c r="BJ66" s="30"/>
       <c r="BK66" s="30"/>
       <c r="BL66" s="30"/>
       <c r="BM66" s="30"/>
       <c r="BN66" s="30"/>
       <c r="BO66" s="30"/>
       <c r="BP66" s="30"/>
       <c r="BQ66" s="30"/>
       <c r="BR66" s="30"/>
       <c r="BS66" s="30"/>
       <c r="BT66" s="30"/>
       <c r="BU66" s="30"/>
       <c r="BV66" s="30"/>
       <c r="BW66" s="30"/>
       <c r="BX66" s="30"/>
       <c r="BY66" s="30"/>
       <c r="BZ66" s="30"/>
       <c r="CA66" s="30"/>
       <c r="CB66" s="30"/>
       <c r="CC66" s="30"/>
       <c r="CD66" s="30"/>
@@ -30339,52 +31310,53 @@
       <c r="EN66" s="30"/>
       <c r="EO66" s="30"/>
       <c r="EP66" s="30"/>
       <c r="EQ66" s="30"/>
       <c r="ER66" s="30"/>
       <c r="ES66" s="30"/>
       <c r="ET66" s="30"/>
       <c r="EU66" s="30"/>
       <c r="EV66" s="30"/>
       <c r="EW66" s="30"/>
       <c r="EX66" s="30"/>
       <c r="EY66" s="30"/>
       <c r="EZ66" s="30"/>
       <c r="FA66" s="30"/>
       <c r="FB66" s="30"/>
       <c r="FC66" s="30"/>
       <c r="FD66" s="30"/>
       <c r="FE66" s="30"/>
       <c r="FF66" s="30"/>
       <c r="FG66" s="30"/>
       <c r="FH66" s="30"/>
       <c r="FI66" s="30"/>
       <c r="FJ66" s="30"/>
       <c r="FK66" s="30"/>
       <c r="FL66" s="30"/>
+      <c r="FM66" s="30"/>
     </row>
-    <row r="67" spans="2:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="67" spans="2:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B67" s="32" t="s">
         <v>152</v>
       </c>
       <c r="BM67" s="30"/>
       <c r="BN67" s="30"/>
       <c r="BO67" s="30"/>
       <c r="BP67" s="30"/>
       <c r="BQ67" s="30"/>
       <c r="BR67" s="30"/>
       <c r="BS67" s="30"/>
       <c r="BT67" s="30"/>
       <c r="BU67" s="30"/>
       <c r="BV67" s="30"/>
       <c r="BW67" s="30"/>
       <c r="BX67" s="30"/>
       <c r="BY67" s="30"/>
       <c r="BZ67" s="30"/>
       <c r="CA67" s="30"/>
       <c r="CB67" s="30"/>
       <c r="CC67" s="30"/>
       <c r="CD67" s="30"/>
       <c r="CE67" s="30"/>
       <c r="CF67" s="30"/>
       <c r="CG67" s="30"/>
       <c r="CH67" s="30"/>
@@ -30448,52 +31420,53 @@
       <c r="EN67" s="30"/>
       <c r="EO67" s="30"/>
       <c r="EP67" s="30"/>
       <c r="EQ67" s="30"/>
       <c r="ER67" s="30"/>
       <c r="ES67" s="30"/>
       <c r="ET67" s="30"/>
       <c r="EU67" s="30"/>
       <c r="EV67" s="30"/>
       <c r="EW67" s="30"/>
       <c r="EX67" s="30"/>
       <c r="EY67" s="30"/>
       <c r="EZ67" s="30"/>
       <c r="FA67" s="30"/>
       <c r="FB67" s="30"/>
       <c r="FC67" s="30"/>
       <c r="FD67" s="30"/>
       <c r="FE67" s="30"/>
       <c r="FF67" s="30"/>
       <c r="FG67" s="30"/>
       <c r="FH67" s="30"/>
       <c r="FI67" s="30"/>
       <c r="FJ67" s="30"/>
       <c r="FK67" s="30"/>
       <c r="FL67" s="30"/>
+      <c r="FM67" s="30"/>
     </row>
-    <row r="68" spans="2:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="68" spans="2:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="BM68" s="30"/>
       <c r="BN68" s="30"/>
       <c r="BO68" s="30"/>
       <c r="BP68" s="30"/>
       <c r="BQ68" s="30"/>
       <c r="BR68" s="30"/>
       <c r="BS68" s="30"/>
       <c r="BT68" s="30"/>
       <c r="BU68" s="30"/>
       <c r="BV68" s="30"/>
       <c r="BW68" s="30"/>
       <c r="BX68" s="30"/>
       <c r="BY68" s="30"/>
       <c r="BZ68" s="30"/>
       <c r="CA68" s="30"/>
       <c r="CB68" s="30"/>
       <c r="CC68" s="30"/>
       <c r="CD68" s="30"/>
       <c r="CE68" s="30"/>
       <c r="CF68" s="30"/>
       <c r="CG68" s="30"/>
       <c r="CH68" s="30"/>
       <c r="CI68" s="30"/>
       <c r="CJ68" s="30"/>
       <c r="CK68" s="30"/>
@@ -30554,52 +31527,53 @@
       <c r="EN68" s="30"/>
       <c r="EO68" s="30"/>
       <c r="EP68" s="30"/>
       <c r="EQ68" s="30"/>
       <c r="ER68" s="30"/>
       <c r="ES68" s="30"/>
       <c r="ET68" s="30"/>
       <c r="EU68" s="30"/>
       <c r="EV68" s="30"/>
       <c r="EW68" s="30"/>
       <c r="EX68" s="30"/>
       <c r="EY68" s="30"/>
       <c r="EZ68" s="30"/>
       <c r="FA68" s="30"/>
       <c r="FB68" s="30"/>
       <c r="FC68" s="30"/>
       <c r="FD68" s="30"/>
       <c r="FE68" s="30"/>
       <c r="FF68" s="30"/>
       <c r="FG68" s="30"/>
       <c r="FH68" s="30"/>
       <c r="FI68" s="30"/>
       <c r="FJ68" s="30"/>
       <c r="FK68" s="30"/>
       <c r="FL68" s="30"/>
+      <c r="FM68" s="30"/>
     </row>
-    <row r="69" spans="2:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="69" spans="2:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="BM69" s="30"/>
       <c r="BN69" s="30"/>
       <c r="BO69" s="30"/>
       <c r="BP69" s="30"/>
       <c r="BQ69" s="30"/>
       <c r="BR69" s="30"/>
       <c r="BS69" s="30"/>
       <c r="BT69" s="30"/>
       <c r="BU69" s="30"/>
       <c r="BV69" s="30"/>
       <c r="BW69" s="30"/>
       <c r="BX69" s="30"/>
       <c r="BY69" s="30"/>
       <c r="BZ69" s="30"/>
       <c r="CA69" s="30"/>
       <c r="CB69" s="30"/>
       <c r="CC69" s="30"/>
       <c r="CD69" s="30"/>
       <c r="CE69" s="30"/>
       <c r="CF69" s="30"/>
       <c r="CG69" s="30"/>
       <c r="CH69" s="30"/>
       <c r="CI69" s="30"/>
       <c r="CJ69" s="30"/>
       <c r="CK69" s="30"/>
@@ -30660,52 +31634,53 @@
       <c r="EN69" s="30"/>
       <c r="EO69" s="30"/>
       <c r="EP69" s="30"/>
       <c r="EQ69" s="30"/>
       <c r="ER69" s="30"/>
       <c r="ES69" s="30"/>
       <c r="ET69" s="30"/>
       <c r="EU69" s="30"/>
       <c r="EV69" s="30"/>
       <c r="EW69" s="30"/>
       <c r="EX69" s="30"/>
       <c r="EY69" s="30"/>
       <c r="EZ69" s="30"/>
       <c r="FA69" s="30"/>
       <c r="FB69" s="30"/>
       <c r="FC69" s="30"/>
       <c r="FD69" s="30"/>
       <c r="FE69" s="30"/>
       <c r="FF69" s="30"/>
       <c r="FG69" s="30"/>
       <c r="FH69" s="30"/>
       <c r="FI69" s="30"/>
       <c r="FJ69" s="30"/>
       <c r="FK69" s="30"/>
       <c r="FL69" s="30"/>
+      <c r="FM69" s="30"/>
     </row>
-    <row r="70" spans="2:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="70" spans="2:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="BM70" s="30"/>
       <c r="BN70" s="30"/>
       <c r="BO70" s="30"/>
       <c r="BP70" s="30"/>
       <c r="BQ70" s="30"/>
       <c r="BR70" s="30"/>
       <c r="BS70" s="30"/>
       <c r="BT70" s="30"/>
       <c r="BU70" s="30"/>
       <c r="BV70" s="30"/>
       <c r="BW70" s="30"/>
       <c r="BX70" s="30"/>
       <c r="BY70" s="30"/>
       <c r="BZ70" s="30"/>
       <c r="CA70" s="30"/>
       <c r="CB70" s="30"/>
       <c r="CC70" s="30"/>
       <c r="CD70" s="30"/>
       <c r="CE70" s="30"/>
       <c r="CF70" s="30"/>
       <c r="CG70" s="30"/>
       <c r="CH70" s="30"/>
       <c r="CI70" s="30"/>
       <c r="CJ70" s="30"/>
       <c r="CK70" s="30"/>
@@ -30766,52 +31741,53 @@
       <c r="EN70" s="30"/>
       <c r="EO70" s="30"/>
       <c r="EP70" s="30"/>
       <c r="EQ70" s="30"/>
       <c r="ER70" s="30"/>
       <c r="ES70" s="30"/>
       <c r="ET70" s="30"/>
       <c r="EU70" s="30"/>
       <c r="EV70" s="30"/>
       <c r="EW70" s="30"/>
       <c r="EX70" s="30"/>
       <c r="EY70" s="30"/>
       <c r="EZ70" s="30"/>
       <c r="FA70" s="30"/>
       <c r="FB70" s="30"/>
       <c r="FC70" s="30"/>
       <c r="FD70" s="30"/>
       <c r="FE70" s="30"/>
       <c r="FF70" s="30"/>
       <c r="FG70" s="30"/>
       <c r="FH70" s="30"/>
       <c r="FI70" s="30"/>
       <c r="FJ70" s="30"/>
       <c r="FK70" s="30"/>
       <c r="FL70" s="30"/>
+      <c r="FM70" s="30"/>
     </row>
-    <row r="71" spans="2:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="71" spans="2:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C71" s="29"/>
       <c r="D71" s="29"/>
       <c r="E71" s="29"/>
       <c r="F71" s="29"/>
       <c r="G71" s="29"/>
       <c r="H71" s="29"/>
       <c r="I71" s="29"/>
       <c r="J71" s="29"/>
       <c r="K71" s="29"/>
       <c r="L71" s="29"/>
       <c r="M71" s="29"/>
       <c r="N71" s="29"/>
       <c r="O71" s="29"/>
       <c r="P71" s="29"/>
       <c r="Q71" s="29"/>
       <c r="R71" s="29"/>
       <c r="S71" s="29"/>
       <c r="T71" s="29"/>
       <c r="U71" s="29"/>
       <c r="V71" s="29"/>
       <c r="W71" s="29"/>
       <c r="X71" s="29"/>
       <c r="Y71" s="29"/>
       <c r="Z71" s="29"/>
       <c r="AA71" s="29"/>
@@ -30930,52 +31906,53 @@
       <c r="EN71" s="30"/>
       <c r="EO71" s="30"/>
       <c r="EP71" s="30"/>
       <c r="EQ71" s="30"/>
       <c r="ER71" s="30"/>
       <c r="ES71" s="30"/>
       <c r="ET71" s="30"/>
       <c r="EU71" s="30"/>
       <c r="EV71" s="30"/>
       <c r="EW71" s="30"/>
       <c r="EX71" s="30"/>
       <c r="EY71" s="30"/>
       <c r="EZ71" s="30"/>
       <c r="FA71" s="30"/>
       <c r="FB71" s="30"/>
       <c r="FC71" s="30"/>
       <c r="FD71" s="30"/>
       <c r="FE71" s="30"/>
       <c r="FF71" s="30"/>
       <c r="FG71" s="30"/>
       <c r="FH71" s="30"/>
       <c r="FI71" s="30"/>
       <c r="FJ71" s="30"/>
       <c r="FK71" s="30"/>
       <c r="FL71" s="30"/>
+      <c r="FM71" s="30"/>
     </row>
-    <row r="72" spans="2:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="72" spans="2:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C72" s="29"/>
       <c r="D72" s="29"/>
       <c r="E72" s="29"/>
       <c r="F72" s="29"/>
       <c r="G72" s="29"/>
       <c r="H72" s="29"/>
       <c r="I72" s="29"/>
       <c r="J72" s="29"/>
       <c r="K72" s="29"/>
       <c r="L72" s="29"/>
       <c r="M72" s="29"/>
       <c r="N72" s="29"/>
       <c r="O72" s="29"/>
       <c r="P72" s="29"/>
       <c r="Q72" s="29"/>
       <c r="R72" s="29"/>
       <c r="S72" s="29"/>
       <c r="T72" s="29"/>
       <c r="U72" s="29"/>
       <c r="V72" s="29"/>
       <c r="W72" s="29"/>
       <c r="X72" s="29"/>
       <c r="Y72" s="29"/>
       <c r="Z72" s="29"/>
       <c r="AA72" s="29"/>
@@ -31094,52 +32071,53 @@
       <c r="EN72" s="30"/>
       <c r="EO72" s="30"/>
       <c r="EP72" s="30"/>
       <c r="EQ72" s="30"/>
       <c r="ER72" s="30"/>
       <c r="ES72" s="30"/>
       <c r="ET72" s="30"/>
       <c r="EU72" s="30"/>
       <c r="EV72" s="30"/>
       <c r="EW72" s="30"/>
       <c r="EX72" s="30"/>
       <c r="EY72" s="30"/>
       <c r="EZ72" s="30"/>
       <c r="FA72" s="30"/>
       <c r="FB72" s="30"/>
       <c r="FC72" s="30"/>
       <c r="FD72" s="30"/>
       <c r="FE72" s="30"/>
       <c r="FF72" s="30"/>
       <c r="FG72" s="30"/>
       <c r="FH72" s="30"/>
       <c r="FI72" s="30"/>
       <c r="FJ72" s="30"/>
       <c r="FK72" s="30"/>
       <c r="FL72" s="30"/>
+      <c r="FM72" s="30"/>
     </row>
-    <row r="73" spans="2:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="73" spans="2:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C73" s="29"/>
       <c r="D73" s="29"/>
       <c r="E73" s="29"/>
       <c r="F73" s="29"/>
       <c r="G73" s="29"/>
       <c r="H73" s="29"/>
       <c r="I73" s="29"/>
       <c r="J73" s="29"/>
       <c r="K73" s="29"/>
       <c r="L73" s="29"/>
       <c r="M73" s="29"/>
       <c r="N73" s="29"/>
       <c r="O73" s="29"/>
       <c r="P73" s="29"/>
       <c r="Q73" s="29"/>
       <c r="R73" s="29"/>
       <c r="S73" s="29"/>
       <c r="T73" s="29"/>
       <c r="U73" s="29"/>
       <c r="V73" s="29"/>
       <c r="W73" s="29"/>
       <c r="X73" s="29"/>
       <c r="Y73" s="29"/>
       <c r="Z73" s="29"/>
       <c r="AA73" s="29"/>
@@ -31258,52 +32236,53 @@
       <c r="EN73" s="30"/>
       <c r="EO73" s="30"/>
       <c r="EP73" s="30"/>
       <c r="EQ73" s="30"/>
       <c r="ER73" s="30"/>
       <c r="ES73" s="30"/>
       <c r="ET73" s="30"/>
       <c r="EU73" s="30"/>
       <c r="EV73" s="30"/>
       <c r="EW73" s="30"/>
       <c r="EX73" s="30"/>
       <c r="EY73" s="30"/>
       <c r="EZ73" s="30"/>
       <c r="FA73" s="30"/>
       <c r="FB73" s="30"/>
       <c r="FC73" s="30"/>
       <c r="FD73" s="30"/>
       <c r="FE73" s="30"/>
       <c r="FF73" s="30"/>
       <c r="FG73" s="30"/>
       <c r="FH73" s="30"/>
       <c r="FI73" s="30"/>
       <c r="FJ73" s="30"/>
       <c r="FK73" s="30"/>
       <c r="FL73" s="30"/>
+      <c r="FM73" s="30"/>
     </row>
-    <row r="74" spans="2:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="74" spans="2:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C74" s="29"/>
       <c r="D74" s="29"/>
       <c r="E74" s="29"/>
       <c r="F74" s="29"/>
       <c r="G74" s="29"/>
       <c r="H74" s="29"/>
       <c r="I74" s="29"/>
       <c r="J74" s="29"/>
       <c r="K74" s="29"/>
       <c r="L74" s="29"/>
       <c r="M74" s="29"/>
       <c r="N74" s="29"/>
       <c r="O74" s="29"/>
       <c r="P74" s="29"/>
       <c r="Q74" s="29"/>
       <c r="R74" s="29"/>
       <c r="S74" s="29"/>
       <c r="T74" s="29"/>
       <c r="U74" s="29"/>
       <c r="V74" s="29"/>
       <c r="W74" s="29"/>
       <c r="X74" s="29"/>
       <c r="Y74" s="29"/>
       <c r="Z74" s="29"/>
       <c r="AA74" s="29"/>
@@ -31422,52 +32401,53 @@
       <c r="EN74" s="30"/>
       <c r="EO74" s="30"/>
       <c r="EP74" s="30"/>
       <c r="EQ74" s="30"/>
       <c r="ER74" s="30"/>
       <c r="ES74" s="30"/>
       <c r="ET74" s="30"/>
       <c r="EU74" s="30"/>
       <c r="EV74" s="30"/>
       <c r="EW74" s="30"/>
       <c r="EX74" s="30"/>
       <c r="EY74" s="30"/>
       <c r="EZ74" s="30"/>
       <c r="FA74" s="30"/>
       <c r="FB74" s="30"/>
       <c r="FC74" s="30"/>
       <c r="FD74" s="30"/>
       <c r="FE74" s="30"/>
       <c r="FF74" s="30"/>
       <c r="FG74" s="30"/>
       <c r="FH74" s="30"/>
       <c r="FI74" s="30"/>
       <c r="FJ74" s="30"/>
       <c r="FK74" s="30"/>
       <c r="FL74" s="30"/>
+      <c r="FM74" s="30"/>
     </row>
-    <row r="75" spans="2:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="75" spans="2:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C75" s="29"/>
       <c r="D75" s="29"/>
       <c r="E75" s="29"/>
       <c r="F75" s="29"/>
       <c r="G75" s="29"/>
       <c r="H75" s="29"/>
       <c r="I75" s="29"/>
       <c r="J75" s="29"/>
       <c r="K75" s="29"/>
       <c r="L75" s="29"/>
       <c r="M75" s="29"/>
       <c r="N75" s="29"/>
       <c r="O75" s="29"/>
       <c r="P75" s="29"/>
       <c r="Q75" s="29"/>
       <c r="R75" s="29"/>
       <c r="S75" s="29"/>
       <c r="T75" s="29"/>
       <c r="U75" s="29"/>
       <c r="V75" s="29"/>
       <c r="W75" s="29"/>
       <c r="X75" s="29"/>
       <c r="Y75" s="29"/>
       <c r="Z75" s="29"/>
       <c r="AA75" s="29"/>
@@ -31586,52 +32566,53 @@
       <c r="EN75" s="30"/>
       <c r="EO75" s="30"/>
       <c r="EP75" s="30"/>
       <c r="EQ75" s="30"/>
       <c r="ER75" s="30"/>
       <c r="ES75" s="30"/>
       <c r="ET75" s="30"/>
       <c r="EU75" s="30"/>
       <c r="EV75" s="30"/>
       <c r="EW75" s="30"/>
       <c r="EX75" s="30"/>
       <c r="EY75" s="30"/>
       <c r="EZ75" s="30"/>
       <c r="FA75" s="30"/>
       <c r="FB75" s="30"/>
       <c r="FC75" s="30"/>
       <c r="FD75" s="30"/>
       <c r="FE75" s="30"/>
       <c r="FF75" s="30"/>
       <c r="FG75" s="30"/>
       <c r="FH75" s="30"/>
       <c r="FI75" s="30"/>
       <c r="FJ75" s="30"/>
       <c r="FK75" s="30"/>
       <c r="FL75" s="30"/>
+      <c r="FM75" s="30"/>
     </row>
-    <row r="76" spans="2:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="76" spans="2:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C76" s="29"/>
       <c r="D76" s="29"/>
       <c r="E76" s="29"/>
       <c r="F76" s="29"/>
       <c r="G76" s="29"/>
       <c r="H76" s="29"/>
       <c r="I76" s="29"/>
       <c r="J76" s="29"/>
       <c r="K76" s="29"/>
       <c r="L76" s="29"/>
       <c r="M76" s="29"/>
       <c r="N76" s="29"/>
       <c r="O76" s="29"/>
       <c r="P76" s="29"/>
       <c r="Q76" s="29"/>
       <c r="R76" s="29"/>
       <c r="S76" s="29"/>
       <c r="T76" s="29"/>
       <c r="U76" s="29"/>
       <c r="V76" s="29"/>
       <c r="W76" s="29"/>
       <c r="X76" s="29"/>
       <c r="Y76" s="29"/>
       <c r="Z76" s="29"/>
       <c r="AA76" s="29"/>
@@ -31750,52 +32731,53 @@
       <c r="EN76" s="30"/>
       <c r="EO76" s="30"/>
       <c r="EP76" s="30"/>
       <c r="EQ76" s="30"/>
       <c r="ER76" s="30"/>
       <c r="ES76" s="30"/>
       <c r="ET76" s="30"/>
       <c r="EU76" s="30"/>
       <c r="EV76" s="30"/>
       <c r="EW76" s="30"/>
       <c r="EX76" s="30"/>
       <c r="EY76" s="30"/>
       <c r="EZ76" s="30"/>
       <c r="FA76" s="30"/>
       <c r="FB76" s="30"/>
       <c r="FC76" s="30"/>
       <c r="FD76" s="30"/>
       <c r="FE76" s="30"/>
       <c r="FF76" s="30"/>
       <c r="FG76" s="30"/>
       <c r="FH76" s="30"/>
       <c r="FI76" s="30"/>
       <c r="FJ76" s="30"/>
       <c r="FK76" s="30"/>
       <c r="FL76" s="30"/>
+      <c r="FM76" s="30"/>
     </row>
-    <row r="77" spans="2:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="77" spans="2:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C77" s="29"/>
       <c r="D77" s="29"/>
       <c r="E77" s="29"/>
       <c r="F77" s="29"/>
       <c r="G77" s="29"/>
       <c r="H77" s="29"/>
       <c r="I77" s="29"/>
       <c r="J77" s="29"/>
       <c r="K77" s="29"/>
       <c r="L77" s="29"/>
       <c r="M77" s="29"/>
       <c r="N77" s="29"/>
       <c r="O77" s="29"/>
       <c r="P77" s="29"/>
       <c r="Q77" s="29"/>
       <c r="R77" s="29"/>
       <c r="S77" s="29"/>
       <c r="T77" s="29"/>
       <c r="U77" s="29"/>
       <c r="V77" s="29"/>
       <c r="W77" s="29"/>
       <c r="X77" s="29"/>
       <c r="Y77" s="29"/>
       <c r="Z77" s="29"/>
       <c r="AA77" s="29"/>
@@ -31914,52 +32896,53 @@
       <c r="EN77" s="30"/>
       <c r="EO77" s="30"/>
       <c r="EP77" s="30"/>
       <c r="EQ77" s="30"/>
       <c r="ER77" s="30"/>
       <c r="ES77" s="30"/>
       <c r="ET77" s="30"/>
       <c r="EU77" s="30"/>
       <c r="EV77" s="30"/>
       <c r="EW77" s="30"/>
       <c r="EX77" s="30"/>
       <c r="EY77" s="30"/>
       <c r="EZ77" s="30"/>
       <c r="FA77" s="30"/>
       <c r="FB77" s="30"/>
       <c r="FC77" s="30"/>
       <c r="FD77" s="30"/>
       <c r="FE77" s="30"/>
       <c r="FF77" s="30"/>
       <c r="FG77" s="30"/>
       <c r="FH77" s="30"/>
       <c r="FI77" s="30"/>
       <c r="FJ77" s="30"/>
       <c r="FK77" s="30"/>
       <c r="FL77" s="30"/>
+      <c r="FM77" s="30"/>
     </row>
-    <row r="78" spans="2:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="78" spans="2:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C78" s="29"/>
       <c r="D78" s="29"/>
       <c r="E78" s="29"/>
       <c r="F78" s="29"/>
       <c r="G78" s="29"/>
       <c r="H78" s="29"/>
       <c r="I78" s="29"/>
       <c r="J78" s="29"/>
       <c r="K78" s="29"/>
       <c r="L78" s="29"/>
       <c r="M78" s="29"/>
       <c r="N78" s="29"/>
       <c r="O78" s="29"/>
       <c r="P78" s="29"/>
       <c r="Q78" s="29"/>
       <c r="R78" s="29"/>
       <c r="S78" s="29"/>
       <c r="T78" s="29"/>
       <c r="U78" s="29"/>
       <c r="V78" s="29"/>
       <c r="W78" s="29"/>
       <c r="X78" s="29"/>
       <c r="Y78" s="29"/>
       <c r="Z78" s="29"/>
       <c r="AA78" s="29"/>
@@ -32078,52 +33061,53 @@
       <c r="EN78" s="30"/>
       <c r="EO78" s="30"/>
       <c r="EP78" s="30"/>
       <c r="EQ78" s="30"/>
       <c r="ER78" s="30"/>
       <c r="ES78" s="30"/>
       <c r="ET78" s="30"/>
       <c r="EU78" s="30"/>
       <c r="EV78" s="30"/>
       <c r="EW78" s="30"/>
       <c r="EX78" s="30"/>
       <c r="EY78" s="30"/>
       <c r="EZ78" s="30"/>
       <c r="FA78" s="30"/>
       <c r="FB78" s="30"/>
       <c r="FC78" s="30"/>
       <c r="FD78" s="30"/>
       <c r="FE78" s="30"/>
       <c r="FF78" s="30"/>
       <c r="FG78" s="30"/>
       <c r="FH78" s="30"/>
       <c r="FI78" s="30"/>
       <c r="FJ78" s="30"/>
       <c r="FK78" s="30"/>
       <c r="FL78" s="30"/>
+      <c r="FM78" s="30"/>
     </row>
-    <row r="79" spans="2:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="79" spans="2:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C79" s="29"/>
       <c r="D79" s="29"/>
       <c r="E79" s="29"/>
       <c r="F79" s="29"/>
       <c r="G79" s="29"/>
       <c r="H79" s="29"/>
       <c r="I79" s="29"/>
       <c r="J79" s="29"/>
       <c r="K79" s="29"/>
       <c r="L79" s="29"/>
       <c r="M79" s="29"/>
       <c r="N79" s="29"/>
       <c r="O79" s="29"/>
       <c r="P79" s="29"/>
       <c r="Q79" s="29"/>
       <c r="R79" s="29"/>
       <c r="S79" s="29"/>
       <c r="T79" s="29"/>
       <c r="U79" s="29"/>
       <c r="V79" s="29"/>
       <c r="W79" s="29"/>
       <c r="X79" s="29"/>
       <c r="Y79" s="29"/>
       <c r="Z79" s="29"/>
       <c r="AA79" s="29"/>
@@ -32242,52 +33226,53 @@
       <c r="EN79" s="30"/>
       <c r="EO79" s="30"/>
       <c r="EP79" s="30"/>
       <c r="EQ79" s="30"/>
       <c r="ER79" s="30"/>
       <c r="ES79" s="30"/>
       <c r="ET79" s="30"/>
       <c r="EU79" s="30"/>
       <c r="EV79" s="30"/>
       <c r="EW79" s="30"/>
       <c r="EX79" s="30"/>
       <c r="EY79" s="30"/>
       <c r="EZ79" s="30"/>
       <c r="FA79" s="30"/>
       <c r="FB79" s="30"/>
       <c r="FC79" s="30"/>
       <c r="FD79" s="30"/>
       <c r="FE79" s="30"/>
       <c r="FF79" s="30"/>
       <c r="FG79" s="30"/>
       <c r="FH79" s="30"/>
       <c r="FI79" s="30"/>
       <c r="FJ79" s="30"/>
       <c r="FK79" s="30"/>
       <c r="FL79" s="30"/>
+      <c r="FM79" s="30"/>
     </row>
-    <row r="80" spans="2:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="80" spans="2:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C80" s="29"/>
       <c r="D80" s="29"/>
       <c r="E80" s="29"/>
       <c r="F80" s="29"/>
       <c r="G80" s="29"/>
       <c r="H80" s="29"/>
       <c r="I80" s="29"/>
       <c r="J80" s="29"/>
       <c r="K80" s="29"/>
       <c r="L80" s="29"/>
       <c r="M80" s="29"/>
       <c r="N80" s="29"/>
       <c r="O80" s="29"/>
       <c r="P80" s="29"/>
       <c r="Q80" s="29"/>
       <c r="R80" s="29"/>
       <c r="S80" s="29"/>
       <c r="T80" s="29"/>
       <c r="U80" s="29"/>
       <c r="V80" s="29"/>
       <c r="W80" s="29"/>
       <c r="X80" s="29"/>
       <c r="Y80" s="29"/>
       <c r="Z80" s="29"/>
       <c r="AA80" s="29"/>
@@ -32406,52 +33391,53 @@
       <c r="EN80" s="30"/>
       <c r="EO80" s="30"/>
       <c r="EP80" s="30"/>
       <c r="EQ80" s="30"/>
       <c r="ER80" s="30"/>
       <c r="ES80" s="30"/>
       <c r="ET80" s="30"/>
       <c r="EU80" s="30"/>
       <c r="EV80" s="30"/>
       <c r="EW80" s="30"/>
       <c r="EX80" s="30"/>
       <c r="EY80" s="30"/>
       <c r="EZ80" s="30"/>
       <c r="FA80" s="30"/>
       <c r="FB80" s="30"/>
       <c r="FC80" s="30"/>
       <c r="FD80" s="30"/>
       <c r="FE80" s="30"/>
       <c r="FF80" s="30"/>
       <c r="FG80" s="30"/>
       <c r="FH80" s="30"/>
       <c r="FI80" s="30"/>
       <c r="FJ80" s="30"/>
       <c r="FK80" s="30"/>
       <c r="FL80" s="30"/>
+      <c r="FM80" s="30"/>
     </row>
-    <row r="81" spans="3:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="81" spans="3:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C81" s="29"/>
       <c r="D81" s="29"/>
       <c r="E81" s="29"/>
       <c r="F81" s="29"/>
       <c r="G81" s="29"/>
       <c r="H81" s="29"/>
       <c r="I81" s="29"/>
       <c r="J81" s="29"/>
       <c r="K81" s="29"/>
       <c r="L81" s="29"/>
       <c r="M81" s="29"/>
       <c r="N81" s="29"/>
       <c r="O81" s="29"/>
       <c r="P81" s="29"/>
       <c r="Q81" s="29"/>
       <c r="R81" s="29"/>
       <c r="S81" s="29"/>
       <c r="T81" s="29"/>
       <c r="U81" s="29"/>
       <c r="V81" s="29"/>
       <c r="W81" s="29"/>
       <c r="X81" s="29"/>
       <c r="Y81" s="29"/>
       <c r="Z81" s="29"/>
       <c r="AA81" s="29"/>
@@ -32570,52 +33556,53 @@
       <c r="EN81" s="30"/>
       <c r="EO81" s="30"/>
       <c r="EP81" s="30"/>
       <c r="EQ81" s="30"/>
       <c r="ER81" s="30"/>
       <c r="ES81" s="30"/>
       <c r="ET81" s="30"/>
       <c r="EU81" s="30"/>
       <c r="EV81" s="30"/>
       <c r="EW81" s="30"/>
       <c r="EX81" s="30"/>
       <c r="EY81" s="30"/>
       <c r="EZ81" s="30"/>
       <c r="FA81" s="30"/>
       <c r="FB81" s="30"/>
       <c r="FC81" s="30"/>
       <c r="FD81" s="30"/>
       <c r="FE81" s="30"/>
       <c r="FF81" s="30"/>
       <c r="FG81" s="30"/>
       <c r="FH81" s="30"/>
       <c r="FI81" s="30"/>
       <c r="FJ81" s="30"/>
       <c r="FK81" s="30"/>
       <c r="FL81" s="30"/>
+      <c r="FM81" s="30"/>
     </row>
-    <row r="82" spans="3:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="82" spans="3:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C82" s="29"/>
       <c r="D82" s="29"/>
       <c r="E82" s="29"/>
       <c r="F82" s="29"/>
       <c r="G82" s="29"/>
       <c r="H82" s="29"/>
       <c r="I82" s="29"/>
       <c r="J82" s="29"/>
       <c r="K82" s="29"/>
       <c r="L82" s="29"/>
       <c r="M82" s="29"/>
       <c r="N82" s="29"/>
       <c r="O82" s="29"/>
       <c r="P82" s="29"/>
       <c r="Q82" s="29"/>
       <c r="R82" s="29"/>
       <c r="S82" s="29"/>
       <c r="T82" s="29"/>
       <c r="U82" s="29"/>
       <c r="V82" s="29"/>
       <c r="W82" s="29"/>
       <c r="X82" s="29"/>
       <c r="Y82" s="29"/>
       <c r="Z82" s="29"/>
       <c r="AA82" s="29"/>
@@ -32734,52 +33721,53 @@
       <c r="EN82" s="30"/>
       <c r="EO82" s="30"/>
       <c r="EP82" s="30"/>
       <c r="EQ82" s="30"/>
       <c r="ER82" s="30"/>
       <c r="ES82" s="30"/>
       <c r="ET82" s="30"/>
       <c r="EU82" s="30"/>
       <c r="EV82" s="30"/>
       <c r="EW82" s="30"/>
       <c r="EX82" s="30"/>
       <c r="EY82" s="30"/>
       <c r="EZ82" s="30"/>
       <c r="FA82" s="30"/>
       <c r="FB82" s="30"/>
       <c r="FC82" s="30"/>
       <c r="FD82" s="30"/>
       <c r="FE82" s="30"/>
       <c r="FF82" s="30"/>
       <c r="FG82" s="30"/>
       <c r="FH82" s="30"/>
       <c r="FI82" s="30"/>
       <c r="FJ82" s="30"/>
       <c r="FK82" s="30"/>
       <c r="FL82" s="30"/>
+      <c r="FM82" s="30"/>
     </row>
-    <row r="83" spans="3:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="83" spans="3:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C83" s="29"/>
       <c r="D83" s="29"/>
       <c r="E83" s="29"/>
       <c r="F83" s="29"/>
       <c r="G83" s="29"/>
       <c r="H83" s="29"/>
       <c r="I83" s="29"/>
       <c r="J83" s="29"/>
       <c r="K83" s="29"/>
       <c r="L83" s="29"/>
       <c r="M83" s="29"/>
       <c r="N83" s="29"/>
       <c r="O83" s="29"/>
       <c r="P83" s="29"/>
       <c r="Q83" s="29"/>
       <c r="R83" s="29"/>
       <c r="S83" s="29"/>
       <c r="T83" s="29"/>
       <c r="U83" s="29"/>
       <c r="V83" s="29"/>
       <c r="W83" s="29"/>
       <c r="X83" s="29"/>
       <c r="Y83" s="29"/>
       <c r="Z83" s="29"/>
       <c r="AA83" s="29"/>
@@ -32898,52 +33886,53 @@
       <c r="EN83" s="30"/>
       <c r="EO83" s="30"/>
       <c r="EP83" s="30"/>
       <c r="EQ83" s="30"/>
       <c r="ER83" s="30"/>
       <c r="ES83" s="30"/>
       <c r="ET83" s="30"/>
       <c r="EU83" s="30"/>
       <c r="EV83" s="30"/>
       <c r="EW83" s="30"/>
       <c r="EX83" s="30"/>
       <c r="EY83" s="30"/>
       <c r="EZ83" s="30"/>
       <c r="FA83" s="30"/>
       <c r="FB83" s="30"/>
       <c r="FC83" s="30"/>
       <c r="FD83" s="30"/>
       <c r="FE83" s="30"/>
       <c r="FF83" s="30"/>
       <c r="FG83" s="30"/>
       <c r="FH83" s="30"/>
       <c r="FI83" s="30"/>
       <c r="FJ83" s="30"/>
       <c r="FK83" s="30"/>
       <c r="FL83" s="30"/>
+      <c r="FM83" s="30"/>
     </row>
-    <row r="84" spans="3:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="84" spans="3:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C84" s="29"/>
       <c r="D84" s="29"/>
       <c r="E84" s="29"/>
       <c r="F84" s="29"/>
       <c r="G84" s="29"/>
       <c r="H84" s="29"/>
       <c r="I84" s="29"/>
       <c r="J84" s="29"/>
       <c r="K84" s="29"/>
       <c r="L84" s="29"/>
       <c r="M84" s="29"/>
       <c r="N84" s="29"/>
       <c r="O84" s="29"/>
       <c r="P84" s="29"/>
       <c r="Q84" s="29"/>
       <c r="R84" s="29"/>
       <c r="S84" s="29"/>
       <c r="T84" s="29"/>
       <c r="U84" s="29"/>
       <c r="V84" s="29"/>
       <c r="W84" s="29"/>
       <c r="X84" s="29"/>
       <c r="Y84" s="29"/>
       <c r="Z84" s="29"/>
       <c r="AA84" s="29"/>
@@ -33062,52 +34051,53 @@
       <c r="EN84" s="30"/>
       <c r="EO84" s="30"/>
       <c r="EP84" s="30"/>
       <c r="EQ84" s="30"/>
       <c r="ER84" s="30"/>
       <c r="ES84" s="30"/>
       <c r="ET84" s="30"/>
       <c r="EU84" s="30"/>
       <c r="EV84" s="30"/>
       <c r="EW84" s="30"/>
       <c r="EX84" s="30"/>
       <c r="EY84" s="30"/>
       <c r="EZ84" s="30"/>
       <c r="FA84" s="30"/>
       <c r="FB84" s="30"/>
       <c r="FC84" s="30"/>
       <c r="FD84" s="30"/>
       <c r="FE84" s="30"/>
       <c r="FF84" s="30"/>
       <c r="FG84" s="30"/>
       <c r="FH84" s="30"/>
       <c r="FI84" s="30"/>
       <c r="FJ84" s="30"/>
       <c r="FK84" s="30"/>
       <c r="FL84" s="30"/>
+      <c r="FM84" s="30"/>
     </row>
-    <row r="85" spans="3:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="85" spans="3:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C85" s="29"/>
       <c r="D85" s="29"/>
       <c r="E85" s="29"/>
       <c r="F85" s="29"/>
       <c r="G85" s="29"/>
       <c r="H85" s="29"/>
       <c r="I85" s="29"/>
       <c r="J85" s="29"/>
       <c r="K85" s="29"/>
       <c r="L85" s="29"/>
       <c r="M85" s="29"/>
       <c r="N85" s="29"/>
       <c r="O85" s="29"/>
       <c r="P85" s="29"/>
       <c r="Q85" s="29"/>
       <c r="R85" s="29"/>
       <c r="S85" s="29"/>
       <c r="T85" s="29"/>
       <c r="U85" s="29"/>
       <c r="V85" s="29"/>
       <c r="W85" s="29"/>
       <c r="X85" s="29"/>
       <c r="Y85" s="29"/>
       <c r="Z85" s="29"/>
       <c r="AA85" s="29"/>
@@ -33226,52 +34216,53 @@
       <c r="EN85" s="30"/>
       <c r="EO85" s="30"/>
       <c r="EP85" s="30"/>
       <c r="EQ85" s="30"/>
       <c r="ER85" s="30"/>
       <c r="ES85" s="30"/>
       <c r="ET85" s="30"/>
       <c r="EU85" s="30"/>
       <c r="EV85" s="30"/>
       <c r="EW85" s="30"/>
       <c r="EX85" s="30"/>
       <c r="EY85" s="30"/>
       <c r="EZ85" s="30"/>
       <c r="FA85" s="30"/>
       <c r="FB85" s="30"/>
       <c r="FC85" s="30"/>
       <c r="FD85" s="30"/>
       <c r="FE85" s="30"/>
       <c r="FF85" s="30"/>
       <c r="FG85" s="30"/>
       <c r="FH85" s="30"/>
       <c r="FI85" s="30"/>
       <c r="FJ85" s="30"/>
       <c r="FK85" s="30"/>
       <c r="FL85" s="30"/>
+      <c r="FM85" s="30"/>
     </row>
-    <row r="86" spans="3:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="86" spans="3:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C86" s="29"/>
       <c r="D86" s="29"/>
       <c r="E86" s="29"/>
       <c r="F86" s="29"/>
       <c r="G86" s="29"/>
       <c r="H86" s="29"/>
       <c r="I86" s="29"/>
       <c r="J86" s="29"/>
       <c r="K86" s="29"/>
       <c r="L86" s="29"/>
       <c r="M86" s="29"/>
       <c r="N86" s="29"/>
       <c r="O86" s="29"/>
       <c r="P86" s="29"/>
       <c r="Q86" s="29"/>
       <c r="R86" s="29"/>
       <c r="S86" s="29"/>
       <c r="T86" s="29"/>
       <c r="U86" s="29"/>
       <c r="V86" s="29"/>
       <c r="W86" s="29"/>
       <c r="X86" s="29"/>
       <c r="Y86" s="29"/>
       <c r="Z86" s="29"/>
       <c r="AA86" s="29"/>
@@ -33390,52 +34381,53 @@
       <c r="EN86" s="30"/>
       <c r="EO86" s="30"/>
       <c r="EP86" s="30"/>
       <c r="EQ86" s="30"/>
       <c r="ER86" s="30"/>
       <c r="ES86" s="30"/>
       <c r="ET86" s="30"/>
       <c r="EU86" s="30"/>
       <c r="EV86" s="30"/>
       <c r="EW86" s="30"/>
       <c r="EX86" s="30"/>
       <c r="EY86" s="30"/>
       <c r="EZ86" s="30"/>
       <c r="FA86" s="30"/>
       <c r="FB86" s="30"/>
       <c r="FC86" s="30"/>
       <c r="FD86" s="30"/>
       <c r="FE86" s="30"/>
       <c r="FF86" s="30"/>
       <c r="FG86" s="30"/>
       <c r="FH86" s="30"/>
       <c r="FI86" s="30"/>
       <c r="FJ86" s="30"/>
       <c r="FK86" s="30"/>
       <c r="FL86" s="30"/>
+      <c r="FM86" s="30"/>
     </row>
-    <row r="87" spans="3:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="87" spans="3:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C87" s="29"/>
       <c r="D87" s="29"/>
       <c r="E87" s="29"/>
       <c r="F87" s="29"/>
       <c r="G87" s="29"/>
       <c r="H87" s="29"/>
       <c r="I87" s="29"/>
       <c r="J87" s="29"/>
       <c r="K87" s="29"/>
       <c r="L87" s="29"/>
       <c r="M87" s="29"/>
       <c r="N87" s="29"/>
       <c r="O87" s="29"/>
       <c r="P87" s="29"/>
       <c r="Q87" s="29"/>
       <c r="R87" s="29"/>
       <c r="S87" s="29"/>
       <c r="T87" s="29"/>
       <c r="U87" s="29"/>
       <c r="V87" s="29"/>
       <c r="W87" s="29"/>
       <c r="X87" s="29"/>
       <c r="Y87" s="29"/>
       <c r="Z87" s="29"/>
       <c r="AA87" s="29"/>
@@ -33554,52 +34546,53 @@
       <c r="EN87" s="30"/>
       <c r="EO87" s="30"/>
       <c r="EP87" s="30"/>
       <c r="EQ87" s="30"/>
       <c r="ER87" s="30"/>
       <c r="ES87" s="30"/>
       <c r="ET87" s="30"/>
       <c r="EU87" s="30"/>
       <c r="EV87" s="30"/>
       <c r="EW87" s="30"/>
       <c r="EX87" s="30"/>
       <c r="EY87" s="30"/>
       <c r="EZ87" s="30"/>
       <c r="FA87" s="30"/>
       <c r="FB87" s="30"/>
       <c r="FC87" s="30"/>
       <c r="FD87" s="30"/>
       <c r="FE87" s="30"/>
       <c r="FF87" s="30"/>
       <c r="FG87" s="30"/>
       <c r="FH87" s="30"/>
       <c r="FI87" s="30"/>
       <c r="FJ87" s="30"/>
       <c r="FK87" s="30"/>
       <c r="FL87" s="30"/>
+      <c r="FM87" s="30"/>
     </row>
-    <row r="88" spans="3:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="88" spans="3:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C88" s="29"/>
       <c r="D88" s="29"/>
       <c r="E88" s="29"/>
       <c r="F88" s="29"/>
       <c r="G88" s="29"/>
       <c r="H88" s="29"/>
       <c r="I88" s="29"/>
       <c r="J88" s="29"/>
       <c r="K88" s="29"/>
       <c r="L88" s="29"/>
       <c r="M88" s="29"/>
       <c r="N88" s="29"/>
       <c r="O88" s="29"/>
       <c r="P88" s="29"/>
       <c r="Q88" s="29"/>
       <c r="R88" s="29"/>
       <c r="S88" s="29"/>
       <c r="T88" s="29"/>
       <c r="U88" s="29"/>
       <c r="V88" s="29"/>
       <c r="W88" s="29"/>
       <c r="X88" s="29"/>
       <c r="Y88" s="29"/>
       <c r="Z88" s="29"/>
       <c r="AA88" s="29"/>
@@ -33718,52 +34711,53 @@
       <c r="EN88" s="30"/>
       <c r="EO88" s="30"/>
       <c r="EP88" s="30"/>
       <c r="EQ88" s="30"/>
       <c r="ER88" s="30"/>
       <c r="ES88" s="30"/>
       <c r="ET88" s="30"/>
       <c r="EU88" s="30"/>
       <c r="EV88" s="30"/>
       <c r="EW88" s="30"/>
       <c r="EX88" s="30"/>
       <c r="EY88" s="30"/>
       <c r="EZ88" s="30"/>
       <c r="FA88" s="30"/>
       <c r="FB88" s="30"/>
       <c r="FC88" s="30"/>
       <c r="FD88" s="30"/>
       <c r="FE88" s="30"/>
       <c r="FF88" s="30"/>
       <c r="FG88" s="30"/>
       <c r="FH88" s="30"/>
       <c r="FI88" s="30"/>
       <c r="FJ88" s="30"/>
       <c r="FK88" s="30"/>
       <c r="FL88" s="30"/>
+      <c r="FM88" s="30"/>
     </row>
-    <row r="89" spans="3:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="89" spans="3:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C89" s="29"/>
       <c r="D89" s="29"/>
       <c r="E89" s="29"/>
       <c r="F89" s="29"/>
       <c r="G89" s="29"/>
       <c r="H89" s="29"/>
       <c r="I89" s="29"/>
       <c r="J89" s="29"/>
       <c r="K89" s="29"/>
       <c r="L89" s="29"/>
       <c r="M89" s="29"/>
       <c r="N89" s="29"/>
       <c r="O89" s="29"/>
       <c r="P89" s="29"/>
       <c r="Q89" s="29"/>
       <c r="R89" s="29"/>
       <c r="S89" s="29"/>
       <c r="T89" s="29"/>
       <c r="U89" s="29"/>
       <c r="V89" s="29"/>
       <c r="W89" s="29"/>
       <c r="X89" s="29"/>
       <c r="Y89" s="29"/>
       <c r="Z89" s="29"/>
       <c r="AA89" s="29"/>
@@ -33882,52 +34876,53 @@
       <c r="EN89" s="30"/>
       <c r="EO89" s="30"/>
       <c r="EP89" s="30"/>
       <c r="EQ89" s="30"/>
       <c r="ER89" s="30"/>
       <c r="ES89" s="30"/>
       <c r="ET89" s="30"/>
       <c r="EU89" s="30"/>
       <c r="EV89" s="30"/>
       <c r="EW89" s="30"/>
       <c r="EX89" s="30"/>
       <c r="EY89" s="30"/>
       <c r="EZ89" s="30"/>
       <c r="FA89" s="30"/>
       <c r="FB89" s="30"/>
       <c r="FC89" s="30"/>
       <c r="FD89" s="30"/>
       <c r="FE89" s="30"/>
       <c r="FF89" s="30"/>
       <c r="FG89" s="30"/>
       <c r="FH89" s="30"/>
       <c r="FI89" s="30"/>
       <c r="FJ89" s="30"/>
       <c r="FK89" s="30"/>
       <c r="FL89" s="30"/>
+      <c r="FM89" s="30"/>
     </row>
-    <row r="90" spans="3:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="90" spans="3:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C90" s="29"/>
       <c r="D90" s="29"/>
       <c r="E90" s="29"/>
       <c r="F90" s="29"/>
       <c r="G90" s="29"/>
       <c r="H90" s="29"/>
       <c r="I90" s="29"/>
       <c r="J90" s="29"/>
       <c r="K90" s="29"/>
       <c r="L90" s="29"/>
       <c r="M90" s="29"/>
       <c r="N90" s="29"/>
       <c r="O90" s="29"/>
       <c r="P90" s="29"/>
       <c r="Q90" s="29"/>
       <c r="R90" s="29"/>
       <c r="S90" s="29"/>
       <c r="T90" s="29"/>
       <c r="U90" s="29"/>
       <c r="V90" s="29"/>
       <c r="W90" s="29"/>
       <c r="X90" s="29"/>
       <c r="Y90" s="29"/>
       <c r="Z90" s="29"/>
       <c r="AA90" s="29"/>
@@ -34046,52 +35041,53 @@
       <c r="EN90" s="30"/>
       <c r="EO90" s="30"/>
       <c r="EP90" s="30"/>
       <c r="EQ90" s="30"/>
       <c r="ER90" s="30"/>
       <c r="ES90" s="30"/>
       <c r="ET90" s="30"/>
       <c r="EU90" s="30"/>
       <c r="EV90" s="30"/>
       <c r="EW90" s="30"/>
       <c r="EX90" s="30"/>
       <c r="EY90" s="30"/>
       <c r="EZ90" s="30"/>
       <c r="FA90" s="30"/>
       <c r="FB90" s="30"/>
       <c r="FC90" s="30"/>
       <c r="FD90" s="30"/>
       <c r="FE90" s="30"/>
       <c r="FF90" s="30"/>
       <c r="FG90" s="30"/>
       <c r="FH90" s="30"/>
       <c r="FI90" s="30"/>
       <c r="FJ90" s="30"/>
       <c r="FK90" s="30"/>
       <c r="FL90" s="30"/>
+      <c r="FM90" s="30"/>
     </row>
-    <row r="91" spans="3:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="91" spans="3:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C91" s="29"/>
       <c r="D91" s="29"/>
       <c r="E91" s="29"/>
       <c r="F91" s="29"/>
       <c r="G91" s="29"/>
       <c r="H91" s="29"/>
       <c r="I91" s="29"/>
       <c r="J91" s="29"/>
       <c r="K91" s="29"/>
       <c r="L91" s="29"/>
       <c r="M91" s="29"/>
       <c r="N91" s="29"/>
       <c r="O91" s="29"/>
       <c r="P91" s="29"/>
       <c r="Q91" s="29"/>
       <c r="R91" s="29"/>
       <c r="S91" s="29"/>
       <c r="T91" s="29"/>
       <c r="U91" s="29"/>
       <c r="V91" s="29"/>
       <c r="W91" s="29"/>
       <c r="X91" s="29"/>
       <c r="Y91" s="29"/>
       <c r="Z91" s="29"/>
       <c r="AA91" s="29"/>
@@ -34210,52 +35206,53 @@
       <c r="EN91" s="30"/>
       <c r="EO91" s="30"/>
       <c r="EP91" s="30"/>
       <c r="EQ91" s="30"/>
       <c r="ER91" s="30"/>
       <c r="ES91" s="30"/>
       <c r="ET91" s="30"/>
       <c r="EU91" s="30"/>
       <c r="EV91" s="30"/>
       <c r="EW91" s="30"/>
       <c r="EX91" s="30"/>
       <c r="EY91" s="30"/>
       <c r="EZ91" s="30"/>
       <c r="FA91" s="30"/>
       <c r="FB91" s="30"/>
       <c r="FC91" s="30"/>
       <c r="FD91" s="30"/>
       <c r="FE91" s="30"/>
       <c r="FF91" s="30"/>
       <c r="FG91" s="30"/>
       <c r="FH91" s="30"/>
       <c r="FI91" s="30"/>
       <c r="FJ91" s="30"/>
       <c r="FK91" s="30"/>
       <c r="FL91" s="30"/>
+      <c r="FM91" s="30"/>
     </row>
-    <row r="92" spans="3:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="92" spans="3:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C92" s="29"/>
       <c r="D92" s="29"/>
       <c r="E92" s="29"/>
       <c r="F92" s="29"/>
       <c r="G92" s="29"/>
       <c r="H92" s="29"/>
       <c r="I92" s="29"/>
       <c r="J92" s="29"/>
       <c r="K92" s="29"/>
       <c r="L92" s="29"/>
       <c r="M92" s="29"/>
       <c r="N92" s="29"/>
       <c r="O92" s="29"/>
       <c r="P92" s="29"/>
       <c r="Q92" s="29"/>
       <c r="R92" s="29"/>
       <c r="S92" s="29"/>
       <c r="T92" s="29"/>
       <c r="U92" s="29"/>
       <c r="V92" s="29"/>
       <c r="W92" s="29"/>
       <c r="X92" s="29"/>
       <c r="Y92" s="29"/>
       <c r="Z92" s="29"/>
       <c r="AA92" s="29"/>
@@ -34374,52 +35371,53 @@
       <c r="EN92" s="30"/>
       <c r="EO92" s="30"/>
       <c r="EP92" s="30"/>
       <c r="EQ92" s="30"/>
       <c r="ER92" s="30"/>
       <c r="ES92" s="30"/>
       <c r="ET92" s="30"/>
       <c r="EU92" s="30"/>
       <c r="EV92" s="30"/>
       <c r="EW92" s="30"/>
       <c r="EX92" s="30"/>
       <c r="EY92" s="30"/>
       <c r="EZ92" s="30"/>
       <c r="FA92" s="30"/>
       <c r="FB92" s="30"/>
       <c r="FC92" s="30"/>
       <c r="FD92" s="30"/>
       <c r="FE92" s="30"/>
       <c r="FF92" s="30"/>
       <c r="FG92" s="30"/>
       <c r="FH92" s="30"/>
       <c r="FI92" s="30"/>
       <c r="FJ92" s="30"/>
       <c r="FK92" s="30"/>
       <c r="FL92" s="30"/>
+      <c r="FM92" s="30"/>
     </row>
-    <row r="93" spans="3:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="93" spans="3:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C93" s="29"/>
       <c r="D93" s="29"/>
       <c r="E93" s="29"/>
       <c r="F93" s="29"/>
       <c r="G93" s="29"/>
       <c r="H93" s="29"/>
       <c r="I93" s="29"/>
       <c r="J93" s="29"/>
       <c r="K93" s="29"/>
       <c r="L93" s="29"/>
       <c r="M93" s="29"/>
       <c r="N93" s="29"/>
       <c r="O93" s="29"/>
       <c r="P93" s="29"/>
       <c r="Q93" s="29"/>
       <c r="R93" s="29"/>
       <c r="S93" s="29"/>
       <c r="T93" s="29"/>
       <c r="U93" s="29"/>
       <c r="V93" s="29"/>
       <c r="W93" s="29"/>
       <c r="X93" s="29"/>
       <c r="Y93" s="29"/>
       <c r="Z93" s="29"/>
       <c r="AA93" s="29"/>
@@ -34538,52 +35536,53 @@
       <c r="EN93" s="30"/>
       <c r="EO93" s="30"/>
       <c r="EP93" s="30"/>
       <c r="EQ93" s="30"/>
       <c r="ER93" s="30"/>
       <c r="ES93" s="30"/>
       <c r="ET93" s="30"/>
       <c r="EU93" s="30"/>
       <c r="EV93" s="30"/>
       <c r="EW93" s="30"/>
       <c r="EX93" s="30"/>
       <c r="EY93" s="30"/>
       <c r="EZ93" s="30"/>
       <c r="FA93" s="30"/>
       <c r="FB93" s="30"/>
       <c r="FC93" s="30"/>
       <c r="FD93" s="30"/>
       <c r="FE93" s="30"/>
       <c r="FF93" s="30"/>
       <c r="FG93" s="30"/>
       <c r="FH93" s="30"/>
       <c r="FI93" s="30"/>
       <c r="FJ93" s="30"/>
       <c r="FK93" s="30"/>
       <c r="FL93" s="30"/>
+      <c r="FM93" s="30"/>
     </row>
-    <row r="94" spans="3:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="94" spans="3:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C94" s="29"/>
       <c r="D94" s="29"/>
       <c r="E94" s="29"/>
       <c r="F94" s="29"/>
       <c r="G94" s="29"/>
       <c r="H94" s="29"/>
       <c r="I94" s="29"/>
       <c r="J94" s="29"/>
       <c r="K94" s="29"/>
       <c r="L94" s="29"/>
       <c r="M94" s="29"/>
       <c r="N94" s="29"/>
       <c r="O94" s="29"/>
       <c r="P94" s="29"/>
       <c r="Q94" s="29"/>
       <c r="R94" s="29"/>
       <c r="S94" s="29"/>
       <c r="T94" s="29"/>
       <c r="U94" s="29"/>
       <c r="V94" s="29"/>
       <c r="W94" s="29"/>
       <c r="X94" s="29"/>
       <c r="Y94" s="29"/>
       <c r="Z94" s="29"/>
       <c r="AA94" s="29"/>
@@ -34702,52 +35701,53 @@
       <c r="EN94" s="30"/>
       <c r="EO94" s="30"/>
       <c r="EP94" s="30"/>
       <c r="EQ94" s="30"/>
       <c r="ER94" s="30"/>
       <c r="ES94" s="30"/>
       <c r="ET94" s="30"/>
       <c r="EU94" s="30"/>
       <c r="EV94" s="30"/>
       <c r="EW94" s="30"/>
       <c r="EX94" s="30"/>
       <c r="EY94" s="30"/>
       <c r="EZ94" s="30"/>
       <c r="FA94" s="30"/>
       <c r="FB94" s="30"/>
       <c r="FC94" s="30"/>
       <c r="FD94" s="30"/>
       <c r="FE94" s="30"/>
       <c r="FF94" s="30"/>
       <c r="FG94" s="30"/>
       <c r="FH94" s="30"/>
       <c r="FI94" s="30"/>
       <c r="FJ94" s="30"/>
       <c r="FK94" s="30"/>
       <c r="FL94" s="30"/>
+      <c r="FM94" s="30"/>
     </row>
-    <row r="95" spans="3:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="95" spans="3:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C95" s="29"/>
       <c r="D95" s="29"/>
       <c r="E95" s="29"/>
       <c r="F95" s="29"/>
       <c r="G95" s="29"/>
       <c r="H95" s="29"/>
       <c r="I95" s="29"/>
       <c r="J95" s="29"/>
       <c r="K95" s="29"/>
       <c r="L95" s="29"/>
       <c r="M95" s="29"/>
       <c r="N95" s="29"/>
       <c r="O95" s="29"/>
       <c r="P95" s="29"/>
       <c r="Q95" s="29"/>
       <c r="R95" s="29"/>
       <c r="S95" s="29"/>
       <c r="T95" s="29"/>
       <c r="U95" s="29"/>
       <c r="V95" s="29"/>
       <c r="W95" s="29"/>
       <c r="X95" s="29"/>
       <c r="Y95" s="29"/>
       <c r="Z95" s="29"/>
       <c r="AA95" s="29"/>
@@ -34866,52 +35866,53 @@
       <c r="EN95" s="30"/>
       <c r="EO95" s="30"/>
       <c r="EP95" s="30"/>
       <c r="EQ95" s="30"/>
       <c r="ER95" s="30"/>
       <c r="ES95" s="30"/>
       <c r="ET95" s="30"/>
       <c r="EU95" s="30"/>
       <c r="EV95" s="30"/>
       <c r="EW95" s="30"/>
       <c r="EX95" s="30"/>
       <c r="EY95" s="30"/>
       <c r="EZ95" s="30"/>
       <c r="FA95" s="30"/>
       <c r="FB95" s="30"/>
       <c r="FC95" s="30"/>
       <c r="FD95" s="30"/>
       <c r="FE95" s="30"/>
       <c r="FF95" s="30"/>
       <c r="FG95" s="30"/>
       <c r="FH95" s="30"/>
       <c r="FI95" s="30"/>
       <c r="FJ95" s="30"/>
       <c r="FK95" s="30"/>
       <c r="FL95" s="30"/>
+      <c r="FM95" s="30"/>
     </row>
-    <row r="96" spans="3:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="96" spans="3:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C96" s="29"/>
       <c r="D96" s="29"/>
       <c r="E96" s="29"/>
       <c r="F96" s="29"/>
       <c r="G96" s="29"/>
       <c r="H96" s="29"/>
       <c r="I96" s="29"/>
       <c r="J96" s="29"/>
       <c r="K96" s="29"/>
       <c r="L96" s="29"/>
       <c r="M96" s="29"/>
       <c r="N96" s="29"/>
       <c r="O96" s="29"/>
       <c r="P96" s="29"/>
       <c r="Q96" s="29"/>
       <c r="R96" s="29"/>
       <c r="S96" s="29"/>
       <c r="T96" s="29"/>
       <c r="U96" s="29"/>
       <c r="V96" s="29"/>
       <c r="W96" s="29"/>
       <c r="X96" s="29"/>
       <c r="Y96" s="29"/>
       <c r="Z96" s="29"/>
       <c r="AA96" s="29"/>
@@ -35030,52 +36031,53 @@
       <c r="EN96" s="30"/>
       <c r="EO96" s="30"/>
       <c r="EP96" s="30"/>
       <c r="EQ96" s="30"/>
       <c r="ER96" s="30"/>
       <c r="ES96" s="30"/>
       <c r="ET96" s="30"/>
       <c r="EU96" s="30"/>
       <c r="EV96" s="30"/>
       <c r="EW96" s="30"/>
       <c r="EX96" s="30"/>
       <c r="EY96" s="30"/>
       <c r="EZ96" s="30"/>
       <c r="FA96" s="30"/>
       <c r="FB96" s="30"/>
       <c r="FC96" s="30"/>
       <c r="FD96" s="30"/>
       <c r="FE96" s="30"/>
       <c r="FF96" s="30"/>
       <c r="FG96" s="30"/>
       <c r="FH96" s="30"/>
       <c r="FI96" s="30"/>
       <c r="FJ96" s="30"/>
       <c r="FK96" s="30"/>
       <c r="FL96" s="30"/>
+      <c r="FM96" s="30"/>
     </row>
-    <row r="97" spans="3:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="97" spans="3:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C97" s="29"/>
       <c r="D97" s="29"/>
       <c r="E97" s="29"/>
       <c r="F97" s="29"/>
       <c r="G97" s="29"/>
       <c r="H97" s="29"/>
       <c r="I97" s="29"/>
       <c r="J97" s="29"/>
       <c r="K97" s="29"/>
       <c r="L97" s="29"/>
       <c r="M97" s="29"/>
       <c r="N97" s="29"/>
       <c r="O97" s="29"/>
       <c r="P97" s="29"/>
       <c r="Q97" s="29"/>
       <c r="R97" s="29"/>
       <c r="S97" s="29"/>
       <c r="T97" s="29"/>
       <c r="U97" s="29"/>
       <c r="V97" s="29"/>
       <c r="W97" s="29"/>
       <c r="X97" s="29"/>
       <c r="Y97" s="29"/>
       <c r="Z97" s="29"/>
       <c r="AA97" s="29"/>
@@ -35194,52 +36196,53 @@
       <c r="EN97" s="30"/>
       <c r="EO97" s="30"/>
       <c r="EP97" s="30"/>
       <c r="EQ97" s="30"/>
       <c r="ER97" s="30"/>
       <c r="ES97" s="30"/>
       <c r="ET97" s="30"/>
       <c r="EU97" s="30"/>
       <c r="EV97" s="30"/>
       <c r="EW97" s="30"/>
       <c r="EX97" s="30"/>
       <c r="EY97" s="30"/>
       <c r="EZ97" s="30"/>
       <c r="FA97" s="30"/>
       <c r="FB97" s="30"/>
       <c r="FC97" s="30"/>
       <c r="FD97" s="30"/>
       <c r="FE97" s="30"/>
       <c r="FF97" s="30"/>
       <c r="FG97" s="30"/>
       <c r="FH97" s="30"/>
       <c r="FI97" s="30"/>
       <c r="FJ97" s="30"/>
       <c r="FK97" s="30"/>
       <c r="FL97" s="30"/>
+      <c r="FM97" s="30"/>
     </row>
-    <row r="98" spans="3:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="98" spans="3:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C98" s="29"/>
       <c r="D98" s="29"/>
       <c r="E98" s="29"/>
       <c r="F98" s="29"/>
       <c r="G98" s="29"/>
       <c r="H98" s="29"/>
       <c r="I98" s="29"/>
       <c r="J98" s="29"/>
       <c r="K98" s="29"/>
       <c r="L98" s="29"/>
       <c r="M98" s="29"/>
       <c r="N98" s="29"/>
       <c r="O98" s="29"/>
       <c r="P98" s="29"/>
       <c r="Q98" s="29"/>
       <c r="R98" s="29"/>
       <c r="S98" s="29"/>
       <c r="T98" s="29"/>
       <c r="U98" s="29"/>
       <c r="V98" s="29"/>
       <c r="W98" s="29"/>
       <c r="X98" s="29"/>
       <c r="Y98" s="29"/>
       <c r="Z98" s="29"/>
       <c r="AA98" s="29"/>
@@ -35358,52 +36361,53 @@
       <c r="EN98" s="30"/>
       <c r="EO98" s="30"/>
       <c r="EP98" s="30"/>
       <c r="EQ98" s="30"/>
       <c r="ER98" s="30"/>
       <c r="ES98" s="30"/>
       <c r="ET98" s="30"/>
       <c r="EU98" s="30"/>
       <c r="EV98" s="30"/>
       <c r="EW98" s="30"/>
       <c r="EX98" s="30"/>
       <c r="EY98" s="30"/>
       <c r="EZ98" s="30"/>
       <c r="FA98" s="30"/>
       <c r="FB98" s="30"/>
       <c r="FC98" s="30"/>
       <c r="FD98" s="30"/>
       <c r="FE98" s="30"/>
       <c r="FF98" s="30"/>
       <c r="FG98" s="30"/>
       <c r="FH98" s="30"/>
       <c r="FI98" s="30"/>
       <c r="FJ98" s="30"/>
       <c r="FK98" s="30"/>
       <c r="FL98" s="30"/>
+      <c r="FM98" s="30"/>
     </row>
-    <row r="99" spans="3:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="99" spans="3:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C99" s="29"/>
       <c r="D99" s="29"/>
       <c r="E99" s="29"/>
       <c r="F99" s="29"/>
       <c r="G99" s="29"/>
       <c r="H99" s="29"/>
       <c r="I99" s="29"/>
       <c r="J99" s="29"/>
       <c r="K99" s="29"/>
       <c r="L99" s="29"/>
       <c r="M99" s="29"/>
       <c r="N99" s="29"/>
       <c r="O99" s="29"/>
       <c r="P99" s="29"/>
       <c r="Q99" s="29"/>
       <c r="R99" s="29"/>
       <c r="S99" s="29"/>
       <c r="T99" s="29"/>
       <c r="U99" s="29"/>
       <c r="V99" s="29"/>
       <c r="W99" s="29"/>
       <c r="X99" s="29"/>
       <c r="Y99" s="29"/>
       <c r="Z99" s="29"/>
       <c r="AA99" s="29"/>
@@ -35522,52 +36526,53 @@
       <c r="EN99" s="30"/>
       <c r="EO99" s="30"/>
       <c r="EP99" s="30"/>
       <c r="EQ99" s="30"/>
       <c r="ER99" s="30"/>
       <c r="ES99" s="30"/>
       <c r="ET99" s="30"/>
       <c r="EU99" s="30"/>
       <c r="EV99" s="30"/>
       <c r="EW99" s="30"/>
       <c r="EX99" s="30"/>
       <c r="EY99" s="30"/>
       <c r="EZ99" s="30"/>
       <c r="FA99" s="30"/>
       <c r="FB99" s="30"/>
       <c r="FC99" s="30"/>
       <c r="FD99" s="30"/>
       <c r="FE99" s="30"/>
       <c r="FF99" s="30"/>
       <c r="FG99" s="30"/>
       <c r="FH99" s="30"/>
       <c r="FI99" s="30"/>
       <c r="FJ99" s="30"/>
       <c r="FK99" s="30"/>
       <c r="FL99" s="30"/>
+      <c r="FM99" s="30"/>
     </row>
-    <row r="100" spans="3:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="100" spans="3:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C100" s="29"/>
       <c r="D100" s="29"/>
       <c r="E100" s="29"/>
       <c r="F100" s="29"/>
       <c r="G100" s="29"/>
       <c r="H100" s="29"/>
       <c r="I100" s="29"/>
       <c r="J100" s="29"/>
       <c r="K100" s="29"/>
       <c r="L100" s="29"/>
       <c r="M100" s="29"/>
       <c r="N100" s="29"/>
       <c r="O100" s="29"/>
       <c r="P100" s="29"/>
       <c r="Q100" s="29"/>
       <c r="R100" s="29"/>
       <c r="S100" s="29"/>
       <c r="T100" s="29"/>
       <c r="U100" s="29"/>
       <c r="V100" s="29"/>
       <c r="W100" s="29"/>
       <c r="X100" s="29"/>
       <c r="Y100" s="29"/>
       <c r="Z100" s="29"/>
       <c r="AA100" s="29"/>
@@ -35686,52 +36691,53 @@
       <c r="EN100" s="30"/>
       <c r="EO100" s="30"/>
       <c r="EP100" s="30"/>
       <c r="EQ100" s="30"/>
       <c r="ER100" s="30"/>
       <c r="ES100" s="30"/>
       <c r="ET100" s="30"/>
       <c r="EU100" s="30"/>
       <c r="EV100" s="30"/>
       <c r="EW100" s="30"/>
       <c r="EX100" s="30"/>
       <c r="EY100" s="30"/>
       <c r="EZ100" s="30"/>
       <c r="FA100" s="30"/>
       <c r="FB100" s="30"/>
       <c r="FC100" s="30"/>
       <c r="FD100" s="30"/>
       <c r="FE100" s="30"/>
       <c r="FF100" s="30"/>
       <c r="FG100" s="30"/>
       <c r="FH100" s="30"/>
       <c r="FI100" s="30"/>
       <c r="FJ100" s="30"/>
       <c r="FK100" s="30"/>
       <c r="FL100" s="30"/>
+      <c r="FM100" s="30"/>
     </row>
-    <row r="101" spans="3:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="101" spans="3:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C101" s="29"/>
       <c r="D101" s="29"/>
       <c r="E101" s="29"/>
       <c r="F101" s="29"/>
       <c r="G101" s="29"/>
       <c r="H101" s="29"/>
       <c r="I101" s="29"/>
       <c r="J101" s="29"/>
       <c r="K101" s="29"/>
       <c r="L101" s="29"/>
       <c r="M101" s="29"/>
       <c r="N101" s="29"/>
       <c r="O101" s="29"/>
       <c r="P101" s="29"/>
       <c r="Q101" s="29"/>
       <c r="R101" s="29"/>
       <c r="S101" s="29"/>
       <c r="T101" s="29"/>
       <c r="U101" s="29"/>
       <c r="V101" s="29"/>
       <c r="W101" s="29"/>
       <c r="X101" s="29"/>
       <c r="Y101" s="29"/>
       <c r="Z101" s="29"/>
       <c r="AA101" s="29"/>
@@ -35850,52 +36856,53 @@
       <c r="EN101" s="30"/>
       <c r="EO101" s="30"/>
       <c r="EP101" s="30"/>
       <c r="EQ101" s="30"/>
       <c r="ER101" s="30"/>
       <c r="ES101" s="30"/>
       <c r="ET101" s="30"/>
       <c r="EU101" s="30"/>
       <c r="EV101" s="30"/>
       <c r="EW101" s="30"/>
       <c r="EX101" s="30"/>
       <c r="EY101" s="30"/>
       <c r="EZ101" s="30"/>
       <c r="FA101" s="30"/>
       <c r="FB101" s="30"/>
       <c r="FC101" s="30"/>
       <c r="FD101" s="30"/>
       <c r="FE101" s="30"/>
       <c r="FF101" s="30"/>
       <c r="FG101" s="30"/>
       <c r="FH101" s="30"/>
       <c r="FI101" s="30"/>
       <c r="FJ101" s="30"/>
       <c r="FK101" s="30"/>
       <c r="FL101" s="30"/>
+      <c r="FM101" s="30"/>
     </row>
-    <row r="102" spans="3:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="102" spans="3:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C102" s="29"/>
       <c r="D102" s="29"/>
       <c r="E102" s="29"/>
       <c r="F102" s="29"/>
       <c r="G102" s="29"/>
       <c r="H102" s="29"/>
       <c r="I102" s="29"/>
       <c r="J102" s="29"/>
       <c r="K102" s="29"/>
       <c r="L102" s="29"/>
       <c r="M102" s="29"/>
       <c r="N102" s="29"/>
       <c r="O102" s="29"/>
       <c r="P102" s="29"/>
       <c r="Q102" s="29"/>
       <c r="R102" s="29"/>
       <c r="S102" s="29"/>
       <c r="T102" s="29"/>
       <c r="U102" s="29"/>
       <c r="V102" s="29"/>
       <c r="W102" s="29"/>
       <c r="X102" s="29"/>
       <c r="Y102" s="29"/>
       <c r="Z102" s="29"/>
       <c r="AA102" s="29"/>
@@ -36014,52 +37021,53 @@
       <c r="EN102" s="30"/>
       <c r="EO102" s="30"/>
       <c r="EP102" s="30"/>
       <c r="EQ102" s="30"/>
       <c r="ER102" s="30"/>
       <c r="ES102" s="30"/>
       <c r="ET102" s="30"/>
       <c r="EU102" s="30"/>
       <c r="EV102" s="30"/>
       <c r="EW102" s="30"/>
       <c r="EX102" s="30"/>
       <c r="EY102" s="30"/>
       <c r="EZ102" s="30"/>
       <c r="FA102" s="30"/>
       <c r="FB102" s="30"/>
       <c r="FC102" s="30"/>
       <c r="FD102" s="30"/>
       <c r="FE102" s="30"/>
       <c r="FF102" s="30"/>
       <c r="FG102" s="30"/>
       <c r="FH102" s="30"/>
       <c r="FI102" s="30"/>
       <c r="FJ102" s="30"/>
       <c r="FK102" s="30"/>
       <c r="FL102" s="30"/>
+      <c r="FM102" s="30"/>
     </row>
-    <row r="103" spans="3:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="103" spans="3:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C103" s="29"/>
       <c r="D103" s="29"/>
       <c r="E103" s="29"/>
       <c r="F103" s="29"/>
       <c r="G103" s="29"/>
       <c r="H103" s="29"/>
       <c r="I103" s="29"/>
       <c r="J103" s="29"/>
       <c r="K103" s="29"/>
       <c r="L103" s="29"/>
       <c r="M103" s="29"/>
       <c r="N103" s="29"/>
       <c r="O103" s="29"/>
       <c r="P103" s="29"/>
       <c r="Q103" s="29"/>
       <c r="R103" s="29"/>
       <c r="S103" s="29"/>
       <c r="T103" s="29"/>
       <c r="U103" s="29"/>
       <c r="V103" s="29"/>
       <c r="W103" s="29"/>
       <c r="X103" s="29"/>
       <c r="Y103" s="29"/>
       <c r="Z103" s="29"/>
       <c r="AA103" s="29"/>
@@ -36178,52 +37186,53 @@
       <c r="EN103" s="30"/>
       <c r="EO103" s="30"/>
       <c r="EP103" s="30"/>
       <c r="EQ103" s="30"/>
       <c r="ER103" s="30"/>
       <c r="ES103" s="30"/>
       <c r="ET103" s="30"/>
       <c r="EU103" s="30"/>
       <c r="EV103" s="30"/>
       <c r="EW103" s="30"/>
       <c r="EX103" s="30"/>
       <c r="EY103" s="30"/>
       <c r="EZ103" s="30"/>
       <c r="FA103" s="30"/>
       <c r="FB103" s="30"/>
       <c r="FC103" s="30"/>
       <c r="FD103" s="30"/>
       <c r="FE103" s="30"/>
       <c r="FF103" s="30"/>
       <c r="FG103" s="30"/>
       <c r="FH103" s="30"/>
       <c r="FI103" s="30"/>
       <c r="FJ103" s="30"/>
       <c r="FK103" s="30"/>
       <c r="FL103" s="30"/>
+      <c r="FM103" s="30"/>
     </row>
-    <row r="104" spans="3:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="104" spans="3:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C104" s="29"/>
       <c r="D104" s="29"/>
       <c r="E104" s="29"/>
       <c r="F104" s="29"/>
       <c r="G104" s="29"/>
       <c r="H104" s="29"/>
       <c r="I104" s="29"/>
       <c r="J104" s="29"/>
       <c r="K104" s="29"/>
       <c r="L104" s="29"/>
       <c r="M104" s="29"/>
       <c r="N104" s="29"/>
       <c r="O104" s="29"/>
       <c r="P104" s="29"/>
       <c r="Q104" s="29"/>
       <c r="R104" s="29"/>
       <c r="S104" s="29"/>
       <c r="T104" s="29"/>
       <c r="U104" s="29"/>
       <c r="V104" s="29"/>
       <c r="W104" s="29"/>
       <c r="X104" s="29"/>
       <c r="Y104" s="29"/>
       <c r="Z104" s="29"/>
       <c r="AA104" s="29"/>
@@ -36342,52 +37351,53 @@
       <c r="EN104" s="30"/>
       <c r="EO104" s="30"/>
       <c r="EP104" s="30"/>
       <c r="EQ104" s="30"/>
       <c r="ER104" s="30"/>
       <c r="ES104" s="30"/>
       <c r="ET104" s="30"/>
       <c r="EU104" s="30"/>
       <c r="EV104" s="30"/>
       <c r="EW104" s="30"/>
       <c r="EX104" s="30"/>
       <c r="EY104" s="30"/>
       <c r="EZ104" s="30"/>
       <c r="FA104" s="30"/>
       <c r="FB104" s="30"/>
       <c r="FC104" s="30"/>
       <c r="FD104" s="30"/>
       <c r="FE104" s="30"/>
       <c r="FF104" s="30"/>
       <c r="FG104" s="30"/>
       <c r="FH104" s="30"/>
       <c r="FI104" s="30"/>
       <c r="FJ104" s="30"/>
       <c r="FK104" s="30"/>
       <c r="FL104" s="30"/>
+      <c r="FM104" s="30"/>
     </row>
-    <row r="105" spans="3:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="105" spans="3:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C105" s="29"/>
       <c r="D105" s="29"/>
       <c r="E105" s="29"/>
       <c r="F105" s="29"/>
       <c r="G105" s="29"/>
       <c r="H105" s="29"/>
       <c r="I105" s="29"/>
       <c r="J105" s="29"/>
       <c r="K105" s="29"/>
       <c r="L105" s="29"/>
       <c r="M105" s="29"/>
       <c r="N105" s="29"/>
       <c r="O105" s="29"/>
       <c r="P105" s="29"/>
       <c r="Q105" s="29"/>
       <c r="R105" s="29"/>
       <c r="S105" s="29"/>
       <c r="T105" s="29"/>
       <c r="U105" s="29"/>
       <c r="V105" s="29"/>
       <c r="W105" s="29"/>
       <c r="X105" s="29"/>
       <c r="Y105" s="29"/>
       <c r="Z105" s="29"/>
       <c r="AA105" s="29"/>
@@ -36506,52 +37516,53 @@
       <c r="EN105" s="30"/>
       <c r="EO105" s="30"/>
       <c r="EP105" s="30"/>
       <c r="EQ105" s="30"/>
       <c r="ER105" s="30"/>
       <c r="ES105" s="30"/>
       <c r="ET105" s="30"/>
       <c r="EU105" s="30"/>
       <c r="EV105" s="30"/>
       <c r="EW105" s="30"/>
       <c r="EX105" s="30"/>
       <c r="EY105" s="30"/>
       <c r="EZ105" s="30"/>
       <c r="FA105" s="30"/>
       <c r="FB105" s="30"/>
       <c r="FC105" s="30"/>
       <c r="FD105" s="30"/>
       <c r="FE105" s="30"/>
       <c r="FF105" s="30"/>
       <c r="FG105" s="30"/>
       <c r="FH105" s="30"/>
       <c r="FI105" s="30"/>
       <c r="FJ105" s="30"/>
       <c r="FK105" s="30"/>
       <c r="FL105" s="30"/>
+      <c r="FM105" s="30"/>
     </row>
-    <row r="106" spans="3:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="106" spans="3:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C106" s="29"/>
       <c r="D106" s="29"/>
       <c r="E106" s="29"/>
       <c r="F106" s="29"/>
       <c r="G106" s="29"/>
       <c r="H106" s="29"/>
       <c r="I106" s="29"/>
       <c r="J106" s="29"/>
       <c r="K106" s="29"/>
       <c r="L106" s="29"/>
       <c r="M106" s="29"/>
       <c r="N106" s="29"/>
       <c r="O106" s="29"/>
       <c r="P106" s="29"/>
       <c r="Q106" s="29"/>
       <c r="R106" s="29"/>
       <c r="S106" s="29"/>
       <c r="T106" s="29"/>
       <c r="U106" s="29"/>
       <c r="V106" s="29"/>
       <c r="W106" s="29"/>
       <c r="X106" s="29"/>
       <c r="Y106" s="29"/>
       <c r="Z106" s="29"/>
       <c r="AA106" s="29"/>
@@ -36670,52 +37681,53 @@
       <c r="EN106" s="30"/>
       <c r="EO106" s="30"/>
       <c r="EP106" s="30"/>
       <c r="EQ106" s="30"/>
       <c r="ER106" s="30"/>
       <c r="ES106" s="30"/>
       <c r="ET106" s="30"/>
       <c r="EU106" s="30"/>
       <c r="EV106" s="30"/>
       <c r="EW106" s="30"/>
       <c r="EX106" s="30"/>
       <c r="EY106" s="30"/>
       <c r="EZ106" s="30"/>
       <c r="FA106" s="30"/>
       <c r="FB106" s="30"/>
       <c r="FC106" s="30"/>
       <c r="FD106" s="30"/>
       <c r="FE106" s="30"/>
       <c r="FF106" s="30"/>
       <c r="FG106" s="30"/>
       <c r="FH106" s="30"/>
       <c r="FI106" s="30"/>
       <c r="FJ106" s="30"/>
       <c r="FK106" s="30"/>
       <c r="FL106" s="30"/>
+      <c r="FM106" s="30"/>
     </row>
-    <row r="107" spans="3:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="107" spans="3:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C107" s="29"/>
       <c r="D107" s="29"/>
       <c r="E107" s="29"/>
       <c r="F107" s="29"/>
       <c r="G107" s="29"/>
       <c r="H107" s="29"/>
       <c r="I107" s="29"/>
       <c r="J107" s="29"/>
       <c r="K107" s="29"/>
       <c r="L107" s="29"/>
       <c r="M107" s="29"/>
       <c r="N107" s="29"/>
       <c r="O107" s="29"/>
       <c r="P107" s="29"/>
       <c r="Q107" s="29"/>
       <c r="R107" s="29"/>
       <c r="S107" s="29"/>
       <c r="T107" s="29"/>
       <c r="U107" s="29"/>
       <c r="V107" s="29"/>
       <c r="W107" s="29"/>
       <c r="X107" s="29"/>
       <c r="Y107" s="29"/>
       <c r="Z107" s="29"/>
       <c r="AA107" s="29"/>
@@ -36834,52 +37846,53 @@
       <c r="EN107" s="30"/>
       <c r="EO107" s="30"/>
       <c r="EP107" s="30"/>
       <c r="EQ107" s="30"/>
       <c r="ER107" s="30"/>
       <c r="ES107" s="30"/>
       <c r="ET107" s="30"/>
       <c r="EU107" s="30"/>
       <c r="EV107" s="30"/>
       <c r="EW107" s="30"/>
       <c r="EX107" s="30"/>
       <c r="EY107" s="30"/>
       <c r="EZ107" s="30"/>
       <c r="FA107" s="30"/>
       <c r="FB107" s="30"/>
       <c r="FC107" s="30"/>
       <c r="FD107" s="30"/>
       <c r="FE107" s="30"/>
       <c r="FF107" s="30"/>
       <c r="FG107" s="30"/>
       <c r="FH107" s="30"/>
       <c r="FI107" s="30"/>
       <c r="FJ107" s="30"/>
       <c r="FK107" s="30"/>
       <c r="FL107" s="30"/>
+      <c r="FM107" s="30"/>
     </row>
-    <row r="108" spans="3:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="108" spans="3:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C108" s="29"/>
       <c r="D108" s="29"/>
       <c r="E108" s="29"/>
       <c r="F108" s="29"/>
       <c r="G108" s="29"/>
       <c r="H108" s="29"/>
       <c r="I108" s="29"/>
       <c r="J108" s="29"/>
       <c r="K108" s="29"/>
       <c r="L108" s="29"/>
       <c r="M108" s="29"/>
       <c r="N108" s="29"/>
       <c r="O108" s="29"/>
       <c r="P108" s="29"/>
       <c r="Q108" s="29"/>
       <c r="R108" s="29"/>
       <c r="S108" s="29"/>
       <c r="T108" s="29"/>
       <c r="U108" s="29"/>
       <c r="V108" s="29"/>
       <c r="W108" s="29"/>
       <c r="X108" s="29"/>
       <c r="Y108" s="29"/>
       <c r="Z108" s="29"/>
       <c r="AA108" s="29"/>
@@ -36998,52 +38011,53 @@
       <c r="EN108" s="30"/>
       <c r="EO108" s="30"/>
       <c r="EP108" s="30"/>
       <c r="EQ108" s="30"/>
       <c r="ER108" s="30"/>
       <c r="ES108" s="30"/>
       <c r="ET108" s="30"/>
       <c r="EU108" s="30"/>
       <c r="EV108" s="30"/>
       <c r="EW108" s="30"/>
       <c r="EX108" s="30"/>
       <c r="EY108" s="30"/>
       <c r="EZ108" s="30"/>
       <c r="FA108" s="30"/>
       <c r="FB108" s="30"/>
       <c r="FC108" s="30"/>
       <c r="FD108" s="30"/>
       <c r="FE108" s="30"/>
       <c r="FF108" s="30"/>
       <c r="FG108" s="30"/>
       <c r="FH108" s="30"/>
       <c r="FI108" s="30"/>
       <c r="FJ108" s="30"/>
       <c r="FK108" s="30"/>
       <c r="FL108" s="30"/>
+      <c r="FM108" s="30"/>
     </row>
-    <row r="109" spans="3:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="109" spans="3:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C109" s="29"/>
       <c r="D109" s="29"/>
       <c r="E109" s="29"/>
       <c r="F109" s="29"/>
       <c r="G109" s="29"/>
       <c r="H109" s="29"/>
       <c r="I109" s="29"/>
       <c r="J109" s="29"/>
       <c r="K109" s="29"/>
       <c r="L109" s="29"/>
       <c r="M109" s="29"/>
       <c r="N109" s="29"/>
       <c r="O109" s="29"/>
       <c r="P109" s="29"/>
       <c r="Q109" s="29"/>
       <c r="R109" s="29"/>
       <c r="S109" s="29"/>
       <c r="T109" s="29"/>
       <c r="U109" s="29"/>
       <c r="V109" s="29"/>
       <c r="W109" s="29"/>
       <c r="X109" s="29"/>
       <c r="Y109" s="29"/>
       <c r="Z109" s="29"/>
       <c r="AA109" s="29"/>
@@ -37162,52 +38176,53 @@
       <c r="EN109" s="30"/>
       <c r="EO109" s="30"/>
       <c r="EP109" s="30"/>
       <c r="EQ109" s="30"/>
       <c r="ER109" s="30"/>
       <c r="ES109" s="30"/>
       <c r="ET109" s="30"/>
       <c r="EU109" s="30"/>
       <c r="EV109" s="30"/>
       <c r="EW109" s="30"/>
       <c r="EX109" s="30"/>
       <c r="EY109" s="30"/>
       <c r="EZ109" s="30"/>
       <c r="FA109" s="30"/>
       <c r="FB109" s="30"/>
       <c r="FC109" s="30"/>
       <c r="FD109" s="30"/>
       <c r="FE109" s="30"/>
       <c r="FF109" s="30"/>
       <c r="FG109" s="30"/>
       <c r="FH109" s="30"/>
       <c r="FI109" s="30"/>
       <c r="FJ109" s="30"/>
       <c r="FK109" s="30"/>
       <c r="FL109" s="30"/>
+      <c r="FM109" s="30"/>
     </row>
-    <row r="110" spans="3:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="110" spans="3:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C110" s="29"/>
       <c r="D110" s="29"/>
       <c r="E110" s="29"/>
       <c r="F110" s="29"/>
       <c r="G110" s="29"/>
       <c r="H110" s="29"/>
       <c r="I110" s="29"/>
       <c r="J110" s="29"/>
       <c r="K110" s="29"/>
       <c r="L110" s="29"/>
       <c r="M110" s="29"/>
       <c r="N110" s="29"/>
       <c r="O110" s="29"/>
       <c r="P110" s="29"/>
       <c r="Q110" s="29"/>
       <c r="R110" s="29"/>
       <c r="S110" s="29"/>
       <c r="T110" s="29"/>
       <c r="U110" s="29"/>
       <c r="V110" s="29"/>
       <c r="W110" s="29"/>
       <c r="X110" s="29"/>
       <c r="Y110" s="29"/>
       <c r="Z110" s="29"/>
       <c r="AA110" s="29"/>
@@ -37326,52 +38341,53 @@
       <c r="EN110" s="30"/>
       <c r="EO110" s="30"/>
       <c r="EP110" s="30"/>
       <c r="EQ110" s="30"/>
       <c r="ER110" s="30"/>
       <c r="ES110" s="30"/>
       <c r="ET110" s="30"/>
       <c r="EU110" s="30"/>
       <c r="EV110" s="30"/>
       <c r="EW110" s="30"/>
       <c r="EX110" s="30"/>
       <c r="EY110" s="30"/>
       <c r="EZ110" s="30"/>
       <c r="FA110" s="30"/>
       <c r="FB110" s="30"/>
       <c r="FC110" s="30"/>
       <c r="FD110" s="30"/>
       <c r="FE110" s="30"/>
       <c r="FF110" s="30"/>
       <c r="FG110" s="30"/>
       <c r="FH110" s="30"/>
       <c r="FI110" s="30"/>
       <c r="FJ110" s="30"/>
       <c r="FK110" s="30"/>
       <c r="FL110" s="30"/>
+      <c r="FM110" s="30"/>
     </row>
-    <row r="111" spans="3:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="111" spans="3:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C111" s="29"/>
       <c r="D111" s="29"/>
       <c r="E111" s="29"/>
       <c r="F111" s="29"/>
       <c r="G111" s="29"/>
       <c r="H111" s="29"/>
       <c r="I111" s="29"/>
       <c r="J111" s="29"/>
       <c r="K111" s="29"/>
       <c r="L111" s="29"/>
       <c r="M111" s="29"/>
       <c r="N111" s="29"/>
       <c r="O111" s="29"/>
       <c r="P111" s="29"/>
       <c r="Q111" s="29"/>
       <c r="R111" s="29"/>
       <c r="S111" s="29"/>
       <c r="T111" s="29"/>
       <c r="U111" s="29"/>
       <c r="V111" s="29"/>
       <c r="W111" s="29"/>
       <c r="X111" s="29"/>
       <c r="Y111" s="29"/>
       <c r="Z111" s="29"/>
       <c r="AA111" s="29"/>
@@ -37490,52 +38506,53 @@
       <c r="EN111" s="30"/>
       <c r="EO111" s="30"/>
       <c r="EP111" s="30"/>
       <c r="EQ111" s="30"/>
       <c r="ER111" s="30"/>
       <c r="ES111" s="30"/>
       <c r="ET111" s="30"/>
       <c r="EU111" s="30"/>
       <c r="EV111" s="30"/>
       <c r="EW111" s="30"/>
       <c r="EX111" s="30"/>
       <c r="EY111" s="30"/>
       <c r="EZ111" s="30"/>
       <c r="FA111" s="30"/>
       <c r="FB111" s="30"/>
       <c r="FC111" s="30"/>
       <c r="FD111" s="30"/>
       <c r="FE111" s="30"/>
       <c r="FF111" s="30"/>
       <c r="FG111" s="30"/>
       <c r="FH111" s="30"/>
       <c r="FI111" s="30"/>
       <c r="FJ111" s="30"/>
       <c r="FK111" s="30"/>
       <c r="FL111" s="30"/>
+      <c r="FM111" s="30"/>
     </row>
-    <row r="112" spans="3:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="112" spans="3:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C112" s="29"/>
       <c r="D112" s="29"/>
       <c r="E112" s="29"/>
       <c r="F112" s="29"/>
       <c r="G112" s="29"/>
       <c r="H112" s="29"/>
       <c r="I112" s="29"/>
       <c r="J112" s="29"/>
       <c r="K112" s="29"/>
       <c r="L112" s="29"/>
       <c r="M112" s="29"/>
       <c r="N112" s="29"/>
       <c r="O112" s="29"/>
       <c r="P112" s="29"/>
       <c r="Q112" s="29"/>
       <c r="R112" s="29"/>
       <c r="S112" s="29"/>
       <c r="T112" s="29"/>
       <c r="U112" s="29"/>
       <c r="V112" s="29"/>
       <c r="W112" s="29"/>
       <c r="X112" s="29"/>
       <c r="Y112" s="29"/>
       <c r="Z112" s="29"/>
       <c r="AA112" s="29"/>
@@ -37654,52 +38671,53 @@
       <c r="EN112" s="30"/>
       <c r="EO112" s="30"/>
       <c r="EP112" s="30"/>
       <c r="EQ112" s="30"/>
       <c r="ER112" s="30"/>
       <c r="ES112" s="30"/>
       <c r="ET112" s="30"/>
       <c r="EU112" s="30"/>
       <c r="EV112" s="30"/>
       <c r="EW112" s="30"/>
       <c r="EX112" s="30"/>
       <c r="EY112" s="30"/>
       <c r="EZ112" s="30"/>
       <c r="FA112" s="30"/>
       <c r="FB112" s="30"/>
       <c r="FC112" s="30"/>
       <c r="FD112" s="30"/>
       <c r="FE112" s="30"/>
       <c r="FF112" s="30"/>
       <c r="FG112" s="30"/>
       <c r="FH112" s="30"/>
       <c r="FI112" s="30"/>
       <c r="FJ112" s="30"/>
       <c r="FK112" s="30"/>
       <c r="FL112" s="30"/>
+      <c r="FM112" s="30"/>
     </row>
-    <row r="113" spans="3:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="113" spans="3:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C113" s="29"/>
       <c r="D113" s="29"/>
       <c r="E113" s="29"/>
       <c r="F113" s="29"/>
       <c r="G113" s="29"/>
       <c r="H113" s="29"/>
       <c r="I113" s="29"/>
       <c r="J113" s="29"/>
       <c r="K113" s="29"/>
       <c r="L113" s="29"/>
       <c r="M113" s="29"/>
       <c r="N113" s="29"/>
       <c r="O113" s="29"/>
       <c r="P113" s="29"/>
       <c r="Q113" s="29"/>
       <c r="R113" s="29"/>
       <c r="S113" s="29"/>
       <c r="T113" s="29"/>
       <c r="U113" s="29"/>
       <c r="V113" s="29"/>
       <c r="W113" s="29"/>
       <c r="X113" s="29"/>
       <c r="Y113" s="29"/>
       <c r="Z113" s="29"/>
       <c r="AA113" s="29"/>
@@ -37818,52 +38836,53 @@
       <c r="EN113" s="30"/>
       <c r="EO113" s="30"/>
       <c r="EP113" s="30"/>
       <c r="EQ113" s="30"/>
       <c r="ER113" s="30"/>
       <c r="ES113" s="30"/>
       <c r="ET113" s="30"/>
       <c r="EU113" s="30"/>
       <c r="EV113" s="30"/>
       <c r="EW113" s="30"/>
       <c r="EX113" s="30"/>
       <c r="EY113" s="30"/>
       <c r="EZ113" s="30"/>
       <c r="FA113" s="30"/>
       <c r="FB113" s="30"/>
       <c r="FC113" s="30"/>
       <c r="FD113" s="30"/>
       <c r="FE113" s="30"/>
       <c r="FF113" s="30"/>
       <c r="FG113" s="30"/>
       <c r="FH113" s="30"/>
       <c r="FI113" s="30"/>
       <c r="FJ113" s="30"/>
       <c r="FK113" s="30"/>
       <c r="FL113" s="30"/>
+      <c r="FM113" s="30"/>
     </row>
-    <row r="114" spans="3:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="114" spans="3:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C114" s="29"/>
       <c r="D114" s="29"/>
       <c r="E114" s="29"/>
       <c r="F114" s="29"/>
       <c r="G114" s="29"/>
       <c r="H114" s="29"/>
       <c r="I114" s="29"/>
       <c r="J114" s="29"/>
       <c r="K114" s="29"/>
       <c r="L114" s="29"/>
       <c r="M114" s="29"/>
       <c r="N114" s="29"/>
       <c r="O114" s="29"/>
       <c r="P114" s="29"/>
       <c r="Q114" s="29"/>
       <c r="R114" s="29"/>
       <c r="S114" s="29"/>
       <c r="T114" s="29"/>
       <c r="U114" s="29"/>
       <c r="V114" s="29"/>
       <c r="W114" s="29"/>
       <c r="X114" s="29"/>
       <c r="Y114" s="29"/>
       <c r="Z114" s="29"/>
       <c r="AA114" s="29"/>
@@ -37982,52 +39001,53 @@
       <c r="EN114" s="30"/>
       <c r="EO114" s="30"/>
       <c r="EP114" s="30"/>
       <c r="EQ114" s="30"/>
       <c r="ER114" s="30"/>
       <c r="ES114" s="30"/>
       <c r="ET114" s="30"/>
       <c r="EU114" s="30"/>
       <c r="EV114" s="30"/>
       <c r="EW114" s="30"/>
       <c r="EX114" s="30"/>
       <c r="EY114" s="30"/>
       <c r="EZ114" s="30"/>
       <c r="FA114" s="30"/>
       <c r="FB114" s="30"/>
       <c r="FC114" s="30"/>
       <c r="FD114" s="30"/>
       <c r="FE114" s="30"/>
       <c r="FF114" s="30"/>
       <c r="FG114" s="30"/>
       <c r="FH114" s="30"/>
       <c r="FI114" s="30"/>
       <c r="FJ114" s="30"/>
       <c r="FK114" s="30"/>
       <c r="FL114" s="30"/>
+      <c r="FM114" s="30"/>
     </row>
-    <row r="115" spans="3:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="115" spans="3:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C115" s="29"/>
       <c r="D115" s="29"/>
       <c r="E115" s="29"/>
       <c r="F115" s="29"/>
       <c r="G115" s="29"/>
       <c r="H115" s="29"/>
       <c r="I115" s="29"/>
       <c r="J115" s="29"/>
       <c r="K115" s="29"/>
       <c r="L115" s="29"/>
       <c r="M115" s="29"/>
       <c r="N115" s="29"/>
       <c r="O115" s="29"/>
       <c r="P115" s="29"/>
       <c r="Q115" s="29"/>
       <c r="R115" s="29"/>
       <c r="S115" s="29"/>
       <c r="T115" s="29"/>
       <c r="U115" s="29"/>
       <c r="V115" s="29"/>
       <c r="W115" s="29"/>
       <c r="X115" s="29"/>
       <c r="Y115" s="29"/>
       <c r="Z115" s="29"/>
       <c r="AA115" s="29"/>
@@ -38146,52 +39166,53 @@
       <c r="EN115" s="30"/>
       <c r="EO115" s="30"/>
       <c r="EP115" s="30"/>
       <c r="EQ115" s="30"/>
       <c r="ER115" s="30"/>
       <c r="ES115" s="30"/>
       <c r="ET115" s="30"/>
       <c r="EU115" s="30"/>
       <c r="EV115" s="30"/>
       <c r="EW115" s="30"/>
       <c r="EX115" s="30"/>
       <c r="EY115" s="30"/>
       <c r="EZ115" s="30"/>
       <c r="FA115" s="30"/>
       <c r="FB115" s="30"/>
       <c r="FC115" s="30"/>
       <c r="FD115" s="30"/>
       <c r="FE115" s="30"/>
       <c r="FF115" s="30"/>
       <c r="FG115" s="30"/>
       <c r="FH115" s="30"/>
       <c r="FI115" s="30"/>
       <c r="FJ115" s="30"/>
       <c r="FK115" s="30"/>
       <c r="FL115" s="30"/>
+      <c r="FM115" s="30"/>
     </row>
-    <row r="116" spans="3:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="116" spans="3:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C116" s="29"/>
       <c r="D116" s="29"/>
       <c r="E116" s="29"/>
       <c r="F116" s="29"/>
       <c r="G116" s="29"/>
       <c r="H116" s="29"/>
       <c r="I116" s="29"/>
       <c r="J116" s="29"/>
       <c r="K116" s="29"/>
       <c r="L116" s="29"/>
       <c r="M116" s="29"/>
       <c r="N116" s="29"/>
       <c r="O116" s="29"/>
       <c r="P116" s="29"/>
       <c r="Q116" s="29"/>
       <c r="R116" s="29"/>
       <c r="S116" s="29"/>
       <c r="T116" s="29"/>
       <c r="U116" s="29"/>
       <c r="V116" s="29"/>
       <c r="W116" s="29"/>
       <c r="X116" s="29"/>
       <c r="Y116" s="29"/>
       <c r="Z116" s="29"/>
       <c r="AA116" s="29"/>
@@ -38310,52 +39331,53 @@
       <c r="EN116" s="30"/>
       <c r="EO116" s="30"/>
       <c r="EP116" s="30"/>
       <c r="EQ116" s="30"/>
       <c r="ER116" s="30"/>
       <c r="ES116" s="30"/>
       <c r="ET116" s="30"/>
       <c r="EU116" s="30"/>
       <c r="EV116" s="30"/>
       <c r="EW116" s="30"/>
       <c r="EX116" s="30"/>
       <c r="EY116" s="30"/>
       <c r="EZ116" s="30"/>
       <c r="FA116" s="30"/>
       <c r="FB116" s="30"/>
       <c r="FC116" s="30"/>
       <c r="FD116" s="30"/>
       <c r="FE116" s="30"/>
       <c r="FF116" s="30"/>
       <c r="FG116" s="30"/>
       <c r="FH116" s="30"/>
       <c r="FI116" s="30"/>
       <c r="FJ116" s="30"/>
       <c r="FK116" s="30"/>
       <c r="FL116" s="30"/>
+      <c r="FM116" s="30"/>
     </row>
-    <row r="117" spans="3:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="117" spans="3:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C117" s="29"/>
       <c r="D117" s="29"/>
       <c r="E117" s="29"/>
       <c r="F117" s="29"/>
       <c r="G117" s="29"/>
       <c r="H117" s="29"/>
       <c r="I117" s="29"/>
       <c r="J117" s="29"/>
       <c r="K117" s="29"/>
       <c r="L117" s="29"/>
       <c r="M117" s="29"/>
       <c r="N117" s="29"/>
       <c r="O117" s="29"/>
       <c r="P117" s="29"/>
       <c r="Q117" s="29"/>
       <c r="R117" s="29"/>
       <c r="S117" s="29"/>
       <c r="T117" s="29"/>
       <c r="U117" s="29"/>
       <c r="V117" s="29"/>
       <c r="W117" s="29"/>
       <c r="X117" s="29"/>
       <c r="Y117" s="29"/>
       <c r="Z117" s="29"/>
       <c r="AA117" s="29"/>
@@ -38474,52 +39496,53 @@
       <c r="EN117" s="30"/>
       <c r="EO117" s="30"/>
       <c r="EP117" s="30"/>
       <c r="EQ117" s="30"/>
       <c r="ER117" s="30"/>
       <c r="ES117" s="30"/>
       <c r="ET117" s="30"/>
       <c r="EU117" s="30"/>
       <c r="EV117" s="30"/>
       <c r="EW117" s="30"/>
       <c r="EX117" s="30"/>
       <c r="EY117" s="30"/>
       <c r="EZ117" s="30"/>
       <c r="FA117" s="30"/>
       <c r="FB117" s="30"/>
       <c r="FC117" s="30"/>
       <c r="FD117" s="30"/>
       <c r="FE117" s="30"/>
       <c r="FF117" s="30"/>
       <c r="FG117" s="30"/>
       <c r="FH117" s="30"/>
       <c r="FI117" s="30"/>
       <c r="FJ117" s="30"/>
       <c r="FK117" s="30"/>
       <c r="FL117" s="30"/>
+      <c r="FM117" s="30"/>
     </row>
-    <row r="118" spans="3:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="118" spans="3:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C118" s="29"/>
       <c r="D118" s="29"/>
       <c r="E118" s="29"/>
       <c r="F118" s="29"/>
       <c r="G118" s="29"/>
       <c r="H118" s="29"/>
       <c r="I118" s="29"/>
       <c r="J118" s="29"/>
       <c r="K118" s="29"/>
       <c r="L118" s="29"/>
       <c r="M118" s="29"/>
       <c r="N118" s="29"/>
       <c r="O118" s="29"/>
       <c r="P118" s="29"/>
       <c r="Q118" s="29"/>
       <c r="R118" s="29"/>
       <c r="S118" s="29"/>
       <c r="T118" s="29"/>
       <c r="U118" s="29"/>
       <c r="V118" s="29"/>
       <c r="W118" s="29"/>
       <c r="X118" s="29"/>
       <c r="Y118" s="29"/>
       <c r="Z118" s="29"/>
       <c r="AA118" s="29"/>
@@ -38638,52 +39661,53 @@
       <c r="EN118" s="30"/>
       <c r="EO118" s="30"/>
       <c r="EP118" s="30"/>
       <c r="EQ118" s="30"/>
       <c r="ER118" s="30"/>
       <c r="ES118" s="30"/>
       <c r="ET118" s="30"/>
       <c r="EU118" s="30"/>
       <c r="EV118" s="30"/>
       <c r="EW118" s="30"/>
       <c r="EX118" s="30"/>
       <c r="EY118" s="30"/>
       <c r="EZ118" s="30"/>
       <c r="FA118" s="30"/>
       <c r="FB118" s="30"/>
       <c r="FC118" s="30"/>
       <c r="FD118" s="30"/>
       <c r="FE118" s="30"/>
       <c r="FF118" s="30"/>
       <c r="FG118" s="30"/>
       <c r="FH118" s="30"/>
       <c r="FI118" s="30"/>
       <c r="FJ118" s="30"/>
       <c r="FK118" s="30"/>
       <c r="FL118" s="30"/>
+      <c r="FM118" s="30"/>
     </row>
-    <row r="119" spans="3:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="119" spans="3:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C119" s="29"/>
       <c r="D119" s="29"/>
       <c r="E119" s="29"/>
       <c r="F119" s="29"/>
       <c r="G119" s="29"/>
       <c r="H119" s="29"/>
       <c r="I119" s="29"/>
       <c r="J119" s="29"/>
       <c r="K119" s="29"/>
       <c r="L119" s="29"/>
       <c r="M119" s="29"/>
       <c r="N119" s="29"/>
       <c r="O119" s="29"/>
       <c r="P119" s="29"/>
       <c r="Q119" s="29"/>
       <c r="R119" s="29"/>
       <c r="S119" s="29"/>
       <c r="T119" s="29"/>
       <c r="U119" s="29"/>
       <c r="V119" s="29"/>
       <c r="W119" s="29"/>
       <c r="X119" s="29"/>
       <c r="Y119" s="29"/>
       <c r="Z119" s="29"/>
       <c r="AA119" s="29"/>
@@ -38802,52 +39826,53 @@
       <c r="EN119" s="30"/>
       <c r="EO119" s="30"/>
       <c r="EP119" s="30"/>
       <c r="EQ119" s="30"/>
       <c r="ER119" s="30"/>
       <c r="ES119" s="30"/>
       <c r="ET119" s="30"/>
       <c r="EU119" s="30"/>
       <c r="EV119" s="30"/>
       <c r="EW119" s="30"/>
       <c r="EX119" s="30"/>
       <c r="EY119" s="30"/>
       <c r="EZ119" s="30"/>
       <c r="FA119" s="30"/>
       <c r="FB119" s="30"/>
       <c r="FC119" s="30"/>
       <c r="FD119" s="30"/>
       <c r="FE119" s="30"/>
       <c r="FF119" s="30"/>
       <c r="FG119" s="30"/>
       <c r="FH119" s="30"/>
       <c r="FI119" s="30"/>
       <c r="FJ119" s="30"/>
       <c r="FK119" s="30"/>
       <c r="FL119" s="30"/>
+      <c r="FM119" s="30"/>
     </row>
-    <row r="120" spans="3:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="120" spans="3:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C120" s="29"/>
       <c r="D120" s="29"/>
       <c r="E120" s="29"/>
       <c r="F120" s="29"/>
       <c r="G120" s="29"/>
       <c r="H120" s="29"/>
       <c r="I120" s="29"/>
       <c r="J120" s="29"/>
       <c r="K120" s="29"/>
       <c r="L120" s="29"/>
       <c r="M120" s="29"/>
       <c r="N120" s="29"/>
       <c r="O120" s="29"/>
       <c r="P120" s="29"/>
       <c r="Q120" s="29"/>
       <c r="R120" s="29"/>
       <c r="S120" s="29"/>
       <c r="T120" s="29"/>
       <c r="U120" s="29"/>
       <c r="V120" s="29"/>
       <c r="W120" s="29"/>
       <c r="X120" s="29"/>
       <c r="Y120" s="29"/>
       <c r="Z120" s="29"/>
       <c r="AA120" s="29"/>
@@ -38966,52 +39991,53 @@
       <c r="EN120" s="29"/>
       <c r="EO120" s="29"/>
       <c r="EP120" s="29"/>
       <c r="EQ120" s="29"/>
       <c r="ER120" s="29"/>
       <c r="ES120" s="29"/>
       <c r="ET120" s="29"/>
       <c r="EU120" s="29"/>
       <c r="EV120" s="29"/>
       <c r="EW120" s="29"/>
       <c r="EX120" s="29"/>
       <c r="EY120" s="29"/>
       <c r="EZ120" s="29"/>
       <c r="FA120" s="29"/>
       <c r="FB120" s="29"/>
       <c r="FC120" s="29"/>
       <c r="FD120" s="29"/>
       <c r="FE120" s="29"/>
       <c r="FF120" s="29"/>
       <c r="FG120" s="29"/>
       <c r="FH120" s="29"/>
       <c r="FI120" s="29"/>
       <c r="FJ120" s="29"/>
       <c r="FK120" s="29"/>
       <c r="FL120" s="29"/>
+      <c r="FM120" s="29"/>
     </row>
-    <row r="121" spans="3:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="121" spans="3:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C121" s="29"/>
       <c r="D121" s="29"/>
       <c r="E121" s="29"/>
       <c r="F121" s="29"/>
       <c r="G121" s="29"/>
       <c r="H121" s="29"/>
       <c r="I121" s="29"/>
       <c r="J121" s="29"/>
       <c r="K121" s="29"/>
       <c r="L121" s="29"/>
       <c r="M121" s="29"/>
       <c r="N121" s="29"/>
       <c r="O121" s="29"/>
       <c r="P121" s="29"/>
       <c r="Q121" s="29"/>
       <c r="R121" s="29"/>
       <c r="S121" s="29"/>
       <c r="T121" s="29"/>
       <c r="U121" s="29"/>
       <c r="V121" s="29"/>
       <c r="W121" s="29"/>
       <c r="X121" s="29"/>
       <c r="Y121" s="29"/>
       <c r="Z121" s="29"/>
       <c r="AA121" s="29"/>
@@ -39130,52 +40156,53 @@
       <c r="EN121" s="29"/>
       <c r="EO121" s="29"/>
       <c r="EP121" s="29"/>
       <c r="EQ121" s="29"/>
       <c r="ER121" s="29"/>
       <c r="ES121" s="29"/>
       <c r="ET121" s="29"/>
       <c r="EU121" s="29"/>
       <c r="EV121" s="29"/>
       <c r="EW121" s="29"/>
       <c r="EX121" s="29"/>
       <c r="EY121" s="29"/>
       <c r="EZ121" s="29"/>
       <c r="FA121" s="29"/>
       <c r="FB121" s="29"/>
       <c r="FC121" s="29"/>
       <c r="FD121" s="29"/>
       <c r="FE121" s="29"/>
       <c r="FF121" s="29"/>
       <c r="FG121" s="29"/>
       <c r="FH121" s="29"/>
       <c r="FI121" s="29"/>
       <c r="FJ121" s="29"/>
       <c r="FK121" s="29"/>
       <c r="FL121" s="29"/>
+      <c r="FM121" s="29"/>
     </row>
-    <row r="122" spans="3:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="122" spans="3:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C122" s="29"/>
       <c r="D122" s="29"/>
       <c r="E122" s="29"/>
       <c r="F122" s="29"/>
       <c r="G122" s="29"/>
       <c r="H122" s="29"/>
       <c r="I122" s="29"/>
       <c r="J122" s="29"/>
       <c r="K122" s="29"/>
       <c r="L122" s="29"/>
       <c r="M122" s="29"/>
       <c r="N122" s="29"/>
       <c r="O122" s="29"/>
       <c r="P122" s="29"/>
       <c r="Q122" s="29"/>
       <c r="R122" s="29"/>
       <c r="S122" s="29"/>
       <c r="T122" s="29"/>
       <c r="U122" s="29"/>
       <c r="V122" s="29"/>
       <c r="W122" s="29"/>
       <c r="X122" s="29"/>
       <c r="Y122" s="29"/>
       <c r="Z122" s="29"/>
       <c r="AA122" s="29"/>
@@ -39294,52 +40321,53 @@
       <c r="EN122" s="29"/>
       <c r="EO122" s="29"/>
       <c r="EP122" s="29"/>
       <c r="EQ122" s="29"/>
       <c r="ER122" s="29"/>
       <c r="ES122" s="29"/>
       <c r="ET122" s="29"/>
       <c r="EU122" s="29"/>
       <c r="EV122" s="29"/>
       <c r="EW122" s="29"/>
       <c r="EX122" s="29"/>
       <c r="EY122" s="29"/>
       <c r="EZ122" s="29"/>
       <c r="FA122" s="29"/>
       <c r="FB122" s="29"/>
       <c r="FC122" s="29"/>
       <c r="FD122" s="29"/>
       <c r="FE122" s="29"/>
       <c r="FF122" s="29"/>
       <c r="FG122" s="29"/>
       <c r="FH122" s="29"/>
       <c r="FI122" s="29"/>
       <c r="FJ122" s="29"/>
       <c r="FK122" s="29"/>
       <c r="FL122" s="29"/>
+      <c r="FM122" s="29"/>
     </row>
-    <row r="123" spans="3:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="123" spans="3:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C123" s="29"/>
       <c r="D123" s="29"/>
       <c r="E123" s="29"/>
       <c r="F123" s="29"/>
       <c r="G123" s="29"/>
       <c r="H123" s="29"/>
       <c r="I123" s="29"/>
       <c r="J123" s="29"/>
       <c r="K123" s="29"/>
       <c r="L123" s="29"/>
       <c r="M123" s="29"/>
       <c r="N123" s="29"/>
       <c r="O123" s="29"/>
       <c r="P123" s="29"/>
       <c r="Q123" s="29"/>
       <c r="R123" s="29"/>
       <c r="S123" s="29"/>
       <c r="T123" s="29"/>
       <c r="U123" s="29"/>
       <c r="V123" s="29"/>
       <c r="W123" s="29"/>
       <c r="X123" s="29"/>
       <c r="Y123" s="29"/>
       <c r="Z123" s="29"/>
       <c r="AA123" s="29"/>
@@ -39458,52 +40486,53 @@
       <c r="EN123" s="29"/>
       <c r="EO123" s="29"/>
       <c r="EP123" s="29"/>
       <c r="EQ123" s="29"/>
       <c r="ER123" s="29"/>
       <c r="ES123" s="29"/>
       <c r="ET123" s="29"/>
       <c r="EU123" s="29"/>
       <c r="EV123" s="29"/>
       <c r="EW123" s="29"/>
       <c r="EX123" s="29"/>
       <c r="EY123" s="29"/>
       <c r="EZ123" s="29"/>
       <c r="FA123" s="29"/>
       <c r="FB123" s="29"/>
       <c r="FC123" s="29"/>
       <c r="FD123" s="29"/>
       <c r="FE123" s="29"/>
       <c r="FF123" s="29"/>
       <c r="FG123" s="29"/>
       <c r="FH123" s="29"/>
       <c r="FI123" s="29"/>
       <c r="FJ123" s="29"/>
       <c r="FK123" s="29"/>
       <c r="FL123" s="29"/>
+      <c r="FM123" s="29"/>
     </row>
-    <row r="124" spans="3:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="124" spans="3:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C124" s="29"/>
       <c r="D124" s="29"/>
       <c r="E124" s="29"/>
       <c r="F124" s="29"/>
       <c r="G124" s="29"/>
       <c r="H124" s="29"/>
       <c r="I124" s="29"/>
       <c r="J124" s="29"/>
       <c r="K124" s="29"/>
       <c r="L124" s="29"/>
       <c r="M124" s="29"/>
       <c r="N124" s="29"/>
       <c r="O124" s="29"/>
       <c r="P124" s="29"/>
       <c r="Q124" s="29"/>
       <c r="R124" s="29"/>
       <c r="S124" s="29"/>
       <c r="T124" s="29"/>
       <c r="U124" s="29"/>
       <c r="V124" s="29"/>
       <c r="W124" s="29"/>
       <c r="X124" s="29"/>
       <c r="Y124" s="29"/>
       <c r="Z124" s="29"/>
       <c r="AA124" s="29"/>
@@ -39622,52 +40651,53 @@
       <c r="EN124" s="29"/>
       <c r="EO124" s="29"/>
       <c r="EP124" s="29"/>
       <c r="EQ124" s="29"/>
       <c r="ER124" s="29"/>
       <c r="ES124" s="29"/>
       <c r="ET124" s="29"/>
       <c r="EU124" s="29"/>
       <c r="EV124" s="29"/>
       <c r="EW124" s="29"/>
       <c r="EX124" s="29"/>
       <c r="EY124" s="29"/>
       <c r="EZ124" s="29"/>
       <c r="FA124" s="29"/>
       <c r="FB124" s="29"/>
       <c r="FC124" s="29"/>
       <c r="FD124" s="29"/>
       <c r="FE124" s="29"/>
       <c r="FF124" s="29"/>
       <c r="FG124" s="29"/>
       <c r="FH124" s="29"/>
       <c r="FI124" s="29"/>
       <c r="FJ124" s="29"/>
       <c r="FK124" s="29"/>
       <c r="FL124" s="29"/>
+      <c r="FM124" s="29"/>
     </row>
-    <row r="125" spans="3:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="125" spans="3:169" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C125" s="29"/>
       <c r="D125" s="29"/>
       <c r="E125" s="29"/>
       <c r="F125" s="29"/>
       <c r="G125" s="29"/>
       <c r="H125" s="29"/>
       <c r="I125" s="29"/>
       <c r="J125" s="29"/>
       <c r="K125" s="29"/>
       <c r="L125" s="29"/>
       <c r="M125" s="29"/>
       <c r="N125" s="29"/>
       <c r="O125" s="29"/>
       <c r="P125" s="29"/>
       <c r="Q125" s="29"/>
       <c r="R125" s="29"/>
       <c r="S125" s="29"/>
       <c r="T125" s="29"/>
       <c r="U125" s="29"/>
       <c r="V125" s="29"/>
       <c r="W125" s="29"/>
       <c r="X125" s="29"/>
       <c r="Y125" s="29"/>
       <c r="Z125" s="29"/>
       <c r="AA125" s="29"/>
@@ -39786,50 +40816,51 @@
       <c r="EN125" s="29"/>
       <c r="EO125" s="29"/>
       <c r="EP125" s="29"/>
       <c r="EQ125" s="29"/>
       <c r="ER125" s="29"/>
       <c r="ES125" s="29"/>
       <c r="ET125" s="29"/>
       <c r="EU125" s="29"/>
       <c r="EV125" s="29"/>
       <c r="EW125" s="29"/>
       <c r="EX125" s="29"/>
       <c r="EY125" s="29"/>
       <c r="EZ125" s="29"/>
       <c r="FA125" s="29"/>
       <c r="FB125" s="29"/>
       <c r="FC125" s="29"/>
       <c r="FD125" s="29"/>
       <c r="FE125" s="29"/>
       <c r="FF125" s="29"/>
       <c r="FG125" s="29"/>
       <c r="FH125" s="29"/>
       <c r="FI125" s="29"/>
       <c r="FJ125" s="29"/>
       <c r="FK125" s="29"/>
       <c r="FL125" s="29"/>
+      <c r="FM125" s="29"/>
     </row>
   </sheetData>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="90" fitToWidth="0" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Radni listovi</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Imenovani rasponi</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>