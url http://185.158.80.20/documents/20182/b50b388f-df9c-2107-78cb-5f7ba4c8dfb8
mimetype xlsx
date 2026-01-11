--- v0 (2025-10-07)
+++ v1 (2026-01-11)
@@ -1,78 +1,81 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="24334"/>
   <workbookPr filterPrivacy="1" codeName="ThisWorkbook"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{522831DF-A9E9-4BEB-A809-6FE2E38D5337}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{27DE4BF0-5F0D-467B-BCC8-277087C06347}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="DATA EUR" sheetId="1" r:id="rId1"/>
     <sheet name="DATA HRK" sheetId="2" r:id="rId2"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
+    <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
+      <xlwcv:version setVersion="1"/>
+    </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="370" uniqueCount="49">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="375" uniqueCount="50">
   <si>
     <t>Data on sold claims of credit institutions during the reporting period</t>
   </si>
   <si>
     <t>This table shows data on sold claims (sales between credit institutions are excluded) during the reporting period.</t>
   </si>
   <si>
     <t xml:space="preserve">B and C risk category claims are identified in accordance with the Decision on the classification of exposures into risk categories and the method of determining credit losses (OG 114/2017 and 110/2018). </t>
   </si>
   <si>
     <t>Amount (in thousand kuna)</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>Other sectors</t>
   </si>
   <si>
     <t>TOTAL SOLD CLAIMS</t>
   </si>
   <si>
     <t>Gross carrying amount of the claim</t>
   </si>
   <si>
@@ -175,50 +178,53 @@
     <t>Oct. – Dec. 2023</t>
   </si>
   <si>
     <t>2023 TOTAL</t>
   </si>
   <si>
     <t>Jan. – Mar. 2024</t>
   </si>
   <si>
     <t>Apr. – Jun. 2024</t>
   </si>
   <si>
     <t>Jul. – Sept. 2024</t>
   </si>
   <si>
     <t>Oct. – Dec. 2024</t>
   </si>
   <si>
     <t>2024 TOTAL</t>
   </si>
   <si>
     <t>Jan. – Mar. 2025</t>
   </si>
   <si>
     <t>Apr. – Jun. 2025</t>
+  </si>
+  <si>
+    <t>Jul. – Sept. 2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.0"/>
   </numFmts>
   <fonts count="10" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
@@ -698,51 +704,51 @@
       <bottom style="thin">
         <color rgb="FFFF0000"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color rgb="FFFF0000"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="6">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="0" applyNumberFormat="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="3" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="128">
+  <cellXfs count="127">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="2" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFill="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
@@ -917,70 +923,69 @@
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="33" xfId="1" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="9" fillId="0" borderId="33" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="3" fontId="9" fillId="0" borderId="34" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="33" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="9" fillId="0" borderId="33" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="9" fillId="0" borderId="35" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="1" fillId="0" borderId="22" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="1" fillId="0" borderId="23" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="1" fillId="0" borderId="24" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="22" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="1" fillId="0" borderId="22" xfId="4" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="1" fillId="0" borderId="25" xfId="4" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="36" xfId="1" applyNumberFormat="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="26" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="31" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="21" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="9" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="26" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="10" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="31" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle name="Hiperveza" xfId="5" builtinId="8"/>
     <cellStyle name="Naslov 1 2" xfId="3" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="Normalno" xfId="0" builtinId="0"/>
     <cellStyle name="Normalno 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
     <cellStyle name="Normalno 2 3" xfId="2" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
     <cellStyle name="Zadnji redak" xfId="4" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
@@ -1319,724 +1324,822 @@
         <v>34</v>
       </c>
       <c r="C7" s="6"/>
       <c r="D7" s="6"/>
       <c r="E7" s="6"/>
       <c r="F7" s="6"/>
       <c r="G7"/>
       <c r="H7"/>
       <c r="I7"/>
       <c r="J7"/>
       <c r="K7"/>
       <c r="L7"/>
       <c r="M7"/>
       <c r="N7"/>
       <c r="O7"/>
       <c r="P7"/>
       <c r="Q7"/>
       <c r="R7"/>
       <c r="S7"/>
       <c r="T7"/>
       <c r="U7"/>
       <c r="V7"/>
     </row>
     <row r="8" spans="2:22" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B8" s="8"/>
-      <c r="C8" s="120" t="s">
+      <c r="C8" s="122" t="s">
         <v>47</v>
       </c>
-      <c r="D8" s="120"/>
-[...2 lines deleted...]
-      <c r="G8" s="124" t="s">
+      <c r="D8" s="122"/>
+      <c r="E8" s="122"/>
+      <c r="F8" s="122"/>
+      <c r="G8" s="121" t="s">
         <v>48</v>
       </c>
-      <c r="H8" s="120"/>
-[...5 lines deleted...]
-      <c r="N8"/>
+      <c r="H8" s="122"/>
+      <c r="I8" s="122"/>
+      <c r="J8" s="122"/>
+      <c r="K8" s="121" t="s">
+        <v>49</v>
+      </c>
+      <c r="L8" s="122"/>
+      <c r="M8" s="122"/>
+      <c r="N8" s="122"/>
       <c r="O8"/>
       <c r="P8"/>
       <c r="Q8"/>
       <c r="R8"/>
       <c r="S8"/>
       <c r="T8"/>
       <c r="U8"/>
       <c r="V8"/>
     </row>
     <row r="9" spans="2:22" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B9" s="9"/>
       <c r="C9" s="10" t="s">
         <v>4</v>
       </c>
       <c r="D9" s="11" t="s">
         <v>25</v>
       </c>
       <c r="E9" s="11" t="s">
         <v>26</v>
       </c>
       <c r="F9" s="41" t="s">
         <v>5</v>
       </c>
       <c r="G9" s="71" t="s">
         <v>4</v>
       </c>
       <c r="H9" s="11" t="s">
         <v>25</v>
       </c>
       <c r="I9" s="11" t="s">
         <v>26</v>
       </c>
       <c r="J9" s="41" t="s">
         <v>5</v>
       </c>
-      <c r="K9" s="127"/>
-[...2 lines deleted...]
-      <c r="N9"/>
+      <c r="K9" s="71" t="s">
+        <v>4</v>
+      </c>
+      <c r="L9" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="M9" s="11" t="s">
+        <v>26</v>
+      </c>
+      <c r="N9" s="41" t="s">
+        <v>5</v>
+      </c>
       <c r="O9"/>
       <c r="P9"/>
       <c r="Q9"/>
       <c r="R9"/>
       <c r="S9"/>
       <c r="T9"/>
       <c r="U9"/>
       <c r="V9"/>
     </row>
     <row r="10" spans="2:22" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B10" s="12" t="s">
         <v>6</v>
       </c>
       <c r="C10" s="13"/>
       <c r="D10" s="14"/>
       <c r="E10" s="14"/>
       <c r="F10" s="14"/>
       <c r="G10" s="72"/>
       <c r="H10" s="44"/>
       <c r="I10" s="44"/>
-      <c r="J10" s="126"/>
-[...3 lines deleted...]
-      <c r="N10"/>
+      <c r="J10" s="120"/>
+      <c r="K10" s="72"/>
+      <c r="L10" s="44"/>
+      <c r="M10" s="44"/>
+      <c r="N10" s="120"/>
       <c r="O10"/>
       <c r="P10"/>
       <c r="Q10"/>
       <c r="R10"/>
       <c r="S10"/>
       <c r="T10"/>
       <c r="U10"/>
       <c r="V10"/>
     </row>
     <row r="11" spans="2:22" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B11" s="15" t="s">
         <v>7</v>
       </c>
       <c r="C11" s="16">
         <v>24594.562000000002</v>
       </c>
       <c r="D11" s="17">
         <v>24497.117999999999</v>
       </c>
       <c r="E11" s="17">
         <v>0</v>
       </c>
       <c r="F11" s="84">
         <v>97.442999999999998</v>
       </c>
       <c r="G11" s="74">
         <v>14567.561</v>
       </c>
       <c r="H11" s="57">
         <v>3563.79</v>
       </c>
       <c r="I11" s="57">
         <v>10979.294</v>
       </c>
       <c r="J11" s="57">
         <v>24.477</v>
       </c>
-      <c r="K11" s="127"/>
-[...2 lines deleted...]
-      <c r="N11"/>
+      <c r="K11" s="74">
+        <v>5679.4489999999996</v>
+      </c>
+      <c r="L11" s="57">
+        <v>2970.2139999999999</v>
+      </c>
+      <c r="M11" s="57">
+        <v>2692.9810000000002</v>
+      </c>
+      <c r="N11" s="57">
+        <v>16.254000000000001</v>
+      </c>
       <c r="O11"/>
       <c r="P11"/>
       <c r="Q11"/>
       <c r="R11"/>
       <c r="S11"/>
       <c r="T11"/>
       <c r="U11"/>
       <c r="V11"/>
     </row>
     <row r="12" spans="2:22" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B12" s="19" t="s">
         <v>8</v>
       </c>
       <c r="C12" s="16">
         <v>87.174999999999997</v>
       </c>
       <c r="D12" s="17">
         <v>86.370999999999995</v>
       </c>
       <c r="E12" s="17">
         <v>0</v>
       </c>
       <c r="F12" s="84">
         <v>0.80400000000000005</v>
       </c>
       <c r="G12" s="74">
         <v>149.93299999999999</v>
       </c>
       <c r="H12" s="57">
         <v>134.976</v>
       </c>
       <c r="I12" s="57">
         <v>14.957000000000001</v>
       </c>
       <c r="J12" s="57"/>
-      <c r="K12" s="127"/>
-[...2 lines deleted...]
-      <c r="N12"/>
+      <c r="K12" s="74">
+        <v>291.21100000000001</v>
+      </c>
+      <c r="L12" s="57">
+        <v>245.69499999999999</v>
+      </c>
+      <c r="M12" s="57">
+        <v>45.515999999999998</v>
+      </c>
+      <c r="N12" s="57"/>
       <c r="O12"/>
       <c r="P12"/>
       <c r="Q12"/>
       <c r="R12"/>
       <c r="S12"/>
       <c r="T12"/>
       <c r="U12"/>
       <c r="V12"/>
     </row>
     <row r="13" spans="2:22" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B13" s="15" t="s">
         <v>9</v>
       </c>
       <c r="C13" s="16">
         <v>23966.736000000001</v>
       </c>
       <c r="D13" s="17">
         <v>23870.579000000002</v>
       </c>
       <c r="E13" s="17">
         <v>0</v>
       </c>
       <c r="F13" s="84">
         <v>96.156999999999996</v>
       </c>
       <c r="G13" s="74">
         <v>10226.923000000001</v>
       </c>
       <c r="H13" s="57">
         <v>2671.8249999999998</v>
       </c>
       <c r="I13" s="57">
         <v>7536.8209999999999</v>
       </c>
       <c r="J13" s="57">
         <v>18.277000000000001</v>
       </c>
-      <c r="K13" s="127"/>
-[...2 lines deleted...]
-      <c r="N13"/>
+      <c r="K13" s="74">
+        <v>4686.348</v>
+      </c>
+      <c r="L13" s="57">
+        <v>2232.9349999999999</v>
+      </c>
+      <c r="M13" s="57">
+        <v>2441.1550000000002</v>
+      </c>
+      <c r="N13" s="57">
+        <v>12.257999999999999</v>
+      </c>
       <c r="O13"/>
       <c r="P13"/>
       <c r="Q13"/>
       <c r="R13"/>
       <c r="S13"/>
       <c r="T13"/>
       <c r="U13"/>
       <c r="V13"/>
     </row>
     <row r="14" spans="2:22" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B14" s="19" t="s">
         <v>8</v>
       </c>
       <c r="C14" s="16">
         <v>87.174999999999997</v>
       </c>
       <c r="D14" s="17">
         <v>86.370999999999995</v>
       </c>
       <c r="E14" s="17">
         <v>0</v>
       </c>
       <c r="F14" s="84">
         <v>0.80400000000000005</v>
       </c>
       <c r="G14" s="74">
         <v>144.37799999999999</v>
       </c>
       <c r="H14" s="57">
         <v>129.42099999999999</v>
       </c>
       <c r="I14" s="57">
         <v>14.957000000000001</v>
       </c>
       <c r="J14" s="57"/>
-      <c r="K14" s="127"/>
-[...2 lines deleted...]
-      <c r="N14"/>
+      <c r="K14" s="74">
+        <v>273.012</v>
+      </c>
+      <c r="L14" s="57">
+        <v>233.501</v>
+      </c>
+      <c r="M14" s="57">
+        <v>39.511000000000003</v>
+      </c>
+      <c r="N14" s="57"/>
       <c r="O14"/>
       <c r="P14"/>
       <c r="Q14"/>
       <c r="R14"/>
       <c r="S14"/>
       <c r="T14"/>
       <c r="U14"/>
       <c r="V14"/>
     </row>
     <row r="15" spans="2:22" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B15" s="15" t="s">
         <v>10</v>
       </c>
       <c r="C15" s="16">
         <v>3800.8969999999999</v>
       </c>
       <c r="D15" s="17">
         <v>3783.4549999999999</v>
       </c>
       <c r="E15" s="17">
         <v>0</v>
       </c>
       <c r="F15" s="84">
         <v>17.442</v>
       </c>
       <c r="G15" s="74">
         <v>2186.018</v>
       </c>
       <c r="H15" s="57">
         <v>479.78500000000003</v>
       </c>
       <c r="I15" s="57">
         <v>1706.2329999999999</v>
       </c>
       <c r="J15" s="57"/>
-      <c r="K15" s="127"/>
-[...2 lines deleted...]
-      <c r="N15"/>
+      <c r="K15" s="74">
+        <v>3833.7440000000001</v>
+      </c>
+      <c r="L15" s="57">
+        <v>614.45399999999995</v>
+      </c>
+      <c r="M15" s="57">
+        <v>3132.8470000000002</v>
+      </c>
+      <c r="N15" s="57">
+        <v>86.444000000000003</v>
+      </c>
       <c r="O15"/>
       <c r="P15"/>
       <c r="Q15"/>
       <c r="R15"/>
       <c r="S15"/>
       <c r="T15"/>
       <c r="U15"/>
       <c r="V15"/>
     </row>
     <row r="16" spans="2:22" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B16" s="21" t="s">
         <v>11</v>
       </c>
       <c r="C16" s="22">
         <v>10875.942999999999</v>
       </c>
       <c r="D16" s="23">
         <v>10831.816000000001</v>
       </c>
       <c r="E16" s="23">
         <v>0</v>
       </c>
       <c r="F16" s="88">
         <v>44.127000000000002</v>
       </c>
       <c r="G16" s="74">
         <v>11548.761</v>
       </c>
       <c r="H16" s="57">
         <v>1216.1220000000001</v>
       </c>
       <c r="I16" s="57">
         <v>10326.439</v>
       </c>
       <c r="J16" s="57">
         <v>6.2</v>
       </c>
-      <c r="K16" s="127"/>
-[...2 lines deleted...]
-      <c r="N16"/>
+      <c r="K16" s="74">
+        <v>1459.162</v>
+      </c>
+      <c r="L16" s="57">
+        <v>722.27099999999996</v>
+      </c>
+      <c r="M16" s="57">
+        <v>722.40700000000004</v>
+      </c>
+      <c r="N16" s="57">
+        <v>14.484999999999999</v>
+      </c>
       <c r="O16"/>
       <c r="P16"/>
       <c r="Q16"/>
       <c r="R16"/>
       <c r="S16"/>
       <c r="T16"/>
       <c r="U16"/>
       <c r="V16"/>
     </row>
     <row r="17" spans="2:22" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B17" s="24" t="s">
         <v>12</v>
       </c>
       <c r="C17" s="25"/>
       <c r="D17" s="26"/>
       <c r="E17" s="26"/>
       <c r="F17" s="92"/>
       <c r="G17" s="76"/>
       <c r="H17" s="59"/>
       <c r="I17" s="59"/>
       <c r="J17" s="59"/>
-      <c r="K17" s="127"/>
-[...2 lines deleted...]
-      <c r="N17"/>
+      <c r="K17" s="76"/>
+      <c r="L17" s="59"/>
+      <c r="M17" s="59"/>
+      <c r="N17" s="59"/>
       <c r="O17"/>
       <c r="P17"/>
       <c r="Q17"/>
       <c r="R17"/>
       <c r="S17"/>
       <c r="T17"/>
       <c r="U17"/>
       <c r="V17"/>
     </row>
     <row r="18" spans="2:22" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B18" s="12" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="13"/>
       <c r="D18" s="14"/>
       <c r="E18" s="14"/>
       <c r="F18" s="96"/>
       <c r="G18" s="78"/>
       <c r="H18" s="61"/>
       <c r="I18" s="61"/>
       <c r="J18" s="61"/>
-      <c r="K18" s="127"/>
-[...2 lines deleted...]
-      <c r="N18"/>
+      <c r="K18" s="78"/>
+      <c r="L18" s="61"/>
+      <c r="M18" s="61"/>
+      <c r="N18" s="61"/>
       <c r="O18"/>
       <c r="P18"/>
       <c r="Q18"/>
       <c r="R18"/>
       <c r="S18"/>
       <c r="T18"/>
       <c r="U18"/>
       <c r="V18"/>
     </row>
     <row r="19" spans="2:22" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B19" s="15" t="s">
         <v>7</v>
       </c>
       <c r="C19" s="16">
         <v>24594.562000000002</v>
       </c>
       <c r="D19" s="17">
         <v>24497.117999999999</v>
       </c>
       <c r="E19" s="17">
         <v>0</v>
       </c>
       <c r="F19" s="84">
         <v>97.442999999999998</v>
       </c>
       <c r="G19" s="80">
         <v>14566.952000000001</v>
       </c>
       <c r="H19" s="61">
         <v>3563.181</v>
       </c>
       <c r="I19" s="61">
         <v>10979.294</v>
       </c>
       <c r="J19" s="61">
         <v>24.477</v>
       </c>
-      <c r="K19" s="127"/>
-[...2 lines deleted...]
-      <c r="N19"/>
+      <c r="K19" s="80">
+        <v>5679.375</v>
+      </c>
+      <c r="L19" s="61">
+        <v>2970.1410000000001</v>
+      </c>
+      <c r="M19" s="61">
+        <v>2692.9810000000002</v>
+      </c>
+      <c r="N19" s="61">
+        <v>16.254000000000001</v>
+      </c>
       <c r="O19"/>
       <c r="P19"/>
       <c r="Q19"/>
       <c r="R19"/>
       <c r="S19"/>
       <c r="T19"/>
       <c r="U19"/>
       <c r="V19"/>
     </row>
     <row r="20" spans="2:22" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B20" s="19" t="s">
         <v>8</v>
       </c>
       <c r="C20" s="16">
         <v>87.174999999999997</v>
       </c>
       <c r="D20" s="17">
         <v>86.370999999999995</v>
       </c>
       <c r="E20" s="17">
         <v>0</v>
       </c>
       <c r="F20" s="100">
         <v>0.80400000000000005</v>
       </c>
       <c r="G20" s="80">
         <v>149.91899999999998</v>
       </c>
       <c r="H20" s="61">
         <v>134.96199999999999</v>
       </c>
       <c r="I20" s="61">
         <v>14.957000000000001</v>
       </c>
       <c r="J20" s="61"/>
-      <c r="K20" s="127"/>
-[...2 lines deleted...]
-      <c r="N20"/>
+      <c r="K20" s="80">
+        <v>291.19499999999999</v>
+      </c>
+      <c r="L20" s="61">
+        <v>245.68</v>
+      </c>
+      <c r="M20" s="61">
+        <v>45.515999999999998</v>
+      </c>
+      <c r="N20" s="61"/>
       <c r="O20"/>
       <c r="P20"/>
       <c r="Q20"/>
       <c r="R20"/>
       <c r="S20"/>
       <c r="T20"/>
       <c r="U20"/>
       <c r="V20"/>
     </row>
     <row r="21" spans="2:22" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B21" s="15" t="s">
         <v>9</v>
       </c>
       <c r="C21" s="16">
         <v>23966.736000000001</v>
       </c>
       <c r="D21" s="17">
         <v>23870.579000000002</v>
       </c>
       <c r="E21" s="17">
         <v>0</v>
       </c>
       <c r="F21" s="100">
         <v>96.156999999999996</v>
       </c>
       <c r="G21" s="80">
         <v>10226.467999999999</v>
       </c>
       <c r="H21" s="61">
         <v>2671.37</v>
       </c>
       <c r="I21" s="61">
         <v>7536.8209999999999</v>
       </c>
       <c r="J21" s="61">
         <v>18.277000000000001</v>
       </c>
-      <c r="K21" s="127"/>
-[...2 lines deleted...]
-      <c r="N21"/>
+      <c r="K21" s="80">
+        <v>4686.2910000000002</v>
+      </c>
+      <c r="L21" s="61">
+        <v>2232.8780000000002</v>
+      </c>
+      <c r="M21" s="61">
+        <v>2441.1550000000002</v>
+      </c>
+      <c r="N21" s="61">
+        <v>12.257999999999999</v>
+      </c>
       <c r="O21"/>
       <c r="P21"/>
       <c r="Q21"/>
       <c r="R21"/>
       <c r="S21"/>
       <c r="T21"/>
       <c r="U21"/>
       <c r="V21"/>
     </row>
     <row r="22" spans="2:22" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B22" s="19" t="s">
         <v>8</v>
       </c>
       <c r="C22" s="16">
         <v>87.174999999999997</v>
       </c>
       <c r="D22" s="17">
         <v>86.370999999999995</v>
       </c>
       <c r="E22" s="17">
         <v>0</v>
       </c>
       <c r="F22" s="100">
         <v>0.80400000000000005</v>
       </c>
       <c r="G22" s="80">
         <v>144.37799999999999</v>
       </c>
       <c r="H22" s="61">
         <v>129.42099999999999</v>
       </c>
       <c r="I22" s="61">
         <v>14.957000000000001</v>
       </c>
       <c r="J22" s="61"/>
-      <c r="K22" s="127"/>
-[...2 lines deleted...]
-      <c r="N22"/>
+      <c r="K22" s="80">
+        <v>273.012</v>
+      </c>
+      <c r="L22" s="61">
+        <v>233.501</v>
+      </c>
+      <c r="M22" s="61">
+        <v>39.511000000000003</v>
+      </c>
+      <c r="N22" s="61"/>
       <c r="O22"/>
       <c r="P22"/>
       <c r="Q22"/>
       <c r="R22"/>
       <c r="S22"/>
       <c r="T22"/>
       <c r="U22"/>
       <c r="V22"/>
     </row>
     <row r="23" spans="2:22" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B23" s="15" t="s">
         <v>10</v>
       </c>
       <c r="C23" s="16">
         <v>3800.8969999999999</v>
       </c>
       <c r="D23" s="17">
         <v>3783.4549999999999</v>
       </c>
       <c r="E23" s="17">
         <v>0</v>
       </c>
       <c r="F23" s="100">
         <v>17.442</v>
       </c>
       <c r="G23" s="80">
         <v>2186.018</v>
       </c>
       <c r="H23" s="61">
         <v>479.78500000000003</v>
       </c>
       <c r="I23" s="61">
         <v>1706.2329999999999</v>
       </c>
       <c r="J23" s="61"/>
-      <c r="K23" s="127"/>
-[...2 lines deleted...]
-      <c r="N23"/>
+      <c r="K23" s="80">
+        <v>3833.7440000000001</v>
+      </c>
+      <c r="L23" s="61">
+        <v>614.45399999999995</v>
+      </c>
+      <c r="M23" s="61">
+        <v>3132.8470000000002</v>
+      </c>
+      <c r="N23" s="61">
+        <v>86.444000000000003</v>
+      </c>
       <c r="O23"/>
       <c r="P23"/>
       <c r="Q23"/>
       <c r="R23"/>
       <c r="S23"/>
       <c r="T23"/>
       <c r="U23"/>
       <c r="V23"/>
     </row>
     <row r="24" spans="2:22" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B24" s="21" t="s">
         <v>11</v>
       </c>
       <c r="C24" s="28">
         <v>10875.942999999999</v>
       </c>
       <c r="D24" s="29">
         <v>10832</v>
       </c>
       <c r="E24" s="29">
         <v>0</v>
       </c>
       <c r="F24" s="105">
         <v>44.127000000000002</v>
       </c>
       <c r="G24" s="81">
         <v>11548.606000000002</v>
       </c>
       <c r="H24" s="64">
         <v>1215.9670000000001</v>
       </c>
       <c r="I24" s="64">
         <v>10326.439</v>
       </c>
       <c r="J24" s="64">
         <v>6.2</v>
       </c>
-      <c r="K24" s="127"/>
-[...2 lines deleted...]
-      <c r="N24"/>
+      <c r="K24" s="81">
+        <v>1459.146</v>
+      </c>
+      <c r="L24" s="64">
+        <v>722.255</v>
+      </c>
+      <c r="M24" s="64">
+        <v>722.40700000000004</v>
+      </c>
+      <c r="N24" s="64">
+        <v>14.484999999999999</v>
+      </c>
       <c r="O24"/>
       <c r="P24"/>
       <c r="Q24"/>
       <c r="R24"/>
       <c r="S24"/>
       <c r="T24"/>
       <c r="U24"/>
       <c r="V24"/>
     </row>
     <row r="25" spans="2:22" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B25" s="1"/>
       <c r="C25" s="6"/>
       <c r="D25" s="6"/>
       <c r="E25" s="6"/>
       <c r="F25" s="6"/>
     </row>
     <row r="26" spans="2:22" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B26" s="1"/>
       <c r="C26" s="6"/>
       <c r="D26" s="6"/>
       <c r="E26" s="6"/>
       <c r="F26" s="6"/>
     </row>
     <row r="27" spans="2:22" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B27" s="1" t="s">
         <v>34</v>
       </c>
       <c r="C27" s="6"/>
       <c r="D27" s="6"/>
       <c r="E27" s="6"/>
       <c r="F27" s="6"/>
     </row>
     <row r="28" spans="2:22" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B28" s="8"/>
-      <c r="C28" s="120" t="s">
+      <c r="C28" s="122" t="s">
         <v>42</v>
       </c>
-      <c r="D28" s="120"/>
-[...2 lines deleted...]
-      <c r="G28" s="124" t="s">
+      <c r="D28" s="122"/>
+      <c r="E28" s="122"/>
+      <c r="F28" s="123"/>
+      <c r="G28" s="121" t="s">
         <v>43</v>
       </c>
-      <c r="H28" s="120"/>
-[...2 lines deleted...]
-      <c r="K28" s="124" t="s">
+      <c r="H28" s="122"/>
+      <c r="I28" s="122"/>
+      <c r="J28" s="123"/>
+      <c r="K28" s="121" t="s">
         <v>44</v>
       </c>
-      <c r="L28" s="120"/>
-[...2 lines deleted...]
-      <c r="O28" s="123" t="s">
+      <c r="L28" s="122"/>
+      <c r="M28" s="122"/>
+      <c r="N28" s="123"/>
+      <c r="O28" s="124" t="s">
         <v>45</v>
       </c>
-      <c r="P28" s="120"/>
-[...2 lines deleted...]
-      <c r="S28" s="121" t="s">
+      <c r="P28" s="122"/>
+      <c r="Q28" s="122"/>
+      <c r="R28" s="122"/>
+      <c r="S28" s="126" t="s">
         <v>46</v>
       </c>
-      <c r="T28" s="120"/>
-[...1 lines deleted...]
-      <c r="V28" s="120"/>
+      <c r="T28" s="122"/>
+      <c r="U28" s="122"/>
+      <c r="V28" s="122"/>
     </row>
     <row r="29" spans="2:22" ht="33.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B29" s="9"/>
       <c r="C29" s="10" t="s">
         <v>4</v>
       </c>
       <c r="D29" s="11" t="s">
         <v>25</v>
       </c>
       <c r="E29" s="11" t="s">
         <v>26</v>
       </c>
       <c r="F29" s="42" t="s">
         <v>5</v>
       </c>
       <c r="G29" s="71" t="s">
         <v>4</v>
       </c>
       <c r="H29" s="11" t="s">
         <v>25</v>
       </c>
       <c r="I29" s="11" t="s">
         <v>26</v>
       </c>
       <c r="J29" s="42" t="s">
@@ -2869,80 +2972,80 @@
     <row r="45" spans="2:22" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B45" s="1"/>
       <c r="C45" s="6"/>
       <c r="D45" s="6"/>
       <c r="E45" s="6"/>
       <c r="F45" s="6"/>
     </row>
     <row r="46" spans="2:22" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B46" s="1"/>
       <c r="C46" s="6"/>
       <c r="D46" s="6"/>
       <c r="E46" s="6"/>
       <c r="F46" s="6"/>
     </row>
     <row r="47" spans="2:22" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B47" s="1" t="s">
         <v>34</v>
       </c>
       <c r="C47" s="6"/>
       <c r="D47" s="6"/>
       <c r="E47" s="6"/>
       <c r="F47" s="6"/>
     </row>
     <row r="48" spans="2:22" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B48" s="8"/>
-      <c r="C48" s="120" t="s">
+      <c r="C48" s="122" t="s">
         <v>37</v>
       </c>
-      <c r="D48" s="120"/>
-[...2 lines deleted...]
-      <c r="G48" s="124" t="s">
+      <c r="D48" s="122"/>
+      <c r="E48" s="122"/>
+      <c r="F48" s="123"/>
+      <c r="G48" s="121" t="s">
         <v>38</v>
       </c>
-      <c r="H48" s="120"/>
-[...2 lines deleted...]
-      <c r="K48" s="124" t="s">
+      <c r="H48" s="122"/>
+      <c r="I48" s="122"/>
+      <c r="J48" s="123"/>
+      <c r="K48" s="121" t="s">
         <v>39</v>
       </c>
-      <c r="L48" s="120"/>
-[...2 lines deleted...]
-      <c r="O48" s="123" t="s">
+      <c r="L48" s="122"/>
+      <c r="M48" s="122"/>
+      <c r="N48" s="123"/>
+      <c r="O48" s="124" t="s">
         <v>40</v>
       </c>
-      <c r="P48" s="120"/>
-[...2 lines deleted...]
-      <c r="S48" s="121" t="s">
+      <c r="P48" s="122"/>
+      <c r="Q48" s="122"/>
+      <c r="R48" s="122"/>
+      <c r="S48" s="126" t="s">
         <v>41</v>
       </c>
-      <c r="T48" s="120"/>
-[...1 lines deleted...]
-      <c r="V48" s="120"/>
+      <c r="T48" s="122"/>
+      <c r="U48" s="122"/>
+      <c r="V48" s="122"/>
     </row>
     <row r="49" spans="2:22" ht="33.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B49" s="9"/>
       <c r="C49" s="10" t="s">
         <v>4</v>
       </c>
       <c r="D49" s="11" t="s">
         <v>25</v>
       </c>
       <c r="E49" s="11" t="s">
         <v>26</v>
       </c>
       <c r="F49" s="42" t="s">
         <v>5</v>
       </c>
       <c r="G49" s="71" t="s">
         <v>4</v>
       </c>
       <c r="H49" s="11" t="s">
         <v>25</v>
       </c>
       <c r="I49" s="11" t="s">
         <v>26</v>
       </c>
       <c r="J49" s="42" t="s">
@@ -3843,80 +3946,80 @@
     <row r="65" spans="2:22" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B65" s="1"/>
       <c r="C65" s="6"/>
       <c r="D65" s="6"/>
       <c r="E65" s="6"/>
       <c r="F65" s="6"/>
     </row>
     <row r="66" spans="2:22" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B66" s="1"/>
       <c r="C66" s="6"/>
       <c r="D66" s="6"/>
       <c r="E66" s="6"/>
       <c r="F66" s="6"/>
     </row>
     <row r="67" spans="2:22" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B67" s="1" t="s">
         <v>34</v>
       </c>
       <c r="C67" s="6"/>
       <c r="D67" s="6"/>
       <c r="E67" s="6"/>
       <c r="F67" s="6"/>
     </row>
     <row r="68" spans="2:22" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B68" s="8"/>
-      <c r="C68" s="120" t="s">
+      <c r="C68" s="122" t="s">
         <v>31</v>
       </c>
-      <c r="D68" s="120"/>
-[...2 lines deleted...]
-      <c r="G68" s="124" t="s">
+      <c r="D68" s="122"/>
+      <c r="E68" s="122"/>
+      <c r="F68" s="122"/>
+      <c r="G68" s="121" t="s">
         <v>32</v>
       </c>
-      <c r="H68" s="120"/>
-[...2 lines deleted...]
-      <c r="K68" s="123" t="s">
+      <c r="H68" s="122"/>
+      <c r="I68" s="122"/>
+      <c r="J68" s="122"/>
+      <c r="K68" s="124" t="s">
         <v>33</v>
       </c>
-      <c r="L68" s="120"/>
-[...2 lines deleted...]
-      <c r="O68" s="123" t="s">
+      <c r="L68" s="122"/>
+      <c r="M68" s="122"/>
+      <c r="N68" s="122"/>
+      <c r="O68" s="124" t="s">
         <v>35</v>
       </c>
-      <c r="P68" s="120"/>
-[...2 lines deleted...]
-      <c r="S68" s="121" t="s">
+      <c r="P68" s="122"/>
+      <c r="Q68" s="122"/>
+      <c r="R68" s="122"/>
+      <c r="S68" s="126" t="s">
         <v>36</v>
       </c>
-      <c r="T68" s="120"/>
-[...1 lines deleted...]
-      <c r="V68" s="120"/>
+      <c r="T68" s="122"/>
+      <c r="U68" s="122"/>
+      <c r="V68" s="122"/>
     </row>
     <row r="69" spans="2:22" ht="33.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B69" s="9"/>
       <c r="C69" s="10" t="s">
         <v>4</v>
       </c>
       <c r="D69" s="11" t="s">
         <v>25</v>
       </c>
       <c r="E69" s="11" t="s">
         <v>26</v>
       </c>
       <c r="F69" s="41" t="s">
         <v>5</v>
       </c>
       <c r="G69" s="71" t="s">
         <v>4</v>
       </c>
       <c r="H69" s="11" t="s">
         <v>25</v>
       </c>
       <c r="I69" s="11" t="s">
         <v>26</v>
       </c>
       <c r="J69" s="42" t="s">
@@ -4817,80 +4920,80 @@
     <row r="85" spans="1:22" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B85" s="1"/>
       <c r="C85" s="6"/>
       <c r="D85" s="6"/>
       <c r="E85" s="6"/>
       <c r="F85" s="6"/>
     </row>
     <row r="86" spans="1:22" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B86" s="1"/>
       <c r="C86" s="6"/>
       <c r="D86" s="6"/>
       <c r="E86" s="6"/>
       <c r="F86" s="6"/>
     </row>
     <row r="87" spans="1:22" x14ac:dyDescent="0.2">
       <c r="B87" s="1" t="s">
         <v>34</v>
       </c>
       <c r="C87" s="6"/>
       <c r="D87" s="6"/>
       <c r="E87" s="6"/>
       <c r="F87" s="6"/>
     </row>
     <row r="88" spans="1:22" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B88" s="8"/>
-      <c r="C88" s="120" t="s">
+      <c r="C88" s="122" t="s">
         <v>19</v>
       </c>
-      <c r="D88" s="120"/>
-[...2 lines deleted...]
-      <c r="G88" s="124" t="s">
+      <c r="D88" s="122"/>
+      <c r="E88" s="122"/>
+      <c r="F88" s="123"/>
+      <c r="G88" s="121" t="s">
         <v>27</v>
       </c>
-      <c r="H88" s="120"/>
-[...2 lines deleted...]
-      <c r="K88" s="123" t="s">
+      <c r="H88" s="122"/>
+      <c r="I88" s="122"/>
+      <c r="J88" s="123"/>
+      <c r="K88" s="124" t="s">
         <v>28</v>
       </c>
-      <c r="L88" s="120"/>
-[...2 lines deleted...]
-      <c r="O88" s="123" t="s">
+      <c r="L88" s="122"/>
+      <c r="M88" s="122"/>
+      <c r="N88" s="122"/>
+      <c r="O88" s="124" t="s">
         <v>29</v>
       </c>
-      <c r="P88" s="120"/>
-      <c r="Q88" s="120"/>
+      <c r="P88" s="122"/>
+      <c r="Q88" s="122"/>
       <c r="R88" s="125"/>
-      <c r="S88" s="120" t="s">
+      <c r="S88" s="122" t="s">
         <v>30</v>
       </c>
-      <c r="T88" s="120"/>
-[...1 lines deleted...]
-      <c r="V88" s="120"/>
+      <c r="T88" s="122"/>
+      <c r="U88" s="122"/>
+      <c r="V88" s="122"/>
     </row>
     <row r="89" spans="1:22" ht="33.75" x14ac:dyDescent="0.2">
       <c r="B89" s="9"/>
       <c r="C89" s="10" t="s">
         <v>4</v>
       </c>
       <c r="D89" s="11" t="s">
         <v>25</v>
       </c>
       <c r="E89" s="11" t="s">
         <v>26</v>
       </c>
       <c r="F89" s="42" t="s">
         <v>5</v>
       </c>
       <c r="G89" s="71" t="s">
         <v>4</v>
       </c>
       <c r="H89" s="11" t="s">
         <v>25</v>
       </c>
       <c r="I89" s="11" t="s">
         <v>26</v>
       </c>
       <c r="J89" s="42" t="s">
@@ -5809,80 +5912,80 @@
         <v>34</v>
       </c>
       <c r="C107" s="6"/>
       <c r="D107" s="6"/>
       <c r="E107" s="6"/>
       <c r="F107" s="6"/>
       <c r="G107" s="6"/>
       <c r="H107" s="6"/>
       <c r="I107" s="6"/>
       <c r="J107" s="6"/>
       <c r="K107" s="6"/>
       <c r="L107" s="6"/>
       <c r="M107" s="6"/>
       <c r="N107" s="6"/>
       <c r="O107" s="6"/>
       <c r="P107" s="6"/>
       <c r="Q107" s="6"/>
       <c r="R107" s="6"/>
       <c r="S107" s="6"/>
       <c r="T107" s="6"/>
       <c r="U107" s="6"/>
       <c r="V107" s="6"/>
     </row>
     <row r="108" spans="1:23" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B108" s="8"/>
-      <c r="C108" s="120" t="s">
+      <c r="C108" s="122" t="s">
         <v>20</v>
       </c>
-      <c r="D108" s="120"/>
-[...2 lines deleted...]
-      <c r="G108" s="123" t="s">
+      <c r="D108" s="122"/>
+      <c r="E108" s="122"/>
+      <c r="F108" s="122"/>
+      <c r="G108" s="124" t="s">
         <v>21</v>
       </c>
-      <c r="H108" s="120"/>
-[...2 lines deleted...]
-      <c r="K108" s="123" t="s">
+      <c r="H108" s="122"/>
+      <c r="I108" s="122"/>
+      <c r="J108" s="122"/>
+      <c r="K108" s="124" t="s">
         <v>22</v>
       </c>
-      <c r="L108" s="120"/>
-[...2 lines deleted...]
-      <c r="O108" s="123" t="s">
+      <c r="L108" s="122"/>
+      <c r="M108" s="122"/>
+      <c r="N108" s="122"/>
+      <c r="O108" s="124" t="s">
         <v>23</v>
       </c>
-      <c r="P108" s="120"/>
-      <c r="Q108" s="120"/>
+      <c r="P108" s="122"/>
+      <c r="Q108" s="122"/>
       <c r="R108" s="125"/>
-      <c r="S108" s="120" t="s">
+      <c r="S108" s="122" t="s">
         <v>24</v>
       </c>
-      <c r="T108" s="120"/>
-[...1 lines deleted...]
-      <c r="V108" s="120"/>
+      <c r="T108" s="122"/>
+      <c r="U108" s="122"/>
+      <c r="V108" s="122"/>
     </row>
     <row r="109" spans="1:23" ht="33.75" x14ac:dyDescent="0.2">
       <c r="B109" s="9"/>
       <c r="C109" s="10" t="s">
         <v>4</v>
       </c>
       <c r="D109" s="11" t="s">
         <v>25</v>
       </c>
       <c r="E109" s="11" t="s">
         <v>26</v>
       </c>
       <c r="F109" s="42" t="s">
         <v>5</v>
       </c>
       <c r="G109" s="10" t="s">
         <v>4</v>
       </c>
       <c r="H109" s="11" t="s">
         <v>25</v>
       </c>
       <c r="I109" s="11" t="s">
         <v>26</v>
       </c>
       <c r="J109" s="42" t="s">
@@ -7282,78 +7385,79 @@
     <row r="318" spans="1:1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A318" s="39"/>
     </row>
     <row r="319" spans="1:1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A319" s="39"/>
     </row>
     <row r="320" spans="1:1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A320" s="39"/>
     </row>
     <row r="321" spans="1:1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A321" s="39"/>
     </row>
     <row r="322" spans="1:1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A322" s="39"/>
     </row>
     <row r="323" spans="1:1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A323" s="39"/>
     </row>
     <row r="324" spans="1:1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A324" s="39"/>
     </row>
     <row r="325" spans="1:1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A325" s="39"/>
     </row>
   </sheetData>
-  <mergeCells count="27">
+  <mergeCells count="28">
+    <mergeCell ref="K8:N8"/>
+    <mergeCell ref="C68:F68"/>
+    <mergeCell ref="K28:N28"/>
+    <mergeCell ref="S48:V48"/>
+    <mergeCell ref="C28:F28"/>
+    <mergeCell ref="S68:V68"/>
+    <mergeCell ref="G48:J48"/>
+    <mergeCell ref="G68:J68"/>
+    <mergeCell ref="K68:N68"/>
+    <mergeCell ref="K48:N48"/>
+    <mergeCell ref="O48:R48"/>
+    <mergeCell ref="O28:R28"/>
     <mergeCell ref="G8:J8"/>
     <mergeCell ref="S108:V108"/>
     <mergeCell ref="C88:F88"/>
     <mergeCell ref="C108:F108"/>
     <mergeCell ref="G108:J108"/>
     <mergeCell ref="K108:N108"/>
     <mergeCell ref="O108:R108"/>
     <mergeCell ref="G88:J88"/>
     <mergeCell ref="K88:N88"/>
     <mergeCell ref="O88:R88"/>
     <mergeCell ref="S88:V88"/>
     <mergeCell ref="C8:F8"/>
     <mergeCell ref="S28:V28"/>
     <mergeCell ref="C48:F48"/>
     <mergeCell ref="O68:R68"/>
     <mergeCell ref="G28:J28"/>
-    <mergeCell ref="G68:J68"/>
-[...9 lines deleted...]
-    <mergeCell ref="G48:J48"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="B129" r:id="rId1" xr:uid="{00000000-0004-0000-0000-000000000000}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{799240C9-126E-4E0A-B74C-609CFD8ACEF0}">
   <sheetPr codeName="List2"/>
   <dimension ref="A1:W265"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.140625" style="1" customWidth="1"/>
     <col min="2" max="2" width="71.7109375" style="2" customWidth="1"/>
     <col min="3" max="22" width="11.7109375" style="2" customWidth="1"/>
     <col min="23" max="16384" width="8" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:22" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
@@ -7390,80 +7494,80 @@
         <v>2</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="6"/>
       <c r="E5" s="6"/>
       <c r="F5" s="6"/>
     </row>
     <row r="6" spans="2:22" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B6" s="1"/>
       <c r="C6" s="6"/>
       <c r="D6" s="6"/>
       <c r="E6" s="6"/>
       <c r="F6" s="6"/>
     </row>
     <row r="7" spans="2:22" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B7" s="1" t="s">
         <v>3</v>
       </c>
       <c r="C7" s="6"/>
       <c r="D7" s="6"/>
       <c r="E7" s="6"/>
       <c r="F7" s="6"/>
     </row>
     <row r="8" spans="2:22" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B8" s="8"/>
-      <c r="C8" s="120" t="s">
+      <c r="C8" s="122" t="s">
         <v>31</v>
       </c>
-      <c r="D8" s="120"/>
-[...2 lines deleted...]
-      <c r="G8" s="124" t="s">
+      <c r="D8" s="122"/>
+      <c r="E8" s="122"/>
+      <c r="F8" s="122"/>
+      <c r="G8" s="121" t="s">
         <v>32</v>
       </c>
-      <c r="H8" s="120"/>
-[...2 lines deleted...]
-      <c r="K8" s="123" t="s">
+      <c r="H8" s="122"/>
+      <c r="I8" s="122"/>
+      <c r="J8" s="122"/>
+      <c r="K8" s="124" t="s">
         <v>33</v>
       </c>
-      <c r="L8" s="120"/>
-[...2 lines deleted...]
-      <c r="O8" s="123" t="s">
+      <c r="L8" s="122"/>
+      <c r="M8" s="122"/>
+      <c r="N8" s="122"/>
+      <c r="O8" s="124" t="s">
         <v>35</v>
       </c>
-      <c r="P8" s="120"/>
-[...2 lines deleted...]
-      <c r="S8" s="121" t="s">
+      <c r="P8" s="122"/>
+      <c r="Q8" s="122"/>
+      <c r="R8" s="122"/>
+      <c r="S8" s="126" t="s">
         <v>36</v>
       </c>
-      <c r="T8" s="120"/>
-[...1 lines deleted...]
-      <c r="V8" s="120"/>
+      <c r="T8" s="122"/>
+      <c r="U8" s="122"/>
+      <c r="V8" s="122"/>
     </row>
     <row r="9" spans="2:22" ht="33.75" x14ac:dyDescent="0.2">
       <c r="B9" s="9"/>
       <c r="C9" s="10" t="s">
         <v>4</v>
       </c>
       <c r="D9" s="11" t="s">
         <v>25</v>
       </c>
       <c r="E9" s="11" t="s">
         <v>26</v>
       </c>
       <c r="F9" s="41" t="s">
         <v>5</v>
       </c>
       <c r="G9" s="71" t="s">
         <v>4</v>
       </c>
       <c r="H9" s="11" t="s">
         <v>25</v>
       </c>
       <c r="I9" s="11" t="s">
         <v>26</v>
       </c>
       <c r="J9" s="42" t="s">
@@ -8364,80 +8468,80 @@
     <row r="25" spans="1:22" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B25" s="1"/>
       <c r="C25" s="6"/>
       <c r="D25" s="6"/>
       <c r="E25" s="6"/>
       <c r="F25" s="6"/>
     </row>
     <row r="26" spans="1:22" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B26" s="1"/>
       <c r="C26" s="6"/>
       <c r="D26" s="6"/>
       <c r="E26" s="6"/>
       <c r="F26" s="6"/>
     </row>
     <row r="27" spans="1:22" x14ac:dyDescent="0.2">
       <c r="B27" s="1" t="s">
         <v>3</v>
       </c>
       <c r="C27" s="6"/>
       <c r="D27" s="6"/>
       <c r="E27" s="6"/>
       <c r="F27" s="6"/>
     </row>
     <row r="28" spans="1:22" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B28" s="8"/>
-      <c r="C28" s="120" t="s">
+      <c r="C28" s="122" t="s">
         <v>19</v>
       </c>
-      <c r="D28" s="120"/>
-[...2 lines deleted...]
-      <c r="G28" s="124" t="s">
+      <c r="D28" s="122"/>
+      <c r="E28" s="122"/>
+      <c r="F28" s="123"/>
+      <c r="G28" s="121" t="s">
         <v>27</v>
       </c>
-      <c r="H28" s="120"/>
-[...2 lines deleted...]
-      <c r="K28" s="123" t="s">
+      <c r="H28" s="122"/>
+      <c r="I28" s="122"/>
+      <c r="J28" s="123"/>
+      <c r="K28" s="124" t="s">
         <v>28</v>
       </c>
-      <c r="L28" s="120"/>
-[...2 lines deleted...]
-      <c r="O28" s="123" t="s">
+      <c r="L28" s="122"/>
+      <c r="M28" s="122"/>
+      <c r="N28" s="122"/>
+      <c r="O28" s="124" t="s">
         <v>29</v>
       </c>
-      <c r="P28" s="120"/>
-      <c r="Q28" s="120"/>
+      <c r="P28" s="122"/>
+      <c r="Q28" s="122"/>
       <c r="R28" s="125"/>
-      <c r="S28" s="120" t="s">
+      <c r="S28" s="122" t="s">
         <v>30</v>
       </c>
-      <c r="T28" s="120"/>
-[...1 lines deleted...]
-      <c r="V28" s="120"/>
+      <c r="T28" s="122"/>
+      <c r="U28" s="122"/>
+      <c r="V28" s="122"/>
     </row>
     <row r="29" spans="1:22" ht="33.75" x14ac:dyDescent="0.2">
       <c r="B29" s="9"/>
       <c r="C29" s="10" t="s">
         <v>4</v>
       </c>
       <c r="D29" s="11" t="s">
         <v>25</v>
       </c>
       <c r="E29" s="11" t="s">
         <v>26</v>
       </c>
       <c r="F29" s="42" t="s">
         <v>5</v>
       </c>
       <c r="G29" s="71" t="s">
         <v>4</v>
       </c>
       <c r="H29" s="11" t="s">
         <v>25</v>
       </c>
       <c r="I29" s="11" t="s">
         <v>26</v>
       </c>
       <c r="J29" s="42" t="s">
@@ -9356,80 +9460,80 @@
         <v>3</v>
       </c>
       <c r="C47" s="6"/>
       <c r="D47" s="6"/>
       <c r="E47" s="6"/>
       <c r="F47" s="6"/>
       <c r="G47" s="6"/>
       <c r="H47" s="6"/>
       <c r="I47" s="6"/>
       <c r="J47" s="6"/>
       <c r="K47" s="6"/>
       <c r="L47" s="6"/>
       <c r="M47" s="6"/>
       <c r="N47" s="6"/>
       <c r="O47" s="6"/>
       <c r="P47" s="6"/>
       <c r="Q47" s="6"/>
       <c r="R47" s="6"/>
       <c r="S47" s="6"/>
       <c r="T47" s="6"/>
       <c r="U47" s="6"/>
       <c r="V47" s="6"/>
     </row>
     <row r="48" spans="1:22" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B48" s="8"/>
-      <c r="C48" s="120" t="s">
+      <c r="C48" s="122" t="s">
         <v>20</v>
       </c>
-      <c r="D48" s="120"/>
-[...2 lines deleted...]
-      <c r="G48" s="123" t="s">
+      <c r="D48" s="122"/>
+      <c r="E48" s="122"/>
+      <c r="F48" s="122"/>
+      <c r="G48" s="124" t="s">
         <v>21</v>
       </c>
-      <c r="H48" s="120"/>
-[...2 lines deleted...]
-      <c r="K48" s="123" t="s">
+      <c r="H48" s="122"/>
+      <c r="I48" s="122"/>
+      <c r="J48" s="122"/>
+      <c r="K48" s="124" t="s">
         <v>22</v>
       </c>
-      <c r="L48" s="120"/>
-[...2 lines deleted...]
-      <c r="O48" s="123" t="s">
+      <c r="L48" s="122"/>
+      <c r="M48" s="122"/>
+      <c r="N48" s="122"/>
+      <c r="O48" s="124" t="s">
         <v>23</v>
       </c>
-      <c r="P48" s="120"/>
-      <c r="Q48" s="120"/>
+      <c r="P48" s="122"/>
+      <c r="Q48" s="122"/>
       <c r="R48" s="125"/>
-      <c r="S48" s="120" t="s">
+      <c r="S48" s="122" t="s">
         <v>24</v>
       </c>
-      <c r="T48" s="120"/>
-[...1 lines deleted...]
-      <c r="V48" s="120"/>
+      <c r="T48" s="122"/>
+      <c r="U48" s="122"/>
+      <c r="V48" s="122"/>
     </row>
     <row r="49" spans="1:23" ht="33.75" x14ac:dyDescent="0.2">
       <c r="B49" s="9"/>
       <c r="C49" s="10" t="s">
         <v>4</v>
       </c>
       <c r="D49" s="11" t="s">
         <v>25</v>
       </c>
       <c r="E49" s="11" t="s">
         <v>26</v>
       </c>
       <c r="F49" s="42" t="s">
         <v>5</v>
       </c>
       <c r="G49" s="10" t="s">
         <v>4</v>
       </c>
       <c r="H49" s="11" t="s">
         <v>25</v>
       </c>
       <c r="I49" s="11" t="s">
         <v>26</v>
       </c>
       <c r="J49" s="42" t="s">
@@ -10830,65 +10934,65 @@
       <c r="A258" s="39"/>
     </row>
     <row r="259" spans="1:1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A259" s="39"/>
     </row>
     <row r="260" spans="1:1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A260" s="39"/>
     </row>
     <row r="261" spans="1:1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A261" s="39"/>
     </row>
     <row r="262" spans="1:1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A262" s="39"/>
     </row>
     <row r="263" spans="1:1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A263" s="39"/>
     </row>
     <row r="264" spans="1:1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A264" s="39"/>
     </row>
     <row r="265" spans="1:1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A265" s="39"/>
     </row>
   </sheetData>
   <mergeCells count="15">
+    <mergeCell ref="O8:R8"/>
+    <mergeCell ref="S8:V8"/>
+    <mergeCell ref="C8:F8"/>
+    <mergeCell ref="G8:J8"/>
+    <mergeCell ref="K8:N8"/>
+    <mergeCell ref="C28:F28"/>
+    <mergeCell ref="G28:J28"/>
+    <mergeCell ref="K28:N28"/>
+    <mergeCell ref="O28:R28"/>
+    <mergeCell ref="S28:V28"/>
     <mergeCell ref="C48:F48"/>
     <mergeCell ref="G48:J48"/>
     <mergeCell ref="K48:N48"/>
     <mergeCell ref="O48:R48"/>
     <mergeCell ref="S48:V48"/>
-    <mergeCell ref="C28:F28"/>
-[...8 lines deleted...]
-    <mergeCell ref="K8:N8"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="B69" r:id="rId1" xr:uid="{D1E2390B-8F95-4DBC-9ACD-512358B753ED}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Radni listovi</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>