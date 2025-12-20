--- v0 (2025-10-31)
+++ v1 (2025-12-20)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\262\IFON\9. BILTENSKE TABLICE\Biltenske tablice IVF\Bilten\BT_IVF_podaci za 20250731 - objava 20250930\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\262\IFON\9. BILTENSKE TABLICE\Biltenske tablice IVF\Bilten\BT_IVF_podaci za 20250930 - objava 20251130\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
     <workbookView xWindow="1455" yWindow="1215" windowWidth="35700" windowHeight="19425"/>
   </bookViews>
   <sheets>
     <sheet name="EUR" sheetId="2" r:id="rId1"/>
   </sheets>
   <calcPr calcId="162913"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="14" uniqueCount="14">
   <si>
     <t xml:space="preserve"> Ukupno (1+2+3+4+5)</t>
   </si>
   <si>
     <t xml:space="preserve"> Ukupno (1+2)</t>
   </si>
   <si>
     <t>Izdani udjeli/dionice investicijskih fondova prema vrsti ulaganja</t>
   </si>
   <si>
     <t>Izdani udjeli/dionice investicijskih fondova prema vrsti fonda</t>
@@ -353,51 +353,51 @@
       <right/>
       <top style="thin">
         <color rgb="FFFF0000"/>
       </top>
       <bottom style="thin">
         <color rgb="FFFF0000"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="11">
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" applyNumberFormat="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="164" fontId="4" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="1" applyNumberFormat="0" applyFont="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="164" fontId="4" fillId="0" borderId="1" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="164" fontId="4" fillId="0" borderId="2" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="2" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="164" fontId="4" fillId="0" borderId="3" applyNumberFormat="0" applyFill="0" applyProtection="0">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="54">
+  <cellXfs count="56">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="7" applyNumberFormat="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="4" fillId="0" borderId="2" xfId="7" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
@@ -430,50 +430,56 @@
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="0" xfId="10" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
+      <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
@@ -830,105 +836,107 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="B1:FJ20"/>
+  <dimension ref="B1:FL20"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="10.6640625" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="3.6640625" style="7" customWidth="1"/>
     <col min="2" max="2" width="67.5" style="7" customWidth="1"/>
     <col min="3" max="85" width="10.6640625" style="7"/>
     <col min="86" max="116" width="10.6640625" style="10"/>
     <col min="117" max="141" width="10.6640625" style="7"/>
     <col min="142" max="142" width="10.6640625" style="27"/>
     <col min="143" max="143" width="10.6640625" style="28"/>
     <col min="144" max="144" width="10.6640625" style="29"/>
     <col min="145" max="145" width="10.6640625" style="30"/>
     <col min="146" max="146" width="10.6640625" style="31"/>
     <col min="147" max="147" width="10.6640625" style="32"/>
     <col min="148" max="148" width="10.6640625" style="33"/>
     <col min="149" max="149" width="10.6640625" style="34"/>
     <col min="150" max="150" width="10.6640625" style="35"/>
     <col min="151" max="151" width="10.6640625" style="36"/>
     <col min="152" max="152" width="10.6640625" style="37"/>
     <col min="153" max="153" width="10.6640625" style="38"/>
     <col min="154" max="154" width="10.6640625" style="39"/>
     <col min="155" max="155" width="10.6640625" style="40"/>
     <col min="156" max="156" width="10.6640625" style="41"/>
     <col min="157" max="157" width="10.6640625" style="42"/>
     <col min="158" max="158" width="10.6640625" style="43"/>
     <col min="159" max="159" width="10.6640625" style="44"/>
     <col min="160" max="160" width="10.6640625" style="45"/>
     <col min="161" max="161" width="10.6640625" style="46"/>
     <col min="162" max="162" width="10.6640625" style="47"/>
     <col min="163" max="163" width="10.6640625" style="48"/>
     <col min="164" max="164" width="10.6640625" style="49"/>
     <col min="165" max="165" width="10.6640625" style="50"/>
     <col min="166" max="166" width="10.6640625" style="51"/>
-    <col min="167" max="16384" width="10.6640625" style="7"/>
+    <col min="167" max="167" width="10.6640625" style="52"/>
+    <col min="168" max="168" width="10.6640625" style="53"/>
+    <col min="169" max="16384" width="10.6640625" style="7"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:166" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="1" spans="2:168" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="D1" s="17"/>
     </row>
-    <row r="2" spans="2:166" s="15" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="2" spans="2:168" s="15" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B2" s="22" t="s">
         <v>13</v>
       </c>
       <c r="I2" s="21"/>
     </row>
-    <row r="3" spans="2:166" s="15" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="3" spans="2:168" s="15" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B3" s="23" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="4" spans="2:166" s="15" customFormat="1" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2"/>
-    <row r="5" spans="2:166" s="4" customFormat="1" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="4" spans="2:168" s="15" customFormat="1" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="5" spans="2:168" s="4" customFormat="1" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B5" s="3"/>
       <c r="C5" s="18"/>
       <c r="D5" s="18"/>
       <c r="E5" s="18"/>
       <c r="F5" s="18"/>
       <c r="G5" s="18"/>
       <c r="H5" s="18"/>
       <c r="I5" s="18"/>
       <c r="J5" s="18"/>
       <c r="K5" s="18"/>
       <c r="L5" s="18"/>
       <c r="M5" s="18"/>
       <c r="N5" s="18"/>
       <c r="O5" s="18"/>
       <c r="P5" s="18"/>
       <c r="Q5" s="18"/>
       <c r="R5" s="18"/>
       <c r="S5" s="18"/>
       <c r="T5" s="18"/>
       <c r="U5" s="18"/>
       <c r="V5" s="18"/>
       <c r="W5" s="18"/>
       <c r="X5" s="18"/>
       <c r="Y5" s="18"/>
       <c r="Z5" s="18"/>
@@ -1001,51 +1009,51 @@
       <c r="CO5" s="18"/>
       <c r="CP5" s="18"/>
       <c r="CQ5" s="18"/>
       <c r="CR5" s="18"/>
       <c r="CS5" s="18"/>
       <c r="CT5" s="18"/>
       <c r="CU5" s="18"/>
       <c r="CV5" s="18"/>
       <c r="CW5" s="18"/>
       <c r="CX5" s="18"/>
       <c r="CY5" s="18"/>
       <c r="CZ5" s="18"/>
       <c r="DA5" s="18"/>
       <c r="DB5" s="18"/>
       <c r="DC5" s="18"/>
       <c r="DD5" s="18"/>
       <c r="DE5" s="18"/>
       <c r="DF5" s="18"/>
       <c r="DG5" s="18"/>
       <c r="DH5" s="18"/>
       <c r="DI5" s="18"/>
       <c r="DJ5" s="18"/>
       <c r="DK5" s="18"/>
       <c r="DL5" s="18"/>
     </row>
-    <row r="6" spans="2:166" s="15" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="6" spans="2:168" s="15" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B6" s="13"/>
       <c r="C6" s="14">
         <v>40908</v>
       </c>
       <c r="D6" s="14">
         <v>40939</v>
       </c>
       <c r="E6" s="14">
         <v>40968</v>
       </c>
       <c r="F6" s="14">
         <v>40999</v>
       </c>
       <c r="G6" s="14">
         <v>41029</v>
       </c>
       <c r="H6" s="14">
         <v>41060</v>
       </c>
       <c r="I6" s="14">
         <v>41090</v>
       </c>
       <c r="J6" s="14">
         <v>41121</v>
       </c>
@@ -1495,52 +1503,58 @@
       </c>
       <c r="FC6" s="14">
         <v>45657</v>
       </c>
       <c r="FD6" s="14">
         <v>45688</v>
       </c>
       <c r="FE6" s="14">
         <v>45716</v>
       </c>
       <c r="FF6" s="14">
         <v>45747</v>
       </c>
       <c r="FG6" s="14">
         <v>45777</v>
       </c>
       <c r="FH6" s="14">
         <v>45808</v>
       </c>
       <c r="FI6" s="14">
         <v>45838</v>
       </c>
       <c r="FJ6" s="14">
         <v>45869</v>
       </c>
+      <c r="FK6" s="14">
+        <v>45900</v>
+      </c>
+      <c r="FL6" s="14">
+        <v>45930</v>
+      </c>
     </row>
-    <row r="7" spans="2:166" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="7" spans="2:168" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B7" s="1" t="s">
         <v>2</v>
       </c>
       <c r="C7" s="19"/>
       <c r="D7" s="19"/>
       <c r="E7" s="19"/>
       <c r="F7" s="19"/>
       <c r="G7" s="19"/>
       <c r="H7" s="19"/>
       <c r="I7" s="19"/>
       <c r="J7" s="19"/>
       <c r="K7" s="19"/>
       <c r="L7" s="19"/>
       <c r="M7" s="19"/>
       <c r="N7" s="19"/>
       <c r="O7" s="19"/>
       <c r="P7" s="19"/>
       <c r="Q7" s="19"/>
       <c r="R7" s="19"/>
       <c r="S7" s="19"/>
       <c r="T7" s="19"/>
       <c r="U7" s="19"/>
       <c r="V7" s="19"/>
       <c r="W7" s="19"/>
       <c r="X7" s="19"/>
@@ -1664,52 +1678,54 @@
       <c r="EL7" s="19"/>
       <c r="EM7" s="19"/>
       <c r="EN7" s="19"/>
       <c r="EO7" s="19"/>
       <c r="EP7" s="19"/>
       <c r="EQ7" s="19"/>
       <c r="ER7" s="19"/>
       <c r="ES7" s="19"/>
       <c r="ET7" s="19"/>
       <c r="EU7" s="19"/>
       <c r="EV7" s="19"/>
       <c r="EW7" s="19"/>
       <c r="EX7" s="19"/>
       <c r="EY7" s="19"/>
       <c r="EZ7" s="19"/>
       <c r="FA7" s="19"/>
       <c r="FB7" s="19"/>
       <c r="FC7" s="19"/>
       <c r="FD7" s="19"/>
       <c r="FE7" s="19"/>
       <c r="FF7" s="19"/>
       <c r="FG7" s="19"/>
       <c r="FH7" s="19"/>
       <c r="FI7" s="19"/>
       <c r="FJ7" s="19"/>
+      <c r="FK7" s="19"/>
+      <c r="FL7" s="19"/>
     </row>
-    <row r="8" spans="2:166" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="8" spans="2:168" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B8" s="16" t="s">
         <v>5</v>
       </c>
       <c r="C8" s="20">
         <v>108.09</v>
       </c>
       <c r="D8" s="20">
         <v>95.91</v>
       </c>
       <c r="E8" s="20">
         <v>84.44</v>
       </c>
       <c r="F8" s="20">
         <v>83.24</v>
       </c>
       <c r="G8" s="20">
         <v>82.87</v>
       </c>
       <c r="H8" s="20">
         <v>79.349999999999994</v>
       </c>
       <c r="I8" s="20">
         <v>79.040000000000006</v>
       </c>
       <c r="J8" s="20">
@@ -2161,52 +2177,58 @@
       </c>
       <c r="FC8" s="20">
         <v>1110.54</v>
       </c>
       <c r="FD8" s="20">
         <v>1107.21</v>
       </c>
       <c r="FE8" s="20">
         <v>1109.92</v>
       </c>
       <c r="FF8" s="20">
         <v>1122.02</v>
       </c>
       <c r="FG8" s="20">
         <v>1105.68</v>
       </c>
       <c r="FH8" s="20">
         <v>1106.97</v>
       </c>
       <c r="FI8" s="20">
         <v>1069.6199999999999</v>
       </c>
       <c r="FJ8" s="20">
         <v>1064.24</v>
       </c>
+      <c r="FK8" s="20">
+        <v>1088.08</v>
+      </c>
+      <c r="FL8" s="20">
+        <v>1092.6500000000001</v>
+      </c>
     </row>
-    <row r="9" spans="2:166" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="9" spans="2:168" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B9" s="16" t="s">
         <v>6</v>
       </c>
       <c r="C9" s="20">
         <v>482.34</v>
       </c>
       <c r="D9" s="20">
         <v>491</v>
       </c>
       <c r="E9" s="20">
         <v>494.65</v>
       </c>
       <c r="F9" s="20">
         <v>489.41</v>
       </c>
       <c r="G9" s="20">
         <v>468.36</v>
       </c>
       <c r="H9" s="20">
         <v>442.57</v>
       </c>
       <c r="I9" s="20">
         <v>439.85</v>
       </c>
       <c r="J9" s="20">
@@ -2658,52 +2680,58 @@
       </c>
       <c r="FC9" s="6">
         <v>1076.27</v>
       </c>
       <c r="FD9" s="6">
         <v>1198.67</v>
       </c>
       <c r="FE9" s="6">
         <v>1201.18</v>
       </c>
       <c r="FF9" s="6">
         <v>1149.68</v>
       </c>
       <c r="FG9" s="6">
         <v>1120.01</v>
       </c>
       <c r="FH9" s="6">
         <v>1217.1600000000001</v>
       </c>
       <c r="FI9" s="6">
         <v>1262.3599999999999</v>
       </c>
       <c r="FJ9" s="6">
         <v>1359.63</v>
       </c>
+      <c r="FK9" s="6">
+        <v>1367.21</v>
+      </c>
+      <c r="FL9" s="6">
+        <v>1455.94</v>
+      </c>
     </row>
-    <row r="10" spans="2:166" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="10" spans="2:168" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B10" s="16" t="s">
         <v>7</v>
       </c>
       <c r="C10" s="20">
         <v>193</v>
       </c>
       <c r="D10" s="20">
         <v>190.21</v>
       </c>
       <c r="E10" s="20">
         <v>189.68</v>
       </c>
       <c r="F10" s="20">
         <v>185.69</v>
       </c>
       <c r="G10" s="20">
         <v>182.16</v>
       </c>
       <c r="H10" s="20">
         <v>172.69</v>
       </c>
       <c r="I10" s="20">
         <v>170.56</v>
       </c>
       <c r="J10" s="20">
@@ -3155,52 +3183,58 @@
       </c>
       <c r="FC10" s="6">
         <v>823.33</v>
       </c>
       <c r="FD10" s="6">
         <v>830.93</v>
       </c>
       <c r="FE10" s="6">
         <v>832.87</v>
       </c>
       <c r="FF10" s="6">
         <v>813.44</v>
       </c>
       <c r="FG10" s="6">
         <v>801.75</v>
       </c>
       <c r="FH10" s="6">
         <v>807.67</v>
       </c>
       <c r="FI10" s="6">
         <v>803.02</v>
       </c>
       <c r="FJ10" s="6">
         <v>807.96</v>
       </c>
+      <c r="FK10" s="6">
+        <v>807.64</v>
+      </c>
+      <c r="FL10" s="6">
+        <v>813.61</v>
+      </c>
     </row>
-    <row r="11" spans="2:166" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="11" spans="2:168" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B11" s="16" t="s">
         <v>8</v>
       </c>
       <c r="C11" s="20">
         <v>53.62</v>
       </c>
       <c r="D11" s="20">
         <v>53.49</v>
       </c>
       <c r="E11" s="20">
         <v>53.54</v>
       </c>
       <c r="F11" s="20">
         <v>53.92</v>
       </c>
       <c r="G11" s="20">
         <v>53.84</v>
       </c>
       <c r="H11" s="20">
         <v>53.87</v>
       </c>
       <c r="I11" s="20">
         <v>49.29</v>
       </c>
       <c r="J11" s="20">
@@ -3652,52 +3686,58 @@
       </c>
       <c r="FC11" s="6">
         <v>2.37</v>
       </c>
       <c r="FD11" s="6">
         <v>2.37</v>
       </c>
       <c r="FE11" s="6">
         <v>2.86</v>
       </c>
       <c r="FF11" s="6">
         <v>3.13</v>
       </c>
       <c r="FG11" s="6">
         <v>3.13</v>
       </c>
       <c r="FH11" s="6">
         <v>4.76</v>
       </c>
       <c r="FI11" s="6">
         <v>32.770000000000003</v>
       </c>
       <c r="FJ11" s="6">
         <v>38.020000000000003</v>
       </c>
+      <c r="FK11" s="6">
+        <v>38.159999999999997</v>
+      </c>
+      <c r="FL11" s="6">
+        <v>39.130000000000003</v>
+      </c>
     </row>
-    <row r="12" spans="2:166" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="12" spans="2:168" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B12" s="16" t="s">
         <v>9</v>
       </c>
       <c r="C12" s="20">
         <v>53.33</v>
       </c>
       <c r="D12" s="20">
         <v>53.13</v>
       </c>
       <c r="E12" s="20">
         <v>52.87</v>
       </c>
       <c r="F12" s="20">
         <v>45.81</v>
       </c>
       <c r="G12" s="20">
         <v>49.92</v>
       </c>
       <c r="H12" s="20">
         <v>55.87</v>
       </c>
       <c r="I12" s="20">
         <v>65.239999999999995</v>
       </c>
       <c r="J12" s="20">
@@ -4149,52 +4189,58 @@
       </c>
       <c r="FC12" s="6">
         <v>898.52</v>
       </c>
       <c r="FD12" s="6">
         <v>931.28</v>
       </c>
       <c r="FE12" s="6">
         <v>923</v>
       </c>
       <c r="FF12" s="6">
         <v>923.07</v>
       </c>
       <c r="FG12" s="6">
         <v>924.53</v>
       </c>
       <c r="FH12" s="6">
         <v>922.12</v>
       </c>
       <c r="FI12" s="6">
         <v>959.68</v>
       </c>
       <c r="FJ12" s="6">
         <v>981.99</v>
       </c>
+      <c r="FK12" s="6">
+        <v>983.83</v>
+      </c>
+      <c r="FL12" s="6">
+        <v>1004.71</v>
+      </c>
     </row>
-    <row r="13" spans="2:166" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="13" spans="2:168" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B13" s="11" t="s">
         <v>0</v>
       </c>
       <c r="C13" s="12">
         <v>890.39</v>
       </c>
       <c r="D13" s="12">
         <v>883.74</v>
       </c>
       <c r="E13" s="12">
         <v>875.18</v>
       </c>
       <c r="F13" s="12">
         <v>858.07</v>
       </c>
       <c r="G13" s="12">
         <v>837.14</v>
       </c>
       <c r="H13" s="12">
         <v>804.35</v>
       </c>
       <c r="I13" s="12">
         <v>803.98</v>
       </c>
       <c r="J13" s="12">
@@ -4646,52 +4692,58 @@
       </c>
       <c r="FC13" s="12">
         <v>3911.03</v>
       </c>
       <c r="FD13" s="12">
         <v>4070.44</v>
       </c>
       <c r="FE13" s="12">
         <v>4069.82</v>
       </c>
       <c r="FF13" s="12">
         <v>4011.33</v>
       </c>
       <c r="FG13" s="12">
         <v>3955.09</v>
       </c>
       <c r="FH13" s="12">
         <v>4058.67</v>
       </c>
       <c r="FI13" s="12">
         <v>4127.45</v>
       </c>
       <c r="FJ13" s="12">
         <v>4251.8500000000004</v>
       </c>
+      <c r="FK13" s="12">
+        <v>4284.92</v>
+      </c>
+      <c r="FL13" s="12">
+        <v>4406.04</v>
+      </c>
     </row>
-    <row r="14" spans="2:166" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="14" spans="2:168" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B14" s="1" t="s">
         <v>3</v>
       </c>
       <c r="C14" s="19"/>
       <c r="D14" s="19"/>
       <c r="E14" s="19"/>
       <c r="F14" s="19"/>
       <c r="G14" s="19"/>
       <c r="H14" s="19"/>
       <c r="I14" s="19"/>
       <c r="J14" s="19"/>
       <c r="K14" s="19"/>
       <c r="L14" s="19"/>
       <c r="M14" s="19"/>
       <c r="N14" s="19"/>
       <c r="O14" s="19"/>
       <c r="P14" s="19"/>
       <c r="Q14" s="19"/>
       <c r="R14" s="19"/>
       <c r="S14" s="19"/>
       <c r="T14" s="19"/>
       <c r="U14" s="19"/>
       <c r="V14" s="19"/>
       <c r="W14" s="19"/>
       <c r="X14" s="19"/>
@@ -4819,52 +4871,54 @@
       <c r="EL14" s="2"/>
       <c r="EM14" s="2"/>
       <c r="EN14" s="2"/>
       <c r="EO14" s="2"/>
       <c r="EP14" s="2"/>
       <c r="EQ14" s="2"/>
       <c r="ER14" s="2"/>
       <c r="ES14" s="2"/>
       <c r="ET14" s="2"/>
       <c r="EU14" s="2"/>
       <c r="EV14" s="2"/>
       <c r="EW14" s="2"/>
       <c r="EX14" s="2"/>
       <c r="EY14" s="2"/>
       <c r="EZ14" s="2"/>
       <c r="FA14" s="2"/>
       <c r="FB14" s="2"/>
       <c r="FC14" s="2"/>
       <c r="FD14" s="2"/>
       <c r="FE14" s="2"/>
       <c r="FF14" s="2"/>
       <c r="FG14" s="2"/>
       <c r="FH14" s="2"/>
       <c r="FI14" s="2"/>
       <c r="FJ14" s="2"/>
+      <c r="FK14" s="2"/>
+      <c r="FL14" s="2"/>
     </row>
-    <row r="15" spans="2:166" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="15" spans="2:168" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B15" s="16" t="s">
         <v>10</v>
       </c>
       <c r="C15" s="20">
         <v>675.66</v>
       </c>
       <c r="D15" s="20">
         <v>669.07</v>
       </c>
       <c r="E15" s="20">
         <v>654.77</v>
       </c>
       <c r="F15" s="20">
         <v>636.72</v>
       </c>
       <c r="G15" s="20">
         <v>622.52</v>
       </c>
       <c r="H15" s="20">
         <v>597.65</v>
       </c>
       <c r="I15" s="20">
         <v>599.20000000000005</v>
       </c>
       <c r="J15" s="20">
@@ -5316,52 +5370,58 @@
       </c>
       <c r="FC15" s="6">
         <v>3387.64</v>
       </c>
       <c r="FD15" s="6">
         <v>3477.21</v>
       </c>
       <c r="FE15" s="6">
         <v>3493.36</v>
       </c>
       <c r="FF15" s="6">
         <v>3453.73</v>
       </c>
       <c r="FG15" s="6">
         <v>3388.91</v>
       </c>
       <c r="FH15" s="6">
         <v>3457.39</v>
       </c>
       <c r="FI15" s="6">
         <v>3502.89</v>
       </c>
       <c r="FJ15" s="6">
         <v>3588.51</v>
       </c>
+      <c r="FK15" s="6">
+        <v>3625.37</v>
+      </c>
+      <c r="FL15" s="6">
+        <v>3685.63</v>
+      </c>
     </row>
-    <row r="16" spans="2:166" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="16" spans="2:168" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B16" s="16" t="s">
         <v>11</v>
       </c>
       <c r="C16" s="20">
         <v>214.73</v>
       </c>
       <c r="D16" s="20">
         <v>214.67</v>
       </c>
       <c r="E16" s="20">
         <v>220.42</v>
       </c>
       <c r="F16" s="20">
         <v>221.36</v>
       </c>
       <c r="G16" s="20">
         <v>214.62</v>
       </c>
       <c r="H16" s="20">
         <v>206.71</v>
       </c>
       <c r="I16" s="20">
         <v>204.78</v>
       </c>
       <c r="J16" s="20">
@@ -5813,52 +5873,58 @@
       </c>
       <c r="FC16" s="6">
         <v>523.39</v>
       </c>
       <c r="FD16" s="6">
         <v>593.23</v>
       </c>
       <c r="FE16" s="6">
         <v>576.46</v>
       </c>
       <c r="FF16" s="6">
         <v>557.61</v>
       </c>
       <c r="FG16" s="6">
         <v>566.17999999999995</v>
       </c>
       <c r="FH16" s="6">
         <v>601.28</v>
       </c>
       <c r="FI16" s="6">
         <v>624.54999999999995</v>
       </c>
       <c r="FJ16" s="6">
         <v>663.34</v>
       </c>
+      <c r="FK16" s="6">
+        <v>659.55</v>
+      </c>
+      <c r="FL16" s="6">
+        <v>720.42</v>
+      </c>
     </row>
-    <row r="17" spans="2:166" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="17" spans="2:168" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B17" s="8" t="s">
         <v>1</v>
       </c>
       <c r="C17" s="9">
         <v>890.39</v>
       </c>
       <c r="D17" s="9">
         <v>883.74</v>
       </c>
       <c r="E17" s="9">
         <v>875.18</v>
       </c>
       <c r="F17" s="9">
         <v>858.07</v>
       </c>
       <c r="G17" s="9">
         <v>837.14</v>
       </c>
       <c r="H17" s="9">
         <v>804.35</v>
       </c>
       <c r="I17" s="9">
         <v>803.98</v>
       </c>
       <c r="J17" s="9">
@@ -6310,129 +6376,135 @@
       </c>
       <c r="FC17" s="9">
         <v>3911.03</v>
       </c>
       <c r="FD17" s="9">
         <v>4070.44</v>
       </c>
       <c r="FE17" s="9">
         <v>4069.82</v>
       </c>
       <c r="FF17" s="9">
         <v>4011.33</v>
       </c>
       <c r="FG17" s="9">
         <v>3955.09</v>
       </c>
       <c r="FH17" s="9">
         <v>4058.67</v>
       </c>
       <c r="FI17" s="9">
         <v>4127.45</v>
       </c>
       <c r="FJ17" s="9">
         <v>4251.8500000000004</v>
       </c>
+      <c r="FK17" s="9">
+        <v>4284.92</v>
+      </c>
+      <c r="FL17" s="9">
+        <v>4406.04</v>
+      </c>
     </row>
-    <row r="18" spans="2:166" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="18" spans="2:168" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="CL18" s="5"/>
       <c r="CM18" s="5"/>
       <c r="CN18" s="5"/>
       <c r="CO18" s="5"/>
       <c r="CP18" s="5"/>
       <c r="CQ18" s="5"/>
       <c r="CR18" s="5"/>
       <c r="CS18" s="5"/>
       <c r="CT18" s="5"/>
       <c r="CU18" s="5"/>
       <c r="CV18" s="5"/>
       <c r="CW18" s="5"/>
       <c r="CX18" s="5"/>
       <c r="CY18" s="5"/>
       <c r="CZ18" s="5"/>
       <c r="DA18" s="5"/>
       <c r="DB18" s="5"/>
       <c r="DC18" s="5"/>
       <c r="DD18" s="5"/>
       <c r="DE18" s="5"/>
       <c r="DF18" s="5"/>
       <c r="DG18" s="5"/>
       <c r="DH18" s="5"/>
       <c r="DI18" s="5"/>
       <c r="DJ18" s="5"/>
       <c r="DK18" s="5"/>
       <c r="DL18" s="5"/>
     </row>
-    <row r="19" spans="2:166" s="24" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B19" s="53" t="s">
+    <row r="19" spans="2:168" s="24" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B19" s="55" t="s">
         <v>12</v>
       </c>
-      <c r="C19" s="53"/>
-[...6 lines deleted...]
-      <c r="J19" s="53"/>
+      <c r="C19" s="55"/>
+      <c r="D19" s="55"/>
+      <c r="E19" s="55"/>
+      <c r="F19" s="55"/>
+      <c r="G19" s="55"/>
+      <c r="H19" s="55"/>
+      <c r="I19" s="55"/>
+      <c r="J19" s="55"/>
       <c r="CH19" s="25"/>
       <c r="CI19" s="25"/>
       <c r="CJ19" s="25"/>
       <c r="CK19" s="25"/>
       <c r="CL19" s="26"/>
       <c r="CM19" s="26"/>
       <c r="CN19" s="26"/>
       <c r="CO19" s="26"/>
       <c r="CP19" s="25"/>
       <c r="CQ19" s="25"/>
       <c r="CR19" s="25"/>
       <c r="CS19" s="25"/>
       <c r="CT19" s="25"/>
       <c r="CU19" s="25"/>
       <c r="CV19" s="25"/>
       <c r="CW19" s="25"/>
       <c r="CX19" s="25"/>
       <c r="CY19" s="25"/>
       <c r="CZ19" s="25"/>
       <c r="DA19" s="25"/>
       <c r="DB19" s="25"/>
       <c r="DC19" s="25"/>
       <c r="DD19" s="25"/>
       <c r="DE19" s="25"/>
       <c r="DF19" s="25"/>
       <c r="DG19" s="25"/>
       <c r="DH19" s="25"/>
       <c r="DI19" s="25"/>
       <c r="DJ19" s="25"/>
       <c r="DK19" s="25"/>
       <c r="DL19" s="25"/>
     </row>
-    <row r="20" spans="2:166" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...3 lines deleted...]
-      <c r="E20" s="52"/>
+    <row r="20" spans="2:168" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B20" s="54"/>
+      <c r="C20" s="54"/>
+      <c r="D20" s="54"/>
+      <c r="E20" s="54"/>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="B20:E20"/>
     <mergeCell ref="B19:J19"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Radni listovi</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>