--- v0 (2025-10-07)
+++ v1 (2026-01-12)
@@ -2,65 +2,65 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="4" rupBuild="14420"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\BOP&amp;IIP&amp;Dug izvještaji\Biltenske tablice_objava\H1-H6_H16-H19\2025Q2_web\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\BOP&amp;IIP&amp;Dug izvještaji\Biltenske tablice_objava\H1-H6_H16-H19\2025Q3_web\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
     <workbookView xWindow="1245" yWindow="465" windowWidth="31980" windowHeight="20220"/>
   </bookViews>
   <sheets>
     <sheet name="EUR" sheetId="4" r:id="rId1"/>
   </sheets>
   <calcPr calcId="152511"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="180" uniqueCount="141">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="152" uniqueCount="142">
   <si>
     <t>1999.</t>
   </si>
   <si>
     <t>2000.</t>
   </si>
   <si>
     <t>2001.</t>
   </si>
   <si>
     <t>2002.</t>
   </si>
   <si>
     <t>2003.</t>
   </si>
   <si>
     <t>2004.</t>
   </si>
   <si>
     <t>2005.</t>
   </si>
   <si>
     <t>2006.</t>
   </si>
   <si>
@@ -629,50 +629,53 @@
     <r>
       <t>*</t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t>Revidirani podaci.</t>
     </r>
   </si>
   <si>
     <t>2. tr. 25.</t>
+  </si>
+  <si>
+    <t>3. tr. 25.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="#,##0.0"/>
     <numFmt numFmtId="165" formatCode="yyyy\."/>
   </numFmts>
   <fonts count="13" x14ac:knownFonts="1">
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
@@ -1163,228 +1166,216 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="B2:DV71"/>
+  <dimension ref="B2:DW71"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="11.6640625" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="3.6640625" customWidth="1"/>
     <col min="2" max="2" width="60.6640625" customWidth="1"/>
     <col min="29" max="29" width="15.6640625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="2" spans="2:126" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="2" spans="2:127" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B2" s="11" t="s">
         <v>16</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
       <c r="P2" s="1"/>
       <c r="Q2" s="1"/>
       <c r="R2" s="1"/>
       <c r="S2" s="1"/>
       <c r="T2" s="1"/>
       <c r="U2" s="1"/>
       <c r="V2" s="1"/>
       <c r="W2" s="1"/>
       <c r="X2" s="1"/>
       <c r="Y2" s="1"/>
       <c r="Z2" s="1"/>
       <c r="AA2" s="1"/>
       <c r="AB2" s="1"/>
       <c r="AC2" s="1"/>
       <c r="AD2" s="1"/>
       <c r="AE2" s="1"/>
       <c r="AF2" s="1"/>
       <c r="AG2" s="1"/>
       <c r="AH2" s="1"/>
       <c r="AI2" s="1"/>
       <c r="AJ2" s="1"/>
       <c r="AK2" s="1"/>
       <c r="AL2" s="1"/>
       <c r="AM2" s="1"/>
       <c r="AN2" s="1"/>
     </row>
-    <row r="3" spans="2:126" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="3" spans="2:127" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B3" s="10" t="s">
         <v>116</v>
       </c>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
       <c r="P3" s="1"/>
       <c r="Q3" s="1"/>
       <c r="R3" s="1"/>
       <c r="S3" s="1"/>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
       <c r="X3" s="1"/>
       <c r="Y3" s="1"/>
       <c r="Z3" s="1"/>
       <c r="AA3" s="1"/>
       <c r="AB3" s="1"/>
       <c r="AC3" s="1"/>
       <c r="AD3" s="1"/>
       <c r="AE3" s="1"/>
       <c r="AF3" s="1"/>
       <c r="AG3" s="1"/>
       <c r="AH3" s="1"/>
       <c r="AI3" s="1"/>
       <c r="AJ3" s="1"/>
       <c r="AK3" s="1"/>
       <c r="AL3" s="1"/>
       <c r="AM3" s="1"/>
       <c r="AN3" s="1"/>
     </row>
-    <row r="4" spans="2:126" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="4" spans="2:127" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B4" s="1"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="1"/>
       <c r="H4" s="1"/>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
       <c r="P4" s="1"/>
       <c r="Q4" s="1"/>
       <c r="R4" s="1"/>
       <c r="S4" s="1"/>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
       <c r="X4" s="1"/>
       <c r="Y4" s="1"/>
       <c r="Z4" s="1"/>
       <c r="AA4" s="1"/>
       <c r="AB4" s="1"/>
       <c r="AC4" s="1"/>
       <c r="AD4" s="1"/>
       <c r="AE4" s="1"/>
       <c r="AF4" s="1"/>
       <c r="AG4" s="1"/>
       <c r="AH4" s="1"/>
       <c r="AI4" s="1"/>
       <c r="AJ4" s="1"/>
       <c r="AK4" s="1"/>
       <c r="AL4" s="1"/>
       <c r="AM4" s="1"/>
       <c r="AN4" s="1"/>
     </row>
-    <row r="5" spans="2:126" s="6" customFormat="1" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="5" spans="2:127" s="6" customFormat="1" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B5" s="5"/>
       <c r="C5" s="5"/>
       <c r="D5" s="5"/>
       <c r="E5" s="5"/>
       <c r="F5" s="5"/>
       <c r="G5" s="5"/>
       <c r="H5" s="5"/>
       <c r="I5" s="5"/>
       <c r="J5" s="5"/>
       <c r="K5" s="5"/>
       <c r="L5" s="5"/>
       <c r="M5" s="5"/>
       <c r="N5" s="5"/>
       <c r="O5" s="5"/>
       <c r="P5" s="5"/>
       <c r="Q5" s="5"/>
       <c r="R5" s="5"/>
       <c r="S5" s="5"/>
       <c r="T5" s="5"/>
       <c r="U5" s="5"/>
       <c r="V5" s="5"/>
-      <c r="W5" s="5" t="s">
-[...16 lines deleted...]
-      </c>
+      <c r="W5" s="5"/>
+      <c r="X5" s="5"/>
+      <c r="Y5" s="5"/>
+      <c r="Z5" s="5"/>
+      <c r="AA5" s="5"/>
+      <c r="AB5" s="5"/>
       <c r="AC5" s="5"/>
       <c r="AD5" s="5"/>
       <c r="AE5" s="5"/>
       <c r="AF5" s="5"/>
       <c r="AG5" s="5"/>
       <c r="AH5" s="5"/>
       <c r="AI5" s="5"/>
       <c r="AJ5" s="5"/>
       <c r="AK5" s="5"/>
       <c r="AL5" s="5"/>
       <c r="AM5" s="5"/>
       <c r="AN5" s="5"/>
       <c r="AO5" s="5"/>
       <c r="AP5" s="5"/>
       <c r="AQ5" s="5"/>
       <c r="AR5" s="5"/>
       <c r="AS5" s="5"/>
       <c r="AT5" s="5"/>
       <c r="AU5" s="5"/>
       <c r="AV5" s="5"/>
       <c r="AW5" s="5"/>
       <c r="AX5" s="5"/>
       <c r="AY5" s="5"/>
       <c r="AZ5" s="5"/>
       <c r="BA5" s="5"/>
@@ -1413,130 +1404,85 @@
       <c r="BX5" s="5"/>
       <c r="BY5" s="5"/>
       <c r="BZ5" s="5"/>
       <c r="CA5" s="5"/>
       <c r="CB5" s="5"/>
       <c r="CC5" s="5"/>
       <c r="CD5" s="5"/>
       <c r="CE5" s="5"/>
       <c r="CF5" s="5"/>
       <c r="CG5" s="5"/>
       <c r="CH5" s="5"/>
       <c r="CI5" s="5"/>
       <c r="CJ5" s="5"/>
       <c r="CK5" s="5"/>
       <c r="CL5" s="5"/>
       <c r="CM5" s="5"/>
       <c r="CN5" s="5"/>
       <c r="CO5" s="5"/>
       <c r="CP5" s="5"/>
       <c r="CQ5" s="5"/>
       <c r="CR5" s="5"/>
       <c r="CS5" s="5"/>
       <c r="CT5" s="5"/>
       <c r="CU5" s="5"/>
       <c r="CV5" s="5"/>
-      <c r="CW5" s="5" t="s">
-[...70 lines deleted...]
-      </c>
+      <c r="CW5" s="5"/>
+      <c r="CX5" s="5"/>
+      <c r="CY5" s="5"/>
+      <c r="CZ5" s="5"/>
+      <c r="DA5" s="5"/>
+      <c r="DB5" s="5"/>
+      <c r="DC5" s="5"/>
+      <c r="DD5" s="5"/>
+      <c r="DE5" s="5"/>
+      <c r="DF5" s="5"/>
+      <c r="DG5" s="5"/>
+      <c r="DH5" s="5"/>
+      <c r="DI5" s="5"/>
+      <c r="DJ5" s="5"/>
+      <c r="DK5" s="5"/>
+      <c r="DL5" s="5"/>
+      <c r="DM5" s="5"/>
+      <c r="DN5" s="5"/>
+      <c r="DO5" s="5"/>
+      <c r="DP5" s="5"/>
+      <c r="DQ5" s="5"/>
+      <c r="DR5" s="5"/>
+      <c r="DS5" s="5"/>
+      <c r="DT5" s="5"/>
       <c r="DU5" s="5" t="s">
         <v>138</v>
       </c>
-      <c r="DV5" s="4" t="s">
+      <c r="DV5" s="5" t="s">
+        <v>138</v>
+      </c>
+      <c r="DW5" s="4" t="s">
         <v>105</v>
       </c>
     </row>
-    <row r="6" spans="2:126" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="6" spans="2:127" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B6" s="3"/>
       <c r="C6" s="7" t="s">
         <v>0</v>
       </c>
       <c r="D6" s="7" t="s">
         <v>1</v>
       </c>
       <c r="E6" s="7" t="s">
         <v>2</v>
       </c>
       <c r="F6" s="7" t="s">
         <v>3</v>
       </c>
       <c r="G6" s="7" t="s">
         <v>4</v>
       </c>
       <c r="H6" s="7" t="s">
         <v>5</v>
       </c>
       <c r="I6" s="7" t="s">
         <v>6</v>
       </c>
       <c r="J6" s="7" t="s">
         <v>7</v>
       </c>
@@ -1866,57 +1812,60 @@
       </c>
       <c r="DO6" s="3" t="s">
         <v>128</v>
       </c>
       <c r="DP6" s="3" t="s">
         <v>130</v>
       </c>
       <c r="DQ6" s="3" t="s">
         <v>131</v>
       </c>
       <c r="DR6" s="3" t="s">
         <v>133</v>
       </c>
       <c r="DS6" s="3" t="s">
         <v>134</v>
       </c>
       <c r="DT6" s="3" t="s">
         <v>136</v>
       </c>
       <c r="DU6" s="3" t="s">
         <v>137</v>
       </c>
       <c r="DV6" s="3" t="s">
         <v>140</v>
       </c>
+      <c r="DW6" s="3" t="s">
+        <v>141</v>
+      </c>
     </row>
-    <row r="7" spans="2:126" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="7" spans="2:127" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B7" s="8" t="s">
         <v>103</v>
       </c>
       <c r="C7" s="12">
-        <v>-1739.9162238604567</v>
+        <v>-1745.0291231386486</v>
       </c>
       <c r="D7" s="12">
         <v>-1969.856578374935</v>
       </c>
       <c r="E7" s="12">
         <v>-3475.3527481589003</v>
       </c>
       <c r="F7" s="12">
         <v>-4265.9198396439078</v>
       </c>
       <c r="G7" s="12">
         <v>-5196.4076385784092</v>
       </c>
       <c r="H7" s="12">
         <v>-7728.0219390870943</v>
       </c>
       <c r="I7" s="12">
         <v>-10882.909380467399</v>
       </c>
       <c r="J7" s="12">
         <v>-18244.469464305399</v>
       </c>
       <c r="K7" s="12">
         <v>-27486.530140095307</v>
       </c>
@@ -2238,57 +2187,60 @@
       <c r="DM7" s="12">
         <v>-36466.935062041441</v>
       </c>
       <c r="DN7" s="12">
         <v>-37077.803653271927</v>
       </c>
       <c r="DO7" s="12">
         <v>-38161.736929260114</v>
       </c>
       <c r="DP7" s="12">
         <v>-39554.092147851821</v>
       </c>
       <c r="DQ7" s="12">
         <v>-41290.55606951769</v>
       </c>
       <c r="DR7" s="12">
         <v>-42247.366855939719</v>
       </c>
       <c r="DS7" s="12">
         <v>-43049.632668308666</v>
       </c>
       <c r="DT7" s="12">
         <v>-46783.07026564113</v>
       </c>
       <c r="DU7" s="12">
-        <v>-48001.516105536546</v>
+        <v>-48032.083565365137</v>
       </c>
       <c r="DV7" s="12">
-        <v>-48274.833177103268</v>
+        <v>-48822.455920120519</v>
+      </c>
+      <c r="DW7" s="12">
+        <v>-49965.563837939408</v>
       </c>
     </row>
-    <row r="8" spans="2:126" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="8" spans="2:127" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B8" s="8" t="s">
         <v>118</v>
       </c>
       <c r="C8" s="12">
         <v>811.16930866734435</v>
       </c>
       <c r="D8" s="12">
         <v>1030.88182187244</v>
       </c>
       <c r="E8" s="12">
         <v>1134.2391433057314</v>
       </c>
       <c r="F8" s="12">
         <v>1736.618127374853</v>
       </c>
       <c r="G8" s="12">
         <v>1782.2847249957449</v>
       </c>
       <c r="H8" s="12">
         <v>1777.947637210832</v>
       </c>
       <c r="I8" s="12">
         <v>1949.9440958506439</v>
       </c>
       <c r="J8" s="12">
@@ -2615,57 +2567,60 @@
       <c r="DM8" s="12">
         <v>8925.2871121293447</v>
       </c>
       <c r="DN8" s="12">
         <v>8993.8058078803188</v>
       </c>
       <c r="DO8" s="12">
         <v>9490.5746770268161</v>
       </c>
       <c r="DP8" s="12">
         <v>9676.9866453799768</v>
       </c>
       <c r="DQ8" s="12">
         <v>10261.31281298391</v>
       </c>
       <c r="DR8" s="12">
         <v>11071.388338442677</v>
       </c>
       <c r="DS8" s="12">
         <v>11934.243783524496</v>
       </c>
       <c r="DT8" s="12">
         <v>12022.004938492817</v>
       </c>
       <c r="DU8" s="12">
-        <v>11920.032163400789</v>
+        <v>11927.280909581554</v>
       </c>
       <c r="DV8" s="12">
-        <v>12054.558108818248</v>
+        <v>12083.919806120241</v>
+      </c>
+      <c r="DW8" s="12">
+        <v>12365.253578515372</v>
       </c>
     </row>
-    <row r="9" spans="2:126" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="9" spans="2:127" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B9" s="8" t="s">
         <v>123</v>
       </c>
       <c r="C9" s="12">
         <v>769.34571255198421</v>
       </c>
       <c r="D9" s="12">
         <v>815.12131430933607</v>
       </c>
       <c r="E9" s="12">
         <v>905.41469705351335</v>
       </c>
       <c r="F9" s="12">
         <v>1488</v>
       </c>
       <c r="G9" s="12">
         <v>1512</v>
       </c>
       <c r="H9" s="12">
         <v>1428</v>
       </c>
       <c r="I9" s="12">
         <v>1532</v>
       </c>
       <c r="J9" s="12">
@@ -2995,54 +2950,57 @@
       <c r="DN9" s="12">
         <v>6681.4929423000003</v>
       </c>
       <c r="DO9" s="12">
         <v>7013.0575046999993</v>
       </c>
       <c r="DP9" s="12">
         <v>7136.5538405000007</v>
       </c>
       <c r="DQ9" s="12">
         <v>7649.5917773000001</v>
       </c>
       <c r="DR9" s="12">
         <v>7751.6995604000012</v>
       </c>
       <c r="DS9" s="12">
         <v>7988.1525578000001</v>
       </c>
       <c r="DT9" s="12">
         <v>7949.3265671999998</v>
       </c>
       <c r="DU9" s="12">
         <v>8188.0532572000002</v>
       </c>
       <c r="DV9" s="12">
-        <v>8081.479717199999</v>
+        <v>8101.8807171999988</v>
+      </c>
+      <c r="DW9" s="12">
+        <v>8203.0450571999991</v>
       </c>
     </row>
-    <row r="10" spans="2:126" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="10" spans="2:127" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B10" s="8" t="s">
         <v>120</v>
       </c>
       <c r="C10" s="12">
         <v>769.34571255198421</v>
       </c>
       <c r="D10" s="12">
         <v>815.12131430933607</v>
       </c>
       <c r="E10" s="12">
         <v>905.41469705351335</v>
       </c>
       <c r="F10" s="12">
         <v>1488</v>
       </c>
       <c r="G10" s="12">
         <v>1512</v>
       </c>
       <c r="H10" s="12">
         <v>1428</v>
       </c>
       <c r="I10" s="12">
         <v>1532</v>
       </c>
       <c r="J10" s="12">
@@ -3372,54 +3330,57 @@
       <c r="DN10" s="12">
         <v>6674.8619423</v>
       </c>
       <c r="DO10" s="12">
         <v>7004.5705046999992</v>
       </c>
       <c r="DP10" s="12">
         <v>7128.0928405000004</v>
       </c>
       <c r="DQ10" s="12">
         <v>7640.0017773</v>
       </c>
       <c r="DR10" s="12">
         <v>7743.113560400001</v>
       </c>
       <c r="DS10" s="12">
         <v>7978.0175577999998</v>
       </c>
       <c r="DT10" s="12">
         <v>7939.4145671999995</v>
       </c>
       <c r="DU10" s="12">
         <v>8176.9092572</v>
       </c>
       <c r="DV10" s="12">
-        <v>8072.0957171999989</v>
+        <v>8092.4967171999988</v>
+      </c>
+      <c r="DW10" s="12">
+        <v>8191.6760571999985</v>
       </c>
     </row>
-    <row r="11" spans="2:126" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="11" spans="2:127" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B11" s="8" t="s">
         <v>121</v>
       </c>
       <c r="C11" s="12">
         <v>0</v>
       </c>
       <c r="D11" s="12">
         <v>0</v>
       </c>
       <c r="E11" s="12">
         <v>0</v>
       </c>
       <c r="F11" s="12">
         <v>0</v>
       </c>
       <c r="G11" s="12">
         <v>0</v>
       </c>
       <c r="H11" s="12">
         <v>0</v>
       </c>
       <c r="I11" s="12">
         <v>0</v>
       </c>
       <c r="J11" s="12">
@@ -3751,52 +3712,55 @@
       </c>
       <c r="DO11" s="12">
         <v>0</v>
       </c>
       <c r="DP11" s="12">
         <v>0</v>
       </c>
       <c r="DQ11" s="12">
         <v>0</v>
       </c>
       <c r="DR11" s="12">
         <v>0</v>
       </c>
       <c r="DS11" s="12">
         <v>0</v>
       </c>
       <c r="DT11" s="12">
         <v>0</v>
       </c>
       <c r="DU11" s="12">
         <v>0</v>
       </c>
       <c r="DV11" s="12">
         <v>0</v>
       </c>
+      <c r="DW11" s="12">
+        <v>0</v>
+      </c>
     </row>
-    <row r="12" spans="2:126" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="12" spans="2:127" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B12" s="8" t="s">
         <v>122</v>
       </c>
       <c r="C12" s="12">
         <v>0</v>
       </c>
       <c r="D12" s="12">
         <v>0</v>
       </c>
       <c r="E12" s="12">
         <v>0</v>
       </c>
       <c r="F12" s="12">
         <v>0</v>
       </c>
       <c r="G12" s="12">
         <v>0</v>
       </c>
       <c r="H12" s="12">
         <v>0</v>
       </c>
       <c r="I12" s="12">
         <v>0</v>
       </c>
       <c r="J12" s="12">
@@ -4128,52 +4092,55 @@
       </c>
       <c r="DO12" s="12">
         <v>8.4870000000000001</v>
       </c>
       <c r="DP12" s="12">
         <v>8.4610000000000003</v>
       </c>
       <c r="DQ12" s="12">
         <v>9.59</v>
       </c>
       <c r="DR12" s="12">
         <v>8.5860000000000003</v>
       </c>
       <c r="DS12" s="12">
         <v>10.135</v>
       </c>
       <c r="DT12" s="12">
         <v>9.911999999999999</v>
       </c>
       <c r="DU12" s="12">
         <v>11.144</v>
       </c>
       <c r="DV12" s="12">
         <v>9.3840000000000003</v>
       </c>
+      <c r="DW12" s="12">
+        <v>11.369</v>
+      </c>
     </row>
-    <row r="13" spans="2:126" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="13" spans="2:127" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B13" s="8" t="s">
         <v>124</v>
       </c>
       <c r="C13" s="12">
         <v>41.823596115360104</v>
       </c>
       <c r="D13" s="12">
         <v>215.760507563104</v>
       </c>
       <c r="E13" s="12">
         <v>228.824446252218</v>
       </c>
       <c r="F13" s="12">
         <v>248.618127374853</v>
       </c>
       <c r="G13" s="12">
         <v>270.28472499574502</v>
       </c>
       <c r="H13" s="12">
         <v>349.947637210832</v>
       </c>
       <c r="I13" s="12">
         <v>417.94409585064398</v>
       </c>
       <c r="J13" s="12">
@@ -4500,57 +4467,60 @@
       <c r="DM13" s="12">
         <v>2350.2371260293444</v>
       </c>
       <c r="DN13" s="12">
         <v>2312.312865580318</v>
       </c>
       <c r="DO13" s="12">
         <v>2477.5171723268177</v>
       </c>
       <c r="DP13" s="12">
         <v>2540.4328048799771</v>
       </c>
       <c r="DQ13" s="12">
         <v>2611.7210356839096</v>
       </c>
       <c r="DR13" s="12">
         <v>3319.688778042675</v>
       </c>
       <c r="DS13" s="12">
         <v>3946.0912257244954</v>
       </c>
       <c r="DT13" s="12">
         <v>4072.6783712928172</v>
       </c>
       <c r="DU13" s="12">
-        <v>3731.9789062007876</v>
+        <v>3739.227652381554</v>
       </c>
       <c r="DV13" s="12">
-        <v>3973.07839161825</v>
+        <v>3982.0390889202417</v>
+      </c>
+      <c r="DW13" s="12">
+        <v>4162.2085213153732</v>
       </c>
     </row>
-    <row r="14" spans="2:126" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="14" spans="2:127" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B14" s="8" t="s">
         <v>120</v>
       </c>
       <c r="C14" s="12">
         <v>41.254672280916246</v>
       </c>
       <c r="D14" s="12">
         <v>215.61050756310399</v>
       </c>
       <c r="E14" s="12">
         <v>228.824446252218</v>
       </c>
       <c r="F14" s="12">
         <v>248.32812737485301</v>
       </c>
       <c r="G14" s="12">
         <v>268.52472499574503</v>
       </c>
       <c r="H14" s="12">
         <v>330.09763721083198</v>
       </c>
       <c r="I14" s="12">
         <v>397.81409585064398</v>
       </c>
       <c r="J14" s="12">
@@ -4877,57 +4847,60 @@
       <c r="DM14" s="12">
         <v>1547.084367120601</v>
       </c>
       <c r="DN14" s="12">
         <v>1432.876431647941</v>
       </c>
       <c r="DO14" s="12">
         <v>1346.5305136050897</v>
       </c>
       <c r="DP14" s="12">
         <v>1301.9274745097237</v>
       </c>
       <c r="DQ14" s="12">
         <v>1322.883351080412</v>
       </c>
       <c r="DR14" s="12">
         <v>1343.5549609515565</v>
       </c>
       <c r="DS14" s="12">
         <v>1496.7345384674149</v>
       </c>
       <c r="DT14" s="12">
         <v>1630.9168483919884</v>
       </c>
       <c r="DU14" s="12">
-        <v>1765.999763944304</v>
+        <v>1766.2346990530657</v>
       </c>
       <c r="DV14" s="12">
-        <v>1475.9365638621048</v>
+        <v>1476.5132875899722</v>
+      </c>
+      <c r="DW14" s="12">
+        <v>1262.4730685721461</v>
       </c>
     </row>
-    <row r="15" spans="2:126" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="15" spans="2:127" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B15" s="8" t="s">
         <v>121</v>
       </c>
       <c r="C15" s="12">
         <v>0.5689238344438593</v>
       </c>
       <c r="D15" s="12">
         <v>0.15</v>
       </c>
       <c r="E15" s="12">
         <v>0</v>
       </c>
       <c r="F15" s="12">
         <v>0.28999999999999998</v>
       </c>
       <c r="G15" s="12">
         <v>1.76</v>
       </c>
       <c r="H15" s="12">
         <v>19.850000000000001</v>
       </c>
       <c r="I15" s="12">
         <v>20.13</v>
       </c>
       <c r="J15" s="12">
@@ -5257,54 +5230,57 @@
       <c r="DN15" s="12">
         <v>453.25381212534177</v>
       </c>
       <c r="DO15" s="12">
         <v>567.24814359952848</v>
       </c>
       <c r="DP15" s="12">
         <v>526.18080507792081</v>
       </c>
       <c r="DQ15" s="12">
         <v>602.87325009297729</v>
       </c>
       <c r="DR15" s="12">
         <v>581.37970362096337</v>
       </c>
       <c r="DS15" s="12">
         <v>801.51134229804961</v>
       </c>
       <c r="DT15" s="12">
         <v>946.74341573951563</v>
       </c>
       <c r="DU15" s="12">
         <v>704.02905341263113</v>
       </c>
       <c r="DV15" s="12">
-        <v>702.82742873319967</v>
+        <v>704.06079996531048</v>
+      </c>
+      <c r="DW15" s="12">
+        <v>830.97339662020772</v>
       </c>
     </row>
-    <row r="16" spans="2:126" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="16" spans="2:127" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B16" s="8" t="s">
         <v>122</v>
       </c>
       <c r="C16" s="12">
         <v>0</v>
       </c>
       <c r="D16" s="12">
         <v>0</v>
       </c>
       <c r="E16" s="12">
         <v>0</v>
       </c>
       <c r="F16" s="12">
         <v>0</v>
       </c>
       <c r="G16" s="12">
         <v>0</v>
       </c>
       <c r="H16" s="12">
         <v>0</v>
       </c>
       <c r="I16" s="12">
         <v>0</v>
       </c>
       <c r="J16" s="12">
@@ -5631,62 +5607,65 @@
       <c r="DM16" s="12">
         <v>372.63996801885298</v>
       </c>
       <c r="DN16" s="12">
         <v>426.1826218070351</v>
       </c>
       <c r="DO16" s="12">
         <v>563.73851512219949</v>
       </c>
       <c r="DP16" s="12">
         <v>712.32452529233251</v>
       </c>
       <c r="DQ16" s="12">
         <v>685.96443451052028</v>
       </c>
       <c r="DR16" s="12">
         <v>1394.7541134701548</v>
       </c>
       <c r="DS16" s="12">
         <v>1647.8453449590304</v>
       </c>
       <c r="DT16" s="12">
         <v>1495.0181071613131</v>
       </c>
       <c r="DU16" s="12">
-        <v>1261.9500888438527</v>
+        <v>1268.9638999158574</v>
       </c>
       <c r="DV16" s="12">
-        <v>1794.3143990229455</v>
+        <v>1801.4650013649589</v>
+      </c>
+      <c r="DW16" s="12">
+        <v>2068.7620561230192</v>
       </c>
     </row>
-    <row r="17" spans="2:126" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="17" spans="2:127" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B17" s="8" t="s">
         <v>119</v>
       </c>
       <c r="C17" s="12">
-        <v>2551.0855325278012</v>
+        <v>2556.1984318059931</v>
       </c>
       <c r="D17" s="12">
         <v>3000.738400247375</v>
       </c>
       <c r="E17" s="12">
         <v>4609.5918914646318</v>
       </c>
       <c r="F17" s="12">
         <v>6002.5379670187604</v>
       </c>
       <c r="G17" s="12">
         <v>6978.6923635741541</v>
       </c>
       <c r="H17" s="12">
         <v>9505.9695762979263</v>
       </c>
       <c r="I17" s="12">
         <v>12832.853476318043</v>
       </c>
       <c r="J17" s="12">
         <v>20356.010661766399</v>
       </c>
       <c r="K17" s="12">
         <v>30423.047904629198</v>
       </c>
@@ -6008,57 +5987,60 @@
       <c r="DM17" s="12">
         <v>45392.222174170784</v>
       </c>
       <c r="DN17" s="12">
         <v>46071.609461152242</v>
       </c>
       <c r="DO17" s="12">
         <v>47652.31160628693</v>
       </c>
       <c r="DP17" s="12">
         <v>49231.078793231798</v>
       </c>
       <c r="DQ17" s="12">
         <v>51551.8688825016</v>
       </c>
       <c r="DR17" s="12">
         <v>53318.755194382393</v>
       </c>
       <c r="DS17" s="12">
         <v>54983.876451833159</v>
       </c>
       <c r="DT17" s="12">
         <v>58805.075204133944</v>
       </c>
       <c r="DU17" s="12">
-        <v>59921.548268937338</v>
+        <v>59959.364474946691</v>
       </c>
       <c r="DV17" s="12">
-        <v>60329.39128592152</v>
+        <v>60906.37572624076</v>
+      </c>
+      <c r="DW17" s="12">
+        <v>62330.817416454782</v>
       </c>
     </row>
-    <row r="18" spans="2:126" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="18" spans="2:127" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B18" s="8" t="s">
         <v>125</v>
       </c>
       <c r="C18" s="12">
         <v>2196.515532527801</v>
       </c>
       <c r="D18" s="12">
         <v>2333.2691424268091</v>
       </c>
       <c r="E18" s="12">
         <v>3917.6745191448017</v>
       </c>
       <c r="F18" s="12">
         <v>5141.9673163009456</v>
       </c>
       <c r="G18" s="12">
         <v>5865.499780817704</v>
       </c>
       <c r="H18" s="12">
         <v>8187.9878660495015</v>
       </c>
       <c r="I18" s="12">
         <v>11180.033375836865</v>
       </c>
       <c r="J18" s="12">
@@ -6385,57 +6367,60 @@
       <c r="DM18" s="12">
         <v>35407.196356</v>
       </c>
       <c r="DN18" s="12">
         <v>35916.329567400004</v>
       </c>
       <c r="DO18" s="12">
         <v>37079.7542522</v>
       </c>
       <c r="DP18" s="12">
         <v>39998.692216099997</v>
       </c>
       <c r="DQ18" s="12">
         <v>41620.983618600003</v>
       </c>
       <c r="DR18" s="12">
         <v>42532.049669699998</v>
       </c>
       <c r="DS18" s="12">
         <v>44116.324830600002</v>
       </c>
       <c r="DT18" s="12">
         <v>48212.357323399992</v>
       </c>
       <c r="DU18" s="12">
-        <v>48707.9153793</v>
+        <v>48746.666770299998</v>
       </c>
       <c r="DV18" s="12">
-        <v>48958.379523099997</v>
+        <v>49519.510457899996</v>
+      </c>
+      <c r="DW18" s="12">
+        <v>49703.6401797</v>
       </c>
     </row>
-    <row r="19" spans="2:126" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="19" spans="2:127" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B19" s="8" t="s">
         <v>120</v>
       </c>
       <c r="C19" s="12">
         <v>2196.515532527801</v>
       </c>
       <c r="D19" s="12">
         <v>2333.2691424268091</v>
       </c>
       <c r="E19" s="12">
         <v>3917.6745191448017</v>
       </c>
       <c r="F19" s="12">
         <v>5141.9673163009456</v>
       </c>
       <c r="G19" s="12">
         <v>5865.499780817704</v>
       </c>
       <c r="H19" s="12">
         <v>8187.9878660495015</v>
       </c>
       <c r="I19" s="12">
         <v>11180.033375836865</v>
       </c>
       <c r="J19" s="12">
@@ -6762,57 +6747,60 @@
       <c r="DM19" s="12">
         <v>35407.196356</v>
       </c>
       <c r="DN19" s="12">
         <v>35916.329567400004</v>
       </c>
       <c r="DO19" s="12">
         <v>37079.7542522</v>
       </c>
       <c r="DP19" s="12">
         <v>39998.692216099997</v>
       </c>
       <c r="DQ19" s="12">
         <v>41620.983618600003</v>
       </c>
       <c r="DR19" s="12">
         <v>42532.049669699998</v>
       </c>
       <c r="DS19" s="12">
         <v>44116.324830600002</v>
       </c>
       <c r="DT19" s="12">
         <v>48212.357323399992</v>
       </c>
       <c r="DU19" s="12">
-        <v>48707.9153793</v>
+        <v>48746.666770299998</v>
       </c>
       <c r="DV19" s="12">
-        <v>48958.379523099997</v>
+        <v>49519.510457899996</v>
+      </c>
+      <c r="DW19" s="12">
+        <v>49703.6401797</v>
       </c>
     </row>
-    <row r="20" spans="2:126" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="20" spans="2:127" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B20" s="8" t="s">
         <v>121</v>
       </c>
       <c r="C20" s="12">
         <v>0</v>
       </c>
       <c r="D20" s="12">
         <v>0</v>
       </c>
       <c r="E20" s="12">
         <v>0</v>
       </c>
       <c r="F20" s="12">
         <v>0</v>
       </c>
       <c r="G20" s="12">
         <v>0</v>
       </c>
       <c r="H20" s="12">
         <v>0</v>
       </c>
       <c r="I20" s="12">
         <v>0</v>
       </c>
       <c r="J20" s="12">
@@ -7144,52 +7132,55 @@
       </c>
       <c r="DO20" s="12">
         <v>0</v>
       </c>
       <c r="DP20" s="12">
         <v>0</v>
       </c>
       <c r="DQ20" s="12">
         <v>0</v>
       </c>
       <c r="DR20" s="12">
         <v>0</v>
       </c>
       <c r="DS20" s="12">
         <v>0</v>
       </c>
       <c r="DT20" s="12">
         <v>0</v>
       </c>
       <c r="DU20" s="12">
         <v>0</v>
       </c>
       <c r="DV20" s="12">
         <v>0</v>
       </c>
+      <c r="DW20" s="12">
+        <v>0</v>
+      </c>
     </row>
-    <row r="21" spans="2:126" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="21" spans="2:127" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B21" s="8" t="s">
         <v>122</v>
       </c>
       <c r="C21" s="12">
         <v>0</v>
       </c>
       <c r="D21" s="12">
         <v>0</v>
       </c>
       <c r="E21" s="12">
         <v>0</v>
       </c>
       <c r="F21" s="12">
         <v>0</v>
       </c>
       <c r="G21" s="12">
         <v>0</v>
       </c>
       <c r="H21" s="12">
         <v>0</v>
       </c>
       <c r="I21" s="12">
         <v>0</v>
       </c>
       <c r="J21" s="12">
@@ -7521,57 +7512,60 @@
       </c>
       <c r="DO21" s="12">
         <v>0</v>
       </c>
       <c r="DP21" s="12">
         <v>0</v>
       </c>
       <c r="DQ21" s="12">
         <v>0</v>
       </c>
       <c r="DR21" s="12">
         <v>0</v>
       </c>
       <c r="DS21" s="12">
         <v>0</v>
       </c>
       <c r="DT21" s="12">
         <v>0</v>
       </c>
       <c r="DU21" s="12">
         <v>0</v>
       </c>
       <c r="DV21" s="12">
         <v>0</v>
       </c>
+      <c r="DW21" s="12">
+        <v>0</v>
+      </c>
     </row>
-    <row r="22" spans="2:126" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="22" spans="2:127" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B22" s="8" t="s">
         <v>126</v>
       </c>
       <c r="C22" s="12">
-        <v>354.57000000000005</v>
+        <v>359.68289927819188</v>
       </c>
       <c r="D22" s="12">
         <v>667.46925782056587</v>
       </c>
       <c r="E22" s="12">
         <v>691.91737231982984</v>
       </c>
       <c r="F22" s="12">
         <v>860.57065071781471</v>
       </c>
       <c r="G22" s="12">
         <v>1113.1925827564503</v>
       </c>
       <c r="H22" s="12">
         <v>1317.9817102484253</v>
       </c>
       <c r="I22" s="12">
         <v>1652.8201004811781</v>
       </c>
       <c r="J22" s="12">
         <v>2054.7492408935414</v>
       </c>
       <c r="K22" s="12">
         <v>3203.5468391666082</v>
       </c>
@@ -7893,62 +7887,65 @@
       <c r="DM22" s="12">
         <v>9985.0258181707832</v>
       </c>
       <c r="DN22" s="12">
         <v>10155.279893752242</v>
       </c>
       <c r="DO22" s="12">
         <v>10572.557354086928</v>
       </c>
       <c r="DP22" s="12">
         <v>9232.3865771318015</v>
       </c>
       <c r="DQ22" s="12">
         <v>9930.8852639015968</v>
       </c>
       <c r="DR22" s="12">
         <v>10786.705524682395</v>
       </c>
       <c r="DS22" s="12">
         <v>10867.551621233153</v>
       </c>
       <c r="DT22" s="12">
         <v>10592.717880733951</v>
       </c>
       <c r="DU22" s="12">
-        <v>11213.632889637336</v>
+        <v>11212.697704646689</v>
       </c>
       <c r="DV22" s="12">
-        <v>11371.011762821527</v>
+        <v>11386.865268340767</v>
+      </c>
+      <c r="DW22" s="12">
+        <v>12627.177236754782</v>
       </c>
     </row>
-    <row r="23" spans="2:126" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="23" spans="2:127" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B23" s="8" t="s">
         <v>120</v>
       </c>
       <c r="C23" s="12">
-        <v>351.30339296159161</v>
+        <v>356.41629223978344</v>
       </c>
       <c r="D23" s="12">
         <v>660.0772405606059</v>
       </c>
       <c r="E23" s="12">
         <v>682.39986774701742</v>
       </c>
       <c r="F23" s="12">
         <v>851.00696179575971</v>
       </c>
       <c r="G23" s="12">
         <v>1097.7285264913301</v>
       </c>
       <c r="H23" s="12">
         <v>1298.7339785321594</v>
       </c>
       <c r="I23" s="12">
         <v>1639.8679529154756</v>
       </c>
       <c r="J23" s="12">
         <v>2020.2017229564024</v>
       </c>
       <c r="K23" s="12">
         <v>3147.7134766929084</v>
       </c>
@@ -8270,57 +8267,60 @@
       <c r="DM23" s="12">
         <v>7952.5716313227695</v>
       </c>
       <c r="DN23" s="12">
         <v>8007.2189977503358</v>
       </c>
       <c r="DO23" s="12">
         <v>8044.373253456256</v>
       </c>
       <c r="DP23" s="12">
         <v>6722.0501932466541</v>
       </c>
       <c r="DQ23" s="12">
         <v>7175.9555849596418</v>
       </c>
       <c r="DR23" s="12">
         <v>7548.2743896970642</v>
       </c>
       <c r="DS23" s="12">
         <v>7446.6141350080197</v>
       </c>
       <c r="DT23" s="12">
         <v>7212.4872629080983</v>
       </c>
       <c r="DU23" s="12">
-        <v>7562.1735373222964</v>
+        <v>7553.7225637290285</v>
       </c>
       <c r="DV23" s="12">
-        <v>7544.3421123846056</v>
+        <v>7512.1315744955991</v>
+      </c>
+      <c r="DW23" s="12">
+        <v>7637.0290749118894</v>
       </c>
     </row>
-    <row r="24" spans="2:126" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="24" spans="2:127" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B24" s="13" t="s">
         <v>121</v>
       </c>
       <c r="C24" s="12">
         <v>3.2666070384084245</v>
       </c>
       <c r="D24" s="12">
         <v>7.3920172599599718</v>
       </c>
       <c r="E24" s="12">
         <v>9.5175045728123706</v>
       </c>
       <c r="F24" s="12">
         <v>9.5636889220549897</v>
       </c>
       <c r="G24" s="12">
         <v>15.464056265120275</v>
       </c>
       <c r="H24" s="12">
         <v>19.247731716265779</v>
       </c>
       <c r="I24" s="12">
         <v>12.675025542927747</v>
       </c>
       <c r="J24" s="12">
@@ -8650,54 +8650,57 @@
       <c r="DN24" s="12">
         <v>315.9300277373523</v>
       </c>
       <c r="DO24" s="12">
         <v>358.78565605258581</v>
       </c>
       <c r="DP24" s="12">
         <v>396.5481151169239</v>
       </c>
       <c r="DQ24" s="12">
         <v>276.15850850341428</v>
       </c>
       <c r="DR24" s="12">
         <v>319.4710238976013</v>
       </c>
       <c r="DS24" s="12">
         <v>308.82994242121379</v>
       </c>
       <c r="DT24" s="12">
         <v>301.82807124488369</v>
       </c>
       <c r="DU24" s="12">
         <v>296.5735019090892</v>
       </c>
       <c r="DV24" s="12">
-        <v>347.68864884427597</v>
+        <v>347.39246214723778</v>
+      </c>
+      <c r="DW24" s="12">
+        <v>374.91889164337846</v>
       </c>
     </row>
-    <row r="25" spans="2:126" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="25" spans="2:127" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B25" s="14" t="s">
         <v>122</v>
       </c>
       <c r="C25" s="15">
         <v>0</v>
       </c>
       <c r="D25" s="15">
         <v>0</v>
       </c>
       <c r="E25" s="15">
         <v>0</v>
       </c>
       <c r="F25" s="15">
         <v>0</v>
       </c>
       <c r="G25" s="15">
         <v>0</v>
       </c>
       <c r="H25" s="15">
         <v>0</v>
       </c>
       <c r="I25" s="15">
         <v>0.27712202277489123</v>
       </c>
       <c r="J25" s="15">
@@ -9024,147 +9027,150 @@
       <c r="DM25" s="15">
         <v>1732.7947237843371</v>
       </c>
       <c r="DN25" s="15">
         <v>1832.130868264554</v>
       </c>
       <c r="DO25" s="15">
         <v>2169.3984445780861</v>
       </c>
       <c r="DP25" s="15">
         <v>2113.7882687682236</v>
       </c>
       <c r="DQ25" s="15">
         <v>2478.7711704385415</v>
       </c>
       <c r="DR25" s="15">
         <v>2918.9601110877302</v>
       </c>
       <c r="DS25" s="15">
         <v>3112.1075438039188</v>
       </c>
       <c r="DT25" s="15">
         <v>3078.4025465809691</v>
       </c>
       <c r="DU25" s="15">
-        <v>3354.8858504059513</v>
+        <v>3362.4016390085717</v>
       </c>
       <c r="DV25" s="15">
-        <v>3478.9810015926446</v>
+        <v>3527.3412316979311</v>
+      </c>
+      <c r="DW25" s="15">
+        <v>4615.2292701995138</v>
       </c>
     </row>
-    <row r="26" spans="2:126" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="26" spans="2:127" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B26" s="19"/>
       <c r="C26" s="20"/>
       <c r="D26" s="20"/>
       <c r="E26" s="20"/>
       <c r="F26" s="20"/>
       <c r="G26" s="20"/>
       <c r="H26" s="20"/>
       <c r="I26" s="20"/>
       <c r="J26" s="20"/>
       <c r="K26" s="1"/>
       <c r="L26" s="1"/>
       <c r="M26" s="1"/>
       <c r="N26" s="1"/>
       <c r="O26" s="1"/>
       <c r="P26" s="1"/>
       <c r="Q26" s="1"/>
       <c r="R26" s="1"/>
       <c r="S26" s="1"/>
       <c r="T26" s="1"/>
       <c r="U26" s="1"/>
       <c r="V26" s="1"/>
       <c r="W26" s="1"/>
       <c r="X26" s="1"/>
       <c r="Y26" s="1"/>
       <c r="Z26" s="1"/>
       <c r="AA26" s="1"/>
       <c r="AB26" s="1"/>
       <c r="AC26" s="1"/>
       <c r="AD26" s="1"/>
       <c r="AE26" s="1"/>
       <c r="AF26" s="1"/>
       <c r="AG26" s="1"/>
       <c r="AH26" s="1"/>
       <c r="AI26" s="1"/>
       <c r="AJ26" s="1"/>
       <c r="AK26" s="1"/>
       <c r="AL26" s="1"/>
       <c r="AM26" s="1"/>
       <c r="AN26" s="1"/>
       <c r="DB26" s="1"/>
       <c r="DC26" s="1"/>
       <c r="DD26" s="1"/>
     </row>
-    <row r="27" spans="2:126" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="27" spans="2:127" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B27" s="18" t="s">
         <v>139</v>
       </c>
       <c r="C27" s="17"/>
       <c r="D27" s="17"/>
       <c r="E27" s="17"/>
       <c r="F27" s="17"/>
       <c r="G27" s="17"/>
       <c r="H27" s="17"/>
       <c r="I27" s="17"/>
       <c r="J27" s="17"/>
       <c r="K27" s="1"/>
       <c r="L27" s="1"/>
       <c r="M27" s="1"/>
       <c r="N27" s="1"/>
       <c r="O27" s="1"/>
       <c r="P27" s="1"/>
       <c r="Q27" s="1"/>
       <c r="R27" s="1"/>
       <c r="S27" s="1"/>
       <c r="T27" s="1"/>
       <c r="U27" s="1"/>
       <c r="V27" s="1"/>
       <c r="W27" s="1"/>
       <c r="X27" s="1"/>
       <c r="Y27" s="1"/>
       <c r="Z27" s="1"/>
       <c r="AA27" s="1"/>
       <c r="AB27" s="1"/>
       <c r="AC27" s="1"/>
       <c r="AD27" s="1"/>
       <c r="AE27" s="1"/>
       <c r="AF27" s="1"/>
       <c r="AG27" s="1"/>
       <c r="AH27" s="1"/>
       <c r="AI27" s="1"/>
       <c r="AJ27" s="1"/>
       <c r="AK27" s="1"/>
       <c r="AL27" s="1"/>
       <c r="AM27" s="1"/>
       <c r="AN27" s="1"/>
       <c r="DB27" s="1"/>
       <c r="DC27" s="1"/>
       <c r="DD27" s="1"/>
     </row>
-    <row r="28" spans="2:126" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="28" spans="2:127" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B28" s="16" t="s">
         <v>132</v>
       </c>
       <c r="C28" s="1"/>
       <c r="D28" s="1"/>
       <c r="E28" s="1"/>
       <c r="F28" s="1"/>
       <c r="G28" s="1"/>
       <c r="H28" s="1"/>
       <c r="I28" s="1"/>
       <c r="J28" s="1"/>
       <c r="K28" s="1"/>
       <c r="L28" s="1"/>
       <c r="M28" s="1"/>
       <c r="N28" s="1"/>
       <c r="O28" s="1"/>
       <c r="P28" s="1"/>
       <c r="Q28" s="1"/>
       <c r="R28" s="1"/>
       <c r="S28" s="1"/>
       <c r="T28" s="1"/>
       <c r="U28" s="1"/>
       <c r="V28" s="1"/>
       <c r="W28" s="1"/>
       <c r="X28" s="1"/>
@@ -9174,51 +9180,51 @@
       <c r="AB28" s="1"/>
       <c r="AC28" s="1"/>
       <c r="AD28" s="1"/>
       <c r="AE28" s="1"/>
       <c r="AF28" s="1"/>
       <c r="AG28" s="1"/>
       <c r="AH28" s="1"/>
       <c r="AI28" s="1"/>
       <c r="AJ28" s="1"/>
       <c r="AK28" s="1"/>
       <c r="AL28" s="1"/>
       <c r="AM28" s="1"/>
       <c r="AN28" s="1"/>
       <c r="AO28" s="1"/>
       <c r="AP28" s="1"/>
       <c r="AQ28" s="1"/>
       <c r="AR28" s="1"/>
       <c r="AS28" s="1"/>
       <c r="AT28" s="1"/>
       <c r="AU28" s="1"/>
       <c r="AV28" s="1"/>
       <c r="AW28" s="1"/>
       <c r="AX28" s="1"/>
       <c r="AY28" s="1"/>
     </row>
-    <row r="29" spans="2:126" s="9" customFormat="1" ht="35.1" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="29" spans="2:127" s="9" customFormat="1" ht="35.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B29" s="21" t="s">
         <v>110</v>
       </c>
       <c r="C29" s="21"/>
       <c r="D29" s="21"/>
       <c r="E29" s="21"/>
       <c r="F29" s="21"/>
       <c r="G29" s="21"/>
       <c r="H29" s="8"/>
       <c r="I29" s="8"/>
       <c r="J29" s="8"/>
       <c r="K29" s="8"/>
       <c r="L29" s="8"/>
       <c r="M29" s="8"/>
       <c r="N29" s="8"/>
       <c r="O29" s="8"/>
       <c r="P29" s="8"/>
       <c r="Q29" s="8"/>
       <c r="R29" s="8"/>
       <c r="S29" s="8"/>
       <c r="T29" s="8"/>
       <c r="U29" s="8"/>
       <c r="V29" s="8"/>
       <c r="W29" s="8"/>
       <c r="X29" s="8"/>