--- v0 (2025-10-31)
+++ v1 (2025-12-20)
@@ -5,80 +5,80 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="24334"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="M:\Statistika i istraživanje\BILTEN\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{1E626C2B-BEDD-4BC0-B1EE-1C9C8AB0A8E0}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{8C20407B-0D21-4849-B588-05B82B23AD47}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15840" tabRatio="599" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="HRV" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029" calcOnSave="0"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1038" uniqueCount="58">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1040" uniqueCount="58">
   <si>
     <t>Godina</t>
   </si>
   <si>
     <t>Mjesec</t>
   </si>
   <si>
     <t xml:space="preserve">Bazni indeksi </t>
   </si>
   <si>
     <t>Mjesečne stope promjene (u %)</t>
   </si>
   <si>
     <t>Godišnje stope promjene (u %)</t>
   </si>
   <si>
     <t>Indeks potrošačkih cijena (IPC)</t>
   </si>
   <si>
     <t>Ukupno</t>
   </si>
   <si>
     <t>Dobra</t>
   </si>
   <si>
@@ -1134,51 +1134,51 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:AA345"/>
+  <dimension ref="A1:AA347"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScale="110" zoomScaleNormal="110" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.1640625" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="3.6640625" style="4" customWidth="1"/>
     <col min="2" max="2" width="9.6640625" style="4" customWidth="1"/>
     <col min="3" max="3" width="10.6640625" style="4" customWidth="1"/>
     <col min="4" max="6" width="14.6640625" style="4" customWidth="1"/>
     <col min="7" max="7" width="17.1640625" style="57" customWidth="1"/>
     <col min="8" max="10" width="14.6640625" style="4" customWidth="1"/>
     <col min="11" max="11" width="17.1640625" style="57" customWidth="1"/>
     <col min="12" max="14" width="14.6640625" style="4" customWidth="1"/>
     <col min="15" max="15" width="17.1640625" style="57" customWidth="1"/>
     <col min="16" max="16384" width="9.1640625" style="4"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B1" s="19"/>
       <c r="C1" s="20"/>
       <c r="D1" s="20"/>
       <c r="E1" s="20"/>
       <c r="F1" s="20"/>
       <c r="G1" s="49"/>
       <c r="H1" s="20"/>
@@ -15459,127 +15459,227 @@
       </c>
       <c r="K339" s="77">
         <v>0.3</v>
       </c>
       <c r="L339" s="74">
         <v>4.0999999999999996</v>
       </c>
       <c r="M339" s="74">
         <v>3.4</v>
       </c>
       <c r="N339" s="74">
         <v>6.4</v>
       </c>
       <c r="O339" s="78">
         <v>2.1</v>
       </c>
       <c r="Q339" s="79"/>
       <c r="R339" s="64"/>
       <c r="S339" s="64"/>
       <c r="T339" s="64"/>
       <c r="U339" s="64"/>
       <c r="V339" s="64"/>
       <c r="W339" s="64"/>
       <c r="X339" s="64"/>
     </row>
-    <row r="340" spans="2:24" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="C340" s="63" t="s">
+    <row r="340" spans="2:24" s="72" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B340" s="73"/>
+      <c r="C340" s="72" t="s">
         <v>18</v>
       </c>
-      <c r="D340" s="46">
+      <c r="D340" s="74">
         <v>135.1</v>
       </c>
-      <c r="E340" s="46">
+      <c r="E340" s="74">
         <v>134.1</v>
       </c>
-      <c r="F340" s="46">
+      <c r="F340" s="74">
         <v>137.4</v>
       </c>
-      <c r="G340" s="55">
+      <c r="G340" s="75">
         <v>130.4</v>
       </c>
-      <c r="H340" s="45">
+      <c r="H340" s="76">
         <v>0.4</v>
       </c>
-      <c r="I340" s="45">
+      <c r="I340" s="76">
         <v>0.9</v>
       </c>
-      <c r="J340" s="45">
+      <c r="J340" s="76">
         <v>-1.1000000000000001</v>
       </c>
-      <c r="K340" s="60">
+      <c r="K340" s="77">
         <v>0.3</v>
       </c>
-      <c r="L340" s="46">
+      <c r="L340" s="74">
         <v>4.2</v>
       </c>
-      <c r="M340" s="46">
+      <c r="M340" s="74">
         <v>3.6</v>
       </c>
-      <c r="N340" s="46">
+      <c r="N340" s="74">
         <v>6</v>
       </c>
-      <c r="O340" s="58">
+      <c r="O340" s="78">
         <v>2.5</v>
       </c>
-      <c r="Q340" s="71"/>
+      <c r="Q340" s="79"/>
       <c r="R340" s="64"/>
       <c r="S340" s="64"/>
       <c r="T340" s="64"/>
       <c r="U340" s="64"/>
       <c r="V340" s="64"/>
       <c r="W340" s="64"/>
       <c r="X340" s="64"/>
     </row>
-    <row r="342" spans="2:24" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...15 lines deleted...]
-      <c r="B343" s="27" t="s">
+    <row r="341" spans="2:24" s="72" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B341" s="73"/>
+      <c r="C341" s="72" t="s">
+        <v>19</v>
+      </c>
+      <c r="D341" s="74">
+        <v>135.9</v>
+      </c>
+      <c r="E341" s="74">
+        <v>135.19999999999999</v>
+      </c>
+      <c r="F341" s="74">
+        <v>137.19999999999999</v>
+      </c>
+      <c r="G341" s="75">
+        <v>130.30000000000001</v>
+      </c>
+      <c r="H341" s="76">
+        <v>0.6</v>
+      </c>
+      <c r="I341" s="76">
+        <v>0.8</v>
+      </c>
+      <c r="J341" s="76">
+        <v>-0.1</v>
+      </c>
+      <c r="K341" s="77">
+        <v>0</v>
+      </c>
+      <c r="L341" s="74">
+        <v>3.6</v>
+      </c>
+      <c r="M341" s="74">
+        <v>2.7</v>
+      </c>
+      <c r="N341" s="74">
+        <v>6.4</v>
+      </c>
+      <c r="O341" s="78">
+        <v>2</v>
+      </c>
+      <c r="Q341" s="79"/>
+      <c r="R341" s="64"/>
+      <c r="S341" s="64"/>
+      <c r="T341" s="64"/>
+      <c r="U341" s="64"/>
+      <c r="V341" s="64"/>
+      <c r="W341" s="64"/>
+      <c r="X341" s="64"/>
+    </row>
+    <row r="342" spans="2:24" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B342" s="62"/>
+      <c r="C342" s="63" t="s">
+        <v>20</v>
+      </c>
+      <c r="D342" s="46">
+        <v>136.6</v>
+      </c>
+      <c r="E342" s="46">
+        <v>136.19999999999999</v>
+      </c>
+      <c r="F342" s="46">
+        <v>137.30000000000001</v>
+      </c>
+      <c r="G342" s="55">
+        <v>131.1</v>
+      </c>
+      <c r="H342" s="45">
+        <v>0.6</v>
+      </c>
+      <c r="I342" s="45">
+        <v>0.8</v>
+      </c>
+      <c r="J342" s="45">
+        <v>0</v>
+      </c>
+      <c r="K342" s="60">
+        <v>0.6</v>
+      </c>
+      <c r="L342" s="46">
+        <v>3.8</v>
+      </c>
+      <c r="M342" s="46">
+        <v>2.8</v>
+      </c>
+      <c r="N342" s="46">
+        <v>6.6</v>
+      </c>
+      <c r="O342" s="58">
+        <v>2.9</v>
+      </c>
+      <c r="Q342" s="71"/>
+      <c r="R342" s="64"/>
+      <c r="S342" s="64"/>
+      <c r="T342" s="64"/>
+      <c r="U342" s="64"/>
+      <c r="V342" s="64"/>
+      <c r="W342" s="64"/>
+      <c r="X342" s="64"/>
+    </row>
+    <row r="344" spans="2:24" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B344" s="17"/>
+      <c r="D344" s="37"/>
+      <c r="E344" s="37"/>
+      <c r="F344" s="37"/>
+      <c r="G344" s="56"/>
+      <c r="H344" s="37"/>
+      <c r="I344" s="37"/>
+      <c r="J344" s="37"/>
+      <c r="K344" s="56"/>
+      <c r="L344" s="37"/>
+      <c r="M344" s="37"/>
+      <c r="N344" s="37"/>
+      <c r="O344" s="56"/>
+    </row>
+    <row r="345" spans="2:24" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B345" s="27" t="s">
         <v>48</v>
       </c>
     </row>
-    <row r="344" spans="2:24" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B344" s="27" t="s">
+    <row r="346" spans="2:24" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B346" s="27" t="s">
         <v>55</v>
       </c>
     </row>
-    <row r="345" spans="2:24" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B345" s="28" t="s">
+    <row r="347" spans="2:24" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B347" s="28" t="s">
         <v>40</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="11">
     <mergeCell ref="O6:O7"/>
     <mergeCell ref="B5:B7"/>
     <mergeCell ref="C5:C7"/>
     <mergeCell ref="D5:G5"/>
     <mergeCell ref="H5:K5"/>
     <mergeCell ref="L5:O5"/>
     <mergeCell ref="D6:F6"/>
     <mergeCell ref="G6:G7"/>
     <mergeCell ref="H6:J6"/>
     <mergeCell ref="K6:K7"/>
     <mergeCell ref="L6:N6"/>
   </mergeCells>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup paperSize="9" orientation="landscape" horizontalDpi="4294967292" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">