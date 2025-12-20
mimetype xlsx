--- v0 (2025-10-30)
+++ v1 (2025-12-20)
@@ -5,83 +5,83 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="24334"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="M:\Statistika i istraživanje\BILTEN\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{420A85A1-AA22-4D88-A89A-9E0BE0FCC2B5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{862C75DB-49B1-46F2-AFC7-BD41D4B6FA8B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="HRV" sheetId="19" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">HRV!$A$1:$M$365</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">HRV!$A$1:$M$367</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="399" uniqueCount="55">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="401" uniqueCount="55">
   <si>
     <t>Godina</t>
   </si>
   <si>
     <t>Mjesec</t>
   </si>
   <si>
     <t>Indeks potrošačkih cijena</t>
   </si>
   <si>
     <t>1996.</t>
   </si>
   <si>
     <t>siječanj</t>
   </si>
   <si>
     <t>veljača</t>
   </si>
   <si>
     <t>ožujak</t>
   </si>
   <si>
     <t>travanj</t>
   </si>
   <si>
@@ -346,51 +346,51 @@
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color rgb="FFFF0000"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="7">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="0" applyNumberFormat="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="164" fontId="5" fillId="0" borderId="1" applyNumberFormat="0" applyFill="0" applyProtection="0">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="2" applyNumberFormat="0" applyFont="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="3" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="68">
+  <cellXfs count="73">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="2" fontId="5" fillId="0" borderId="1" xfId="4" applyNumberFormat="1" applyFill="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="2" fontId="4" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFill="1"/>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="2" xfId="2" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="3" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
@@ -520,76 +520,91 @@
     </xf>
     <xf numFmtId="164" fontId="6" fillId="0" borderId="4" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="6" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="6" fillId="0" borderId="3" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="166" fontId="2" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="2" fontId="3" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="2" fontId="3" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="2" fontId="5" fillId="0" borderId="1" xfId="4" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="2" fontId="5" fillId="0" borderId="1" xfId="4" applyNumberFormat="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="2" fontId="5" fillId="0" borderId="5" xfId="4" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="5" fillId="0" borderId="3" xfId="4" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="3" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="4" applyNumberFormat="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="5" xfId="4" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="4" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="2" fontId="5" fillId="0" borderId="1" xfId="4" applyNumberFormat="1" applyFill="1" applyAlignment="1" applyProtection="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="2" fontId="5" fillId="0" borderId="5" xfId="4" applyNumberFormat="1" applyFill="1" applyBorder="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="2" fontId="5" fillId="0" borderId="3" xfId="4" applyNumberFormat="1" applyFill="1" applyBorder="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="2" fontId="5" fillId="0" borderId="3" xfId="4" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    <xf numFmtId="2" fontId="5" fillId="0" borderId="1" xfId="4" applyNumberFormat="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="164" fontId="3" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="center"/>
+    <xf numFmtId="166" fontId="2" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="2" fillId="0" borderId="2" xfId="2" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="3" fillId="0" borderId="2" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="3" fillId="0" borderId="4" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="3" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="7">
     <cellStyle name="Heading 1 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000000000000}"/>
     <cellStyle name="Heading 2 2" xfId="3" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="Normal 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="Normalno" xfId="0" builtinId="0"/>
     <cellStyle name="Tanka linija ispod" xfId="5" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
     <cellStyle name="Zadnji redak" xfId="6" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
     <cellStyle name="Zaglavlje" xfId="4" xr:uid="{00000000-0005-0000-0000-000006000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
@@ -841,9401 +856,9425 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A2:O398"/>
+  <dimension ref="A2:O400"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="2.85546875" style="5" customWidth="1"/>
     <col min="2" max="2" width="6.85546875" style="20" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" style="19" customWidth="1"/>
     <col min="4" max="4" width="13.28515625" style="55" customWidth="1"/>
     <col min="5" max="5" width="2.42578125" style="56" customWidth="1"/>
     <col min="6" max="6" width="12.7109375" style="55" customWidth="1"/>
     <col min="7" max="7" width="2.42578125" style="56" customWidth="1"/>
     <col min="8" max="8" width="12.7109375" style="55" customWidth="1"/>
     <col min="9" max="9" width="2.42578125" style="4" customWidth="1"/>
     <col min="10" max="10" width="12.7109375" style="43" customWidth="1"/>
     <col min="11" max="11" width="2.42578125" style="4" customWidth="1"/>
     <col min="12" max="12" width="12.7109375" style="43" customWidth="1"/>
     <col min="13" max="13" width="2.42578125" style="4" customWidth="1"/>
     <col min="14" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B2" s="2" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="3" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B3" s="3" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="4" spans="2:15" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="5" spans="2:15" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="6" spans="2:15" s="6" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B6" s="59" t="s">
+      <c r="B6" s="62" t="s">
         <v>0</v>
       </c>
-      <c r="C6" s="60" t="s">
+      <c r="C6" s="63" t="s">
         <v>1</v>
       </c>
-      <c r="D6" s="63" t="s">
+      <c r="D6" s="65" t="s">
         <v>44</v>
       </c>
-      <c r="E6" s="64"/>
-      <c r="F6" s="62" t="s">
+      <c r="E6" s="59"/>
+      <c r="F6" s="67" t="s">
         <v>45</v>
       </c>
-      <c r="G6" s="62"/>
-[...5 lines deleted...]
-      <c r="M6" s="62"/>
+      <c r="G6" s="67"/>
+      <c r="H6" s="67"/>
+      <c r="I6" s="67"/>
+      <c r="J6" s="67"/>
+      <c r="K6" s="67"/>
+      <c r="L6" s="67"/>
+      <c r="M6" s="67"/>
     </row>
     <row r="7" spans="2:15" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B7" s="59"/>
-[...2 lines deleted...]
-      <c r="E7" s="66"/>
+      <c r="B7" s="62"/>
+      <c r="C7" s="64"/>
+      <c r="D7" s="66"/>
+      <c r="E7" s="60"/>
       <c r="F7" s="57" t="s">
         <v>2</v>
       </c>
       <c r="G7" s="58"/>
       <c r="H7" s="1" t="s">
         <v>49</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1" t="s">
         <v>50</v>
       </c>
       <c r="K7" s="1"/>
       <c r="L7" s="1" t="s">
         <v>48</v>
       </c>
       <c r="M7" s="1"/>
     </row>
     <row r="8" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B8" s="21" t="s">
         <v>3</v>
       </c>
       <c r="C8" s="4" t="s">
         <v>4</v>
       </c>
       <c r="D8" s="7">
         <v>103.31270000000001</v>
       </c>
       <c r="E8" s="44"/>
       <c r="F8" s="7">
-        <v>100.57129999999999</v>
+        <v>100.57850000000001</v>
       </c>
       <c r="G8" s="44"/>
       <c r="H8" s="7">
-        <v>112.8017</v>
+        <v>112.78400000000001</v>
       </c>
       <c r="I8" s="7"/>
       <c r="J8" s="7" t="s">
         <v>51</v>
       </c>
       <c r="K8" s="44"/>
       <c r="L8" s="7"/>
       <c r="M8" s="7"/>
       <c r="N8" s="7"/>
       <c r="O8" s="39"/>
     </row>
     <row r="9" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B9" s="22"/>
       <c r="C9" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D9" s="7">
         <v>103.5352</v>
       </c>
       <c r="E9" s="44"/>
       <c r="F9" s="7">
-        <v>101.12090000000001</v>
+        <v>101.1028</v>
       </c>
       <c r="G9" s="44"/>
       <c r="H9" s="7">
-        <v>112.2801</v>
+        <v>112.2585</v>
       </c>
       <c r="I9" s="7"/>
       <c r="J9" s="7"/>
       <c r="K9" s="44"/>
       <c r="L9" s="7"/>
       <c r="M9" s="7"/>
       <c r="N9" s="7"/>
       <c r="O9" s="39"/>
     </row>
     <row r="10" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B10" s="22"/>
       <c r="C10" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D10" s="7">
         <v>102.8878</v>
       </c>
       <c r="E10" s="44"/>
       <c r="F10" s="7">
-        <v>100.1925</v>
+        <v>100.1808</v>
       </c>
       <c r="G10" s="44"/>
       <c r="H10" s="7">
-        <v>110.6618</v>
+        <v>110.6485</v>
       </c>
       <c r="I10" s="7"/>
       <c r="J10" s="7"/>
       <c r="K10" s="44"/>
       <c r="L10" s="7">
-        <v>82.162099999999995</v>
+        <v>82.3643</v>
       </c>
       <c r="M10" s="7"/>
       <c r="N10" s="7"/>
       <c r="O10" s="39"/>
     </row>
     <row r="11" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B11" s="22"/>
       <c r="C11" s="4" t="s">
         <v>7</v>
       </c>
       <c r="D11" s="7">
         <v>102.0556</v>
       </c>
       <c r="E11" s="44"/>
       <c r="F11" s="7">
-        <v>98.205600000000004</v>
+        <v>98.199700000000007</v>
       </c>
       <c r="G11" s="44"/>
       <c r="H11" s="7">
-        <v>110.46939999999999</v>
+        <v>110.4669</v>
       </c>
       <c r="I11" s="7"/>
       <c r="J11" s="7"/>
       <c r="K11" s="44"/>
       <c r="L11" s="7"/>
       <c r="M11" s="7"/>
       <c r="N11" s="7"/>
       <c r="O11" s="39"/>
     </row>
     <row r="12" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B12" s="22"/>
       <c r="C12" s="4" t="s">
         <v>8</v>
       </c>
       <c r="D12" s="7">
         <v>102.3147</v>
       </c>
       <c r="E12" s="44"/>
       <c r="F12" s="7">
-        <v>99.424899999999994</v>
+        <v>99.414400000000001</v>
       </c>
       <c r="G12" s="44"/>
       <c r="H12" s="7">
-        <v>110.3173</v>
+        <v>110.3186</v>
       </c>
       <c r="I12" s="7"/>
       <c r="J12" s="7"/>
       <c r="K12" s="44"/>
       <c r="L12" s="7"/>
       <c r="M12" s="7"/>
       <c r="N12" s="7"/>
       <c r="O12" s="39"/>
     </row>
     <row r="13" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B13" s="22"/>
       <c r="C13" s="4" t="s">
         <v>9</v>
       </c>
       <c r="D13" s="7">
         <v>103.44110000000001</v>
       </c>
       <c r="E13" s="44"/>
       <c r="F13" s="7">
-        <v>100.68940000000001</v>
+        <v>100.7051</v>
       </c>
       <c r="G13" s="44"/>
       <c r="H13" s="7">
-        <v>112.0069</v>
+        <v>112.0265</v>
       </c>
       <c r="I13" s="7"/>
       <c r="J13" s="7"/>
       <c r="K13" s="44"/>
       <c r="L13" s="7">
-        <v>85.020600000000002</v>
+        <v>85.204899999999995</v>
       </c>
       <c r="M13" s="7"/>
       <c r="N13" s="7"/>
       <c r="O13" s="39"/>
     </row>
     <row r="14" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B14" s="22"/>
       <c r="C14" s="4" t="s">
         <v>10</v>
       </c>
       <c r="D14" s="7">
         <v>104.65730000000001</v>
       </c>
       <c r="E14" s="44"/>
       <c r="F14" s="7">
-        <v>101.1159</v>
+        <v>101.105</v>
       </c>
       <c r="G14" s="44"/>
       <c r="H14" s="7">
-        <v>113.0809</v>
+        <v>113.0902</v>
       </c>
       <c r="I14" s="7"/>
       <c r="J14" s="7"/>
       <c r="K14" s="44"/>
       <c r="L14" s="7"/>
       <c r="M14" s="7"/>
       <c r="N14" s="7"/>
       <c r="O14" s="39"/>
     </row>
     <row r="15" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B15" s="22"/>
       <c r="C15" s="4" t="s">
         <v>11</v>
       </c>
       <c r="D15" s="7">
         <v>106.02330000000001</v>
       </c>
       <c r="E15" s="44"/>
       <c r="F15" s="7">
-        <v>101.47</v>
+        <v>101.4629</v>
       </c>
       <c r="G15" s="44"/>
       <c r="H15" s="7">
-        <v>113.7637</v>
+        <v>113.7758</v>
       </c>
       <c r="I15" s="7"/>
       <c r="J15" s="7"/>
       <c r="K15" s="44"/>
       <c r="L15" s="7"/>
       <c r="M15" s="7"/>
       <c r="N15" s="7"/>
       <c r="O15" s="39"/>
     </row>
     <row r="16" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B16" s="22"/>
       <c r="C16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="D16" s="7">
         <v>104.94070000000001</v>
       </c>
       <c r="E16" s="44"/>
       <c r="F16" s="7">
-        <v>100.19589999999999</v>
+        <v>100.1957</v>
       </c>
       <c r="G16" s="44"/>
       <c r="H16" s="7">
-        <v>112.0487</v>
+        <v>112.05419999999999</v>
       </c>
       <c r="I16" s="7"/>
       <c r="J16" s="7"/>
       <c r="K16" s="44"/>
       <c r="L16" s="7">
-        <v>92.112899999999996</v>
+        <v>92.287300000000002</v>
       </c>
       <c r="M16" s="7"/>
       <c r="N16" s="7"/>
       <c r="O16" s="39"/>
     </row>
     <row r="17" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B17" s="22"/>
       <c r="C17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="D17" s="7">
         <v>103.6225</v>
       </c>
       <c r="E17" s="44"/>
       <c r="F17" s="7">
-        <v>99.226399999999998</v>
+        <v>99.205500000000001</v>
       </c>
       <c r="G17" s="44"/>
       <c r="H17" s="7">
-        <v>109.675</v>
+        <v>109.6724</v>
       </c>
       <c r="I17" s="7"/>
       <c r="J17" s="7"/>
       <c r="K17" s="44"/>
       <c r="L17" s="7"/>
       <c r="M17" s="7"/>
       <c r="N17" s="7"/>
       <c r="O17" s="39"/>
     </row>
     <row r="18" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B18" s="22"/>
       <c r="C18" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D18" s="7">
         <v>104.41119999999999</v>
       </c>
       <c r="E18" s="44"/>
       <c r="F18" s="7">
-        <v>100.25620000000001</v>
+        <v>100.2557</v>
       </c>
       <c r="G18" s="44"/>
       <c r="H18" s="7">
-        <v>111.4812</v>
+        <v>111.4898</v>
       </c>
       <c r="I18" s="7"/>
       <c r="J18" s="7"/>
       <c r="K18" s="44"/>
       <c r="L18" s="7"/>
       <c r="M18" s="7"/>
       <c r="N18" s="7"/>
       <c r="O18" s="39"/>
     </row>
     <row r="19" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B19" s="23"/>
       <c r="C19" s="24" t="s">
         <v>15</v>
       </c>
       <c r="D19" s="8">
         <v>103.76819999999999</v>
       </c>
       <c r="E19" s="45"/>
       <c r="F19" s="8">
-        <v>99.645600000000002</v>
+        <v>99.625299999999996</v>
       </c>
       <c r="G19" s="45"/>
       <c r="H19" s="8">
-        <v>110.5339</v>
+        <v>110.5356</v>
       </c>
       <c r="I19" s="8"/>
       <c r="J19" s="8"/>
       <c r="K19" s="45"/>
       <c r="L19" s="8">
-        <v>89.214100000000002</v>
+        <v>89.357600000000005</v>
       </c>
       <c r="M19" s="8"/>
       <c r="N19" s="8"/>
       <c r="O19" s="39"/>
     </row>
     <row r="20" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B20" s="21" t="s">
         <v>16</v>
       </c>
       <c r="C20" s="4" t="s">
         <v>4</v>
       </c>
       <c r="D20" s="7">
         <v>103.0061</v>
       </c>
       <c r="E20" s="44"/>
       <c r="F20" s="7">
-        <v>99.891300000000001</v>
+        <v>99.891999999999996</v>
       </c>
       <c r="G20" s="44"/>
       <c r="H20" s="7">
-        <v>112.58669999999999</v>
+        <v>112.58920000000001</v>
       </c>
       <c r="I20" s="7"/>
       <c r="J20" s="7"/>
       <c r="K20" s="44"/>
       <c r="L20" s="7"/>
       <c r="M20" s="7"/>
       <c r="N20" s="7"/>
       <c r="O20" s="39"/>
     </row>
     <row r="21" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B21" s="22"/>
       <c r="C21" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D21" s="7">
         <v>102.4183</v>
       </c>
       <c r="E21" s="44"/>
       <c r="F21" s="7">
-        <v>99.069500000000005</v>
+        <v>99.071899999999999</v>
       </c>
       <c r="G21" s="44"/>
       <c r="H21" s="7">
-        <v>109.6039</v>
+        <v>109.6054</v>
       </c>
       <c r="I21" s="7"/>
       <c r="J21" s="7"/>
       <c r="K21" s="44"/>
       <c r="L21" s="7"/>
       <c r="M21" s="7"/>
       <c r="N21" s="7"/>
       <c r="O21" s="39"/>
     </row>
     <row r="22" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B22" s="22"/>
       <c r="C22" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D22" s="7">
         <v>101.86709999999999</v>
       </c>
       <c r="E22" s="44"/>
       <c r="F22" s="7">
         <v>98.5578</v>
       </c>
       <c r="G22" s="44"/>
       <c r="H22" s="7">
-        <v>109.2705</v>
+        <v>109.2718</v>
       </c>
       <c r="I22" s="7"/>
       <c r="J22" s="7"/>
       <c r="K22" s="44"/>
       <c r="L22" s="7">
-        <v>89.572900000000004</v>
+        <v>89.642399999999995</v>
       </c>
       <c r="M22" s="7"/>
       <c r="N22" s="7"/>
       <c r="O22" s="39"/>
     </row>
     <row r="23" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B23" s="22"/>
       <c r="C23" s="4" t="s">
         <v>7</v>
       </c>
       <c r="D23" s="7">
         <v>101.72199999999999</v>
       </c>
       <c r="E23" s="44"/>
       <c r="F23" s="7">
-        <v>98.264499999999998</v>
+        <v>98.257000000000005</v>
       </c>
       <c r="G23" s="44"/>
       <c r="H23" s="7">
-        <v>108.5885</v>
+        <v>108.5886</v>
       </c>
       <c r="I23" s="7"/>
       <c r="J23" s="7"/>
       <c r="K23" s="44"/>
       <c r="L23" s="7"/>
       <c r="M23" s="7"/>
       <c r="N23" s="7"/>
       <c r="O23" s="39"/>
     </row>
     <row r="24" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B24" s="22"/>
       <c r="C24" s="4" t="s">
         <v>8</v>
       </c>
       <c r="D24" s="7">
         <v>101.5836</v>
       </c>
       <c r="E24" s="44"/>
       <c r="F24" s="7">
-        <v>98.835300000000004</v>
+        <v>98.816800000000001</v>
       </c>
       <c r="G24" s="44"/>
       <c r="H24" s="7">
-        <v>108.4944</v>
+        <v>108.49469999999999</v>
       </c>
       <c r="I24" s="7"/>
       <c r="J24" s="7"/>
       <c r="K24" s="44"/>
       <c r="L24" s="7"/>
       <c r="M24" s="7"/>
       <c r="N24" s="7"/>
       <c r="O24" s="39"/>
     </row>
     <row r="25" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B25" s="22"/>
       <c r="C25" s="4" t="s">
         <v>9</v>
       </c>
       <c r="D25" s="7">
         <v>101.4957</v>
       </c>
       <c r="E25" s="44"/>
       <c r="F25" s="7">
-        <v>98.853700000000003</v>
+        <v>98.837199999999996</v>
       </c>
       <c r="G25" s="44"/>
       <c r="H25" s="7">
-        <v>108.20440000000001</v>
+        <v>108.2071</v>
       </c>
       <c r="I25" s="7"/>
       <c r="J25" s="7"/>
       <c r="K25" s="44"/>
       <c r="L25" s="7">
-        <v>88.9268</v>
+        <v>88.977900000000005</v>
       </c>
       <c r="M25" s="7"/>
       <c r="N25" s="7"/>
       <c r="O25" s="39"/>
     </row>
     <row r="26" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B26" s="22"/>
       <c r="C26" s="4" t="s">
         <v>10</v>
       </c>
       <c r="D26" s="7">
         <v>100.48309999999999</v>
       </c>
       <c r="E26" s="44"/>
       <c r="F26" s="7">
-        <v>96.296199999999999</v>
+        <v>96.287199999999999</v>
       </c>
       <c r="G26" s="44"/>
       <c r="H26" s="7">
-        <v>107.0307</v>
+        <v>107.03</v>
       </c>
       <c r="I26" s="7"/>
       <c r="J26" s="7"/>
       <c r="K26" s="44"/>
       <c r="L26" s="7"/>
       <c r="M26" s="7"/>
       <c r="N26" s="7"/>
       <c r="O26" s="39"/>
     </row>
     <row r="27" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B27" s="22"/>
       <c r="C27" s="4" t="s">
         <v>11</v>
       </c>
       <c r="D27" s="7">
         <v>100.1674</v>
       </c>
       <c r="E27" s="44"/>
       <c r="F27" s="7">
-        <v>95.790300000000002</v>
+        <v>95.786100000000005</v>
       </c>
       <c r="G27" s="44"/>
       <c r="H27" s="7">
-        <v>107.86969999999999</v>
+        <v>107.87309999999999</v>
       </c>
       <c r="I27" s="7"/>
       <c r="J27" s="7"/>
       <c r="K27" s="44"/>
       <c r="L27" s="7"/>
       <c r="M27" s="7"/>
       <c r="N27" s="7"/>
       <c r="O27" s="39"/>
     </row>
     <row r="28" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B28" s="22"/>
       <c r="C28" s="4" t="s">
         <v>12</v>
       </c>
       <c r="D28" s="7">
         <v>101.6212</v>
       </c>
       <c r="E28" s="44"/>
       <c r="F28" s="7">
-        <v>97.012</v>
+        <v>97.005300000000005</v>
       </c>
       <c r="G28" s="44"/>
       <c r="H28" s="7">
-        <v>108.5548</v>
+        <v>108.559</v>
       </c>
       <c r="I28" s="7"/>
       <c r="J28" s="7"/>
       <c r="K28" s="44"/>
       <c r="L28" s="7">
-        <v>89.691800000000001</v>
+        <v>89.719499999999996</v>
       </c>
       <c r="M28" s="7"/>
       <c r="N28" s="7"/>
       <c r="O28" s="39"/>
     </row>
     <row r="29" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B29" s="22"/>
       <c r="C29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="D29" s="7">
         <v>102.75530000000001</v>
       </c>
       <c r="E29" s="44"/>
       <c r="F29" s="7">
-        <v>97.990899999999996</v>
+        <v>97.981399999999994</v>
       </c>
       <c r="G29" s="44"/>
       <c r="H29" s="7">
-        <v>109.128</v>
+        <v>109.1285</v>
       </c>
       <c r="I29" s="7"/>
       <c r="J29" s="7"/>
       <c r="K29" s="44"/>
       <c r="L29" s="7"/>
       <c r="M29" s="7"/>
       <c r="N29" s="7"/>
       <c r="O29" s="39"/>
     </row>
     <row r="30" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B30" s="22"/>
       <c r="C30" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D30" s="7">
         <v>103.78319999999999</v>
       </c>
       <c r="E30" s="44"/>
       <c r="F30" s="7">
-        <v>99.669399999999996</v>
+        <v>99.657899999999998</v>
       </c>
       <c r="G30" s="44"/>
       <c r="H30" s="7">
-        <v>108.2861</v>
+        <v>108.28879999999999</v>
       </c>
       <c r="I30" s="7"/>
       <c r="J30" s="7"/>
       <c r="K30" s="44"/>
       <c r="L30" s="7"/>
       <c r="M30" s="7"/>
       <c r="N30" s="7"/>
       <c r="O30" s="39"/>
     </row>
     <row r="31" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B31" s="23"/>
       <c r="C31" s="24" t="s">
         <v>15</v>
       </c>
       <c r="D31" s="8">
         <v>104.3044</v>
       </c>
       <c r="E31" s="45"/>
       <c r="F31" s="8">
-        <v>101.0763</v>
+        <v>101.0693</v>
       </c>
       <c r="G31" s="45"/>
       <c r="H31" s="8">
-        <v>108.3691</v>
+        <v>108.37309999999999</v>
       </c>
       <c r="I31" s="8"/>
       <c r="J31" s="8"/>
       <c r="K31" s="45"/>
       <c r="L31" s="8">
-        <v>95.854299999999995</v>
+        <v>95.854699999999994</v>
       </c>
       <c r="M31" s="8"/>
       <c r="N31" s="8"/>
       <c r="O31" s="39"/>
     </row>
     <row r="32" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B32" s="21" t="s">
         <v>17</v>
       </c>
       <c r="C32" s="4" t="s">
         <v>4</v>
       </c>
       <c r="D32" s="7">
         <v>105.0206</v>
       </c>
       <c r="E32" s="44"/>
       <c r="F32" s="7">
-        <v>103.6169</v>
+        <v>103.6185</v>
       </c>
       <c r="G32" s="44"/>
       <c r="H32" s="7">
-        <v>106.5018</v>
+        <v>106.5034</v>
       </c>
       <c r="I32" s="7"/>
       <c r="J32" s="7"/>
       <c r="K32" s="44"/>
       <c r="L32" s="7"/>
       <c r="M32" s="7"/>
       <c r="N32" s="7"/>
       <c r="O32" s="39"/>
     </row>
     <row r="33" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B33" s="22"/>
       <c r="C33" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D33" s="7">
         <v>104.2501</v>
       </c>
       <c r="E33" s="44"/>
       <c r="F33" s="7">
-        <v>103.0583</v>
+        <v>103.0643</v>
       </c>
       <c r="G33" s="44"/>
       <c r="H33" s="7">
-        <v>105.90989999999999</v>
+        <v>105.9106</v>
       </c>
       <c r="I33" s="7"/>
       <c r="J33" s="7"/>
       <c r="K33" s="44"/>
       <c r="L33" s="7"/>
       <c r="M33" s="7"/>
       <c r="N33" s="7"/>
       <c r="O33" s="39"/>
     </row>
     <row r="34" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B34" s="22"/>
       <c r="C34" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D34" s="7">
         <v>103.6756</v>
       </c>
       <c r="E34" s="44"/>
       <c r="F34" s="7">
-        <v>102.699</v>
+        <v>102.6949</v>
       </c>
       <c r="G34" s="44"/>
       <c r="H34" s="7">
-        <v>104.8027</v>
+        <v>104.803</v>
       </c>
       <c r="I34" s="7"/>
-      <c r="J34" s="7">
-        <v>103.7805</v>
+      <c r="J34" s="68">
+        <v>103.81740000000001</v>
       </c>
       <c r="K34" s="44"/>
       <c r="L34" s="7">
-        <v>99.891499999999994</v>
+        <v>99.889799999999994</v>
       </c>
       <c r="M34" s="7"/>
       <c r="N34" s="7"/>
       <c r="O34" s="39"/>
     </row>
     <row r="35" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B35" s="22"/>
       <c r="C35" s="4" t="s">
         <v>7</v>
       </c>
       <c r="D35" s="7">
         <v>102.67310000000001</v>
       </c>
       <c r="E35" s="44"/>
       <c r="F35" s="7">
-        <v>101.9843</v>
+        <v>101.97190000000001</v>
       </c>
       <c r="G35" s="44"/>
       <c r="H35" s="7">
-        <v>103.64830000000001</v>
+        <v>103.6467</v>
       </c>
       <c r="I35" s="7"/>
-      <c r="J35" s="7"/>
+      <c r="J35" s="68"/>
       <c r="K35" s="44"/>
       <c r="L35" s="7"/>
       <c r="M35" s="7"/>
       <c r="N35" s="7"/>
       <c r="O35" s="39"/>
     </row>
     <row r="36" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B36" s="22"/>
       <c r="C36" s="4" t="s">
         <v>8</v>
       </c>
       <c r="D36" s="7">
         <v>102.6849</v>
       </c>
       <c r="E36" s="44"/>
       <c r="F36" s="7">
-        <v>102.7372</v>
+        <v>102.7106</v>
       </c>
       <c r="G36" s="44"/>
       <c r="H36" s="7">
-        <v>103.3352</v>
+        <v>103.33320000000001</v>
       </c>
       <c r="I36" s="7"/>
-      <c r="J36" s="7"/>
+      <c r="J36" s="68"/>
       <c r="K36" s="44"/>
       <c r="L36" s="7"/>
       <c r="M36" s="7"/>
       <c r="N36" s="7"/>
       <c r="O36" s="39"/>
     </row>
     <row r="37" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B37" s="22"/>
       <c r="C37" s="4" t="s">
         <v>9</v>
       </c>
       <c r="D37" s="7">
         <v>101.967</v>
       </c>
       <c r="E37" s="44"/>
       <c r="F37" s="7">
-        <v>101.86199999999999</v>
+        <v>101.8369</v>
       </c>
       <c r="G37" s="44"/>
       <c r="H37" s="7">
-        <v>102.6652</v>
+        <v>102.66370000000001</v>
       </c>
       <c r="I37" s="7"/>
-      <c r="J37" s="7">
-        <v>101.56619999999999</v>
+      <c r="J37" s="68">
+        <v>101.5654</v>
       </c>
       <c r="K37" s="44"/>
       <c r="L37" s="7">
-        <v>98.96</v>
+        <v>98.929699999999997</v>
       </c>
       <c r="M37" s="7"/>
       <c r="N37" s="7"/>
       <c r="O37" s="39"/>
     </row>
     <row r="38" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B38" s="22"/>
       <c r="C38" s="4" t="s">
         <v>10</v>
       </c>
       <c r="D38" s="7">
         <v>101.65300000000001</v>
       </c>
       <c r="E38" s="44"/>
       <c r="F38" s="7">
-        <v>100.9487</v>
+        <v>100.93219999999999</v>
       </c>
       <c r="G38" s="44"/>
       <c r="H38" s="7">
-        <v>102.23909999999999</v>
+        <v>102.23569999999999</v>
       </c>
       <c r="I38" s="7"/>
-      <c r="J38" s="7"/>
+      <c r="J38" s="68"/>
       <c r="K38" s="44"/>
       <c r="L38" s="7"/>
       <c r="M38" s="7"/>
       <c r="N38" s="7"/>
       <c r="O38" s="39"/>
     </row>
     <row r="39" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B39" s="22"/>
       <c r="C39" s="4" t="s">
         <v>11</v>
       </c>
       <c r="D39" s="7">
         <v>103.3122</v>
       </c>
       <c r="E39" s="44"/>
       <c r="F39" s="7">
-        <v>102.2196</v>
+        <v>102.2089</v>
       </c>
       <c r="G39" s="44"/>
       <c r="H39" s="7">
-        <v>103.86539999999999</v>
+        <v>103.866</v>
       </c>
       <c r="I39" s="7"/>
-      <c r="J39" s="7"/>
+      <c r="J39" s="68"/>
       <c r="K39" s="44"/>
       <c r="L39" s="7"/>
       <c r="M39" s="7"/>
       <c r="N39" s="7"/>
       <c r="O39" s="39"/>
     </row>
     <row r="40" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B40" s="22"/>
       <c r="C40" s="4" t="s">
         <v>12</v>
       </c>
       <c r="D40" s="7">
         <v>104.04470000000001</v>
       </c>
       <c r="E40" s="44"/>
       <c r="F40" s="7">
-        <v>102.8019</v>
+        <v>102.7915</v>
       </c>
       <c r="G40" s="44"/>
       <c r="H40" s="7">
-        <v>103.1763</v>
+        <v>103.1811</v>
       </c>
       <c r="I40" s="7"/>
-      <c r="J40" s="7">
-        <v>100.6378</v>
+      <c r="J40" s="68">
+        <v>100.649</v>
       </c>
       <c r="K40" s="44"/>
       <c r="L40" s="7">
-        <v>98.760999999999996</v>
+        <v>98.710700000000003</v>
       </c>
       <c r="M40" s="7"/>
       <c r="N40" s="7"/>
       <c r="O40" s="39"/>
     </row>
     <row r="41" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B41" s="22"/>
       <c r="C41" s="4" t="s">
         <v>13</v>
       </c>
       <c r="D41" s="7">
         <v>102.95350000000001</v>
       </c>
       <c r="E41" s="44"/>
       <c r="F41" s="7">
-        <v>101.5008</v>
+        <v>101.4932</v>
       </c>
       <c r="G41" s="44"/>
       <c r="H41" s="7">
-        <v>101.9473</v>
+        <v>101.9491</v>
       </c>
       <c r="I41" s="7"/>
-      <c r="J41" s="7"/>
+      <c r="J41" s="68"/>
       <c r="K41" s="44"/>
       <c r="L41" s="7"/>
       <c r="M41" s="7"/>
       <c r="N41" s="7"/>
       <c r="O41" s="39"/>
     </row>
     <row r="42" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B42" s="22"/>
       <c r="C42" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D42" s="7">
         <v>102.3891</v>
       </c>
       <c r="E42" s="44"/>
       <c r="F42" s="7">
-        <v>101.1909</v>
+        <v>101.1812</v>
       </c>
       <c r="G42" s="44"/>
       <c r="H42" s="7">
-        <v>101.4859</v>
+        <v>101.488</v>
       </c>
       <c r="I42" s="7"/>
-      <c r="J42" s="7"/>
+      <c r="J42" s="68"/>
       <c r="K42" s="44"/>
       <c r="L42" s="7"/>
       <c r="M42" s="7"/>
       <c r="N42" s="7"/>
       <c r="O42" s="39"/>
     </row>
     <row r="43" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B43" s="23"/>
       <c r="C43" s="24" t="s">
         <v>15</v>
       </c>
       <c r="D43" s="8">
         <v>102.3591</v>
       </c>
       <c r="E43" s="45"/>
       <c r="F43" s="8">
-        <v>101.2692</v>
+        <v>101.2629</v>
       </c>
       <c r="G43" s="45"/>
       <c r="H43" s="8">
-        <v>101.4914</v>
+        <v>101.4952</v>
       </c>
       <c r="I43" s="8"/>
-      <c r="J43" s="8">
-        <v>100.5917</v>
+      <c r="J43" s="69">
+        <v>100.5616</v>
       </c>
       <c r="K43" s="46"/>
       <c r="L43" s="8">
-        <v>98.246399999999994</v>
+        <v>98.170900000000003</v>
       </c>
       <c r="M43" s="8"/>
       <c r="N43" s="8"/>
       <c r="O43" s="39"/>
     </row>
     <row r="44" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B44" s="25" t="s">
         <v>19</v>
       </c>
       <c r="C44" s="4" t="s">
         <v>4</v>
       </c>
       <c r="D44" s="7">
         <v>102.4871</v>
       </c>
       <c r="E44" s="44"/>
       <c r="F44" s="7">
-        <v>102.1194</v>
+        <v>102.12139999999999</v>
       </c>
       <c r="G44" s="44"/>
       <c r="H44" s="7">
-        <v>101.96599999999999</v>
+        <v>101.9678</v>
       </c>
       <c r="I44" s="7"/>
-      <c r="J44" s="7"/>
+      <c r="J44" s="68"/>
       <c r="K44" s="44"/>
       <c r="L44" s="7"/>
       <c r="M44" s="7"/>
       <c r="N44" s="7"/>
       <c r="O44" s="39"/>
     </row>
     <row r="45" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B45" s="25"/>
       <c r="C45" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D45" s="7">
         <v>100.0981</v>
       </c>
       <c r="E45" s="44"/>
       <c r="F45" s="7">
-        <v>99.990600000000001</v>
+        <v>99.995199999999997</v>
       </c>
       <c r="G45" s="44"/>
       <c r="H45" s="7">
-        <v>99.748599999999996</v>
+        <v>99.747600000000006</v>
       </c>
       <c r="I45" s="7"/>
-      <c r="J45" s="7"/>
+      <c r="J45" s="68"/>
       <c r="K45" s="44"/>
       <c r="L45" s="7"/>
       <c r="M45" s="7"/>
       <c r="N45" s="7"/>
       <c r="O45" s="39"/>
     </row>
     <row r="46" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B46" s="22"/>
       <c r="C46" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D46" s="7">
         <v>97.972499999999997</v>
       </c>
       <c r="E46" s="44"/>
       <c r="F46" s="7">
-        <v>97.89</v>
+        <v>97.883399999999995</v>
       </c>
       <c r="G46" s="44"/>
       <c r="H46" s="7">
-        <v>98.285499999999999</v>
+        <v>98.284599999999998</v>
       </c>
       <c r="I46" s="7"/>
-      <c r="J46" s="7">
+      <c r="J46" s="68">
         <v>100</v>
       </c>
       <c r="K46" s="44"/>
       <c r="L46" s="7">
         <v>100</v>
       </c>
       <c r="M46" s="7"/>
       <c r="N46" s="7"/>
       <c r="O46" s="39"/>
     </row>
     <row r="47" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B47" s="22"/>
       <c r="C47" s="4" t="s">
         <v>7</v>
       </c>
       <c r="D47" s="7">
         <v>97.625799999999998</v>
       </c>
       <c r="E47" s="44"/>
       <c r="F47" s="7">
-        <v>97.583799999999997</v>
+        <v>97.566500000000005</v>
       </c>
       <c r="G47" s="44"/>
       <c r="H47" s="7">
-        <v>97.956900000000005</v>
+        <v>97.955699999999993</v>
       </c>
       <c r="I47" s="7"/>
-      <c r="J47" s="7"/>
+      <c r="J47" s="68"/>
       <c r="K47" s="44"/>
       <c r="L47" s="7"/>
       <c r="M47" s="7"/>
       <c r="N47" s="7"/>
       <c r="O47" s="39"/>
     </row>
     <row r="48" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B48" s="22"/>
       <c r="C48" s="4" t="s">
         <v>8</v>
       </c>
       <c r="D48" s="7">
         <v>97.581699999999998</v>
       </c>
       <c r="E48" s="44"/>
       <c r="F48" s="7">
-        <v>98.295400000000001</v>
+        <v>98.267399999999995</v>
       </c>
       <c r="G48" s="44"/>
       <c r="H48" s="7">
-        <v>97.5702</v>
+        <v>97.568600000000004</v>
       </c>
       <c r="I48" s="7"/>
-      <c r="J48" s="7"/>
+      <c r="J48" s="68"/>
       <c r="K48" s="44"/>
       <c r="L48" s="7"/>
       <c r="M48" s="7"/>
       <c r="N48" s="7"/>
       <c r="O48" s="39"/>
     </row>
     <row r="49" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B49" s="22"/>
       <c r="C49" s="4" t="s">
         <v>9</v>
       </c>
       <c r="D49" s="7">
         <v>96.831999999999994</v>
       </c>
       <c r="E49" s="44"/>
       <c r="F49" s="7">
-        <v>97.451800000000006</v>
+        <v>97.428299999999993</v>
       </c>
       <c r="G49" s="44"/>
       <c r="H49" s="7">
-        <v>97.012500000000003</v>
+        <v>97.010300000000001</v>
       </c>
       <c r="I49" s="7"/>
-      <c r="J49" s="7">
-        <v>95.991</v>
+      <c r="J49" s="68">
+        <v>95.994200000000006</v>
       </c>
       <c r="K49" s="44"/>
       <c r="L49" s="7">
-        <v>96.127499999999998</v>
+        <v>96.110600000000005</v>
       </c>
       <c r="M49" s="7"/>
       <c r="N49" s="7"/>
       <c r="O49" s="39"/>
     </row>
     <row r="50" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B50" s="22"/>
       <c r="C50" s="4" t="s">
         <v>10</v>
       </c>
       <c r="D50" s="7">
         <v>96.514099999999999</v>
       </c>
       <c r="E50" s="44"/>
       <c r="F50" s="7">
-        <v>97.128299999999996</v>
+        <v>97.115099999999998</v>
       </c>
       <c r="G50" s="44"/>
       <c r="H50" s="7">
-        <v>97.128100000000003</v>
+        <v>97.126400000000004</v>
       </c>
       <c r="I50" s="7"/>
-      <c r="J50" s="7"/>
+      <c r="J50" s="68"/>
       <c r="K50" s="44"/>
       <c r="L50" s="7"/>
       <c r="M50" s="7"/>
       <c r="N50" s="7"/>
       <c r="O50" s="39"/>
     </row>
     <row r="51" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B51" s="22"/>
       <c r="C51" s="4" t="s">
         <v>11</v>
       </c>
       <c r="D51" s="7">
         <v>97.602800000000002</v>
       </c>
       <c r="E51" s="44"/>
       <c r="F51" s="7">
-        <v>97.676199999999994</v>
+        <v>97.666899999999998</v>
       </c>
       <c r="G51" s="44"/>
       <c r="H51" s="7">
-        <v>98.177800000000005</v>
+        <v>98.178399999999996</v>
       </c>
       <c r="I51" s="7"/>
-      <c r="J51" s="7"/>
+      <c r="J51" s="68"/>
       <c r="K51" s="44"/>
       <c r="L51" s="7"/>
       <c r="M51" s="7"/>
       <c r="N51" s="7"/>
       <c r="O51" s="39"/>
     </row>
     <row r="52" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B52" s="22"/>
       <c r="C52" s="4" t="s">
         <v>12</v>
       </c>
       <c r="D52" s="7">
         <v>96.692999999999998</v>
       </c>
       <c r="E52" s="44"/>
       <c r="F52" s="7">
-        <v>96.588800000000006</v>
+        <v>96.580200000000005</v>
       </c>
       <c r="G52" s="44"/>
       <c r="H52" s="7">
-        <v>97.368399999999994</v>
+        <v>97.373800000000003</v>
       </c>
       <c r="I52" s="7"/>
-      <c r="J52" s="7">
-        <v>96.060199999999995</v>
+      <c r="J52" s="68">
+        <v>96.083399999999997</v>
       </c>
       <c r="K52" s="44"/>
       <c r="L52" s="7">
-        <v>96.873800000000003</v>
+        <v>96.848200000000006</v>
       </c>
       <c r="M52" s="7"/>
       <c r="N52" s="7"/>
       <c r="O52" s="39"/>
     </row>
     <row r="53" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B53" s="22"/>
       <c r="C53" s="4" t="s">
         <v>13</v>
       </c>
       <c r="D53" s="7">
         <v>97.311599999999999</v>
       </c>
       <c r="E53" s="44"/>
       <c r="F53" s="7">
-        <v>97.173400000000001</v>
+        <v>97.167299999999997</v>
       </c>
       <c r="G53" s="44"/>
       <c r="H53" s="7">
-        <v>97.517700000000005</v>
+        <v>97.522400000000005</v>
       </c>
       <c r="I53" s="7"/>
-      <c r="J53" s="7"/>
+      <c r="J53" s="68"/>
       <c r="K53" s="44"/>
       <c r="L53" s="7"/>
       <c r="M53" s="7"/>
       <c r="N53" s="7"/>
       <c r="O53" s="39"/>
     </row>
     <row r="54" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B54" s="22"/>
       <c r="C54" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D54" s="7">
         <v>96.461299999999994</v>
       </c>
       <c r="E54" s="44"/>
       <c r="F54" s="7">
-        <v>95.711699999999993</v>
+        <v>95.704899999999995</v>
       </c>
       <c r="G54" s="44"/>
       <c r="H54" s="7">
-        <v>97.296099999999996</v>
+        <v>97.298900000000003</v>
       </c>
       <c r="I54" s="7"/>
-      <c r="J54" s="7"/>
+      <c r="J54" s="68"/>
       <c r="K54" s="44"/>
       <c r="L54" s="7"/>
       <c r="M54" s="7"/>
       <c r="N54" s="7"/>
       <c r="O54" s="39"/>
     </row>
     <row r="55" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B55" s="23"/>
       <c r="C55" s="24" t="s">
         <v>15</v>
       </c>
       <c r="D55" s="8">
         <v>95.370999999999995</v>
       </c>
       <c r="E55" s="45"/>
       <c r="F55" s="8">
-        <v>94.786799999999999</v>
+        <v>94.780100000000004</v>
       </c>
       <c r="G55" s="45"/>
       <c r="H55" s="8">
-        <v>95.771900000000002</v>
+        <v>95.774500000000003</v>
       </c>
       <c r="I55" s="8"/>
-      <c r="J55" s="8">
-        <v>96.024500000000003</v>
+      <c r="J55" s="69">
+        <v>96.02</v>
       </c>
       <c r="K55" s="45"/>
       <c r="L55" s="8">
-        <v>98.625500000000002</v>
+        <v>98.569599999999994</v>
       </c>
       <c r="M55" s="8"/>
       <c r="N55" s="8"/>
       <c r="O55" s="39"/>
     </row>
     <row r="56" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B56" s="25" t="s">
         <v>20</v>
       </c>
       <c r="C56" s="4" t="s">
         <v>4</v>
       </c>
       <c r="D56" s="7">
         <v>94.533900000000003</v>
       </c>
       <c r="E56" s="44"/>
       <c r="F56" s="7">
-        <v>94.552800000000005</v>
+        <v>94.552999999999997</v>
       </c>
       <c r="G56" s="44"/>
       <c r="H56" s="7">
-        <v>97.761499999999998</v>
+        <v>97.761099999999999</v>
       </c>
       <c r="I56" s="7"/>
-      <c r="J56" s="7"/>
+      <c r="J56" s="68"/>
       <c r="K56" s="44"/>
       <c r="L56" s="7"/>
       <c r="M56" s="7"/>
       <c r="N56" s="7"/>
       <c r="O56" s="39"/>
     </row>
     <row r="57" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B57" s="25"/>
       <c r="C57" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D57" s="7">
         <v>93.900800000000004</v>
       </c>
       <c r="E57" s="44"/>
       <c r="F57" s="7">
-        <v>93.959599999999995</v>
+        <v>93.962199999999996</v>
       </c>
       <c r="G57" s="44"/>
       <c r="H57" s="7">
-        <v>97.157799999999995</v>
+        <v>97.153499999999994</v>
       </c>
       <c r="I57" s="7"/>
-      <c r="J57" s="7"/>
+      <c r="J57" s="68"/>
       <c r="K57" s="44"/>
       <c r="L57" s="7"/>
       <c r="M57" s="7"/>
       <c r="N57" s="7"/>
       <c r="O57" s="39"/>
     </row>
     <row r="58" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B58" s="22"/>
       <c r="C58" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D58" s="7">
         <v>93.325400000000002</v>
       </c>
       <c r="E58" s="44"/>
       <c r="F58" s="7">
-        <v>93.641999999999996</v>
+        <v>93.636499999999998</v>
       </c>
       <c r="G58" s="44"/>
       <c r="H58" s="7">
-        <v>96.984499999999997</v>
+        <v>96.980800000000002</v>
       </c>
       <c r="I58" s="7"/>
-      <c r="J58" s="7">
-        <v>92.350999999999999</v>
+      <c r="J58" s="68">
+        <v>92.361000000000004</v>
       </c>
       <c r="K58" s="44"/>
       <c r="L58" s="7">
-        <v>95.350899999999996</v>
+        <v>95.259600000000006</v>
       </c>
       <c r="M58" s="7"/>
       <c r="N58" s="7"/>
       <c r="O58" s="39"/>
     </row>
     <row r="59" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B59" s="22"/>
       <c r="C59" s="4" t="s">
         <v>7</v>
       </c>
       <c r="D59" s="7">
         <v>93.143600000000006</v>
       </c>
       <c r="E59" s="44"/>
       <c r="F59" s="7">
-        <v>93.956699999999998</v>
+        <v>93.941800000000001</v>
       </c>
       <c r="G59" s="44"/>
       <c r="H59" s="7">
-        <v>97.563400000000001</v>
+        <v>97.561999999999998</v>
       </c>
       <c r="I59" s="7"/>
-      <c r="J59" s="7"/>
+      <c r="J59" s="68"/>
       <c r="K59" s="44"/>
       <c r="L59" s="7"/>
       <c r="M59" s="7"/>
       <c r="N59" s="7"/>
       <c r="O59" s="39"/>
     </row>
     <row r="60" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B60" s="22"/>
       <c r="C60" s="4" t="s">
         <v>8</v>
       </c>
       <c r="D60" s="7">
         <v>92.940299999999993</v>
       </c>
       <c r="E60" s="44"/>
       <c r="F60" s="7">
-        <v>93.8249</v>
+        <v>93.8065</v>
       </c>
       <c r="G60" s="44"/>
       <c r="H60" s="7">
-        <v>97.155000000000001</v>
+        <v>97.153400000000005</v>
       </c>
       <c r="I60" s="7"/>
-      <c r="J60" s="7"/>
+      <c r="J60" s="68"/>
       <c r="K60" s="44"/>
       <c r="L60" s="7"/>
       <c r="M60" s="7"/>
       <c r="N60" s="7"/>
       <c r="O60" s="39"/>
     </row>
     <row r="61" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B61" s="22"/>
       <c r="C61" s="4" t="s">
         <v>9</v>
       </c>
       <c r="D61" s="7">
         <v>94.597700000000003</v>
       </c>
       <c r="E61" s="44"/>
       <c r="F61" s="7">
-        <v>96.042500000000004</v>
+        <v>96.026399999999995</v>
       </c>
       <c r="G61" s="44"/>
       <c r="H61" s="7">
-        <v>98.440799999999996</v>
+        <v>98.438599999999994</v>
       </c>
       <c r="I61" s="7"/>
-      <c r="J61" s="7">
-        <v>94.460700000000003</v>
+      <c r="J61" s="68">
+        <v>94.473600000000005</v>
       </c>
       <c r="K61" s="44"/>
       <c r="L61" s="7">
-        <v>96.899600000000007</v>
+        <v>96.778700000000001</v>
       </c>
       <c r="M61" s="7"/>
       <c r="N61" s="7"/>
       <c r="O61" s="39"/>
     </row>
     <row r="62" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B62" s="22"/>
       <c r="C62" s="4" t="s">
         <v>10</v>
       </c>
       <c r="D62" s="7">
         <v>94.948899999999995</v>
       </c>
       <c r="E62" s="44"/>
       <c r="F62" s="7">
-        <v>96.761700000000005</v>
+        <v>96.746899999999997</v>
       </c>
       <c r="G62" s="44"/>
       <c r="H62" s="7">
-        <v>98.608199999999997</v>
+        <v>98.607600000000005</v>
       </c>
       <c r="I62" s="7"/>
-      <c r="J62" s="7"/>
+      <c r="J62" s="68"/>
       <c r="K62" s="44"/>
       <c r="L62" s="7"/>
       <c r="M62" s="7"/>
       <c r="N62" s="7"/>
       <c r="O62" s="39"/>
     </row>
     <row r="63" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B63" s="22"/>
       <c r="C63" s="4" t="s">
         <v>11</v>
       </c>
       <c r="D63" s="7">
         <v>94.441699999999997</v>
       </c>
       <c r="E63" s="44"/>
       <c r="F63" s="7">
-        <v>95.945099999999996</v>
+        <v>95.933700000000002</v>
       </c>
       <c r="G63" s="44"/>
       <c r="H63" s="7">
-        <v>98.285700000000006</v>
+        <v>98.286699999999996</v>
       </c>
       <c r="I63" s="7"/>
-      <c r="J63" s="7"/>
+      <c r="J63" s="68"/>
       <c r="K63" s="44"/>
       <c r="L63" s="7"/>
       <c r="M63" s="7"/>
       <c r="N63" s="7"/>
       <c r="O63" s="39"/>
     </row>
     <row r="64" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B64" s="22"/>
       <c r="C64" s="4" t="s">
         <v>12</v>
       </c>
       <c r="D64" s="7">
         <v>94.282200000000003</v>
       </c>
       <c r="E64" s="44"/>
       <c r="F64" s="7">
-        <v>95.517300000000006</v>
+        <v>95.507400000000004</v>
       </c>
       <c r="G64" s="44"/>
       <c r="H64" s="7">
-        <v>97.938999999999993</v>
+        <v>97.943399999999997</v>
       </c>
       <c r="I64" s="7"/>
-      <c r="J64" s="7">
-        <v>96.094899999999996</v>
+      <c r="J64" s="68">
+        <v>96.102000000000004</v>
       </c>
       <c r="K64" s="44"/>
       <c r="L64" s="7">
-        <v>98.656899999999993</v>
+        <v>98.510499999999993</v>
       </c>
       <c r="M64" s="7"/>
       <c r="N64" s="7"/>
       <c r="O64" s="39"/>
     </row>
     <row r="65" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B65" s="22"/>
       <c r="C65" s="4" t="s">
         <v>13</v>
       </c>
       <c r="D65" s="7">
         <v>93.922200000000004</v>
       </c>
       <c r="E65" s="44"/>
       <c r="F65" s="7">
-        <v>95.209800000000001</v>
+        <v>95.203000000000003</v>
       </c>
       <c r="G65" s="44"/>
       <c r="H65" s="7">
-        <v>97.957599999999999</v>
+        <v>97.963399999999993</v>
       </c>
       <c r="I65" s="7"/>
-      <c r="J65" s="7"/>
+      <c r="J65" s="68"/>
       <c r="K65" s="44"/>
       <c r="L65" s="7"/>
       <c r="M65" s="7"/>
       <c r="N65" s="7"/>
       <c r="O65" s="39"/>
     </row>
     <row r="66" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B66" s="22"/>
       <c r="C66" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D66" s="7">
         <v>93.7774</v>
       </c>
       <c r="E66" s="44"/>
       <c r="F66" s="7">
-        <v>94.848799999999997</v>
+        <v>94.844800000000006</v>
       </c>
       <c r="G66" s="44"/>
       <c r="H66" s="7">
-        <v>100.27249999999999</v>
+        <v>100.2756</v>
       </c>
       <c r="I66" s="7"/>
-      <c r="J66" s="7"/>
+      <c r="J66" s="68"/>
       <c r="K66" s="44"/>
       <c r="L66" s="7"/>
       <c r="M66" s="7"/>
       <c r="N66" s="7"/>
       <c r="O66" s="39"/>
     </row>
     <row r="67" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B67" s="23"/>
       <c r="C67" s="24" t="s">
         <v>15</v>
       </c>
       <c r="D67" s="8">
         <v>94.773600000000002</v>
       </c>
       <c r="E67" s="45"/>
       <c r="F67" s="8">
-        <v>96.021100000000004</v>
+        <v>96.015799999999999</v>
       </c>
       <c r="G67" s="45"/>
       <c r="H67" s="8">
-        <v>101.6528</v>
+        <v>101.6542</v>
       </c>
       <c r="I67" s="8"/>
-      <c r="J67" s="8">
-        <v>95.426699999999997</v>
+      <c r="J67" s="69">
+        <v>95.415499999999994</v>
       </c>
       <c r="K67" s="45"/>
       <c r="L67" s="8">
-        <v>97.899900000000002</v>
+        <v>97.719499999999996</v>
       </c>
       <c r="M67" s="8"/>
       <c r="N67" s="8"/>
       <c r="O67" s="39"/>
     </row>
     <row r="68" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B68" s="25" t="s">
         <v>21</v>
       </c>
       <c r="C68" s="4" t="s">
         <v>4</v>
       </c>
       <c r="D68" s="7">
         <v>95.555899999999994</v>
       </c>
       <c r="E68" s="44"/>
       <c r="F68" s="7">
-        <v>96.773799999999994</v>
+        <v>96.768299999999996</v>
       </c>
       <c r="G68" s="44"/>
       <c r="H68" s="7">
-        <v>100.61620000000001</v>
+        <v>100.60939999999999</v>
       </c>
       <c r="I68" s="7"/>
-      <c r="J68" s="7"/>
+      <c r="J68" s="68"/>
       <c r="K68" s="44"/>
       <c r="L68" s="7"/>
       <c r="M68" s="7"/>
       <c r="N68" s="7"/>
       <c r="O68" s="39"/>
     </row>
     <row r="69" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B69" s="22"/>
       <c r="C69" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D69" s="7">
         <v>94.293099999999995</v>
       </c>
       <c r="E69" s="44"/>
       <c r="F69" s="7">
-        <v>95.722399999999993</v>
+        <v>95.718199999999996</v>
       </c>
       <c r="G69" s="44"/>
       <c r="H69" s="7">
-        <v>99.631200000000007</v>
+        <v>99.6203</v>
       </c>
       <c r="I69" s="7"/>
-      <c r="J69" s="7"/>
+      <c r="J69" s="68"/>
       <c r="K69" s="44"/>
       <c r="L69" s="7"/>
       <c r="M69" s="7"/>
       <c r="N69" s="7"/>
       <c r="O69" s="39"/>
     </row>
     <row r="70" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B70" s="22"/>
       <c r="C70" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D70" s="7">
         <v>94.693700000000007</v>
       </c>
       <c r="E70" s="44"/>
       <c r="F70" s="7">
-        <v>95.710899999999995</v>
+        <v>95.696399999999997</v>
       </c>
       <c r="G70" s="44"/>
       <c r="H70" s="7">
-        <v>98.439400000000006</v>
+        <v>98.4298</v>
       </c>
       <c r="I70" s="7"/>
-      <c r="J70" s="7">
-        <v>95.726399999999998</v>
+      <c r="J70" s="68">
+        <v>95.739500000000007</v>
       </c>
       <c r="K70" s="44"/>
       <c r="L70" s="7">
-        <v>97.307900000000004</v>
+        <v>97.105999999999995</v>
       </c>
       <c r="M70" s="7"/>
       <c r="N70" s="7"/>
       <c r="O70" s="39"/>
     </row>
     <row r="71" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B71" s="22"/>
       <c r="C71" s="4" t="s">
         <v>7</v>
       </c>
       <c r="D71" s="7">
         <v>95.889899999999997</v>
       </c>
       <c r="E71" s="44"/>
       <c r="F71" s="7">
-        <v>97.808700000000002</v>
+        <v>97.790499999999994</v>
       </c>
       <c r="G71" s="44"/>
       <c r="H71" s="7">
-        <v>99.717200000000005</v>
+        <v>99.716399999999993</v>
       </c>
       <c r="I71" s="7"/>
-      <c r="J71" s="7"/>
+      <c r="J71" s="68"/>
       <c r="K71" s="44"/>
       <c r="L71" s="7"/>
       <c r="M71" s="7"/>
       <c r="N71" s="7"/>
       <c r="O71" s="39"/>
     </row>
     <row r="72" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B72" s="22"/>
       <c r="C72" s="4" t="s">
         <v>8</v>
       </c>
       <c r="D72" s="7">
         <v>98.442599999999999</v>
       </c>
       <c r="E72" s="44"/>
       <c r="F72" s="7">
-        <v>100.7397</v>
+        <v>100.71939999999999</v>
       </c>
       <c r="G72" s="44"/>
       <c r="H72" s="7">
-        <v>102.36669999999999</v>
+        <v>102.3656</v>
       </c>
       <c r="I72" s="7"/>
-      <c r="J72" s="7"/>
+      <c r="J72" s="68"/>
       <c r="K72" s="44"/>
       <c r="L72" s="7"/>
       <c r="M72" s="7"/>
       <c r="N72" s="7"/>
       <c r="O72" s="39"/>
     </row>
     <row r="73" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B73" s="22"/>
       <c r="C73" s="4" t="s">
         <v>9</v>
       </c>
       <c r="D73" s="7">
         <v>98.087800000000001</v>
       </c>
       <c r="E73" s="44"/>
       <c r="F73" s="7">
-        <v>99.961299999999994</v>
+        <v>99.940100000000001</v>
       </c>
       <c r="G73" s="44"/>
       <c r="H73" s="7">
-        <v>102.02679999999999</v>
+        <v>102.0241</v>
       </c>
       <c r="I73" s="7"/>
-      <c r="J73" s="7">
-        <v>99.534700000000001</v>
+      <c r="J73" s="68">
+        <v>99.544499999999999</v>
       </c>
       <c r="K73" s="44"/>
       <c r="L73" s="7">
-        <v>93.783199999999994</v>
+        <v>93.549000000000007</v>
       </c>
       <c r="M73" s="7"/>
       <c r="N73" s="7"/>
       <c r="O73" s="39"/>
     </row>
     <row r="74" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B74" s="22"/>
       <c r="C74" s="4" t="s">
         <v>10</v>
       </c>
       <c r="D74" s="7">
         <v>100.37649999999999</v>
       </c>
       <c r="E74" s="44"/>
       <c r="F74" s="7">
-        <v>101.08620000000001</v>
+        <v>101.066</v>
       </c>
       <c r="G74" s="44"/>
       <c r="H74" s="7">
-        <v>104.0595</v>
+        <v>104.06140000000001</v>
       </c>
       <c r="I74" s="7"/>
-      <c r="J74" s="7"/>
+      <c r="J74" s="68"/>
       <c r="K74" s="44"/>
       <c r="L74" s="7"/>
       <c r="M74" s="7"/>
       <c r="N74" s="7"/>
       <c r="O74" s="39"/>
     </row>
     <row r="75" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B75" s="22"/>
       <c r="C75" s="4" t="s">
         <v>11</v>
       </c>
       <c r="D75" s="7">
         <v>97.320999999999998</v>
       </c>
       <c r="E75" s="44"/>
       <c r="F75" s="7">
-        <v>98.565899999999999</v>
+        <v>98.547399999999996</v>
       </c>
       <c r="G75" s="44"/>
       <c r="H75" s="7">
-        <v>100.43989999999999</v>
+        <v>100.44159999999999</v>
       </c>
       <c r="I75" s="7"/>
-      <c r="J75" s="7"/>
+      <c r="J75" s="68"/>
       <c r="K75" s="44"/>
       <c r="L75" s="7"/>
       <c r="M75" s="7"/>
       <c r="N75" s="7"/>
       <c r="O75" s="39"/>
     </row>
     <row r="76" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B76" s="22"/>
       <c r="C76" s="4" t="s">
         <v>12</v>
       </c>
       <c r="D76" s="7">
         <v>97.459800000000001</v>
       </c>
       <c r="E76" s="44"/>
       <c r="F76" s="7">
-        <v>98.676000000000002</v>
+        <v>98.659700000000001</v>
       </c>
       <c r="G76" s="44"/>
       <c r="H76" s="7">
-        <v>100.3867</v>
+        <v>100.38890000000001</v>
       </c>
       <c r="I76" s="7"/>
-      <c r="J76" s="7">
-        <v>99.018199999999993</v>
+      <c r="J76" s="68">
+        <v>99.015299999999996</v>
       </c>
       <c r="K76" s="44"/>
       <c r="L76" s="7">
-        <v>93.880600000000001</v>
+        <v>93.625399999999999</v>
       </c>
       <c r="M76" s="7"/>
       <c r="N76" s="7"/>
       <c r="O76" s="39"/>
     </row>
     <row r="77" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B77" s="22"/>
       <c r="C77" s="4" t="s">
         <v>13</v>
       </c>
       <c r="D77" s="7">
         <v>98.472099999999998</v>
       </c>
       <c r="E77" s="44"/>
       <c r="F77" s="7">
-        <v>99.049199999999999</v>
+        <v>99.039599999999993</v>
       </c>
       <c r="G77" s="44"/>
       <c r="H77" s="7">
-        <v>101.6544</v>
+        <v>101.6622</v>
       </c>
       <c r="I77" s="7"/>
-      <c r="J77" s="7"/>
+      <c r="J77" s="68"/>
       <c r="K77" s="44"/>
       <c r="L77" s="7"/>
       <c r="M77" s="7"/>
       <c r="N77" s="7"/>
       <c r="O77" s="39"/>
     </row>
     <row r="78" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B78" s="22"/>
       <c r="C78" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D78" s="7">
         <v>98.341700000000003</v>
       </c>
       <c r="E78" s="44"/>
       <c r="F78" s="7">
-        <v>98.853399999999993</v>
+        <v>98.850099999999998</v>
       </c>
       <c r="G78" s="44"/>
       <c r="H78" s="7">
-        <v>101.504</v>
+        <v>101.5052</v>
       </c>
       <c r="I78" s="7"/>
-      <c r="J78" s="7"/>
+      <c r="J78" s="68"/>
       <c r="K78" s="44"/>
       <c r="L78" s="7"/>
       <c r="M78" s="7"/>
       <c r="N78" s="7"/>
       <c r="O78" s="39"/>
     </row>
     <row r="79" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B79" s="23"/>
       <c r="C79" s="24" t="s">
         <v>15</v>
       </c>
       <c r="D79" s="8">
         <v>98.639300000000006</v>
       </c>
       <c r="E79" s="45"/>
       <c r="F79" s="8">
-        <v>99.489000000000004</v>
+        <v>99.481999999999999</v>
       </c>
       <c r="G79" s="45"/>
       <c r="H79" s="8">
-        <v>101.13120000000001</v>
+        <v>101.1251</v>
       </c>
       <c r="I79" s="8"/>
-      <c r="J79" s="8">
-        <v>100.0896</v>
+      <c r="J79" s="69">
+        <v>100.0842</v>
       </c>
       <c r="K79" s="45"/>
       <c r="L79" s="8">
-        <v>95.134900000000002</v>
+        <v>94.819699999999997</v>
       </c>
       <c r="M79" s="8"/>
       <c r="N79" s="8"/>
       <c r="O79" s="39"/>
     </row>
     <row r="80" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B80" s="25" t="s">
         <v>22</v>
       </c>
       <c r="C80" s="4" t="s">
         <v>4</v>
       </c>
       <c r="D80" s="7">
         <v>96.781300000000002</v>
       </c>
       <c r="E80" s="44"/>
       <c r="F80" s="7">
-        <v>97.926199999999994</v>
+        <v>97.917199999999994</v>
       </c>
       <c r="G80" s="44"/>
       <c r="H80" s="7">
-        <v>98.460499999999996</v>
+        <v>98.453000000000003</v>
       </c>
       <c r="I80" s="7"/>
-      <c r="J80" s="7"/>
+      <c r="J80" s="68"/>
       <c r="K80" s="44"/>
       <c r="L80" s="7"/>
       <c r="M80" s="7"/>
       <c r="N80" s="7"/>
       <c r="O80" s="39"/>
     </row>
     <row r="81" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B81" s="22"/>
       <c r="C81" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D81" s="7">
         <v>97.154899999999998</v>
       </c>
       <c r="E81" s="44"/>
       <c r="F81" s="7">
-        <v>97.953400000000002</v>
+        <v>97.942099999999996</v>
       </c>
       <c r="G81" s="44"/>
       <c r="H81" s="7">
-        <v>99.471299999999999</v>
+        <v>99.463499999999996</v>
       </c>
       <c r="I81" s="7"/>
-      <c r="J81" s="7"/>
+      <c r="J81" s="68"/>
       <c r="K81" s="44"/>
       <c r="L81" s="7"/>
       <c r="M81" s="7"/>
       <c r="N81" s="7"/>
       <c r="O81" s="39"/>
     </row>
     <row r="82" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B82" s="22"/>
       <c r="C82" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D82" s="7">
         <v>98.257800000000003</v>
       </c>
       <c r="E82" s="44"/>
       <c r="F82" s="7">
-        <v>98.87</v>
+        <v>98.851399999999998</v>
       </c>
       <c r="G82" s="44"/>
       <c r="H82" s="7">
-        <v>99.140299999999996</v>
+        <v>99.133200000000002</v>
       </c>
       <c r="I82" s="7"/>
-      <c r="J82" s="7">
-        <v>99.748699999999999</v>
+      <c r="J82" s="68">
+        <v>99.763400000000004</v>
       </c>
       <c r="K82" s="44"/>
       <c r="L82" s="7">
-        <v>94.8429</v>
+        <v>94.464600000000004</v>
       </c>
       <c r="M82" s="7"/>
       <c r="N82" s="7"/>
       <c r="O82" s="39"/>
     </row>
     <row r="83" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B83" s="22"/>
       <c r="C83" s="4" t="s">
         <v>7</v>
       </c>
       <c r="D83" s="7">
         <v>98.47</v>
       </c>
       <c r="E83" s="44"/>
       <c r="F83" s="7">
-        <v>98.948599999999999</v>
+        <v>98.928600000000003</v>
       </c>
       <c r="G83" s="44"/>
       <c r="H83" s="7">
-        <v>100.2499</v>
+        <v>100.25449999999999</v>
       </c>
       <c r="I83" s="7"/>
-      <c r="J83" s="7"/>
+      <c r="J83" s="68"/>
       <c r="K83" s="44"/>
       <c r="L83" s="7"/>
       <c r="M83" s="7"/>
       <c r="N83" s="7"/>
       <c r="O83" s="39"/>
     </row>
     <row r="84" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B84" s="22"/>
       <c r="C84" s="4" t="s">
         <v>8</v>
       </c>
       <c r="D84" s="7">
         <v>99.527100000000004</v>
       </c>
       <c r="E84" s="44"/>
       <c r="F84" s="7">
-        <v>100.4361</v>
+        <v>100.4198</v>
       </c>
       <c r="G84" s="44"/>
       <c r="H84" s="7">
-        <v>101.16840000000001</v>
+        <v>101.1703</v>
       </c>
       <c r="I84" s="7"/>
-      <c r="J84" s="7"/>
+      <c r="J84" s="68"/>
       <c r="K84" s="44"/>
       <c r="L84" s="7"/>
       <c r="M84" s="7"/>
       <c r="N84" s="7"/>
       <c r="O84" s="39"/>
     </row>
     <row r="85" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B85" s="22"/>
       <c r="C85" s="4" t="s">
         <v>9</v>
       </c>
       <c r="D85" s="7">
         <v>101.1904</v>
       </c>
       <c r="E85" s="44"/>
       <c r="F85" s="7">
-        <v>101.5175</v>
+        <v>101.50109999999999</v>
       </c>
       <c r="G85" s="44"/>
       <c r="H85" s="7">
-        <v>102.62390000000001</v>
+        <v>102.6229</v>
       </c>
       <c r="I85" s="7"/>
-      <c r="J85" s="7">
-        <v>101.4744</v>
+      <c r="J85" s="68">
+        <v>101.47790000000001</v>
       </c>
       <c r="K85" s="44"/>
       <c r="L85" s="7">
-        <v>98.059899999999999</v>
+        <v>97.6267</v>
       </c>
       <c r="M85" s="7"/>
       <c r="N85" s="7"/>
       <c r="O85" s="39"/>
     </row>
     <row r="86" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B86" s="22"/>
       <c r="C86" s="4" t="s">
         <v>10</v>
       </c>
       <c r="D86" s="7">
         <v>101.5879</v>
       </c>
       <c r="E86" s="44"/>
       <c r="F86" s="7">
-        <v>101.25530000000001</v>
+        <v>101.23650000000001</v>
       </c>
       <c r="G86" s="44"/>
       <c r="H86" s="7">
-        <v>103.226</v>
+        <v>103.22920000000001</v>
       </c>
       <c r="I86" s="7"/>
-      <c r="J86" s="7"/>
+      <c r="J86" s="68"/>
       <c r="K86" s="44"/>
       <c r="L86" s="7"/>
       <c r="M86" s="7"/>
       <c r="N86" s="7"/>
       <c r="O86" s="39"/>
     </row>
     <row r="87" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B87" s="22"/>
       <c r="C87" s="4" t="s">
         <v>11</v>
       </c>
       <c r="D87" s="7">
         <v>101.34220000000001</v>
       </c>
       <c r="E87" s="44"/>
       <c r="F87" s="7">
-        <v>100.6832</v>
+        <v>100.6677</v>
       </c>
       <c r="G87" s="44"/>
       <c r="H87" s="7">
-        <v>103.0309</v>
+        <v>103.0316</v>
       </c>
       <c r="I87" s="7"/>
-      <c r="J87" s="7"/>
+      <c r="J87" s="68"/>
       <c r="K87" s="44"/>
       <c r="L87" s="7"/>
       <c r="M87" s="7"/>
       <c r="N87" s="7"/>
       <c r="O87" s="39"/>
     </row>
     <row r="88" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B88" s="22"/>
       <c r="C88" s="4" t="s">
         <v>12</v>
       </c>
       <c r="D88" s="7">
         <v>101.8451</v>
       </c>
       <c r="E88" s="44"/>
       <c r="F88" s="7">
-        <v>101.4915</v>
+        <v>101.4756</v>
       </c>
       <c r="G88" s="44"/>
       <c r="H88" s="7">
-        <v>103.1096</v>
+        <v>103.1067</v>
       </c>
       <c r="I88" s="7"/>
-      <c r="J88" s="7">
-        <v>103.7539</v>
+      <c r="J88" s="68">
+        <v>103.7572</v>
       </c>
       <c r="K88" s="44"/>
       <c r="L88" s="7">
-        <v>100.3693</v>
+        <v>99.903999999999996</v>
       </c>
       <c r="M88" s="7"/>
       <c r="N88" s="7"/>
       <c r="O88" s="39"/>
     </row>
     <row r="89" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B89" s="22"/>
       <c r="C89" s="4" t="s">
         <v>13</v>
       </c>
       <c r="D89" s="7">
         <v>100.6074</v>
       </c>
       <c r="E89" s="44"/>
       <c r="F89" s="7">
-        <v>100.2124</v>
+        <v>100.20050000000001</v>
       </c>
       <c r="G89" s="44"/>
       <c r="H89" s="7">
-        <v>102.4986</v>
+        <v>102.5016</v>
       </c>
       <c r="I89" s="7"/>
-      <c r="J89" s="7"/>
+      <c r="J89" s="68"/>
       <c r="K89" s="44"/>
       <c r="L89" s="7"/>
       <c r="M89" s="7"/>
       <c r="N89" s="7"/>
       <c r="O89" s="39"/>
     </row>
     <row r="90" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B90" s="22"/>
       <c r="C90" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D90" s="7">
         <v>100.7466</v>
       </c>
       <c r="E90" s="44"/>
       <c r="F90" s="7">
-        <v>100.40860000000001</v>
+        <v>100.40170000000001</v>
       </c>
       <c r="G90" s="44"/>
       <c r="H90" s="7">
-        <v>102.1032</v>
+        <v>102.1006</v>
       </c>
       <c r="I90" s="7"/>
-      <c r="J90" s="7"/>
+      <c r="J90" s="68"/>
       <c r="K90" s="44"/>
       <c r="L90" s="7"/>
       <c r="M90" s="7"/>
       <c r="N90" s="7"/>
       <c r="O90" s="39"/>
     </row>
     <row r="91" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B91" s="23"/>
       <c r="C91" s="24" t="s">
         <v>15</v>
       </c>
       <c r="D91" s="8">
         <v>101.66419999999999</v>
       </c>
       <c r="E91" s="45"/>
       <c r="F91" s="8">
-        <v>101.5526</v>
+        <v>101.5411</v>
       </c>
       <c r="G91" s="45"/>
       <c r="H91" s="8">
-        <v>102.5834</v>
+        <v>102.5787</v>
       </c>
       <c r="I91" s="8"/>
-      <c r="J91" s="8">
-        <v>103.4198</v>
+      <c r="J91" s="69">
+        <v>103.4153</v>
       </c>
       <c r="K91" s="45"/>
       <c r="L91" s="8">
-        <v>105.4479</v>
+        <v>104.8886</v>
       </c>
       <c r="M91" s="8"/>
       <c r="N91" s="8"/>
       <c r="O91" s="39"/>
     </row>
     <row r="92" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B92" s="25" t="s">
         <v>23</v>
       </c>
       <c r="C92" s="4" t="s">
         <v>4</v>
       </c>
       <c r="D92" s="7">
         <v>101.3826</v>
       </c>
       <c r="E92" s="44"/>
       <c r="F92" s="7">
-        <v>101.1914</v>
+        <v>101.17910000000001</v>
       </c>
       <c r="G92" s="44"/>
       <c r="H92" s="7">
-        <v>101.4175</v>
+        <v>101.4104</v>
       </c>
       <c r="I92" s="7"/>
-      <c r="J92" s="7"/>
+      <c r="J92" s="68"/>
       <c r="K92" s="44"/>
       <c r="L92" s="7"/>
       <c r="M92" s="7"/>
       <c r="N92" s="7"/>
       <c r="O92" s="39"/>
     </row>
     <row r="93" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B93" s="22"/>
       <c r="C93" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D93" s="7">
         <v>100.7895</v>
       </c>
       <c r="E93" s="44"/>
       <c r="F93" s="7">
-        <v>100.5977</v>
+        <v>100.5821</v>
       </c>
       <c r="G93" s="44"/>
       <c r="H93" s="7">
-        <v>100.86750000000001</v>
+        <v>100.8639</v>
       </c>
       <c r="I93" s="7"/>
-      <c r="J93" s="7"/>
+      <c r="J93" s="68"/>
       <c r="K93" s="44"/>
       <c r="L93" s="7"/>
       <c r="M93" s="7"/>
       <c r="N93" s="7"/>
       <c r="O93" s="39"/>
     </row>
     <row r="94" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B94" s="22"/>
       <c r="C94" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D94" s="7">
         <v>100.11409999999999</v>
       </c>
       <c r="E94" s="44"/>
       <c r="F94" s="7">
-        <v>99.991799999999998</v>
+        <v>99.973500000000001</v>
       </c>
       <c r="G94" s="44"/>
       <c r="H94" s="7">
-        <v>100.9121</v>
+        <v>100.91249999999999</v>
       </c>
       <c r="I94" s="7"/>
-      <c r="J94" s="7">
-        <v>104.01900000000001</v>
+      <c r="J94" s="68">
+        <v>104.0248</v>
       </c>
       <c r="K94" s="44"/>
       <c r="L94" s="7">
-        <v>100.4819</v>
+        <v>99.936599999999999</v>
       </c>
       <c r="M94" s="7"/>
       <c r="N94" s="7"/>
       <c r="O94" s="39"/>
     </row>
     <row r="95" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B95" s="22"/>
       <c r="C95" s="4" t="s">
         <v>7</v>
       </c>
       <c r="D95" s="7">
         <v>101.90170000000001</v>
       </c>
       <c r="E95" s="44"/>
       <c r="F95" s="7">
-        <v>101.5564</v>
+        <v>101.53749999999999</v>
       </c>
       <c r="G95" s="44"/>
       <c r="H95" s="7">
-        <v>102.7821</v>
+        <v>102.79040000000001</v>
       </c>
       <c r="I95" s="7"/>
-      <c r="J95" s="7"/>
+      <c r="J95" s="68"/>
       <c r="K95" s="44"/>
       <c r="L95" s="7"/>
       <c r="M95" s="7"/>
       <c r="N95" s="7"/>
       <c r="O95" s="39"/>
     </row>
     <row r="96" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B96" s="22"/>
       <c r="C96" s="4" t="s">
         <v>8</v>
       </c>
       <c r="D96" s="7">
         <v>103.3421</v>
       </c>
       <c r="E96" s="44"/>
       <c r="F96" s="7">
-        <v>103.2955</v>
+        <v>103.2811</v>
       </c>
       <c r="G96" s="44"/>
       <c r="H96" s="7">
-        <v>103.2105</v>
+        <v>103.2131</v>
       </c>
       <c r="I96" s="7"/>
-      <c r="J96" s="7"/>
+      <c r="J96" s="68"/>
       <c r="K96" s="44"/>
       <c r="L96" s="7"/>
       <c r="M96" s="7"/>
       <c r="N96" s="7"/>
       <c r="O96" s="39"/>
     </row>
     <row r="97" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B97" s="22"/>
       <c r="C97" s="4" t="s">
         <v>9</v>
       </c>
       <c r="D97" s="7">
         <v>103.5818</v>
       </c>
       <c r="E97" s="44"/>
       <c r="F97" s="7">
-        <v>103.0204</v>
+        <v>103.005</v>
       </c>
       <c r="G97" s="44"/>
       <c r="H97" s="7">
-        <v>103.78700000000001</v>
+        <v>103.7895</v>
       </c>
       <c r="I97" s="7"/>
-      <c r="J97" s="7">
-        <v>106.70440000000001</v>
+      <c r="J97" s="68">
+        <v>106.70659999999999</v>
       </c>
       <c r="K97" s="44"/>
       <c r="L97" s="7">
-        <v>104.1018</v>
+        <v>103.4897</v>
       </c>
       <c r="M97" s="7"/>
       <c r="N97" s="7"/>
       <c r="O97" s="39"/>
     </row>
     <row r="98" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B98" s="22"/>
       <c r="C98" s="4" t="s">
         <v>10</v>
       </c>
       <c r="D98" s="7">
         <v>103.4928</v>
       </c>
       <c r="E98" s="44"/>
       <c r="F98" s="7">
-        <v>102.8386</v>
+        <v>102.82129999999999</v>
       </c>
       <c r="G98" s="44"/>
       <c r="H98" s="7">
-        <v>104.437</v>
+        <v>104.4378</v>
       </c>
       <c r="I98" s="7"/>
-      <c r="J98" s="7"/>
+      <c r="J98" s="68"/>
       <c r="K98" s="44"/>
       <c r="L98" s="7"/>
       <c r="M98" s="7"/>
       <c r="N98" s="7"/>
       <c r="O98" s="39"/>
     </row>
     <row r="99" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B99" s="22"/>
       <c r="C99" s="4" t="s">
         <v>11</v>
       </c>
       <c r="D99" s="7">
         <v>102.9315</v>
       </c>
       <c r="E99" s="44"/>
       <c r="F99" s="7">
-        <v>102.22150000000001</v>
+        <v>102.2109</v>
       </c>
       <c r="G99" s="44"/>
       <c r="H99" s="7">
-        <v>104.5671</v>
+        <v>104.56570000000001</v>
       </c>
       <c r="I99" s="7"/>
-      <c r="J99" s="7"/>
+      <c r="J99" s="68"/>
       <c r="K99" s="44"/>
       <c r="L99" s="7"/>
       <c r="M99" s="7"/>
       <c r="N99" s="7"/>
       <c r="O99" s="39"/>
     </row>
     <row r="100" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B100" s="22"/>
       <c r="C100" s="4" t="s">
         <v>12</v>
       </c>
       <c r="D100" s="7">
         <v>103.0086</v>
       </c>
       <c r="E100" s="44"/>
       <c r="F100" s="7">
-        <v>102.1562</v>
+        <v>102.1435</v>
       </c>
       <c r="G100" s="44"/>
       <c r="H100" s="7">
-        <v>103.72239999999999</v>
+        <v>103.7167</v>
       </c>
       <c r="I100" s="7"/>
-      <c r="J100" s="7">
-        <v>107.78279999999999</v>
+      <c r="J100" s="68">
+        <v>107.7903</v>
       </c>
       <c r="K100" s="44"/>
       <c r="L100" s="7">
-        <v>105.7239</v>
+        <v>105.09910000000001</v>
       </c>
       <c r="M100" s="7"/>
       <c r="N100" s="7"/>
       <c r="O100" s="39"/>
     </row>
     <row r="101" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B101" s="22"/>
       <c r="C101" s="4" t="s">
         <v>13</v>
       </c>
       <c r="D101" s="7">
         <v>102.56010000000001</v>
       </c>
       <c r="E101" s="44"/>
       <c r="F101" s="7">
-        <v>101.5979</v>
+        <v>101.5869</v>
       </c>
       <c r="G101" s="44"/>
       <c r="H101" s="7">
-        <v>102.622</v>
+        <v>102.626</v>
       </c>
       <c r="I101" s="7"/>
-      <c r="J101" s="7"/>
+      <c r="J101" s="68"/>
       <c r="K101" s="44"/>
       <c r="L101" s="7"/>
       <c r="M101" s="7"/>
       <c r="N101" s="7"/>
       <c r="O101" s="39"/>
     </row>
     <row r="102" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B102" s="22"/>
       <c r="C102" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D102" s="7">
         <v>102.2962</v>
       </c>
       <c r="E102" s="44"/>
       <c r="F102" s="7">
-        <v>101.43</v>
+        <v>101.41889999999999</v>
       </c>
       <c r="G102" s="44"/>
       <c r="H102" s="7">
-        <v>102.35120000000001</v>
+        <v>102.3466</v>
       </c>
       <c r="I102" s="7"/>
-      <c r="J102" s="7"/>
+      <c r="J102" s="68"/>
       <c r="K102" s="44"/>
       <c r="L102" s="7"/>
       <c r="M102" s="7"/>
       <c r="N102" s="7"/>
       <c r="O102" s="39"/>
     </row>
     <row r="103" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B103" s="23"/>
       <c r="C103" s="24" t="s">
         <v>15</v>
       </c>
       <c r="D103" s="8">
         <v>102.797</v>
       </c>
       <c r="E103" s="45"/>
       <c r="F103" s="8">
-        <v>102.08629999999999</v>
+        <v>102.0718</v>
       </c>
       <c r="G103" s="45"/>
       <c r="H103" s="8">
-        <v>102.48569999999999</v>
+        <v>102.48009999999999</v>
       </c>
       <c r="I103" s="8"/>
-      <c r="J103" s="8">
-        <v>107.04510000000001</v>
+      <c r="J103" s="69">
+        <v>107.04819999999999</v>
       </c>
       <c r="K103" s="45"/>
       <c r="L103" s="8">
-        <v>103.8327</v>
+        <v>103.1464</v>
       </c>
       <c r="M103" s="8"/>
       <c r="N103" s="8"/>
       <c r="O103" s="39"/>
     </row>
     <row r="104" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B104" s="25" t="s">
         <v>24</v>
       </c>
       <c r="C104" s="4" t="s">
         <v>4</v>
       </c>
       <c r="D104" s="7">
         <v>102.97150000000001</v>
       </c>
       <c r="E104" s="44"/>
       <c r="F104" s="7">
-        <v>102.67440000000001</v>
+        <v>102.6581</v>
       </c>
       <c r="G104" s="44"/>
       <c r="H104" s="7">
-        <v>101.8164</v>
+        <v>101.8108</v>
       </c>
       <c r="I104" s="7"/>
-      <c r="J104" s="7"/>
+      <c r="J104" s="68"/>
       <c r="K104" s="44"/>
       <c r="L104" s="7"/>
       <c r="M104" s="7"/>
       <c r="N104" s="7"/>
       <c r="O104" s="39"/>
     </row>
     <row r="105" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B105" s="22"/>
       <c r="C105" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D105" s="7">
         <v>103.6631</v>
       </c>
       <c r="E105" s="44"/>
       <c r="F105" s="7">
-        <v>103.2178</v>
+        <v>103.19670000000001</v>
       </c>
       <c r="G105" s="44"/>
       <c r="H105" s="7">
-        <v>102.15130000000001</v>
+        <v>102.15479999999999</v>
       </c>
       <c r="I105" s="7"/>
-      <c r="J105" s="7"/>
+      <c r="J105" s="68"/>
       <c r="K105" s="44"/>
       <c r="L105" s="7"/>
       <c r="M105" s="7"/>
       <c r="N105" s="7"/>
       <c r="O105" s="39"/>
     </row>
     <row r="106" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B106" s="22"/>
       <c r="C106" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D106" s="7">
         <v>105.104</v>
       </c>
       <c r="E106" s="44"/>
       <c r="F106" s="7">
-        <v>104.32640000000001</v>
+        <v>104.3015</v>
       </c>
       <c r="G106" s="44"/>
       <c r="H106" s="7">
-        <v>103.4145</v>
+        <v>103.4194</v>
       </c>
       <c r="I106" s="7"/>
-      <c r="J106" s="7">
-        <v>107.9581</v>
+      <c r="J106" s="68">
+        <v>107.9572</v>
       </c>
       <c r="K106" s="44"/>
       <c r="L106" s="7">
-        <v>109.96129999999999</v>
+        <v>109.2265</v>
       </c>
       <c r="M106" s="7"/>
       <c r="N106" s="7"/>
       <c r="O106" s="39"/>
     </row>
     <row r="107" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B107" s="22"/>
       <c r="C107" s="4" t="s">
         <v>7</v>
       </c>
       <c r="D107" s="7">
         <v>104.0489</v>
       </c>
       <c r="E107" s="44"/>
       <c r="F107" s="7">
-        <v>103.31059999999999</v>
+        <v>103.2876</v>
       </c>
       <c r="G107" s="44"/>
       <c r="H107" s="7">
-        <v>103.133</v>
+        <v>103.1549</v>
       </c>
       <c r="I107" s="7"/>
-      <c r="J107" s="7"/>
+      <c r="J107" s="68"/>
       <c r="K107" s="44"/>
       <c r="L107" s="7"/>
       <c r="M107" s="7"/>
       <c r="N107" s="7"/>
       <c r="O107" s="39"/>
     </row>
     <row r="108" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B108" s="22"/>
       <c r="C108" s="4" t="s">
         <v>8</v>
       </c>
       <c r="D108" s="7">
         <v>105.90470000000001</v>
       </c>
       <c r="E108" s="44"/>
       <c r="F108" s="7">
-        <v>105.5038</v>
+        <v>105.4877</v>
       </c>
       <c r="G108" s="44"/>
       <c r="H108" s="7">
-        <v>106.2321</v>
+        <v>106.24209999999999</v>
       </c>
       <c r="I108" s="7"/>
-      <c r="J108" s="7"/>
+      <c r="J108" s="68"/>
       <c r="K108" s="44"/>
       <c r="L108" s="7"/>
       <c r="M108" s="7"/>
       <c r="N108" s="7"/>
       <c r="O108" s="39"/>
     </row>
     <row r="109" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B109" s="22"/>
       <c r="C109" s="4" t="s">
         <v>9</v>
       </c>
       <c r="D109" s="7">
         <v>106.4037</v>
       </c>
       <c r="E109" s="44"/>
       <c r="F109" s="7">
-        <v>105.51609999999999</v>
+        <v>105.498</v>
       </c>
       <c r="G109" s="44"/>
       <c r="H109" s="7">
-        <v>106.4102</v>
+        <v>106.41630000000001</v>
       </c>
       <c r="I109" s="7"/>
-      <c r="J109" s="7">
-        <v>110.72320000000001</v>
+      <c r="J109" s="68">
+        <v>110.7294</v>
       </c>
       <c r="K109" s="44"/>
       <c r="L109" s="7">
-        <v>105.53149999999999</v>
+        <v>104.8145</v>
       </c>
       <c r="M109" s="7"/>
       <c r="N109" s="7"/>
       <c r="O109" s="39"/>
     </row>
     <row r="110" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B110" s="22"/>
       <c r="C110" s="4" t="s">
         <v>10</v>
       </c>
       <c r="D110" s="7">
         <v>106.51730000000001</v>
       </c>
       <c r="E110" s="44"/>
       <c r="F110" s="7">
-        <v>104.97799999999999</v>
+        <v>104.95740000000001</v>
       </c>
       <c r="G110" s="44"/>
       <c r="H110" s="7">
-        <v>107.1066</v>
+        <v>107.111</v>
       </c>
       <c r="I110" s="7"/>
-      <c r="J110" s="7"/>
+      <c r="J110" s="68"/>
       <c r="K110" s="44"/>
       <c r="L110" s="7"/>
       <c r="M110" s="7"/>
       <c r="N110" s="7"/>
       <c r="O110" s="39"/>
     </row>
     <row r="111" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B111" s="22"/>
       <c r="C111" s="4" t="s">
         <v>11</v>
       </c>
       <c r="D111" s="7">
         <v>106.62</v>
       </c>
       <c r="E111" s="44"/>
       <c r="F111" s="7">
-        <v>104.8665</v>
+        <v>104.855</v>
       </c>
       <c r="G111" s="44"/>
       <c r="H111" s="7">
-        <v>107.8631</v>
+        <v>107.86620000000001</v>
       </c>
       <c r="I111" s="7"/>
-      <c r="J111" s="7"/>
+      <c r="J111" s="68"/>
       <c r="K111" s="44"/>
       <c r="L111" s="7"/>
       <c r="M111" s="7"/>
       <c r="N111" s="7"/>
       <c r="O111" s="39"/>
     </row>
     <row r="112" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B112" s="22"/>
       <c r="C112" s="4" t="s">
         <v>12</v>
       </c>
       <c r="D112" s="7">
         <v>105.7444</v>
       </c>
       <c r="E112" s="44"/>
       <c r="F112" s="7">
-        <v>103.7988</v>
+        <v>103.786</v>
       </c>
       <c r="G112" s="44"/>
       <c r="H112" s="7">
-        <v>106.36750000000001</v>
+        <v>106.3708</v>
       </c>
       <c r="I112" s="7"/>
-      <c r="J112" s="7">
-        <v>111.9062</v>
+      <c r="J112" s="68">
+        <v>111.9106</v>
       </c>
       <c r="K112" s="44"/>
       <c r="L112" s="7">
-        <v>105.4674</v>
+        <v>104.73560000000001</v>
       </c>
       <c r="M112" s="7"/>
       <c r="N112" s="7"/>
       <c r="O112" s="39"/>
     </row>
     <row r="113" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B113" s="22"/>
       <c r="C113" s="4" t="s">
         <v>13</v>
       </c>
       <c r="D113" s="7">
         <v>104.65600000000001</v>
       </c>
       <c r="E113" s="44"/>
       <c r="F113" s="7">
-        <v>102.7931</v>
+        <v>102.7814</v>
       </c>
       <c r="G113" s="44"/>
       <c r="H113" s="7">
-        <v>104.89579999999999</v>
+        <v>104.90179999999999</v>
       </c>
       <c r="I113" s="7"/>
-      <c r="J113" s="7"/>
+      <c r="J113" s="68"/>
       <c r="K113" s="44"/>
       <c r="L113" s="7"/>
       <c r="M113" s="7"/>
       <c r="N113" s="7"/>
       <c r="O113" s="39"/>
     </row>
     <row r="114" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B114" s="22"/>
       <c r="C114" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D114" s="7">
         <v>104.76560000000001</v>
       </c>
       <c r="E114" s="44"/>
       <c r="F114" s="7">
-        <v>103.3458</v>
+        <v>103.333</v>
       </c>
       <c r="G114" s="44"/>
       <c r="H114" s="7">
-        <v>104.5017</v>
+        <v>104.50020000000001</v>
       </c>
       <c r="I114" s="7"/>
-      <c r="J114" s="7"/>
+      <c r="J114" s="68"/>
       <c r="K114" s="44"/>
       <c r="L114" s="7"/>
       <c r="M114" s="7"/>
       <c r="N114" s="7"/>
       <c r="O114" s="39"/>
     </row>
     <row r="115" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B115" s="23"/>
       <c r="C115" s="24" t="s">
         <v>15</v>
       </c>
       <c r="D115" s="8">
         <v>105.1735</v>
       </c>
       <c r="E115" s="45"/>
       <c r="F115" s="8">
-        <v>104.422</v>
+        <v>104.40300000000001</v>
       </c>
       <c r="G115" s="45"/>
       <c r="H115" s="8">
-        <v>104.31659999999999</v>
+        <v>104.3128</v>
       </c>
       <c r="I115" s="8"/>
-      <c r="J115" s="8">
-        <v>110.0723</v>
+      <c r="J115" s="69">
+        <v>110.0831</v>
       </c>
       <c r="K115" s="45"/>
       <c r="L115" s="8">
-        <v>104.3193</v>
+        <v>103.5167</v>
       </c>
       <c r="M115" s="8"/>
       <c r="N115" s="8"/>
       <c r="O115" s="39"/>
     </row>
     <row r="116" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B116" s="25" t="s">
         <v>25</v>
       </c>
       <c r="C116" s="4" t="s">
         <v>4</v>
       </c>
       <c r="D116" s="7">
         <v>104.7863</v>
       </c>
       <c r="E116" s="44"/>
       <c r="F116" s="7">
-        <v>104.2029</v>
+        <v>104.1845</v>
       </c>
       <c r="G116" s="44"/>
       <c r="H116" s="7">
-        <v>103.6426</v>
+        <v>103.63460000000001</v>
       </c>
       <c r="I116" s="7"/>
-      <c r="J116" s="7"/>
+      <c r="J116" s="68"/>
       <c r="K116" s="44"/>
       <c r="L116" s="7"/>
       <c r="M116" s="7"/>
       <c r="N116" s="7"/>
       <c r="O116" s="39"/>
     </row>
     <row r="117" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B117" s="22"/>
       <c r="C117" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D117" s="7">
         <v>104.85</v>
       </c>
       <c r="E117" s="44"/>
       <c r="F117" s="7">
-        <v>104.7159</v>
+        <v>104.69289999999999</v>
       </c>
       <c r="G117" s="44"/>
       <c r="H117" s="7">
-        <v>103.7928</v>
+        <v>103.7944</v>
       </c>
       <c r="I117" s="7"/>
-      <c r="J117" s="7"/>
+      <c r="J117" s="68"/>
       <c r="K117" s="44"/>
       <c r="L117" s="7"/>
       <c r="M117" s="7"/>
       <c r="N117" s="7"/>
       <c r="O117" s="39"/>
     </row>
     <row r="118" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B118" s="22"/>
       <c r="C118" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D118" s="7">
         <v>105.96850000000001</v>
       </c>
       <c r="E118" s="44"/>
       <c r="F118" s="7">
-        <v>106.07389999999999</v>
+        <v>106.04859999999999</v>
       </c>
       <c r="G118" s="44"/>
       <c r="H118" s="7">
-        <v>104.7214</v>
+        <v>104.7217</v>
       </c>
       <c r="I118" s="7"/>
-      <c r="J118" s="7">
-        <v>110.62139999999999</v>
+      <c r="J118" s="68">
+        <v>110.6206</v>
       </c>
       <c r="K118" s="44"/>
       <c r="L118" s="7">
-        <v>107.8062</v>
+        <v>106.94070000000001</v>
       </c>
       <c r="M118" s="7"/>
       <c r="N118" s="7"/>
       <c r="O118" s="39"/>
     </row>
     <row r="119" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B119" s="22"/>
       <c r="C119" s="4" t="s">
         <v>7</v>
       </c>
       <c r="D119" s="7">
         <v>106.706</v>
       </c>
       <c r="E119" s="44"/>
       <c r="F119" s="7">
-        <v>107.086</v>
+        <v>107.0587</v>
       </c>
       <c r="G119" s="44"/>
       <c r="H119" s="7">
-        <v>105.7114</v>
+        <v>105.72110000000001</v>
       </c>
       <c r="I119" s="7"/>
-      <c r="J119" s="7"/>
+      <c r="J119" s="68"/>
       <c r="K119" s="44"/>
       <c r="L119" s="7"/>
       <c r="M119" s="7"/>
       <c r="N119" s="7"/>
       <c r="O119" s="39"/>
     </row>
     <row r="120" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B120" s="22"/>
       <c r="C120" s="4" t="s">
         <v>8</v>
       </c>
       <c r="D120" s="7">
         <v>107.2343</v>
       </c>
       <c r="E120" s="44"/>
       <c r="F120" s="7">
-        <v>107.4027</v>
+        <v>107.3857</v>
       </c>
       <c r="G120" s="44"/>
       <c r="H120" s="7">
-        <v>106.7315</v>
+        <v>106.73869999999999</v>
       </c>
       <c r="I120" s="7"/>
-      <c r="J120" s="7"/>
+      <c r="J120" s="68"/>
       <c r="K120" s="44"/>
       <c r="L120" s="7"/>
       <c r="M120" s="7"/>
       <c r="N120" s="7"/>
       <c r="O120" s="39"/>
     </row>
     <row r="121" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B121" s="22"/>
       <c r="C121" s="4" t="s">
         <v>9</v>
       </c>
       <c r="D121" s="7">
         <v>106.3532</v>
       </c>
       <c r="E121" s="44"/>
       <c r="F121" s="7">
-        <v>106.7842</v>
+        <v>106.76730000000001</v>
       </c>
       <c r="G121" s="44"/>
       <c r="H121" s="7">
-        <v>105.5025</v>
+        <v>105.5086</v>
       </c>
       <c r="I121" s="7"/>
-      <c r="J121" s="7">
-        <v>112.2659</v>
+      <c r="J121" s="68">
+        <v>112.27030000000001</v>
       </c>
       <c r="K121" s="44"/>
       <c r="L121" s="7">
-        <v>108.0231</v>
+        <v>107.12649999999999</v>
       </c>
       <c r="M121" s="7"/>
       <c r="N121" s="7"/>
       <c r="O121" s="39"/>
     </row>
     <row r="122" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B122" s="22"/>
       <c r="C122" s="4" t="s">
         <v>10</v>
       </c>
       <c r="D122" s="7">
         <v>106.447</v>
       </c>
       <c r="E122" s="44"/>
       <c r="F122" s="7">
-        <v>107.0115</v>
+        <v>106.99720000000001</v>
       </c>
       <c r="G122" s="44"/>
       <c r="H122" s="7">
-        <v>106.1819</v>
+        <v>106.1947</v>
       </c>
       <c r="I122" s="7"/>
-      <c r="J122" s="7"/>
+      <c r="J122" s="68"/>
       <c r="K122" s="44"/>
       <c r="L122" s="7"/>
       <c r="M122" s="7"/>
       <c r="N122" s="7"/>
       <c r="O122" s="39"/>
     </row>
     <row r="123" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B123" s="22"/>
       <c r="C123" s="4" t="s">
         <v>11</v>
       </c>
       <c r="D123" s="7">
         <v>105.76600000000001</v>
       </c>
       <c r="E123" s="44"/>
       <c r="F123" s="7">
-        <v>106.39879999999999</v>
+        <v>106.393</v>
       </c>
       <c r="G123" s="44"/>
       <c r="H123" s="7">
-        <v>105.3703</v>
+        <v>105.383</v>
       </c>
       <c r="I123" s="7"/>
-      <c r="J123" s="7"/>
+      <c r="J123" s="68"/>
       <c r="K123" s="44"/>
       <c r="L123" s="7"/>
       <c r="M123" s="7"/>
       <c r="N123" s="7"/>
       <c r="O123" s="39"/>
     </row>
     <row r="124" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B124" s="22"/>
       <c r="C124" s="4" t="s">
         <v>12</v>
       </c>
       <c r="D124" s="7">
         <v>104.5925</v>
       </c>
       <c r="E124" s="44"/>
       <c r="F124" s="7">
-        <v>104.97</v>
+        <v>104.9615</v>
       </c>
       <c r="G124" s="44"/>
       <c r="H124" s="7">
-        <v>104.0822</v>
+        <v>104.0954</v>
       </c>
       <c r="I124" s="7"/>
-      <c r="J124" s="7">
-        <v>111.5669</v>
+      <c r="J124" s="68">
+        <v>111.5711</v>
       </c>
       <c r="K124" s="44"/>
       <c r="L124" s="7">
-        <v>108.3365</v>
+        <v>107.4143</v>
       </c>
       <c r="M124" s="7"/>
       <c r="N124" s="7"/>
       <c r="O124" s="39"/>
     </row>
     <row r="125" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B125" s="22"/>
       <c r="C125" s="4" t="s">
         <v>13</v>
       </c>
       <c r="D125" s="7">
         <v>105.25620000000001</v>
       </c>
       <c r="E125" s="44"/>
       <c r="F125" s="7">
-        <v>105.93300000000001</v>
+        <v>105.9183</v>
       </c>
       <c r="G125" s="44"/>
       <c r="H125" s="7">
-        <v>104.8494</v>
+        <v>104.85769999999999</v>
       </c>
       <c r="I125" s="7"/>
-      <c r="J125" s="7"/>
+      <c r="J125" s="68"/>
       <c r="K125" s="44"/>
       <c r="L125" s="7"/>
       <c r="M125" s="7"/>
       <c r="N125" s="7"/>
       <c r="O125" s="39"/>
     </row>
     <row r="126" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B126" s="22"/>
       <c r="C126" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D126" s="7">
         <v>104.94540000000001</v>
       </c>
       <c r="E126" s="44"/>
       <c r="F126" s="7">
-        <v>105.7679</v>
+        <v>105.75060000000001</v>
       </c>
       <c r="G126" s="44"/>
       <c r="H126" s="7">
-        <v>104.6857</v>
+        <v>104.6883</v>
       </c>
       <c r="I126" s="7"/>
-      <c r="J126" s="7"/>
+      <c r="J126" s="68"/>
       <c r="K126" s="44"/>
       <c r="L126" s="7"/>
       <c r="M126" s="7"/>
       <c r="N126" s="7"/>
       <c r="O126" s="39"/>
     </row>
     <row r="127" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B127" s="23"/>
       <c r="C127" s="24" t="s">
         <v>15</v>
       </c>
       <c r="D127" s="8">
         <v>104.7925</v>
       </c>
       <c r="E127" s="45"/>
       <c r="F127" s="8">
-        <v>105.7748</v>
+        <v>105.752</v>
       </c>
       <c r="G127" s="45"/>
       <c r="H127" s="8">
-        <v>104.2663</v>
+        <v>104.2598</v>
       </c>
       <c r="I127" s="8"/>
-      <c r="J127" s="8">
-        <v>111.37390000000001</v>
+      <c r="J127" s="69">
+        <v>111.3886</v>
       </c>
       <c r="K127" s="45"/>
       <c r="L127" s="8">
-        <v>108.01139999999999</v>
+        <v>107.05289999999999</v>
       </c>
       <c r="M127" s="8"/>
       <c r="N127" s="8"/>
       <c r="O127" s="39"/>
     </row>
     <row r="128" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B128" s="25" t="s">
         <v>26</v>
       </c>
       <c r="C128" s="4" t="s">
         <v>4</v>
       </c>
       <c r="D128" s="7">
         <v>105.1271</v>
       </c>
       <c r="E128" s="44"/>
       <c r="F128" s="7">
-        <v>106.2829</v>
+        <v>106.2629</v>
       </c>
       <c r="G128" s="44"/>
       <c r="H128" s="7">
-        <v>104.5771</v>
+        <v>104.5681</v>
       </c>
       <c r="I128" s="7"/>
-      <c r="J128" s="7"/>
+      <c r="J128" s="68"/>
       <c r="K128" s="44"/>
       <c r="L128" s="7"/>
       <c r="M128" s="7"/>
       <c r="N128" s="7"/>
       <c r="O128" s="39"/>
     </row>
     <row r="129" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B129" s="22"/>
       <c r="C129" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D129" s="7">
         <v>105.6001</v>
       </c>
       <c r="E129" s="44"/>
       <c r="F129" s="7">
-        <v>107.18049999999999</v>
+        <v>107.1523</v>
       </c>
       <c r="G129" s="44"/>
       <c r="H129" s="7">
-        <v>105.137</v>
+        <v>105.1263</v>
       </c>
       <c r="I129" s="7"/>
-      <c r="J129" s="7"/>
+      <c r="J129" s="68"/>
       <c r="K129" s="44"/>
       <c r="L129" s="7"/>
       <c r="M129" s="7"/>
       <c r="N129" s="7"/>
       <c r="O129" s="39"/>
     </row>
     <row r="130" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B130" s="22"/>
       <c r="C130" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D130" s="7">
         <v>105.8057</v>
       </c>
       <c r="E130" s="44"/>
       <c r="F130" s="7">
-        <v>107.3068</v>
+        <v>107.2788</v>
       </c>
       <c r="G130" s="44"/>
       <c r="H130" s="7">
-        <v>105.0792</v>
+        <v>105.07089999999999</v>
       </c>
       <c r="I130" s="7"/>
-      <c r="J130" s="7">
-        <v>112.8147</v>
+      <c r="J130" s="68">
+        <v>112.8143</v>
       </c>
       <c r="K130" s="44"/>
       <c r="L130" s="7">
-        <v>108.6909</v>
+        <v>107.75790000000001</v>
       </c>
       <c r="M130" s="7"/>
       <c r="N130" s="7"/>
       <c r="O130" s="39"/>
     </row>
     <row r="131" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B131" s="22"/>
       <c r="C131" s="4" t="s">
         <v>7</v>
       </c>
       <c r="D131" s="7">
         <v>106.4931</v>
       </c>
       <c r="E131" s="44"/>
       <c r="F131" s="7">
-        <v>108.0575</v>
+        <v>108.0273</v>
       </c>
       <c r="G131" s="44"/>
       <c r="H131" s="7">
-        <v>105.7373</v>
+        <v>105.7324</v>
       </c>
       <c r="I131" s="7"/>
-      <c r="J131" s="7"/>
+      <c r="J131" s="68"/>
       <c r="K131" s="44"/>
       <c r="L131" s="7"/>
       <c r="M131" s="7"/>
       <c r="N131" s="7"/>
       <c r="O131" s="39"/>
     </row>
     <row r="132" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B132" s="22"/>
       <c r="C132" s="4" t="s">
         <v>8</v>
       </c>
       <c r="D132" s="7">
         <v>107.71980000000001</v>
       </c>
       <c r="E132" s="44"/>
       <c r="F132" s="7">
-        <v>109.3181</v>
+        <v>109.2991</v>
       </c>
       <c r="G132" s="44"/>
       <c r="H132" s="7">
-        <v>106.72410000000001</v>
+        <v>106.729</v>
       </c>
       <c r="I132" s="7"/>
-      <c r="J132" s="7"/>
+      <c r="J132" s="68"/>
       <c r="K132" s="44"/>
       <c r="L132" s="7"/>
       <c r="M132" s="7"/>
       <c r="N132" s="7"/>
       <c r="O132" s="39"/>
     </row>
     <row r="133" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B133" s="22"/>
       <c r="C133" s="4" t="s">
         <v>9</v>
       </c>
       <c r="D133" s="7">
         <v>108.2282</v>
       </c>
       <c r="E133" s="44"/>
       <c r="F133" s="7">
-        <v>110.11450000000001</v>
+        <v>110.1005</v>
       </c>
       <c r="G133" s="44"/>
       <c r="H133" s="7">
-        <v>106.43389999999999</v>
+        <v>106.44799999999999</v>
       </c>
       <c r="I133" s="7"/>
-      <c r="J133" s="7">
-        <v>114.9503</v>
+      <c r="J133" s="68">
+        <v>114.955</v>
       </c>
       <c r="K133" s="44"/>
       <c r="L133" s="7">
-        <v>109.70950000000001</v>
+        <v>108.7287</v>
       </c>
       <c r="M133" s="7"/>
       <c r="N133" s="7"/>
       <c r="O133" s="39"/>
     </row>
     <row r="134" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B134" s="22"/>
       <c r="C134" s="4" t="s">
         <v>10</v>
       </c>
       <c r="D134" s="7">
         <v>108.4162</v>
       </c>
       <c r="E134" s="44"/>
       <c r="F134" s="7">
-        <v>109.593</v>
+        <v>109.58580000000001</v>
       </c>
       <c r="G134" s="44"/>
       <c r="H134" s="7">
-        <v>106.17659999999999</v>
+        <v>106.19970000000001</v>
       </c>
       <c r="I134" s="7"/>
-      <c r="J134" s="7"/>
+      <c r="J134" s="68"/>
       <c r="K134" s="44"/>
       <c r="L134" s="7"/>
       <c r="M134" s="7"/>
       <c r="N134" s="7"/>
       <c r="O134" s="39"/>
     </row>
     <row r="135" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B135" s="22"/>
       <c r="C135" s="4" t="s">
         <v>11</v>
       </c>
       <c r="D135" s="7">
         <v>107.80410000000001</v>
       </c>
       <c r="E135" s="44"/>
       <c r="F135" s="7">
-        <v>108.97029999999999</v>
+        <v>108.97239999999999</v>
       </c>
       <c r="G135" s="44"/>
       <c r="H135" s="7">
-        <v>105.7303</v>
+        <v>105.76390000000001</v>
       </c>
       <c r="I135" s="7"/>
-      <c r="J135" s="7"/>
+      <c r="J135" s="68"/>
       <c r="K135" s="44"/>
       <c r="L135" s="7"/>
       <c r="M135" s="7"/>
       <c r="N135" s="7"/>
       <c r="O135" s="39"/>
     </row>
     <row r="136" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B136" s="22"/>
       <c r="C136" s="4" t="s">
         <v>12</v>
       </c>
       <c r="D136" s="7">
         <v>106.2032</v>
       </c>
       <c r="E136" s="44"/>
       <c r="F136" s="7">
-        <v>107.0988</v>
+        <v>107.0943</v>
       </c>
       <c r="G136" s="44"/>
       <c r="H136" s="7">
-        <v>103.8034</v>
+        <v>103.8314</v>
       </c>
       <c r="I136" s="7"/>
-      <c r="J136" s="7">
-        <v>114.8308</v>
+      <c r="J136" s="68">
+        <v>114.8386</v>
       </c>
       <c r="K136" s="44"/>
       <c r="L136" s="7">
-        <v>109.3978</v>
+        <v>108.377</v>
       </c>
       <c r="M136" s="7"/>
       <c r="N136" s="7"/>
       <c r="O136" s="39"/>
     </row>
     <row r="137" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B137" s="22"/>
       <c r="C137" s="4" t="s">
         <v>13</v>
       </c>
       <c r="D137" s="7">
         <v>105.925</v>
       </c>
       <c r="E137" s="44"/>
       <c r="F137" s="7">
-        <v>106.82859999999999</v>
+        <v>106.8087</v>
       </c>
       <c r="G137" s="44"/>
       <c r="H137" s="7">
-        <v>103.161</v>
+        <v>103.172</v>
       </c>
       <c r="I137" s="7"/>
-      <c r="J137" s="7"/>
+      <c r="J137" s="68"/>
       <c r="K137" s="44"/>
       <c r="L137" s="7"/>
       <c r="M137" s="7"/>
       <c r="N137" s="7"/>
       <c r="O137" s="39"/>
     </row>
     <row r="138" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B138" s="22"/>
       <c r="C138" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D138" s="7">
         <v>106.6705</v>
       </c>
       <c r="E138" s="44"/>
       <c r="F138" s="7">
-        <v>107.6865</v>
+        <v>107.6656</v>
       </c>
       <c r="G138" s="44"/>
       <c r="H138" s="7">
-        <v>103.8998</v>
+        <v>103.8951</v>
       </c>
       <c r="I138" s="7"/>
-      <c r="J138" s="7"/>
+      <c r="J138" s="68"/>
       <c r="K138" s="44"/>
       <c r="L138" s="7"/>
       <c r="M138" s="7"/>
       <c r="N138" s="7"/>
       <c r="O138" s="39"/>
     </row>
     <row r="139" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B139" s="23"/>
       <c r="C139" s="24" t="s">
         <v>15</v>
       </c>
       <c r="D139" s="8">
         <v>106.8488</v>
       </c>
       <c r="E139" s="45"/>
       <c r="F139" s="8">
-        <v>107.5928</v>
+        <v>107.5652</v>
       </c>
       <c r="G139" s="45"/>
       <c r="H139" s="8">
-        <v>103.98739999999999</v>
+        <v>103.97239999999999</v>
       </c>
       <c r="I139" s="8"/>
-      <c r="J139" s="8">
-        <v>114.2281</v>
+      <c r="J139" s="69">
+        <v>114.2307</v>
       </c>
       <c r="K139" s="45"/>
       <c r="L139" s="8">
-        <v>109.6097</v>
+        <v>108.57210000000001</v>
       </c>
       <c r="M139" s="8"/>
       <c r="N139" s="8"/>
       <c r="O139" s="39"/>
     </row>
     <row r="140" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B140" s="25" t="s">
         <v>27</v>
       </c>
       <c r="C140" s="4" t="s">
         <v>4</v>
       </c>
       <c r="D140" s="7">
         <v>106.343</v>
       </c>
       <c r="E140" s="44"/>
       <c r="F140" s="7">
-        <v>107.1174</v>
+        <v>107.0986</v>
       </c>
       <c r="G140" s="44"/>
       <c r="H140" s="7">
-        <v>103.1383</v>
+        <v>103.11839999999999</v>
       </c>
       <c r="I140" s="7"/>
-      <c r="J140" s="7"/>
+      <c r="J140" s="68"/>
       <c r="K140" s="44"/>
       <c r="L140" s="7"/>
       <c r="M140" s="7"/>
       <c r="N140" s="7"/>
       <c r="O140" s="39"/>
     </row>
     <row r="141" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B141" s="22"/>
       <c r="C141" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D141" s="7">
         <v>106.5919</v>
       </c>
       <c r="E141" s="44"/>
       <c r="F141" s="7">
-        <v>107.3026</v>
+        <v>107.2758</v>
       </c>
       <c r="G141" s="44"/>
       <c r="H141" s="7">
-        <v>102.988</v>
+        <v>102.95529999999999</v>
       </c>
       <c r="I141" s="7"/>
-      <c r="J141" s="7"/>
+      <c r="J141" s="68"/>
       <c r="K141" s="44"/>
       <c r="L141" s="7"/>
       <c r="M141" s="7"/>
       <c r="N141" s="7"/>
       <c r="O141" s="39"/>
     </row>
     <row r="142" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B142" s="22"/>
       <c r="C142" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D142" s="7">
         <v>106.7774</v>
       </c>
       <c r="E142" s="44"/>
       <c r="F142" s="7">
-        <v>107.6816</v>
+        <v>107.65730000000001</v>
       </c>
       <c r="G142" s="44"/>
       <c r="H142" s="7">
-        <v>103.5313</v>
+        <v>103.5056</v>
       </c>
       <c r="I142" s="7"/>
-      <c r="J142" s="7">
-        <v>114.2042</v>
+      <c r="J142" s="68">
+        <v>114.21639999999999</v>
       </c>
       <c r="K142" s="44"/>
       <c r="L142" s="7">
-        <v>109.3867</v>
+        <v>108.306</v>
       </c>
       <c r="M142" s="7"/>
       <c r="N142" s="7"/>
       <c r="O142" s="39"/>
     </row>
     <row r="143" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B143" s="22"/>
       <c r="C143" s="4" t="s">
         <v>7</v>
       </c>
       <c r="D143" s="7">
         <v>106.49679999999999</v>
       </c>
       <c r="E143" s="44"/>
       <c r="F143" s="7">
-        <v>107.5522</v>
+        <v>107.5231</v>
       </c>
       <c r="G143" s="44"/>
       <c r="H143" s="7">
-        <v>103.4849</v>
+        <v>103.4686</v>
       </c>
       <c r="I143" s="7"/>
-      <c r="J143" s="7"/>
+      <c r="J143" s="68"/>
       <c r="K143" s="44"/>
       <c r="L143" s="7"/>
       <c r="M143" s="7"/>
       <c r="N143" s="7"/>
       <c r="O143" s="39"/>
     </row>
     <row r="144" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B144" s="22"/>
       <c r="C144" s="4" t="s">
         <v>8</v>
       </c>
       <c r="D144" s="7">
         <v>107.4408</v>
       </c>
       <c r="E144" s="44"/>
       <c r="F144" s="7">
-        <v>108.431</v>
+        <v>108.4126</v>
       </c>
       <c r="G144" s="44"/>
       <c r="H144" s="7">
-        <v>104.7418</v>
+        <v>104.74979999999999</v>
       </c>
       <c r="I144" s="7"/>
-      <c r="J144" s="7"/>
+      <c r="J144" s="68"/>
       <c r="K144" s="44"/>
       <c r="L144" s="7"/>
       <c r="M144" s="7"/>
       <c r="N144" s="7"/>
       <c r="O144" s="39"/>
     </row>
     <row r="145" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B145" s="22"/>
       <c r="C145" s="4" t="s">
         <v>9</v>
       </c>
       <c r="D145" s="7">
         <v>107.2093</v>
       </c>
       <c r="E145" s="44"/>
       <c r="F145" s="7">
-        <v>107.6837</v>
+        <v>107.6781</v>
       </c>
       <c r="G145" s="44"/>
       <c r="H145" s="7">
-        <v>104.9539</v>
+        <v>104.9931</v>
       </c>
       <c r="I145" s="7"/>
-      <c r="J145" s="7">
-        <v>115.28530000000001</v>
+      <c r="J145" s="68">
+        <v>115.28700000000001</v>
       </c>
       <c r="K145" s="44"/>
       <c r="L145" s="7">
-        <v>109.8882</v>
+        <v>108.803</v>
       </c>
       <c r="M145" s="7"/>
       <c r="N145" s="7"/>
       <c r="O145" s="39"/>
     </row>
     <row r="146" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B146" s="22"/>
       <c r="C146" s="4" t="s">
         <v>10</v>
       </c>
       <c r="D146" s="7">
         <v>107.9079</v>
       </c>
       <c r="E146" s="44"/>
       <c r="F146" s="7">
-        <v>108.12</v>
+        <v>108.12609999999999</v>
       </c>
       <c r="G146" s="44"/>
       <c r="H146" s="7">
-        <v>105.73909999999999</v>
+        <v>105.8124</v>
       </c>
       <c r="I146" s="7"/>
-      <c r="J146" s="7"/>
+      <c r="J146" s="68"/>
       <c r="K146" s="44"/>
       <c r="L146" s="7"/>
       <c r="M146" s="7"/>
       <c r="N146" s="7"/>
       <c r="O146" s="39"/>
     </row>
     <row r="147" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B147" s="22"/>
       <c r="C147" s="4" t="s">
         <v>11</v>
       </c>
       <c r="D147" s="7">
         <v>107.6451</v>
       </c>
       <c r="E147" s="44"/>
       <c r="F147" s="7">
-        <v>108.4062</v>
+        <v>108.4183</v>
       </c>
       <c r="G147" s="44"/>
       <c r="H147" s="7">
-        <v>106.14579999999999</v>
+        <v>106.22839999999999</v>
       </c>
       <c r="I147" s="7"/>
-      <c r="J147" s="7"/>
+      <c r="J147" s="68"/>
       <c r="K147" s="44"/>
       <c r="L147" s="7"/>
       <c r="M147" s="7"/>
       <c r="N147" s="7"/>
       <c r="O147" s="39"/>
     </row>
     <row r="148" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B148" s="22"/>
       <c r="C148" s="4" t="s">
         <v>12</v>
       </c>
       <c r="D148" s="7">
         <v>107.9629</v>
       </c>
       <c r="E148" s="44"/>
       <c r="F148" s="7">
-        <v>109.4153</v>
+        <v>109.41240000000001</v>
       </c>
       <c r="G148" s="44"/>
       <c r="H148" s="7">
-        <v>106.7698</v>
+        <v>106.8377</v>
       </c>
       <c r="I148" s="7"/>
-      <c r="J148" s="7">
-        <v>116.64790000000001</v>
+      <c r="J148" s="68">
+        <v>116.6263</v>
       </c>
       <c r="K148" s="44"/>
       <c r="L148" s="7">
-        <v>112.27460000000001</v>
+        <v>111.14230000000001</v>
       </c>
       <c r="M148" s="7"/>
       <c r="N148" s="7"/>
       <c r="O148" s="39"/>
     </row>
     <row r="149" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B149" s="22"/>
       <c r="C149" s="4" t="s">
         <v>13</v>
       </c>
       <c r="D149" s="7">
         <v>107.9345</v>
       </c>
       <c r="E149" s="44"/>
       <c r="F149" s="7">
-        <v>109.2409</v>
+        <v>109.2152</v>
       </c>
       <c r="G149" s="44"/>
       <c r="H149" s="7">
-        <v>106.45010000000001</v>
+        <v>106.47799999999999</v>
       </c>
       <c r="I149" s="7"/>
-      <c r="J149" s="7"/>
+      <c r="J149" s="68"/>
       <c r="K149" s="44"/>
       <c r="L149" s="7"/>
       <c r="M149" s="7"/>
       <c r="N149" s="7"/>
       <c r="O149" s="39"/>
     </row>
     <row r="150" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B150" s="22"/>
       <c r="C150" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D150" s="7">
         <v>108.4028</v>
       </c>
       <c r="E150" s="44"/>
       <c r="F150" s="7">
-        <v>109.922</v>
+        <v>109.8997</v>
       </c>
       <c r="G150" s="44"/>
       <c r="H150" s="7">
-        <v>106.70350000000001</v>
+        <v>106.6972</v>
       </c>
       <c r="I150" s="7"/>
-      <c r="J150" s="7"/>
+      <c r="J150" s="68"/>
       <c r="K150" s="44"/>
       <c r="L150" s="7"/>
       <c r="M150" s="7"/>
       <c r="N150" s="7"/>
       <c r="O150" s="39"/>
     </row>
     <row r="151" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B151" s="23"/>
       <c r="C151" s="24" t="s">
         <v>15</v>
       </c>
       <c r="D151" s="8">
         <v>108.5461</v>
       </c>
       <c r="E151" s="45"/>
       <c r="F151" s="8">
-        <v>110.8612</v>
+        <v>110.8289</v>
       </c>
       <c r="G151" s="45"/>
       <c r="H151" s="8">
-        <v>107.512</v>
+        <v>107.4919</v>
       </c>
       <c r="I151" s="8"/>
-      <c r="J151" s="8">
-        <v>117.95440000000001</v>
+      <c r="J151" s="69">
+        <v>117.9603</v>
       </c>
       <c r="K151" s="45"/>
       <c r="L151" s="8">
-        <v>114.782</v>
+        <v>113.63849999999999</v>
       </c>
       <c r="M151" s="8"/>
       <c r="N151" s="8"/>
       <c r="O151" s="39"/>
     </row>
     <row r="152" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B152" s="25" t="s">
         <v>28</v>
       </c>
       <c r="C152" s="4" t="s">
         <v>4</v>
       </c>
       <c r="D152" s="7">
         <v>108.7538</v>
       </c>
       <c r="E152" s="44"/>
       <c r="F152" s="7">
-        <v>111.1793</v>
+        <v>111.15819999999999</v>
       </c>
       <c r="G152" s="44"/>
       <c r="H152" s="7">
-        <v>108.5693</v>
+        <v>108.5385</v>
       </c>
       <c r="I152" s="7"/>
-      <c r="J152" s="7"/>
+      <c r="J152" s="68"/>
       <c r="K152" s="44"/>
       <c r="L152" s="7"/>
       <c r="M152" s="7"/>
       <c r="N152" s="7"/>
       <c r="O152" s="39"/>
     </row>
     <row r="153" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B153" s="22"/>
       <c r="C153" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D153" s="7">
         <v>109.33329999999999</v>
       </c>
       <c r="E153" s="44"/>
       <c r="F153" s="7">
-        <v>111.16670000000001</v>
+        <v>111.14019999999999</v>
       </c>
       <c r="G153" s="44"/>
       <c r="H153" s="7">
-        <v>108.8426</v>
+        <v>108.79510000000001</v>
       </c>
       <c r="I153" s="7"/>
-      <c r="J153" s="7"/>
+      <c r="J153" s="68"/>
       <c r="K153" s="44"/>
       <c r="L153" s="7"/>
       <c r="M153" s="7"/>
       <c r="N153" s="7"/>
       <c r="O153" s="39"/>
     </row>
     <row r="154" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B154" s="22"/>
       <c r="C154" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D154" s="7">
         <v>110.49079999999999</v>
       </c>
       <c r="E154" s="44"/>
       <c r="F154" s="7">
-        <v>112.2543</v>
+        <v>112.2296</v>
       </c>
       <c r="G154" s="44"/>
       <c r="H154" s="7">
-        <v>109.9791</v>
+        <v>109.94329999999999</v>
       </c>
       <c r="I154" s="7"/>
-      <c r="J154" s="7">
-        <v>119.52419999999999</v>
+      <c r="J154" s="68">
+        <v>119.5294</v>
       </c>
       <c r="K154" s="44"/>
       <c r="L154" s="7">
-        <v>114.64830000000001</v>
+        <v>113.40730000000001</v>
       </c>
       <c r="M154" s="7"/>
       <c r="N154" s="7"/>
       <c r="O154" s="39"/>
     </row>
     <row r="155" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B155" s="22"/>
       <c r="C155" s="4" t="s">
         <v>7</v>
       </c>
       <c r="D155" s="7">
         <v>110.8164</v>
       </c>
       <c r="E155" s="44"/>
       <c r="F155" s="7">
-        <v>112.86879999999999</v>
+        <v>112.8447</v>
       </c>
       <c r="G155" s="44"/>
       <c r="H155" s="7">
-        <v>110.2663</v>
+        <v>110.25239999999999</v>
       </c>
       <c r="I155" s="7"/>
-      <c r="J155" s="7"/>
+      <c r="J155" s="68"/>
       <c r="K155" s="44"/>
       <c r="L155" s="7"/>
       <c r="M155" s="7"/>
       <c r="N155" s="7"/>
       <c r="O155" s="39"/>
     </row>
     <row r="156" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B156" s="22"/>
       <c r="C156" s="4" t="s">
         <v>8</v>
       </c>
       <c r="D156" s="7">
         <v>110.63039999999999</v>
       </c>
       <c r="E156" s="44"/>
       <c r="F156" s="7">
-        <v>113.065</v>
+        <v>113.0472</v>
       </c>
       <c r="G156" s="44"/>
       <c r="H156" s="7">
-        <v>110.6301</v>
+        <v>110.63460000000001</v>
       </c>
       <c r="I156" s="7"/>
-      <c r="J156" s="7"/>
+      <c r="J156" s="68"/>
       <c r="K156" s="44"/>
       <c r="L156" s="7"/>
       <c r="M156" s="7"/>
       <c r="N156" s="7"/>
       <c r="O156" s="39"/>
     </row>
     <row r="157" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B157" s="22"/>
       <c r="C157" s="4" t="s">
         <v>9</v>
       </c>
       <c r="D157" s="7">
         <v>110.4966</v>
       </c>
       <c r="E157" s="44"/>
       <c r="F157" s="7">
-        <v>113.3824</v>
+        <v>113.3742</v>
       </c>
       <c r="G157" s="44"/>
       <c r="H157" s="7">
-        <v>111.43510000000001</v>
+        <v>111.47790000000001</v>
       </c>
       <c r="I157" s="7"/>
-      <c r="J157" s="7">
-        <v>121.0102</v>
+      <c r="J157" s="68">
+        <v>121.01309999999999</v>
       </c>
       <c r="K157" s="44"/>
       <c r="L157" s="7">
-        <v>114.7634</v>
+        <v>113.46559999999999</v>
       </c>
       <c r="M157" s="7"/>
       <c r="N157" s="7"/>
       <c r="O157" s="39"/>
     </row>
     <row r="158" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B158" s="22"/>
       <c r="C158" s="4" t="s">
         <v>10</v>
       </c>
       <c r="D158" s="7">
         <v>110.67489999999999</v>
       </c>
       <c r="E158" s="44"/>
       <c r="F158" s="7">
-        <v>113.9472</v>
+        <v>113.9496</v>
       </c>
       <c r="G158" s="44"/>
       <c r="H158" s="7">
-        <v>111.5598</v>
+        <v>111.6431</v>
       </c>
       <c r="I158" s="7"/>
-      <c r="J158" s="7"/>
+      <c r="J158" s="68"/>
       <c r="K158" s="44"/>
       <c r="L158" s="7"/>
       <c r="M158" s="7"/>
       <c r="N158" s="7"/>
       <c r="O158" s="39"/>
     </row>
     <row r="159" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B159" s="22"/>
       <c r="C159" s="4" t="s">
         <v>11</v>
       </c>
       <c r="D159" s="7">
         <v>110.32510000000001</v>
       </c>
       <c r="E159" s="44"/>
       <c r="F159" s="7">
-        <v>113.4864</v>
+        <v>113.5021</v>
       </c>
       <c r="G159" s="44"/>
       <c r="H159" s="7">
-        <v>110.7123</v>
+        <v>110.8066</v>
       </c>
       <c r="I159" s="7"/>
-      <c r="J159" s="7"/>
+      <c r="J159" s="68"/>
       <c r="K159" s="44"/>
       <c r="L159" s="7"/>
       <c r="M159" s="7"/>
       <c r="N159" s="7"/>
       <c r="O159" s="39"/>
     </row>
     <row r="160" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B160" s="22"/>
       <c r="C160" s="4" t="s">
         <v>12</v>
       </c>
       <c r="D160" s="7">
         <v>111.0312</v>
       </c>
       <c r="E160" s="44"/>
       <c r="F160" s="7">
-        <v>114.26309999999999</v>
+        <v>114.2586</v>
       </c>
       <c r="G160" s="44"/>
       <c r="H160" s="7">
-        <v>111.5497</v>
+        <v>111.62569999999999</v>
       </c>
       <c r="I160" s="7"/>
-      <c r="J160" s="7">
-        <v>123.0898</v>
+      <c r="J160" s="68">
+        <v>123.0767</v>
       </c>
       <c r="K160" s="44"/>
       <c r="L160" s="7">
-        <v>116.8236</v>
+        <v>115.5902</v>
       </c>
       <c r="M160" s="7"/>
       <c r="N160" s="7"/>
       <c r="O160" s="39"/>
     </row>
     <row r="161" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B161" s="22"/>
       <c r="C161" s="4" t="s">
         <v>13</v>
       </c>
       <c r="D161" s="7">
         <v>109.7448</v>
       </c>
       <c r="E161" s="44"/>
       <c r="F161" s="7">
-        <v>112.6704</v>
+        <v>112.6418</v>
       </c>
       <c r="G161" s="44"/>
       <c r="H161" s="7">
-        <v>109.76819999999999</v>
+        <v>109.7937</v>
       </c>
       <c r="I161" s="7"/>
-      <c r="J161" s="7"/>
+      <c r="J161" s="68"/>
       <c r="K161" s="44"/>
       <c r="L161" s="7"/>
       <c r="M161" s="7"/>
       <c r="N161" s="7"/>
       <c r="O161" s="39"/>
     </row>
     <row r="162" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B162" s="22"/>
       <c r="C162" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D162" s="7">
         <v>109.9971</v>
       </c>
       <c r="E162" s="44"/>
       <c r="F162" s="7">
-        <v>113.04989999999999</v>
+        <v>113.02679999999999</v>
       </c>
       <c r="G162" s="44"/>
       <c r="H162" s="7">
-        <v>109.4271</v>
+        <v>109.41540000000001</v>
       </c>
       <c r="I162" s="7"/>
-      <c r="J162" s="7"/>
+      <c r="J162" s="68"/>
       <c r="K162" s="44"/>
       <c r="L162" s="7"/>
       <c r="M162" s="7"/>
       <c r="N162" s="7"/>
       <c r="O162" s="39"/>
     </row>
     <row r="163" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B163" s="23"/>
       <c r="C163" s="24" t="s">
         <v>15</v>
       </c>
       <c r="D163" s="8">
         <v>110.74339999999999</v>
       </c>
       <c r="E163" s="45"/>
       <c r="F163" s="8">
-        <v>113.5967</v>
+        <v>113.5637</v>
       </c>
       <c r="G163" s="45"/>
       <c r="H163" s="8">
-        <v>109.57259999999999</v>
+        <v>109.5462</v>
       </c>
       <c r="I163" s="8"/>
-      <c r="J163" s="8">
-        <v>122.18389999999999</v>
+      <c r="J163" s="69">
+        <v>122.1914</v>
       </c>
       <c r="K163" s="45"/>
       <c r="L163" s="8">
-        <v>111.2003</v>
+        <v>110.017</v>
       </c>
       <c r="M163" s="8"/>
       <c r="N163" s="8"/>
       <c r="O163" s="39"/>
     </row>
     <row r="164" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B164" s="25" t="s">
         <v>29</v>
       </c>
       <c r="C164" s="4" t="s">
         <v>4</v>
       </c>
       <c r="D164" s="7">
         <v>108.9248</v>
       </c>
       <c r="E164" s="44"/>
       <c r="F164" s="7">
-        <v>112.7201</v>
+        <v>112.6965</v>
       </c>
       <c r="G164" s="44"/>
       <c r="H164" s="7">
-        <v>108.0347</v>
+        <v>108.0027</v>
       </c>
       <c r="I164" s="7"/>
-      <c r="J164" s="7"/>
+      <c r="J164" s="68"/>
       <c r="K164" s="44"/>
       <c r="L164" s="7"/>
       <c r="M164" s="7"/>
       <c r="N164" s="7"/>
       <c r="O164" s="39"/>
     </row>
     <row r="165" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B165" s="22"/>
       <c r="C165" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D165" s="7">
         <v>107.8792</v>
       </c>
       <c r="E165" s="44"/>
       <c r="F165" s="7">
-        <v>111.7985</v>
+        <v>111.776</v>
       </c>
       <c r="G165" s="44"/>
       <c r="H165" s="7">
-        <v>106.9349</v>
+        <v>106.8985</v>
       </c>
       <c r="I165" s="7"/>
-      <c r="J165" s="7"/>
+      <c r="J165" s="68"/>
       <c r="K165" s="44"/>
       <c r="L165" s="7"/>
       <c r="M165" s="7"/>
       <c r="N165" s="7"/>
       <c r="O165" s="39"/>
     </row>
     <row r="166" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B166" s="22"/>
       <c r="C166" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D166" s="7">
         <v>108.4499</v>
       </c>
       <c r="E166" s="44"/>
       <c r="F166" s="7">
-        <v>112.2467</v>
+        <v>112.22499999999999</v>
       </c>
       <c r="G166" s="44"/>
       <c r="H166" s="7">
-        <v>106.1221</v>
+        <v>106.0967</v>
       </c>
       <c r="I166" s="7"/>
-      <c r="J166" s="7">
-        <v>121.15430000000001</v>
+      <c r="J166" s="68">
+        <v>121.1438</v>
       </c>
       <c r="K166" s="44"/>
       <c r="L166" s="7">
-        <v>115.05119999999999</v>
+        <v>113.8682</v>
       </c>
       <c r="M166" s="7"/>
       <c r="N166" s="7"/>
       <c r="O166" s="39"/>
     </row>
     <row r="167" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B167" s="22"/>
       <c r="C167" s="4" t="s">
         <v>7</v>
       </c>
       <c r="D167" s="7">
         <v>108.3451</v>
       </c>
       <c r="E167" s="44"/>
       <c r="F167" s="7">
-        <v>112.7848</v>
+        <v>112.7651</v>
       </c>
       <c r="G167" s="44"/>
       <c r="H167" s="7">
-        <v>106.9218</v>
+        <v>106.9213</v>
       </c>
       <c r="I167" s="7"/>
-      <c r="J167" s="7"/>
+      <c r="J167" s="68"/>
       <c r="K167" s="44"/>
       <c r="L167" s="7"/>
       <c r="M167" s="7"/>
       <c r="N167" s="7"/>
       <c r="O167" s="39"/>
     </row>
     <row r="168" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B168" s="22"/>
       <c r="C168" s="4" t="s">
         <v>8</v>
       </c>
       <c r="D168" s="7">
         <v>109.4126</v>
       </c>
       <c r="E168" s="44"/>
       <c r="F168" s="7">
-        <v>113.5483</v>
+        <v>113.5329</v>
       </c>
       <c r="G168" s="44"/>
       <c r="H168" s="7">
-        <v>109.05549999999999</v>
+        <v>109.0693</v>
       </c>
       <c r="I168" s="7"/>
-      <c r="J168" s="7"/>
+      <c r="J168" s="68"/>
       <c r="K168" s="44"/>
       <c r="L168" s="7"/>
       <c r="M168" s="7"/>
       <c r="N168" s="7"/>
       <c r="O168" s="39"/>
     </row>
     <row r="169" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B169" s="22"/>
       <c r="C169" s="4" t="s">
         <v>9</v>
       </c>
       <c r="D169" s="7">
         <v>110.7092</v>
       </c>
       <c r="E169" s="44"/>
       <c r="F169" s="7">
-        <v>115.0847</v>
+        <v>115.0716</v>
       </c>
       <c r="G169" s="44"/>
       <c r="H169" s="7">
-        <v>110.7436</v>
+        <v>110.7803</v>
       </c>
       <c r="I169" s="7"/>
-      <c r="J169" s="7">
-        <v>123.0361</v>
+      <c r="J169" s="68">
+        <v>123.0308</v>
       </c>
       <c r="K169" s="44"/>
       <c r="L169" s="7">
-        <v>116.2029</v>
+        <v>114.9881</v>
       </c>
       <c r="M169" s="7"/>
       <c r="N169" s="7"/>
       <c r="O169" s="39"/>
     </row>
     <row r="170" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B170" s="22"/>
       <c r="C170" s="4" t="s">
         <v>10</v>
       </c>
       <c r="D170" s="7">
         <v>110.0157</v>
       </c>
       <c r="E170" s="44"/>
       <c r="F170" s="7">
-        <v>114.3633</v>
+        <v>114.3583</v>
       </c>
       <c r="G170" s="44"/>
       <c r="H170" s="7">
-        <v>110.6662</v>
+        <v>110.7367</v>
       </c>
       <c r="I170" s="7"/>
-      <c r="J170" s="7"/>
+      <c r="J170" s="68"/>
       <c r="K170" s="44"/>
       <c r="L170" s="7"/>
       <c r="M170" s="7"/>
       <c r="N170" s="7"/>
       <c r="O170" s="39"/>
     </row>
     <row r="171" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B171" s="22"/>
       <c r="C171" s="4" t="s">
         <v>11</v>
       </c>
       <c r="D171" s="7">
         <v>110.0371</v>
       </c>
       <c r="E171" s="44"/>
       <c r="F171" s="7">
-        <v>114.20569999999999</v>
+        <v>114.2221</v>
       </c>
       <c r="G171" s="44"/>
       <c r="H171" s="7">
-        <v>111.2086</v>
+        <v>111.2867</v>
       </c>
       <c r="I171" s="7"/>
-      <c r="J171" s="7"/>
+      <c r="J171" s="68"/>
       <c r="K171" s="44"/>
       <c r="L171" s="7"/>
       <c r="M171" s="7"/>
       <c r="N171" s="7"/>
       <c r="O171" s="39"/>
     </row>
     <row r="172" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B172" s="22"/>
       <c r="C172" s="4" t="s">
         <v>12</v>
       </c>
       <c r="D172" s="7">
         <v>110.75530000000001</v>
       </c>
       <c r="E172" s="44"/>
       <c r="F172" s="7">
-        <v>114.4421</v>
+        <v>114.43559999999999</v>
       </c>
       <c r="G172" s="44"/>
       <c r="H172" s="7">
-        <v>111.4481</v>
+        <v>111.50539999999999</v>
       </c>
       <c r="I172" s="7"/>
-      <c r="J172" s="7">
-        <v>123.3717</v>
+      <c r="J172" s="68">
+        <v>123.3674</v>
       </c>
       <c r="K172" s="44"/>
       <c r="L172" s="7">
-        <v>115.3287</v>
+        <v>114.3948</v>
       </c>
       <c r="M172" s="7"/>
       <c r="N172" s="7"/>
       <c r="O172" s="39"/>
     </row>
     <row r="173" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B173" s="22"/>
       <c r="C173" s="4" t="s">
         <v>13</v>
       </c>
       <c r="D173" s="7">
         <v>112.0917</v>
       </c>
       <c r="E173" s="44"/>
       <c r="F173" s="7">
-        <v>115.6592</v>
+        <v>115.62949999999999</v>
       </c>
       <c r="G173" s="44"/>
       <c r="H173" s="7">
-        <v>112.5591</v>
+        <v>112.5698</v>
       </c>
       <c r="I173" s="7"/>
-      <c r="J173" s="7"/>
+      <c r="J173" s="68"/>
       <c r="K173" s="44"/>
       <c r="L173" s="7"/>
       <c r="M173" s="7"/>
       <c r="N173" s="7"/>
       <c r="O173" s="39"/>
     </row>
     <row r="174" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B174" s="22"/>
       <c r="C174" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D174" s="7">
         <v>111.31399999999999</v>
       </c>
       <c r="E174" s="44"/>
       <c r="F174" s="7">
-        <v>114.9485</v>
+        <v>114.925</v>
       </c>
       <c r="G174" s="44"/>
       <c r="H174" s="7">
-        <v>111.7513</v>
+        <v>111.73439999999999</v>
       </c>
       <c r="I174" s="7"/>
-      <c r="J174" s="7"/>
+      <c r="J174" s="68"/>
       <c r="K174" s="44"/>
       <c r="L174" s="7"/>
       <c r="M174" s="7"/>
       <c r="N174" s="7"/>
       <c r="O174" s="39"/>
     </row>
     <row r="175" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B175" s="23"/>
       <c r="C175" s="24" t="s">
         <v>15</v>
       </c>
       <c r="D175" s="8">
         <v>111</v>
       </c>
       <c r="E175" s="45"/>
       <c r="F175" s="8">
-        <v>114.0082</v>
+        <v>113.9786</v>
       </c>
       <c r="G175" s="45"/>
       <c r="H175" s="8">
-        <v>111.34439999999999</v>
+        <v>111.3177</v>
       </c>
       <c r="I175" s="8"/>
-      <c r="J175" s="8">
-        <v>124.2161</v>
+      <c r="J175" s="69">
+        <v>124.2176</v>
       </c>
       <c r="K175" s="45"/>
       <c r="L175" s="8">
-        <v>115.85420000000001</v>
+        <v>114.7694</v>
       </c>
       <c r="M175" s="8"/>
       <c r="N175" s="8"/>
       <c r="O175" s="39"/>
     </row>
     <row r="176" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B176" s="25" t="s">
         <v>30</v>
       </c>
       <c r="C176" s="4" t="s">
         <v>4</v>
       </c>
       <c r="D176" s="7">
         <v>110.0025</v>
       </c>
       <c r="E176" s="44"/>
       <c r="F176" s="7">
-        <v>113.16079999999999</v>
+        <v>113.1358</v>
       </c>
       <c r="G176" s="44"/>
       <c r="H176" s="7">
-        <v>110.8908</v>
+        <v>110.8712</v>
       </c>
       <c r="I176" s="7"/>
-      <c r="J176" s="7"/>
+      <c r="J176" s="68"/>
       <c r="K176" s="44"/>
       <c r="L176" s="7"/>
       <c r="M176" s="7"/>
       <c r="N176" s="7"/>
       <c r="O176" s="39"/>
     </row>
     <row r="177" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B177" s="22"/>
       <c r="C177" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D177" s="7">
         <v>108.82259999999999</v>
       </c>
       <c r="E177" s="44"/>
       <c r="F177" s="7">
-        <v>111.7912</v>
+        <v>111.7739</v>
       </c>
       <c r="G177" s="44"/>
       <c r="H177" s="7">
-        <v>108.8079</v>
+        <v>108.79259999999999</v>
       </c>
       <c r="I177" s="7"/>
-      <c r="J177" s="7"/>
+      <c r="J177" s="68"/>
       <c r="K177" s="44"/>
       <c r="L177" s="7"/>
       <c r="M177" s="7"/>
       <c r="N177" s="7"/>
       <c r="O177" s="39"/>
     </row>
     <row r="178" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B178" s="22"/>
       <c r="C178" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D178" s="7">
         <v>108.89319999999999</v>
       </c>
       <c r="E178" s="44"/>
       <c r="F178" s="7">
-        <v>111.6953</v>
+        <v>111.6764</v>
       </c>
       <c r="G178" s="44"/>
       <c r="H178" s="7">
-        <v>109.3104</v>
+        <v>109.3128</v>
       </c>
       <c r="I178" s="7"/>
-      <c r="J178" s="7">
-        <v>121.2364</v>
+      <c r="J178" s="68">
+        <v>121.2303</v>
       </c>
       <c r="K178" s="44"/>
       <c r="L178" s="7">
-        <v>116.3253</v>
+        <v>115.0073</v>
       </c>
       <c r="M178" s="7"/>
       <c r="N178" s="7"/>
       <c r="O178" s="39"/>
     </row>
     <row r="179" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B179" s="22"/>
       <c r="C179" s="4" t="s">
         <v>7</v>
       </c>
       <c r="D179" s="7">
         <v>108.2681</v>
       </c>
       <c r="E179" s="44"/>
       <c r="F179" s="7">
-        <v>110.93729999999999</v>
+        <v>110.9224</v>
       </c>
       <c r="G179" s="44"/>
       <c r="H179" s="7">
-        <v>108.73739999999999</v>
+        <v>108.7689</v>
       </c>
       <c r="I179" s="7"/>
-      <c r="J179" s="7"/>
+      <c r="J179" s="68"/>
       <c r="K179" s="44"/>
       <c r="L179" s="7"/>
       <c r="M179" s="7"/>
       <c r="N179" s="7"/>
       <c r="O179" s="39"/>
     </row>
     <row r="180" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B180" s="22"/>
       <c r="C180" s="4" t="s">
         <v>8</v>
       </c>
       <c r="D180" s="7">
         <v>107.07089999999999</v>
       </c>
       <c r="E180" s="44"/>
       <c r="F180" s="7">
-        <v>109.6255</v>
+        <v>109.613</v>
       </c>
       <c r="G180" s="44"/>
       <c r="H180" s="7">
-        <v>107.2246</v>
+        <v>107.2634</v>
       </c>
       <c r="I180" s="7"/>
-      <c r="J180" s="7"/>
+      <c r="J180" s="68"/>
       <c r="K180" s="44"/>
       <c r="L180" s="7"/>
       <c r="M180" s="7"/>
       <c r="N180" s="7"/>
       <c r="O180" s="39"/>
     </row>
     <row r="181" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B181" s="22"/>
       <c r="C181" s="4" t="s">
         <v>9</v>
       </c>
       <c r="D181" s="7">
         <v>106.979</v>
       </c>
       <c r="E181" s="44"/>
       <c r="F181" s="7">
-        <v>109.6562</v>
+        <v>109.63679999999999</v>
       </c>
       <c r="G181" s="44"/>
       <c r="H181" s="7">
-        <v>107.3365</v>
+        <v>107.3845</v>
       </c>
       <c r="I181" s="7"/>
-      <c r="J181" s="7">
-        <v>119.32599999999999</v>
+      <c r="J181" s="68">
+        <v>119.3241</v>
       </c>
       <c r="K181" s="44"/>
       <c r="L181" s="7">
-        <v>113.4319</v>
+        <v>112.02679999999999</v>
       </c>
       <c r="M181" s="7"/>
       <c r="N181" s="7"/>
       <c r="O181" s="39"/>
     </row>
     <row r="182" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B182" s="22"/>
       <c r="C182" s="4" t="s">
         <v>10</v>
       </c>
       <c r="D182" s="7">
         <v>107.8907</v>
       </c>
       <c r="E182" s="44"/>
       <c r="F182" s="7">
-        <v>110.7111</v>
+        <v>110.69629999999999</v>
       </c>
       <c r="G182" s="44"/>
       <c r="H182" s="7">
-        <v>107.8862</v>
+        <v>107.94280000000001</v>
       </c>
       <c r="I182" s="7"/>
-      <c r="J182" s="7"/>
+      <c r="J182" s="68"/>
       <c r="K182" s="44"/>
       <c r="L182" s="7"/>
       <c r="M182" s="7"/>
       <c r="N182" s="7"/>
       <c r="O182" s="39"/>
     </row>
     <row r="183" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B183" s="22"/>
       <c r="C183" s="4" t="s">
         <v>11</v>
       </c>
       <c r="D183" s="7">
         <v>107.2766</v>
       </c>
       <c r="E183" s="44"/>
       <c r="F183" s="7">
-        <v>109.8181</v>
+        <v>109.8309</v>
       </c>
       <c r="G183" s="44"/>
       <c r="H183" s="7">
-        <v>107.57559999999999</v>
+        <v>107.6352</v>
       </c>
       <c r="I183" s="7"/>
-      <c r="J183" s="7"/>
+      <c r="J183" s="68"/>
       <c r="K183" s="44"/>
       <c r="L183" s="7"/>
       <c r="M183" s="7"/>
       <c r="N183" s="7"/>
       <c r="O183" s="39"/>
     </row>
     <row r="184" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B184" s="22"/>
       <c r="C184" s="4" t="s">
         <v>12</v>
       </c>
       <c r="D184" s="7">
         <v>106.8779</v>
       </c>
       <c r="E184" s="44"/>
       <c r="F184" s="7">
-        <v>109.38</v>
+        <v>109.371</v>
       </c>
       <c r="G184" s="44"/>
       <c r="H184" s="7">
-        <v>107.3873</v>
+        <v>107.431</v>
       </c>
       <c r="I184" s="7"/>
-      <c r="J184" s="7">
-        <v>118.8112</v>
+      <c r="J184" s="68">
+        <v>118.8075</v>
       </c>
       <c r="K184" s="44"/>
       <c r="L184" s="7">
-        <v>111.8122</v>
+        <v>110.9434</v>
       </c>
       <c r="M184" s="7"/>
       <c r="N184" s="7"/>
       <c r="O184" s="39"/>
     </row>
     <row r="185" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B185" s="22"/>
       <c r="C185" s="4" t="s">
         <v>13</v>
       </c>
       <c r="D185" s="7">
         <v>107.60169999999999</v>
       </c>
       <c r="E185" s="44"/>
       <c r="F185" s="7">
-        <v>109.76049999999999</v>
+        <v>109.73220000000001</v>
       </c>
       <c r="G185" s="44"/>
       <c r="H185" s="7">
-        <v>108.1234</v>
+        <v>108.1314</v>
       </c>
       <c r="I185" s="7"/>
-      <c r="J185" s="7"/>
+      <c r="J185" s="68"/>
       <c r="K185" s="44"/>
       <c r="L185" s="7"/>
       <c r="M185" s="7"/>
       <c r="N185" s="7"/>
       <c r="O185" s="39"/>
     </row>
     <row r="186" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B186" s="22"/>
       <c r="C186" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D186" s="7">
         <v>106.39</v>
       </c>
       <c r="E186" s="44"/>
       <c r="F186" s="7">
-        <v>108.434</v>
+        <v>108.41030000000001</v>
       </c>
       <c r="G186" s="44"/>
       <c r="H186" s="7">
-        <v>106.5802</v>
+        <v>106.5748</v>
       </c>
       <c r="I186" s="7"/>
-      <c r="J186" s="7"/>
+      <c r="J186" s="68"/>
       <c r="K186" s="44"/>
       <c r="L186" s="7"/>
       <c r="M186" s="7"/>
       <c r="N186" s="7"/>
       <c r="O186" s="39"/>
     </row>
     <row r="187" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B187" s="23"/>
       <c r="C187" s="24" t="s">
         <v>15</v>
       </c>
       <c r="D187" s="8">
         <v>105.4011</v>
       </c>
       <c r="E187" s="45"/>
       <c r="F187" s="8">
-        <v>107.2454</v>
+        <v>107.22239999999999</v>
       </c>
       <c r="G187" s="45"/>
       <c r="H187" s="8">
-        <v>106.0226</v>
+        <v>106.00409999999999</v>
       </c>
       <c r="I187" s="8"/>
-      <c r="J187" s="8">
-        <v>117.4995</v>
+      <c r="J187" s="69">
+        <v>117.50190000000001</v>
       </c>
       <c r="K187" s="45"/>
       <c r="L187" s="8">
-        <v>113.21769999999999</v>
+        <v>112.0368</v>
       </c>
       <c r="M187" s="8"/>
       <c r="N187" s="8"/>
       <c r="O187" s="39"/>
     </row>
     <row r="188" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B188" s="25" t="s">
         <v>31</v>
       </c>
       <c r="C188" s="4" t="s">
         <v>4</v>
       </c>
       <c r="D188" s="7">
         <v>105.20269999999999</v>
       </c>
       <c r="E188" s="44"/>
       <c r="F188" s="7">
-        <v>107.0795</v>
+        <v>107.0562</v>
       </c>
       <c r="G188" s="44"/>
       <c r="H188" s="7">
-        <v>105.3734</v>
+        <v>105.3741</v>
       </c>
       <c r="I188" s="7"/>
-      <c r="J188" s="7"/>
+      <c r="J188" s="68"/>
       <c r="K188" s="44"/>
       <c r="L188" s="7"/>
       <c r="M188" s="7"/>
       <c r="N188" s="7"/>
       <c r="O188" s="39"/>
     </row>
     <row r="189" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B189" s="22"/>
       <c r="C189" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D189" s="7">
         <v>105.4601</v>
       </c>
       <c r="E189" s="44"/>
       <c r="F189" s="7">
-        <v>107.41630000000001</v>
+        <v>107.4033</v>
       </c>
       <c r="G189" s="44"/>
       <c r="H189" s="7">
-        <v>106.423</v>
+        <v>106.4423</v>
       </c>
       <c r="I189" s="7"/>
-      <c r="J189" s="7"/>
+      <c r="J189" s="68"/>
       <c r="K189" s="44"/>
       <c r="L189" s="7"/>
       <c r="M189" s="7"/>
       <c r="N189" s="7"/>
       <c r="O189" s="39"/>
     </row>
     <row r="190" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B190" s="22"/>
       <c r="C190" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D190" s="7">
         <v>106.4027</v>
       </c>
       <c r="E190" s="44"/>
       <c r="F190" s="7">
-        <v>108.426</v>
+        <v>108.4118</v>
       </c>
       <c r="G190" s="44"/>
       <c r="H190" s="7">
-        <v>107.6272</v>
+        <v>107.65779999999999</v>
       </c>
       <c r="I190" s="7"/>
-      <c r="J190" s="7">
-        <v>116.48269999999999</v>
+      <c r="J190" s="68">
+        <v>116.4943</v>
       </c>
       <c r="K190" s="44"/>
       <c r="L190" s="7">
-        <v>112.6142</v>
+        <v>111.2109</v>
       </c>
       <c r="M190" s="7"/>
       <c r="N190" s="7"/>
       <c r="O190" s="39"/>
     </row>
     <row r="191" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B191" s="22"/>
       <c r="C191" s="4" t="s">
         <v>7</v>
       </c>
       <c r="D191" s="7">
         <v>107.31659999999999</v>
       </c>
       <c r="E191" s="44"/>
       <c r="F191" s="7">
-        <v>108.9877</v>
+        <v>108.9739</v>
       </c>
       <c r="G191" s="44"/>
       <c r="H191" s="7">
-        <v>108.4318</v>
+        <v>108.4781</v>
       </c>
       <c r="I191" s="7"/>
-      <c r="J191" s="7"/>
+      <c r="J191" s="68"/>
       <c r="K191" s="44"/>
       <c r="L191" s="7"/>
       <c r="M191" s="7"/>
       <c r="N191" s="7"/>
       <c r="O191" s="39"/>
     </row>
     <row r="192" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B192" s="22"/>
       <c r="C192" s="4" t="s">
         <v>18</v>
       </c>
       <c r="D192" s="7">
         <v>106.45180000000001</v>
       </c>
       <c r="E192" s="44"/>
       <c r="F192" s="7">
-        <v>108.01600000000001</v>
+        <v>108.0018</v>
       </c>
       <c r="G192" s="44"/>
       <c r="H192" s="7">
-        <v>108.28100000000001</v>
+        <v>108.32940000000001</v>
       </c>
       <c r="I192" s="7"/>
-      <c r="J192" s="7"/>
+      <c r="J192" s="68"/>
       <c r="K192" s="44"/>
       <c r="L192" s="7"/>
       <c r="M192" s="7"/>
       <c r="N192" s="7"/>
       <c r="O192" s="39"/>
     </row>
     <row r="193" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B193" s="22"/>
       <c r="C193" s="4" t="s">
         <v>9</v>
       </c>
       <c r="D193" s="7">
         <v>106.4838</v>
       </c>
       <c r="E193" s="44"/>
       <c r="F193" s="7">
-        <v>107.81</v>
+        <v>107.79049999999999</v>
       </c>
       <c r="G193" s="44"/>
       <c r="H193" s="7">
-        <v>107.6904</v>
+        <v>107.7298</v>
       </c>
       <c r="I193" s="7"/>
-      <c r="J193" s="7">
-        <v>117.0994</v>
+      <c r="J193" s="68">
+        <v>117.0993</v>
       </c>
       <c r="K193" s="44"/>
       <c r="L193" s="7">
-        <v>108.7213</v>
+        <v>107.23560000000001</v>
       </c>
       <c r="M193" s="7"/>
       <c r="N193" s="7"/>
       <c r="O193" s="39"/>
     </row>
     <row r="194" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B194" s="22"/>
       <c r="C194" s="4" t="s">
         <v>10</v>
       </c>
       <c r="D194" s="7">
         <v>105.7792</v>
       </c>
       <c r="E194" s="44"/>
       <c r="F194" s="7">
-        <v>107.02809999999999</v>
+        <v>107.0089</v>
       </c>
       <c r="G194" s="44"/>
       <c r="H194" s="7">
-        <v>106.7886</v>
+        <v>106.8124</v>
       </c>
       <c r="I194" s="7"/>
-      <c r="J194" s="7"/>
+      <c r="J194" s="68"/>
       <c r="K194" s="44"/>
       <c r="L194" s="7"/>
       <c r="M194" s="7"/>
       <c r="N194" s="7"/>
       <c r="O194" s="39"/>
     </row>
     <row r="195" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B195" s="22"/>
       <c r="C195" s="4" t="s">
         <v>11</v>
       </c>
       <c r="D195" s="7">
         <v>105.60680000000001</v>
       </c>
       <c r="E195" s="44"/>
       <c r="F195" s="7">
-        <v>106.7847</v>
+        <v>106.7924</v>
       </c>
       <c r="G195" s="44"/>
       <c r="H195" s="7">
-        <v>107.0309</v>
+        <v>107.0573</v>
       </c>
       <c r="I195" s="7"/>
-      <c r="J195" s="7"/>
+      <c r="J195" s="68"/>
       <c r="K195" s="44"/>
       <c r="L195" s="7"/>
       <c r="M195" s="7"/>
       <c r="N195" s="7"/>
       <c r="O195" s="39"/>
     </row>
     <row r="196" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B196" s="22"/>
       <c r="C196" s="4" t="s">
         <v>12</v>
       </c>
       <c r="D196" s="7">
         <v>105.0137</v>
       </c>
       <c r="E196" s="44"/>
       <c r="F196" s="7">
-        <v>106.0629</v>
+        <v>106.0581</v>
       </c>
       <c r="G196" s="44"/>
       <c r="H196" s="7">
-        <v>105.9909</v>
+        <v>106.0128</v>
       </c>
       <c r="I196" s="7"/>
-      <c r="J196" s="7">
-        <v>115.67489999999999</v>
+      <c r="J196" s="68">
+        <v>115.67270000000001</v>
       </c>
       <c r="K196" s="44"/>
       <c r="L196" s="7">
-        <v>109.6619</v>
+        <v>108.70180000000001</v>
       </c>
       <c r="M196" s="7"/>
       <c r="N196" s="7"/>
       <c r="O196" s="39"/>
     </row>
     <row r="197" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B197" s="22"/>
       <c r="C197" s="4" t="s">
         <v>13</v>
       </c>
       <c r="D197" s="7">
         <v>105.4358</v>
       </c>
       <c r="E197" s="44"/>
       <c r="F197" s="7">
-        <v>106.4483</v>
+        <v>106.423</v>
       </c>
       <c r="G197" s="44"/>
       <c r="H197" s="7">
-        <v>106.7265</v>
+        <v>106.7333</v>
       </c>
       <c r="I197" s="7"/>
-      <c r="J197" s="7"/>
+      <c r="J197" s="68"/>
       <c r="K197" s="44"/>
       <c r="L197" s="7"/>
       <c r="M197" s="7"/>
       <c r="N197" s="7"/>
       <c r="O197" s="39"/>
     </row>
     <row r="198" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B198" s="22"/>
       <c r="C198" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D198" s="7">
         <v>105.2512</v>
       </c>
       <c r="E198" s="44"/>
       <c r="F198" s="7">
-        <v>106.2564</v>
+        <v>106.23090000000001</v>
       </c>
       <c r="G198" s="44"/>
       <c r="H198" s="7">
-        <v>106.9396</v>
+        <v>106.9365</v>
       </c>
       <c r="I198" s="7"/>
-      <c r="J198" s="7"/>
+      <c r="J198" s="68"/>
       <c r="K198" s="44"/>
       <c r="L198" s="7"/>
       <c r="M198" s="7"/>
       <c r="N198" s="7"/>
       <c r="O198" s="39"/>
     </row>
     <row r="199" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B199" s="23"/>
       <c r="C199" s="24" t="s">
         <v>15</v>
       </c>
       <c r="D199" s="8">
         <v>104.3129</v>
       </c>
       <c r="E199" s="45"/>
       <c r="F199" s="8">
-        <v>105.111</v>
+        <v>105.0887</v>
       </c>
       <c r="G199" s="45"/>
       <c r="H199" s="8">
-        <v>105.7542</v>
+        <v>105.7454</v>
       </c>
       <c r="I199" s="8"/>
-      <c r="J199" s="8">
-        <v>115.05329999999999</v>
+      <c r="J199" s="69">
+        <v>115.04349999999999</v>
       </c>
       <c r="K199" s="45"/>
       <c r="L199" s="8">
-        <v>108.18899999999999</v>
+        <v>106.8186</v>
       </c>
       <c r="M199" s="8"/>
       <c r="N199" s="8"/>
       <c r="O199" s="39"/>
     </row>
     <row r="200" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B200" s="25" t="s">
         <v>32</v>
       </c>
       <c r="C200" s="4" t="s">
         <v>4</v>
       </c>
       <c r="D200" s="7">
         <v>102.9295</v>
       </c>
       <c r="E200" s="44"/>
       <c r="F200" s="7">
-        <v>103.12050000000001</v>
+        <v>103.10039999999999</v>
       </c>
       <c r="G200" s="44"/>
       <c r="H200" s="7">
-        <v>105.1191</v>
+        <v>105.13460000000001</v>
       </c>
       <c r="I200" s="7"/>
-      <c r="J200" s="7"/>
+      <c r="J200" s="68"/>
       <c r="K200" s="44"/>
       <c r="L200" s="7"/>
       <c r="M200" s="7"/>
       <c r="N200" s="7"/>
       <c r="O200" s="39"/>
     </row>
     <row r="201" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B201" s="22"/>
       <c r="C201" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D201" s="7">
         <v>102.50579999999999</v>
       </c>
       <c r="E201" s="44"/>
       <c r="F201" s="7">
-        <v>102.95</v>
+        <v>102.9359</v>
       </c>
       <c r="G201" s="44"/>
       <c r="H201" s="7">
-        <v>105.3468</v>
+        <v>105.38200000000001</v>
       </c>
       <c r="I201" s="7"/>
-      <c r="J201" s="7"/>
+      <c r="J201" s="68"/>
       <c r="K201" s="44"/>
       <c r="L201" s="7"/>
       <c r="M201" s="7"/>
       <c r="N201" s="7"/>
       <c r="O201" s="39"/>
     </row>
     <row r="202" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B202" s="22"/>
       <c r="C202" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D202" s="7">
         <v>103.1678</v>
       </c>
       <c r="E202" s="44"/>
       <c r="F202" s="7">
-        <v>104.1866</v>
+        <v>104.17359999999999</v>
       </c>
       <c r="G202" s="44"/>
       <c r="H202" s="7">
-        <v>106.4395</v>
+        <v>106.48480000000001</v>
       </c>
       <c r="I202" s="7"/>
-      <c r="J202" s="7">
-        <v>112.0364</v>
+      <c r="J202" s="68">
+        <v>112.0466</v>
       </c>
       <c r="K202" s="44"/>
       <c r="L202" s="7">
-        <v>104.56829999999999</v>
+        <v>102.6564</v>
       </c>
       <c r="M202" s="7"/>
       <c r="N202" s="7"/>
       <c r="O202" s="39"/>
     </row>
     <row r="203" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B203" s="22"/>
       <c r="C203" s="4" t="s">
         <v>7</v>
       </c>
       <c r="D203" s="7">
         <v>103.6506</v>
       </c>
       <c r="E203" s="44"/>
       <c r="F203" s="7">
-        <v>104.95869999999999</v>
+        <v>104.9452</v>
       </c>
       <c r="G203" s="44"/>
       <c r="H203" s="7">
-        <v>107.1002</v>
+        <v>107.14919999999999</v>
       </c>
       <c r="I203" s="7"/>
-      <c r="J203" s="7"/>
+      <c r="J203" s="68"/>
       <c r="K203" s="44"/>
       <c r="L203" s="7"/>
       <c r="M203" s="7"/>
       <c r="N203" s="7"/>
       <c r="O203" s="39"/>
     </row>
     <row r="204" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B204" s="22"/>
       <c r="C204" s="4" t="s">
         <v>18</v>
       </c>
       <c r="D204" s="7">
         <v>102.7642</v>
       </c>
       <c r="E204" s="44"/>
       <c r="F204" s="7">
-        <v>105.23180000000001</v>
+        <v>105.2183</v>
       </c>
       <c r="G204" s="44"/>
       <c r="H204" s="7">
-        <v>105.7422</v>
+        <v>105.78149999999999</v>
       </c>
       <c r="I204" s="7"/>
-      <c r="J204" s="7"/>
+      <c r="J204" s="68"/>
       <c r="K204" s="44"/>
       <c r="L204" s="7"/>
       <c r="M204" s="7"/>
       <c r="N204" s="7"/>
       <c r="O204" s="39"/>
     </row>
     <row r="205" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B205" s="22"/>
       <c r="C205" s="4" t="s">
         <v>9</v>
       </c>
       <c r="D205" s="7">
         <v>102.494</v>
       </c>
       <c r="E205" s="44"/>
       <c r="F205" s="7">
-        <v>104.7465</v>
+        <v>104.7298</v>
       </c>
       <c r="G205" s="44"/>
       <c r="H205" s="7">
-        <v>104.8429</v>
+        <v>104.87090000000001</v>
       </c>
       <c r="I205" s="7"/>
-      <c r="J205" s="7">
-        <v>112.4316</v>
+      <c r="J205" s="68">
+        <v>112.4432</v>
       </c>
       <c r="K205" s="44"/>
       <c r="L205" s="7">
-        <v>102.7962</v>
+        <v>100.8764</v>
       </c>
       <c r="M205" s="7"/>
       <c r="N205" s="7"/>
       <c r="O205" s="39"/>
     </row>
     <row r="206" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B206" s="22"/>
       <c r="C206" s="4" t="s">
         <v>10</v>
       </c>
       <c r="D206" s="7">
         <v>102.24639999999999</v>
       </c>
       <c r="E206" s="44"/>
       <c r="F206" s="7">
-        <v>104.18899999999999</v>
+        <v>104.1691</v>
       </c>
       <c r="G206" s="44"/>
       <c r="H206" s="7">
-        <v>103.9084</v>
+        <v>103.9216</v>
       </c>
       <c r="I206" s="7"/>
-      <c r="J206" s="7"/>
+      <c r="J206" s="68"/>
       <c r="K206" s="44"/>
       <c r="L206" s="7"/>
       <c r="M206" s="7"/>
       <c r="N206" s="7"/>
       <c r="O206" s="39"/>
     </row>
     <row r="207" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B207" s="22"/>
       <c r="C207" s="4" t="s">
         <v>11</v>
       </c>
       <c r="D207" s="7">
         <v>102.3524</v>
       </c>
       <c r="E207" s="44"/>
       <c r="F207" s="7">
-        <v>104.65519999999999</v>
+        <v>104.66070000000001</v>
       </c>
       <c r="G207" s="44"/>
       <c r="H207" s="7">
-        <v>105.2684</v>
+        <v>105.2809</v>
       </c>
       <c r="I207" s="7"/>
-      <c r="J207" s="7"/>
+      <c r="J207" s="68"/>
       <c r="K207" s="44"/>
       <c r="L207" s="7"/>
       <c r="M207" s="7"/>
       <c r="N207" s="7"/>
       <c r="O207" s="39"/>
     </row>
     <row r="208" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B208" s="22"/>
       <c r="C208" s="4" t="s">
         <v>12</v>
       </c>
       <c r="D208" s="7">
         <v>104.01090000000001</v>
       </c>
       <c r="E208" s="44"/>
       <c r="F208" s="7">
-        <v>106.7873</v>
+        <v>106.78789999999999</v>
       </c>
       <c r="G208" s="44"/>
       <c r="H208" s="7">
-        <v>107.9539</v>
+        <v>107.96250000000001</v>
       </c>
       <c r="I208" s="7"/>
-      <c r="J208" s="7">
-        <v>112.2439</v>
+      <c r="J208" s="68">
+        <v>112.2664</v>
       </c>
       <c r="K208" s="44"/>
       <c r="L208" s="7">
-        <v>102.6387</v>
+        <v>101.32380000000001</v>
       </c>
       <c r="M208" s="7"/>
       <c r="N208" s="7"/>
       <c r="O208" s="39"/>
     </row>
     <row r="209" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B209" s="22"/>
       <c r="C209" s="4" t="s">
         <v>13</v>
       </c>
       <c r="D209" s="7">
         <v>102.9966</v>
       </c>
       <c r="E209" s="44"/>
       <c r="F209" s="7">
-        <v>105.7334</v>
+        <v>105.7102</v>
       </c>
       <c r="G209" s="44"/>
       <c r="H209" s="7">
-        <v>107.2187</v>
+        <v>107.2341</v>
       </c>
       <c r="I209" s="7"/>
-      <c r="J209" s="7"/>
+      <c r="J209" s="68"/>
       <c r="K209" s="44"/>
       <c r="L209" s="7"/>
       <c r="M209" s="7"/>
       <c r="N209" s="7"/>
       <c r="O209" s="39"/>
     </row>
     <row r="210" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B210" s="22"/>
       <c r="C210" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D210" s="7">
         <v>102.41330000000001</v>
       </c>
       <c r="E210" s="44"/>
       <c r="F210" s="7">
-        <v>104.9254</v>
+        <v>104.8981</v>
       </c>
       <c r="G210" s="44"/>
       <c r="H210" s="7">
-        <v>105.5515</v>
+        <v>105.563</v>
       </c>
       <c r="I210" s="7"/>
-      <c r="J210" s="7"/>
+      <c r="J210" s="68"/>
       <c r="K210" s="44"/>
       <c r="L210" s="7"/>
       <c r="M210" s="7"/>
       <c r="N210" s="7"/>
       <c r="O210" s="39"/>
     </row>
     <row r="211" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B211" s="23"/>
       <c r="C211" s="24" t="s">
         <v>15</v>
       </c>
       <c r="D211" s="8">
         <v>103.048</v>
       </c>
       <c r="E211" s="45"/>
       <c r="F211" s="8">
-        <v>105.65300000000001</v>
+        <v>105.6284</v>
       </c>
       <c r="G211" s="45"/>
       <c r="H211" s="8">
-        <v>106.42870000000001</v>
+        <v>106.43259999999999</v>
       </c>
       <c r="I211" s="8"/>
-      <c r="J211" s="8">
-        <v>112.569</v>
+      <c r="J211" s="69">
+        <v>112.57940000000001</v>
       </c>
       <c r="K211" s="45"/>
       <c r="L211" s="8">
-        <v>101.5809</v>
+        <v>99.180599999999998</v>
       </c>
       <c r="M211" s="8"/>
       <c r="N211" s="8"/>
       <c r="O211" s="39"/>
     </row>
     <row r="212" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B212" s="25" t="s">
         <v>33</v>
       </c>
       <c r="C212" s="4" t="s">
         <v>4</v>
       </c>
       <c r="D212" s="7">
         <v>103.0192</v>
       </c>
       <c r="E212" s="44"/>
       <c r="F212" s="7">
-        <v>105.5048</v>
+        <v>105.4862</v>
       </c>
       <c r="G212" s="44"/>
       <c r="H212" s="7">
-        <v>106.0988</v>
+        <v>106.1147</v>
       </c>
       <c r="I212" s="7"/>
-      <c r="J212" s="7"/>
+      <c r="J212" s="68"/>
       <c r="K212" s="44"/>
       <c r="L212" s="7"/>
       <c r="M212" s="7"/>
       <c r="N212" s="7"/>
       <c r="O212" s="39"/>
     </row>
     <row r="213" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B213" s="22"/>
       <c r="C213" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D213" s="7">
         <v>103.19759999999999</v>
       </c>
       <c r="E213" s="44"/>
       <c r="F213" s="7">
-        <v>105.72</v>
+        <v>105.6957</v>
       </c>
       <c r="G213" s="44"/>
       <c r="H213" s="7">
-        <v>106.5645</v>
+        <v>106.5985</v>
       </c>
       <c r="I213" s="7"/>
-      <c r="J213" s="7"/>
+      <c r="J213" s="68"/>
       <c r="K213" s="44"/>
       <c r="L213" s="7"/>
       <c r="M213" s="7"/>
       <c r="N213" s="7"/>
       <c r="O213" s="39"/>
     </row>
     <row r="214" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B214" s="22"/>
       <c r="C214" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D214" s="7">
         <v>102.581</v>
       </c>
       <c r="E214" s="44"/>
       <c r="F214" s="7">
-        <v>105.093</v>
+        <v>105.0715</v>
       </c>
       <c r="G214" s="44"/>
       <c r="H214" s="7">
-        <v>106.4992</v>
+        <v>106.5346</v>
       </c>
       <c r="I214" s="7"/>
-      <c r="J214" s="7">
-        <v>112.8596</v>
+      <c r="J214" s="68">
+        <v>112.88290000000001</v>
       </c>
       <c r="K214" s="44"/>
       <c r="L214" s="7">
-        <v>99.661199999999994</v>
+        <v>97.892700000000005</v>
       </c>
       <c r="M214" s="7"/>
       <c r="N214" s="7"/>
       <c r="O214" s="39"/>
     </row>
     <row r="215" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B215" s="22"/>
       <c r="C215" s="4" t="s">
         <v>7</v>
       </c>
       <c r="D215" s="7">
         <v>102.4025</v>
       </c>
       <c r="E215" s="44"/>
       <c r="F215" s="7">
-        <v>104.97029999999999</v>
+        <v>104.94840000000001</v>
       </c>
       <c r="G215" s="44"/>
       <c r="H215" s="7">
-        <v>106.1442</v>
+        <v>106.1735</v>
       </c>
       <c r="I215" s="7"/>
-      <c r="J215" s="7"/>
+      <c r="J215" s="68"/>
       <c r="K215" s="44"/>
       <c r="L215" s="7"/>
       <c r="M215" s="7"/>
       <c r="N215" s="7"/>
       <c r="O215" s="39"/>
     </row>
     <row r="216" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B216" s="22"/>
       <c r="C216" s="4" t="s">
         <v>18</v>
       </c>
       <c r="D216" s="7">
         <v>102.94580000000001</v>
       </c>
       <c r="E216" s="44"/>
       <c r="F216" s="7">
-        <v>105.3522</v>
+        <v>105.33199999999999</v>
       </c>
       <c r="G216" s="44"/>
       <c r="H216" s="7">
-        <v>105.97450000000001</v>
+        <v>105.9991</v>
       </c>
       <c r="I216" s="7"/>
-      <c r="J216" s="7"/>
+      <c r="J216" s="68"/>
       <c r="K216" s="44"/>
       <c r="L216" s="7"/>
       <c r="M216" s="7"/>
       <c r="N216" s="7"/>
       <c r="O216" s="39"/>
     </row>
     <row r="217" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B217" s="22"/>
       <c r="C217" s="4" t="s">
         <v>9</v>
       </c>
       <c r="D217" s="7">
         <v>104.9556</v>
       </c>
       <c r="E217" s="44"/>
       <c r="F217" s="7">
-        <v>107.2825</v>
+        <v>107.2694</v>
       </c>
       <c r="G217" s="44"/>
       <c r="H217" s="7">
-        <v>107.9205</v>
+        <v>107.938</v>
       </c>
       <c r="I217" s="7"/>
-      <c r="J217" s="7">
-        <v>112.2169</v>
+      <c r="J217" s="68">
+        <v>112.2444</v>
       </c>
       <c r="K217" s="44"/>
       <c r="L217" s="7">
-        <v>98.433899999999994</v>
+        <v>96.245999999999995</v>
       </c>
       <c r="M217" s="7"/>
       <c r="N217" s="7"/>
       <c r="O217" s="39"/>
     </row>
     <row r="218" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B218" s="22"/>
       <c r="C218" s="4" t="s">
         <v>10</v>
       </c>
       <c r="D218" s="7">
         <v>104.7341</v>
       </c>
       <c r="E218" s="44"/>
       <c r="F218" s="7">
-        <v>107.0291</v>
+        <v>107.0132</v>
       </c>
       <c r="G218" s="44"/>
       <c r="H218" s="7">
-        <v>107.3745</v>
+        <v>107.38930000000001</v>
       </c>
       <c r="I218" s="7"/>
-      <c r="J218" s="7"/>
+      <c r="J218" s="68"/>
       <c r="K218" s="44"/>
       <c r="L218" s="7"/>
       <c r="M218" s="7"/>
       <c r="N218" s="7"/>
       <c r="O218" s="39"/>
     </row>
     <row r="219" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B219" s="22"/>
       <c r="C219" s="4" t="s">
         <v>11</v>
       </c>
       <c r="D219" s="7">
         <v>104.95780000000001</v>
       </c>
       <c r="E219" s="44"/>
       <c r="F219" s="7">
-        <v>107.506</v>
+        <v>107.5095</v>
       </c>
       <c r="G219" s="44"/>
       <c r="H219" s="7">
-        <v>107.29049999999999</v>
+        <v>107.3044</v>
       </c>
       <c r="I219" s="7"/>
-      <c r="J219" s="7"/>
+      <c r="J219" s="68"/>
       <c r="K219" s="44"/>
       <c r="L219" s="7"/>
       <c r="M219" s="7"/>
       <c r="N219" s="7"/>
       <c r="O219" s="39"/>
     </row>
     <row r="220" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B220" s="22"/>
       <c r="C220" s="4" t="s">
         <v>12</v>
       </c>
       <c r="D220" s="7">
         <v>104.117</v>
       </c>
       <c r="E220" s="44"/>
       <c r="F220" s="7">
-        <v>106.5917</v>
+        <v>106.5966</v>
       </c>
       <c r="G220" s="44"/>
       <c r="H220" s="7">
-        <v>106.66759999999999</v>
+        <v>106.68049999999999</v>
       </c>
       <c r="I220" s="7"/>
-      <c r="J220" s="7">
-        <v>112.26309999999999</v>
+      <c r="J220" s="68">
+        <v>112.2967</v>
       </c>
       <c r="K220" s="44"/>
       <c r="L220" s="7">
-        <v>97.867500000000007</v>
+        <v>96.556700000000006</v>
       </c>
       <c r="M220" s="7"/>
       <c r="N220" s="7"/>
       <c r="O220" s="39"/>
     </row>
     <row r="221" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B221" s="22"/>
       <c r="C221" s="4" t="s">
         <v>13</v>
       </c>
       <c r="D221" s="7">
         <v>104.0857</v>
       </c>
       <c r="E221" s="44"/>
       <c r="F221" s="7">
-        <v>105.89619999999999</v>
+        <v>105.8772</v>
       </c>
       <c r="G221" s="44"/>
       <c r="H221" s="7">
-        <v>105.8156</v>
+        <v>105.83499999999999</v>
       </c>
       <c r="I221" s="7"/>
-      <c r="J221" s="7"/>
+      <c r="J221" s="68"/>
       <c r="K221" s="44"/>
       <c r="L221" s="7"/>
       <c r="M221" s="7"/>
       <c r="N221" s="7"/>
       <c r="O221" s="39"/>
     </row>
     <row r="222" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B222" s="22"/>
       <c r="C222" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D222" s="7">
         <v>103.9323</v>
       </c>
       <c r="E222" s="44"/>
       <c r="F222" s="7">
-        <v>105.4889</v>
+        <v>105.4636</v>
       </c>
       <c r="G222" s="44"/>
       <c r="H222" s="7">
-        <v>105.1491</v>
+        <v>105.1664</v>
       </c>
       <c r="I222" s="7"/>
-      <c r="J222" s="7"/>
+      <c r="J222" s="68"/>
       <c r="K222" s="44"/>
       <c r="L222" s="7"/>
       <c r="M222" s="7"/>
       <c r="N222" s="7"/>
       <c r="O222" s="39"/>
     </row>
     <row r="223" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B223" s="23"/>
       <c r="C223" s="24" t="s">
         <v>15</v>
       </c>
       <c r="D223" s="8">
         <v>104.452</v>
       </c>
       <c r="E223" s="45"/>
       <c r="F223" s="8">
-        <v>105.8438</v>
+        <v>105.81489999999999</v>
       </c>
       <c r="G223" s="45"/>
       <c r="H223" s="8">
-        <v>105.7741</v>
+        <v>105.7884</v>
       </c>
       <c r="I223" s="8"/>
-      <c r="J223" s="8">
-        <v>111.7576</v>
+      <c r="J223" s="69">
+        <v>111.7623</v>
       </c>
       <c r="K223" s="45"/>
       <c r="L223" s="8">
-        <v>97.769599999999997</v>
+        <v>95.913700000000006</v>
       </c>
       <c r="M223" s="8"/>
       <c r="N223" s="8"/>
       <c r="O223" s="39"/>
     </row>
     <row r="224" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B224" s="25" t="s">
         <v>34</v>
       </c>
       <c r="C224" s="4" t="s">
         <v>4</v>
       </c>
       <c r="D224" s="7">
         <v>104.5472</v>
       </c>
       <c r="E224" s="44"/>
       <c r="F224" s="7">
-        <v>105.9177</v>
+        <v>105.8977</v>
       </c>
       <c r="G224" s="44"/>
       <c r="H224" s="7">
-        <v>105.74209999999999</v>
+        <v>105.752</v>
       </c>
       <c r="I224" s="7"/>
-      <c r="J224" s="7"/>
+      <c r="J224" s="68"/>
       <c r="K224" s="44"/>
       <c r="L224" s="7"/>
       <c r="M224" s="7"/>
       <c r="N224" s="7"/>
       <c r="O224" s="39"/>
     </row>
     <row r="225" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B225" s="22"/>
       <c r="C225" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D225" s="7">
         <v>104.5282</v>
       </c>
       <c r="E225" s="44"/>
       <c r="F225" s="7">
-        <v>105.6208</v>
+        <v>105.5907</v>
       </c>
       <c r="G225" s="44"/>
       <c r="H225" s="7">
-        <v>105.8386</v>
+        <v>105.858</v>
       </c>
       <c r="I225" s="7"/>
-      <c r="J225" s="7"/>
+      <c r="J225" s="68"/>
       <c r="K225" s="44"/>
       <c r="L225" s="7"/>
       <c r="M225" s="7"/>
       <c r="N225" s="7"/>
       <c r="O225" s="39"/>
     </row>
     <row r="226" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B226" s="22"/>
       <c r="C226" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D226" s="7">
         <v>104.97280000000001</v>
       </c>
       <c r="E226" s="44"/>
       <c r="F226" s="7">
-        <v>106.0197</v>
+        <v>105.9966</v>
       </c>
       <c r="G226" s="44"/>
       <c r="H226" s="7">
-        <v>105.4442</v>
+        <v>105.4633</v>
       </c>
       <c r="I226" s="7"/>
-      <c r="J226" s="7">
-        <v>111.9226</v>
+      <c r="J226" s="68">
+        <v>111.9461</v>
       </c>
       <c r="K226" s="44"/>
       <c r="L226" s="7">
-        <v>97.521799999999999</v>
+        <v>95.828599999999994</v>
       </c>
       <c r="M226" s="7"/>
       <c r="N226" s="7"/>
       <c r="O226" s="39"/>
     </row>
     <row r="227" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B227" s="22"/>
       <c r="C227" s="4" t="s">
         <v>7</v>
       </c>
       <c r="D227" s="7">
         <v>105.2234</v>
       </c>
       <c r="E227" s="44"/>
       <c r="F227" s="7">
-        <v>106.30719999999999</v>
+        <v>106.2843</v>
       </c>
       <c r="G227" s="44"/>
       <c r="H227" s="7">
-        <v>105.27800000000001</v>
+        <v>105.2942</v>
       </c>
       <c r="I227" s="7"/>
-      <c r="J227" s="7"/>
+      <c r="J227" s="68"/>
       <c r="K227" s="44"/>
       <c r="L227" s="7"/>
       <c r="M227" s="7"/>
       <c r="N227" s="7"/>
       <c r="O227" s="39"/>
     </row>
     <row r="228" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B228" s="22"/>
       <c r="C228" s="4" t="s">
         <v>18</v>
       </c>
       <c r="D228" s="7">
         <v>105.2561</v>
       </c>
       <c r="E228" s="44"/>
       <c r="F228" s="7">
-        <v>106.5761</v>
+        <v>106.5582</v>
       </c>
       <c r="G228" s="44"/>
       <c r="H228" s="7">
-        <v>105.2195</v>
+        <v>105.2364</v>
       </c>
       <c r="I228" s="7"/>
-      <c r="J228" s="7"/>
+      <c r="J228" s="68"/>
       <c r="K228" s="44"/>
       <c r="L228" s="7"/>
       <c r="M228" s="7"/>
       <c r="N228" s="7"/>
       <c r="O228" s="39"/>
     </row>
     <row r="229" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B229" s="22"/>
       <c r="C229" s="4" t="s">
         <v>9</v>
       </c>
       <c r="D229" s="7">
         <v>105.1923</v>
       </c>
       <c r="E229" s="44"/>
       <c r="F229" s="7">
-        <v>106.44119999999999</v>
+        <v>106.4328</v>
       </c>
       <c r="G229" s="44"/>
       <c r="H229" s="7">
-        <v>104.8601</v>
+        <v>104.87050000000001</v>
       </c>
       <c r="I229" s="7"/>
-      <c r="J229" s="7">
-        <v>111.9811</v>
+      <c r="J229" s="68">
+        <v>112.0014</v>
       </c>
       <c r="K229" s="44"/>
       <c r="L229" s="7">
-        <v>96.029200000000003</v>
+        <v>94.751199999999997</v>
       </c>
       <c r="M229" s="7"/>
       <c r="N229" s="7"/>
       <c r="O229" s="39"/>
     </row>
     <row r="230" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B230" s="22"/>
       <c r="C230" s="4" t="s">
         <v>10</v>
       </c>
       <c r="D230" s="7">
         <v>104.5523</v>
       </c>
       <c r="E230" s="44"/>
       <c r="F230" s="7">
-        <v>105.8827</v>
+        <v>105.8717</v>
       </c>
       <c r="G230" s="44"/>
       <c r="H230" s="7">
-        <v>104.43819999999999</v>
+        <v>104.4545</v>
       </c>
       <c r="I230" s="7"/>
-      <c r="J230" s="7"/>
+      <c r="J230" s="68"/>
       <c r="K230" s="44"/>
       <c r="L230" s="7"/>
       <c r="M230" s="7"/>
       <c r="N230" s="7"/>
       <c r="O230" s="39"/>
     </row>
     <row r="231" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B231" s="22"/>
       <c r="C231" s="4" t="s">
         <v>11</v>
       </c>
       <c r="D231" s="7">
         <v>104.1601</v>
       </c>
       <c r="E231" s="44"/>
       <c r="F231" s="7">
-        <v>105.5414</v>
+        <v>105.5429</v>
       </c>
       <c r="G231" s="44"/>
       <c r="H231" s="7">
-        <v>104.0137</v>
+        <v>104.0235</v>
       </c>
       <c r="I231" s="7"/>
-      <c r="J231" s="7"/>
+      <c r="J231" s="68"/>
       <c r="K231" s="44"/>
       <c r="L231" s="7"/>
       <c r="M231" s="7"/>
       <c r="N231" s="7"/>
       <c r="O231" s="39"/>
     </row>
     <row r="232" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B232" s="22"/>
       <c r="C232" s="4" t="s">
         <v>12</v>
       </c>
       <c r="D232" s="7">
         <v>103.6391</v>
       </c>
       <c r="E232" s="44"/>
       <c r="F232" s="7">
-        <v>104.8993</v>
+        <v>104.9003</v>
       </c>
       <c r="G232" s="44"/>
       <c r="H232" s="7">
-        <v>103.6536</v>
+        <v>103.65470000000001</v>
       </c>
       <c r="I232" s="7"/>
-      <c r="J232" s="7">
-        <v>110.673</v>
+      <c r="J232" s="68">
+        <v>110.7055</v>
       </c>
       <c r="K232" s="44"/>
       <c r="L232" s="7">
-        <v>94.934700000000007</v>
+        <v>94.840100000000007</v>
       </c>
       <c r="M232" s="7"/>
       <c r="N232" s="7"/>
       <c r="O232" s="39"/>
     </row>
     <row r="233" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B233" s="22"/>
       <c r="C233" s="4" t="s">
         <v>13</v>
       </c>
       <c r="D233" s="7">
         <v>102.9782</v>
       </c>
       <c r="E233" s="44"/>
       <c r="F233" s="7">
-        <v>103.9414</v>
+        <v>103.9225</v>
       </c>
       <c r="G233" s="44"/>
       <c r="H233" s="7">
-        <v>102.9786</v>
+        <v>102.9855</v>
       </c>
       <c r="I233" s="7"/>
-      <c r="J233" s="7"/>
+      <c r="J233" s="68"/>
       <c r="K233" s="44"/>
       <c r="L233" s="7"/>
       <c r="M233" s="7"/>
       <c r="N233" s="7"/>
       <c r="O233" s="39"/>
     </row>
     <row r="234" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B234" s="22"/>
       <c r="C234" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D234" s="7">
         <v>102.86799999999999</v>
       </c>
       <c r="E234" s="44"/>
       <c r="F234" s="7">
-        <v>103.4693</v>
+        <v>103.44580000000001</v>
       </c>
       <c r="G234" s="44"/>
       <c r="H234" s="7">
-        <v>102.0471</v>
+        <v>102.0564</v>
       </c>
       <c r="I234" s="7"/>
-      <c r="J234" s="7"/>
+      <c r="J234" s="68"/>
       <c r="K234" s="44"/>
       <c r="L234" s="7"/>
       <c r="M234" s="7"/>
       <c r="N234" s="7"/>
       <c r="O234" s="39"/>
     </row>
     <row r="235" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B235" s="23"/>
       <c r="C235" s="24" t="s">
         <v>15</v>
       </c>
       <c r="D235" s="8">
         <v>103.3763</v>
       </c>
       <c r="E235" s="45"/>
       <c r="F235" s="8">
-        <v>103.7234</v>
+        <v>103.6961</v>
       </c>
       <c r="G235" s="45"/>
       <c r="H235" s="8">
-        <v>101.4597</v>
+        <v>101.46429999999999</v>
       </c>
       <c r="I235" s="8"/>
-      <c r="J235" s="8">
-        <v>109.36020000000001</v>
+      <c r="J235" s="69">
+        <v>109.3655</v>
       </c>
       <c r="K235" s="45"/>
       <c r="L235" s="8">
-        <v>93.326599999999999</v>
+        <v>92.732100000000003</v>
       </c>
       <c r="M235" s="8"/>
       <c r="N235" s="8"/>
       <c r="O235" s="39"/>
     </row>
     <row r="236" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B236" s="25" t="s">
         <v>35</v>
       </c>
       <c r="C236" s="4" t="s">
         <v>4</v>
       </c>
       <c r="D236" s="7">
         <v>101.679</v>
       </c>
       <c r="E236" s="44"/>
       <c r="F236" s="7">
-        <v>101.81529999999999</v>
+        <v>101.79510000000001</v>
       </c>
       <c r="G236" s="44"/>
       <c r="H236" s="7">
-        <v>97.790400000000005</v>
+        <v>97.787000000000006</v>
       </c>
       <c r="I236" s="7"/>
-      <c r="J236" s="7"/>
+      <c r="J236" s="68"/>
       <c r="K236" s="44"/>
       <c r="L236" s="7"/>
       <c r="M236" s="7"/>
       <c r="N236" s="7"/>
       <c r="O236" s="39"/>
     </row>
     <row r="237" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B237" s="22"/>
       <c r="C237" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D237" s="7">
         <v>100.7024</v>
       </c>
       <c r="E237" s="44"/>
       <c r="F237" s="7">
-        <v>100.6508</v>
+        <v>100.6219</v>
       </c>
       <c r="G237" s="44"/>
       <c r="H237" s="7">
-        <v>98.216399999999993</v>
+        <v>98.216800000000006</v>
       </c>
       <c r="I237" s="7"/>
-      <c r="J237" s="7"/>
+      <c r="J237" s="68"/>
       <c r="K237" s="44"/>
       <c r="L237" s="7"/>
       <c r="M237" s="7"/>
       <c r="N237" s="7"/>
       <c r="O237" s="39"/>
     </row>
     <row r="238" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B238" s="22"/>
       <c r="C238" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D238" s="7">
         <v>100.2706</v>
       </c>
       <c r="E238" s="44"/>
       <c r="F238" s="7">
-        <v>100.3364</v>
+        <v>100.3147</v>
       </c>
       <c r="G238" s="44"/>
       <c r="H238" s="7">
-        <v>99.187700000000007</v>
+        <v>99.189800000000005</v>
       </c>
       <c r="I238" s="7"/>
-      <c r="J238" s="7">
-        <v>106.75530000000001</v>
+      <c r="J238" s="68">
+        <v>106.7706</v>
       </c>
       <c r="K238" s="44"/>
       <c r="L238" s="7">
-        <v>92.382400000000004</v>
+        <v>91.455699999999993</v>
       </c>
       <c r="M238" s="7"/>
       <c r="N238" s="7"/>
       <c r="O238" s="39"/>
     </row>
     <row r="239" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B239" s="26"/>
       <c r="C239" s="27" t="s">
         <v>7</v>
       </c>
       <c r="D239" s="7">
         <v>100.4114</v>
       </c>
       <c r="E239" s="44"/>
       <c r="F239" s="7">
-        <v>100.27249999999999</v>
+        <v>100.25</v>
       </c>
       <c r="G239" s="44"/>
       <c r="H239" s="7">
-        <v>99.047899999999998</v>
+        <v>99.044899999999998</v>
       </c>
       <c r="I239" s="7"/>
-      <c r="J239" s="7"/>
+      <c r="J239" s="68"/>
       <c r="K239" s="44"/>
       <c r="L239" s="7"/>
       <c r="M239" s="7"/>
       <c r="N239" s="7"/>
       <c r="O239" s="39"/>
     </row>
     <row r="240" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B240" s="26"/>
       <c r="C240" s="27" t="s">
         <v>18</v>
       </c>
       <c r="D240" s="7">
         <v>101.71299999999999</v>
       </c>
       <c r="E240" s="44"/>
       <c r="F240" s="7">
-        <v>101.7945</v>
+        <v>101.7757</v>
       </c>
       <c r="G240" s="44"/>
       <c r="H240" s="7">
-        <v>101.18899999999999</v>
+        <v>101.187</v>
       </c>
       <c r="I240" s="7"/>
-      <c r="J240" s="7"/>
+      <c r="J240" s="68"/>
       <c r="K240" s="44"/>
       <c r="L240" s="7"/>
       <c r="M240" s="7"/>
       <c r="N240" s="7"/>
       <c r="O240" s="39"/>
     </row>
     <row r="241" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B241" s="26"/>
       <c r="C241" s="27" t="s">
         <v>9</v>
       </c>
       <c r="D241" s="7">
         <v>102.1101</v>
       </c>
       <c r="E241" s="44"/>
       <c r="F241" s="7">
-        <v>102.1786</v>
+        <v>102.1699</v>
       </c>
       <c r="G241" s="44"/>
       <c r="H241" s="7">
-        <v>100.7375</v>
+        <v>100.7323</v>
       </c>
       <c r="I241" s="7"/>
-      <c r="J241" s="7">
-        <v>106.69450000000001</v>
+      <c r="J241" s="68">
+        <v>106.7052</v>
       </c>
       <c r="K241" s="44"/>
       <c r="L241" s="7">
-        <v>92.427300000000002</v>
+        <v>90.990200000000002</v>
       </c>
       <c r="M241" s="7"/>
       <c r="N241" s="7"/>
       <c r="O241" s="39"/>
     </row>
     <row r="242" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B242" s="26"/>
       <c r="C242" s="27" t="s">
         <v>10</v>
       </c>
       <c r="D242" s="7">
         <v>101.5694</v>
       </c>
       <c r="E242" s="44"/>
       <c r="F242" s="7">
-        <v>101.497</v>
+        <v>101.4876</v>
       </c>
       <c r="G242" s="44"/>
       <c r="H242" s="7">
-        <v>100.09780000000001</v>
+        <v>100.1011</v>
       </c>
       <c r="I242" s="7"/>
-      <c r="J242" s="7"/>
+      <c r="J242" s="68"/>
       <c r="K242" s="44"/>
       <c r="L242" s="7"/>
       <c r="M242" s="7"/>
       <c r="N242" s="7"/>
       <c r="O242" s="39"/>
     </row>
     <row r="243" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B243" s="26"/>
       <c r="C243" s="27" t="s">
         <v>11</v>
       </c>
       <c r="D243" s="7">
         <v>103.1511</v>
       </c>
       <c r="E243" s="44"/>
       <c r="F243" s="7">
-        <v>103.27379999999999</v>
+        <v>103.2722</v>
       </c>
       <c r="G243" s="44"/>
       <c r="H243" s="7">
-        <v>100.0789</v>
+        <v>100.08</v>
       </c>
       <c r="I243" s="7"/>
-      <c r="J243" s="7"/>
+      <c r="J243" s="68"/>
       <c r="K243" s="44"/>
       <c r="L243" s="7"/>
       <c r="M243" s="7"/>
       <c r="N243" s="7"/>
       <c r="O243" s="39"/>
     </row>
     <row r="244" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B244" s="26"/>
       <c r="C244" s="27" t="s">
         <v>12</v>
       </c>
       <c r="D244" s="7">
         <v>103.3785</v>
       </c>
       <c r="E244" s="44"/>
       <c r="F244" s="7">
-        <v>103.1262</v>
+        <v>103.1202</v>
       </c>
       <c r="G244" s="44"/>
       <c r="H244" s="7">
-        <v>99.612099999999998</v>
+        <v>99.607600000000005</v>
       </c>
       <c r="I244" s="7"/>
-      <c r="J244" s="7">
-        <v>106.6003</v>
+      <c r="J244" s="68">
+        <v>106.62520000000001</v>
       </c>
       <c r="K244" s="44"/>
       <c r="L244" s="7">
-        <v>90.390699999999995</v>
+        <v>89.667500000000004</v>
       </c>
       <c r="M244" s="7"/>
       <c r="N244" s="7"/>
       <c r="O244" s="39"/>
     </row>
     <row r="245" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B245" s="26"/>
       <c r="C245" s="27" t="s">
         <v>13</v>
       </c>
       <c r="D245" s="7">
         <v>102.6604</v>
       </c>
       <c r="E245" s="44"/>
       <c r="F245" s="7">
-        <v>102.0677</v>
+        <v>102.04949999999999</v>
       </c>
       <c r="G245" s="44"/>
       <c r="H245" s="7">
-        <v>99.506699999999995</v>
+        <v>99.509900000000002</v>
       </c>
       <c r="I245" s="7"/>
-      <c r="J245" s="7"/>
+      <c r="J245" s="68"/>
       <c r="K245" s="44"/>
       <c r="L245" s="7"/>
       <c r="M245" s="7"/>
       <c r="N245" s="7"/>
       <c r="O245" s="39"/>
     </row>
     <row r="246" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B246" s="28"/>
       <c r="C246" s="29" t="s">
         <v>14</v>
       </c>
       <c r="D246" s="7">
         <v>101.7013</v>
       </c>
       <c r="E246" s="44"/>
       <c r="F246" s="7">
-        <v>100.7693</v>
+        <v>100.7499</v>
       </c>
       <c r="G246" s="44"/>
       <c r="H246" s="7">
-        <v>98.689400000000006</v>
+        <v>98.702100000000002</v>
       </c>
       <c r="I246" s="7"/>
-      <c r="J246" s="7"/>
+      <c r="J246" s="68"/>
       <c r="K246" s="44"/>
       <c r="L246" s="7"/>
       <c r="M246" s="7"/>
       <c r="N246" s="7"/>
       <c r="O246" s="39"/>
     </row>
     <row r="247" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B247" s="23"/>
       <c r="C247" s="24" t="s">
         <v>15</v>
       </c>
       <c r="D247" s="8">
         <v>102.11969999999999</v>
       </c>
       <c r="E247" s="47"/>
       <c r="F247" s="8">
-        <v>100.9877</v>
+        <v>100.96550000000001</v>
       </c>
       <c r="G247" s="47"/>
       <c r="H247" s="8">
-        <v>97.3733</v>
+        <v>97.400400000000005</v>
       </c>
       <c r="I247" s="8"/>
-      <c r="J247" s="8">
-        <v>107.20359999999999</v>
+      <c r="J247" s="69">
+        <v>107.22499999999999</v>
       </c>
       <c r="K247" s="47"/>
       <c r="L247" s="8">
-        <v>90.4101</v>
+        <v>89.588999999999999</v>
       </c>
       <c r="M247" s="8"/>
       <c r="N247" s="8"/>
       <c r="O247" s="39"/>
     </row>
     <row r="248" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B248" s="25" t="s">
         <v>36</v>
       </c>
       <c r="C248" s="4" t="s">
         <v>4</v>
       </c>
       <c r="D248" s="7">
         <v>102.60120000000001</v>
       </c>
       <c r="E248" s="48"/>
       <c r="F248" s="7">
-        <v>101.4879</v>
+        <v>101.4659</v>
       </c>
       <c r="G248" s="48"/>
       <c r="H248" s="7">
-        <v>96.862899999999996</v>
+        <v>96.883700000000005</v>
       </c>
       <c r="I248" s="7"/>
-      <c r="J248" s="7"/>
+      <c r="J248" s="68"/>
       <c r="K248" s="48"/>
       <c r="L248" s="7"/>
       <c r="M248" s="7"/>
       <c r="N248" s="7"/>
       <c r="O248" s="39"/>
     </row>
     <row r="249" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B249" s="25"/>
       <c r="C249" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D249" s="7">
         <v>103.3567</v>
       </c>
       <c r="E249" s="44"/>
       <c r="F249" s="7">
-        <v>101.9314</v>
+        <v>101.9084</v>
       </c>
       <c r="G249" s="44"/>
       <c r="H249" s="7">
-        <v>96.921499999999995</v>
+        <v>96.937100000000001</v>
       </c>
       <c r="I249" s="7"/>
-      <c r="J249" s="7"/>
+      <c r="J249" s="68"/>
       <c r="K249" s="44"/>
       <c r="L249" s="7"/>
       <c r="M249" s="7"/>
       <c r="N249" s="7"/>
       <c r="O249" s="39"/>
     </row>
     <row r="250" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B250" s="25"/>
       <c r="C250" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D250" s="7">
         <v>103.9485</v>
       </c>
       <c r="E250" s="44"/>
       <c r="F250" s="7">
-        <v>102.3706</v>
+        <v>102.3503</v>
       </c>
       <c r="G250" s="44"/>
       <c r="H250" s="7">
-        <v>98.836299999999994</v>
+        <v>98.844700000000003</v>
       </c>
       <c r="I250" s="7"/>
-      <c r="J250" s="7">
-        <v>107.0205</v>
+      <c r="J250" s="68">
+        <v>107.0406</v>
       </c>
       <c r="K250" s="44"/>
       <c r="L250" s="7">
-        <v>88.759500000000003</v>
+        <v>87.875500000000002</v>
       </c>
       <c r="M250" s="7"/>
       <c r="N250" s="7"/>
       <c r="O250" s="39"/>
     </row>
     <row r="251" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B251" s="25"/>
       <c r="C251" s="4" t="s">
         <v>7</v>
       </c>
       <c r="D251" s="7">
         <v>105.0699</v>
       </c>
       <c r="E251" s="44"/>
       <c r="F251" s="7">
-        <v>103.2366</v>
+        <v>103.215</v>
       </c>
       <c r="G251" s="44"/>
       <c r="H251" s="7">
-        <v>98.133499999999998</v>
+        <v>98.134500000000003</v>
       </c>
       <c r="I251" s="7"/>
-      <c r="J251" s="7"/>
+      <c r="J251" s="68"/>
       <c r="K251" s="44"/>
       <c r="L251" s="7"/>
       <c r="M251" s="7"/>
       <c r="N251" s="7"/>
       <c r="O251" s="39"/>
     </row>
     <row r="252" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B252" s="25"/>
       <c r="C252" s="4" t="s">
         <v>18</v>
       </c>
       <c r="D252" s="7">
         <v>105.2377</v>
       </c>
       <c r="E252" s="44"/>
       <c r="F252" s="7">
-        <v>103.42870000000001</v>
+        <v>103.4089</v>
       </c>
       <c r="G252" s="44"/>
       <c r="H252" s="7">
-        <v>99.292699999999996</v>
+        <v>99.289400000000001</v>
       </c>
       <c r="I252" s="7"/>
-      <c r="J252" s="7"/>
+      <c r="J252" s="68"/>
       <c r="K252" s="44"/>
       <c r="L252" s="7"/>
       <c r="M252" s="7"/>
       <c r="N252" s="7"/>
       <c r="O252" s="39"/>
     </row>
     <row r="253" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B253" s="25"/>
       <c r="C253" s="4" t="s">
         <v>9</v>
       </c>
       <c r="D253" s="7">
         <v>104.76009999999999</v>
       </c>
       <c r="E253" s="44"/>
       <c r="F253" s="7">
-        <v>102.7062</v>
+        <v>102.69070000000001</v>
       </c>
       <c r="G253" s="44"/>
       <c r="H253" s="7">
-        <v>100.0137</v>
+        <v>100.00230000000001</v>
       </c>
       <c r="I253" s="7"/>
-      <c r="J253" s="7">
-        <v>108.7069</v>
+      <c r="J253" s="68">
+        <v>108.7141</v>
       </c>
       <c r="K253" s="44"/>
       <c r="L253" s="7">
-        <v>89.797200000000004</v>
+        <v>88.548199999999994</v>
       </c>
       <c r="M253" s="7"/>
       <c r="N253" s="7"/>
       <c r="O253" s="39"/>
     </row>
     <row r="254" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B254" s="25"/>
       <c r="C254" s="4" t="s">
         <v>10</v>
       </c>
       <c r="D254" s="7">
         <v>105.07040000000001</v>
       </c>
       <c r="E254" s="44"/>
       <c r="F254" s="7">
-        <v>102.95310000000001</v>
+        <v>102.9372</v>
       </c>
       <c r="G254" s="44"/>
       <c r="H254" s="7">
-        <v>99.338499999999996</v>
+        <v>99.336500000000001</v>
       </c>
       <c r="I254" s="7"/>
-      <c r="J254" s="7"/>
+      <c r="J254" s="68"/>
       <c r="K254" s="44"/>
       <c r="L254" s="7"/>
       <c r="M254" s="7"/>
       <c r="N254" s="7"/>
       <c r="O254" s="39"/>
     </row>
     <row r="255" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B255" s="25"/>
       <c r="C255" s="4" t="s">
         <v>11</v>
       </c>
       <c r="D255" s="7">
         <v>105.2637</v>
       </c>
       <c r="E255" s="44"/>
       <c r="F255" s="7">
-        <v>103.0331</v>
+        <v>103.02379999999999</v>
       </c>
       <c r="G255" s="44"/>
       <c r="H255" s="7">
-        <v>97.819900000000004</v>
+        <v>97.814899999999994</v>
       </c>
       <c r="I255" s="7"/>
-      <c r="J255" s="7"/>
+      <c r="J255" s="68"/>
       <c r="K255" s="44"/>
       <c r="L255" s="7"/>
       <c r="M255" s="7"/>
       <c r="N255" s="7"/>
       <c r="O255" s="39"/>
     </row>
     <row r="256" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B256" s="25"/>
       <c r="C256" s="4" t="s">
         <v>12</v>
       </c>
       <c r="D256" s="7">
         <v>105.1208</v>
       </c>
       <c r="E256" s="44"/>
       <c r="F256" s="7">
-        <v>103.04179999999999</v>
+        <v>103.02849999999999</v>
       </c>
       <c r="G256" s="44"/>
       <c r="H256" s="7">
-        <v>99.328500000000005</v>
+        <v>99.319500000000005</v>
       </c>
       <c r="I256" s="7"/>
-      <c r="J256" s="7">
-        <v>108.98950000000001</v>
+      <c r="J256" s="68">
+        <v>109.0134</v>
       </c>
       <c r="K256" s="44"/>
       <c r="L256" s="7">
-        <v>89.423299999999998</v>
+        <v>88.258099999999999</v>
       </c>
       <c r="M256" s="7"/>
       <c r="N256" s="7"/>
       <c r="O256" s="39"/>
     </row>
     <row r="257" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B257" s="25"/>
       <c r="C257" s="4" t="s">
         <v>13</v>
       </c>
       <c r="D257" s="7">
         <v>104.94970000000001</v>
       </c>
       <c r="E257" s="44"/>
       <c r="F257" s="7">
-        <v>102.7863</v>
+        <v>102.7668</v>
       </c>
       <c r="G257" s="44"/>
       <c r="H257" s="7">
-        <v>100.2697</v>
+        <v>100.2649</v>
       </c>
       <c r="I257" s="7"/>
-      <c r="J257" s="7"/>
+      <c r="J257" s="68"/>
       <c r="K257" s="44"/>
       <c r="L257" s="7"/>
       <c r="M257" s="7"/>
       <c r="N257" s="7"/>
       <c r="O257" s="39"/>
     </row>
     <row r="258" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B258" s="25"/>
       <c r="C258" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D258" s="7">
         <v>104.65179999999999</v>
       </c>
       <c r="E258" s="44"/>
       <c r="F258" s="7">
-        <v>102.5181</v>
+        <v>102.5004</v>
       </c>
       <c r="G258" s="44"/>
       <c r="H258" s="7">
-        <v>98.394300000000001</v>
+        <v>98.397499999999994</v>
       </c>
       <c r="I258" s="7"/>
-      <c r="J258" s="7"/>
+      <c r="J258" s="68"/>
       <c r="K258" s="44"/>
       <c r="L258" s="7"/>
       <c r="M258" s="7"/>
       <c r="N258" s="7"/>
       <c r="O258" s="39"/>
     </row>
     <row r="259" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B259" s="23"/>
       <c r="C259" s="24" t="s">
         <v>15</v>
       </c>
       <c r="D259" s="8">
         <v>104.0372</v>
       </c>
       <c r="E259" s="47"/>
       <c r="F259" s="8">
-        <v>101.97580000000001</v>
+        <v>101.96129999999999</v>
       </c>
       <c r="G259" s="47"/>
       <c r="H259" s="8">
-        <v>99.395200000000003</v>
+        <v>99.417400000000001</v>
       </c>
       <c r="I259" s="8"/>
-      <c r="J259" s="8">
-        <v>107.6857</v>
+      <c r="J259" s="69">
+        <v>107.70910000000001</v>
       </c>
       <c r="K259" s="47"/>
       <c r="L259" s="8">
-        <v>88.137799999999999</v>
+        <v>87.081299999999999</v>
       </c>
       <c r="M259" s="8"/>
       <c r="N259" s="8"/>
       <c r="O259" s="39"/>
     </row>
     <row r="260" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B260" s="25" t="s">
         <v>37</v>
       </c>
       <c r="C260" s="4" t="s">
         <v>4</v>
       </c>
       <c r="D260" s="7">
         <v>104.29340000000001</v>
       </c>
       <c r="E260" s="44"/>
       <c r="F260" s="7">
-        <v>102.1272</v>
+        <v>102.1073</v>
       </c>
       <c r="G260" s="44"/>
       <c r="H260" s="7">
-        <v>99.573099999999997</v>
+        <v>99.583500000000001</v>
       </c>
       <c r="I260" s="7"/>
-      <c r="J260" s="7"/>
+      <c r="J260" s="68"/>
       <c r="K260" s="44"/>
       <c r="L260" s="7"/>
       <c r="M260" s="7"/>
       <c r="N260" s="7"/>
       <c r="O260" s="39"/>
     </row>
     <row r="261" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B261" s="22"/>
       <c r="C261" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D261" s="9">
         <v>105.139</v>
       </c>
       <c r="E261" s="44"/>
       <c r="F261" s="9">
-        <v>102.9547</v>
+        <v>102.93689999999999</v>
       </c>
       <c r="G261" s="44"/>
       <c r="H261" s="9">
-        <v>100.14960000000001</v>
+        <v>100.1534</v>
       </c>
       <c r="I261" s="9"/>
-      <c r="J261" s="9"/>
+      <c r="J261" s="15"/>
       <c r="K261" s="44"/>
       <c r="L261" s="9"/>
       <c r="M261" s="9"/>
       <c r="N261" s="9"/>
       <c r="O261" s="39"/>
     </row>
     <row r="262" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B262" s="22"/>
       <c r="C262" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D262" s="9">
         <v>105.6297</v>
       </c>
       <c r="E262" s="44"/>
       <c r="F262" s="9">
-        <v>103.2093</v>
+        <v>103.1865</v>
       </c>
       <c r="G262" s="44"/>
       <c r="H262" s="9">
-        <v>100.0206</v>
+        <v>100.01349999999999</v>
       </c>
       <c r="I262" s="9"/>
-      <c r="J262" s="9">
-        <v>107.0107</v>
+      <c r="J262" s="15">
+        <v>107.02970000000001</v>
       </c>
       <c r="K262" s="44"/>
       <c r="L262" s="9">
-        <v>88.039199999999994</v>
+        <v>87.222999999999999</v>
       </c>
       <c r="M262" s="9"/>
       <c r="N262" s="9"/>
       <c r="O262" s="39"/>
     </row>
     <row r="263" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B263" s="22"/>
       <c r="C263" s="4" t="s">
         <v>7</v>
       </c>
       <c r="D263" s="9">
         <v>105.1305</v>
       </c>
       <c r="E263" s="44"/>
       <c r="F263" s="9">
-        <v>102.726</v>
+        <v>102.7039</v>
       </c>
       <c r="G263" s="44"/>
       <c r="H263" s="9">
-        <v>99.876099999999994</v>
+        <v>99.852900000000005</v>
       </c>
       <c r="I263" s="9"/>
-      <c r="J263" s="9"/>
+      <c r="J263" s="15"/>
       <c r="K263" s="44"/>
       <c r="L263" s="9"/>
       <c r="M263" s="9"/>
       <c r="N263" s="9"/>
       <c r="O263" s="39"/>
     </row>
     <row r="264" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B264" s="22"/>
       <c r="C264" s="4" t="s">
         <v>18</v>
       </c>
       <c r="D264" s="9">
         <v>106.09050000000001</v>
       </c>
       <c r="E264" s="44"/>
       <c r="F264" s="9">
-        <v>103.38930000000001</v>
+        <v>103.36790000000001</v>
       </c>
       <c r="G264" s="44"/>
       <c r="H264" s="9">
-        <v>99.703699999999998</v>
+        <v>99.672799999999995</v>
       </c>
       <c r="I264" s="9"/>
-      <c r="J264" s="9"/>
+      <c r="J264" s="15"/>
       <c r="K264" s="44"/>
       <c r="L264" s="9"/>
       <c r="M264" s="9"/>
       <c r="N264" s="9"/>
       <c r="O264" s="39"/>
     </row>
     <row r="265" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B265" s="22"/>
       <c r="C265" s="4" t="s">
         <v>9</v>
       </c>
       <c r="D265" s="9">
         <v>106.7116</v>
       </c>
       <c r="E265" s="44"/>
       <c r="F265" s="9">
-        <v>104.1262</v>
+        <v>104.1063</v>
       </c>
       <c r="G265" s="44"/>
       <c r="H265" s="9">
-        <v>99.627799999999993</v>
+        <v>99.599100000000007</v>
       </c>
       <c r="I265" s="9"/>
-      <c r="J265" s="9">
-        <v>109.44370000000001</v>
+      <c r="J265" s="15">
+        <v>109.4576</v>
       </c>
       <c r="K265" s="44"/>
       <c r="L265" s="9">
-        <v>89.018000000000001</v>
+        <v>88.186499999999995</v>
       </c>
       <c r="M265" s="9"/>
       <c r="N265" s="9"/>
       <c r="O265" s="39"/>
     </row>
     <row r="266" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B266" s="22"/>
       <c r="C266" s="4" t="s">
         <v>10</v>
       </c>
       <c r="D266" s="9">
         <v>107.3009</v>
       </c>
       <c r="E266" s="44"/>
       <c r="F266" s="9">
-        <v>104.55629999999999</v>
+        <v>104.5301</v>
       </c>
       <c r="G266" s="44"/>
       <c r="H266" s="9">
-        <v>100.2724</v>
+        <v>100.25360000000001</v>
       </c>
       <c r="I266" s="9"/>
-      <c r="J266" s="9"/>
+      <c r="J266" s="15"/>
       <c r="K266" s="44"/>
       <c r="L266" s="9"/>
       <c r="M266" s="9"/>
       <c r="N266" s="9"/>
       <c r="O266" s="39"/>
     </row>
     <row r="267" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B267" s="28"/>
       <c r="C267" s="29" t="s">
         <v>11</v>
       </c>
       <c r="D267" s="7">
         <v>107.9858</v>
       </c>
       <c r="E267" s="44"/>
       <c r="F267" s="7">
-        <v>105.17919999999999</v>
+        <v>105.1673</v>
       </c>
       <c r="G267" s="44"/>
       <c r="H267" s="7">
-        <v>100.9776</v>
+        <v>100.96120000000001</v>
       </c>
       <c r="I267" s="7"/>
-      <c r="J267" s="7"/>
+      <c r="J267" s="68"/>
       <c r="K267" s="44"/>
       <c r="L267" s="7"/>
       <c r="M267" s="7"/>
       <c r="N267" s="7"/>
       <c r="O267" s="39"/>
     </row>
     <row r="268" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B268" s="28"/>
       <c r="C268" s="29" t="s">
         <v>12</v>
       </c>
       <c r="D268" s="7">
         <v>107.1848</v>
       </c>
       <c r="E268" s="44"/>
       <c r="F268" s="7">
-        <v>104.7208</v>
+        <v>104.7041</v>
       </c>
       <c r="G268" s="44"/>
       <c r="H268" s="7">
-        <v>100.51560000000001</v>
+        <v>100.50660000000001</v>
       </c>
       <c r="I268" s="7"/>
-      <c r="J268" s="7">
-        <v>110.65089999999999</v>
+      <c r="J268" s="68">
+        <v>110.6718</v>
       </c>
       <c r="K268" s="44"/>
       <c r="L268" s="7">
-        <v>89.535200000000003</v>
+        <v>88.542900000000003</v>
       </c>
       <c r="M268" s="7"/>
       <c r="N268" s="7"/>
       <c r="O268" s="39"/>
     </row>
     <row r="269" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B269" s="28"/>
       <c r="C269" s="29" t="s">
         <v>13</v>
       </c>
       <c r="D269" s="7">
         <v>106.465</v>
       </c>
       <c r="E269" s="44"/>
       <c r="F269" s="7">
-        <v>103.9336</v>
+        <v>103.9194</v>
       </c>
       <c r="G269" s="44"/>
       <c r="H269" s="7">
-        <v>99.73</v>
+        <v>99.7303</v>
       </c>
       <c r="I269" s="7"/>
-      <c r="J269" s="7"/>
+      <c r="J269" s="68"/>
       <c r="K269" s="44"/>
       <c r="L269" s="7"/>
       <c r="M269" s="7"/>
       <c r="N269" s="7"/>
       <c r="O269" s="39"/>
     </row>
     <row r="270" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B270" s="28"/>
       <c r="C270" s="20" t="s">
         <v>14</v>
       </c>
       <c r="D270" s="7">
         <v>105.93600000000001</v>
       </c>
       <c r="E270" s="44"/>
       <c r="F270" s="7">
-        <v>103.2876</v>
+        <v>103.2745</v>
       </c>
       <c r="G270" s="44"/>
       <c r="H270" s="7">
-        <v>99.6417</v>
+        <v>99.638400000000004</v>
       </c>
       <c r="I270" s="7"/>
-      <c r="J270" s="7"/>
+      <c r="J270" s="68"/>
       <c r="K270" s="44"/>
       <c r="L270" s="7"/>
       <c r="M270" s="7"/>
       <c r="N270" s="7"/>
       <c r="O270" s="39"/>
     </row>
     <row r="271" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B271" s="23"/>
       <c r="C271" s="24" t="s">
         <v>15</v>
       </c>
       <c r="D271" s="8">
         <v>106.2123</v>
       </c>
       <c r="E271" s="47"/>
       <c r="F271" s="8">
-        <v>103.3416</v>
+        <v>103.3301</v>
       </c>
       <c r="G271" s="47"/>
       <c r="H271" s="8">
-        <v>99.583799999999997</v>
+        <v>99.601699999999994</v>
       </c>
       <c r="I271" s="8"/>
-      <c r="J271" s="8">
-        <v>108.8942</v>
+      <c r="J271" s="69">
+        <v>108.9053</v>
       </c>
       <c r="K271" s="47"/>
       <c r="L271" s="8">
-        <v>88.333699999999993</v>
+        <v>87.291799999999995</v>
       </c>
       <c r="M271" s="8"/>
       <c r="N271" s="8"/>
       <c r="O271" s="39"/>
     </row>
     <row r="272" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B272" s="25" t="s">
         <v>38</v>
       </c>
       <c r="C272" s="4" t="s">
         <v>4</v>
       </c>
       <c r="D272" s="9">
         <v>107.9127</v>
       </c>
       <c r="E272" s="49"/>
       <c r="F272" s="9">
-        <v>105.0454</v>
+        <v>105.04</v>
       </c>
       <c r="G272" s="49"/>
       <c r="H272" s="9">
-        <v>100.9164</v>
+        <v>100.9268</v>
       </c>
       <c r="I272" s="9"/>
-      <c r="J272" s="9"/>
+      <c r="J272" s="15"/>
       <c r="K272" s="49"/>
       <c r="L272" s="9"/>
       <c r="M272" s="9"/>
       <c r="N272" s="9"/>
       <c r="O272" s="39"/>
     </row>
     <row r="273" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B273" s="30"/>
       <c r="C273" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D273" s="9">
         <v>108.0715</v>
       </c>
       <c r="E273" s="44"/>
       <c r="F273" s="9">
-        <v>104.9776</v>
+        <v>104.9636</v>
       </c>
       <c r="G273" s="44"/>
       <c r="H273" s="9">
-        <v>100.3039</v>
+        <v>100.3077</v>
       </c>
       <c r="I273" s="9"/>
-      <c r="J273" s="9"/>
+      <c r="J273" s="15"/>
       <c r="K273" s="44"/>
       <c r="L273" s="9"/>
       <c r="M273" s="9"/>
       <c r="N273" s="9"/>
       <c r="O273" s="39"/>
     </row>
     <row r="274" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B274" s="30"/>
       <c r="C274" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D274" s="9">
         <v>108.21810000000001</v>
       </c>
       <c r="E274" s="50"/>
       <c r="F274" s="9">
-        <v>105.11920000000001</v>
+        <v>105.10120000000001</v>
       </c>
       <c r="G274" s="50"/>
       <c r="H274" s="9">
-        <v>100.13079999999999</v>
+        <v>100.11360000000001</v>
       </c>
       <c r="I274" s="9"/>
-      <c r="J274" s="9">
-        <v>110.474</v>
+      <c r="J274" s="15">
+        <v>110.5108</v>
       </c>
       <c r="K274" s="50"/>
       <c r="L274" s="9">
-        <v>91.770700000000005</v>
+        <v>90.377300000000005</v>
       </c>
       <c r="M274" s="9"/>
       <c r="N274" s="9"/>
       <c r="O274" s="39"/>
     </row>
     <row r="275" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B275" s="30"/>
       <c r="C275" s="4" t="s">
         <v>7</v>
       </c>
       <c r="D275" s="9">
         <v>108.5347</v>
       </c>
       <c r="E275" s="48"/>
       <c r="F275" s="9">
-        <v>105.5872</v>
+        <v>105.5617</v>
       </c>
       <c r="G275" s="48"/>
       <c r="H275" s="9">
-        <v>100.592</v>
+        <v>100.5519</v>
       </c>
       <c r="I275" s="9"/>
-      <c r="J275" s="9"/>
+      <c r="J275" s="15"/>
       <c r="K275" s="48"/>
       <c r="L275" s="9"/>
       <c r="M275" s="9"/>
       <c r="N275" s="9"/>
       <c r="O275" s="39"/>
     </row>
     <row r="276" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B276" s="25"/>
       <c r="C276" s="4" t="s">
         <v>18</v>
       </c>
       <c r="D276" s="9">
         <v>108.64149999999999</v>
       </c>
       <c r="E276" s="44"/>
       <c r="F276" s="9">
-        <v>105.536</v>
+        <v>105.51260000000001</v>
       </c>
       <c r="G276" s="44"/>
       <c r="H276" s="9">
-        <v>100.9233</v>
+        <v>100.8762</v>
       </c>
       <c r="I276" s="9"/>
-      <c r="J276" s="9"/>
+      <c r="J276" s="15"/>
       <c r="K276" s="44"/>
       <c r="L276" s="9"/>
       <c r="M276" s="9"/>
       <c r="N276" s="9"/>
       <c r="O276" s="39"/>
     </row>
     <row r="277" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B277" s="25"/>
       <c r="C277" s="4" t="s">
         <v>9</v>
       </c>
       <c r="D277" s="9">
         <v>108.8232</v>
       </c>
       <c r="E277" s="44"/>
       <c r="F277" s="9">
-        <v>106.0428</v>
+        <v>106.0136</v>
       </c>
       <c r="G277" s="44"/>
       <c r="H277" s="9">
-        <v>100.46169999999999</v>
+        <v>100.4263</v>
       </c>
       <c r="I277" s="9"/>
-      <c r="J277" s="9">
-        <v>111.5432</v>
+      <c r="J277" s="15">
+        <v>111.551</v>
       </c>
       <c r="K277" s="44"/>
       <c r="L277" s="9">
-        <v>91.132999999999996</v>
+        <v>89.635099999999994</v>
       </c>
       <c r="M277" s="9"/>
       <c r="N277" s="9"/>
       <c r="O277" s="39"/>
     </row>
     <row r="278" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B278" s="25"/>
       <c r="C278" s="4" t="s">
         <v>10</v>
       </c>
       <c r="D278" s="9">
         <v>109.0886</v>
       </c>
       <c r="E278" s="44"/>
       <c r="F278" s="9">
-        <v>105.9984</v>
+        <v>105.9667</v>
       </c>
       <c r="G278" s="44"/>
       <c r="H278" s="9">
-        <v>100.87990000000001</v>
+        <v>100.8528</v>
       </c>
       <c r="I278" s="9"/>
-      <c r="J278" s="9"/>
+      <c r="J278" s="15"/>
       <c r="K278" s="44"/>
       <c r="L278" s="9"/>
       <c r="M278" s="9"/>
       <c r="N278" s="9"/>
       <c r="O278" s="39"/>
     </row>
     <row r="279" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B279" s="25"/>
       <c r="C279" s="4" t="s">
         <v>11</v>
       </c>
       <c r="D279" s="9">
         <v>108.9074</v>
       </c>
       <c r="E279" s="44"/>
       <c r="F279" s="9">
-        <v>105.7379</v>
+        <v>105.7236</v>
       </c>
       <c r="G279" s="44"/>
       <c r="H279" s="9">
-        <v>100.3117</v>
+        <v>100.29770000000001</v>
       </c>
       <c r="I279" s="9"/>
-      <c r="J279" s="9"/>
+      <c r="J279" s="15"/>
       <c r="K279" s="44"/>
       <c r="L279" s="9"/>
       <c r="M279" s="9"/>
       <c r="N279" s="9"/>
       <c r="O279" s="39"/>
     </row>
     <row r="280" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B280" s="25"/>
       <c r="C280" s="4" t="s">
         <v>12</v>
       </c>
       <c r="D280" s="9">
         <v>109.3231</v>
       </c>
       <c r="E280" s="44"/>
       <c r="F280" s="9">
-        <v>105.8614</v>
+        <v>105.843</v>
       </c>
       <c r="G280" s="44"/>
       <c r="H280" s="9">
-        <v>100.70829999999999</v>
+        <v>100.7022</v>
       </c>
       <c r="I280" s="9"/>
-      <c r="J280" s="9">
-        <v>111.6447</v>
+      <c r="J280" s="15">
+        <v>111.657</v>
       </c>
       <c r="K280" s="44"/>
       <c r="L280" s="9">
-        <v>90.164699999999996</v>
+        <v>88.881200000000007</v>
       </c>
       <c r="M280" s="9"/>
       <c r="N280" s="9"/>
       <c r="O280" s="39"/>
     </row>
     <row r="281" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B281" s="25"/>
       <c r="C281" s="4" t="s">
         <v>13</v>
       </c>
       <c r="D281" s="9">
         <v>108.9661</v>
       </c>
       <c r="E281" s="44"/>
       <c r="F281" s="9">
-        <v>105.3034</v>
+        <v>105.29389999999999</v>
       </c>
       <c r="G281" s="44"/>
       <c r="H281" s="9">
-        <v>100.90860000000001</v>
+        <v>100.9081</v>
       </c>
       <c r="I281" s="9"/>
-      <c r="J281" s="9"/>
+      <c r="J281" s="15"/>
       <c r="K281" s="44"/>
       <c r="L281" s="9"/>
       <c r="M281" s="9"/>
       <c r="N281" s="9"/>
       <c r="O281" s="39"/>
     </row>
     <row r="282" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B282" s="25"/>
       <c r="C282" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D282" s="9">
         <v>108.5033</v>
       </c>
       <c r="E282" s="44"/>
       <c r="F282" s="9">
-        <v>104.672</v>
+        <v>104.6632</v>
       </c>
       <c r="G282" s="44"/>
       <c r="H282" s="9">
-        <v>100.0938</v>
+        <v>100.0869</v>
       </c>
       <c r="I282" s="9"/>
-      <c r="J282" s="9"/>
+      <c r="J282" s="15"/>
       <c r="K282" s="44"/>
       <c r="L282" s="9"/>
       <c r="M282" s="9"/>
       <c r="N282" s="9"/>
       <c r="O282" s="39"/>
     </row>
     <row r="283" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B283" s="31"/>
       <c r="C283" s="32" t="s">
         <v>15</v>
       </c>
       <c r="D283" s="10">
         <v>108.8952</v>
       </c>
       <c r="E283" s="47"/>
       <c r="F283" s="10">
-        <v>104.8897</v>
+        <v>104.8813</v>
       </c>
       <c r="G283" s="47"/>
       <c r="H283" s="10">
-        <v>99.772300000000001</v>
+        <v>99.782600000000002</v>
       </c>
       <c r="I283" s="10"/>
-      <c r="J283" s="10">
-        <v>110.48390000000001</v>
+      <c r="J283" s="70">
+        <v>110.4755</v>
       </c>
       <c r="K283" s="47"/>
       <c r="L283" s="10">
-        <v>89.834800000000001</v>
+        <v>88.877600000000001</v>
       </c>
       <c r="M283" s="10"/>
       <c r="N283" s="10"/>
       <c r="O283" s="39"/>
     </row>
     <row r="284" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B284" s="33" t="s">
         <v>39</v>
       </c>
       <c r="C284" s="34" t="s">
         <v>4</v>
       </c>
       <c r="D284" s="11">
         <v>108.35129999999999</v>
       </c>
       <c r="E284" s="51"/>
       <c r="F284" s="11">
-        <v>104.1888</v>
+        <v>104.17700000000001</v>
       </c>
       <c r="G284" s="51"/>
       <c r="H284" s="11">
-        <v>99.4285</v>
+        <v>99.434200000000004</v>
       </c>
       <c r="I284" s="11"/>
-      <c r="J284" s="11"/>
+      <c r="J284" s="71"/>
       <c r="K284" s="51"/>
       <c r="L284" s="11"/>
       <c r="M284" s="11"/>
       <c r="N284" s="11"/>
       <c r="O284" s="39"/>
     </row>
     <row r="285" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B285" s="25"/>
       <c r="C285" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D285" s="9">
         <v>108.3125</v>
       </c>
       <c r="E285" s="44"/>
       <c r="F285" s="9">
-        <v>104.08280000000001</v>
+        <v>104.07299999999999</v>
       </c>
       <c r="G285" s="44"/>
       <c r="H285" s="9">
-        <v>99.515100000000004</v>
+        <v>99.512299999999996</v>
       </c>
       <c r="I285" s="9"/>
-      <c r="J285" s="9"/>
+      <c r="J285" s="15"/>
       <c r="K285" s="44"/>
       <c r="L285" s="9"/>
       <c r="M285" s="9"/>
       <c r="N285" s="9"/>
       <c r="O285" s="39"/>
     </row>
     <row r="286" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B286" s="25"/>
       <c r="C286" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D286" s="9">
         <v>108.047</v>
       </c>
       <c r="E286" s="44"/>
       <c r="F286" s="9">
-        <v>103.9089</v>
+        <v>103.8933</v>
       </c>
       <c r="G286" s="44"/>
       <c r="H286" s="9">
-        <v>99.644900000000007</v>
+        <v>99.617999999999995</v>
       </c>
       <c r="I286" s="9"/>
-      <c r="J286" s="9">
-        <v>109.65260000000001</v>
+      <c r="J286" s="15">
+        <v>109.69759999999999</v>
       </c>
       <c r="K286" s="44"/>
       <c r="L286" s="9">
-        <v>86.764099999999999</v>
+        <v>87.257999999999996</v>
       </c>
       <c r="M286" s="9"/>
       <c r="N286" s="9"/>
       <c r="O286" s="39"/>
     </row>
     <row r="287" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B287" s="25"/>
       <c r="C287" s="4" t="s">
         <v>7</v>
       </c>
       <c r="D287" s="9">
         <v>107.9624</v>
       </c>
       <c r="E287" s="44"/>
       <c r="F287" s="9">
-        <v>103.6284</v>
+        <v>103.59990000000001</v>
       </c>
       <c r="G287" s="44"/>
       <c r="H287" s="9">
-        <v>99.589100000000002</v>
+        <v>99.537800000000004</v>
       </c>
       <c r="I287" s="9"/>
-      <c r="J287" s="9"/>
+      <c r="J287" s="15"/>
       <c r="K287" s="44"/>
       <c r="L287" s="9"/>
       <c r="M287" s="9"/>
       <c r="N287" s="9"/>
       <c r="O287" s="39"/>
     </row>
     <row r="288" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B288" s="25"/>
       <c r="C288" s="4" t="s">
         <v>18</v>
       </c>
       <c r="D288" s="9">
         <v>108.4284</v>
       </c>
       <c r="E288" s="44"/>
       <c r="F288" s="9">
-        <v>104.2059</v>
+        <v>104.1773</v>
       </c>
       <c r="G288" s="44"/>
       <c r="H288" s="9">
-        <v>100.1388</v>
+        <v>100.0814</v>
       </c>
       <c r="I288" s="9"/>
-      <c r="J288" s="9"/>
+      <c r="J288" s="15"/>
       <c r="K288" s="44"/>
       <c r="L288" s="9"/>
       <c r="M288" s="9"/>
       <c r="N288" s="9"/>
       <c r="O288" s="39"/>
     </row>
     <row r="289" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B289" s="25"/>
       <c r="C289" s="4" t="s">
         <v>9</v>
       </c>
       <c r="D289" s="9">
         <v>108.6482</v>
       </c>
       <c r="E289" s="44"/>
       <c r="F289" s="9">
-        <v>104.3694</v>
+        <v>104.3297</v>
       </c>
       <c r="G289" s="44"/>
       <c r="H289" s="9">
-        <v>99.393600000000006</v>
+        <v>99.352000000000004</v>
       </c>
       <c r="I289" s="9"/>
-      <c r="J289" s="9">
-        <v>109.95099999999999</v>
+      <c r="J289" s="15">
+        <v>109.9601</v>
       </c>
       <c r="K289" s="44"/>
       <c r="L289" s="9">
-        <v>87.059299999999993</v>
+        <v>87.247</v>
       </c>
       <c r="M289" s="9"/>
       <c r="N289" s="9"/>
       <c r="O289" s="39"/>
     </row>
     <row r="290" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B290" s="25"/>
       <c r="C290" s="4" t="s">
         <v>10</v>
       </c>
       <c r="D290" s="9">
         <v>108.62139999999999</v>
       </c>
       <c r="E290" s="44"/>
       <c r="F290" s="9">
-        <v>104.38590000000001</v>
+        <v>104.3476</v>
       </c>
       <c r="G290" s="44"/>
       <c r="H290" s="9">
-        <v>99.771100000000004</v>
+        <v>99.736800000000002</v>
       </c>
       <c r="I290" s="9"/>
-      <c r="J290" s="9"/>
+      <c r="J290" s="15"/>
       <c r="K290" s="44"/>
       <c r="L290" s="9"/>
       <c r="M290" s="9"/>
       <c r="N290" s="9"/>
       <c r="O290" s="39"/>
     </row>
     <row r="291" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B291" s="25"/>
       <c r="C291" s="4" t="s">
         <v>11</v>
       </c>
       <c r="D291" s="9">
         <v>108.9774</v>
       </c>
       <c r="E291" s="44"/>
       <c r="F291" s="9">
-        <v>104.36879999999999</v>
+        <v>104.3463</v>
       </c>
       <c r="G291" s="44"/>
       <c r="H291" s="9">
-        <v>99.888300000000001</v>
+        <v>99.867900000000006</v>
       </c>
       <c r="I291" s="9"/>
-      <c r="J291" s="9"/>
+      <c r="J291" s="15"/>
       <c r="K291" s="44"/>
       <c r="L291" s="9"/>
       <c r="M291" s="9"/>
       <c r="N291" s="9"/>
       <c r="O291" s="39"/>
     </row>
     <row r="292" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B292" s="25"/>
       <c r="C292" s="4" t="s">
         <v>12</v>
       </c>
       <c r="D292" s="9">
         <v>108.58280000000001</v>
       </c>
       <c r="E292" s="44"/>
       <c r="F292" s="9">
-        <v>104.0029</v>
+        <v>103.98</v>
       </c>
       <c r="G292" s="44"/>
       <c r="H292" s="9">
-        <v>100.0675</v>
+        <v>100.0564</v>
       </c>
       <c r="I292" s="9"/>
-      <c r="J292" s="9">
-        <v>111.1403</v>
+      <c r="J292" s="15">
+        <v>111.14230000000001</v>
       </c>
       <c r="K292" s="44"/>
       <c r="L292" s="9">
-        <v>88.215999999999994</v>
+        <v>88.047899999999998</v>
       </c>
       <c r="M292" s="9"/>
       <c r="N292" s="9"/>
       <c r="O292" s="39"/>
     </row>
     <row r="293" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B293" s="25"/>
       <c r="C293" s="4" t="s">
         <v>13</v>
       </c>
       <c r="D293" s="9">
         <v>108.04900000000001</v>
       </c>
       <c r="E293" s="44"/>
       <c r="F293" s="9">
-        <v>103.3676</v>
+        <v>103.3565</v>
       </c>
       <c r="G293" s="44"/>
       <c r="H293" s="9">
-        <v>99.803100000000001</v>
+        <v>99.797300000000007</v>
       </c>
       <c r="I293" s="9"/>
-      <c r="J293" s="9"/>
+      <c r="J293" s="15"/>
       <c r="K293" s="44"/>
       <c r="L293" s="9"/>
       <c r="M293" s="9"/>
       <c r="N293" s="9"/>
       <c r="O293" s="39"/>
     </row>
     <row r="294" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B294" s="25"/>
       <c r="C294" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D294" s="9">
         <v>107.7877</v>
       </c>
       <c r="E294" s="44"/>
       <c r="F294" s="9">
-        <v>102.899</v>
+        <v>102.8904</v>
       </c>
       <c r="G294" s="44"/>
       <c r="H294" s="9">
-        <v>99.534499999999994</v>
+        <v>99.519400000000005</v>
       </c>
       <c r="I294" s="9"/>
-      <c r="J294" s="9"/>
+      <c r="J294" s="15"/>
       <c r="K294" s="44"/>
       <c r="L294" s="9"/>
       <c r="M294" s="9"/>
       <c r="N294" s="9"/>
       <c r="O294" s="39"/>
     </row>
     <row r="295" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A295" s="20"/>
       <c r="B295" s="35"/>
       <c r="C295" s="32" t="s">
         <v>15</v>
       </c>
       <c r="D295" s="10">
         <v>107.7461</v>
       </c>
       <c r="E295" s="47"/>
       <c r="F295" s="10">
-        <v>102.8237</v>
+        <v>102.81610000000001</v>
       </c>
       <c r="G295" s="47"/>
       <c r="H295" s="10">
-        <v>99.3673</v>
+        <v>99.358699999999999</v>
       </c>
       <c r="I295" s="10"/>
-      <c r="J295" s="10">
-        <v>110.9973</v>
+      <c r="J295" s="70">
+        <v>110.9605</v>
       </c>
       <c r="K295" s="47"/>
       <c r="L295" s="10">
-        <v>85.688900000000004</v>
+        <v>85.736599999999996</v>
       </c>
       <c r="M295" s="10"/>
       <c r="N295" s="10"/>
       <c r="O295" s="39"/>
     </row>
     <row r="296" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A296" s="20"/>
       <c r="B296" s="22" t="s">
         <v>40</v>
       </c>
       <c r="C296" s="4" t="s">
         <v>4</v>
       </c>
       <c r="D296" s="9">
         <v>107.56489999999999</v>
       </c>
       <c r="E296" s="44"/>
       <c r="F296" s="9">
-        <v>102.83669999999999</v>
+        <v>102.82989999999999</v>
       </c>
       <c r="G296" s="44"/>
       <c r="H296" s="9">
-        <v>99.4268</v>
+        <v>99.418000000000006</v>
       </c>
       <c r="I296" s="9"/>
-      <c r="J296" s="9"/>
+      <c r="J296" s="15"/>
       <c r="K296" s="44"/>
       <c r="L296" s="9"/>
       <c r="M296" s="9"/>
       <c r="N296" s="9"/>
       <c r="O296" s="39"/>
     </row>
     <row r="297" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A297" s="20"/>
       <c r="B297" s="22"/>
       <c r="C297" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D297" s="9">
         <v>107.2483</v>
       </c>
       <c r="E297" s="44"/>
       <c r="F297" s="9">
-        <v>102.06659999999999</v>
+        <v>102.0547</v>
       </c>
       <c r="G297" s="44"/>
       <c r="H297" s="9">
-        <v>99.415099999999995</v>
+        <v>99.394300000000001</v>
       </c>
       <c r="I297" s="9"/>
-      <c r="J297" s="9"/>
+      <c r="J297" s="15"/>
       <c r="K297" s="44"/>
       <c r="L297" s="9"/>
       <c r="M297" s="9"/>
       <c r="N297" s="9"/>
       <c r="O297" s="39"/>
     </row>
     <row r="298" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A298" s="20"/>
       <c r="B298" s="22"/>
       <c r="C298" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D298" s="9">
         <v>107.15430000000001</v>
       </c>
       <c r="E298" s="44"/>
       <c r="F298" s="9">
-        <v>101.7628</v>
+        <v>101.753</v>
       </c>
       <c r="G298" s="44"/>
       <c r="H298" s="9">
-        <v>97.519900000000007</v>
+        <v>97.492599999999996</v>
       </c>
       <c r="I298" s="9"/>
-      <c r="J298" s="9">
-        <v>110.5296</v>
+      <c r="J298" s="15">
+        <v>110.5723</v>
       </c>
       <c r="K298" s="44"/>
       <c r="L298" s="9">
-        <v>86.330699999999993</v>
+        <v>86.303399999999996</v>
       </c>
       <c r="M298" s="9"/>
       <c r="N298" s="9"/>
       <c r="O298" s="39"/>
     </row>
     <row r="299" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A299" s="20"/>
       <c r="B299" s="22"/>
       <c r="C299" s="4" t="s">
         <v>7</v>
       </c>
       <c r="D299" s="9">
         <v>106.95229999999999</v>
       </c>
       <c r="E299" s="44"/>
       <c r="F299" s="9">
-        <v>101.43559999999999</v>
+        <v>101.40649999999999</v>
       </c>
       <c r="G299" s="44"/>
       <c r="H299" s="9">
-        <v>95.388499999999993</v>
+        <v>95.343299999999999</v>
       </c>
       <c r="I299" s="9"/>
-      <c r="J299" s="9"/>
+      <c r="J299" s="15"/>
       <c r="K299" s="44"/>
       <c r="L299" s="9"/>
       <c r="M299" s="9"/>
       <c r="N299" s="9"/>
       <c r="O299" s="39"/>
     </row>
     <row r="300" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A300" s="20"/>
       <c r="B300" s="22"/>
       <c r="C300" s="4" t="s">
         <v>18</v>
       </c>
       <c r="D300" s="9">
         <v>107.149</v>
       </c>
       <c r="E300" s="44"/>
       <c r="F300" s="9">
-        <v>101.467</v>
+        <v>101.4393</v>
       </c>
       <c r="G300" s="44"/>
       <c r="H300" s="9">
-        <v>95.125500000000002</v>
+        <v>95.077600000000004</v>
       </c>
       <c r="I300" s="9"/>
-      <c r="J300" s="9"/>
+      <c r="J300" s="15"/>
       <c r="K300" s="44"/>
       <c r="L300" s="9"/>
       <c r="M300" s="9"/>
       <c r="N300" s="9"/>
       <c r="O300" s="39"/>
     </row>
     <row r="301" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A301" s="20"/>
       <c r="B301" s="22"/>
       <c r="C301" s="4" t="s">
         <v>9</v>
       </c>
       <c r="D301" s="9">
         <v>107.631</v>
       </c>
       <c r="E301" s="44"/>
       <c r="F301" s="9">
-        <v>101.87779999999999</v>
+        <v>101.8391</v>
       </c>
       <c r="G301" s="44"/>
       <c r="H301" s="9">
-        <v>96.166399999999996</v>
+        <v>96.1374</v>
       </c>
       <c r="I301" s="9"/>
-      <c r="J301" s="9">
-        <v>108.99979999999999</v>
+      <c r="J301" s="15">
+        <v>108.9858</v>
       </c>
       <c r="K301" s="44"/>
       <c r="L301" s="9">
-        <v>90.316000000000003</v>
+        <v>89.996399999999994</v>
       </c>
       <c r="M301" s="9"/>
       <c r="N301" s="9"/>
       <c r="O301" s="39"/>
     </row>
     <row r="302" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A302" s="20"/>
       <c r="B302" s="22"/>
       <c r="C302" s="4" t="s">
         <v>10</v>
       </c>
       <c r="D302" s="9">
         <v>108.584</v>
       </c>
       <c r="E302" s="44"/>
       <c r="F302" s="9">
-        <v>102.4952</v>
+        <v>102.46380000000001</v>
       </c>
       <c r="G302" s="44"/>
       <c r="H302" s="9">
-        <v>97.469200000000001</v>
+        <v>97.446299999999994</v>
       </c>
       <c r="I302" s="9"/>
-      <c r="J302" s="9"/>
+      <c r="J302" s="15"/>
       <c r="K302" s="44"/>
       <c r="L302" s="9"/>
       <c r="M302" s="9"/>
       <c r="N302" s="9"/>
       <c r="O302" s="39"/>
     </row>
     <row r="303" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A303" s="20"/>
       <c r="B303" s="22"/>
       <c r="C303" s="4" t="s">
         <v>11</v>
       </c>
       <c r="D303" s="9">
         <v>109.5187</v>
       </c>
       <c r="E303" s="44"/>
       <c r="F303" s="9">
-        <v>103.5783</v>
+        <v>103.5556</v>
       </c>
       <c r="G303" s="44"/>
       <c r="H303" s="9">
-        <v>97.466499999999996</v>
+        <v>97.448099999999997</v>
       </c>
       <c r="I303" s="9"/>
-      <c r="J303" s="9"/>
+      <c r="J303" s="15"/>
       <c r="K303" s="44"/>
       <c r="L303" s="9"/>
       <c r="M303" s="9"/>
       <c r="N303" s="9"/>
       <c r="O303" s="39"/>
     </row>
     <row r="304" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A304" s="20"/>
       <c r="B304" s="22"/>
       <c r="C304" s="4" t="s">
         <v>12</v>
       </c>
       <c r="D304" s="9">
         <v>109.2186</v>
       </c>
       <c r="E304" s="44"/>
       <c r="F304" s="9">
-        <v>103.5052</v>
+        <v>103.4821</v>
       </c>
       <c r="G304" s="44"/>
       <c r="H304" s="9">
-        <v>96.404700000000005</v>
+        <v>96.390699999999995</v>
       </c>
       <c r="I304" s="9"/>
-      <c r="J304" s="9">
-        <v>108.1288</v>
+      <c r="J304" s="15">
+        <v>108.13630000000001</v>
       </c>
       <c r="K304" s="44"/>
       <c r="L304" s="9">
-        <v>94.391499999999994</v>
+        <v>93.972899999999996</v>
       </c>
       <c r="M304" s="9"/>
       <c r="N304" s="9"/>
       <c r="O304" s="39"/>
     </row>
     <row r="305" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A305" s="20"/>
       <c r="B305" s="22"/>
       <c r="C305" s="4" t="s">
         <v>13</v>
       </c>
       <c r="D305" s="9">
         <v>108.81659999999999</v>
       </c>
       <c r="E305" s="44"/>
       <c r="F305" s="9">
-        <v>103.15389999999999</v>
+        <v>103.1455</v>
       </c>
       <c r="G305" s="44"/>
       <c r="H305" s="9">
-        <v>96.315200000000004</v>
+        <v>96.309100000000001</v>
       </c>
       <c r="I305" s="9"/>
-      <c r="J305" s="9"/>
+      <c r="J305" s="15"/>
       <c r="K305" s="44"/>
       <c r="L305" s="9"/>
       <c r="M305" s="9"/>
       <c r="N305" s="9"/>
       <c r="O305" s="39"/>
     </row>
     <row r="306" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A306" s="20"/>
       <c r="B306" s="22"/>
       <c r="C306" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D306" s="9">
         <v>108.6953</v>
       </c>
       <c r="E306" s="44"/>
       <c r="F306" s="9">
-        <v>103.1198</v>
+        <v>103.11020000000001</v>
       </c>
       <c r="G306" s="44"/>
       <c r="H306" s="9">
-        <v>95.765799999999999</v>
+        <v>95.754199999999997</v>
       </c>
       <c r="I306" s="9"/>
-      <c r="J306" s="9"/>
+      <c r="J306" s="15"/>
       <c r="K306" s="44"/>
       <c r="L306" s="9"/>
       <c r="M306" s="9"/>
       <c r="N306" s="9"/>
       <c r="O306" s="39"/>
     </row>
     <row r="307" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B307" s="35"/>
       <c r="C307" s="32" t="s">
         <v>15</v>
       </c>
       <c r="D307" s="10">
         <v>109.3391</v>
       </c>
       <c r="E307" s="47"/>
       <c r="F307" s="10">
-        <v>103.4059</v>
+        <v>103.3942</v>
       </c>
       <c r="G307" s="47"/>
       <c r="H307" s="10">
-        <v>97.073300000000003</v>
+        <v>97.056100000000001</v>
       </c>
       <c r="I307" s="10"/>
-      <c r="J307" s="10">
-        <v>108.5765</v>
+      <c r="J307" s="70">
+        <v>108.54130000000001</v>
       </c>
       <c r="K307" s="47"/>
       <c r="L307" s="10">
-        <v>86.336100000000002</v>
+        <v>86.229100000000003</v>
       </c>
       <c r="M307" s="10"/>
       <c r="N307" s="10"/>
       <c r="O307" s="39"/>
     </row>
     <row r="308" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B308" s="33" t="s">
         <v>41</v>
       </c>
       <c r="C308" s="34" t="s">
         <v>4</v>
       </c>
       <c r="D308" s="11">
         <v>108.8014</v>
       </c>
       <c r="E308" s="51"/>
       <c r="F308" s="11">
-        <v>102.8261</v>
+        <v>102.81699999999999</v>
       </c>
       <c r="G308" s="51"/>
       <c r="H308" s="11">
-        <v>95.960700000000003</v>
+        <v>95.944900000000004</v>
       </c>
       <c r="I308" s="11"/>
-      <c r="J308" s="11"/>
+      <c r="J308" s="71"/>
       <c r="K308" s="51"/>
       <c r="L308" s="11"/>
       <c r="M308" s="11"/>
       <c r="N308" s="11"/>
       <c r="O308" s="39"/>
     </row>
     <row r="309" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B309" s="25"/>
       <c r="C309" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D309" s="9">
         <v>108.3625</v>
       </c>
       <c r="E309" s="44"/>
       <c r="F309" s="9">
-        <v>102.5509</v>
+        <v>102.5352</v>
       </c>
       <c r="G309" s="44"/>
       <c r="H309" s="9">
-        <v>95.877799999999993</v>
+        <v>95.845600000000005</v>
       </c>
       <c r="I309" s="9"/>
-      <c r="J309" s="9"/>
+      <c r="J309" s="15"/>
       <c r="K309" s="44"/>
       <c r="L309" s="9"/>
       <c r="M309" s="9"/>
       <c r="N309" s="9"/>
       <c r="O309" s="39"/>
     </row>
     <row r="310" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B310" s="25"/>
       <c r="C310" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D310" s="9">
         <v>108.3926</v>
       </c>
       <c r="E310" s="44"/>
       <c r="F310" s="9">
-        <v>102.7603</v>
+        <v>102.7585</v>
       </c>
       <c r="G310" s="44"/>
       <c r="H310" s="9">
-        <v>96.214200000000005</v>
+        <v>96.194599999999994</v>
       </c>
       <c r="I310" s="9"/>
-      <c r="J310" s="9">
-        <v>108.1309</v>
+      <c r="J310" s="15">
+        <v>108.2042</v>
       </c>
       <c r="K310" s="44"/>
       <c r="L310" s="9">
-        <v>85.893000000000001</v>
+        <v>86.1935</v>
       </c>
       <c r="M310" s="9"/>
       <c r="N310" s="9"/>
       <c r="O310" s="39"/>
     </row>
     <row r="311" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B311" s="25"/>
       <c r="C311" s="4" t="s">
         <v>7</v>
       </c>
       <c r="D311" s="9">
         <v>108.7363</v>
       </c>
       <c r="E311" s="44"/>
       <c r="F311" s="9">
-        <v>102.8232</v>
+        <v>102.7946</v>
       </c>
       <c r="G311" s="44"/>
       <c r="H311" s="9">
-        <v>94.765199999999993</v>
+        <v>94.738200000000006</v>
       </c>
       <c r="I311" s="9"/>
-      <c r="J311" s="9"/>
+      <c r="J311" s="15"/>
       <c r="K311" s="44"/>
       <c r="L311" s="9"/>
       <c r="M311" s="9"/>
       <c r="N311" s="9"/>
       <c r="O311" s="39"/>
     </row>
     <row r="312" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B312" s="25"/>
       <c r="C312" s="4" t="s">
         <v>18</v>
       </c>
       <c r="D312" s="9">
         <v>109.3968</v>
       </c>
       <c r="E312" s="44"/>
       <c r="F312" s="9">
-        <v>103.2149</v>
+        <v>103.1919</v>
       </c>
       <c r="G312" s="44"/>
       <c r="H312" s="9">
-        <v>95.113100000000003</v>
+        <v>95.076599999999999</v>
       </c>
       <c r="I312" s="9"/>
-      <c r="J312" s="9"/>
+      <c r="J312" s="15"/>
       <c r="K312" s="44"/>
       <c r="L312" s="9"/>
       <c r="M312" s="9"/>
       <c r="N312" s="9"/>
       <c r="O312" s="39"/>
     </row>
     <row r="313" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B313" s="25"/>
       <c r="C313" s="4" t="s">
         <v>9</v>
       </c>
       <c r="D313" s="9">
         <v>109.48650000000001</v>
       </c>
       <c r="E313" s="44"/>
       <c r="F313" s="9">
-        <v>103.1341</v>
+        <v>103.10080000000001</v>
       </c>
       <c r="G313" s="44"/>
       <c r="H313" s="9">
-        <v>94.93</v>
+        <v>94.899699999999996</v>
       </c>
       <c r="I313" s="9"/>
-      <c r="J313" s="9">
-        <v>107.5498</v>
+      <c r="J313" s="15">
+        <v>107.6071</v>
       </c>
       <c r="K313" s="44"/>
       <c r="L313" s="9">
-        <v>85.354500000000002</v>
+        <v>85.642399999999995</v>
       </c>
       <c r="M313" s="9"/>
       <c r="N313" s="9"/>
       <c r="O313" s="39"/>
     </row>
     <row r="314" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B314" s="25"/>
       <c r="C314" s="4" t="s">
         <v>10</v>
       </c>
       <c r="D314" s="9">
         <v>109.316</v>
       </c>
       <c r="E314" s="44"/>
       <c r="F314" s="9">
-        <v>103.14619999999999</v>
+        <v>103.11879999999999</v>
       </c>
       <c r="G314" s="44"/>
       <c r="H314" s="9">
-        <v>94.757499999999993</v>
+        <v>94.724299999999999</v>
       </c>
       <c r="I314" s="9"/>
-      <c r="J314" s="9"/>
+      <c r="J314" s="15"/>
       <c r="K314" s="44"/>
       <c r="L314" s="9"/>
       <c r="M314" s="9"/>
       <c r="N314" s="9"/>
       <c r="O314" s="39"/>
     </row>
     <row r="315" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B315" s="25"/>
       <c r="C315" s="4" t="s">
         <v>11</v>
       </c>
       <c r="D315" s="9">
         <v>109.18859999999999</v>
       </c>
       <c r="E315" s="44"/>
       <c r="F315" s="9">
-        <v>103.1024</v>
+        <v>103.081</v>
       </c>
       <c r="G315" s="44"/>
       <c r="H315" s="9">
-        <v>94.046599999999998</v>
+        <v>94.010499999999993</v>
       </c>
       <c r="I315" s="9"/>
-      <c r="J315" s="9"/>
+      <c r="J315" s="15"/>
       <c r="K315" s="44"/>
       <c r="L315" s="9"/>
       <c r="M315" s="9"/>
       <c r="N315" s="9"/>
       <c r="O315" s="39"/>
     </row>
     <row r="316" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B316" s="25"/>
       <c r="C316" s="4" t="s">
         <v>12</v>
       </c>
       <c r="D316" s="9">
         <v>109.2388</v>
       </c>
       <c r="E316" s="44"/>
       <c r="F316" s="9">
-        <v>103.3673</v>
+        <v>103.3447</v>
       </c>
       <c r="G316" s="44"/>
       <c r="H316" s="9">
-        <v>93.952100000000002</v>
+        <v>93.920900000000003</v>
       </c>
       <c r="I316" s="9"/>
-      <c r="J316" s="9">
-        <v>108.6588</v>
+      <c r="J316" s="15">
+        <v>108.57089999999999</v>
       </c>
       <c r="K316" s="44"/>
       <c r="L316" s="9">
-        <v>85.380700000000004</v>
+        <v>85.881799999999998</v>
       </c>
       <c r="M316" s="9"/>
       <c r="N316" s="9"/>
       <c r="O316" s="39"/>
     </row>
     <row r="317" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B317" s="25"/>
       <c r="C317" s="4" t="s">
         <v>13</v>
       </c>
       <c r="D317" s="9">
         <v>108.748</v>
       </c>
       <c r="E317" s="44"/>
       <c r="F317" s="9">
-        <v>102.6075</v>
+        <v>102.5926</v>
       </c>
       <c r="G317" s="44"/>
       <c r="H317" s="9">
-        <v>94.459699999999998</v>
+        <v>94.4405</v>
       </c>
       <c r="I317" s="9"/>
-      <c r="J317" s="9"/>
+      <c r="J317" s="15"/>
       <c r="K317" s="44"/>
       <c r="L317" s="9"/>
       <c r="M317" s="9"/>
       <c r="N317" s="9"/>
       <c r="O317" s="39"/>
     </row>
     <row r="318" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B318" s="25"/>
       <c r="C318" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D318" s="9">
         <v>108.56180000000001</v>
       </c>
       <c r="E318" s="44"/>
       <c r="F318" s="9">
-        <v>102.4842</v>
+        <v>102.4614</v>
       </c>
       <c r="G318" s="44"/>
       <c r="H318" s="9">
-        <v>94.465599999999995</v>
+        <v>94.449799999999996</v>
       </c>
       <c r="I318" s="9"/>
-      <c r="J318" s="9"/>
+      <c r="J318" s="15"/>
       <c r="K318" s="44"/>
       <c r="L318" s="9"/>
       <c r="M318" s="9"/>
       <c r="N318" s="9"/>
       <c r="O318" s="39"/>
     </row>
     <row r="319" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B319" s="25"/>
       <c r="C319" s="32" t="s">
         <v>15</v>
       </c>
       <c r="D319" s="9">
         <v>108.7915</v>
       </c>
       <c r="E319" s="44"/>
       <c r="F319" s="9">
-        <v>102.6433</v>
+        <v>102.6268</v>
       </c>
       <c r="G319" s="44"/>
       <c r="H319" s="9">
-        <v>93.4375</v>
+        <v>93.409099999999995</v>
       </c>
       <c r="I319" s="9"/>
-      <c r="J319" s="9">
-        <v>107.279</v>
+      <c r="J319" s="15">
+        <v>107.24460000000001</v>
       </c>
       <c r="K319" s="44"/>
       <c r="L319" s="9">
-        <v>82.764899999999997</v>
+        <v>83.480599999999995</v>
       </c>
       <c r="M319" s="9"/>
       <c r="N319" s="9"/>
       <c r="O319" s="39"/>
     </row>
     <row r="320" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B320" s="33" t="s">
         <v>42</v>
       </c>
       <c r="C320" s="34" t="s">
         <v>4</v>
       </c>
       <c r="D320" s="11">
         <v>108.4646</v>
       </c>
       <c r="E320" s="51"/>
       <c r="F320" s="11">
-        <v>102.148</v>
+        <v>102.1367</v>
       </c>
       <c r="G320" s="51"/>
       <c r="H320" s="11">
-        <v>92.677899999999994</v>
+        <v>92.649299999999997</v>
       </c>
       <c r="I320" s="11"/>
-      <c r="J320" s="11"/>
+      <c r="J320" s="71"/>
       <c r="K320" s="51"/>
       <c r="L320" s="11"/>
       <c r="M320" s="11"/>
       <c r="N320" s="11"/>
       <c r="O320" s="39"/>
     </row>
     <row r="321" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B321" s="25"/>
       <c r="C321" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D321" s="9">
         <v>108.45229999999999</v>
       </c>
       <c r="E321" s="44"/>
       <c r="F321" s="9">
-        <v>102.4228</v>
+        <v>102.4053</v>
       </c>
       <c r="G321" s="44"/>
       <c r="H321" s="9">
-        <v>92.836299999999994</v>
+        <v>92.796199999999999</v>
       </c>
       <c r="I321" s="9"/>
-      <c r="J321" s="9"/>
+      <c r="J321" s="15"/>
       <c r="K321" s="44"/>
       <c r="L321" s="9"/>
       <c r="M321" s="9"/>
       <c r="N321" s="9"/>
       <c r="O321" s="39"/>
     </row>
     <row r="322" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B322" s="25"/>
       <c r="C322" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D322" s="9">
         <v>108.1474</v>
       </c>
       <c r="E322" s="44"/>
       <c r="F322" s="9">
-        <v>102.1009</v>
+        <v>102.08329999999999</v>
       </c>
       <c r="G322" s="44"/>
       <c r="H322" s="9">
-        <v>93.2239</v>
+        <v>93.219499999999996</v>
       </c>
       <c r="I322" s="9"/>
-      <c r="J322" s="9">
-        <v>106.3164</v>
+      <c r="J322" s="15">
+        <v>106.12350000000001</v>
       </c>
       <c r="K322" s="44"/>
       <c r="L322" s="9">
-        <v>83.147900000000007</v>
+        <v>83.406599999999997</v>
       </c>
       <c r="M322" s="9"/>
       <c r="N322" s="9"/>
       <c r="O322" s="39"/>
     </row>
     <row r="323" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B323" s="25"/>
       <c r="C323" s="4" t="s">
         <v>7</v>
       </c>
       <c r="D323" s="9">
         <v>107.5605</v>
       </c>
       <c r="E323" s="44"/>
       <c r="F323" s="9">
-        <v>102.9452</v>
+        <v>102.9169</v>
       </c>
       <c r="G323" s="44"/>
       <c r="H323" s="9">
-        <v>90.803899999999999</v>
+        <v>90.805099999999996</v>
       </c>
       <c r="I323" s="9"/>
-      <c r="J323" s="9"/>
+      <c r="J323" s="15"/>
       <c r="K323" s="44"/>
       <c r="L323" s="9"/>
       <c r="M323" s="9"/>
       <c r="N323" s="9"/>
       <c r="O323" s="39"/>
     </row>
     <row r="324" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B324" s="25"/>
       <c r="C324" s="4" t="s">
         <v>18</v>
       </c>
       <c r="D324" s="9">
         <v>107.94840000000001</v>
       </c>
       <c r="E324" s="44"/>
       <c r="F324" s="9">
-        <v>103.50839999999999</v>
+        <v>103.4854</v>
       </c>
       <c r="G324" s="44"/>
       <c r="H324" s="9">
-        <v>92.366100000000003</v>
+        <v>92.359300000000005</v>
       </c>
       <c r="I324" s="9"/>
-      <c r="J324" s="9"/>
+      <c r="J324" s="15"/>
       <c r="K324" s="44"/>
       <c r="L324" s="9"/>
       <c r="M324" s="9"/>
       <c r="N324" s="9"/>
       <c r="O324" s="39"/>
     </row>
     <row r="325" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B325" s="25"/>
       <c r="C325" s="4" t="s">
         <v>9</v>
       </c>
       <c r="D325" s="9">
         <v>108.2911</v>
       </c>
       <c r="E325" s="44"/>
       <c r="F325" s="9">
-        <v>104.17789999999999</v>
+        <v>104.15130000000001</v>
       </c>
       <c r="G325" s="44"/>
       <c r="H325" s="9">
-        <v>92.480599999999995</v>
+        <v>92.476200000000006</v>
       </c>
       <c r="I325" s="9"/>
-      <c r="J325" s="9">
-        <v>106.30029999999999</v>
+      <c r="J325" s="15">
+        <v>106.1484</v>
       </c>
       <c r="K325" s="44"/>
       <c r="L325" s="9">
-        <v>85.094200000000001</v>
+        <v>85.418199999999999</v>
       </c>
       <c r="M325" s="9"/>
       <c r="N325" s="9"/>
       <c r="O325" s="39"/>
     </row>
     <row r="326" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B326" s="25"/>
       <c r="C326" s="4" t="s">
         <v>10</v>
       </c>
       <c r="D326" s="9">
         <v>107.85809999999999</v>
       </c>
       <c r="E326" s="44"/>
       <c r="F326" s="9">
-        <v>104.06319999999999</v>
+        <v>104.0431</v>
       </c>
       <c r="G326" s="44"/>
       <c r="H326" s="9">
-        <v>93.230999999999995</v>
+        <v>93.2196</v>
       </c>
       <c r="I326" s="9"/>
-      <c r="J326" s="9"/>
+      <c r="J326" s="15"/>
       <c r="K326" s="44"/>
       <c r="L326" s="9"/>
       <c r="M326" s="9"/>
       <c r="N326" s="9"/>
       <c r="O326" s="39"/>
     </row>
     <row r="327" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B327" s="25"/>
       <c r="C327" s="4" t="s">
         <v>11</v>
       </c>
       <c r="D327" s="9">
         <v>107.7927</v>
       </c>
       <c r="E327" s="44"/>
       <c r="F327" s="9">
-        <v>103.62730000000001</v>
+        <v>103.6083</v>
       </c>
       <c r="G327" s="44"/>
       <c r="H327" s="9">
-        <v>92.641199999999998</v>
+        <v>92.616</v>
       </c>
       <c r="I327" s="9"/>
-      <c r="J327" s="9"/>
+      <c r="J327" s="15"/>
       <c r="K327" s="44"/>
       <c r="L327" s="9"/>
       <c r="M327" s="9"/>
       <c r="N327" s="9"/>
       <c r="O327" s="39"/>
     </row>
     <row r="328" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B328" s="25"/>
       <c r="C328" s="4" t="s">
         <v>12</v>
       </c>
       <c r="D328" s="9">
         <v>107.7972</v>
       </c>
       <c r="E328" s="44"/>
       <c r="F328" s="9">
-        <v>103.224</v>
+        <v>103.20269999999999</v>
       </c>
       <c r="G328" s="44"/>
       <c r="H328" s="9">
-        <v>93.183499999999995</v>
+        <v>93.165099999999995</v>
       </c>
       <c r="I328" s="9"/>
-      <c r="J328" s="9">
-        <v>106.9894</v>
+      <c r="J328" s="15">
+        <v>106.8587</v>
       </c>
       <c r="K328" s="44"/>
       <c r="L328" s="9">
-        <v>86.118799999999993</v>
+        <v>86.519000000000005</v>
       </c>
       <c r="M328" s="9"/>
       <c r="N328" s="9"/>
       <c r="O328" s="39"/>
     </row>
     <row r="329" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B329" s="25"/>
       <c r="C329" s="4" t="s">
         <v>13</v>
       </c>
       <c r="D329" s="9">
         <v>108.15560000000001</v>
       </c>
       <c r="E329" s="44"/>
       <c r="F329" s="9">
-        <v>103.1208</v>
+        <v>103.1078</v>
       </c>
       <c r="G329" s="44"/>
       <c r="H329" s="9">
-        <v>93.072800000000001</v>
+        <v>93.068899999999999</v>
       </c>
       <c r="I329" s="9"/>
-      <c r="J329" s="9"/>
+      <c r="J329" s="15"/>
       <c r="K329" s="44"/>
       <c r="L329" s="9"/>
       <c r="M329" s="9"/>
       <c r="N329" s="9"/>
       <c r="O329" s="39"/>
     </row>
     <row r="330" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B330" s="25"/>
       <c r="C330" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D330" s="9">
         <v>108.3939</v>
       </c>
       <c r="E330" s="44"/>
       <c r="F330" s="9">
-        <v>103.95489999999999</v>
+        <v>103.9358</v>
       </c>
       <c r="G330" s="44"/>
       <c r="H330" s="9">
-        <v>94.439700000000002</v>
+        <v>94.439499999999995</v>
       </c>
       <c r="I330" s="9"/>
-      <c r="J330" s="9"/>
+      <c r="J330" s="15"/>
       <c r="K330" s="44"/>
       <c r="L330" s="9"/>
       <c r="M330" s="9"/>
       <c r="N330" s="9"/>
       <c r="O330" s="39"/>
     </row>
     <row r="331" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B331" s="31"/>
       <c r="C331" s="32" t="s">
         <v>15</v>
       </c>
       <c r="D331" s="10">
         <v>108.9988</v>
       </c>
       <c r="E331" s="44"/>
       <c r="F331" s="10">
-        <v>104.8091</v>
+        <v>104.7903</v>
       </c>
       <c r="G331" s="44"/>
       <c r="H331" s="10">
-        <v>93.623000000000005</v>
+        <v>93.605199999999996</v>
       </c>
       <c r="I331" s="10"/>
-      <c r="J331" s="10">
-        <v>111.0836</v>
+      <c r="J331" s="70">
+        <v>111.6686</v>
       </c>
       <c r="K331" s="44"/>
       <c r="L331" s="10">
-        <v>89.596500000000006</v>
+        <v>90.073400000000007</v>
       </c>
       <c r="M331" s="10"/>
       <c r="N331" s="10"/>
       <c r="O331" s="39"/>
     </row>
     <row r="332" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B332" s="25" t="s">
         <v>46</v>
       </c>
       <c r="C332" s="4" t="s">
         <v>4</v>
       </c>
       <c r="D332" s="9">
         <v>109.2625</v>
       </c>
       <c r="E332" s="51"/>
       <c r="F332" s="9">
-        <v>104.9824</v>
+        <v>104.9674</v>
       </c>
       <c r="G332" s="51"/>
       <c r="H332" s="9">
-        <v>93.495599999999996</v>
+        <v>93.474299999999999</v>
       </c>
       <c r="I332" s="9"/>
-      <c r="J332" s="9"/>
+      <c r="J332" s="15"/>
       <c r="K332" s="51"/>
       <c r="L332" s="9"/>
       <c r="M332" s="9"/>
       <c r="N332" s="9"/>
       <c r="O332" s="39"/>
     </row>
     <row r="333" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B333" s="25"/>
       <c r="C333" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D333" s="9">
         <v>109.2328</v>
       </c>
       <c r="E333" s="44"/>
       <c r="F333" s="9">
-        <v>104.8603</v>
+        <v>104.84010000000001</v>
       </c>
       <c r="G333" s="44"/>
       <c r="H333" s="9">
-        <v>92.835999999999999</v>
+        <v>92.806200000000004</v>
       </c>
       <c r="I333" s="9"/>
-      <c r="J333" s="9"/>
+      <c r="J333" s="15"/>
       <c r="K333" s="44"/>
       <c r="L333" s="9"/>
       <c r="M333" s="9"/>
       <c r="N333" s="9"/>
       <c r="O333" s="39"/>
     </row>
     <row r="334" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B334" s="25"/>
       <c r="C334" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D334" s="9">
         <v>109.3733</v>
       </c>
       <c r="E334" s="44"/>
       <c r="F334" s="9">
-        <v>105.05929999999999</v>
+        <v>105.0424</v>
       </c>
       <c r="G334" s="44"/>
       <c r="H334" s="9">
-        <v>93.6494</v>
+        <v>93.633499999999998</v>
       </c>
       <c r="I334" s="9"/>
-      <c r="J334" s="9">
-        <v>113.3621</v>
+      <c r="J334" s="15">
+        <v>114.06870000000001</v>
       </c>
       <c r="K334" s="44"/>
       <c r="L334" s="9">
-        <v>89.495199999999997</v>
+        <v>88.345600000000005</v>
       </c>
       <c r="M334" s="9"/>
       <c r="N334" s="9"/>
       <c r="O334" s="39"/>
     </row>
     <row r="335" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B335" s="25"/>
       <c r="C335" s="4" t="s">
         <v>7</v>
       </c>
       <c r="D335" s="9">
         <v>109.8334</v>
       </c>
       <c r="E335" s="44"/>
       <c r="F335" s="9">
-        <v>105.7654</v>
+        <v>105.739</v>
       </c>
       <c r="G335" s="44"/>
       <c r="H335" s="9">
-        <v>93.790199999999999</v>
+        <v>93.775199999999998</v>
       </c>
       <c r="I335" s="9"/>
-      <c r="J335" s="9"/>
+      <c r="J335" s="15"/>
       <c r="K335" s="44"/>
       <c r="L335" s="9"/>
       <c r="M335" s="9"/>
       <c r="N335" s="9"/>
       <c r="O335" s="39"/>
     </row>
     <row r="336" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B336" s="25"/>
       <c r="C336" s="4" t="s">
         <v>18</v>
       </c>
       <c r="D336" s="9">
         <v>109.62130000000001</v>
       </c>
       <c r="E336" s="44"/>
       <c r="F336" s="9">
-        <v>106.0025</v>
+        <v>105.98</v>
       </c>
       <c r="G336" s="44"/>
       <c r="H336" s="9">
-        <v>92.970500000000001</v>
+        <v>92.944199999999995</v>
       </c>
       <c r="I336" s="9"/>
-      <c r="J336" s="9"/>
+      <c r="J336" s="15"/>
       <c r="K336" s="44"/>
       <c r="L336" s="9"/>
       <c r="M336" s="9"/>
       <c r="N336" s="9"/>
       <c r="O336" s="39"/>
     </row>
     <row r="337" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B337" s="25"/>
       <c r="C337" s="4" t="s">
         <v>9</v>
       </c>
       <c r="D337" s="9">
         <v>110.0065</v>
       </c>
       <c r="E337" s="44"/>
       <c r="F337" s="9">
-        <v>107.33669999999999</v>
+        <v>107.3092</v>
       </c>
       <c r="G337" s="44"/>
       <c r="H337" s="9">
-        <v>94.295000000000002</v>
+        <v>94.260300000000001</v>
       </c>
       <c r="I337" s="9"/>
-      <c r="J337" s="9">
-        <v>113.68089999999999</v>
+      <c r="J337" s="15">
+        <v>115.36239999999999</v>
       </c>
       <c r="K337" s="44"/>
       <c r="L337" s="9">
-        <v>90.606499999999997</v>
+        <v>88.8142</v>
       </c>
       <c r="M337" s="9"/>
       <c r="N337" s="9"/>
       <c r="O337" s="39"/>
     </row>
     <row r="338" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B338" s="25"/>
       <c r="C338" s="4" t="s">
         <v>10</v>
       </c>
       <c r="D338" s="9">
         <v>110.7846</v>
       </c>
       <c r="E338" s="44"/>
       <c r="F338" s="9">
-        <v>108.46339999999999</v>
+        <v>108.44759999999999</v>
       </c>
       <c r="G338" s="44"/>
       <c r="H338" s="9">
-        <v>94.731300000000005</v>
+        <v>94.689599999999999</v>
       </c>
       <c r="I338" s="9"/>
-      <c r="J338" s="9"/>
+      <c r="J338" s="15"/>
       <c r="K338" s="44"/>
       <c r="L338" s="9"/>
       <c r="M338" s="9"/>
       <c r="N338" s="9"/>
       <c r="O338" s="39"/>
     </row>
     <row r="339" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B339" s="25"/>
       <c r="C339" s="4" t="s">
         <v>11</v>
       </c>
       <c r="D339" s="9">
         <v>110.8732</v>
       </c>
       <c r="E339" s="44"/>
       <c r="F339" s="9">
-        <v>108.5973</v>
+        <v>108.5664</v>
       </c>
       <c r="G339" s="44"/>
       <c r="H339" s="9">
-        <v>96.084400000000002</v>
+        <v>96.033500000000004</v>
       </c>
       <c r="I339" s="9"/>
-      <c r="J339" s="9"/>
+      <c r="J339" s="15"/>
       <c r="K339" s="44"/>
       <c r="L339" s="9"/>
       <c r="M339" s="9"/>
       <c r="N339" s="9"/>
       <c r="O339" s="39"/>
     </row>
     <row r="340" spans="2:15" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B340" s="36"/>
       <c r="C340" s="37" t="s">
         <v>12</v>
       </c>
       <c r="D340" s="12">
         <v>110.72239999999999</v>
       </c>
       <c r="E340" s="52"/>
       <c r="F340" s="12">
-        <v>107.9693</v>
+        <v>107.9502</v>
       </c>
       <c r="G340" s="52"/>
       <c r="H340" s="12">
-        <v>95.951800000000006</v>
+        <v>95.905799999999999</v>
       </c>
       <c r="I340" s="12"/>
-      <c r="J340" s="12">
-        <v>116.5292</v>
+      <c r="J340" s="72">
+        <v>117.8563</v>
       </c>
       <c r="K340" s="52"/>
       <c r="L340" s="12">
-        <v>95.142200000000003</v>
+        <v>92.686099999999996</v>
       </c>
       <c r="M340" s="12"/>
       <c r="N340" s="12"/>
       <c r="O340" s="40"/>
     </row>
     <row r="341" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B341" s="25"/>
       <c r="C341" s="4" t="s">
         <v>13</v>
       </c>
       <c r="D341" s="9">
         <v>110.55800000000001</v>
       </c>
       <c r="E341" s="44"/>
       <c r="F341" s="9">
-        <v>107.7634</v>
+        <v>107.7484</v>
       </c>
       <c r="G341" s="44"/>
       <c r="H341" s="9">
-        <v>95.618099999999998</v>
+        <v>95.586200000000005</v>
       </c>
       <c r="I341" s="9"/>
-      <c r="J341" s="9"/>
+      <c r="J341" s="15"/>
       <c r="K341" s="44"/>
       <c r="L341" s="9"/>
       <c r="M341" s="9"/>
       <c r="N341" s="9"/>
       <c r="O341" s="39"/>
     </row>
     <row r="342" spans="2:15" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B342" s="36"/>
       <c r="C342" s="37" t="s">
         <v>14</v>
       </c>
       <c r="D342" s="12">
         <v>110.7139</v>
       </c>
       <c r="E342" s="52"/>
       <c r="F342" s="12">
-        <v>107.8738</v>
+        <v>107.85080000000001</v>
       </c>
       <c r="G342" s="52"/>
       <c r="H342" s="12">
-        <v>95.209000000000003</v>
+        <v>95.184100000000001</v>
       </c>
       <c r="I342" s="12"/>
-      <c r="J342" s="12"/>
+      <c r="J342" s="72"/>
       <c r="K342" s="52"/>
       <c r="L342" s="12"/>
       <c r="M342" s="12"/>
       <c r="N342" s="12"/>
       <c r="O342" s="40"/>
     </row>
     <row r="343" spans="2:15" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B343" s="31"/>
       <c r="C343" s="32" t="s">
         <v>15</v>
       </c>
       <c r="D343" s="10">
         <v>110.6412</v>
       </c>
       <c r="E343" s="47"/>
       <c r="F343" s="10">
-        <v>107.6647</v>
+        <v>107.64660000000001</v>
       </c>
       <c r="G343" s="47"/>
       <c r="H343" s="10">
-        <v>94.813500000000005</v>
+        <v>94.785700000000006</v>
       </c>
       <c r="I343" s="10"/>
-      <c r="J343" s="10">
-        <v>115.4348</v>
+      <c r="J343" s="70">
+        <v>116.184</v>
       </c>
       <c r="K343" s="47"/>
       <c r="L343" s="10">
-        <v>95.672600000000003</v>
+        <v>92.119100000000003</v>
       </c>
       <c r="M343" s="10"/>
       <c r="N343" s="10"/>
       <c r="O343" s="40"/>
     </row>
     <row r="344" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B344" s="18" t="s">
         <v>53</v>
       </c>
       <c r="C344" s="18" t="s">
         <v>4</v>
       </c>
       <c r="D344" s="12">
         <v>110.8043</v>
       </c>
       <c r="E344" s="52"/>
       <c r="F344" s="12">
-        <v>107.648</v>
+        <v>107.6224</v>
       </c>
       <c r="G344" s="52"/>
       <c r="H344" s="12">
-        <v>96.090800000000002</v>
+        <v>96.061599999999999</v>
       </c>
       <c r="I344" s="12"/>
-      <c r="J344" s="12"/>
+      <c r="J344" s="72"/>
       <c r="K344" s="52"/>
       <c r="L344" s="12"/>
       <c r="M344" s="12"/>
       <c r="N344" s="12"/>
       <c r="O344" s="39"/>
     </row>
     <row r="345" spans="2:15" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B345" s="18"/>
       <c r="C345" s="18" t="s">
         <v>5</v>
       </c>
       <c r="D345" s="12">
         <v>110.8</v>
       </c>
       <c r="E345" s="52"/>
       <c r="F345" s="12">
-        <v>107.634</v>
+        <v>107.617</v>
       </c>
       <c r="G345" s="52"/>
       <c r="H345" s="12">
-        <v>95.538600000000002</v>
+        <v>95.511799999999994</v>
       </c>
       <c r="I345" s="12"/>
-      <c r="J345" s="12"/>
+      <c r="J345" s="72"/>
       <c r="K345" s="52"/>
       <c r="L345" s="12"/>
       <c r="M345" s="12"/>
       <c r="N345" s="12"/>
       <c r="O345" s="40"/>
     </row>
     <row r="346" spans="2:15" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B346" s="18"/>
       <c r="C346" s="18" t="s">
         <v>6</v>
       </c>
       <c r="D346" s="12">
         <v>111.1801</v>
       </c>
       <c r="E346" s="52"/>
       <c r="F346" s="12">
-        <v>108.26430000000001</v>
+        <v>108.24420000000001</v>
       </c>
       <c r="G346" s="52"/>
       <c r="H346" s="12">
-        <v>95.955500000000001</v>
+        <v>95.928899999999999</v>
       </c>
       <c r="I346" s="12"/>
-      <c r="J346" s="12">
-        <v>117.6879</v>
+      <c r="J346" s="72">
+        <v>118.7581</v>
       </c>
       <c r="K346" s="52"/>
       <c r="L346" s="12">
-        <v>95.707400000000007</v>
+        <v>91.550200000000004</v>
       </c>
       <c r="M346" s="12"/>
       <c r="N346" s="12"/>
       <c r="O346" s="40"/>
     </row>
     <row r="347" spans="2:15" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B347" s="18"/>
       <c r="C347" s="18" t="s">
         <v>7</v>
       </c>
       <c r="D347" s="12">
         <v>111.1096</v>
       </c>
       <c r="E347" s="52"/>
       <c r="F347" s="12">
-        <v>108.3246</v>
+        <v>108.29770000000001</v>
       </c>
       <c r="G347" s="52"/>
       <c r="H347" s="12">
-        <v>96.383399999999995</v>
+        <v>96.354900000000001</v>
       </c>
       <c r="I347" s="12"/>
-      <c r="J347" s="12"/>
+      <c r="J347" s="72"/>
       <c r="K347" s="52"/>
       <c r="L347" s="12"/>
       <c r="M347" s="12"/>
       <c r="N347" s="12"/>
       <c r="O347" s="40"/>
     </row>
     <row r="348" spans="2:15" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B348" s="18"/>
       <c r="C348" s="18" t="s">
         <v>18</v>
       </c>
       <c r="D348" s="12">
         <v>111.12609999999999</v>
       </c>
       <c r="E348" s="52"/>
       <c r="F348" s="12">
-        <v>108.3049</v>
+        <v>108.2822</v>
       </c>
       <c r="G348" s="52"/>
       <c r="H348" s="12">
-        <v>95.238200000000006</v>
+        <v>95.200100000000006</v>
       </c>
       <c r="I348" s="12"/>
-      <c r="J348" s="12"/>
+      <c r="J348" s="72"/>
       <c r="K348" s="52"/>
       <c r="L348" s="12"/>
       <c r="M348" s="12"/>
       <c r="N348" s="12"/>
       <c r="O348" s="40"/>
     </row>
     <row r="349" spans="2:15" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B349" s="18"/>
       <c r="C349" s="18" t="s">
         <v>9</v>
       </c>
       <c r="D349" s="12">
         <v>111.0515</v>
       </c>
       <c r="E349" s="52"/>
       <c r="F349" s="12">
-        <v>108.4902</v>
+        <v>108.4631</v>
       </c>
       <c r="G349" s="52"/>
       <c r="H349" s="12">
-        <v>94.761399999999995</v>
+        <v>94.711799999999997</v>
       </c>
       <c r="I349" s="12"/>
-      <c r="J349" s="12">
-        <v>117.1467</v>
+      <c r="J349" s="72">
+        <v>117.43640000000001</v>
       </c>
       <c r="K349" s="52"/>
       <c r="L349" s="12">
-        <v>100.2235</v>
+        <v>95.552499999999995</v>
       </c>
       <c r="M349" s="12"/>
       <c r="N349" s="12"/>
       <c r="O349" s="40"/>
     </row>
     <row r="350" spans="2:15" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B350" s="18"/>
       <c r="C350" s="18" t="s">
         <v>10</v>
       </c>
       <c r="D350" s="12">
         <v>111.2978</v>
       </c>
       <c r="E350" s="52"/>
       <c r="F350" s="12">
-        <v>108.8917</v>
+        <v>108.8779</v>
       </c>
       <c r="G350" s="52"/>
       <c r="H350" s="12">
-        <v>96.370699999999999</v>
+        <v>96.319100000000006</v>
       </c>
       <c r="I350" s="12"/>
-      <c r="J350" s="12"/>
+      <c r="J350" s="72"/>
       <c r="K350" s="52"/>
       <c r="L350" s="12"/>
       <c r="M350" s="12"/>
       <c r="N350" s="12"/>
       <c r="O350" s="40"/>
     </row>
     <row r="351" spans="2:15" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B351" s="18"/>
       <c r="C351" s="18" t="s">
         <v>11</v>
       </c>
       <c r="D351" s="12">
         <v>111.47190000000001</v>
       </c>
       <c r="E351" s="52"/>
       <c r="F351" s="12">
-        <v>109.0596</v>
+        <v>109.0389</v>
       </c>
       <c r="G351" s="52"/>
       <c r="H351" s="12">
-        <v>95.171000000000006</v>
+        <v>95.118899999999996</v>
       </c>
       <c r="I351" s="12"/>
-      <c r="J351" s="12"/>
+      <c r="J351" s="72"/>
       <c r="K351" s="52"/>
       <c r="L351" s="12"/>
       <c r="M351" s="12"/>
       <c r="N351" s="12"/>
       <c r="O351" s="40"/>
     </row>
     <row r="352" spans="2:15" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B352" s="18"/>
       <c r="C352" s="18" t="s">
         <v>12</v>
       </c>
       <c r="D352" s="12">
         <v>111.4709</v>
       </c>
       <c r="E352" s="52"/>
       <c r="F352" s="12">
-        <v>109.1254</v>
+        <v>109.1067</v>
       </c>
       <c r="G352" s="52"/>
       <c r="H352" s="12">
-        <v>94.247500000000002</v>
+        <v>94.195099999999996</v>
       </c>
       <c r="I352" s="12"/>
-      <c r="J352" s="12">
-        <v>118.1148</v>
+      <c r="J352" s="72">
+        <v>117.41719999999999</v>
       </c>
       <c r="K352" s="52"/>
       <c r="L352" s="12">
-        <v>102.2619</v>
+        <v>97.0214</v>
       </c>
       <c r="M352" s="12"/>
       <c r="N352" s="12"/>
       <c r="O352" s="40"/>
     </row>
     <row r="353" spans="2:15" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B353" s="18"/>
       <c r="C353" s="18" t="s">
         <v>13</v>
       </c>
       <c r="D353" s="12">
         <v>111.3263</v>
       </c>
       <c r="E353" s="52"/>
       <c r="F353" s="12">
-        <v>109.35639999999999</v>
+        <v>109.3419</v>
       </c>
       <c r="G353" s="52"/>
       <c r="H353" s="12">
-        <v>95.170400000000001</v>
+        <v>95.125200000000007</v>
       </c>
       <c r="I353" s="12"/>
-      <c r="J353" s="12"/>
+      <c r="J353" s="72"/>
       <c r="K353" s="52"/>
       <c r="L353" s="12"/>
       <c r="M353" s="12"/>
       <c r="N353" s="12"/>
       <c r="O353" s="40"/>
     </row>
     <row r="354" spans="2:15" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B354" s="18"/>
       <c r="C354" s="18" t="s">
         <v>14</v>
       </c>
       <c r="D354" s="12">
         <v>111.1236</v>
       </c>
       <c r="E354" s="52"/>
       <c r="F354" s="12">
-        <v>109.3201</v>
+        <v>109.294</v>
       </c>
       <c r="G354" s="52"/>
       <c r="H354" s="12">
-        <v>94.808000000000007</v>
+        <v>94.768500000000003</v>
       </c>
       <c r="I354" s="12"/>
-      <c r="J354" s="12"/>
+      <c r="J354" s="72"/>
       <c r="K354" s="52"/>
       <c r="L354" s="12"/>
       <c r="M354" s="12"/>
       <c r="N354" s="12"/>
       <c r="O354" s="40"/>
     </row>
     <row r="355" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B355" s="41"/>
       <c r="C355" s="41" t="s">
         <v>15</v>
       </c>
       <c r="D355" s="10">
         <v>110.8909</v>
       </c>
       <c r="E355" s="47"/>
       <c r="F355" s="10">
-        <v>109.3604</v>
+        <v>109.3574</v>
       </c>
       <c r="G355" s="47"/>
       <c r="H355" s="10">
-        <v>94.531199999999998</v>
+        <v>94.495999999999995</v>
       </c>
       <c r="I355" s="10"/>
-      <c r="J355" s="10">
-        <v>117.5528</v>
+      <c r="J355" s="70">
+        <v>117.0303</v>
       </c>
       <c r="K355" s="47"/>
       <c r="L355" s="10">
-        <v>103.4474</v>
+        <v>98.173100000000005</v>
       </c>
       <c r="M355" s="10"/>
       <c r="N355" s="10"/>
       <c r="O355" s="39"/>
     </row>
     <row r="356" spans="2:15" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B356" s="36" t="s">
         <v>54</v>
       </c>
       <c r="C356" s="18" t="s">
         <v>4</v>
       </c>
       <c r="D356" s="12">
         <v>110.75960000000001</v>
       </c>
       <c r="E356" s="52"/>
       <c r="F356" s="12">
-        <v>109.4534</v>
+        <v>109.4258</v>
       </c>
       <c r="G356" s="52"/>
       <c r="H356" s="12">
-        <v>94.98</v>
+        <v>94.945599999999999</v>
       </c>
       <c r="I356" s="12"/>
-      <c r="J356" s="12"/>
+      <c r="J356" s="72"/>
       <c r="K356" s="52"/>
       <c r="L356" s="12"/>
       <c r="M356" s="12"/>
       <c r="N356" s="12"/>
       <c r="O356" s="40"/>
     </row>
     <row r="357" spans="2:15" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B357" s="36"/>
       <c r="C357" s="18" t="s">
         <v>5</v>
       </c>
       <c r="D357" s="12">
         <v>110.50620000000001</v>
       </c>
       <c r="E357" s="52"/>
       <c r="F357" s="12">
-        <v>109.11279999999999</v>
+        <v>109.08920000000001</v>
       </c>
       <c r="G357" s="52"/>
       <c r="H357" s="12">
-        <v>95.001499999999993</v>
+        <v>94.970799999999997</v>
       </c>
       <c r="I357" s="12"/>
-      <c r="J357" s="12"/>
+      <c r="J357" s="72"/>
       <c r="K357" s="52"/>
       <c r="L357" s="12"/>
       <c r="M357" s="12"/>
       <c r="N357" s="12"/>
       <c r="O357" s="40"/>
     </row>
     <row r="358" spans="2:15" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B358" s="36"/>
       <c r="C358" s="18" t="s">
         <v>6</v>
       </c>
       <c r="D358" s="12">
         <v>111.3047</v>
       </c>
       <c r="E358" s="52"/>
       <c r="F358" s="12">
-        <v>109.6737</v>
+        <v>109.65479999999999</v>
       </c>
       <c r="G358" s="52"/>
       <c r="H358" s="12">
-        <v>94.934600000000003</v>
+        <v>94.895700000000005</v>
       </c>
       <c r="I358" s="12"/>
-      <c r="J358" s="12">
-        <v>117.20189999999999</v>
+      <c r="J358" s="72">
+        <v>117.2393</v>
       </c>
       <c r="K358" s="52"/>
       <c r="L358" s="12">
-        <v>104.1474</v>
+        <v>98.617900000000006</v>
       </c>
       <c r="M358" s="12"/>
       <c r="N358" s="12"/>
       <c r="O358" s="40"/>
     </row>
     <row r="359" spans="2:15" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B359" s="36"/>
       <c r="C359" s="18" t="s">
         <v>7</v>
       </c>
       <c r="D359" s="12">
         <v>112.3467</v>
       </c>
       <c r="E359" s="52"/>
       <c r="F359" s="12">
-        <v>110.62050000000001</v>
+        <v>110.57980000000001</v>
       </c>
       <c r="G359" s="52"/>
       <c r="H359" s="12">
-        <v>94.731899999999996</v>
+        <v>94.688699999999997</v>
       </c>
       <c r="I359" s="12"/>
-      <c r="J359" s="12"/>
+      <c r="J359" s="72"/>
       <c r="K359" s="52"/>
       <c r="L359" s="12"/>
       <c r="M359" s="12"/>
       <c r="N359" s="12"/>
       <c r="O359" s="40"/>
     </row>
     <row r="360" spans="2:15" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B360" s="36"/>
       <c r="C360" s="18" t="s">
         <v>18</v>
       </c>
       <c r="D360" s="12">
         <v>112.12560000000001</v>
       </c>
       <c r="E360" s="52"/>
       <c r="F360" s="12">
-        <v>110.9496</v>
+        <v>110.92440000000001</v>
       </c>
       <c r="G360" s="52"/>
       <c r="H360" s="12">
-        <v>94.870699999999999</v>
+        <v>94.816199999999995</v>
       </c>
       <c r="I360" s="12"/>
-      <c r="J360" s="12"/>
+      <c r="J360" s="72"/>
       <c r="K360" s="52"/>
       <c r="L360" s="12"/>
       <c r="M360" s="12"/>
       <c r="N360" s="12"/>
       <c r="O360" s="40"/>
     </row>
     <row r="361" spans="2:15" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B361" s="36"/>
       <c r="C361" s="18" t="s">
         <v>9</v>
       </c>
       <c r="D361" s="12">
         <v>112.565</v>
       </c>
       <c r="E361" s="52"/>
       <c r="F361" s="12">
-        <v>111.4948</v>
+        <v>111.4714</v>
       </c>
       <c r="G361" s="52"/>
       <c r="H361" s="12">
-        <v>95.4636</v>
+        <v>95.397999999999996</v>
       </c>
       <c r="I361" s="12"/>
-      <c r="J361" s="12">
-        <v>120.0977</v>
+      <c r="J361" s="72">
+        <v>120.1035</v>
       </c>
       <c r="K361" s="52"/>
       <c r="L361" s="12">
-        <v>105.69070000000001</v>
+        <v>99.584400000000002</v>
       </c>
       <c r="M361" s="12"/>
       <c r="N361" s="12"/>
       <c r="O361" s="40"/>
     </row>
     <row r="362" spans="2:15" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B362" s="36"/>
       <c r="C362" s="18" t="s">
         <v>10</v>
       </c>
       <c r="D362" s="12">
         <v>112.9392</v>
       </c>
       <c r="E362" s="52"/>
       <c r="F362" s="12">
-        <v>112.2544</v>
+        <v>112.2444</v>
       </c>
       <c r="G362" s="52"/>
       <c r="H362" s="12">
-        <v>96.366900000000001</v>
+        <v>96.292199999999994</v>
       </c>
       <c r="I362" s="12"/>
       <c r="J362" s="12"/>
       <c r="K362" s="52"/>
       <c r="L362" s="12"/>
       <c r="M362" s="12"/>
       <c r="N362" s="12"/>
       <c r="O362" s="40"/>
     </row>
     <row r="363" spans="2:15" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B363" s="36"/>
       <c r="C363" s="18" t="s">
         <v>11</v>
       </c>
       <c r="D363" s="12">
         <v>112.9357</v>
       </c>
       <c r="E363" s="52"/>
       <c r="F363" s="12">
-        <v>112.3047</v>
+        <v>112.2796</v>
       </c>
       <c r="G363" s="52"/>
       <c r="H363" s="12">
-        <v>95.923500000000004</v>
+        <v>95.991</v>
       </c>
       <c r="I363" s="12"/>
       <c r="J363" s="12"/>
       <c r="K363" s="52"/>
       <c r="L363" s="12"/>
       <c r="M363" s="12"/>
       <c r="N363" s="12"/>
       <c r="O363" s="40"/>
     </row>
-    <row r="364" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="C364" s="17" t="s">
+    <row r="364" spans="2:15" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B364" s="36"/>
+      <c r="C364" s="18" t="s">
         <v>12</v>
       </c>
-      <c r="D364" s="14">
+      <c r="D364" s="12">
         <v>113.0534</v>
       </c>
-      <c r="E364" s="53"/>
-[...43 lines deleted...]
-      <c r="N366" s="9"/>
+      <c r="E364" s="52"/>
+      <c r="F364" s="12">
+        <v>112.4246</v>
+      </c>
+      <c r="G364" s="52"/>
+      <c r="H364" s="12">
+        <v>95.920699999999997</v>
+      </c>
+      <c r="I364" s="12"/>
+      <c r="J364" s="12"/>
+      <c r="K364" s="52"/>
+      <c r="L364" s="12"/>
+      <c r="M364" s="12"/>
+      <c r="N364" s="12"/>
+      <c r="O364" s="40"/>
+    </row>
+    <row r="365" spans="2:15" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B365" s="36"/>
+      <c r="C365" s="18" t="s">
+        <v>13</v>
+      </c>
+      <c r="D365" s="12">
+        <v>112.85590000000001</v>
+      </c>
+      <c r="E365" s="52"/>
+      <c r="F365" s="12">
+        <v>111.9537</v>
+      </c>
+      <c r="G365" s="52"/>
+      <c r="H365" s="12">
+        <v>95.652299999999997</v>
+      </c>
+      <c r="I365" s="12"/>
+      <c r="J365" s="12"/>
+      <c r="K365" s="52"/>
+      <c r="L365" s="12"/>
+      <c r="M365" s="12"/>
+      <c r="N365" s="12"/>
+      <c r="O365" s="40"/>
+    </row>
+    <row r="366" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B366" s="42"/>
+      <c r="C366" s="17" t="s">
+        <v>14</v>
+      </c>
+      <c r="D366" s="14">
+        <v>112.7282</v>
+      </c>
+      <c r="E366" s="53"/>
+      <c r="F366" s="14">
+        <v>111.6504</v>
+      </c>
+      <c r="G366" s="53"/>
+      <c r="H366" s="14">
+        <v>95.583600000000004</v>
+      </c>
+      <c r="I366" s="14"/>
+      <c r="J366" s="14"/>
+      <c r="K366" s="53"/>
+      <c r="L366" s="14"/>
+      <c r="M366" s="14"/>
+      <c r="N366" s="14"/>
       <c r="O366" s="39"/>
     </row>
     <row r="367" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="D367" s="9"/>
-      <c r="E367" s="67"/>
+      <c r="E367" s="61"/>
       <c r="F367" s="9"/>
       <c r="G367" s="9"/>
       <c r="H367" s="9"/>
       <c r="I367" s="9"/>
       <c r="J367" s="9"/>
       <c r="K367" s="9"/>
       <c r="L367" s="9"/>
       <c r="M367" s="9"/>
       <c r="N367" s="9"/>
       <c r="O367" s="39"/>
     </row>
-    <row r="368" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="368" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B368" s="38" t="s">
+        <v>47</v>
+      </c>
       <c r="D368" s="9"/>
-      <c r="E368" s="67"/>
+      <c r="E368" s="61"/>
       <c r="F368" s="9"/>
       <c r="G368" s="9"/>
       <c r="H368" s="9"/>
       <c r="I368" s="9"/>
       <c r="J368" s="9"/>
       <c r="K368" s="9"/>
-      <c r="L368" s="7"/>
-[...1 lines deleted...]
-      <c r="N368" s="7"/>
+      <c r="L368" s="9"/>
+      <c r="M368" s="9"/>
+      <c r="N368" s="9"/>
       <c r="O368" s="39"/>
     </row>
     <row r="369" spans="4:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="D369" s="9"/>
-      <c r="E369" s="67"/>
+      <c r="E369" s="61"/>
       <c r="F369" s="9"/>
       <c r="G369" s="9"/>
       <c r="H369" s="9"/>
       <c r="I369" s="9"/>
       <c r="J369" s="9"/>
       <c r="K369" s="9"/>
-      <c r="L369" s="7"/>
-[...1 lines deleted...]
-      <c r="N369" s="7"/>
+      <c r="L369" s="9"/>
+      <c r="M369" s="9"/>
+      <c r="N369" s="9"/>
       <c r="O369" s="39"/>
     </row>
     <row r="370" spans="4:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="D370" s="9"/>
-      <c r="E370" s="67"/>
+      <c r="E370" s="61"/>
       <c r="F370" s="9"/>
       <c r="G370" s="9"/>
       <c r="H370" s="9"/>
       <c r="I370" s="9"/>
       <c r="J370" s="9"/>
       <c r="K370" s="9"/>
       <c r="L370" s="7"/>
       <c r="M370" s="7"/>
       <c r="N370" s="7"/>
       <c r="O370" s="39"/>
     </row>
     <row r="371" spans="4:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="D371" s="15"/>
-[...6 lines deleted...]
-      <c r="K371" s="15"/>
+      <c r="D371" s="9"/>
+      <c r="E371" s="61"/>
+      <c r="F371" s="9"/>
+      <c r="G371" s="9"/>
+      <c r="H371" s="9"/>
+      <c r="I371" s="9"/>
+      <c r="J371" s="9"/>
+      <c r="K371" s="9"/>
       <c r="L371" s="7"/>
       <c r="M371" s="7"/>
       <c r="N371" s="7"/>
+      <c r="O371" s="39"/>
     </row>
     <row r="372" spans="4:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="D372" s="15"/>
-[...6 lines deleted...]
-      <c r="K372" s="15"/>
+      <c r="D372" s="9"/>
+      <c r="E372" s="61"/>
+      <c r="F372" s="9"/>
+      <c r="G372" s="9"/>
+      <c r="H372" s="9"/>
+      <c r="I372" s="9"/>
+      <c r="J372" s="9"/>
+      <c r="K372" s="9"/>
       <c r="L372" s="7"/>
       <c r="M372" s="7"/>
       <c r="N372" s="7"/>
+      <c r="O372" s="39"/>
     </row>
     <row r="373" spans="4:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="D373" s="15"/>
       <c r="E373" s="16"/>
       <c r="F373" s="15"/>
       <c r="G373" s="15"/>
       <c r="H373" s="15"/>
       <c r="I373" s="15"/>
       <c r="J373" s="15"/>
       <c r="K373" s="15"/>
       <c r="L373" s="7"/>
       <c r="M373" s="7"/>
       <c r="N373" s="7"/>
     </row>
     <row r="374" spans="4:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="D374" s="15"/>
       <c r="E374" s="16"/>
       <c r="F374" s="15"/>
       <c r="G374" s="15"/>
       <c r="H374" s="15"/>
       <c r="I374" s="15"/>
       <c r="J374" s="15"/>
       <c r="K374" s="15"/>
       <c r="L374" s="7"/>
       <c r="M374" s="7"/>
       <c r="N374" s="7"/>
     </row>
     <row r="375" spans="4:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="D375" s="15"/>
       <c r="E375" s="16"/>
       <c r="F375" s="15"/>
       <c r="G375" s="15"/>
       <c r="H375" s="15"/>
       <c r="I375" s="15"/>
       <c r="J375" s="15"/>
       <c r="K375" s="15"/>
       <c r="L375" s="7"/>
       <c r="M375" s="7"/>
       <c r="N375" s="7"/>
     </row>
     <row r="376" spans="4:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="D376" s="15"/>
       <c r="E376" s="16"/>
       <c r="F376" s="15"/>
       <c r="G376" s="15"/>
       <c r="H376" s="15"/>
       <c r="I376" s="15"/>
       <c r="J376" s="15"/>
       <c r="K376" s="15"/>
-      <c r="L376" s="15"/>
-      <c r="M376" s="15"/>
+      <c r="L376" s="7"/>
+      <c r="M376" s="7"/>
+      <c r="N376" s="7"/>
     </row>
     <row r="377" spans="4:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="D377" s="15"/>
       <c r="E377" s="16"/>
       <c r="F377" s="15"/>
       <c r="G377" s="15"/>
       <c r="H377" s="15"/>
       <c r="I377" s="15"/>
       <c r="J377" s="15"/>
       <c r="K377" s="15"/>
-      <c r="L377" s="15"/>
-      <c r="M377" s="15"/>
+      <c r="L377" s="7"/>
+      <c r="M377" s="7"/>
+      <c r="N377" s="7"/>
     </row>
     <row r="378" spans="4:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="D378" s="15"/>
       <c r="E378" s="16"/>
       <c r="F378" s="15"/>
       <c r="G378" s="15"/>
       <c r="H378" s="15"/>
       <c r="I378" s="15"/>
       <c r="J378" s="15"/>
       <c r="K378" s="15"/>
       <c r="L378" s="15"/>
       <c r="M378" s="15"/>
     </row>
     <row r="379" spans="4:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="D379" s="15"/>
       <c r="E379" s="16"/>
       <c r="F379" s="15"/>
       <c r="G379" s="15"/>
       <c r="H379" s="15"/>
       <c r="I379" s="15"/>
       <c r="J379" s="15"/>
       <c r="K379" s="15"/>
       <c r="L379" s="15"/>
       <c r="M379" s="15"/>
     </row>
@@ -10425,69 +10464,93 @@
       <c r="F395" s="15"/>
       <c r="G395" s="15"/>
       <c r="H395" s="15"/>
       <c r="I395" s="15"/>
       <c r="J395" s="15"/>
       <c r="K395" s="15"/>
       <c r="L395" s="15"/>
       <c r="M395" s="15"/>
     </row>
     <row r="396" spans="4:13" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="D396" s="15"/>
       <c r="E396" s="16"/>
       <c r="F396" s="15"/>
       <c r="G396" s="15"/>
       <c r="H396" s="15"/>
       <c r="I396" s="15"/>
       <c r="J396" s="15"/>
       <c r="K396" s="15"/>
       <c r="L396" s="15"/>
       <c r="M396" s="15"/>
     </row>
     <row r="397" spans="4:13" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="D397" s="15"/>
       <c r="E397" s="16"/>
       <c r="F397" s="15"/>
-      <c r="G397" s="16"/>
+      <c r="G397" s="15"/>
       <c r="H397" s="15"/>
-      <c r="I397" s="16"/>
+      <c r="I397" s="15"/>
       <c r="J397" s="15"/>
-      <c r="K397" s="16"/>
-[...1 lines deleted...]
-      <c r="M397" s="16"/>
+      <c r="K397" s="15"/>
+      <c r="L397" s="15"/>
+      <c r="M397" s="15"/>
     </row>
     <row r="398" spans="4:13" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="D398" s="15"/>
       <c r="E398" s="16"/>
       <c r="F398" s="15"/>
-      <c r="G398" s="16"/>
+      <c r="G398" s="15"/>
       <c r="H398" s="15"/>
-      <c r="I398" s="16"/>
+      <c r="I398" s="15"/>
       <c r="J398" s="15"/>
-      <c r="K398" s="16"/>
-[...1 lines deleted...]
-      <c r="M398" s="16"/>
+      <c r="K398" s="15"/>
+      <c r="L398" s="15"/>
+      <c r="M398" s="15"/>
+    </row>
+    <row r="399" spans="4:13" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="D399" s="15"/>
+      <c r="E399" s="16"/>
+      <c r="F399" s="15"/>
+      <c r="G399" s="16"/>
+      <c r="H399" s="15"/>
+      <c r="I399" s="16"/>
+      <c r="J399" s="15"/>
+      <c r="K399" s="16"/>
+      <c r="L399" s="54"/>
+      <c r="M399" s="16"/>
+    </row>
+    <row r="400" spans="4:13" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="D400" s="15"/>
+      <c r="E400" s="16"/>
+      <c r="F400" s="15"/>
+      <c r="G400" s="16"/>
+      <c r="H400" s="15"/>
+      <c r="I400" s="16"/>
+      <c r="J400" s="15"/>
+      <c r="K400" s="16"/>
+      <c r="L400" s="54"/>
+      <c r="M400" s="16"/>
     </row>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="B6:B7"/>
     <mergeCell ref="C6:C7"/>
     <mergeCell ref="D6:D7"/>
     <mergeCell ref="F6:M6"/>
   </mergeCells>
   <pageMargins left="0.74803149606299213" right="0.74803149606299213" top="0.98425196850393704" bottom="0.98425196850393704" header="0.51181102362204722" footer="0.51181102362204722"/>
   <pageSetup paperSize="9" scale="83" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
   <rowBreaks count="2" manualBreakCount="2">
     <brk id="180" max="11" man="1"/>
     <brk id="247" max="11" man="1"/>
   </rowBreaks>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>