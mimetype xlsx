--- v0 (2025-10-07)
+++ v1 (2025-10-30)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="7" rupBuild="14420"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\BOP&amp;IIP&amp;Dug izvještaji\Izvještaji_ostalo\TABLICE WEB\FDI\2025\2025Q1\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\BOP&amp;IIP&amp;Dug izvještaji\Izvještaji_ostalo\TABLICE WEB\FDI\2025\2025Q2\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
     <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15840"/>
   </bookViews>
   <sheets>
     <sheet name="ENG" sheetId="6" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_FiltarBaze" localSheetId="0" hidden="1">ENG!$B$5:$AK$55</definedName>
   </definedNames>
   <calcPr calcId="162913"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
@@ -360,51 +360,51 @@
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="8"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t>2)</t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t xml:space="preserve"> Other activities item refers to data on activities which participate with less than 1% in total for a year. They also include data which the CNB undertakes to keep confidential in accordance with the Official Statistics Act.</t>
     </r>
   </si>
   <si>
     <t>Waste collection, treatment and disposal activities; materials recovery</t>
   </si>
   <si>
     <r>
-      <t xml:space="preserve">Q1 2025 </t>
+      <t xml:space="preserve">Q1, Q2 2025 </t>
     </r>
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t>1)</t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.0"/>
   </numFmts>
   <fonts count="16" x14ac:knownFonts="1">
     <font>
       <sz val="8"/>
@@ -1256,60 +1256,60 @@
       <c r="Z6" s="24">
         <v>-195.74458999999999</v>
       </c>
       <c r="AA6" s="24">
         <v>-188.71217000000001</v>
       </c>
       <c r="AB6" s="24">
         <v>17.545849999999998</v>
       </c>
       <c r="AC6" s="24">
         <v>2.1147900000000002</v>
       </c>
       <c r="AD6" s="24">
         <v>3.4879000000000002</v>
       </c>
       <c r="AE6" s="24">
         <v>-4.0821100000000001</v>
       </c>
       <c r="AF6" s="24">
         <v>26.734000000000002</v>
       </c>
       <c r="AG6" s="24">
         <v>-52.126150000000003</v>
       </c>
       <c r="AH6" s="24">
-        <v>781.0575</v>
+        <v>804.67550000000006</v>
       </c>
       <c r="AI6" s="27">
-        <v>879.41953000000001</v>
+        <v>949.99853000000007</v>
       </c>
       <c r="AJ6" s="27">
-        <v>-173.13007999999999</v>
+        <v>13.022920000000001</v>
       </c>
       <c r="AK6" s="16">
-        <v>2267.66003</v>
+        <v>2548.0100299999999</v>
       </c>
       <c r="AM6" s="5"/>
     </row>
     <row r="7" spans="2:39" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B7" s="33">
         <v>64</v>
       </c>
       <c r="C7" s="34" t="s">
         <v>16</v>
       </c>
       <c r="D7" s="25">
         <v>0.74263999999999997</v>
       </c>
       <c r="E7" s="25">
         <v>3.3694899999999999</v>
       </c>
       <c r="F7" s="25">
         <v>3.143E-2</v>
       </c>
       <c r="G7" s="25">
         <v>0.52294000000000007</v>
       </c>
       <c r="H7" s="25">
         <v>8.0050299999999996</v>
       </c>
@@ -1355,72 +1355,72 @@
       <c r="V7" s="25">
         <v>95.578429999999997</v>
       </c>
       <c r="W7" s="25">
         <v>51.390070000000001</v>
       </c>
       <c r="X7" s="25">
         <v>-92.590339999999998</v>
       </c>
       <c r="Y7" s="25">
         <v>323.21055000000001</v>
       </c>
       <c r="Z7" s="25">
         <v>581.47248999999999</v>
       </c>
       <c r="AA7" s="25">
         <v>-92.470579999999998</v>
       </c>
       <c r="AB7" s="25">
         <v>325.08706999999998</v>
       </c>
       <c r="AC7" s="25">
         <v>65.024720000000002</v>
       </c>
       <c r="AD7" s="25">
-        <v>39.203319999999998</v>
+        <v>35.790320000000001</v>
       </c>
       <c r="AE7" s="25">
-        <v>49.035739999999997</v>
+        <v>-4.8738100000000006</v>
       </c>
       <c r="AF7" s="25">
-        <v>285.88915999999995</v>
+        <v>144.16057999999998</v>
       </c>
       <c r="AG7" s="25">
-        <v>-150.96263000000002</v>
+        <v>-152.99903</v>
       </c>
       <c r="AH7" s="25">
-        <v>61.171610000000001</v>
+        <v>61.440760000000004</v>
       </c>
       <c r="AI7" s="25">
-        <v>228.41257999999999</v>
+        <v>740.07653000000005</v>
       </c>
       <c r="AJ7" s="25">
-        <v>77.197249999999997</v>
+        <v>32.879800000000003</v>
       </c>
       <c r="AK7" s="16">
-        <v>2212.5396800000003</v>
+        <v>2479.0677999999998</v>
       </c>
       <c r="AM7" s="5"/>
     </row>
     <row r="8" spans="2:39" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B8" s="33">
         <v>46</v>
       </c>
       <c r="C8" s="34" t="s">
         <v>15</v>
       </c>
       <c r="D8" s="25">
         <v>7.145E-2</v>
       </c>
       <c r="E8" s="25">
         <v>7.8600000000000007E-3</v>
       </c>
       <c r="F8" s="25">
         <v>1.3259999999999999E-2</v>
       </c>
       <c r="G8" s="25">
         <v>0.92361000000000004</v>
       </c>
       <c r="H8" s="25">
         <v>0.71455999999999997</v>
       </c>
@@ -1454,306 +1454,306 @@
       <c r="R8" s="25">
         <v>31.061700000000002</v>
       </c>
       <c r="S8" s="25">
         <v>852.92969999999991</v>
       </c>
       <c r="T8" s="25">
         <v>671.67081999999994</v>
       </c>
       <c r="U8" s="25">
         <v>-612.03691000000003</v>
       </c>
       <c r="V8" s="25">
         <v>-3.0779899999999998</v>
       </c>
       <c r="W8" s="25">
         <v>116.88435000000001</v>
       </c>
       <c r="X8" s="25">
         <v>69.577380000000005</v>
       </c>
       <c r="Y8" s="25">
         <v>84.938119999999998</v>
       </c>
       <c r="Z8" s="25">
-        <v>2.0213299999999998</v>
+        <v>2.3210000000000002</v>
       </c>
       <c r="AA8" s="25">
         <v>61.512509999999999</v>
       </c>
       <c r="AB8" s="25">
-        <v>68.538309999999996</v>
+        <v>68.53931</v>
       </c>
       <c r="AC8" s="25">
-        <v>72.845130000000012</v>
+        <v>74.168639999999996</v>
       </c>
       <c r="AD8" s="25">
-        <v>46.591290000000001</v>
+        <v>46.793699999999994</v>
       </c>
       <c r="AE8" s="25">
-        <v>79.883359999999996</v>
+        <v>79.944820000000007</v>
       </c>
       <c r="AF8" s="25">
-        <v>135.77375000000001</v>
+        <v>136.58389000000003</v>
       </c>
       <c r="AG8" s="25">
-        <v>63.807130000000001</v>
+        <v>63.348150000000004</v>
       </c>
       <c r="AH8" s="25">
-        <v>158.71346</v>
+        <v>158.29141000000001</v>
       </c>
       <c r="AI8" s="25">
-        <v>62.646250000000002</v>
+        <v>93.749080000000006</v>
       </c>
       <c r="AJ8" s="25">
-        <v>12.8576</v>
+        <v>-55.421430000000001</v>
       </c>
       <c r="AK8" s="16">
-        <v>2024.74992</v>
+        <v>1989.3908799999999</v>
       </c>
       <c r="AM8" s="5"/>
     </row>
     <row r="9" spans="2:39" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B9" s="33">
-        <v>10</v>
+        <v>70</v>
       </c>
       <c r="C9" s="34" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="D9" s="25">
-        <v>7.0940000000000003E-2</v>
+        <v>0</v>
       </c>
       <c r="E9" s="25">
-        <v>4.1259999999999998E-2</v>
+        <v>0</v>
       </c>
       <c r="F9" s="25">
-        <v>0.25791000000000003</v>
+        <v>0</v>
       </c>
       <c r="G9" s="25">
-        <v>1.14E-3</v>
+        <v>3.1533099999999998</v>
       </c>
       <c r="H9" s="25">
-        <v>7.4156400000000007</v>
+        <v>0.90636000000000005</v>
       </c>
       <c r="I9" s="25">
-        <v>5.0858800000000004</v>
+        <v>0.23401</v>
       </c>
       <c r="J9" s="25">
-        <v>29.05527</v>
+        <v>0.10229000000000001</v>
       </c>
       <c r="K9" s="25">
-        <v>29.603580000000001</v>
+        <v>-4.6000000000000001E-4</v>
       </c>
       <c r="L9" s="25">
-        <v>10.061719999999999</v>
+        <v>1.1015699999999999</v>
       </c>
       <c r="M9" s="25">
-        <v>3.6956199999999999</v>
+        <v>8.2734400000000008</v>
       </c>
       <c r="N9" s="25">
-        <v>5.78376</v>
+        <v>2.2015700000000002</v>
       </c>
       <c r="O9" s="25">
-        <v>43.144880000000001</v>
+        <v>-2.7804699999999998</v>
       </c>
       <c r="P9" s="25">
-        <v>8.1446500000000004</v>
+        <v>16.94415</v>
       </c>
       <c r="Q9" s="25">
-        <v>9.9766200000000005</v>
+        <v>9.639190000000001</v>
       </c>
       <c r="R9" s="25">
-        <v>29.002189999999999</v>
+        <v>32.32938</v>
       </c>
       <c r="S9" s="25">
-        <v>27.37979</v>
+        <v>-7.0737100000000002</v>
       </c>
       <c r="T9" s="25">
-        <v>51.540330000000004</v>
+        <v>10.481809999999999</v>
       </c>
       <c r="U9" s="25">
-        <v>12.811360000000001</v>
+        <v>179.00584000000001</v>
       </c>
       <c r="V9" s="25">
-        <v>15.920809999999999</v>
+        <v>51.126339999999999</v>
       </c>
       <c r="W9" s="25">
-        <v>1.6759300000000001</v>
+        <v>3.59565</v>
       </c>
       <c r="X9" s="25">
-        <v>182.43561</v>
+        <v>-1.9995099999999999</v>
       </c>
       <c r="Y9" s="25">
-        <v>11.9999</v>
+        <v>4.6523000000000003</v>
       </c>
       <c r="Z9" s="25">
-        <v>80.22833</v>
+        <v>1150.8399399999998</v>
       </c>
       <c r="AA9" s="25">
-        <v>24.957090000000001</v>
+        <v>-479.20490000000001</v>
       </c>
       <c r="AB9" s="25">
-        <v>21.101689999999998</v>
+        <v>-97.37675999999999</v>
       </c>
       <c r="AC9" s="25">
-        <v>14.28275</v>
+        <v>-34.60651</v>
       </c>
       <c r="AD9" s="25">
-        <v>13.435049999999999</v>
+        <v>-91.490350000000007</v>
       </c>
       <c r="AE9" s="25">
-        <v>28.773700000000002</v>
+        <v>43.768529999999998</v>
       </c>
       <c r="AF9" s="25">
-        <v>30.701709999999999</v>
+        <v>5.2236400000000005</v>
       </c>
       <c r="AG9" s="25">
-        <v>29.893699999999999</v>
+        <v>12.810690000000001</v>
       </c>
       <c r="AH9" s="25">
-        <v>34.006320000000002</v>
+        <v>22.122250000000001</v>
       </c>
       <c r="AI9" s="25">
-        <v>540.47271999999998</v>
+        <v>166.80757999999997</v>
       </c>
       <c r="AJ9" s="25">
-        <v>12.039200000000001</v>
+        <v>-6.98116</v>
       </c>
       <c r="AK9" s="16">
-        <v>1314.9970499999999</v>
+        <v>1003.80601</v>
       </c>
       <c r="AM9" s="5"/>
     </row>
     <row r="10" spans="2:39" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B10" s="33">
-        <v>70</v>
+        <v>10</v>
       </c>
       <c r="C10" s="34" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="D10" s="25">
-        <v>0</v>
+        <v>7.0940000000000003E-2</v>
       </c>
       <c r="E10" s="25">
-        <v>0</v>
+        <v>4.1259999999999998E-2</v>
       </c>
       <c r="F10" s="25">
-        <v>0</v>
+        <v>0.25791000000000003</v>
       </c>
       <c r="G10" s="25">
-        <v>3.1533099999999998</v>
+        <v>1.14E-3</v>
       </c>
       <c r="H10" s="25">
-        <v>0.90636000000000005</v>
+        <v>7.4156400000000007</v>
       </c>
       <c r="I10" s="25">
-        <v>0.23401</v>
+        <v>5.0858800000000004</v>
       </c>
       <c r="J10" s="25">
-        <v>0.10229000000000001</v>
+        <v>29.05527</v>
       </c>
       <c r="K10" s="25">
-        <v>-4.6000000000000001E-4</v>
+        <v>29.603580000000001</v>
       </c>
       <c r="L10" s="25">
-        <v>1.1015699999999999</v>
+        <v>10.061719999999999</v>
       </c>
       <c r="M10" s="25">
-        <v>8.2734400000000008</v>
+        <v>3.6956199999999999</v>
       </c>
       <c r="N10" s="25">
-        <v>2.2015700000000002</v>
+        <v>5.78376</v>
       </c>
       <c r="O10" s="25">
-        <v>-2.7804699999999998</v>
+        <v>43.144880000000001</v>
       </c>
       <c r="P10" s="25">
-        <v>16.94415</v>
+        <v>8.1446500000000004</v>
       </c>
       <c r="Q10" s="25">
-        <v>9.639190000000001</v>
+        <v>9.9766200000000005</v>
       </c>
       <c r="R10" s="25">
-        <v>32.32938</v>
+        <v>29.002189999999999</v>
       </c>
       <c r="S10" s="25">
-        <v>-7.0737100000000002</v>
+        <v>27.37979</v>
       </c>
       <c r="T10" s="25">
-        <v>10.481809999999999</v>
+        <v>51.540330000000004</v>
       </c>
       <c r="U10" s="25">
-        <v>179.00584000000001</v>
+        <v>12.811360000000001</v>
       </c>
       <c r="V10" s="25">
-        <v>51.126339999999999</v>
+        <v>15.920809999999999</v>
       </c>
       <c r="W10" s="25">
-        <v>3.59565</v>
+        <v>1.6759300000000001</v>
       </c>
       <c r="X10" s="25">
-        <v>-1.9995099999999999</v>
+        <v>182.43561</v>
       </c>
       <c r="Y10" s="25">
-        <v>4.9564700000000004</v>
+        <v>11.9999</v>
       </c>
       <c r="Z10" s="25">
-        <v>1150.52386</v>
+        <v>80.22833</v>
       </c>
       <c r="AA10" s="25">
-        <v>-479.65159999999997</v>
+        <v>24.957090000000001</v>
       </c>
       <c r="AB10" s="25">
-        <v>-97.435839999999999</v>
+        <v>21.101689999999998</v>
       </c>
       <c r="AC10" s="25">
-        <v>-34.176089999999995</v>
+        <v>14.28275</v>
       </c>
       <c r="AD10" s="25">
-        <v>-91.424750000000003</v>
+        <v>13.435049999999999</v>
       </c>
       <c r="AE10" s="25">
-        <v>43.768529999999998</v>
+        <v>28.773700000000002</v>
       </c>
       <c r="AF10" s="25">
-        <v>5.2236400000000005</v>
+        <v>30.701709999999999</v>
       </c>
       <c r="AG10" s="25">
-        <v>12.803049999999999</v>
+        <v>29.893699999999999</v>
       </c>
       <c r="AH10" s="25">
-        <v>20.782250000000001</v>
+        <v>34.006320000000002</v>
       </c>
       <c r="AI10" s="25">
-        <v>166.40758</v>
+        <v>14.56432</v>
       </c>
       <c r="AJ10" s="25">
-        <v>-35.736410000000006</v>
+        <v>39.89226</v>
       </c>
       <c r="AK10" s="16">
-        <v>973.28145000000006</v>
+        <v>816.94170999999994</v>
       </c>
       <c r="AM10" s="5"/>
     </row>
     <row r="11" spans="2:39" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B11" s="33">
         <v>50</v>
       </c>
       <c r="C11" s="34" t="s">
         <v>8</v>
       </c>
       <c r="D11" s="25">
         <v>8.6047399999999996</v>
       </c>
       <c r="E11" s="25">
         <v>-1.08056</v>
       </c>
       <c r="F11" s="25">
         <v>1.4924900000000001</v>
       </c>
       <c r="G11" s="25">
         <v>0.19574</v>
       </c>
       <c r="H11" s="25">
         <v>15.1061</v>
       </c>
@@ -1814,57 +1814,57 @@
       <c r="AA11" s="25">
         <v>7.0438999999999998</v>
       </c>
       <c r="AB11" s="25">
         <v>70.155799999999999</v>
       </c>
       <c r="AC11" s="25">
         <v>-26.884970000000003</v>
       </c>
       <c r="AD11" s="25">
         <v>54.479819999999997</v>
       </c>
       <c r="AE11" s="25">
         <v>-14.11473</v>
       </c>
       <c r="AF11" s="25">
         <v>110.62278000000001</v>
       </c>
       <c r="AG11" s="25">
         <v>-7.4263399999999997</v>
       </c>
       <c r="AH11" s="25">
         <v>98.928640000000001</v>
       </c>
       <c r="AI11" s="25">
-        <v>59.97777</v>
+        <v>82.281770000000009</v>
       </c>
       <c r="AJ11" s="25">
-        <v>-2.58752</v>
+        <v>11.5501</v>
       </c>
       <c r="AK11" s="16">
-        <v>421.41913</v>
+        <v>457.86075</v>
       </c>
       <c r="AM11" s="5"/>
     </row>
     <row r="12" spans="2:39" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B12" s="33">
         <v>23</v>
       </c>
       <c r="C12" s="34" t="s">
         <v>4</v>
       </c>
       <c r="D12" s="25">
         <v>0</v>
       </c>
       <c r="E12" s="25">
         <v>0</v>
       </c>
       <c r="F12" s="25">
         <v>0</v>
       </c>
       <c r="G12" s="25">
         <v>0</v>
       </c>
       <c r="H12" s="25">
         <v>0.31551999999999997</v>
       </c>
@@ -1925,612 +1925,612 @@
       <c r="AA12" s="25">
         <v>-11.56484</v>
       </c>
       <c r="AB12" s="25">
         <v>10.427040000000002</v>
       </c>
       <c r="AC12" s="25">
         <v>29.24635</v>
       </c>
       <c r="AD12" s="25">
         <v>-25.25393</v>
       </c>
       <c r="AE12" s="25">
         <v>22.310759999999998</v>
       </c>
       <c r="AF12" s="25">
         <v>-10.02042</v>
       </c>
       <c r="AG12" s="25">
         <v>10.67841</v>
       </c>
       <c r="AH12" s="25">
         <v>48.726169999999996</v>
       </c>
       <c r="AI12" s="25">
-        <v>17.494479999999999</v>
+        <v>18.944419999999997</v>
       </c>
       <c r="AJ12" s="25">
-        <v>-17.200849999999999</v>
+        <v>9.4230999999999998</v>
       </c>
       <c r="AK12" s="16">
-        <v>196.60162</v>
+        <v>224.67551</v>
       </c>
       <c r="AM12" s="5"/>
     </row>
     <row r="13" spans="2:39" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B13" s="33">
-        <v>29</v>
+        <v>68</v>
       </c>
       <c r="C13" s="34" t="s">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="D13" s="25">
         <v>0</v>
       </c>
       <c r="E13" s="25">
         <v>0</v>
       </c>
       <c r="F13" s="25">
         <v>0</v>
       </c>
       <c r="G13" s="25">
         <v>0</v>
       </c>
       <c r="H13" s="25">
-        <v>1.6289999999999999E-2</v>
+        <v>0</v>
       </c>
       <c r="I13" s="25">
-        <v>0</v>
+        <v>1.3123199999999999</v>
       </c>
       <c r="J13" s="25">
-        <v>-4.48E-2</v>
+        <v>2.0022000000000002</v>
       </c>
       <c r="K13" s="25">
-        <v>-4.6049999999999994E-2</v>
+        <v>6.3630000000000006E-2</v>
       </c>
       <c r="L13" s="25">
-        <v>-1.9260000000000003E-2</v>
+        <v>-5.3200000000000001E-3</v>
       </c>
       <c r="M13" s="25">
-        <v>2.47953</v>
+        <v>8.1409999999999996E-2</v>
       </c>
       <c r="N13" s="25">
-        <v>0.69453999999999994</v>
+        <v>0.85008000000000006</v>
       </c>
       <c r="O13" s="25">
-        <v>2.0442499999999999</v>
+        <v>2.22418</v>
       </c>
       <c r="P13" s="25">
-        <v>-0.37101999999999996</v>
+        <v>0.33831</v>
       </c>
       <c r="Q13" s="25">
-        <v>-0.39030999999999999</v>
+        <v>-0.99724999999999997</v>
       </c>
       <c r="R13" s="25">
-        <v>4.4299099999999996</v>
+        <v>-2.5084499999999998</v>
       </c>
       <c r="S13" s="25">
-        <v>7.0926400000000003</v>
+        <v>14.62842</v>
       </c>
       <c r="T13" s="25">
-        <v>0.55974000000000002</v>
+        <v>-12.04236</v>
       </c>
       <c r="U13" s="25">
-        <v>11.09592</v>
+        <v>1.2593599999999998</v>
       </c>
       <c r="V13" s="25">
-        <v>6.4214099999999998</v>
+        <v>1.7098</v>
       </c>
       <c r="W13" s="25">
-        <v>1.9853699999999999</v>
+        <v>4.90327</v>
       </c>
       <c r="X13" s="25">
-        <v>7.7994399999999997</v>
+        <v>4.79636</v>
       </c>
       <c r="Y13" s="25">
-        <v>-4.5628799999999998</v>
+        <v>1.2831300000000001</v>
       </c>
       <c r="Z13" s="25">
-        <v>-0.95501000000000003</v>
+        <v>0.48122999999999999</v>
       </c>
       <c r="AA13" s="25">
-        <v>-0.12126000000000001</v>
+        <v>7.5884</v>
       </c>
       <c r="AB13" s="25">
-        <v>-1.1044100000000001</v>
+        <v>11.95993</v>
       </c>
       <c r="AC13" s="25">
-        <v>9.1234599999999997</v>
+        <v>33.887039999999999</v>
       </c>
       <c r="AD13" s="25">
-        <v>4.7373199999999995</v>
+        <v>-9.1543200000000002</v>
       </c>
       <c r="AE13" s="25">
-        <v>-2.0856999999999997</v>
+        <v>-7.8645800000000001</v>
       </c>
       <c r="AF13" s="25">
-        <v>103.96689000000001</v>
+        <v>9.6379000000000001</v>
       </c>
       <c r="AG13" s="25">
-        <v>5.1684599999999996</v>
+        <v>4.2157600000000004</v>
       </c>
       <c r="AH13" s="25">
-        <v>8.7018899999999988</v>
+        <v>1.88283</v>
       </c>
       <c r="AI13" s="25">
-        <v>4.1685799999999995</v>
+        <v>50.805589999999995</v>
       </c>
       <c r="AJ13" s="25">
-        <v>3.4682600000000003</v>
+        <v>87.863609999999994</v>
       </c>
       <c r="AK13" s="16">
-        <v>174.25320000000002</v>
+        <v>211.20248000000001</v>
       </c>
       <c r="AM13" s="5"/>
     </row>
     <row r="14" spans="2:39" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B14" s="33">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="C14" s="34" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="D14" s="25">
         <v>0</v>
       </c>
       <c r="E14" s="25">
         <v>0</v>
       </c>
       <c r="F14" s="25">
-        <v>0.69076000000000004</v>
+        <v>1.4000000000000001E-4</v>
       </c>
       <c r="G14" s="25">
-        <v>0</v>
+        <v>0.54376999999999998</v>
       </c>
       <c r="H14" s="25">
-        <v>-0.83345000000000002</v>
+        <v>-0.23104</v>
       </c>
       <c r="I14" s="25">
-        <v>-0.45458999999999999</v>
+        <v>3.9078499999999998</v>
       </c>
       <c r="J14" s="25">
-        <v>0</v>
+        <v>2.7380300000000002</v>
       </c>
       <c r="K14" s="25">
-        <v>0</v>
+        <v>0.28849999999999998</v>
       </c>
       <c r="L14" s="25">
-        <v>9.7400000000000004E-3</v>
+        <v>0.83966999999999992</v>
       </c>
       <c r="M14" s="25">
-        <v>9.5E-4</v>
+        <v>-0.2641</v>
       </c>
       <c r="N14" s="25">
-        <v>0.01</v>
+        <v>1.2875000000000001</v>
       </c>
       <c r="O14" s="25">
-        <v>2.7960000000000002E-2</v>
+        <v>-1.33677</v>
       </c>
       <c r="P14" s="25">
-        <v>3.1210000000000002E-2</v>
+        <v>3.4158200000000001</v>
       </c>
       <c r="Q14" s="25">
-        <v>3.7810000000000003E-2</v>
+        <v>-0.35089999999999999</v>
       </c>
       <c r="R14" s="25">
-        <v>5.0099999999999999E-2</v>
+        <v>1.6473</v>
       </c>
       <c r="S14" s="25">
-        <v>3.20479</v>
+        <v>6.4225099999999999</v>
       </c>
       <c r="T14" s="25">
-        <v>2.4092899999999999</v>
+        <v>0.25692999999999999</v>
       </c>
       <c r="U14" s="25">
-        <v>-0.88653999999999999</v>
+        <v>6.9574199999999999</v>
       </c>
       <c r="V14" s="25">
-        <v>0.56285000000000007</v>
+        <v>1.8567100000000001</v>
       </c>
       <c r="W14" s="25">
-        <v>-1.5334300000000001</v>
+        <v>1.16248</v>
       </c>
       <c r="X14" s="25">
-        <v>-2.25318</v>
+        <v>-1.86955</v>
       </c>
       <c r="Y14" s="25">
-        <v>0.92362</v>
+        <v>5.0152799999999997</v>
       </c>
       <c r="Z14" s="25">
-        <v>6.0684199999999997</v>
+        <v>4.9531999999999998</v>
       </c>
       <c r="AA14" s="25">
-        <v>-0.92049000000000003</v>
+        <v>21.234529999999999</v>
       </c>
       <c r="AB14" s="25">
-        <v>3.9554299999999998</v>
+        <v>3.75705</v>
       </c>
       <c r="AC14" s="25">
-        <v>6.0579000000000001</v>
+        <v>3.1102600000000002</v>
       </c>
       <c r="AD14" s="25">
-        <v>4.05898</v>
+        <v>3.6887800000000004</v>
       </c>
       <c r="AE14" s="25">
-        <v>6.2160399999999996</v>
+        <v>11.874610000000001</v>
       </c>
       <c r="AF14" s="25">
-        <v>25.269449999999999</v>
+        <v>4.3609499999999999</v>
       </c>
       <c r="AG14" s="25">
-        <v>2.7468300000000001</v>
+        <v>4.6583800000000002</v>
       </c>
       <c r="AH14" s="25">
-        <v>44.815040000000003</v>
+        <v>23.55322</v>
       </c>
       <c r="AI14" s="25">
-        <v>55.535059999999994</v>
+        <v>12.76014</v>
       </c>
       <c r="AJ14" s="25">
-        <v>11.174280000000001</v>
+        <v>61.262550000000005</v>
       </c>
       <c r="AK14" s="16">
-        <v>166.97483</v>
+        <v>187.50121999999999</v>
       </c>
       <c r="AM14" s="5"/>
     </row>
     <row r="15" spans="2:39" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B15" s="33">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="C15" s="34" t="s">
-        <v>9</v>
+        <v>41</v>
       </c>
       <c r="D15" s="25">
         <v>0</v>
       </c>
       <c r="E15" s="25">
         <v>0</v>
       </c>
       <c r="F15" s="25">
-        <v>0</v>
+        <v>0.69076000000000004</v>
       </c>
       <c r="G15" s="25">
         <v>0</v>
       </c>
       <c r="H15" s="25">
-        <v>0</v>
+        <v>-0.83345000000000002</v>
       </c>
       <c r="I15" s="25">
-        <v>1.3123199999999999</v>
+        <v>-0.45458999999999999</v>
       </c>
       <c r="J15" s="25">
-        <v>2.0022000000000002</v>
+        <v>0</v>
       </c>
       <c r="K15" s="25">
-        <v>6.3630000000000006E-2</v>
+        <v>0</v>
       </c>
       <c r="L15" s="25">
-        <v>-5.3200000000000001E-3</v>
+        <v>9.7400000000000004E-3</v>
       </c>
       <c r="M15" s="25">
-        <v>8.1409999999999996E-2</v>
+        <v>9.5E-4</v>
       </c>
       <c r="N15" s="25">
-        <v>0.85008000000000006</v>
+        <v>0.01</v>
       </c>
       <c r="O15" s="25">
-        <v>2.22418</v>
+        <v>2.7960000000000002E-2</v>
       </c>
       <c r="P15" s="25">
-        <v>0.33831</v>
+        <v>3.1210000000000002E-2</v>
       </c>
       <c r="Q15" s="25">
-        <v>-0.99724999999999997</v>
+        <v>3.7810000000000003E-2</v>
       </c>
       <c r="R15" s="25">
-        <v>-2.5084499999999998</v>
+        <v>5.0099999999999999E-2</v>
       </c>
       <c r="S15" s="25">
-        <v>14.62842</v>
+        <v>3.20479</v>
       </c>
       <c r="T15" s="25">
-        <v>-12.04236</v>
+        <v>2.4092899999999999</v>
       </c>
       <c r="U15" s="25">
-        <v>1.2593599999999998</v>
+        <v>-0.88653999999999999</v>
       </c>
       <c r="V15" s="25">
-        <v>1.7098</v>
+        <v>0.56285000000000007</v>
       </c>
       <c r="W15" s="25">
-        <v>4.90327</v>
+        <v>-1.5334300000000001</v>
       </c>
       <c r="X15" s="25">
-        <v>4.79636</v>
+        <v>-2.25318</v>
       </c>
       <c r="Y15" s="25">
-        <v>1.2831300000000001</v>
+        <v>0.92362</v>
       </c>
       <c r="Z15" s="25">
-        <v>0.48122999999999999</v>
+        <v>6.0684199999999997</v>
       </c>
       <c r="AA15" s="25">
-        <v>7.5884</v>
+        <v>-0.92049000000000003</v>
       </c>
       <c r="AB15" s="25">
-        <v>11.95993</v>
+        <v>3.9554299999999998</v>
       </c>
       <c r="AC15" s="25">
-        <v>33.887039999999999</v>
+        <v>6.0579000000000001</v>
       </c>
       <c r="AD15" s="25">
-        <v>-9.1543200000000002</v>
+        <v>4.05898</v>
       </c>
       <c r="AE15" s="25">
-        <v>-7.8645800000000001</v>
+        <v>6.2160399999999996</v>
       </c>
       <c r="AF15" s="25">
-        <v>9.6379000000000001</v>
+        <v>25.843439999999998</v>
       </c>
       <c r="AG15" s="25">
-        <v>4.2157600000000004</v>
+        <v>2.4395199999999999</v>
       </c>
       <c r="AH15" s="25">
-        <v>1.88283</v>
+        <v>47.697040000000001</v>
       </c>
       <c r="AI15" s="25">
-        <v>50.403390000000002</v>
+        <v>55.111059999999995</v>
       </c>
       <c r="AJ15" s="25">
-        <v>42.167449999999995</v>
+        <v>7.5802700000000005</v>
       </c>
       <c r="AK15" s="16">
-        <v>165.10411999999999</v>
+        <v>166.10550000000001</v>
       </c>
       <c r="AM15" s="5"/>
     </row>
     <row r="16" spans="2:39" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B16" s="33">
-        <v>55</v>
+        <v>29</v>
       </c>
       <c r="C16" s="34" t="s">
-        <v>24</v>
+        <v>7</v>
       </c>
       <c r="D16" s="25">
-        <v>1.6959999999999999E-2</v>
+        <v>0</v>
       </c>
       <c r="E16" s="25">
         <v>0</v>
       </c>
       <c r="F16" s="25">
         <v>0</v>
       </c>
       <c r="G16" s="25">
         <v>0</v>
       </c>
       <c r="H16" s="25">
-        <v>0</v>
+        <v>1.6289999999999999E-2</v>
       </c>
       <c r="I16" s="25">
         <v>0</v>
       </c>
       <c r="J16" s="25">
-        <v>0.23663000000000001</v>
+        <v>-4.48E-2</v>
       </c>
       <c r="K16" s="25">
-        <v>8.1629999999999994E-2</v>
+        <v>-4.6049999999999994E-2</v>
       </c>
       <c r="L16" s="25">
-        <v>-0.37156</v>
+        <v>-1.9260000000000003E-2</v>
       </c>
       <c r="M16" s="25">
-        <v>-0.77544000000000002</v>
+        <v>2.47953</v>
       </c>
       <c r="N16" s="25">
-        <v>-2.1309999999999999E-2</v>
+        <v>0.69453999999999994</v>
       </c>
       <c r="O16" s="25">
-        <v>0</v>
+        <v>2.0442499999999999</v>
       </c>
       <c r="P16" s="25">
-        <v>0.20382</v>
+        <v>-0.37101999999999996</v>
       </c>
       <c r="Q16" s="25">
-        <v>1.7475399999999999</v>
+        <v>-0.39030999999999999</v>
       </c>
       <c r="R16" s="25">
-        <v>2.5254599999999998</v>
+        <v>4.4299099999999996</v>
       </c>
       <c r="S16" s="25">
-        <v>-0.99453999999999998</v>
+        <v>7.0926400000000003</v>
       </c>
       <c r="T16" s="25">
-        <v>0.17394000000000001</v>
+        <v>0.55974000000000002</v>
       </c>
       <c r="U16" s="25">
-        <v>9.5593400000000006</v>
+        <v>11.09592</v>
       </c>
       <c r="V16" s="25">
-        <v>-5.2673000000000005</v>
+        <v>6.4214099999999998</v>
       </c>
       <c r="W16" s="25">
-        <v>-4.9987899999999996</v>
+        <v>1.9853699999999999</v>
       </c>
       <c r="X16" s="25">
-        <v>1.7847899999999999</v>
+        <v>7.7994399999999997</v>
       </c>
       <c r="Y16" s="25">
-        <v>1.9211500000000001</v>
+        <v>-4.5628799999999998</v>
       </c>
       <c r="Z16" s="25">
-        <v>2.5116700000000001</v>
+        <v>-0.95501000000000003</v>
       </c>
       <c r="AA16" s="25">
-        <v>61.822410000000005</v>
+        <v>-0.12126000000000001</v>
       </c>
       <c r="AB16" s="25">
-        <v>15.408760000000001</v>
+        <v>-1.1044100000000001</v>
       </c>
       <c r="AC16" s="25">
-        <v>15.75813</v>
+        <v>9.1234599999999997</v>
       </c>
       <c r="AD16" s="25">
-        <v>20.795369999999998</v>
+        <v>4.7373199999999995</v>
       </c>
       <c r="AE16" s="25">
-        <v>-29.404389999999999</v>
+        <v>-2.0856999999999997</v>
       </c>
       <c r="AF16" s="25">
-        <v>13.42563</v>
+        <v>103.96689000000001</v>
       </c>
       <c r="AG16" s="25">
-        <v>18.973779999999998</v>
+        <v>5.1684599999999996</v>
       </c>
       <c r="AH16" s="25">
-        <v>27.24212</v>
+        <v>8.7018899999999988</v>
       </c>
       <c r="AI16" s="25">
-        <v>-1.80057</v>
+        <v>4.2225799999999998</v>
       </c>
       <c r="AJ16" s="25">
-        <v>-0.53085000000000004</v>
+        <v>-5.8593100000000007</v>
       </c>
       <c r="AK16" s="16">
-        <v>150.02438000000001</v>
+        <v>164.97963000000001</v>
       </c>
       <c r="AM16" s="5"/>
     </row>
     <row r="17" spans="2:39" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B17" s="33">
-        <v>11</v>
+        <v>55</v>
       </c>
       <c r="C17" s="34" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="D17" s="25">
-        <v>0</v>
+        <v>1.6959999999999999E-2</v>
       </c>
       <c r="E17" s="25">
         <v>0</v>
       </c>
       <c r="F17" s="25">
         <v>0</v>
       </c>
       <c r="G17" s="25">
-        <v>1.01E-3</v>
+        <v>0</v>
       </c>
       <c r="H17" s="25">
         <v>0</v>
       </c>
       <c r="I17" s="25">
-        <v>6.1355699999999995</v>
+        <v>0</v>
       </c>
       <c r="J17" s="25">
-        <v>-9.919E-2</v>
+        <v>0.23663000000000001</v>
       </c>
       <c r="K17" s="25">
-        <v>1.48593</v>
+        <v>8.1629999999999994E-2</v>
       </c>
       <c r="L17" s="25">
-        <v>-0.18386000000000002</v>
+        <v>-0.37156</v>
       </c>
       <c r="M17" s="25">
-        <v>3.8810799999999999</v>
+        <v>-0.77544000000000002</v>
       </c>
       <c r="N17" s="25">
-        <v>2.75319</v>
+        <v>-2.1309999999999999E-2</v>
       </c>
       <c r="O17" s="25">
-        <v>6.2594799999999999</v>
+        <v>0</v>
       </c>
       <c r="P17" s="25">
-        <v>2.6036599999999996</v>
+        <v>0.20382</v>
       </c>
       <c r="Q17" s="25">
-        <v>1.1310499999999999</v>
+        <v>1.7475399999999999</v>
       </c>
       <c r="R17" s="25">
-        <v>0.98787999999999998</v>
+        <v>2.5254599999999998</v>
       </c>
       <c r="S17" s="25">
-        <v>-0.54758000000000007</v>
+        <v>-0.99453999999999998</v>
       </c>
       <c r="T17" s="25">
-        <v>-0.16103000000000001</v>
+        <v>0.17394000000000001</v>
       </c>
       <c r="U17" s="25">
-        <v>-2.3867600000000002</v>
+        <v>9.5593400000000006</v>
       </c>
       <c r="V17" s="25">
-        <v>-4.6641199999999996</v>
+        <v>-5.2673000000000005</v>
       </c>
       <c r="W17" s="25">
-        <v>3.1888299999999998</v>
+        <v>-4.9987899999999996</v>
       </c>
       <c r="X17" s="25">
-        <v>2.6047699999999998</v>
+        <v>1.7847899999999999</v>
       </c>
       <c r="Y17" s="25">
-        <v>2.6523000000000003</v>
+        <v>2.2349600000000001</v>
       </c>
       <c r="Z17" s="25">
-        <v>8.2022199999999987</v>
+        <v>2.1955800000000001</v>
       </c>
       <c r="AA17" s="25">
-        <v>10.9316</v>
+        <v>61.822410000000005</v>
       </c>
       <c r="AB17" s="25">
-        <v>28.76163</v>
+        <v>15.408760000000001</v>
       </c>
       <c r="AC17" s="25">
-        <v>16.66882</v>
+        <v>15.75813</v>
       </c>
       <c r="AD17" s="25">
-        <v>-2.7004600000000001</v>
+        <v>20.795369999999998</v>
       </c>
       <c r="AE17" s="25">
-        <v>9.2159999999999993</v>
+        <v>-29.404389999999999</v>
       </c>
       <c r="AF17" s="25">
-        <v>4.1820900000000005</v>
+        <v>13.42563</v>
       </c>
       <c r="AG17" s="25">
-        <v>8.8467000000000002</v>
+        <v>18.973779999999998</v>
       </c>
       <c r="AH17" s="25">
-        <v>18.085060000000002</v>
+        <v>27.327419999999996</v>
       </c>
       <c r="AI17" s="25">
-        <v>17.439779999999999</v>
+        <v>-2.2416900000000002</v>
       </c>
       <c r="AJ17" s="25">
-        <v>2.1417899999999999</v>
+        <v>3.7141999999999999</v>
       </c>
       <c r="AK17" s="16">
-        <v>147.41744</v>
+        <v>153.91132999999999</v>
       </c>
       <c r="AM17" s="5"/>
     </row>
     <row r="18" spans="2:39" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B18" s="33">
         <v>45</v>
       </c>
       <c r="C18" s="34" t="s">
         <v>27</v>
       </c>
       <c r="D18" s="25">
         <v>0</v>
       </c>
       <c r="E18" s="25">
         <v>0</v>
       </c>
       <c r="F18" s="25">
         <v>0</v>
       </c>
       <c r="G18" s="25">
         <v>0</v>
       </c>
       <c r="H18" s="25">
         <v>0</v>
       </c>
@@ -2549,319 +2549,321 @@
       <c r="M18" s="25">
         <v>0.13458000000000001</v>
       </c>
       <c r="N18" s="25">
         <v>0.31056</v>
       </c>
       <c r="O18" s="25">
         <v>0.25967000000000001</v>
       </c>
       <c r="P18" s="25">
         <v>1.6450199999999999</v>
       </c>
       <c r="Q18" s="25">
         <v>1.58443</v>
       </c>
       <c r="R18" s="25">
         <v>-0.42275999999999997</v>
       </c>
       <c r="S18" s="25">
         <v>0.44744</v>
       </c>
       <c r="T18" s="25">
         <v>0.28079999999999999</v>
       </c>
       <c r="U18" s="25">
-        <v>0.10246</v>
+        <v>9.6689999999999998E-2</v>
       </c>
       <c r="V18" s="25">
-        <v>3.0998800000000002</v>
+        <v>3.0958200000000002</v>
       </c>
       <c r="W18" s="25">
-        <v>3.08521</v>
+        <v>3.0691999999999999</v>
       </c>
       <c r="X18" s="25">
-        <v>4.6486299999999998</v>
+        <v>4.5690799999999996</v>
       </c>
       <c r="Y18" s="25">
         <v>1.0049299999999999</v>
       </c>
       <c r="Z18" s="25">
-        <v>-0.35660000000000003</v>
+        <v>-0.32589999999999997</v>
       </c>
       <c r="AA18" s="25">
-        <v>1.7237100000000001</v>
+        <v>1.7593800000000002</v>
       </c>
       <c r="AB18" s="25">
-        <v>-0.12276999999999999</v>
+        <v>-4.8129999999999999E-2</v>
       </c>
       <c r="AC18" s="25">
-        <v>-0.43963000000000002</v>
+        <v>-0.54027000000000003</v>
       </c>
       <c r="AD18" s="25">
-        <v>2.3759299999999999</v>
+        <v>2.52285</v>
       </c>
       <c r="AE18" s="25">
-        <v>23.739789999999999</v>
+        <v>23.544790000000003</v>
       </c>
       <c r="AF18" s="25">
-        <v>47.446059999999996</v>
+        <v>47.120059999999995</v>
       </c>
       <c r="AG18" s="25">
-        <v>-53.455370000000002</v>
+        <v>-53.409320000000001</v>
       </c>
       <c r="AH18" s="25">
-        <v>55.72983</v>
+        <v>55.443829999999998</v>
       </c>
       <c r="AI18" s="25">
-        <v>39.287660000000002</v>
+        <v>38.005660000000006</v>
       </c>
       <c r="AJ18" s="25">
-        <v>5.35785</v>
+        <v>20.8629</v>
       </c>
       <c r="AK18" s="16">
-        <v>138.24242999999998</v>
+        <v>151.78643</v>
       </c>
       <c r="AM18" s="5"/>
     </row>
     <row r="19" spans="2:39" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B19" s="33">
-        <v>65</v>
+        <v>11</v>
       </c>
       <c r="C19" s="34" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="D19" s="25">
         <v>0</v>
       </c>
       <c r="E19" s="25">
         <v>0</v>
       </c>
       <c r="F19" s="25">
-        <v>1.4000000000000001E-4</v>
+        <v>0</v>
       </c>
       <c r="G19" s="25">
-        <v>0.54376999999999998</v>
+        <v>1.01E-3</v>
       </c>
       <c r="H19" s="25">
-        <v>-0.23104</v>
+        <v>0</v>
       </c>
       <c r="I19" s="25">
-        <v>3.9078499999999998</v>
+        <v>6.1355699999999995</v>
       </c>
       <c r="J19" s="25">
-        <v>2.7380300000000002</v>
+        <v>-9.919E-2</v>
       </c>
       <c r="K19" s="25">
-        <v>0.28849999999999998</v>
+        <v>1.48593</v>
       </c>
       <c r="L19" s="25">
-        <v>0.83966999999999992</v>
+        <v>-0.18386000000000002</v>
       </c>
       <c r="M19" s="25">
-        <v>-0.2641</v>
+        <v>3.8810799999999999</v>
       </c>
       <c r="N19" s="25">
-        <v>1.2875000000000001</v>
+        <v>2.75319</v>
       </c>
       <c r="O19" s="25">
-        <v>-1.33677</v>
+        <v>6.2594799999999999</v>
       </c>
       <c r="P19" s="25">
-        <v>3.4158200000000001</v>
+        <v>2.6036599999999996</v>
       </c>
       <c r="Q19" s="25">
-        <v>-0.35089999999999999</v>
+        <v>1.1310499999999999</v>
       </c>
       <c r="R19" s="25">
-        <v>1.6473</v>
+        <v>0.98787999999999998</v>
       </c>
       <c r="S19" s="25">
-        <v>6.4225099999999999</v>
+        <v>-0.54758000000000007</v>
       </c>
       <c r="T19" s="25">
-        <v>0.25692999999999999</v>
+        <v>-0.16103000000000001</v>
       </c>
       <c r="U19" s="25">
-        <v>6.9574199999999999</v>
+        <v>-2.3867600000000002</v>
       </c>
       <c r="V19" s="25">
-        <v>1.8567100000000001</v>
+        <v>-4.6641199999999996</v>
       </c>
       <c r="W19" s="25">
-        <v>1.16248</v>
+        <v>3.1888299999999998</v>
       </c>
       <c r="X19" s="25">
-        <v>-1.86955</v>
+        <v>2.6047699999999998</v>
       </c>
       <c r="Y19" s="25">
-        <v>5.0152799999999997</v>
+        <v>2.6523000000000003</v>
       </c>
       <c r="Z19" s="25">
-        <v>4.9531999999999998</v>
+        <v>8.2022199999999987</v>
       </c>
       <c r="AA19" s="25">
-        <v>21.234529999999999</v>
+        <v>10.9316</v>
       </c>
       <c r="AB19" s="25">
-        <v>3.75705</v>
+        <v>28.76163</v>
       </c>
       <c r="AC19" s="25">
-        <v>3.1102600000000002</v>
+        <v>16.66882</v>
       </c>
       <c r="AD19" s="25">
-        <v>3.6887800000000004</v>
+        <v>-2.7004600000000001</v>
       </c>
       <c r="AE19" s="25">
-        <v>11.874610000000001</v>
+        <v>9.2159999999999993</v>
       </c>
       <c r="AF19" s="25">
-        <v>4.3609499999999999</v>
+        <v>4.1820900000000005</v>
       </c>
       <c r="AG19" s="25">
-        <v>4.6583800000000002</v>
+        <v>8.8467000000000002</v>
       </c>
       <c r="AH19" s="25">
-        <v>19.47551</v>
+        <v>18.085060000000002</v>
       </c>
       <c r="AI19" s="25">
-        <v>17.349400000000003</v>
+        <v>17.334779999999999</v>
       </c>
       <c r="AJ19" s="25">
-        <v>4.5221499999999999</v>
+        <v>6.27121</v>
       </c>
       <c r="AK19" s="16">
-        <v>131.27237</v>
+        <v>151.44185999999999</v>
       </c>
       <c r="AM19" s="5"/>
     </row>
     <row r="20" spans="2:39" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B20" s="33"/>
+      <c r="B20" s="33">
+        <v>72</v>
+      </c>
       <c r="C20" s="34" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="D20" s="25">
         <v>0</v>
       </c>
       <c r="E20" s="25">
         <v>0</v>
       </c>
       <c r="F20" s="25">
         <v>0</v>
       </c>
       <c r="G20" s="25">
         <v>0</v>
       </c>
       <c r="H20" s="25">
         <v>0</v>
       </c>
       <c r="I20" s="25">
         <v>0</v>
       </c>
       <c r="J20" s="25">
         <v>0</v>
       </c>
       <c r="K20" s="25">
         <v>0</v>
       </c>
       <c r="L20" s="25">
         <v>0</v>
       </c>
       <c r="M20" s="25">
         <v>0</v>
       </c>
       <c r="N20" s="25">
         <v>0</v>
       </c>
       <c r="O20" s="25">
         <v>0</v>
       </c>
       <c r="P20" s="25">
-        <v>0</v>
+        <v>6.5426000000000002</v>
       </c>
       <c r="Q20" s="25">
-        <v>0</v>
+        <v>0.60057000000000005</v>
       </c>
       <c r="R20" s="25">
-        <v>-13.427959999999999</v>
+        <v>2.0499999999999997E-3</v>
       </c>
       <c r="S20" s="25">
-        <v>-6.7453400000000006</v>
+        <v>4.8577299999999992</v>
       </c>
       <c r="T20" s="25">
-        <v>0.63572000000000006</v>
+        <v>7.7307700000000006</v>
       </c>
       <c r="U20" s="25">
-        <v>-6.0911999999999997</v>
+        <v>8.0158199999999997</v>
       </c>
       <c r="V20" s="25">
-        <v>0</v>
+        <v>7.3730000000000004E-2</v>
       </c>
       <c r="W20" s="25">
-        <v>0</v>
+        <v>13.687139999999999</v>
       </c>
       <c r="X20" s="25">
-        <v>12.350290000000001</v>
+        <v>-3.86294</v>
       </c>
       <c r="Y20" s="25">
-        <v>12.190340000000001</v>
+        <v>-4.4580900000000003</v>
       </c>
       <c r="Z20" s="25">
-        <v>20.422429999999999</v>
+        <v>-2.71923</v>
       </c>
       <c r="AA20" s="25">
-        <v>11.41535</v>
+        <v>1.2549000000000001</v>
       </c>
       <c r="AB20" s="25">
-        <v>11.475520000000001</v>
+        <v>-1.55189</v>
       </c>
       <c r="AC20" s="25">
-        <v>13.417339999999999</v>
+        <v>3.0019</v>
       </c>
       <c r="AD20" s="25">
-        <v>12.3193</v>
+        <v>11.948919999999999</v>
       </c>
       <c r="AE20" s="25">
-        <v>12.71444</v>
+        <v>-2.35121</v>
       </c>
       <c r="AF20" s="25">
-        <v>14.412570000000001</v>
+        <v>14.64547</v>
       </c>
       <c r="AG20" s="25">
-        <v>13.91475</v>
+        <v>11.542489999999999</v>
       </c>
       <c r="AH20" s="25">
-        <v>13.80419</v>
+        <v>4.3581400000000006</v>
       </c>
       <c r="AI20" s="25">
-        <v>0</v>
+        <v>-0.85312999999999994</v>
       </c>
       <c r="AJ20" s="25">
-        <v>0</v>
+        <v>-3.5501100000000001</v>
       </c>
       <c r="AK20" s="16">
-        <v>122.80774000000001</v>
+        <v>68.915630000000007</v>
       </c>
       <c r="AM20" s="5"/>
     </row>
     <row r="21" spans="2:39" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B21" s="33">
         <v>61</v>
       </c>
       <c r="C21" s="34" t="s">
         <v>20</v>
       </c>
       <c r="D21" s="25">
         <v>0</v>
       </c>
       <c r="E21" s="25">
         <v>0</v>
       </c>
       <c r="F21" s="25">
         <v>0</v>
       </c>
       <c r="G21" s="25">
         <v>0</v>
       </c>
       <c r="H21" s="25">
         <v>0</v>
       </c>
@@ -2925,165 +2927,165 @@
       <c r="AB21" s="25">
         <v>0.26300000000000001</v>
       </c>
       <c r="AC21" s="25">
         <v>0.46056999999999998</v>
       </c>
       <c r="AD21" s="25">
         <v>-0.28999999999999998</v>
       </c>
       <c r="AE21" s="25">
         <v>-0.156</v>
       </c>
       <c r="AF21" s="25">
         <v>2.7E-2</v>
       </c>
       <c r="AG21" s="25">
         <v>-6.1440000000000001</v>
       </c>
       <c r="AH21" s="25">
         <v>8.7426299999999983</v>
       </c>
       <c r="AI21" s="25">
         <v>43.164250000000003</v>
       </c>
       <c r="AJ21" s="25">
-        <v>-6.1482299999999999</v>
+        <v>-39.811320000000002</v>
       </c>
       <c r="AK21" s="16">
-        <v>91.239059999999995</v>
+        <v>57.575969999999998</v>
       </c>
       <c r="AM21" s="5"/>
     </row>
     <row r="22" spans="2:39" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B22" s="33">
-        <v>72</v>
+        <v>26</v>
       </c>
       <c r="C22" s="34" t="s">
-        <v>53</v>
+        <v>26</v>
       </c>
       <c r="D22" s="25">
         <v>0</v>
       </c>
       <c r="E22" s="25">
         <v>0</v>
       </c>
       <c r="F22" s="25">
         <v>0</v>
       </c>
       <c r="G22" s="25">
         <v>0</v>
       </c>
       <c r="H22" s="25">
-        <v>0</v>
+        <v>7.4069999999999997E-2</v>
       </c>
       <c r="I22" s="25">
         <v>0</v>
       </c>
       <c r="J22" s="25">
-        <v>0</v>
+        <v>-6.4800000000000005E-3</v>
       </c>
       <c r="K22" s="25">
         <v>0</v>
       </c>
       <c r="L22" s="25">
         <v>0</v>
       </c>
       <c r="M22" s="25">
-        <v>0</v>
+        <v>0.16211</v>
       </c>
       <c r="N22" s="25">
-        <v>0</v>
+        <v>0.34464</v>
       </c>
       <c r="O22" s="25">
         <v>0</v>
       </c>
       <c r="P22" s="25">
-        <v>6.5426000000000002</v>
+        <v>0.68349000000000004</v>
       </c>
       <c r="Q22" s="25">
-        <v>0.60057000000000005</v>
+        <v>1.8027500000000001</v>
       </c>
       <c r="R22" s="25">
-        <v>2.0499999999999997E-3</v>
+        <v>4.2428599999999994</v>
       </c>
       <c r="S22" s="25">
-        <v>4.8577299999999992</v>
+        <v>2.75447</v>
       </c>
       <c r="T22" s="25">
-        <v>7.7307700000000006</v>
+        <v>5.3850000000000002E-2</v>
       </c>
       <c r="U22" s="25">
-        <v>8.0158199999999997</v>
+        <v>0.58487999999999996</v>
       </c>
       <c r="V22" s="25">
-        <v>7.3730000000000004E-2</v>
+        <v>2.38205</v>
       </c>
       <c r="W22" s="25">
-        <v>13.687139999999999</v>
+        <v>-0.84160000000000001</v>
       </c>
       <c r="X22" s="25">
-        <v>-3.86294</v>
+        <v>1.0403</v>
       </c>
       <c r="Y22" s="25">
-        <v>-4.4580900000000003</v>
+        <v>1.1459999999999999</v>
       </c>
       <c r="Z22" s="25">
-        <v>-2.71923</v>
+        <v>3.13043</v>
       </c>
       <c r="AA22" s="25">
-        <v>1.2549000000000001</v>
+        <v>4.1214300000000001</v>
       </c>
       <c r="AB22" s="25">
-        <v>-1.55189</v>
+        <v>1.56291</v>
       </c>
       <c r="AC22" s="25">
-        <v>3.0019</v>
+        <v>1.3021500000000001</v>
       </c>
       <c r="AD22" s="25">
-        <v>11.948919999999999</v>
+        <v>-5.5163700000000002</v>
       </c>
       <c r="AE22" s="25">
-        <v>-2.35121</v>
+        <v>13.816450000000001</v>
       </c>
       <c r="AF22" s="25">
-        <v>14.64547</v>
+        <v>-2.9775</v>
       </c>
       <c r="AG22" s="25">
-        <v>11.542489999999999</v>
+        <v>-2.8594400000000002</v>
       </c>
       <c r="AH22" s="25">
-        <v>4.5141400000000003</v>
+        <v>9.7780000000000006E-2</v>
       </c>
       <c r="AI22" s="25">
-        <v>-0.85312999999999994</v>
+        <v>11.47997</v>
       </c>
       <c r="AJ22" s="25">
-        <v>-3.2391100000000002</v>
+        <v>17.655259999999998</v>
       </c>
       <c r="AK22" s="16">
-        <v>69.382630000000006</v>
+        <v>56.236460000000001</v>
       </c>
       <c r="AM22" s="5"/>
     </row>
     <row r="23" spans="2:39" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B23" s="33">
         <v>41</v>
       </c>
       <c r="C23" s="34" t="s">
         <v>23</v>
       </c>
       <c r="D23" s="25">
         <v>0</v>
       </c>
       <c r="E23" s="25">
         <v>0</v>
       </c>
       <c r="F23" s="25">
         <v>0</v>
       </c>
       <c r="G23" s="25">
         <v>0</v>
       </c>
       <c r="H23" s="25">
         <v>2.0633400000000002</v>
       </c>
@@ -3147,54 +3149,54 @@
       <c r="AB23" s="25">
         <v>9.5690799999999996</v>
       </c>
       <c r="AC23" s="25">
         <v>-14.189219999999999</v>
       </c>
       <c r="AD23" s="25">
         <v>9.2147299999999994</v>
       </c>
       <c r="AE23" s="25">
         <v>-0.29177999999999998</v>
       </c>
       <c r="AF23" s="25">
         <v>17.503830000000001</v>
       </c>
       <c r="AG23" s="25">
         <v>7.7111499999999999</v>
       </c>
       <c r="AH23" s="25">
         <v>15.459160000000001</v>
       </c>
       <c r="AI23" s="25">
         <v>-2.5068699999999997</v>
       </c>
       <c r="AJ23" s="25">
-        <v>-7.7126899999999994</v>
+        <v>-25.368230000000001</v>
       </c>
       <c r="AK23" s="16">
-        <v>69.032049999999998</v>
+        <v>51.376510000000003</v>
       </c>
       <c r="AM23" s="5"/>
     </row>
     <row r="24" spans="2:39" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B24" s="33">
         <v>12</v>
       </c>
       <c r="C24" s="34" t="s">
         <v>1</v>
       </c>
       <c r="D24" s="25">
         <v>0</v>
       </c>
       <c r="E24" s="25">
         <v>0</v>
       </c>
       <c r="F24" s="25">
         <v>0</v>
       </c>
       <c r="G24" s="25">
         <v>0</v>
       </c>
       <c r="H24" s="25">
         <v>0</v>
       </c>
@@ -3255,168 +3257,168 @@
       <c r="AA24" s="25">
         <v>-5.7688600000000001</v>
       </c>
       <c r="AB24" s="25">
         <v>18.903830000000003</v>
       </c>
       <c r="AC24" s="25">
         <v>-4.1274799999999994</v>
       </c>
       <c r="AD24" s="25">
         <v>-0.82299</v>
       </c>
       <c r="AE24" s="25">
         <v>1.3320000000000001</v>
       </c>
       <c r="AF24" s="25">
         <v>5.2609200000000005</v>
       </c>
       <c r="AG24" s="25">
         <v>-4.9162499999999998</v>
       </c>
       <c r="AH24" s="25">
         <v>1.2490000000000001</v>
       </c>
       <c r="AI24" s="25">
-        <v>0.86499999999999999</v>
+        <v>1.131</v>
       </c>
       <c r="AJ24" s="25">
-        <v>2.593</v>
+        <v>1.782</v>
       </c>
       <c r="AK24" s="16">
-        <v>51.746120000000005</v>
+        <v>51.201120000000003</v>
       </c>
       <c r="AM24" s="5"/>
     </row>
     <row r="25" spans="2:39" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B25" s="33">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="C25" s="34" t="s">
-        <v>26</v>
+        <v>52</v>
       </c>
       <c r="D25" s="25">
         <v>0</v>
       </c>
       <c r="E25" s="25">
         <v>0</v>
       </c>
       <c r="F25" s="25">
         <v>0</v>
       </c>
       <c r="G25" s="25">
         <v>0</v>
       </c>
       <c r="H25" s="25">
-        <v>7.4069999999999997E-2</v>
+        <v>6.862E-2</v>
       </c>
       <c r="I25" s="25">
-        <v>0</v>
+        <v>0.84613000000000005</v>
       </c>
       <c r="J25" s="25">
-        <v>-6.4800000000000005E-3</v>
+        <v>-1.3800000000000002E-2</v>
       </c>
       <c r="K25" s="25">
         <v>0</v>
       </c>
       <c r="L25" s="25">
         <v>0</v>
       </c>
       <c r="M25" s="25">
-        <v>0.16211</v>
+        <v>0.50988</v>
       </c>
       <c r="N25" s="25">
-        <v>0.34464</v>
+        <v>2.0099999999999996E-3</v>
       </c>
       <c r="O25" s="25">
-        <v>0</v>
+        <v>1.7469999999999999E-2</v>
       </c>
       <c r="P25" s="25">
-        <v>0.68349000000000004</v>
+        <v>1.72617</v>
       </c>
       <c r="Q25" s="25">
-        <v>1.8027500000000001</v>
+        <v>0.19253999999999999</v>
       </c>
       <c r="R25" s="25">
-        <v>4.2428599999999994</v>
+        <v>1.5707800000000001</v>
       </c>
       <c r="S25" s="25">
-        <v>2.75447</v>
+        <v>-3.9300000000000003E-3</v>
       </c>
       <c r="T25" s="25">
-        <v>5.3850000000000002E-2</v>
+        <v>0.57913999999999999</v>
       </c>
       <c r="U25" s="25">
-        <v>0.58487999999999996</v>
+        <v>3.2759399999999999</v>
       </c>
       <c r="V25" s="25">
-        <v>2.38205</v>
+        <v>-0.74797000000000002</v>
       </c>
       <c r="W25" s="25">
-        <v>-0.84160000000000001</v>
+        <v>1.5561400000000001</v>
       </c>
       <c r="X25" s="25">
-        <v>1.0403</v>
+        <v>-1.93306</v>
       </c>
       <c r="Y25" s="25">
-        <v>1.1459999999999999</v>
+        <v>-3.2689699999999999</v>
       </c>
       <c r="Z25" s="25">
-        <v>3.13043</v>
+        <v>0.98608000000000007</v>
       </c>
       <c r="AA25" s="25">
-        <v>4.1214300000000001</v>
+        <v>-0.35283999999999999</v>
       </c>
       <c r="AB25" s="25">
-        <v>1.56291</v>
+        <v>-1.77803</v>
       </c>
       <c r="AC25" s="25">
-        <v>1.3021500000000001</v>
+        <v>12.210150000000001</v>
       </c>
       <c r="AD25" s="25">
-        <v>-5.5163700000000002</v>
+        <v>57.849050000000005</v>
       </c>
       <c r="AE25" s="25">
-        <v>13.816450000000001</v>
+        <v>42.094449999999995</v>
       </c>
       <c r="AF25" s="25">
-        <v>-2.9775</v>
+        <v>-109.03147</v>
       </c>
       <c r="AG25" s="25">
-        <v>-2.8594400000000002</v>
+        <v>34.157609999999998</v>
       </c>
       <c r="AH25" s="25">
-        <v>9.7780000000000006E-2</v>
+        <v>134.71460000000002</v>
       </c>
       <c r="AI25" s="25">
-        <v>11.47997</v>
+        <v>-164.99385999999998</v>
       </c>
       <c r="AJ25" s="25">
-        <v>10.55316</v>
+        <v>38.793109999999999</v>
       </c>
       <c r="AK25" s="16">
-        <v>49.134360000000001</v>
+        <v>49.02594000000002</v>
       </c>
       <c r="AM25" s="5"/>
     </row>
     <row r="26" spans="2:39" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B26" s="33">
         <v>38</v>
       </c>
       <c r="C26" s="34" t="s">
         <v>57</v>
       </c>
       <c r="D26" s="25">
         <v>0</v>
       </c>
       <c r="E26" s="25">
         <v>0</v>
       </c>
       <c r="F26" s="25">
         <v>0</v>
       </c>
       <c r="G26" s="25">
         <v>0</v>
       </c>
       <c r="H26" s="25">
         <v>0</v>
       </c>
@@ -3489,267 +3491,267 @@
       <c r="AE26" s="25">
         <v>-0.23411999999999999</v>
       </c>
       <c r="AF26" s="25">
         <v>-1.81409</v>
       </c>
       <c r="AG26" s="25">
         <v>0.44304000000000004</v>
       </c>
       <c r="AH26" s="25">
         <v>-0.77870000000000006</v>
       </c>
       <c r="AI26" s="25">
         <v>-3.4459999999999998E-2</v>
       </c>
       <c r="AJ26" s="25">
         <v>0</v>
       </c>
       <c r="AK26" s="16">
         <v>41.862360000000002</v>
       </c>
       <c r="AM26" s="5"/>
     </row>
     <row r="27" spans="2:39" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B27" s="33">
-        <v>71</v>
+        <v>1</v>
       </c>
       <c r="C27" s="34" t="s">
-        <v>25</v>
+        <v>40</v>
       </c>
       <c r="D27" s="25">
-        <v>0.22552</v>
+        <v>0</v>
       </c>
       <c r="E27" s="25">
-        <v>4.7800000000000004E-3</v>
+        <v>0</v>
       </c>
       <c r="F27" s="25">
-        <v>8.4000000000000012E-3</v>
+        <v>0</v>
       </c>
       <c r="G27" s="25">
-        <v>9.9100000000000004E-3</v>
+        <v>0</v>
       </c>
       <c r="H27" s="25">
-        <v>8.047E-2</v>
+        <v>0</v>
       </c>
       <c r="I27" s="25">
-        <v>-4.0999999999999995E-3</v>
+        <v>0</v>
       </c>
       <c r="J27" s="25">
-        <v>2.5070000000000002E-2</v>
+        <v>0</v>
       </c>
       <c r="K27" s="25">
-        <v>8.4399999999999996E-3</v>
+        <v>0</v>
       </c>
       <c r="L27" s="25">
-        <v>9.4000000000000004E-3</v>
+        <v>0</v>
       </c>
       <c r="M27" s="25">
-        <v>0.27438000000000001</v>
+        <v>0</v>
       </c>
       <c r="N27" s="25">
-        <v>0.46385999999999999</v>
+        <v>0</v>
       </c>
       <c r="O27" s="25">
-        <v>0.89283000000000001</v>
+        <v>2.0400000000000001E-3</v>
       </c>
       <c r="P27" s="25">
-        <v>1.0200000000000001E-3</v>
+        <v>8.6999999999999994E-3</v>
       </c>
       <c r="Q27" s="25">
-        <v>2.6713400000000003</v>
+        <v>0.15281</v>
       </c>
       <c r="R27" s="25">
-        <v>-0.33422000000000002</v>
+        <v>3.7159999999999999E-2</v>
       </c>
       <c r="S27" s="25">
-        <v>27.068150000000003</v>
+        <v>11.991400000000001</v>
       </c>
       <c r="T27" s="25">
-        <v>-2.2306900000000001</v>
+        <v>9.4583500000000011</v>
       </c>
       <c r="U27" s="25">
-        <v>6.5797299999999996</v>
+        <v>3.2987500000000001</v>
       </c>
       <c r="V27" s="25">
-        <v>-1.9702999999999999</v>
+        <v>0</v>
       </c>
       <c r="W27" s="25">
-        <v>-2.3371200000000001</v>
+        <v>1.91368</v>
       </c>
       <c r="X27" s="25">
-        <v>6.9288999999999996</v>
+        <v>0.48216000000000003</v>
       </c>
       <c r="Y27" s="25">
-        <v>5.8904700000000005</v>
+        <v>5.8189999999999999E-2</v>
       </c>
       <c r="Z27" s="25">
-        <v>2.1406499999999999</v>
+        <v>5.3979999999999997</v>
       </c>
       <c r="AA27" s="25">
-        <v>-10.64714</v>
+        <v>1.173</v>
       </c>
       <c r="AB27" s="25">
-        <v>-8.9391700000000007</v>
+        <v>1.9011400000000001</v>
       </c>
       <c r="AC27" s="25">
-        <v>-3.7668900000000001</v>
+        <v>3.3517100000000002</v>
       </c>
       <c r="AD27" s="25">
-        <v>5.2768500000000005</v>
+        <v>3.0750000000000002</v>
       </c>
       <c r="AE27" s="25">
-        <v>1.0758399999999999</v>
+        <v>-14.636790000000001</v>
       </c>
       <c r="AF27" s="25">
-        <v>7.0681000000000003</v>
+        <v>4.9840000000000002E-2</v>
       </c>
       <c r="AG27" s="25">
-        <v>-3.0750999999999999</v>
+        <v>1.49E-3</v>
       </c>
       <c r="AH27" s="25">
-        <v>-4.2903700000000002</v>
+        <v>8.1799900000000001</v>
       </c>
       <c r="AI27" s="25">
-        <v>19.260729999999999</v>
+        <v>2.5885400000000001</v>
       </c>
       <c r="AJ27" s="25">
-        <v>-7.1917099999999996</v>
+        <v>0.68007000000000006</v>
       </c>
       <c r="AK27" s="16">
-        <v>41.17803</v>
+        <v>39.165230000000001</v>
       </c>
       <c r="AM27" s="5"/>
     </row>
     <row r="28" spans="2:39" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B28" s="33">
-        <v>1</v>
+        <v>52</v>
       </c>
       <c r="C28" s="34" t="s">
-        <v>40</v>
+        <v>32</v>
       </c>
       <c r="D28" s="25">
-        <v>0</v>
+        <v>3.14568</v>
       </c>
       <c r="E28" s="25">
-        <v>0</v>
+        <v>2.1772399999999998</v>
       </c>
       <c r="F28" s="25">
-        <v>0</v>
+        <v>0.26944999999999997</v>
       </c>
       <c r="G28" s="25">
-        <v>0</v>
+        <v>1.8671800000000001</v>
       </c>
       <c r="H28" s="25">
-        <v>0</v>
+        <v>0.60482000000000002</v>
       </c>
       <c r="I28" s="25">
-        <v>0</v>
+        <v>1.85202</v>
       </c>
       <c r="J28" s="25">
-        <v>0</v>
+        <v>-0.12232999999999999</v>
       </c>
       <c r="K28" s="25">
-        <v>0</v>
+        <v>-8.1049999999999997E-2</v>
       </c>
       <c r="L28" s="25">
-        <v>0</v>
+        <v>5.3332499999999996</v>
       </c>
       <c r="M28" s="25">
-        <v>0</v>
+        <v>-0.14359</v>
       </c>
       <c r="N28" s="25">
-        <v>0</v>
+        <v>-0.76540999999999992</v>
       </c>
       <c r="O28" s="25">
-        <v>2.0400000000000001E-3</v>
+        <v>0.32930999999999999</v>
       </c>
       <c r="P28" s="25">
-        <v>8.6999999999999994E-3</v>
+        <v>-0.83638999999999997</v>
       </c>
       <c r="Q28" s="25">
-        <v>0.15281</v>
+        <v>-0.13919000000000001</v>
       </c>
       <c r="R28" s="25">
-        <v>3.7159999999999999E-2</v>
+        <v>6.9099999999999995E-2</v>
       </c>
       <c r="S28" s="25">
-        <v>11.991400000000001</v>
+        <v>0.44619999999999999</v>
       </c>
       <c r="T28" s="25">
-        <v>9.4583500000000011</v>
+        <v>0.20665</v>
       </c>
       <c r="U28" s="25">
-        <v>3.2987500000000001</v>
+        <v>4.3004100000000003</v>
       </c>
       <c r="V28" s="25">
-        <v>0</v>
+        <v>1.79745</v>
       </c>
       <c r="W28" s="25">
-        <v>1.91368</v>
+        <v>-0.52419000000000004</v>
       </c>
       <c r="X28" s="25">
-        <v>0.48216000000000003</v>
+        <v>-1.0250999999999999</v>
       </c>
       <c r="Y28" s="25">
-        <v>5.8189999999999999E-2</v>
+        <v>3.74641</v>
       </c>
       <c r="Z28" s="25">
-        <v>5.3979999999999997</v>
+        <v>9.6767599999999998</v>
       </c>
       <c r="AA28" s="25">
-        <v>1.173</v>
+        <v>-2.5587800000000001</v>
       </c>
       <c r="AB28" s="25">
-        <v>1.8959999999999999</v>
+        <v>-3.8879999999999999</v>
       </c>
       <c r="AC28" s="25">
-        <v>3.3517100000000002</v>
+        <v>0.57732000000000006</v>
       </c>
       <c r="AD28" s="25">
-        <v>3.0750000000000002</v>
+        <v>1.9872000000000001</v>
       </c>
       <c r="AE28" s="25">
-        <v>-14.636790000000001</v>
+        <v>1.69902</v>
       </c>
       <c r="AF28" s="25">
-        <v>-5.0979999999999998E-2</v>
+        <v>-8.6064899999999991</v>
       </c>
       <c r="AG28" s="25">
-        <v>1.49E-3</v>
+        <v>0.82589000000000001</v>
       </c>
       <c r="AH28" s="25">
-        <v>6.6819899999999999</v>
+        <v>5.92258</v>
       </c>
       <c r="AI28" s="25">
-        <v>2.5885400000000001</v>
+        <v>7.6975200000000008</v>
       </c>
       <c r="AJ28" s="25">
-        <v>5.3920000000000003E-2</v>
+        <v>1.47455</v>
       </c>
       <c r="AK28" s="16">
-        <v>36.935120000000005</v>
+        <v>37.315489999999997</v>
       </c>
       <c r="AM28" s="5"/>
     </row>
     <row r="29" spans="2:39" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B29" s="33">
         <v>14</v>
       </c>
       <c r="C29" s="34" t="s">
         <v>22</v>
       </c>
       <c r="D29" s="25">
         <v>0</v>
       </c>
       <c r="E29" s="25">
         <v>0</v>
       </c>
       <c r="F29" s="25">
         <v>0</v>
       </c>
       <c r="G29" s="25">
         <v>0</v>
       </c>
       <c r="H29" s="25">
         <v>17.39358</v>
       </c>
@@ -3813,165 +3815,165 @@
       <c r="AB29" s="25">
         <v>0.22494999999999998</v>
       </c>
       <c r="AC29" s="25">
         <v>2.9075199999999999</v>
       </c>
       <c r="AD29" s="25">
         <v>3.5241700000000002</v>
       </c>
       <c r="AE29" s="25">
         <v>-0.45397000000000004</v>
       </c>
       <c r="AF29" s="25">
         <v>1.8291300000000001</v>
       </c>
       <c r="AG29" s="25">
         <v>-14.814450000000001</v>
       </c>
       <c r="AH29" s="25">
         <v>-2.5907499999999999</v>
       </c>
       <c r="AI29" s="25">
         <v>-9.5004500000000007</v>
       </c>
       <c r="AJ29" s="25">
-        <v>5.6643800000000004</v>
+        <v>5.3953199999999999</v>
       </c>
       <c r="AK29" s="16">
-        <v>34.019080000000002</v>
+        <v>33.750019999999999</v>
       </c>
       <c r="AM29" s="5"/>
     </row>
     <row r="30" spans="2:39" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B30" s="33">
-        <v>52</v>
+        <v>71</v>
       </c>
       <c r="C30" s="34" t="s">
-        <v>32</v>
+        <v>25</v>
       </c>
       <c r="D30" s="25">
-        <v>3.14568</v>
+        <v>0.22552</v>
       </c>
       <c r="E30" s="25">
-        <v>2.1772399999999998</v>
+        <v>4.7800000000000004E-3</v>
       </c>
       <c r="F30" s="25">
-        <v>0.26944999999999997</v>
+        <v>8.4000000000000012E-3</v>
       </c>
       <c r="G30" s="25">
-        <v>1.8671800000000001</v>
+        <v>9.9100000000000004E-3</v>
       </c>
       <c r="H30" s="25">
-        <v>0.60482000000000002</v>
+        <v>8.047E-2</v>
       </c>
       <c r="I30" s="25">
-        <v>1.85202</v>
+        <v>-4.0999999999999995E-3</v>
       </c>
       <c r="J30" s="25">
-        <v>-0.12232999999999999</v>
+        <v>2.5070000000000002E-2</v>
       </c>
       <c r="K30" s="25">
-        <v>-8.1049999999999997E-2</v>
+        <v>8.4399999999999996E-3</v>
       </c>
       <c r="L30" s="25">
-        <v>5.3332499999999996</v>
+        <v>9.4000000000000004E-3</v>
       </c>
       <c r="M30" s="25">
-        <v>-0.14359</v>
+        <v>0.27438000000000001</v>
       </c>
       <c r="N30" s="25">
-        <v>-0.76540999999999992</v>
+        <v>0.46385999999999999</v>
       </c>
       <c r="O30" s="25">
-        <v>0.32930999999999999</v>
+        <v>0.89283000000000001</v>
       </c>
       <c r="P30" s="25">
-        <v>-0.83638999999999997</v>
+        <v>1.0200000000000001E-3</v>
       </c>
       <c r="Q30" s="25">
-        <v>-0.13919000000000001</v>
+        <v>2.6713400000000003</v>
       </c>
       <c r="R30" s="25">
-        <v>6.9099999999999995E-2</v>
+        <v>-0.33422000000000002</v>
       </c>
       <c r="S30" s="25">
-        <v>0.44619999999999999</v>
+        <v>27.068150000000003</v>
       </c>
       <c r="T30" s="25">
-        <v>0.20665</v>
+        <v>-2.2306900000000001</v>
       </c>
       <c r="U30" s="25">
-        <v>4.3004100000000003</v>
+        <v>6.5797299999999996</v>
       </c>
       <c r="V30" s="25">
-        <v>1.79745</v>
+        <v>-1.9702999999999999</v>
       </c>
       <c r="W30" s="25">
-        <v>-0.52419000000000004</v>
+        <v>-2.3371200000000001</v>
       </c>
       <c r="X30" s="25">
-        <v>-1.0250999999999999</v>
+        <v>6.9288999999999996</v>
       </c>
       <c r="Y30" s="25">
-        <v>3.7447900000000001</v>
+        <v>5.8904700000000005</v>
       </c>
       <c r="Z30" s="25">
-        <v>9.6767599999999998</v>
+        <v>2.1406499999999999</v>
       </c>
       <c r="AA30" s="25">
-        <v>-2.5656099999999999</v>
+        <v>-10.64714</v>
       </c>
       <c r="AB30" s="25">
-        <v>-3.8879999999999999</v>
+        <v>-8.9391700000000007</v>
       </c>
       <c r="AC30" s="25">
-        <v>0.50017999999999996</v>
+        <v>-3.7668900000000001</v>
       </c>
       <c r="AD30" s="25">
-        <v>0.40026</v>
+        <v>5.2768500000000005</v>
       </c>
       <c r="AE30" s="25">
-        <v>1.69902</v>
+        <v>1.0758399999999999</v>
       </c>
       <c r="AF30" s="25">
-        <v>-8.6064899999999991</v>
+        <v>7.0681000000000003</v>
       </c>
       <c r="AG30" s="25">
-        <v>0.79083000000000003</v>
+        <v>-3.0750999999999999</v>
       </c>
       <c r="AH30" s="25">
-        <v>5.37758</v>
+        <v>-4.2903700000000002</v>
       </c>
       <c r="AI30" s="25">
-        <v>4.7095200000000004</v>
+        <v>19.16573</v>
       </c>
       <c r="AJ30" s="25">
-        <v>0.16302</v>
+        <v>-15.618540000000001</v>
       </c>
       <c r="AK30" s="16">
-        <v>30.763369999999998</v>
+        <v>32.656199999999998</v>
       </c>
       <c r="AM30" s="5"/>
     </row>
     <row r="31" spans="2:39" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B31" s="33">
         <v>27</v>
       </c>
       <c r="C31" s="34" t="s">
         <v>39</v>
       </c>
       <c r="D31" s="25">
         <v>0</v>
       </c>
       <c r="E31" s="25">
         <v>0</v>
       </c>
       <c r="F31" s="25">
         <v>0</v>
       </c>
       <c r="G31" s="25">
         <v>0</v>
       </c>
       <c r="H31" s="25">
         <v>1.56857</v>
       </c>
@@ -4011,411 +4013,409 @@
       <c r="T31" s="25">
         <v>2.13279</v>
       </c>
       <c r="U31" s="25">
         <v>1.08497</v>
       </c>
       <c r="V31" s="25">
         <v>3.5360000000000003E-2</v>
       </c>
       <c r="W31" s="25">
         <v>0.15575999999999998</v>
       </c>
       <c r="X31" s="25">
         <v>5.1970000000000002E-2</v>
       </c>
       <c r="Y31" s="25">
         <v>3.2648600000000001</v>
       </c>
       <c r="Z31" s="25">
         <v>7.8319300000000007</v>
       </c>
       <c r="AA31" s="25">
         <v>2.7452800000000002</v>
       </c>
       <c r="AB31" s="25">
-        <v>-2.0979899999999998</v>
+        <v>0.90619000000000005</v>
       </c>
       <c r="AC31" s="25">
         <v>3.6156599999999997</v>
       </c>
       <c r="AD31" s="25">
         <v>-13.885200000000001</v>
       </c>
       <c r="AE31" s="25">
-        <v>7.5432299999999994</v>
+        <v>8.7997099999999993</v>
       </c>
       <c r="AF31" s="25">
         <v>-10.91211</v>
       </c>
       <c r="AG31" s="25">
-        <v>13.81939</v>
+        <v>14.319700000000001</v>
       </c>
       <c r="AH31" s="25">
         <v>20.798169999999999</v>
       </c>
       <c r="AI31" s="25">
-        <v>-12.04345</v>
+        <v>-12.08845</v>
       </c>
       <c r="AJ31" s="25">
-        <v>-2.32972</v>
+        <v>-1.7322899999999999</v>
       </c>
       <c r="AK31" s="16">
-        <v>24.089939999999999</v>
+        <v>29.40334</v>
       </c>
       <c r="AM31" s="5"/>
     </row>
     <row r="32" spans="2:39" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B32" s="33">
-[...1 lines deleted...]
-      </c>
+      <c r="B32" s="33"/>
       <c r="C32" s="34" t="s">
-        <v>2</v>
+        <v>55</v>
       </c>
       <c r="D32" s="25">
         <v>0</v>
       </c>
       <c r="E32" s="25">
         <v>0</v>
       </c>
       <c r="F32" s="25">
         <v>0</v>
       </c>
       <c r="G32" s="25">
         <v>0</v>
       </c>
       <c r="H32" s="25">
         <v>0</v>
       </c>
       <c r="I32" s="25">
         <v>0</v>
       </c>
       <c r="J32" s="25">
         <v>0</v>
       </c>
       <c r="K32" s="25">
         <v>0</v>
       </c>
       <c r="L32" s="25">
         <v>0</v>
       </c>
       <c r="M32" s="25">
-        <v>30.787020000000002</v>
+        <v>0</v>
       </c>
       <c r="N32" s="25">
         <v>0</v>
       </c>
       <c r="O32" s="25">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="P32" s="25">
-        <v>1.4055</v>
+        <v>0</v>
       </c>
       <c r="Q32" s="25">
-        <v>0.66695000000000004</v>
+        <v>0</v>
       </c>
       <c r="R32" s="25">
-        <v>-5.9279999999999999E-2</v>
+        <v>-13.427959999999999</v>
       </c>
       <c r="S32" s="25">
-        <v>2.6953</v>
+        <v>-6.7453400000000006</v>
       </c>
       <c r="T32" s="25">
-        <v>1.0987199999999999</v>
+        <v>0.63572000000000006</v>
       </c>
       <c r="U32" s="25">
-        <v>3.5640900000000002</v>
+        <v>-6.0911999999999997</v>
       </c>
       <c r="V32" s="25">
-        <v>-3.9598400000000002</v>
+        <v>0</v>
       </c>
       <c r="W32" s="25">
-        <v>-31.805509999999998</v>
+        <v>0</v>
       </c>
       <c r="X32" s="25">
-        <v>5.4039999999999998E-2</v>
+        <v>9.3041400000000003</v>
       </c>
       <c r="Y32" s="25">
-        <v>0.57655999999999996</v>
+        <v>9.9321800000000007</v>
       </c>
       <c r="Z32" s="25">
-        <v>0.22080000000000002</v>
+        <v>10.29091</v>
       </c>
       <c r="AA32" s="25">
-        <v>0.57599</v>
+        <v>10.96496</v>
       </c>
       <c r="AB32" s="25">
-        <v>0.80064000000000002</v>
+        <v>-6.7731300000000001</v>
       </c>
       <c r="AC32" s="25">
-        <v>0.53015000000000001</v>
+        <v>-1.1960299999999999</v>
       </c>
       <c r="AD32" s="25">
-        <v>0.89755999999999991</v>
+        <v>-0.43723000000000001</v>
       </c>
       <c r="AE32" s="25">
-        <v>0.73800999999999994</v>
+        <v>-2.2459899999999999</v>
       </c>
       <c r="AF32" s="25">
-        <v>0.52284000000000008</v>
+        <v>0.84254999999999991</v>
       </c>
       <c r="AG32" s="25">
-        <v>0.96199000000000001</v>
+        <v>13.57704</v>
       </c>
       <c r="AH32" s="25">
-        <v>11.128500000000001</v>
+        <v>6.7216899999999997</v>
       </c>
       <c r="AI32" s="25">
-        <v>0.36133999999999999</v>
+        <v>0.99669000000000008</v>
       </c>
       <c r="AJ32" s="25">
-        <v>-0.18837999999999999</v>
+        <v>0</v>
       </c>
       <c r="AK32" s="16">
-        <v>22.572990000000001</v>
+        <v>26.349</v>
       </c>
       <c r="AM32" s="5"/>
     </row>
     <row r="33" spans="2:39" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B33" s="33">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="C33" s="34" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="D33" s="25">
         <v>0</v>
       </c>
       <c r="E33" s="25">
         <v>0</v>
       </c>
       <c r="F33" s="25">
         <v>0</v>
       </c>
       <c r="G33" s="25">
         <v>0</v>
       </c>
       <c r="H33" s="25">
         <v>0</v>
       </c>
       <c r="I33" s="25">
         <v>0</v>
       </c>
       <c r="J33" s="25">
         <v>0</v>
       </c>
       <c r="K33" s="25">
         <v>0</v>
       </c>
       <c r="L33" s="25">
         <v>0</v>
       </c>
       <c r="M33" s="25">
         <v>0</v>
       </c>
       <c r="N33" s="25">
-        <v>0</v>
+        <v>0.21406</v>
       </c>
       <c r="O33" s="25">
-        <v>0</v>
+        <v>0.37566000000000005</v>
       </c>
       <c r="P33" s="25">
-        <v>0</v>
+        <v>-2.2145100000000002</v>
       </c>
       <c r="Q33" s="25">
         <v>0</v>
       </c>
       <c r="R33" s="25">
-        <v>0</v>
+        <v>1.5009999999999999E-2</v>
       </c>
       <c r="S33" s="25">
-        <v>0</v>
+        <v>-0.35538999999999998</v>
       </c>
       <c r="T33" s="25">
-        <v>0</v>
+        <v>-0.59844000000000008</v>
       </c>
       <c r="U33" s="25">
-        <v>5.2926000000000002</v>
+        <v>-4.8689999999999997E-2</v>
       </c>
       <c r="V33" s="25">
-        <v>0.44130999999999998</v>
+        <v>3.32E-2</v>
       </c>
       <c r="W33" s="25">
-        <v>2.7478000000000002</v>
+        <v>0.32580999999999999</v>
       </c>
       <c r="X33" s="25">
-        <v>1.1809400000000001</v>
+        <v>6.6019600000000001</v>
       </c>
       <c r="Y33" s="25">
-        <v>-1.53762</v>
+        <v>-0.10249999999999999</v>
       </c>
       <c r="Z33" s="25">
-        <v>0.71066999999999991</v>
+        <v>2.5243099999999998</v>
       </c>
       <c r="AA33" s="25">
-        <v>0.27027999999999996</v>
+        <v>0.26730000000000004</v>
       </c>
       <c r="AB33" s="25">
-        <v>14.70716</v>
+        <v>0.23798</v>
       </c>
       <c r="AC33" s="25">
-        <v>-13.96088</v>
+        <v>-5.638E-2</v>
       </c>
       <c r="AD33" s="25">
-        <v>10.18239</v>
+        <v>3.3460000000000004E-2</v>
       </c>
       <c r="AE33" s="25">
-        <v>-0.42586000000000002</v>
+        <v>0.52903</v>
       </c>
       <c r="AF33" s="25">
-        <v>2.9205399999999999</v>
+        <v>0.33287</v>
       </c>
       <c r="AG33" s="25">
-        <v>12.27608</v>
+        <v>0.74438000000000004</v>
       </c>
       <c r="AH33" s="25">
-        <v>-17.958410000000001</v>
+        <v>0.36912</v>
       </c>
       <c r="AI33" s="25">
-        <v>2.9920500000000003</v>
+        <v>1.0915599999999999</v>
       </c>
       <c r="AJ33" s="25">
-        <v>7.911E-2</v>
+        <v>13.892719999999999</v>
       </c>
       <c r="AK33" s="16">
-        <v>19.91816</v>
+        <v>24.212520000000001</v>
       </c>
       <c r="AM33" s="5"/>
     </row>
     <row r="34" spans="2:39" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B34" s="33">
-        <v>28</v>
+        <v>17</v>
       </c>
       <c r="C34" s="34" t="s">
-        <v>52</v>
+        <v>2</v>
       </c>
       <c r="D34" s="25">
         <v>0</v>
       </c>
       <c r="E34" s="25">
         <v>0</v>
       </c>
       <c r="F34" s="25">
         <v>0</v>
       </c>
       <c r="G34" s="25">
         <v>0</v>
       </c>
       <c r="H34" s="25">
-        <v>6.862E-2</v>
+        <v>0</v>
       </c>
       <c r="I34" s="25">
-        <v>0.84613000000000005</v>
+        <v>0</v>
       </c>
       <c r="J34" s="25">
-        <v>-1.3800000000000002E-2</v>
+        <v>0</v>
       </c>
       <c r="K34" s="25">
         <v>0</v>
       </c>
       <c r="L34" s="25">
         <v>0</v>
       </c>
       <c r="M34" s="25">
-        <v>0.50988</v>
+        <v>30.787020000000002</v>
       </c>
       <c r="N34" s="25">
-        <v>2.0099999999999996E-3</v>
+        <v>0</v>
       </c>
       <c r="O34" s="25">
-        <v>1.7469999999999999E-2</v>
+        <v>1</v>
       </c>
       <c r="P34" s="25">
-        <v>1.72617</v>
+        <v>1.4055</v>
       </c>
       <c r="Q34" s="25">
-        <v>0.19253999999999999</v>
+        <v>0.66695000000000004</v>
       </c>
       <c r="R34" s="25">
-        <v>1.5707800000000001</v>
+        <v>-5.9279999999999999E-2</v>
       </c>
       <c r="S34" s="25">
-        <v>-3.9300000000000003E-3</v>
+        <v>2.6953</v>
       </c>
       <c r="T34" s="25">
-        <v>0.57913999999999999</v>
+        <v>1.0987199999999999</v>
       </c>
       <c r="U34" s="25">
-        <v>3.2759399999999999</v>
+        <v>3.5640900000000002</v>
       </c>
       <c r="V34" s="25">
-        <v>-0.74797000000000002</v>
+        <v>-3.9598400000000002</v>
       </c>
       <c r="W34" s="25">
-        <v>1.5561400000000001</v>
+        <v>-31.805509999999998</v>
       </c>
       <c r="X34" s="25">
-        <v>-1.93306</v>
+        <v>5.4039999999999998E-2</v>
       </c>
       <c r="Y34" s="25">
-        <v>-3.2689699999999999</v>
+        <v>0.57655999999999996</v>
       </c>
       <c r="Z34" s="25">
-        <v>0.98608000000000007</v>
+        <v>0.22080000000000002</v>
       </c>
       <c r="AA34" s="25">
-        <v>-0.35283999999999999</v>
+        <v>0.57599</v>
       </c>
       <c r="AB34" s="25">
-        <v>-1.77803</v>
+        <v>0.80064000000000002</v>
       </c>
       <c r="AC34" s="25">
-        <v>12.210150000000001</v>
+        <v>0.53015000000000001</v>
       </c>
       <c r="AD34" s="25">
-        <v>57.849050000000005</v>
+        <v>0.89755999999999991</v>
       </c>
       <c r="AE34" s="25">
-        <v>42.094449999999995</v>
+        <v>0.73800999999999994</v>
       </c>
       <c r="AF34" s="25">
-        <v>-109.03147</v>
+        <v>0.52284000000000008</v>
       </c>
       <c r="AG34" s="25">
-        <v>34.157609999999998</v>
+        <v>0.96199000000000001</v>
       </c>
       <c r="AH34" s="25">
-        <v>134.71460000000002</v>
+        <v>11.128500000000001</v>
       </c>
       <c r="AI34" s="25">
-        <v>-164.99385999999998</v>
+        <v>0.36133999999999999</v>
       </c>
       <c r="AJ34" s="25">
-        <v>9.3682599999999994</v>
+        <v>1.3009999999999999E-2</v>
       </c>
       <c r="AK34" s="16">
-        <v>19.601090000000017</v>
+        <v>22.774380000000001</v>
       </c>
       <c r="AM34" s="5"/>
     </row>
     <row r="35" spans="2:39" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B35" s="33">
         <v>16</v>
       </c>
       <c r="C35" s="34" t="s">
         <v>28</v>
       </c>
       <c r="D35" s="25">
         <v>0</v>
       </c>
       <c r="E35" s="25">
         <v>0</v>
       </c>
       <c r="F35" s="25">
         <v>0</v>
       </c>
       <c r="G35" s="25">
         <v>0</v>
       </c>
       <c r="H35" s="25">
         <v>15.436059999999999</v>
       </c>
@@ -4476,168 +4476,168 @@
       <c r="AA35" s="25">
         <v>1.8690000000000002E-2</v>
       </c>
       <c r="AB35" s="25">
         <v>0</v>
       </c>
       <c r="AC35" s="25">
         <v>5.4000000000000001E-4</v>
       </c>
       <c r="AD35" s="25">
         <v>0</v>
       </c>
       <c r="AE35" s="25">
         <v>0</v>
       </c>
       <c r="AF35" s="25">
         <v>1.9616800000000001</v>
       </c>
       <c r="AG35" s="25">
         <v>3.4894799999999999</v>
       </c>
       <c r="AH35" s="25">
         <v>-1.20797</v>
       </c>
       <c r="AI35" s="25">
-        <v>-0.26985000000000003</v>
+        <v>3.2333099999999999</v>
       </c>
       <c r="AJ35" s="25">
-        <v>-3.72553</v>
+        <v>-1.7746600000000001</v>
       </c>
       <c r="AK35" s="16">
-        <v>16.558859999999999</v>
+        <v>22.012889999999999</v>
       </c>
       <c r="AM35" s="5"/>
     </row>
     <row r="36" spans="2:39" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B36" s="33">
-        <v>66</v>
+        <v>47</v>
       </c>
       <c r="C36" s="34" t="s">
-        <v>54</v>
+        <v>35</v>
       </c>
       <c r="D36" s="25">
         <v>0</v>
       </c>
       <c r="E36" s="25">
         <v>0</v>
       </c>
       <c r="F36" s="25">
         <v>0</v>
       </c>
       <c r="G36" s="25">
         <v>0</v>
       </c>
       <c r="H36" s="25">
         <v>0</v>
       </c>
       <c r="I36" s="25">
         <v>0</v>
       </c>
       <c r="J36" s="25">
-        <v>0</v>
+        <v>-3.3250000000000002E-2</v>
       </c>
       <c r="K36" s="25">
-        <v>0</v>
+        <v>4.3290000000000002E-2</v>
       </c>
       <c r="L36" s="25">
-        <v>0</v>
+        <v>-4.793E-2</v>
       </c>
       <c r="M36" s="25">
-        <v>0</v>
+        <v>-5.1000000000000004E-4</v>
       </c>
       <c r="N36" s="25">
-        <v>0.21406</v>
+        <v>0.37191000000000002</v>
       </c>
       <c r="O36" s="25">
-        <v>0.37566000000000005</v>
+        <v>0.10568000000000001</v>
       </c>
       <c r="P36" s="25">
-        <v>-2.2145100000000002</v>
+        <v>2.5100500000000001</v>
       </c>
       <c r="Q36" s="25">
-        <v>0</v>
+        <v>10.49076</v>
       </c>
       <c r="R36" s="25">
-        <v>1.5009999999999999E-2</v>
+        <v>4.5753000000000004</v>
       </c>
       <c r="S36" s="25">
-        <v>-0.35538999999999998</v>
+        <v>14.17896</v>
       </c>
       <c r="T36" s="25">
-        <v>-0.59844000000000008</v>
+        <v>-8.5922000000000001</v>
       </c>
       <c r="U36" s="25">
-        <v>-4.8689999999999997E-2</v>
+        <v>34.016469999999998</v>
       </c>
       <c r="V36" s="25">
-        <v>3.32E-2</v>
+        <v>18.13381</v>
       </c>
       <c r="W36" s="25">
-        <v>0.32580999999999999</v>
+        <v>131.78706</v>
       </c>
       <c r="X36" s="25">
-        <v>6.6019600000000001</v>
+        <v>-50.747839999999997</v>
       </c>
       <c r="Y36" s="25">
-        <v>-0.10249999999999999</v>
+        <v>11.709389999999999</v>
       </c>
       <c r="Z36" s="25">
-        <v>2.5243099999999998</v>
+        <v>-264.10318000000001</v>
       </c>
       <c r="AA36" s="25">
-        <v>0.26730000000000004</v>
+        <v>-21.615009999999998</v>
       </c>
       <c r="AB36" s="25">
-        <v>0.23798</v>
+        <v>-3.1892499999999999</v>
       </c>
       <c r="AC36" s="25">
-        <v>-5.638E-2</v>
+        <v>46.389830000000003</v>
       </c>
       <c r="AD36" s="25">
-        <v>3.3460000000000004E-2</v>
+        <v>3.3401100000000001</v>
       </c>
       <c r="AE36" s="25">
-        <v>0.52903</v>
+        <v>12.173219999999999</v>
       </c>
       <c r="AF36" s="25">
-        <v>0.33287</v>
+        <v>32.802500000000002</v>
       </c>
       <c r="AG36" s="25">
-        <v>0.74438000000000004</v>
+        <v>-23.213930000000001</v>
       </c>
       <c r="AH36" s="25">
-        <v>-0.61965999999999999</v>
+        <v>42.974550000000001</v>
       </c>
       <c r="AI36" s="25">
-        <v>0.35392000000000001</v>
+        <v>17.960129999999999</v>
       </c>
       <c r="AJ36" s="25">
-        <v>6.1370899999999997</v>
+        <v>9.0203400000000009</v>
       </c>
       <c r="AK36" s="16">
-        <v>14.730469999999999</v>
+        <v>21.040260000000021</v>
       </c>
       <c r="AM36" s="5"/>
     </row>
     <row r="37" spans="2:39" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B37" s="33">
         <v>92</v>
       </c>
       <c r="C37" s="34" t="s">
         <v>49</v>
       </c>
       <c r="D37" s="25">
         <v>0</v>
       </c>
       <c r="E37" s="25">
         <v>0</v>
       </c>
       <c r="F37" s="25">
         <v>0</v>
       </c>
       <c r="G37" s="25">
         <v>0</v>
       </c>
       <c r="H37" s="25">
         <v>0</v>
       </c>
@@ -4701,720 +4701,720 @@
       <c r="AB37" s="25">
         <v>0</v>
       </c>
       <c r="AC37" s="25">
         <v>1.0435399999999999</v>
       </c>
       <c r="AD37" s="25">
         <v>1.5360499999999999</v>
       </c>
       <c r="AE37" s="25">
         <v>0.72387999999999997</v>
       </c>
       <c r="AF37" s="25">
         <v>70.608440000000002</v>
       </c>
       <c r="AG37" s="25">
         <v>-2.3164899999999999</v>
       </c>
       <c r="AH37" s="25">
         <v>-79.165809999999993</v>
       </c>
       <c r="AI37" s="25">
         <v>0.24305000000000002</v>
       </c>
       <c r="AJ37" s="25">
-        <v>7.4120000000000005E-2</v>
+        <v>2.3672300000000002</v>
       </c>
       <c r="AK37" s="16">
-        <v>13.840500000000009</v>
+        <v>16.133610000000008</v>
       </c>
       <c r="AM37" s="5"/>
     </row>
     <row r="38" spans="2:39" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B38" s="33">
-        <v>35</v>
+        <v>63</v>
       </c>
       <c r="C38" s="34" t="s">
-        <v>38</v>
+        <v>50</v>
       </c>
       <c r="D38" s="25">
         <v>0</v>
       </c>
       <c r="E38" s="25">
         <v>0</v>
       </c>
       <c r="F38" s="25">
         <v>0</v>
       </c>
       <c r="G38" s="25">
         <v>0</v>
       </c>
       <c r="H38" s="25">
         <v>0</v>
       </c>
       <c r="I38" s="25">
         <v>0</v>
       </c>
       <c r="J38" s="25">
         <v>0</v>
       </c>
       <c r="K38" s="25">
         <v>0</v>
       </c>
       <c r="L38" s="25">
         <v>0</v>
       </c>
       <c r="M38" s="25">
         <v>0</v>
       </c>
       <c r="N38" s="25">
         <v>0</v>
       </c>
       <c r="O38" s="25">
         <v>0</v>
       </c>
       <c r="P38" s="25">
         <v>0</v>
       </c>
       <c r="Q38" s="25">
         <v>0</v>
       </c>
       <c r="R38" s="25">
         <v>0</v>
       </c>
       <c r="S38" s="25">
         <v>0</v>
       </c>
       <c r="T38" s="25">
-        <v>0.18002000000000001</v>
+        <v>0</v>
       </c>
       <c r="U38" s="25">
-        <v>1.0500000000000002E-3</v>
+        <v>5.2926000000000002</v>
       </c>
       <c r="V38" s="25">
-        <v>-0.11544</v>
+        <v>0.44130999999999998</v>
       </c>
       <c r="W38" s="25">
-        <v>0.43756</v>
+        <v>2.7478000000000002</v>
       </c>
       <c r="X38" s="25">
-        <v>-1.8269999999999998E-2</v>
+        <v>1.1809400000000001</v>
       </c>
       <c r="Y38" s="25">
-        <v>1.51892</v>
+        <v>-1.53762</v>
       </c>
       <c r="Z38" s="25">
-        <v>8.4255400000000016</v>
+        <v>0.71066999999999991</v>
       </c>
       <c r="AA38" s="25">
-        <v>-0.33500000000000002</v>
+        <v>0.27027999999999996</v>
       </c>
       <c r="AB38" s="25">
-        <v>-3.4808400000000002</v>
+        <v>14.70716</v>
       </c>
       <c r="AC38" s="25">
-        <v>0.67565999999999993</v>
+        <v>-13.96088</v>
       </c>
       <c r="AD38" s="25">
-        <v>3.4628699999999997</v>
+        <v>10.18239</v>
       </c>
       <c r="AE38" s="25">
-        <v>11.807639999999999</v>
+        <v>-0.42586000000000002</v>
       </c>
       <c r="AF38" s="25">
-        <v>17.672689999999999</v>
+        <v>2.9205399999999999</v>
       </c>
       <c r="AG38" s="25">
-        <v>4.5880400000000003</v>
+        <v>12.27608</v>
       </c>
       <c r="AH38" s="25">
-        <v>-25.113910000000001</v>
+        <v>-18.53997</v>
       </c>
       <c r="AI38" s="25">
-        <v>258.83789000000002</v>
+        <v>2.9920500000000003</v>
       </c>
       <c r="AJ38" s="25">
-        <v>-264.72146000000004</v>
+        <v>-3.18466</v>
       </c>
       <c r="AK38" s="16">
-        <v>13.822959999999989</v>
+        <v>16.07283</v>
       </c>
       <c r="AM38" s="5"/>
     </row>
     <row r="39" spans="2:39" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B39" s="33">
-        <v>24</v>
+        <v>35</v>
       </c>
       <c r="C39" s="34" t="s">
-        <v>5</v>
+        <v>38</v>
       </c>
       <c r="D39" s="25">
         <v>0</v>
       </c>
       <c r="E39" s="25">
         <v>0</v>
       </c>
       <c r="F39" s="25">
         <v>0</v>
       </c>
       <c r="G39" s="25">
         <v>0</v>
       </c>
       <c r="H39" s="25">
-        <v>8.0850399999999993</v>
+        <v>0</v>
       </c>
       <c r="I39" s="25">
-        <v>1.5051099999999999</v>
+        <v>0</v>
       </c>
       <c r="J39" s="25">
         <v>0</v>
       </c>
       <c r="K39" s="25">
         <v>0</v>
       </c>
       <c r="L39" s="25">
-        <v>6.3099999999999996E-3</v>
+        <v>0</v>
       </c>
       <c r="M39" s="25">
         <v>0</v>
       </c>
       <c r="N39" s="25">
-        <v>1.2987</v>
+        <v>0</v>
       </c>
       <c r="O39" s="25">
-        <v>0.48604000000000003</v>
+        <v>0</v>
       </c>
       <c r="P39" s="25">
-        <v>2.3E-3</v>
+        <v>0</v>
       </c>
       <c r="Q39" s="25">
-        <v>-9.5273299999999992</v>
+        <v>0</v>
       </c>
       <c r="R39" s="25">
-        <v>3.6781100000000002</v>
+        <v>0</v>
       </c>
       <c r="S39" s="25">
         <v>0</v>
       </c>
       <c r="T39" s="25">
-        <v>1.3104100000000001</v>
+        <v>0.18002000000000001</v>
       </c>
       <c r="U39" s="25">
-        <v>2.4309400000000001</v>
+        <v>1.0500000000000002E-3</v>
       </c>
       <c r="V39" s="25">
-        <v>0.61639999999999995</v>
+        <v>-0.11544</v>
       </c>
       <c r="W39" s="25">
-        <v>0.30673</v>
+        <v>0.43756</v>
       </c>
       <c r="X39" s="25">
-        <v>1.1063900000000002</v>
+        <v>-1.8269999999999998E-2</v>
       </c>
       <c r="Y39" s="25">
-        <v>-0.82640999999999998</v>
+        <v>1.50928</v>
       </c>
       <c r="Z39" s="25">
-        <v>-0.63472000000000006</v>
+        <v>8.4255400000000016</v>
       </c>
       <c r="AA39" s="25">
-        <v>-1.2E-2</v>
+        <v>-0.75537999999999994</v>
       </c>
       <c r="AB39" s="25">
-        <v>0.15</v>
+        <v>-3.53992</v>
       </c>
       <c r="AC39" s="25">
-        <v>-1.8949999999999998E-2</v>
+        <v>1.10608</v>
       </c>
       <c r="AD39" s="25">
-        <v>1.1036900000000001</v>
+        <v>3.52847</v>
       </c>
       <c r="AE39" s="25">
-        <v>-0.156</v>
+        <v>11.807639999999999</v>
       </c>
       <c r="AF39" s="25">
-        <v>0.13700000000000001</v>
+        <v>17.672689999999999</v>
       </c>
       <c r="AG39" s="25">
-        <v>0.68313999999999997</v>
+        <v>4.5880400000000003</v>
       </c>
       <c r="AH39" s="25">
-        <v>-0.12586</v>
+        <v>-24.602910000000001</v>
       </c>
       <c r="AI39" s="25">
-        <v>-0.74</v>
+        <v>258.83789000000002</v>
       </c>
       <c r="AJ39" s="25">
-        <v>-8.9999999999999993E-3</v>
+        <v>-264.61003999999997</v>
       </c>
       <c r="AK39" s="16">
-        <v>10.85604</v>
+        <v>14.452300000000029</v>
       </c>
       <c r="AM39" s="5"/>
     </row>
     <row r="40" spans="2:39" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B40" s="33">
-        <v>60</v>
+        <v>24</v>
       </c>
       <c r="C40" s="34" t="s">
-        <v>51</v>
+        <v>5</v>
       </c>
       <c r="D40" s="25">
         <v>0</v>
       </c>
       <c r="E40" s="25">
         <v>0</v>
       </c>
       <c r="F40" s="25">
         <v>0</v>
       </c>
       <c r="G40" s="25">
         <v>0</v>
       </c>
       <c r="H40" s="25">
-        <v>0</v>
+        <v>8.0850399999999993</v>
       </c>
       <c r="I40" s="25">
-        <v>0</v>
+        <v>1.5051099999999999</v>
       </c>
       <c r="J40" s="25">
         <v>0</v>
       </c>
       <c r="K40" s="25">
         <v>0</v>
       </c>
       <c r="L40" s="25">
-        <v>0</v>
+        <v>6.3099999999999996E-3</v>
       </c>
       <c r="M40" s="25">
         <v>0</v>
       </c>
       <c r="N40" s="25">
-        <v>0</v>
+        <v>1.2987</v>
       </c>
       <c r="O40" s="25">
-        <v>0</v>
+        <v>0.48604000000000003</v>
       </c>
       <c r="P40" s="25">
-        <v>0</v>
+        <v>2.3E-3</v>
       </c>
       <c r="Q40" s="25">
-        <v>0</v>
+        <v>-9.5273299999999992</v>
       </c>
       <c r="R40" s="25">
-        <v>0</v>
+        <v>3.6781100000000002</v>
       </c>
       <c r="S40" s="25">
         <v>0</v>
       </c>
       <c r="T40" s="25">
-        <v>0</v>
+        <v>1.3104100000000001</v>
       </c>
       <c r="U40" s="25">
-        <v>0</v>
+        <v>2.4309400000000001</v>
       </c>
       <c r="V40" s="25">
-        <v>0</v>
+        <v>0.61639999999999995</v>
       </c>
       <c r="W40" s="25">
-        <v>0</v>
+        <v>0.30673</v>
       </c>
       <c r="X40" s="25">
-        <v>0</v>
+        <v>1.1063900000000002</v>
       </c>
       <c r="Y40" s="25">
-        <v>0</v>
+        <v>-0.82640999999999998</v>
       </c>
       <c r="Z40" s="25">
-        <v>0</v>
+        <v>-0.63472000000000006</v>
       </c>
       <c r="AA40" s="25">
-        <v>0</v>
+        <v>-1.2E-2</v>
       </c>
       <c r="AB40" s="25">
-        <v>0</v>
+        <v>0.15</v>
       </c>
       <c r="AC40" s="25">
-        <v>0</v>
+        <v>-1.8949999999999998E-2</v>
       </c>
       <c r="AD40" s="25">
-        <v>8.1910399999999992</v>
+        <v>1.1036900000000001</v>
       </c>
       <c r="AE40" s="25">
-        <v>2.4141399999999997</v>
+        <v>-0.156</v>
       </c>
       <c r="AF40" s="25">
-        <v>2.4167399999999999</v>
+        <v>0.13700000000000001</v>
       </c>
       <c r="AG40" s="25">
-        <v>-8.2484599999999997</v>
+        <v>0.68313999999999997</v>
       </c>
       <c r="AH40" s="25">
-        <v>3.5382099999999999</v>
+        <v>-0.12586</v>
       </c>
       <c r="AI40" s="25">
-        <v>-4.2892600000000005</v>
+        <v>-0.74</v>
       </c>
       <c r="AJ40" s="25">
-        <v>5.6642299999999999</v>
+        <v>-0.122</v>
       </c>
       <c r="AK40" s="16">
-        <v>9.6866399999999988</v>
+        <v>10.743040000000001</v>
       </c>
       <c r="AM40" s="5"/>
     </row>
     <row r="41" spans="2:39" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B41" s="33">
-        <v>3</v>
+        <v>25</v>
       </c>
       <c r="C41" s="34" t="s">
-        <v>30</v>
+        <v>6</v>
       </c>
       <c r="D41" s="25">
-        <v>0</v>
+        <v>2.5059999999999999E-2</v>
       </c>
       <c r="E41" s="25">
         <v>0</v>
       </c>
       <c r="F41" s="25">
-        <v>0</v>
+        <v>5.1139999999999998E-2</v>
       </c>
       <c r="G41" s="25">
-        <v>0</v>
+        <v>0.11206000000000001</v>
       </c>
       <c r="H41" s="25">
-        <v>0</v>
+        <v>5.1929999999999997E-2</v>
       </c>
       <c r="I41" s="25">
         <v>0</v>
       </c>
       <c r="J41" s="25">
-        <v>0</v>
+        <v>0.15697</v>
       </c>
       <c r="K41" s="25">
-        <v>0</v>
+        <v>-0.45169999999999999</v>
       </c>
       <c r="L41" s="25">
-        <v>0</v>
+        <v>2.5999999999999999E-3</v>
       </c>
       <c r="M41" s="25">
-        <v>0</v>
+        <v>0.39047999999999999</v>
       </c>
       <c r="N41" s="25">
-        <v>0</v>
+        <v>7.6213899999999999</v>
       </c>
       <c r="O41" s="25">
-        <v>0</v>
+        <v>0.65201999999999993</v>
       </c>
       <c r="P41" s="25">
-        <v>0</v>
+        <v>1.5360100000000001</v>
       </c>
       <c r="Q41" s="25">
-        <v>0</v>
+        <v>4.9184099999999997</v>
       </c>
       <c r="R41" s="25">
-        <v>0</v>
+        <v>-1.5401500000000001</v>
       </c>
       <c r="S41" s="25">
-        <v>0</v>
+        <v>2.5371100000000002</v>
       </c>
       <c r="T41" s="25">
-        <v>0</v>
+        <v>-1.8355399999999999</v>
       </c>
       <c r="U41" s="25">
-        <v>0</v>
+        <v>1.0746500000000001</v>
       </c>
       <c r="V41" s="25">
-        <v>0</v>
+        <v>2.6074699999999997</v>
       </c>
       <c r="W41" s="25">
-        <v>11.38847</v>
+        <v>2.2593800000000002</v>
       </c>
       <c r="X41" s="25">
-        <v>-0.36113999999999996</v>
+        <v>23.762360000000001</v>
       </c>
       <c r="Y41" s="25">
-        <v>-2.1040700000000001</v>
+        <v>-5.19313</v>
       </c>
       <c r="Z41" s="25">
-        <v>-8.0000000000000007E-5</v>
+        <v>-17.922919999999998</v>
       </c>
       <c r="AA41" s="25">
-        <v>0</v>
+        <v>15.517149999999999</v>
       </c>
       <c r="AB41" s="25">
-        <v>0</v>
+        <v>-15.873430000000001</v>
       </c>
       <c r="AC41" s="25">
-        <v>0</v>
+        <v>-6.62331</v>
       </c>
       <c r="AD41" s="25">
-        <v>0</v>
+        <v>14.930200000000001</v>
       </c>
       <c r="AE41" s="25">
-        <v>0</v>
+        <v>-3.3969899999999997</v>
       </c>
       <c r="AF41" s="25">
-        <v>0</v>
+        <v>-3.1823099999999998</v>
       </c>
       <c r="AG41" s="25">
-        <v>0</v>
+        <v>0.8921</v>
       </c>
       <c r="AH41" s="25">
-        <v>0</v>
+        <v>-1.8117999999999999</v>
       </c>
       <c r="AI41" s="25">
-        <v>0</v>
+        <v>-7.4918500000000003</v>
       </c>
       <c r="AJ41" s="25">
-        <v>0</v>
+        <v>-3.9114499999999999</v>
       </c>
       <c r="AK41" s="16">
-        <v>8.9231799999999986</v>
+        <v>9.8639100000000024</v>
       </c>
       <c r="AM41" s="5"/>
     </row>
     <row r="42" spans="2:39" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B42" s="33">
-        <v>25</v>
+        <v>3</v>
       </c>
       <c r="C42" s="34" t="s">
-        <v>6</v>
+        <v>30</v>
       </c>
       <c r="D42" s="25">
-        <v>2.5059999999999999E-2</v>
+        <v>0</v>
       </c>
       <c r="E42" s="25">
         <v>0</v>
       </c>
       <c r="F42" s="25">
-        <v>5.1139999999999998E-2</v>
+        <v>0</v>
       </c>
       <c r="G42" s="25">
-        <v>0.11206000000000001</v>
+        <v>0</v>
       </c>
       <c r="H42" s="25">
-        <v>5.1929999999999997E-2</v>
+        <v>0</v>
       </c>
       <c r="I42" s="25">
         <v>0</v>
       </c>
       <c r="J42" s="25">
-        <v>0.15697</v>
+        <v>0</v>
       </c>
       <c r="K42" s="25">
-        <v>-0.45169999999999999</v>
+        <v>0</v>
       </c>
       <c r="L42" s="25">
-        <v>2.5999999999999999E-3</v>
+        <v>0</v>
       </c>
       <c r="M42" s="25">
-        <v>0.39047999999999999</v>
+        <v>0</v>
       </c>
       <c r="N42" s="25">
-        <v>7.6213899999999999</v>
+        <v>0</v>
       </c>
       <c r="O42" s="25">
-        <v>0.65201999999999993</v>
+        <v>0</v>
       </c>
       <c r="P42" s="25">
-        <v>1.5360100000000001</v>
+        <v>0</v>
       </c>
       <c r="Q42" s="25">
-        <v>4.9184099999999997</v>
+        <v>0</v>
       </c>
       <c r="R42" s="25">
-        <v>-1.5401500000000001</v>
+        <v>0</v>
       </c>
       <c r="S42" s="25">
-        <v>2.5371100000000002</v>
+        <v>0</v>
       </c>
       <c r="T42" s="25">
-        <v>-1.8355399999999999</v>
+        <v>0</v>
       </c>
       <c r="U42" s="25">
-        <v>1.0746500000000001</v>
+        <v>0</v>
       </c>
       <c r="V42" s="25">
-        <v>2.6074699999999997</v>
+        <v>0</v>
       </c>
       <c r="W42" s="25">
-        <v>2.2593800000000002</v>
+        <v>11.38847</v>
       </c>
       <c r="X42" s="25">
-        <v>23.762360000000001</v>
+        <v>-0.36113999999999996</v>
       </c>
       <c r="Y42" s="25">
-        <v>-5.19313</v>
+        <v>-2.1040700000000001</v>
       </c>
       <c r="Z42" s="25">
-        <v>-18.024819999999998</v>
+        <v>-8.0000000000000007E-5</v>
       </c>
       <c r="AA42" s="25">
-        <v>15.517149999999999</v>
+        <v>0</v>
       </c>
       <c r="AB42" s="25">
-        <v>-15.92376</v>
+        <v>0</v>
       </c>
       <c r="AC42" s="25">
-        <v>-7.2652600000000005</v>
+        <v>0</v>
       </c>
       <c r="AD42" s="25">
-        <v>14.930200000000001</v>
+        <v>0</v>
       </c>
       <c r="AE42" s="25">
-        <v>-3.3969899999999997</v>
+        <v>0</v>
       </c>
       <c r="AF42" s="25">
-        <v>-3.1823099999999998</v>
+        <v>0</v>
       </c>
       <c r="AG42" s="25">
-        <v>1.65798</v>
+        <v>0</v>
       </c>
       <c r="AH42" s="25">
-        <v>-1.8117999999999999</v>
+        <v>0</v>
       </c>
       <c r="AI42" s="25">
-        <v>-9.828850000000001</v>
+        <v>0</v>
       </c>
       <c r="AJ42" s="25">
-        <v>-5.8995899999999999</v>
+        <v>0</v>
       </c>
       <c r="AK42" s="16">
-        <v>5.5104700000000015</v>
+        <v>8.9231799999999986</v>
       </c>
       <c r="AM42" s="5"/>
     </row>
     <row r="43" spans="2:39" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B43" s="33">
-        <v>43</v>
+        <v>60</v>
       </c>
       <c r="C43" s="34" t="s">
-        <v>31</v>
+        <v>51</v>
       </c>
       <c r="D43" s="25">
         <v>0</v>
       </c>
       <c r="E43" s="25">
         <v>0</v>
       </c>
       <c r="F43" s="25">
         <v>0</v>
       </c>
       <c r="G43" s="25">
         <v>0</v>
       </c>
       <c r="H43" s="25">
-        <v>1.0353599999999998</v>
+        <v>0</v>
       </c>
       <c r="I43" s="25">
         <v>0</v>
       </c>
       <c r="J43" s="25">
         <v>0</v>
       </c>
       <c r="K43" s="25">
-        <v>6.368E-2</v>
+        <v>0</v>
       </c>
       <c r="L43" s="25">
-        <v>-6.368E-2</v>
+        <v>0</v>
       </c>
       <c r="M43" s="25">
         <v>0</v>
       </c>
       <c r="N43" s="25">
         <v>0</v>
       </c>
       <c r="O43" s="25">
         <v>0</v>
       </c>
       <c r="P43" s="25">
-        <v>1.08979</v>
+        <v>0</v>
       </c>
       <c r="Q43" s="25">
-        <v>-0.10507</v>
+        <v>0</v>
       </c>
       <c r="R43" s="25">
-        <v>-0.12665000000000001</v>
+        <v>0</v>
       </c>
       <c r="S43" s="25">
-        <v>-0.38047000000000003</v>
+        <v>0</v>
       </c>
       <c r="T43" s="25">
-        <v>-1.4932099999999999</v>
+        <v>0</v>
       </c>
       <c r="U43" s="25">
-        <v>-0.17580000000000001</v>
+        <v>0</v>
       </c>
       <c r="V43" s="25">
-        <v>9.7672099999999986</v>
+        <v>0</v>
       </c>
       <c r="W43" s="25">
-        <v>0.62919000000000003</v>
+        <v>0</v>
       </c>
       <c r="X43" s="25">
-        <v>-1.5081900000000001</v>
+        <v>0</v>
       </c>
       <c r="Y43" s="25">
-        <v>-1.3108199999999999</v>
+        <v>0</v>
       </c>
       <c r="Z43" s="25">
-        <v>-0.77124999999999999</v>
+        <v>0</v>
       </c>
       <c r="AA43" s="25">
-        <v>-0.88773999999999997</v>
+        <v>0</v>
       </c>
       <c r="AB43" s="25">
-        <v>-0.27495999999999998</v>
+        <v>0</v>
       </c>
       <c r="AC43" s="25">
-        <v>-1.07907</v>
+        <v>0</v>
       </c>
       <c r="AD43" s="25">
-        <v>0.1026</v>
+        <v>8.1910399999999992</v>
       </c>
       <c r="AE43" s="25">
-        <v>-0.61538000000000004</v>
+        <v>2.4141399999999997</v>
       </c>
       <c r="AF43" s="25">
-        <v>-0.61012</v>
+        <v>2.4167399999999999</v>
       </c>
       <c r="AG43" s="25">
-        <v>1.1115599999999999</v>
+        <v>-8.2484599999999997</v>
       </c>
       <c r="AH43" s="25">
-        <v>3.1758600000000001</v>
+        <v>3.5382099999999999</v>
       </c>
       <c r="AI43" s="25">
-        <v>-1.7414799999999999</v>
+        <v>-4.2892600000000005</v>
       </c>
       <c r="AJ43" s="25">
-        <v>-0.45337</v>
+        <v>2.2258400000000003</v>
       </c>
       <c r="AK43" s="16">
-        <v>5.3779899999999987</v>
+        <v>6.2482499999999996</v>
       </c>
       <c r="AM43" s="5"/>
     </row>
     <row r="44" spans="2:39" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B44" s="33">
         <v>77</v>
       </c>
       <c r="C44" s="34" t="s">
         <v>29</v>
       </c>
       <c r="D44" s="25">
         <v>0</v>
       </c>
       <c r="E44" s="25">
         <v>0</v>
       </c>
       <c r="F44" s="25">
         <v>0</v>
       </c>
       <c r="G44" s="25">
         <v>0</v>
       </c>
       <c r="H44" s="25">
         <v>0</v>
       </c>
@@ -5478,609 +5478,609 @@
       <c r="AB44" s="25">
         <v>0</v>
       </c>
       <c r="AC44" s="25">
         <v>0.20113999999999999</v>
       </c>
       <c r="AD44" s="25">
         <v>-0.19692999999999999</v>
       </c>
       <c r="AE44" s="25">
         <v>1.4599999999999999E-3</v>
       </c>
       <c r="AF44" s="25">
         <v>-1.4499999999999999E-3</v>
       </c>
       <c r="AG44" s="25">
         <v>0.44914999999999999</v>
       </c>
       <c r="AH44" s="25">
         <v>0</v>
       </c>
       <c r="AI44" s="25">
         <v>1.97261</v>
       </c>
       <c r="AJ44" s="25">
-        <v>1.2829999999999999E-2</v>
+        <v>0.42413999999999996</v>
       </c>
       <c r="AK44" s="16">
-        <v>4.9986199999999998</v>
+        <v>5.4099300000000001</v>
       </c>
       <c r="AM44" s="5"/>
     </row>
     <row r="45" spans="2:39" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B45" s="33">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="C45" s="34" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="D45" s="25">
         <v>0</v>
       </c>
       <c r="E45" s="25">
         <v>0</v>
       </c>
       <c r="F45" s="25">
         <v>0</v>
       </c>
       <c r="G45" s="25">
         <v>0</v>
       </c>
       <c r="H45" s="25">
-        <v>0</v>
+        <v>1.0353599999999998</v>
       </c>
       <c r="I45" s="25">
         <v>0</v>
       </c>
       <c r="J45" s="25">
-        <v>-3.3250000000000002E-2</v>
+        <v>0</v>
       </c>
       <c r="K45" s="25">
-        <v>4.3290000000000002E-2</v>
+        <v>6.368E-2</v>
       </c>
       <c r="L45" s="25">
-        <v>-4.793E-2</v>
+        <v>-6.368E-2</v>
       </c>
       <c r="M45" s="25">
-        <v>-5.1000000000000004E-4</v>
+        <v>0</v>
       </c>
       <c r="N45" s="25">
-        <v>0.37191000000000002</v>
+        <v>0</v>
       </c>
       <c r="O45" s="25">
-        <v>0.10568000000000001</v>
+        <v>0</v>
       </c>
       <c r="P45" s="25">
-        <v>2.5100500000000001</v>
+        <v>1.08979</v>
       </c>
       <c r="Q45" s="25">
-        <v>10.49076</v>
+        <v>-0.10507</v>
       </c>
       <c r="R45" s="25">
-        <v>4.5753000000000004</v>
+        <v>-0.12665000000000001</v>
       </c>
       <c r="S45" s="25">
-        <v>14.17896</v>
+        <v>-0.38047000000000003</v>
       </c>
       <c r="T45" s="25">
-        <v>-8.5922000000000001</v>
+        <v>-1.4932099999999999</v>
       </c>
       <c r="U45" s="25">
-        <v>34.016469999999998</v>
+        <v>-0.17580000000000001</v>
       </c>
       <c r="V45" s="25">
-        <v>18.13381</v>
+        <v>9.7672099999999986</v>
       </c>
       <c r="W45" s="25">
-        <v>131.78706</v>
+        <v>0.62919000000000003</v>
       </c>
       <c r="X45" s="25">
-        <v>-50.747839999999997</v>
+        <v>-1.5081900000000001</v>
       </c>
       <c r="Y45" s="25">
-        <v>11.709389999999999</v>
+        <v>-1.3108199999999999</v>
       </c>
       <c r="Z45" s="25">
-        <v>-263.80351000000002</v>
+        <v>-0.77124999999999999</v>
       </c>
       <c r="AA45" s="25">
-        <v>-21.615009999999998</v>
+        <v>-0.88773999999999997</v>
       </c>
       <c r="AB45" s="25">
-        <v>-3.18825</v>
+        <v>-0.27495999999999998</v>
       </c>
       <c r="AC45" s="25">
-        <v>47.712789999999998</v>
+        <v>-1.07907</v>
       </c>
       <c r="AD45" s="25">
-        <v>3.58006</v>
+        <v>0.1026</v>
       </c>
       <c r="AE45" s="25">
-        <v>12.227209999999999</v>
+        <v>-0.61538000000000004</v>
       </c>
       <c r="AF45" s="25">
-        <v>33.48292</v>
+        <v>-0.61012</v>
       </c>
       <c r="AG45" s="25">
-        <v>-23.710919999999998</v>
+        <v>1.12456</v>
       </c>
       <c r="AH45" s="25">
-        <v>42.127499999999998</v>
+        <v>3.1758600000000001</v>
       </c>
       <c r="AI45" s="25">
-        <v>17.516599999999997</v>
+        <v>-1.78148</v>
       </c>
       <c r="AJ45" s="25">
-        <v>-21.306319999999999</v>
+        <v>-0.90273999999999999</v>
       </c>
       <c r="AK45" s="16">
-        <v>-8.475980000000007</v>
+        <v>4.9016199999999994</v>
       </c>
       <c r="AM45" s="5"/>
     </row>
     <row r="46" spans="2:39" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B46" s="33">
-        <v>79</v>
+        <v>42</v>
       </c>
       <c r="C46" s="34" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="D46" s="25">
         <v>0</v>
       </c>
       <c r="E46" s="25">
         <v>0</v>
       </c>
       <c r="F46" s="25">
         <v>0</v>
       </c>
       <c r="G46" s="25">
         <v>0</v>
       </c>
       <c r="H46" s="25">
-        <v>0.41696</v>
+        <v>2.4550000000000002E-2</v>
       </c>
       <c r="I46" s="25">
-        <v>0.12952000000000002</v>
+        <v>0</v>
       </c>
       <c r="J46" s="25">
-        <v>-6.9900000000000004E-2</v>
+        <v>1.5480000000000001E-2</v>
       </c>
       <c r="K46" s="25">
-        <v>-4.9900000000000005E-3</v>
+        <v>3.669E-2</v>
       </c>
       <c r="L46" s="25">
-        <v>-7.1099999999999997E-2</v>
+        <v>0.78034000000000003</v>
       </c>
       <c r="M46" s="25">
-        <v>0</v>
+        <v>0.53032000000000001</v>
       </c>
       <c r="N46" s="25">
-        <v>0</v>
+        <v>-0.15625999999999998</v>
       </c>
       <c r="O46" s="25">
-        <v>6.3189999999999996E-2</v>
+        <v>-0.61523000000000005</v>
       </c>
       <c r="P46" s="25">
-        <v>0.1158</v>
+        <v>3.1254499999999998</v>
       </c>
       <c r="Q46" s="25">
-        <v>0.11633</v>
+        <v>0.31857999999999997</v>
       </c>
       <c r="R46" s="25">
-        <v>-5.0549999999999998E-2</v>
+        <v>2.1503000000000001</v>
       </c>
       <c r="S46" s="25">
-        <v>0.11684</v>
+        <v>13.09464</v>
       </c>
       <c r="T46" s="25">
-        <v>0.21819999999999998</v>
+        <v>3.50034</v>
       </c>
       <c r="U46" s="25">
-        <v>0.18811000000000003</v>
+        <v>-15.141209999999999</v>
       </c>
       <c r="V46" s="25">
-        <v>8.0545000000000009</v>
+        <v>12.458410000000001</v>
       </c>
       <c r="W46" s="25">
-        <v>7.0372899999999996</v>
+        <v>-0.62807000000000002</v>
       </c>
       <c r="X46" s="25">
-        <v>0.39838000000000001</v>
+        <v>-29.374009999999998</v>
       </c>
       <c r="Y46" s="25">
-        <v>0.60147000000000006</v>
+        <v>-9.69862</v>
       </c>
       <c r="Z46" s="25">
-        <v>-0.47399000000000002</v>
+        <v>-1.2644900000000001</v>
       </c>
       <c r="AA46" s="25">
-        <v>-59.845550000000003</v>
+        <v>-18.151250000000001</v>
       </c>
       <c r="AB46" s="25">
-        <v>10.93755</v>
+        <v>2.85121</v>
       </c>
       <c r="AC46" s="25">
-        <v>2.9985300000000001</v>
+        <v>0.34205000000000002</v>
       </c>
       <c r="AD46" s="25">
-        <v>0</v>
+        <v>-0.86297999999999997</v>
       </c>
       <c r="AE46" s="25">
-        <v>0</v>
+        <v>-1.78111</v>
       </c>
       <c r="AF46" s="25">
-        <v>-3.4689999999999999E-2</v>
+        <v>-3.6732399999999998</v>
       </c>
       <c r="AG46" s="25">
-        <v>1.37052</v>
+        <v>-1.01298</v>
       </c>
       <c r="AH46" s="25">
-        <v>0.87620000000000009</v>
+        <v>5.8567</v>
       </c>
       <c r="AI46" s="25">
-        <v>0</v>
+        <v>-3.4391700000000003</v>
       </c>
       <c r="AJ46" s="25">
-        <v>0</v>
+        <v>37.65831</v>
       </c>
       <c r="AK46" s="16">
-        <v>-26.911380000000001</v>
+        <v>-3.0552500000000009</v>
       </c>
       <c r="AM46" s="5"/>
     </row>
     <row r="47" spans="2:39" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B47" s="33">
-        <v>42</v>
+        <v>79</v>
       </c>
       <c r="C47" s="34" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="D47" s="25">
         <v>0</v>
       </c>
       <c r="E47" s="25">
         <v>0</v>
       </c>
       <c r="F47" s="25">
         <v>0</v>
       </c>
       <c r="G47" s="25">
         <v>0</v>
       </c>
       <c r="H47" s="25">
-        <v>2.4550000000000002E-2</v>
+        <v>0.41696</v>
       </c>
       <c r="I47" s="25">
-        <v>0</v>
+        <v>0.12952000000000002</v>
       </c>
       <c r="J47" s="25">
-        <v>1.5480000000000001E-2</v>
+        <v>-6.9900000000000004E-2</v>
       </c>
       <c r="K47" s="25">
-        <v>3.669E-2</v>
+        <v>-4.9900000000000005E-3</v>
       </c>
       <c r="L47" s="25">
-        <v>0.78034000000000003</v>
+        <v>-7.1099999999999997E-2</v>
       </c>
       <c r="M47" s="25">
-        <v>0.53032000000000001</v>
+        <v>0</v>
       </c>
       <c r="N47" s="25">
-        <v>-0.15625999999999998</v>
+        <v>0</v>
       </c>
       <c r="O47" s="25">
-        <v>-0.61523000000000005</v>
+        <v>6.3189999999999996E-2</v>
       </c>
       <c r="P47" s="25">
-        <v>3.1254499999999998</v>
+        <v>0.1158</v>
       </c>
       <c r="Q47" s="25">
-        <v>0.31857999999999997</v>
+        <v>0.11633</v>
       </c>
       <c r="R47" s="25">
-        <v>2.1503000000000001</v>
+        <v>-5.0549999999999998E-2</v>
       </c>
       <c r="S47" s="25">
-        <v>13.09464</v>
+        <v>0.11684</v>
       </c>
       <c r="T47" s="25">
-        <v>3.50034</v>
+        <v>0.21819999999999998</v>
       </c>
       <c r="U47" s="25">
-        <v>-15.146979999999999</v>
+        <v>0.18811000000000003</v>
       </c>
       <c r="V47" s="25">
-        <v>12.45435</v>
+        <v>8.0545000000000009</v>
       </c>
       <c r="W47" s="25">
-        <v>-0.64407000000000003</v>
+        <v>7.0372899999999996</v>
       </c>
       <c r="X47" s="25">
-        <v>-29.453560000000003</v>
+        <v>0.39838000000000001</v>
       </c>
       <c r="Y47" s="25">
-        <v>-9.69862</v>
+        <v>0.60147000000000006</v>
       </c>
       <c r="Z47" s="25">
-        <v>-1.2337899999999999</v>
+        <v>-0.47399000000000002</v>
       </c>
       <c r="AA47" s="25">
-        <v>-18.115580000000001</v>
+        <v>-59.845550000000003</v>
       </c>
       <c r="AB47" s="25">
-        <v>2.9258500000000001</v>
+        <v>10.93755</v>
       </c>
       <c r="AC47" s="25">
-        <v>0.24140999999999999</v>
+        <v>2.9985300000000001</v>
       </c>
       <c r="AD47" s="25">
-        <v>-0.71605999999999992</v>
+        <v>0</v>
       </c>
       <c r="AE47" s="25">
-        <v>-1.9761099999999998</v>
+        <v>0</v>
       </c>
       <c r="AF47" s="25">
-        <v>-3.9992399999999999</v>
+        <v>-3.4689999999999999E-2</v>
       </c>
       <c r="AG47" s="25">
-        <v>-0.96692</v>
+        <v>1.37052</v>
       </c>
       <c r="AH47" s="25">
-        <v>5.5706999999999995</v>
+        <v>0.87620000000000009</v>
       </c>
       <c r="AI47" s="25">
-        <v>-4.72417</v>
+        <v>0</v>
       </c>
       <c r="AJ47" s="25">
-        <v>1.5437000000000001</v>
+        <v>0</v>
       </c>
       <c r="AK47" s="16">
-        <v>-41.133890000000008</v>
+        <v>-26.911380000000001</v>
       </c>
       <c r="AM47" s="5"/>
     </row>
     <row r="48" spans="2:39" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B48" s="33">
-        <v>30</v>
+        <v>19</v>
       </c>
       <c r="C48" s="34" t="s">
-        <v>13</v>
+        <v>36</v>
       </c>
       <c r="D48" s="25">
-        <v>0</v>
+        <v>0.87452999999999992</v>
       </c>
       <c r="E48" s="25">
-        <v>8.0299999999999989E-3</v>
+        <v>1.1647400000000001</v>
       </c>
       <c r="F48" s="25">
-        <v>0</v>
+        <v>2.5859000000000001</v>
       </c>
       <c r="G48" s="25">
-        <v>0</v>
+        <v>1.7667200000000001</v>
       </c>
       <c r="H48" s="25">
-        <v>0</v>
+        <v>4.2253699999999998</v>
       </c>
       <c r="I48" s="25">
-        <v>0</v>
+        <v>1.91581</v>
       </c>
       <c r="J48" s="25">
-        <v>-3.2150400000000001</v>
+        <v>1.01233</v>
       </c>
       <c r="K48" s="25">
-        <v>0</v>
+        <v>4.4492099999999999</v>
       </c>
       <c r="L48" s="25">
-        <v>0</v>
+        <v>8.4828099999999989</v>
       </c>
       <c r="M48" s="25">
-        <v>0</v>
+        <v>11.21368</v>
       </c>
       <c r="N48" s="25">
-        <v>1.349E-2</v>
+        <v>4.7787700000000006</v>
       </c>
       <c r="O48" s="25">
-        <v>4.5020000000000004E-2</v>
+        <v>4.6446300000000003</v>
       </c>
       <c r="P48" s="25">
-        <v>1.0300000000000001E-3</v>
+        <v>-6.5830399999999996</v>
       </c>
       <c r="Q48" s="25">
-        <v>0.25085000000000002</v>
+        <v>9.8348300000000002</v>
       </c>
       <c r="R48" s="25">
-        <v>-2.1930999999999998</v>
+        <v>7.1436599999999997</v>
       </c>
       <c r="S48" s="25">
-        <v>-1.2361600000000001</v>
+        <v>-30.575189999999999</v>
       </c>
       <c r="T48" s="25">
-        <v>-1.7619</v>
+        <v>314.32529999999997</v>
       </c>
       <c r="U48" s="25">
-        <v>-1.07097</v>
+        <v>200.06697</v>
       </c>
       <c r="V48" s="25">
-        <v>9.4763300000000008</v>
+        <v>-215.12842000000001</v>
       </c>
       <c r="W48" s="25">
-        <v>-0.57808999999999999</v>
+        <v>-39.255069999999996</v>
       </c>
       <c r="X48" s="25">
-        <v>2.4139299999999997</v>
+        <v>-169.57451</v>
       </c>
       <c r="Y48" s="25">
-        <v>0.13231000000000001</v>
+        <v>-232.48256000000001</v>
       </c>
       <c r="Z48" s="25">
-        <v>-2.2115200000000002</v>
+        <v>-69.687240000000003</v>
       </c>
       <c r="AA48" s="25">
-        <v>5.7239300000000002</v>
+        <v>57.242570000000001</v>
       </c>
       <c r="AB48" s="25">
-        <v>-0.52561000000000002</v>
+        <v>-17.133959999999998</v>
       </c>
       <c r="AC48" s="25">
-        <v>-4.2146099999999995</v>
+        <v>42.633989999999997</v>
       </c>
       <c r="AD48" s="25">
-        <v>-0.48704000000000003</v>
+        <v>1.0627599999999999</v>
       </c>
       <c r="AE48" s="25">
-        <v>-2.5483500000000001</v>
+        <v>-3.52251</v>
       </c>
       <c r="AF48" s="25">
-        <v>-12.471410000000001</v>
+        <v>-8.3191600000000001</v>
       </c>
       <c r="AG48" s="25">
-        <v>-74.639979999999994</v>
+        <v>-51.871859999999998</v>
       </c>
       <c r="AH48" s="25">
-        <v>-0.39356000000000002</v>
+        <v>101.85778999999999</v>
       </c>
       <c r="AI48" s="25">
-        <v>-0.93186999999999998</v>
+        <v>-13.98011</v>
       </c>
       <c r="AJ48" s="25">
-        <v>-0.23097000000000001</v>
+        <v>16.220489999999998</v>
       </c>
       <c r="AK48" s="16">
-        <v>-90.645259999999993</v>
+        <v>-60.610770000000038</v>
       </c>
       <c r="AM48" s="5"/>
     </row>
     <row r="49" spans="2:39" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B49" s="33">
-        <v>19</v>
+        <v>30</v>
       </c>
       <c r="C49" s="34" t="s">
-        <v>36</v>
+        <v>13</v>
       </c>
       <c r="D49" s="25">
-        <v>0.87452999999999992</v>
+        <v>0</v>
       </c>
       <c r="E49" s="25">
-        <v>1.1647400000000001</v>
+        <v>8.0299999999999989E-3</v>
       </c>
       <c r="F49" s="25">
-        <v>2.5859000000000001</v>
+        <v>0</v>
       </c>
       <c r="G49" s="25">
-        <v>1.7667200000000001</v>
+        <v>0</v>
       </c>
       <c r="H49" s="25">
-        <v>4.2253699999999998</v>
+        <v>0</v>
       </c>
       <c r="I49" s="25">
-        <v>1.91581</v>
+        <v>0</v>
       </c>
       <c r="J49" s="25">
-        <v>1.01233</v>
+        <v>-3.2150400000000001</v>
       </c>
       <c r="K49" s="25">
-        <v>4.4492099999999999</v>
+        <v>0</v>
       </c>
       <c r="L49" s="25">
-        <v>8.4828099999999989</v>
+        <v>0</v>
       </c>
       <c r="M49" s="25">
-        <v>11.21368</v>
+        <v>0</v>
       </c>
       <c r="N49" s="25">
-        <v>4.7787700000000006</v>
+        <v>1.349E-2</v>
       </c>
       <c r="O49" s="25">
-        <v>4.6446300000000003</v>
+        <v>4.5020000000000004E-2</v>
       </c>
       <c r="P49" s="25">
-        <v>-6.5830399999999996</v>
+        <v>1.0300000000000001E-3</v>
       </c>
       <c r="Q49" s="25">
-        <v>9.8348300000000002</v>
+        <v>0.25085000000000002</v>
       </c>
       <c r="R49" s="25">
-        <v>7.1436599999999997</v>
+        <v>-2.1930999999999998</v>
       </c>
       <c r="S49" s="25">
-        <v>-30.575189999999999</v>
+        <v>-1.2361600000000001</v>
       </c>
       <c r="T49" s="25">
-        <v>314.32529999999997</v>
+        <v>-1.7619</v>
       </c>
       <c r="U49" s="25">
-        <v>200.06697</v>
+        <v>-1.07097</v>
       </c>
       <c r="V49" s="25">
-        <v>-215.12842000000001</v>
+        <v>9.4763300000000008</v>
       </c>
       <c r="W49" s="25">
-        <v>-39.255069999999996</v>
+        <v>-0.57808999999999999</v>
       </c>
       <c r="X49" s="25">
-        <v>-169.57451</v>
+        <v>2.4139299999999997</v>
       </c>
       <c r="Y49" s="25">
-        <v>-232.48256000000001</v>
+        <v>0.13231000000000001</v>
       </c>
       <c r="Z49" s="25">
-        <v>-69.687240000000003</v>
+        <v>-2.2115200000000002</v>
       </c>
       <c r="AA49" s="25">
-        <v>57.242570000000001</v>
+        <v>5.7239300000000002</v>
       </c>
       <c r="AB49" s="25">
-        <v>-17.133959999999998</v>
+        <v>-0.52561000000000002</v>
       </c>
       <c r="AC49" s="25">
-        <v>42.633989999999997</v>
+        <v>-4.2146099999999995</v>
       </c>
       <c r="AD49" s="25">
-        <v>1.0627599999999999</v>
+        <v>-0.48704000000000003</v>
       </c>
       <c r="AE49" s="25">
-        <v>-3.52251</v>
+        <v>-2.5483500000000001</v>
       </c>
       <c r="AF49" s="25">
-        <v>-8.3191600000000001</v>
+        <v>-12.471410000000001</v>
       </c>
       <c r="AG49" s="25">
-        <v>-51.871859999999998</v>
+        <v>-74.639979999999994</v>
       </c>
       <c r="AH49" s="25">
-        <v>16.75149</v>
+        <v>-0.39356000000000002</v>
       </c>
       <c r="AI49" s="25">
-        <v>-13.761049999999999</v>
+        <v>-0.93186999999999998</v>
       </c>
       <c r="AJ49" s="25">
-        <v>17.408799999999999</v>
+        <v>-0.21793000000000001</v>
       </c>
       <c r="AK49" s="16">
-        <v>-144.30970000000002</v>
+        <v>-90.632220000000004</v>
       </c>
       <c r="AM49" s="5"/>
     </row>
     <row r="50" spans="2:39" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B50" s="33">
         <v>20</v>
       </c>
       <c r="C50" s="34" t="s">
         <v>3</v>
       </c>
       <c r="D50" s="25">
         <v>0</v>
       </c>
       <c r="E50" s="25">
         <v>0</v>
       </c>
       <c r="F50" s="25">
         <v>0</v>
       </c>
       <c r="G50" s="25">
         <v>0</v>
       </c>
       <c r="H50" s="25">
         <v>2.8239999999999998E-2</v>
       </c>
@@ -6255,381 +6255,381 @@
       <c r="AB51" s="25">
         <v>-29.961860000000001</v>
       </c>
       <c r="AC51" s="25">
         <v>-12.545860000000001</v>
       </c>
       <c r="AD51" s="25">
         <v>-3.3816999999999999</v>
       </c>
       <c r="AE51" s="25">
         <v>-25.417150000000003</v>
       </c>
       <c r="AF51" s="25">
         <v>6.9193999999999996</v>
       </c>
       <c r="AG51" s="25">
         <v>1.4997400000000001</v>
       </c>
       <c r="AH51" s="25">
         <v>0.8629</v>
       </c>
       <c r="AI51" s="25">
         <v>-0.85439999999999994</v>
       </c>
       <c r="AJ51" s="25">
-        <v>0.76600000000000001</v>
+        <v>-0.20349999999999999</v>
       </c>
       <c r="AK51" s="16">
-        <v>-465.71368999999999</v>
+        <v>-466.68319000000002</v>
       </c>
       <c r="AM51" s="5"/>
     </row>
     <row r="52" spans="2:39" s="7" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B52" s="28"/>
       <c r="C52" s="29" t="s">
         <v>47</v>
       </c>
       <c r="D52" s="30">
         <v>-5.7999999985014483E-6</v>
       </c>
       <c r="E52" s="30">
-        <v>5.0000000006988898E-6</v>
+        <v>4.9999999998107114E-6</v>
       </c>
       <c r="F52" s="30">
         <v>-2.8000000007466497E-6</v>
       </c>
       <c r="G52" s="30">
         <v>3.7000000006059963E-6</v>
       </c>
       <c r="H52" s="30">
-        <v>-5.3720800000007785E-2</v>
+        <v>-5.3720799999979363E-2</v>
       </c>
       <c r="I52" s="30">
         <v>0.33232320000001891</v>
       </c>
       <c r="J52" s="30">
-        <v>0.14223650000000276</v>
+        <v>0.14223649999998145</v>
       </c>
       <c r="K52" s="30">
-        <v>-1.4778600000006747E-2</v>
+        <v>-1.4778600000020958E-2</v>
       </c>
       <c r="L52" s="30">
         <v>0.10744229999997401</v>
       </c>
       <c r="M52" s="30">
         <v>7.0373700000118333E-2</v>
       </c>
       <c r="N52" s="30">
         <v>3.841796599999995</v>
       </c>
       <c r="O52" s="30">
         <v>2.1589437999999177</v>
       </c>
       <c r="P52" s="30">
-        <v>4.4531703000000391</v>
+        <v>4.4531703000000675</v>
       </c>
       <c r="Q52" s="30">
         <v>5.8325887999999964</v>
       </c>
       <c r="R52" s="30">
         <v>4.5579027000000565</v>
       </c>
       <c r="S52" s="30">
-        <v>4.4906715000003032</v>
+        <v>4.4906715000006443</v>
       </c>
       <c r="T52" s="30">
         <v>3.5556680999999344</v>
       </c>
       <c r="U52" s="30">
         <v>2.9277867000000128</v>
       </c>
       <c r="V52" s="30">
-        <v>5.9693951000000354</v>
+        <v>5.9693951000000212</v>
       </c>
       <c r="W52" s="30">
-        <v>3.0083908999999593</v>
+        <v>3.0084008999999909</v>
       </c>
       <c r="X52" s="30">
-        <v>3.7638539000001288</v>
+        <v>3.7638531000000484</v>
       </c>
       <c r="Y52" s="30">
-        <v>1415.0570714999999</v>
+        <v>1415.0570698999998</v>
       </c>
       <c r="Z52" s="30">
-        <v>-1291.0939189999999</v>
+        <v>-1291.2265799999993</v>
       </c>
       <c r="AA52" s="30">
-        <v>0.5219389000000092</v>
+        <v>0.52194339999994099</v>
       </c>
       <c r="AB52" s="30">
-        <v>-11.455371599999864</v>
+        <v>-11.455374799999845</v>
       </c>
       <c r="AC52" s="30">
-        <v>-9.7968576999999186</v>
+        <v>-9.7893111000000204</v>
       </c>
       <c r="AD52" s="30">
-        <v>-9.176500999999945</v>
+        <v>-9.176503099999934</v>
       </c>
       <c r="AE52" s="30">
-        <v>21.201579500000094</v>
+        <v>21.243626499999976</v>
       </c>
       <c r="AF52" s="30">
-        <v>-165.27434510000001</v>
+        <v>-165.27281280000011</v>
       </c>
       <c r="AG52" s="30">
-        <v>-164.75874969999995</v>
+        <v>-164.7587494</v>
       </c>
       <c r="AH52" s="30">
-        <v>-212.51574640000081</v>
+        <v>-211.69337220000057</v>
       </c>
       <c r="AI52" s="30">
-        <v>219.51694360000056</v>
+        <v>109.0518304000002</v>
       </c>
       <c r="AJ52" s="30">
-        <v>53.605861100000027</v>
+        <v>109.88884849999997</v>
       </c>
       <c r="AK52" s="31">
-        <v>-109.02405110000109</v>
+        <v>-162.4653307000026</v>
       </c>
       <c r="AM52" s="2"/>
     </row>
     <row r="53" spans="2:39" s="7" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B53" s="6"/>
       <c r="C53" s="1" t="s">
         <v>48</v>
       </c>
       <c r="D53" s="15">
         <v>0.88651610000000003</v>
       </c>
       <c r="E53" s="15">
         <v>-4.7765000000001834E-3</v>
       </c>
       <c r="F53" s="15">
         <v>-8.4030000000003824E-3</v>
       </c>
       <c r="G53" s="15">
         <v>3.7023344000000016</v>
       </c>
       <c r="H53" s="15">
         <v>24.260009999999998</v>
       </c>
       <c r="I53" s="15">
         <v>13.09906</v>
       </c>
       <c r="J53" s="15">
         <v>0.46341000000000004</v>
       </c>
       <c r="K53" s="15">
-        <v>3.018118999999996</v>
+        <v>3.0181190000000031</v>
       </c>
       <c r="L53" s="15">
         <v>27.229983889114578</v>
       </c>
       <c r="M53" s="15">
-        <v>17.200795522634671</v>
+        <v>17.200795522634785</v>
       </c>
       <c r="N53" s="15">
         <v>17.994339620891616</v>
       </c>
       <c r="O53" s="15">
         <v>66.623360815087636</v>
       </c>
       <c r="P53" s="15">
-        <v>31.49325683981176</v>
+        <v>31.493256839811732</v>
       </c>
       <c r="Q53" s="15">
-        <v>31.90280561035399</v>
+        <v>31.902805610354019</v>
       </c>
       <c r="R53" s="15">
-        <v>50.138645872891658</v>
+        <v>50.138645872891601</v>
       </c>
       <c r="S53" s="15">
-        <v>69.434485748952312</v>
+        <v>69.434485748952085</v>
       </c>
       <c r="T53" s="15">
         <v>-51.135860838803531</v>
       </c>
       <c r="U53" s="15">
-        <v>48.864988524981946</v>
+        <v>48.86498852498115</v>
       </c>
       <c r="V53" s="15">
-        <v>22.728097795135312</v>
+        <v>22.728097795135248</v>
       </c>
       <c r="W53" s="15">
-        <v>-1.581293893421521</v>
+        <v>-1.5812938934216347</v>
       </c>
       <c r="X53" s="15">
-        <v>11.837562489130102</v>
+        <v>11.837562489130223</v>
       </c>
       <c r="Y53" s="15">
-        <v>26.742507481813348</v>
+        <v>26.742507481813121</v>
       </c>
       <c r="Z53" s="15">
-        <v>40.943757285041187</v>
+        <v>40.943757285042068</v>
       </c>
       <c r="AA53" s="15">
-        <v>23.348041321517513</v>
+        <v>23.348041321517854</v>
       </c>
       <c r="AB53" s="15">
-        <v>54.059119457495449</v>
+        <v>54.059119457495505</v>
       </c>
       <c r="AC53" s="15">
-        <v>5.2849506153864532</v>
+        <v>5.2849506153863395</v>
       </c>
       <c r="AD53" s="15">
-        <v>-87.617890059554952</v>
+        <v>-87.617890059555151</v>
       </c>
       <c r="AE53" s="15">
-        <v>93.951861222831383</v>
+        <v>93.951861222831269</v>
       </c>
       <c r="AF53" s="15">
-        <v>317.45090104974281</v>
+        <v>317.45090104974304</v>
       </c>
       <c r="AG53" s="15">
         <v>-30.702959864537185</v>
       </c>
       <c r="AH53" s="15">
-        <v>-63.405382069136365</v>
+        <v>-63.405382019135303</v>
       </c>
       <c r="AI53" s="15">
-        <v>81.963658095595406</v>
+        <v>81.963658034393688</v>
       </c>
       <c r="AJ53" s="15">
-        <v>183.5375797179677</v>
+        <v>-105.54675821587924</v>
       </c>
       <c r="AK53" s="16">
-        <v>1033.7035822509263</v>
+        <v>744.61924430587737</v>
       </c>
       <c r="AM53" s="2"/>
     </row>
     <row r="54" spans="2:39" s="3" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B54" s="17"/>
       <c r="C54" s="18" t="s">
         <v>0</v>
       </c>
       <c r="D54" s="19">
         <v>15.1804203</v>
       </c>
       <c r="E54" s="19">
         <v>5.6880685</v>
       </c>
       <c r="F54" s="19">
         <v>5.3924741999999997</v>
       </c>
       <c r="G54" s="19">
         <v>20.708338100000002</v>
       </c>
       <c r="H54" s="19">
         <v>220.68569919999999</v>
       </c>
       <c r="I54" s="19">
         <v>134.6786932</v>
       </c>
       <c r="J54" s="19">
         <v>60.280176499999996</v>
       </c>
       <c r="K54" s="19">
-        <v>55.009090399999991</v>
+        <v>55.009090399999998</v>
       </c>
       <c r="L54" s="19">
         <v>163.48118618911457</v>
       </c>
       <c r="M54" s="19">
-        <v>627.62593922263466</v>
+        <v>627.62593922263477</v>
       </c>
       <c r="N54" s="19">
         <v>132.19498622089162</v>
       </c>
       <c r="O54" s="19">
         <v>345.10590461508764</v>
       </c>
       <c r="P54" s="19">
-        <v>210.67648713981174</v>
+        <v>210.67648713981171</v>
       </c>
       <c r="Q54" s="19">
-        <v>252.85742441035399</v>
+        <v>252.85742441035401</v>
       </c>
       <c r="R54" s="19">
-        <v>302.09496857289167</v>
+        <v>302.09496857289162</v>
       </c>
       <c r="S54" s="19">
-        <v>1051.9682572489523</v>
+        <v>1051.9682572489521</v>
       </c>
       <c r="T54" s="19">
         <v>906.91644726119648</v>
       </c>
       <c r="U54" s="19">
-        <v>343.62004522498194</v>
+        <v>343.62004522498114</v>
       </c>
       <c r="V54" s="19">
-        <v>-37.684847104864694</v>
+        <v>-37.684847104864758</v>
       </c>
       <c r="W54" s="19">
-        <v>-46.171462993421528</v>
+        <v>-46.171462993421642</v>
       </c>
       <c r="X54" s="19">
-        <v>-9.3589836108698989</v>
+        <v>-12.405134410869778</v>
       </c>
       <c r="Y54" s="19">
-        <v>1654.9834589818133</v>
+        <v>1652.7269173818131</v>
       </c>
       <c r="Z54" s="19">
-        <v>-85.385501714958878</v>
+        <v>-95.547792714957836</v>
       </c>
       <c r="AA54" s="19">
-        <v>-615.50443977848249</v>
+        <v>-615.9216752784821</v>
       </c>
       <c r="AB54" s="19">
-        <v>489.75624785749545</v>
+        <v>474.56724465749551</v>
       </c>
       <c r="AC54" s="19">
-        <v>277.07427291538647</v>
+        <v>263.18808951538631</v>
       </c>
       <c r="AD54" s="19">
-        <v>88.492728940445062</v>
+        <v>73.872596840444857</v>
       </c>
       <c r="AE54" s="19">
-        <v>386.21802072283134</v>
+        <v>318.65403772283122</v>
       </c>
       <c r="AF54" s="19">
-        <v>980.76160594974272</v>
+        <v>826.26906824974287</v>
       </c>
       <c r="AG54" s="19">
-        <v>-381.02551956453721</v>
+        <v>-383.87880926453721</v>
       </c>
       <c r="AH54" s="19">
-        <v>1264.7899915308635</v>
+        <v>1379.1385457808647</v>
       </c>
       <c r="AI54" s="19">
-        <v>2576.0263516955956</v>
+        <v>2582.9253384343938</v>
       </c>
       <c r="AJ54" s="19">
-        <v>-84.190899182032268</v>
+        <v>16.998030284120759</v>
       </c>
       <c r="AK54" s="16">
-        <v>11312.945631150926</v>
+        <v>11250.894753605877</v>
       </c>
     </row>
     <row r="55" spans="2:39" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B55" s="20"/>
       <c r="C55" s="21" t="s">
         <v>46</v>
       </c>
       <c r="D55" s="22"/>
       <c r="E55" s="22"/>
       <c r="F55" s="22"/>
       <c r="G55" s="22"/>
       <c r="H55" s="22"/>
       <c r="I55" s="22"/>
       <c r="J55" s="22"/>
       <c r="K55" s="22"/>
       <c r="L55" s="22"/>
       <c r="M55" s="22"/>
       <c r="N55" s="22"/>
       <c r="O55" s="22"/>
       <c r="P55" s="22"/>
       <c r="Q55" s="22"/>
       <c r="R55" s="22"/>
       <c r="S55" s="22">
         <v>825.7</v>
       </c>