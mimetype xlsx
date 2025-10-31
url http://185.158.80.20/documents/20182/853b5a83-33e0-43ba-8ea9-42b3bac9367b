--- v0 (2025-10-08)
+++ v1 (2025-10-31)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="7" rupBuild="14420"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\BOP&amp;IIP&amp;Dug izvještaji\Izvještaji_ostalo\TABLICE WEB\FDI\2025\2025Q1\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\BOP&amp;IIP&amp;Dug izvještaji\Izvještaji_ostalo\TABLICE WEB\FDI\2025\2025Q2\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
     <workbookView xWindow="-105" yWindow="-105" windowWidth="23250" windowHeight="12570"/>
   </bookViews>
   <sheets>
     <sheet name="HRV" sheetId="5" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_FiltarBaze" localSheetId="0" hidden="1">HRV!$B$5:$AJ$59</definedName>
   </definedNames>
   <calcPr calcId="162913"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
@@ -452,51 +452,51 @@
     <t>ANTIGVA I BARBUDA</t>
   </si>
   <si>
     <t>BAHREIN</t>
   </si>
   <si>
     <t>EKVATORSKA GVINEJA</t>
   </si>
   <si>
     <t>KAJMANSKI OTOCI</t>
   </si>
   <si>
     <t>ŠPANJOLSKA</t>
   </si>
   <si>
     <t xml:space="preserve">2023. </t>
   </si>
   <si>
     <t>GRČKA</t>
   </si>
   <si>
     <t>2024.</t>
   </si>
   <si>
     <r>
-      <t xml:space="preserve">1. tr. 2025. </t>
+      <t xml:space="preserve">1. i 2. tr. 2025. </t>
     </r>
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t>1)</t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.0"/>
   </numFmts>
   <fonts count="15" x14ac:knownFonts="1">
     <font>
       <sz val="8"/>
@@ -721,61 +721,61 @@
     </xf>
     <xf numFmtId="164" fontId="12" fillId="0" borderId="2" xfId="8" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="7" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="164" fontId="8" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="2" xfId="8" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="164" fontId="7" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="10" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1"/>
+    <xf numFmtId="164" fontId="7" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="justify" wrapText="1"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="right"/>
     </xf>
   </cellXfs>
   <cellStyles count="11">
     <cellStyle name="Međunaslov u tablici" xfId="4"/>
     <cellStyle name="Napomene" xfId="5"/>
     <cellStyle name="Naslov 1" xfId="2" builtinId="16" customBuiltin="1"/>
     <cellStyle name="Naslov 2" xfId="3" builtinId="17" customBuiltin="1"/>
     <cellStyle name="Normalno" xfId="0" builtinId="0" customBuiltin="1"/>
     <cellStyle name="Obično_List1" xfId="1"/>
     <cellStyle name="Tanka linija ispod" xfId="6"/>
     <cellStyle name="Ukupno" xfId="7"/>
     <cellStyle name="Ukupno - zadnji redak" xfId="8"/>
     <cellStyle name="Zadnji redak" xfId="9"/>
     <cellStyle name="Zaglavlje" xfId="10"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
@@ -1070,51 +1070,51 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A2:AK66"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.33203125" defaultRowHeight="12.95" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.83203125" style="1" customWidth="1"/>
     <col min="2" max="2" width="34.33203125" style="1" customWidth="1"/>
     <col min="3" max="27" width="8" style="1" customWidth="1"/>
     <col min="28" max="30" width="7.5" style="1" customWidth="1"/>
     <col min="31" max="32" width="7.6640625" style="1" bestFit="1" customWidth="1"/>
     <col min="33" max="34" width="7.1640625" style="1" bestFit="1" customWidth="1"/>
-    <col min="35" max="35" width="13.1640625" style="1" customWidth="1"/>
+    <col min="35" max="35" width="14.83203125" style="1" bestFit="1" customWidth="1"/>
     <col min="36" max="36" width="10.5" style="4" customWidth="1"/>
     <col min="37" max="16384" width="9.33203125" style="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:37" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B2" s="6" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="3" spans="2:37" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B3" s="7" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="5" spans="2:37" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B5" s="8" t="s">
         <v>0</v>
       </c>
       <c r="C5" s="22" t="s">
         <v>3</v>
       </c>
       <c r="D5" s="22" t="s">
         <v>4</v>
       </c>
       <c r="E5" s="22" t="s">
@@ -1284,495 +1284,495 @@
       <c r="X6" s="9">
         <v>1456.9272900000001</v>
       </c>
       <c r="Y6" s="9">
         <v>-40.377890000000001</v>
       </c>
       <c r="Z6" s="9">
         <v>-625.62054000000001</v>
       </c>
       <c r="AA6" s="9">
         <v>1.1218699999999999</v>
       </c>
       <c r="AB6" s="9">
         <v>9.8955300000000008</v>
       </c>
       <c r="AC6" s="9">
         <v>-96.57535</v>
       </c>
       <c r="AD6" s="9">
         <v>-53.030709999999999</v>
       </c>
       <c r="AE6" s="9">
         <v>69.931479999999993</v>
       </c>
       <c r="AF6" s="21">
-        <v>-28.908099999999997</v>
+        <v>-28.907970000000002</v>
       </c>
       <c r="AG6" s="21">
         <v>-4.0728499999999999</v>
       </c>
       <c r="AH6" s="21">
         <v>342.70193</v>
       </c>
       <c r="AI6" s="9">
-        <v>-309.49246999999997</v>
+        <v>-265.86984999999999</v>
       </c>
       <c r="AJ6" s="10">
-        <v>2070.2473</v>
+        <v>2113.87005</v>
       </c>
       <c r="AK6" s="5"/>
     </row>
     <row r="7" spans="2:37" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B7" s="23" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C7" s="9">
-        <v>0.74263999999999997</v>
+        <v>1.3909200000000002</v>
       </c>
       <c r="D7" s="9">
-        <v>0.66273000000000004</v>
+        <v>3.88422</v>
       </c>
       <c r="E7" s="9">
-        <v>5.64E-3</v>
+        <v>2.5907199999999997</v>
       </c>
       <c r="F7" s="9">
-        <v>4.3151099999999998</v>
+        <v>2.1758000000000002</v>
       </c>
       <c r="G7" s="9">
-        <v>59.873899999999999</v>
+        <v>13.393870000000001</v>
       </c>
       <c r="H7" s="9">
-        <v>33.09581</v>
+        <v>7.55497</v>
       </c>
       <c r="I7" s="9">
-        <v>28.092890000000001</v>
+        <v>2.5097899999999997</v>
       </c>
       <c r="J7" s="9">
-        <v>25.175699999999999</v>
+        <v>1.7369000000000001</v>
       </c>
       <c r="K7" s="9">
-        <v>4.2194899999999995</v>
+        <v>7.49092</v>
       </c>
       <c r="L7" s="9">
-        <v>11.200940000000001</v>
+        <v>35.361660000000001</v>
       </c>
       <c r="M7" s="9">
-        <v>25.929369999999999</v>
+        <v>3.5525600000000002</v>
       </c>
       <c r="N7" s="9">
-        <v>31.698840000000001</v>
+        <v>6.7281700000000004</v>
       </c>
       <c r="O7" s="9">
-        <v>28.713639999999998</v>
+        <v>2.6154000000000002</v>
       </c>
       <c r="P7" s="9">
-        <v>60.543339999999993</v>
+        <v>-9.1046800000000001</v>
       </c>
       <c r="Q7" s="9">
-        <v>69.029690000000002</v>
+        <v>-2.61639</v>
       </c>
       <c r="R7" s="9">
-        <v>30.864039999999999</v>
+        <v>15.361739999999999</v>
       </c>
       <c r="S7" s="9">
-        <v>59.817599999999999</v>
+        <v>-7.8246099999999998</v>
       </c>
       <c r="T7" s="9">
-        <v>57.64235</v>
+        <v>207.08280999999999</v>
       </c>
       <c r="U7" s="9">
-        <v>28.403639999999999</v>
+        <v>-11.31185</v>
       </c>
       <c r="V7" s="9">
-        <v>68.378</v>
+        <v>-65.237859999999998</v>
       </c>
       <c r="W7" s="9">
-        <v>27.954609999999999</v>
+        <v>84.584500000000006</v>
       </c>
       <c r="X7" s="9">
-        <v>52.508540000000004</v>
+        <v>354.70077000000003</v>
       </c>
       <c r="Y7" s="9">
-        <v>284.59282999999999</v>
+        <v>143.10839999999999</v>
       </c>
       <c r="Z7" s="9">
-        <v>51.259360000000001</v>
+        <v>-58.246319999999997</v>
       </c>
       <c r="AA7" s="9">
-        <v>31.691299999999998</v>
+        <v>80.514789999999991</v>
       </c>
       <c r="AB7" s="9">
-        <v>84.675460000000001</v>
+        <v>106.58438000000001</v>
       </c>
       <c r="AC7" s="9">
-        <v>53.110620000000004</v>
+        <v>-7.7872200000000005</v>
       </c>
       <c r="AD7" s="9">
-        <v>114.85994000000001</v>
+        <v>99.584000000000003</v>
       </c>
       <c r="AE7" s="9">
-        <v>-54.82423</v>
+        <v>572.78581999999994</v>
       </c>
       <c r="AF7" s="9">
-        <v>8.1867200000000011</v>
+        <v>-79.496740000000003</v>
       </c>
       <c r="AG7" s="9">
-        <v>125.72710000000001</v>
+        <v>11.1104</v>
       </c>
       <c r="AH7" s="9">
-        <v>199.22684000000001</v>
+        <v>121.42213000000001</v>
       </c>
       <c r="AI7" s="9">
-        <v>39.945070000000001</v>
+        <v>-11.15865</v>
       </c>
       <c r="AJ7" s="10">
-        <v>1647.31952</v>
+        <v>1635.04132</v>
       </c>
       <c r="AK7" s="5"/>
     </row>
     <row r="8" spans="2:37" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B8" s="23" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C8" s="9">
-        <v>1.3909200000000002</v>
+        <v>0.21422999999999998</v>
       </c>
       <c r="D8" s="9">
-        <v>3.88422</v>
+        <v>0</v>
       </c>
       <c r="E8" s="9">
-        <v>2.5907199999999997</v>
+        <v>0</v>
       </c>
       <c r="F8" s="9">
-        <v>2.1758000000000002</v>
+        <v>0</v>
       </c>
       <c r="G8" s="9">
-        <v>13.393870000000001</v>
+        <v>0.82198000000000004</v>
       </c>
       <c r="H8" s="9">
-        <v>7.55497</v>
+        <v>14.50614</v>
       </c>
       <c r="I8" s="9">
-        <v>2.5097899999999997</v>
+        <v>-5.50305</v>
       </c>
       <c r="J8" s="9">
-        <v>1.7369000000000001</v>
+        <v>-2.48508</v>
       </c>
       <c r="K8" s="9">
-        <v>7.49092</v>
+        <v>6.0579999999999995E-2</v>
       </c>
       <c r="L8" s="9">
-        <v>35.361660000000001</v>
+        <v>477.6601</v>
       </c>
       <c r="M8" s="9">
-        <v>3.5525600000000002</v>
+        <v>17.922009999999997</v>
       </c>
       <c r="N8" s="9">
-        <v>6.7281700000000004</v>
+        <v>168.4556</v>
       </c>
       <c r="O8" s="9">
-        <v>2.6154000000000002</v>
+        <v>4.6220299999999996</v>
       </c>
       <c r="P8" s="9">
-        <v>-9.1046800000000001</v>
+        <v>0.11613</v>
       </c>
       <c r="Q8" s="9">
-        <v>-2.61639</v>
+        <v>-555.53363999999999</v>
       </c>
       <c r="R8" s="9">
-        <v>15.361739999999999</v>
+        <v>17.272639999999999</v>
       </c>
       <c r="S8" s="9">
-        <v>-7.8246099999999998</v>
+        <v>-2.8043899999999997</v>
       </c>
       <c r="T8" s="9">
-        <v>207.08280999999999</v>
+        <v>3.9633799999999999</v>
       </c>
       <c r="U8" s="9">
-        <v>-11.31185</v>
+        <v>67.459969999999998</v>
       </c>
       <c r="V8" s="9">
-        <v>-65.237859999999998</v>
+        <v>11.64827</v>
       </c>
       <c r="W8" s="9">
-        <v>86.031429999999986</v>
+        <v>61.294239999999995</v>
       </c>
       <c r="X8" s="9">
-        <v>354.79381000000001</v>
+        <v>56.034320000000001</v>
       </c>
       <c r="Y8" s="9">
-        <v>152.08547000000002</v>
+        <v>-184.98029</v>
       </c>
       <c r="Z8" s="9">
-        <v>-58.012509999999999</v>
+        <v>-11.893180000000001</v>
       </c>
       <c r="AA8" s="9">
-        <v>84.534440000000004</v>
+        <v>-11.74028</v>
       </c>
       <c r="AB8" s="9">
-        <v>105.56089</v>
+        <v>-14.589040000000001</v>
       </c>
       <c r="AC8" s="9">
-        <v>-5.6848400000000003</v>
+        <v>-47.898980000000002</v>
       </c>
       <c r="AD8" s="9">
-        <v>92.470070000000007</v>
+        <v>17.470359999999999</v>
       </c>
       <c r="AE8" s="9">
-        <v>597.33614</v>
+        <v>65.590059999999994</v>
       </c>
       <c r="AF8" s="9">
-        <v>-101.04882000000001</v>
+        <v>3.1796100000000003</v>
       </c>
       <c r="AG8" s="9">
-        <v>-78.436000000000007</v>
+        <v>128.29462000000001</v>
       </c>
       <c r="AH8" s="9">
-        <v>117.75496000000001</v>
+        <v>1016.3169399999999</v>
       </c>
       <c r="AI8" s="9">
-        <v>36.398879999999998</v>
+        <v>323.94243</v>
       </c>
       <c r="AJ8" s="10">
-        <v>1601.11898</v>
+        <v>1619.4177099999999</v>
       </c>
       <c r="AK8" s="5"/>
     </row>
     <row r="9" spans="2:37" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B9" s="23" t="s">
-        <v>82</v>
+        <v>25</v>
       </c>
       <c r="C9" s="9">
-        <v>0</v>
+        <v>0.74263999999999997</v>
       </c>
       <c r="D9" s="9">
-        <v>0</v>
+        <v>0.66273000000000004</v>
       </c>
       <c r="E9" s="9">
-        <v>0</v>
+        <v>5.64E-3</v>
       </c>
       <c r="F9" s="9">
-        <v>0</v>
+        <v>4.3151099999999998</v>
       </c>
       <c r="G9" s="9">
-        <v>0</v>
+        <v>59.873899999999999</v>
       </c>
       <c r="H9" s="9">
-        <v>1.3509999999999999E-2</v>
+        <v>33.09581</v>
       </c>
       <c r="I9" s="9">
-        <v>9.3462900000000015</v>
+        <v>28.092890000000001</v>
       </c>
       <c r="J9" s="9">
-        <v>7.1872799999999994</v>
+        <v>25.175699999999999</v>
       </c>
       <c r="K9" s="9">
-        <v>1.9023599999999998</v>
+        <v>4.2194899999999995</v>
       </c>
       <c r="L9" s="9">
-        <v>7.9856199999999999</v>
+        <v>11.200940000000001</v>
       </c>
       <c r="M9" s="9">
-        <v>78.705070000000006</v>
+        <v>25.929369999999999</v>
       </c>
       <c r="N9" s="9">
-        <v>50.031480000000002</v>
+        <v>31.698840000000001</v>
       </c>
       <c r="O9" s="9">
-        <v>59.739100000000001</v>
+        <v>28.713639999999998</v>
       </c>
       <c r="P9" s="9">
-        <v>149.93270999999999</v>
+        <v>60.543339999999993</v>
       </c>
       <c r="Q9" s="9">
-        <v>59.827850000000005</v>
+        <v>69.029690000000002</v>
       </c>
       <c r="R9" s="9">
-        <v>100.54202999999998</v>
+        <v>30.864039999999999</v>
       </c>
       <c r="S9" s="9">
-        <v>-33.822250000000004</v>
+        <v>59.817599999999999</v>
       </c>
       <c r="T9" s="9">
-        <v>6.3401199999999998</v>
+        <v>57.64235</v>
       </c>
       <c r="U9" s="9">
-        <v>53.586769999999994</v>
+        <v>28.403639999999999</v>
       </c>
       <c r="V9" s="9">
-        <v>175.03370000000001</v>
+        <v>68.378</v>
       </c>
       <c r="W9" s="9">
-        <v>-6.31548</v>
+        <v>27.954609999999999</v>
       </c>
       <c r="X9" s="9">
-        <v>34.8018</v>
+        <v>52.508540000000004</v>
       </c>
       <c r="Y9" s="9">
-        <v>52.259339999999995</v>
+        <v>284.59282999999999</v>
       </c>
       <c r="Z9" s="9">
-        <v>-13.695459999999999</v>
+        <v>51.259360000000001</v>
       </c>
       <c r="AA9" s="9">
-        <v>36.265529999999998</v>
+        <v>31.696439999999999</v>
       </c>
       <c r="AB9" s="9">
-        <v>45.013059999999996</v>
+        <v>84.676000000000002</v>
       </c>
       <c r="AC9" s="9">
-        <v>33.550739999999998</v>
+        <v>54.009629999999994</v>
       </c>
       <c r="AD9" s="9">
-        <v>71.490580000000008</v>
+        <v>87.973389999999995</v>
       </c>
       <c r="AE9" s="9">
-        <v>-90.36</v>
+        <v>-91.828330000000008</v>
       </c>
       <c r="AF9" s="9">
-        <v>50.118360000000003</v>
+        <v>-1.54697</v>
       </c>
       <c r="AG9" s="9">
-        <v>164.09698</v>
+        <v>116.43155</v>
       </c>
       <c r="AH9" s="9">
-        <v>50.350819999999999</v>
+        <v>179.53739000000002</v>
       </c>
       <c r="AI9" s="9">
-        <v>32.255939999999995</v>
+        <v>92.746759999999995</v>
       </c>
       <c r="AJ9" s="10">
-        <v>1186.1838500000001</v>
+        <v>1598.4165600000001</v>
       </c>
       <c r="AK9" s="5"/>
     </row>
     <row r="10" spans="2:37" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B10" s="24" t="s">
-        <v>27</v>
+        <v>82</v>
       </c>
       <c r="C10" s="9">
-        <v>0.21422999999999998</v>
+        <v>0</v>
       </c>
       <c r="D10" s="9">
         <v>0</v>
       </c>
       <c r="E10" s="9">
         <v>0</v>
       </c>
       <c r="F10" s="9">
         <v>0</v>
       </c>
       <c r="G10" s="9">
-        <v>0.82198000000000004</v>
+        <v>0</v>
       </c>
       <c r="H10" s="9">
-        <v>14.50614</v>
+        <v>1.3509999999999999E-2</v>
       </c>
       <c r="I10" s="9">
-        <v>-5.50305</v>
+        <v>9.1482800000000015</v>
       </c>
       <c r="J10" s="9">
-        <v>-2.48508</v>
+        <v>7.1511700000000005</v>
       </c>
       <c r="K10" s="9">
-        <v>6.0579999999999995E-2</v>
+        <v>1.58304</v>
       </c>
       <c r="L10" s="9">
-        <v>477.6601</v>
+        <v>7.4180000000000001</v>
       </c>
       <c r="M10" s="9">
-        <v>17.922009999999997</v>
+        <v>66.764650000000003</v>
       </c>
       <c r="N10" s="9">
-        <v>168.4556</v>
+        <v>50.390970000000003</v>
       </c>
       <c r="O10" s="9">
-        <v>4.6220299999999996</v>
+        <v>44.632860000000001</v>
       </c>
       <c r="P10" s="9">
-        <v>0.11613</v>
+        <v>131.45041000000001</v>
       </c>
       <c r="Q10" s="9">
-        <v>-555.53363999999999</v>
+        <v>72.06871000000001</v>
       </c>
       <c r="R10" s="9">
-        <v>17.272639999999999</v>
+        <v>102.88012999999999</v>
       </c>
       <c r="S10" s="9">
-        <v>-2.8043899999999997</v>
+        <v>-33.821270000000005</v>
       </c>
       <c r="T10" s="9">
-        <v>3.9633799999999999</v>
+        <v>6.3401199999999998</v>
       </c>
       <c r="U10" s="9">
-        <v>67.459969999999998</v>
+        <v>53.586769999999994</v>
       </c>
       <c r="V10" s="9">
-        <v>11.64827</v>
+        <v>175.03370000000001</v>
       </c>
       <c r="W10" s="9">
-        <v>62.809950000000001</v>
+        <v>-6.9207799999999997</v>
       </c>
       <c r="X10" s="9">
-        <v>56.034320000000001</v>
+        <v>34.803419999999996</v>
       </c>
       <c r="Y10" s="9">
-        <v>-184.98029</v>
+        <v>52.259339999999995</v>
       </c>
       <c r="Z10" s="9">
-        <v>-11.893180000000001</v>
+        <v>-13.68863</v>
       </c>
       <c r="AA10" s="9">
-        <v>-11.74028</v>
+        <v>36.315860000000001</v>
       </c>
       <c r="AB10" s="9">
-        <v>-13.23476</v>
+        <v>45.013400000000004</v>
       </c>
       <c r="AC10" s="9">
-        <v>-49.508989999999997</v>
+        <v>33.722679999999997</v>
       </c>
       <c r="AD10" s="9">
-        <v>17.470359999999999</v>
+        <v>35.929580000000001</v>
       </c>
       <c r="AE10" s="9">
-        <v>63.160669999999996</v>
+        <v>-171.09829999999999</v>
       </c>
       <c r="AF10" s="9">
-        <v>-4.1791200000000002</v>
+        <v>38.107109999999999</v>
       </c>
       <c r="AG10" s="9">
-        <v>126.66361999999999</v>
+        <v>151.86048000000002</v>
       </c>
       <c r="AH10" s="9">
-        <v>1016.3169399999999</v>
+        <v>39.006219999999999</v>
       </c>
       <c r="AI10" s="9">
-        <v>-180.10245999999998</v>
+        <v>9.6633899999999997</v>
       </c>
       <c r="AJ10" s="10">
-        <v>1105.2136799999998</v>
+        <v>979.6148199999999</v>
       </c>
       <c r="AK10" s="5"/>
     </row>
     <row r="11" spans="2:37" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B11" s="23" t="s">
         <v>88</v>
       </c>
       <c r="C11" s="9">
         <v>0</v>
       </c>
       <c r="D11" s="9">
         <v>0</v>
       </c>
       <c r="E11" s="9">
         <v>1.14E-3</v>
       </c>
       <c r="F11" s="9">
         <v>0</v>
       </c>
       <c r="G11" s="9">
         <v>0</v>
       </c>
       <c r="H11" s="9">
         <v>0</v>
       </c>
@@ -1830,57 +1830,57 @@
       <c r="Z11" s="9">
         <v>0</v>
       </c>
       <c r="AA11" s="9">
         <v>0</v>
       </c>
       <c r="AB11" s="9">
         <v>0</v>
       </c>
       <c r="AC11" s="9">
         <v>0</v>
       </c>
       <c r="AD11" s="9">
         <v>0</v>
       </c>
       <c r="AE11" s="9">
         <v>1295.2101699999998</v>
       </c>
       <c r="AF11" s="9">
         <v>-130.87200000000001</v>
       </c>
       <c r="AG11" s="9">
         <v>-189.62</v>
       </c>
       <c r="AH11" s="9">
-        <v>0</v>
+        <v>-111.976</v>
       </c>
       <c r="AI11" s="9">
         <v>0</v>
       </c>
       <c r="AJ11" s="10">
-        <v>974.63427999999988</v>
+        <v>862.65827999999988</v>
       </c>
       <c r="AK11" s="5"/>
     </row>
     <row r="12" spans="2:37" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B12" s="23" t="s">
         <v>28</v>
       </c>
       <c r="C12" s="9">
         <v>3.4700000000000002E-2</v>
       </c>
       <c r="D12" s="9">
         <v>0</v>
       </c>
       <c r="E12" s="9">
         <v>0</v>
       </c>
       <c r="F12" s="9">
         <v>0</v>
       </c>
       <c r="G12" s="9">
         <v>90.109889999999993</v>
       </c>
       <c r="H12" s="9">
         <v>40.007089999999998</v>
       </c>
@@ -1917,78 +1917,78 @@
       <c r="S12" s="9">
         <v>-0.64852999999999994</v>
       </c>
       <c r="T12" s="9">
         <v>43.351289999999999</v>
       </c>
       <c r="U12" s="9">
         <v>1.01955</v>
       </c>
       <c r="V12" s="9">
         <v>-6.0213299999999998</v>
       </c>
       <c r="W12" s="9">
         <v>-34.352830000000004</v>
       </c>
       <c r="X12" s="9">
         <v>9.9519400000000005</v>
       </c>
       <c r="Y12" s="9">
         <v>2.6208299999999998</v>
       </c>
       <c r="Z12" s="9">
         <v>22.068519999999999</v>
       </c>
       <c r="AA12" s="9">
-        <v>19.171340000000001</v>
+        <v>22.175519999999999</v>
       </c>
       <c r="AB12" s="9">
         <v>15.432690000000001</v>
       </c>
       <c r="AC12" s="9">
         <v>11.55015</v>
       </c>
       <c r="AD12" s="9">
-        <v>-29.1191</v>
+        <v>-27.86262</v>
       </c>
       <c r="AE12" s="9">
         <v>7.7935499999999998</v>
       </c>
       <c r="AF12" s="9">
-        <v>10.4589</v>
+        <v>10.959209999999999</v>
       </c>
       <c r="AG12" s="9">
         <v>14.448729999999999</v>
       </c>
       <c r="AH12" s="9">
-        <v>717.18762000000004</v>
+        <v>801.15562</v>
       </c>
       <c r="AI12" s="9">
-        <v>28.554729999999999</v>
+        <v>-267.40335999999996</v>
       </c>
       <c r="AJ12" s="10">
-        <v>964.12536999999998</v>
+        <v>756.89625000000001</v>
       </c>
       <c r="AK12" s="5"/>
     </row>
     <row r="13" spans="2:37" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B13" s="23" t="s">
         <v>37</v>
       </c>
       <c r="C13" s="9">
         <v>8.5769999999999999E-2</v>
       </c>
       <c r="D13" s="9">
         <v>1.417E-2</v>
       </c>
       <c r="E13" s="9">
         <v>0</v>
       </c>
       <c r="F13" s="9">
         <v>6.5340000000000009E-2</v>
       </c>
       <c r="G13" s="9">
         <v>15.40719</v>
       </c>
       <c r="H13" s="9">
         <v>21.209779999999999</v>
       </c>
@@ -2013,90 +2013,90 @@
       <c r="O13" s="9">
         <v>1.47014</v>
       </c>
       <c r="P13" s="9">
         <v>-2.33989</v>
       </c>
       <c r="Q13" s="9">
         <v>1.3510899999999999</v>
       </c>
       <c r="R13" s="9">
         <v>-0.49351</v>
       </c>
       <c r="S13" s="9">
         <v>-1.0120899999999999</v>
       </c>
       <c r="T13" s="9">
         <v>3.2298</v>
       </c>
       <c r="U13" s="9">
         <v>-3.4060100000000002</v>
       </c>
       <c r="V13" s="9">
         <v>0.93635000000000002</v>
       </c>
       <c r="W13" s="9">
-        <v>-6.3366199999999999</v>
+        <v>5.1437499999999998</v>
       </c>
       <c r="X13" s="9">
-        <v>5.9824799999999998</v>
+        <v>3.69536</v>
       </c>
       <c r="Y13" s="9">
-        <v>13.187940000000001</v>
+        <v>11.90082</v>
       </c>
       <c r="Z13" s="9">
-        <v>12.373430000000001</v>
+        <v>12.086309999999999</v>
       </c>
       <c r="AA13" s="9">
-        <v>11.403589999999999</v>
+        <v>-2.7264200000000001</v>
       </c>
       <c r="AB13" s="9">
-        <v>10.32342</v>
+        <v>-3.79827</v>
       </c>
       <c r="AC13" s="9">
-        <v>31.217650000000003</v>
+        <v>16.9712</v>
       </c>
       <c r="AD13" s="9">
-        <v>20.414279999999998</v>
+        <v>6.5520200000000006</v>
       </c>
       <c r="AE13" s="9">
-        <v>0.46235000000000004</v>
+        <v>-12.66173</v>
       </c>
       <c r="AF13" s="9">
-        <v>11.30092</v>
+        <v>1.56098</v>
       </c>
       <c r="AG13" s="9">
-        <v>616.94620999999995</v>
+        <v>631.37386000000004</v>
       </c>
       <c r="AH13" s="9">
-        <v>-117.74827000000001</v>
+        <v>-124.26716999999999</v>
       </c>
       <c r="AI13" s="9">
-        <v>20.47654</v>
+        <v>25.84872</v>
       </c>
       <c r="AJ13" s="10">
-        <v>667.13343999999995</v>
+        <v>608.80894999999998</v>
       </c>
       <c r="AK13" s="5"/>
     </row>
     <row r="14" spans="2:37" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B14" s="23" t="s">
         <v>33</v>
       </c>
       <c r="C14" s="9">
         <v>0</v>
       </c>
       <c r="D14" s="9">
         <v>0</v>
       </c>
       <c r="E14" s="9">
         <v>0</v>
       </c>
       <c r="F14" s="9">
         <v>0</v>
       </c>
       <c r="G14" s="9">
         <v>0.36316000000000004</v>
       </c>
       <c r="H14" s="9">
         <v>1.6443299999999998</v>
       </c>
@@ -2139,72 +2139,72 @@
       <c r="U14" s="9">
         <v>15.26314</v>
       </c>
       <c r="V14" s="9">
         <v>0.87453999999999998</v>
       </c>
       <c r="W14" s="9">
         <v>5.68689</v>
       </c>
       <c r="X14" s="9">
         <v>4.87798</v>
       </c>
       <c r="Y14" s="9">
         <v>8.0202100000000005</v>
       </c>
       <c r="Z14" s="9">
         <v>8.1315200000000001</v>
       </c>
       <c r="AA14" s="9">
         <v>153.84519</v>
       </c>
       <c r="AB14" s="9">
         <v>22.775449999999999</v>
       </c>
       <c r="AC14" s="9">
-        <v>21.785990000000002</v>
+        <v>21.357990000000001</v>
       </c>
       <c r="AD14" s="9">
-        <v>-9.9596100000000014</v>
+        <v>-10.037610000000001</v>
       </c>
       <c r="AE14" s="9">
-        <v>12.30067</v>
+        <v>10.04673</v>
       </c>
       <c r="AF14" s="9">
         <v>13.78242</v>
       </c>
       <c r="AG14" s="9">
-        <v>17.415590000000002</v>
+        <v>39.032350000000001</v>
       </c>
       <c r="AH14" s="9">
-        <v>29.406590000000001</v>
+        <v>34.314589999999995</v>
       </c>
       <c r="AI14" s="9">
-        <v>6.0406599999999999</v>
+        <v>4.6699399999999995</v>
       </c>
       <c r="AJ14" s="10">
-        <v>346.13989000000004</v>
+        <v>368.53399000000002</v>
       </c>
       <c r="AK14" s="5"/>
     </row>
     <row r="15" spans="2:37" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B15" s="23" t="s">
         <v>35</v>
       </c>
       <c r="C15" s="9">
         <v>0</v>
       </c>
       <c r="D15" s="9">
         <v>0</v>
       </c>
       <c r="E15" s="9">
         <v>0</v>
       </c>
       <c r="F15" s="9">
         <v>0</v>
       </c>
       <c r="G15" s="9">
         <v>9.2410899999999998</v>
       </c>
       <c r="H15" s="9">
         <v>8.7961399999999994</v>
       </c>
@@ -2229,1710 +2229,1710 @@
       <c r="O15" s="9">
         <v>-2.03227</v>
       </c>
       <c r="P15" s="9">
         <v>1.6893</v>
       </c>
       <c r="Q15" s="9">
         <v>19.6615</v>
       </c>
       <c r="R15" s="9">
         <v>-18.055250000000001</v>
       </c>
       <c r="S15" s="9">
         <v>0.94635999999999998</v>
       </c>
       <c r="T15" s="9">
         <v>39.847490000000001</v>
       </c>
       <c r="U15" s="9">
         <v>-0.78661000000000003</v>
       </c>
       <c r="V15" s="9">
         <v>-13.87016</v>
       </c>
       <c r="W15" s="9">
-        <v>20.211680000000001</v>
+        <v>20.32368</v>
       </c>
       <c r="X15" s="9">
         <v>-1.74481</v>
       </c>
       <c r="Y15" s="9">
         <v>-30.862310000000001</v>
       </c>
       <c r="Z15" s="9">
-        <v>-0.15887999999999999</v>
+        <v>-0.13256000000000001</v>
       </c>
       <c r="AA15" s="9">
         <v>6.8995299999999995</v>
       </c>
       <c r="AB15" s="9">
         <v>21.523880000000002</v>
       </c>
       <c r="AC15" s="9">
         <v>11.835760000000001</v>
       </c>
       <c r="AD15" s="9">
         <v>17.459479999999999</v>
       </c>
       <c r="AE15" s="9">
         <v>50.966730000000005</v>
       </c>
       <c r="AF15" s="9">
         <v>-30.85661</v>
       </c>
       <c r="AG15" s="9">
-        <v>103.78088000000001</v>
+        <v>108.94066000000001</v>
       </c>
       <c r="AH15" s="9">
-        <v>58.827620000000003</v>
+        <v>68.507739999999998</v>
       </c>
       <c r="AI15" s="9">
-        <v>-3.2719200000000002</v>
+        <v>5.3513999999999999</v>
       </c>
       <c r="AJ15" s="10">
-        <v>270.25502</v>
+        <v>293.85656</v>
       </c>
       <c r="AK15" s="5"/>
     </row>
     <row r="16" spans="2:37" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B16" s="23" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="C16" s="9">
-        <v>-4.5358900000000002</v>
+        <v>0.92325000000000002</v>
       </c>
       <c r="D16" s="9">
-        <v>-0.76084000000000007</v>
+        <v>1.6E-2</v>
       </c>
       <c r="E16" s="9">
-        <v>-0.47244999999999998</v>
+        <v>3.5800000000000003E-3</v>
       </c>
       <c r="F16" s="9">
-        <v>-0.46067000000000002</v>
+        <v>0.56469000000000003</v>
       </c>
       <c r="G16" s="9">
-        <v>-0.85383000000000009</v>
+        <v>3.8469799999999998</v>
       </c>
       <c r="H16" s="9">
-        <v>-3.9010199999999999</v>
+        <v>2.5227199999999996</v>
       </c>
       <c r="I16" s="9">
-        <v>2.6000000000000003E-4</v>
+        <v>-0.86358000000000001</v>
       </c>
       <c r="J16" s="9">
-        <v>0</v>
+        <v>0.17236000000000001</v>
       </c>
       <c r="K16" s="9">
-        <v>7.6E-3</v>
+        <v>0.21226</v>
       </c>
       <c r="L16" s="9">
-        <v>0</v>
+        <v>-3.5769899999999999</v>
       </c>
       <c r="M16" s="9">
-        <v>0</v>
+        <v>4.17089</v>
       </c>
       <c r="N16" s="9">
-        <v>9.1711100000000005</v>
+        <v>-0.27095999999999998</v>
       </c>
       <c r="O16" s="9">
-        <v>7.3499999999999998E-3</v>
+        <v>6.1447799999999999</v>
       </c>
       <c r="P16" s="9">
-        <v>2.6535900000000003</v>
+        <v>-5.6284999999999998</v>
       </c>
       <c r="Q16" s="9">
-        <v>4.5487099999999998</v>
+        <v>-2.82735</v>
       </c>
       <c r="R16" s="9">
-        <v>-1.4006500000000002</v>
+        <v>-0.1103</v>
       </c>
       <c r="S16" s="9">
-        <v>5.5574700000000004</v>
+        <v>-10.57925</v>
       </c>
       <c r="T16" s="9">
-        <v>4.0866699999999998</v>
+        <v>175.87889000000001</v>
       </c>
       <c r="U16" s="9">
-        <v>2.05376</v>
+        <v>5.0564399999999994</v>
       </c>
       <c r="V16" s="9">
-        <v>-29.665230000000001</v>
+        <v>-163.14914000000002</v>
       </c>
       <c r="W16" s="9">
-        <v>13.85074</v>
+        <v>2.89906</v>
       </c>
       <c r="X16" s="9">
-        <v>7.3011599999999994</v>
+        <v>4.3945100000000004</v>
       </c>
       <c r="Y16" s="9">
-        <v>37.601419999999997</v>
+        <v>-2.3226199999999997</v>
       </c>
       <c r="Z16" s="9">
-        <v>22.442</v>
+        <v>2.5392199999999998</v>
       </c>
       <c r="AA16" s="9">
-        <v>1.2024000000000001</v>
+        <v>4.8283999999999994</v>
       </c>
       <c r="AB16" s="9">
-        <v>5.0000000000000001E-3</v>
+        <v>-4.5934300000000006</v>
       </c>
       <c r="AC16" s="9">
-        <v>4.5220000000000002</v>
+        <v>61.765339999999995</v>
       </c>
       <c r="AD16" s="9">
-        <v>0.12866999999999998</v>
+        <v>29.649180000000001</v>
       </c>
       <c r="AE16" s="9">
-        <v>2.6493099999999998</v>
+        <v>-85.245860000000008</v>
       </c>
       <c r="AF16" s="9">
-        <v>2.4279999999999999E-2</v>
+        <v>15.364120000000002</v>
       </c>
       <c r="AG16" s="9">
-        <v>0.81310000000000004</v>
+        <v>146.93126999999998</v>
       </c>
       <c r="AH16" s="9">
-        <v>52.927150000000005</v>
+        <v>-20.02299</v>
       </c>
       <c r="AI16" s="9">
-        <v>13.231249999999999</v>
+        <v>40.59796</v>
       </c>
       <c r="AJ16" s="10">
-        <v>142.73442</v>
+        <v>209.29093</v>
       </c>
       <c r="AK16" s="5"/>
     </row>
     <row r="17" spans="2:37" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B17" s="23" t="s">
-        <v>79</v>
+        <v>50</v>
       </c>
       <c r="C17" s="9">
-        <v>0</v>
+        <v>-4.5358900000000002</v>
       </c>
       <c r="D17" s="9">
-        <v>0</v>
+        <v>-0.76084000000000007</v>
       </c>
       <c r="E17" s="9">
-        <v>0</v>
+        <v>-0.47244999999999998</v>
       </c>
       <c r="F17" s="9">
-        <v>1.4000000000000001E-4</v>
+        <v>-0.46067000000000002</v>
       </c>
       <c r="G17" s="9">
-        <v>5.8709999999999998E-2</v>
+        <v>-0.85383000000000009</v>
       </c>
       <c r="H17" s="9">
-        <v>4.9100000000000003E-3</v>
+        <v>-3.9010199999999999</v>
       </c>
       <c r="I17" s="9">
-        <v>0</v>
+        <v>2.6000000000000003E-4</v>
       </c>
       <c r="J17" s="9">
         <v>0</v>
       </c>
       <c r="K17" s="9">
-        <v>0</v>
+        <v>7.6E-3</v>
       </c>
       <c r="L17" s="9">
-        <v>-3.5830000000000001E-2</v>
+        <v>0</v>
       </c>
       <c r="M17" s="9">
         <v>0</v>
       </c>
       <c r="N17" s="9">
-        <v>0.10803</v>
+        <v>9.1711100000000005</v>
       </c>
       <c r="O17" s="9">
-        <v>5.9889999999999999E-2</v>
+        <v>7.3499999999999998E-3</v>
       </c>
       <c r="P17" s="9">
-        <v>0</v>
+        <v>2.6535900000000003</v>
       </c>
       <c r="Q17" s="9">
-        <v>0.58484999999999998</v>
+        <v>4.5487099999999998</v>
       </c>
       <c r="R17" s="9">
-        <v>0.72709999999999997</v>
+        <v>-1.4006500000000002</v>
       </c>
       <c r="S17" s="9">
-        <v>-0.64164999999999994</v>
+        <v>5.5574700000000004</v>
       </c>
       <c r="T17" s="9">
-        <v>5.1597299999999997</v>
+        <v>4.0866699999999998</v>
       </c>
       <c r="U17" s="9">
-        <v>-3.4448799999999999</v>
+        <v>2.05376</v>
       </c>
       <c r="V17" s="9">
-        <v>2.1942600000000003</v>
+        <v>-29.665230000000001</v>
       </c>
       <c r="W17" s="9">
-        <v>-0.83980999999999995</v>
+        <v>13.85074</v>
       </c>
       <c r="X17" s="9">
-        <v>-0.27392</v>
+        <v>7.3011599999999994</v>
       </c>
       <c r="Y17" s="9">
-        <v>-1.7497400000000001</v>
+        <v>37.601419999999997</v>
       </c>
       <c r="Z17" s="9">
-        <v>0.74560000000000004</v>
+        <v>22.442</v>
       </c>
       <c r="AA17" s="9">
-        <v>2.4809000000000001</v>
+        <v>1.2024000000000001</v>
       </c>
       <c r="AB17" s="9">
-        <v>-1.4557800000000001</v>
+        <v>5.0000000000000001E-3</v>
       </c>
       <c r="AC17" s="9">
-        <v>0.60232000000000008</v>
+        <v>4.5220000000000002</v>
       </c>
       <c r="AD17" s="9">
-        <v>1.0555699999999999</v>
+        <v>0.12866999999999998</v>
       </c>
       <c r="AE17" s="9">
-        <v>108.36985</v>
+        <v>2.6493099999999998</v>
       </c>
       <c r="AF17" s="9">
-        <v>-5.8837900000000003</v>
+        <v>2.4279999999999999E-2</v>
       </c>
       <c r="AG17" s="9">
-        <v>35.777279999999998</v>
+        <v>1.81427</v>
       </c>
       <c r="AH17" s="9">
-        <v>-2.1309899999999997</v>
+        <v>52.927150000000005</v>
       </c>
       <c r="AI17" s="9">
-        <v>-3.8378299999999999</v>
+        <v>26.371590000000001</v>
       </c>
       <c r="AJ17" s="10">
-        <v>137.63492000000002</v>
+        <v>156.87592999999998</v>
       </c>
       <c r="AK17" s="5"/>
     </row>
     <row r="18" spans="2:37" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B18" s="23" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="C18" s="9">
         <v>0</v>
       </c>
       <c r="D18" s="9">
-        <v>1.102E-2</v>
+        <v>0</v>
       </c>
       <c r="E18" s="9">
-        <v>1.278E-2</v>
+        <v>0.69838</v>
       </c>
       <c r="F18" s="9">
-        <v>0</v>
+        <v>0.15797</v>
       </c>
       <c r="G18" s="9">
-        <v>1.8933</v>
+        <v>-0.81759000000000004</v>
       </c>
       <c r="H18" s="9">
-        <v>2.6687600000000002</v>
+        <v>-0.45982000000000001</v>
       </c>
       <c r="I18" s="9">
-        <v>-0.33359</v>
+        <v>0</v>
       </c>
       <c r="J18" s="9">
-        <v>0.11996999999999999</v>
+        <v>0</v>
       </c>
       <c r="K18" s="9">
-        <v>0.52164999999999995</v>
+        <v>0</v>
       </c>
       <c r="L18" s="9">
-        <v>0.43389</v>
+        <v>1.65276</v>
       </c>
       <c r="M18" s="9">
-        <v>1.2593800000000002</v>
+        <v>0.13972000000000001</v>
       </c>
       <c r="N18" s="9">
-        <v>1.8618299999999999</v>
+        <v>1.8142100000000001</v>
       </c>
       <c r="O18" s="9">
-        <v>1.3605699999999998</v>
+        <v>0.16902</v>
       </c>
       <c r="P18" s="9">
-        <v>1.0741700000000001</v>
+        <v>0.33438000000000001</v>
       </c>
       <c r="Q18" s="9">
-        <v>17.111840000000001</v>
+        <v>6.39445</v>
       </c>
       <c r="R18" s="9">
-        <v>34.41151</v>
+        <v>11.20486</v>
       </c>
       <c r="S18" s="9">
-        <v>12.27197</v>
+        <v>31.383419999999997</v>
       </c>
       <c r="T18" s="9">
-        <v>4.8482599999999998</v>
+        <v>2.57403</v>
       </c>
       <c r="U18" s="9">
-        <v>4.7701199999999995</v>
+        <v>38.17521</v>
       </c>
       <c r="V18" s="9">
-        <v>-3.1697800000000003</v>
+        <v>-1.9093</v>
       </c>
       <c r="W18" s="9">
-        <v>-4.9378500000000001</v>
+        <v>4.4604399999999993</v>
       </c>
       <c r="X18" s="9">
-        <v>7.78118</v>
+        <v>-0.56562999999999997</v>
       </c>
       <c r="Y18" s="9">
-        <v>-1.1543699999999999</v>
+        <v>6.8305800000000003</v>
       </c>
       <c r="Z18" s="9">
-        <v>1.19211</v>
+        <v>0.7444400000000001</v>
       </c>
       <c r="AA18" s="9">
-        <v>13.10877</v>
+        <v>-3.0054499999999997</v>
       </c>
       <c r="AB18" s="9">
-        <v>5.35215</v>
+        <v>0.24127999999999999</v>
       </c>
       <c r="AC18" s="9">
-        <v>4.3128500000000001</v>
+        <v>6.1781999999999995</v>
       </c>
       <c r="AD18" s="9">
-        <v>0.88539000000000001</v>
+        <v>-5.5972100000000005</v>
       </c>
       <c r="AE18" s="9">
-        <v>5.8939700000000004</v>
+        <v>10.60852</v>
       </c>
       <c r="AF18" s="9">
-        <v>1.3141800000000001</v>
+        <v>0.84196000000000004</v>
       </c>
       <c r="AG18" s="9">
-        <v>11.061579999999999</v>
+        <v>2.3794599999999999</v>
       </c>
       <c r="AH18" s="9">
-        <v>9.8490400000000005</v>
+        <v>7.4354199999999997</v>
       </c>
       <c r="AI18" s="9">
-        <v>1.69285</v>
+        <v>18.73189</v>
       </c>
       <c r="AJ18" s="10">
-        <v>137.4795</v>
+        <v>140.79560000000001</v>
       </c>
       <c r="AK18" s="5"/>
     </row>
     <row r="19" spans="2:37" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B19" s="23" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C19" s="9">
         <v>0</v>
       </c>
       <c r="D19" s="9">
-        <v>0</v>
+        <v>1.102E-2</v>
       </c>
       <c r="E19" s="9">
-        <v>0.69838</v>
+        <v>1.278E-2</v>
       </c>
       <c r="F19" s="9">
-        <v>0.15797</v>
+        <v>0</v>
       </c>
       <c r="G19" s="9">
-        <v>-0.81759000000000004</v>
+        <v>1.8933</v>
       </c>
       <c r="H19" s="9">
-        <v>-0.45982000000000001</v>
+        <v>2.6687600000000002</v>
       </c>
       <c r="I19" s="9">
-        <v>0</v>
+        <v>-0.33359</v>
       </c>
       <c r="J19" s="9">
-        <v>0</v>
+        <v>0.11996999999999999</v>
       </c>
       <c r="K19" s="9">
-        <v>0</v>
+        <v>0.52164999999999995</v>
       </c>
       <c r="L19" s="9">
-        <v>1.65276</v>
+        <v>0.43389</v>
       </c>
       <c r="M19" s="9">
-        <v>0.13972000000000001</v>
+        <v>1.2593800000000002</v>
       </c>
       <c r="N19" s="9">
-        <v>1.8142100000000001</v>
+        <v>1.8618299999999999</v>
       </c>
       <c r="O19" s="9">
-        <v>0.16902</v>
+        <v>1.3605699999999998</v>
       </c>
       <c r="P19" s="9">
-        <v>0.33438000000000001</v>
+        <v>1.0741700000000001</v>
       </c>
       <c r="Q19" s="9">
-        <v>6.39445</v>
+        <v>17.111840000000001</v>
       </c>
       <c r="R19" s="9">
-        <v>11.20486</v>
+        <v>34.41151</v>
       </c>
       <c r="S19" s="9">
-        <v>31.383419999999997</v>
+        <v>12.27197</v>
       </c>
       <c r="T19" s="9">
-        <v>2.57403</v>
+        <v>4.8482599999999998</v>
       </c>
       <c r="U19" s="9">
-        <v>38.17521</v>
+        <v>4.7701199999999995</v>
       </c>
       <c r="V19" s="9">
-        <v>-1.9093</v>
+        <v>-3.1697800000000003</v>
       </c>
       <c r="W19" s="9">
-        <v>4.4604399999999993</v>
+        <v>-4.9378500000000001</v>
       </c>
       <c r="X19" s="9">
-        <v>-0.56562999999999997</v>
+        <v>7.78118</v>
       </c>
       <c r="Y19" s="9">
-        <v>6.8305800000000003</v>
+        <v>-1.1543699999999999</v>
       </c>
       <c r="Z19" s="9">
-        <v>0.7444400000000001</v>
+        <v>1.19211</v>
       </c>
       <c r="AA19" s="9">
-        <v>-3.0054499999999997</v>
+        <v>13.10877</v>
       </c>
       <c r="AB19" s="9">
-        <v>0.24127999999999999</v>
+        <v>5.35215</v>
       </c>
       <c r="AC19" s="9">
-        <v>6.1781999999999995</v>
+        <v>4.3128500000000001</v>
       </c>
       <c r="AD19" s="9">
-        <v>-5.5972100000000005</v>
+        <v>0.88539000000000001</v>
       </c>
       <c r="AE19" s="9">
-        <v>10.60852</v>
+        <v>6.6833299999999998</v>
       </c>
       <c r="AF19" s="9">
-        <v>0.84196000000000004</v>
+        <v>1.3141800000000001</v>
       </c>
       <c r="AG19" s="9">
-        <v>2.3794599999999999</v>
+        <v>11.279579999999999</v>
       </c>
       <c r="AH19" s="9">
-        <v>7.3814200000000003</v>
+        <v>9.8170400000000004</v>
       </c>
       <c r="AI19" s="9">
-        <v>9.9640000000000004</v>
+        <v>2.7290700000000001</v>
       </c>
       <c r="AJ19" s="10">
-        <v>131.97370999999998</v>
+        <v>139.49107999999998</v>
       </c>
       <c r="AK19" s="5"/>
     </row>
     <row r="20" spans="2:37" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B20" s="23" t="s">
-        <v>64</v>
+        <v>79</v>
       </c>
       <c r="C20" s="9">
         <v>0</v>
       </c>
       <c r="D20" s="9">
         <v>0</v>
       </c>
       <c r="E20" s="9">
         <v>0</v>
       </c>
       <c r="F20" s="9">
-        <v>0</v>
+        <v>1.4000000000000001E-4</v>
       </c>
       <c r="G20" s="9">
-        <v>0</v>
+        <v>5.8709999999999998E-2</v>
       </c>
       <c r="H20" s="9">
-        <v>0</v>
+        <v>4.9100000000000003E-3</v>
       </c>
       <c r="I20" s="9">
         <v>0</v>
       </c>
       <c r="J20" s="9">
         <v>0</v>
       </c>
       <c r="K20" s="9">
-        <v>0.15156999999999998</v>
+        <v>0</v>
       </c>
       <c r="L20" s="9">
-        <v>0.91459999999999997</v>
+        <v>-3.5830000000000001E-2</v>
       </c>
       <c r="M20" s="9">
-        <v>0.53349999999999997</v>
+        <v>0</v>
       </c>
       <c r="N20" s="9">
-        <v>4.2040000000000001E-2</v>
+        <v>0.10803</v>
       </c>
       <c r="O20" s="9">
-        <v>-8.5129999999999997E-2</v>
+        <v>5.9889999999999999E-2</v>
       </c>
       <c r="P20" s="9">
-        <v>0.18074000000000001</v>
+        <v>0</v>
       </c>
       <c r="Q20" s="9">
-        <v>0.23786000000000002</v>
+        <v>0.58484999999999998</v>
       </c>
       <c r="R20" s="9">
-        <v>2.0121600000000002</v>
+        <v>0.72709999999999997</v>
       </c>
       <c r="S20" s="9">
-        <v>-1.3037300000000001</v>
+        <v>-0.64164999999999994</v>
       </c>
       <c r="T20" s="9">
-        <v>-0.94438999999999995</v>
+        <v>5.1597299999999997</v>
       </c>
       <c r="U20" s="9">
-        <v>-1.22428</v>
+        <v>-3.4448799999999999</v>
       </c>
       <c r="V20" s="9">
-        <v>1.6798599999999999</v>
+        <v>2.1942600000000003</v>
       </c>
       <c r="W20" s="9">
-        <v>3.5363899999999999</v>
+        <v>-0.624</v>
       </c>
       <c r="X20" s="9">
-        <v>-0.43169000000000002</v>
+        <v>-0.27392</v>
       </c>
       <c r="Y20" s="9">
-        <v>-0.29408999999999996</v>
+        <v>-1.7497400000000001</v>
       </c>
       <c r="Z20" s="9">
-        <v>-0.37083999999999995</v>
+        <v>0.74560000000000004</v>
       </c>
       <c r="AA20" s="9">
-        <v>6.6782200000000005</v>
+        <v>2.4809000000000001</v>
       </c>
       <c r="AB20" s="9">
-        <v>20.838270000000001</v>
+        <v>-1.4557800000000001</v>
       </c>
       <c r="AC20" s="9">
-        <v>33.189349999999997</v>
+        <v>0.60232000000000008</v>
       </c>
       <c r="AD20" s="9">
-        <v>0.70791999999999999</v>
+        <v>1.0555699999999999</v>
       </c>
       <c r="AE20" s="9">
-        <v>2.8354699999999999</v>
+        <v>108.36985</v>
       </c>
       <c r="AF20" s="9">
-        <v>16.274339999999999</v>
+        <v>-5.8837900000000003</v>
       </c>
       <c r="AG20" s="9">
-        <v>33.186889999999998</v>
+        <v>35.777279999999998</v>
       </c>
       <c r="AH20" s="9">
-        <v>5.5716999999999999</v>
+        <v>-2.1309899999999997</v>
       </c>
       <c r="AI20" s="9">
-        <v>-2.3447900000000002</v>
+        <v>-8.0376200000000004</v>
       </c>
       <c r="AJ20" s="10">
-        <v>121.57194</v>
+        <v>133.65093999999999</v>
       </c>
       <c r="AK20" s="5"/>
     </row>
     <row r="21" spans="2:37" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B21" s="23" t="s">
-        <v>49</v>
+        <v>32</v>
       </c>
       <c r="C21" s="9">
-        <v>0.92325000000000002</v>
+        <v>0</v>
       </c>
       <c r="D21" s="9">
-        <v>1.6E-2</v>
+        <v>0</v>
       </c>
       <c r="E21" s="9">
-        <v>3.5800000000000003E-3</v>
+        <v>0</v>
       </c>
       <c r="F21" s="9">
-        <v>0.56469000000000003</v>
+        <v>7.9086099999999995</v>
       </c>
       <c r="G21" s="9">
-        <v>3.8469799999999998</v>
+        <v>0</v>
       </c>
       <c r="H21" s="9">
-        <v>2.5227199999999996</v>
+        <v>0</v>
       </c>
       <c r="I21" s="9">
-        <v>-0.86358000000000001</v>
+        <v>0</v>
       </c>
       <c r="J21" s="9">
-        <v>0.17236000000000001</v>
+        <v>0</v>
       </c>
       <c r="K21" s="9">
-        <v>0.21226</v>
+        <v>0</v>
       </c>
       <c r="L21" s="9">
-        <v>-3.5769899999999999</v>
+        <v>11.229520000000001</v>
       </c>
       <c r="M21" s="9">
-        <v>4.17089</v>
+        <v>2.0930000000000001E-2</v>
       </c>
       <c r="N21" s="9">
-        <v>-0.27095999999999998</v>
+        <v>7.8280000000000002E-2</v>
       </c>
       <c r="O21" s="9">
-        <v>6.1447799999999999</v>
+        <v>14.805459999999998</v>
       </c>
       <c r="P21" s="9">
-        <v>-5.6284999999999998</v>
+        <v>-0.82640999999999998</v>
       </c>
       <c r="Q21" s="9">
-        <v>-2.82735</v>
+        <v>10.718399999999999</v>
       </c>
       <c r="R21" s="9">
-        <v>-0.1103</v>
+        <v>2.08589</v>
       </c>
       <c r="S21" s="9">
-        <v>-10.57925</v>
+        <v>23.696099999999998</v>
       </c>
       <c r="T21" s="9">
-        <v>175.87889000000001</v>
+        <v>10.40926</v>
       </c>
       <c r="U21" s="9">
-        <v>5.0564399999999994</v>
+        <v>9.5361200000000004</v>
       </c>
       <c r="V21" s="9">
-        <v>-163.14914000000002</v>
+        <v>-7.5620600000000007</v>
       </c>
       <c r="W21" s="9">
-        <v>2.89906</v>
+        <v>-11.357620000000001</v>
       </c>
       <c r="X21" s="9">
-        <v>4.3945100000000004</v>
+        <v>-115.10939</v>
       </c>
       <c r="Y21" s="9">
-        <v>-2.4245199999999998</v>
+        <v>-90.691299999999998</v>
       </c>
       <c r="Z21" s="9">
-        <v>2.5392199999999998</v>
+        <v>-7.8898400000000004</v>
       </c>
       <c r="AA21" s="9">
-        <v>4.8283999999999994</v>
+        <v>34.78687</v>
       </c>
       <c r="AB21" s="9">
-        <v>-5.26546</v>
+        <v>13.19459</v>
       </c>
       <c r="AC21" s="9">
-        <v>61.765339999999995</v>
+        <v>75.019139999999993</v>
       </c>
       <c r="AD21" s="9">
-        <v>29.649180000000001</v>
+        <v>-48.22063</v>
       </c>
       <c r="AE21" s="9">
-        <v>-85.245860000000008</v>
+        <v>107.0442</v>
       </c>
       <c r="AF21" s="9">
-        <v>16.11581</v>
+        <v>-89.34984</v>
       </c>
       <c r="AG21" s="9">
-        <v>146.62926999999999</v>
+        <v>96.475889999999993</v>
       </c>
       <c r="AH21" s="9">
-        <v>-55.35924</v>
+        <v>63.43094</v>
       </c>
       <c r="AI21" s="9">
-        <v>-12.97082</v>
+        <v>19.021000000000001</v>
       </c>
       <c r="AJ21" s="10">
-        <v>120.06166</v>
+        <v>128.45411000000001</v>
       </c>
       <c r="AK21" s="5"/>
     </row>
     <row r="22" spans="2:37" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B22" s="23" t="s">
-        <v>32</v>
+        <v>64</v>
       </c>
       <c r="C22" s="9">
         <v>0</v>
       </c>
       <c r="D22" s="9">
         <v>0</v>
       </c>
       <c r="E22" s="9">
         <v>0</v>
       </c>
       <c r="F22" s="9">
-        <v>7.9086099999999995</v>
+        <v>0</v>
       </c>
       <c r="G22" s="9">
         <v>0</v>
       </c>
       <c r="H22" s="9">
         <v>0</v>
       </c>
       <c r="I22" s="9">
         <v>0</v>
       </c>
       <c r="J22" s="9">
         <v>0</v>
       </c>
       <c r="K22" s="9">
-        <v>0</v>
+        <v>0.15156999999999998</v>
       </c>
       <c r="L22" s="9">
-        <v>11.229520000000001</v>
+        <v>0.91459999999999997</v>
       </c>
       <c r="M22" s="9">
-        <v>2.0930000000000001E-2</v>
+        <v>0.53349999999999997</v>
       </c>
       <c r="N22" s="9">
-        <v>7.8280000000000002E-2</v>
+        <v>4.2040000000000001E-2</v>
       </c>
       <c r="O22" s="9">
-        <v>14.805459999999998</v>
+        <v>-8.5129999999999997E-2</v>
       </c>
       <c r="P22" s="9">
-        <v>-0.82640999999999998</v>
+        <v>0.18074000000000001</v>
       </c>
       <c r="Q22" s="9">
-        <v>10.718399999999999</v>
+        <v>0.23786000000000002</v>
       </c>
       <c r="R22" s="9">
-        <v>2.08589</v>
+        <v>2.0121600000000002</v>
       </c>
       <c r="S22" s="9">
-        <v>23.696099999999998</v>
+        <v>-1.3037300000000001</v>
       </c>
       <c r="T22" s="9">
-        <v>10.40926</v>
+        <v>-0.94438999999999995</v>
       </c>
       <c r="U22" s="9">
-        <v>9.5361200000000004</v>
+        <v>-1.22428</v>
       </c>
       <c r="V22" s="9">
-        <v>-7.5620600000000007</v>
+        <v>1.6798599999999999</v>
       </c>
       <c r="W22" s="9">
-        <v>-11.357620000000001</v>
+        <v>3.5363899999999999</v>
       </c>
       <c r="X22" s="9">
-        <v>-115.10939</v>
+        <v>-0.43169000000000002</v>
       </c>
       <c r="Y22" s="9">
-        <v>-90.691299999999998</v>
+        <v>-0.29408999999999996</v>
       </c>
       <c r="Z22" s="9">
-        <v>-7.8898400000000004</v>
+        <v>-0.37083999999999995</v>
       </c>
       <c r="AA22" s="9">
-        <v>34.78687</v>
+        <v>6.6782200000000005</v>
       </c>
       <c r="AB22" s="9">
-        <v>13.19459</v>
+        <v>20.838270000000001</v>
       </c>
       <c r="AC22" s="9">
-        <v>75.019139999999993</v>
+        <v>33.150800000000004</v>
       </c>
       <c r="AD22" s="9">
-        <v>-48.22063</v>
+        <v>0.70791999999999999</v>
       </c>
       <c r="AE22" s="9">
-        <v>107.0442</v>
+        <v>2.9651999999999998</v>
       </c>
       <c r="AF22" s="9">
-        <v>-89.34984</v>
+        <v>16.274339999999999</v>
       </c>
       <c r="AG22" s="9">
-        <v>94.695999999999998</v>
+        <v>33.186889999999998</v>
       </c>
       <c r="AH22" s="9">
-        <v>42.348939999999999</v>
+        <v>5.4157000000000002</v>
       </c>
       <c r="AI22" s="9">
-        <v>0.251</v>
+        <v>-3.6446100000000001</v>
       </c>
       <c r="AJ22" s="10">
-        <v>86.822220000000002</v>
+        <v>120.2073</v>
       </c>
       <c r="AK22" s="5"/>
     </row>
     <row r="23" spans="2:37" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B23" s="23" t="s">
-        <v>58</v>
+        <v>47</v>
       </c>
       <c r="C23" s="9">
         <v>0</v>
       </c>
       <c r="D23" s="9">
         <v>0</v>
       </c>
       <c r="E23" s="9">
         <v>0</v>
       </c>
       <c r="F23" s="9">
         <v>0</v>
       </c>
       <c r="G23" s="9">
-        <v>9.2450000000000004E-2</v>
+        <v>-1.06E-2</v>
       </c>
       <c r="H23" s="9">
-        <v>1.0133300000000001</v>
+        <v>-2.7E-4</v>
       </c>
       <c r="I23" s="9">
         <v>0</v>
       </c>
       <c r="J23" s="9">
         <v>0</v>
       </c>
       <c r="K23" s="9">
         <v>0</v>
       </c>
       <c r="L23" s="9">
         <v>0</v>
       </c>
       <c r="M23" s="9">
-        <v>0</v>
+        <v>1.6000000000000001E-3</v>
       </c>
       <c r="N23" s="9">
-        <v>1</v>
+        <v>0.31089999999999995</v>
       </c>
       <c r="O23" s="9">
-        <v>-2.0000000000000001E-4</v>
+        <v>1.0862799999999999</v>
       </c>
       <c r="P23" s="9">
-        <v>-7.5799999999999999E-3</v>
+        <v>0.22766999999999998</v>
       </c>
       <c r="Q23" s="9">
-        <v>-0.71204999999999996</v>
+        <v>1.67588</v>
       </c>
       <c r="R23" s="9">
-        <v>1.9941500000000001</v>
+        <v>5.3240000000000003E-2</v>
       </c>
       <c r="S23" s="9">
-        <v>0.45079000000000002</v>
+        <v>0.33416000000000001</v>
       </c>
       <c r="T23" s="9">
-        <v>6.8090200000000003</v>
+        <v>5.1189999999999999E-2</v>
       </c>
       <c r="U23" s="9">
-        <v>-6.3021400000000005</v>
+        <v>0.26062000000000002</v>
       </c>
       <c r="V23" s="9">
-        <v>2.9052500000000001</v>
+        <v>45.249600000000001</v>
       </c>
       <c r="W23" s="9">
-        <v>5.8297600000000003</v>
+        <v>-40.437269999999998</v>
       </c>
       <c r="X23" s="9">
-        <v>9.067870000000001</v>
+        <v>1.9784999999999999</v>
       </c>
       <c r="Y23" s="9">
-        <v>6.6862599999999999</v>
+        <v>1.32128</v>
       </c>
       <c r="Z23" s="9">
-        <v>7.6373199999999999</v>
+        <v>-1.6638199999999999</v>
       </c>
       <c r="AA23" s="9">
-        <v>6.8440200000000004</v>
+        <v>-2.1480600000000001</v>
       </c>
       <c r="AB23" s="9">
-        <v>4.6597799999999996</v>
+        <v>1.7366400000000002</v>
       </c>
       <c r="AC23" s="9">
-        <v>-12.8536</v>
+        <v>20.661450000000002</v>
       </c>
       <c r="AD23" s="9">
-        <v>2.6709200000000002</v>
+        <v>1.5244800000000001</v>
       </c>
       <c r="AE23" s="9">
-        <v>-3.2777500000000002</v>
+        <v>2.5471900000000001</v>
       </c>
       <c r="AF23" s="9">
-        <v>-4.7136100000000001</v>
+        <v>-10.09305</v>
       </c>
       <c r="AG23" s="9">
-        <v>19.666880000000003</v>
+        <v>12.3811</v>
       </c>
       <c r="AH23" s="9">
-        <v>2.8058200000000002</v>
+        <v>6.7915000000000001</v>
       </c>
       <c r="AI23" s="9">
-        <v>4.1791299999999998</v>
+        <v>43.996389999999998</v>
       </c>
       <c r="AJ23" s="10">
-        <v>56.445819999999998</v>
+        <v>87.836600000000004</v>
       </c>
       <c r="AK23" s="5"/>
     </row>
     <row r="24" spans="2:37" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B24" s="23" t="s">
-        <v>47</v>
+        <v>58</v>
       </c>
       <c r="C24" s="9">
         <v>0</v>
       </c>
       <c r="D24" s="9">
         <v>0</v>
       </c>
       <c r="E24" s="9">
         <v>0</v>
       </c>
       <c r="F24" s="9">
         <v>0</v>
       </c>
       <c r="G24" s="9">
-        <v>-1.06E-2</v>
+        <v>9.2450000000000004E-2</v>
       </c>
       <c r="H24" s="9">
-        <v>-2.7E-4</v>
+        <v>1.0133300000000001</v>
       </c>
       <c r="I24" s="9">
         <v>0</v>
       </c>
       <c r="J24" s="9">
         <v>0</v>
       </c>
       <c r="K24" s="9">
         <v>0</v>
       </c>
       <c r="L24" s="9">
         <v>0</v>
       </c>
       <c r="M24" s="9">
-        <v>1.6000000000000001E-3</v>
+        <v>0</v>
       </c>
       <c r="N24" s="9">
-        <v>0.31089999999999995</v>
+        <v>1</v>
       </c>
       <c r="O24" s="9">
-        <v>1.0862799999999999</v>
+        <v>-2.0000000000000001E-4</v>
       </c>
       <c r="P24" s="9">
-        <v>0.22766999999999998</v>
+        <v>-7.5799999999999999E-3</v>
       </c>
       <c r="Q24" s="9">
-        <v>1.67588</v>
+        <v>-0.71204999999999996</v>
       </c>
       <c r="R24" s="9">
-        <v>5.3240000000000003E-2</v>
+        <v>1.9941500000000001</v>
       </c>
       <c r="S24" s="9">
-        <v>0.33416000000000001</v>
+        <v>0.45079000000000002</v>
       </c>
       <c r="T24" s="9">
-        <v>5.1189999999999999E-2</v>
+        <v>6.8090200000000003</v>
       </c>
       <c r="U24" s="9">
-        <v>0.26062000000000002</v>
+        <v>-6.3021400000000005</v>
       </c>
       <c r="V24" s="9">
-        <v>45.249600000000001</v>
+        <v>2.9052500000000001</v>
       </c>
       <c r="W24" s="9">
-        <v>-40.437269999999998</v>
+        <v>5.8297600000000003</v>
       </c>
       <c r="X24" s="9">
-        <v>1.9784999999999999</v>
+        <v>9.067870000000001</v>
       </c>
       <c r="Y24" s="9">
-        <v>1.32128</v>
+        <v>6.6862599999999999</v>
       </c>
       <c r="Z24" s="9">
-        <v>-1.6638199999999999</v>
+        <v>7.6373199999999999</v>
       </c>
       <c r="AA24" s="9">
-        <v>-2.1480600000000001</v>
+        <v>6.8440200000000004</v>
       </c>
       <c r="AB24" s="9">
-        <v>1.7366400000000002</v>
+        <v>4.6597799999999996</v>
       </c>
       <c r="AC24" s="9">
-        <v>20.661450000000002</v>
+        <v>-12.8536</v>
       </c>
       <c r="AD24" s="9">
-        <v>1.5244800000000001</v>
+        <v>2.6709200000000002</v>
       </c>
       <c r="AE24" s="9">
-        <v>2.5471900000000001</v>
+        <v>-3.2777500000000002</v>
       </c>
       <c r="AF24" s="9">
-        <v>-10.09305</v>
+        <v>-4.7136100000000001</v>
       </c>
       <c r="AG24" s="9">
-        <v>12.3811</v>
+        <v>19.666880000000003</v>
       </c>
       <c r="AH24" s="9">
-        <v>6.5294999999999996</v>
+        <v>2.9398200000000001</v>
       </c>
       <c r="AI24" s="9">
-        <v>12.512259999999999</v>
+        <v>6.1649200000000004</v>
       </c>
       <c r="AJ24" s="10">
-        <v>56.090470000000003</v>
+        <v>58.56561</v>
       </c>
       <c r="AK24" s="5"/>
     </row>
     <row r="25" spans="2:37" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B25" s="23" t="s">
-        <v>81</v>
+        <v>34</v>
       </c>
       <c r="C25" s="9">
         <v>0</v>
       </c>
       <c r="D25" s="9">
         <v>0</v>
       </c>
       <c r="E25" s="9">
         <v>0</v>
       </c>
       <c r="F25" s="9">
         <v>0</v>
       </c>
       <c r="G25" s="9">
-        <v>0</v>
+        <v>3.2049000000000003</v>
       </c>
       <c r="H25" s="9">
-        <v>0</v>
+        <v>1.99674</v>
       </c>
       <c r="I25" s="9">
         <v>0</v>
       </c>
       <c r="J25" s="9">
-        <v>3.8000000000000002E-4</v>
+        <v>0</v>
       </c>
       <c r="K25" s="9">
-        <v>0</v>
+        <v>0.11409999999999999</v>
       </c>
       <c r="L25" s="9">
-        <v>0</v>
+        <v>3.8579599999999998</v>
       </c>
       <c r="M25" s="9">
-        <v>-3.8000000000000002E-4</v>
+        <v>0.33539999999999998</v>
       </c>
       <c r="N25" s="9">
-        <v>0</v>
+        <v>-0.49945999999999996</v>
       </c>
       <c r="O25" s="9">
-        <v>0</v>
+        <v>0.51625999999999994</v>
       </c>
       <c r="P25" s="9">
-        <v>0</v>
+        <v>0.46949999999999997</v>
       </c>
       <c r="Q25" s="9">
-        <v>0.34972000000000003</v>
+        <v>2.0320399999999998</v>
       </c>
       <c r="R25" s="9">
-        <v>1.5369300000000001</v>
+        <v>3.7901400000000001</v>
       </c>
       <c r="S25" s="9">
-        <v>4.5380799999999999</v>
+        <v>4.9176899999999995</v>
       </c>
       <c r="T25" s="9">
-        <v>-8.6282000000000014</v>
+        <v>0.92952000000000001</v>
       </c>
       <c r="U25" s="9">
-        <v>-0.41002</v>
+        <v>-1.2731700000000001</v>
       </c>
       <c r="V25" s="9">
-        <v>0.13353999999999999</v>
+        <v>6.4314399999999994</v>
       </c>
       <c r="W25" s="9">
-        <v>-0.20786000000000002</v>
+        <v>-7.2836300000000005</v>
       </c>
       <c r="X25" s="9">
-        <v>0.58399999999999996</v>
+        <v>-1.4224400000000001</v>
       </c>
       <c r="Y25" s="9">
-        <v>2.5517300000000001</v>
+        <v>-0.62315999999999994</v>
       </c>
       <c r="Z25" s="9">
-        <v>-0.18663999999999997</v>
+        <v>-0.57319000000000009</v>
       </c>
       <c r="AA25" s="9">
-        <v>-6.2E-2</v>
+        <v>1.601E-2</v>
       </c>
       <c r="AB25" s="9">
-        <v>0.20599999999999999</v>
+        <v>5.04739</v>
       </c>
       <c r="AC25" s="9">
-        <v>3.5181499999999999</v>
+        <v>-7.9329999999999998E-2</v>
       </c>
       <c r="AD25" s="9">
-        <v>34.893689999999999</v>
+        <v>51.949959999999997</v>
       </c>
       <c r="AE25" s="9">
-        <v>2.4159999999999999</v>
+        <v>-0.25953999999999999</v>
       </c>
       <c r="AF25" s="9">
-        <v>3.3380000000000001</v>
+        <v>12.291889999999999</v>
       </c>
       <c r="AG25" s="9">
-        <v>3.7120000000000002</v>
+        <v>-39.966290000000001</v>
       </c>
       <c r="AH25" s="9">
-        <v>1.7544500000000001</v>
+        <v>4.2708900000000005</v>
       </c>
       <c r="AI25" s="9">
-        <v>1.399</v>
+        <v>6.1686300000000003</v>
       </c>
       <c r="AJ25" s="10">
-        <v>51.436570000000003</v>
+        <v>56.360250000000001</v>
       </c>
       <c r="AK25" s="5"/>
     </row>
     <row r="26" spans="2:37" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B26" s="23" t="s">
-        <v>39</v>
+        <v>81</v>
       </c>
       <c r="C26" s="9">
         <v>0</v>
       </c>
       <c r="D26" s="9">
         <v>0</v>
       </c>
       <c r="E26" s="9">
         <v>0</v>
       </c>
       <c r="F26" s="9">
-        <v>3.12975</v>
+        <v>0</v>
       </c>
       <c r="G26" s="9">
-        <v>0.87487000000000004</v>
+        <v>0</v>
       </c>
       <c r="H26" s="9">
         <v>0</v>
       </c>
       <c r="I26" s="9">
         <v>0</v>
       </c>
       <c r="J26" s="9">
-        <v>0</v>
+        <v>3.8000000000000002E-4</v>
       </c>
       <c r="K26" s="9">
-        <v>5.3612099999999998</v>
+        <v>0</v>
       </c>
       <c r="L26" s="9">
         <v>0</v>
       </c>
       <c r="M26" s="9">
-        <v>0.49673</v>
+        <v>-3.8000000000000002E-4</v>
       </c>
       <c r="N26" s="9">
-        <v>0.18444999999999998</v>
+        <v>0</v>
       </c>
       <c r="O26" s="9">
-        <v>12.122819999999999</v>
+        <v>0</v>
       </c>
       <c r="P26" s="9">
-        <v>7.7566499999999996</v>
+        <v>0</v>
       </c>
       <c r="Q26" s="9">
-        <v>1.37351</v>
+        <v>0.34972000000000003</v>
       </c>
       <c r="R26" s="9">
-        <v>-0.94142999999999999</v>
+        <v>1.5369300000000001</v>
       </c>
       <c r="S26" s="9">
-        <v>0.36660999999999999</v>
+        <v>4.5380799999999999</v>
       </c>
       <c r="T26" s="9">
-        <v>-0.66036000000000006</v>
+        <v>-8.6282000000000014</v>
       </c>
       <c r="U26" s="9">
-        <v>0.46376999999999996</v>
+        <v>-0.41002</v>
       </c>
       <c r="V26" s="9">
-        <v>-0.26371</v>
+        <v>0.13353999999999999</v>
       </c>
       <c r="W26" s="9">
-        <v>-1.34809</v>
+        <v>-0.20786000000000002</v>
       </c>
       <c r="X26" s="9">
-        <v>-0.54400000000000004</v>
+        <v>0.58399999999999996</v>
       </c>
       <c r="Y26" s="9">
-        <v>0.2525</v>
+        <v>2.5517300000000001</v>
       </c>
       <c r="Z26" s="9">
-        <v>-3.7281500000000003</v>
+        <v>-0.18663999999999997</v>
       </c>
       <c r="AA26" s="9">
-        <v>-0.317</v>
+        <v>-6.2E-2</v>
       </c>
       <c r="AB26" s="9">
-        <v>-0.39873999999999998</v>
+        <v>0.20599999999999999</v>
       </c>
       <c r="AC26" s="9">
-        <v>-0.248</v>
+        <v>3.5181499999999999</v>
       </c>
       <c r="AD26" s="9">
-        <v>0.01</v>
+        <v>34.893689999999999</v>
       </c>
       <c r="AE26" s="9">
-        <v>-0.13800000000000001</v>
+        <v>2.4159999999999999</v>
       </c>
       <c r="AF26" s="9">
-        <v>-7.0999999999999994E-2</v>
+        <v>3.3380000000000001</v>
       </c>
       <c r="AG26" s="9">
-        <v>-0.01</v>
+        <v>3.7120000000000002</v>
       </c>
       <c r="AH26" s="9">
-        <v>0</v>
+        <v>1.7544500000000001</v>
       </c>
       <c r="AI26" s="9">
-        <v>26.812419999999999</v>
+        <v>3.36</v>
       </c>
       <c r="AJ26" s="10">
-        <v>50.536809999999996</v>
+        <v>53.397570000000002</v>
       </c>
       <c r="AK26" s="5"/>
     </row>
     <row r="27" spans="2:37" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B27" s="23" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="C27" s="9">
         <v>0</v>
       </c>
       <c r="D27" s="9">
         <v>0</v>
       </c>
       <c r="E27" s="9">
         <v>0</v>
       </c>
       <c r="F27" s="9">
-        <v>0</v>
+        <v>3.12975</v>
       </c>
       <c r="G27" s="9">
-        <v>3.2049000000000003</v>
+        <v>0.87487000000000004</v>
       </c>
       <c r="H27" s="9">
-        <v>1.99674</v>
+        <v>0</v>
       </c>
       <c r="I27" s="9">
         <v>0</v>
       </c>
       <c r="J27" s="9">
         <v>0</v>
       </c>
       <c r="K27" s="9">
-        <v>0.11409999999999999</v>
+        <v>5.3612099999999998</v>
       </c>
       <c r="L27" s="9">
-        <v>3.8579599999999998</v>
+        <v>0</v>
       </c>
       <c r="M27" s="9">
-        <v>0.33539999999999998</v>
+        <v>0.49673</v>
       </c>
       <c r="N27" s="9">
-        <v>-0.49945999999999996</v>
+        <v>0.18444999999999998</v>
       </c>
       <c r="O27" s="9">
-        <v>0.51625999999999994</v>
+        <v>12.122819999999999</v>
       </c>
       <c r="P27" s="9">
-        <v>0.46949999999999997</v>
+        <v>7.7566499999999996</v>
       </c>
       <c r="Q27" s="9">
-        <v>2.0320399999999998</v>
+        <v>1.37351</v>
       </c>
       <c r="R27" s="9">
-        <v>3.7901400000000001</v>
+        <v>-0.94142999999999999</v>
       </c>
       <c r="S27" s="9">
-        <v>4.9176899999999995</v>
+        <v>0.36660999999999999</v>
       </c>
       <c r="T27" s="9">
-        <v>0.92952000000000001</v>
+        <v>-0.66036000000000006</v>
       </c>
       <c r="U27" s="9">
-        <v>-1.2731700000000001</v>
+        <v>0.46376999999999996</v>
       </c>
       <c r="V27" s="9">
-        <v>6.4314399999999994</v>
+        <v>-0.26371</v>
       </c>
       <c r="W27" s="9">
-        <v>-7.4126700000000003</v>
+        <v>-1.34809</v>
       </c>
       <c r="X27" s="9">
-        <v>-1.4224400000000001</v>
+        <v>-0.54400000000000004</v>
       </c>
       <c r="Y27" s="9">
-        <v>-0.62315999999999994</v>
+        <v>0.2525</v>
       </c>
       <c r="Z27" s="9">
-        <v>-0.57319000000000009</v>
+        <v>-3.7281500000000003</v>
       </c>
       <c r="AA27" s="9">
-        <v>1.601E-2</v>
+        <v>-0.317</v>
       </c>
       <c r="AB27" s="9">
-        <v>5.04739</v>
+        <v>-0.39873999999999998</v>
       </c>
       <c r="AC27" s="9">
-        <v>-7.9329999999999998E-2</v>
+        <v>-0.248</v>
       </c>
       <c r="AD27" s="9">
-        <v>51.949959999999997</v>
+        <v>0.01</v>
       </c>
       <c r="AE27" s="9">
-        <v>-0.25953999999999999</v>
+        <v>-0.13800000000000001</v>
       </c>
       <c r="AF27" s="9">
-        <v>12.291889999999999</v>
+        <v>-7.0999999999999994E-2</v>
       </c>
       <c r="AG27" s="9">
-        <v>-42.953389999999999</v>
+        <v>-0.01</v>
       </c>
       <c r="AH27" s="9">
-        <v>4.2708900000000005</v>
+        <v>1.2999999999999999E-2</v>
       </c>
       <c r="AI27" s="9">
-        <v>0.432</v>
+        <v>27.128220000000002</v>
       </c>
       <c r="AJ27" s="10">
-        <v>47.507480000000001</v>
+        <v>50.865610000000004</v>
       </c>
       <c r="AK27" s="5"/>
     </row>
     <row r="28" spans="2:37" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B28" s="23" t="s">
-        <v>56</v>
+        <v>43</v>
       </c>
       <c r="C28" s="9">
-        <v>1.5990000000000001E-2</v>
+        <v>0</v>
       </c>
       <c r="D28" s="9">
         <v>0</v>
       </c>
       <c r="E28" s="9">
-        <v>0.25650000000000001</v>
+        <v>0</v>
       </c>
       <c r="F28" s="9">
-        <v>0.15491999999999997</v>
+        <v>0</v>
       </c>
       <c r="G28" s="9">
-        <v>3.1946300000000001</v>
+        <v>0.18581999999999999</v>
       </c>
       <c r="H28" s="9">
-        <v>1.1086800000000001</v>
+        <v>2.2599999999999999E-3</v>
       </c>
       <c r="I28" s="9">
-        <v>8.2339999999999997E-2</v>
+        <v>3.2200000000000002E-3</v>
       </c>
       <c r="J28" s="9">
-        <v>1.3644700000000001</v>
+        <v>4.657E-2</v>
       </c>
       <c r="K28" s="9">
-        <v>1.4172899999999999</v>
+        <v>2.0000000000000001E-4</v>
       </c>
       <c r="L28" s="9">
-        <v>-1.0012999999999999</v>
+        <v>9.364510000000001</v>
       </c>
       <c r="M28" s="9">
-        <v>-0.36454999999999999</v>
+        <v>2.11233</v>
       </c>
       <c r="N28" s="9">
-        <v>13.884589999999999</v>
+        <v>4.40367</v>
       </c>
       <c r="O28" s="9">
-        <v>1.1985599999999998</v>
+        <v>0.63446000000000002</v>
       </c>
       <c r="P28" s="9">
-        <v>11.432790000000001</v>
+        <v>-0.13427</v>
       </c>
       <c r="Q28" s="9">
-        <v>323.27118000000002</v>
+        <v>0.59604999999999997</v>
       </c>
       <c r="R28" s="9">
-        <v>-242.85310000000001</v>
+        <v>-0.32512000000000002</v>
       </c>
       <c r="S28" s="9">
-        <v>-44.010739999999998</v>
+        <v>0.48557</v>
       </c>
       <c r="T28" s="9">
-        <v>125.24214000000001</v>
+        <v>0.27460000000000001</v>
       </c>
       <c r="U28" s="9">
-        <v>17.3659</v>
+        <v>2.8829999999999998E-2</v>
       </c>
       <c r="V28" s="9">
-        <v>-3.23698</v>
+        <v>-1.28773</v>
       </c>
       <c r="W28" s="9">
-        <v>6.5901399999999999</v>
+        <v>-1.24996</v>
       </c>
       <c r="X28" s="9">
-        <v>7.1608400000000003</v>
+        <v>-3.9631699999999999</v>
       </c>
       <c r="Y28" s="9">
-        <v>-179.13459</v>
+        <v>-0.91504999999999992</v>
       </c>
       <c r="Z28" s="9">
-        <v>1.31629</v>
+        <v>2.60188</v>
       </c>
       <c r="AA28" s="9">
-        <v>-2.401E-2</v>
+        <v>1.8482100000000001</v>
       </c>
       <c r="AB28" s="9">
-        <v>4.8303799999999999</v>
+        <v>4.5986000000000002</v>
       </c>
       <c r="AC28" s="9">
-        <v>2.4995500000000002</v>
+        <v>1.45309</v>
       </c>
       <c r="AD28" s="9">
-        <v>-2.0463399999999998</v>
+        <v>1.1382300000000001</v>
       </c>
       <c r="AE28" s="9">
-        <v>-6.5869499999999999</v>
+        <v>4.5968299999999997</v>
       </c>
       <c r="AF28" s="9">
-        <v>0.87539</v>
+        <v>1.6959999999999999E-2</v>
       </c>
       <c r="AG28" s="9">
-        <v>1.0084500000000001</v>
+        <v>1.3188199999999999</v>
       </c>
       <c r="AH28" s="9">
-        <v>-3.8308899999999997</v>
+        <v>6.3005000000000004</v>
       </c>
       <c r="AI28" s="9">
-        <v>1.7333099999999999</v>
+        <v>11.16677</v>
       </c>
       <c r="AJ28" s="10">
-        <v>42.914879999999997</v>
+        <v>45.302680000000002</v>
       </c>
       <c r="AK28" s="5"/>
     </row>
     <row r="29" spans="2:37" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B29" s="23" t="s">
-        <v>42</v>
+        <v>56</v>
       </c>
       <c r="C29" s="9">
-        <v>2.48E-3</v>
+        <v>1.5990000000000001E-2</v>
       </c>
       <c r="D29" s="9">
         <v>0</v>
       </c>
       <c r="E29" s="9">
-        <v>0</v>
+        <v>0.25650000000000001</v>
       </c>
       <c r="F29" s="9">
-        <v>0</v>
+        <v>0.15491999999999997</v>
       </c>
       <c r="G29" s="9">
-        <v>2.8459999999999999E-2</v>
+        <v>3.1946300000000001</v>
       </c>
       <c r="H29" s="9">
-        <v>1.94699</v>
+        <v>1.1086800000000001</v>
       </c>
       <c r="I29" s="9">
-        <v>1.95285</v>
+        <v>8.2339999999999997E-2</v>
       </c>
       <c r="J29" s="9">
-        <v>-0.99908000000000008</v>
+        <v>1.3644700000000001</v>
       </c>
       <c r="K29" s="9">
-        <v>0.1008</v>
+        <v>1.4172899999999999</v>
       </c>
       <c r="L29" s="9">
-        <v>2.3050000000000001E-2</v>
+        <v>-1.0012999999999999</v>
       </c>
       <c r="M29" s="9">
-        <v>-0.71387999999999996</v>
+        <v>-0.36454999999999999</v>
       </c>
       <c r="N29" s="9">
-        <v>-0.24471000000000001</v>
+        <v>13.884589999999999</v>
       </c>
       <c r="O29" s="9">
-        <v>-1.4826400000000002</v>
+        <v>1.1985599999999998</v>
       </c>
       <c r="P29" s="9">
-        <v>0.2462</v>
+        <v>11.432790000000001</v>
       </c>
       <c r="Q29" s="9">
-        <v>-4.0400000000000002E-3</v>
+        <v>323.27118000000002</v>
       </c>
       <c r="R29" s="9">
-        <v>7.0328100000000004</v>
+        <v>-242.85310000000001</v>
       </c>
       <c r="S29" s="9">
-        <v>1.22522</v>
+        <v>-44.010739999999998</v>
       </c>
       <c r="T29" s="9">
-        <v>0.42835000000000001</v>
+        <v>125.24214000000001</v>
       </c>
       <c r="U29" s="9">
-        <v>9.5390000000000003E-2</v>
+        <v>17.3659</v>
       </c>
       <c r="V29" s="9">
-        <v>0.65917999999999999</v>
+        <v>-3.23698</v>
       </c>
       <c r="W29" s="9">
-        <v>14.027469999999999</v>
+        <v>6.5901399999999999</v>
       </c>
       <c r="X29" s="9">
-        <v>0.88971</v>
+        <v>7.1608400000000003</v>
       </c>
       <c r="Y29" s="9">
-        <v>9.4439999999999996E-2</v>
+        <v>-179.13459</v>
       </c>
       <c r="Z29" s="9">
-        <v>-0.42693999999999999</v>
+        <v>1.31629</v>
       </c>
       <c r="AA29" s="9">
-        <v>0.80125000000000002</v>
+        <v>-2.401E-2</v>
       </c>
       <c r="AB29" s="9">
-        <v>-0.61011000000000004</v>
+        <v>4.8303799999999999</v>
       </c>
       <c r="AC29" s="9">
-        <v>-0.32429000000000002</v>
+        <v>2.3765500000000004</v>
       </c>
       <c r="AD29" s="9">
-        <v>0.93885000000000007</v>
+        <v>-1.5233399999999999</v>
       </c>
       <c r="AE29" s="9">
-        <v>0.70962000000000003</v>
+        <v>-6.2639300000000002</v>
       </c>
       <c r="AF29" s="9">
-        <v>2.2909099999999998</v>
+        <v>0.84538999999999997</v>
       </c>
       <c r="AG29" s="9">
-        <v>4.3955500000000001</v>
+        <v>0.98245000000000005</v>
       </c>
       <c r="AH29" s="9">
-        <v>4.9779499999999999</v>
+        <v>-3.81189</v>
       </c>
       <c r="AI29" s="9">
-        <v>1.7453800000000002</v>
+        <v>1.4581</v>
       </c>
       <c r="AJ29" s="10">
-        <v>39.807220000000001</v>
+        <v>43.325690000000002</v>
       </c>
       <c r="AK29" s="5"/>
     </row>
     <row r="30" spans="2:37" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B30" s="23" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="C30" s="9">
-        <v>0</v>
+        <v>2.48E-3</v>
       </c>
       <c r="D30" s="9">
         <v>0</v>
       </c>
       <c r="E30" s="9">
         <v>0</v>
       </c>
       <c r="F30" s="9">
         <v>0</v>
       </c>
       <c r="G30" s="9">
-        <v>0.18581999999999999</v>
+        <v>2.8459999999999999E-2</v>
       </c>
       <c r="H30" s="9">
-        <v>2.2599999999999999E-3</v>
+        <v>1.94699</v>
       </c>
       <c r="I30" s="9">
-        <v>3.2200000000000002E-3</v>
+        <v>1.95285</v>
       </c>
       <c r="J30" s="9">
-        <v>4.657E-2</v>
+        <v>-0.99908000000000008</v>
       </c>
       <c r="K30" s="9">
-        <v>2.0000000000000001E-4</v>
+        <v>0.1008</v>
       </c>
       <c r="L30" s="9">
-        <v>9.364510000000001</v>
+        <v>2.3050000000000001E-2</v>
       </c>
       <c r="M30" s="9">
-        <v>2.11233</v>
+        <v>-0.71387999999999996</v>
       </c>
       <c r="N30" s="9">
-        <v>4.40367</v>
+        <v>-0.24471000000000001</v>
       </c>
       <c r="O30" s="9">
-        <v>0.63446000000000002</v>
+        <v>-1.4826400000000002</v>
       </c>
       <c r="P30" s="9">
-        <v>-0.13427</v>
+        <v>0.2462</v>
       </c>
       <c r="Q30" s="9">
-        <v>0.59604999999999997</v>
+        <v>-4.0400000000000002E-3</v>
       </c>
       <c r="R30" s="9">
-        <v>-0.32512000000000002</v>
+        <v>7.0328100000000004</v>
       </c>
       <c r="S30" s="9">
-        <v>0.48557</v>
+        <v>1.22522</v>
       </c>
       <c r="T30" s="9">
-        <v>0.27460000000000001</v>
+        <v>0.42835000000000001</v>
       </c>
       <c r="U30" s="9">
-        <v>2.8829999999999998E-2</v>
+        <v>9.5390000000000003E-2</v>
       </c>
       <c r="V30" s="9">
-        <v>-1.28773</v>
+        <v>0.65917999999999999</v>
       </c>
       <c r="W30" s="9">
-        <v>-1.24996</v>
+        <v>14.027469999999999</v>
       </c>
       <c r="X30" s="9">
-        <v>-3.9631699999999999</v>
+        <v>0.88971</v>
       </c>
       <c r="Y30" s="9">
-        <v>-0.91504999999999992</v>
+        <v>9.4439999999999996E-2</v>
       </c>
       <c r="Z30" s="9">
-        <v>2.60188</v>
+        <v>-0.42693999999999999</v>
       </c>
       <c r="AA30" s="9">
-        <v>1.8482100000000001</v>
+        <v>0.80125000000000002</v>
       </c>
       <c r="AB30" s="9">
-        <v>4.5986000000000002</v>
+        <v>-0.61011000000000004</v>
       </c>
       <c r="AC30" s="9">
-        <v>1.45309</v>
+        <v>-0.32429000000000002</v>
       </c>
       <c r="AD30" s="9">
-        <v>1.1382300000000001</v>
+        <v>0.93885000000000007</v>
       </c>
       <c r="AE30" s="9">
-        <v>4.5968299999999997</v>
+        <v>0.70962000000000003</v>
       </c>
       <c r="AF30" s="9">
-        <v>1.6959999999999999E-2</v>
+        <v>2.2909099999999998</v>
       </c>
       <c r="AG30" s="9">
-        <v>1.6520599999999999</v>
+        <v>4.3955500000000001</v>
       </c>
       <c r="AH30" s="9">
-        <v>6.3005000000000004</v>
+        <v>4.9779499999999999</v>
       </c>
       <c r="AI30" s="9">
-        <v>1.7989200000000001</v>
+        <v>3.0209999999999999</v>
       </c>
       <c r="AJ30" s="10">
-        <v>36.268070000000002</v>
+        <v>41.082839999999997</v>
       </c>
       <c r="AK30" s="5"/>
     </row>
     <row r="31" spans="2:37" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B31" s="23" t="s">
         <v>29</v>
       </c>
       <c r="C31" s="9">
         <v>0.16159999999999999</v>
       </c>
       <c r="D31" s="9">
         <v>0.72663999999999995</v>
       </c>
       <c r="E31" s="9">
         <v>2.63544</v>
       </c>
       <c r="F31" s="9">
         <v>0.35145999999999999</v>
       </c>
       <c r="G31" s="9">
         <v>13.08431</v>
       </c>
       <c r="H31" s="9">
         <v>-8.3304200000000002</v>
       </c>
@@ -3987,60 +3987,60 @@
       <c r="Y31" s="9">
         <v>-67.856350000000006</v>
       </c>
       <c r="Z31" s="9">
         <v>-16.290759999999999</v>
       </c>
       <c r="AA31" s="9">
         <v>17.397389999999998</v>
       </c>
       <c r="AB31" s="9">
         <v>-40.654000000000003</v>
       </c>
       <c r="AC31" s="9">
         <v>-25.46454</v>
       </c>
       <c r="AD31" s="9">
         <v>28.291900000000002</v>
       </c>
       <c r="AE31" s="9">
         <v>9.1624999999999996</v>
       </c>
       <c r="AF31" s="9">
         <v>-12.513309999999999</v>
       </c>
       <c r="AG31" s="9">
-        <v>-12.60436</v>
+        <v>-14.38425</v>
       </c>
       <c r="AH31" s="9">
-        <v>6.5748299999999995</v>
+        <v>7.7968299999999999</v>
       </c>
       <c r="AI31" s="9">
-        <v>-1.8105199999999999</v>
+        <v>-5.4148999999999994</v>
       </c>
       <c r="AJ31" s="10">
-        <v>35.434589999999986</v>
+        <v>31.27231999999999</v>
       </c>
       <c r="AK31" s="5"/>
     </row>
     <row r="32" spans="2:37" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B32" s="23" t="s">
         <v>44</v>
       </c>
       <c r="C32" s="9">
         <v>0</v>
       </c>
       <c r="D32" s="9">
         <v>0</v>
       </c>
       <c r="E32" s="9">
         <v>0</v>
       </c>
       <c r="F32" s="9">
         <v>0</v>
       </c>
       <c r="G32" s="9">
         <v>0</v>
       </c>
       <c r="H32" s="9">
         <v>0</v>
       </c>
@@ -4101,54 +4101,54 @@
       <c r="AA32" s="9">
         <v>2.544</v>
       </c>
       <c r="AB32" s="9">
         <v>3.6949999999999998</v>
       </c>
       <c r="AC32" s="9">
         <v>4.72</v>
       </c>
       <c r="AD32" s="9">
         <v>3.8</v>
       </c>
       <c r="AE32" s="9">
         <v>3.1789999999999998</v>
       </c>
       <c r="AF32" s="9">
         <v>5.8019999999999996</v>
       </c>
       <c r="AG32" s="9">
         <v>-0.91700000000000004</v>
       </c>
       <c r="AH32" s="9">
         <v>-2.1539999999999999</v>
       </c>
       <c r="AI32" s="9">
-        <v>5.0000000000000002E-5</v>
+        <v>0</v>
       </c>
       <c r="AJ32" s="10">
-        <v>30.803090000000001</v>
+        <v>30.803039999999999</v>
       </c>
       <c r="AK32" s="5"/>
     </row>
     <row r="33" spans="2:37" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B33" s="23" t="s">
         <v>36</v>
       </c>
       <c r="C33" s="9">
         <v>4.2318500000000006</v>
       </c>
       <c r="D33" s="9">
         <v>2.1772399999999998</v>
       </c>
       <c r="E33" s="9">
         <v>0.26944999999999997</v>
       </c>
       <c r="F33" s="9">
         <v>1.6455499999999998</v>
       </c>
       <c r="G33" s="9">
         <v>-0.27382000000000001</v>
       </c>
       <c r="H33" s="9">
         <v>1.1495799999999998</v>
       </c>
@@ -4326,153 +4326,153 @@
       <c r="AD34" s="9">
         <v>0</v>
       </c>
       <c r="AE34" s="9">
         <v>0</v>
       </c>
       <c r="AF34" s="9">
         <v>0</v>
       </c>
       <c r="AG34" s="9">
         <v>0</v>
       </c>
       <c r="AH34" s="9">
         <v>0</v>
       </c>
       <c r="AI34" s="9">
         <v>0</v>
       </c>
       <c r="AJ34" s="10">
         <v>27.000360000000001</v>
       </c>
       <c r="AK34" s="5"/>
     </row>
     <row r="35" spans="2:37" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B35" s="23" t="s">
-        <v>40</v>
+        <v>60</v>
       </c>
       <c r="C35" s="9">
         <v>0</v>
       </c>
       <c r="D35" s="9">
         <v>0</v>
       </c>
       <c r="E35" s="9">
-        <v>0.05</v>
+        <v>0</v>
       </c>
       <c r="F35" s="9">
-        <v>9.6840000000000009E-2</v>
+        <v>0</v>
       </c>
       <c r="G35" s="9">
         <v>0</v>
       </c>
       <c r="H35" s="9">
         <v>0</v>
       </c>
       <c r="I35" s="9">
         <v>0</v>
       </c>
       <c r="J35" s="9">
         <v>0</v>
       </c>
       <c r="K35" s="9">
         <v>0</v>
       </c>
       <c r="L35" s="9">
         <v>0</v>
       </c>
       <c r="M35" s="9">
         <v>0</v>
       </c>
       <c r="N35" s="9">
-        <v>3.4503699999999999</v>
+        <v>0</v>
       </c>
       <c r="O35" s="9">
-        <v>4.3440000000000003</v>
+        <v>0</v>
       </c>
       <c r="P35" s="9">
-        <v>1.5439999999999999E-2</v>
+        <v>0</v>
       </c>
       <c r="Q35" s="9">
-        <v>-1.64E-3</v>
+        <v>-3.79E-3</v>
       </c>
       <c r="R35" s="9">
-        <v>-7.8310000000000005E-2</v>
+        <v>-2.3989999999999997E-2</v>
       </c>
       <c r="S35" s="9">
-        <v>-7.392E-2</v>
+        <v>4.9800000000000001E-3</v>
       </c>
       <c r="T35" s="9">
-        <v>-4.5300000000000002E-3</v>
+        <v>0.46973999999999999</v>
       </c>
       <c r="U35" s="9">
-        <v>-1.47E-3</v>
+        <v>-0.50361999999999996</v>
       </c>
       <c r="V35" s="9">
-        <v>13.381969999999999</v>
+        <v>0.74739999999999995</v>
       </c>
       <c r="W35" s="9">
-        <v>6.6563999999999997</v>
+        <v>-0.27416000000000001</v>
       </c>
       <c r="X35" s="9">
-        <v>-5.3413199999999996</v>
+        <v>0</v>
       </c>
       <c r="Y35" s="9">
-        <v>-1.72357</v>
+        <v>-0.16006000000000001</v>
       </c>
       <c r="Z35" s="9">
-        <v>4.4774899999999995</v>
+        <v>3.3222399999999999</v>
       </c>
       <c r="AA35" s="9">
-        <v>-1.0279</v>
+        <v>9.8757599999999996</v>
       </c>
       <c r="AB35" s="9">
-        <v>4.1307600000000004</v>
+        <v>2.5320300000000002</v>
       </c>
       <c r="AC35" s="9">
-        <v>1.73359</v>
+        <v>-15.03894</v>
       </c>
       <c r="AD35" s="9">
-        <v>-6.5710500000000005</v>
+        <v>8.0564099999999996</v>
       </c>
       <c r="AE35" s="9">
-        <v>-0.91159000000000001</v>
+        <v>1.4174200000000001</v>
       </c>
       <c r="AF35" s="9">
-        <v>3.0000000000000001E-3</v>
+        <v>14.747729999999999</v>
       </c>
       <c r="AG35" s="9">
-        <v>0.98694999999999999</v>
+        <v>-7.8109599999999997</v>
       </c>
       <c r="AH35" s="9">
-        <v>0.15834000000000001</v>
+        <v>9.1892999999999994</v>
       </c>
       <c r="AI35" s="9">
-        <v>4.5899999999999996E-2</v>
+        <v>-4.5732400000000002</v>
       </c>
       <c r="AJ35" s="10">
-        <v>23.795750000000002</v>
+        <v>21.974250000000001</v>
       </c>
       <c r="AK35" s="5"/>
     </row>
     <row r="36" spans="2:37" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B36" s="23" t="s">
         <v>89</v>
       </c>
       <c r="C36" s="9">
         <v>0</v>
       </c>
       <c r="D36" s="9">
         <v>0</v>
       </c>
       <c r="E36" s="9">
         <v>0</v>
       </c>
       <c r="F36" s="9">
         <v>0</v>
       </c>
       <c r="G36" s="9">
         <v>0</v>
       </c>
       <c r="H36" s="9">
         <v>0</v>
       </c>
@@ -4530,705 +4530,705 @@
       <c r="Z36" s="9">
         <v>-0.70522000000000007</v>
       </c>
       <c r="AA36" s="9">
         <v>0</v>
       </c>
       <c r="AB36" s="9">
         <v>-0.71970000000000001</v>
       </c>
       <c r="AC36" s="9">
         <v>0</v>
       </c>
       <c r="AD36" s="9">
         <v>2.7865900000000003</v>
       </c>
       <c r="AE36" s="9">
         <v>0.17815</v>
       </c>
       <c r="AF36" s="9">
         <v>-1.27078</v>
       </c>
       <c r="AG36" s="9">
         <v>19.739789999999999</v>
       </c>
       <c r="AH36" s="9">
-        <v>0.62187999999999999</v>
+        <v>0.60087999999999997</v>
       </c>
       <c r="AI36" s="9">
-        <v>-6.7030000000000006E-2</v>
+        <v>-0.38994999999999996</v>
       </c>
       <c r="AJ36" s="10">
-        <v>20.763849999999998</v>
+        <v>20.419930000000001</v>
       </c>
       <c r="AK36" s="5"/>
     </row>
     <row r="37" spans="2:37" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B37" s="23" t="s">
-        <v>60</v>
+        <v>85</v>
       </c>
       <c r="C37" s="9">
-        <v>0</v>
+        <v>1.10734</v>
       </c>
       <c r="D37" s="9">
-        <v>0</v>
+        <v>0.95247999999999999</v>
       </c>
       <c r="E37" s="9">
-        <v>0</v>
+        <v>0.56747000000000003</v>
       </c>
       <c r="F37" s="9">
-        <v>0</v>
+        <v>0.16644999999999999</v>
       </c>
       <c r="G37" s="9">
-        <v>0</v>
+        <v>-1.30694</v>
       </c>
       <c r="H37" s="9">
-        <v>0</v>
+        <v>11.64223</v>
       </c>
       <c r="I37" s="9">
-        <v>0</v>
+        <v>3.0950000000000002</v>
       </c>
       <c r="J37" s="9">
-        <v>0</v>
+        <v>-1.0714699999999999</v>
       </c>
       <c r="K37" s="9">
-        <v>0</v>
+        <v>3.2795900000000002</v>
       </c>
       <c r="L37" s="9">
         <v>0</v>
       </c>
       <c r="M37" s="9">
         <v>0</v>
       </c>
       <c r="N37" s="9">
         <v>0</v>
       </c>
       <c r="O37" s="9">
         <v>0</v>
       </c>
       <c r="P37" s="9">
         <v>0</v>
       </c>
       <c r="Q37" s="9">
-        <v>-3.79E-3</v>
+        <v>0</v>
       </c>
       <c r="R37" s="9">
-        <v>-2.3989999999999997E-2</v>
+        <v>0</v>
       </c>
       <c r="S37" s="9">
-        <v>4.9800000000000001E-3</v>
+        <v>0</v>
       </c>
       <c r="T37" s="9">
-        <v>0.46973999999999999</v>
+        <v>0</v>
       </c>
       <c r="U37" s="9">
-        <v>-0.50361999999999996</v>
+        <v>0</v>
       </c>
       <c r="V37" s="9">
-        <v>0.74739999999999995</v>
+        <v>0</v>
       </c>
       <c r="W37" s="9">
-        <v>-0.27416000000000001</v>
+        <v>0</v>
       </c>
       <c r="X37" s="9">
         <v>0</v>
       </c>
       <c r="Y37" s="9">
-        <v>-0.16006000000000001</v>
+        <v>0</v>
       </c>
       <c r="Z37" s="9">
-        <v>3.3222399999999999</v>
+        <v>0</v>
       </c>
       <c r="AA37" s="9">
-        <v>9.8757599999999996</v>
+        <v>0</v>
       </c>
       <c r="AB37" s="9">
-        <v>2.5320300000000002</v>
+        <v>0</v>
       </c>
       <c r="AC37" s="9">
-        <v>-15.03894</v>
+        <v>0</v>
       </c>
       <c r="AD37" s="9">
-        <v>8.0564099999999996</v>
+        <v>0</v>
       </c>
       <c r="AE37" s="9">
-        <v>1.4174200000000001</v>
+        <v>0</v>
       </c>
       <c r="AF37" s="9">
-        <v>14.747729999999999</v>
+        <v>0</v>
       </c>
       <c r="AG37" s="9">
-        <v>-7.8109599999999997</v>
+        <v>0</v>
       </c>
       <c r="AH37" s="9">
-        <v>9.1892999999999994</v>
+        <v>0</v>
       </c>
       <c r="AI37" s="9">
-        <v>-7.44224</v>
+        <v>0</v>
       </c>
       <c r="AJ37" s="10">
-        <v>19.105250000000002</v>
+        <v>18.43215</v>
       </c>
       <c r="AK37" s="5"/>
     </row>
     <row r="38" spans="2:37" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B38" s="23" t="s">
-        <v>85</v>
+        <v>63</v>
       </c>
       <c r="C38" s="9">
-        <v>1.10734</v>
+        <v>0</v>
       </c>
       <c r="D38" s="9">
-        <v>0.95247999999999999</v>
+        <v>0</v>
       </c>
       <c r="E38" s="9">
-        <v>0.56747000000000003</v>
+        <v>0</v>
       </c>
       <c r="F38" s="9">
-        <v>0.16644999999999999</v>
+        <v>0</v>
       </c>
       <c r="G38" s="9">
-        <v>-1.30694</v>
+        <v>0</v>
       </c>
       <c r="H38" s="9">
-        <v>11.64223</v>
+        <v>0</v>
       </c>
       <c r="I38" s="9">
-        <v>3.0950000000000002</v>
+        <v>0</v>
       </c>
       <c r="J38" s="9">
-        <v>-1.0714699999999999</v>
+        <v>0</v>
       </c>
       <c r="K38" s="9">
-        <v>3.2795900000000002</v>
+        <v>0</v>
       </c>
       <c r="L38" s="9">
         <v>0</v>
       </c>
       <c r="M38" s="9">
         <v>0</v>
       </c>
       <c r="N38" s="9">
         <v>0</v>
       </c>
       <c r="O38" s="9">
         <v>0</v>
       </c>
       <c r="P38" s="9">
         <v>0</v>
       </c>
       <c r="Q38" s="9">
         <v>0</v>
       </c>
       <c r="R38" s="9">
-        <v>0</v>
+        <v>0.30332999999999999</v>
       </c>
       <c r="S38" s="9">
-        <v>0</v>
+        <v>3.5409999999999997E-2</v>
       </c>
       <c r="T38" s="9">
         <v>0</v>
       </c>
       <c r="U38" s="9">
         <v>0</v>
       </c>
       <c r="V38" s="9">
         <v>0</v>
       </c>
       <c r="W38" s="9">
         <v>0</v>
       </c>
       <c r="X38" s="9">
         <v>0</v>
       </c>
       <c r="Y38" s="9">
         <v>0</v>
       </c>
       <c r="Z38" s="9">
         <v>0</v>
       </c>
       <c r="AA38" s="9">
-        <v>0</v>
+        <v>0.12487999999999999</v>
       </c>
       <c r="AB38" s="9">
-        <v>0</v>
+        <v>17.67163</v>
       </c>
       <c r="AC38" s="9">
-        <v>0</v>
+        <v>0.41</v>
       </c>
       <c r="AD38" s="9">
-        <v>0</v>
+        <v>7.6170000000000002E-2</v>
       </c>
       <c r="AE38" s="9">
-        <v>0</v>
+        <v>0.19549</v>
       </c>
       <c r="AF38" s="9">
-        <v>0</v>
+        <v>-0.12759999999999999</v>
       </c>
       <c r="AG38" s="9">
-        <v>0</v>
+        <v>-0.40100000000000002</v>
       </c>
       <c r="AH38" s="9">
-        <v>0</v>
+        <v>-9.4E-2</v>
       </c>
       <c r="AI38" s="9">
-        <v>0</v>
+        <v>9.4E-2</v>
       </c>
       <c r="AJ38" s="10">
-        <v>18.43215</v>
+        <v>18.288310000000003</v>
       </c>
       <c r="AK38" s="5"/>
     </row>
     <row r="39" spans="2:37" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B39" s="23" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="C39" s="9">
         <v>0</v>
       </c>
       <c r="D39" s="9">
         <v>0</v>
       </c>
       <c r="E39" s="9">
-        <v>0</v>
+        <v>1.2800000000000001E-3</v>
       </c>
       <c r="F39" s="9">
         <v>0</v>
       </c>
       <c r="G39" s="9">
-        <v>0</v>
+        <v>-0.10589</v>
       </c>
       <c r="H39" s="9">
         <v>0</v>
       </c>
       <c r="I39" s="9">
         <v>0</v>
       </c>
       <c r="J39" s="9">
         <v>0</v>
       </c>
       <c r="K39" s="9">
         <v>0</v>
       </c>
       <c r="L39" s="9">
         <v>0</v>
       </c>
       <c r="M39" s="9">
         <v>0</v>
       </c>
       <c r="N39" s="9">
-        <v>0</v>
+        <v>0.70413999999999999</v>
       </c>
       <c r="O39" s="9">
-        <v>0</v>
+        <v>-0.51876999999999995</v>
       </c>
       <c r="P39" s="9">
-        <v>0</v>
+        <v>5.9720000000000002E-2</v>
       </c>
       <c r="Q39" s="9">
-        <v>0</v>
+        <v>0.87964999999999993</v>
       </c>
       <c r="R39" s="9">
-        <v>0.30332999999999999</v>
+        <v>-0.26252999999999999</v>
       </c>
       <c r="S39" s="9">
-        <v>3.5409999999999997E-2</v>
+        <v>-9.9030000000000007E-2</v>
       </c>
       <c r="T39" s="9">
-        <v>0</v>
+        <v>0.94859000000000004</v>
       </c>
       <c r="U39" s="9">
-        <v>0</v>
+        <v>0.48832999999999999</v>
       </c>
       <c r="V39" s="9">
         <v>0</v>
       </c>
       <c r="W39" s="9">
-        <v>0</v>
+        <v>0.2301</v>
       </c>
       <c r="X39" s="9">
-        <v>0</v>
+        <v>3.78E-2</v>
       </c>
       <c r="Y39" s="9">
-        <v>0</v>
+        <v>-7.3010000000000005E-2</v>
       </c>
       <c r="Z39" s="9">
-        <v>0</v>
+        <v>-0.45393</v>
       </c>
       <c r="AA39" s="9">
-        <v>0.12487999999999999</v>
+        <v>-0.11115</v>
       </c>
       <c r="AB39" s="9">
-        <v>17.67163</v>
+        <v>10.164350000000001</v>
       </c>
       <c r="AC39" s="9">
-        <v>0.41</v>
+        <v>0.57838999999999996</v>
       </c>
       <c r="AD39" s="9">
-        <v>7.6170000000000002E-2</v>
+        <v>-0.40061000000000002</v>
       </c>
       <c r="AE39" s="9">
-        <v>0.19549</v>
+        <v>-0.80234000000000005</v>
       </c>
       <c r="AF39" s="9">
-        <v>-0.12759999999999999</v>
+        <v>0.45868999999999999</v>
       </c>
       <c r="AG39" s="9">
-        <v>-0.40100000000000002</v>
+        <v>1.5338000000000001</v>
       </c>
       <c r="AH39" s="9">
-        <v>-9.4E-2</v>
+        <v>-0.20125000000000001</v>
       </c>
       <c r="AI39" s="9">
-        <v>0.108</v>
+        <v>-0.32411000000000001</v>
       </c>
       <c r="AJ39" s="10">
-        <v>18.302310000000002</v>
+        <v>12.73222</v>
       </c>
       <c r="AK39" s="5"/>
     </row>
     <row r="40" spans="2:37" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B40" s="23" t="s">
-        <v>61</v>
+        <v>91</v>
       </c>
       <c r="C40" s="9">
         <v>0</v>
       </c>
       <c r="D40" s="9">
         <v>0</v>
       </c>
       <c r="E40" s="9">
-        <v>1.2800000000000001E-3</v>
+        <v>0</v>
       </c>
       <c r="F40" s="9">
         <v>0</v>
       </c>
       <c r="G40" s="9">
-        <v>-0.10589</v>
+        <v>0</v>
       </c>
       <c r="H40" s="9">
         <v>0</v>
       </c>
       <c r="I40" s="9">
         <v>0</v>
       </c>
       <c r="J40" s="9">
         <v>0</v>
       </c>
       <c r="K40" s="9">
         <v>0</v>
       </c>
       <c r="L40" s="9">
         <v>0</v>
       </c>
       <c r="M40" s="9">
         <v>0</v>
       </c>
       <c r="N40" s="9">
-        <v>0.70413999999999999</v>
+        <v>0</v>
       </c>
       <c r="O40" s="9">
-        <v>-0.51876999999999995</v>
+        <v>0</v>
       </c>
       <c r="P40" s="9">
-        <v>5.9720000000000002E-2</v>
+        <v>0</v>
       </c>
       <c r="Q40" s="9">
-        <v>0.87964999999999993</v>
+        <v>9.9879999999999997E-2</v>
       </c>
       <c r="R40" s="9">
-        <v>-0.26252999999999999</v>
+        <v>0</v>
       </c>
       <c r="S40" s="9">
-        <v>-9.9030000000000007E-2</v>
+        <v>-1.66E-3</v>
       </c>
       <c r="T40" s="9">
-        <v>0.94859000000000004</v>
+        <v>-6.0049999999999999E-2</v>
       </c>
       <c r="U40" s="9">
-        <v>0.48832999999999999</v>
+        <v>0</v>
       </c>
       <c r="V40" s="9">
-        <v>0</v>
+        <v>5.6530000000000004E-2</v>
       </c>
       <c r="W40" s="9">
-        <v>0</v>
+        <v>3.6080000000000001E-2</v>
       </c>
       <c r="X40" s="9">
-        <v>3.78E-2</v>
+        <v>4.999E-2</v>
       </c>
       <c r="Y40" s="9">
-        <v>-7.3010000000000005E-2</v>
+        <v>3.0299999999999997E-3</v>
       </c>
       <c r="Z40" s="9">
-        <v>-0.45393</v>
+        <v>0.10304000000000001</v>
       </c>
       <c r="AA40" s="9">
-        <v>-0.11115</v>
+        <v>6.3030000000000003E-2</v>
       </c>
       <c r="AB40" s="9">
-        <v>10.164350000000001</v>
+        <v>-0.14480000000000001</v>
       </c>
       <c r="AC40" s="9">
-        <v>0.57838999999999996</v>
+        <v>0</v>
       </c>
       <c r="AD40" s="9">
-        <v>-0.40061000000000002</v>
+        <v>0</v>
       </c>
       <c r="AE40" s="9">
-        <v>-0.80234000000000005</v>
+        <v>2.495E-2</v>
       </c>
       <c r="AF40" s="9">
-        <v>0.45868999999999999</v>
+        <v>7.2673199999999998</v>
       </c>
       <c r="AG40" s="9">
-        <v>1.5338000000000001</v>
+        <v>2.4153500000000001</v>
       </c>
       <c r="AH40" s="9">
-        <v>-0.20125000000000001</v>
+        <v>1.4350000000000001</v>
       </c>
       <c r="AI40" s="9">
-        <v>0.14823</v>
+        <v>1.13334</v>
       </c>
       <c r="AJ40" s="10">
-        <v>12.974459999999999</v>
+        <v>12.481030000000001</v>
       </c>
       <c r="AK40" s="5"/>
     </row>
     <row r="41" spans="2:37" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B41" s="23" t="s">
-        <v>65</v>
+        <v>40</v>
       </c>
       <c r="C41" s="9">
         <v>0</v>
       </c>
       <c r="D41" s="9">
         <v>0</v>
       </c>
       <c r="E41" s="9">
-        <v>0</v>
+        <v>0.05</v>
       </c>
       <c r="F41" s="9">
-        <v>0</v>
+        <v>9.6840000000000009E-2</v>
       </c>
       <c r="G41" s="9">
         <v>0</v>
       </c>
       <c r="H41" s="9">
         <v>0</v>
       </c>
       <c r="I41" s="9">
         <v>0</v>
       </c>
       <c r="J41" s="9">
         <v>0</v>
       </c>
       <c r="K41" s="9">
         <v>0</v>
       </c>
       <c r="L41" s="9">
         <v>0</v>
       </c>
       <c r="M41" s="9">
-        <v>0.13268000000000002</v>
+        <v>0</v>
       </c>
       <c r="N41" s="9">
-        <v>-3.5000000000000003E-2</v>
+        <v>3.4503699999999999</v>
       </c>
       <c r="O41" s="9">
-        <v>-7.3800000000000003E-3</v>
+        <v>4.3440000000000003</v>
       </c>
       <c r="P41" s="9">
-        <v>0.10155</v>
+        <v>1.5439999999999999E-2</v>
       </c>
       <c r="Q41" s="9">
-        <v>0.10002</v>
+        <v>-1.64E-3</v>
       </c>
       <c r="R41" s="9">
-        <v>1.1543099999999999</v>
+        <v>-7.8310000000000005E-2</v>
       </c>
       <c r="S41" s="9">
-        <v>-0.30957000000000001</v>
+        <v>-7.392E-2</v>
       </c>
       <c r="T41" s="9">
-        <v>9.7930000000000003E-2</v>
+        <v>-4.5300000000000002E-3</v>
       </c>
       <c r="U41" s="9">
-        <v>-0.39712000000000003</v>
+        <v>-1.47E-3</v>
       </c>
       <c r="V41" s="9">
-        <v>-0.79248000000000007</v>
+        <v>13.381969999999999</v>
       </c>
       <c r="W41" s="9">
-        <v>-1.6020000000000001</v>
+        <v>-4.9851299999999998</v>
       </c>
       <c r="X41" s="9">
-        <v>6.3213200000000001</v>
+        <v>-5.3413199999999996</v>
       </c>
       <c r="Y41" s="9">
-        <v>-0.70611000000000002</v>
+        <v>-1.72357</v>
       </c>
       <c r="Z41" s="9">
-        <v>-3.81656</v>
+        <v>4.4774899999999995</v>
       </c>
       <c r="AA41" s="9">
-        <v>-2.2317499999999999</v>
+        <v>-1.0279</v>
       </c>
       <c r="AB41" s="9">
-        <v>-7.4978400000000001</v>
+        <v>4.0077400000000001</v>
       </c>
       <c r="AC41" s="9">
-        <v>-0.57919000000000009</v>
+        <v>1.7178800000000001</v>
       </c>
       <c r="AD41" s="9">
-        <v>-8.7919999999999998E-2</v>
+        <v>-6.5546499999999996</v>
       </c>
       <c r="AE41" s="9">
-        <v>0.50212000000000001</v>
+        <v>-0.97920000000000007</v>
       </c>
       <c r="AF41" s="9">
-        <v>1.67821</v>
+        <v>-3.3399999999999999E-2</v>
       </c>
       <c r="AG41" s="9">
-        <v>9.02956</v>
+        <v>1.0349300000000001</v>
       </c>
       <c r="AH41" s="9">
-        <v>10.54609</v>
+        <v>0.15834000000000001</v>
       </c>
       <c r="AI41" s="9">
-        <v>-0.35299999999999998</v>
+        <v>0.16659000000000002</v>
       </c>
       <c r="AJ41" s="10">
-        <v>11.247870000000001</v>
+        <v>12.096549999999999</v>
       </c>
       <c r="AK41" s="5"/>
     </row>
     <row r="42" spans="2:37" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B42" s="23" t="s">
-        <v>91</v>
+        <v>65</v>
       </c>
       <c r="C42" s="9">
         <v>0</v>
       </c>
       <c r="D42" s="9">
         <v>0</v>
       </c>
       <c r="E42" s="9">
         <v>0</v>
       </c>
       <c r="F42" s="9">
         <v>0</v>
       </c>
       <c r="G42" s="9">
         <v>0</v>
       </c>
       <c r="H42" s="9">
         <v>0</v>
       </c>
       <c r="I42" s="9">
         <v>0</v>
       </c>
       <c r="J42" s="9">
         <v>0</v>
       </c>
       <c r="K42" s="9">
         <v>0</v>
       </c>
       <c r="L42" s="9">
         <v>0</v>
       </c>
       <c r="M42" s="9">
-        <v>0</v>
+        <v>0.13268000000000002</v>
       </c>
       <c r="N42" s="9">
-        <v>0</v>
+        <v>-3.5000000000000003E-2</v>
       </c>
       <c r="O42" s="9">
-        <v>0</v>
+        <v>-7.3800000000000003E-3</v>
       </c>
       <c r="P42" s="9">
-        <v>0</v>
+        <v>0.10155</v>
       </c>
       <c r="Q42" s="9">
-        <v>9.9879999999999997E-2</v>
+        <v>0.10002</v>
       </c>
       <c r="R42" s="9">
-        <v>0</v>
+        <v>1.1543099999999999</v>
       </c>
       <c r="S42" s="9">
-        <v>-1.66E-3</v>
+        <v>-0.30957000000000001</v>
       </c>
       <c r="T42" s="9">
-        <v>-6.0049999999999999E-2</v>
+        <v>9.7930000000000003E-2</v>
       </c>
       <c r="U42" s="9">
-        <v>0</v>
+        <v>-0.39712000000000003</v>
       </c>
       <c r="V42" s="9">
-        <v>5.6530000000000004E-2</v>
+        <v>-0.79248000000000007</v>
       </c>
       <c r="W42" s="9">
-        <v>3.6080000000000001E-2</v>
+        <v>-1.6020000000000001</v>
       </c>
       <c r="X42" s="9">
-        <v>4.999E-2</v>
+        <v>6.3213200000000001</v>
       </c>
       <c r="Y42" s="9">
-        <v>3.0299999999999997E-3</v>
+        <v>-0.70611000000000002</v>
       </c>
       <c r="Z42" s="9">
-        <v>0.10304000000000001</v>
+        <v>-3.81656</v>
       </c>
       <c r="AA42" s="9">
-        <v>6.3030000000000003E-2</v>
+        <v>-2.2317499999999999</v>
       </c>
       <c r="AB42" s="9">
-        <v>-0.11472</v>
+        <v>-7.4978400000000001</v>
       </c>
       <c r="AC42" s="9">
-        <v>0</v>
+        <v>-0.57919000000000009</v>
       </c>
       <c r="AD42" s="9">
-        <v>0</v>
+        <v>-8.7919999999999998E-2</v>
       </c>
       <c r="AE42" s="9">
-        <v>2.495E-2</v>
+        <v>0.50212000000000001</v>
       </c>
       <c r="AF42" s="9">
-        <v>7.2673199999999998</v>
+        <v>1.67821</v>
       </c>
       <c r="AG42" s="9">
-        <v>2.4153500000000001</v>
+        <v>9.02956</v>
       </c>
       <c r="AH42" s="9">
-        <v>0.435</v>
+        <v>10.54609</v>
       </c>
       <c r="AI42" s="9">
-        <v>0.09</v>
+        <v>-6.0380000000000003</v>
       </c>
       <c r="AJ42" s="10">
-        <v>10.46777</v>
+        <v>5.5628699999999993</v>
       </c>
       <c r="AK42" s="5"/>
     </row>
     <row r="43" spans="2:37" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B43" s="23" t="s">
         <v>48</v>
       </c>
       <c r="C43" s="9">
         <v>0</v>
       </c>
       <c r="D43" s="9">
         <v>0</v>
       </c>
       <c r="E43" s="9">
         <v>0</v>
       </c>
       <c r="F43" s="9">
         <v>0</v>
       </c>
       <c r="G43" s="9">
         <v>0</v>
       </c>
       <c r="H43" s="9">
         <v>0</v>
       </c>
@@ -5289,54 +5289,54 @@
       <c r="AA43" s="9">
         <v>-5.9587200000000005</v>
       </c>
       <c r="AB43" s="9">
         <v>3.43763</v>
       </c>
       <c r="AC43" s="9">
         <v>5.5148900000000003</v>
       </c>
       <c r="AD43" s="9">
         <v>-9.0931299999999986</v>
       </c>
       <c r="AE43" s="9">
         <v>12.20152</v>
       </c>
       <c r="AF43" s="9">
         <v>-6.5218599999999993</v>
       </c>
       <c r="AG43" s="9">
         <v>-3.863</v>
       </c>
       <c r="AH43" s="9">
         <v>0.439</v>
       </c>
       <c r="AI43" s="9">
-        <v>5.2309999999999999</v>
+        <v>2.5190000000000001</v>
       </c>
       <c r="AJ43" s="10">
-        <v>5.1270600000000011</v>
+        <v>2.4150600000000022</v>
       </c>
       <c r="AK43" s="5"/>
     </row>
     <row r="44" spans="2:37" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B44" s="23" t="s">
         <v>86</v>
       </c>
       <c r="C44" s="9">
         <v>0</v>
       </c>
       <c r="D44" s="9">
         <v>0</v>
       </c>
       <c r="E44" s="9">
         <v>0</v>
       </c>
       <c r="F44" s="9">
         <v>0</v>
       </c>
       <c r="G44" s="9">
         <v>0</v>
       </c>
       <c r="H44" s="9">
         <v>0</v>
       </c>
@@ -5514,909 +5514,909 @@
       <c r="AD45" s="9">
         <v>5.5886700000000005</v>
       </c>
       <c r="AE45" s="9">
         <v>4.42774</v>
       </c>
       <c r="AF45" s="9">
         <v>-11.129340000000001</v>
       </c>
       <c r="AG45" s="9">
         <v>0</v>
       </c>
       <c r="AH45" s="9">
         <v>0</v>
       </c>
       <c r="AI45" s="9">
         <v>0</v>
       </c>
       <c r="AJ45" s="10">
         <v>-1.11293</v>
       </c>
       <c r="AK45" s="5"/>
     </row>
     <row r="46" spans="2:37" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B46" s="23" t="s">
-        <v>87</v>
+        <v>69</v>
       </c>
       <c r="C46" s="9">
         <v>0</v>
       </c>
       <c r="D46" s="9">
         <v>0</v>
       </c>
       <c r="E46" s="9">
         <v>0</v>
       </c>
       <c r="F46" s="9">
         <v>0</v>
       </c>
       <c r="G46" s="9">
-        <v>0</v>
+        <v>6.862E-2</v>
       </c>
       <c r="H46" s="9">
         <v>0</v>
       </c>
       <c r="I46" s="9">
         <v>0</v>
       </c>
       <c r="J46" s="9">
         <v>0</v>
       </c>
       <c r="K46" s="9">
         <v>0</v>
       </c>
       <c r="L46" s="9">
         <v>0</v>
       </c>
       <c r="M46" s="9">
         <v>0</v>
       </c>
       <c r="N46" s="9">
         <v>0</v>
       </c>
       <c r="O46" s="9">
         <v>0</v>
       </c>
       <c r="P46" s="9">
-        <v>0.35705999999999999</v>
+        <v>-0.92816999999999994</v>
       </c>
       <c r="Q46" s="9">
-        <v>-15.8017</v>
+        <v>3.2240000000000005E-2</v>
       </c>
       <c r="R46" s="9">
-        <v>1.6379999999999999E-2</v>
+        <v>1.367E-2</v>
       </c>
       <c r="S46" s="9">
-        <v>0</v>
+        <v>-0.25108000000000003</v>
       </c>
       <c r="T46" s="9">
         <v>0</v>
       </c>
       <c r="U46" s="9">
         <v>0</v>
       </c>
       <c r="V46" s="9">
-        <v>0</v>
+        <v>1.0398399999999999</v>
       </c>
       <c r="W46" s="9">
-        <v>0</v>
+        <v>-0.40361000000000002</v>
       </c>
       <c r="X46" s="9">
-        <v>0</v>
+        <v>-0.52427999999999997</v>
       </c>
       <c r="Y46" s="9">
         <v>0</v>
       </c>
       <c r="Z46" s="9">
-        <v>0</v>
+        <v>9.955E-2</v>
       </c>
       <c r="AA46" s="9">
-        <v>0</v>
+        <v>4.5999999999999999E-3</v>
       </c>
       <c r="AB46" s="9">
-        <v>0</v>
+        <v>5.8176600000000001</v>
       </c>
       <c r="AC46" s="9">
-        <v>0</v>
+        <v>-1.5829500000000001</v>
       </c>
       <c r="AD46" s="9">
-        <v>0</v>
+        <v>-0.36577999999999999</v>
       </c>
       <c r="AE46" s="9">
-        <v>0</v>
+        <v>-6.2152299999999991</v>
       </c>
       <c r="AF46" s="9">
-        <v>0</v>
+        <v>-31.21791</v>
       </c>
       <c r="AG46" s="9">
-        <v>0</v>
+        <v>40.709160000000004</v>
       </c>
       <c r="AH46" s="9">
-        <v>0</v>
+        <v>-33.740749999999998</v>
       </c>
       <c r="AI46" s="9">
-        <v>0</v>
+        <v>14.45608</v>
       </c>
       <c r="AJ46" s="10">
-        <v>-15.42826</v>
+        <v>-12.988340000000001</v>
       </c>
       <c r="AK46" s="5"/>
     </row>
     <row r="47" spans="2:37" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B47" s="23" t="s">
-        <v>67</v>
+        <v>87</v>
       </c>
       <c r="C47" s="9">
         <v>0</v>
       </c>
       <c r="D47" s="9">
         <v>0</v>
       </c>
       <c r="E47" s="9">
         <v>0</v>
       </c>
       <c r="F47" s="9">
         <v>0</v>
       </c>
       <c r="G47" s="9">
         <v>0</v>
       </c>
       <c r="H47" s="9">
         <v>0</v>
       </c>
       <c r="I47" s="9">
         <v>0</v>
       </c>
       <c r="J47" s="9">
         <v>0</v>
       </c>
       <c r="K47" s="9">
         <v>0</v>
       </c>
       <c r="L47" s="9">
         <v>0</v>
       </c>
       <c r="M47" s="9">
         <v>0</v>
       </c>
       <c r="N47" s="9">
         <v>0</v>
       </c>
       <c r="O47" s="9">
         <v>0</v>
       </c>
       <c r="P47" s="9">
-        <v>0</v>
+        <v>0.35705999999999999</v>
       </c>
       <c r="Q47" s="9">
-        <v>0</v>
+        <v>-15.8017</v>
       </c>
       <c r="R47" s="9">
-        <v>0</v>
+        <v>1.6379999999999999E-2</v>
       </c>
       <c r="S47" s="9">
         <v>0</v>
       </c>
       <c r="T47" s="9">
         <v>0</v>
       </c>
       <c r="U47" s="9">
         <v>0</v>
       </c>
       <c r="V47" s="9">
         <v>0</v>
       </c>
       <c r="W47" s="9">
         <v>0</v>
       </c>
       <c r="X47" s="9">
-        <v>-6.5174099999999999</v>
+        <v>0</v>
       </c>
       <c r="Y47" s="9">
-        <v>-8.3064799999999988</v>
+        <v>0</v>
       </c>
       <c r="Z47" s="9">
-        <v>-10.15484</v>
+        <v>0</v>
       </c>
       <c r="AA47" s="9">
-        <v>-4.5645699999999998</v>
+        <v>0</v>
       </c>
       <c r="AB47" s="9">
-        <v>5.0836000000000006</v>
+        <v>0</v>
       </c>
       <c r="AC47" s="9">
-        <v>-9.4176599999999997</v>
+        <v>0</v>
       </c>
       <c r="AD47" s="9">
-        <v>17.998619999999999</v>
+        <v>0</v>
       </c>
       <c r="AE47" s="9">
-        <v>8.6712800000000012</v>
+        <v>0</v>
       </c>
       <c r="AF47" s="9">
-        <v>-8.8203600000000009</v>
+        <v>0</v>
       </c>
       <c r="AG47" s="9">
-        <v>-0.4415</v>
+        <v>0</v>
       </c>
       <c r="AH47" s="9">
-        <v>0.10056</v>
+        <v>0</v>
       </c>
       <c r="AI47" s="9">
         <v>0</v>
       </c>
       <c r="AJ47" s="10">
-        <v>-16.368760000000002</v>
+        <v>-15.42826</v>
       </c>
       <c r="AK47" s="5"/>
     </row>
     <row r="48" spans="2:37" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B48" s="23" t="s">
-        <v>52</v>
+        <v>67</v>
       </c>
       <c r="C48" s="9">
         <v>0</v>
       </c>
       <c r="D48" s="9">
         <v>0</v>
       </c>
       <c r="E48" s="9">
         <v>0</v>
       </c>
       <c r="F48" s="9">
         <v>0</v>
       </c>
       <c r="G48" s="9">
         <v>0</v>
       </c>
       <c r="H48" s="9">
         <v>0</v>
       </c>
       <c r="I48" s="9">
         <v>0</v>
       </c>
       <c r="J48" s="9">
         <v>0</v>
       </c>
       <c r="K48" s="9">
         <v>0</v>
       </c>
       <c r="L48" s="9">
         <v>0</v>
       </c>
       <c r="M48" s="9">
         <v>0</v>
       </c>
       <c r="N48" s="9">
         <v>0</v>
       </c>
       <c r="O48" s="9">
-        <v>2.3949999999999999E-2</v>
+        <v>0</v>
       </c>
       <c r="P48" s="9">
-        <v>-0.10862999999999999</v>
+        <v>0</v>
       </c>
       <c r="Q48" s="9">
         <v>0</v>
       </c>
       <c r="R48" s="9">
-        <v>9.2739599999999989</v>
+        <v>0</v>
       </c>
       <c r="S48" s="9">
-        <v>3.0727199999999999</v>
+        <v>0</v>
       </c>
       <c r="T48" s="9">
-        <v>-4.4915500000000002</v>
+        <v>0</v>
       </c>
       <c r="U48" s="9">
-        <v>-2.8726400000000001</v>
+        <v>0</v>
       </c>
       <c r="V48" s="9">
-        <v>-7.2020000000000001E-2</v>
+        <v>0</v>
       </c>
       <c r="W48" s="9">
-        <v>-21.881529999999998</v>
+        <v>0</v>
       </c>
       <c r="X48" s="9">
-        <v>-8.2229999999999998E-2</v>
+        <v>-6.5174099999999999</v>
       </c>
       <c r="Y48" s="9">
-        <v>0</v>
+        <v>-8.3064799999999988</v>
       </c>
       <c r="Z48" s="9">
-        <v>0</v>
+        <v>-10.15484</v>
       </c>
       <c r="AA48" s="9">
-        <v>0</v>
+        <v>-4.5645699999999998</v>
       </c>
       <c r="AB48" s="9">
-        <v>0</v>
+        <v>5.0836000000000006</v>
       </c>
       <c r="AC48" s="9">
-        <v>0</v>
+        <v>-9.4176599999999997</v>
       </c>
       <c r="AD48" s="9">
-        <v>0</v>
+        <v>17.998619999999999</v>
       </c>
       <c r="AE48" s="9">
-        <v>0</v>
+        <v>8.6712800000000012</v>
       </c>
       <c r="AF48" s="9">
-        <v>0</v>
+        <v>-8.8203600000000009</v>
       </c>
       <c r="AG48" s="9">
-        <v>0</v>
+        <v>-0.4415</v>
       </c>
       <c r="AH48" s="9">
-        <v>0</v>
+        <v>0.10056</v>
       </c>
       <c r="AI48" s="9">
-        <v>0</v>
+        <v>4.47E-3</v>
       </c>
       <c r="AJ48" s="10">
-        <v>-17.137970000000003</v>
+        <v>-16.36429</v>
       </c>
       <c r="AK48" s="5"/>
     </row>
     <row r="49" spans="1:37" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B49" s="23" t="s">
-        <v>41</v>
+        <v>52</v>
       </c>
       <c r="C49" s="9">
         <v>0</v>
       </c>
       <c r="D49" s="9">
         <v>0</v>
       </c>
       <c r="E49" s="9">
         <v>0</v>
       </c>
       <c r="F49" s="9">
         <v>0</v>
       </c>
       <c r="G49" s="9">
         <v>0</v>
       </c>
       <c r="H49" s="9">
         <v>0</v>
       </c>
       <c r="I49" s="9">
         <v>0</v>
       </c>
       <c r="J49" s="9">
         <v>0</v>
       </c>
       <c r="K49" s="9">
         <v>0</v>
       </c>
       <c r="L49" s="9">
-        <v>5.3299999999999997E-3</v>
+        <v>0</v>
       </c>
       <c r="M49" s="9">
-        <v>3.0699999999999998E-3</v>
+        <v>0</v>
       </c>
       <c r="N49" s="9">
-        <v>4.6810000000000004E-2</v>
+        <v>0</v>
       </c>
       <c r="O49" s="9">
-        <v>19.531299999999998</v>
+        <v>2.3949999999999999E-2</v>
       </c>
       <c r="P49" s="9">
-        <v>9.8549999999999999E-2</v>
+        <v>-0.10862999999999999</v>
       </c>
       <c r="Q49" s="9">
-        <v>3.3689999999999998E-2</v>
+        <v>0</v>
       </c>
       <c r="R49" s="9">
-        <v>2.7730000000000001E-2</v>
+        <v>9.2739599999999989</v>
       </c>
       <c r="S49" s="9">
-        <v>4.895E-2</v>
+        <v>3.0727199999999999</v>
       </c>
       <c r="T49" s="9">
-        <v>8.9000000000000006E-4</v>
+        <v>-4.4915500000000002</v>
       </c>
       <c r="U49" s="9">
-        <v>0.30904000000000004</v>
+        <v>-2.8726400000000001</v>
       </c>
       <c r="V49" s="9">
-        <v>-5.0540000000000002E-2</v>
+        <v>-7.2020000000000001E-2</v>
       </c>
       <c r="W49" s="9">
-        <v>-9.4120000000000009E-2</v>
+        <v>-21.881529999999998</v>
       </c>
       <c r="X49" s="9">
-        <v>-43.098399999999998</v>
+        <v>-8.2229999999999998E-2</v>
       </c>
       <c r="Y49" s="9">
         <v>0</v>
       </c>
       <c r="Z49" s="9">
         <v>0</v>
       </c>
       <c r="AA49" s="9">
         <v>0</v>
       </c>
       <c r="AB49" s="9">
         <v>0</v>
       </c>
       <c r="AC49" s="9">
         <v>0</v>
       </c>
       <c r="AD49" s="9">
         <v>0</v>
       </c>
       <c r="AE49" s="9">
         <v>0</v>
       </c>
       <c r="AF49" s="9">
         <v>0</v>
       </c>
       <c r="AG49" s="9">
         <v>0</v>
       </c>
       <c r="AH49" s="9">
         <v>0</v>
       </c>
       <c r="AI49" s="9">
         <v>0</v>
       </c>
       <c r="AJ49" s="10">
-        <v>-23.137700000000002</v>
+        <v>-17.137970000000003</v>
       </c>
       <c r="AK49" s="5"/>
     </row>
     <row r="50" spans="1:37" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B50" s="23" t="s">
-        <v>51</v>
+        <v>41</v>
       </c>
       <c r="C50" s="9">
         <v>0</v>
       </c>
       <c r="D50" s="9">
         <v>0</v>
       </c>
       <c r="E50" s="9">
-        <v>1.737E-2</v>
+        <v>0</v>
       </c>
       <c r="F50" s="9">
-        <v>4.2900000000000004E-3</v>
+        <v>0</v>
       </c>
       <c r="G50" s="9">
         <v>0</v>
       </c>
       <c r="H50" s="9">
         <v>0</v>
       </c>
       <c r="I50" s="9">
-        <v>5.7250000000000002E-2</v>
+        <v>0</v>
       </c>
       <c r="J50" s="9">
         <v>0</v>
       </c>
       <c r="K50" s="9">
-        <v>0.20266999999999999</v>
+        <v>0</v>
       </c>
       <c r="L50" s="9">
-        <v>0</v>
+        <v>5.3299999999999997E-3</v>
       </c>
       <c r="M50" s="9">
-        <v>-7.8370000000000009E-2</v>
+        <v>3.0699999999999998E-3</v>
       </c>
       <c r="N50" s="9">
-        <v>-1.132E-2</v>
+        <v>4.6810000000000004E-2</v>
       </c>
       <c r="O50" s="9">
-        <v>6.2177199999999999</v>
+        <v>19.531299999999998</v>
       </c>
       <c r="P50" s="9">
-        <v>0.16206999999999999</v>
+        <v>9.8549999999999999E-2</v>
       </c>
       <c r="Q50" s="9">
-        <v>1.2431300000000001</v>
+        <v>3.3689999999999998E-2</v>
       </c>
       <c r="R50" s="9">
-        <v>-0.91004999999999991</v>
+        <v>2.7730000000000001E-2</v>
       </c>
       <c r="S50" s="9">
-        <v>-3.5665100000000001</v>
+        <v>4.895E-2</v>
       </c>
       <c r="T50" s="9">
-        <v>0.40960000000000002</v>
+        <v>8.9000000000000006E-4</v>
       </c>
       <c r="U50" s="9">
-        <v>5.0288500000000003</v>
+        <v>0.30904000000000004</v>
       </c>
       <c r="V50" s="9">
-        <v>-8.5152800000000006</v>
+        <v>-5.0540000000000002E-2</v>
       </c>
       <c r="W50" s="9">
-        <v>-5.8761899999999994</v>
+        <v>-9.4120000000000009E-2</v>
       </c>
       <c r="X50" s="9">
-        <v>-4.9214799999999999</v>
+        <v>-43.098399999999998</v>
       </c>
       <c r="Y50" s="9">
-        <v>-3.0017</v>
+        <v>0</v>
       </c>
       <c r="Z50" s="9">
-        <v>-0.48314000000000001</v>
+        <v>0</v>
       </c>
       <c r="AA50" s="9">
-        <v>-8.0467100000000009</v>
+        <v>0</v>
       </c>
       <c r="AB50" s="9">
-        <v>3.2630500000000002</v>
+        <v>0</v>
       </c>
       <c r="AC50" s="9">
-        <v>-3.7303099999999998</v>
+        <v>0</v>
       </c>
       <c r="AD50" s="9">
-        <v>-14.71569</v>
+        <v>0</v>
       </c>
       <c r="AE50" s="9">
-        <v>1.8913800000000001</v>
+        <v>0</v>
       </c>
       <c r="AF50" s="9">
-        <v>-0.56065999999999994</v>
+        <v>0</v>
       </c>
       <c r="AG50" s="9">
-        <v>1.0413599999999998</v>
+        <v>0</v>
       </c>
       <c r="AH50" s="9">
-        <v>11.60134</v>
+        <v>0</v>
       </c>
       <c r="AI50" s="9">
-        <v>-0.28299999999999997</v>
+        <v>0</v>
       </c>
       <c r="AJ50" s="10">
-        <v>-23.56033</v>
+        <v>-23.137700000000002</v>
       </c>
       <c r="AK50" s="5"/>
     </row>
     <row r="51" spans="1:37" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B51" s="23" t="s">
-        <v>69</v>
+        <v>51</v>
       </c>
       <c r="C51" s="9">
         <v>0</v>
       </c>
       <c r="D51" s="9">
         <v>0</v>
       </c>
       <c r="E51" s="9">
-        <v>0</v>
+        <v>1.737E-2</v>
       </c>
       <c r="F51" s="9">
-        <v>0</v>
+        <v>4.2900000000000004E-3</v>
       </c>
       <c r="G51" s="9">
-        <v>6.862E-2</v>
+        <v>0</v>
       </c>
       <c r="H51" s="9">
         <v>0</v>
       </c>
       <c r="I51" s="9">
-        <v>0</v>
+        <v>5.7250000000000002E-2</v>
       </c>
       <c r="J51" s="9">
         <v>0</v>
       </c>
       <c r="K51" s="9">
-        <v>0</v>
+        <v>0.20266999999999999</v>
       </c>
       <c r="L51" s="9">
         <v>0</v>
       </c>
       <c r="M51" s="9">
-        <v>0</v>
+        <v>-7.8370000000000009E-2</v>
       </c>
       <c r="N51" s="9">
-        <v>0</v>
+        <v>-1.132E-2</v>
       </c>
       <c r="O51" s="9">
-        <v>0</v>
+        <v>6.2177199999999999</v>
       </c>
       <c r="P51" s="9">
-        <v>-0.92816999999999994</v>
+        <v>0.16206999999999999</v>
       </c>
       <c r="Q51" s="9">
-        <v>3.2240000000000005E-2</v>
+        <v>1.2431300000000001</v>
       </c>
       <c r="R51" s="9">
-        <v>1.367E-2</v>
+        <v>-0.91004999999999991</v>
       </c>
       <c r="S51" s="9">
-        <v>-0.25108000000000003</v>
+        <v>-3.5665100000000001</v>
       </c>
       <c r="T51" s="9">
-        <v>0</v>
+        <v>0.40960000000000002</v>
       </c>
       <c r="U51" s="9">
-        <v>0</v>
+        <v>5.0288500000000003</v>
       </c>
       <c r="V51" s="9">
-        <v>1.0398399999999999</v>
+        <v>-8.5152800000000006</v>
       </c>
       <c r="W51" s="9">
-        <v>-0.40361000000000002</v>
+        <v>-5.8761899999999994</v>
       </c>
       <c r="X51" s="9">
-        <v>-0.52427999999999997</v>
+        <v>-4.9214799999999999</v>
       </c>
       <c r="Y51" s="9">
-        <v>0</v>
+        <v>-3.0017</v>
       </c>
       <c r="Z51" s="9">
-        <v>9.955E-2</v>
+        <v>-0.48314000000000001</v>
       </c>
       <c r="AA51" s="9">
-        <v>4.5999999999999999E-3</v>
+        <v>-8.0467100000000009</v>
       </c>
       <c r="AB51" s="9">
-        <v>5.8176600000000001</v>
+        <v>3.2630500000000002</v>
       </c>
       <c r="AC51" s="9">
-        <v>-1.5829500000000001</v>
+        <v>-3.7303099999999998</v>
       </c>
       <c r="AD51" s="9">
-        <v>-0.36577999999999999</v>
+        <v>-14.71569</v>
       </c>
       <c r="AE51" s="9">
-        <v>-6.2152299999999991</v>
+        <v>1.8913800000000001</v>
       </c>
       <c r="AF51" s="9">
-        <v>-31.21791</v>
+        <v>-0.56065999999999994</v>
       </c>
       <c r="AG51" s="9">
-        <v>40.709160000000004</v>
+        <v>1.0413599999999998</v>
       </c>
       <c r="AH51" s="9">
-        <v>-33.740749999999998</v>
+        <v>11.60134</v>
       </c>
       <c r="AI51" s="9">
-        <v>-0.71590999999999994</v>
+        <v>-0.57499999999999996</v>
       </c>
       <c r="AJ51" s="10">
-        <v>-28.160329999999991</v>
+        <v>-23.852330000000002</v>
       </c>
       <c r="AK51" s="5"/>
     </row>
     <row r="52" spans="1:37" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B52" s="23" t="s">
-        <v>38</v>
+        <v>53</v>
       </c>
       <c r="C52" s="9">
         <v>0</v>
       </c>
       <c r="D52" s="9">
         <v>0</v>
       </c>
       <c r="E52" s="9">
         <v>0</v>
       </c>
       <c r="F52" s="9">
         <v>0</v>
       </c>
       <c r="G52" s="9">
         <v>0</v>
       </c>
       <c r="H52" s="9">
         <v>0</v>
       </c>
       <c r="I52" s="9">
         <v>0</v>
       </c>
       <c r="J52" s="9">
         <v>0</v>
       </c>
       <c r="K52" s="9">
         <v>0</v>
       </c>
       <c r="L52" s="9">
         <v>0</v>
       </c>
       <c r="M52" s="9">
         <v>0</v>
       </c>
       <c r="N52" s="9">
-        <v>0</v>
+        <v>4.4999999999999998E-2</v>
       </c>
       <c r="O52" s="9">
-        <v>-0.13291</v>
+        <v>8.26356</v>
       </c>
       <c r="P52" s="9">
-        <v>2.1320900000000003</v>
+        <v>1.05298</v>
       </c>
       <c r="Q52" s="9">
-        <v>-7.7541799999999999</v>
+        <v>-8.5188100000000002</v>
       </c>
       <c r="R52" s="9">
-        <v>-21.22964</v>
+        <v>-13.347049999999999</v>
       </c>
       <c r="S52" s="9">
-        <v>-8.9793299999999991</v>
+        <v>-1.7841300000000002</v>
       </c>
       <c r="T52" s="9">
-        <v>19.088270000000001</v>
+        <v>2.7396500000000001</v>
       </c>
       <c r="U52" s="9">
-        <v>18.0059</v>
+        <v>10.052059999999999</v>
       </c>
       <c r="V52" s="9">
-        <v>1.06654</v>
+        <v>-2.5218099999999999</v>
       </c>
       <c r="W52" s="9">
-        <v>17.947970000000002</v>
+        <v>-18.61749</v>
       </c>
       <c r="X52" s="9">
-        <v>-31.782589999999999</v>
+        <v>-15.484080000000001</v>
       </c>
       <c r="Y52" s="9">
-        <v>1.7423299999999999</v>
+        <v>-25.500119999999999</v>
       </c>
       <c r="Z52" s="9">
-        <v>-0.68386000000000002</v>
+        <v>-9.1017499999999991</v>
       </c>
       <c r="AA52" s="9">
-        <v>-28.227689999999999</v>
+        <v>-7.2777599999999998</v>
       </c>
       <c r="AB52" s="9">
-        <v>-6.3540000000000001</v>
+        <v>-9.3616700000000002</v>
       </c>
       <c r="AC52" s="9">
-        <v>15.161530000000001</v>
+        <v>0</v>
       </c>
       <c r="AD52" s="9">
-        <v>-22.189119999999999</v>
+        <v>0</v>
       </c>
       <c r="AE52" s="9">
-        <v>-17.158750000000001</v>
+        <v>0</v>
       </c>
       <c r="AF52" s="9">
-        <v>-12.72865</v>
+        <v>0</v>
       </c>
       <c r="AG52" s="9">
-        <v>6.0689700000000002</v>
+        <v>0</v>
       </c>
       <c r="AH52" s="9">
-        <v>-27.722150000000003</v>
+        <v>0</v>
       </c>
       <c r="AI52" s="9">
-        <v>15.687940000000001</v>
+        <v>0</v>
       </c>
       <c r="AJ52" s="10">
-        <v>-88.041329999999988</v>
+        <v>-89.361419999999995</v>
       </c>
       <c r="AK52" s="5"/>
     </row>
     <row r="53" spans="1:37" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B53" s="23" t="s">
-        <v>53</v>
+        <v>38</v>
       </c>
       <c r="C53" s="9">
         <v>0</v>
       </c>
       <c r="D53" s="9">
         <v>0</v>
       </c>
       <c r="E53" s="9">
         <v>0</v>
       </c>
       <c r="F53" s="9">
         <v>0</v>
       </c>
       <c r="G53" s="9">
         <v>0</v>
       </c>
       <c r="H53" s="9">
         <v>0</v>
       </c>
       <c r="I53" s="9">
         <v>0</v>
       </c>
       <c r="J53" s="9">
         <v>0</v>
       </c>
       <c r="K53" s="9">
         <v>0</v>
       </c>
       <c r="L53" s="9">
         <v>0</v>
       </c>
       <c r="M53" s="9">
         <v>0</v>
       </c>
       <c r="N53" s="9">
-        <v>4.4999999999999998E-2</v>
+        <v>0</v>
       </c>
       <c r="O53" s="9">
-        <v>8.26356</v>
+        <v>-0.13291</v>
       </c>
       <c r="P53" s="9">
-        <v>1.05298</v>
+        <v>2.1320900000000003</v>
       </c>
       <c r="Q53" s="9">
-        <v>-8.5188100000000002</v>
+        <v>-7.7541799999999999</v>
       </c>
       <c r="R53" s="9">
-        <v>-13.347049999999999</v>
+        <v>-21.22964</v>
       </c>
       <c r="S53" s="9">
-        <v>-1.7841300000000002</v>
+        <v>-8.9793299999999991</v>
       </c>
       <c r="T53" s="9">
-        <v>2.7396500000000001</v>
+        <v>19.088270000000001</v>
       </c>
       <c r="U53" s="9">
-        <v>10.052059999999999</v>
+        <v>18.0059</v>
       </c>
       <c r="V53" s="9">
-        <v>-2.5218099999999999</v>
+        <v>1.06654</v>
       </c>
       <c r="W53" s="9">
-        <v>-18.61749</v>
+        <v>17.947970000000002</v>
       </c>
       <c r="X53" s="9">
-        <v>-15.484080000000001</v>
+        <v>-31.782589999999999</v>
       </c>
       <c r="Y53" s="9">
-        <v>-25.500119999999999</v>
+        <v>1.7423299999999999</v>
       </c>
       <c r="Z53" s="9">
-        <v>-9.1017499999999991</v>
+        <v>-0.68386000000000002</v>
       </c>
       <c r="AA53" s="9">
-        <v>-7.2777599999999998</v>
+        <v>-28.227689999999999</v>
       </c>
       <c r="AB53" s="9">
-        <v>-9.3616700000000002</v>
+        <v>-6.3540000000000001</v>
       </c>
       <c r="AC53" s="9">
-        <v>0</v>
+        <v>15.161530000000001</v>
       </c>
       <c r="AD53" s="9">
-        <v>0</v>
+        <v>-22.189119999999999</v>
       </c>
       <c r="AE53" s="9">
-        <v>0</v>
+        <v>-17.158750000000001</v>
       </c>
       <c r="AF53" s="9">
-        <v>0</v>
+        <v>-12.72865</v>
       </c>
       <c r="AG53" s="9">
-        <v>0</v>
+        <v>6.0689700000000002</v>
       </c>
       <c r="AH53" s="9">
-        <v>0</v>
+        <v>-27.722150000000003</v>
       </c>
       <c r="AI53" s="9">
-        <v>0</v>
+        <v>8.4002199999999991</v>
       </c>
       <c r="AJ53" s="10">
-        <v>-89.361419999999995</v>
+        <v>-95.329049999999995</v>
       </c>
       <c r="AK53" s="5"/>
     </row>
     <row r="54" spans="1:37" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B54" s="23" t="s">
         <v>54</v>
       </c>
       <c r="C54" s="9">
         <v>0</v>
       </c>
       <c r="D54" s="9">
         <v>0</v>
       </c>
       <c r="E54" s="9">
         <v>0</v>
       </c>
       <c r="F54" s="9">
         <v>0</v>
       </c>
       <c r="G54" s="9">
         <v>0</v>
       </c>
       <c r="H54" s="9">
         <v>0</v>
       </c>
@@ -6477,54 +6477,54 @@
       <c r="AA54" s="9">
         <v>2.7292700000000001</v>
       </c>
       <c r="AB54" s="9">
         <v>-0.36266999999999999</v>
       </c>
       <c r="AC54" s="9">
         <v>-0.35846</v>
       </c>
       <c r="AD54" s="9">
         <v>1.7297799999999999</v>
       </c>
       <c r="AE54" s="9">
         <v>-1.3445400000000001</v>
       </c>
       <c r="AF54" s="9">
         <v>-37.860190000000003</v>
       </c>
       <c r="AG54" s="9">
         <v>0.69967000000000001</v>
       </c>
       <c r="AH54" s="9">
         <v>-1.22428</v>
       </c>
       <c r="AI54" s="9">
-        <v>0.72014999999999996</v>
+        <v>2.3898099999999998</v>
       </c>
       <c r="AJ54" s="10">
-        <v>-321.93547999999998</v>
+        <v>-320.26581999999991</v>
       </c>
       <c r="AK54" s="5"/>
     </row>
     <row r="55" spans="1:37" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B55" s="23" t="s">
         <v>45</v>
       </c>
       <c r="C55" s="9">
         <v>0</v>
       </c>
       <c r="D55" s="9">
         <v>8.0299999999999989E-3</v>
       </c>
       <c r="E55" s="9">
         <v>1.4000000000000001E-4</v>
       </c>
       <c r="F55" s="9">
         <v>0</v>
       </c>
       <c r="G55" s="9">
         <v>4.3026899999999992</v>
       </c>
       <c r="H55" s="9">
         <v>0.47977999999999998</v>
       </c>
@@ -6582,381 +6582,381 @@
       <c r="Z55" s="9">
         <v>-10.24417</v>
       </c>
       <c r="AA55" s="9">
         <v>-8.4606100000000009</v>
       </c>
       <c r="AB55" s="9">
         <v>3.0091199999999998</v>
       </c>
       <c r="AC55" s="9">
         <v>-12.60694</v>
       </c>
       <c r="AD55" s="9">
         <v>-36.058059999999998</v>
       </c>
       <c r="AE55" s="9">
         <v>-1447.5916399999999</v>
       </c>
       <c r="AF55" s="9">
         <v>-9.0906099999999999</v>
       </c>
       <c r="AG55" s="9">
         <v>24.678060000000002</v>
       </c>
       <c r="AH55" s="9">
-        <v>-12.875549999999999</v>
-[...2 lines deleted...]
-        <v>2.7884499999999997</v>
+        <v>-12.87655</v>
+      </c>
+      <c r="AI55" s="25">
+        <v>-2.7583000000000002</v>
       </c>
       <c r="AJ55" s="19">
-        <v>-1498.55457</v>
+        <v>-1504.10232</v>
       </c>
       <c r="AK55" s="5"/>
     </row>
     <row r="56" spans="1:37" s="3" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B56" s="17" t="s">
         <v>76</v>
       </c>
       <c r="C56" s="18">
         <v>3.4541999999984085E-3</v>
       </c>
       <c r="D56" s="18">
         <v>-4.9999999998107114E-6</v>
       </c>
       <c r="E56" s="18">
         <v>1.407200000000941E-3</v>
       </c>
       <c r="F56" s="18">
         <v>5.5433699999998254E-2</v>
       </c>
       <c r="G56" s="18">
         <v>7.7519199999983357E-2</v>
       </c>
       <c r="H56" s="18">
         <v>0.18515320000003044</v>
       </c>
       <c r="I56" s="18">
-        <v>-0.15705350000000351</v>
+        <v>4.0956499999992957E-2</v>
       </c>
       <c r="J56" s="18">
-        <v>0.36377139999999031</v>
+        <v>0.39988139999998396</v>
       </c>
       <c r="K56" s="18">
-        <v>6.3562299999972538E-2</v>
+        <v>0.38288229999997725</v>
       </c>
       <c r="L56" s="18">
-        <v>6.0410137000003488</v>
+        <v>6.6086337000003823</v>
       </c>
       <c r="M56" s="18">
-        <v>-10.792913400000003</v>
+        <v>1.1475065999999856</v>
       </c>
       <c r="N56" s="18">
-        <v>1.8046438000000649</v>
+        <v>1.445153800000071</v>
       </c>
       <c r="O56" s="18">
-        <v>-12.65749969999996</v>
+        <v>2.4487402999999972</v>
       </c>
       <c r="P56" s="18">
-        <v>-15.422131199999967</v>
+        <v>3.0601687999999854</v>
       </c>
       <c r="Q56" s="18">
-        <v>6.9749727000000519</v>
+        <v>-5.2658873000001449</v>
       </c>
       <c r="R56" s="18">
-        <v>16.348221499999795</v>
+        <v>14.010121499999968</v>
       </c>
       <c r="S56" s="18">
-        <v>7.8404980999999907</v>
+        <v>7.8395180999999639</v>
       </c>
       <c r="T56" s="18">
         <v>2.5104367000000707</v>
       </c>
       <c r="U56" s="18">
-        <v>10.614705099999959</v>
+        <v>10.614705100000016</v>
       </c>
       <c r="V56" s="18">
-        <v>7.5726009000000474</v>
+        <v>7.5726008999999905</v>
       </c>
       <c r="W56" s="18">
-        <v>-1.878376099999997</v>
+        <v>-1.8823768999999935</v>
       </c>
       <c r="X56" s="18">
-        <v>-3.7615384999994603</v>
+        <v>-3.6395400999995218</v>
       </c>
       <c r="Y56" s="18">
-        <v>2.8356009999998548</v>
+        <v>2.8356000000000563</v>
       </c>
       <c r="Z56" s="18">
-        <v>1.2351689000001898</v>
+        <v>1.3057134000001724</v>
       </c>
       <c r="AA56" s="18">
-        <v>-7.0749316000000135</v>
+        <v>-7.1739248000000657</v>
       </c>
       <c r="AB56" s="18">
-        <v>-9.1344077000001107</v>
+        <v>-9.0879211000002442</v>
       </c>
       <c r="AC56" s="18">
-        <v>6.2117990000000418</v>
+        <v>5.864796900000016</v>
       </c>
       <c r="AD56" s="18">
-        <v>4.2624594999998067</v>
+        <v>4.1764764999998647</v>
       </c>
       <c r="AE56" s="18">
-        <v>6.3752148999996052</v>
+        <v>5.949527199999352</v>
       </c>
       <c r="AF56" s="18">
-        <v>-5.1729497000000038</v>
+        <v>-5.1345193999999879</v>
       </c>
       <c r="AG56" s="18">
-        <v>15.119883600000094</v>
+        <v>14.42188780000015</v>
       </c>
       <c r="AH56" s="18">
-        <v>24.887923600000704</v>
+        <v>20.180320400001165</v>
       </c>
       <c r="AI56" s="9">
-        <v>-8.2514989000000014</v>
+        <v>-0.513311500000043</v>
       </c>
       <c r="AJ56" s="10">
-        <v>47.082138899999336</v>
+        <v>80.441109299998061</v>
       </c>
       <c r="AK56" s="5"/>
     </row>
     <row r="57" spans="1:37" s="3" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B57" s="1" t="s">
         <v>77</v>
       </c>
       <c r="C57" s="9">
         <v>1.6576099999999983E-2</v>
       </c>
       <c r="D57" s="9">
         <v>-4.7765000000001834E-3</v>
       </c>
       <c r="E57" s="9">
         <v>-8.4030000000003824E-3</v>
       </c>
       <c r="F57" s="9">
         <v>5.7440000000141822E-4</v>
       </c>
       <c r="G57" s="9">
         <v>0</v>
       </c>
       <c r="H57" s="9">
         <v>0</v>
       </c>
       <c r="I57" s="9">
         <v>0</v>
       </c>
       <c r="J57" s="9">
-        <v>3.9018189999999962</v>
+        <v>3.9018190000000033</v>
       </c>
       <c r="K57" s="9">
         <v>27.620873889114577</v>
       </c>
       <c r="L57" s="9">
-        <v>18.248295522634557</v>
+        <v>18.24829552263467</v>
       </c>
       <c r="M57" s="9">
         <v>16.067339620891616</v>
       </c>
       <c r="N57" s="9">
         <v>50.841860815087628</v>
       </c>
       <c r="O57" s="9">
-        <v>30.475036839811761</v>
+        <v>30.475036839811732</v>
       </c>
       <c r="P57" s="9">
-        <v>51.581595610353986</v>
+        <v>51.581595610354015</v>
       </c>
       <c r="Q57" s="9">
-        <v>50.183395872891658</v>
+        <v>50.183395872891602</v>
       </c>
       <c r="R57" s="9">
-        <v>74.193785748952308</v>
+        <v>74.193785748952081</v>
       </c>
       <c r="S57" s="9">
         <v>-51.135860838803531</v>
       </c>
       <c r="T57" s="9">
-        <v>48.864988524981946</v>
+        <v>48.86498852498115</v>
       </c>
       <c r="U57" s="9">
-        <v>22.728097795135312</v>
+        <v>22.728097795135248</v>
       </c>
       <c r="V57" s="9">
-        <v>-1.581293893421521</v>
+        <v>-1.5812938934216347</v>
       </c>
       <c r="W57" s="9">
-        <v>11.837562489130111</v>
+        <v>11.837562489130223</v>
       </c>
       <c r="X57" s="9">
-        <v>26.887647481813353</v>
+        <v>26.887647481813126</v>
       </c>
       <c r="Y57" s="9">
-        <v>40.943757285041102</v>
+        <v>40.943757285042139</v>
       </c>
       <c r="Z57" s="9">
-        <v>23.348031321517514</v>
+        <v>23.348031321517855</v>
       </c>
       <c r="AA57" s="9">
-        <v>54.059129457495445</v>
+        <v>54.059129457495501</v>
       </c>
       <c r="AB57" s="9">
-        <v>5.2849506153864549</v>
+        <v>5.2849506153863413</v>
       </c>
       <c r="AC57" s="9">
-        <v>-87.617880059554949</v>
+        <v>-87.617880059555148</v>
       </c>
       <c r="AD57" s="9">
-        <v>93.951861222831369</v>
+        <v>93.951861222831255</v>
       </c>
       <c r="AE57" s="9">
-        <v>310.93714104974276</v>
+        <v>310.93714104974288</v>
       </c>
       <c r="AF57" s="9">
         <v>-13.356459864537186</v>
       </c>
       <c r="AG57" s="9">
-        <v>-46.811382069136371</v>
+        <v>-46.811382019135308</v>
       </c>
       <c r="AH57" s="9">
-        <v>92.185138095595406</v>
+        <v>92.185138034393688</v>
       </c>
       <c r="AI57" s="9">
-        <v>182.50952971796772</v>
+        <v>-107.60275821587921</v>
       </c>
       <c r="AJ57" s="10">
-        <v>1036.1529322509264</v>
+        <v>746.04064430587732</v>
       </c>
       <c r="AK57" s="5"/>
     </row>
     <row r="58" spans="1:37" s="4" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B58" s="13" t="s">
         <v>2</v>
       </c>
       <c r="C58" s="14">
         <v>15.1804203</v>
       </c>
       <c r="D58" s="14">
         <v>5.6880685</v>
       </c>
       <c r="E58" s="14">
         <v>5.3924741999999997</v>
       </c>
       <c r="F58" s="14">
         <v>20.708338100000002</v>
       </c>
       <c r="G58" s="14">
         <v>220.68569919999999</v>
       </c>
       <c r="H58" s="14">
         <v>134.6786932</v>
       </c>
       <c r="I58" s="14">
         <v>60.280176499999996</v>
       </c>
       <c r="J58" s="14">
-        <v>55.009090399999991</v>
+        <v>55.009090399999998</v>
       </c>
       <c r="K58" s="14">
         <v>163.48118618911457</v>
       </c>
       <c r="L58" s="14">
-        <v>627.62593922263466</v>
+        <v>627.62593922263477</v>
       </c>
       <c r="M58" s="14">
         <v>132.19498622089162</v>
       </c>
       <c r="N58" s="14">
         <v>345.10590461508764</v>
       </c>
       <c r="O58" s="14">
-        <v>210.67648713981174</v>
+        <v>210.67648713981171</v>
       </c>
       <c r="P58" s="14">
-        <v>252.85742441035399</v>
+        <v>252.85742441035401</v>
       </c>
       <c r="Q58" s="14">
-        <v>302.09496857289167</v>
+        <v>302.09496857289162</v>
       </c>
       <c r="R58" s="14">
-        <v>1051.9682572489523</v>
+        <v>1051.9682572489521</v>
       </c>
       <c r="S58" s="14">
         <v>906.91644726119648</v>
       </c>
       <c r="T58" s="14">
-        <v>343.62004522498194</v>
+        <v>343.62004522498114</v>
       </c>
       <c r="U58" s="14">
-        <v>-37.684847104864694</v>
+        <v>-37.684847104864758</v>
       </c>
       <c r="V58" s="14">
-        <v>-46.171462993421528</v>
+        <v>-46.171462993421642</v>
       </c>
       <c r="W58" s="14">
-        <v>-9.3589836108698989</v>
+        <v>-12.405134410869778</v>
       </c>
       <c r="X58" s="14">
-        <v>1654.9834589818133</v>
+        <v>1652.7269173818131</v>
       </c>
       <c r="Y58" s="14">
-        <v>-85.385501714958878</v>
+        <v>-95.547792714957836</v>
       </c>
       <c r="Z58" s="14">
-        <v>-615.50443977848249</v>
+        <v>-615.9216752784821</v>
       </c>
       <c r="AA58" s="14">
-        <v>489.75624785749545</v>
+        <v>474.56724465749551</v>
       </c>
       <c r="AB58" s="14">
-        <v>277.07427291538647</v>
+        <v>263.18808951538631</v>
       </c>
       <c r="AC58" s="14">
-        <v>88.492728940445062</v>
+        <v>73.872596840444857</v>
       </c>
       <c r="AD58" s="14">
-        <v>386.21802072283134</v>
+        <v>318.65403772283122</v>
       </c>
       <c r="AE58" s="14">
-        <v>980.76160594974272</v>
+        <v>826.26906824974287</v>
       </c>
       <c r="AF58" s="14">
-        <v>-381.02551956453721</v>
+        <v>-383.87880926453721</v>
       </c>
       <c r="AG58" s="14">
-        <v>1264.7899915308635</v>
+        <v>1379.1385457808647</v>
       </c>
       <c r="AH58" s="14">
-        <v>2576.0263516955956</v>
+        <v>2582.9253384343938</v>
       </c>
       <c r="AI58" s="14">
-        <v>-84.190899182032268</v>
+        <v>16.998030284120759</v>
       </c>
       <c r="AJ58" s="10">
-        <v>11312.945631150926</v>
+        <v>11250.894753605877</v>
       </c>
       <c r="AK58" s="5"/>
     </row>
     <row r="59" spans="1:37" s="4" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B59" s="20" t="s">
         <v>78</v>
       </c>
       <c r="C59" s="15"/>
       <c r="D59" s="15"/>
       <c r="E59" s="15"/>
       <c r="F59" s="15"/>
       <c r="G59" s="15"/>
       <c r="H59" s="15"/>
       <c r="I59" s="15"/>
       <c r="J59" s="15"/>
       <c r="K59" s="15"/>
       <c r="L59" s="15"/>
       <c r="M59" s="15"/>
       <c r="N59" s="15"/>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15"/>
       <c r="R59" s="15">
         <v>825.7</v>
       </c>
@@ -6982,127 +6982,127 @@
       <c r="AF59" s="15"/>
       <c r="AG59" s="15"/>
       <c r="AH59" s="15"/>
       <c r="AI59" s="15"/>
       <c r="AJ59" s="15">
         <v>2359.4</v>
       </c>
       <c r="AK59" s="5"/>
     </row>
     <row r="60" spans="1:37" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="X60" s="4"/>
       <c r="Y60" s="4"/>
       <c r="Z60" s="4"/>
       <c r="AA60" s="4"/>
       <c r="AB60" s="4"/>
       <c r="AC60" s="4"/>
       <c r="AD60" s="4"/>
       <c r="AE60" s="4"/>
       <c r="AF60" s="4"/>
       <c r="AG60" s="4"/>
       <c r="AH60" s="4"/>
       <c r="AI60" s="4"/>
       <c r="AJ60" s="1"/>
     </row>
     <row r="61" spans="1:37" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B61" s="27"/>
-[...9 lines deleted...]
-      <c r="L61" s="27"/>
+      <c r="B61" s="28"/>
+      <c r="C61" s="28"/>
+      <c r="D61" s="28"/>
+      <c r="E61" s="28"/>
+      <c r="F61" s="28"/>
+      <c r="G61" s="28"/>
+      <c r="H61" s="28"/>
+      <c r="I61" s="28"/>
+      <c r="J61" s="28"/>
+      <c r="K61" s="28"/>
+      <c r="L61" s="28"/>
       <c r="M61" s="12"/>
       <c r="P61" s="5"/>
     </row>
     <row r="62" spans="1:37" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A62" s="25" t="s">
+      <c r="A62" s="26" t="s">
         <v>72</v>
       </c>
-      <c r="B62" s="25"/>
-[...7 lines deleted...]
-      <c r="J62" s="25"/>
+      <c r="B62" s="26"/>
+      <c r="C62" s="26"/>
+      <c r="D62" s="26"/>
+      <c r="E62" s="26"/>
+      <c r="F62" s="26"/>
+      <c r="G62" s="26"/>
+      <c r="H62" s="26"/>
+      <c r="I62" s="26"/>
+      <c r="J62" s="26"/>
       <c r="K62" s="16"/>
       <c r="L62" s="16"/>
       <c r="M62" s="12"/>
     </row>
     <row r="63" spans="1:37" ht="24" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B63" s="25" t="s">
+      <c r="B63" s="26" t="s">
         <v>73</v>
       </c>
-      <c r="C63" s="26"/>
-[...7 lines deleted...]
-      <c r="K63" s="26"/>
+      <c r="C63" s="27"/>
+      <c r="D63" s="27"/>
+      <c r="E63" s="27"/>
+      <c r="F63" s="27"/>
+      <c r="G63" s="27"/>
+      <c r="H63" s="27"/>
+      <c r="I63" s="27"/>
+      <c r="J63" s="27"/>
+      <c r="K63" s="27"/>
       <c r="L63" s="11"/>
       <c r="M63" s="11"/>
       <c r="AJ63" s="1"/>
     </row>
     <row r="64" spans="1:37" ht="46.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B64" s="25" t="s">
+      <c r="B64" s="26" t="s">
         <v>74</v>
       </c>
-      <c r="C64" s="26"/>
-[...7 lines deleted...]
-      <c r="K64" s="26"/>
+      <c r="C64" s="27"/>
+      <c r="D64" s="27"/>
+      <c r="E64" s="27"/>
+      <c r="F64" s="27"/>
+      <c r="G64" s="27"/>
+      <c r="H64" s="27"/>
+      <c r="I64" s="27"/>
+      <c r="J64" s="27"/>
+      <c r="K64" s="27"/>
       <c r="L64" s="11"/>
       <c r="M64" s="11"/>
       <c r="AJ64" s="1"/>
     </row>
     <row r="65" spans="2:13" ht="37.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B65" s="25" t="s">
+      <c r="B65" s="26" t="s">
         <v>75</v>
       </c>
-      <c r="C65" s="25"/>
-[...6 lines deleted...]
-      <c r="J65" s="25"/>
+      <c r="C65" s="26"/>
+      <c r="D65" s="26"/>
+      <c r="E65" s="26"/>
+      <c r="F65" s="26"/>
+      <c r="G65" s="26"/>
+      <c r="H65" s="26"/>
+      <c r="I65" s="26"/>
+      <c r="J65" s="26"/>
       <c r="K65" s="11"/>
       <c r="L65" s="11"/>
       <c r="M65" s="11"/>
     </row>
     <row r="66" spans="2:13" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B66" s="11"/>
       <c r="C66" s="11"/>
       <c r="D66" s="11"/>
       <c r="E66" s="11"/>
       <c r="F66" s="11"/>
       <c r="G66" s="11"/>
       <c r="H66" s="11"/>
       <c r="I66" s="11"/>
       <c r="J66" s="11"/>
     </row>
   </sheetData>
   <sortState ref="B6:AJ56">
     <sortCondition descending="1" ref="AJ40:AJ56"/>
   </sortState>
   <mergeCells count="5">
     <mergeCell ref="B65:J65"/>
     <mergeCell ref="B64:K64"/>
     <mergeCell ref="B63:K63"/>
     <mergeCell ref="B61:L61"/>
     <mergeCell ref="A62:J62"/>