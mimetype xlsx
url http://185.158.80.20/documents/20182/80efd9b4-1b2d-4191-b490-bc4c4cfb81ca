--- v0 (2025-10-08)
+++ v1 (2025-11-19)
@@ -2,83 +2,86 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24334"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="M:\Statistika i istraživanje\BILTEN\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\263\GFS\9. Bilten i SDDS\Bilten i statistički pregled\Bilten 11.2025_objava web 10.2025\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{2DDFB602-F8EE-4FFF-9685-845C67878E20}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{8329F18C-47C3-494E-B3C3-4A19E8FA2EBA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{902F5619-2C24-45E2-8DCD-B2665AD3F849}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{E98FC1FD-75FC-4CA5-A8A6-92F23236C2C3}"/>
   </bookViews>
   <sheets>
     <sheet name="EN_EUR" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">EN_EUR!$B$6:$FJ$47</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
+    <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
+      <xlwcv:version setVersion="1"/>
+    </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="546" uniqueCount="25">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="547" uniqueCount="25">
   <si>
     <t>Table I3 General government debt</t>
   </si>
   <si>
     <t>end of period, in million EUR</t>
   </si>
   <si>
     <r>
       <t>1</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="8"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t xml:space="preserve">	 </t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
         <rFont val="Arial"/>
         <family val="2"/>
@@ -383,51 +386,51 @@
   <si>
     <t xml:space="preserve">     External debt </t>
   </si>
   <si>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="8"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t>a</t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t xml:space="preserve"> Domestic debt of general government = (1.1 + 1.2 + 1.3 – consolidation elements).</t>
     </r>
   </si>
   <si>
-    <t xml:space="preserve">* Data are revised since April 2006. due to sector reclassification of several units into government sector and since January 2025 due to the regular update of data for the current year. </t>
+    <t xml:space="preserve">* Data on guarantees are revised since May 2025 due to the regular update of data for the current year. </t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>*</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="#,##0.0"/>
     <numFmt numFmtId="165" formatCode="mm/yy"/>
   </numFmts>
   <fonts count="9" x14ac:knownFonts="1">
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
@@ -612,56 +615,56 @@
     <xf numFmtId="164" fontId="2" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="2"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
-    <cellStyle name="Heading 1" xfId="1" xr:uid="{1CA35B37-D5C8-429C-894A-739A1F64B10F}"/>
-    <cellStyle name="Heading 2" xfId="2" xr:uid="{521A3AFF-FB06-4EC9-9B6B-432C5EB1046F}"/>
+    <cellStyle name="Heading 1" xfId="1" xr:uid="{CA3B9DC9-D335-4514-B629-0F482CECF140}"/>
+    <cellStyle name="Heading 2" xfId="2" xr:uid="{F8E3B568-4B89-4D0B-B20D-577DF8180CC4}"/>
     <cellStyle name="Normalno" xfId="0" builtinId="0"/>
-    <cellStyle name="Ukupno" xfId="4" xr:uid="{A09B8CB9-E88F-4076-A883-3E5A163E2D4F}"/>
-[...1 lines deleted...]
-    <cellStyle name="Zaglavlje" xfId="3" xr:uid="{61619B59-DE95-44F1-AE8D-BABF748BBFE4}"/>
+    <cellStyle name="Ukupno" xfId="4" xr:uid="{D90971CB-933A-43EF-BE1E-354C075E64FC}"/>
+    <cellStyle name="Zadnji redak" xfId="5" xr:uid="{FF05C427-F404-4B3F-A4AF-A9B07CBCC517}"/>
+    <cellStyle name="Zaglavlje" xfId="3" xr:uid="{148F0472-8694-4430-AFD0-B2DFDA031A72}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema sustava Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
@@ -936,66 +939,66 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0BC6CE2D-BA4D-4D42-A907-12491F34A70D}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F4D4540B-C322-4FFC-800C-F71457698E26}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A2:MS405"/>
+  <dimension ref="A2:MT405"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="12.6640625" defaultRowHeight="14.1" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="4.1640625" style="20" customWidth="1"/>
     <col min="2" max="2" width="55.6640625" style="23" customWidth="1"/>
     <col min="3" max="16384" width="12.6640625" style="20"/>
   </cols>
   <sheetData>
-    <row r="2" spans="1:357" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="2" spans="1:358" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B2" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C2" s="9"/>
       <c r="D2" s="9"/>
       <c r="E2" s="9"/>
       <c r="F2" s="9"/>
       <c r="G2" s="9"/>
       <c r="H2" s="9"/>
       <c r="I2" s="9"/>
       <c r="J2" s="9"/>
       <c r="K2" s="9"/>
       <c r="L2" s="9"/>
       <c r="M2" s="9"/>
       <c r="N2" s="9"/>
       <c r="O2" s="9"/>
       <c r="P2" s="9"/>
       <c r="Q2" s="9"/>
       <c r="R2" s="9"/>
       <c r="S2" s="9"/>
       <c r="T2" s="9"/>
       <c r="U2" s="9"/>
       <c r="V2" s="9"/>
       <c r="W2" s="9"/>
       <c r="X2" s="9"/>
@@ -1101,71 +1104,71 @@
       <c r="DT2" s="9"/>
       <c r="DU2" s="9"/>
       <c r="DV2" s="9"/>
       <c r="DW2" s="9"/>
       <c r="DX2" s="9"/>
       <c r="DY2" s="9"/>
       <c r="DZ2" s="9"/>
       <c r="EA2" s="9"/>
       <c r="EB2" s="9"/>
       <c r="EC2" s="9"/>
       <c r="ED2" s="9"/>
       <c r="EE2" s="9"/>
       <c r="EF2" s="9"/>
       <c r="EG2" s="9"/>
       <c r="EH2" s="9"/>
       <c r="EI2" s="9"/>
       <c r="EJ2" s="9"/>
       <c r="EK2" s="9"/>
       <c r="EL2" s="9"/>
       <c r="EM2" s="9"/>
       <c r="EN2" s="9"/>
       <c r="EO2" s="9"/>
       <c r="EP2" s="9"/>
       <c r="EQ2" s="9"/>
     </row>
-    <row r="3" spans="1:357" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="3" spans="1:358" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B3" s="5" t="s">
         <v>1</v>
       </c>
       <c r="C3" s="9"/>
       <c r="D3" s="9"/>
       <c r="E3" s="9"/>
       <c r="F3" s="9"/>
       <c r="G3" s="9"/>
       <c r="H3" s="9"/>
     </row>
-    <row r="4" spans="1:357" s="8" customFormat="1" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="4" spans="1:358" s="8" customFormat="1" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B4" s="6"/>
       <c r="C4" s="9"/>
       <c r="D4" s="9"/>
       <c r="E4" s="9"/>
       <c r="F4" s="9"/>
       <c r="G4" s="9"/>
       <c r="H4" s="9"/>
     </row>
-    <row r="5" spans="1:357" s="10" customFormat="1" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="5" spans="1:358" s="10" customFormat="1" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B5" s="11"/>
       <c r="C5" s="10" t="s">
         <v>23</v>
       </c>
       <c r="D5" s="10" t="s">
         <v>23</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F5" s="10" t="s">
         <v>23</v>
       </c>
       <c r="G5" s="10" t="s">
         <v>23</v>
       </c>
       <c r="H5" s="10" t="s">
         <v>23</v>
       </c>
       <c r="I5" s="10" t="s">
         <v>23</v>
       </c>
       <c r="J5" s="10" t="s">
         <v>23</v>
       </c>
@@ -1496,744 +1499,747 @@
       <c r="DO5" s="10" t="s">
         <v>23</v>
       </c>
       <c r="DP5" s="10" t="s">
         <v>23</v>
       </c>
       <c r="DQ5" s="10" t="s">
         <v>23</v>
       </c>
       <c r="DR5" s="10" t="s">
         <v>23</v>
       </c>
       <c r="DS5" s="10" t="s">
         <v>23</v>
       </c>
       <c r="DT5" s="10" t="s">
         <v>23</v>
       </c>
       <c r="DU5" s="10" t="s">
         <v>23</v>
       </c>
       <c r="DV5" s="10" t="s">
         <v>23</v>
       </c>
       <c r="DW5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="DX5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="DY5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="DZ5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="EA5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="EB5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="EC5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="ED5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="EE5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="EF5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="EG5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="EH5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="EI5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="EJ5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="EK5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="EL5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="EM5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="EN5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="EO5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="EP5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="EQ5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="ER5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="ES5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="ET5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="EU5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="EV5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="EW5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="EX5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="EY5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="EZ5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="FA5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="FB5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="FC5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="FD5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="FE5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="FF5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="FG5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="FH5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="FI5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="FJ5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="FK5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="FL5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="FM5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="FN5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="FO5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="FP5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="FQ5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="FR5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="FS5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="FT5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="FU5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="FV5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="FW5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="FX5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="FY5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="FZ5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="GA5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="GB5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="GC5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="GD5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="GE5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="GF5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="GG5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="GH5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="GI5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="GJ5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="GK5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="GL5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="GM5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="GN5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="GO5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="GP5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="GQ5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="GR5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="GS5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="GT5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="GU5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="GV5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="GW5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="GX5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="GY5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="GZ5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="HA5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="HB5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="HC5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="HD5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="HE5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="HF5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="HG5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="HH5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="HI5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="HJ5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="HK5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="HL5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="HM5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="HN5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="HO5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="HP5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="HQ5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="HR5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="HS5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="HT5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="HU5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="HV5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="HW5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="HX5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="HY5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="HZ5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="IA5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="IB5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="IC5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="ID5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="IE5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="IF5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="IG5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="IH5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="II5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="IJ5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="IK5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="IL5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="IM5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="IN5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="IO5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="IP5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="IQ5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="IR5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="IS5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="IT5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="IU5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="IV5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="IW5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="IX5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="IY5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="IZ5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="JA5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="JB5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="JC5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="JD5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="JE5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="JF5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="JG5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="JH5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="JI5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="JJ5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="JK5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="JL5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="JM5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="JN5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="JO5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="JP5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="JQ5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="JR5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="JS5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="JT5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="JU5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="JV5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="JW5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="JX5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="JY5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="JZ5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="KA5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="KB5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="KC5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="KD5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="KE5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="KF5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="KG5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="KH5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="KI5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="KJ5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="KK5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="KL5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="KM5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="KN5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="KO5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="KP5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="KQ5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="KR5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="KS5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="KT5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="KU5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="KV5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="KW5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="KX5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="KY5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="KZ5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="LA5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="LB5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="LC5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="LD5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="LE5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="LF5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="LG5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="LH5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="LI5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="LJ5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="LK5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="LL5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="LM5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="LN5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="LO5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="LP5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="LQ5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="LR5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="LS5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="LT5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="LU5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="LV5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="LW5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="LX5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="LY5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="LZ5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="MA5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="MB5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="MC5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="MD5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="ME5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="MF5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="MG5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="MH5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="MI5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="MJ5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="MK5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="ML5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="MM5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="MN5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="MO5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="MP5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="MQ5" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="MR5" s="10" t="s">
         <v>24</v>
       </c>
       <c r="MS5" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="MT5" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="6" spans="1:357" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="6" spans="1:358" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="12"/>
       <c r="B6" s="1"/>
       <c r="C6" s="1">
         <v>35064</v>
       </c>
       <c r="D6" s="1">
         <v>35095</v>
       </c>
       <c r="E6" s="1">
         <v>35124</v>
       </c>
       <c r="F6" s="1">
         <v>35155</v>
       </c>
       <c r="G6" s="1">
         <v>35185</v>
       </c>
       <c r="H6" s="1">
         <v>35216</v>
       </c>
       <c r="I6" s="1">
         <v>35246</v>
       </c>
       <c r="J6" s="1">
         <v>35277</v>
@@ -3257,52 +3263,55 @@
       </c>
       <c r="ML6" s="1">
         <v>45626</v>
       </c>
       <c r="MM6" s="1">
         <v>45657</v>
       </c>
       <c r="MN6" s="1">
         <v>45688</v>
       </c>
       <c r="MO6" s="1">
         <v>45716</v>
       </c>
       <c r="MP6" s="1">
         <v>45747</v>
       </c>
       <c r="MQ6" s="1">
         <v>45777</v>
       </c>
       <c r="MR6" s="1">
         <v>45808</v>
       </c>
       <c r="MS6" s="1">
         <v>45838</v>
       </c>
+      <c r="MT6" s="1">
+        <v>45869</v>
+      </c>
     </row>
-    <row r="7" spans="1:357" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="7" spans="1:358" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B7" s="14" t="s">
         <v>2</v>
       </c>
       <c r="C7" s="14">
         <v>2332.2067839900001</v>
       </c>
       <c r="D7" s="14">
         <v>2272.73275233</v>
       </c>
       <c r="E7" s="14">
         <v>2252.8651237600002</v>
       </c>
       <c r="F7" s="14">
         <v>2201.5512585800002</v>
       </c>
       <c r="G7" s="14">
         <v>2177.8043657799999</v>
       </c>
       <c r="H7" s="14">
         <v>2124.77579492</v>
       </c>
       <c r="I7" s="14">
         <v>2112.9034915900002</v>
       </c>
       <c r="J7" s="14">
@@ -4327,52 +4336,55 @@
       </c>
       <c r="ML7" s="14">
         <v>34771.676080409998</v>
       </c>
       <c r="MM7" s="14">
         <v>34412.598255539997</v>
       </c>
       <c r="MN7" s="14">
         <v>34750.256034880003</v>
       </c>
       <c r="MO7" s="14">
         <v>35248.009232980003</v>
       </c>
       <c r="MP7" s="14">
         <v>35103.48228548</v>
       </c>
       <c r="MQ7" s="14">
         <v>35240.099225710001</v>
       </c>
       <c r="MR7" s="14">
         <v>35138.363290740002</v>
       </c>
       <c r="MS7" s="14">
         <v>35776.370530510001</v>
       </c>
+      <c r="MT7" s="14">
+        <v>36255.385768810003</v>
+      </c>
     </row>
-    <row r="8" spans="1:357" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="8" spans="1:358" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B8" s="14" t="s">
         <v>3</v>
       </c>
       <c r="C8" s="14">
         <v>2313.1054513200002</v>
       </c>
       <c r="D8" s="14">
         <v>2253.4795734899999</v>
       </c>
       <c r="E8" s="14">
         <v>2233.6659767699998</v>
       </c>
       <c r="F8" s="14">
         <v>2181.9297681100002</v>
       </c>
       <c r="G8" s="14">
         <v>2157.9187517400001</v>
       </c>
       <c r="H8" s="14">
         <v>2105.4082778900001</v>
       </c>
       <c r="I8" s="14">
         <v>2094.8049894999999</v>
       </c>
       <c r="J8" s="14">
@@ -5397,52 +5409,55 @@
       </c>
       <c r="ML8" s="14">
         <v>33904.522591840003</v>
       </c>
       <c r="MM8" s="14">
         <v>33536.559909119998</v>
       </c>
       <c r="MN8" s="14">
         <v>33882.128918959999</v>
       </c>
       <c r="MO8" s="14">
         <v>34377.806602320001</v>
       </c>
       <c r="MP8" s="14">
         <v>34234.925564379999</v>
       </c>
       <c r="MQ8" s="14">
         <v>34375.375561350003</v>
       </c>
       <c r="MR8" s="14">
         <v>34246.799680700002</v>
       </c>
       <c r="MS8" s="14">
         <v>34872.655598589998</v>
       </c>
+      <c r="MT8" s="14">
+        <v>35351.084485070001</v>
+      </c>
     </row>
-    <row r="9" spans="1:357" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="9" spans="1:358" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B9" s="15" t="s">
         <v>4</v>
       </c>
       <c r="C9" s="14">
         <v>0</v>
       </c>
       <c r="D9" s="14">
         <v>0</v>
       </c>
       <c r="E9" s="14">
         <v>0</v>
       </c>
       <c r="F9" s="14">
         <v>0</v>
       </c>
       <c r="G9" s="14">
         <v>0</v>
       </c>
       <c r="H9" s="14">
         <v>0</v>
       </c>
       <c r="I9" s="14">
         <v>0</v>
       </c>
       <c r="J9" s="14">
@@ -6467,52 +6482,55 @@
       </c>
       <c r="ML9" s="14">
         <v>61.785690629999998</v>
       </c>
       <c r="MM9" s="14">
         <v>62.484605279999997</v>
       </c>
       <c r="MN9" s="14">
         <v>64.275787510000001</v>
       </c>
       <c r="MO9" s="14">
         <v>64.752394899999999</v>
       </c>
       <c r="MP9" s="14">
         <v>64.190199849999999</v>
       </c>
       <c r="MQ9" s="14">
         <v>65.906965700000001</v>
       </c>
       <c r="MR9" s="14">
         <v>68.556325130000005</v>
       </c>
       <c r="MS9" s="14">
         <v>68.44938071</v>
       </c>
+      <c r="MT9" s="14">
+        <v>72.726560300000003</v>
+      </c>
     </row>
-    <row r="10" spans="1:357" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="10" spans="1:358" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B10" s="15" t="s">
         <v>5</v>
       </c>
       <c r="C10" s="14">
         <v>0</v>
       </c>
       <c r="D10" s="14">
         <v>0</v>
       </c>
       <c r="E10" s="14">
         <v>0</v>
       </c>
       <c r="F10" s="14">
         <v>0</v>
       </c>
       <c r="G10" s="14">
         <v>0</v>
       </c>
       <c r="H10" s="14">
         <v>0</v>
       </c>
       <c r="I10" s="14">
         <v>0</v>
       </c>
       <c r="J10" s="14">
@@ -7537,52 +7555,55 @@
       </c>
       <c r="ML10" s="14">
         <v>3027.3519999999999</v>
       </c>
       <c r="MM10" s="14">
         <v>3201.5309999999999</v>
       </c>
       <c r="MN10" s="14">
         <v>3201.5010000000002</v>
       </c>
       <c r="MO10" s="14">
         <v>3246.6379999999999</v>
       </c>
       <c r="MP10" s="14">
         <v>3473.2429999999999</v>
       </c>
       <c r="MQ10" s="14">
         <v>3489.5720000000001</v>
       </c>
       <c r="MR10" s="14">
         <v>3491.11</v>
       </c>
       <c r="MS10" s="14">
         <v>4269.8040000000001</v>
       </c>
+      <c r="MT10" s="14">
+        <v>4285.8069999999998</v>
+      </c>
     </row>
-    <row r="11" spans="1:357" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="11" spans="1:358" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B11" s="15" t="s">
         <v>6</v>
       </c>
       <c r="C11" s="14">
         <v>2122.4680420700001</v>
       </c>
       <c r="D11" s="14">
         <v>2044.4239169699999</v>
       </c>
       <c r="E11" s="14">
         <v>2034.6657249899999</v>
       </c>
       <c r="F11" s="14">
         <v>1987.07596268</v>
       </c>
       <c r="G11" s="14">
         <v>1963.2284730199999</v>
       </c>
       <c r="H11" s="14">
         <v>1938.14564043</v>
       </c>
       <c r="I11" s="14">
         <v>1920.42115487</v>
       </c>
       <c r="J11" s="14">
@@ -8607,52 +8628,55 @@
       </c>
       <c r="ML11" s="14">
         <v>24870.722899609998</v>
       </c>
       <c r="MM11" s="14">
         <v>24878.016763399999</v>
       </c>
       <c r="MN11" s="14">
         <v>25092.578263399999</v>
       </c>
       <c r="MO11" s="14">
         <v>25650.443848719999</v>
       </c>
       <c r="MP11" s="14">
         <v>25338.131315940002</v>
       </c>
       <c r="MQ11" s="14">
         <v>25555.68714468</v>
       </c>
       <c r="MR11" s="14">
         <v>25574.71594468</v>
       </c>
       <c r="MS11" s="14">
         <v>25540.58131256</v>
       </c>
+      <c r="MT11" s="14">
+        <v>25993.54909267</v>
+      </c>
     </row>
-    <row r="12" spans="1:357" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="12" spans="1:358" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B12" s="15" t="s">
         <v>7</v>
       </c>
       <c r="C12" s="14">
         <v>0</v>
       </c>
       <c r="D12" s="14">
         <v>6.6361404200000003</v>
       </c>
       <c r="E12" s="14">
         <v>0</v>
       </c>
       <c r="F12" s="14">
         <v>26.544561680000001</v>
       </c>
       <c r="G12" s="14">
         <v>26.544561680000001</v>
       </c>
       <c r="H12" s="14">
         <v>0</v>
       </c>
       <c r="I12" s="14">
         <v>0</v>
       </c>
       <c r="J12" s="14">
@@ -9677,52 +9701,55 @@
       </c>
       <c r="ML12" s="14">
         <v>54.218850150000002</v>
       </c>
       <c r="MM12" s="14">
         <v>23.172671350000002</v>
       </c>
       <c r="MN12" s="14">
         <v>28.379681730000001</v>
       </c>
       <c r="MO12" s="14">
         <v>27.441653410000001</v>
       </c>
       <c r="MP12" s="14">
         <v>37.902165500000002</v>
       </c>
       <c r="MQ12" s="14">
         <v>32.1244248</v>
       </c>
       <c r="MR12" s="14">
         <v>24.072483219999999</v>
       </c>
       <c r="MS12" s="14">
         <v>18.512925979999999</v>
       </c>
+      <c r="MT12" s="14">
+        <v>21.294852630000001</v>
+      </c>
     </row>
-    <row r="13" spans="1:357" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="13" spans="1:358" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B13" s="15" t="s">
         <v>8</v>
       </c>
       <c r="C13" s="14">
         <v>190.63740924999999</v>
       </c>
       <c r="D13" s="14">
         <v>202.41951609</v>
       </c>
       <c r="E13" s="14">
         <v>199.00025178000001</v>
       </c>
       <c r="F13" s="14">
         <v>168.30924375000001</v>
       </c>
       <c r="G13" s="14">
         <v>168.14571702999999</v>
       </c>
       <c r="H13" s="14">
         <v>167.26263746999999</v>
       </c>
       <c r="I13" s="14">
         <v>174.38383463</v>
       </c>
       <c r="J13" s="14">
@@ -10747,52 +10774,55 @@
       </c>
       <c r="ML13" s="14">
         <v>5890.4431514500002</v>
       </c>
       <c r="MM13" s="14">
         <v>5371.3548690899997</v>
       </c>
       <c r="MN13" s="14">
         <v>5495.3941863199998</v>
       </c>
       <c r="MO13" s="14">
         <v>5388.5307052899998</v>
       </c>
       <c r="MP13" s="14">
         <v>5321.4588830900002</v>
       </c>
       <c r="MQ13" s="14">
         <v>5232.0850261699998</v>
       </c>
       <c r="MR13" s="14">
         <v>5088.3449276700003</v>
       </c>
       <c r="MS13" s="14">
         <v>4975.3079793400002</v>
       </c>
+      <c r="MT13" s="14">
+        <v>4977.7069794700001</v>
+      </c>
     </row>
-    <row r="14" spans="1:357" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="14" spans="1:358" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B14" s="14" t="s">
         <v>9</v>
       </c>
       <c r="C14" s="14">
         <v>0</v>
       </c>
       <c r="D14" s="14">
         <v>0</v>
       </c>
       <c r="E14" s="14">
         <v>0</v>
       </c>
       <c r="F14" s="14">
         <v>0</v>
       </c>
       <c r="G14" s="14">
         <v>0</v>
       </c>
       <c r="H14" s="14">
         <v>0</v>
       </c>
       <c r="I14" s="14">
         <v>0</v>
       </c>
       <c r="J14" s="14">
@@ -11817,52 +11847,55 @@
       </c>
       <c r="ML14" s="14">
         <v>85.104956220000005</v>
       </c>
       <c r="MM14" s="14">
         <v>85.157370439999994</v>
       </c>
       <c r="MN14" s="14">
         <v>85.453153369999995</v>
       </c>
       <c r="MO14" s="14">
         <v>80.498654990000006</v>
       </c>
       <c r="MP14" s="14">
         <v>80.318297880000003</v>
       </c>
       <c r="MQ14" s="14">
         <v>75.947335730000006</v>
       </c>
       <c r="MR14" s="14">
         <v>74.26456202</v>
       </c>
       <c r="MS14" s="14">
         <v>72.088675699999996</v>
       </c>
+      <c r="MT14" s="14">
+        <v>72.313694290000001</v>
+      </c>
     </row>
-    <row r="15" spans="1:357" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="15" spans="1:358" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B15" s="15" t="s">
         <v>4</v>
       </c>
       <c r="C15" s="14">
         <v>0</v>
       </c>
       <c r="D15" s="14">
         <v>0</v>
       </c>
       <c r="E15" s="14">
         <v>0</v>
       </c>
       <c r="F15" s="14">
         <v>0</v>
       </c>
       <c r="G15" s="14">
         <v>0</v>
       </c>
       <c r="H15" s="14">
         <v>0</v>
       </c>
       <c r="I15" s="14">
         <v>0</v>
       </c>
       <c r="J15" s="14">
@@ -12887,52 +12920,55 @@
       </c>
       <c r="ML15" s="14">
         <v>0</v>
       </c>
       <c r="MM15" s="14">
         <v>0</v>
       </c>
       <c r="MN15" s="14">
         <v>0</v>
       </c>
       <c r="MO15" s="14">
         <v>0</v>
       </c>
       <c r="MP15" s="14">
         <v>0</v>
       </c>
       <c r="MQ15" s="14">
         <v>0</v>
       </c>
       <c r="MR15" s="14">
         <v>0</v>
       </c>
       <c r="MS15" s="14">
         <v>0</v>
       </c>
+      <c r="MT15" s="14">
+        <v>0</v>
+      </c>
     </row>
-    <row r="16" spans="1:357" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="16" spans="1:358" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B16" s="15" t="s">
         <v>5</v>
       </c>
       <c r="C16" s="14">
         <v>0</v>
       </c>
       <c r="D16" s="14">
         <v>0</v>
       </c>
       <c r="E16" s="14">
         <v>0</v>
       </c>
       <c r="F16" s="14">
         <v>0</v>
       </c>
       <c r="G16" s="14">
         <v>0</v>
       </c>
       <c r="H16" s="14">
         <v>0</v>
       </c>
       <c r="I16" s="14">
         <v>0</v>
       </c>
       <c r="J16" s="14">
@@ -13957,52 +13993,55 @@
       </c>
       <c r="ML16" s="14">
         <v>0</v>
       </c>
       <c r="MM16" s="14">
         <v>0</v>
       </c>
       <c r="MN16" s="14">
         <v>0</v>
       </c>
       <c r="MO16" s="14">
         <v>0</v>
       </c>
       <c r="MP16" s="14">
         <v>0</v>
       </c>
       <c r="MQ16" s="14">
         <v>0</v>
       </c>
       <c r="MR16" s="14">
         <v>0</v>
       </c>
       <c r="MS16" s="14">
         <v>0</v>
       </c>
+      <c r="MT16" s="14">
+        <v>0</v>
+      </c>
     </row>
-    <row r="17" spans="1:357" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="17" spans="1:358" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B17" s="15" t="s">
         <v>6</v>
       </c>
       <c r="C17" s="14">
         <v>0</v>
       </c>
       <c r="D17" s="14">
         <v>0</v>
       </c>
       <c r="E17" s="14">
         <v>0</v>
       </c>
       <c r="F17" s="14">
         <v>0</v>
       </c>
       <c r="G17" s="14">
         <v>0</v>
       </c>
       <c r="H17" s="14">
         <v>0</v>
       </c>
       <c r="I17" s="14">
         <v>0</v>
       </c>
       <c r="J17" s="14">
@@ -15027,52 +15066,55 @@
       </c>
       <c r="ML17" s="14">
         <v>0</v>
       </c>
       <c r="MM17" s="14">
         <v>0</v>
       </c>
       <c r="MN17" s="14">
         <v>0</v>
       </c>
       <c r="MO17" s="14">
         <v>0</v>
       </c>
       <c r="MP17" s="14">
         <v>0</v>
       </c>
       <c r="MQ17" s="14">
         <v>0</v>
       </c>
       <c r="MR17" s="14">
         <v>0</v>
       </c>
       <c r="MS17" s="14">
         <v>0</v>
       </c>
+      <c r="MT17" s="14">
+        <v>0</v>
+      </c>
     </row>
-    <row r="18" spans="1:357" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="18" spans="1:358" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B18" s="15" t="s">
         <v>7</v>
       </c>
       <c r="C18" s="14">
         <v>0</v>
       </c>
       <c r="D18" s="14">
         <v>0</v>
       </c>
       <c r="E18" s="14">
         <v>0</v>
       </c>
       <c r="F18" s="14">
         <v>0</v>
       </c>
       <c r="G18" s="14">
         <v>0</v>
       </c>
       <c r="H18" s="14">
         <v>0</v>
       </c>
       <c r="I18" s="14">
         <v>0</v>
       </c>
       <c r="J18" s="14">
@@ -16097,52 +16139,55 @@
       </c>
       <c r="ML18" s="14">
         <v>1.8332000500000001</v>
       </c>
       <c r="MM18" s="14">
         <v>1.88561427</v>
       </c>
       <c r="MN18" s="14">
         <v>2.1813972000000001</v>
       </c>
       <c r="MO18" s="14">
         <v>1.85310682</v>
       </c>
       <c r="MP18" s="14">
         <v>1.6727497099999999</v>
       </c>
       <c r="MQ18" s="14">
         <v>1.9279955600000001</v>
       </c>
       <c r="MR18" s="14">
         <v>2.5583258500000001</v>
       </c>
       <c r="MS18" s="14">
         <v>2.6955435300000001</v>
       </c>
+      <c r="MT18" s="14">
+        <v>2.92056212</v>
+      </c>
     </row>
-    <row r="19" spans="1:357" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="19" spans="1:358" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B19" s="15" t="s">
         <v>8</v>
       </c>
       <c r="C19" s="14">
         <v>0</v>
       </c>
       <c r="D19" s="14">
         <v>0</v>
       </c>
       <c r="E19" s="14">
         <v>0</v>
       </c>
       <c r="F19" s="14">
         <v>0</v>
       </c>
       <c r="G19" s="14">
         <v>0</v>
       </c>
       <c r="H19" s="14">
         <v>0</v>
       </c>
       <c r="I19" s="14">
         <v>0</v>
       </c>
       <c r="J19" s="14">
@@ -17167,52 +17212,55 @@
       </c>
       <c r="ML19" s="14">
         <v>83.271756170000003</v>
       </c>
       <c r="MM19" s="14">
         <v>83.271756170000003</v>
       </c>
       <c r="MN19" s="14">
         <v>83.271756170000003</v>
       </c>
       <c r="MO19" s="14">
         <v>78.645548169999998</v>
       </c>
       <c r="MP19" s="14">
         <v>78.645548169999998</v>
       </c>
       <c r="MQ19" s="14">
         <v>74.019340170000007</v>
       </c>
       <c r="MR19" s="14">
         <v>71.706236169999997</v>
       </c>
       <c r="MS19" s="14">
         <v>69.393132170000001</v>
       </c>
+      <c r="MT19" s="14">
+        <v>69.393132170000001</v>
+      </c>
     </row>
-    <row r="20" spans="1:357" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="20" spans="1:358" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B20" s="14" t="s">
         <v>10</v>
       </c>
       <c r="C20" s="14">
         <v>19.101332670000001</v>
       </c>
       <c r="D20" s="14">
         <v>19.25317884</v>
       </c>
       <c r="E20" s="14">
         <v>19.199146989999999</v>
       </c>
       <c r="F20" s="14">
         <v>19.621490479999999</v>
       </c>
       <c r="G20" s="14">
         <v>19.88561404</v>
       </c>
       <c r="H20" s="14">
         <v>19.367517020000001</v>
       </c>
       <c r="I20" s="14">
         <v>18.09850209</v>
       </c>
       <c r="J20" s="14">
@@ -18237,52 +18285,55 @@
       </c>
       <c r="ML20" s="14">
         <v>1047.9286024</v>
       </c>
       <c r="MM20" s="14">
         <v>1059.85191934</v>
       </c>
       <c r="MN20" s="14">
         <v>1053.9492416600001</v>
       </c>
       <c r="MO20" s="14">
         <v>1061.4578479899999</v>
       </c>
       <c r="MP20" s="14">
         <v>1061.2245508200001</v>
       </c>
       <c r="MQ20" s="14">
         <v>1066.0959835399999</v>
       </c>
       <c r="MR20" s="14">
         <v>1099.54748251</v>
       </c>
       <c r="MS20" s="14">
         <v>1118.7309764900001</v>
       </c>
+      <c r="MT20" s="14">
+        <v>1127.88067948</v>
+      </c>
     </row>
-    <row r="21" spans="1:357" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="21" spans="1:358" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B21" s="15" t="s">
         <v>4</v>
       </c>
       <c r="C21" s="14">
         <v>0</v>
       </c>
       <c r="D21" s="14">
         <v>0</v>
       </c>
       <c r="E21" s="14">
         <v>0</v>
       </c>
       <c r="F21" s="14">
         <v>0</v>
       </c>
       <c r="G21" s="14">
         <v>0</v>
       </c>
       <c r="H21" s="14">
         <v>0</v>
       </c>
       <c r="I21" s="14">
         <v>0</v>
       </c>
       <c r="J21" s="14">
@@ -19307,52 +19358,55 @@
       </c>
       <c r="ML21" s="14">
         <v>0</v>
       </c>
       <c r="MM21" s="14">
         <v>0</v>
       </c>
       <c r="MN21" s="14">
         <v>0</v>
       </c>
       <c r="MO21" s="14">
         <v>0</v>
       </c>
       <c r="MP21" s="14">
         <v>0</v>
       </c>
       <c r="MQ21" s="14">
         <v>0</v>
       </c>
       <c r="MR21" s="14">
         <v>0</v>
       </c>
       <c r="MS21" s="14">
         <v>0</v>
       </c>
+      <c r="MT21" s="14">
+        <v>0</v>
+      </c>
     </row>
-    <row r="22" spans="1:357" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="22" spans="1:358" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B22" s="15" t="s">
         <v>5</v>
       </c>
       <c r="C22" s="14">
         <v>0</v>
       </c>
       <c r="D22" s="14">
         <v>0</v>
       </c>
       <c r="E22" s="14">
         <v>0</v>
       </c>
       <c r="F22" s="14">
         <v>0</v>
       </c>
       <c r="G22" s="14">
         <v>0</v>
       </c>
       <c r="H22" s="14">
         <v>0</v>
       </c>
       <c r="I22" s="14">
         <v>0</v>
       </c>
       <c r="J22" s="14">
@@ -20377,52 +20431,55 @@
       </c>
       <c r="ML22" s="14">
         <v>0</v>
       </c>
       <c r="MM22" s="14">
         <v>0</v>
       </c>
       <c r="MN22" s="14">
         <v>0</v>
       </c>
       <c r="MO22" s="14">
         <v>0</v>
       </c>
       <c r="MP22" s="14">
         <v>0</v>
       </c>
       <c r="MQ22" s="14">
         <v>0</v>
       </c>
       <c r="MR22" s="14">
         <v>0</v>
       </c>
       <c r="MS22" s="14">
         <v>0</v>
       </c>
+      <c r="MT22" s="14">
+        <v>0</v>
+      </c>
     </row>
-    <row r="23" spans="1:357" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="23" spans="1:358" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B23" s="15" t="s">
         <v>6</v>
       </c>
       <c r="C23" s="14">
         <v>0</v>
       </c>
       <c r="D23" s="14">
         <v>0</v>
       </c>
       <c r="E23" s="14">
         <v>0</v>
       </c>
       <c r="F23" s="14">
         <v>0</v>
       </c>
       <c r="G23" s="14">
         <v>0</v>
       </c>
       <c r="H23" s="14">
         <v>0</v>
       </c>
       <c r="I23" s="14">
         <v>0</v>
       </c>
       <c r="J23" s="14">
@@ -21447,52 +21504,55 @@
       </c>
       <c r="ML23" s="14">
         <v>8.8924281599999997</v>
       </c>
       <c r="MM23" s="14">
         <v>8.8924281599999997</v>
       </c>
       <c r="MN23" s="14">
         <v>8.8924281599999997</v>
       </c>
       <c r="MO23" s="14">
         <v>8.8924281599999997</v>
       </c>
       <c r="MP23" s="14">
         <v>8.8924281599999997</v>
       </c>
       <c r="MQ23" s="14">
         <v>8.8924281599999997</v>
       </c>
       <c r="MR23" s="14">
         <v>8.8924281599999997</v>
       </c>
       <c r="MS23" s="14">
         <v>8.8924281599999997</v>
       </c>
+      <c r="MT23" s="14">
+        <v>8.8924281599999997</v>
+      </c>
     </row>
-    <row r="24" spans="1:357" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="24" spans="1:358" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B24" s="15" t="s">
         <v>7</v>
       </c>
       <c r="C24" s="14">
         <v>0</v>
       </c>
       <c r="D24" s="14">
         <v>0</v>
       </c>
       <c r="E24" s="14">
         <v>0</v>
       </c>
       <c r="F24" s="14">
         <v>0</v>
       </c>
       <c r="G24" s="14">
         <v>0</v>
       </c>
       <c r="H24" s="14">
         <v>0</v>
       </c>
       <c r="I24" s="14">
         <v>0</v>
       </c>
       <c r="J24" s="14">
@@ -22517,52 +22577,55 @@
       </c>
       <c r="ML24" s="14">
         <v>57.191696450000002</v>
       </c>
       <c r="MM24" s="14">
         <v>58.647828130000001</v>
       </c>
       <c r="MN24" s="14">
         <v>55.229417339999998</v>
       </c>
       <c r="MO24" s="14">
         <v>58.742257879999997</v>
       </c>
       <c r="MP24" s="14">
         <v>70.631717260000002</v>
       </c>
       <c r="MQ24" s="14">
         <v>60.816953599999998</v>
       </c>
       <c r="MR24" s="14">
         <v>75.137798840000002</v>
       </c>
       <c r="MS24" s="14">
         <v>81.683137430000002</v>
       </c>
+      <c r="MT24" s="14">
+        <v>79.924612490000001</v>
+      </c>
     </row>
-    <row r="25" spans="1:357" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="25" spans="1:358" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="16"/>
       <c r="B25" s="17" t="s">
         <v>8</v>
       </c>
       <c r="C25" s="18">
         <v>19.101332670000001</v>
       </c>
       <c r="D25" s="18">
         <v>19.25317884</v>
       </c>
       <c r="E25" s="18">
         <v>19.199146989999999</v>
       </c>
       <c r="F25" s="18">
         <v>19.621490479999999</v>
       </c>
       <c r="G25" s="18">
         <v>19.88561404</v>
       </c>
       <c r="H25" s="18">
         <v>19.367517020000001</v>
       </c>
       <c r="I25" s="18">
         <v>18.09850209</v>
       </c>
@@ -23588,52 +23651,55 @@
       </c>
       <c r="ML25" s="18">
         <v>981.84447779000004</v>
       </c>
       <c r="MM25" s="18">
         <v>992.31166303999998</v>
       </c>
       <c r="MN25" s="18">
         <v>989.82739615000003</v>
       </c>
       <c r="MO25" s="18">
         <v>993.82316193999998</v>
       </c>
       <c r="MP25" s="18">
         <v>981.70040539000001</v>
       </c>
       <c r="MQ25" s="18">
         <v>996.38660176999997</v>
       </c>
       <c r="MR25" s="18">
         <v>1015.5172555</v>
       </c>
       <c r="MS25" s="18">
         <v>1028.15541089</v>
       </c>
+      <c r="MT25" s="18">
+        <v>1039.0636388200001</v>
+      </c>
     </row>
-    <row r="26" spans="1:357" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="26" spans="1:358" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="16"/>
       <c r="B26" s="14" t="s">
         <v>11</v>
       </c>
       <c r="C26" s="19">
         <v>1329.14847435</v>
       </c>
       <c r="D26" s="19">
         <v>1384.39606787</v>
       </c>
       <c r="E26" s="19">
         <v>1358.07620413</v>
       </c>
       <c r="F26" s="19">
         <v>1387.8507664700001</v>
       </c>
       <c r="G26" s="19">
         <v>1423.5757904699999</v>
       </c>
       <c r="H26" s="19">
         <v>1434.07762338</v>
       </c>
       <c r="I26" s="19">
         <v>1407.29621342</v>
       </c>
@@ -24659,52 +24725,55 @@
       </c>
       <c r="ML26" s="19">
         <v>14886.15145089</v>
       </c>
       <c r="MM26" s="19">
         <v>14871.389141559999</v>
       </c>
       <c r="MN26" s="19">
         <v>14632.393523479999</v>
       </c>
       <c r="MO26" s="19">
         <v>16163.78633768</v>
       </c>
       <c r="MP26" s="19">
         <v>15528.72007804</v>
       </c>
       <c r="MQ26" s="19">
         <v>15271.17214839</v>
       </c>
       <c r="MR26" s="19">
         <v>15036.73312239</v>
       </c>
       <c r="MS26" s="19">
         <v>15155.937599929999</v>
       </c>
+      <c r="MT26" s="19">
+        <v>14905.560006469999</v>
+      </c>
     </row>
-    <row r="27" spans="1:357" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="27" spans="1:358" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B27" s="14" t="s">
         <v>12</v>
       </c>
       <c r="C27" s="14">
         <v>1329.14847435</v>
       </c>
       <c r="D27" s="14">
         <v>1384.39606787</v>
       </c>
       <c r="E27" s="14">
         <v>1358.07620413</v>
       </c>
       <c r="F27" s="14">
         <v>1387.8507664700001</v>
       </c>
       <c r="G27" s="14">
         <v>1423.5757904699999</v>
       </c>
       <c r="H27" s="14">
         <v>1434.07762338</v>
       </c>
       <c r="I27" s="14">
         <v>1407.29621342</v>
       </c>
       <c r="J27" s="14">
@@ -25729,52 +25798,55 @@
       </c>
       <c r="ML27" s="14">
         <v>14840.65145089</v>
       </c>
       <c r="MM27" s="14">
         <v>14785.889141559999</v>
       </c>
       <c r="MN27" s="14">
         <v>14546.893523479999</v>
       </c>
       <c r="MO27" s="14">
         <v>16078.28633768</v>
       </c>
       <c r="MP27" s="14">
         <v>15443.22007804</v>
       </c>
       <c r="MQ27" s="14">
         <v>15185.67214839</v>
       </c>
       <c r="MR27" s="14">
         <v>14951.23312239</v>
       </c>
       <c r="MS27" s="14">
         <v>15070.437599929999</v>
       </c>
+      <c r="MT27" s="14">
+        <v>14820.060006469999</v>
+      </c>
     </row>
-    <row r="28" spans="1:357" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="28" spans="1:358" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B28" s="15" t="s">
         <v>4</v>
       </c>
       <c r="C28" s="14">
         <v>0</v>
       </c>
       <c r="D28" s="14">
         <v>0</v>
       </c>
       <c r="E28" s="14">
         <v>0</v>
       </c>
       <c r="F28" s="14">
         <v>0</v>
       </c>
       <c r="G28" s="14">
         <v>0</v>
       </c>
       <c r="H28" s="14">
         <v>0</v>
       </c>
       <c r="I28" s="14">
         <v>0</v>
       </c>
       <c r="J28" s="14">
@@ -26799,52 +26871,55 @@
       </c>
       <c r="ML28" s="14">
         <v>0</v>
       </c>
       <c r="MM28" s="14">
         <v>0</v>
       </c>
       <c r="MN28" s="14">
         <v>0</v>
       </c>
       <c r="MO28" s="14">
         <v>0</v>
       </c>
       <c r="MP28" s="14">
         <v>0</v>
       </c>
       <c r="MQ28" s="14">
         <v>0</v>
       </c>
       <c r="MR28" s="14">
         <v>0</v>
       </c>
       <c r="MS28" s="14">
         <v>0</v>
       </c>
+      <c r="MT28" s="14">
+        <v>0</v>
+      </c>
     </row>
-    <row r="29" spans="1:357" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="29" spans="1:358" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B29" s="15" t="s">
         <v>5</v>
       </c>
       <c r="C29" s="14">
         <v>0</v>
       </c>
       <c r="D29" s="14">
         <v>0</v>
       </c>
       <c r="E29" s="14">
         <v>0</v>
       </c>
       <c r="F29" s="14">
         <v>0</v>
       </c>
       <c r="G29" s="14">
         <v>0</v>
       </c>
       <c r="H29" s="14">
         <v>0</v>
       </c>
       <c r="I29" s="14">
         <v>0</v>
       </c>
       <c r="J29" s="14">
@@ -27869,52 +27944,55 @@
       </c>
       <c r="ML29" s="14">
         <v>80.531000000000006</v>
       </c>
       <c r="MM29" s="14">
         <v>81.546999999999997</v>
       </c>
       <c r="MN29" s="14">
         <v>81.576999999999998</v>
       </c>
       <c r="MO29" s="14">
         <v>81.620999999999995</v>
       </c>
       <c r="MP29" s="14">
         <v>93.872</v>
       </c>
       <c r="MQ29" s="14">
         <v>77.543000000000006</v>
       </c>
       <c r="MR29" s="14">
         <v>76.004999999999995</v>
       </c>
       <c r="MS29" s="14">
         <v>202.78800000000001</v>
       </c>
+      <c r="MT29" s="14">
+        <v>186.785</v>
+      </c>
     </row>
-    <row r="30" spans="1:357" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="30" spans="1:358" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B30" s="15" t="s">
         <v>6</v>
       </c>
       <c r="C30" s="14">
         <v>0</v>
       </c>
       <c r="D30" s="14">
         <v>0</v>
       </c>
       <c r="E30" s="14">
         <v>0</v>
       </c>
       <c r="F30" s="14">
         <v>0</v>
       </c>
       <c r="G30" s="14">
         <v>0</v>
       </c>
       <c r="H30" s="14">
         <v>0</v>
       </c>
       <c r="I30" s="14">
         <v>0</v>
       </c>
       <c r="J30" s="14">
@@ -28939,52 +29017,55 @@
       </c>
       <c r="ML30" s="14">
         <v>7349.7282817300002</v>
       </c>
       <c r="MM30" s="14">
         <v>7342.4344179399995</v>
       </c>
       <c r="MN30" s="14">
         <v>7127.8729179399998</v>
       </c>
       <c r="MO30" s="14">
         <v>8541.5073326199999</v>
       </c>
       <c r="MP30" s="14">
         <v>7920.3689480000003</v>
       </c>
       <c r="MQ30" s="14">
         <v>7702.8131192600003</v>
       </c>
       <c r="MR30" s="14">
         <v>7683.7843192600003</v>
       </c>
       <c r="MS30" s="14">
         <v>7717.9189513800002</v>
       </c>
+      <c r="MT30" s="14">
+        <v>7468.6143207799996</v>
+      </c>
     </row>
-    <row r="31" spans="1:357" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="31" spans="1:358" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B31" s="15" t="s">
         <v>7</v>
       </c>
       <c r="C31" s="14">
         <v>0</v>
       </c>
       <c r="D31" s="14">
         <v>0</v>
       </c>
       <c r="E31" s="14">
         <v>0</v>
       </c>
       <c r="F31" s="14">
         <v>0</v>
       </c>
       <c r="G31" s="14">
         <v>0</v>
       </c>
       <c r="H31" s="14">
         <v>0</v>
       </c>
       <c r="I31" s="14">
         <v>0</v>
       </c>
       <c r="J31" s="14">
@@ -30009,52 +30090,55 @@
       </c>
       <c r="ML31" s="14">
         <v>15</v>
       </c>
       <c r="MM31" s="14">
         <v>0</v>
       </c>
       <c r="MN31" s="14">
         <v>0</v>
       </c>
       <c r="MO31" s="14">
         <v>0</v>
       </c>
       <c r="MP31" s="14">
         <v>0</v>
       </c>
       <c r="MQ31" s="14">
         <v>0</v>
       </c>
       <c r="MR31" s="14">
         <v>0</v>
       </c>
       <c r="MS31" s="14">
         <v>0</v>
       </c>
+      <c r="MT31" s="14">
+        <v>0</v>
+      </c>
     </row>
-    <row r="32" spans="1:357" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="32" spans="1:358" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B32" s="15" t="s">
         <v>8</v>
       </c>
       <c r="C32" s="14">
         <v>1329.14847435</v>
       </c>
       <c r="D32" s="14">
         <v>1384.39606787</v>
       </c>
       <c r="E32" s="14">
         <v>1358.07620413</v>
       </c>
       <c r="F32" s="14">
         <v>1387.8507664700001</v>
       </c>
       <c r="G32" s="14">
         <v>1423.5757904699999</v>
       </c>
       <c r="H32" s="14">
         <v>1434.07762338</v>
       </c>
       <c r="I32" s="14">
         <v>1407.29621342</v>
       </c>
       <c r="J32" s="14">
@@ -31079,52 +31163,55 @@
       </c>
       <c r="ML32" s="14">
         <v>7395.3921691599999</v>
       </c>
       <c r="MM32" s="14">
         <v>7361.9077236200001</v>
       </c>
       <c r="MN32" s="14">
         <v>7337.4436055400001</v>
       </c>
       <c r="MO32" s="14">
         <v>7455.1580050599996</v>
       </c>
       <c r="MP32" s="14">
         <v>7428.9791300400002</v>
       </c>
       <c r="MQ32" s="14">
         <v>7405.3160291300001</v>
       </c>
       <c r="MR32" s="14">
         <v>7191.4438031299997</v>
       </c>
       <c r="MS32" s="14">
         <v>7149.7306485500003</v>
       </c>
+      <c r="MT32" s="14">
+        <v>7164.6606856899998</v>
+      </c>
     </row>
-    <row r="33" spans="1:357" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="33" spans="1:358" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B33" s="14" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="14">
         <v>0</v>
       </c>
       <c r="D33" s="14">
         <v>0</v>
       </c>
       <c r="E33" s="14">
         <v>0</v>
       </c>
       <c r="F33" s="14">
         <v>0</v>
       </c>
       <c r="G33" s="14">
         <v>0</v>
       </c>
       <c r="H33" s="14">
         <v>0</v>
       </c>
       <c r="I33" s="14">
         <v>0</v>
       </c>
       <c r="J33" s="14">
@@ -32149,52 +32236,55 @@
       </c>
       <c r="ML33" s="14">
         <v>0</v>
       </c>
       <c r="MM33" s="14">
         <v>0</v>
       </c>
       <c r="MN33" s="14">
         <v>0</v>
       </c>
       <c r="MO33" s="14">
         <v>0</v>
       </c>
       <c r="MP33" s="14">
         <v>0</v>
       </c>
       <c r="MQ33" s="14">
         <v>0</v>
       </c>
       <c r="MR33" s="14">
         <v>0</v>
       </c>
       <c r="MS33" s="14">
         <v>0</v>
       </c>
+      <c r="MT33" s="14">
+        <v>0</v>
+      </c>
     </row>
-    <row r="34" spans="1:357" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="34" spans="1:358" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B34" s="15" t="s">
         <v>4</v>
       </c>
       <c r="C34" s="14">
         <v>0</v>
       </c>
       <c r="D34" s="14">
         <v>0</v>
       </c>
       <c r="E34" s="14">
         <v>0</v>
       </c>
       <c r="F34" s="14">
         <v>0</v>
       </c>
       <c r="G34" s="14">
         <v>0</v>
       </c>
       <c r="H34" s="14">
         <v>0</v>
       </c>
       <c r="I34" s="14">
         <v>0</v>
       </c>
       <c r="J34" s="14">
@@ -33219,52 +33309,55 @@
       </c>
       <c r="ML34" s="14">
         <v>0</v>
       </c>
       <c r="MM34" s="14">
         <v>0</v>
       </c>
       <c r="MN34" s="14">
         <v>0</v>
       </c>
       <c r="MO34" s="14">
         <v>0</v>
       </c>
       <c r="MP34" s="14">
         <v>0</v>
       </c>
       <c r="MQ34" s="14">
         <v>0</v>
       </c>
       <c r="MR34" s="14">
         <v>0</v>
       </c>
       <c r="MS34" s="14">
         <v>0</v>
       </c>
+      <c r="MT34" s="14">
+        <v>0</v>
+      </c>
     </row>
-    <row r="35" spans="1:357" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="35" spans="1:358" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B35" s="15" t="s">
         <v>5</v>
       </c>
       <c r="C35" s="14">
         <v>0</v>
       </c>
       <c r="D35" s="14">
         <v>0</v>
       </c>
       <c r="E35" s="14">
         <v>0</v>
       </c>
       <c r="F35" s="14">
         <v>0</v>
       </c>
       <c r="G35" s="14">
         <v>0</v>
       </c>
       <c r="H35" s="14">
         <v>0</v>
       </c>
       <c r="I35" s="14">
         <v>0</v>
       </c>
       <c r="J35" s="14">
@@ -34289,52 +34382,55 @@
       </c>
       <c r="ML35" s="14">
         <v>0</v>
       </c>
       <c r="MM35" s="14">
         <v>0</v>
       </c>
       <c r="MN35" s="14">
         <v>0</v>
       </c>
       <c r="MO35" s="14">
         <v>0</v>
       </c>
       <c r="MP35" s="14">
         <v>0</v>
       </c>
       <c r="MQ35" s="14">
         <v>0</v>
       </c>
       <c r="MR35" s="14">
         <v>0</v>
       </c>
       <c r="MS35" s="14">
         <v>0</v>
       </c>
+      <c r="MT35" s="14">
+        <v>0</v>
+      </c>
     </row>
-    <row r="36" spans="1:357" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="36" spans="1:358" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B36" s="15" t="s">
         <v>6</v>
       </c>
       <c r="C36" s="14">
         <v>0</v>
       </c>
       <c r="D36" s="14">
         <v>0</v>
       </c>
       <c r="E36" s="14">
         <v>0</v>
       </c>
       <c r="F36" s="14">
         <v>0</v>
       </c>
       <c r="G36" s="14">
         <v>0</v>
       </c>
       <c r="H36" s="14">
         <v>0</v>
       </c>
       <c r="I36" s="14">
         <v>0</v>
       </c>
       <c r="J36" s="14">
@@ -35359,52 +35455,55 @@
       </c>
       <c r="ML36" s="14">
         <v>0</v>
       </c>
       <c r="MM36" s="14">
         <v>0</v>
       </c>
       <c r="MN36" s="14">
         <v>0</v>
       </c>
       <c r="MO36" s="14">
         <v>0</v>
       </c>
       <c r="MP36" s="14">
         <v>0</v>
       </c>
       <c r="MQ36" s="14">
         <v>0</v>
       </c>
       <c r="MR36" s="14">
         <v>0</v>
       </c>
       <c r="MS36" s="14">
         <v>0</v>
       </c>
+      <c r="MT36" s="14">
+        <v>0</v>
+      </c>
     </row>
-    <row r="37" spans="1:357" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="37" spans="1:358" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B37" s="15" t="s">
         <v>7</v>
       </c>
       <c r="C37" s="14">
         <v>0</v>
       </c>
       <c r="D37" s="14">
         <v>0</v>
       </c>
       <c r="E37" s="14">
         <v>0</v>
       </c>
       <c r="F37" s="14">
         <v>0</v>
       </c>
       <c r="G37" s="14">
         <v>0</v>
       </c>
       <c r="H37" s="14">
         <v>0</v>
       </c>
       <c r="I37" s="14">
         <v>0</v>
       </c>
       <c r="J37" s="14">
@@ -36429,52 +36528,55 @@
       </c>
       <c r="ML37" s="14">
         <v>0</v>
       </c>
       <c r="MM37" s="14">
         <v>0</v>
       </c>
       <c r="MN37" s="14">
         <v>0</v>
       </c>
       <c r="MO37" s="14">
         <v>0</v>
       </c>
       <c r="MP37" s="14">
         <v>0</v>
       </c>
       <c r="MQ37" s="14">
         <v>0</v>
       </c>
       <c r="MR37" s="14">
         <v>0</v>
       </c>
       <c r="MS37" s="14">
         <v>0</v>
       </c>
+      <c r="MT37" s="14">
+        <v>0</v>
+      </c>
     </row>
-    <row r="38" spans="1:357" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="38" spans="1:358" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B38" s="15" t="s">
         <v>8</v>
       </c>
       <c r="C38" s="14">
         <v>0</v>
       </c>
       <c r="D38" s="14">
         <v>0</v>
       </c>
       <c r="E38" s="14">
         <v>0</v>
       </c>
       <c r="F38" s="14">
         <v>0</v>
       </c>
       <c r="G38" s="14">
         <v>0</v>
       </c>
       <c r="H38" s="14">
         <v>0</v>
       </c>
       <c r="I38" s="14">
         <v>0</v>
       </c>
       <c r="J38" s="14">
@@ -37499,52 +37601,55 @@
       </c>
       <c r="ML38" s="14">
         <v>0</v>
       </c>
       <c r="MM38" s="14">
         <v>0</v>
       </c>
       <c r="MN38" s="14">
         <v>0</v>
       </c>
       <c r="MO38" s="14">
         <v>0</v>
       </c>
       <c r="MP38" s="14">
         <v>0</v>
       </c>
       <c r="MQ38" s="14">
         <v>0</v>
       </c>
       <c r="MR38" s="14">
         <v>0</v>
       </c>
       <c r="MS38" s="14">
         <v>0</v>
       </c>
+      <c r="MT38" s="14">
+        <v>0</v>
+      </c>
     </row>
-    <row r="39" spans="1:357" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="39" spans="1:358" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B39" s="14" t="s">
         <v>14</v>
       </c>
       <c r="C39" s="14">
         <v>0</v>
       </c>
       <c r="D39" s="14">
         <v>0</v>
       </c>
       <c r="E39" s="14">
         <v>0</v>
       </c>
       <c r="F39" s="14">
         <v>0</v>
       </c>
       <c r="G39" s="14">
         <v>0</v>
       </c>
       <c r="H39" s="14">
         <v>0</v>
       </c>
       <c r="I39" s="14">
         <v>0</v>
       </c>
       <c r="J39" s="14">
@@ -38569,52 +38674,55 @@
       </c>
       <c r="ML39" s="14">
         <v>45.5</v>
       </c>
       <c r="MM39" s="14">
         <v>85.5</v>
       </c>
       <c r="MN39" s="14">
         <v>85.5</v>
       </c>
       <c r="MO39" s="14">
         <v>85.5</v>
       </c>
       <c r="MP39" s="14">
         <v>85.5</v>
       </c>
       <c r="MQ39" s="14">
         <v>85.5</v>
       </c>
       <c r="MR39" s="14">
         <v>85.5</v>
       </c>
       <c r="MS39" s="14">
         <v>85.5</v>
       </c>
+      <c r="MT39" s="14">
+        <v>85.5</v>
+      </c>
     </row>
-    <row r="40" spans="1:357" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="40" spans="1:358" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B40" s="15" t="s">
         <v>4</v>
       </c>
       <c r="C40" s="14">
         <v>0</v>
       </c>
       <c r="D40" s="14">
         <v>0</v>
       </c>
       <c r="E40" s="14">
         <v>0</v>
       </c>
       <c r="F40" s="14">
         <v>0</v>
       </c>
       <c r="G40" s="14">
         <v>0</v>
       </c>
       <c r="H40" s="14">
         <v>0</v>
       </c>
       <c r="I40" s="14">
         <v>0</v>
       </c>
       <c r="J40" s="14">
@@ -39639,52 +39747,55 @@
       </c>
       <c r="ML40" s="14">
         <v>0</v>
       </c>
       <c r="MM40" s="14">
         <v>0</v>
       </c>
       <c r="MN40" s="14">
         <v>0</v>
       </c>
       <c r="MO40" s="14">
         <v>0</v>
       </c>
       <c r="MP40" s="14">
         <v>0</v>
       </c>
       <c r="MQ40" s="14">
         <v>0</v>
       </c>
       <c r="MR40" s="14">
         <v>0</v>
       </c>
       <c r="MS40" s="14">
         <v>0</v>
       </c>
+      <c r="MT40" s="14">
+        <v>0</v>
+      </c>
     </row>
-    <row r="41" spans="1:357" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="41" spans="1:358" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B41" s="15" t="s">
         <v>5</v>
       </c>
       <c r="C41" s="14">
         <v>0</v>
       </c>
       <c r="D41" s="14">
         <v>0</v>
       </c>
       <c r="E41" s="14">
         <v>0</v>
       </c>
       <c r="F41" s="14">
         <v>0</v>
       </c>
       <c r="G41" s="14">
         <v>0</v>
       </c>
       <c r="H41" s="14">
         <v>0</v>
       </c>
       <c r="I41" s="14">
         <v>0</v>
       </c>
       <c r="J41" s="14">
@@ -40709,52 +40820,55 @@
       </c>
       <c r="ML41" s="14">
         <v>0</v>
       </c>
       <c r="MM41" s="14">
         <v>0</v>
       </c>
       <c r="MN41" s="14">
         <v>0</v>
       </c>
       <c r="MO41" s="14">
         <v>0</v>
       </c>
       <c r="MP41" s="14">
         <v>0</v>
       </c>
       <c r="MQ41" s="14">
         <v>0</v>
       </c>
       <c r="MR41" s="14">
         <v>0</v>
       </c>
       <c r="MS41" s="14">
         <v>0</v>
       </c>
+      <c r="MT41" s="14">
+        <v>0</v>
+      </c>
     </row>
-    <row r="42" spans="1:357" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="42" spans="1:358" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B42" s="15" t="s">
         <v>6</v>
       </c>
       <c r="C42" s="14">
         <v>0</v>
       </c>
       <c r="D42" s="14">
         <v>0</v>
       </c>
       <c r="E42" s="14">
         <v>0</v>
       </c>
       <c r="F42" s="14">
         <v>0</v>
       </c>
       <c r="G42" s="14">
         <v>0</v>
       </c>
       <c r="H42" s="14">
         <v>0</v>
       </c>
       <c r="I42" s="14">
         <v>0</v>
       </c>
       <c r="J42" s="14">
@@ -41779,52 +41893,55 @@
       </c>
       <c r="ML42" s="14">
         <v>0</v>
       </c>
       <c r="MM42" s="14">
         <v>0</v>
       </c>
       <c r="MN42" s="14">
         <v>0</v>
       </c>
       <c r="MO42" s="14">
         <v>0</v>
       </c>
       <c r="MP42" s="14">
         <v>0</v>
       </c>
       <c r="MQ42" s="14">
         <v>0</v>
       </c>
       <c r="MR42" s="14">
         <v>0</v>
       </c>
       <c r="MS42" s="14">
         <v>0</v>
       </c>
+      <c r="MT42" s="14">
+        <v>0</v>
+      </c>
     </row>
-    <row r="43" spans="1:357" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="43" spans="1:358" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B43" s="15" t="s">
         <v>7</v>
       </c>
       <c r="C43" s="14">
         <v>0</v>
       </c>
       <c r="D43" s="14">
         <v>0</v>
       </c>
       <c r="E43" s="14">
         <v>0</v>
       </c>
       <c r="F43" s="14">
         <v>0</v>
       </c>
       <c r="G43" s="14">
         <v>0</v>
       </c>
       <c r="H43" s="14">
         <v>0</v>
       </c>
       <c r="I43" s="14">
         <v>0</v>
       </c>
       <c r="J43" s="14">
@@ -42849,52 +42966,55 @@
       </c>
       <c r="ML43" s="14">
         <v>0</v>
       </c>
       <c r="MM43" s="14">
         <v>0</v>
       </c>
       <c r="MN43" s="14">
         <v>0</v>
       </c>
       <c r="MO43" s="14">
         <v>0</v>
       </c>
       <c r="MP43" s="14">
         <v>0</v>
       </c>
       <c r="MQ43" s="14">
         <v>0</v>
       </c>
       <c r="MR43" s="14">
         <v>0</v>
       </c>
       <c r="MS43" s="14">
         <v>0</v>
       </c>
+      <c r="MT43" s="14">
+        <v>0</v>
+      </c>
     </row>
-    <row r="44" spans="1:357" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="44" spans="1:358" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B44" s="17" t="s">
         <v>8</v>
       </c>
       <c r="C44" s="14">
         <v>0</v>
       </c>
       <c r="D44" s="14">
         <v>0</v>
       </c>
       <c r="E44" s="14">
         <v>0</v>
       </c>
       <c r="F44" s="14">
         <v>0</v>
       </c>
       <c r="G44" s="14">
         <v>0</v>
       </c>
       <c r="H44" s="14">
         <v>0</v>
       </c>
       <c r="I44" s="14">
         <v>0</v>
       </c>
       <c r="J44" s="14">
@@ -43919,52 +44039,55 @@
       </c>
       <c r="ML44" s="14">
         <v>45.5</v>
       </c>
       <c r="MM44" s="14">
         <v>85.5</v>
       </c>
       <c r="MN44" s="14">
         <v>85.5</v>
       </c>
       <c r="MO44" s="14">
         <v>85.5</v>
       </c>
       <c r="MP44" s="14">
         <v>85.5</v>
       </c>
       <c r="MQ44" s="14">
         <v>85.5</v>
       </c>
       <c r="MR44" s="14">
         <v>85.5</v>
       </c>
       <c r="MS44" s="14">
         <v>85.5</v>
       </c>
+      <c r="MT44" s="14">
+        <v>85.5</v>
+      </c>
     </row>
-    <row r="45" spans="1:357" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="45" spans="1:358" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A45" s="16"/>
       <c r="B45" s="2" t="s">
         <v>15</v>
       </c>
       <c r="C45" s="7">
         <v>3661.3552583400001</v>
       </c>
       <c r="D45" s="7">
         <v>3657.1288202000001</v>
       </c>
       <c r="E45" s="7">
         <v>3610.9413278799998</v>
       </c>
       <c r="F45" s="7">
         <v>3589.4020250600001</v>
       </c>
       <c r="G45" s="7">
         <v>3601.3801562499998</v>
       </c>
       <c r="H45" s="7">
         <v>3558.8534182899998</v>
       </c>
       <c r="I45" s="7">
         <v>3520.199705</v>
       </c>
@@ -44990,52 +45113,55 @@
       </c>
       <c r="ML45" s="7">
         <v>49657.827531299998</v>
       </c>
       <c r="MM45" s="7">
         <v>49283.987397099998</v>
       </c>
       <c r="MN45" s="7">
         <v>49382.649558359997</v>
       </c>
       <c r="MO45" s="7">
         <v>51411.795570659997</v>
       </c>
       <c r="MP45" s="7">
         <v>50632.202363520002</v>
       </c>
       <c r="MQ45" s="7">
         <v>50511.271374099997</v>
       </c>
       <c r="MR45" s="7">
         <v>50175.096413129999</v>
       </c>
       <c r="MS45" s="7">
         <v>50932.308130439997</v>
       </c>
+      <c r="MT45" s="7">
+        <v>51160.945775280001</v>
+      </c>
     </row>
-    <row r="46" spans="1:357" s="8" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="46" spans="1:358" s="8" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B46" s="20" t="s">
         <v>16</v>
       </c>
       <c r="C46" s="14"/>
       <c r="D46" s="14"/>
       <c r="E46" s="14"/>
       <c r="F46" s="14"/>
       <c r="G46" s="14"/>
       <c r="H46" s="14"/>
       <c r="I46" s="14"/>
       <c r="J46" s="14"/>
       <c r="K46" s="14"/>
       <c r="L46" s="14"/>
       <c r="M46" s="14"/>
       <c r="N46" s="14"/>
       <c r="O46" s="14"/>
       <c r="P46" s="14"/>
       <c r="Q46" s="14"/>
       <c r="R46" s="14"/>
       <c r="S46" s="14"/>
       <c r="T46" s="14"/>
       <c r="U46" s="14"/>
       <c r="V46" s="14"/>
       <c r="W46" s="14"/>
       <c r="X46" s="14"/>
@@ -45350,52 +45476,53 @@
       <c r="LU46" s="14"/>
       <c r="LV46" s="14"/>
       <c r="LW46" s="14"/>
       <c r="LX46" s="14"/>
       <c r="LY46" s="14"/>
       <c r="LZ46" s="14"/>
       <c r="MA46" s="14"/>
       <c r="MB46" s="14"/>
       <c r="MC46" s="14"/>
       <c r="MD46" s="14"/>
       <c r="ME46" s="14"/>
       <c r="MF46" s="14"/>
       <c r="MG46" s="14"/>
       <c r="MH46" s="14"/>
       <c r="MI46" s="14"/>
       <c r="MJ46" s="14"/>
       <c r="MK46" s="14"/>
       <c r="ML46" s="14"/>
       <c r="MM46" s="14"/>
       <c r="MN46" s="14"/>
       <c r="MO46" s="14"/>
       <c r="MP46" s="14"/>
       <c r="MQ46" s="14"/>
       <c r="MR46" s="14"/>
       <c r="MS46" s="14"/>
+      <c r="MT46" s="14"/>
     </row>
-    <row r="47" spans="1:357" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="47" spans="1:358" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B47" s="14" t="s">
         <v>17</v>
       </c>
       <c r="C47" s="16" t="s">
         <v>18</v>
       </c>
       <c r="D47" s="16" t="s">
         <v>18</v>
       </c>
       <c r="E47" s="16" t="s">
         <v>18</v>
       </c>
       <c r="F47" s="16" t="s">
         <v>18</v>
       </c>
       <c r="G47" s="16" t="s">
         <v>18</v>
       </c>
       <c r="H47" s="16" t="s">
         <v>18</v>
       </c>
       <c r="I47" s="16" t="s">
         <v>18</v>
       </c>
       <c r="J47" s="16" t="s">
@@ -46420,52 +46547,55 @@
       </c>
       <c r="ML47" s="14">
         <v>723.02682478999998</v>
       </c>
       <c r="MM47" s="14">
         <v>688.11879801999999</v>
       </c>
       <c r="MN47" s="14">
         <v>676.70053512000004</v>
       </c>
       <c r="MO47" s="14">
         <v>676.76565048999998</v>
       </c>
       <c r="MP47" s="14">
         <v>649.12563395999996</v>
       </c>
       <c r="MQ47" s="14">
         <v>635.42718897999998</v>
       </c>
       <c r="MR47" s="14">
         <v>647.85937564999995</v>
       </c>
       <c r="MS47" s="14">
         <v>650.80623448999995</v>
       </c>
+      <c r="MT47" s="14">
+        <v>661.80717064999999</v>
+      </c>
     </row>
-    <row r="48" spans="1:357" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="48" spans="1:358" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B48" s="21" t="s">
         <v>19</v>
       </c>
       <c r="C48" s="16" t="s">
         <v>18</v>
       </c>
       <c r="D48" s="16" t="s">
         <v>18</v>
       </c>
       <c r="E48" s="16" t="s">
         <v>18</v>
       </c>
       <c r="F48" s="16" t="s">
         <v>18</v>
       </c>
       <c r="G48" s="16" t="s">
         <v>18</v>
       </c>
       <c r="H48" s="16" t="s">
         <v>18</v>
       </c>
       <c r="I48" s="16" t="s">
         <v>18</v>
       </c>
       <c r="J48" s="16" t="s">
@@ -47490,52 +47620,55 @@
       </c>
       <c r="ML48" s="14">
         <v>428.47001721999999</v>
       </c>
       <c r="MM48" s="14">
         <v>419.48483985000001</v>
       </c>
       <c r="MN48" s="14">
         <v>413.84395343</v>
       </c>
       <c r="MO48" s="14">
         <v>408.68189602000001</v>
       </c>
       <c r="MP48" s="14">
         <v>399.15445160000002</v>
       </c>
       <c r="MQ48" s="14">
         <v>392.16178705999999</v>
       </c>
       <c r="MR48" s="14">
         <v>389.59631438999997</v>
       </c>
       <c r="MS48" s="14">
         <v>382.20587503000002</v>
       </c>
+      <c r="MT48" s="14">
+        <v>387.26010471000001</v>
+      </c>
     </row>
-    <row r="49" spans="2:357" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="49" spans="2:358" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B49" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C49" s="22" t="s">
         <v>18</v>
       </c>
       <c r="D49" s="22" t="s">
         <v>18</v>
       </c>
       <c r="E49" s="22" t="s">
         <v>18</v>
       </c>
       <c r="F49" s="22" t="s">
         <v>18</v>
       </c>
       <c r="G49" s="22" t="s">
         <v>18</v>
       </c>
       <c r="H49" s="22" t="s">
         <v>18</v>
       </c>
       <c r="I49" s="22" t="s">
         <v>18</v>
       </c>
       <c r="J49" s="22" t="s">
@@ -48555,103 +48688,106 @@
       <c r="MJ49" s="3">
         <v>270.90990785000002</v>
       </c>
       <c r="MK49" s="3">
         <v>271.13653582000001</v>
       </c>
       <c r="ML49" s="3">
         <v>271.16726051000001</v>
       </c>
       <c r="MM49" s="3">
         <v>260.36525903</v>
       </c>
       <c r="MN49" s="3">
         <v>260.56414567000002</v>
       </c>
       <c r="MO49" s="3">
         <v>260.73163478999999</v>
       </c>
       <c r="MP49" s="3">
         <v>260.51371632000001</v>
       </c>
       <c r="MQ49" s="3">
         <v>260.71063043999999</v>
       </c>
       <c r="MR49" s="3">
-        <v>260.83125154999999</v>
+        <v>260.76038055999999</v>
       </c>
       <c r="MS49" s="3">
-        <v>250.54896812999999</v>
+        <v>250.47809713999999</v>
+      </c>
+      <c r="MT49" s="3">
+        <v>250.62239077999999</v>
       </c>
     </row>
-    <row r="50" spans="2:357" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="50" spans="2:358" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B50" s="23"/>
     </row>
-    <row r="51" spans="2:357" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="51" spans="2:358" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B51" s="24" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="52" spans="2:357" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="52" spans="2:358" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B52" s="25" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="53" spans="2:357" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="53" spans="2:358" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B53" s="23"/>
     </row>
-    <row r="54" spans="2:357" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="54" spans="2:358" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B54" s="23"/>
     </row>
-    <row r="55" spans="2:357" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="55" spans="2:358" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B55" s="23"/>
     </row>
-    <row r="56" spans="2:357" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="56" spans="2:358" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B56" s="23"/>
     </row>
-    <row r="57" spans="2:357" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="57" spans="2:358" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B57" s="23"/>
     </row>
-    <row r="58" spans="2:357" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="58" spans="2:358" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B58" s="23"/>
     </row>
-    <row r="59" spans="2:357" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="59" spans="2:358" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B59" s="23"/>
     </row>
-    <row r="60" spans="2:357" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="60" spans="2:358" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B60" s="23"/>
     </row>
-    <row r="61" spans="2:357" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="61" spans="2:358" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B61" s="23"/>
     </row>
-    <row r="62" spans="2:357" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="62" spans="2:358" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B62" s="23"/>
     </row>
-    <row r="63" spans="2:357" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="63" spans="2:358" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B63" s="23"/>
     </row>
-    <row r="64" spans="2:357" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="64" spans="2:358" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B64" s="23"/>
     </row>
     <row r="65" spans="2:2" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B65" s="23"/>
     </row>
     <row r="66" spans="2:2" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B66" s="23"/>
     </row>
     <row r="67" spans="2:2" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B67" s="23"/>
     </row>
     <row r="68" spans="2:2" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B68" s="23"/>
     </row>
     <row r="69" spans="2:2" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B69" s="23"/>
     </row>
     <row r="70" spans="2:2" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B70" s="23"/>
     </row>
     <row r="71" spans="2:2" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B71" s="23"/>
     </row>
     <row r="72" spans="2:2" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B72" s="23"/>