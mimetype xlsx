--- v0 (2025-10-08)
+++ v1 (2025-10-31)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="4" rupBuild="14420"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\BOP&amp;IIP&amp;Dug izvještaji\Izvještaji_ostalo\TABLICE WEB\FDI\2025\2025Q1\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\BOP&amp;IIP&amp;Dug izvještaji\Izvještaji_ostalo\TABLICE WEB\FDI\2025\2025Q2\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840"/>
   </bookViews>
   <sheets>
     <sheet name="HRV" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="162913"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="67" uniqueCount="47">
@@ -250,51 +250,51 @@
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="12"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t xml:space="preserve">1) </t>
     </r>
   </si>
   <si>
     <t>2021.</t>
   </si>
   <si>
     <t xml:space="preserve">2022. </t>
   </si>
   <si>
     <t xml:space="preserve">2023. </t>
   </si>
   <si>
     <t xml:space="preserve">2024. </t>
   </si>
   <si>
     <r>
-      <t xml:space="preserve">1. tr. 2025. </t>
+      <t xml:space="preserve">1. i 2. tr. 2025. </t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="8"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t>2)</t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.0"/>
   </numFmts>
   <fonts count="12" x14ac:knownFonts="1">
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
@@ -1287,817 +1287,817 @@
       </c>
       <c r="H13" s="7">
         <v>0</v>
       </c>
       <c r="I13" s="8">
         <v>0</v>
       </c>
       <c r="J13" s="15">
         <v>60.280176499999996</v>
       </c>
     </row>
     <row r="14" spans="2:10" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B14" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="8">
         <v>37.422448699999997</v>
       </c>
       <c r="D14" s="8">
         <v>0</v>
       </c>
       <c r="E14" s="8">
         <v>0</v>
       </c>
       <c r="F14" s="8">
-        <v>8.4666417000000003</v>
+        <v>8.4666416999999985</v>
       </c>
       <c r="G14" s="8">
         <v>9.2700000000000014</v>
       </c>
       <c r="H14" s="8">
         <v>-0.15000000000000002</v>
       </c>
       <c r="I14" s="8">
         <v>0</v>
       </c>
       <c r="J14" s="15">
-        <v>55.009090399999991</v>
+        <v>55.009090399999998</v>
       </c>
     </row>
     <row r="15" spans="2:10" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B15" s="10" t="s">
         <v>14</v>
       </c>
       <c r="C15" s="8">
-        <v>125.88912959999999</v>
+        <v>125.88912960000002</v>
       </c>
       <c r="D15" s="8">
         <v>0</v>
       </c>
       <c r="E15" s="8">
         <v>0</v>
       </c>
       <c r="F15" s="8">
-        <v>19.7881179</v>
+        <v>19.788117899999996</v>
       </c>
       <c r="G15" s="8">
         <v>17.953938689114576</v>
       </c>
       <c r="H15" s="8">
         <v>-0.15000000000000002</v>
       </c>
       <c r="I15" s="8">
         <v>0</v>
       </c>
       <c r="J15" s="15">
         <v>163.48118618911457</v>
       </c>
     </row>
     <row r="16" spans="2:10" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B16" s="10" t="s">
         <v>15</v>
       </c>
       <c r="C16" s="8">
-        <v>592.83566410000003</v>
+        <v>592.83566410000014</v>
       </c>
       <c r="D16" s="8">
         <v>0</v>
       </c>
       <c r="E16" s="8">
         <v>0</v>
       </c>
       <c r="F16" s="8">
         <v>8.2965939999999989</v>
       </c>
       <c r="G16" s="8">
         <v>26.163681122634742</v>
       </c>
       <c r="H16" s="8">
         <v>0.32999999999999996</v>
       </c>
       <c r="I16" s="8">
         <v>0</v>
       </c>
       <c r="J16" s="15">
-        <v>627.62593922263466</v>
+        <v>627.62593922263477</v>
       </c>
     </row>
     <row r="17" spans="2:10" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B17" s="10" t="s">
         <v>16</v>
       </c>
       <c r="C17" s="8">
         <v>71.386877699999999</v>
       </c>
       <c r="D17" s="8">
         <v>0</v>
       </c>
       <c r="E17" s="8">
         <v>0</v>
       </c>
       <c r="F17" s="8">
         <v>31.711510900000004</v>
       </c>
       <c r="G17" s="8">
         <v>27.426597620891616</v>
       </c>
       <c r="H17" s="8">
         <v>1.67</v>
       </c>
       <c r="I17" s="8">
         <v>0</v>
       </c>
       <c r="J17" s="15">
         <v>132.19498622089162</v>
       </c>
     </row>
     <row r="18" spans="2:10" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B18" s="10" t="s">
         <v>17</v>
       </c>
       <c r="C18" s="8">
-        <v>93.525695099999979</v>
+        <v>93.525695100000007</v>
       </c>
       <c r="D18" s="8">
         <v>0</v>
       </c>
       <c r="E18" s="8">
         <v>0</v>
       </c>
       <c r="F18" s="8">
-        <v>165.81729729999998</v>
+        <v>165.81729729999995</v>
       </c>
       <c r="G18" s="8">
         <v>68.582912215087703</v>
       </c>
       <c r="H18" s="8">
         <v>17.179999999999996</v>
       </c>
       <c r="I18" s="8">
         <v>0</v>
       </c>
       <c r="J18" s="15">
         <v>345.10590461508764</v>
       </c>
     </row>
     <row r="19" spans="2:10" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B19" s="10" t="s">
         <v>18</v>
       </c>
       <c r="C19" s="8">
         <v>79.739422500000003</v>
       </c>
       <c r="D19" s="8">
         <v>0</v>
       </c>
       <c r="E19" s="8">
         <v>0</v>
       </c>
       <c r="F19" s="8">
-        <v>63.830606000000017</v>
+        <v>63.830605999999989</v>
       </c>
       <c r="G19" s="8">
         <v>68.926458639811713</v>
       </c>
       <c r="H19" s="8">
         <v>-1.8200000000000003</v>
       </c>
       <c r="I19" s="8">
         <v>0</v>
       </c>
       <c r="J19" s="15">
-        <v>210.67648713981174</v>
+        <v>210.67648713981171</v>
       </c>
     </row>
     <row r="20" spans="2:10" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B20" s="10" t="s">
         <v>19</v>
       </c>
       <c r="C20" s="8">
         <v>150.02512350000001</v>
       </c>
       <c r="D20" s="8">
         <v>0</v>
       </c>
       <c r="E20" s="8">
         <v>0</v>
       </c>
       <c r="F20" s="8">
-        <v>63.492482299999978</v>
+        <v>63.492482299999992</v>
       </c>
       <c r="G20" s="8">
         <v>56.35981861035404</v>
       </c>
       <c r="H20" s="8">
         <v>-17.020000000000003</v>
       </c>
       <c r="I20" s="8">
         <v>0</v>
       </c>
       <c r="J20" s="15">
-        <v>252.85742441035399</v>
+        <v>252.85742441035401</v>
       </c>
     </row>
     <row r="21" spans="2:10" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B21" s="10" t="s">
         <v>20</v>
       </c>
       <c r="C21" s="8">
-        <v>98.797421900000074</v>
+        <v>98.797421900000003</v>
       </c>
       <c r="D21" s="8">
         <v>0</v>
       </c>
       <c r="E21" s="8">
         <v>0</v>
       </c>
       <c r="F21" s="8">
-        <v>123.32421329999997</v>
+        <v>123.32421330000004</v>
       </c>
       <c r="G21" s="8">
         <v>77.753333372891632</v>
       </c>
       <c r="H21" s="8">
         <v>2.1799999999999997</v>
       </c>
       <c r="I21" s="8">
         <v>0.04</v>
       </c>
       <c r="J21" s="15">
-        <v>302.09496857289167</v>
+        <v>302.09496857289162</v>
       </c>
     </row>
     <row r="22" spans="2:10" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B22" s="10" t="s">
         <v>21</v>
       </c>
       <c r="C22" s="8">
-        <v>817.21205310000005</v>
+        <v>817.21205309999971</v>
       </c>
       <c r="D22" s="8">
         <v>0</v>
       </c>
       <c r="E22" s="8">
         <v>0</v>
       </c>
       <c r="F22" s="8">
-        <v>118.60249520000001</v>
+        <v>118.60249520000008</v>
       </c>
       <c r="G22" s="8">
         <v>116.56370894895221</v>
       </c>
       <c r="H22" s="8">
         <v>-1.7399999999999967</v>
       </c>
       <c r="I22" s="8">
         <v>1.33</v>
       </c>
       <c r="J22" s="15">
-        <v>1051.9682572489523</v>
+        <v>1051.9682572489521</v>
       </c>
     </row>
     <row r="23" spans="2:10" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B23" s="10" t="s">
         <v>22</v>
       </c>
       <c r="C23" s="8">
         <v>1069.3417963000002</v>
       </c>
       <c r="D23" s="8">
         <v>0</v>
       </c>
       <c r="E23" s="8">
         <v>0</v>
       </c>
       <c r="F23" s="8">
-        <v>-117.13101519999995</v>
+        <v>-117.13101519999992</v>
       </c>
       <c r="G23" s="8">
         <v>-62.174333838803747</v>
       </c>
       <c r="H23" s="8">
         <v>19.060000000000002</v>
       </c>
       <c r="I23" s="8">
         <v>-2.1799999999999997</v>
       </c>
       <c r="J23" s="15">
         <v>906.91644726119648</v>
       </c>
     </row>
     <row r="24" spans="2:10" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B24" s="10" t="s">
         <v>23</v>
       </c>
       <c r="C24" s="8">
-        <v>-280.8437683999997</v>
+        <v>-280.84376840000056</v>
       </c>
       <c r="D24" s="8">
         <v>0</v>
       </c>
       <c r="E24" s="8">
         <v>119.8498017</v>
       </c>
       <c r="F24" s="8">
-        <v>7.2686760000000206</v>
+        <v>7.2686760000000419</v>
       </c>
       <c r="G24" s="8">
         <v>104.62575274498175</v>
       </c>
       <c r="H24" s="8">
         <v>13.036741750000008</v>
       </c>
       <c r="I24" s="8">
         <v>379.68284142999988</v>
       </c>
       <c r="J24" s="15">
-        <v>343.62004522498194</v>
+        <v>343.62004522498114</v>
       </c>
     </row>
     <row r="25" spans="2:10" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B25" s="10" t="s">
         <v>24</v>
       </c>
       <c r="C25" s="8">
-        <v>-129.24249579999997</v>
+        <v>-129.24249580000014</v>
       </c>
       <c r="D25" s="8">
         <v>0</v>
       </c>
       <c r="E25" s="8">
         <v>74.346560499999995</v>
       </c>
       <c r="F25" s="8">
-        <v>-7.4404324000000077</v>
+        <v>-7.4404323999999651</v>
       </c>
       <c r="G25" s="8">
         <v>89.063087895135297</v>
       </c>
       <c r="H25" s="8">
         <v>-36.785244940000005</v>
       </c>
       <c r="I25" s="8">
         <v>-27.626322359999978</v>
       </c>
       <c r="J25" s="15">
-        <v>-37.684847104864694</v>
+        <v>-37.684847104864758</v>
       </c>
     </row>
     <row r="26" spans="2:10" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B26" s="10" t="s">
         <v>25</v>
       </c>
       <c r="C26" s="8">
         <v>105.61307869999996</v>
       </c>
       <c r="D26" s="8">
         <v>0</v>
       </c>
       <c r="E26" s="8">
         <v>0.49596259999999998</v>
       </c>
       <c r="F26" s="8">
-        <v>-70.779452499999948</v>
+        <v>-70.779452500000033</v>
       </c>
       <c r="G26" s="8">
         <v>18.210714696578506</v>
       </c>
       <c r="H26" s="8">
         <v>16.119103040000002</v>
       </c>
       <c r="I26" s="8">
         <v>-115.83086953000003</v>
       </c>
       <c r="J26" s="15">
-        <v>-46.171462993421528</v>
+        <v>-46.171462993421642</v>
       </c>
     </row>
     <row r="27" spans="2:10" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B27" s="10" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="8">
-        <v>56.0197024</v>
+        <v>52.973551600000143</v>
       </c>
       <c r="D27" s="8">
         <v>0</v>
       </c>
       <c r="E27" s="8">
         <v>6.4165862000000002</v>
       </c>
       <c r="F27" s="8">
-        <v>-163.49010440000006</v>
+        <v>-163.49010440000009</v>
       </c>
       <c r="G27" s="8">
-        <v>1.3387358291301332</v>
+        <v>1.3387358291301368</v>
       </c>
       <c r="H27" s="8">
         <v>30.501047920000005</v>
       </c>
       <c r="I27" s="8">
         <v>59.855048440000019</v>
       </c>
       <c r="J27" s="15">
-        <v>-9.3589836108698989</v>
+        <v>-12.405134410869778</v>
       </c>
     </row>
     <row r="28" spans="2:10" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B28" s="11" t="s">
         <v>31</v>
       </c>
       <c r="C28" s="8">
-        <v>1600.5830420000002</v>
+        <v>1598.3265004</v>
       </c>
       <c r="D28" s="8">
         <v>0</v>
       </c>
       <c r="E28" s="8">
         <v>-0.35475000000000007</v>
       </c>
       <c r="F28" s="8">
-        <v>-212.54106940000003</v>
+        <v>-212.5410694</v>
       </c>
       <c r="G28" s="8">
         <v>167.1943829618134</v>
       </c>
       <c r="H28" s="8">
         <v>33.171824619999938</v>
       </c>
       <c r="I28" s="8">
         <v>66.930028800000002</v>
       </c>
       <c r="J28" s="15">
-        <v>1654.9834589818133</v>
+        <v>1652.7269173818131</v>
       </c>
     </row>
     <row r="29" spans="2:10" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B29" s="11" t="s">
         <v>32</v>
       </c>
       <c r="C29" s="8">
-        <v>404.66084020000017</v>
+        <v>394.49854920000155</v>
       </c>
       <c r="D29" s="8">
         <v>0</v>
       </c>
       <c r="E29" s="8">
-        <v>2.4292099999999994</v>
+        <v>2.4292100000000003</v>
       </c>
       <c r="F29" s="8">
-        <v>-366.31557599999962</v>
+        <v>-366.31557600000002</v>
       </c>
       <c r="G29" s="8">
         <v>114.8292803850407</v>
       </c>
       <c r="H29" s="8">
         <v>-32.302577360000001</v>
       </c>
       <c r="I29" s="8">
         <v>-208.68667894000006</v>
       </c>
       <c r="J29" s="15">
-        <v>-85.385501714958878</v>
+        <v>-95.547792714957836</v>
       </c>
     </row>
     <row r="30" spans="2:10" ht="11.25" x14ac:dyDescent="0.2">
       <c r="B30" s="11" t="s">
         <v>33</v>
       </c>
       <c r="C30" s="8">
-        <v>122.59912459999995</v>
+        <v>122.18188910000009</v>
       </c>
       <c r="D30" s="8">
         <v>0</v>
       </c>
       <c r="E30" s="8">
         <v>-192.68136999999999</v>
       </c>
       <c r="F30" s="8">
-        <v>-560.59689440000034</v>
+        <v>-560.5968944</v>
       </c>
       <c r="G30" s="8">
         <v>54.558396381517895</v>
       </c>
       <c r="H30" s="8">
         <v>49.703647189999934</v>
       </c>
       <c r="I30" s="8">
         <v>-89.087343549999972</v>
       </c>
       <c r="J30" s="15">
-        <v>-615.50443977848249</v>
+        <v>-615.9216752784821</v>
       </c>
     </row>
     <row r="31" spans="2:10" ht="11.25" x14ac:dyDescent="0.2">
       <c r="B31" s="11" t="s">
         <v>34</v>
       </c>
       <c r="C31" s="8">
-        <v>401.1766857999998</v>
+        <v>385.98768259999963</v>
       </c>
       <c r="D31" s="8">
         <v>0</v>
       </c>
       <c r="E31" s="8">
         <v>-0.74658000000000002</v>
       </c>
       <c r="F31" s="8">
-        <v>-91.228064500000116</v>
+        <v>-91.228064499999988</v>
       </c>
       <c r="G31" s="8">
         <v>101.64880890749575</v>
       </c>
       <c r="H31" s="8">
         <v>-16.65194283999999</v>
       </c>
       <c r="I31" s="8">
         <v>95.557340490000016</v>
       </c>
       <c r="J31" s="15">
-        <v>489.75624785749545</v>
+        <v>474.56724465749551</v>
       </c>
     </row>
     <row r="32" spans="2:10" ht="11.25" x14ac:dyDescent="0.2">
       <c r="B32" s="11" t="s">
         <v>35</v>
       </c>
       <c r="C32" s="8">
-        <v>122.44817199999997</v>
+        <v>108.56198859999994</v>
       </c>
       <c r="D32" s="8">
         <v>0</v>
       </c>
       <c r="E32" s="8">
         <v>-0.52817999999999998</v>
       </c>
       <c r="F32" s="8">
-        <v>50.671968200000023</v>
+        <v>50.671968199999952</v>
       </c>
       <c r="G32" s="8">
-        <v>-23.190359804613649</v>
+        <v>-23.19035980461366</v>
       </c>
       <c r="H32" s="8">
         <v>69.97566617000011</v>
       </c>
       <c r="I32" s="8">
         <v>57.697006350000045</v>
       </c>
       <c r="J32" s="15">
-        <v>277.07427291538647</v>
+        <v>263.18808951538631</v>
       </c>
     </row>
     <row r="33" spans="1:12" ht="11.25" x14ac:dyDescent="0.2">
       <c r="B33" s="11" t="s">
         <v>36</v>
       </c>
       <c r="C33" s="8">
-        <v>119.95052270000002</v>
+        <v>108.74339059999997</v>
       </c>
       <c r="D33" s="8">
         <v>0</v>
       </c>
       <c r="E33" s="8">
         <v>-0.65416000000000007</v>
       </c>
       <c r="F33" s="8">
-        <v>68.553672000000063</v>
+        <v>65.140671999999967</v>
       </c>
       <c r="G33" s="8">
-        <v>-185.2965625650393</v>
+        <v>-185.29656256503932</v>
       </c>
       <c r="H33" s="8">
         <v>-15.757696550400773</v>
       </c>
       <c r="I33" s="8">
         <v>101.696953355885</v>
       </c>
       <c r="J33" s="15">
-        <v>88.492728940445062</v>
+        <v>73.872596840444857</v>
       </c>
     </row>
     <row r="34" spans="1:12" ht="11.25" x14ac:dyDescent="0.2">
       <c r="B34" s="11" t="s">
         <v>37</v>
       </c>
       <c r="C34" s="8">
-        <v>28.240619300000056</v>
+        <v>8.2626362999999827</v>
       </c>
       <c r="D34" s="8">
         <v>0</v>
       </c>
       <c r="E34" s="8">
         <v>0.37839999999999996</v>
       </c>
       <c r="F34" s="8">
-        <v>191.43882310000001</v>
+        <v>143.85282309999997</v>
       </c>
       <c r="G34" s="8">
-        <v>56.043239571591627</v>
+        <v>56.04323957159162</v>
       </c>
       <c r="H34" s="8">
         <v>110.1982281241531</v>
       </c>
       <c r="I34" s="8">
         <v>-8.1289372913450286E-2</v>
       </c>
       <c r="J34" s="15">
-        <v>386.21802072283134</v>
+        <v>318.65403772283122</v>
       </c>
     </row>
     <row r="35" spans="1:12" ht="11.25" x14ac:dyDescent="0.2">
       <c r="B35" s="11" t="s">
         <v>42</v>
       </c>
       <c r="C35" s="8">
-        <v>-43.07270339999971</v>
+        <v>-166.29488109999937</v>
       </c>
       <c r="D35" s="8">
         <v>0</v>
       </c>
       <c r="E35" s="8">
         <v>1.5186500000000001</v>
       </c>
       <c r="F35" s="8">
-        <v>79.478098200000005</v>
+        <v>47.923098199999927</v>
       </c>
       <c r="G35" s="8">
-        <v>773.28279951715285</v>
+        <v>773.56743951715293</v>
       </c>
       <c r="H35" s="8">
         <v>185.30324895767893</v>
       </c>
       <c r="I35" s="8">
         <v>-15.7484873250894</v>
       </c>
       <c r="J35" s="15">
-        <v>980.76160594974272</v>
+        <v>826.26906824974287</v>
       </c>
     </row>
     <row r="36" spans="1:12" ht="11.25" x14ac:dyDescent="0.2">
       <c r="B36" s="11" t="s">
         <v>43</v>
       </c>
       <c r="C36" s="8">
-        <v>-42.686998100000004</v>
+        <v>-30.714287799999994</v>
       </c>
       <c r="D36" s="8">
         <v>0</v>
       </c>
       <c r="E36" s="8">
         <v>2.7068400000000006</v>
       </c>
       <c r="F36" s="8">
-        <v>55.532858100000006</v>
+        <v>40.706858099999948</v>
       </c>
       <c r="G36" s="8">
-        <v>-242.35971882265176</v>
+        <v>-242.35971882265173</v>
       </c>
       <c r="H36" s="8">
         <v>5.3830930379500757</v>
       </c>
       <c r="I36" s="8">
         <v>-159.60159377983553</v>
       </c>
       <c r="J36" s="15">
-        <v>-381.02551956453721</v>
+        <v>-383.87880926453721</v>
       </c>
     </row>
     <row r="37" spans="1:12" ht="11.25" x14ac:dyDescent="0.2">
       <c r="B37" s="11" t="s">
         <v>44</v>
       </c>
       <c r="C37" s="8">
-        <v>803.96951560000002</v>
+        <v>898.39014520000023</v>
       </c>
       <c r="D37" s="8">
         <v>0</v>
       </c>
       <c r="E37" s="8">
         <v>1.1546800000000002</v>
       </c>
       <c r="F37" s="8">
-        <v>155.82472160000009</v>
+        <v>170.67772160000004</v>
       </c>
       <c r="G37" s="8">
-        <v>-180.78640058169151</v>
+        <v>-180.78596058169151</v>
       </c>
       <c r="H37" s="8">
         <v>28.386785149016944</v>
       </c>
       <c r="I37" s="8">
-        <v>456.24068976353794</v>
+        <v>461.3151744135389</v>
       </c>
       <c r="J37" s="15">
-        <v>1264.7899915308635</v>
+        <v>1379.1385457808647</v>
       </c>
     </row>
     <row r="38" spans="1:12" ht="11.25" x14ac:dyDescent="0.2">
       <c r="B38" s="11" t="s">
         <v>45</v>
       </c>
       <c r="C38" s="8">
-        <v>556.21531999999956</v>
+        <v>562.44761549999907</v>
       </c>
       <c r="D38" s="8">
         <v>0</v>
       </c>
       <c r="E38" s="8">
         <v>0.86953000000000014</v>
       </c>
       <c r="F38" s="8">
-        <v>668.28580070000021</v>
+        <v>635.68080059999988</v>
       </c>
       <c r="G38" s="8">
-        <v>269.11023420498736</v>
+        <v>262.93357398276521</v>
       </c>
       <c r="H38" s="8">
-        <v>355.43799615919102</v>
+        <v>387.21345094143629</v>
       </c>
       <c r="I38" s="8">
-        <v>726.10747063141719</v>
+        <v>733.78036741019321</v>
       </c>
       <c r="J38" s="15">
-        <v>2576.0263516955956</v>
+        <v>2582.9253384343938</v>
       </c>
     </row>
     <row r="39" spans="1:12" ht="11.25" x14ac:dyDescent="0.2">
       <c r="B39" s="11" t="s">
         <v>46</v>
       </c>
       <c r="C39" s="8">
-        <v>44.629079999999995</v>
+        <v>-184.17857000000009</v>
       </c>
       <c r="D39" s="8">
         <v>0</v>
       </c>
       <c r="E39" s="8">
-        <v>0.26776</v>
+        <v>-0.6368100000000001</v>
       </c>
       <c r="F39" s="8">
-        <v>156.25816949999987</v>
+        <v>301.78205889999987</v>
       </c>
       <c r="G39" s="8">
-        <v>197.54643685961875</v>
+        <v>-145.34126477258323</v>
       </c>
       <c r="H39" s="8">
-        <v>-237.76050607805288</v>
+        <v>-246.87970148133314</v>
       </c>
       <c r="I39" s="8">
-        <v>-245.13183946359803</v>
+        <v>292.25231763803731</v>
       </c>
       <c r="J39" s="15">
-        <v>-84.190899182032268</v>
+        <v>16.998030284120759</v>
       </c>
     </row>
     <row r="40" spans="1:12" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B40" s="12" t="s">
         <v>4</v>
       </c>
       <c r="C40" s="9">
-        <v>7344.1035551999994</v>
+        <v>7028.5568422999995</v>
       </c>
       <c r="D40" s="9">
         <v>0</v>
       </c>
       <c r="E40" s="9">
-        <v>15.468941000000061</v>
+        <v>14.564371000000062</v>
       </c>
       <c r="F40" s="9">
-        <v>458.20393250000029</v>
+        <v>488.59582179999956</v>
       </c>
       <c r="G40" s="9">
-        <v>1836.5068331619823</v>
+        <v>1487.7275513075581</v>
       </c>
       <c r="H40" s="9">
-        <v>577.49941434953644</v>
+        <v>600.15567372850137</v>
       </c>
       <c r="I40" s="9">
-        <v>1081.1629549394036</v>
+        <v>1631.2944934698162</v>
       </c>
       <c r="J40" s="9">
-        <v>11312.945631150926</v>
+        <v>11250.894753605877</v>
       </c>
     </row>
     <row r="41" spans="1:12" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B41" s="3"/>
     </row>
     <row r="42" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A42" s="18"/>
       <c r="B42" s="19" t="s">
         <v>38</v>
       </c>
       <c r="C42" s="19"/>
       <c r="D42" s="19"/>
       <c r="E42" s="19"/>
       <c r="F42" s="19"/>
       <c r="G42" s="19"/>
       <c r="H42" s="19"/>
       <c r="I42" s="19"/>
       <c r="J42" s="19"/>
       <c r="K42" s="13"/>
       <c r="L42" s="13"/>
     </row>
     <row r="43" spans="1:12" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A43" s="18"/>
       <c r="B43" s="19"/>
       <c r="C43" s="19"/>