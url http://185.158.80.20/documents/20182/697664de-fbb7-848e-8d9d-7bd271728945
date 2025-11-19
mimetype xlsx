--- v0 (2025-10-07)
+++ v1 (2025-11-19)
@@ -5,77 +5,80 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="24334"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\261\MOST\Agregirana bilanca DMFI i Biltenske tablice\Biltenske tablice ENG serija od 12.2010\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{8C697859-E9BF-4CF5-AE5F-5B7DFBF45EE7}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{3989EE5A-FB75-46B5-B52F-7E4722DE6041}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="EUR" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
+    <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
+      <xlwcv:version setVersion="1"/>
+    </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1338" uniqueCount="35">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1342" uniqueCount="35">
   <si>
     <t>end of period, million EUR</t>
   </si>
   <si>
     <t>ASSETS</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>LIABILITIES</t>
   </si>
   <si>
     <t xml:space="preserve"> Total (1+2+3+4+5)</t>
   </si>
   <si>
     <t xml:space="preserve">Table C1 Balance sheet of the Croatian National Bank </t>
   </si>
   <si>
     <r>
       <t xml:space="preserve"> 1</t>
     </r>
     <r>
       <rPr>
         <b/>
@@ -902,51 +905,111 @@
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="2" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="13" fillId="2" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="2" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="8">
     <cellStyle name="Naslov 1 2" xfId="6" xr:uid="{00000000-0005-0000-0000-000000000000}"/>
     <cellStyle name="Naslov 2 2" xfId="7" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="Normal 3" xfId="3" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="Normalno" xfId="0" builtinId="0"/>
     <cellStyle name="Normalno 2" xfId="5" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
     <cellStyle name="Normalno 3" xfId="1" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
     <cellStyle name="Ukupno - zadnji redak" xfId="4" xr:uid="{00000000-0005-0000-0000-000006000000}"/>
     <cellStyle name="Zaglavlje" xfId="2" xr:uid="{00000000-0005-0000-0000-000007000000}"/>
   </cellStyles>
-  <dxfs count="129">
+  <dxfs count="134">
+    <dxf>
+      <font>
+        <condense val="0"/>
+        <extend val="0"/>
+        <color rgb="FF9C0006"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC7CE"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <condense val="0"/>
+        <extend val="0"/>
+        <color rgb="FF9C0006"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC7CE"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <condense val="0"/>
+        <extend val="0"/>
+        <color rgb="FF9C0006"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC7CE"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <condense val="0"/>
+        <extend val="0"/>
+        <color rgb="FF9C0006"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC7CE"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <condense val="0"/>
+        <extend val="0"/>
+        <color rgb="FF9C0006"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC7CE"/>
+        </patternFill>
+      </fill>
+    </dxf>
     <dxf>
       <font>
         <condense val="0"/>
         <extend val="0"/>
         <color rgb="FF9C0006"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFC7CE"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <condense val="0"/>
         <extend val="0"/>
         <color rgb="FF9C0006"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFC7CE"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
@@ -2769,86 +2832,86 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="B2:FW45"/>
+  <dimension ref="B2:FX45"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="15" customHeight="1"/>
   <cols>
     <col min="1" max="1" width="2.7109375" style="3" customWidth="1"/>
     <col min="2" max="2" width="64.140625" style="3" customWidth="1"/>
     <col min="3" max="155" width="8.85546875" style="13"/>
     <col min="156" max="157" width="8.85546875" style="3"/>
     <col min="158" max="162" width="8.85546875" style="13"/>
     <col min="163" max="163" width="8.85546875" style="15"/>
     <col min="164" max="168" width="10.140625" style="15"/>
-    <col min="169" max="179" width="8.85546875" style="15"/>
-    <col min="180" max="16384" width="8.85546875" style="3"/>
+    <col min="169" max="180" width="8.85546875" style="15"/>
+    <col min="181" max="16384" width="8.85546875" style="3"/>
   </cols>
   <sheetData>
-    <row r="2" spans="2:179" ht="15" customHeight="1">
+    <row r="2" spans="2:180" ht="15" customHeight="1">
       <c r="B2" s="27" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="3" spans="2:179" ht="15" customHeight="1">
+    <row r="3" spans="2:180" ht="15" customHeight="1">
       <c r="B3" s="28" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="4" spans="2:179" ht="9.9499999999999993" customHeight="1">
+    <row r="4" spans="2:180" ht="9.9499999999999993" customHeight="1">
       <c r="B4" s="4"/>
     </row>
-    <row r="5" spans="2:179" ht="9.9499999999999993" customHeight="1">
+    <row r="5" spans="2:180" ht="9.9499999999999993" customHeight="1">
       <c r="FH5" s="33"/>
       <c r="FI5" s="33"/>
       <c r="FJ5" s="33"/>
     </row>
-    <row r="6" spans="2:179" ht="15" customHeight="1">
+    <row r="6" spans="2:180" ht="15" customHeight="1">
       <c r="B6" s="5"/>
       <c r="C6" s="2">
         <v>40543</v>
       </c>
       <c r="D6" s="2">
         <v>40574</v>
       </c>
       <c r="E6" s="2">
         <v>40602</v>
       </c>
       <c r="F6" s="2">
         <v>40633</v>
       </c>
       <c r="G6" s="2">
         <v>40663</v>
       </c>
       <c r="H6" s="2">
         <v>40694</v>
       </c>
       <c r="I6" s="2">
         <v>40724</v>
       </c>
       <c r="J6" s="2">
         <v>40755</v>
       </c>
@@ -3337,52 +3400,55 @@
       </c>
       <c r="FP6" s="32">
         <v>45658</v>
       </c>
       <c r="FQ6" s="32">
         <v>45716</v>
       </c>
       <c r="FR6" s="32">
         <v>45747</v>
       </c>
       <c r="FS6" s="32">
         <v>45777</v>
       </c>
       <c r="FT6" s="32">
         <v>45808</v>
       </c>
       <c r="FU6" s="32">
         <v>45838</v>
       </c>
       <c r="FV6" s="32">
         <v>45869</v>
       </c>
       <c r="FW6" s="32">
         <v>45900</v>
       </c>
+      <c r="FX6" s="32">
+        <v>45930</v>
+      </c>
     </row>
-    <row r="7" spans="2:179" ht="15" customHeight="1">
+    <row r="7" spans="2:180" ht="15" customHeight="1">
       <c r="B7" s="24" t="s">
         <v>1</v>
       </c>
       <c r="C7" s="15"/>
       <c r="D7" s="15"/>
       <c r="E7" s="15"/>
       <c r="F7" s="15"/>
       <c r="G7" s="15"/>
       <c r="H7" s="15"/>
       <c r="I7" s="15"/>
       <c r="J7" s="15"/>
       <c r="K7" s="15"/>
       <c r="L7" s="15"/>
       <c r="M7" s="15"/>
       <c r="N7" s="15"/>
       <c r="O7" s="15"/>
       <c r="P7" s="15"/>
       <c r="Q7" s="15"/>
       <c r="R7" s="15"/>
       <c r="S7" s="15"/>
       <c r="T7" s="15"/>
       <c r="U7" s="15"/>
       <c r="V7" s="15"/>
       <c r="W7" s="15"/>
       <c r="X7" s="15"/>
@@ -3502,51 +3568,51 @@
       <c r="EH7" s="15"/>
       <c r="EI7" s="15"/>
       <c r="EJ7" s="15"/>
       <c r="EK7" s="15"/>
       <c r="EL7" s="15"/>
       <c r="EM7" s="15"/>
       <c r="EN7" s="15"/>
       <c r="EO7" s="15"/>
       <c r="EP7" s="15"/>
       <c r="EQ7" s="15"/>
       <c r="ER7" s="15"/>
       <c r="ES7" s="15"/>
       <c r="ET7" s="15"/>
       <c r="EU7" s="15"/>
       <c r="EV7" s="15"/>
       <c r="EW7" s="15"/>
       <c r="EX7" s="15"/>
       <c r="EY7" s="15"/>
       <c r="FA7" s="15"/>
       <c r="FB7" s="15"/>
       <c r="FC7" s="15"/>
       <c r="FD7" s="15"/>
       <c r="FE7" s="15"/>
       <c r="FF7" s="15"/>
     </row>
-    <row r="8" spans="2:179" ht="15" customHeight="1">
+    <row r="8" spans="2:180" ht="15" customHeight="1">
       <c r="B8" s="24" t="s">
         <v>6</v>
       </c>
       <c r="C8" s="16">
         <v>10454.760683840001</v>
       </c>
       <c r="D8" s="16">
         <v>10285.07842758</v>
       </c>
       <c r="E8" s="16">
         <v>10303.37620022</v>
       </c>
       <c r="F8" s="16">
         <v>11199.334843750001</v>
       </c>
       <c r="G8" s="16">
         <v>11070.533461810001</v>
       </c>
       <c r="H8" s="16">
         <v>11244.760590850001</v>
       </c>
       <c r="I8" s="16">
         <v>11184.288041469999</v>
       </c>
       <c r="J8" s="16">
@@ -4037,52 +4103,55 @@
       </c>
       <c r="FP8" s="17">
         <v>33681.51462324</v>
       </c>
       <c r="FQ8" s="17">
         <v>33236.375905300003</v>
       </c>
       <c r="FR8" s="17">
         <v>32806.78420917</v>
       </c>
       <c r="FS8" s="17">
         <v>32363.81824352</v>
       </c>
       <c r="FT8" s="17">
         <v>32546.96772918</v>
       </c>
       <c r="FU8" s="17">
         <v>32549.146795420002</v>
       </c>
       <c r="FV8" s="17">
         <v>33197.820890559997</v>
       </c>
       <c r="FW8" s="17">
         <v>33628.111757830004</v>
       </c>
+      <c r="FX8" s="17">
+        <v>34539.400177830001</v>
+      </c>
     </row>
-    <row r="9" spans="2:179" ht="15" customHeight="1">
+    <row r="9" spans="2:180" ht="15" customHeight="1">
       <c r="B9" s="24" t="s">
         <v>7</v>
       </c>
       <c r="C9" s="16" t="s">
         <v>2</v>
       </c>
       <c r="D9" s="16" t="s">
         <v>2</v>
       </c>
       <c r="E9" s="16" t="s">
         <v>2</v>
       </c>
       <c r="F9" s="16" t="s">
         <v>2</v>
       </c>
       <c r="G9" s="16" t="s">
         <v>2</v>
       </c>
       <c r="H9" s="16" t="s">
         <v>2</v>
       </c>
       <c r="I9" s="16" t="s">
         <v>2</v>
       </c>
       <c r="J9" s="16" t="s">
@@ -4573,52 +4642,55 @@
       </c>
       <c r="FP9" s="17" t="s">
         <v>2</v>
       </c>
       <c r="FQ9" s="17" t="s">
         <v>2</v>
       </c>
       <c r="FR9" s="17" t="s">
         <v>2</v>
       </c>
       <c r="FS9" s="17" t="s">
         <v>2</v>
       </c>
       <c r="FT9" s="17" t="s">
         <v>2</v>
       </c>
       <c r="FU9" s="17" t="s">
         <v>2</v>
       </c>
       <c r="FV9" s="17" t="s">
         <v>2</v>
       </c>
       <c r="FW9" s="17" t="s">
         <v>2</v>
       </c>
+      <c r="FX9" s="17" t="s">
+        <v>2</v>
+      </c>
     </row>
-    <row r="10" spans="2:179" ht="15" customHeight="1">
+    <row r="10" spans="2:180" ht="15" customHeight="1">
       <c r="B10" s="24" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="16">
         <v>349.83714466999999</v>
       </c>
       <c r="D10" s="16">
         <v>339.75281742999999</v>
       </c>
       <c r="E10" s="16">
         <v>341.08510790000003</v>
       </c>
       <c r="F10" s="16">
         <v>335.29781879000001</v>
       </c>
       <c r="G10" s="16">
         <v>323.78125951999999</v>
       </c>
       <c r="H10" s="16">
         <v>335.93801003999999</v>
       </c>
       <c r="I10" s="16">
         <v>330.95797247000002</v>
       </c>
       <c r="J10" s="16">
@@ -5109,52 +5181,55 @@
       </c>
       <c r="FP10" s="17">
         <v>1299.4511611200001</v>
       </c>
       <c r="FQ10" s="17">
         <v>1299.4515424599999</v>
       </c>
       <c r="FR10" s="17">
         <v>1272.5177598400001</v>
       </c>
       <c r="FS10" s="17">
         <v>1295.81400856</v>
       </c>
       <c r="FT10" s="17">
         <v>1296.5351663599999</v>
       </c>
       <c r="FU10" s="17">
         <v>1237.1124052800001</v>
       </c>
       <c r="FV10" s="17">
         <v>1238.6244142999999</v>
       </c>
       <c r="FW10" s="17">
         <v>1255.3299700699999</v>
       </c>
+      <c r="FX10" s="17">
+        <v>1250.4033193</v>
+      </c>
     </row>
-    <row r="11" spans="2:179" ht="15" customHeight="1">
+    <row r="11" spans="2:180" ht="15" customHeight="1">
       <c r="B11" s="24" t="s">
         <v>9</v>
       </c>
       <c r="C11" s="16">
         <v>196.13142207000001</v>
       </c>
       <c r="D11" s="16">
         <v>196.71381374000001</v>
       </c>
       <c r="E11" s="16">
         <v>196.91579361000001</v>
       </c>
       <c r="F11" s="16">
         <v>196.06409625000001</v>
       </c>
       <c r="G11" s="16">
         <v>195.30448709000001</v>
       </c>
       <c r="H11" s="16">
         <v>197.29662592</v>
       </c>
       <c r="I11" s="16">
         <v>195.75788362</v>
       </c>
       <c r="J11" s="16">
@@ -5645,52 +5720,55 @@
       </c>
       <c r="FP11" s="17" t="s">
         <v>2</v>
       </c>
       <c r="FQ11" s="17" t="s">
         <v>2</v>
       </c>
       <c r="FR11" s="17" t="s">
         <v>2</v>
       </c>
       <c r="FS11" s="17" t="s">
         <v>2</v>
       </c>
       <c r="FT11" s="17" t="s">
         <v>2</v>
       </c>
       <c r="FU11" s="17" t="s">
         <v>2</v>
       </c>
       <c r="FV11" s="17" t="s">
         <v>2</v>
       </c>
       <c r="FW11" s="17" t="s">
         <v>2</v>
       </c>
+      <c r="FX11" s="17" t="s">
+        <v>2</v>
+      </c>
     </row>
-    <row r="12" spans="2:179" ht="15" customHeight="1">
+    <row r="12" spans="2:180" ht="15" customHeight="1">
       <c r="B12" s="24" t="s">
         <v>10</v>
       </c>
       <c r="C12" s="16">
         <v>3013.8817766100001</v>
       </c>
       <c r="D12" s="16">
         <v>2891.3814435499999</v>
       </c>
       <c r="E12" s="16">
         <v>2628.9510018400001</v>
       </c>
       <c r="F12" s="16">
         <v>3781.07614066</v>
       </c>
       <c r="G12" s="16">
         <v>3716.3274901300001</v>
       </c>
       <c r="H12" s="16">
         <v>2754.2135947500001</v>
       </c>
       <c r="I12" s="16">
         <v>2626.0540658</v>
       </c>
       <c r="J12" s="16">
@@ -6181,52 +6259,55 @@
       </c>
       <c r="FP12" s="17">
         <v>1799.82008827</v>
       </c>
       <c r="FQ12" s="17">
         <v>1380.84168662</v>
       </c>
       <c r="FR12" s="17">
         <v>931.87547829000005</v>
       </c>
       <c r="FS12" s="17">
         <v>673.18766597000001</v>
       </c>
       <c r="FT12" s="17">
         <v>713.61933580000004</v>
       </c>
       <c r="FU12" s="17">
         <v>824.45850293000001</v>
       </c>
       <c r="FV12" s="17">
         <v>855.29760723000004</v>
       </c>
       <c r="FW12" s="17">
         <v>797.04195154000001</v>
       </c>
+      <c r="FX12" s="17">
+        <v>1059.1501339500001</v>
+      </c>
     </row>
-    <row r="13" spans="2:179" ht="15" customHeight="1">
+    <row r="13" spans="2:180" ht="15" customHeight="1">
       <c r="B13" s="25" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="16" t="s">
         <v>2</v>
       </c>
       <c r="D13" s="16" t="s">
         <v>2</v>
       </c>
       <c r="E13" s="16" t="s">
         <v>2</v>
       </c>
       <c r="F13" s="16" t="s">
         <v>2</v>
       </c>
       <c r="G13" s="16" t="s">
         <v>2</v>
       </c>
       <c r="H13" s="16" t="s">
         <v>2</v>
       </c>
       <c r="I13" s="16" t="s">
         <v>2</v>
       </c>
       <c r="J13" s="16" t="s">
@@ -6717,52 +6798,55 @@
       </c>
       <c r="FP13" s="17">
         <v>873.12079087999996</v>
       </c>
       <c r="FQ13" s="17">
         <v>494.27473237999999</v>
       </c>
       <c r="FR13" s="17" t="s">
         <v>2</v>
       </c>
       <c r="FS13" s="17" t="s">
         <v>2</v>
       </c>
       <c r="FT13" s="17" t="s">
         <v>2</v>
       </c>
       <c r="FU13" s="17" t="s">
         <v>2</v>
       </c>
       <c r="FV13" s="17" t="s">
         <v>2</v>
       </c>
       <c r="FW13" s="17" t="s">
         <v>2</v>
       </c>
+      <c r="FX13" s="17" t="s">
+        <v>2</v>
+      </c>
     </row>
-    <row r="14" spans="2:179" ht="15" customHeight="1">
+    <row r="14" spans="2:180" ht="15" customHeight="1">
       <c r="B14" s="25" t="s">
         <v>28</v>
       </c>
       <c r="C14" s="16" t="s">
         <v>2</v>
       </c>
       <c r="D14" s="16" t="s">
         <v>2</v>
       </c>
       <c r="E14" s="16" t="s">
         <v>2</v>
       </c>
       <c r="F14" s="16" t="s">
         <v>2</v>
       </c>
       <c r="G14" s="16" t="s">
         <v>2</v>
       </c>
       <c r="H14" s="16" t="s">
         <v>2</v>
       </c>
       <c r="I14" s="16" t="s">
         <v>2</v>
       </c>
       <c r="J14" s="16" t="s">
@@ -7253,52 +7337,55 @@
       </c>
       <c r="FP14" s="17">
         <v>313.95696125000001</v>
       </c>
       <c r="FQ14" s="17">
         <v>313.95696125000001</v>
       </c>
       <c r="FR14" s="17">
         <v>313.95696125000001</v>
       </c>
       <c r="FS14" s="17">
         <v>313.95696125000001</v>
       </c>
       <c r="FT14" s="17">
         <v>313.95696125000001</v>
       </c>
       <c r="FU14" s="17">
         <v>313.95696125000001</v>
       </c>
       <c r="FV14" s="17">
         <v>313.95696125000001</v>
       </c>
       <c r="FW14" s="17">
         <v>313.95696125000001</v>
       </c>
+      <c r="FX14" s="17">
+        <v>313.95696125000001</v>
+      </c>
     </row>
-    <row r="15" spans="2:179" ht="15" customHeight="1">
+    <row r="15" spans="2:180" ht="15" customHeight="1">
       <c r="B15" s="24" t="s">
         <v>29</v>
       </c>
       <c r="C15" s="16">
         <v>6894.9103404899997</v>
       </c>
       <c r="D15" s="16">
         <v>6857.2303528700004</v>
       </c>
       <c r="E15" s="16">
         <v>7136.42429687</v>
       </c>
       <c r="F15" s="16">
         <v>6886.8967880399996</v>
       </c>
       <c r="G15" s="16">
         <v>6835.1202250699998</v>
       </c>
       <c r="H15" s="16">
         <v>7957.3123601400002</v>
       </c>
       <c r="I15" s="16">
         <v>8031.5181195900004</v>
       </c>
       <c r="J15" s="16">
@@ -7789,52 +7876,55 @@
       </c>
       <c r="FP15" s="17">
         <v>13246.17735885</v>
       </c>
       <c r="FQ15" s="17">
         <v>13148.901656219999</v>
       </c>
       <c r="FR15" s="17">
         <v>13063.27370604</v>
       </c>
       <c r="FS15" s="17">
         <v>12826.53143899</v>
       </c>
       <c r="FT15" s="17">
         <v>12807.479967019999</v>
       </c>
       <c r="FU15" s="17">
         <v>12488.938222209999</v>
       </c>
       <c r="FV15" s="17">
         <v>12464.12905903</v>
       </c>
       <c r="FW15" s="17">
         <v>12283.73719622</v>
       </c>
+      <c r="FX15" s="17">
+        <v>12313.129379579999</v>
+      </c>
     </row>
-    <row r="16" spans="2:179" ht="15" customHeight="1">
+    <row r="16" spans="2:180" ht="15" customHeight="1">
       <c r="B16" s="25" t="s">
         <v>11</v>
       </c>
       <c r="C16" s="16" t="s">
         <v>2</v>
       </c>
       <c r="D16" s="16" t="s">
         <v>2</v>
       </c>
       <c r="E16" s="16" t="s">
         <v>2</v>
       </c>
       <c r="F16" s="16" t="s">
         <v>2</v>
       </c>
       <c r="G16" s="16" t="s">
         <v>2</v>
       </c>
       <c r="H16" s="16" t="s">
         <v>2</v>
       </c>
       <c r="I16" s="16" t="s">
         <v>2</v>
       </c>
       <c r="J16" s="16" t="s">
@@ -8325,52 +8415,55 @@
       </c>
       <c r="FP16" s="17">
         <v>417.63741993999997</v>
       </c>
       <c r="FQ16" s="17">
         <v>417.63741993999997</v>
       </c>
       <c r="FR16" s="17">
         <v>417.63741993999997</v>
       </c>
       <c r="FS16" s="17">
         <v>417.63741993999997</v>
       </c>
       <c r="FT16" s="17">
         <v>417.63741993999997</v>
       </c>
       <c r="FU16" s="17">
         <v>417.63741993999997</v>
       </c>
       <c r="FV16" s="17">
         <v>417.63741993999997</v>
       </c>
       <c r="FW16" s="17">
         <v>417.63741993999997</v>
       </c>
+      <c r="FX16" s="17">
+        <v>417.63741993999997</v>
+      </c>
     </row>
-    <row r="17" spans="2:179" ht="15" customHeight="1">
+    <row r="17" spans="2:180" ht="15" customHeight="1">
       <c r="B17" s="24" t="s">
         <v>32</v>
       </c>
       <c r="C17" s="16" t="s">
         <v>2</v>
       </c>
       <c r="D17" s="16" t="s">
         <v>2</v>
       </c>
       <c r="E17" s="16" t="s">
         <v>2</v>
       </c>
       <c r="F17" s="16" t="s">
         <v>2</v>
       </c>
       <c r="G17" s="16" t="s">
         <v>2</v>
       </c>
       <c r="H17" s="16" t="s">
         <v>2</v>
       </c>
       <c r="I17" s="16" t="s">
         <v>2</v>
       </c>
       <c r="J17" s="16" t="s">
@@ -8861,52 +8954,55 @@
       </c>
       <c r="FP17" s="17">
         <v>17336.066015</v>
       </c>
       <c r="FQ17" s="17">
         <v>17407.18102</v>
       </c>
       <c r="FR17" s="17">
         <v>17539.117265000001</v>
       </c>
       <c r="FS17" s="17">
         <v>17568.28513</v>
       </c>
       <c r="FT17" s="17">
         <v>17729.333259999999</v>
       </c>
       <c r="FU17" s="17">
         <v>17998.637664999998</v>
       </c>
       <c r="FV17" s="17">
         <v>18639.769810000002</v>
       </c>
       <c r="FW17" s="17">
         <v>19292.002639999999</v>
       </c>
+      <c r="FX17" s="17">
+        <v>19916.717345000001</v>
+      </c>
     </row>
-    <row r="18" spans="2:179" ht="15" customHeight="1">
+    <row r="18" spans="2:180" ht="15" customHeight="1">
       <c r="B18" s="24" t="s">
         <v>12</v>
       </c>
       <c r="C18" s="16">
         <v>3.686656E-2</v>
       </c>
       <c r="D18" s="16" t="s">
         <v>2</v>
       </c>
       <c r="E18" s="16">
         <v>0.31226098000000002</v>
       </c>
       <c r="F18" s="16">
         <v>0.31226098000000002</v>
       </c>
       <c r="G18" s="16">
         <v>0.25994348</v>
       </c>
       <c r="H18" s="16">
         <v>0.67103058000000004</v>
       </c>
       <c r="I18" s="16" t="s">
         <v>2</v>
       </c>
       <c r="J18" s="16" t="s">
@@ -9397,52 +9493,55 @@
       </c>
       <c r="FP18" s="17">
         <v>1897.30297103</v>
       </c>
       <c r="FQ18" s="17">
         <v>1894.18100312</v>
       </c>
       <c r="FR18" s="17">
         <v>1846.1269067400001</v>
       </c>
       <c r="FS18" s="17">
         <v>1842.7644687300001</v>
       </c>
       <c r="FT18" s="17">
         <v>1839.2914123800001</v>
       </c>
       <c r="FU18" s="17">
         <v>1835.93454148</v>
       </c>
       <c r="FV18" s="17">
         <v>1570.38497874</v>
       </c>
       <c r="FW18" s="17">
         <v>1567.7973160399999</v>
       </c>
+      <c r="FX18" s="17">
+        <v>1565.2945398300001</v>
+      </c>
     </row>
-    <row r="19" spans="2:179" ht="15" customHeight="1">
+    <row r="19" spans="2:180" ht="15" customHeight="1">
       <c r="B19" s="24" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="16">
         <v>1.7143021000000001</v>
       </c>
       <c r="D19" s="16">
         <v>1.70989528</v>
       </c>
       <c r="E19" s="16">
         <v>1.7122506900000001</v>
       </c>
       <c r="F19" s="16">
         <v>1.69905599</v>
       </c>
       <c r="G19" s="16">
         <v>1.6862154</v>
       </c>
       <c r="H19" s="16">
         <v>1.6965628500000001</v>
       </c>
       <c r="I19" s="16">
         <v>1.66892263</v>
       </c>
       <c r="J19" s="16">
@@ -9933,52 +10032,55 @@
       </c>
       <c r="FP19" s="17">
         <v>366.40160265999998</v>
       </c>
       <c r="FQ19" s="17">
         <v>357.11100606999997</v>
       </c>
       <c r="FR19" s="17">
         <v>127.4663714</v>
       </c>
       <c r="FS19" s="17">
         <v>62.4663714</v>
       </c>
       <c r="FT19" s="17">
         <v>62.461478399999997</v>
       </c>
       <c r="FU19" s="17">
         <v>147.4582284</v>
       </c>
       <c r="FV19" s="17">
         <v>62.458228400000003</v>
       </c>
       <c r="FW19" s="17">
         <v>62.458228400000003</v>
       </c>
+      <c r="FX19" s="17">
+        <v>144.4582284</v>
+      </c>
     </row>
-    <row r="20" spans="2:179" ht="15" customHeight="1">
+    <row r="20" spans="2:180" ht="15" customHeight="1">
       <c r="B20" s="24" t="s">
         <v>14</v>
       </c>
       <c r="C20" s="16">
         <v>2.9936650400000002</v>
       </c>
       <c r="D20" s="16">
         <v>2.9904167199999998</v>
       </c>
       <c r="E20" s="16">
         <v>2.9873088999999999</v>
       </c>
       <c r="F20" s="16">
         <v>2.9760103400000002</v>
       </c>
       <c r="G20" s="16">
         <v>2.9739938600000002</v>
       </c>
       <c r="H20" s="16">
         <v>2.9719636600000001</v>
       </c>
       <c r="I20" s="16">
         <v>2.94277955</v>
       </c>
       <c r="J20" s="16">
@@ -10469,52 +10571,55 @@
       </c>
       <c r="FP20" s="17">
         <v>42.130350360000001</v>
       </c>
       <c r="FQ20" s="17">
         <v>27.03960155</v>
       </c>
       <c r="FR20" s="17">
         <v>24.368813620000001</v>
       </c>
       <c r="FS20" s="17">
         <v>24.089508219999999</v>
       </c>
       <c r="FT20" s="17">
         <v>18.502049549999999</v>
       </c>
       <c r="FU20" s="17">
         <v>15.228288089999999</v>
       </c>
       <c r="FV20" s="17">
         <v>21.726629809999999</v>
       </c>
       <c r="FW20" s="17">
         <v>16.832019119999998</v>
       </c>
+      <c r="FX20" s="17">
+        <v>28.68383086</v>
+      </c>
     </row>
-    <row r="21" spans="2:179" ht="15" customHeight="1">
+    <row r="21" spans="2:180" ht="15" customHeight="1">
       <c r="B21" s="24" t="s">
         <v>15</v>
       </c>
       <c r="C21" s="16">
         <v>108.46569624999999</v>
       </c>
       <c r="D21" s="16">
         <v>107.73744732999999</v>
       </c>
       <c r="E21" s="16">
         <v>107.64256643</v>
       </c>
       <c r="F21" s="16">
         <v>107.58962692999999</v>
       </c>
       <c r="G21" s="16">
         <v>109.68522391</v>
       </c>
       <c r="H21" s="16">
         <v>109.55320743999999</v>
       </c>
       <c r="I21" s="16">
         <v>110.62898258</v>
       </c>
       <c r="J21" s="16">
@@ -11005,52 +11110,55 @@
       </c>
       <c r="FP21" s="17">
         <v>215.27850330000001</v>
       </c>
       <c r="FQ21" s="17">
         <v>209.1485241</v>
       </c>
       <c r="FR21" s="17">
         <v>301.08454269999999</v>
       </c>
       <c r="FS21" s="17">
         <v>299.30322868000002</v>
       </c>
       <c r="FT21" s="17">
         <v>306.45664491999997</v>
       </c>
       <c r="FU21" s="17">
         <v>437.62278904999999</v>
       </c>
       <c r="FV21" s="17">
         <v>291.87522838000001</v>
       </c>
       <c r="FW21" s="17">
         <v>341.62979853000002</v>
       </c>
+      <c r="FX21" s="17">
+        <v>438.70110022</v>
+      </c>
     </row>
-    <row r="22" spans="2:179" ht="15" customHeight="1">
+    <row r="22" spans="2:180" ht="15" customHeight="1">
       <c r="B22" s="26" t="s">
         <v>4</v>
       </c>
       <c r="C22" s="1">
         <v>10567.97121378</v>
       </c>
       <c r="D22" s="1">
         <v>10397.516186909999</v>
       </c>
       <c r="E22" s="1">
         <v>10416.030587220001</v>
       </c>
       <c r="F22" s="1">
         <v>11311.911797999999</v>
       </c>
       <c r="G22" s="1">
         <v>11185.13883847</v>
       </c>
       <c r="H22" s="1">
         <v>11359.65335538</v>
       </c>
       <c r="I22" s="1">
         <v>11299.52872622</v>
       </c>
       <c r="J22" s="1">
@@ -11541,52 +11649,55 @@
       </c>
       <c r="FP22" s="29">
         <v>36202.628050589999</v>
       </c>
       <c r="FQ22" s="29">
         <v>35723.856040140003</v>
       </c>
       <c r="FR22" s="29">
         <v>35105.830843629999</v>
       </c>
       <c r="FS22" s="29">
         <v>34592.441820549997</v>
       </c>
       <c r="FT22" s="29">
         <v>34773.679314430003</v>
       </c>
       <c r="FU22" s="29">
         <v>34985.390642439997</v>
       </c>
       <c r="FV22" s="29">
         <v>35144.265955889998</v>
       </c>
       <c r="FW22" s="29">
         <v>35616.829119920003</v>
       </c>
+      <c r="FX22" s="29">
+        <v>36716.537877139999</v>
+      </c>
     </row>
-    <row r="23" spans="2:179" ht="15" customHeight="1">
+    <row r="23" spans="2:180" ht="15" customHeight="1">
       <c r="B23" s="24" t="s">
         <v>3</v>
       </c>
       <c r="C23" s="15"/>
       <c r="D23" s="15"/>
       <c r="E23" s="15"/>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15"/>
       <c r="I23" s="15"/>
       <c r="J23" s="15"/>
       <c r="K23" s="15"/>
       <c r="L23" s="15"/>
       <c r="M23" s="15"/>
       <c r="N23" s="15"/>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23" s="15"/>
       <c r="S23" s="15"/>
       <c r="T23" s="15"/>
       <c r="U23" s="15"/>
       <c r="V23" s="15"/>
       <c r="W23" s="15"/>
       <c r="X23" s="15"/>
@@ -11713,51 +11824,51 @@
       <c r="EO23" s="15"/>
       <c r="EP23" s="15"/>
       <c r="EQ23" s="15"/>
       <c r="ER23" s="18"/>
       <c r="ES23" s="18"/>
       <c r="ET23" s="18"/>
       <c r="EU23" s="18"/>
       <c r="EV23" s="18"/>
       <c r="EW23" s="18"/>
       <c r="EX23" s="18"/>
       <c r="EY23" s="18"/>
       <c r="EZ23" s="18"/>
       <c r="FA23" s="18"/>
       <c r="FB23" s="18"/>
       <c r="FC23" s="18"/>
       <c r="FD23" s="18"/>
       <c r="FE23" s="18"/>
       <c r="FF23" s="18"/>
       <c r="FG23" s="18"/>
       <c r="FH23" s="18"/>
       <c r="FI23" s="18"/>
       <c r="FJ23" s="18"/>
       <c r="FK23" s="18"/>
       <c r="FL23" s="18"/>
     </row>
-    <row r="24" spans="2:179" s="21" customFormat="1" ht="15" customHeight="1">
+    <row r="24" spans="2:180" s="21" customFormat="1" ht="15" customHeight="1">
       <c r="B24" s="8" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="19">
         <v>2563.0714446799998</v>
       </c>
       <c r="D24" s="19">
         <v>2481.19849974</v>
       </c>
       <c r="E24" s="19">
         <v>2488.9715188099999</v>
       </c>
       <c r="F24" s="19">
         <v>2468.9240487900001</v>
       </c>
       <c r="G24" s="19">
         <v>2588.4626710100001</v>
       </c>
       <c r="H24" s="19">
         <v>2612.62891683</v>
       </c>
       <c r="I24" s="19">
         <v>2839.0520474099999</v>
       </c>
       <c r="J24" s="19">
@@ -12248,52 +12359,55 @@
       </c>
       <c r="FP24" s="17">
         <v>11328.02887849</v>
       </c>
       <c r="FQ24" s="17">
         <v>11340.81183242</v>
       </c>
       <c r="FR24" s="17">
         <v>11345.00520231</v>
       </c>
       <c r="FS24" s="17">
         <v>11417.950976820001</v>
       </c>
       <c r="FT24" s="17">
         <v>11441.652265999999</v>
       </c>
       <c r="FU24" s="17">
         <v>11485.003947880001</v>
       </c>
       <c r="FV24" s="17">
         <v>11539.758177240001</v>
       </c>
       <c r="FW24" s="17">
         <v>11542.619160210001</v>
       </c>
+      <c r="FX24" s="17">
+        <v>11524.833501569999</v>
+      </c>
     </row>
-    <row r="25" spans="2:179" s="21" customFormat="1" ht="15" customHeight="1">
+    <row r="25" spans="2:180" s="21" customFormat="1" ht="15" customHeight="1">
       <c r="B25" s="8" t="s">
         <v>27</v>
       </c>
       <c r="C25" s="19" t="s">
         <v>2</v>
       </c>
       <c r="D25" s="19" t="s">
         <v>2</v>
       </c>
       <c r="E25" s="19" t="s">
         <v>2</v>
       </c>
       <c r="F25" s="19" t="s">
         <v>2</v>
       </c>
       <c r="G25" s="19" t="s">
         <v>2</v>
       </c>
       <c r="H25" s="19" t="s">
         <v>2</v>
       </c>
       <c r="I25" s="19" t="s">
         <v>2</v>
       </c>
       <c r="J25" s="19" t="s">
@@ -12784,52 +12898,55 @@
       </c>
       <c r="FP25" s="17">
         <v>-6008.03713651</v>
       </c>
       <c r="FQ25" s="17">
         <v>-6066.3691875799996</v>
       </c>
       <c r="FR25" s="17">
         <v>-6194.1120626900001</v>
       </c>
       <c r="FS25" s="17">
         <v>-6150.3341531799997</v>
       </c>
       <c r="FT25" s="17">
         <v>-6287.6809940000003</v>
       </c>
       <c r="FU25" s="17">
         <v>-6513.6337171200003</v>
       </c>
       <c r="FV25" s="17">
         <v>-7100.0116327599999</v>
       </c>
       <c r="FW25" s="17">
         <v>-7749.3834797899999</v>
       </c>
+      <c r="FX25" s="17">
+        <v>-8391.8838434299996</v>
+      </c>
     </row>
-    <row r="26" spans="2:179" s="21" customFormat="1" ht="15" customHeight="1">
+    <row r="26" spans="2:180" s="21" customFormat="1" ht="15" customHeight="1">
       <c r="B26" s="8" t="s">
         <v>16</v>
       </c>
       <c r="C26" s="19">
         <v>5536.3914133799999</v>
       </c>
       <c r="D26" s="19">
         <v>5682.5953189700003</v>
       </c>
       <c r="E26" s="19">
         <v>5793.9009203300002</v>
       </c>
       <c r="F26" s="19">
         <v>5807.8673133399998</v>
       </c>
       <c r="G26" s="19">
         <v>5970.42783495</v>
       </c>
       <c r="H26" s="19">
         <v>6182.5406683900001</v>
       </c>
       <c r="I26" s="19">
         <v>6180.7334728100004</v>
       </c>
       <c r="J26" s="19">
@@ -13320,52 +13437,55 @@
       </c>
       <c r="FP26" s="17">
         <v>14906.21486244</v>
       </c>
       <c r="FQ26" s="17">
         <v>14174.51073168</v>
       </c>
       <c r="FR26" s="17">
         <v>13090.62296221</v>
       </c>
       <c r="FS26" s="17">
         <v>11662.604127320001</v>
       </c>
       <c r="FT26" s="17">
         <v>11487.6110979</v>
       </c>
       <c r="FU26" s="17">
         <v>11291.300654230001</v>
       </c>
       <c r="FV26" s="17">
         <v>11572.84440208</v>
       </c>
       <c r="FW26" s="17">
         <v>12745.632204760001</v>
       </c>
+      <c r="FX26" s="17">
+        <v>13582.17319809</v>
+      </c>
     </row>
-    <row r="27" spans="2:179" s="21" customFormat="1" ht="15" customHeight="1">
+    <row r="27" spans="2:180" s="21" customFormat="1" ht="15" customHeight="1">
       <c r="B27" s="8" t="s">
         <v>17</v>
       </c>
       <c r="C27" s="19">
         <v>1359.887553524454</v>
       </c>
       <c r="D27" s="19">
         <v>1118.5751823452117</v>
       </c>
       <c r="E27" s="19">
         <v>1189.0447946831241</v>
       </c>
       <c r="F27" s="19">
         <v>1305.1383686349457</v>
       </c>
       <c r="G27" s="19">
         <v>1352.9914963846306</v>
       </c>
       <c r="H27" s="19">
         <v>1066.6367756427101</v>
       </c>
       <c r="I27" s="19">
         <v>1352.8806776415156</v>
       </c>
       <c r="J27" s="19">
@@ -13856,52 +13976,55 @@
       </c>
       <c r="FP27" s="17">
         <v>900.3110398</v>
       </c>
       <c r="FQ27" s="17">
         <v>954.70583098999998</v>
       </c>
       <c r="FR27" s="17">
         <v>1121.4375965500001</v>
       </c>
       <c r="FS27" s="17">
         <v>987.43101615</v>
       </c>
       <c r="FT27" s="17">
         <v>1346.8308466999999</v>
       </c>
       <c r="FU27" s="17">
         <v>1022.14774315</v>
       </c>
       <c r="FV27" s="17">
         <v>1114.0546566999999</v>
       </c>
       <c r="FW27" s="17">
         <v>904.69215187999998</v>
       </c>
+      <c r="FX27" s="17">
+        <v>1232.3884267799999</v>
+      </c>
     </row>
-    <row r="28" spans="2:179" s="21" customFormat="1" ht="15" customHeight="1">
+    <row r="28" spans="2:180" s="21" customFormat="1" ht="15" customHeight="1">
       <c r="B28" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C28" s="19">
         <v>529.08620345999998</v>
       </c>
       <c r="D28" s="19">
         <v>910.62446080999996</v>
       </c>
       <c r="E28" s="19">
         <v>912.82765943000004</v>
       </c>
       <c r="F28" s="19">
         <v>798.06224699999996</v>
       </c>
       <c r="G28" s="19">
         <v>884.86296370000002</v>
       </c>
       <c r="H28" s="19">
         <v>1380.3702966400001</v>
       </c>
       <c r="I28" s="19">
         <v>1064.43692349</v>
       </c>
       <c r="J28" s="19">
@@ -14392,52 +14515,55 @@
       </c>
       <c r="FP28" s="17">
         <v>14003.785019090001</v>
       </c>
       <c r="FQ28" s="17">
         <v>13217.61341881</v>
       </c>
       <c r="FR28" s="17">
         <v>11967.00880577</v>
       </c>
       <c r="FS28" s="17">
         <v>10673.036295239999</v>
       </c>
       <c r="FT28" s="17">
         <v>10138.613409379999</v>
       </c>
       <c r="FU28" s="17">
         <v>10266.73888112</v>
       </c>
       <c r="FV28" s="17">
         <v>10456.10998508</v>
       </c>
       <c r="FW28" s="17">
         <v>11838.26069506</v>
       </c>
+      <c r="FX28" s="17">
+        <v>12347.24486083</v>
+      </c>
     </row>
-    <row r="29" spans="2:179" s="21" customFormat="1" ht="15" customHeight="1">
+    <row r="29" spans="2:180" s="21" customFormat="1" ht="15" customHeight="1">
       <c r="B29" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C29" s="19">
         <v>3647.4176563886126</v>
       </c>
       <c r="D29" s="19">
         <v>3653.3956758125951</v>
       </c>
       <c r="E29" s="19">
         <v>3692.0284662114268</v>
       </c>
       <c r="F29" s="19">
         <v>3704.6666977092036</v>
       </c>
       <c r="G29" s="19">
         <v>3732.573374866281</v>
       </c>
       <c r="H29" s="19">
         <v>3735.5335961112214</v>
       </c>
       <c r="I29" s="19">
         <v>3763.4158716862426</v>
       </c>
       <c r="J29" s="19">
@@ -14928,52 +15054,55 @@
       </c>
       <c r="FP29" s="17">
         <v>2.11880355</v>
       </c>
       <c r="FQ29" s="17">
         <v>2.19148188</v>
       </c>
       <c r="FR29" s="17">
         <v>2.1765598900000001</v>
       </c>
       <c r="FS29" s="17">
         <v>2.13681593</v>
       </c>
       <c r="FT29" s="17">
         <v>2.1668418200000001</v>
       </c>
       <c r="FU29" s="17">
         <v>2.4140299600000001</v>
       </c>
       <c r="FV29" s="17">
         <v>2.6797602999999999</v>
       </c>
       <c r="FW29" s="17">
         <v>2.6793578199999999</v>
       </c>
+      <c r="FX29" s="17">
+        <v>2.5399104800000001</v>
+      </c>
     </row>
-    <row r="30" spans="2:179" s="21" customFormat="1" ht="15" customHeight="1">
+    <row r="30" spans="2:180" s="21" customFormat="1" ht="15" customHeight="1">
       <c r="B30" s="8" t="s">
         <v>20</v>
       </c>
       <c r="C30" s="19">
         <v>718.54806375999999</v>
       </c>
       <c r="D30" s="19">
         <v>545.11625115000004</v>
       </c>
       <c r="E30" s="19">
         <v>439.69427393000001</v>
       </c>
       <c r="F30" s="19">
         <v>1428.7536297500001</v>
       </c>
       <c r="G30" s="19">
         <v>1151.3684878500001</v>
       </c>
       <c r="H30" s="19">
         <v>890.36511303999998</v>
       </c>
       <c r="I30" s="19">
         <v>692.34320990000003</v>
       </c>
       <c r="J30" s="19">
@@ -15464,52 +15593,55 @@
       </c>
       <c r="FP30" s="17">
         <v>3212.62259705</v>
       </c>
       <c r="FQ30" s="17">
         <v>5101.8785482399999</v>
       </c>
       <c r="FR30" s="17">
         <v>3693.3056381400002</v>
       </c>
       <c r="FS30" s="17">
         <v>3203.81759797</v>
       </c>
       <c r="FT30" s="17">
         <v>2381.4262528499999</v>
       </c>
       <c r="FU30" s="17">
         <v>2460.6005049700002</v>
       </c>
       <c r="FV30" s="17">
         <v>2626.7619774300001</v>
       </c>
       <c r="FW30" s="17">
         <v>2939.5208383099998</v>
       </c>
+      <c r="FX30" s="17">
+        <v>4198.0288935099998</v>
+      </c>
     </row>
-    <row r="31" spans="2:179" s="21" customFormat="1" ht="15" customHeight="1">
+    <row r="31" spans="2:180" s="21" customFormat="1" ht="15" customHeight="1">
       <c r="B31" s="8" t="s">
         <v>25</v>
       </c>
       <c r="C31" s="19">
         <v>6.1072999999999998E-4</v>
       </c>
       <c r="D31" s="19">
         <v>5.4762200000000004E-3</v>
       </c>
       <c r="E31" s="19">
         <v>6.8447690000000005E-2</v>
       </c>
       <c r="F31" s="19">
         <v>1.6555299999999999E-3</v>
       </c>
       <c r="G31" s="19">
         <v>1.579125E-2</v>
       </c>
       <c r="H31" s="19">
         <v>8.5785120000000006E-2</v>
       </c>
       <c r="I31" s="19">
         <v>0.21701340999999999</v>
       </c>
       <c r="J31" s="19">
@@ -16000,52 +16132,55 @@
       </c>
       <c r="FP31" s="17">
         <v>260.37545807999999</v>
       </c>
       <c r="FQ31" s="17">
         <v>97.557047690000005</v>
       </c>
       <c r="FR31" s="17">
         <v>393.02124211</v>
       </c>
       <c r="FS31" s="17">
         <v>660.76799617999995</v>
       </c>
       <c r="FT31" s="17">
         <v>590.27047317999995</v>
       </c>
       <c r="FU31" s="17">
         <v>608.40631991999999</v>
       </c>
       <c r="FV31" s="17">
         <v>642.19281447000003</v>
       </c>
       <c r="FW31" s="17">
         <v>713.17923958999995</v>
       </c>
+      <c r="FX31" s="17">
+        <v>669.44927077</v>
+      </c>
     </row>
-    <row r="32" spans="2:179" s="21" customFormat="1" ht="15" customHeight="1">
+    <row r="32" spans="2:180" s="21" customFormat="1" ht="15" customHeight="1">
       <c r="B32" s="8" t="s">
         <v>21</v>
       </c>
       <c r="C32" s="19">
         <v>350.18752918000001</v>
       </c>
       <c r="D32" s="19">
         <v>340.04521775000001</v>
       </c>
       <c r="E32" s="19">
         <v>341.41611641999998</v>
       </c>
       <c r="F32" s="19">
         <v>334.88127599000001</v>
       </c>
       <c r="G32" s="19">
         <v>322.99180239999998</v>
       </c>
       <c r="H32" s="19">
         <v>335.17091096000001</v>
       </c>
       <c r="I32" s="19">
         <v>330.20307803999998</v>
       </c>
       <c r="J32" s="19">
@@ -16536,52 +16671,55 @@
       </c>
       <c r="FP32" s="17">
         <v>4211.3246894200001</v>
       </c>
       <c r="FQ32" s="17">
         <v>2763.39678839</v>
       </c>
       <c r="FR32" s="17">
         <v>4381.0272967800001</v>
       </c>
       <c r="FS32" s="17">
         <v>5517.9239961599997</v>
       </c>
       <c r="FT32" s="17">
         <v>6763.2814661000002</v>
       </c>
       <c r="FU32" s="17">
         <v>6982.62948564</v>
       </c>
       <c r="FV32" s="17">
         <v>6635.8398692199999</v>
       </c>
       <c r="FW32" s="17">
         <v>5567.6027686500001</v>
       </c>
+      <c r="FX32" s="17">
+        <v>4582.6400516200001</v>
+      </c>
     </row>
-    <row r="33" spans="2:179" s="21" customFormat="1" ht="15" customHeight="1">
+    <row r="33" spans="2:180" s="21" customFormat="1" ht="15" customHeight="1">
       <c r="B33" s="25" t="s">
         <v>34</v>
       </c>
       <c r="C33" s="17" t="s">
         <v>2</v>
       </c>
       <c r="D33" s="17" t="s">
         <v>2</v>
       </c>
       <c r="E33" s="17" t="s">
         <v>2</v>
       </c>
       <c r="F33" s="17" t="s">
         <v>2</v>
       </c>
       <c r="G33" s="17" t="s">
         <v>2</v>
       </c>
       <c r="H33" s="17" t="s">
         <v>2</v>
       </c>
       <c r="I33" s="17" t="s">
         <v>2</v>
       </c>
       <c r="J33" s="17" t="s">
@@ -17072,52 +17210,55 @@
       </c>
       <c r="FP33" s="17" t="s">
         <v>2</v>
       </c>
       <c r="FQ33" s="17" t="s">
         <v>2</v>
       </c>
       <c r="FR33" s="17">
         <v>1359.453501</v>
       </c>
       <c r="FS33" s="17">
         <v>3154.9564009699998</v>
       </c>
       <c r="FT33" s="17">
         <v>4190.7962363699999</v>
       </c>
       <c r="FU33" s="17">
         <v>4832.3022395099997</v>
       </c>
       <c r="FV33" s="17">
         <v>4657.3632754500004</v>
       </c>
       <c r="FW33" s="17">
         <v>3221.2708947900001</v>
       </c>
+      <c r="FX33" s="17">
+        <v>2228.7005460199998</v>
+      </c>
     </row>
-    <row r="34" spans="2:179" s="21" customFormat="1" ht="15" customHeight="1">
+    <row r="34" spans="2:180" s="21" customFormat="1" ht="15" customHeight="1">
       <c r="B34" s="10" t="s">
         <v>22</v>
       </c>
       <c r="C34" s="19" t="s">
         <v>2</v>
       </c>
       <c r="D34" s="19" t="s">
         <v>2</v>
       </c>
       <c r="E34" s="19" t="s">
         <v>2</v>
       </c>
       <c r="F34" s="19" t="s">
         <v>2</v>
       </c>
       <c r="G34" s="19" t="s">
         <v>2</v>
       </c>
       <c r="H34" s="19" t="s">
         <v>2</v>
       </c>
       <c r="I34" s="19" t="s">
         <v>2</v>
       </c>
       <c r="J34" s="19" t="s">
@@ -17608,52 +17749,55 @@
       </c>
       <c r="FP34" s="17" t="s">
         <v>2</v>
       </c>
       <c r="FQ34" s="17" t="s">
         <v>2</v>
       </c>
       <c r="FR34" s="17" t="s">
         <v>2</v>
       </c>
       <c r="FS34" s="17" t="s">
         <v>2</v>
       </c>
       <c r="FT34" s="17" t="s">
         <v>2</v>
       </c>
       <c r="FU34" s="17" t="s">
         <v>2</v>
       </c>
       <c r="FV34" s="17" t="s">
         <v>2</v>
       </c>
       <c r="FW34" s="17" t="s">
         <v>2</v>
       </c>
+      <c r="FX34" s="17" t="s">
+        <v>2</v>
+      </c>
     </row>
-    <row r="35" spans="2:179" s="21" customFormat="1" ht="15" customHeight="1">
+    <row r="35" spans="2:180" s="21" customFormat="1" ht="15" customHeight="1">
       <c r="B35" s="8" t="s">
         <v>23</v>
       </c>
       <c r="C35" s="19">
         <v>1388.32043701</v>
       </c>
       <c r="D35" s="19">
         <v>1338.89118502</v>
       </c>
       <c r="E35" s="19">
         <v>1342.4297521999999</v>
       </c>
       <c r="F35" s="19">
         <v>1262.50696423</v>
       </c>
       <c r="G35" s="19">
         <v>1143.3346188400001</v>
       </c>
       <c r="H35" s="19">
         <v>1329.75781353</v>
       </c>
       <c r="I35" s="19">
         <v>1248.5639543899999</v>
       </c>
       <c r="J35" s="19">
@@ -18144,52 +18288,55 @@
       </c>
       <c r="FP35" s="17">
         <v>1912.4302886600001</v>
       </c>
       <c r="FQ35" s="17">
         <v>1871.3869987999999</v>
       </c>
       <c r="FR35" s="17">
         <v>1826.8466779800001</v>
       </c>
       <c r="FS35" s="17">
         <v>1749.3474421799999</v>
       </c>
       <c r="FT35" s="17">
         <v>1712.6813195100001</v>
       </c>
       <c r="FU35" s="17">
         <v>1769.0133767</v>
       </c>
       <c r="FV35" s="17">
         <v>1744.74524946</v>
       </c>
       <c r="FW35" s="17">
         <v>1725.8426282999999</v>
       </c>
+      <c r="FX35" s="17">
+        <v>1780.5228899199999</v>
+      </c>
     </row>
-    <row r="36" spans="2:179" s="21" customFormat="1" ht="15" customHeight="1">
+    <row r="36" spans="2:180" s="21" customFormat="1" ht="15" customHeight="1">
       <c r="B36" s="8" t="s">
         <v>30</v>
       </c>
       <c r="C36" s="19">
         <v>11.451715050000001</v>
       </c>
       <c r="D36" s="19">
         <v>9.6642380600000006</v>
       </c>
       <c r="E36" s="19">
         <v>9.5495578400000003</v>
       </c>
       <c r="F36" s="19">
         <v>8.9769103700000006</v>
       </c>
       <c r="G36" s="19">
         <v>8.5376321700000002</v>
       </c>
       <c r="H36" s="19">
         <v>9.1041474999999998</v>
       </c>
       <c r="I36" s="19">
         <v>8.4159502699999997</v>
       </c>
       <c r="J36" s="19">
@@ -18680,52 +18827,55 @@
       </c>
       <c r="FP36" s="17">
         <v>371.63127655</v>
       </c>
       <c r="FQ36" s="17">
         <v>374.31409296999999</v>
       </c>
       <c r="FR36" s="17">
         <v>376.00182411999998</v>
       </c>
       <c r="FS36" s="17">
         <v>380.02968398000002</v>
       </c>
       <c r="FT36" s="17">
         <v>396.75643881000002</v>
       </c>
       <c r="FU36" s="17">
         <v>388.43635316000001</v>
       </c>
       <c r="FV36" s="17">
         <v>382.12346592</v>
       </c>
       <c r="FW36" s="17">
         <v>382.43228011999997</v>
       </c>
+      <c r="FX36" s="17">
+        <v>378.89007164999998</v>
+      </c>
     </row>
-    <row r="37" spans="2:179" s="21" customFormat="1" ht="15" customHeight="1">
+    <row r="37" spans="2:180" s="21" customFormat="1" ht="15" customHeight="1">
       <c r="B37" s="9" t="s">
         <v>24</v>
       </c>
       <c r="C37" s="22">
         <v>10567.97121378</v>
       </c>
       <c r="D37" s="22">
         <v>10397.516186909999</v>
       </c>
       <c r="E37" s="22">
         <v>10416.030587220001</v>
       </c>
       <c r="F37" s="22">
         <v>11311.911797999999</v>
       </c>
       <c r="G37" s="22">
         <v>11185.13883847</v>
       </c>
       <c r="H37" s="22">
         <v>11359.65335538</v>
       </c>
       <c r="I37" s="22">
         <v>11299.52872622</v>
       </c>
       <c r="J37" s="22">
@@ -19216,701 +19366,729 @@
       </c>
       <c r="FP37" s="29">
         <v>36202.62805069</v>
       </c>
       <c r="FQ37" s="29">
         <v>35723.856040190003</v>
       </c>
       <c r="FR37" s="29">
         <v>35105.830843650001</v>
       </c>
       <c r="FS37" s="29">
         <v>34592.441820610002</v>
       </c>
       <c r="FT37" s="29">
         <v>34773.679314350004</v>
       </c>
       <c r="FU37" s="29">
         <v>34985.390642500002</v>
       </c>
       <c r="FV37" s="29">
         <v>35144.265955820003</v>
       </c>
       <c r="FW37" s="29">
         <v>35616.829119939997</v>
       </c>
+      <c r="FX37" s="29">
+        <v>36716.537877130002</v>
+      </c>
     </row>
-    <row r="38" spans="2:179" ht="15" customHeight="1">
+    <row r="38" spans="2:180" ht="15" customHeight="1">
       <c r="B38" s="7"/>
     </row>
-    <row r="39" spans="2:179" ht="53.1" customHeight="1">
+    <row r="39" spans="2:180" ht="53.1" customHeight="1">
       <c r="B39" s="34" t="s">
         <v>31</v>
       </c>
       <c r="C39" s="34"/>
       <c r="D39" s="34"/>
       <c r="E39" s="34"/>
       <c r="F39" s="34"/>
       <c r="G39" s="34"/>
       <c r="H39" s="34"/>
       <c r="I39" s="34"/>
       <c r="J39" s="34"/>
       <c r="K39" s="31"/>
       <c r="L39" s="30"/>
       <c r="M39" s="30"/>
       <c r="N39" s="30"/>
     </row>
-    <row r="41" spans="2:179" ht="15" customHeight="1">
+    <row r="41" spans="2:180" ht="15" customHeight="1">
       <c r="B41" s="11"/>
     </row>
-    <row r="42" spans="2:179" ht="15" customHeight="1">
+    <row r="42" spans="2:180" ht="15" customHeight="1">
       <c r="B42" s="12"/>
     </row>
-    <row r="43" spans="2:179" ht="15" customHeight="1">
+    <row r="43" spans="2:180" ht="15" customHeight="1">
       <c r="B43" s="8"/>
     </row>
-    <row r="44" spans="2:179" ht="15" customHeight="1">
+    <row r="44" spans="2:180" ht="15" customHeight="1">
       <c r="B44" s="8"/>
     </row>
-    <row r="45" spans="2:179" ht="15" customHeight="1">
+    <row r="45" spans="2:180" ht="15" customHeight="1">
       <c r="B45" s="8"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="B39:J39"/>
   </mergeCells>
   <conditionalFormatting sqref="ER8:EX19 C20:EX22 EY8:FF22 FG12:FG22">
-    <cfRule type="cellIs" dxfId="128" priority="196" operator="equal">
+    <cfRule type="cellIs" dxfId="133" priority="207" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="D8:E8">
-    <cfRule type="cellIs" dxfId="127" priority="195" operator="equal">
+    <cfRule type="cellIs" dxfId="132" priority="206" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="D10:E12 D15:E15 D18:E19 D35:E37 D24:E24 D26:E32">
-    <cfRule type="cellIs" dxfId="126" priority="194" operator="equal">
+    <cfRule type="cellIs" dxfId="131" priority="205" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="D9:E9">
-    <cfRule type="cellIs" dxfId="125" priority="193" operator="equal">
+    <cfRule type="cellIs" dxfId="130" priority="204" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="D13:E13">
-    <cfRule type="cellIs" dxfId="124" priority="192" operator="equal">
+    <cfRule type="cellIs" dxfId="129" priority="203" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="D14:E14">
-    <cfRule type="cellIs" dxfId="123" priority="191" operator="equal">
+    <cfRule type="cellIs" dxfId="128" priority="202" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="D16:E17">
-    <cfRule type="cellIs" dxfId="122" priority="190" operator="equal">
+    <cfRule type="cellIs" dxfId="127" priority="201" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="F8:DM8">
-    <cfRule type="cellIs" dxfId="121" priority="187" operator="equal">
+    <cfRule type="cellIs" dxfId="126" priority="198" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="D25:E25">
-    <cfRule type="cellIs" dxfId="120" priority="188" operator="equal">
+    <cfRule type="cellIs" dxfId="125" priority="199" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="F10:DM12 F15:DM15 F18:DM19 F35:DM37 F24:DM24 F26:DM27 F29:DM32 F28:AE28">
-    <cfRule type="cellIs" dxfId="119" priority="186" operator="equal">
+    <cfRule type="cellIs" dxfId="124" priority="197" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="F9:DM9">
-    <cfRule type="cellIs" dxfId="118" priority="185" operator="equal">
+    <cfRule type="cellIs" dxfId="123" priority="196" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="F13:DM13">
-    <cfRule type="cellIs" dxfId="117" priority="184" operator="equal">
+    <cfRule type="cellIs" dxfId="122" priority="195" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="F14:DM14">
-    <cfRule type="cellIs" dxfId="116" priority="183" operator="equal">
+    <cfRule type="cellIs" dxfId="121" priority="194" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="F16:DM17">
-    <cfRule type="cellIs" dxfId="115" priority="182" operator="equal">
+    <cfRule type="cellIs" dxfId="120" priority="193" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="DN8:EQ8">
-    <cfRule type="cellIs" dxfId="114" priority="179" operator="equal">
+    <cfRule type="cellIs" dxfId="119" priority="190" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="F25:DM25">
-    <cfRule type="cellIs" dxfId="113" priority="180" operator="equal">
+    <cfRule type="cellIs" dxfId="118" priority="191" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="DN10:EQ12 DN15:EQ15 DN18:EQ19 DN35:EQ37 DN24:EQ24 DN26:EQ27 DN29:EQ32">
-    <cfRule type="cellIs" dxfId="112" priority="178" operator="equal">
+    <cfRule type="cellIs" dxfId="117" priority="189" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="DN9:EQ9">
-    <cfRule type="cellIs" dxfId="111" priority="177" operator="equal">
+    <cfRule type="cellIs" dxfId="116" priority="188" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="DN13:EQ13">
-    <cfRule type="cellIs" dxfId="110" priority="176" operator="equal">
+    <cfRule type="cellIs" dxfId="115" priority="187" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="DN14:EQ14">
-    <cfRule type="cellIs" dxfId="109" priority="175" operator="equal">
+    <cfRule type="cellIs" dxfId="114" priority="186" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="DN16:EQ17">
-    <cfRule type="cellIs" dxfId="108" priority="174" operator="equal">
+    <cfRule type="cellIs" dxfId="113" priority="185" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="DN25:EQ25">
-    <cfRule type="cellIs" dxfId="107" priority="172" operator="equal">
+    <cfRule type="cellIs" dxfId="112" priority="183" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="AF28:EQ28">
-    <cfRule type="cellIs" dxfId="106" priority="170" operator="equal">
+    <cfRule type="cellIs" dxfId="111" priority="181" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="D34:EQ34">
-    <cfRule type="cellIs" dxfId="105" priority="171" operator="equal">
+    <cfRule type="cellIs" dxfId="110" priority="182" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="ER24:ER32 ER34:ER37">
-    <cfRule type="cellIs" dxfId="104" priority="169" operator="equal">
+    <cfRule type="cellIs" dxfId="109" priority="180" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="ES24:ES32 ES34:ES37">
-    <cfRule type="cellIs" dxfId="103" priority="168" operator="equal">
+    <cfRule type="cellIs" dxfId="108" priority="179" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="ET24:EX32 ET34:EX37">
-    <cfRule type="cellIs" dxfId="102" priority="167" operator="equal">
+    <cfRule type="cellIs" dxfId="107" priority="178" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C8">
-    <cfRule type="cellIs" dxfId="101" priority="165" operator="equal">
+    <cfRule type="cellIs" dxfId="106" priority="176" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C10:C12 C15 C18:C19 C35:C37 C24 C26:C32">
-    <cfRule type="cellIs" dxfId="100" priority="164" operator="equal">
+    <cfRule type="cellIs" dxfId="105" priority="175" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C9">
-    <cfRule type="cellIs" dxfId="99" priority="163" operator="equal">
+    <cfRule type="cellIs" dxfId="104" priority="174" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C13">
-    <cfRule type="cellIs" dxfId="98" priority="162" operator="equal">
+    <cfRule type="cellIs" dxfId="103" priority="173" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C14">
-    <cfRule type="cellIs" dxfId="97" priority="161" operator="equal">
+    <cfRule type="cellIs" dxfId="102" priority="172" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C16:C17">
-    <cfRule type="cellIs" dxfId="96" priority="160" operator="equal">
+    <cfRule type="cellIs" dxfId="101" priority="171" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C25">
-    <cfRule type="cellIs" dxfId="95" priority="158" operator="equal">
+    <cfRule type="cellIs" dxfId="100" priority="169" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C34">
-    <cfRule type="cellIs" dxfId="94" priority="157" operator="equal">
+    <cfRule type="cellIs" dxfId="99" priority="168" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="EY24:EY32 EY34:EY37">
-    <cfRule type="cellIs" dxfId="93" priority="155" operator="equal">
+    <cfRule type="cellIs" dxfId="98" priority="166" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="EZ24:EZ32 EZ34:EZ37">
-    <cfRule type="cellIs" dxfId="92" priority="154" operator="equal">
+    <cfRule type="cellIs" dxfId="97" priority="165" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FA24:FA32 FA34:FA37">
-    <cfRule type="cellIs" dxfId="91" priority="153" operator="equal">
+    <cfRule type="cellIs" dxfId="96" priority="164" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FB24:FB32 FB34:FB37">
-    <cfRule type="cellIs" dxfId="90" priority="139" operator="equal">
+    <cfRule type="cellIs" dxfId="95" priority="150" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FC24:FC32 FC34:FC37">
-    <cfRule type="cellIs" dxfId="89" priority="138" operator="equal">
+    <cfRule type="cellIs" dxfId="94" priority="149" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FD24:FD32 FD34:FD37">
-    <cfRule type="cellIs" dxfId="88" priority="136" operator="equal">
+    <cfRule type="cellIs" dxfId="93" priority="147" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FE24:FE32 FE34:FE37">
-    <cfRule type="cellIs" dxfId="87" priority="131" operator="equal">
+    <cfRule type="cellIs" dxfId="92" priority="142" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FF24:FF32 FF34:FF37">
-    <cfRule type="cellIs" dxfId="86" priority="126" operator="equal">
+    <cfRule type="cellIs" dxfId="91" priority="137" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FG24:FG32 FG8 FG10 FG35:FG37">
-    <cfRule type="cellIs" dxfId="85" priority="125" operator="equal">
+    <cfRule type="cellIs" dxfId="90" priority="136" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FG9">
-    <cfRule type="cellIs" dxfId="84" priority="124" operator="equal">
+    <cfRule type="cellIs" dxfId="89" priority="135" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FG11">
-    <cfRule type="cellIs" dxfId="83" priority="123" operator="equal">
+    <cfRule type="cellIs" dxfId="88" priority="134" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FG34">
-    <cfRule type="cellIs" dxfId="82" priority="122" operator="equal">
+    <cfRule type="cellIs" dxfId="87" priority="133" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FH12:FH21">
-    <cfRule type="cellIs" dxfId="81" priority="106" operator="equal">
+    <cfRule type="cellIs" dxfId="86" priority="117" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FH24:FH32 FH8 FH10 FH35:FH37 FI26:FJ26 FI37:FJ37">
-    <cfRule type="cellIs" dxfId="80" priority="105" operator="equal">
+    <cfRule type="cellIs" dxfId="85" priority="116" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FH9:FI9">
-    <cfRule type="cellIs" dxfId="79" priority="104" operator="equal">
+    <cfRule type="cellIs" dxfId="84" priority="115" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FH11:FI11">
-    <cfRule type="cellIs" dxfId="78" priority="103" operator="equal">
+    <cfRule type="cellIs" dxfId="83" priority="114" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FH34:FI34">
-    <cfRule type="cellIs" dxfId="77" priority="102" operator="equal">
+    <cfRule type="cellIs" dxfId="82" priority="113" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FI12:FI21">
-    <cfRule type="cellIs" dxfId="76" priority="101" operator="equal">
+    <cfRule type="cellIs" dxfId="81" priority="112" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FI24:FI25 FI10 FI35:FI36 FI27:FI32 FI8:FJ8">
-    <cfRule type="cellIs" dxfId="75" priority="100" operator="equal">
+    <cfRule type="cellIs" dxfId="80" priority="111" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FJ12:FJ21">
-    <cfRule type="cellIs" dxfId="74" priority="99" operator="equal">
+    <cfRule type="cellIs" dxfId="79" priority="110" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FJ24:FJ25 FJ10 FJ35:FJ36 FJ27:FJ32">
-    <cfRule type="cellIs" dxfId="73" priority="98" operator="equal">
+    <cfRule type="cellIs" dxfId="78" priority="109" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FJ9:FK9">
-    <cfRule type="cellIs" dxfId="72" priority="97" operator="equal">
+    <cfRule type="cellIs" dxfId="77" priority="108" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FJ11:FK11">
-    <cfRule type="cellIs" dxfId="71" priority="96" operator="equal">
+    <cfRule type="cellIs" dxfId="76" priority="107" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FJ34:FK34">
-    <cfRule type="cellIs" dxfId="70" priority="95" operator="equal">
+    <cfRule type="cellIs" dxfId="75" priority="106" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FK12:FK22">
-    <cfRule type="cellIs" dxfId="69" priority="94" operator="equal">
+    <cfRule type="cellIs" dxfId="74" priority="105" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FK24:FK32 FK8 FK10 FK35:FK37">
-    <cfRule type="cellIs" dxfId="68" priority="93" operator="equal">
+    <cfRule type="cellIs" dxfId="73" priority="104" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FH22:FJ22">
-    <cfRule type="cellIs" dxfId="67" priority="92" operator="equal">
+    <cfRule type="cellIs" dxfId="72" priority="103" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FL9">
-    <cfRule type="cellIs" dxfId="66" priority="91" operator="equal">
+    <cfRule type="cellIs" dxfId="71" priority="102" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FL11">
-    <cfRule type="cellIs" dxfId="65" priority="90" operator="equal">
+    <cfRule type="cellIs" dxfId="70" priority="101" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FL34">
-    <cfRule type="cellIs" dxfId="64" priority="89" operator="equal">
+    <cfRule type="cellIs" dxfId="69" priority="100" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FL12:FL22">
-    <cfRule type="cellIs" dxfId="63" priority="88" operator="equal">
+    <cfRule type="cellIs" dxfId="68" priority="99" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FL24:FL32 FL8 FL10 FL35:FL37">
-    <cfRule type="cellIs" dxfId="62" priority="87" operator="equal">
+    <cfRule type="cellIs" dxfId="67" priority="98" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FM12:FM22">
-    <cfRule type="cellIs" dxfId="61" priority="86" operator="equal">
+    <cfRule type="cellIs" dxfId="66" priority="97" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FM24:FM32 FM8 FM10 FM35:FM37">
-    <cfRule type="cellIs" dxfId="60" priority="85" operator="equal">
+    <cfRule type="cellIs" dxfId="65" priority="96" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FM9">
-    <cfRule type="cellIs" dxfId="59" priority="84" operator="equal">
+    <cfRule type="cellIs" dxfId="64" priority="95" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FM11">
-    <cfRule type="cellIs" dxfId="58" priority="83" operator="equal">
+    <cfRule type="cellIs" dxfId="63" priority="94" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FM34">
-    <cfRule type="cellIs" dxfId="57" priority="82" operator="equal">
+    <cfRule type="cellIs" dxfId="62" priority="93" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FN12:FN22">
-    <cfRule type="cellIs" dxfId="56" priority="81" operator="equal">
+    <cfRule type="cellIs" dxfId="61" priority="92" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FN24:FN32 FN8 FN10 FN35:FN37">
-    <cfRule type="cellIs" dxfId="55" priority="80" operator="equal">
+    <cfRule type="cellIs" dxfId="60" priority="91" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FN9">
-    <cfRule type="cellIs" dxfId="54" priority="79" operator="equal">
+    <cfRule type="cellIs" dxfId="59" priority="90" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FN11">
-    <cfRule type="cellIs" dxfId="53" priority="78" operator="equal">
+    <cfRule type="cellIs" dxfId="58" priority="89" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FN34">
-    <cfRule type="cellIs" dxfId="52" priority="77" operator="equal">
+    <cfRule type="cellIs" dxfId="57" priority="88" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FO12:FO22">
-    <cfRule type="cellIs" dxfId="51" priority="76" operator="equal">
+    <cfRule type="cellIs" dxfId="56" priority="87" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FO24:FO32 FO8 FO10 FO35:FO37">
-    <cfRule type="cellIs" dxfId="50" priority="75" operator="equal">
+    <cfRule type="cellIs" dxfId="55" priority="86" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FO9">
-    <cfRule type="cellIs" dxfId="49" priority="74" operator="equal">
+    <cfRule type="cellIs" dxfId="54" priority="85" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FO11">
-    <cfRule type="cellIs" dxfId="48" priority="73" operator="equal">
+    <cfRule type="cellIs" dxfId="53" priority="84" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FO34">
-    <cfRule type="cellIs" dxfId="47" priority="72" operator="equal">
+    <cfRule type="cellIs" dxfId="52" priority="83" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FP11">
-    <cfRule type="cellIs" dxfId="46" priority="71" operator="equal">
+    <cfRule type="cellIs" dxfId="51" priority="82" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FP34">
-    <cfRule type="cellIs" dxfId="45" priority="70" operator="equal">
+    <cfRule type="cellIs" dxfId="50" priority="81" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FP12:FP22">
-    <cfRule type="cellIs" dxfId="44" priority="69" operator="equal">
+    <cfRule type="cellIs" dxfId="49" priority="80" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FP24:FP32 FP8 FP10 FP35:FP37">
-    <cfRule type="cellIs" dxfId="43" priority="68" operator="equal">
+    <cfRule type="cellIs" dxfId="48" priority="79" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FP9">
-    <cfRule type="cellIs" dxfId="42" priority="67" operator="equal">
+    <cfRule type="cellIs" dxfId="47" priority="78" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FQ11">
+    <cfRule type="cellIs" dxfId="46" priority="77" operator="equal">
+      <formula>0</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="FQ34">
+    <cfRule type="cellIs" dxfId="45" priority="76" operator="equal">
+      <formula>0</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="FQ9">
+    <cfRule type="cellIs" dxfId="44" priority="75" operator="equal">
+      <formula>0</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="FQ12:FQ22">
+    <cfRule type="cellIs" dxfId="43" priority="74" operator="equal">
+      <formula>0</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="FQ24:FQ32 FQ8 FQ10 FQ35:FQ37">
+    <cfRule type="cellIs" dxfId="42" priority="73" operator="equal">
+      <formula>0</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="FR11">
     <cfRule type="cellIs" dxfId="41" priority="66" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FQ34">
+  <conditionalFormatting sqref="FR34">
     <cfRule type="cellIs" dxfId="40" priority="65" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FQ9">
+  <conditionalFormatting sqref="FR9">
     <cfRule type="cellIs" dxfId="39" priority="64" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FQ12:FQ22">
+  <conditionalFormatting sqref="FR12:FR22">
     <cfRule type="cellIs" dxfId="38" priority="63" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FQ24:FQ32 FQ8 FQ10 FQ35:FQ37">
+  <conditionalFormatting sqref="FR8 FR10 FR35:FR37 FR24:FR33">
     <cfRule type="cellIs" dxfId="37" priority="62" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FR11">
-[...23 lines deleted...]
-  </conditionalFormatting>
   <conditionalFormatting sqref="C33:FQ33">
-    <cfRule type="cellIs" dxfId="31" priority="50" operator="equal">
+    <cfRule type="cellIs" dxfId="36" priority="61" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FS11">
+    <cfRule type="cellIs" dxfId="35" priority="60" operator="equal">
+      <formula>0</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="FS34">
+    <cfRule type="cellIs" dxfId="34" priority="59" operator="equal">
+      <formula>0</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="FS9">
+    <cfRule type="cellIs" dxfId="33" priority="58" operator="equal">
+      <formula>0</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="FS12:FS22">
+    <cfRule type="cellIs" dxfId="32" priority="57" operator="equal">
+      <formula>0</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="FS8 FS10 FS35:FS37 FS24:FS33">
+    <cfRule type="cellIs" dxfId="31" priority="56" operator="equal">
+      <formula>0</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="FT11">
     <cfRule type="cellIs" dxfId="30" priority="49" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FS34">
+  <conditionalFormatting sqref="FT34">
     <cfRule type="cellIs" dxfId="29" priority="48" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FS9">
+  <conditionalFormatting sqref="FT9">
     <cfRule type="cellIs" dxfId="28" priority="47" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FS12:FS22">
+  <conditionalFormatting sqref="FT12:FT22">
     <cfRule type="cellIs" dxfId="27" priority="46" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FS8 FS10 FS35:FS37 FS24:FS33">
+  <conditionalFormatting sqref="FT8 FT10 FT35:FT37 FT24:FT33">
     <cfRule type="cellIs" dxfId="26" priority="45" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FT11">
+  <conditionalFormatting sqref="FU11">
     <cfRule type="cellIs" dxfId="25" priority="38" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FT34">
+  <conditionalFormatting sqref="FU34">
     <cfRule type="cellIs" dxfId="24" priority="37" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FT9">
+  <conditionalFormatting sqref="FU9">
     <cfRule type="cellIs" dxfId="23" priority="36" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FT12:FT22">
+  <conditionalFormatting sqref="FU12:FU22">
     <cfRule type="cellIs" dxfId="22" priority="35" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FT8 FT10 FT35:FT37 FT24:FT33">
+  <conditionalFormatting sqref="FU8 FU10 FU35:FU37 FU24:FU33">
     <cfRule type="cellIs" dxfId="21" priority="34" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FU11">
+  <conditionalFormatting sqref="FV11">
     <cfRule type="cellIs" dxfId="20" priority="27" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FU34">
+  <conditionalFormatting sqref="FV34">
     <cfRule type="cellIs" dxfId="19" priority="26" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FU9">
+  <conditionalFormatting sqref="FV9">
     <cfRule type="cellIs" dxfId="18" priority="25" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FU12:FU22">
+  <conditionalFormatting sqref="FV12:FV22">
     <cfRule type="cellIs" dxfId="17" priority="24" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FU8 FU10 FU35:FU37 FU24:FU33">
+  <conditionalFormatting sqref="FV8 FV10 FV35:FV37 FV24:FV33">
     <cfRule type="cellIs" dxfId="16" priority="23" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FV11">
+  <conditionalFormatting sqref="FW11">
     <cfRule type="cellIs" dxfId="15" priority="16" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FV34">
+  <conditionalFormatting sqref="FW34">
     <cfRule type="cellIs" dxfId="14" priority="15" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FV9">
+  <conditionalFormatting sqref="FW9">
     <cfRule type="cellIs" dxfId="13" priority="14" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FV12:FV22">
+  <conditionalFormatting sqref="FW12:FW22">
     <cfRule type="cellIs" dxfId="12" priority="13" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FV8 FV10 FV35:FV37 FV24:FV33">
+  <conditionalFormatting sqref="FW8 FW10 FW35:FW37 FW24:FW33">
     <cfRule type="cellIs" dxfId="11" priority="12" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FW11">
+  <conditionalFormatting sqref="FX11">
     <cfRule type="cellIs" dxfId="4" priority="5" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FW34">
+  <conditionalFormatting sqref="FX34">
     <cfRule type="cellIs" dxfId="3" priority="4" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FW9">
+  <conditionalFormatting sqref="FX9">
     <cfRule type="cellIs" dxfId="2" priority="3" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FW12:FW22">
+  <conditionalFormatting sqref="FX12:FX22">
     <cfRule type="cellIs" dxfId="1" priority="2" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FW8 FW10 FW35:FW37 FW24:FW33">
+  <conditionalFormatting sqref="FX8 FX10 FX35:FX37 FX24:FX33">
     <cfRule type="cellIs" dxfId="0" priority="1" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Radni listovi</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>