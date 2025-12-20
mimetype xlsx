--- v1 (2025-11-19)
+++ v2 (2025-12-20)
@@ -5,80 +5,80 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="24334"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\261\MOST\Agregirana bilanca DMFI i Biltenske tablice\Biltenske tablice ENG serija od 12.2010\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{3989EE5A-FB75-46B5-B52F-7E4722DE6041}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{121D8E48-E253-4F37-9432-A96C21C1F12D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="EUR" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1342" uniqueCount="35">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1346" uniqueCount="35">
   <si>
     <t>end of period, million EUR</t>
   </si>
   <si>
     <t>ASSETS</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>LIABILITIES</t>
   </si>
   <si>
     <t xml:space="preserve"> Total (1+2+3+4+5)</t>
   </si>
   <si>
     <t xml:space="preserve">Table C1 Balance sheet of the Croatian National Bank </t>
   </si>
   <si>
     <r>
       <t xml:space="preserve"> 1</t>
     </r>
     <r>
       <rPr>
         <b/>
@@ -905,51 +905,111 @@
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="2" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="13" fillId="2" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="2" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="8">
     <cellStyle name="Naslov 1 2" xfId="6" xr:uid="{00000000-0005-0000-0000-000000000000}"/>
     <cellStyle name="Naslov 2 2" xfId="7" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="Normal 3" xfId="3" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="Normalno" xfId="0" builtinId="0"/>
     <cellStyle name="Normalno 2" xfId="5" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
     <cellStyle name="Normalno 3" xfId="1" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
     <cellStyle name="Ukupno - zadnji redak" xfId="4" xr:uid="{00000000-0005-0000-0000-000006000000}"/>
     <cellStyle name="Zaglavlje" xfId="2" xr:uid="{00000000-0005-0000-0000-000007000000}"/>
   </cellStyles>
-  <dxfs count="134">
+  <dxfs count="139">
+    <dxf>
+      <font>
+        <condense val="0"/>
+        <extend val="0"/>
+        <color rgb="FF9C0006"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC7CE"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <condense val="0"/>
+        <extend val="0"/>
+        <color rgb="FF9C0006"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC7CE"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <condense val="0"/>
+        <extend val="0"/>
+        <color rgb="FF9C0006"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC7CE"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <condense val="0"/>
+        <extend val="0"/>
+        <color rgb="FF9C0006"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC7CE"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <condense val="0"/>
+        <extend val="0"/>
+        <color rgb="FF9C0006"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC7CE"/>
+        </patternFill>
+      </fill>
+    </dxf>
     <dxf>
       <font>
         <condense val="0"/>
         <extend val="0"/>
         <color rgb="FF9C0006"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFC7CE"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <condense val="0"/>
         <extend val="0"/>
         <color rgb="FF9C0006"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFC7CE"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
@@ -2832,86 +2892,86 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="B2:FX45"/>
+  <dimension ref="B2:FY45"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="15" customHeight="1"/>
   <cols>
     <col min="1" max="1" width="2.7109375" style="3" customWidth="1"/>
     <col min="2" max="2" width="64.140625" style="3" customWidth="1"/>
     <col min="3" max="155" width="8.85546875" style="13"/>
     <col min="156" max="157" width="8.85546875" style="3"/>
     <col min="158" max="162" width="8.85546875" style="13"/>
     <col min="163" max="163" width="8.85546875" style="15"/>
     <col min="164" max="168" width="10.140625" style="15"/>
-    <col min="169" max="180" width="8.85546875" style="15"/>
-    <col min="181" max="16384" width="8.85546875" style="3"/>
+    <col min="169" max="181" width="8.85546875" style="15"/>
+    <col min="182" max="16384" width="8.85546875" style="3"/>
   </cols>
   <sheetData>
-    <row r="2" spans="2:180" ht="15" customHeight="1">
+    <row r="2" spans="2:181" ht="15" customHeight="1">
       <c r="B2" s="27" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="3" spans="2:180" ht="15" customHeight="1">
+    <row r="3" spans="2:181" ht="15" customHeight="1">
       <c r="B3" s="28" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="4" spans="2:180" ht="9.9499999999999993" customHeight="1">
+    <row r="4" spans="2:181" ht="9.9499999999999993" customHeight="1">
       <c r="B4" s="4"/>
     </row>
-    <row r="5" spans="2:180" ht="9.9499999999999993" customHeight="1">
+    <row r="5" spans="2:181" ht="9.9499999999999993" customHeight="1">
       <c r="FH5" s="33"/>
       <c r="FI5" s="33"/>
       <c r="FJ5" s="33"/>
     </row>
-    <row r="6" spans="2:180" ht="15" customHeight="1">
+    <row r="6" spans="2:181" ht="15" customHeight="1">
       <c r="B6" s="5"/>
       <c r="C6" s="2">
         <v>40543</v>
       </c>
       <c r="D6" s="2">
         <v>40574</v>
       </c>
       <c r="E6" s="2">
         <v>40602</v>
       </c>
       <c r="F6" s="2">
         <v>40633</v>
       </c>
       <c r="G6" s="2">
         <v>40663</v>
       </c>
       <c r="H6" s="2">
         <v>40694</v>
       </c>
       <c r="I6" s="2">
         <v>40724</v>
       </c>
       <c r="J6" s="2">
         <v>40755</v>
       </c>
@@ -3403,52 +3463,55 @@
       </c>
       <c r="FQ6" s="32">
         <v>45716</v>
       </c>
       <c r="FR6" s="32">
         <v>45747</v>
       </c>
       <c r="FS6" s="32">
         <v>45777</v>
       </c>
       <c r="FT6" s="32">
         <v>45808</v>
       </c>
       <c r="FU6" s="32">
         <v>45838</v>
       </c>
       <c r="FV6" s="32">
         <v>45869</v>
       </c>
       <c r="FW6" s="32">
         <v>45900</v>
       </c>
       <c r="FX6" s="32">
         <v>45930</v>
       </c>
+      <c r="FY6" s="32">
+        <v>45961</v>
+      </c>
     </row>
-    <row r="7" spans="2:180" ht="15" customHeight="1">
+    <row r="7" spans="2:181" ht="15" customHeight="1">
       <c r="B7" s="24" t="s">
         <v>1</v>
       </c>
       <c r="C7" s="15"/>
       <c r="D7" s="15"/>
       <c r="E7" s="15"/>
       <c r="F7" s="15"/>
       <c r="G7" s="15"/>
       <c r="H7" s="15"/>
       <c r="I7" s="15"/>
       <c r="J7" s="15"/>
       <c r="K7" s="15"/>
       <c r="L7" s="15"/>
       <c r="M7" s="15"/>
       <c r="N7" s="15"/>
       <c r="O7" s="15"/>
       <c r="P7" s="15"/>
       <c r="Q7" s="15"/>
       <c r="R7" s="15"/>
       <c r="S7" s="15"/>
       <c r="T7" s="15"/>
       <c r="U7" s="15"/>
       <c r="V7" s="15"/>
       <c r="W7" s="15"/>
       <c r="X7" s="15"/>
@@ -3568,51 +3631,51 @@
       <c r="EH7" s="15"/>
       <c r="EI7" s="15"/>
       <c r="EJ7" s="15"/>
       <c r="EK7" s="15"/>
       <c r="EL7" s="15"/>
       <c r="EM7" s="15"/>
       <c r="EN7" s="15"/>
       <c r="EO7" s="15"/>
       <c r="EP7" s="15"/>
       <c r="EQ7" s="15"/>
       <c r="ER7" s="15"/>
       <c r="ES7" s="15"/>
       <c r="ET7" s="15"/>
       <c r="EU7" s="15"/>
       <c r="EV7" s="15"/>
       <c r="EW7" s="15"/>
       <c r="EX7" s="15"/>
       <c r="EY7" s="15"/>
       <c r="FA7" s="15"/>
       <c r="FB7" s="15"/>
       <c r="FC7" s="15"/>
       <c r="FD7" s="15"/>
       <c r="FE7" s="15"/>
       <c r="FF7" s="15"/>
     </row>
-    <row r="8" spans="2:180" ht="15" customHeight="1">
+    <row r="8" spans="2:181" ht="15" customHeight="1">
       <c r="B8" s="24" t="s">
         <v>6</v>
       </c>
       <c r="C8" s="16">
         <v>10454.760683840001</v>
       </c>
       <c r="D8" s="16">
         <v>10285.07842758</v>
       </c>
       <c r="E8" s="16">
         <v>10303.37620022</v>
       </c>
       <c r="F8" s="16">
         <v>11199.334843750001</v>
       </c>
       <c r="G8" s="16">
         <v>11070.533461810001</v>
       </c>
       <c r="H8" s="16">
         <v>11244.760590850001</v>
       </c>
       <c r="I8" s="16">
         <v>11184.288041469999</v>
       </c>
       <c r="J8" s="16">
@@ -4106,52 +4169,55 @@
       </c>
       <c r="FQ8" s="17">
         <v>33236.375905300003</v>
       </c>
       <c r="FR8" s="17">
         <v>32806.78420917</v>
       </c>
       <c r="FS8" s="17">
         <v>32363.81824352</v>
       </c>
       <c r="FT8" s="17">
         <v>32546.96772918</v>
       </c>
       <c r="FU8" s="17">
         <v>32549.146795420002</v>
       </c>
       <c r="FV8" s="17">
         <v>33197.820890559997</v>
       </c>
       <c r="FW8" s="17">
         <v>33628.111757830004</v>
       </c>
       <c r="FX8" s="17">
         <v>34539.400177830001</v>
       </c>
+      <c r="FY8" s="17">
+        <v>35175.305661480001</v>
+      </c>
     </row>
-    <row r="9" spans="2:180" ht="15" customHeight="1">
+    <row r="9" spans="2:181" ht="15" customHeight="1">
       <c r="B9" s="24" t="s">
         <v>7</v>
       </c>
       <c r="C9" s="16" t="s">
         <v>2</v>
       </c>
       <c r="D9" s="16" t="s">
         <v>2</v>
       </c>
       <c r="E9" s="16" t="s">
         <v>2</v>
       </c>
       <c r="F9" s="16" t="s">
         <v>2</v>
       </c>
       <c r="G9" s="16" t="s">
         <v>2</v>
       </c>
       <c r="H9" s="16" t="s">
         <v>2</v>
       </c>
       <c r="I9" s="16" t="s">
         <v>2</v>
       </c>
       <c r="J9" s="16" t="s">
@@ -4645,52 +4711,55 @@
       </c>
       <c r="FQ9" s="17" t="s">
         <v>2</v>
       </c>
       <c r="FR9" s="17" t="s">
         <v>2</v>
       </c>
       <c r="FS9" s="17" t="s">
         <v>2</v>
       </c>
       <c r="FT9" s="17" t="s">
         <v>2</v>
       </c>
       <c r="FU9" s="17" t="s">
         <v>2</v>
       </c>
       <c r="FV9" s="17" t="s">
         <v>2</v>
       </c>
       <c r="FW9" s="17" t="s">
         <v>2</v>
       </c>
       <c r="FX9" s="17" t="s">
         <v>2</v>
       </c>
+      <c r="FY9" s="17" t="s">
+        <v>2</v>
+      </c>
     </row>
-    <row r="10" spans="2:180" ht="15" customHeight="1">
+    <row r="10" spans="2:181" ht="15" customHeight="1">
       <c r="B10" s="24" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="16">
         <v>349.83714466999999</v>
       </c>
       <c r="D10" s="16">
         <v>339.75281742999999</v>
       </c>
       <c r="E10" s="16">
         <v>341.08510790000003</v>
       </c>
       <c r="F10" s="16">
         <v>335.29781879000001</v>
       </c>
       <c r="G10" s="16">
         <v>323.78125951999999</v>
       </c>
       <c r="H10" s="16">
         <v>335.93801003999999</v>
       </c>
       <c r="I10" s="16">
         <v>330.95797247000002</v>
       </c>
       <c r="J10" s="16">
@@ -5184,52 +5253,55 @@
       </c>
       <c r="FQ10" s="17">
         <v>1299.4515424599999</v>
       </c>
       <c r="FR10" s="17">
         <v>1272.5177598400001</v>
       </c>
       <c r="FS10" s="17">
         <v>1295.81400856</v>
       </c>
       <c r="FT10" s="17">
         <v>1296.5351663599999</v>
       </c>
       <c r="FU10" s="17">
         <v>1237.1124052800001</v>
       </c>
       <c r="FV10" s="17">
         <v>1238.6244142999999</v>
       </c>
       <c r="FW10" s="17">
         <v>1255.3299700699999</v>
       </c>
       <c r="FX10" s="17">
         <v>1250.4033193</v>
       </c>
+      <c r="FY10" s="17">
+        <v>1250.4033193</v>
+      </c>
     </row>
-    <row r="11" spans="2:180" ht="15" customHeight="1">
+    <row r="11" spans="2:181" ht="15" customHeight="1">
       <c r="B11" s="24" t="s">
         <v>9</v>
       </c>
       <c r="C11" s="16">
         <v>196.13142207000001</v>
       </c>
       <c r="D11" s="16">
         <v>196.71381374000001</v>
       </c>
       <c r="E11" s="16">
         <v>196.91579361000001</v>
       </c>
       <c r="F11" s="16">
         <v>196.06409625000001</v>
       </c>
       <c r="G11" s="16">
         <v>195.30448709000001</v>
       </c>
       <c r="H11" s="16">
         <v>197.29662592</v>
       </c>
       <c r="I11" s="16">
         <v>195.75788362</v>
       </c>
       <c r="J11" s="16">
@@ -5723,52 +5795,55 @@
       </c>
       <c r="FQ11" s="17" t="s">
         <v>2</v>
       </c>
       <c r="FR11" s="17" t="s">
         <v>2</v>
       </c>
       <c r="FS11" s="17" t="s">
         <v>2</v>
       </c>
       <c r="FT11" s="17" t="s">
         <v>2</v>
       </c>
       <c r="FU11" s="17" t="s">
         <v>2</v>
       </c>
       <c r="FV11" s="17" t="s">
         <v>2</v>
       </c>
       <c r="FW11" s="17" t="s">
         <v>2</v>
       </c>
       <c r="FX11" s="17" t="s">
         <v>2</v>
       </c>
+      <c r="FY11" s="17" t="s">
+        <v>2</v>
+      </c>
     </row>
-    <row r="12" spans="2:180" ht="15" customHeight="1">
+    <row r="12" spans="2:181" ht="15" customHeight="1">
       <c r="B12" s="24" t="s">
         <v>10</v>
       </c>
       <c r="C12" s="16">
         <v>3013.8817766100001</v>
       </c>
       <c r="D12" s="16">
         <v>2891.3814435499999</v>
       </c>
       <c r="E12" s="16">
         <v>2628.9510018400001</v>
       </c>
       <c r="F12" s="16">
         <v>3781.07614066</v>
       </c>
       <c r="G12" s="16">
         <v>3716.3274901300001</v>
       </c>
       <c r="H12" s="16">
         <v>2754.2135947500001</v>
       </c>
       <c r="I12" s="16">
         <v>2626.0540658</v>
       </c>
       <c r="J12" s="16">
@@ -6262,52 +6337,55 @@
       </c>
       <c r="FQ12" s="17">
         <v>1380.84168662</v>
       </c>
       <c r="FR12" s="17">
         <v>931.87547829000005</v>
       </c>
       <c r="FS12" s="17">
         <v>673.18766597000001</v>
       </c>
       <c r="FT12" s="17">
         <v>713.61933580000004</v>
       </c>
       <c r="FU12" s="17">
         <v>824.45850293000001</v>
       </c>
       <c r="FV12" s="17">
         <v>855.29760723000004</v>
       </c>
       <c r="FW12" s="17">
         <v>797.04195154000001</v>
       </c>
       <c r="FX12" s="17">
         <v>1059.1501339500001</v>
       </c>
+      <c r="FY12" s="17">
+        <v>1378.91339601</v>
+      </c>
     </row>
-    <row r="13" spans="2:180" ht="15" customHeight="1">
+    <row r="13" spans="2:181" ht="15" customHeight="1">
       <c r="B13" s="25" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="16" t="s">
         <v>2</v>
       </c>
       <c r="D13" s="16" t="s">
         <v>2</v>
       </c>
       <c r="E13" s="16" t="s">
         <v>2</v>
       </c>
       <c r="F13" s="16" t="s">
         <v>2</v>
       </c>
       <c r="G13" s="16" t="s">
         <v>2</v>
       </c>
       <c r="H13" s="16" t="s">
         <v>2</v>
       </c>
       <c r="I13" s="16" t="s">
         <v>2</v>
       </c>
       <c r="J13" s="16" t="s">
@@ -6801,52 +6879,55 @@
       </c>
       <c r="FQ13" s="17">
         <v>494.27473237999999</v>
       </c>
       <c r="FR13" s="17" t="s">
         <v>2</v>
       </c>
       <c r="FS13" s="17" t="s">
         <v>2</v>
       </c>
       <c r="FT13" s="17" t="s">
         <v>2</v>
       </c>
       <c r="FU13" s="17" t="s">
         <v>2</v>
       </c>
       <c r="FV13" s="17" t="s">
         <v>2</v>
       </c>
       <c r="FW13" s="17" t="s">
         <v>2</v>
       </c>
       <c r="FX13" s="17" t="s">
         <v>2</v>
       </c>
+      <c r="FY13" s="17" t="s">
+        <v>2</v>
+      </c>
     </row>
-    <row r="14" spans="2:180" ht="15" customHeight="1">
+    <row r="14" spans="2:181" ht="15" customHeight="1">
       <c r="B14" s="25" t="s">
         <v>28</v>
       </c>
       <c r="C14" s="16" t="s">
         <v>2</v>
       </c>
       <c r="D14" s="16" t="s">
         <v>2</v>
       </c>
       <c r="E14" s="16" t="s">
         <v>2</v>
       </c>
       <c r="F14" s="16" t="s">
         <v>2</v>
       </c>
       <c r="G14" s="16" t="s">
         <v>2</v>
       </c>
       <c r="H14" s="16" t="s">
         <v>2</v>
       </c>
       <c r="I14" s="16" t="s">
         <v>2</v>
       </c>
       <c r="J14" s="16" t="s">
@@ -7340,52 +7421,55 @@
       </c>
       <c r="FQ14" s="17">
         <v>313.95696125000001</v>
       </c>
       <c r="FR14" s="17">
         <v>313.95696125000001</v>
       </c>
       <c r="FS14" s="17">
         <v>313.95696125000001</v>
       </c>
       <c r="FT14" s="17">
         <v>313.95696125000001</v>
       </c>
       <c r="FU14" s="17">
         <v>313.95696125000001</v>
       </c>
       <c r="FV14" s="17">
         <v>313.95696125000001</v>
       </c>
       <c r="FW14" s="17">
         <v>313.95696125000001</v>
       </c>
       <c r="FX14" s="17">
         <v>313.95696125000001</v>
       </c>
+      <c r="FY14" s="17">
+        <v>313.95696125000001</v>
+      </c>
     </row>
-    <row r="15" spans="2:180" ht="15" customHeight="1">
+    <row r="15" spans="2:181" ht="15" customHeight="1">
       <c r="B15" s="24" t="s">
         <v>29</v>
       </c>
       <c r="C15" s="16">
         <v>6894.9103404899997</v>
       </c>
       <c r="D15" s="16">
         <v>6857.2303528700004</v>
       </c>
       <c r="E15" s="16">
         <v>7136.42429687</v>
       </c>
       <c r="F15" s="16">
         <v>6886.8967880399996</v>
       </c>
       <c r="G15" s="16">
         <v>6835.1202250699998</v>
       </c>
       <c r="H15" s="16">
         <v>7957.3123601400002</v>
       </c>
       <c r="I15" s="16">
         <v>8031.5181195900004</v>
       </c>
       <c r="J15" s="16">
@@ -7879,52 +7963,55 @@
       </c>
       <c r="FQ15" s="17">
         <v>13148.901656219999</v>
       </c>
       <c r="FR15" s="17">
         <v>13063.27370604</v>
       </c>
       <c r="FS15" s="17">
         <v>12826.53143899</v>
       </c>
       <c r="FT15" s="17">
         <v>12807.479967019999</v>
       </c>
       <c r="FU15" s="17">
         <v>12488.938222209999</v>
       </c>
       <c r="FV15" s="17">
         <v>12464.12905903</v>
       </c>
       <c r="FW15" s="17">
         <v>12283.73719622</v>
       </c>
       <c r="FX15" s="17">
         <v>12313.129379579999</v>
       </c>
+      <c r="FY15" s="17">
+        <v>12417.35278617</v>
+      </c>
     </row>
-    <row r="16" spans="2:180" ht="15" customHeight="1">
+    <row r="16" spans="2:181" ht="15" customHeight="1">
       <c r="B16" s="25" t="s">
         <v>11</v>
       </c>
       <c r="C16" s="16" t="s">
         <v>2</v>
       </c>
       <c r="D16" s="16" t="s">
         <v>2</v>
       </c>
       <c r="E16" s="16" t="s">
         <v>2</v>
       </c>
       <c r="F16" s="16" t="s">
         <v>2</v>
       </c>
       <c r="G16" s="16" t="s">
         <v>2</v>
       </c>
       <c r="H16" s="16" t="s">
         <v>2</v>
       </c>
       <c r="I16" s="16" t="s">
         <v>2</v>
       </c>
       <c r="J16" s="16" t="s">
@@ -8418,52 +8505,55 @@
       </c>
       <c r="FQ16" s="17">
         <v>417.63741993999997</v>
       </c>
       <c r="FR16" s="17">
         <v>417.63741993999997</v>
       </c>
       <c r="FS16" s="17">
         <v>417.63741993999997</v>
       </c>
       <c r="FT16" s="17">
         <v>417.63741993999997</v>
       </c>
       <c r="FU16" s="17">
         <v>417.63741993999997</v>
       </c>
       <c r="FV16" s="17">
         <v>417.63741993999997</v>
       </c>
       <c r="FW16" s="17">
         <v>417.63741993999997</v>
       </c>
       <c r="FX16" s="17">
         <v>417.63741993999997</v>
       </c>
+      <c r="FY16" s="17">
+        <v>417.63741993999997</v>
+      </c>
     </row>
-    <row r="17" spans="2:180" ht="15" customHeight="1">
+    <row r="17" spans="2:181" ht="15" customHeight="1">
       <c r="B17" s="24" t="s">
         <v>32</v>
       </c>
       <c r="C17" s="16" t="s">
         <v>2</v>
       </c>
       <c r="D17" s="16" t="s">
         <v>2</v>
       </c>
       <c r="E17" s="16" t="s">
         <v>2</v>
       </c>
       <c r="F17" s="16" t="s">
         <v>2</v>
       </c>
       <c r="G17" s="16" t="s">
         <v>2</v>
       </c>
       <c r="H17" s="16" t="s">
         <v>2</v>
       </c>
       <c r="I17" s="16" t="s">
         <v>2</v>
       </c>
       <c r="J17" s="16" t="s">
@@ -8957,52 +9047,55 @@
       </c>
       <c r="FQ17" s="17">
         <v>17407.18102</v>
       </c>
       <c r="FR17" s="17">
         <v>17539.117265000001</v>
       </c>
       <c r="FS17" s="17">
         <v>17568.28513</v>
       </c>
       <c r="FT17" s="17">
         <v>17729.333259999999</v>
       </c>
       <c r="FU17" s="17">
         <v>17998.637664999998</v>
       </c>
       <c r="FV17" s="17">
         <v>18639.769810000002</v>
       </c>
       <c r="FW17" s="17">
         <v>19292.002639999999</v>
       </c>
       <c r="FX17" s="17">
         <v>19916.717345000001</v>
       </c>
+      <c r="FY17" s="17">
+        <v>20128.636159999998</v>
+      </c>
     </row>
-    <row r="18" spans="2:180" ht="15" customHeight="1">
+    <row r="18" spans="2:181" ht="15" customHeight="1">
       <c r="B18" s="24" t="s">
         <v>12</v>
       </c>
       <c r="C18" s="16">
         <v>3.686656E-2</v>
       </c>
       <c r="D18" s="16" t="s">
         <v>2</v>
       </c>
       <c r="E18" s="16">
         <v>0.31226098000000002</v>
       </c>
       <c r="F18" s="16">
         <v>0.31226098000000002</v>
       </c>
       <c r="G18" s="16">
         <v>0.25994348</v>
       </c>
       <c r="H18" s="16">
         <v>0.67103058000000004</v>
       </c>
       <c r="I18" s="16" t="s">
         <v>2</v>
       </c>
       <c r="J18" s="16" t="s">
@@ -9496,52 +9589,55 @@
       </c>
       <c r="FQ18" s="17">
         <v>1894.18100312</v>
       </c>
       <c r="FR18" s="17">
         <v>1846.1269067400001</v>
       </c>
       <c r="FS18" s="17">
         <v>1842.7644687300001</v>
       </c>
       <c r="FT18" s="17">
         <v>1839.2914123800001</v>
       </c>
       <c r="FU18" s="17">
         <v>1835.93454148</v>
       </c>
       <c r="FV18" s="17">
         <v>1570.38497874</v>
       </c>
       <c r="FW18" s="17">
         <v>1567.7973160399999</v>
       </c>
       <c r="FX18" s="17">
         <v>1565.2945398300001</v>
       </c>
+      <c r="FY18" s="17">
+        <v>1562.70929434</v>
+      </c>
     </row>
-    <row r="19" spans="2:180" ht="15" customHeight="1">
+    <row r="19" spans="2:181" ht="15" customHeight="1">
       <c r="B19" s="24" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="16">
         <v>1.7143021000000001</v>
       </c>
       <c r="D19" s="16">
         <v>1.70989528</v>
       </c>
       <c r="E19" s="16">
         <v>1.7122506900000001</v>
       </c>
       <c r="F19" s="16">
         <v>1.69905599</v>
       </c>
       <c r="G19" s="16">
         <v>1.6862154</v>
       </c>
       <c r="H19" s="16">
         <v>1.6965628500000001</v>
       </c>
       <c r="I19" s="16">
         <v>1.66892263</v>
       </c>
       <c r="J19" s="16">
@@ -10035,52 +10131,55 @@
       </c>
       <c r="FQ19" s="17">
         <v>357.11100606999997</v>
       </c>
       <c r="FR19" s="17">
         <v>127.4663714</v>
       </c>
       <c r="FS19" s="17">
         <v>62.4663714</v>
       </c>
       <c r="FT19" s="17">
         <v>62.461478399999997</v>
       </c>
       <c r="FU19" s="17">
         <v>147.4582284</v>
       </c>
       <c r="FV19" s="17">
         <v>62.458228400000003</v>
       </c>
       <c r="FW19" s="17">
         <v>62.458228400000003</v>
       </c>
       <c r="FX19" s="17">
         <v>144.4582284</v>
       </c>
+      <c r="FY19" s="17">
+        <v>62.4547284</v>
+      </c>
     </row>
-    <row r="20" spans="2:180" ht="15" customHeight="1">
+    <row r="20" spans="2:181" ht="15" customHeight="1">
       <c r="B20" s="24" t="s">
         <v>14</v>
       </c>
       <c r="C20" s="16">
         <v>2.9936650400000002</v>
       </c>
       <c r="D20" s="16">
         <v>2.9904167199999998</v>
       </c>
       <c r="E20" s="16">
         <v>2.9873088999999999</v>
       </c>
       <c r="F20" s="16">
         <v>2.9760103400000002</v>
       </c>
       <c r="G20" s="16">
         <v>2.9739938600000002</v>
       </c>
       <c r="H20" s="16">
         <v>2.9719636600000001</v>
       </c>
       <c r="I20" s="16">
         <v>2.94277955</v>
       </c>
       <c r="J20" s="16">
@@ -10574,52 +10673,55 @@
       </c>
       <c r="FQ20" s="17">
         <v>27.03960155</v>
       </c>
       <c r="FR20" s="17">
         <v>24.368813620000001</v>
       </c>
       <c r="FS20" s="17">
         <v>24.089508219999999</v>
       </c>
       <c r="FT20" s="17">
         <v>18.502049549999999</v>
       </c>
       <c r="FU20" s="17">
         <v>15.228288089999999</v>
       </c>
       <c r="FV20" s="17">
         <v>21.726629809999999</v>
       </c>
       <c r="FW20" s="17">
         <v>16.832019119999998</v>
       </c>
       <c r="FX20" s="17">
         <v>28.68383086</v>
       </c>
+      <c r="FY20" s="17">
+        <v>187.44435003999999</v>
+      </c>
     </row>
-    <row r="21" spans="2:180" ht="15" customHeight="1">
+    <row r="21" spans="2:181" ht="15" customHeight="1">
       <c r="B21" s="24" t="s">
         <v>15</v>
       </c>
       <c r="C21" s="16">
         <v>108.46569624999999</v>
       </c>
       <c r="D21" s="16">
         <v>107.73744732999999</v>
       </c>
       <c r="E21" s="16">
         <v>107.64256643</v>
       </c>
       <c r="F21" s="16">
         <v>107.58962692999999</v>
       </c>
       <c r="G21" s="16">
         <v>109.68522391</v>
       </c>
       <c r="H21" s="16">
         <v>109.55320743999999</v>
       </c>
       <c r="I21" s="16">
         <v>110.62898258</v>
       </c>
       <c r="J21" s="16">
@@ -11113,52 +11215,55 @@
       </c>
       <c r="FQ21" s="17">
         <v>209.1485241</v>
       </c>
       <c r="FR21" s="17">
         <v>301.08454269999999</v>
       </c>
       <c r="FS21" s="17">
         <v>299.30322868000002</v>
       </c>
       <c r="FT21" s="17">
         <v>306.45664491999997</v>
       </c>
       <c r="FU21" s="17">
         <v>437.62278904999999</v>
       </c>
       <c r="FV21" s="17">
         <v>291.87522838000001</v>
       </c>
       <c r="FW21" s="17">
         <v>341.62979853000002</v>
       </c>
       <c r="FX21" s="17">
         <v>438.70110022</v>
       </c>
+      <c r="FY21" s="17">
+        <v>315.96027808000002</v>
+      </c>
     </row>
-    <row r="22" spans="2:180" ht="15" customHeight="1">
+    <row r="22" spans="2:181" ht="15" customHeight="1">
       <c r="B22" s="26" t="s">
         <v>4</v>
       </c>
       <c r="C22" s="1">
         <v>10567.97121378</v>
       </c>
       <c r="D22" s="1">
         <v>10397.516186909999</v>
       </c>
       <c r="E22" s="1">
         <v>10416.030587220001</v>
       </c>
       <c r="F22" s="1">
         <v>11311.911797999999</v>
       </c>
       <c r="G22" s="1">
         <v>11185.13883847</v>
       </c>
       <c r="H22" s="1">
         <v>11359.65335538</v>
       </c>
       <c r="I22" s="1">
         <v>11299.52872622</v>
       </c>
       <c r="J22" s="1">
@@ -11652,52 +11757,55 @@
       </c>
       <c r="FQ22" s="29">
         <v>35723.856040140003</v>
       </c>
       <c r="FR22" s="29">
         <v>35105.830843629999</v>
       </c>
       <c r="FS22" s="29">
         <v>34592.441820549997</v>
       </c>
       <c r="FT22" s="29">
         <v>34773.679314430003</v>
       </c>
       <c r="FU22" s="29">
         <v>34985.390642439997</v>
       </c>
       <c r="FV22" s="29">
         <v>35144.265955889998</v>
       </c>
       <c r="FW22" s="29">
         <v>35616.829119920003</v>
       </c>
       <c r="FX22" s="29">
         <v>36716.537877139999</v>
       </c>
+      <c r="FY22" s="29">
+        <v>37303.874312339998</v>
+      </c>
     </row>
-    <row r="23" spans="2:180" ht="15" customHeight="1">
+    <row r="23" spans="2:181" ht="15" customHeight="1">
       <c r="B23" s="24" t="s">
         <v>3</v>
       </c>
       <c r="C23" s="15"/>
       <c r="D23" s="15"/>
       <c r="E23" s="15"/>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15"/>
       <c r="I23" s="15"/>
       <c r="J23" s="15"/>
       <c r="K23" s="15"/>
       <c r="L23" s="15"/>
       <c r="M23" s="15"/>
       <c r="N23" s="15"/>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23" s="15"/>
       <c r="S23" s="15"/>
       <c r="T23" s="15"/>
       <c r="U23" s="15"/>
       <c r="V23" s="15"/>
       <c r="W23" s="15"/>
       <c r="X23" s="15"/>
@@ -11824,51 +11932,51 @@
       <c r="EO23" s="15"/>
       <c r="EP23" s="15"/>
       <c r="EQ23" s="15"/>
       <c r="ER23" s="18"/>
       <c r="ES23" s="18"/>
       <c r="ET23" s="18"/>
       <c r="EU23" s="18"/>
       <c r="EV23" s="18"/>
       <c r="EW23" s="18"/>
       <c r="EX23" s="18"/>
       <c r="EY23" s="18"/>
       <c r="EZ23" s="18"/>
       <c r="FA23" s="18"/>
       <c r="FB23" s="18"/>
       <c r="FC23" s="18"/>
       <c r="FD23" s="18"/>
       <c r="FE23" s="18"/>
       <c r="FF23" s="18"/>
       <c r="FG23" s="18"/>
       <c r="FH23" s="18"/>
       <c r="FI23" s="18"/>
       <c r="FJ23" s="18"/>
       <c r="FK23" s="18"/>
       <c r="FL23" s="18"/>
     </row>
-    <row r="24" spans="2:180" s="21" customFormat="1" ht="15" customHeight="1">
+    <row r="24" spans="2:181" s="21" customFormat="1" ht="15" customHeight="1">
       <c r="B24" s="8" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="19">
         <v>2563.0714446799998</v>
       </c>
       <c r="D24" s="19">
         <v>2481.19849974</v>
       </c>
       <c r="E24" s="19">
         <v>2488.9715188099999</v>
       </c>
       <c r="F24" s="19">
         <v>2468.9240487900001</v>
       </c>
       <c r="G24" s="19">
         <v>2588.4626710100001</v>
       </c>
       <c r="H24" s="19">
         <v>2612.62891683</v>
       </c>
       <c r="I24" s="19">
         <v>2839.0520474099999</v>
       </c>
       <c r="J24" s="19">
@@ -12362,52 +12470,55 @@
       </c>
       <c r="FQ24" s="17">
         <v>11340.81183242</v>
       </c>
       <c r="FR24" s="17">
         <v>11345.00520231</v>
       </c>
       <c r="FS24" s="17">
         <v>11417.950976820001</v>
       </c>
       <c r="FT24" s="17">
         <v>11441.652265999999</v>
       </c>
       <c r="FU24" s="17">
         <v>11485.003947880001</v>
       </c>
       <c r="FV24" s="17">
         <v>11539.758177240001</v>
       </c>
       <c r="FW24" s="17">
         <v>11542.619160210001</v>
       </c>
       <c r="FX24" s="17">
         <v>11524.833501569999</v>
       </c>
+      <c r="FY24" s="17">
+        <v>11539.323421290001</v>
+      </c>
     </row>
-    <row r="25" spans="2:180" s="21" customFormat="1" ht="15" customHeight="1">
+    <row r="25" spans="2:181" s="21" customFormat="1" ht="15" customHeight="1">
       <c r="B25" s="8" t="s">
         <v>27</v>
       </c>
       <c r="C25" s="19" t="s">
         <v>2</v>
       </c>
       <c r="D25" s="19" t="s">
         <v>2</v>
       </c>
       <c r="E25" s="19" t="s">
         <v>2</v>
       </c>
       <c r="F25" s="19" t="s">
         <v>2</v>
       </c>
       <c r="G25" s="19" t="s">
         <v>2</v>
       </c>
       <c r="H25" s="19" t="s">
         <v>2</v>
       </c>
       <c r="I25" s="19" t="s">
         <v>2</v>
       </c>
       <c r="J25" s="19" t="s">
@@ -12901,52 +13012,55 @@
       </c>
       <c r="FQ25" s="17">
         <v>-6066.3691875799996</v>
       </c>
       <c r="FR25" s="17">
         <v>-6194.1120626900001</v>
       </c>
       <c r="FS25" s="17">
         <v>-6150.3341531799997</v>
       </c>
       <c r="FT25" s="17">
         <v>-6287.6809940000003</v>
       </c>
       <c r="FU25" s="17">
         <v>-6513.6337171200003</v>
       </c>
       <c r="FV25" s="17">
         <v>-7100.0116327599999</v>
       </c>
       <c r="FW25" s="17">
         <v>-7749.3834797899999</v>
       </c>
       <c r="FX25" s="17">
         <v>-8391.8838434299996</v>
       </c>
+      <c r="FY25" s="17">
+        <v>-8589.3127387099994</v>
+      </c>
     </row>
-    <row r="26" spans="2:180" s="21" customFormat="1" ht="15" customHeight="1">
+    <row r="26" spans="2:181" s="21" customFormat="1" ht="15" customHeight="1">
       <c r="B26" s="8" t="s">
         <v>16</v>
       </c>
       <c r="C26" s="19">
         <v>5536.3914133799999</v>
       </c>
       <c r="D26" s="19">
         <v>5682.5953189700003</v>
       </c>
       <c r="E26" s="19">
         <v>5793.9009203300002</v>
       </c>
       <c r="F26" s="19">
         <v>5807.8673133399998</v>
       </c>
       <c r="G26" s="19">
         <v>5970.42783495</v>
       </c>
       <c r="H26" s="19">
         <v>6182.5406683900001</v>
       </c>
       <c r="I26" s="19">
         <v>6180.7334728100004</v>
       </c>
       <c r="J26" s="19">
@@ -13440,52 +13554,55 @@
       </c>
       <c r="FQ26" s="17">
         <v>14174.51073168</v>
       </c>
       <c r="FR26" s="17">
         <v>13090.62296221</v>
       </c>
       <c r="FS26" s="17">
         <v>11662.604127320001</v>
       </c>
       <c r="FT26" s="17">
         <v>11487.6110979</v>
       </c>
       <c r="FU26" s="17">
         <v>11291.300654230001</v>
       </c>
       <c r="FV26" s="17">
         <v>11572.84440208</v>
       </c>
       <c r="FW26" s="17">
         <v>12745.632204760001</v>
       </c>
       <c r="FX26" s="17">
         <v>13582.17319809</v>
       </c>
+      <c r="FY26" s="17">
+        <v>12531.21362751</v>
+      </c>
     </row>
-    <row r="27" spans="2:180" s="21" customFormat="1" ht="15" customHeight="1">
+    <row r="27" spans="2:181" s="21" customFormat="1" ht="15" customHeight="1">
       <c r="B27" s="8" t="s">
         <v>17</v>
       </c>
       <c r="C27" s="19">
         <v>1359.887553524454</v>
       </c>
       <c r="D27" s="19">
         <v>1118.5751823452117</v>
       </c>
       <c r="E27" s="19">
         <v>1189.0447946831241</v>
       </c>
       <c r="F27" s="19">
         <v>1305.1383686349457</v>
       </c>
       <c r="G27" s="19">
         <v>1352.9914963846306</v>
       </c>
       <c r="H27" s="19">
         <v>1066.6367756427101</v>
       </c>
       <c r="I27" s="19">
         <v>1352.8806776415156</v>
       </c>
       <c r="J27" s="19">
@@ -13979,52 +14096,55 @@
       </c>
       <c r="FQ27" s="17">
         <v>954.70583098999998</v>
       </c>
       <c r="FR27" s="17">
         <v>1121.4375965500001</v>
       </c>
       <c r="FS27" s="17">
         <v>987.43101615</v>
       </c>
       <c r="FT27" s="17">
         <v>1346.8308466999999</v>
       </c>
       <c r="FU27" s="17">
         <v>1022.14774315</v>
       </c>
       <c r="FV27" s="17">
         <v>1114.0546566999999</v>
       </c>
       <c r="FW27" s="17">
         <v>904.69215187999998</v>
       </c>
       <c r="FX27" s="17">
         <v>1232.3884267799999</v>
       </c>
+      <c r="FY27" s="17">
+        <v>1151.66777161</v>
+      </c>
     </row>
-    <row r="28" spans="2:180" s="21" customFormat="1" ht="15" customHeight="1">
+    <row r="28" spans="2:181" s="21" customFormat="1" ht="15" customHeight="1">
       <c r="B28" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C28" s="19">
         <v>529.08620345999998</v>
       </c>
       <c r="D28" s="19">
         <v>910.62446080999996</v>
       </c>
       <c r="E28" s="19">
         <v>912.82765943000004</v>
       </c>
       <c r="F28" s="19">
         <v>798.06224699999996</v>
       </c>
       <c r="G28" s="19">
         <v>884.86296370000002</v>
       </c>
       <c r="H28" s="19">
         <v>1380.3702966400001</v>
       </c>
       <c r="I28" s="19">
         <v>1064.43692349</v>
       </c>
       <c r="J28" s="19">
@@ -14518,52 +14638,55 @@
       </c>
       <c r="FQ28" s="17">
         <v>13217.61341881</v>
       </c>
       <c r="FR28" s="17">
         <v>11967.00880577</v>
       </c>
       <c r="FS28" s="17">
         <v>10673.036295239999</v>
       </c>
       <c r="FT28" s="17">
         <v>10138.613409379999</v>
       </c>
       <c r="FU28" s="17">
         <v>10266.73888112</v>
       </c>
       <c r="FV28" s="17">
         <v>10456.10998508</v>
       </c>
       <c r="FW28" s="17">
         <v>11838.26069506</v>
       </c>
       <c r="FX28" s="17">
         <v>12347.24486083</v>
       </c>
+      <c r="FY28" s="17">
+        <v>11377.017706119999</v>
+      </c>
     </row>
-    <row r="29" spans="2:180" s="21" customFormat="1" ht="15" customHeight="1">
+    <row r="29" spans="2:181" s="21" customFormat="1" ht="15" customHeight="1">
       <c r="B29" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C29" s="19">
         <v>3647.4176563886126</v>
       </c>
       <c r="D29" s="19">
         <v>3653.3956758125951</v>
       </c>
       <c r="E29" s="19">
         <v>3692.0284662114268</v>
       </c>
       <c r="F29" s="19">
         <v>3704.6666977092036</v>
       </c>
       <c r="G29" s="19">
         <v>3732.573374866281</v>
       </c>
       <c r="H29" s="19">
         <v>3735.5335961112214</v>
       </c>
       <c r="I29" s="19">
         <v>3763.4158716862426</v>
       </c>
       <c r="J29" s="19">
@@ -15057,52 +15180,55 @@
       </c>
       <c r="FQ29" s="17">
         <v>2.19148188</v>
       </c>
       <c r="FR29" s="17">
         <v>2.1765598900000001</v>
       </c>
       <c r="FS29" s="17">
         <v>2.13681593</v>
       </c>
       <c r="FT29" s="17">
         <v>2.1668418200000001</v>
       </c>
       <c r="FU29" s="17">
         <v>2.4140299600000001</v>
       </c>
       <c r="FV29" s="17">
         <v>2.6797602999999999</v>
       </c>
       <c r="FW29" s="17">
         <v>2.6793578199999999</v>
       </c>
       <c r="FX29" s="17">
         <v>2.5399104800000001</v>
       </c>
+      <c r="FY29" s="17">
+        <v>2.5281497800000001</v>
+      </c>
     </row>
-    <row r="30" spans="2:180" s="21" customFormat="1" ht="15" customHeight="1">
+    <row r="30" spans="2:181" s="21" customFormat="1" ht="15" customHeight="1">
       <c r="B30" s="8" t="s">
         <v>20</v>
       </c>
       <c r="C30" s="19">
         <v>718.54806375999999</v>
       </c>
       <c r="D30" s="19">
         <v>545.11625115000004</v>
       </c>
       <c r="E30" s="19">
         <v>439.69427393000001</v>
       </c>
       <c r="F30" s="19">
         <v>1428.7536297500001</v>
       </c>
       <c r="G30" s="19">
         <v>1151.3684878500001</v>
       </c>
       <c r="H30" s="19">
         <v>890.36511303999998</v>
       </c>
       <c r="I30" s="19">
         <v>692.34320990000003</v>
       </c>
       <c r="J30" s="19">
@@ -15596,52 +15722,55 @@
       </c>
       <c r="FQ30" s="17">
         <v>5101.8785482399999</v>
       </c>
       <c r="FR30" s="17">
         <v>3693.3056381400002</v>
       </c>
       <c r="FS30" s="17">
         <v>3203.81759797</v>
       </c>
       <c r="FT30" s="17">
         <v>2381.4262528499999</v>
       </c>
       <c r="FU30" s="17">
         <v>2460.6005049700002</v>
       </c>
       <c r="FV30" s="17">
         <v>2626.7619774300001</v>
       </c>
       <c r="FW30" s="17">
         <v>2939.5208383099998</v>
       </c>
       <c r="FX30" s="17">
         <v>4198.0288935099998</v>
       </c>
+      <c r="FY30" s="17">
+        <v>3440.93374756</v>
+      </c>
     </row>
-    <row r="31" spans="2:180" s="21" customFormat="1" ht="15" customHeight="1">
+    <row r="31" spans="2:181" s="21" customFormat="1" ht="15" customHeight="1">
       <c r="B31" s="8" t="s">
         <v>25</v>
       </c>
       <c r="C31" s="19">
         <v>6.1072999999999998E-4</v>
       </c>
       <c r="D31" s="19">
         <v>5.4762200000000004E-3</v>
       </c>
       <c r="E31" s="19">
         <v>6.8447690000000005E-2</v>
       </c>
       <c r="F31" s="19">
         <v>1.6555299999999999E-3</v>
       </c>
       <c r="G31" s="19">
         <v>1.579125E-2</v>
       </c>
       <c r="H31" s="19">
         <v>8.5785120000000006E-2</v>
       </c>
       <c r="I31" s="19">
         <v>0.21701340999999999</v>
       </c>
       <c r="J31" s="19">
@@ -16135,52 +16264,55 @@
       </c>
       <c r="FQ31" s="17">
         <v>97.557047690000005</v>
       </c>
       <c r="FR31" s="17">
         <v>393.02124211</v>
       </c>
       <c r="FS31" s="17">
         <v>660.76799617999995</v>
       </c>
       <c r="FT31" s="17">
         <v>590.27047317999995</v>
       </c>
       <c r="FU31" s="17">
         <v>608.40631991999999</v>
       </c>
       <c r="FV31" s="17">
         <v>642.19281447000003</v>
       </c>
       <c r="FW31" s="17">
         <v>713.17923958999995</v>
       </c>
       <c r="FX31" s="17">
         <v>669.44927077</v>
       </c>
+      <c r="FY31" s="17">
+        <v>1077.75316101</v>
+      </c>
     </row>
-    <row r="32" spans="2:180" s="21" customFormat="1" ht="15" customHeight="1">
+    <row r="32" spans="2:181" s="21" customFormat="1" ht="15" customHeight="1">
       <c r="B32" s="8" t="s">
         <v>21</v>
       </c>
       <c r="C32" s="19">
         <v>350.18752918000001</v>
       </c>
       <c r="D32" s="19">
         <v>340.04521775000001</v>
       </c>
       <c r="E32" s="19">
         <v>341.41611641999998</v>
       </c>
       <c r="F32" s="19">
         <v>334.88127599000001</v>
       </c>
       <c r="G32" s="19">
         <v>322.99180239999998</v>
       </c>
       <c r="H32" s="19">
         <v>335.17091096000001</v>
       </c>
       <c r="I32" s="19">
         <v>330.20307803999998</v>
       </c>
       <c r="J32" s="19">
@@ -16674,52 +16806,55 @@
       </c>
       <c r="FQ32" s="17">
         <v>2763.39678839</v>
       </c>
       <c r="FR32" s="17">
         <v>4381.0272967800001</v>
       </c>
       <c r="FS32" s="17">
         <v>5517.9239961599997</v>
       </c>
       <c r="FT32" s="17">
         <v>6763.2814661000002</v>
       </c>
       <c r="FU32" s="17">
         <v>6982.62948564</v>
       </c>
       <c r="FV32" s="17">
         <v>6635.8398692199999</v>
       </c>
       <c r="FW32" s="17">
         <v>5567.6027686500001</v>
       </c>
       <c r="FX32" s="17">
         <v>4582.6400516200001</v>
       </c>
+      <c r="FY32" s="17">
+        <v>6249.1193418700004</v>
+      </c>
     </row>
-    <row r="33" spans="2:180" s="21" customFormat="1" ht="15" customHeight="1">
+    <row r="33" spans="2:181" s="21" customFormat="1" ht="15" customHeight="1">
       <c r="B33" s="25" t="s">
         <v>34</v>
       </c>
       <c r="C33" s="17" t="s">
         <v>2</v>
       </c>
       <c r="D33" s="17" t="s">
         <v>2</v>
       </c>
       <c r="E33" s="17" t="s">
         <v>2</v>
       </c>
       <c r="F33" s="17" t="s">
         <v>2</v>
       </c>
       <c r="G33" s="17" t="s">
         <v>2</v>
       </c>
       <c r="H33" s="17" t="s">
         <v>2</v>
       </c>
       <c r="I33" s="17" t="s">
         <v>2</v>
       </c>
       <c r="J33" s="17" t="s">
@@ -17213,52 +17348,55 @@
       </c>
       <c r="FQ33" s="17" t="s">
         <v>2</v>
       </c>
       <c r="FR33" s="17">
         <v>1359.453501</v>
       </c>
       <c r="FS33" s="17">
         <v>3154.9564009699998</v>
       </c>
       <c r="FT33" s="17">
         <v>4190.7962363699999</v>
       </c>
       <c r="FU33" s="17">
         <v>4832.3022395099997</v>
       </c>
       <c r="FV33" s="17">
         <v>4657.3632754500004</v>
       </c>
       <c r="FW33" s="17">
         <v>3221.2708947900001</v>
       </c>
       <c r="FX33" s="17">
         <v>2228.7005460199998</v>
       </c>
+      <c r="FY33" s="17">
+        <v>3606.04940154</v>
+      </c>
     </row>
-    <row r="34" spans="2:180" s="21" customFormat="1" ht="15" customHeight="1">
+    <row r="34" spans="2:181" s="21" customFormat="1" ht="15" customHeight="1">
       <c r="B34" s="10" t="s">
         <v>22</v>
       </c>
       <c r="C34" s="19" t="s">
         <v>2</v>
       </c>
       <c r="D34" s="19" t="s">
         <v>2</v>
       </c>
       <c r="E34" s="19" t="s">
         <v>2</v>
       </c>
       <c r="F34" s="19" t="s">
         <v>2</v>
       </c>
       <c r="G34" s="19" t="s">
         <v>2</v>
       </c>
       <c r="H34" s="19" t="s">
         <v>2</v>
       </c>
       <c r="I34" s="19" t="s">
         <v>2</v>
       </c>
       <c r="J34" s="19" t="s">
@@ -17752,52 +17890,55 @@
       </c>
       <c r="FQ34" s="17" t="s">
         <v>2</v>
       </c>
       <c r="FR34" s="17" t="s">
         <v>2</v>
       </c>
       <c r="FS34" s="17" t="s">
         <v>2</v>
       </c>
       <c r="FT34" s="17" t="s">
         <v>2</v>
       </c>
       <c r="FU34" s="17" t="s">
         <v>2</v>
       </c>
       <c r="FV34" s="17" t="s">
         <v>2</v>
       </c>
       <c r="FW34" s="17" t="s">
         <v>2</v>
       </c>
       <c r="FX34" s="17" t="s">
         <v>2</v>
       </c>
+      <c r="FY34" s="17" t="s">
+        <v>2</v>
+      </c>
     </row>
-    <row r="35" spans="2:180" s="21" customFormat="1" ht="15" customHeight="1">
+    <row r="35" spans="2:181" s="21" customFormat="1" ht="15" customHeight="1">
       <c r="B35" s="8" t="s">
         <v>23</v>
       </c>
       <c r="C35" s="19">
         <v>1388.32043701</v>
       </c>
       <c r="D35" s="19">
         <v>1338.89118502</v>
       </c>
       <c r="E35" s="19">
         <v>1342.4297521999999</v>
       </c>
       <c r="F35" s="19">
         <v>1262.50696423</v>
       </c>
       <c r="G35" s="19">
         <v>1143.3346188400001</v>
       </c>
       <c r="H35" s="19">
         <v>1329.75781353</v>
       </c>
       <c r="I35" s="19">
         <v>1248.5639543899999</v>
       </c>
       <c r="J35" s="19">
@@ -18291,52 +18432,55 @@
       </c>
       <c r="FQ35" s="17">
         <v>1871.3869987999999</v>
       </c>
       <c r="FR35" s="17">
         <v>1826.8466779800001</v>
       </c>
       <c r="FS35" s="17">
         <v>1749.3474421799999</v>
       </c>
       <c r="FT35" s="17">
         <v>1712.6813195100001</v>
       </c>
       <c r="FU35" s="17">
         <v>1769.0133767</v>
       </c>
       <c r="FV35" s="17">
         <v>1744.74524946</v>
       </c>
       <c r="FW35" s="17">
         <v>1725.8426282999999</v>
       </c>
       <c r="FX35" s="17">
         <v>1780.5228899199999</v>
       </c>
+      <c r="FY35" s="17">
+        <v>1756.0880055800001</v>
+      </c>
     </row>
-    <row r="36" spans="2:180" s="21" customFormat="1" ht="15" customHeight="1">
+    <row r="36" spans="2:181" s="21" customFormat="1" ht="15" customHeight="1">
       <c r="B36" s="8" t="s">
         <v>30</v>
       </c>
       <c r="C36" s="19">
         <v>11.451715050000001</v>
       </c>
       <c r="D36" s="19">
         <v>9.6642380600000006</v>
       </c>
       <c r="E36" s="19">
         <v>9.5495578400000003</v>
       </c>
       <c r="F36" s="19">
         <v>8.9769103700000006</v>
       </c>
       <c r="G36" s="19">
         <v>8.5376321700000002</v>
       </c>
       <c r="H36" s="19">
         <v>9.1041474999999998</v>
       </c>
       <c r="I36" s="19">
         <v>8.4159502699999997</v>
       </c>
       <c r="J36" s="19">
@@ -18830,52 +18974,55 @@
       </c>
       <c r="FQ36" s="17">
         <v>374.31409296999999</v>
       </c>
       <c r="FR36" s="17">
         <v>376.00182411999998</v>
       </c>
       <c r="FS36" s="17">
         <v>380.02968398000002</v>
       </c>
       <c r="FT36" s="17">
         <v>396.75643881000002</v>
       </c>
       <c r="FU36" s="17">
         <v>388.43635316000001</v>
       </c>
       <c r="FV36" s="17">
         <v>382.12346592</v>
       </c>
       <c r="FW36" s="17">
         <v>382.43228011999997</v>
       </c>
       <c r="FX36" s="17">
         <v>378.89007164999998</v>
       </c>
+      <c r="FY36" s="17">
+        <v>709.44300745999999</v>
+      </c>
     </row>
-    <row r="37" spans="2:180" s="21" customFormat="1" ht="15" customHeight="1">
+    <row r="37" spans="2:181" s="21" customFormat="1" ht="15" customHeight="1">
       <c r="B37" s="9" t="s">
         <v>24</v>
       </c>
       <c r="C37" s="22">
         <v>10567.97121378</v>
       </c>
       <c r="D37" s="22">
         <v>10397.516186909999</v>
       </c>
       <c r="E37" s="22">
         <v>10416.030587220001</v>
       </c>
       <c r="F37" s="22">
         <v>11311.911797999999</v>
       </c>
       <c r="G37" s="22">
         <v>11185.13883847</v>
       </c>
       <c r="H37" s="22">
         <v>11359.65335538</v>
       </c>
       <c r="I37" s="22">
         <v>11299.52872622</v>
       </c>
       <c r="J37" s="22">
@@ -19369,726 +19516,754 @@
       </c>
       <c r="FQ37" s="29">
         <v>35723.856040190003</v>
       </c>
       <c r="FR37" s="29">
         <v>35105.830843650001</v>
       </c>
       <c r="FS37" s="29">
         <v>34592.441820610002</v>
       </c>
       <c r="FT37" s="29">
         <v>34773.679314350004</v>
       </c>
       <c r="FU37" s="29">
         <v>34985.390642500002</v>
       </c>
       <c r="FV37" s="29">
         <v>35144.265955820003</v>
       </c>
       <c r="FW37" s="29">
         <v>35616.829119939997</v>
       </c>
       <c r="FX37" s="29">
         <v>36716.537877130002</v>
       </c>
+      <c r="FY37" s="29">
+        <v>37303.874312280001</v>
+      </c>
     </row>
-    <row r="38" spans="2:180" ht="15" customHeight="1">
+    <row r="38" spans="2:181" ht="15" customHeight="1">
       <c r="B38" s="7"/>
     </row>
-    <row r="39" spans="2:180" ht="53.1" customHeight="1">
+    <row r="39" spans="2:181" ht="53.1" customHeight="1">
       <c r="B39" s="34" t="s">
         <v>31</v>
       </c>
       <c r="C39" s="34"/>
       <c r="D39" s="34"/>
       <c r="E39" s="34"/>
       <c r="F39" s="34"/>
       <c r="G39" s="34"/>
       <c r="H39" s="34"/>
       <c r="I39" s="34"/>
       <c r="J39" s="34"/>
       <c r="K39" s="31"/>
       <c r="L39" s="30"/>
       <c r="M39" s="30"/>
       <c r="N39" s="30"/>
     </row>
-    <row r="41" spans="2:180" ht="15" customHeight="1">
+    <row r="41" spans="2:181" ht="15" customHeight="1">
       <c r="B41" s="11"/>
     </row>
-    <row r="42" spans="2:180" ht="15" customHeight="1">
+    <row r="42" spans="2:181" ht="15" customHeight="1">
       <c r="B42" s="12"/>
     </row>
-    <row r="43" spans="2:180" ht="15" customHeight="1">
+    <row r="43" spans="2:181" ht="15" customHeight="1">
       <c r="B43" s="8"/>
     </row>
-    <row r="44" spans="2:180" ht="15" customHeight="1">
+    <row r="44" spans="2:181" ht="15" customHeight="1">
       <c r="B44" s="8"/>
     </row>
-    <row r="45" spans="2:180" ht="15" customHeight="1">
+    <row r="45" spans="2:181" ht="15" customHeight="1">
       <c r="B45" s="8"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="B39:J39"/>
   </mergeCells>
   <conditionalFormatting sqref="ER8:EX19 C20:EX22 EY8:FF22 FG12:FG22">
-    <cfRule type="cellIs" dxfId="133" priority="207" operator="equal">
+    <cfRule type="cellIs" dxfId="138" priority="218" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="D8:E8">
-    <cfRule type="cellIs" dxfId="132" priority="206" operator="equal">
+    <cfRule type="cellIs" dxfId="137" priority="217" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="D10:E12 D15:E15 D18:E19 D35:E37 D24:E24 D26:E32">
-    <cfRule type="cellIs" dxfId="131" priority="205" operator="equal">
+    <cfRule type="cellIs" dxfId="136" priority="216" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="D9:E9">
-    <cfRule type="cellIs" dxfId="130" priority="204" operator="equal">
+    <cfRule type="cellIs" dxfId="135" priority="215" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="D13:E13">
-    <cfRule type="cellIs" dxfId="129" priority="203" operator="equal">
+    <cfRule type="cellIs" dxfId="134" priority="214" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="D14:E14">
-    <cfRule type="cellIs" dxfId="128" priority="202" operator="equal">
+    <cfRule type="cellIs" dxfId="133" priority="213" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="D16:E17">
-    <cfRule type="cellIs" dxfId="127" priority="201" operator="equal">
+    <cfRule type="cellIs" dxfId="132" priority="212" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="F8:DM8">
-    <cfRule type="cellIs" dxfId="126" priority="198" operator="equal">
+    <cfRule type="cellIs" dxfId="131" priority="209" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="D25:E25">
-    <cfRule type="cellIs" dxfId="125" priority="199" operator="equal">
+    <cfRule type="cellIs" dxfId="130" priority="210" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="F10:DM12 F15:DM15 F18:DM19 F35:DM37 F24:DM24 F26:DM27 F29:DM32 F28:AE28">
-    <cfRule type="cellIs" dxfId="124" priority="197" operator="equal">
+    <cfRule type="cellIs" dxfId="129" priority="208" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="F9:DM9">
-    <cfRule type="cellIs" dxfId="123" priority="196" operator="equal">
+    <cfRule type="cellIs" dxfId="128" priority="207" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="F13:DM13">
-    <cfRule type="cellIs" dxfId="122" priority="195" operator="equal">
+    <cfRule type="cellIs" dxfId="127" priority="206" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="F14:DM14">
-    <cfRule type="cellIs" dxfId="121" priority="194" operator="equal">
+    <cfRule type="cellIs" dxfId="126" priority="205" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="F16:DM17">
-    <cfRule type="cellIs" dxfId="120" priority="193" operator="equal">
+    <cfRule type="cellIs" dxfId="125" priority="204" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="DN8:EQ8">
-    <cfRule type="cellIs" dxfId="119" priority="190" operator="equal">
+    <cfRule type="cellIs" dxfId="124" priority="201" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="F25:DM25">
-    <cfRule type="cellIs" dxfId="118" priority="191" operator="equal">
+    <cfRule type="cellIs" dxfId="123" priority="202" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="DN10:EQ12 DN15:EQ15 DN18:EQ19 DN35:EQ37 DN24:EQ24 DN26:EQ27 DN29:EQ32">
-    <cfRule type="cellIs" dxfId="117" priority="189" operator="equal">
+    <cfRule type="cellIs" dxfId="122" priority="200" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="DN9:EQ9">
-    <cfRule type="cellIs" dxfId="116" priority="188" operator="equal">
+    <cfRule type="cellIs" dxfId="121" priority="199" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="DN13:EQ13">
-    <cfRule type="cellIs" dxfId="115" priority="187" operator="equal">
+    <cfRule type="cellIs" dxfId="120" priority="198" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="DN14:EQ14">
-    <cfRule type="cellIs" dxfId="114" priority="186" operator="equal">
+    <cfRule type="cellIs" dxfId="119" priority="197" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="DN16:EQ17">
-    <cfRule type="cellIs" dxfId="113" priority="185" operator="equal">
+    <cfRule type="cellIs" dxfId="118" priority="196" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="DN25:EQ25">
-    <cfRule type="cellIs" dxfId="112" priority="183" operator="equal">
+    <cfRule type="cellIs" dxfId="117" priority="194" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="AF28:EQ28">
-    <cfRule type="cellIs" dxfId="111" priority="181" operator="equal">
+    <cfRule type="cellIs" dxfId="116" priority="192" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="D34:EQ34">
-    <cfRule type="cellIs" dxfId="110" priority="182" operator="equal">
+    <cfRule type="cellIs" dxfId="115" priority="193" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="ER24:ER32 ER34:ER37">
-    <cfRule type="cellIs" dxfId="109" priority="180" operator="equal">
+    <cfRule type="cellIs" dxfId="114" priority="191" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="ES24:ES32 ES34:ES37">
-    <cfRule type="cellIs" dxfId="108" priority="179" operator="equal">
+    <cfRule type="cellIs" dxfId="113" priority="190" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="ET24:EX32 ET34:EX37">
-    <cfRule type="cellIs" dxfId="107" priority="178" operator="equal">
+    <cfRule type="cellIs" dxfId="112" priority="189" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C8">
-    <cfRule type="cellIs" dxfId="106" priority="176" operator="equal">
+    <cfRule type="cellIs" dxfId="111" priority="187" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C10:C12 C15 C18:C19 C35:C37 C24 C26:C32">
-    <cfRule type="cellIs" dxfId="105" priority="175" operator="equal">
+    <cfRule type="cellIs" dxfId="110" priority="186" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C9">
-    <cfRule type="cellIs" dxfId="104" priority="174" operator="equal">
+    <cfRule type="cellIs" dxfId="109" priority="185" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C13">
-    <cfRule type="cellIs" dxfId="103" priority="173" operator="equal">
+    <cfRule type="cellIs" dxfId="108" priority="184" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C14">
-    <cfRule type="cellIs" dxfId="102" priority="172" operator="equal">
+    <cfRule type="cellIs" dxfId="107" priority="183" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C16:C17">
-    <cfRule type="cellIs" dxfId="101" priority="171" operator="equal">
+    <cfRule type="cellIs" dxfId="106" priority="182" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C25">
-    <cfRule type="cellIs" dxfId="100" priority="169" operator="equal">
+    <cfRule type="cellIs" dxfId="105" priority="180" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C34">
-    <cfRule type="cellIs" dxfId="99" priority="168" operator="equal">
+    <cfRule type="cellIs" dxfId="104" priority="179" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="EY24:EY32 EY34:EY37">
-    <cfRule type="cellIs" dxfId="98" priority="166" operator="equal">
+    <cfRule type="cellIs" dxfId="103" priority="177" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="EZ24:EZ32 EZ34:EZ37">
-    <cfRule type="cellIs" dxfId="97" priority="165" operator="equal">
+    <cfRule type="cellIs" dxfId="102" priority="176" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FA24:FA32 FA34:FA37">
-    <cfRule type="cellIs" dxfId="96" priority="164" operator="equal">
+    <cfRule type="cellIs" dxfId="101" priority="175" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FB24:FB32 FB34:FB37">
-    <cfRule type="cellIs" dxfId="95" priority="150" operator="equal">
+    <cfRule type="cellIs" dxfId="100" priority="161" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FC24:FC32 FC34:FC37">
-    <cfRule type="cellIs" dxfId="94" priority="149" operator="equal">
+    <cfRule type="cellIs" dxfId="99" priority="160" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FD24:FD32 FD34:FD37">
-    <cfRule type="cellIs" dxfId="93" priority="147" operator="equal">
+    <cfRule type="cellIs" dxfId="98" priority="158" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FE24:FE32 FE34:FE37">
-    <cfRule type="cellIs" dxfId="92" priority="142" operator="equal">
+    <cfRule type="cellIs" dxfId="97" priority="153" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FF24:FF32 FF34:FF37">
-    <cfRule type="cellIs" dxfId="91" priority="137" operator="equal">
+    <cfRule type="cellIs" dxfId="96" priority="148" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FG24:FG32 FG8 FG10 FG35:FG37">
-    <cfRule type="cellIs" dxfId="90" priority="136" operator="equal">
+    <cfRule type="cellIs" dxfId="95" priority="147" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FG9">
-    <cfRule type="cellIs" dxfId="89" priority="135" operator="equal">
+    <cfRule type="cellIs" dxfId="94" priority="146" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FG11">
-    <cfRule type="cellIs" dxfId="88" priority="134" operator="equal">
+    <cfRule type="cellIs" dxfId="93" priority="145" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FG34">
-    <cfRule type="cellIs" dxfId="87" priority="133" operator="equal">
+    <cfRule type="cellIs" dxfId="92" priority="144" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FH12:FH21">
-    <cfRule type="cellIs" dxfId="86" priority="117" operator="equal">
+    <cfRule type="cellIs" dxfId="91" priority="128" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FH24:FH32 FH8 FH10 FH35:FH37 FI26:FJ26 FI37:FJ37">
-    <cfRule type="cellIs" dxfId="85" priority="116" operator="equal">
+    <cfRule type="cellIs" dxfId="90" priority="127" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FH9:FI9">
-    <cfRule type="cellIs" dxfId="84" priority="115" operator="equal">
+    <cfRule type="cellIs" dxfId="89" priority="126" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FH11:FI11">
-    <cfRule type="cellIs" dxfId="83" priority="114" operator="equal">
+    <cfRule type="cellIs" dxfId="88" priority="125" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FH34:FI34">
-    <cfRule type="cellIs" dxfId="82" priority="113" operator="equal">
+    <cfRule type="cellIs" dxfId="87" priority="124" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FI12:FI21">
-    <cfRule type="cellIs" dxfId="81" priority="112" operator="equal">
+    <cfRule type="cellIs" dxfId="86" priority="123" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FI24:FI25 FI10 FI35:FI36 FI27:FI32 FI8:FJ8">
-    <cfRule type="cellIs" dxfId="80" priority="111" operator="equal">
+    <cfRule type="cellIs" dxfId="85" priority="122" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FJ12:FJ21">
-    <cfRule type="cellIs" dxfId="79" priority="110" operator="equal">
+    <cfRule type="cellIs" dxfId="84" priority="121" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FJ24:FJ25 FJ10 FJ35:FJ36 FJ27:FJ32">
-    <cfRule type="cellIs" dxfId="78" priority="109" operator="equal">
+    <cfRule type="cellIs" dxfId="83" priority="120" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FJ9:FK9">
-    <cfRule type="cellIs" dxfId="77" priority="108" operator="equal">
+    <cfRule type="cellIs" dxfId="82" priority="119" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FJ11:FK11">
-    <cfRule type="cellIs" dxfId="76" priority="107" operator="equal">
+    <cfRule type="cellIs" dxfId="81" priority="118" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FJ34:FK34">
-    <cfRule type="cellIs" dxfId="75" priority="106" operator="equal">
+    <cfRule type="cellIs" dxfId="80" priority="117" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FK12:FK22">
-    <cfRule type="cellIs" dxfId="74" priority="105" operator="equal">
+    <cfRule type="cellIs" dxfId="79" priority="116" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FK24:FK32 FK8 FK10 FK35:FK37">
-    <cfRule type="cellIs" dxfId="73" priority="104" operator="equal">
+    <cfRule type="cellIs" dxfId="78" priority="115" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FH22:FJ22">
-    <cfRule type="cellIs" dxfId="72" priority="103" operator="equal">
+    <cfRule type="cellIs" dxfId="77" priority="114" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FL9">
-    <cfRule type="cellIs" dxfId="71" priority="102" operator="equal">
+    <cfRule type="cellIs" dxfId="76" priority="113" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FL11">
-    <cfRule type="cellIs" dxfId="70" priority="101" operator="equal">
+    <cfRule type="cellIs" dxfId="75" priority="112" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FL34">
-    <cfRule type="cellIs" dxfId="69" priority="100" operator="equal">
+    <cfRule type="cellIs" dxfId="74" priority="111" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FL12:FL22">
-    <cfRule type="cellIs" dxfId="68" priority="99" operator="equal">
+    <cfRule type="cellIs" dxfId="73" priority="110" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FL24:FL32 FL8 FL10 FL35:FL37">
-    <cfRule type="cellIs" dxfId="67" priority="98" operator="equal">
+    <cfRule type="cellIs" dxfId="72" priority="109" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FM12:FM22">
-    <cfRule type="cellIs" dxfId="66" priority="97" operator="equal">
+    <cfRule type="cellIs" dxfId="71" priority="108" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FM24:FM32 FM8 FM10 FM35:FM37">
-    <cfRule type="cellIs" dxfId="65" priority="96" operator="equal">
+    <cfRule type="cellIs" dxfId="70" priority="107" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FM9">
-    <cfRule type="cellIs" dxfId="64" priority="95" operator="equal">
+    <cfRule type="cellIs" dxfId="69" priority="106" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FM11">
-    <cfRule type="cellIs" dxfId="63" priority="94" operator="equal">
+    <cfRule type="cellIs" dxfId="68" priority="105" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FM34">
-    <cfRule type="cellIs" dxfId="62" priority="93" operator="equal">
+    <cfRule type="cellIs" dxfId="67" priority="104" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FN12:FN22">
-    <cfRule type="cellIs" dxfId="61" priority="92" operator="equal">
+    <cfRule type="cellIs" dxfId="66" priority="103" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FN24:FN32 FN8 FN10 FN35:FN37">
-    <cfRule type="cellIs" dxfId="60" priority="91" operator="equal">
+    <cfRule type="cellIs" dxfId="65" priority="102" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FN9">
-    <cfRule type="cellIs" dxfId="59" priority="90" operator="equal">
+    <cfRule type="cellIs" dxfId="64" priority="101" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FN11">
-    <cfRule type="cellIs" dxfId="58" priority="89" operator="equal">
+    <cfRule type="cellIs" dxfId="63" priority="100" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FN34">
-    <cfRule type="cellIs" dxfId="57" priority="88" operator="equal">
+    <cfRule type="cellIs" dxfId="62" priority="99" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FO12:FO22">
-    <cfRule type="cellIs" dxfId="56" priority="87" operator="equal">
+    <cfRule type="cellIs" dxfId="61" priority="98" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FO24:FO32 FO8 FO10 FO35:FO37">
-    <cfRule type="cellIs" dxfId="55" priority="86" operator="equal">
+    <cfRule type="cellIs" dxfId="60" priority="97" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FO9">
-    <cfRule type="cellIs" dxfId="54" priority="85" operator="equal">
+    <cfRule type="cellIs" dxfId="59" priority="96" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FO11">
-    <cfRule type="cellIs" dxfId="53" priority="84" operator="equal">
+    <cfRule type="cellIs" dxfId="58" priority="95" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FO34">
-    <cfRule type="cellIs" dxfId="52" priority="83" operator="equal">
+    <cfRule type="cellIs" dxfId="57" priority="94" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FP11">
-    <cfRule type="cellIs" dxfId="51" priority="82" operator="equal">
+    <cfRule type="cellIs" dxfId="56" priority="93" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FP34">
-    <cfRule type="cellIs" dxfId="50" priority="81" operator="equal">
+    <cfRule type="cellIs" dxfId="55" priority="92" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FP12:FP22">
-    <cfRule type="cellIs" dxfId="49" priority="80" operator="equal">
+    <cfRule type="cellIs" dxfId="54" priority="91" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FP24:FP32 FP8 FP10 FP35:FP37">
-    <cfRule type="cellIs" dxfId="48" priority="79" operator="equal">
+    <cfRule type="cellIs" dxfId="53" priority="90" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FP9">
-    <cfRule type="cellIs" dxfId="47" priority="78" operator="equal">
+    <cfRule type="cellIs" dxfId="52" priority="89" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FQ11">
+    <cfRule type="cellIs" dxfId="51" priority="88" operator="equal">
+      <formula>0</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="FQ34">
+    <cfRule type="cellIs" dxfId="50" priority="87" operator="equal">
+      <formula>0</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="FQ9">
+    <cfRule type="cellIs" dxfId="49" priority="86" operator="equal">
+      <formula>0</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="FQ12:FQ22">
+    <cfRule type="cellIs" dxfId="48" priority="85" operator="equal">
+      <formula>0</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="FQ24:FQ32 FQ8 FQ10 FQ35:FQ37">
+    <cfRule type="cellIs" dxfId="47" priority="84" operator="equal">
+      <formula>0</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="FR11">
     <cfRule type="cellIs" dxfId="46" priority="77" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FQ34">
+  <conditionalFormatting sqref="FR34">
     <cfRule type="cellIs" dxfId="45" priority="76" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FQ9">
+  <conditionalFormatting sqref="FR9">
     <cfRule type="cellIs" dxfId="44" priority="75" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FQ12:FQ22">
+  <conditionalFormatting sqref="FR12:FR22">
     <cfRule type="cellIs" dxfId="43" priority="74" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FQ24:FQ32 FQ8 FQ10 FQ35:FQ37">
+  <conditionalFormatting sqref="FR8 FR10 FR35:FR37 FR24:FR33">
     <cfRule type="cellIs" dxfId="42" priority="73" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FR11">
-[...23 lines deleted...]
-  </conditionalFormatting>
   <conditionalFormatting sqref="C33:FQ33">
-    <cfRule type="cellIs" dxfId="36" priority="61" operator="equal">
+    <cfRule type="cellIs" dxfId="41" priority="72" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FS11">
+    <cfRule type="cellIs" dxfId="40" priority="71" operator="equal">
+      <formula>0</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="FS34">
+    <cfRule type="cellIs" dxfId="39" priority="70" operator="equal">
+      <formula>0</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="FS9">
+    <cfRule type="cellIs" dxfId="38" priority="69" operator="equal">
+      <formula>0</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="FS12:FS22">
+    <cfRule type="cellIs" dxfId="37" priority="68" operator="equal">
+      <formula>0</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="FS8 FS10 FS35:FS37 FS24:FS33">
+    <cfRule type="cellIs" dxfId="36" priority="67" operator="equal">
+      <formula>0</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="FT11">
     <cfRule type="cellIs" dxfId="35" priority="60" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FS34">
+  <conditionalFormatting sqref="FT34">
     <cfRule type="cellIs" dxfId="34" priority="59" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FS9">
+  <conditionalFormatting sqref="FT9">
     <cfRule type="cellIs" dxfId="33" priority="58" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FS12:FS22">
+  <conditionalFormatting sqref="FT12:FT22">
     <cfRule type="cellIs" dxfId="32" priority="57" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FS8 FS10 FS35:FS37 FS24:FS33">
+  <conditionalFormatting sqref="FT8 FT10 FT35:FT37 FT24:FT33">
     <cfRule type="cellIs" dxfId="31" priority="56" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FT11">
+  <conditionalFormatting sqref="FU11">
     <cfRule type="cellIs" dxfId="30" priority="49" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FT34">
+  <conditionalFormatting sqref="FU34">
     <cfRule type="cellIs" dxfId="29" priority="48" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FT9">
+  <conditionalFormatting sqref="FU9">
     <cfRule type="cellIs" dxfId="28" priority="47" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FT12:FT22">
+  <conditionalFormatting sqref="FU12:FU22">
     <cfRule type="cellIs" dxfId="27" priority="46" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FT8 FT10 FT35:FT37 FT24:FT33">
+  <conditionalFormatting sqref="FU8 FU10 FU35:FU37 FU24:FU33">
     <cfRule type="cellIs" dxfId="26" priority="45" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FU11">
+  <conditionalFormatting sqref="FV11">
     <cfRule type="cellIs" dxfId="25" priority="38" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FU34">
+  <conditionalFormatting sqref="FV34">
     <cfRule type="cellIs" dxfId="24" priority="37" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FU9">
+  <conditionalFormatting sqref="FV9">
     <cfRule type="cellIs" dxfId="23" priority="36" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FU12:FU22">
+  <conditionalFormatting sqref="FV12:FV22">
     <cfRule type="cellIs" dxfId="22" priority="35" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FU8 FU10 FU35:FU37 FU24:FU33">
+  <conditionalFormatting sqref="FV8 FV10 FV35:FV37 FV24:FV33">
     <cfRule type="cellIs" dxfId="21" priority="34" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FV11">
+  <conditionalFormatting sqref="FW11">
     <cfRule type="cellIs" dxfId="20" priority="27" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FV34">
+  <conditionalFormatting sqref="FW34">
     <cfRule type="cellIs" dxfId="19" priority="26" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FV9">
+  <conditionalFormatting sqref="FW9">
     <cfRule type="cellIs" dxfId="18" priority="25" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FV12:FV22">
+  <conditionalFormatting sqref="FW12:FW22">
     <cfRule type="cellIs" dxfId="17" priority="24" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FV8 FV10 FV35:FV37 FV24:FV33">
+  <conditionalFormatting sqref="FW8 FW10 FW35:FW37 FW24:FW33">
     <cfRule type="cellIs" dxfId="16" priority="23" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FW11">
+  <conditionalFormatting sqref="FX11">
     <cfRule type="cellIs" dxfId="15" priority="16" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FW34">
+  <conditionalFormatting sqref="FX34">
     <cfRule type="cellIs" dxfId="14" priority="15" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FW9">
+  <conditionalFormatting sqref="FX9">
     <cfRule type="cellIs" dxfId="13" priority="14" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FW12:FW22">
+  <conditionalFormatting sqref="FX12:FX22">
     <cfRule type="cellIs" dxfId="12" priority="13" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FW8 FW10 FW35:FW37 FW24:FW33">
+  <conditionalFormatting sqref="FX8 FX10 FX35:FX37 FX24:FX33">
     <cfRule type="cellIs" dxfId="11" priority="12" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FX11">
+  <conditionalFormatting sqref="FY11">
     <cfRule type="cellIs" dxfId="4" priority="5" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FX34">
+  <conditionalFormatting sqref="FY34">
     <cfRule type="cellIs" dxfId="3" priority="4" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FX9">
+  <conditionalFormatting sqref="FY9">
     <cfRule type="cellIs" dxfId="2" priority="3" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FX12:FX22">
+  <conditionalFormatting sqref="FY12:FY22">
     <cfRule type="cellIs" dxfId="1" priority="2" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FX8 FX10 FX35:FX37 FX24:FX33">
+  <conditionalFormatting sqref="FY8 FY10 FY35:FY37 FY24:FY33">
     <cfRule type="cellIs" dxfId="0" priority="1" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Radni listovi</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>