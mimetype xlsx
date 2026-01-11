--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -5,80 +5,80 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="24334"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\261\MOST\Agregirana bilanca DMFI i Biltenske tablice\Biltenske tablice ENG serija od 12.2010\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{121D8E48-E253-4F37-9432-A96C21C1F12D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{34A43B6D-3A48-42FA-BC3C-030716A54AF4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="EUR" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1346" uniqueCount="35">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1350" uniqueCount="35">
   <si>
     <t>end of period, million EUR</t>
   </si>
   <si>
     <t>ASSETS</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>LIABILITIES</t>
   </si>
   <si>
     <t xml:space="preserve"> Total (1+2+3+4+5)</t>
   </si>
   <si>
     <t xml:space="preserve">Table C1 Balance sheet of the Croatian National Bank </t>
   </si>
   <si>
     <r>
       <t xml:space="preserve"> 1</t>
     </r>
     <r>
       <rPr>
         <b/>
@@ -905,51 +905,111 @@
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="2" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="13" fillId="2" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="2" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="8">
     <cellStyle name="Naslov 1 2" xfId="6" xr:uid="{00000000-0005-0000-0000-000000000000}"/>
     <cellStyle name="Naslov 2 2" xfId="7" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="Normal 3" xfId="3" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="Normalno" xfId="0" builtinId="0"/>
     <cellStyle name="Normalno 2" xfId="5" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
     <cellStyle name="Normalno 3" xfId="1" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
     <cellStyle name="Ukupno - zadnji redak" xfId="4" xr:uid="{00000000-0005-0000-0000-000006000000}"/>
     <cellStyle name="Zaglavlje" xfId="2" xr:uid="{00000000-0005-0000-0000-000007000000}"/>
   </cellStyles>
-  <dxfs count="139">
+  <dxfs count="144">
+    <dxf>
+      <font>
+        <condense val="0"/>
+        <extend val="0"/>
+        <color rgb="FF9C0006"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC7CE"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <condense val="0"/>
+        <extend val="0"/>
+        <color rgb="FF9C0006"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC7CE"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <condense val="0"/>
+        <extend val="0"/>
+        <color rgb="FF9C0006"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC7CE"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <condense val="0"/>
+        <extend val="0"/>
+        <color rgb="FF9C0006"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC7CE"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <condense val="0"/>
+        <extend val="0"/>
+        <color rgb="FF9C0006"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC7CE"/>
+        </patternFill>
+      </fill>
+    </dxf>
     <dxf>
       <font>
         <condense val="0"/>
         <extend val="0"/>
         <color rgb="FF9C0006"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFC7CE"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <condense val="0"/>
         <extend val="0"/>
         <color rgb="FF9C0006"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFC7CE"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
@@ -2892,86 +2952,86 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="B2:FY45"/>
+  <dimension ref="B2:FZ45"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="15" customHeight="1"/>
   <cols>
     <col min="1" max="1" width="2.7109375" style="3" customWidth="1"/>
     <col min="2" max="2" width="64.140625" style="3" customWidth="1"/>
     <col min="3" max="155" width="8.85546875" style="13"/>
     <col min="156" max="157" width="8.85546875" style="3"/>
     <col min="158" max="162" width="8.85546875" style="13"/>
     <col min="163" max="163" width="8.85546875" style="15"/>
     <col min="164" max="168" width="10.140625" style="15"/>
-    <col min="169" max="181" width="8.85546875" style="15"/>
-    <col min="182" max="16384" width="8.85546875" style="3"/>
+    <col min="169" max="182" width="8.85546875" style="15"/>
+    <col min="183" max="16384" width="8.85546875" style="3"/>
   </cols>
   <sheetData>
-    <row r="2" spans="2:181" ht="15" customHeight="1">
+    <row r="2" spans="2:182" ht="15" customHeight="1">
       <c r="B2" s="27" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="3" spans="2:181" ht="15" customHeight="1">
+    <row r="3" spans="2:182" ht="15" customHeight="1">
       <c r="B3" s="28" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="4" spans="2:181" ht="9.9499999999999993" customHeight="1">
+    <row r="4" spans="2:182" ht="9.9499999999999993" customHeight="1">
       <c r="B4" s="4"/>
     </row>
-    <row r="5" spans="2:181" ht="9.9499999999999993" customHeight="1">
+    <row r="5" spans="2:182" ht="9.9499999999999993" customHeight="1">
       <c r="FH5" s="33"/>
       <c r="FI5" s="33"/>
       <c r="FJ5" s="33"/>
     </row>
-    <row r="6" spans="2:181" ht="15" customHeight="1">
+    <row r="6" spans="2:182" ht="15" customHeight="1">
       <c r="B6" s="5"/>
       <c r="C6" s="2">
         <v>40543</v>
       </c>
       <c r="D6" s="2">
         <v>40574</v>
       </c>
       <c r="E6" s="2">
         <v>40602</v>
       </c>
       <c r="F6" s="2">
         <v>40633</v>
       </c>
       <c r="G6" s="2">
         <v>40663</v>
       </c>
       <c r="H6" s="2">
         <v>40694</v>
       </c>
       <c r="I6" s="2">
         <v>40724</v>
       </c>
       <c r="J6" s="2">
         <v>40755</v>
       </c>
@@ -3466,52 +3526,55 @@
       </c>
       <c r="FR6" s="32">
         <v>45747</v>
       </c>
       <c r="FS6" s="32">
         <v>45777</v>
       </c>
       <c r="FT6" s="32">
         <v>45808</v>
       </c>
       <c r="FU6" s="32">
         <v>45838</v>
       </c>
       <c r="FV6" s="32">
         <v>45869</v>
       </c>
       <c r="FW6" s="32">
         <v>45900</v>
       </c>
       <c r="FX6" s="32">
         <v>45930</v>
       </c>
       <c r="FY6" s="32">
         <v>45961</v>
       </c>
+      <c r="FZ6" s="32">
+        <v>45991</v>
+      </c>
     </row>
-    <row r="7" spans="2:181" ht="15" customHeight="1">
+    <row r="7" spans="2:182" ht="15" customHeight="1">
       <c r="B7" s="24" t="s">
         <v>1</v>
       </c>
       <c r="C7" s="15"/>
       <c r="D7" s="15"/>
       <c r="E7" s="15"/>
       <c r="F7" s="15"/>
       <c r="G7" s="15"/>
       <c r="H7" s="15"/>
       <c r="I7" s="15"/>
       <c r="J7" s="15"/>
       <c r="K7" s="15"/>
       <c r="L7" s="15"/>
       <c r="M7" s="15"/>
       <c r="N7" s="15"/>
       <c r="O7" s="15"/>
       <c r="P7" s="15"/>
       <c r="Q7" s="15"/>
       <c r="R7" s="15"/>
       <c r="S7" s="15"/>
       <c r="T7" s="15"/>
       <c r="U7" s="15"/>
       <c r="V7" s="15"/>
       <c r="W7" s="15"/>
       <c r="X7" s="15"/>
@@ -3631,51 +3694,51 @@
       <c r="EH7" s="15"/>
       <c r="EI7" s="15"/>
       <c r="EJ7" s="15"/>
       <c r="EK7" s="15"/>
       <c r="EL7" s="15"/>
       <c r="EM7" s="15"/>
       <c r="EN7" s="15"/>
       <c r="EO7" s="15"/>
       <c r="EP7" s="15"/>
       <c r="EQ7" s="15"/>
       <c r="ER7" s="15"/>
       <c r="ES7" s="15"/>
       <c r="ET7" s="15"/>
       <c r="EU7" s="15"/>
       <c r="EV7" s="15"/>
       <c r="EW7" s="15"/>
       <c r="EX7" s="15"/>
       <c r="EY7" s="15"/>
       <c r="FA7" s="15"/>
       <c r="FB7" s="15"/>
       <c r="FC7" s="15"/>
       <c r="FD7" s="15"/>
       <c r="FE7" s="15"/>
       <c r="FF7" s="15"/>
     </row>
-    <row r="8" spans="2:181" ht="15" customHeight="1">
+    <row r="8" spans="2:182" ht="15" customHeight="1">
       <c r="B8" s="24" t="s">
         <v>6</v>
       </c>
       <c r="C8" s="16">
         <v>10454.760683840001</v>
       </c>
       <c r="D8" s="16">
         <v>10285.07842758</v>
       </c>
       <c r="E8" s="16">
         <v>10303.37620022</v>
       </c>
       <c r="F8" s="16">
         <v>11199.334843750001</v>
       </c>
       <c r="G8" s="16">
         <v>11070.533461810001</v>
       </c>
       <c r="H8" s="16">
         <v>11244.760590850001</v>
       </c>
       <c r="I8" s="16">
         <v>11184.288041469999</v>
       </c>
       <c r="J8" s="16">
@@ -4172,52 +4235,55 @@
       </c>
       <c r="FR8" s="17">
         <v>32806.78420917</v>
       </c>
       <c r="FS8" s="17">
         <v>32363.81824352</v>
       </c>
       <c r="FT8" s="17">
         <v>32546.96772918</v>
       </c>
       <c r="FU8" s="17">
         <v>32549.146795420002</v>
       </c>
       <c r="FV8" s="17">
         <v>33197.820890559997</v>
       </c>
       <c r="FW8" s="17">
         <v>33628.111757830004</v>
       </c>
       <c r="FX8" s="17">
         <v>34539.400177830001</v>
       </c>
       <c r="FY8" s="17">
         <v>35175.305661480001</v>
       </c>
+      <c r="FZ8" s="17">
+        <v>34824.825132290003</v>
+      </c>
     </row>
-    <row r="9" spans="2:181" ht="15" customHeight="1">
+    <row r="9" spans="2:182" ht="15" customHeight="1">
       <c r="B9" s="24" t="s">
         <v>7</v>
       </c>
       <c r="C9" s="16" t="s">
         <v>2</v>
       </c>
       <c r="D9" s="16" t="s">
         <v>2</v>
       </c>
       <c r="E9" s="16" t="s">
         <v>2</v>
       </c>
       <c r="F9" s="16" t="s">
         <v>2</v>
       </c>
       <c r="G9" s="16" t="s">
         <v>2</v>
       </c>
       <c r="H9" s="16" t="s">
         <v>2</v>
       </c>
       <c r="I9" s="16" t="s">
         <v>2</v>
       </c>
       <c r="J9" s="16" t="s">
@@ -4714,52 +4780,55 @@
       </c>
       <c r="FR9" s="17" t="s">
         <v>2</v>
       </c>
       <c r="FS9" s="17" t="s">
         <v>2</v>
       </c>
       <c r="FT9" s="17" t="s">
         <v>2</v>
       </c>
       <c r="FU9" s="17" t="s">
         <v>2</v>
       </c>
       <c r="FV9" s="17" t="s">
         <v>2</v>
       </c>
       <c r="FW9" s="17" t="s">
         <v>2</v>
       </c>
       <c r="FX9" s="17" t="s">
         <v>2</v>
       </c>
       <c r="FY9" s="17" t="s">
         <v>2</v>
       </c>
+      <c r="FZ9" s="17" t="s">
+        <v>2</v>
+      </c>
     </row>
-    <row r="10" spans="2:181" ht="15" customHeight="1">
+    <row r="10" spans="2:182" ht="15" customHeight="1">
       <c r="B10" s="24" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="16">
         <v>349.83714466999999</v>
       </c>
       <c r="D10" s="16">
         <v>339.75281742999999</v>
       </c>
       <c r="E10" s="16">
         <v>341.08510790000003</v>
       </c>
       <c r="F10" s="16">
         <v>335.29781879000001</v>
       </c>
       <c r="G10" s="16">
         <v>323.78125951999999</v>
       </c>
       <c r="H10" s="16">
         <v>335.93801003999999</v>
       </c>
       <c r="I10" s="16">
         <v>330.95797247000002</v>
       </c>
       <c r="J10" s="16">
@@ -5256,52 +5325,55 @@
       </c>
       <c r="FR10" s="17">
         <v>1272.5177598400001</v>
       </c>
       <c r="FS10" s="17">
         <v>1295.81400856</v>
       </c>
       <c r="FT10" s="17">
         <v>1296.5351663599999</v>
       </c>
       <c r="FU10" s="17">
         <v>1237.1124052800001</v>
       </c>
       <c r="FV10" s="17">
         <v>1238.6244142999999</v>
       </c>
       <c r="FW10" s="17">
         <v>1255.3299700699999</v>
       </c>
       <c r="FX10" s="17">
         <v>1250.4033193</v>
       </c>
       <c r="FY10" s="17">
         <v>1250.4033193</v>
       </c>
+      <c r="FZ10" s="17">
+        <v>1250.5699554</v>
+      </c>
     </row>
-    <row r="11" spans="2:181" ht="15" customHeight="1">
+    <row r="11" spans="2:182" ht="15" customHeight="1">
       <c r="B11" s="24" t="s">
         <v>9</v>
       </c>
       <c r="C11" s="16">
         <v>196.13142207000001</v>
       </c>
       <c r="D11" s="16">
         <v>196.71381374000001</v>
       </c>
       <c r="E11" s="16">
         <v>196.91579361000001</v>
       </c>
       <c r="F11" s="16">
         <v>196.06409625000001</v>
       </c>
       <c r="G11" s="16">
         <v>195.30448709000001</v>
       </c>
       <c r="H11" s="16">
         <v>197.29662592</v>
       </c>
       <c r="I11" s="16">
         <v>195.75788362</v>
       </c>
       <c r="J11" s="16">
@@ -5798,52 +5870,55 @@
       </c>
       <c r="FR11" s="17" t="s">
         <v>2</v>
       </c>
       <c r="FS11" s="17" t="s">
         <v>2</v>
       </c>
       <c r="FT11" s="17" t="s">
         <v>2</v>
       </c>
       <c r="FU11" s="17" t="s">
         <v>2</v>
       </c>
       <c r="FV11" s="17" t="s">
         <v>2</v>
       </c>
       <c r="FW11" s="17" t="s">
         <v>2</v>
       </c>
       <c r="FX11" s="17" t="s">
         <v>2</v>
       </c>
       <c r="FY11" s="17" t="s">
         <v>2</v>
       </c>
+      <c r="FZ11" s="17" t="s">
+        <v>2</v>
+      </c>
     </row>
-    <row r="12" spans="2:181" ht="15" customHeight="1">
+    <row r="12" spans="2:182" ht="15" customHeight="1">
       <c r="B12" s="24" t="s">
         <v>10</v>
       </c>
       <c r="C12" s="16">
         <v>3013.8817766100001</v>
       </c>
       <c r="D12" s="16">
         <v>2891.3814435499999</v>
       </c>
       <c r="E12" s="16">
         <v>2628.9510018400001</v>
       </c>
       <c r="F12" s="16">
         <v>3781.07614066</v>
       </c>
       <c r="G12" s="16">
         <v>3716.3274901300001</v>
       </c>
       <c r="H12" s="16">
         <v>2754.2135947500001</v>
       </c>
       <c r="I12" s="16">
         <v>2626.0540658</v>
       </c>
       <c r="J12" s="16">
@@ -6340,52 +6415,55 @@
       </c>
       <c r="FR12" s="17">
         <v>931.87547829000005</v>
       </c>
       <c r="FS12" s="17">
         <v>673.18766597000001</v>
       </c>
       <c r="FT12" s="17">
         <v>713.61933580000004</v>
       </c>
       <c r="FU12" s="17">
         <v>824.45850293000001</v>
       </c>
       <c r="FV12" s="17">
         <v>855.29760723000004</v>
       </c>
       <c r="FW12" s="17">
         <v>797.04195154000001</v>
       </c>
       <c r="FX12" s="17">
         <v>1059.1501339500001</v>
       </c>
       <c r="FY12" s="17">
         <v>1378.91339601</v>
       </c>
+      <c r="FZ12" s="17">
+        <v>990.12211037999998</v>
+      </c>
     </row>
-    <row r="13" spans="2:181" ht="15" customHeight="1">
+    <row r="13" spans="2:182" ht="15" customHeight="1">
       <c r="B13" s="25" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="16" t="s">
         <v>2</v>
       </c>
       <c r="D13" s="16" t="s">
         <v>2</v>
       </c>
       <c r="E13" s="16" t="s">
         <v>2</v>
       </c>
       <c r="F13" s="16" t="s">
         <v>2</v>
       </c>
       <c r="G13" s="16" t="s">
         <v>2</v>
       </c>
       <c r="H13" s="16" t="s">
         <v>2</v>
       </c>
       <c r="I13" s="16" t="s">
         <v>2</v>
       </c>
       <c r="J13" s="16" t="s">
@@ -6882,52 +6960,55 @@
       </c>
       <c r="FR13" s="17" t="s">
         <v>2</v>
       </c>
       <c r="FS13" s="17" t="s">
         <v>2</v>
       </c>
       <c r="FT13" s="17" t="s">
         <v>2</v>
       </c>
       <c r="FU13" s="17" t="s">
         <v>2</v>
       </c>
       <c r="FV13" s="17" t="s">
         <v>2</v>
       </c>
       <c r="FW13" s="17" t="s">
         <v>2</v>
       </c>
       <c r="FX13" s="17" t="s">
         <v>2</v>
       </c>
       <c r="FY13" s="17" t="s">
         <v>2</v>
       </c>
+      <c r="FZ13" s="17" t="s">
+        <v>2</v>
+      </c>
     </row>
-    <row r="14" spans="2:181" ht="15" customHeight="1">
+    <row r="14" spans="2:182" ht="15" customHeight="1">
       <c r="B14" s="25" t="s">
         <v>28</v>
       </c>
       <c r="C14" s="16" t="s">
         <v>2</v>
       </c>
       <c r="D14" s="16" t="s">
         <v>2</v>
       </c>
       <c r="E14" s="16" t="s">
         <v>2</v>
       </c>
       <c r="F14" s="16" t="s">
         <v>2</v>
       </c>
       <c r="G14" s="16" t="s">
         <v>2</v>
       </c>
       <c r="H14" s="16" t="s">
         <v>2</v>
       </c>
       <c r="I14" s="16" t="s">
         <v>2</v>
       </c>
       <c r="J14" s="16" t="s">
@@ -7424,52 +7505,55 @@
       </c>
       <c r="FR14" s="17">
         <v>313.95696125000001</v>
       </c>
       <c r="FS14" s="17">
         <v>313.95696125000001</v>
       </c>
       <c r="FT14" s="17">
         <v>313.95696125000001</v>
       </c>
       <c r="FU14" s="17">
         <v>313.95696125000001</v>
       </c>
       <c r="FV14" s="17">
         <v>313.95696125000001</v>
       </c>
       <c r="FW14" s="17">
         <v>313.95696125000001</v>
       </c>
       <c r="FX14" s="17">
         <v>313.95696125000001</v>
       </c>
       <c r="FY14" s="17">
         <v>313.95696125000001</v>
       </c>
+      <c r="FZ14" s="17">
+        <v>313.95696125000001</v>
+      </c>
     </row>
-    <row r="15" spans="2:181" ht="15" customHeight="1">
+    <row r="15" spans="2:182" ht="15" customHeight="1">
       <c r="B15" s="24" t="s">
         <v>29</v>
       </c>
       <c r="C15" s="16">
         <v>6894.9103404899997</v>
       </c>
       <c r="D15" s="16">
         <v>6857.2303528700004</v>
       </c>
       <c r="E15" s="16">
         <v>7136.42429687</v>
       </c>
       <c r="F15" s="16">
         <v>6886.8967880399996</v>
       </c>
       <c r="G15" s="16">
         <v>6835.1202250699998</v>
       </c>
       <c r="H15" s="16">
         <v>7957.3123601400002</v>
       </c>
       <c r="I15" s="16">
         <v>8031.5181195900004</v>
       </c>
       <c r="J15" s="16">
@@ -7966,52 +8050,55 @@
       </c>
       <c r="FR15" s="17">
         <v>13063.27370604</v>
       </c>
       <c r="FS15" s="17">
         <v>12826.53143899</v>
       </c>
       <c r="FT15" s="17">
         <v>12807.479967019999</v>
       </c>
       <c r="FU15" s="17">
         <v>12488.938222209999</v>
       </c>
       <c r="FV15" s="17">
         <v>12464.12905903</v>
       </c>
       <c r="FW15" s="17">
         <v>12283.73719622</v>
       </c>
       <c r="FX15" s="17">
         <v>12313.129379579999</v>
       </c>
       <c r="FY15" s="17">
         <v>12417.35278617</v>
       </c>
+      <c r="FZ15" s="17">
+        <v>12288.259656509999</v>
+      </c>
     </row>
-    <row r="16" spans="2:181" ht="15" customHeight="1">
+    <row r="16" spans="2:182" ht="15" customHeight="1">
       <c r="B16" s="25" t="s">
         <v>11</v>
       </c>
       <c r="C16" s="16" t="s">
         <v>2</v>
       </c>
       <c r="D16" s="16" t="s">
         <v>2</v>
       </c>
       <c r="E16" s="16" t="s">
         <v>2</v>
       </c>
       <c r="F16" s="16" t="s">
         <v>2</v>
       </c>
       <c r="G16" s="16" t="s">
         <v>2</v>
       </c>
       <c r="H16" s="16" t="s">
         <v>2</v>
       </c>
       <c r="I16" s="16" t="s">
         <v>2</v>
       </c>
       <c r="J16" s="16" t="s">
@@ -8508,52 +8595,55 @@
       </c>
       <c r="FR16" s="17">
         <v>417.63741993999997</v>
       </c>
       <c r="FS16" s="17">
         <v>417.63741993999997</v>
       </c>
       <c r="FT16" s="17">
         <v>417.63741993999997</v>
       </c>
       <c r="FU16" s="17">
         <v>417.63741993999997</v>
       </c>
       <c r="FV16" s="17">
         <v>417.63741993999997</v>
       </c>
       <c r="FW16" s="17">
         <v>417.63741993999997</v>
       </c>
       <c r="FX16" s="17">
         <v>417.63741993999997</v>
       </c>
       <c r="FY16" s="17">
         <v>417.63741993999997</v>
       </c>
+      <c r="FZ16" s="17">
+        <v>417.63741993999997</v>
+      </c>
     </row>
-    <row r="17" spans="2:181" ht="15" customHeight="1">
+    <row r="17" spans="2:182" ht="15" customHeight="1">
       <c r="B17" s="24" t="s">
         <v>32</v>
       </c>
       <c r="C17" s="16" t="s">
         <v>2</v>
       </c>
       <c r="D17" s="16" t="s">
         <v>2</v>
       </c>
       <c r="E17" s="16" t="s">
         <v>2</v>
       </c>
       <c r="F17" s="16" t="s">
         <v>2</v>
       </c>
       <c r="G17" s="16" t="s">
         <v>2</v>
       </c>
       <c r="H17" s="16" t="s">
         <v>2</v>
       </c>
       <c r="I17" s="16" t="s">
         <v>2</v>
       </c>
       <c r="J17" s="16" t="s">
@@ -9050,52 +9140,55 @@
       </c>
       <c r="FR17" s="17">
         <v>17539.117265000001</v>
       </c>
       <c r="FS17" s="17">
         <v>17568.28513</v>
       </c>
       <c r="FT17" s="17">
         <v>17729.333259999999</v>
       </c>
       <c r="FU17" s="17">
         <v>17998.637664999998</v>
       </c>
       <c r="FV17" s="17">
         <v>18639.769810000002</v>
       </c>
       <c r="FW17" s="17">
         <v>19292.002639999999</v>
       </c>
       <c r="FX17" s="17">
         <v>19916.717345000001</v>
       </c>
       <c r="FY17" s="17">
         <v>20128.636159999998</v>
       </c>
+      <c r="FZ17" s="17">
+        <v>20295.87341</v>
+      </c>
     </row>
-    <row r="18" spans="2:181" ht="15" customHeight="1">
+    <row r="18" spans="2:182" ht="15" customHeight="1">
       <c r="B18" s="24" t="s">
         <v>12</v>
       </c>
       <c r="C18" s="16">
         <v>3.686656E-2</v>
       </c>
       <c r="D18" s="16" t="s">
         <v>2</v>
       </c>
       <c r="E18" s="16">
         <v>0.31226098000000002</v>
       </c>
       <c r="F18" s="16">
         <v>0.31226098000000002</v>
       </c>
       <c r="G18" s="16">
         <v>0.25994348</v>
       </c>
       <c r="H18" s="16">
         <v>0.67103058000000004</v>
       </c>
       <c r="I18" s="16" t="s">
         <v>2</v>
       </c>
       <c r="J18" s="16" t="s">
@@ -9592,52 +9685,55 @@
       </c>
       <c r="FR18" s="17">
         <v>1846.1269067400001</v>
       </c>
       <c r="FS18" s="17">
         <v>1842.7644687300001</v>
       </c>
       <c r="FT18" s="17">
         <v>1839.2914123800001</v>
       </c>
       <c r="FU18" s="17">
         <v>1835.93454148</v>
       </c>
       <c r="FV18" s="17">
         <v>1570.38497874</v>
       </c>
       <c r="FW18" s="17">
         <v>1567.7973160399999</v>
       </c>
       <c r="FX18" s="17">
         <v>1565.2945398300001</v>
       </c>
       <c r="FY18" s="17">
         <v>1562.70929434</v>
       </c>
+      <c r="FZ18" s="17">
+        <v>1560.2083362000001</v>
+      </c>
     </row>
-    <row r="19" spans="2:181" ht="15" customHeight="1">
+    <row r="19" spans="2:182" ht="15" customHeight="1">
       <c r="B19" s="24" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="16">
         <v>1.7143021000000001</v>
       </c>
       <c r="D19" s="16">
         <v>1.70989528</v>
       </c>
       <c r="E19" s="16">
         <v>1.7122506900000001</v>
       </c>
       <c r="F19" s="16">
         <v>1.69905599</v>
       </c>
       <c r="G19" s="16">
         <v>1.6862154</v>
       </c>
       <c r="H19" s="16">
         <v>1.6965628500000001</v>
       </c>
       <c r="I19" s="16">
         <v>1.66892263</v>
       </c>
       <c r="J19" s="16">
@@ -10134,52 +10230,55 @@
       </c>
       <c r="FR19" s="17">
         <v>127.4663714</v>
       </c>
       <c r="FS19" s="17">
         <v>62.4663714</v>
       </c>
       <c r="FT19" s="17">
         <v>62.461478399999997</v>
       </c>
       <c r="FU19" s="17">
         <v>147.4582284</v>
       </c>
       <c r="FV19" s="17">
         <v>62.458228400000003</v>
       </c>
       <c r="FW19" s="17">
         <v>62.458228400000003</v>
       </c>
       <c r="FX19" s="17">
         <v>144.4582284</v>
       </c>
       <c r="FY19" s="17">
         <v>62.4547284</v>
       </c>
+      <c r="FZ19" s="17">
+        <v>7.5008439999999996E-2</v>
+      </c>
     </row>
-    <row r="20" spans="2:181" ht="15" customHeight="1">
+    <row r="20" spans="2:182" ht="15" customHeight="1">
       <c r="B20" s="24" t="s">
         <v>14</v>
       </c>
       <c r="C20" s="16">
         <v>2.9936650400000002</v>
       </c>
       <c r="D20" s="16">
         <v>2.9904167199999998</v>
       </c>
       <c r="E20" s="16">
         <v>2.9873088999999999</v>
       </c>
       <c r="F20" s="16">
         <v>2.9760103400000002</v>
       </c>
       <c r="G20" s="16">
         <v>2.9739938600000002</v>
       </c>
       <c r="H20" s="16">
         <v>2.9719636600000001</v>
       </c>
       <c r="I20" s="16">
         <v>2.94277955</v>
       </c>
       <c r="J20" s="16">
@@ -10676,52 +10775,55 @@
       </c>
       <c r="FR20" s="17">
         <v>24.368813620000001</v>
       </c>
       <c r="FS20" s="17">
         <v>24.089508219999999</v>
       </c>
       <c r="FT20" s="17">
         <v>18.502049549999999</v>
       </c>
       <c r="FU20" s="17">
         <v>15.228288089999999</v>
       </c>
       <c r="FV20" s="17">
         <v>21.726629809999999</v>
       </c>
       <c r="FW20" s="17">
         <v>16.832019119999998</v>
       </c>
       <c r="FX20" s="17">
         <v>28.68383086</v>
       </c>
       <c r="FY20" s="17">
         <v>187.44435003999999</v>
       </c>
+      <c r="FZ20" s="17">
+        <v>327.44304321999999</v>
+      </c>
     </row>
-    <row r="21" spans="2:181" ht="15" customHeight="1">
+    <row r="21" spans="2:182" ht="15" customHeight="1">
       <c r="B21" s="24" t="s">
         <v>15</v>
       </c>
       <c r="C21" s="16">
         <v>108.46569624999999</v>
       </c>
       <c r="D21" s="16">
         <v>107.73744732999999</v>
       </c>
       <c r="E21" s="16">
         <v>107.64256643</v>
       </c>
       <c r="F21" s="16">
         <v>107.58962692999999</v>
       </c>
       <c r="G21" s="16">
         <v>109.68522391</v>
       </c>
       <c r="H21" s="16">
         <v>109.55320743999999</v>
       </c>
       <c r="I21" s="16">
         <v>110.62898258</v>
       </c>
       <c r="J21" s="16">
@@ -11218,52 +11320,55 @@
       </c>
       <c r="FR21" s="17">
         <v>301.08454269999999</v>
       </c>
       <c r="FS21" s="17">
         <v>299.30322868000002</v>
       </c>
       <c r="FT21" s="17">
         <v>306.45664491999997</v>
       </c>
       <c r="FU21" s="17">
         <v>437.62278904999999</v>
       </c>
       <c r="FV21" s="17">
         <v>291.87522838000001</v>
       </c>
       <c r="FW21" s="17">
         <v>341.62979853000002</v>
       </c>
       <c r="FX21" s="17">
         <v>438.70110022</v>
       </c>
       <c r="FY21" s="17">
         <v>315.96027808000002</v>
       </c>
+      <c r="FZ21" s="17">
+        <v>326.68278576</v>
+      </c>
     </row>
-    <row r="22" spans="2:181" ht="15" customHeight="1">
+    <row r="22" spans="2:182" ht="15" customHeight="1">
       <c r="B22" s="26" t="s">
         <v>4</v>
       </c>
       <c r="C22" s="1">
         <v>10567.97121378</v>
       </c>
       <c r="D22" s="1">
         <v>10397.516186909999</v>
       </c>
       <c r="E22" s="1">
         <v>10416.030587220001</v>
       </c>
       <c r="F22" s="1">
         <v>11311.911797999999</v>
       </c>
       <c r="G22" s="1">
         <v>11185.13883847</v>
       </c>
       <c r="H22" s="1">
         <v>11359.65335538</v>
       </c>
       <c r="I22" s="1">
         <v>11299.52872622</v>
       </c>
       <c r="J22" s="1">
@@ -11760,52 +11865,55 @@
       </c>
       <c r="FR22" s="29">
         <v>35105.830843629999</v>
       </c>
       <c r="FS22" s="29">
         <v>34592.441820549997</v>
       </c>
       <c r="FT22" s="29">
         <v>34773.679314430003</v>
       </c>
       <c r="FU22" s="29">
         <v>34985.390642439997</v>
       </c>
       <c r="FV22" s="29">
         <v>35144.265955889998</v>
       </c>
       <c r="FW22" s="29">
         <v>35616.829119920003</v>
       </c>
       <c r="FX22" s="29">
         <v>36716.537877139999</v>
       </c>
       <c r="FY22" s="29">
         <v>37303.874312339998</v>
       </c>
+      <c r="FZ22" s="29">
+        <v>37039.234305910002</v>
+      </c>
     </row>
-    <row r="23" spans="2:181" ht="15" customHeight="1">
+    <row r="23" spans="2:182" ht="15" customHeight="1">
       <c r="B23" s="24" t="s">
         <v>3</v>
       </c>
       <c r="C23" s="15"/>
       <c r="D23" s="15"/>
       <c r="E23" s="15"/>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15"/>
       <c r="I23" s="15"/>
       <c r="J23" s="15"/>
       <c r="K23" s="15"/>
       <c r="L23" s="15"/>
       <c r="M23" s="15"/>
       <c r="N23" s="15"/>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23" s="15"/>
       <c r="S23" s="15"/>
       <c r="T23" s="15"/>
       <c r="U23" s="15"/>
       <c r="V23" s="15"/>
       <c r="W23" s="15"/>
       <c r="X23" s="15"/>
@@ -11932,51 +12040,51 @@
       <c r="EO23" s="15"/>
       <c r="EP23" s="15"/>
       <c r="EQ23" s="15"/>
       <c r="ER23" s="18"/>
       <c r="ES23" s="18"/>
       <c r="ET23" s="18"/>
       <c r="EU23" s="18"/>
       <c r="EV23" s="18"/>
       <c r="EW23" s="18"/>
       <c r="EX23" s="18"/>
       <c r="EY23" s="18"/>
       <c r="EZ23" s="18"/>
       <c r="FA23" s="18"/>
       <c r="FB23" s="18"/>
       <c r="FC23" s="18"/>
       <c r="FD23" s="18"/>
       <c r="FE23" s="18"/>
       <c r="FF23" s="18"/>
       <c r="FG23" s="18"/>
       <c r="FH23" s="18"/>
       <c r="FI23" s="18"/>
       <c r="FJ23" s="18"/>
       <c r="FK23" s="18"/>
       <c r="FL23" s="18"/>
     </row>
-    <row r="24" spans="2:181" s="21" customFormat="1" ht="15" customHeight="1">
+    <row r="24" spans="2:182" s="21" customFormat="1" ht="15" customHeight="1">
       <c r="B24" s="8" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="19">
         <v>2563.0714446799998</v>
       </c>
       <c r="D24" s="19">
         <v>2481.19849974</v>
       </c>
       <c r="E24" s="19">
         <v>2488.9715188099999</v>
       </c>
       <c r="F24" s="19">
         <v>2468.9240487900001</v>
       </c>
       <c r="G24" s="19">
         <v>2588.4626710100001</v>
       </c>
       <c r="H24" s="19">
         <v>2612.62891683</v>
       </c>
       <c r="I24" s="19">
         <v>2839.0520474099999</v>
       </c>
       <c r="J24" s="19">
@@ -12473,52 +12581,55 @@
       </c>
       <c r="FR24" s="17">
         <v>11345.00520231</v>
       </c>
       <c r="FS24" s="17">
         <v>11417.950976820001</v>
       </c>
       <c r="FT24" s="17">
         <v>11441.652265999999</v>
       </c>
       <c r="FU24" s="17">
         <v>11485.003947880001</v>
       </c>
       <c r="FV24" s="17">
         <v>11539.758177240001</v>
       </c>
       <c r="FW24" s="17">
         <v>11542.619160210001</v>
       </c>
       <c r="FX24" s="17">
         <v>11524.833501569999</v>
       </c>
       <c r="FY24" s="17">
         <v>11539.323421290001</v>
       </c>
+      <c r="FZ24" s="17">
+        <v>11563.795632720001</v>
+      </c>
     </row>
-    <row r="25" spans="2:181" s="21" customFormat="1" ht="15" customHeight="1">
+    <row r="25" spans="2:182" s="21" customFormat="1" ht="15" customHeight="1">
       <c r="B25" s="8" t="s">
         <v>27</v>
       </c>
       <c r="C25" s="19" t="s">
         <v>2</v>
       </c>
       <c r="D25" s="19" t="s">
         <v>2</v>
       </c>
       <c r="E25" s="19" t="s">
         <v>2</v>
       </c>
       <c r="F25" s="19" t="s">
         <v>2</v>
       </c>
       <c r="G25" s="19" t="s">
         <v>2</v>
       </c>
       <c r="H25" s="19" t="s">
         <v>2</v>
       </c>
       <c r="I25" s="19" t="s">
         <v>2</v>
       </c>
       <c r="J25" s="19" t="s">
@@ -13015,52 +13126,55 @@
       </c>
       <c r="FR25" s="17">
         <v>-6194.1120626900001</v>
       </c>
       <c r="FS25" s="17">
         <v>-6150.3341531799997</v>
       </c>
       <c r="FT25" s="17">
         <v>-6287.6809940000003</v>
       </c>
       <c r="FU25" s="17">
         <v>-6513.6337171200003</v>
       </c>
       <c r="FV25" s="17">
         <v>-7100.0116327599999</v>
       </c>
       <c r="FW25" s="17">
         <v>-7749.3834797899999</v>
       </c>
       <c r="FX25" s="17">
         <v>-8391.8838434299996</v>
       </c>
       <c r="FY25" s="17">
         <v>-8589.3127387099994</v>
       </c>
+      <c r="FZ25" s="17">
+        <v>-8732.0777772799993</v>
+      </c>
     </row>
-    <row r="26" spans="2:181" s="21" customFormat="1" ht="15" customHeight="1">
+    <row r="26" spans="2:182" s="21" customFormat="1" ht="15" customHeight="1">
       <c r="B26" s="8" t="s">
         <v>16</v>
       </c>
       <c r="C26" s="19">
         <v>5536.3914133799999</v>
       </c>
       <c r="D26" s="19">
         <v>5682.5953189700003</v>
       </c>
       <c r="E26" s="19">
         <v>5793.9009203300002</v>
       </c>
       <c r="F26" s="19">
         <v>5807.8673133399998</v>
       </c>
       <c r="G26" s="19">
         <v>5970.42783495</v>
       </c>
       <c r="H26" s="19">
         <v>6182.5406683900001</v>
       </c>
       <c r="I26" s="19">
         <v>6180.7334728100004</v>
       </c>
       <c r="J26" s="19">
@@ -13557,52 +13671,55 @@
       </c>
       <c r="FR26" s="17">
         <v>13090.62296221</v>
       </c>
       <c r="FS26" s="17">
         <v>11662.604127320001</v>
       </c>
       <c r="FT26" s="17">
         <v>11487.6110979</v>
       </c>
       <c r="FU26" s="17">
         <v>11291.300654230001</v>
       </c>
       <c r="FV26" s="17">
         <v>11572.84440208</v>
       </c>
       <c r="FW26" s="17">
         <v>12745.632204760001</v>
       </c>
       <c r="FX26" s="17">
         <v>13582.17319809</v>
       </c>
       <c r="FY26" s="17">
         <v>12531.21362751</v>
       </c>
+      <c r="FZ26" s="17">
+        <v>11162.38775519</v>
+      </c>
     </row>
-    <row r="27" spans="2:181" s="21" customFormat="1" ht="15" customHeight="1">
+    <row r="27" spans="2:182" s="21" customFormat="1" ht="15" customHeight="1">
       <c r="B27" s="8" t="s">
         <v>17</v>
       </c>
       <c r="C27" s="19">
         <v>1359.887553524454</v>
       </c>
       <c r="D27" s="19">
         <v>1118.5751823452117</v>
       </c>
       <c r="E27" s="19">
         <v>1189.0447946831241</v>
       </c>
       <c r="F27" s="19">
         <v>1305.1383686349457</v>
       </c>
       <c r="G27" s="19">
         <v>1352.9914963846306</v>
       </c>
       <c r="H27" s="19">
         <v>1066.6367756427101</v>
       </c>
       <c r="I27" s="19">
         <v>1352.8806776415156</v>
       </c>
       <c r="J27" s="19">
@@ -14099,52 +14216,55 @@
       </c>
       <c r="FR27" s="17">
         <v>1121.4375965500001</v>
       </c>
       <c r="FS27" s="17">
         <v>987.43101615</v>
       </c>
       <c r="FT27" s="17">
         <v>1346.8308466999999</v>
       </c>
       <c r="FU27" s="17">
         <v>1022.14774315</v>
       </c>
       <c r="FV27" s="17">
         <v>1114.0546566999999</v>
       </c>
       <c r="FW27" s="17">
         <v>904.69215187999998</v>
       </c>
       <c r="FX27" s="17">
         <v>1232.3884267799999</v>
       </c>
       <c r="FY27" s="17">
         <v>1151.66777161</v>
       </c>
+      <c r="FZ27" s="17">
+        <v>1078.4093251899999</v>
+      </c>
     </row>
-    <row r="28" spans="2:181" s="21" customFormat="1" ht="15" customHeight="1">
+    <row r="28" spans="2:182" s="21" customFormat="1" ht="15" customHeight="1">
       <c r="B28" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C28" s="19">
         <v>529.08620345999998</v>
       </c>
       <c r="D28" s="19">
         <v>910.62446080999996</v>
       </c>
       <c r="E28" s="19">
         <v>912.82765943000004</v>
       </c>
       <c r="F28" s="19">
         <v>798.06224699999996</v>
       </c>
       <c r="G28" s="19">
         <v>884.86296370000002</v>
       </c>
       <c r="H28" s="19">
         <v>1380.3702966400001</v>
       </c>
       <c r="I28" s="19">
         <v>1064.43692349</v>
       </c>
       <c r="J28" s="19">
@@ -14641,52 +14761,55 @@
       </c>
       <c r="FR28" s="17">
         <v>11967.00880577</v>
       </c>
       <c r="FS28" s="17">
         <v>10673.036295239999</v>
       </c>
       <c r="FT28" s="17">
         <v>10138.613409379999</v>
       </c>
       <c r="FU28" s="17">
         <v>10266.73888112</v>
       </c>
       <c r="FV28" s="17">
         <v>10456.10998508</v>
       </c>
       <c r="FW28" s="17">
         <v>11838.26069506</v>
       </c>
       <c r="FX28" s="17">
         <v>12347.24486083</v>
       </c>
       <c r="FY28" s="17">
         <v>11377.017706119999</v>
       </c>
+      <c r="FZ28" s="17">
+        <v>10080.858795030001</v>
+      </c>
     </row>
-    <row r="29" spans="2:181" s="21" customFormat="1" ht="15" customHeight="1">
+    <row r="29" spans="2:182" s="21" customFormat="1" ht="15" customHeight="1">
       <c r="B29" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C29" s="19">
         <v>3647.4176563886126</v>
       </c>
       <c r="D29" s="19">
         <v>3653.3956758125951</v>
       </c>
       <c r="E29" s="19">
         <v>3692.0284662114268</v>
       </c>
       <c r="F29" s="19">
         <v>3704.6666977092036</v>
       </c>
       <c r="G29" s="19">
         <v>3732.573374866281</v>
       </c>
       <c r="H29" s="19">
         <v>3735.5335961112214</v>
       </c>
       <c r="I29" s="19">
         <v>3763.4158716862426</v>
       </c>
       <c r="J29" s="19">
@@ -15183,52 +15306,55 @@
       </c>
       <c r="FR29" s="17">
         <v>2.1765598900000001</v>
       </c>
       <c r="FS29" s="17">
         <v>2.13681593</v>
       </c>
       <c r="FT29" s="17">
         <v>2.1668418200000001</v>
       </c>
       <c r="FU29" s="17">
         <v>2.4140299600000001</v>
       </c>
       <c r="FV29" s="17">
         <v>2.6797602999999999</v>
       </c>
       <c r="FW29" s="17">
         <v>2.6793578199999999</v>
       </c>
       <c r="FX29" s="17">
         <v>2.5399104800000001</v>
       </c>
       <c r="FY29" s="17">
         <v>2.5281497800000001</v>
       </c>
+      <c r="FZ29" s="17">
+        <v>3.1196349699999999</v>
+      </c>
     </row>
-    <row r="30" spans="2:181" s="21" customFormat="1" ht="15" customHeight="1">
+    <row r="30" spans="2:182" s="21" customFormat="1" ht="15" customHeight="1">
       <c r="B30" s="8" t="s">
         <v>20</v>
       </c>
       <c r="C30" s="19">
         <v>718.54806375999999</v>
       </c>
       <c r="D30" s="19">
         <v>545.11625115000004</v>
       </c>
       <c r="E30" s="19">
         <v>439.69427393000001</v>
       </c>
       <c r="F30" s="19">
         <v>1428.7536297500001</v>
       </c>
       <c r="G30" s="19">
         <v>1151.3684878500001</v>
       </c>
       <c r="H30" s="19">
         <v>890.36511303999998</v>
       </c>
       <c r="I30" s="19">
         <v>692.34320990000003</v>
       </c>
       <c r="J30" s="19">
@@ -15725,52 +15851,55 @@
       </c>
       <c r="FR30" s="17">
         <v>3693.3056381400002</v>
       </c>
       <c r="FS30" s="17">
         <v>3203.81759797</v>
       </c>
       <c r="FT30" s="17">
         <v>2381.4262528499999</v>
       </c>
       <c r="FU30" s="17">
         <v>2460.6005049700002</v>
       </c>
       <c r="FV30" s="17">
         <v>2626.7619774300001</v>
       </c>
       <c r="FW30" s="17">
         <v>2939.5208383099998</v>
       </c>
       <c r="FX30" s="17">
         <v>4198.0288935099998</v>
       </c>
       <c r="FY30" s="17">
         <v>3440.93374756</v>
       </c>
+      <c r="FZ30" s="17">
+        <v>3413.79661876</v>
+      </c>
     </row>
-    <row r="31" spans="2:181" s="21" customFormat="1" ht="15" customHeight="1">
+    <row r="31" spans="2:182" s="21" customFormat="1" ht="15" customHeight="1">
       <c r="B31" s="8" t="s">
         <v>25</v>
       </c>
       <c r="C31" s="19">
         <v>6.1072999999999998E-4</v>
       </c>
       <c r="D31" s="19">
         <v>5.4762200000000004E-3</v>
       </c>
       <c r="E31" s="19">
         <v>6.8447690000000005E-2</v>
       </c>
       <c r="F31" s="19">
         <v>1.6555299999999999E-3</v>
       </c>
       <c r="G31" s="19">
         <v>1.579125E-2</v>
       </c>
       <c r="H31" s="19">
         <v>8.5785120000000006E-2</v>
       </c>
       <c r="I31" s="19">
         <v>0.21701340999999999</v>
       </c>
       <c r="J31" s="19">
@@ -16267,52 +16396,55 @@
       </c>
       <c r="FR31" s="17">
         <v>393.02124211</v>
       </c>
       <c r="FS31" s="17">
         <v>660.76799617999995</v>
       </c>
       <c r="FT31" s="17">
         <v>590.27047317999995</v>
       </c>
       <c r="FU31" s="17">
         <v>608.40631991999999</v>
       </c>
       <c r="FV31" s="17">
         <v>642.19281447000003</v>
       </c>
       <c r="FW31" s="17">
         <v>713.17923958999995</v>
       </c>
       <c r="FX31" s="17">
         <v>669.44927077</v>
       </c>
       <c r="FY31" s="17">
         <v>1077.75316101</v>
       </c>
+      <c r="FZ31" s="17">
+        <v>1294.9727663399999</v>
+      </c>
     </row>
-    <row r="32" spans="2:181" s="21" customFormat="1" ht="15" customHeight="1">
+    <row r="32" spans="2:182" s="21" customFormat="1" ht="15" customHeight="1">
       <c r="B32" s="8" t="s">
         <v>21</v>
       </c>
       <c r="C32" s="19">
         <v>350.18752918000001</v>
       </c>
       <c r="D32" s="19">
         <v>340.04521775000001</v>
       </c>
       <c r="E32" s="19">
         <v>341.41611641999998</v>
       </c>
       <c r="F32" s="19">
         <v>334.88127599000001</v>
       </c>
       <c r="G32" s="19">
         <v>322.99180239999998</v>
       </c>
       <c r="H32" s="19">
         <v>335.17091096000001</v>
       </c>
       <c r="I32" s="19">
         <v>330.20307803999998</v>
       </c>
       <c r="J32" s="19">
@@ -16809,52 +16941,55 @@
       </c>
       <c r="FR32" s="17">
         <v>4381.0272967800001</v>
       </c>
       <c r="FS32" s="17">
         <v>5517.9239961599997</v>
       </c>
       <c r="FT32" s="17">
         <v>6763.2814661000002</v>
       </c>
       <c r="FU32" s="17">
         <v>6982.62948564</v>
       </c>
       <c r="FV32" s="17">
         <v>6635.8398692199999</v>
       </c>
       <c r="FW32" s="17">
         <v>5567.6027686500001</v>
       </c>
       <c r="FX32" s="17">
         <v>4582.6400516200001</v>
       </c>
       <c r="FY32" s="17">
         <v>6249.1193418700004</v>
       </c>
+      <c r="FZ32" s="17">
+        <v>7487.3984460399997</v>
+      </c>
     </row>
-    <row r="33" spans="2:181" s="21" customFormat="1" ht="15" customHeight="1">
+    <row r="33" spans="2:182" s="21" customFormat="1" ht="15" customHeight="1">
       <c r="B33" s="25" t="s">
         <v>34</v>
       </c>
       <c r="C33" s="17" t="s">
         <v>2</v>
       </c>
       <c r="D33" s="17" t="s">
         <v>2</v>
       </c>
       <c r="E33" s="17" t="s">
         <v>2</v>
       </c>
       <c r="F33" s="17" t="s">
         <v>2</v>
       </c>
       <c r="G33" s="17" t="s">
         <v>2</v>
       </c>
       <c r="H33" s="17" t="s">
         <v>2</v>
       </c>
       <c r="I33" s="17" t="s">
         <v>2</v>
       </c>
       <c r="J33" s="17" t="s">
@@ -17351,52 +17486,55 @@
       </c>
       <c r="FR33" s="17">
         <v>1359.453501</v>
       </c>
       <c r="FS33" s="17">
         <v>3154.9564009699998</v>
       </c>
       <c r="FT33" s="17">
         <v>4190.7962363699999</v>
       </c>
       <c r="FU33" s="17">
         <v>4832.3022395099997</v>
       </c>
       <c r="FV33" s="17">
         <v>4657.3632754500004</v>
       </c>
       <c r="FW33" s="17">
         <v>3221.2708947900001</v>
       </c>
       <c r="FX33" s="17">
         <v>2228.7005460199998</v>
       </c>
       <c r="FY33" s="17">
         <v>3606.04940154</v>
       </c>
+      <c r="FZ33" s="17">
+        <v>5127.5448150700004</v>
+      </c>
     </row>
-    <row r="34" spans="2:181" s="21" customFormat="1" ht="15" customHeight="1">
+    <row r="34" spans="2:182" s="21" customFormat="1" ht="15" customHeight="1">
       <c r="B34" s="10" t="s">
         <v>22</v>
       </c>
       <c r="C34" s="19" t="s">
         <v>2</v>
       </c>
       <c r="D34" s="19" t="s">
         <v>2</v>
       </c>
       <c r="E34" s="19" t="s">
         <v>2</v>
       </c>
       <c r="F34" s="19" t="s">
         <v>2</v>
       </c>
       <c r="G34" s="19" t="s">
         <v>2</v>
       </c>
       <c r="H34" s="19" t="s">
         <v>2</v>
       </c>
       <c r="I34" s="19" t="s">
         <v>2</v>
       </c>
       <c r="J34" s="19" t="s">
@@ -17893,52 +18031,55 @@
       </c>
       <c r="FR34" s="17" t="s">
         <v>2</v>
       </c>
       <c r="FS34" s="17" t="s">
         <v>2</v>
       </c>
       <c r="FT34" s="17" t="s">
         <v>2</v>
       </c>
       <c r="FU34" s="17" t="s">
         <v>2</v>
       </c>
       <c r="FV34" s="17" t="s">
         <v>2</v>
       </c>
       <c r="FW34" s="17" t="s">
         <v>2</v>
       </c>
       <c r="FX34" s="17" t="s">
         <v>2</v>
       </c>
       <c r="FY34" s="17" t="s">
         <v>2</v>
       </c>
+      <c r="FZ34" s="17" t="s">
+        <v>2</v>
+      </c>
     </row>
-    <row r="35" spans="2:181" s="21" customFormat="1" ht="15" customHeight="1">
+    <row r="35" spans="2:182" s="21" customFormat="1" ht="15" customHeight="1">
       <c r="B35" s="8" t="s">
         <v>23</v>
       </c>
       <c r="C35" s="19">
         <v>1388.32043701</v>
       </c>
       <c r="D35" s="19">
         <v>1338.89118502</v>
       </c>
       <c r="E35" s="19">
         <v>1342.4297521999999</v>
       </c>
       <c r="F35" s="19">
         <v>1262.50696423</v>
       </c>
       <c r="G35" s="19">
         <v>1143.3346188400001</v>
       </c>
       <c r="H35" s="19">
         <v>1329.75781353</v>
       </c>
       <c r="I35" s="19">
         <v>1248.5639543899999</v>
       </c>
       <c r="J35" s="19">
@@ -18435,52 +18576,55 @@
       </c>
       <c r="FR35" s="17">
         <v>1826.8466779800001</v>
       </c>
       <c r="FS35" s="17">
         <v>1749.3474421799999</v>
       </c>
       <c r="FT35" s="17">
         <v>1712.6813195100001</v>
       </c>
       <c r="FU35" s="17">
         <v>1769.0133767</v>
       </c>
       <c r="FV35" s="17">
         <v>1744.74524946</v>
       </c>
       <c r="FW35" s="17">
         <v>1725.8426282999999</v>
       </c>
       <c r="FX35" s="17">
         <v>1780.5228899199999</v>
       </c>
       <c r="FY35" s="17">
         <v>1756.0880055800001</v>
       </c>
+      <c r="FZ35" s="17">
+        <v>1734.67355679</v>
+      </c>
     </row>
-    <row r="36" spans="2:181" s="21" customFormat="1" ht="15" customHeight="1">
+    <row r="36" spans="2:182" s="21" customFormat="1" ht="15" customHeight="1">
       <c r="B36" s="8" t="s">
         <v>30</v>
       </c>
       <c r="C36" s="19">
         <v>11.451715050000001</v>
       </c>
       <c r="D36" s="19">
         <v>9.6642380600000006</v>
       </c>
       <c r="E36" s="19">
         <v>9.5495578400000003</v>
       </c>
       <c r="F36" s="19">
         <v>8.9769103700000006</v>
       </c>
       <c r="G36" s="19">
         <v>8.5376321700000002</v>
       </c>
       <c r="H36" s="19">
         <v>9.1041474999999998</v>
       </c>
       <c r="I36" s="19">
         <v>8.4159502699999997</v>
       </c>
       <c r="J36" s="19">
@@ -18977,52 +19121,55 @@
       </c>
       <c r="FR36" s="17">
         <v>376.00182411999998</v>
       </c>
       <c r="FS36" s="17">
         <v>380.02968398000002</v>
       </c>
       <c r="FT36" s="17">
         <v>396.75643881000002</v>
       </c>
       <c r="FU36" s="17">
         <v>388.43635316000001</v>
       </c>
       <c r="FV36" s="17">
         <v>382.12346592</v>
       </c>
       <c r="FW36" s="17">
         <v>382.43228011999997</v>
       </c>
       <c r="FX36" s="17">
         <v>378.89007164999998</v>
       </c>
       <c r="FY36" s="17">
         <v>709.44300745999999</v>
       </c>
+      <c r="FZ36" s="17">
+        <v>382.20952998000001</v>
+      </c>
     </row>
-    <row r="37" spans="2:181" s="21" customFormat="1" ht="15" customHeight="1">
+    <row r="37" spans="2:182" s="21" customFormat="1" ht="15" customHeight="1">
       <c r="B37" s="9" t="s">
         <v>24</v>
       </c>
       <c r="C37" s="22">
         <v>10567.97121378</v>
       </c>
       <c r="D37" s="22">
         <v>10397.516186909999</v>
       </c>
       <c r="E37" s="22">
         <v>10416.030587220001</v>
       </c>
       <c r="F37" s="22">
         <v>11311.911797999999</v>
       </c>
       <c r="G37" s="22">
         <v>11185.13883847</v>
       </c>
       <c r="H37" s="22">
         <v>11359.65335538</v>
       </c>
       <c r="I37" s="22">
         <v>11299.52872622</v>
       </c>
       <c r="J37" s="22">
@@ -19519,751 +19666,779 @@
       </c>
       <c r="FR37" s="29">
         <v>35105.830843650001</v>
       </c>
       <c r="FS37" s="29">
         <v>34592.441820610002</v>
       </c>
       <c r="FT37" s="29">
         <v>34773.679314350004</v>
       </c>
       <c r="FU37" s="29">
         <v>34985.390642500002</v>
       </c>
       <c r="FV37" s="29">
         <v>35144.265955820003</v>
       </c>
       <c r="FW37" s="29">
         <v>35616.829119939997</v>
       </c>
       <c r="FX37" s="29">
         <v>36716.537877130002</v>
       </c>
       <c r="FY37" s="29">
         <v>37303.874312280001</v>
       </c>
+      <c r="FZ37" s="29">
+        <v>37039.234305819999</v>
+      </c>
     </row>
-    <row r="38" spans="2:181" ht="15" customHeight="1">
+    <row r="38" spans="2:182" ht="15" customHeight="1">
       <c r="B38" s="7"/>
     </row>
-    <row r="39" spans="2:181" ht="53.1" customHeight="1">
+    <row r="39" spans="2:182" ht="53.1" customHeight="1">
       <c r="B39" s="34" t="s">
         <v>31</v>
       </c>
       <c r="C39" s="34"/>
       <c r="D39" s="34"/>
       <c r="E39" s="34"/>
       <c r="F39" s="34"/>
       <c r="G39" s="34"/>
       <c r="H39" s="34"/>
       <c r="I39" s="34"/>
       <c r="J39" s="34"/>
       <c r="K39" s="31"/>
       <c r="L39" s="30"/>
       <c r="M39" s="30"/>
       <c r="N39" s="30"/>
     </row>
-    <row r="41" spans="2:181" ht="15" customHeight="1">
+    <row r="41" spans="2:182" ht="15" customHeight="1">
       <c r="B41" s="11"/>
     </row>
-    <row r="42" spans="2:181" ht="15" customHeight="1">
+    <row r="42" spans="2:182" ht="15" customHeight="1">
       <c r="B42" s="12"/>
     </row>
-    <row r="43" spans="2:181" ht="15" customHeight="1">
+    <row r="43" spans="2:182" ht="15" customHeight="1">
       <c r="B43" s="8"/>
     </row>
-    <row r="44" spans="2:181" ht="15" customHeight="1">
+    <row r="44" spans="2:182" ht="15" customHeight="1">
       <c r="B44" s="8"/>
     </row>
-    <row r="45" spans="2:181" ht="15" customHeight="1">
+    <row r="45" spans="2:182" ht="15" customHeight="1">
       <c r="B45" s="8"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="B39:J39"/>
   </mergeCells>
   <conditionalFormatting sqref="ER8:EX19 C20:EX22 EY8:FF22 FG12:FG22">
-    <cfRule type="cellIs" dxfId="138" priority="218" operator="equal">
+    <cfRule type="cellIs" dxfId="143" priority="229" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="D8:E8">
-    <cfRule type="cellIs" dxfId="137" priority="217" operator="equal">
+    <cfRule type="cellIs" dxfId="142" priority="228" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="D10:E12 D15:E15 D18:E19 D35:E37 D24:E24 D26:E32">
-    <cfRule type="cellIs" dxfId="136" priority="216" operator="equal">
+    <cfRule type="cellIs" dxfId="141" priority="227" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="D9:E9">
-    <cfRule type="cellIs" dxfId="135" priority="215" operator="equal">
+    <cfRule type="cellIs" dxfId="140" priority="226" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="D13:E13">
-    <cfRule type="cellIs" dxfId="134" priority="214" operator="equal">
+    <cfRule type="cellIs" dxfId="139" priority="225" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="D14:E14">
-    <cfRule type="cellIs" dxfId="133" priority="213" operator="equal">
+    <cfRule type="cellIs" dxfId="138" priority="224" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="D16:E17">
-    <cfRule type="cellIs" dxfId="132" priority="212" operator="equal">
+    <cfRule type="cellIs" dxfId="137" priority="223" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="F8:DM8">
-    <cfRule type="cellIs" dxfId="131" priority="209" operator="equal">
+    <cfRule type="cellIs" dxfId="136" priority="220" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="D25:E25">
-    <cfRule type="cellIs" dxfId="130" priority="210" operator="equal">
+    <cfRule type="cellIs" dxfId="135" priority="221" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="F10:DM12 F15:DM15 F18:DM19 F35:DM37 F24:DM24 F26:DM27 F29:DM32 F28:AE28">
-    <cfRule type="cellIs" dxfId="129" priority="208" operator="equal">
+    <cfRule type="cellIs" dxfId="134" priority="219" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="F9:DM9">
-    <cfRule type="cellIs" dxfId="128" priority="207" operator="equal">
+    <cfRule type="cellIs" dxfId="133" priority="218" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="F13:DM13">
-    <cfRule type="cellIs" dxfId="127" priority="206" operator="equal">
+    <cfRule type="cellIs" dxfId="132" priority="217" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="F14:DM14">
-    <cfRule type="cellIs" dxfId="126" priority="205" operator="equal">
+    <cfRule type="cellIs" dxfId="131" priority="216" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="F16:DM17">
-    <cfRule type="cellIs" dxfId="125" priority="204" operator="equal">
+    <cfRule type="cellIs" dxfId="130" priority="215" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="DN8:EQ8">
-    <cfRule type="cellIs" dxfId="124" priority="201" operator="equal">
+    <cfRule type="cellIs" dxfId="129" priority="212" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="F25:DM25">
-    <cfRule type="cellIs" dxfId="123" priority="202" operator="equal">
+    <cfRule type="cellIs" dxfId="128" priority="213" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="DN10:EQ12 DN15:EQ15 DN18:EQ19 DN35:EQ37 DN24:EQ24 DN26:EQ27 DN29:EQ32">
-    <cfRule type="cellIs" dxfId="122" priority="200" operator="equal">
+    <cfRule type="cellIs" dxfId="127" priority="211" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="DN9:EQ9">
-    <cfRule type="cellIs" dxfId="121" priority="199" operator="equal">
+    <cfRule type="cellIs" dxfId="126" priority="210" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="DN13:EQ13">
-    <cfRule type="cellIs" dxfId="120" priority="198" operator="equal">
+    <cfRule type="cellIs" dxfId="125" priority="209" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="DN14:EQ14">
-    <cfRule type="cellIs" dxfId="119" priority="197" operator="equal">
+    <cfRule type="cellIs" dxfId="124" priority="208" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="DN16:EQ17">
-    <cfRule type="cellIs" dxfId="118" priority="196" operator="equal">
+    <cfRule type="cellIs" dxfId="123" priority="207" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="DN25:EQ25">
-    <cfRule type="cellIs" dxfId="117" priority="194" operator="equal">
+    <cfRule type="cellIs" dxfId="122" priority="205" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="AF28:EQ28">
-    <cfRule type="cellIs" dxfId="116" priority="192" operator="equal">
+    <cfRule type="cellIs" dxfId="121" priority="203" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="D34:EQ34">
-    <cfRule type="cellIs" dxfId="115" priority="193" operator="equal">
+    <cfRule type="cellIs" dxfId="120" priority="204" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="ER24:ER32 ER34:ER37">
-    <cfRule type="cellIs" dxfId="114" priority="191" operator="equal">
+    <cfRule type="cellIs" dxfId="119" priority="202" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="ES24:ES32 ES34:ES37">
-    <cfRule type="cellIs" dxfId="113" priority="190" operator="equal">
+    <cfRule type="cellIs" dxfId="118" priority="201" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="ET24:EX32 ET34:EX37">
-    <cfRule type="cellIs" dxfId="112" priority="189" operator="equal">
+    <cfRule type="cellIs" dxfId="117" priority="200" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C8">
-    <cfRule type="cellIs" dxfId="111" priority="187" operator="equal">
+    <cfRule type="cellIs" dxfId="116" priority="198" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C10:C12 C15 C18:C19 C35:C37 C24 C26:C32">
-    <cfRule type="cellIs" dxfId="110" priority="186" operator="equal">
+    <cfRule type="cellIs" dxfId="115" priority="197" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C9">
-    <cfRule type="cellIs" dxfId="109" priority="185" operator="equal">
+    <cfRule type="cellIs" dxfId="114" priority="196" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C13">
-    <cfRule type="cellIs" dxfId="108" priority="184" operator="equal">
+    <cfRule type="cellIs" dxfId="113" priority="195" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C14">
-    <cfRule type="cellIs" dxfId="107" priority="183" operator="equal">
+    <cfRule type="cellIs" dxfId="112" priority="194" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C16:C17">
-    <cfRule type="cellIs" dxfId="106" priority="182" operator="equal">
+    <cfRule type="cellIs" dxfId="111" priority="193" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C25">
-    <cfRule type="cellIs" dxfId="105" priority="180" operator="equal">
+    <cfRule type="cellIs" dxfId="110" priority="191" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C34">
-    <cfRule type="cellIs" dxfId="104" priority="179" operator="equal">
+    <cfRule type="cellIs" dxfId="109" priority="190" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="EY24:EY32 EY34:EY37">
-    <cfRule type="cellIs" dxfId="103" priority="177" operator="equal">
+    <cfRule type="cellIs" dxfId="108" priority="188" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="EZ24:EZ32 EZ34:EZ37">
-    <cfRule type="cellIs" dxfId="102" priority="176" operator="equal">
+    <cfRule type="cellIs" dxfId="107" priority="187" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FA24:FA32 FA34:FA37">
-    <cfRule type="cellIs" dxfId="101" priority="175" operator="equal">
+    <cfRule type="cellIs" dxfId="106" priority="186" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FB24:FB32 FB34:FB37">
-    <cfRule type="cellIs" dxfId="100" priority="161" operator="equal">
+    <cfRule type="cellIs" dxfId="105" priority="172" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FC24:FC32 FC34:FC37">
-    <cfRule type="cellIs" dxfId="99" priority="160" operator="equal">
+    <cfRule type="cellIs" dxfId="104" priority="171" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FD24:FD32 FD34:FD37">
-    <cfRule type="cellIs" dxfId="98" priority="158" operator="equal">
+    <cfRule type="cellIs" dxfId="103" priority="169" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FE24:FE32 FE34:FE37">
-    <cfRule type="cellIs" dxfId="97" priority="153" operator="equal">
+    <cfRule type="cellIs" dxfId="102" priority="164" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FF24:FF32 FF34:FF37">
-    <cfRule type="cellIs" dxfId="96" priority="148" operator="equal">
+    <cfRule type="cellIs" dxfId="101" priority="159" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FG24:FG32 FG8 FG10 FG35:FG37">
-    <cfRule type="cellIs" dxfId="95" priority="147" operator="equal">
+    <cfRule type="cellIs" dxfId="100" priority="158" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FG9">
-    <cfRule type="cellIs" dxfId="94" priority="146" operator="equal">
+    <cfRule type="cellIs" dxfId="99" priority="157" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FG11">
-    <cfRule type="cellIs" dxfId="93" priority="145" operator="equal">
+    <cfRule type="cellIs" dxfId="98" priority="156" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FG34">
-    <cfRule type="cellIs" dxfId="92" priority="144" operator="equal">
+    <cfRule type="cellIs" dxfId="97" priority="155" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FH12:FH21">
-    <cfRule type="cellIs" dxfId="91" priority="128" operator="equal">
+    <cfRule type="cellIs" dxfId="96" priority="139" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FH24:FH32 FH8 FH10 FH35:FH37 FI26:FJ26 FI37:FJ37">
-    <cfRule type="cellIs" dxfId="90" priority="127" operator="equal">
+    <cfRule type="cellIs" dxfId="95" priority="138" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FH9:FI9">
-    <cfRule type="cellIs" dxfId="89" priority="126" operator="equal">
+    <cfRule type="cellIs" dxfId="94" priority="137" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FH11:FI11">
-    <cfRule type="cellIs" dxfId="88" priority="125" operator="equal">
+    <cfRule type="cellIs" dxfId="93" priority="136" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FH34:FI34">
-    <cfRule type="cellIs" dxfId="87" priority="124" operator="equal">
+    <cfRule type="cellIs" dxfId="92" priority="135" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FI12:FI21">
-    <cfRule type="cellIs" dxfId="86" priority="123" operator="equal">
+    <cfRule type="cellIs" dxfId="91" priority="134" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FI24:FI25 FI10 FI35:FI36 FI27:FI32 FI8:FJ8">
-    <cfRule type="cellIs" dxfId="85" priority="122" operator="equal">
+    <cfRule type="cellIs" dxfId="90" priority="133" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FJ12:FJ21">
-    <cfRule type="cellIs" dxfId="84" priority="121" operator="equal">
+    <cfRule type="cellIs" dxfId="89" priority="132" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FJ24:FJ25 FJ10 FJ35:FJ36 FJ27:FJ32">
-    <cfRule type="cellIs" dxfId="83" priority="120" operator="equal">
+    <cfRule type="cellIs" dxfId="88" priority="131" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FJ9:FK9">
-    <cfRule type="cellIs" dxfId="82" priority="119" operator="equal">
+    <cfRule type="cellIs" dxfId="87" priority="130" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FJ11:FK11">
-    <cfRule type="cellIs" dxfId="81" priority="118" operator="equal">
+    <cfRule type="cellIs" dxfId="86" priority="129" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FJ34:FK34">
-    <cfRule type="cellIs" dxfId="80" priority="117" operator="equal">
+    <cfRule type="cellIs" dxfId="85" priority="128" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FK12:FK22">
-    <cfRule type="cellIs" dxfId="79" priority="116" operator="equal">
+    <cfRule type="cellIs" dxfId="84" priority="127" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FK24:FK32 FK8 FK10 FK35:FK37">
-    <cfRule type="cellIs" dxfId="78" priority="115" operator="equal">
+    <cfRule type="cellIs" dxfId="83" priority="126" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FH22:FJ22">
-    <cfRule type="cellIs" dxfId="77" priority="114" operator="equal">
+    <cfRule type="cellIs" dxfId="82" priority="125" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FL9">
-    <cfRule type="cellIs" dxfId="76" priority="113" operator="equal">
+    <cfRule type="cellIs" dxfId="81" priority="124" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FL11">
-    <cfRule type="cellIs" dxfId="75" priority="112" operator="equal">
+    <cfRule type="cellIs" dxfId="80" priority="123" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FL34">
-    <cfRule type="cellIs" dxfId="74" priority="111" operator="equal">
+    <cfRule type="cellIs" dxfId="79" priority="122" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FL12:FL22">
-    <cfRule type="cellIs" dxfId="73" priority="110" operator="equal">
+    <cfRule type="cellIs" dxfId="78" priority="121" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FL24:FL32 FL8 FL10 FL35:FL37">
-    <cfRule type="cellIs" dxfId="72" priority="109" operator="equal">
+    <cfRule type="cellIs" dxfId="77" priority="120" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FM12:FM22">
-    <cfRule type="cellIs" dxfId="71" priority="108" operator="equal">
+    <cfRule type="cellIs" dxfId="76" priority="119" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FM24:FM32 FM8 FM10 FM35:FM37">
-    <cfRule type="cellIs" dxfId="70" priority="107" operator="equal">
+    <cfRule type="cellIs" dxfId="75" priority="118" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FM9">
-    <cfRule type="cellIs" dxfId="69" priority="106" operator="equal">
+    <cfRule type="cellIs" dxfId="74" priority="117" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FM11">
-    <cfRule type="cellIs" dxfId="68" priority="105" operator="equal">
+    <cfRule type="cellIs" dxfId="73" priority="116" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FM34">
-    <cfRule type="cellIs" dxfId="67" priority="104" operator="equal">
+    <cfRule type="cellIs" dxfId="72" priority="115" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FN12:FN22">
-    <cfRule type="cellIs" dxfId="66" priority="103" operator="equal">
+    <cfRule type="cellIs" dxfId="71" priority="114" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FN24:FN32 FN8 FN10 FN35:FN37">
-    <cfRule type="cellIs" dxfId="65" priority="102" operator="equal">
+    <cfRule type="cellIs" dxfId="70" priority="113" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FN9">
-    <cfRule type="cellIs" dxfId="64" priority="101" operator="equal">
+    <cfRule type="cellIs" dxfId="69" priority="112" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FN11">
-    <cfRule type="cellIs" dxfId="63" priority="100" operator="equal">
+    <cfRule type="cellIs" dxfId="68" priority="111" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FN34">
-    <cfRule type="cellIs" dxfId="62" priority="99" operator="equal">
+    <cfRule type="cellIs" dxfId="67" priority="110" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FO12:FO22">
-    <cfRule type="cellIs" dxfId="61" priority="98" operator="equal">
+    <cfRule type="cellIs" dxfId="66" priority="109" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FO24:FO32 FO8 FO10 FO35:FO37">
-    <cfRule type="cellIs" dxfId="60" priority="97" operator="equal">
+    <cfRule type="cellIs" dxfId="65" priority="108" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FO9">
-    <cfRule type="cellIs" dxfId="59" priority="96" operator="equal">
+    <cfRule type="cellIs" dxfId="64" priority="107" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FO11">
-    <cfRule type="cellIs" dxfId="58" priority="95" operator="equal">
+    <cfRule type="cellIs" dxfId="63" priority="106" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FO34">
-    <cfRule type="cellIs" dxfId="57" priority="94" operator="equal">
+    <cfRule type="cellIs" dxfId="62" priority="105" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FP11">
-    <cfRule type="cellIs" dxfId="56" priority="93" operator="equal">
+    <cfRule type="cellIs" dxfId="61" priority="104" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FP34">
-    <cfRule type="cellIs" dxfId="55" priority="92" operator="equal">
+    <cfRule type="cellIs" dxfId="60" priority="103" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FP12:FP22">
-    <cfRule type="cellIs" dxfId="54" priority="91" operator="equal">
+    <cfRule type="cellIs" dxfId="59" priority="102" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FP24:FP32 FP8 FP10 FP35:FP37">
-    <cfRule type="cellIs" dxfId="53" priority="90" operator="equal">
+    <cfRule type="cellIs" dxfId="58" priority="101" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FP9">
-    <cfRule type="cellIs" dxfId="52" priority="89" operator="equal">
+    <cfRule type="cellIs" dxfId="57" priority="100" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FQ11">
+    <cfRule type="cellIs" dxfId="56" priority="99" operator="equal">
+      <formula>0</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="FQ34">
+    <cfRule type="cellIs" dxfId="55" priority="98" operator="equal">
+      <formula>0</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="FQ9">
+    <cfRule type="cellIs" dxfId="54" priority="97" operator="equal">
+      <formula>0</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="FQ12:FQ22">
+    <cfRule type="cellIs" dxfId="53" priority="96" operator="equal">
+      <formula>0</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="FQ24:FQ32 FQ8 FQ10 FQ35:FQ37">
+    <cfRule type="cellIs" dxfId="52" priority="95" operator="equal">
+      <formula>0</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="FR11">
     <cfRule type="cellIs" dxfId="51" priority="88" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FQ34">
+  <conditionalFormatting sqref="FR34">
     <cfRule type="cellIs" dxfId="50" priority="87" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FQ9">
+  <conditionalFormatting sqref="FR9">
     <cfRule type="cellIs" dxfId="49" priority="86" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FQ12:FQ22">
+  <conditionalFormatting sqref="FR12:FR22">
     <cfRule type="cellIs" dxfId="48" priority="85" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FQ24:FQ32 FQ8 FQ10 FQ35:FQ37">
+  <conditionalFormatting sqref="FR8 FR10 FR35:FR37 FR24:FR33">
     <cfRule type="cellIs" dxfId="47" priority="84" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FR11">
-[...23 lines deleted...]
-  </conditionalFormatting>
   <conditionalFormatting sqref="C33:FQ33">
-    <cfRule type="cellIs" dxfId="41" priority="72" operator="equal">
+    <cfRule type="cellIs" dxfId="46" priority="83" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="FS11">
+    <cfRule type="cellIs" dxfId="45" priority="82" operator="equal">
+      <formula>0</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="FS34">
+    <cfRule type="cellIs" dxfId="44" priority="81" operator="equal">
+      <formula>0</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="FS9">
+    <cfRule type="cellIs" dxfId="43" priority="80" operator="equal">
+      <formula>0</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="FS12:FS22">
+    <cfRule type="cellIs" dxfId="42" priority="79" operator="equal">
+      <formula>0</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="FS8 FS10 FS35:FS37 FS24:FS33">
+    <cfRule type="cellIs" dxfId="41" priority="78" operator="equal">
+      <formula>0</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="FT11">
     <cfRule type="cellIs" dxfId="40" priority="71" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FS34">
+  <conditionalFormatting sqref="FT34">
     <cfRule type="cellIs" dxfId="39" priority="70" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FS9">
+  <conditionalFormatting sqref="FT9">
     <cfRule type="cellIs" dxfId="38" priority="69" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FS12:FS22">
+  <conditionalFormatting sqref="FT12:FT22">
     <cfRule type="cellIs" dxfId="37" priority="68" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FS8 FS10 FS35:FS37 FS24:FS33">
+  <conditionalFormatting sqref="FT8 FT10 FT35:FT37 FT24:FT33">
     <cfRule type="cellIs" dxfId="36" priority="67" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FT11">
+  <conditionalFormatting sqref="FU11">
     <cfRule type="cellIs" dxfId="35" priority="60" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FT34">
+  <conditionalFormatting sqref="FU34">
     <cfRule type="cellIs" dxfId="34" priority="59" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FT9">
+  <conditionalFormatting sqref="FU9">
     <cfRule type="cellIs" dxfId="33" priority="58" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FT12:FT22">
+  <conditionalFormatting sqref="FU12:FU22">
     <cfRule type="cellIs" dxfId="32" priority="57" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FT8 FT10 FT35:FT37 FT24:FT33">
+  <conditionalFormatting sqref="FU8 FU10 FU35:FU37 FU24:FU33">
     <cfRule type="cellIs" dxfId="31" priority="56" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FU11">
+  <conditionalFormatting sqref="FV11">
     <cfRule type="cellIs" dxfId="30" priority="49" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FU34">
+  <conditionalFormatting sqref="FV34">
     <cfRule type="cellIs" dxfId="29" priority="48" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FU9">
+  <conditionalFormatting sqref="FV9">
     <cfRule type="cellIs" dxfId="28" priority="47" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FU12:FU22">
+  <conditionalFormatting sqref="FV12:FV22">
     <cfRule type="cellIs" dxfId="27" priority="46" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FU8 FU10 FU35:FU37 FU24:FU33">
+  <conditionalFormatting sqref="FV8 FV10 FV35:FV37 FV24:FV33">
     <cfRule type="cellIs" dxfId="26" priority="45" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FV11">
+  <conditionalFormatting sqref="FW11">
     <cfRule type="cellIs" dxfId="25" priority="38" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FV34">
+  <conditionalFormatting sqref="FW34">
     <cfRule type="cellIs" dxfId="24" priority="37" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FV9">
+  <conditionalFormatting sqref="FW9">
     <cfRule type="cellIs" dxfId="23" priority="36" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FV12:FV22">
+  <conditionalFormatting sqref="FW12:FW22">
     <cfRule type="cellIs" dxfId="22" priority="35" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FV8 FV10 FV35:FV37 FV24:FV33">
+  <conditionalFormatting sqref="FW8 FW10 FW35:FW37 FW24:FW33">
     <cfRule type="cellIs" dxfId="21" priority="34" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FW11">
+  <conditionalFormatting sqref="FX11">
     <cfRule type="cellIs" dxfId="20" priority="27" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FW34">
+  <conditionalFormatting sqref="FX34">
     <cfRule type="cellIs" dxfId="19" priority="26" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FW9">
+  <conditionalFormatting sqref="FX9">
     <cfRule type="cellIs" dxfId="18" priority="25" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FW12:FW22">
+  <conditionalFormatting sqref="FX12:FX22">
     <cfRule type="cellIs" dxfId="17" priority="24" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FW8 FW10 FW35:FW37 FW24:FW33">
+  <conditionalFormatting sqref="FX8 FX10 FX35:FX37 FX24:FX33">
     <cfRule type="cellIs" dxfId="16" priority="23" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FX11">
+  <conditionalFormatting sqref="FY11">
     <cfRule type="cellIs" dxfId="15" priority="16" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FX34">
+  <conditionalFormatting sqref="FY34">
     <cfRule type="cellIs" dxfId="14" priority="15" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FX9">
+  <conditionalFormatting sqref="FY9">
     <cfRule type="cellIs" dxfId="13" priority="14" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FX12:FX22">
+  <conditionalFormatting sqref="FY12:FY22">
     <cfRule type="cellIs" dxfId="12" priority="13" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FX8 FX10 FX35:FX37 FX24:FX33">
+  <conditionalFormatting sqref="FY8 FY10 FY35:FY37 FY24:FY33">
     <cfRule type="cellIs" dxfId="11" priority="12" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FY11">
+  <conditionalFormatting sqref="FZ11">
     <cfRule type="cellIs" dxfId="4" priority="5" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FY34">
+  <conditionalFormatting sqref="FZ34">
     <cfRule type="cellIs" dxfId="3" priority="4" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FY9">
+  <conditionalFormatting sqref="FZ9">
     <cfRule type="cellIs" dxfId="2" priority="3" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FY12:FY22">
+  <conditionalFormatting sqref="FZ12:FZ22">
     <cfRule type="cellIs" dxfId="1" priority="2" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FY8 FY10 FY35:FY37 FY24:FY33">
+  <conditionalFormatting sqref="FZ8 FZ10 FZ35:FZ37 FZ24:FZ33">
     <cfRule type="cellIs" dxfId="0" priority="1" operator="equal">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Radni listovi</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>