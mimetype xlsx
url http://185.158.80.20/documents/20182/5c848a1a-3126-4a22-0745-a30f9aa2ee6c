--- v0 (2025-10-07)
+++ v1 (2026-01-12)
@@ -2,65 +2,65 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="4" rupBuild="14420"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\BOP&amp;IIP&amp;Dug izvještaji\Biltenske tablice_objava\H1-H6_H16-H19\2025Q2_web\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\BOP&amp;IIP&amp;Dug izvještaji\Biltenske tablice_objava\H1-H6_H16-H19\2025Q3_web\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
     <workbookView xWindow="1020" yWindow="465" windowWidth="34620" windowHeight="20220"/>
   </bookViews>
   <sheets>
     <sheet name="EUR" sheetId="2" r:id="rId1"/>
   </sheets>
   <calcPr calcId="152511"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="178" uniqueCount="146">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="150" uniqueCount="147">
   <si>
     <t>Portfeljna ulaganja, neto</t>
   </si>
   <si>
     <t>1999.</t>
   </si>
   <si>
     <t>2000.</t>
   </si>
   <si>
     <t>2001.</t>
   </si>
   <si>
     <t>2002.</t>
   </si>
   <si>
     <t>2003.</t>
   </si>
   <si>
     <t>2004.</t>
   </si>
   <si>
     <t>2005.</t>
   </si>
   <si>
@@ -744,50 +744,53 @@
     <r>
       <t>*</t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t>Revidirani podaci.</t>
     </r>
   </si>
   <si>
     <t>2. tr. 25.</t>
+  </si>
+  <si>
+    <t>3. tr. 25.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="#,##0.0"/>
     <numFmt numFmtId="165" formatCode="yyyy\."/>
   </numFmts>
   <fonts count="12" x14ac:knownFonts="1">
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
@@ -1282,114 +1285,102 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="B2:DV64"/>
+  <dimension ref="B2:DW64"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="11.6640625" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="3.6640625" style="1" customWidth="1"/>
     <col min="2" max="2" width="60.6640625" style="1" customWidth="1"/>
     <col min="3" max="28" width="11.6640625" style="1"/>
     <col min="29" max="29" width="15.6640625" style="1" customWidth="1"/>
     <col min="30" max="16384" width="11.6640625" style="1"/>
   </cols>
   <sheetData>
-    <row r="2" spans="2:126" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="2" spans="2:127" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B2" s="15" t="s">
         <v>103</v>
       </c>
     </row>
-    <row r="3" spans="2:126" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="3" spans="2:127" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B3" s="14" t="s">
         <v>115</v>
       </c>
     </row>
-    <row r="4" spans="2:126" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2"/>
-    <row r="5" spans="2:126" s="7" customFormat="1" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="4" spans="2:127" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="5" spans="2:127" s="7" customFormat="1" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B5" s="5"/>
       <c r="C5" s="5"/>
       <c r="D5" s="5"/>
       <c r="E5" s="5"/>
       <c r="F5" s="5"/>
       <c r="G5" s="5"/>
       <c r="H5" s="5"/>
       <c r="I5" s="5"/>
       <c r="J5" s="5"/>
       <c r="K5" s="5"/>
       <c r="L5" s="5"/>
       <c r="M5" s="5"/>
       <c r="N5" s="5"/>
       <c r="O5" s="5"/>
       <c r="P5" s="5"/>
       <c r="Q5" s="5"/>
       <c r="R5" s="5"/>
       <c r="S5" s="5"/>
       <c r="T5" s="5"/>
       <c r="U5" s="5"/>
       <c r="V5" s="5"/>
-      <c r="W5" s="5" t="s">
-[...16 lines deleted...]
-      </c>
+      <c r="W5" s="5"/>
+      <c r="X5" s="5"/>
+      <c r="Y5" s="5"/>
+      <c r="Z5" s="5"/>
+      <c r="AA5" s="5"/>
+      <c r="AB5" s="5"/>
       <c r="AC5" s="5"/>
       <c r="AD5" s="5"/>
       <c r="AE5" s="5"/>
       <c r="AF5" s="5"/>
       <c r="AG5" s="5"/>
       <c r="AH5" s="5"/>
       <c r="AI5" s="5"/>
       <c r="AJ5" s="5"/>
       <c r="AK5" s="5"/>
       <c r="AL5" s="5"/>
       <c r="AM5" s="5"/>
       <c r="AN5" s="5"/>
       <c r="AO5" s="5"/>
       <c r="AP5" s="5"/>
       <c r="AQ5" s="5"/>
       <c r="AR5" s="5"/>
       <c r="AS5" s="5"/>
       <c r="AT5" s="5"/>
       <c r="AU5" s="5"/>
       <c r="AV5" s="5"/>
       <c r="AW5" s="5"/>
       <c r="AX5" s="5"/>
       <c r="AY5" s="5"/>
       <c r="AZ5" s="5"/>
       <c r="BA5" s="5"/>
@@ -1418,130 +1409,85 @@
       <c r="BX5" s="5"/>
       <c r="BY5" s="5"/>
       <c r="BZ5" s="5"/>
       <c r="CA5" s="5"/>
       <c r="CB5" s="5"/>
       <c r="CC5" s="5"/>
       <c r="CD5" s="5"/>
       <c r="CE5" s="5"/>
       <c r="CF5" s="5"/>
       <c r="CG5" s="5"/>
       <c r="CH5" s="5"/>
       <c r="CI5" s="5"/>
       <c r="CJ5" s="5"/>
       <c r="CK5" s="5"/>
       <c r="CL5" s="5"/>
       <c r="CM5" s="5"/>
       <c r="CN5" s="5"/>
       <c r="CO5" s="5"/>
       <c r="CP5" s="5"/>
       <c r="CQ5" s="5"/>
       <c r="CR5" s="5"/>
       <c r="CS5" s="5"/>
       <c r="CT5" s="5"/>
       <c r="CU5" s="5"/>
       <c r="CV5" s="5"/>
-      <c r="CW5" s="5" t="s">
-[...70 lines deleted...]
-      </c>
+      <c r="CW5" s="5"/>
+      <c r="CX5" s="5"/>
+      <c r="CY5" s="5"/>
+      <c r="CZ5" s="5"/>
+      <c r="DA5" s="5"/>
+      <c r="DB5" s="5"/>
+      <c r="DC5" s="5"/>
+      <c r="DD5" s="5"/>
+      <c r="DE5" s="5"/>
+      <c r="DF5" s="5"/>
+      <c r="DG5" s="5"/>
+      <c r="DH5" s="5"/>
+      <c r="DI5" s="5"/>
+      <c r="DJ5" s="5"/>
+      <c r="DK5" s="5"/>
+      <c r="DL5" s="5"/>
+      <c r="DM5" s="5"/>
+      <c r="DN5" s="5"/>
+      <c r="DO5" s="5"/>
+      <c r="DP5" s="5"/>
+      <c r="DQ5" s="5"/>
+      <c r="DR5" s="5"/>
+      <c r="DS5" s="5"/>
+      <c r="DT5" s="5"/>
       <c r="DU5" s="5" t="s">
         <v>143</v>
       </c>
-      <c r="DV5" s="6" t="s">
+      <c r="DV5" s="5" t="s">
+        <v>143</v>
+      </c>
+      <c r="DW5" s="6" t="s">
         <v>105</v>
       </c>
     </row>
-    <row r="6" spans="2:126" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="6" spans="2:127" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B6" s="10"/>
       <c r="C6" s="8" t="s">
         <v>1</v>
       </c>
       <c r="D6" s="8" t="s">
         <v>2</v>
       </c>
       <c r="E6" s="8" t="s">
         <v>3</v>
       </c>
       <c r="F6" s="8" t="s">
         <v>4</v>
       </c>
       <c r="G6" s="8" t="s">
         <v>5</v>
       </c>
       <c r="H6" s="8" t="s">
         <v>6</v>
       </c>
       <c r="I6" s="8" t="s">
         <v>7</v>
       </c>
       <c r="J6" s="8" t="s">
         <v>8</v>
       </c>
@@ -1871,52 +1817,55 @@
       </c>
       <c r="DO6" s="9" t="s">
         <v>133</v>
       </c>
       <c r="DP6" s="9" t="s">
         <v>135</v>
       </c>
       <c r="DQ6" s="9" t="s">
         <v>136</v>
       </c>
       <c r="DR6" s="9" t="s">
         <v>138</v>
       </c>
       <c r="DS6" s="9" t="s">
         <v>139</v>
       </c>
       <c r="DT6" s="9" t="s">
         <v>141</v>
       </c>
       <c r="DU6" s="9" t="s">
         <v>142</v>
       </c>
       <c r="DV6" s="9" t="s">
         <v>145</v>
       </c>
+      <c r="DW6" s="9" t="s">
+        <v>146</v>
+      </c>
     </row>
-    <row r="7" spans="2:126" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="7" spans="2:127" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B7" s="11" t="s">
         <v>0</v>
       </c>
       <c r="C7" s="16">
         <v>-2747.2511809171374</v>
       </c>
       <c r="D7" s="16">
         <v>-3613.25934975256</v>
       </c>
       <c r="E7" s="16">
         <v>-4313.1355688701669</v>
       </c>
       <c r="F7" s="16">
         <v>-3548.7312083060906</v>
       </c>
       <c r="G7" s="16">
         <v>-4234.3367081331035</v>
       </c>
       <c r="H7" s="16">
         <v>-4528.5378308037816</v>
       </c>
       <c r="I7" s="16">
         <v>-3698.6017040453826</v>
       </c>
       <c r="J7" s="16">
@@ -2243,57 +2192,60 @@
       <c r="DM7" s="16">
         <v>12035.995394264944</v>
       </c>
       <c r="DN7" s="16">
         <v>13033.41770893781</v>
       </c>
       <c r="DO7" s="16">
         <v>13366.288897619646</v>
       </c>
       <c r="DP7" s="16">
         <v>14101.893494615451</v>
       </c>
       <c r="DQ7" s="16">
         <v>15550.125527010241</v>
       </c>
       <c r="DR7" s="16">
         <v>16012.439997644175</v>
       </c>
       <c r="DS7" s="16">
         <v>16653.492203140835</v>
       </c>
       <c r="DT7" s="16">
         <v>17389.37897944092</v>
       </c>
       <c r="DU7" s="16">
-        <v>18967.888236905441</v>
+        <v>19403.095352705444</v>
       </c>
       <c r="DV7" s="16">
-        <v>19758.860398735065</v>
+        <v>20203.488432795068</v>
+      </c>
+      <c r="DW7" s="16">
+        <v>21817.737120994469</v>
       </c>
     </row>
-    <row r="8" spans="2:126" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="8" spans="2:127" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B8" s="12" t="s">
         <v>117</v>
       </c>
       <c r="C8" s="16">
         <v>78.525869142361501</v>
       </c>
       <c r="D8" s="16">
         <v>93.333102822317997</v>
       </c>
       <c r="E8" s="16">
         <v>227.51695432983311</v>
       </c>
       <c r="F8" s="16">
         <v>845.89626423793993</v>
       </c>
       <c r="G8" s="16">
         <v>700.05292335232878</v>
       </c>
       <c r="H8" s="16">
         <v>1474.1069004445128</v>
       </c>
       <c r="I8" s="16">
         <v>2100.7655100887059</v>
       </c>
       <c r="J8" s="16">
@@ -2620,57 +2572,60 @@
       <c r="DM8" s="16">
         <v>22459.443045803066</v>
       </c>
       <c r="DN8" s="16">
         <v>23723.962316795973</v>
       </c>
       <c r="DO8" s="16">
         <v>24379.045954262001</v>
       </c>
       <c r="DP8" s="16">
         <v>24709.843607553703</v>
       </c>
       <c r="DQ8" s="16">
         <v>26870.129022622285</v>
       </c>
       <c r="DR8" s="16">
         <v>27194.553518346111</v>
       </c>
       <c r="DS8" s="16">
         <v>27967.898193747249</v>
       </c>
       <c r="DT8" s="16">
         <v>28848.058106377706</v>
       </c>
       <c r="DU8" s="16">
-        <v>30908.691279298164</v>
+        <v>31343.898395098164</v>
       </c>
       <c r="DV8" s="16">
-        <v>32133.821380205656</v>
+        <v>32578.447100005658</v>
+      </c>
+      <c r="DW8" s="16">
+        <v>33884.498015596284</v>
       </c>
     </row>
-    <row r="9" spans="2:126" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="9" spans="2:127" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B9" s="12" t="s">
         <v>118</v>
       </c>
       <c r="C9" s="16">
         <v>25.863735837745633</v>
       </c>
       <c r="D9" s="16">
         <v>15.322044875714782</v>
       </c>
       <c r="E9" s="16">
         <v>0</v>
       </c>
       <c r="F9" s="16">
         <v>48.527657900000001</v>
       </c>
       <c r="G9" s="16">
         <v>103.9128359</v>
       </c>
       <c r="H9" s="16">
         <v>144.98306269999998</v>
       </c>
       <c r="I9" s="16">
         <v>318.0399132</v>
       </c>
       <c r="J9" s="16">
@@ -2997,57 +2952,60 @@
       <c r="DM9" s="16">
         <v>5045.1240322000003</v>
       </c>
       <c r="DN9" s="16">
         <v>5320.3021341000003</v>
       </c>
       <c r="DO9" s="16">
         <v>5346.0337229999996</v>
       </c>
       <c r="DP9" s="16">
         <v>5541.3701637000022</v>
       </c>
       <c r="DQ9" s="16">
         <v>6189.8733048000004</v>
       </c>
       <c r="DR9" s="16">
         <v>6266.8820505000003</v>
       </c>
       <c r="DS9" s="16">
         <v>6301.8835147999989</v>
       </c>
       <c r="DT9" s="16">
         <v>6656.5929783000001</v>
       </c>
       <c r="DU9" s="16">
-        <v>6824.5690843000011</v>
+        <v>7259.7762001000001</v>
       </c>
       <c r="DV9" s="16">
-        <v>7122.5815462999999</v>
+        <v>7567.2072661000002</v>
+      </c>
+      <c r="DW9" s="16">
+        <v>8410.1645169000021</v>
       </c>
     </row>
-    <row r="10" spans="2:126" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="10" spans="2:127" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B10" s="12" t="s">
         <v>119</v>
       </c>
       <c r="C10" s="16">
         <v>0.68772896901267033</v>
       </c>
       <c r="D10" s="16">
         <v>7.6808952177119973</v>
       </c>
       <c r="E10" s="16">
         <v>0</v>
       </c>
       <c r="F10" s="16">
         <v>0</v>
       </c>
       <c r="G10" s="16">
         <v>0</v>
       </c>
       <c r="H10" s="16">
         <v>0</v>
       </c>
       <c r="I10" s="16">
         <v>0</v>
       </c>
       <c r="J10" s="16">
@@ -3374,57 +3332,60 @@
       <c r="DM10" s="16">
         <v>45.514000000000003</v>
       </c>
       <c r="DN10" s="16">
         <v>47.814</v>
       </c>
       <c r="DO10" s="16">
         <v>36.204999999999998</v>
       </c>
       <c r="DP10" s="16">
         <v>38.533000000000001</v>
       </c>
       <c r="DQ10" s="16">
         <v>40.956000000000003</v>
       </c>
       <c r="DR10" s="16">
         <v>39.466999999999999</v>
       </c>
       <c r="DS10" s="16">
         <v>40.563000000000002</v>
       </c>
       <c r="DT10" s="16">
         <v>49.103999999999999</v>
       </c>
       <c r="DU10" s="16">
-        <v>50.904000000000003</v>
+        <v>59.546298200000003</v>
       </c>
       <c r="DV10" s="16">
-        <v>48.058</v>
+        <v>54.671371100000002</v>
+      </c>
+      <c r="DW10" s="16">
+        <v>55.517463999999997</v>
       </c>
     </row>
-    <row r="11" spans="2:126" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="11" spans="2:127" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B11" s="12" t="s">
         <v>120</v>
       </c>
       <c r="C11" s="16">
         <v>25.176006868732962</v>
       </c>
       <c r="D11" s="16">
         <v>7.6411496580027851</v>
       </c>
       <c r="E11" s="16">
         <v>0</v>
       </c>
       <c r="F11" s="16">
         <v>48.527657900000001</v>
       </c>
       <c r="G11" s="16">
         <v>103.9128359</v>
       </c>
       <c r="H11" s="16">
         <v>144.98306269999998</v>
       </c>
       <c r="I11" s="16">
         <v>318.0399132</v>
       </c>
       <c r="J11" s="16">
@@ -3751,57 +3712,60 @@
       <c r="DM11" s="16">
         <v>4999.6100322000002</v>
       </c>
       <c r="DN11" s="16">
         <v>5272.4881341</v>
       </c>
       <c r="DO11" s="16">
         <v>5309.8287229999996</v>
       </c>
       <c r="DP11" s="16">
         <v>5502.8371637000018</v>
       </c>
       <c r="DQ11" s="16">
         <v>6148.9173048000002</v>
       </c>
       <c r="DR11" s="16">
         <v>6227.4150505000007</v>
       </c>
       <c r="DS11" s="16">
         <v>6261.3205147999988</v>
       </c>
       <c r="DT11" s="16">
         <v>6607.4889782999999</v>
       </c>
       <c r="DU11" s="16">
-        <v>6773.6650843000007</v>
+        <v>7200.2299019000002</v>
       </c>
       <c r="DV11" s="16">
-        <v>7074.5235462999999</v>
+        <v>7512.535895</v>
+      </c>
+      <c r="DW11" s="16">
+        <v>8354.6470529000017</v>
       </c>
     </row>
-    <row r="12" spans="2:126" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="12" spans="2:127" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B12" s="12" t="s">
         <v>121</v>
       </c>
       <c r="C12" s="16">
         <v>52.662133304615864</v>
       </c>
       <c r="D12" s="16">
         <v>78.011057946603216</v>
       </c>
       <c r="E12" s="16">
         <v>227.51695432983311</v>
       </c>
       <c r="F12" s="16">
         <v>797.36860633793992</v>
       </c>
       <c r="G12" s="16">
         <v>596.14008745232877</v>
       </c>
       <c r="H12" s="16">
         <v>1329.1238377445129</v>
       </c>
       <c r="I12" s="16">
         <v>1782.7255968887061</v>
       </c>
       <c r="J12" s="16">
@@ -4133,52 +4097,55 @@
       </c>
       <c r="DO12" s="16">
         <v>19033.012231262001</v>
       </c>
       <c r="DP12" s="16">
         <v>19168.473443853702</v>
       </c>
       <c r="DQ12" s="16">
         <v>20680.255717822285</v>
       </c>
       <c r="DR12" s="16">
         <v>20927.67146784611</v>
       </c>
       <c r="DS12" s="16">
         <v>21666.014678947249</v>
       </c>
       <c r="DT12" s="16">
         <v>22191.465128077707</v>
       </c>
       <c r="DU12" s="16">
         <v>24084.122194998163</v>
       </c>
       <c r="DV12" s="16">
         <v>25011.239833905656</v>
       </c>
+      <c r="DW12" s="16">
+        <v>25474.333498696284</v>
+      </c>
     </row>
-    <row r="13" spans="2:126" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="13" spans="2:127" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B13" s="12" t="s">
         <v>122</v>
       </c>
       <c r="C13" s="16">
         <v>2825.7770500594988</v>
       </c>
       <c r="D13" s="16">
         <v>3706.5924525748778</v>
       </c>
       <c r="E13" s="16">
         <v>4540.6525232000004</v>
       </c>
       <c r="F13" s="16">
         <v>4394.6274725440308</v>
       </c>
       <c r="G13" s="16">
         <v>4934.3896314854319</v>
       </c>
       <c r="H13" s="16">
         <v>6002.6447312482942</v>
       </c>
       <c r="I13" s="16">
         <v>5799.3672141340885</v>
       </c>
       <c r="J13" s="16">
@@ -4508,54 +4475,57 @@
       <c r="DN13" s="16">
         <v>10690.544607858163</v>
       </c>
       <c r="DO13" s="16">
         <v>11012.757056642355</v>
       </c>
       <c r="DP13" s="16">
         <v>10607.950112938252</v>
       </c>
       <c r="DQ13" s="16">
         <v>11320.003495612043</v>
       </c>
       <c r="DR13" s="16">
         <v>11182.113520701936</v>
       </c>
       <c r="DS13" s="16">
         <v>11314.405990606414</v>
       </c>
       <c r="DT13" s="16">
         <v>11458.679126936786</v>
       </c>
       <c r="DU13" s="16">
         <v>11940.803042392721</v>
       </c>
       <c r="DV13" s="16">
-        <v>12374.960981470591</v>
+        <v>12374.958667210591</v>
+      </c>
+      <c r="DW13" s="16">
+        <v>12066.760894601817</v>
       </c>
     </row>
-    <row r="14" spans="2:126" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="14" spans="2:127" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B14" s="12" t="s">
         <v>123</v>
       </c>
       <c r="C14" s="16">
         <v>127.73705005949896</v>
       </c>
       <c r="D14" s="16">
         <v>116.82245257487767</v>
       </c>
       <c r="E14" s="16">
         <v>151.27252319999999</v>
       </c>
       <c r="F14" s="16">
         <v>239.91047190000003</v>
       </c>
       <c r="G14" s="16">
         <v>230.15150360000001</v>
       </c>
       <c r="H14" s="16">
         <v>487.09507750000006</v>
       </c>
       <c r="I14" s="16">
         <v>671.73560090000001</v>
       </c>
       <c r="J14" s="16">
@@ -4887,52 +4857,55 @@
       </c>
       <c r="DO14" s="16">
         <v>415.71670080000001</v>
       </c>
       <c r="DP14" s="16">
         <v>425.61064249999993</v>
       </c>
       <c r="DQ14" s="16">
         <v>492.36225919999998</v>
       </c>
       <c r="DR14" s="16">
         <v>480.2387109</v>
       </c>
       <c r="DS14" s="16">
         <v>508.63033649999994</v>
       </c>
       <c r="DT14" s="16">
         <v>591.45105899999999</v>
       </c>
       <c r="DU14" s="16">
         <v>639.75158410000006</v>
       </c>
       <c r="DV14" s="16">
         <v>738.35179840000001</v>
       </c>
+      <c r="DW14" s="16">
+        <v>771.85303620000002</v>
+      </c>
     </row>
-    <row r="15" spans="2:126" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="15" spans="2:127" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B15" s="12" t="s">
         <v>124</v>
       </c>
       <c r="C15" s="16">
         <v>61.203131145255675</v>
       </c>
       <c r="D15" s="16">
         <v>39.196587000608716</v>
       </c>
       <c r="E15" s="16">
         <v>35.563127100000003</v>
       </c>
       <c r="F15" s="16">
         <v>40.035326700000006</v>
       </c>
       <c r="G15" s="16">
         <v>42.855024299999997</v>
       </c>
       <c r="H15" s="16">
         <v>60.126294899999998</v>
       </c>
       <c r="I15" s="16">
         <v>77.900686099999987</v>
       </c>
       <c r="J15" s="16">
@@ -5264,52 +5237,55 @@
       </c>
       <c r="DO15" s="16">
         <v>34.590803200000003</v>
       </c>
       <c r="DP15" s="16">
         <v>34.302290899999996</v>
       </c>
       <c r="DQ15" s="16">
         <v>48.225854299999995</v>
       </c>
       <c r="DR15" s="16">
         <v>57.0097527</v>
       </c>
       <c r="DS15" s="16">
         <v>61.436462899999995</v>
       </c>
       <c r="DT15" s="16">
         <v>72.639196099999992</v>
       </c>
       <c r="DU15" s="16">
         <v>79.499084199999999</v>
       </c>
       <c r="DV15" s="16">
         <v>83.912818400000006</v>
       </c>
+      <c r="DW15" s="16">
+        <v>74.725807500000002</v>
+      </c>
     </row>
-    <row r="16" spans="2:126" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="16" spans="2:127" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B16" s="12" t="s">
         <v>125</v>
       </c>
       <c r="C16" s="16">
         <v>66.533918914243273</v>
       </c>
       <c r="D16" s="16">
         <v>77.625865574268957</v>
       </c>
       <c r="E16" s="16">
         <v>115.70939609999999</v>
       </c>
       <c r="F16" s="16">
         <v>199.87514520000002</v>
       </c>
       <c r="G16" s="16">
         <v>187.29647930000002</v>
       </c>
       <c r="H16" s="16">
         <v>426.96878260000005</v>
       </c>
       <c r="I16" s="16">
         <v>593.83491479999998</v>
       </c>
       <c r="J16" s="16">
@@ -5641,52 +5617,55 @@
       </c>
       <c r="DO16" s="16">
         <v>381.12589760000003</v>
       </c>
       <c r="DP16" s="16">
         <v>391.30835159999992</v>
       </c>
       <c r="DQ16" s="16">
         <v>444.1364049</v>
       </c>
       <c r="DR16" s="16">
         <v>423.22895820000002</v>
       </c>
       <c r="DS16" s="16">
         <v>447.19387359999996</v>
       </c>
       <c r="DT16" s="16">
         <v>518.81186290000005</v>
       </c>
       <c r="DU16" s="16">
         <v>560.25249990000009</v>
       </c>
       <c r="DV16" s="16">
         <v>654.43898000000002</v>
       </c>
+      <c r="DW16" s="16">
+        <v>697.12722870000005</v>
+      </c>
     </row>
-    <row r="17" spans="2:126" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="17" spans="2:127" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B17" s="12" t="s">
         <v>126</v>
       </c>
       <c r="C17" s="16">
         <v>2698.04</v>
       </c>
       <c r="D17" s="16">
         <v>3589.77</v>
       </c>
       <c r="E17" s="16">
         <v>4389.38</v>
       </c>
       <c r="F17" s="16">
         <v>4154.717000644031</v>
       </c>
       <c r="G17" s="16">
         <v>4704.2381278854318</v>
       </c>
       <c r="H17" s="16">
         <v>5515.5496537482941</v>
       </c>
       <c r="I17" s="16">
         <v>5127.6316132340889</v>
       </c>
       <c r="J17" s="16">
@@ -6016,54 +5995,57 @@
       <c r="DN17" s="16">
         <v>10279.005949658163</v>
       </c>
       <c r="DO17" s="16">
         <v>10597.040355842355</v>
       </c>
       <c r="DP17" s="16">
         <v>10182.339470438252</v>
       </c>
       <c r="DQ17" s="16">
         <v>10827.641236412044</v>
       </c>
       <c r="DR17" s="16">
         <v>10701.874809801937</v>
       </c>
       <c r="DS17" s="16">
         <v>10805.775654106414</v>
       </c>
       <c r="DT17" s="16">
         <v>10867.228067936785</v>
       </c>
       <c r="DU17" s="16">
         <v>11301.051458292721</v>
       </c>
       <c r="DV17" s="16">
-        <v>11636.60918307059</v>
+        <v>11636.60686881059</v>
+      </c>
+      <c r="DW17" s="16">
+        <v>11294.907858401817</v>
       </c>
     </row>
-    <row r="18" spans="2:126" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="18" spans="2:127" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B18" s="12" t="s">
         <v>127</v>
       </c>
       <c r="C18" s="16">
         <v>2678.29</v>
       </c>
       <c r="D18" s="16">
         <v>3579.22</v>
       </c>
       <c r="E18" s="16">
         <v>4357</v>
       </c>
       <c r="F18" s="16">
         <v>4154.3970006440313</v>
       </c>
       <c r="G18" s="16">
         <v>4670.5581278854315</v>
       </c>
       <c r="H18" s="16">
         <v>5515.5196537482943</v>
       </c>
       <c r="I18" s="16">
         <v>5118.4797579013466</v>
       </c>
       <c r="J18" s="16">
@@ -6393,54 +6375,57 @@
       <c r="DN18" s="16">
         <v>10279.000910258163</v>
       </c>
       <c r="DO18" s="16">
         <v>10597.035317122354</v>
       </c>
       <c r="DP18" s="16">
         <v>10172.725066218252</v>
       </c>
       <c r="DQ18" s="16">
         <v>10801.580613702045</v>
       </c>
       <c r="DR18" s="16">
         <v>10672.295217451936</v>
       </c>
       <c r="DS18" s="16">
         <v>10775.029113586414</v>
       </c>
       <c r="DT18" s="16">
         <v>10787.473010766786</v>
       </c>
       <c r="DU18" s="16">
         <v>11208.728638672721</v>
       </c>
       <c r="DV18" s="16">
-        <v>11437.535852640591</v>
+        <v>11437.53353838059</v>
+      </c>
+      <c r="DW18" s="16">
+        <v>11052.927781711816</v>
       </c>
     </row>
-    <row r="19" spans="2:126" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="19" spans="2:127" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B19" s="12" t="s">
         <v>128</v>
       </c>
       <c r="C19" s="16">
         <v>2587.5700000000002</v>
       </c>
       <c r="D19" s="16">
         <v>3485.0699999999997</v>
       </c>
       <c r="E19" s="16">
         <v>4303.1400000000003</v>
       </c>
       <c r="F19" s="16">
         <v>3950.2270006440312</v>
       </c>
       <c r="G19" s="16">
         <v>4306.4292070357478</v>
       </c>
       <c r="H19" s="16">
         <v>4662.3027160664224</v>
       </c>
       <c r="I19" s="16">
         <v>4260.0816813434703</v>
       </c>
       <c r="J19" s="16">
@@ -6772,52 +6757,55 @@
       </c>
       <c r="DO19" s="16">
         <v>7738.4179949889822</v>
       </c>
       <c r="DP19" s="16">
         <v>7676.5490802446839</v>
       </c>
       <c r="DQ19" s="16">
         <v>7635.12590689232</v>
       </c>
       <c r="DR19" s="16">
         <v>7518.5154114407478</v>
       </c>
       <c r="DS19" s="16">
         <v>7449.0063400198551</v>
       </c>
       <c r="DT19" s="16">
         <v>7425.3820230096371</v>
       </c>
       <c r="DU19" s="16">
         <v>7950.6913473158211</v>
       </c>
       <c r="DV19" s="16">
         <v>7727.1573142613943</v>
       </c>
+      <c r="DW19" s="16">
+        <v>7473.5827036064375</v>
+      </c>
     </row>
-    <row r="20" spans="2:126" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="20" spans="2:127" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B20" s="12" t="s">
         <v>129</v>
       </c>
       <c r="C20" s="16">
         <v>0</v>
       </c>
       <c r="D20" s="16">
         <v>0</v>
       </c>
       <c r="E20" s="16">
         <v>0</v>
       </c>
       <c r="F20" s="16">
         <v>0</v>
       </c>
       <c r="G20" s="16">
         <v>0</v>
       </c>
       <c r="H20" s="16">
         <v>453.21783337349103</v>
       </c>
       <c r="I20" s="16">
         <v>457.66391764599746</v>
       </c>
       <c r="J20" s="16">
@@ -7147,54 +7135,57 @@
       <c r="DN20" s="16">
         <v>1112.359897922857</v>
       </c>
       <c r="DO20" s="16">
         <v>1116.3854619514289</v>
       </c>
       <c r="DP20" s="16">
         <v>1090.5200552171425</v>
       </c>
       <c r="DQ20" s="16">
         <v>1762.0422644388614</v>
       </c>
       <c r="DR20" s="16">
         <v>1747.060169880788</v>
       </c>
       <c r="DS20" s="16">
         <v>1920.3513884884228</v>
       </c>
       <c r="DT20" s="16">
         <v>1931.9540353766411</v>
       </c>
       <c r="DU20" s="16">
         <v>2174.2000194995226</v>
       </c>
       <c r="DV20" s="16">
-        <v>2673.1258788167565</v>
+        <v>2673.1235645567567</v>
+      </c>
+      <c r="DW20" s="16">
+        <v>2778.3895897915618</v>
       </c>
     </row>
-    <row r="21" spans="2:126" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="21" spans="2:127" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B21" s="12" t="s">
         <v>130</v>
       </c>
       <c r="C21" s="16">
         <v>90.72</v>
       </c>
       <c r="D21" s="16">
         <v>94.15</v>
       </c>
       <c r="E21" s="16">
         <v>53.86</v>
       </c>
       <c r="F21" s="16">
         <v>204.17000000000002</v>
       </c>
       <c r="G21" s="16">
         <v>364.12892084968331</v>
       </c>
       <c r="H21" s="16">
         <v>399.99910430838116</v>
       </c>
       <c r="I21" s="16">
         <v>400.73415891187869</v>
       </c>
       <c r="J21" s="16">
@@ -7521,57 +7512,60 @@
       <c r="DM21" s="16">
         <v>1106.4947536250347</v>
       </c>
       <c r="DN21" s="16">
         <v>1106.769135150196</v>
       </c>
       <c r="DO21" s="16">
         <v>1742.231860181942</v>
       </c>
       <c r="DP21" s="16">
         <v>1405.655930756426</v>
       </c>
       <c r="DQ21" s="16">
         <v>1404.4124423708643</v>
       </c>
       <c r="DR21" s="16">
         <v>1406.7196361304</v>
       </c>
       <c r="DS21" s="16">
         <v>1405.6713850781359</v>
       </c>
       <c r="DT21" s="16">
         <v>1430.136952380507</v>
       </c>
       <c r="DU21" s="16">
-        <v>1083.8372718573771</v>
+        <v>1083.8372718573769</v>
       </c>
       <c r="DV21" s="16">
         <v>1037.2526595624402</v>
       </c>
+      <c r="DW21" s="16">
+        <v>800.95548831381802</v>
+      </c>
     </row>
-    <row r="22" spans="2:126" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="22" spans="2:127" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B22" s="12" t="s">
         <v>131</v>
       </c>
       <c r="C22" s="16">
         <v>19.75</v>
       </c>
       <c r="D22" s="16">
         <v>10.55</v>
       </c>
       <c r="E22" s="16">
         <v>32.380000000000003</v>
       </c>
       <c r="F22" s="16">
         <v>0.32</v>
       </c>
       <c r="G22" s="16">
         <v>33.68</v>
       </c>
       <c r="H22" s="16">
         <v>0.03</v>
       </c>
       <c r="I22" s="16">
         <v>9.1518553327420822</v>
       </c>
       <c r="J22" s="16">
@@ -7898,57 +7892,60 @@
       <c r="DM22" s="16">
         <v>7.4993201699999998</v>
       </c>
       <c r="DN22" s="16">
         <v>5.0393999999999994E-3</v>
       </c>
       <c r="DO22" s="16">
         <v>5.03872E-3</v>
       </c>
       <c r="DP22" s="16">
         <v>9.6144042200000008</v>
       </c>
       <c r="DQ22" s="16">
         <v>26.060622710000001</v>
       </c>
       <c r="DR22" s="16">
         <v>29.579592350000006</v>
       </c>
       <c r="DS22" s="16">
         <v>30.746540520000003</v>
       </c>
       <c r="DT22" s="16">
         <v>79.755057169999986</v>
       </c>
       <c r="DU22" s="16">
-        <v>92.32281961999999</v>
+        <v>92.322819619999976</v>
       </c>
       <c r="DV22" s="16">
-        <v>199.07333043000006</v>
+        <v>199.07333043000003</v>
+      </c>
+      <c r="DW22" s="16">
+        <v>241.98007669</v>
       </c>
     </row>
-    <row r="23" spans="2:126" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="23" spans="2:127" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B23" s="12" t="s">
         <v>128</v>
       </c>
       <c r="C23" s="16">
         <v>0</v>
       </c>
       <c r="D23" s="16">
         <v>0</v>
       </c>
       <c r="E23" s="16">
         <v>0</v>
       </c>
       <c r="F23" s="16">
         <v>0</v>
       </c>
       <c r="G23" s="16">
         <v>0</v>
       </c>
       <c r="H23" s="16">
         <v>0</v>
       </c>
       <c r="I23" s="16">
         <v>9.0418553327420828</v>
       </c>
       <c r="J23" s="16">
@@ -8275,57 +8272,60 @@
       <c r="DM23" s="16">
         <v>7.4993201699999998</v>
       </c>
       <c r="DN23" s="16">
         <v>0</v>
       </c>
       <c r="DO23" s="16">
         <v>0</v>
       </c>
       <c r="DP23" s="16">
         <v>9.6093661800000003</v>
       </c>
       <c r="DQ23" s="16">
         <v>26.05558521</v>
       </c>
       <c r="DR23" s="16">
         <v>29.579592350000006</v>
       </c>
       <c r="DS23" s="16">
         <v>30.746540520000003</v>
       </c>
       <c r="DT23" s="16">
         <v>79.755057169999986</v>
       </c>
       <c r="DU23" s="16">
-        <v>92.32281961999999</v>
+        <v>92.322819619999976</v>
       </c>
       <c r="DV23" s="16">
-        <v>199.07333043000006</v>
+        <v>199.07333043000003</v>
+      </c>
+      <c r="DW23" s="16">
+        <v>241.98007669</v>
       </c>
     </row>
-    <row r="24" spans="2:126" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="24" spans="2:127" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B24" s="13" t="s">
         <v>130</v>
       </c>
       <c r="C24" s="18">
         <v>19.75</v>
       </c>
       <c r="D24" s="18">
         <v>10.55</v>
       </c>
       <c r="E24" s="18">
         <v>32.380000000000003</v>
       </c>
       <c r="F24" s="18">
         <v>0.32</v>
       </c>
       <c r="G24" s="18">
         <v>33.68</v>
       </c>
       <c r="H24" s="18">
         <v>0.03</v>
       </c>
       <c r="I24" s="18">
         <v>0.11</v>
       </c>
       <c r="J24" s="18">
@@ -8657,82 +8657,85 @@
       </c>
       <c r="DO24" s="18">
         <v>5.03872E-3</v>
       </c>
       <c r="DP24" s="18">
         <v>5.0380399999999997E-3</v>
       </c>
       <c r="DQ24" s="18">
         <v>5.0375000000000003E-3</v>
       </c>
       <c r="DR24" s="18">
         <v>0</v>
       </c>
       <c r="DS24" s="18">
         <v>0</v>
       </c>
       <c r="DT24" s="18">
         <v>0</v>
       </c>
       <c r="DU24" s="18">
         <v>0</v>
       </c>
       <c r="DV24" s="18">
         <v>0</v>
       </c>
+      <c r="DW24" s="18">
+        <v>0</v>
+      </c>
     </row>
-    <row r="25" spans="2:126" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="25" spans="2:127" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B25" s="4"/>
       <c r="C25" s="2"/>
       <c r="CJ25" s="2"/>
       <c r="CK25" s="2"/>
       <c r="CL25" s="2"/>
       <c r="CM25" s="2"/>
       <c r="CN25" s="2"/>
     </row>
-    <row r="26" spans="2:126" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="26" spans="2:127" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B26" s="21" t="s">
         <v>144</v>
       </c>
       <c r="C26" s="2"/>
       <c r="CJ26" s="2"/>
       <c r="CK26" s="2"/>
       <c r="CL26" s="2"/>
       <c r="CM26" s="2"/>
       <c r="CN26" s="2"/>
     </row>
-    <row r="27" spans="2:126" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="27" spans="2:127" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B27" s="19" t="s">
         <v>137</v>
       </c>
       <c r="C27" s="20"/>
       <c r="D27" s="20"/>
       <c r="E27" s="20"/>
       <c r="F27" s="20"/>
       <c r="G27" s="20"/>
     </row>
-    <row r="28" spans="2:126" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="28" spans="2:127" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B28" s="22"/>
       <c r="C28" s="22"/>
       <c r="D28" s="22"/>
       <c r="E28" s="22"/>
       <c r="F28" s="22"/>
       <c r="G28" s="22"/>
       <c r="H28" s="1"/>
       <c r="I28" s="1"/>
       <c r="J28" s="1"/>
       <c r="K28" s="1"/>
       <c r="L28" s="1"/>
       <c r="M28" s="1"/>
       <c r="N28" s="1"/>
       <c r="O28" s="1"/>
       <c r="P28" s="1"/>
       <c r="Q28" s="1"/>
       <c r="R28" s="1"/>
       <c r="S28" s="1"/>
       <c r="T28" s="1"/>
       <c r="U28" s="1"/>
       <c r="V28" s="1"/>
       <c r="W28" s="1"/>
       <c r="X28" s="1"/>
       <c r="Y28" s="1"/>
       <c r="Z28" s="1"/>