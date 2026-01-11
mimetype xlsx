--- v0 (2025-10-08)
+++ v1 (2026-01-11)
@@ -2,65 +2,65 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="4" rupBuild="14420"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\BOP&amp;IIP&amp;Dug izvještaji\Biltenske tablice_objava\H1-H6_H16-H19\2025Q2_web\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\BOP&amp;IIP&amp;Dug izvještaji\Biltenske tablice_objava\H1-H6_H16-H19\2025Q3_web\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840"/>
   </bookViews>
   <sheets>
     <sheet name="EUR" sheetId="4" r:id="rId1"/>
   </sheets>
   <calcPr calcId="162913"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="173" uniqueCount="143">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="145" uniqueCount="144">
   <si>
     <t>Q1.00</t>
   </si>
   <si>
     <t>Q2.00</t>
   </si>
   <si>
     <t>Q3.00</t>
   </si>
   <si>
     <t>Q4.00</t>
   </si>
   <si>
     <t>Q1.01</t>
   </si>
   <si>
     <t>Q2.01</t>
   </si>
   <si>
     <t>Q3.01</t>
   </si>
   <si>
     <t>Q4.01</t>
   </si>
   <si>
@@ -1135,50 +1135,53 @@
   <si>
     <t>Q2.24</t>
   </si>
   <si>
     <t xml:space="preserve">After the Republic of Croatia joined the euro area, foreign assets increased by net claims related to the allocation of euro banknotes within the Eurosystem (intra-Eurosystem technical claims) that are the difference between the amount of the banknotes in circulation (the allocation to which the CNB is entitled according to the ECB’s key) and actually issued banknotes in circulation. The differences in the balance of this position between two quarters are recorded as the increase/decrease in foreign assets in the financial account of the balance of payments (Other investment, Central bank sector, Deposits).
 This same amount (net exports of euro banknotes) is recorded on the foreign liabilities side. However, this amount is reduced by the estimate of the amount of euro banknotes in circulation in the territory of the Republic of Croatia issued under the ECB’s key of other euro area countries. The differences in the balance of this position between two quarters are recorded as the increase/decrease in foreign liabilities in the financial account of the balance of payments (Other investment). </t>
   </si>
   <si>
     <t>Q3.24</t>
   </si>
   <si>
     <t>Q4.24</t>
   </si>
   <si>
     <t>Q1.25</t>
   </si>
   <si>
     <t>*</t>
   </si>
   <si>
     <t>Q2.25</t>
   </si>
   <si>
     <t>* Revised data.</t>
   </si>
+  <si>
+    <t>Q3.25</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.0"/>
   </numFmts>
   <fonts count="15" x14ac:knownFonts="1">
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
@@ -1773,121 +1776,109 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="B2:DY51"/>
+  <dimension ref="B2:DZ51"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="11.6640625" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="3.6640625" customWidth="1"/>
     <col min="2" max="2" width="50.6640625" style="3" customWidth="1"/>
     <col min="3" max="27" width="11.6640625" style="3"/>
     <col min="28" max="28" width="15.6640625" style="3" customWidth="1"/>
     <col min="29" max="117" width="11.6640625" style="3"/>
   </cols>
   <sheetData>
-    <row r="2" spans="2:129" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="2" spans="2:130" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B2" s="13" t="s">
         <v>94</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
     </row>
-    <row r="3" spans="2:129" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="3" spans="2:130" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B3" s="14" t="s">
         <v>44</v>
       </c>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
     </row>
-    <row r="4" spans="2:129" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2"/>
-    <row r="5" spans="2:129" s="9" customFormat="1" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="4" spans="2:130" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="5" spans="2:130" s="9" customFormat="1" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B5" s="10"/>
       <c r="C5" s="11"/>
       <c r="D5" s="11"/>
       <c r="E5" s="11"/>
       <c r="F5" s="11"/>
       <c r="G5" s="11"/>
       <c r="H5" s="11"/>
       <c r="I5" s="11"/>
       <c r="J5" s="11"/>
       <c r="K5" s="11"/>
       <c r="L5" s="11"/>
       <c r="M5" s="11"/>
       <c r="N5" s="11"/>
       <c r="O5" s="11"/>
       <c r="P5" s="11"/>
       <c r="Q5" s="11"/>
       <c r="R5" s="11"/>
       <c r="S5" s="11"/>
       <c r="T5" s="11"/>
       <c r="U5" s="11"/>
-      <c r="V5" s="11" t="s">
-[...16 lines deleted...]
-      </c>
+      <c r="V5" s="11"/>
+      <c r="W5" s="11"/>
+      <c r="X5" s="11"/>
+      <c r="Y5" s="11"/>
+      <c r="Z5" s="11"/>
+      <c r="AA5" s="11"/>
       <c r="AB5" s="10"/>
       <c r="AC5" s="10"/>
       <c r="AD5" s="10"/>
       <c r="AE5" s="10"/>
       <c r="AF5" s="10"/>
       <c r="AG5" s="10"/>
       <c r="AH5" s="10"/>
       <c r="AI5" s="10"/>
       <c r="AJ5" s="10"/>
       <c r="AK5" s="10"/>
       <c r="AL5" s="10"/>
       <c r="AM5" s="10"/>
       <c r="AN5" s="10"/>
       <c r="AO5" s="10"/>
       <c r="AP5" s="10"/>
       <c r="AQ5" s="10"/>
       <c r="AR5" s="10"/>
       <c r="AS5" s="10"/>
       <c r="AT5" s="10"/>
       <c r="AU5" s="10"/>
       <c r="AV5" s="10"/>
       <c r="AW5" s="10"/>
       <c r="AX5" s="10"/>
       <c r="AY5" s="10"/>
       <c r="AZ5" s="10"/>
@@ -1920,130 +1911,85 @@
       <c r="CA5" s="11"/>
       <c r="CB5" s="11"/>
       <c r="CC5" s="11"/>
       <c r="CD5" s="11"/>
       <c r="CE5" s="11"/>
       <c r="CF5" s="11"/>
       <c r="CG5" s="11"/>
       <c r="CH5" s="11"/>
       <c r="CI5" s="11"/>
       <c r="CJ5" s="11"/>
       <c r="CK5" s="11"/>
       <c r="CL5" s="11"/>
       <c r="CM5" s="11"/>
       <c r="CN5" s="11"/>
       <c r="CO5" s="11"/>
       <c r="CP5" s="11"/>
       <c r="CQ5" s="11"/>
       <c r="CR5" s="11"/>
       <c r="CS5" s="11"/>
       <c r="CT5" s="11"/>
       <c r="CU5" s="11"/>
       <c r="CV5" s="11"/>
       <c r="CW5" s="11"/>
       <c r="CX5" s="11"/>
       <c r="CY5" s="11"/>
-      <c r="CZ5" s="11" t="s">
-[...70 lines deleted...]
-      </c>
+      <c r="CZ5" s="11"/>
+      <c r="DA5" s="11"/>
+      <c r="DB5" s="11"/>
+      <c r="DC5" s="11"/>
+      <c r="DD5" s="11"/>
+      <c r="DE5" s="11"/>
+      <c r="DF5" s="11"/>
+      <c r="DG5" s="11"/>
+      <c r="DH5" s="11"/>
+      <c r="DI5" s="11"/>
+      <c r="DJ5" s="11"/>
+      <c r="DK5" s="11"/>
+      <c r="DL5" s="11"/>
+      <c r="DM5" s="11"/>
+      <c r="DN5" s="11"/>
+      <c r="DO5" s="11"/>
+      <c r="DP5" s="11"/>
+      <c r="DQ5" s="11"/>
+      <c r="DR5" s="11"/>
+      <c r="DS5" s="11"/>
+      <c r="DT5" s="11"/>
+      <c r="DU5" s="11"/>
+      <c r="DV5" s="11"/>
+      <c r="DW5" s="11"/>
       <c r="DX5" s="11" t="s">
         <v>140</v>
       </c>
-      <c r="DY5" s="12" t="s">
+      <c r="DY5" s="11" t="s">
+        <v>140</v>
+      </c>
+      <c r="DZ5" s="12" t="s">
         <v>85</v>
       </c>
     </row>
-    <row r="6" spans="2:129" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="6" spans="2:130" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B6" s="7"/>
       <c r="C6" s="7">
         <v>2000</v>
       </c>
       <c r="D6" s="7">
         <v>2001</v>
       </c>
       <c r="E6" s="7">
         <v>2002</v>
       </c>
       <c r="F6" s="7">
         <v>2003</v>
       </c>
       <c r="G6" s="7">
         <v>2004</v>
       </c>
       <c r="H6" s="7">
         <v>2005</v>
       </c>
       <c r="I6" s="7">
         <v>2006</v>
       </c>
       <c r="J6" s="7">
         <v>2007</v>
       </c>
@@ -2382,52 +2328,55 @@
       </c>
       <c r="DR6" s="8" t="s">
         <v>131</v>
       </c>
       <c r="DS6" s="8" t="s">
         <v>132</v>
       </c>
       <c r="DT6" s="8" t="s">
         <v>133</v>
       </c>
       <c r="DU6" s="8" t="s">
         <v>135</v>
       </c>
       <c r="DV6" s="8" t="s">
         <v>137</v>
       </c>
       <c r="DW6" s="8" t="s">
         <v>138</v>
       </c>
       <c r="DX6" s="8" t="s">
         <v>139</v>
       </c>
       <c r="DY6" s="8" t="s">
         <v>141</v>
       </c>
+      <c r="DZ6" s="8" t="s">
+        <v>143</v>
+      </c>
     </row>
-    <row r="7" spans="2:129" s="19" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="7" spans="2:130" s="19" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B7" s="15" t="s">
         <v>117</v>
       </c>
       <c r="C7" s="16">
         <v>-327.96144412903232</v>
       </c>
       <c r="D7" s="16">
         <v>-560.31945764753118</v>
       </c>
       <c r="E7" s="16">
         <v>-1806.6490954553647</v>
       </c>
       <c r="F7" s="17">
         <v>-2785.9619318511122</v>
       </c>
       <c r="G7" s="17">
         <v>-2005.2079129920587</v>
       </c>
       <c r="H7" s="17">
         <v>-2642.052992527053</v>
       </c>
       <c r="I7" s="17">
         <v>-3131.7199206482373</v>
       </c>
       <c r="J7" s="17">
@@ -2763,57 +2712,60 @@
       <c r="DP7" s="16">
         <v>-2703.7721213271016</v>
       </c>
       <c r="DQ7" s="16">
         <v>-1075.0127454269696</v>
       </c>
       <c r="DR7" s="16">
         <v>5015.6885161493256</v>
       </c>
       <c r="DS7" s="16">
         <v>-1155.1875578194908</v>
       </c>
       <c r="DT7" s="16">
         <v>-2918.6362631388624</v>
       </c>
       <c r="DU7" s="16">
         <v>-1469.3529784482137</v>
       </c>
       <c r="DV7" s="16">
         <v>4647.9059084685668</v>
       </c>
       <c r="DW7" s="16">
         <v>-2140.1824869066922</v>
       </c>
       <c r="DX7" s="16">
-        <v>-3633.5636874454622</v>
+        <v>-3481.4072084501199</v>
       </c>
       <c r="DY7" s="16">
-        <v>-1947.8761773825545</v>
+        <v>-1734.6005380125007</v>
+      </c>
+      <c r="DZ7" s="16">
+        <v>3930.9616664672267</v>
       </c>
     </row>
-    <row r="8" spans="2:129" s="19" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="8" spans="2:130" s="19" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B8" s="25" t="s">
         <v>97</v>
       </c>
       <c r="C8" s="16">
         <v>-1464.6833169471372</v>
       </c>
       <c r="D8" s="16">
         <v>-1855.7874868298111</v>
       </c>
       <c r="E8" s="16">
         <v>-3167.1523170459732</v>
       </c>
       <c r="F8" s="17">
         <v>-4203.9428241834848</v>
       </c>
       <c r="G8" s="17">
         <v>-3413.5692528954178</v>
       </c>
       <c r="H8" s="17">
         <v>-4029.3551976634326</v>
       </c>
       <c r="I8" s="17">
         <v>-4428.0863636426475</v>
       </c>
       <c r="J8" s="17">
@@ -3149,57 +3101,60 @@
       <c r="DP8" s="16">
         <v>-3148.2600698827018</v>
       </c>
       <c r="DQ8" s="16">
         <v>-1448.61607485067</v>
       </c>
       <c r="DR8" s="16">
         <v>4400.9611207310254</v>
       </c>
       <c r="DS8" s="16">
         <v>-1585.8838655881907</v>
       </c>
       <c r="DT8" s="16">
         <v>-3393.1612079802626</v>
       </c>
       <c r="DU8" s="16">
         <v>-2037.4849641139131</v>
       </c>
       <c r="DV8" s="16">
         <v>4062.0283387258669</v>
       </c>
       <c r="DW8" s="16">
         <v>-2354.8957533509929</v>
       </c>
       <c r="DX8" s="16">
-        <v>-4082.4928440235617</v>
+        <v>-3930.0316576282203</v>
       </c>
       <c r="DY8" s="16">
-        <v>-2487.2058549234544</v>
+        <v>-2316.0425917234006</v>
+      </c>
+      <c r="DZ8" s="16">
+        <v>3201.619319321027</v>
       </c>
     </row>
-    <row r="9" spans="2:129" s="19" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="9" spans="2:130" s="19" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B9" s="25" t="s">
         <v>98</v>
       </c>
       <c r="C9" s="16">
         <v>8691.9132896313167</v>
       </c>
       <c r="D9" s="16">
         <v>10167.925761543109</v>
       </c>
       <c r="E9" s="16">
         <v>10826.750342887644</v>
       </c>
       <c r="F9" s="17">
         <v>11519.500833507114</v>
       </c>
       <c r="G9" s="17">
         <v>13145.676975699809</v>
       </c>
       <c r="H9" s="17">
         <v>14177.44071334002</v>
       </c>
       <c r="I9" s="17">
         <v>16193.599597355766</v>
       </c>
       <c r="J9" s="17">
@@ -3535,57 +3490,60 @@
       <c r="DP9" s="16">
         <v>8361.8134585422304</v>
       </c>
       <c r="DQ9" s="16">
         <v>11168.414155280239</v>
       </c>
       <c r="DR9" s="16">
         <v>17032.194299500643</v>
       </c>
       <c r="DS9" s="16">
         <v>10237.169985060917</v>
       </c>
       <c r="DT9" s="16">
         <v>8754.4805582557692</v>
       </c>
       <c r="DU9" s="16">
         <v>11998.886588005691</v>
       </c>
       <c r="DV9" s="16">
         <v>17767.017640857663</v>
       </c>
       <c r="DW9" s="16">
         <v>11098.934959259037</v>
       </c>
       <c r="DX9" s="16">
-        <v>9316.8122644535561</v>
+        <v>9324.8523703224837</v>
       </c>
       <c r="DY9" s="16">
-        <v>12313.350866920746</v>
+        <v>12379.439810155223</v>
+      </c>
+      <c r="DZ9" s="16">
+        <v>17971.50759472862</v>
       </c>
     </row>
-    <row r="10" spans="2:129" s="19" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="10" spans="2:130" s="19" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B10" s="25" t="s">
         <v>99</v>
       </c>
       <c r="C10" s="16">
         <v>10156.596606578454</v>
       </c>
       <c r="D10" s="16">
         <v>12023.713248372918</v>
       </c>
       <c r="E10" s="16">
         <v>13993.902659933619</v>
       </c>
       <c r="F10" s="17">
         <v>15723.443657690601</v>
       </c>
       <c r="G10" s="17">
         <v>16559.246228595228</v>
       </c>
       <c r="H10" s="17">
         <v>18206.795911003457</v>
       </c>
       <c r="I10" s="17">
         <v>20621.685960998417</v>
       </c>
       <c r="J10" s="17">
@@ -3921,57 +3879,60 @@
       <c r="DP10" s="16">
         <v>11510.073528424931</v>
       </c>
       <c r="DQ10" s="16">
         <v>12617.030230130909</v>
       </c>
       <c r="DR10" s="16">
         <v>12631.23317876962</v>
       </c>
       <c r="DS10" s="16">
         <v>11823.053850649107</v>
       </c>
       <c r="DT10" s="16">
         <v>12147.641766236031</v>
       </c>
       <c r="DU10" s="16">
         <v>14036.371552119603</v>
       </c>
       <c r="DV10" s="16">
         <v>13704.989302131795</v>
       </c>
       <c r="DW10" s="16">
         <v>13453.830712610028</v>
       </c>
       <c r="DX10" s="16">
-        <v>13399.30510847712</v>
+        <v>13254.884027950702</v>
       </c>
       <c r="DY10" s="16">
-        <v>14800.556721844201</v>
+        <v>14695.482401878626</v>
+      </c>
+      <c r="DZ10" s="16">
+        <v>14769.888275407595</v>
       </c>
     </row>
-    <row r="11" spans="2:129" s="19" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="11" spans="2:130" s="19" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B11" s="25" t="s">
         <v>100</v>
       </c>
       <c r="C11" s="16">
         <v>-1039.6828025341806</v>
       </c>
       <c r="D11" s="16">
         <v>-1316.8182161568889</v>
       </c>
       <c r="E11" s="16">
         <v>-2685.8665590717683</v>
       </c>
       <c r="F11" s="17">
         <v>-3193.7631834895083</v>
       </c>
       <c r="G11" s="17">
         <v>-2841.669921266865</v>
       </c>
       <c r="H11" s="17">
         <v>-3182.8452381916272</v>
       </c>
       <c r="I11" s="17">
         <v>-3412.9659126721917</v>
       </c>
       <c r="J11" s="17">
@@ -4307,57 +4268,60 @@
       <c r="DP11" s="16">
         <v>-3303.0443604872653</v>
       </c>
       <c r="DQ11" s="16">
         <v>-1336.9293504397838</v>
       </c>
       <c r="DR11" s="16">
         <v>4998.2486474894322</v>
       </c>
       <c r="DS11" s="16">
         <v>-2055.220639734514</v>
       </c>
       <c r="DT11" s="16">
         <v>-3619.5122029115546</v>
       </c>
       <c r="DU11" s="16">
         <v>-1968.8064278911916</v>
       </c>
       <c r="DV11" s="16">
         <v>4460.6650095170617</v>
       </c>
       <c r="DW11" s="16">
         <v>-2849.8854341365795</v>
       </c>
       <c r="DX11" s="16">
-        <v>-4347.0887913636907</v>
+        <v>-4204.0695254243055</v>
       </c>
       <c r="DY11" s="16">
-        <v>-2148.8086395205009</v>
+        <v>-2005.1483041344932</v>
+      </c>
+      <c r="DZ11" s="16">
+        <v>4022.9767721405078</v>
       </c>
     </row>
-    <row r="12" spans="2:129" s="19" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="12" spans="2:130" s="19" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B12" s="25" t="s">
         <v>101</v>
       </c>
       <c r="C12" s="16">
         <v>8314.5334129513849</v>
       </c>
       <c r="D12" s="16">
         <v>9685.7785036278619</v>
       </c>
       <c r="E12" s="16">
         <v>10348.054957830487</v>
       </c>
       <c r="F12" s="17">
         <v>11052.681498677588</v>
       </c>
       <c r="G12" s="17">
         <v>12409.397830164333</v>
       </c>
       <c r="H12" s="17">
         <v>13437.59252511989</v>
       </c>
       <c r="I12" s="17">
         <v>15267.628941189825</v>
       </c>
       <c r="J12" s="17">
@@ -4693,57 +4657,60 @@
       <c r="DP12" s="16">
         <v>7302.2048775151061</v>
       </c>
       <c r="DQ12" s="16">
         <v>9836.0520366428027</v>
       </c>
       <c r="DR12" s="16">
         <v>15761.532885209299</v>
       </c>
       <c r="DS12" s="16">
         <v>8726.617624136099</v>
       </c>
       <c r="DT12" s="16">
         <v>7337.6825482229015</v>
       </c>
       <c r="DU12" s="16">
         <v>10255.920536870803</v>
       </c>
       <c r="DV12" s="16">
         <v>16124.101415343401</v>
       </c>
       <c r="DW12" s="16">
         <v>9356.1144121112011</v>
       </c>
       <c r="DX12" s="16">
-        <v>7908.1081963150054</v>
+        <v>7915.0004289671015</v>
       </c>
       <c r="DY12" s="16">
-        <v>10645.601674481299</v>
+        <v>10685.027561501305</v>
+      </c>
+      <c r="DZ12" s="16">
+        <v>16422.455560814</v>
       </c>
     </row>
-    <row r="13" spans="2:129" s="19" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="13" spans="2:130" s="19" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B13" s="25" t="s">
         <v>102</v>
       </c>
       <c r="C13" s="16">
         <v>9354.216215485565</v>
       </c>
       <c r="D13" s="16">
         <v>11002.596719784753</v>
       </c>
       <c r="E13" s="16">
         <v>13033.921516902257</v>
       </c>
       <c r="F13" s="17">
         <v>14246.444682167097</v>
       </c>
       <c r="G13" s="17">
         <v>15251.067751431197</v>
       </c>
       <c r="H13" s="17">
         <v>16620.437763311518</v>
       </c>
       <c r="I13" s="17">
         <v>18680.594853862018</v>
       </c>
       <c r="J13" s="17">
@@ -5079,57 +5046,60 @@
       <c r="DP13" s="16">
         <v>10605.24923800237</v>
       </c>
       <c r="DQ13" s="16">
         <v>11172.981387082586</v>
       </c>
       <c r="DR13" s="16">
         <v>10763.284237719869</v>
       </c>
       <c r="DS13" s="16">
         <v>10781.838263870613</v>
       </c>
       <c r="DT13" s="16">
         <v>10957.194751134455</v>
       </c>
       <c r="DU13" s="16">
         <v>12224.726964761994</v>
       </c>
       <c r="DV13" s="16">
         <v>11663.436405826338</v>
       </c>
       <c r="DW13" s="16">
         <v>12205.99984624778</v>
       </c>
       <c r="DX13" s="16">
-        <v>12255.196987678697</v>
+        <v>12119.069954391405</v>
       </c>
       <c r="DY13" s="16">
-        <v>12794.4103140018</v>
+        <v>12690.1758656358</v>
+      </c>
+      <c r="DZ13" s="16">
+        <v>12399.478788673492</v>
       </c>
     </row>
-    <row r="14" spans="2:129" s="19" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="14" spans="2:130" s="19" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B14" s="25" t="s">
         <v>103</v>
       </c>
       <c r="C14" s="16">
         <v>-3792.2038425488618</v>
       </c>
       <c r="D14" s="16">
         <v>-4958.6281192667766</v>
       </c>
       <c r="E14" s="16">
         <v>-6195.8295435667333</v>
       </c>
       <c r="F14" s="17">
         <v>-7104.9940229069307</v>
       </c>
       <c r="G14" s="17">
         <v>-6905.4703938559378</v>
       </c>
       <c r="H14" s="17">
         <v>-7647.6728808687021</v>
       </c>
       <c r="I14" s="17">
         <v>-8482.2441923409351</v>
       </c>
       <c r="J14" s="17">
@@ -5465,57 +5435,60 @@
       <c r="DP14" s="16">
         <v>-4458.1373027129657</v>
       </c>
       <c r="DQ14" s="16">
         <v>-4836.812677996184</v>
       </c>
       <c r="DR14" s="16">
         <v>-4418.8498328805654</v>
       </c>
       <c r="DS14" s="16">
         <v>-3806.4028626009149</v>
       </c>
       <c r="DT14" s="16">
         <v>-4504.6228923358549</v>
       </c>
       <c r="DU14" s="16">
         <v>-5381.181831235489</v>
       </c>
       <c r="DV14" s="16">
         <v>-4580.0616444037378</v>
       </c>
       <c r="DW14" s="16">
         <v>-4519.6005614509795</v>
       </c>
       <c r="DX14" s="16">
-        <v>-5013.2983597731918</v>
+        <v>-4953.165534200507</v>
       </c>
       <c r="DY14" s="16">
-        <v>-5426.8714863043997</v>
+        <v>-5412.6617376760951</v>
+      </c>
+      <c r="DZ14" s="16">
+        <v>-4881.895818637493</v>
       </c>
     </row>
-    <row r="15" spans="2:129" s="19" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="15" spans="2:130" s="19" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B15" s="25" t="s">
         <v>104</v>
       </c>
       <c r="C15" s="16">
         <v>3432.718113254984</v>
       </c>
       <c r="D15" s="16">
         <v>3736.947087471618</v>
       </c>
       <c r="E15" s="16">
         <v>4198.9360338132301</v>
       </c>
       <c r="F15" s="17">
         <v>4334.9790453071955</v>
       </c>
       <c r="G15" s="17">
         <v>5330.4114391865778</v>
       </c>
       <c r="H15" s="17">
         <v>6066.2871418965351</v>
       </c>
       <c r="I15" s="17">
         <v>7139.2076560659598</v>
       </c>
       <c r="J15" s="17">
@@ -5851,57 +5824,60 @@
       <c r="DP15" s="16">
         <v>4760.2438343096046</v>
       </c>
       <c r="DQ15" s="16">
         <v>4713.4391764198026</v>
       </c>
       <c r="DR15" s="16">
         <v>4645.2065114304023</v>
       </c>
       <c r="DS15" s="16">
         <v>5086.0648209308965</v>
       </c>
       <c r="DT15" s="16">
         <v>4789.443472350501</v>
       </c>
       <c r="DU15" s="16">
         <v>4984.8265977491037</v>
       </c>
       <c r="DV15" s="16">
         <v>5017.0050093242999</v>
       </c>
       <c r="DW15" s="16">
         <v>5489.8182528120997</v>
       </c>
       <c r="DX15" s="16">
-        <v>5341.5478844602048</v>
+        <v>5344.2346207400988</v>
       </c>
       <c r="DY15" s="16">
-        <v>5141.4060021199994</v>
+        <v>5174.8412706799045</v>
+      </c>
+      <c r="DZ15" s="16">
+        <v>5235.8900192703004</v>
       </c>
     </row>
-    <row r="16" spans="2:129" s="19" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="16" spans="2:130" s="19" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B16" s="25" t="s">
         <v>105</v>
       </c>
       <c r="C16" s="16">
         <v>7224.9219558038467</v>
       </c>
       <c r="D16" s="16">
         <v>8695.5752067383946</v>
       </c>
       <c r="E16" s="16">
         <v>10394.765577379965</v>
       </c>
       <c r="F16" s="17">
         <v>11439.973068214127</v>
       </c>
       <c r="G16" s="17">
         <v>12235.881833042517</v>
       </c>
       <c r="H16" s="17">
         <v>13713.960022765237</v>
       </c>
       <c r="I16" s="17">
         <v>15621.451848406892</v>
       </c>
       <c r="J16" s="17">
@@ -6237,57 +6213,60 @@
       <c r="DP16" s="16">
         <v>9218.3811370225703</v>
       </c>
       <c r="DQ16" s="16">
         <v>9550.2518544159866</v>
       </c>
       <c r="DR16" s="16">
         <v>9064.0563443109677</v>
       </c>
       <c r="DS16" s="16">
         <v>8892.4676835318114</v>
       </c>
       <c r="DT16" s="16">
         <v>9294.0663646863559</v>
       </c>
       <c r="DU16" s="16">
         <v>10366.008428984593</v>
       </c>
       <c r="DV16" s="16">
         <v>9597.0666537280376</v>
       </c>
       <c r="DW16" s="16">
         <v>10009.418814263079</v>
       </c>
       <c r="DX16" s="16">
-        <v>10354.846244233397</v>
+        <v>10297.400154940606</v>
       </c>
       <c r="DY16" s="16">
-        <v>10568.277488424399</v>
+        <v>10587.503008356</v>
+      </c>
+      <c r="DZ16" s="16">
+        <v>10117.785837907793</v>
       </c>
     </row>
-    <row r="17" spans="2:129" s="19" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="17" spans="2:130" s="19" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B17" s="25" t="s">
         <v>106</v>
       </c>
       <c r="C17" s="16">
         <v>2752.5210400146816</v>
       </c>
       <c r="D17" s="16">
         <v>3641.8099031098877</v>
       </c>
       <c r="E17" s="16">
         <v>3509.9629844949659</v>
       </c>
       <c r="F17" s="17">
         <v>3911.2308394174233</v>
       </c>
       <c r="G17" s="17">
         <v>4063.8004725890733</v>
       </c>
       <c r="H17" s="17">
         <v>4464.8276426770753</v>
       </c>
       <c r="I17" s="17">
         <v>5069.2782796687416</v>
       </c>
       <c r="J17" s="17">
@@ -6623,57 +6602,60 @@
       <c r="DP17" s="16">
         <v>1155.0929422257007</v>
       </c>
       <c r="DQ17" s="16">
         <v>3499.8833275564002</v>
       </c>
       <c r="DR17" s="16">
         <v>9417.0984803699976</v>
       </c>
       <c r="DS17" s="16">
         <v>1751.1822228664009</v>
       </c>
       <c r="DT17" s="16">
         <v>885.11068942430029</v>
       </c>
       <c r="DU17" s="16">
         <v>3412.3754033442974</v>
       </c>
       <c r="DV17" s="16">
         <v>9040.7266539207994</v>
       </c>
       <c r="DW17" s="16">
         <v>1669.7151273144</v>
       </c>
       <c r="DX17" s="16">
-        <v>666.20956840950066</v>
+        <v>749.09600877620187</v>
       </c>
       <c r="DY17" s="16">
-        <v>3278.0628467838987</v>
+        <v>3407.5134335416019</v>
+      </c>
+      <c r="DZ17" s="16">
+        <v>8904.8725907780008</v>
       </c>
     </row>
-    <row r="18" spans="2:129" s="19" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="18" spans="2:130" s="19" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B18" s="25" t="s">
         <v>107</v>
       </c>
       <c r="C18" s="16">
         <v>4881.8152996964009</v>
       </c>
       <c r="D18" s="16">
         <v>5948.8314161562448</v>
       </c>
       <c r="E18" s="16">
         <v>6149.1189240172589</v>
       </c>
       <c r="F18" s="17">
         <v>6717.7024533703943</v>
       </c>
       <c r="G18" s="17">
         <v>7078.986390977755</v>
       </c>
       <c r="H18" s="17">
         <v>7371.3053832233545</v>
       </c>
       <c r="I18" s="17">
         <v>8128.4212851238663</v>
       </c>
       <c r="J18" s="17">
@@ -7009,57 +6991,60 @@
       <c r="DP18" s="16">
         <v>2541.9610432055015</v>
       </c>
       <c r="DQ18" s="16">
         <v>5122.6128602230001</v>
       </c>
       <c r="DR18" s="16">
         <v>11116.326373778897</v>
       </c>
       <c r="DS18" s="16">
         <v>3640.5528032052021</v>
       </c>
       <c r="DT18" s="16">
         <v>2548.2390758724005</v>
       </c>
       <c r="DU18" s="16">
         <v>5271.093939121698</v>
       </c>
       <c r="DV18" s="16">
         <v>11107.0964060191</v>
       </c>
       <c r="DW18" s="16">
         <v>3866.2961592991005</v>
       </c>
       <c r="DX18" s="16">
-        <v>2566.5603118548006</v>
+        <v>2570.7658082270023</v>
       </c>
       <c r="DY18" s="16">
-        <v>5504.1956723612993</v>
+        <v>5510.1862908214016</v>
+      </c>
+      <c r="DZ18" s="16">
+        <v>11186.5655415437</v>
       </c>
     </row>
-    <row r="19" spans="2:129" s="19" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="19" spans="2:130" s="19" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B19" s="25" t="s">
         <v>108</v>
       </c>
       <c r="C19" s="16">
         <v>2129.2942596817188</v>
       </c>
       <c r="D19" s="16">
         <v>2307.0215130463566</v>
       </c>
       <c r="E19" s="16">
         <v>2639.155939522293</v>
       </c>
       <c r="F19" s="17">
         <v>2806.471613952971</v>
       </c>
       <c r="G19" s="17">
         <v>3015.1859183886813</v>
       </c>
       <c r="H19" s="17">
         <v>2906.4777405462792</v>
       </c>
       <c r="I19" s="17">
         <v>3059.1430054551247</v>
       </c>
       <c r="J19" s="17">
@@ -7395,57 +7380,60 @@
       <c r="DP19" s="16">
         <v>1386.8681009798008</v>
       </c>
       <c r="DQ19" s="16">
         <v>1622.7295326665999</v>
       </c>
       <c r="DR19" s="16">
         <v>1699.2278934088999</v>
       </c>
       <c r="DS19" s="16">
         <v>1889.3705803388011</v>
       </c>
       <c r="DT19" s="16">
         <v>1663.1283864481002</v>
       </c>
       <c r="DU19" s="16">
         <v>1858.7185357774008</v>
       </c>
       <c r="DV19" s="16">
         <v>2066.3697520983005</v>
       </c>
       <c r="DW19" s="16">
         <v>2196.5810319847005</v>
       </c>
       <c r="DX19" s="16">
-        <v>1900.3507434452999</v>
+        <v>1821.6697994508004</v>
       </c>
       <c r="DY19" s="16">
-        <v>2226.1328255774006</v>
+        <v>2102.6728572797997</v>
+      </c>
+      <c r="DZ19" s="16">
+        <v>2281.6929507656992</v>
       </c>
     </row>
-    <row r="20" spans="2:129" s="19" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="20" spans="2:130" s="19" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B20" s="25" t="s">
         <v>109</v>
       </c>
       <c r="C20" s="16">
         <v>-425.00051441295659</v>
       </c>
       <c r="D20" s="16">
         <v>-538.96927067292199</v>
       </c>
       <c r="E20" s="16">
         <v>-481.28575797420501</v>
       </c>
       <c r="F20" s="17">
         <v>-1010.1796406939771</v>
       </c>
       <c r="G20" s="17">
         <v>-571.89933162855243</v>
       </c>
       <c r="H20" s="17">
         <v>-846.50995947180604</v>
       </c>
       <c r="I20" s="17">
         <v>-1015.1204509704557</v>
       </c>
       <c r="J20" s="17">
@@ -7781,57 +7769,60 @@
       <c r="DP20" s="16">
         <v>154.78429060456335</v>
       </c>
       <c r="DQ20" s="16">
         <v>-111.6867244108862</v>
       </c>
       <c r="DR20" s="16">
         <v>-597.28752675840701</v>
       </c>
       <c r="DS20" s="16">
         <v>469.33677414632325</v>
       </c>
       <c r="DT20" s="16">
         <v>226.35099493129178</v>
       </c>
       <c r="DU20" s="16">
         <v>-68.678536222721505</v>
       </c>
       <c r="DV20" s="16">
         <v>-398.636670791195</v>
       </c>
       <c r="DW20" s="16">
         <v>494.98968078558642</v>
       </c>
       <c r="DX20" s="16">
-        <v>264.59594734012876</v>
+        <v>274.03786779608504</v>
       </c>
       <c r="DY20" s="16">
-        <v>-338.39721540295363</v>
+        <v>-310.89428758890767</v>
+      </c>
+      <c r="DZ20" s="16">
+        <v>-821.35745281948084</v>
       </c>
     </row>
-    <row r="21" spans="2:129" s="19" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="21" spans="2:130" s="19" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B21" s="25" t="s">
         <v>110</v>
       </c>
       <c r="C21" s="16">
         <v>377.37987667993258</v>
       </c>
       <c r="D21" s="16">
         <v>482.14725791524563</v>
       </c>
       <c r="E21" s="16">
         <v>478.69538505715593</v>
       </c>
       <c r="F21" s="17">
         <v>466.81933482952763</v>
       </c>
       <c r="G21" s="17">
         <v>736.2791455354776</v>
       </c>
       <c r="H21" s="17">
         <v>739.84818822013017</v>
       </c>
       <c r="I21" s="17">
         <v>925.97065616594045</v>
       </c>
       <c r="J21" s="17">
@@ -8167,57 +8158,60 @@
       <c r="DP21" s="16">
         <v>1059.6085810271234</v>
       </c>
       <c r="DQ21" s="16">
         <v>1332.3621186374367</v>
       </c>
       <c r="DR21" s="16">
         <v>1270.6614142913443</v>
       </c>
       <c r="DS21" s="16">
         <v>1510.5523609248173</v>
       </c>
       <c r="DT21" s="16">
         <v>1416.7980100328678</v>
       </c>
       <c r="DU21" s="16">
         <v>1742.9660511348879</v>
       </c>
       <c r="DV21" s="16">
         <v>1642.9162255142624</v>
       </c>
       <c r="DW21" s="16">
         <v>1742.820547147835</v>
       </c>
       <c r="DX21" s="16">
-        <v>1408.7040681385513</v>
+        <v>1409.8519413553815</v>
       </c>
       <c r="DY21" s="16">
-        <v>1667.7491924394476</v>
+        <v>1694.4122486539186</v>
+      </c>
+      <c r="DZ21" s="16">
+        <v>1549.0520339146215</v>
       </c>
     </row>
-    <row r="22" spans="2:129" s="19" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="22" spans="2:130" s="19" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B22" s="25" t="s">
         <v>111</v>
       </c>
       <c r="C22" s="16">
         <v>802.38039109288911</v>
       </c>
       <c r="D22" s="16">
         <v>1021.1165285881675</v>
       </c>
       <c r="E22" s="16">
         <v>959.98114303136106</v>
       </c>
       <c r="F22" s="17">
         <v>1476.9989755235047</v>
       </c>
       <c r="G22" s="17">
         <v>1308.17847716403</v>
       </c>
       <c r="H22" s="17">
         <v>1586.3581476919362</v>
       </c>
       <c r="I22" s="17">
         <v>1941.091107136396</v>
       </c>
       <c r="J22" s="17">
@@ -8553,57 +8547,60 @@
       <c r="DP22" s="16">
         <v>904.82429042256001</v>
       </c>
       <c r="DQ22" s="16">
         <v>1444.0488430483229</v>
       </c>
       <c r="DR22" s="16">
         <v>1867.9489410497513</v>
       </c>
       <c r="DS22" s="16">
         <v>1041.2155867784941</v>
       </c>
       <c r="DT22" s="16">
         <v>1190.447015101576</v>
       </c>
       <c r="DU22" s="16">
         <v>1811.6445873576095</v>
       </c>
       <c r="DV22" s="16">
         <v>2041.5528963054574</v>
       </c>
       <c r="DW22" s="16">
         <v>1247.8308663622486</v>
       </c>
       <c r="DX22" s="16">
-        <v>1144.1081207984225</v>
+        <v>1135.8140735592965</v>
       </c>
       <c r="DY22" s="16">
-        <v>2006.1464078424012</v>
+        <v>2005.3065362428263</v>
+      </c>
+      <c r="DZ22" s="16">
+        <v>2370.4094867341023</v>
       </c>
     </row>
-    <row r="23" spans="2:129" s="19" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="23" spans="2:130" s="19" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B23" s="25" t="s">
         <v>112</v>
       </c>
       <c r="C23" s="16">
         <v>1136.7218728181049</v>
       </c>
       <c r="D23" s="16">
         <v>1295.4680291822799</v>
       </c>
       <c r="E23" s="16">
         <v>1360.5032215906085</v>
       </c>
       <c r="F23" s="17">
         <v>1417.9808923323731</v>
       </c>
       <c r="G23" s="17">
         <v>1408.3613399033588</v>
       </c>
       <c r="H23" s="17">
         <v>1387.3022051363805</v>
       </c>
       <c r="I23" s="17">
         <v>1296.3664429944097</v>
       </c>
       <c r="J23" s="17">
@@ -8939,57 +8936,60 @@
       <c r="DP23" s="16">
         <v>444.48794855560004</v>
       </c>
       <c r="DQ23" s="16">
         <v>373.60332942370042</v>
       </c>
       <c r="DR23" s="16">
         <v>614.72739541829981</v>
       </c>
       <c r="DS23" s="16">
         <v>430.69630776869997</v>
       </c>
       <c r="DT23" s="16">
         <v>474.52494484140016</v>
       </c>
       <c r="DU23" s="16">
         <v>568.1319856656994</v>
       </c>
       <c r="DV23" s="16">
         <v>585.87756974269973</v>
       </c>
       <c r="DW23" s="16">
         <v>214.71326644430042</v>
       </c>
       <c r="DX23" s="16">
-        <v>448.92915657809976</v>
+        <v>448.62444917810035</v>
       </c>
       <c r="DY23" s="16">
-        <v>539.32967754089987</v>
+        <v>581.44205371089993</v>
+      </c>
+      <c r="DZ23" s="16">
+        <v>729.34234714619993</v>
       </c>
     </row>
-    <row r="24" spans="2:129" s="19" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="24" spans="2:130" s="19" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B24" s="25" t="s">
         <v>113</v>
       </c>
       <c r="C24" s="16">
         <v>1401.9455548162025</v>
       </c>
       <c r="D24" s="16">
         <v>1560.8070447467021</v>
       </c>
       <c r="E24" s="16">
         <v>1704.5197809655008</v>
       </c>
       <c r="F24" s="17">
         <v>1752.8403162692816</v>
       </c>
       <c r="G24" s="17">
         <v>1828.2413138032771</v>
       </c>
       <c r="H24" s="17">
         <v>1875.6630933516376</v>
       </c>
       <c r="I24" s="17">
         <v>1872.5914843056303</v>
       </c>
       <c r="J24" s="17">
@@ -9325,57 +9325,60 @@
       <c r="DP24" s="16">
         <v>1059.8813548800001</v>
       </c>
       <c r="DQ24" s="16">
         <v>1193.4031153725002</v>
       </c>
       <c r="DR24" s="16">
         <v>1238.1060109252999</v>
       </c>
       <c r="DS24" s="16">
         <v>1335.0655078733</v>
       </c>
       <c r="DT24" s="16">
         <v>1150.5374214567</v>
       </c>
       <c r="DU24" s="16">
         <v>1287.5761777851999</v>
       </c>
       <c r="DV24" s="16">
         <v>1302.8198562629998</v>
       </c>
       <c r="DW24" s="16">
         <v>1328.7989647809004</v>
       </c>
       <c r="DX24" s="16">
-        <v>1188.8908363498999</v>
+        <v>1188.5729203499004</v>
       </c>
       <c r="DY24" s="16">
-        <v>1306.3413842136999</v>
+        <v>1348.2001507036998</v>
+      </c>
+      <c r="DZ24" s="16">
+        <v>1461.3761697691998</v>
       </c>
     </row>
-    <row r="25" spans="2:129" s="19" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="25" spans="2:130" s="19" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B25" s="25" t="s">
         <v>114</v>
       </c>
       <c r="C25" s="16">
         <v>265.22368199809739</v>
       </c>
       <c r="D25" s="16">
         <v>265.33901556442231</v>
       </c>
       <c r="E25" s="16">
         <v>344.01655937489204</v>
       </c>
       <c r="F25" s="17">
         <v>334.85942393690851</v>
       </c>
       <c r="G25" s="17">
         <v>419.87997389991835</v>
       </c>
       <c r="H25" s="17">
         <v>488.36088821525709</v>
       </c>
       <c r="I25" s="17">
         <v>576.22504131122082</v>
       </c>
       <c r="J25" s="17">
@@ -9711,57 +9714,60 @@
       <c r="DP25" s="16">
         <v>615.39340632440008</v>
       </c>
       <c r="DQ25" s="16">
         <v>819.79978594879981</v>
       </c>
       <c r="DR25" s="16">
         <v>623.37861550700006</v>
       </c>
       <c r="DS25" s="16">
         <v>904.36920010460005</v>
       </c>
       <c r="DT25" s="16">
         <v>676.01247661529987</v>
       </c>
       <c r="DU25" s="16">
         <v>719.44419211950049</v>
       </c>
       <c r="DV25" s="16">
         <v>716.94228652030006</v>
       </c>
       <c r="DW25" s="16">
         <v>1114.0856983366</v>
       </c>
       <c r="DX25" s="16">
-        <v>739.96167977180016</v>
+        <v>739.94847117180007</v>
       </c>
       <c r="DY25" s="16">
-        <v>767.01170667280007</v>
+        <v>766.75809699279989</v>
+      </c>
+      <c r="DZ25" s="16">
+        <v>732.03382262299988</v>
       </c>
     </row>
-    <row r="26" spans="2:129" s="19" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="26" spans="2:130" s="19" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B26" s="15" t="s">
         <v>115</v>
       </c>
       <c r="C26" s="16">
         <v>7.2410766401925954</v>
       </c>
       <c r="D26" s="16">
         <v>154.7335689044732</v>
       </c>
       <c r="E26" s="16">
         <v>520.24515072265865</v>
       </c>
       <c r="F26" s="17">
         <v>101.67707508845189</v>
       </c>
       <c r="G26" s="17">
         <v>31.40020079</v>
       </c>
       <c r="H26" s="17">
         <v>53.046552853960726</v>
       </c>
       <c r="I26" s="17">
         <v>23.429057272878833</v>
       </c>
       <c r="J26" s="17">
@@ -10097,95 +10103,98 @@
       <c r="DP26" s="16">
         <v>371.85326969577551</v>
       </c>
       <c r="DQ26" s="16">
         <v>753.94317342992179</v>
       </c>
       <c r="DR26" s="16">
         <v>480.09083626375747</v>
       </c>
       <c r="DS26" s="16">
         <v>624.10665083076492</v>
       </c>
       <c r="DT26" s="16">
         <v>209.56389051106527</v>
       </c>
       <c r="DU26" s="16">
         <v>302.28285442075901</v>
       </c>
       <c r="DV26" s="16">
         <v>356.37444747276305</v>
       </c>
       <c r="DW26" s="16">
         <v>361.62905854321053</v>
       </c>
       <c r="DX26" s="16">
-        <v>219.96225859515269</v>
+        <v>219.95725859515267</v>
       </c>
       <c r="DY26" s="16">
-        <v>432.40058235025475</v>
+        <v>454.28709184765279</v>
+      </c>
+      <c r="DZ26" s="16">
+        <v>458.31306368592396</v>
       </c>
     </row>
-    <row r="27" spans="2:129" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="27" spans="2:130" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B27" s="20" t="s">
         <v>116</v>
       </c>
       <c r="C27" s="16">
         <v>-1314.013381865894</v>
       </c>
       <c r="D27" s="16">
         <v>-1000.3538495677241</v>
       </c>
       <c r="E27" s="16">
         <v>-1951.0061837092244</v>
       </c>
       <c r="F27" s="17">
         <v>-3020.2846093997132</v>
       </c>
       <c r="G27" s="17">
         <v>-2647.8804113890924</v>
       </c>
       <c r="H27" s="17">
         <v>-3233.0828917925778</v>
       </c>
       <c r="I27" s="17">
         <v>-4034.1838576391356</v>
       </c>
       <c r="J27" s="17">
-        <v>-4403.4535192652884</v>
+        <v>-4403.4535192652893</v>
       </c>
       <c r="K27" s="17">
-        <v>-6113.116434990261</v>
+        <v>-6113.116434990262</v>
       </c>
       <c r="L27" s="17">
-        <v>-3008.4368161157395</v>
+        <v>-3008.4368161157399</v>
       </c>
       <c r="M27" s="17">
-        <v>-823.47292084898697</v>
+        <v>-823.47292084898731</v>
       </c>
       <c r="N27" s="17">
-        <v>-1158.9184509433155</v>
+        <v>-1158.9184509433157</v>
       </c>
       <c r="O27" s="17">
         <v>-144.81949228516385</v>
       </c>
       <c r="P27" s="17">
         <v>-540.92408043429214</v>
       </c>
       <c r="Q27" s="17">
         <v>804.4776915103912</v>
       </c>
       <c r="R27" s="17">
         <v>1449.8118091910712</v>
       </c>
       <c r="S27" s="17">
         <v>1437.3913416438329</v>
       </c>
       <c r="T27" s="17">
         <v>2323.1917415102289</v>
       </c>
       <c r="U27" s="17">
         <v>1495.6690681029704</v>
       </c>
       <c r="V27" s="17">
         <v>2322.2293855665871</v>
       </c>
@@ -10261,114 +10270,114 @@
       <c r="AT27" s="16">
         <v>85.778322909439865</v>
       </c>
       <c r="AU27" s="16">
         <v>-694.23891397638999</v>
       </c>
       <c r="AV27" s="16">
         <v>-1213.5750698237005</v>
       </c>
       <c r="AW27" s="16">
         <v>-1112.0972111111503</v>
       </c>
       <c r="AX27" s="16">
         <v>242.22338905997452</v>
       </c>
       <c r="AY27" s="16">
         <v>-1149.6339999177017</v>
       </c>
       <c r="AZ27" s="16">
         <v>-1659.0530471274817</v>
       </c>
       <c r="BA27" s="16">
         <v>-1489.9636806960871</v>
       </c>
       <c r="BB27" s="16">
-        <v>35.586963916157288</v>
+        <v>35.586963916157515</v>
       </c>
       <c r="BC27" s="16">
         <v>-920.75409373172465</v>
       </c>
       <c r="BD27" s="16">
         <v>-1902.2951492582979</v>
       </c>
       <c r="BE27" s="16">
-        <v>-1396.4340749155267</v>
+        <v>-1396.4340749155269</v>
       </c>
       <c r="BF27" s="16">
-        <v>178.02110634671396</v>
+        <v>178.02110634671385</v>
       </c>
       <c r="BG27" s="16">
         <v>-1282.7454014381779</v>
       </c>
       <c r="BH27" s="16">
         <v>-2556.3771747908086</v>
       </c>
       <c r="BI27" s="16">
         <v>-1552.9800709666335</v>
       </c>
       <c r="BJ27" s="16">
-        <v>-29.345279184461504</v>
+        <v>-29.345279184461731</v>
       </c>
       <c r="BK27" s="16">
-        <v>-1974.4139100483576</v>
+        <v>-1974.413910048358</v>
       </c>
       <c r="BL27" s="16">
         <v>-1855.1980968694356</v>
       </c>
       <c r="BM27" s="16">
         <v>-635.94898045654259</v>
       </c>
       <c r="BN27" s="16">
         <v>445.17516841112229</v>
       </c>
       <c r="BO27" s="16">
-        <v>-962.46490720088377</v>
+        <v>-962.464907200884</v>
       </c>
       <c r="BP27" s="16">
         <v>-704.94764116121496</v>
       </c>
       <c r="BQ27" s="16">
-        <v>253.39866411546211</v>
+        <v>253.39866411546217</v>
       </c>
       <c r="BR27" s="16">
-        <v>818.75460870472625</v>
+        <v>818.75460870472602</v>
       </c>
       <c r="BS27" s="16">
-        <v>-1190.6785525079604</v>
+        <v>-1190.6785525079606</v>
       </c>
       <c r="BT27" s="16">
         <v>-1381.3293077239446</v>
       </c>
       <c r="BU27" s="16">
         <v>-55.706558771701872</v>
       </c>
       <c r="BV27" s="16">
         <v>1204.3568805984796</v>
       </c>
       <c r="BW27" s="16">
-        <v>-926.23946504614878</v>
+        <v>-926.23946504614901</v>
       </c>
       <c r="BX27" s="16">
         <v>-1327.3835178665065</v>
       </c>
       <c r="BY27" s="16">
         <v>156.57791700487874</v>
       </c>
       <c r="BZ27" s="16">
         <v>1629.0263488038013</v>
       </c>
       <c r="CA27" s="16">
         <v>-603.04024022733745</v>
       </c>
       <c r="CB27" s="16">
         <v>-1416.0012378043443</v>
       </c>
       <c r="CC27" s="16">
         <v>-590.70349653146047</v>
       </c>
       <c r="CD27" s="16">
         <v>1865.4899044147239</v>
       </c>
       <c r="CE27" s="16">
         <v>-399.70925051321115</v>
       </c>
@@ -10483,57 +10492,60 @@
       <c r="DP27" s="16">
         <v>-1024.1968317219144</v>
       </c>
       <c r="DQ27" s="16">
         <v>230.26475200973357</v>
       </c>
       <c r="DR27" s="16">
         <v>4883.0468256871272</v>
       </c>
       <c r="DS27" s="16">
         <v>-69.689875857100617</v>
       </c>
       <c r="DT27" s="16">
         <v>-2536.2257297081264</v>
       </c>
       <c r="DU27" s="16">
         <v>-683.28383767621949</v>
       </c>
       <c r="DV27" s="16">
         <v>4791.4059540844282</v>
       </c>
       <c r="DW27" s="16">
         <v>-1779.8776342365852</v>
       </c>
       <c r="DX27" s="16">
-        <v>-3988.2858954631306</v>
+        <v>-3957.3701556671836</v>
       </c>
       <c r="DY27" s="16">
-        <v>-1028.014859925092</v>
+        <v>-956.20696276902129</v>
+      </c>
+      <c r="DZ27" s="16">
+        <v>4305.7175125256481</v>
       </c>
     </row>
-    <row r="28" spans="2:129" s="19" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="28" spans="2:130" s="19" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B28" s="25" t="s">
         <v>118</v>
       </c>
       <c r="C28" s="16">
         <v>-1022.3558272999999</v>
       </c>
       <c r="D28" s="16">
         <v>-995.42885961015054</v>
       </c>
       <c r="E28" s="16">
         <v>-430.25192030462455</v>
       </c>
       <c r="F28" s="17">
         <v>-1494.5896087177466</v>
       </c>
       <c r="G28" s="17">
         <v>-748.02479046163489</v>
       </c>
       <c r="H28" s="17">
         <v>-1276.3838850194331</v>
       </c>
       <c r="I28" s="17">
         <v>-2281.4769244020254</v>
       </c>
       <c r="J28" s="17">
@@ -10869,57 +10881,60 @@
       <c r="DP28" s="16">
         <v>-945.66857681377621</v>
       </c>
       <c r="DQ28" s="16">
         <v>-153.41140917456312</v>
       </c>
       <c r="DR28" s="16">
         <v>-1053.8231452994114</v>
       </c>
       <c r="DS28" s="16">
         <v>274.58786811051016</v>
       </c>
       <c r="DT28" s="16">
         <v>-654.5717970581577</v>
       </c>
       <c r="DU28" s="16">
         <v>-206.64140114166969</v>
       </c>
       <c r="DV28" s="16">
         <v>-626.71776539400457</v>
       </c>
       <c r="DW28" s="16">
         <v>-111.40707648810326</v>
       </c>
       <c r="DX28" s="16">
-        <v>-667.19826585467558</v>
+        <v>-647.75397322303002</v>
       </c>
       <c r="DY28" s="16">
-        <v>-396.14010207783662</v>
+        <v>-408.93981020113279</v>
+      </c>
+      <c r="DZ28" s="16">
+        <v>-1777.7765240953058</v>
       </c>
     </row>
-    <row r="29" spans="2:129" s="19" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="29" spans="2:130" s="19" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B29" s="25" t="s">
         <v>119</v>
       </c>
       <c r="C29" s="16">
         <v>55.009090399999998</v>
       </c>
       <c r="D29" s="16">
         <v>163.48118618911457</v>
       </c>
       <c r="E29" s="16">
         <v>627.62593922263477</v>
       </c>
       <c r="F29" s="17">
         <v>132.19498622089162</v>
       </c>
       <c r="G29" s="17">
         <v>345.10590461508764</v>
       </c>
       <c r="H29" s="17">
         <v>210.67648713981171</v>
       </c>
       <c r="I29" s="17">
         <v>252.85742441035401</v>
       </c>
       <c r="J29" s="17">
@@ -11255,57 +11270,60 @@
       <c r="DP29" s="16">
         <v>475.72962223680463</v>
       </c>
       <c r="DQ29" s="16">
         <v>97.639765455873857</v>
       </c>
       <c r="DR29" s="16">
         <v>568.99763067810045</v>
       </c>
       <c r="DS29" s="16">
         <v>236.7715274100857</v>
       </c>
       <c r="DT29" s="16">
         <v>376.08693243292379</v>
       </c>
       <c r="DU29" s="16">
         <v>679.27163011536288</v>
       </c>
       <c r="DV29" s="16">
         <v>755.1224380463143</v>
       </c>
       <c r="DW29" s="16">
         <v>772.44433783979264</v>
       </c>
       <c r="DX29" s="16">
-        <v>-105.64041266343082</v>
+        <v>-102.51294934782203</v>
       </c>
       <c r="DY29" s="16">
-        <v>122.63844294755158</v>
+        <v>146.65680709116691</v>
+      </c>
+      <c r="DZ29" s="16">
+        <v>238.08580800884027</v>
       </c>
     </row>
-    <row r="30" spans="2:129" s="19" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="30" spans="2:130" s="19" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B30" s="25" t="s">
         <v>120</v>
       </c>
       <c r="C30" s="16">
         <v>1077.3649176999998</v>
       </c>
       <c r="D30" s="16">
         <v>1158.9100457992652</v>
       </c>
       <c r="E30" s="16">
         <v>1057.8778595272593</v>
       </c>
       <c r="F30" s="17">
         <v>1626.7845949386383</v>
       </c>
       <c r="G30" s="17">
         <v>1093.1306950767225</v>
       </c>
       <c r="H30" s="17">
         <v>1487.0603721592447</v>
       </c>
       <c r="I30" s="17">
         <v>2534.3343488123792</v>
       </c>
       <c r="J30" s="17">
@@ -11641,57 +11659,60 @@
       <c r="DP30" s="16">
         <v>1421.3981990505808</v>
       </c>
       <c r="DQ30" s="16">
         <v>251.05117463043698</v>
       </c>
       <c r="DR30" s="16">
         <v>1622.8207759775119</v>
       </c>
       <c r="DS30" s="16">
         <v>-37.816340700424462</v>
       </c>
       <c r="DT30" s="16">
         <v>1030.6587294910814</v>
       </c>
       <c r="DU30" s="16">
         <v>885.91303125703257</v>
       </c>
       <c r="DV30" s="16">
         <v>1381.8402034403189</v>
       </c>
       <c r="DW30" s="16">
         <v>883.8514143278959</v>
       </c>
       <c r="DX30" s="16">
-        <v>561.5578531912447</v>
+        <v>545.24102387520793</v>
       </c>
       <c r="DY30" s="16">
-        <v>518.77854502538821</v>
+        <v>555.5966172922997</v>
+      </c>
+      <c r="DZ30" s="16">
+        <v>2015.8623321041462</v>
       </c>
     </row>
-    <row r="31" spans="2:129" s="19" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="31" spans="2:130" s="19" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B31" s="25" t="s">
         <v>121</v>
       </c>
       <c r="C31" s="16">
         <v>-789.76369961655018</v>
       </c>
       <c r="D31" s="16">
         <v>-697.26992453029948</v>
       </c>
       <c r="E31" s="16">
         <v>394.8329454410769</v>
       </c>
       <c r="F31" s="17">
         <v>-867.7729127770599</v>
       </c>
       <c r="G31" s="17">
         <v>-334.55888519870877</v>
       </c>
       <c r="H31" s="17">
         <v>1126.500667740117</v>
       </c>
       <c r="I31" s="17">
         <v>274.7249839237835</v>
       </c>
       <c r="J31" s="17">
@@ -12027,57 +12048,60 @@
       <c r="DP31" s="16">
         <v>-2329.1519530117848</v>
       </c>
       <c r="DQ31" s="16">
         <v>781.0221443751177</v>
       </c>
       <c r="DR31" s="16">
         <v>400.53338884348523</v>
       </c>
       <c r="DS31" s="16">
         <v>326.15382440073222</v>
       </c>
       <c r="DT31" s="16">
         <v>1002.7346730533945</v>
       </c>
       <c r="DU31" s="16">
         <v>316.68133708766925</v>
       </c>
       <c r="DV31" s="16">
         <v>531.92606376454626</v>
       </c>
       <c r="DW31" s="16">
         <v>435.34751825124602</v>
       </c>
       <c r="DX31" s="16">
-        <v>1564.1261552227529</v>
+        <v>1596.1058574227527</v>
       </c>
       <c r="DY31" s="16">
-        <v>687.19020031191826</v>
+        <v>710.3249690719183</v>
+      </c>
+      <c r="DZ31" s="16">
+        <v>1035.5465286261926</v>
       </c>
     </row>
-    <row r="32" spans="2:129" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="32" spans="2:130" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B32" s="25" t="s">
         <v>122</v>
       </c>
       <c r="C32" s="16">
         <v>24.804701983449608</v>
       </c>
       <c r="D32" s="16">
         <v>143.54623886970029</v>
       </c>
       <c r="E32" s="16">
         <v>620.71186437214681</v>
       </c>
       <c r="F32" s="17">
         <v>-121.61123214794378</v>
       </c>
       <c r="G32" s="17">
         <v>760.15746865343988</v>
       </c>
       <c r="H32" s="17">
         <v>519.44245322019299</v>
       </c>
       <c r="I32" s="17">
         <v>476.57335375527703</v>
       </c>
       <c r="J32" s="17">
@@ -12413,57 +12437,60 @@
       <c r="DP32" s="16">
         <v>-2787.784136418034</v>
       </c>
       <c r="DQ32" s="16">
         <v>1043.5970339108201</v>
       </c>
       <c r="DR32" s="16">
         <v>699.47496530896194</v>
       </c>
       <c r="DS32" s="16">
         <v>-51.609878809345119</v>
       </c>
       <c r="DT32" s="16">
         <v>1674.2074243985003</v>
       </c>
       <c r="DU32" s="16">
         <v>176.9139869776188</v>
       </c>
       <c r="DV32" s="16">
         <v>658.43871586920091</v>
       </c>
       <c r="DW32" s="16">
         <v>538.06315678163196</v>
       </c>
       <c r="DX32" s="16">
-        <v>2021.2422408888078</v>
+        <v>2058.8431611888077</v>
       </c>
       <c r="DY32" s="16">
-        <v>1087.9319320893828</v>
+        <v>1111.1984339893829</v>
+      </c>
+      <c r="DZ32" s="16">
+        <v>715.91677391766461</v>
       </c>
     </row>
-    <row r="33" spans="2:129" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="33" spans="2:130" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B33" s="25" t="s">
         <v>123</v>
       </c>
       <c r="C33" s="16">
         <v>814.5684015999999</v>
       </c>
       <c r="D33" s="16">
         <v>840.81616339999994</v>
       </c>
       <c r="E33" s="16">
         <v>225.8789189310699</v>
       </c>
       <c r="F33" s="17">
         <v>746.16168062911618</v>
       </c>
       <c r="G33" s="17">
         <v>1094.7163538521488</v>
       </c>
       <c r="H33" s="17">
         <v>-607.05821451992404</v>
       </c>
       <c r="I33" s="17">
         <v>201.84836983149347</v>
       </c>
       <c r="J33" s="17">
@@ -12799,57 +12826,60 @@
       <c r="DP33" s="16">
         <v>-458.632183406249</v>
       </c>
       <c r="DQ33" s="16">
         <v>262.57488953570237</v>
       </c>
       <c r="DR33" s="16">
         <v>298.94157646547671</v>
       </c>
       <c r="DS33" s="16">
         <v>-377.76370321007732</v>
       </c>
       <c r="DT33" s="16">
         <v>671.47275134510573</v>
       </c>
       <c r="DU33" s="16">
         <v>-139.76735011005047</v>
       </c>
       <c r="DV33" s="16">
         <v>126.51265210465462</v>
       </c>
       <c r="DW33" s="16">
         <v>102.71563853038595</v>
       </c>
       <c r="DX33" s="16">
-        <v>457.11608566605486</v>
+        <v>462.73730376605494</v>
       </c>
       <c r="DY33" s="16">
-        <v>400.74173177746457</v>
+        <v>400.87346491746462</v>
+      </c>
+      <c r="DZ33" s="16">
+        <v>-319.62975470852808</v>
       </c>
     </row>
-    <row r="34" spans="2:129" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="34" spans="2:130" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B34" s="25" t="s">
         <v>124</v>
       </c>
       <c r="C34" s="16">
         <v>0</v>
       </c>
       <c r="D34" s="16">
         <v>0</v>
       </c>
       <c r="E34" s="16">
         <v>0</v>
       </c>
       <c r="F34" s="17">
         <v>0</v>
       </c>
       <c r="G34" s="17">
         <v>0</v>
       </c>
       <c r="H34" s="17">
         <v>88.352000000000004</v>
       </c>
       <c r="I34" s="17">
         <v>0</v>
       </c>
       <c r="J34" s="17">
@@ -13185,95 +13215,98 @@
       <c r="DP34" s="16">
         <v>-327.92054700000006</v>
       </c>
       <c r="DQ34" s="16">
         <v>-340.57161100000002</v>
       </c>
       <c r="DR34" s="16">
         <v>-242.390928</v>
       </c>
       <c r="DS34" s="16">
         <v>-230.49757900000003</v>
       </c>
       <c r="DT34" s="16">
         <v>-455.42400600000002</v>
       </c>
       <c r="DU34" s="16">
         <v>-35.155878999999985</v>
       </c>
       <c r="DV34" s="16">
         <v>-274.91806199999996</v>
       </c>
       <c r="DW34" s="16">
         <v>-243.30190299999998</v>
       </c>
       <c r="DX34" s="16">
-        <v>-111.06618300000001</v>
+        <v>-110.898493</v>
       </c>
       <c r="DY34" s="16">
-        <v>-170.71738800000003</v>
+        <v>-170.75443800000002</v>
+      </c>
+      <c r="DZ34" s="16">
+        <v>-195.37191699999997</v>
       </c>
     </row>
-    <row r="35" spans="2:129" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="35" spans="2:130" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B35" s="25" t="s">
         <v>125</v>
       </c>
       <c r="C35" s="16">
         <v>-179.16747033571966</v>
       </c>
       <c r="D35" s="16">
         <v>-856.63788667754</v>
       </c>
       <c r="E35" s="16">
         <v>-2657.4533969285662</v>
       </c>
       <c r="F35" s="17">
         <v>-1893.3931119758297</v>
       </c>
       <c r="G35" s="17">
         <v>-1608.3305628039448</v>
       </c>
       <c r="H35" s="17">
         <v>-3993.3617422608522</v>
       </c>
       <c r="I35" s="17">
-        <v>-3439.6622475928698</v>
+        <v>-3439.6622475928689</v>
       </c>
       <c r="J35" s="17">
         <v>-1616.7435385859449</v>
       </c>
       <c r="K35" s="17">
-        <v>-3946.4923459076763</v>
+        <v>-3946.4923459076772</v>
       </c>
       <c r="L35" s="17">
-        <v>-2509.859040334894</v>
+        <v>-2509.8590403348944</v>
       </c>
       <c r="M35" s="17">
-        <v>292.86064261798833</v>
+        <v>292.86064261798799</v>
       </c>
       <c r="N35" s="17">
-        <v>-124.48210988379822</v>
+        <v>-124.48210988379844</v>
       </c>
       <c r="O35" s="17">
         <v>2741.3411276002926</v>
       </c>
       <c r="P35" s="17">
         <v>439.09489389405257</v>
       </c>
       <c r="Q35" s="17">
         <v>1115.3603473742687</v>
       </c>
       <c r="R35" s="17">
         <v>1523.3015216190279</v>
       </c>
       <c r="S35" s="17">
         <v>2478.5133966579142</v>
       </c>
       <c r="T35" s="17">
         <v>770.20792052099569</v>
       </c>
       <c r="U35" s="17">
         <v>-39.738199683210041</v>
       </c>
       <c r="V35" s="17">
         <v>3669.4832090465952</v>
       </c>
@@ -13349,114 +13382,114 @@
       <c r="AT35" s="16">
         <v>443.77651863116222</v>
       </c>
       <c r="AU35" s="16">
         <v>-992.08217645586581</v>
       </c>
       <c r="AV35" s="16">
         <v>-1878.8180864787082</v>
       </c>
       <c r="AW35" s="16">
         <v>-933.26830580023181</v>
       </c>
       <c r="AX35" s="16">
         <v>272.9766915575384</v>
       </c>
       <c r="AY35" s="16">
         <v>-1454.2520415394508</v>
       </c>
       <c r="AZ35" s="16">
         <v>-2569.2627924886101</v>
       </c>
       <c r="BA35" s="16">
         <v>-1236.0655326725348</v>
       </c>
       <c r="BB35" s="16">
-        <v>1116.1985409630272</v>
+        <v>1116.1985409630274</v>
       </c>
       <c r="BC35" s="16">
         <v>-750.53246339475186</v>
       </c>
       <c r="BD35" s="16">
         <v>-1208.8160977962648</v>
       </c>
       <c r="BE35" s="16">
-        <v>-93.752336743445881</v>
+        <v>-93.752336743445994</v>
       </c>
       <c r="BF35" s="16">
-        <v>967.77900911694917</v>
+        <v>967.77900911694906</v>
       </c>
       <c r="BG35" s="16">
         <v>-1281.9541131631831</v>
       </c>
       <c r="BH35" s="16">
         <v>-2066.7762879611269</v>
       </c>
       <c r="BI35" s="16">
-        <v>-894.78450734394607</v>
+        <v>-894.78450734394585</v>
       </c>
       <c r="BJ35" s="16">
-        <v>354.43805394972765</v>
+        <v>354.43805394972742</v>
       </c>
       <c r="BK35" s="16">
-        <v>-1339.3696045523313</v>
+        <v>-1339.3696045523318</v>
       </c>
       <c r="BL35" s="16">
         <v>-1736.8282587253539</v>
       </c>
       <c r="BM35" s="16">
         <v>121.91821174257359</v>
       </c>
       <c r="BN35" s="16">
         <v>-58.168394424454732</v>
       </c>
       <c r="BO35" s="16">
-        <v>-836.78059892765896</v>
+        <v>-836.78059892765918</v>
       </c>
       <c r="BP35" s="16">
-        <v>-380.18553487300608</v>
+        <v>-380.18553487300602</v>
       </c>
       <c r="BQ35" s="16">
-        <v>292.45049655322066</v>
+        <v>292.45049655322072</v>
       </c>
       <c r="BR35" s="16">
-        <v>1110.6281788922884</v>
+        <v>1110.6281788922881</v>
       </c>
       <c r="BS35" s="16">
-        <v>-730.03249795451461</v>
+        <v>-730.03249795451484</v>
       </c>
       <c r="BT35" s="16">
         <v>-1790.8458479275071</v>
       </c>
       <c r="BU35" s="16">
         <v>-598.68970039818294</v>
       </c>
       <c r="BV35" s="16">
         <v>2555.4383278693326</v>
       </c>
       <c r="BW35" s="16">
-        <v>-290.38488942744095</v>
+        <v>-290.38488942744118</v>
       </c>
       <c r="BX35" s="16">
         <v>-860.22257262028984</v>
       </c>
       <c r="BY35" s="16">
         <v>1064.2529534254222</v>
       </c>
       <c r="BZ35" s="16">
         <v>1872.1727328211632</v>
       </c>
       <c r="CA35" s="16">
         <v>665.13801397399675</v>
       </c>
       <c r="CB35" s="16">
         <v>-860.75440302713525</v>
       </c>
       <c r="CC35" s="16">
         <v>-468.89895199123413</v>
       </c>
       <c r="CD35" s="16">
         <v>1739.9855587669053</v>
       </c>
       <c r="CE35" s="16">
         <v>28.762690145516672</v>
       </c>
@@ -13571,57 +13604,60 @@
       <c r="DP35" s="16">
         <v>3229.4521780610485</v>
       </c>
       <c r="DQ35" s="16">
         <v>141.228232135285</v>
       </c>
       <c r="DR35" s="16">
         <v>5872.2143423372872</v>
       </c>
       <c r="DS35" s="16">
         <v>-569.67051426234093</v>
       </c>
       <c r="DT35" s="16">
         <v>-2256.101713970847</v>
       </c>
       <c r="DU35" s="16">
         <v>-958.50687089677535</v>
       </c>
       <c r="DV35" s="16">
         <v>5075.6541113013218</v>
       </c>
       <c r="DW35" s="16">
         <v>-1984.3994217301524</v>
       </c>
       <c r="DX35" s="16">
-        <v>-5113.6528800036212</v>
+        <v>-5134.3288250393189</v>
       </c>
       <c r="DY35" s="16">
-        <v>-1131.4879334478715</v>
+        <v>-1069.9780469285047</v>
+      </c>
+      <c r="DZ35" s="16">
+        <v>5173.1155900698122</v>
       </c>
     </row>
-    <row r="36" spans="2:129" s="19" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="36" spans="2:130" s="19" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B36" s="25" t="s">
         <v>126</v>
       </c>
       <c r="C36" s="16">
         <v>934.46435882272374</v>
       </c>
       <c r="D36" s="16">
         <v>-260.99633217524394</v>
       </c>
       <c r="E36" s="16">
         <v>-461.89287426501926</v>
       </c>
       <c r="F36" s="17">
         <v>2139.702932455376</v>
       </c>
       <c r="G36" s="17">
         <v>528.19057212548489</v>
       </c>
       <c r="H36" s="17">
         <v>-1015.0503730986239</v>
       </c>
       <c r="I36" s="17">
         <v>742.32260293239983</v>
       </c>
       <c r="J36" s="17">
@@ -13957,95 +13993,98 @@
       <c r="DP36" s="16">
         <v>9844.0871573593668</v>
       </c>
       <c r="DQ36" s="16">
         <v>-778.76611468364263</v>
       </c>
       <c r="DR36" s="16">
         <v>9317.9808234629581</v>
       </c>
       <c r="DS36" s="16">
         <v>1953.7063744829893</v>
       </c>
       <c r="DT36" s="16">
         <v>-1662.9388981704894</v>
       </c>
       <c r="DU36" s="16">
         <v>28.175872372564982</v>
       </c>
       <c r="DV36" s="16">
         <v>4819.325428530783</v>
       </c>
       <c r="DW36" s="16">
         <v>-9340.7381281827056</v>
       </c>
       <c r="DX36" s="16">
-        <v>-4292.0471627235111</v>
+        <v>-4293.960773963513</v>
       </c>
       <c r="DY36" s="16">
-        <v>1792.1634816245391</v>
+        <v>1887.5919260057317</v>
+      </c>
+      <c r="DZ36" s="16">
+        <v>2377.7105321320751</v>
       </c>
     </row>
-    <row r="37" spans="2:129" s="19" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="37" spans="2:130" s="19" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B37" s="25" t="s">
         <v>127</v>
       </c>
       <c r="C37" s="16">
         <v>1113.6318291584435</v>
       </c>
       <c r="D37" s="16">
         <v>595.64155450229612</v>
       </c>
       <c r="E37" s="16">
         <v>2195.5605226635471</v>
       </c>
       <c r="F37" s="17">
         <v>4033.0960444312059</v>
       </c>
       <c r="G37" s="17">
         <v>2136.5211349294295</v>
       </c>
       <c r="H37" s="17">
         <v>2978.3113691622284</v>
       </c>
       <c r="I37" s="17">
         <v>4181.9848505252694</v>
       </c>
       <c r="J37" s="17">
         <v>3241.3038950927148</v>
       </c>
       <c r="K37" s="17">
-        <v>5563.9890221373953</v>
+        <v>5563.9890221373962</v>
       </c>
       <c r="L37" s="17">
-        <v>1635.5762858518451</v>
+        <v>1635.5762858518453</v>
       </c>
       <c r="M37" s="17">
-        <v>-516.24719056333038</v>
+        <v>-516.24719056333015</v>
       </c>
       <c r="N37" s="17">
-        <v>408.59107116274356</v>
+        <v>408.59107116274379</v>
       </c>
       <c r="O37" s="17">
         <v>-3640.6238072982524</v>
       </c>
       <c r="P37" s="17">
         <v>-682.2237197770321</v>
       </c>
       <c r="Q37" s="17">
         <v>15.102932419306143</v>
       </c>
       <c r="R37" s="17">
         <v>-1319.0945632942057</v>
       </c>
       <c r="S37" s="17">
         <v>-2020.3194399685572</v>
       </c>
       <c r="T37" s="17">
         <v>-132.34912997085098</v>
       </c>
       <c r="U37" s="17">
         <v>-173.15331659460023</v>
       </c>
       <c r="V37" s="17">
         <v>-4096.2016826884319</v>
       </c>
@@ -14121,117 +14160,117 @@
       <c r="AT37" s="16">
         <v>-114.04610767906455</v>
       </c>
       <c r="AU37" s="16">
         <v>1282.4492999599395</v>
       </c>
       <c r="AV37" s="16">
         <v>850.7070749227687</v>
       </c>
       <c r="AW37" s="16">
         <v>733.85104756788598</v>
       </c>
       <c r="AX37" s="16">
         <v>-80.365984512308472</v>
       </c>
       <c r="AY37" s="16">
         <v>1474.1192311838822</v>
       </c>
       <c r="AZ37" s="16">
         <v>1534.2806028428324</v>
       </c>
       <c r="BA37" s="16">
         <v>1113.9272857061721</v>
       </c>
       <c r="BB37" s="16">
-        <v>-302.53812284424424</v>
+        <v>-302.53812284424447</v>
       </c>
       <c r="BC37" s="16">
         <v>1836.3150848205091</v>
       </c>
       <c r="BD37" s="16">
         <v>811.57279487739766</v>
       </c>
       <c r="BE37" s="16">
-        <v>410.60276158767527</v>
+        <v>410.60276158767539</v>
       </c>
       <c r="BF37" s="16">
-        <v>99.736375773117601</v>
+        <v>99.736375773117715</v>
       </c>
       <c r="BG37" s="16">
-        <v>1919.3919628545245</v>
+        <v>1919.3919628545243</v>
       </c>
       <c r="BH37" s="16">
-        <v>1615.5497715472363</v>
+        <v>1615.5497715472361</v>
       </c>
       <c r="BI37" s="16">
-        <v>624.53023769478864</v>
+        <v>624.53023769478841</v>
       </c>
       <c r="BJ37" s="16">
-        <v>530.64358539174884</v>
+        <v>530.64358539174907</v>
       </c>
       <c r="BK37" s="16">
-        <v>2793.265427503622</v>
+        <v>2793.2654275036225</v>
       </c>
       <c r="BL37" s="16">
         <v>196.52944269558142</v>
       </c>
       <c r="BM37" s="16">
         <v>603.66611830530917</v>
       </c>
       <c r="BN37" s="16">
         <v>671.26204603856081</v>
       </c>
       <c r="BO37" s="16">
-        <v>164.11867881239368</v>
+        <v>164.11867881239391</v>
       </c>
       <c r="BP37" s="16">
-        <v>-113.19601432044546</v>
+        <v>-113.19601432044551</v>
       </c>
       <c r="BQ37" s="16">
-        <v>4.8536323651946329</v>
+        <v>4.8536323651945761</v>
       </c>
       <c r="BR37" s="16">
-        <v>-745.76218478666738</v>
+        <v>-745.76218478666726</v>
       </c>
       <c r="BS37" s="16">
-        <v>337.8573761785878</v>
+        <v>337.85737617858803</v>
       </c>
       <c r="BT37" s="16">
         <v>1302.9771447622702</v>
       </c>
       <c r="BU37" s="16">
         <v>506.25299367522263</v>
       </c>
       <c r="BV37" s="16">
         <v>-1356.6020329610674</v>
       </c>
       <c r="BW37" s="16">
-        <v>-44.037034313681801</v>
+        <v>-44.037034313681573</v>
       </c>
       <c r="BX37" s="16">
-        <v>108.43202237036593</v>
+        <v>108.43202237036584</v>
       </c>
       <c r="BY37" s="16">
         <v>-679.21158023731664</v>
       </c>
       <c r="BZ37" s="16">
         <v>-1134.0029007332205</v>
       </c>
       <c r="CA37" s="16">
         <v>-1935.8413486980812</v>
       </c>
       <c r="CB37" s="16">
         <v>283.37480981924546</v>
       </c>
       <c r="CC37" s="16">
         <v>731.72063374215247</v>
       </c>
       <c r="CD37" s="16">
         <v>-1197.0829893258033</v>
       </c>
       <c r="CE37" s="16">
         <v>-500.23617401262675</v>
       </c>
       <c r="CF37" s="16">
         <v>1035.0922701580776</v>
       </c>
@@ -14343,57 +14382,60 @@
       <c r="DP37" s="16">
         <v>6614.6349792983183</v>
       </c>
       <c r="DQ37" s="16">
         <v>-919.99434681892762</v>
       </c>
       <c r="DR37" s="16">
         <v>3445.7664811256709</v>
       </c>
       <c r="DS37" s="16">
         <v>2523.3768887453302</v>
       </c>
       <c r="DT37" s="16">
         <v>593.16281580035741</v>
       </c>
       <c r="DU37" s="16">
         <v>986.68274326934034</v>
       </c>
       <c r="DV37" s="16">
         <v>-256.32868277053842</v>
       </c>
       <c r="DW37" s="16">
         <v>-7356.3387064525532</v>
       </c>
       <c r="DX37" s="16">
-        <v>821.60571728010984</v>
+        <v>840.36805107580551</v>
       </c>
       <c r="DY37" s="16">
-        <v>2923.6514150724106</v>
+        <v>2957.5699729342364</v>
+      </c>
+      <c r="DZ37" s="16">
+        <v>-2795.4050579377367</v>
       </c>
     </row>
-    <row r="38" spans="2:129" s="19" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="38" spans="2:130" s="19" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B38" s="25" t="s">
         <v>128</v>
       </c>
       <c r="C38" s="16">
         <v>677.27361538637558</v>
       </c>
       <c r="D38" s="16">
         <v>1548.9828212502662</v>
       </c>
       <c r="E38" s="16">
         <v>741.86618808288961</v>
       </c>
       <c r="F38" s="17">
         <v>1235.4710240709235</v>
       </c>
       <c r="G38" s="17">
         <v>43.033827075195745</v>
       </c>
       <c r="H38" s="17">
         <v>821.81006774759067</v>
       </c>
       <c r="I38" s="17">
         <v>1412.2303304319748</v>
       </c>
       <c r="J38" s="17">
@@ -14734,90 +14776,93 @@
       </c>
       <c r="DR38" s="16">
         <v>-93.486832194234069</v>
       </c>
       <c r="DS38" s="16">
         <v>129.73652489399797</v>
       </c>
       <c r="DT38" s="16">
         <v>-172.86288573251628</v>
       </c>
       <c r="DU38" s="16">
         <v>200.33897627455639</v>
       </c>
       <c r="DV38" s="16">
         <v>85.46160641256526</v>
       </c>
       <c r="DW38" s="16">
         <v>123.88324873042441</v>
       </c>
       <c r="DX38" s="16">
         <v>339.505278172413</v>
       </c>
       <c r="DY38" s="16">
         <v>-16.85963671130207</v>
       </c>
+      <c r="DZ38" s="16">
+        <v>70.20383492494858</v>
+      </c>
     </row>
-    <row r="39" spans="2:129" s="19" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="39" spans="2:130" s="19" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B39" s="22" t="s">
         <v>129</v>
       </c>
       <c r="C39" s="23">
         <v>-993.29301437705431</v>
       </c>
       <c r="D39" s="23">
         <v>-594.76796082466615</v>
       </c>
       <c r="E39" s="23">
         <v>-664.60223897651815</v>
       </c>
       <c r="F39" s="23">
         <v>-335.99975263705289</v>
       </c>
       <c r="G39" s="23">
         <v>-674.07269918703366</v>
       </c>
       <c r="H39" s="23">
         <v>-644.07645211948579</v>
       </c>
       <c r="I39" s="23">
-        <v>-925.8929942637775</v>
+        <v>-925.89299426377727</v>
       </c>
       <c r="J39" s="23">
-        <v>-997.47120513104596</v>
+        <v>-997.47120513104619</v>
       </c>
       <c r="K39" s="23">
-        <v>-1023.2302210589205</v>
+        <v>-1023.230221058921</v>
       </c>
       <c r="L39" s="23">
-        <v>-167.4508527300369</v>
+        <v>-167.45085273003713</v>
       </c>
       <c r="M39" s="23">
-        <v>-107.70624138289622</v>
+        <v>-107.70624138289668</v>
       </c>
       <c r="N39" s="23">
-        <v>-443.89859820360584</v>
+        <v>-443.89859820360607</v>
       </c>
       <c r="O39" s="23">
         <v>513.40106687222021</v>
       </c>
       <c r="P39" s="23">
         <v>-142.95057291912588</v>
       </c>
       <c r="Q39" s="23">
         <v>506.06780963680217</v>
       </c>
       <c r="R39" s="23">
         <v>6.8655160688938963</v>
       </c>
       <c r="S39" s="23">
         <v>-259.75035293320673</v>
       </c>
       <c r="T39" s="23">
         <v>210.07180138222247</v>
       </c>
       <c r="U39" s="23">
         <v>281.67633858891384</v>
       </c>
       <c r="V39" s="23">
         <v>253.86506043900721</v>
       </c>
@@ -14893,114 +14938,114 @@
       <c r="AT39" s="23">
         <v>-1172.6914636168585</v>
       </c>
       <c r="AU39" s="23">
         <v>422.40085305208333</v>
       </c>
       <c r="AV39" s="23">
         <v>119.93167080032867</v>
       </c>
       <c r="AW39" s="23">
         <v>151.8313961941908</v>
       </c>
       <c r="AX39" s="23">
         <v>-1109.2078744746098</v>
       </c>
       <c r="AY39" s="23">
         <v>193.36835536060448</v>
       </c>
       <c r="AZ39" s="23">
         <v>159.97029750045863</v>
       </c>
       <c r="BA39" s="23">
         <v>-78.071791189325495</v>
       </c>
       <c r="BB39" s="23">
-        <v>-1440.44176340542</v>
+        <v>-1440.4417634054198</v>
       </c>
       <c r="BC39" s="23">
         <v>432.6502628305094</v>
       </c>
       <c r="BD39" s="23">
         <v>-3.7449889178310514</v>
       </c>
       <c r="BE39" s="23">
-        <v>60.022771791330115</v>
+        <v>60.022771791329887</v>
       </c>
       <c r="BF39" s="23">
         <v>-1538.1436780109229</v>
       </c>
       <c r="BG39" s="23">
         <v>484.39469000637791</v>
       </c>
       <c r="BH39" s="23">
         <v>-164.99420162214074</v>
       </c>
       <c r="BI39" s="23">
         <v>574.0843208201868</v>
       </c>
       <c r="BJ39" s="23">
         <v>-1308.5530842923249</v>
       </c>
       <c r="BK39" s="23">
-        <v>-123.76725596464166</v>
+        <v>-123.76725596464212</v>
       </c>
       <c r="BL39" s="23">
         <v>-87.506224172483826</v>
       </c>
       <c r="BM39" s="23">
         <v>490.19938439304906</v>
       </c>
       <c r="BN39" s="23">
         <v>-963.5240594201664</v>
       </c>
       <c r="BO39" s="23">
-        <v>393.38004646956426</v>
+        <v>393.38004646956404</v>
       </c>
       <c r="BP39" s="23">
         <v>602.40158976705118</v>
       </c>
       <c r="BQ39" s="23">
         <v>543.55737998241545</v>
       </c>
       <c r="BR39" s="23">
-        <v>-851.82977494464717</v>
+        <v>-851.8297749446474</v>
       </c>
       <c r="BS39" s="23">
-        <v>-401.83543618771569</v>
+        <v>-401.83543618771591</v>
       </c>
       <c r="BT39" s="23">
         <v>155.02240005806857</v>
       </c>
       <c r="BU39" s="23">
         <v>483.30453397706685</v>
       </c>
       <c r="BV39" s="23">
         <v>-983.55432087054601</v>
       </c>
       <c r="BW39" s="23">
-        <v>-98.671211368195259</v>
+        <v>-98.671211368195486</v>
       </c>
       <c r="BX39" s="23">
         <v>274.27256377021604</v>
       </c>
       <c r="BY39" s="23">
         <v>761.99756974999138</v>
       </c>
       <c r="BZ39" s="23">
         <v>-548.18305768720757</v>
       </c>
       <c r="CA39" s="23">
         <v>25.313991039220468</v>
       </c>
       <c r="CB39" s="23">
         <v>-81.195025002616831</v>
       </c>
       <c r="CC39" s="23">
         <v>45.794904352216008</v>
       </c>
       <c r="CD39" s="23">
         <v>-435.26805041006946</v>
       </c>
       <c r="CE39" s="23">
         <v>327.71759814134441</v>
       </c>
@@ -15115,57 +15160,60 @@
       <c r="DP39" s="23">
         <v>1307.7220199094118</v>
       </c>
       <c r="DQ39" s="23">
         <v>551.33432400678134</v>
       </c>
       <c r="DR39" s="23">
         <v>-612.73252672595572</v>
       </c>
       <c r="DS39" s="23">
         <v>461.39103113162537</v>
       </c>
       <c r="DT39" s="23">
         <v>172.84664291967056</v>
       </c>
       <c r="DU39" s="23">
         <v>483.78628635123516</v>
       </c>
       <c r="DV39" s="23">
         <v>-212.87440185690139</v>
       </c>
       <c r="DW39" s="23">
         <v>-1.3242058731034376</v>
       </c>
       <c r="DX39" s="23">
-        <v>-574.68446661282087</v>
+        <v>-695.92020581221595</v>
       </c>
       <c r="DY39" s="23">
-        <v>487.46073510720771</v>
+        <v>324.10648339582667</v>
+      </c>
+      <c r="DZ39" s="23">
+        <v>-83.557217627502723</v>
       </c>
     </row>
-    <row r="40" spans="2:129" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="40" spans="2:130" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C40" s="4"/>
       <c r="D40" s="4"/>
       <c r="E40" s="4"/>
       <c r="F40" s="4"/>
       <c r="G40" s="5"/>
       <c r="H40" s="5"/>
       <c r="I40" s="5"/>
       <c r="J40" s="5"/>
       <c r="K40" s="5"/>
       <c r="L40" s="5"/>
       <c r="M40" s="5"/>
       <c r="N40" s="5"/>
       <c r="O40" s="5"/>
       <c r="P40" s="5"/>
       <c r="Q40" s="5"/>
       <c r="R40" s="5"/>
       <c r="S40" s="5"/>
       <c r="T40" s="5"/>
       <c r="U40" s="5"/>
       <c r="V40" s="5"/>
       <c r="W40" s="5"/>
       <c r="X40" s="5"/>
       <c r="Y40" s="5"/>
       <c r="Z40" s="5"/>
       <c r="AA40" s="5"/>
@@ -15210,51 +15258,51 @@
       <c r="BN40" s="4"/>
       <c r="BO40" s="4"/>
       <c r="BP40" s="4"/>
       <c r="BQ40" s="4"/>
       <c r="BR40" s="4"/>
       <c r="BS40" s="4"/>
       <c r="BT40" s="4"/>
       <c r="BU40" s="4"/>
       <c r="BV40" s="4"/>
       <c r="BW40" s="4"/>
       <c r="BX40" s="4"/>
       <c r="BY40" s="4"/>
       <c r="BZ40" s="4"/>
       <c r="CA40" s="4"/>
       <c r="CB40" s="4"/>
       <c r="CC40" s="4"/>
       <c r="CD40" s="4"/>
       <c r="CE40" s="4"/>
       <c r="CF40" s="4"/>
       <c r="CG40" s="4"/>
       <c r="CH40" s="4"/>
       <c r="CI40" s="4"/>
       <c r="CJ40" s="4"/>
       <c r="CK40" s="4"/>
     </row>
-    <row r="41" spans="2:129" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="41" spans="2:130" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B41" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C41" s="4"/>
       <c r="D41" s="4"/>
       <c r="E41" s="4"/>
       <c r="F41" s="4"/>
       <c r="G41" s="5"/>
       <c r="H41" s="5"/>
       <c r="I41" s="5"/>
       <c r="J41" s="5"/>
       <c r="K41" s="5"/>
       <c r="L41" s="5"/>
       <c r="M41" s="5"/>
       <c r="N41" s="5"/>
       <c r="O41" s="5"/>
       <c r="P41" s="5"/>
       <c r="Q41" s="5"/>
       <c r="R41" s="5"/>
       <c r="S41" s="5"/>
       <c r="T41" s="5"/>
       <c r="U41" s="5"/>
       <c r="V41" s="5"/>
       <c r="W41" s="5"/>
       <c r="X41" s="5"/>
@@ -15302,111 +15350,111 @@
       <c r="BN41" s="4"/>
       <c r="BO41" s="4"/>
       <c r="BP41" s="4"/>
       <c r="BQ41" s="4"/>
       <c r="BR41" s="4"/>
       <c r="BS41" s="4"/>
       <c r="BT41" s="4"/>
       <c r="BU41" s="4"/>
       <c r="BV41" s="4"/>
       <c r="BW41" s="4"/>
       <c r="BX41" s="4"/>
       <c r="BY41" s="4"/>
       <c r="BZ41" s="4"/>
       <c r="CA41" s="4"/>
       <c r="CB41" s="4"/>
       <c r="CC41" s="4"/>
       <c r="CD41" s="4"/>
       <c r="CE41" s="4"/>
       <c r="CF41" s="4"/>
       <c r="CG41" s="4"/>
       <c r="CH41" s="4"/>
       <c r="CI41" s="4"/>
       <c r="CJ41" s="4"/>
       <c r="CK41" s="4"/>
     </row>
-    <row r="42" spans="2:129" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="42" spans="2:130" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B42" s="27" t="s">
         <v>134</v>
       </c>
       <c r="C42" s="26"/>
       <c r="D42" s="26"/>
       <c r="E42" s="26"/>
       <c r="F42" s="26"/>
       <c r="G42" s="26"/>
       <c r="H42" s="26"/>
       <c r="I42" s="26"/>
       <c r="J42" s="26"/>
       <c r="K42" s="26"/>
       <c r="L42"/>
       <c r="M42"/>
       <c r="N42"/>
       <c r="O42"/>
       <c r="P42"/>
       <c r="Q42"/>
       <c r="R42"/>
       <c r="S42"/>
       <c r="T42"/>
       <c r="U42"/>
       <c r="V42"/>
       <c r="W42"/>
       <c r="X42"/>
       <c r="Y42" s="6"/>
       <c r="Z42" s="6"/>
       <c r="AA42" s="6"/>
     </row>
-    <row r="43" spans="2:129" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="43" spans="2:130" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B43" s="28" t="s">
         <v>90</v>
       </c>
       <c r="C43" s="28"/>
       <c r="D43" s="28"/>
       <c r="E43" s="28"/>
       <c r="F43" s="28"/>
       <c r="G43" s="28"/>
       <c r="H43" s="28"/>
       <c r="I43" s="28"/>
       <c r="J43" s="28"/>
       <c r="K43" s="28"/>
       <c r="L43" s="2"/>
       <c r="M43" s="2"/>
       <c r="N43" s="2"/>
       <c r="O43" s="2"/>
       <c r="P43" s="2"/>
       <c r="Q43" s="2"/>
       <c r="R43" s="2"/>
       <c r="S43" s="2"/>
       <c r="T43" s="2"/>
       <c r="U43" s="2"/>
       <c r="V43" s="2"/>
       <c r="W43" s="2"/>
       <c r="X43" s="2"/>
       <c r="Y43" s="6"/>
       <c r="Z43" s="6"/>
       <c r="AA43" s="6"/>
     </row>
-    <row r="44" spans="2:129" ht="79.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="44" spans="2:130" ht="79.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B44" s="28" t="s">
         <v>136</v>
       </c>
       <c r="C44" s="28"/>
       <c r="D44" s="28"/>
       <c r="E44" s="28"/>
       <c r="F44" s="28"/>
       <c r="G44" s="28"/>
       <c r="H44" s="28"/>
       <c r="I44" s="28"/>
       <c r="J44" s="28"/>
       <c r="K44" s="28"/>
     </row>
     <row r="51" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B51" s="27"/>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="B43:K43"/>
     <mergeCell ref="B44:K44"/>
   </mergeCells>
   <phoneticPr fontId="0" type="noConversion"/>
   <pageMargins left="0.74803149606299213" right="0.74803149606299213" top="0.98425196850393704" bottom="0.98425196850393704" header="0.51181102362204722" footer="0.51181102362204722"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>