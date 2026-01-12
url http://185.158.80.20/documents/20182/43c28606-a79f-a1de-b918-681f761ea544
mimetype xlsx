--- v0 (2025-10-07)
+++ v1 (2026-01-12)
@@ -2,65 +2,65 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="4" rupBuild="14420"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\BOP&amp;IIP&amp;Dug izvještaji\Biltenske tablice_objava\H1-H6_H16-H19\2025Q2_web\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\BOP&amp;IIP&amp;Dug izvještaji\Biltenske tablice_objava\H1-H6_H16-H19\2025Q3_web\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
     <workbookView xWindow="1560" yWindow="720" windowWidth="22140" windowHeight="17280"/>
   </bookViews>
   <sheets>
     <sheet name="EUR" sheetId="3" r:id="rId1"/>
   </sheets>
   <calcPr calcId="152511"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="220" uniqueCount="169">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="192" uniqueCount="170">
   <si>
     <t>Ostala ulaganja, neto</t>
   </si>
   <si>
     <t>1999.</t>
   </si>
   <si>
     <t>2000.</t>
   </si>
   <si>
     <t>2001.</t>
   </si>
   <si>
     <t>2002.</t>
   </si>
   <si>
     <t>2003.</t>
   </si>
   <si>
     <t>2004.</t>
   </si>
   <si>
     <t>2005.</t>
   </si>
   <si>
@@ -1256,50 +1256,53 @@
       <t>*</t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t>Revidirani podaci.</t>
     </r>
   </si>
   <si>
     <t>2. tr. 25.</t>
   </si>
+  <si>
+    <t>3. tr. 25.</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="#,##0.0"/>
     <numFmt numFmtId="165" formatCode="#,###,##0.0;\-#,###,##0.0"/>
     <numFmt numFmtId="166" formatCode="yyyy\."/>
   </numFmts>
   <fonts count="14" x14ac:knownFonts="1">
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
@@ -1801,114 +1804,102 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A2:DV171"/>
+  <dimension ref="A2:DW171"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="11.6640625" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="3.6640625" style="1" customWidth="1"/>
     <col min="2" max="2" width="58.1640625" style="1" customWidth="1"/>
     <col min="3" max="28" width="11.6640625" style="1"/>
     <col min="29" max="29" width="15.6640625" style="1" customWidth="1"/>
     <col min="30" max="16384" width="11.6640625" style="1"/>
   </cols>
   <sheetData>
-    <row r="2" spans="2:126" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="2" spans="2:127" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B2" s="3" t="s">
         <v>103</v>
       </c>
     </row>
-    <row r="3" spans="2:126" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="3" spans="2:127" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B3" s="16" t="s">
         <v>115</v>
       </c>
     </row>
-    <row r="4" spans="2:126" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2"/>
-    <row r="5" spans="2:126" s="9" customFormat="1" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="4" spans="2:127" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="5" spans="2:127" s="9" customFormat="1" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B5" s="7"/>
       <c r="C5" s="7"/>
       <c r="D5" s="7"/>
       <c r="E5" s="7"/>
       <c r="F5" s="7"/>
       <c r="G5" s="7"/>
       <c r="H5" s="7"/>
       <c r="I5" s="7"/>
       <c r="J5" s="7"/>
       <c r="K5" s="7"/>
       <c r="L5" s="7"/>
       <c r="M5" s="7"/>
       <c r="N5" s="7"/>
       <c r="O5" s="7"/>
       <c r="P5" s="7"/>
       <c r="Q5" s="7"/>
       <c r="R5" s="7"/>
       <c r="S5" s="7"/>
       <c r="T5" s="7"/>
       <c r="U5" s="7"/>
       <c r="V5" s="7"/>
-      <c r="W5" s="7" t="s">
-[...16 lines deleted...]
-      </c>
+      <c r="W5" s="7"/>
+      <c r="X5" s="7"/>
+      <c r="Y5" s="7"/>
+      <c r="Z5" s="7"/>
+      <c r="AA5" s="7"/>
+      <c r="AB5" s="7"/>
       <c r="AC5" s="7"/>
       <c r="AD5" s="7"/>
       <c r="AE5" s="7"/>
       <c r="AF5" s="7"/>
       <c r="AG5" s="7"/>
       <c r="AH5" s="7"/>
       <c r="AI5" s="7"/>
       <c r="AJ5" s="7"/>
       <c r="AK5" s="7"/>
       <c r="AL5" s="7"/>
       <c r="AM5" s="7"/>
       <c r="AN5" s="7"/>
       <c r="AO5" s="7"/>
       <c r="AP5" s="7"/>
       <c r="AQ5" s="7"/>
       <c r="AR5" s="7"/>
       <c r="AS5" s="7"/>
       <c r="AT5" s="7"/>
       <c r="AU5" s="7"/>
       <c r="AV5" s="7"/>
       <c r="AW5" s="7"/>
       <c r="AX5" s="7"/>
       <c r="AY5" s="7"/>
       <c r="AZ5" s="7"/>
       <c r="BA5" s="7"/>
@@ -1937,130 +1928,85 @@
       <c r="BX5" s="7"/>
       <c r="BY5" s="7"/>
       <c r="BZ5" s="7"/>
       <c r="CA5" s="7"/>
       <c r="CB5" s="7"/>
       <c r="CC5" s="7"/>
       <c r="CD5" s="7"/>
       <c r="CE5" s="7"/>
       <c r="CF5" s="7"/>
       <c r="CG5" s="7"/>
       <c r="CH5" s="7"/>
       <c r="CI5" s="7"/>
       <c r="CJ5" s="7"/>
       <c r="CK5" s="7"/>
       <c r="CL5" s="7"/>
       <c r="CM5" s="7"/>
       <c r="CN5" s="7"/>
       <c r="CO5" s="7"/>
       <c r="CP5" s="7"/>
       <c r="CQ5" s="7"/>
       <c r="CR5" s="7"/>
       <c r="CS5" s="7"/>
       <c r="CT5" s="7"/>
       <c r="CU5" s="7"/>
       <c r="CV5" s="7"/>
-      <c r="CW5" s="7" t="s">
-[...70 lines deleted...]
-      </c>
+      <c r="CW5" s="7"/>
+      <c r="CX5" s="7"/>
+      <c r="CY5" s="7"/>
+      <c r="CZ5" s="7"/>
+      <c r="DA5" s="7"/>
+      <c r="DB5" s="7"/>
+      <c r="DC5" s="7"/>
+      <c r="DD5" s="7"/>
+      <c r="DE5" s="7"/>
+      <c r="DF5" s="7"/>
+      <c r="DG5" s="7"/>
+      <c r="DH5" s="7"/>
+      <c r="DI5" s="7"/>
+      <c r="DJ5" s="7"/>
+      <c r="DK5" s="7"/>
+      <c r="DL5" s="7"/>
+      <c r="DM5" s="7"/>
+      <c r="DN5" s="7"/>
+      <c r="DO5" s="7"/>
+      <c r="DP5" s="7"/>
+      <c r="DQ5" s="7"/>
+      <c r="DR5" s="7"/>
+      <c r="DS5" s="7"/>
+      <c r="DT5" s="7"/>
       <c r="DU5" s="7" t="s">
         <v>166</v>
       </c>
-      <c r="DV5" s="8" t="s">
+      <c r="DV5" s="7" t="s">
+        <v>166</v>
+      </c>
+      <c r="DW5" s="8" t="s">
         <v>105</v>
       </c>
     </row>
-    <row r="6" spans="2:126" s="11" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="6" spans="2:127" s="11" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B6" s="4"/>
       <c r="C6" s="10" t="s">
         <v>1</v>
       </c>
       <c r="D6" s="10" t="s">
         <v>2</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>3</v>
       </c>
       <c r="F6" s="10" t="s">
         <v>4</v>
       </c>
       <c r="G6" s="10" t="s">
         <v>5</v>
       </c>
       <c r="H6" s="10" t="s">
         <v>6</v>
       </c>
       <c r="I6" s="10" t="s">
         <v>7</v>
       </c>
       <c r="J6" s="10" t="s">
         <v>8</v>
       </c>
@@ -2390,78 +2336,81 @@
       </c>
       <c r="DO6" s="4" t="s">
         <v>156</v>
       </c>
       <c r="DP6" s="4" t="s">
         <v>158</v>
       </c>
       <c r="DQ6" s="4" t="s">
         <v>159</v>
       </c>
       <c r="DR6" s="4" t="s">
         <v>161</v>
       </c>
       <c r="DS6" s="4" t="s">
         <v>162</v>
       </c>
       <c r="DT6" s="4" t="s">
         <v>164</v>
       </c>
       <c r="DU6" s="4" t="s">
         <v>165</v>
       </c>
       <c r="DV6" s="4" t="s">
         <v>168</v>
       </c>
+      <c r="DW6" s="4" t="s">
+        <v>169</v>
+      </c>
     </row>
-    <row r="7" spans="2:126" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="7" spans="2:127" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B7" s="12" t="s">
         <v>0</v>
       </c>
       <c r="C7" s="17">
         <v>-3087.83631099595</v>
       </c>
       <c r="D7" s="17">
         <v>-4537.8484865487271</v>
       </c>
       <c r="E7" s="17">
         <v>-3343.3852417056878</v>
       </c>
       <c r="F7" s="17">
         <v>-6953.4258388893577</v>
       </c>
       <c r="G7" s="17">
         <v>-9994.0116799704647</v>
       </c>
       <c r="H7" s="17">
         <v>-11751.185451670859</v>
       </c>
       <c r="I7" s="17">
         <v>-15810.768989001377</v>
       </c>
       <c r="J7" s="17">
-        <v>-19121.39609358837</v>
+        <v>-19121.396093588373</v>
       </c>
       <c r="K7" s="17">
         <v>-20154.114031337856</v>
       </c>
       <c r="L7" s="17">
         <v>-26221.641498415636</v>
       </c>
       <c r="M7" s="17">
         <v>-28908.426499185691</v>
       </c>
       <c r="N7" s="17">
         <v>-28859.441357805579</v>
       </c>
       <c r="O7" s="17">
         <v>-29141.74837289222</v>
       </c>
       <c r="P7" s="17">
         <v>-26169.280045568892</v>
       </c>
       <c r="Q7" s="17">
         <v>-25489.96162797638</v>
       </c>
       <c r="R7" s="17">
         <v>-24106.896988426215</v>
       </c>
@@ -2543,93 +2492,93 @@
       <c r="AR7" s="17">
         <v>-11751.185451670859</v>
       </c>
       <c r="AS7" s="17">
         <v>-13640.523908295829</v>
       </c>
       <c r="AT7" s="17">
         <v>-14579.139499311721</v>
       </c>
       <c r="AU7" s="17">
         <v>-14239.17327103235</v>
       </c>
       <c r="AV7" s="17">
         <v>-15810.768989001377</v>
       </c>
       <c r="AW7" s="17">
         <v>-18230.150792346285</v>
       </c>
       <c r="AX7" s="17">
         <v>-19361.534171935051</v>
       </c>
       <c r="AY7" s="17">
         <v>-18174.605203679213</v>
       </c>
       <c r="AZ7" s="17">
-        <v>-19121.39609358837</v>
+        <v>-19121.396093588373</v>
       </c>
       <c r="BA7" s="17">
         <v>-20199.183550157159</v>
       </c>
       <c r="BB7" s="17">
         <v>-19878.634489980104</v>
       </c>
       <c r="BC7" s="17">
         <v>-19263.016386612962</v>
       </c>
       <c r="BD7" s="17">
         <v>-20154.114031337856</v>
       </c>
       <c r="BE7" s="17">
         <v>-23038.792786134698</v>
       </c>
       <c r="BF7" s="17">
         <v>-23819.941718545029</v>
       </c>
       <c r="BG7" s="17">
-        <v>-23675.650592998303</v>
+        <v>-23675.650592998307</v>
       </c>
       <c r="BH7" s="17">
         <v>-26221.641498415636</v>
       </c>
       <c r="BI7" s="17">
         <v>-28522.974258789698</v>
       </c>
       <c r="BJ7" s="17">
         <v>-28322.606412906389</v>
       </c>
       <c r="BK7" s="17">
         <v>-28316.845386009598</v>
       </c>
       <c r="BL7" s="17">
         <v>-28908.426499185691</v>
       </c>
       <c r="BM7" s="17">
-        <v>-29234.160230425288</v>
+        <v>-29234.160230425296</v>
       </c>
       <c r="BN7" s="17">
-        <v>-29323.931742993915</v>
+        <v>-29323.931742993922</v>
       </c>
       <c r="BO7" s="17">
         <v>-27986.321904315912</v>
       </c>
       <c r="BP7" s="17">
         <v>-28859.441357805579</v>
       </c>
       <c r="BQ7" s="17">
         <v>-30471.352192581573</v>
       </c>
       <c r="BR7" s="17">
         <v>-31333.058227297672</v>
       </c>
       <c r="BS7" s="17">
         <v>-28736.288204947137</v>
       </c>
       <c r="BT7" s="17">
         <v>-29141.74837289222</v>
       </c>
       <c r="BU7" s="17">
         <v>-30049.837710391545</v>
       </c>
       <c r="BV7" s="17">
         <v>-28961.678043179854</v>
       </c>
@@ -2762,57 +2711,60 @@
       <c r="DM7" s="17">
         <v>-4567.0989380728897</v>
       </c>
       <c r="DN7" s="17">
         <v>-4357.5055246729135</v>
       </c>
       <c r="DO7" s="17">
         <v>1537.7581803787325</v>
       </c>
       <c r="DP7" s="17">
         <v>963.29323160207423</v>
       </c>
       <c r="DQ7" s="17">
         <v>-1397.524805701134</v>
       </c>
       <c r="DR7" s="17">
         <v>-2395.8073093629573</v>
       </c>
       <c r="DS7" s="17">
         <v>2664.6644355585595</v>
       </c>
       <c r="DT7" s="17">
         <v>756.59100224712893</v>
       </c>
       <c r="DU7" s="17">
-        <v>-4355.8832054252307</v>
+        <v>-4385.6637090754812</v>
       </c>
       <c r="DV7" s="17">
-        <v>-5486.0189754766398</v>
+        <v>-5454.5781959006927</v>
+      </c>
+      <c r="DW7" s="17">
+        <v>-266.36235932422278</v>
       </c>
     </row>
-    <row r="8" spans="2:126" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="8" spans="2:127" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B8" s="13" t="s">
         <v>117</v>
       </c>
       <c r="C8" s="17">
         <v>4063.1284479677406</v>
       </c>
       <c r="D8" s="17">
         <v>4759.9794503499206</v>
       </c>
       <c r="E8" s="17">
         <v>6781.3278138339083</v>
       </c>
       <c r="F8" s="17">
         <v>5073.4322148779302</v>
       </c>
       <c r="G8" s="17">
         <v>6194.8835041489256</v>
       </c>
       <c r="H8" s="17">
         <v>6616.0112933983501</v>
       </c>
       <c r="I8" s="17">
         <v>5849.0765965016781</v>
       </c>
       <c r="J8" s="17">
@@ -3139,57 +3091,60 @@
       <c r="DM8" s="17">
         <v>32242.376834668747</v>
       </c>
       <c r="DN8" s="17">
         <v>31494.098143905645</v>
       </c>
       <c r="DO8" s="17">
         <v>40812.132494869045</v>
       </c>
       <c r="DP8" s="17">
         <v>42733.773700373349</v>
       </c>
       <c r="DQ8" s="17">
         <v>41093.990363122015</v>
       </c>
       <c r="DR8" s="17">
         <v>41134.508284020631</v>
       </c>
       <c r="DS8" s="17">
         <v>45865.998230309277</v>
       </c>
       <c r="DT8" s="17">
         <v>36606.492781693691</v>
       </c>
       <c r="DU8" s="17">
-        <v>32289.587886667268</v>
+        <v>32278.568275537269</v>
       </c>
       <c r="DV8" s="17">
-        <v>33995.35080761947</v>
+        <v>34079.414341741875</v>
+      </c>
+      <c r="DW8" s="17">
+        <v>36471.152116111327</v>
       </c>
     </row>
-    <row r="9" spans="2:126" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="9" spans="2:127" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B9" s="12" t="s">
         <v>118</v>
       </c>
       <c r="C9" s="17">
         <v>0</v>
       </c>
       <c r="D9" s="17">
         <v>0</v>
       </c>
       <c r="E9" s="17">
         <v>27.135999999999999</v>
       </c>
       <c r="F9" s="17">
         <v>28.655999999999999</v>
       </c>
       <c r="G9" s="17">
         <v>37.695</v>
       </c>
       <c r="H9" s="17">
         <v>36.83</v>
       </c>
       <c r="I9" s="17">
         <v>147.94999999999999</v>
       </c>
       <c r="J9" s="17">
@@ -3516,57 +3471,60 @@
       <c r="DM9" s="17">
         <v>778.57799999999997</v>
       </c>
       <c r="DN9" s="17">
         <v>779.49600000000009</v>
       </c>
       <c r="DO9" s="17">
         <v>781.89100000000008</v>
       </c>
       <c r="DP9" s="17">
         <v>787.78100000000006</v>
       </c>
       <c r="DQ9" s="17">
         <v>871.08400000000006</v>
       </c>
       <c r="DR9" s="17">
         <v>871.274</v>
       </c>
       <c r="DS9" s="17">
         <v>868.86200000000008</v>
       </c>
       <c r="DT9" s="17">
         <v>869.63499999999999</v>
       </c>
       <c r="DU9" s="17">
-        <v>969.51199999999994</v>
+        <v>957.26099999999997</v>
       </c>
       <c r="DV9" s="17">
-        <v>975.90200000000004</v>
+        <v>963.67200000000003</v>
+      </c>
+      <c r="DW9" s="17">
+        <v>964.82399999999996</v>
       </c>
     </row>
-    <row r="10" spans="2:126" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="10" spans="2:127" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B10" s="12" t="s">
         <v>119</v>
       </c>
       <c r="C10" s="17">
         <v>2793.4260619768243</v>
       </c>
       <c r="D10" s="17">
         <v>3791.1349608519436</v>
       </c>
       <c r="E10" s="17">
         <v>5688.2078096984114</v>
       </c>
       <c r="F10" s="17">
         <v>3910.3218490217796</v>
       </c>
       <c r="G10" s="17">
         <v>4992.1467020111731</v>
       </c>
       <c r="H10" s="17">
         <v>5279.388328443637</v>
       </c>
       <c r="I10" s="17">
         <v>4274.331832573941</v>
       </c>
       <c r="J10" s="17">
@@ -3896,54 +3854,57 @@
       <c r="DN10" s="17">
         <v>21178.795875565553</v>
       </c>
       <c r="DO10" s="17">
         <v>29375.777164043076</v>
       </c>
       <c r="DP10" s="17">
         <v>32645.438514209578</v>
       </c>
       <c r="DQ10" s="17">
         <v>30365.810267817575</v>
       </c>
       <c r="DR10" s="17">
         <v>30186.917385497596</v>
       </c>
       <c r="DS10" s="17">
         <v>34447.385523284385</v>
       </c>
       <c r="DT10" s="17">
         <v>25093.930782654697</v>
       </c>
       <c r="DU10" s="17">
         <v>20691.556578572305</v>
       </c>
       <c r="DV10" s="17">
-        <v>21020.865148384077</v>
+        <v>21115.872127931481</v>
+      </c>
+      <c r="DW10" s="17">
+        <v>23402.303825136445</v>
       </c>
     </row>
-    <row r="11" spans="2:126" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="11" spans="2:127" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B11" s="12" t="s">
         <v>120</v>
       </c>
       <c r="C11" s="17">
         <v>0</v>
       </c>
       <c r="D11" s="17">
         <v>0</v>
       </c>
       <c r="E11" s="17">
         <v>0</v>
       </c>
       <c r="F11" s="17">
         <v>0</v>
       </c>
       <c r="G11" s="17">
         <v>0</v>
       </c>
       <c r="H11" s="17">
         <v>0</v>
       </c>
       <c r="I11" s="17">
         <v>0</v>
       </c>
       <c r="J11" s="17">
@@ -4275,52 +4236,55 @@
       </c>
       <c r="DO11" s="17">
         <v>25612.597995059998</v>
       </c>
       <c r="DP11" s="17">
         <v>30088.453736229996</v>
       </c>
       <c r="DQ11" s="17">
         <v>26663.178384910003</v>
       </c>
       <c r="DR11" s="17">
         <v>26579.476059700002</v>
       </c>
       <c r="DS11" s="17">
         <v>31553.847714809999</v>
       </c>
       <c r="DT11" s="17">
         <v>22393.212305700003</v>
       </c>
       <c r="DU11" s="17">
         <v>18189.732508460002</v>
       </c>
       <c r="DV11" s="17">
         <v>18568.205793379999</v>
       </c>
+      <c r="DW11" s="17">
+        <v>20705.448818820005</v>
+      </c>
     </row>
-    <row r="12" spans="2:126" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="12" spans="2:127" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B12" s="12" t="s">
         <v>121</v>
       </c>
       <c r="C12" s="17">
         <v>0</v>
       </c>
       <c r="D12" s="17">
         <v>0</v>
       </c>
       <c r="E12" s="17">
         <v>0</v>
       </c>
       <c r="F12" s="17">
         <v>0</v>
       </c>
       <c r="G12" s="17">
         <v>0</v>
       </c>
       <c r="H12" s="17">
         <v>0</v>
       </c>
       <c r="I12" s="17">
         <v>0</v>
       </c>
       <c r="J12" s="17">
@@ -4652,52 +4616,55 @@
       </c>
       <c r="DO12" s="17">
         <v>95.278285191988104</v>
       </c>
       <c r="DP12" s="17">
         <v>34.296260639586365</v>
       </c>
       <c r="DQ12" s="17">
         <v>64.079504220265022</v>
       </c>
       <c r="DR12" s="17">
         <v>32.20378164985425</v>
       </c>
       <c r="DS12" s="17">
         <v>67.488313370036508</v>
       </c>
       <c r="DT12" s="17">
         <v>23.36836373423192</v>
       </c>
       <c r="DU12" s="17">
         <v>49.817223369867385</v>
       </c>
       <c r="DV12" s="17">
         <v>47.801423167077473</v>
       </c>
+      <c r="DW12" s="17">
+        <v>33.295320733817</v>
+      </c>
     </row>
-    <row r="13" spans="2:126" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="13" spans="2:127" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B13" s="12" t="s">
         <v>122</v>
       </c>
       <c r="C13" s="17">
         <v>1556.4974212136342</v>
       </c>
       <c r="D13" s="17">
         <v>2564.3450677955561</v>
       </c>
       <c r="E13" s="17">
         <v>4438.7748804004941</v>
       </c>
       <c r="F13" s="17">
         <v>2754.2968266227663</v>
       </c>
       <c r="G13" s="17">
         <v>3916.7746707760689</v>
       </c>
       <c r="H13" s="17">
         <v>4319.7292699401423</v>
       </c>
       <c r="I13" s="17">
         <v>3112.2290158096416</v>
       </c>
       <c r="J13" s="17">
@@ -5029,52 +4996,55 @@
       </c>
       <c r="DO13" s="17">
         <v>2183.6315612099997</v>
       </c>
       <c r="DP13" s="17">
         <v>1102.4139343099996</v>
       </c>
       <c r="DQ13" s="17">
         <v>2222.3275726700012</v>
       </c>
       <c r="DR13" s="17">
         <v>2170.4571942799994</v>
       </c>
       <c r="DS13" s="17">
         <v>1420.2780583299993</v>
       </c>
       <c r="DT13" s="17">
         <v>1260.7214716900003</v>
       </c>
       <c r="DU13" s="17">
         <v>1092.1227631799991</v>
       </c>
       <c r="DV13" s="17">
         <v>1007.7198756599996</v>
       </c>
+      <c r="DW13" s="17">
+        <v>1083.6130568799997</v>
+      </c>
     </row>
-    <row r="14" spans="2:126" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="14" spans="2:127" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B14" s="12" t="s">
         <v>123</v>
       </c>
       <c r="C14" s="17">
         <v>1236.9286407631901</v>
       </c>
       <c r="D14" s="17">
         <v>1226.7898930563874</v>
       </c>
       <c r="E14" s="17">
         <v>1249.4329292979169</v>
       </c>
       <c r="F14" s="17">
         <v>1156.0250223990136</v>
       </c>
       <c r="G14" s="17">
         <v>1075.3720312351043</v>
       </c>
       <c r="H14" s="17">
         <v>959.65905850349498</v>
       </c>
       <c r="I14" s="17">
         <v>1162.1028167642992</v>
       </c>
       <c r="J14" s="17">
@@ -5404,54 +5374,57 @@
       <c r="DN14" s="17">
         <v>1429.7382625892635</v>
       </c>
       <c r="DO14" s="17">
         <v>1484.269322581092</v>
       </c>
       <c r="DP14" s="17">
         <v>1420.2745830299989</v>
       </c>
       <c r="DQ14" s="17">
         <v>1416.2248060173058</v>
       </c>
       <c r="DR14" s="17">
         <v>1404.7803498677376</v>
       </c>
       <c r="DS14" s="17">
         <v>1405.7714367743567</v>
       </c>
       <c r="DT14" s="17">
         <v>1416.6286415304619</v>
       </c>
       <c r="DU14" s="17">
         <v>1359.8840835624369</v>
       </c>
       <c r="DV14" s="17">
-        <v>1397.1380561769975</v>
+        <v>1492.1450357244044</v>
+      </c>
+      <c r="DW14" s="17">
+        <v>1579.9466287026214</v>
       </c>
     </row>
-    <row r="15" spans="2:126" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="15" spans="2:127" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B15" s="12" t="s">
         <v>124</v>
       </c>
       <c r="C15" s="17">
         <v>141.15041734804527</v>
       </c>
       <c r="D15" s="17">
         <v>81.91542348663819</v>
       </c>
       <c r="E15" s="17">
         <v>95.631588460617877</v>
       </c>
       <c r="F15" s="17">
         <v>108.87555290340249</v>
       </c>
       <c r="G15" s="17">
         <v>102.06000000000002</v>
       </c>
       <c r="H15" s="17">
         <v>102.19</v>
       </c>
       <c r="I15" s="17">
         <v>146.16000000000003</v>
       </c>
       <c r="J15" s="17">
@@ -5778,57 +5751,60 @@
       <c r="DM15" s="17">
         <v>3472.4670234254577</v>
       </c>
       <c r="DN15" s="17">
         <v>3542.7617359248002</v>
       </c>
       <c r="DO15" s="17">
         <v>5315.2838605544093</v>
       </c>
       <c r="DP15" s="17">
         <v>4132.3462400224744</v>
       </c>
       <c r="DQ15" s="17">
         <v>4705.2189520853126</v>
       </c>
       <c r="DR15" s="17">
         <v>5156.7012352514175</v>
       </c>
       <c r="DS15" s="17">
         <v>5343.9874060944776</v>
       </c>
       <c r="DT15" s="17">
         <v>5518.3496709298033</v>
       </c>
       <c r="DU15" s="17">
-        <v>5678.6091199633829</v>
+        <v>5681.2763422833832</v>
       </c>
       <c r="DV15" s="17">
-        <v>6877.2916322874516</v>
+        <v>6880.0140206124515</v>
+      </c>
+      <c r="DW15" s="17">
+        <v>6597.6007020103852</v>
       </c>
     </row>
-    <row r="16" spans="2:126" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="16" spans="2:127" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B16" s="12" t="s">
         <v>125</v>
       </c>
       <c r="C16" s="17">
         <v>0</v>
       </c>
       <c r="D16" s="17">
         <v>0</v>
       </c>
       <c r="E16" s="17">
         <v>0.73908033731112288</v>
       </c>
       <c r="F16" s="17">
         <v>0.67768584316751879</v>
       </c>
       <c r="G16" s="17">
         <v>0.62</v>
       </c>
       <c r="H16" s="17">
         <v>0.59</v>
       </c>
       <c r="I16" s="17">
         <v>0.63</v>
       </c>
       <c r="J16" s="17">
@@ -6160,52 +6136,55 @@
       </c>
       <c r="DO16" s="17">
         <v>163.65073722</v>
       </c>
       <c r="DP16" s="17">
         <v>62.929191409999994</v>
       </c>
       <c r="DQ16" s="17">
         <v>55.58340682</v>
       </c>
       <c r="DR16" s="17">
         <v>159.51680601000001</v>
       </c>
       <c r="DS16" s="17">
         <v>149.77920040000001</v>
       </c>
       <c r="DT16" s="17">
         <v>76.171512359999994</v>
       </c>
       <c r="DU16" s="17">
         <v>156.22392264000001</v>
       </c>
       <c r="DV16" s="17">
         <v>136.00525138999998</v>
       </c>
+      <c r="DW16" s="17">
+        <v>148.06104744000001</v>
+      </c>
     </row>
-    <row r="17" spans="2:126" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="17" spans="2:127" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B17" s="20" t="s">
         <v>126</v>
       </c>
       <c r="C17" s="17">
         <v>0</v>
       </c>
       <c r="D17" s="17">
         <v>0</v>
       </c>
       <c r="E17" s="17">
         <v>0.73908033731112288</v>
       </c>
       <c r="F17" s="17">
         <v>0.67768584316751879</v>
       </c>
       <c r="G17" s="17">
         <v>0.62</v>
       </c>
       <c r="H17" s="17">
         <v>0.59</v>
       </c>
       <c r="I17" s="17">
         <v>0.63</v>
       </c>
       <c r="J17" s="17">
@@ -6537,52 +6516,55 @@
       </c>
       <c r="DO17" s="17">
         <v>0</v>
       </c>
       <c r="DP17" s="17">
         <v>0</v>
       </c>
       <c r="DQ17" s="17">
         <v>0</v>
       </c>
       <c r="DR17" s="17">
         <v>0</v>
       </c>
       <c r="DS17" s="17">
         <v>0</v>
       </c>
       <c r="DT17" s="17">
         <v>0</v>
       </c>
       <c r="DU17" s="17">
         <v>0</v>
       </c>
       <c r="DV17" s="17">
         <v>0</v>
       </c>
+      <c r="DW17" s="17">
+        <v>0</v>
+      </c>
     </row>
-    <row r="18" spans="2:126" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="18" spans="2:127" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B18" s="20" t="s">
         <v>127</v>
       </c>
       <c r="C18" s="17">
         <v>0</v>
       </c>
       <c r="D18" s="17">
         <v>0</v>
       </c>
       <c r="E18" s="17">
         <v>0</v>
       </c>
       <c r="F18" s="17">
         <v>0</v>
       </c>
       <c r="G18" s="17">
         <v>0</v>
       </c>
       <c r="H18" s="17">
         <v>0</v>
       </c>
       <c r="I18" s="17">
         <v>0</v>
       </c>
       <c r="J18" s="17">
@@ -6914,52 +6896,55 @@
       </c>
       <c r="DO18" s="17">
         <v>163.65073722</v>
       </c>
       <c r="DP18" s="17">
         <v>62.929191409999994</v>
       </c>
       <c r="DQ18" s="17">
         <v>55.58340682</v>
       </c>
       <c r="DR18" s="17">
         <v>159.51680601000001</v>
       </c>
       <c r="DS18" s="17">
         <v>149.77920040000001</v>
       </c>
       <c r="DT18" s="17">
         <v>76.171512359999994</v>
       </c>
       <c r="DU18" s="17">
         <v>156.22392264000001</v>
       </c>
       <c r="DV18" s="17">
         <v>136.00525138999998</v>
       </c>
+      <c r="DW18" s="17">
+        <v>148.06104744000001</v>
+      </c>
     </row>
-    <row r="19" spans="2:126" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="19" spans="2:127" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B19" s="12" t="s">
         <v>128</v>
       </c>
       <c r="C19" s="17">
         <v>3.7155982718438851</v>
       </c>
       <c r="D19" s="17">
         <v>2.4908181507705121</v>
       </c>
       <c r="E19" s="17">
         <v>6.0855830254249552</v>
       </c>
       <c r="F19" s="17">
         <v>4.8271048718157887</v>
       </c>
       <c r="G19" s="17">
         <v>0</v>
       </c>
       <c r="H19" s="17">
         <v>0</v>
       </c>
       <c r="I19" s="17">
         <v>0</v>
       </c>
       <c r="J19" s="17">
@@ -7286,57 +7271,60 @@
       <c r="DM19" s="17">
         <v>609.60489842000004</v>
       </c>
       <c r="DN19" s="17">
         <v>771.16185489999998</v>
       </c>
       <c r="DO19" s="17">
         <v>773.75857281000003</v>
       </c>
       <c r="DP19" s="17">
         <v>568.69041371999992</v>
       </c>
       <c r="DQ19" s="17">
         <v>494.11461053200838</v>
       </c>
       <c r="DR19" s="17">
         <v>467.27860652442956</v>
       </c>
       <c r="DS19" s="17">
         <v>445.76241724526005</v>
       </c>
       <c r="DT19" s="17">
         <v>298.1790519822049</v>
       </c>
       <c r="DU19" s="17">
-        <v>215.34570755982941</v>
+        <v>215.3457076598294</v>
       </c>
       <c r="DV19" s="17">
-        <v>129.71991237724609</v>
+        <v>129.71952292724612</v>
+      </c>
+      <c r="DW19" s="17">
+        <v>143.22621966827231</v>
       </c>
     </row>
-    <row r="20" spans="2:126" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="20" spans="2:127" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B20" s="20" t="s">
         <v>126</v>
       </c>
       <c r="C20" s="17">
         <v>3.7155982718438851</v>
       </c>
       <c r="D20" s="17">
         <v>2.4908181507705121</v>
       </c>
       <c r="E20" s="17">
         <v>6.0855830254249552</v>
       </c>
       <c r="F20" s="17">
         <v>4.8271048718157887</v>
       </c>
       <c r="G20" s="17">
         <v>0</v>
       </c>
       <c r="H20" s="17">
         <v>0</v>
       </c>
       <c r="I20" s="17">
         <v>0</v>
       </c>
       <c r="J20" s="17">
@@ -7663,57 +7651,60 @@
       <c r="DM20" s="17">
         <v>609.60489842000004</v>
       </c>
       <c r="DN20" s="17">
         <v>771.16185489999998</v>
       </c>
       <c r="DO20" s="17">
         <v>773.75857281000003</v>
       </c>
       <c r="DP20" s="17">
         <v>568.69041371999992</v>
       </c>
       <c r="DQ20" s="17">
         <v>494.11461053200838</v>
       </c>
       <c r="DR20" s="17">
         <v>467.27860652442956</v>
       </c>
       <c r="DS20" s="17">
         <v>445.76241724526005</v>
       </c>
       <c r="DT20" s="17">
         <v>298.1790519822049</v>
       </c>
       <c r="DU20" s="17">
-        <v>215.34570755982941</v>
+        <v>215.3457076598294</v>
       </c>
       <c r="DV20" s="17">
-        <v>129.71991237724609</v>
+        <v>129.71952292724612</v>
+      </c>
+      <c r="DW20" s="17">
+        <v>143.22621966827231</v>
       </c>
     </row>
-    <row r="21" spans="2:126" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="21" spans="2:127" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B21" s="20" t="s">
         <v>127</v>
       </c>
       <c r="C21" s="17">
         <v>0</v>
       </c>
       <c r="D21" s="17">
         <v>0</v>
       </c>
       <c r="E21" s="17">
         <v>0</v>
       </c>
       <c r="F21" s="17">
         <v>0</v>
       </c>
       <c r="G21" s="17">
         <v>0</v>
       </c>
       <c r="H21" s="17">
         <v>0</v>
       </c>
       <c r="I21" s="17">
         <v>0</v>
       </c>
       <c r="J21" s="17">
@@ -8045,52 +8036,55 @@
       </c>
       <c r="DO21" s="17">
         <v>0</v>
       </c>
       <c r="DP21" s="17">
         <v>0</v>
       </c>
       <c r="DQ21" s="17">
         <v>0</v>
       </c>
       <c r="DR21" s="17">
         <v>0</v>
       </c>
       <c r="DS21" s="17">
         <v>0</v>
       </c>
       <c r="DT21" s="17">
         <v>0</v>
       </c>
       <c r="DU21" s="17">
         <v>0</v>
       </c>
       <c r="DV21" s="17">
         <v>0</v>
       </c>
+      <c r="DW21" s="17">
+        <v>0</v>
+      </c>
     </row>
-    <row r="22" spans="2:126" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="22" spans="2:127" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B22" s="12" t="s">
         <v>129</v>
       </c>
       <c r="C22" s="17">
         <v>95.922195555319306</v>
       </c>
       <c r="D22" s="17">
         <v>74.596487321264391</v>
       </c>
       <c r="E22" s="17">
         <v>83.391190741586499</v>
       </c>
       <c r="F22" s="17">
         <v>97.499320883620527</v>
       </c>
       <c r="G22" s="17">
         <v>87.070000000000007</v>
       </c>
       <c r="H22" s="17">
         <v>81.62</v>
       </c>
       <c r="I22" s="17">
         <v>113.20000000000002</v>
       </c>
       <c r="J22" s="17">
@@ -8422,52 +8416,55 @@
       </c>
       <c r="DO22" s="17">
         <v>3207.0430213</v>
       </c>
       <c r="DP22" s="17">
         <v>2887.2013609499995</v>
       </c>
       <c r="DQ22" s="17">
         <v>3535.8564316799993</v>
       </c>
       <c r="DR22" s="17">
         <v>3876.2564148700017</v>
       </c>
       <c r="DS22" s="17">
         <v>4102.5981477200003</v>
       </c>
       <c r="DT22" s="17">
         <v>4472.8560314000006</v>
       </c>
       <c r="DU22" s="17">
         <v>4645.5148038400002</v>
       </c>
       <c r="DV22" s="17">
         <v>5925.4396831200002</v>
       </c>
+      <c r="DW22" s="17">
+        <v>5610.5943318700001</v>
+      </c>
     </row>
-    <row r="23" spans="2:126" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="23" spans="2:127" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B23" s="20" t="s">
         <v>126</v>
       </c>
       <c r="C23" s="17">
         <v>59.708808610930063</v>
       </c>
       <c r="D23" s="17">
         <v>46.757172860326101</v>
       </c>
       <c r="E23" s="17">
         <v>58.275976958165167</v>
       </c>
       <c r="F23" s="17">
         <v>72.923990645384563</v>
       </c>
       <c r="G23" s="17">
         <v>63.140000000000008</v>
       </c>
       <c r="H23" s="17">
         <v>62.589999999999996</v>
       </c>
       <c r="I23" s="17">
         <v>85.27000000000001</v>
       </c>
       <c r="J23" s="17">
@@ -8799,52 +8796,55 @@
       </c>
       <c r="DO23" s="17">
         <v>447.12624546000001</v>
       </c>
       <c r="DP23" s="17">
         <v>456.42323298000002</v>
       </c>
       <c r="DQ23" s="17">
         <v>590.27741935999995</v>
       </c>
       <c r="DR23" s="17">
         <v>611.17801438000015</v>
       </c>
       <c r="DS23" s="17">
         <v>606.86739275000002</v>
       </c>
       <c r="DT23" s="17">
         <v>814.41802170999995</v>
       </c>
       <c r="DU23" s="17">
         <v>849.12607564999985</v>
       </c>
       <c r="DV23" s="17">
         <v>1412.5171787999996</v>
       </c>
+      <c r="DW23" s="17">
+        <v>1395.5734087799999</v>
+      </c>
     </row>
-    <row r="24" spans="2:126" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="24" spans="2:127" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B24" s="20" t="s">
         <v>127</v>
       </c>
       <c r="C24" s="17">
         <v>36.213386944389242</v>
       </c>
       <c r="D24" s="17">
         <v>27.839314460938287</v>
       </c>
       <c r="E24" s="17">
         <v>25.115213783421332</v>
       </c>
       <c r="F24" s="17">
         <v>24.57533023823596</v>
       </c>
       <c r="G24" s="17">
         <v>23.93</v>
       </c>
       <c r="H24" s="17">
         <v>19.03</v>
       </c>
       <c r="I24" s="17">
         <v>27.93</v>
       </c>
       <c r="J24" s="17">
@@ -9176,52 +9176,55 @@
       </c>
       <c r="DO24" s="17">
         <v>2759.9167758399999</v>
       </c>
       <c r="DP24" s="17">
         <v>2430.7781279699993</v>
       </c>
       <c r="DQ24" s="17">
         <v>2945.5790123199995</v>
       </c>
       <c r="DR24" s="17">
         <v>3265.0784004900015</v>
       </c>
       <c r="DS24" s="17">
         <v>3495.7307549699999</v>
       </c>
       <c r="DT24" s="17">
         <v>3658.4380096900004</v>
       </c>
       <c r="DU24" s="17">
         <v>3796.3887281900006</v>
       </c>
       <c r="DV24" s="17">
         <v>4512.9225043200004</v>
       </c>
+      <c r="DW24" s="17">
+        <v>4215.02092309</v>
+      </c>
     </row>
-    <row r="25" spans="2:126" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="25" spans="2:127" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B25" s="12" t="s">
         <v>130</v>
       </c>
       <c r="C25" s="17">
         <v>41.512623520882073</v>
       </c>
       <c r="D25" s="17">
         <v>4.8281180146032838</v>
       </c>
       <c r="E25" s="17">
         <v>5.4157343562953066</v>
       </c>
       <c r="F25" s="17">
         <v>5.8714413047986609</v>
       </c>
       <c r="G25" s="17">
         <v>14.370000000000001</v>
       </c>
       <c r="H25" s="17">
         <v>19.979999999999997</v>
       </c>
       <c r="I25" s="17">
         <v>32.33</v>
       </c>
       <c r="J25" s="17">
@@ -9548,57 +9551,60 @@
       <c r="DM25" s="17">
         <v>627.93488251545796</v>
       </c>
       <c r="DN25" s="17">
         <v>649.5010029248001</v>
       </c>
       <c r="DO25" s="17">
         <v>1170.8315292244095</v>
       </c>
       <c r="DP25" s="17">
         <v>613.52527394247488</v>
       </c>
       <c r="DQ25" s="17">
         <v>619.66450305330534</v>
       </c>
       <c r="DR25" s="17">
         <v>653.64940784698615</v>
       </c>
       <c r="DS25" s="17">
         <v>645.84764072921735</v>
       </c>
       <c r="DT25" s="17">
         <v>671.14307518759801</v>
       </c>
       <c r="DU25" s="17">
-        <v>661.52468592355319</v>
+        <v>664.19190814355318</v>
       </c>
       <c r="DV25" s="17">
-        <v>686.12678540020556</v>
+        <v>688.8495631752055</v>
+      </c>
+      <c r="DW25" s="17">
+        <v>695.7191030321128</v>
       </c>
     </row>
-    <row r="26" spans="2:126" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="26" spans="2:127" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B26" s="20" t="s">
         <v>126</v>
       </c>
       <c r="C26" s="17">
         <v>41.512623520882073</v>
       </c>
       <c r="D26" s="17">
         <v>4.8281180146032838</v>
       </c>
       <c r="E26" s="17">
         <v>5.4157343562953066</v>
       </c>
       <c r="F26" s="17">
         <v>5.7754259374897723</v>
       </c>
       <c r="G26" s="17">
         <v>14.370000000000001</v>
       </c>
       <c r="H26" s="17">
         <v>18.679999999999996</v>
       </c>
       <c r="I26" s="17">
         <v>31.99</v>
       </c>
       <c r="J26" s="17">
@@ -9925,57 +9931,60 @@
       <c r="DM26" s="17">
         <v>564.35727388257521</v>
       </c>
       <c r="DN26" s="17">
         <v>579.52771386533141</v>
       </c>
       <c r="DO26" s="17">
         <v>580.04550675637699</v>
       </c>
       <c r="DP26" s="17">
         <v>550.00528622554509</v>
       </c>
       <c r="DQ26" s="17">
         <v>556.69599332674636</v>
       </c>
       <c r="DR26" s="17">
         <v>569.91586816172946</v>
       </c>
       <c r="DS26" s="17">
         <v>554.78720112400288</v>
       </c>
       <c r="DT26" s="17">
         <v>550.97205485152074</v>
       </c>
       <c r="DU26" s="17">
-        <v>535.60943952708828</v>
+        <v>538.27666174708827</v>
       </c>
       <c r="DV26" s="17">
-        <v>538.8912180296943</v>
+        <v>541.61399580469424</v>
+      </c>
+      <c r="DW26" s="17">
+        <v>540.9684166253777</v>
       </c>
     </row>
-    <row r="27" spans="2:126" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="27" spans="2:127" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B27" s="20" t="s">
         <v>127</v>
       </c>
       <c r="C27" s="17">
         <v>0</v>
       </c>
       <c r="D27" s="17">
         <v>0</v>
       </c>
       <c r="E27" s="17">
         <v>0</v>
       </c>
       <c r="F27" s="17">
         <v>9.6015367308888169E-2</v>
       </c>
       <c r="G27" s="17">
         <v>0</v>
       </c>
       <c r="H27" s="17">
         <v>1.3</v>
       </c>
       <c r="I27" s="17">
         <v>0.33999999999999997</v>
       </c>
       <c r="J27" s="17">
@@ -10307,52 +10316,55 @@
       </c>
       <c r="DO27" s="17">
         <v>590.78602246803246</v>
       </c>
       <c r="DP27" s="17">
         <v>63.519987716929791</v>
       </c>
       <c r="DQ27" s="17">
         <v>62.968509726559013</v>
       </c>
       <c r="DR27" s="17">
         <v>83.73353968525663</v>
       </c>
       <c r="DS27" s="17">
         <v>91.060439605214469</v>
       </c>
       <c r="DT27" s="17">
         <v>120.17102033607731</v>
       </c>
       <c r="DU27" s="17">
         <v>125.91524639646489</v>
       </c>
       <c r="DV27" s="17">
         <v>147.23556737051126</v>
       </c>
+      <c r="DW27" s="17">
+        <v>154.7506864067351</v>
+      </c>
     </row>
-    <row r="28" spans="2:126" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="28" spans="2:127" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B28" s="12" t="s">
         <v>131</v>
       </c>
       <c r="C28" s="17">
         <v>1128.5519686428711</v>
       </c>
       <c r="D28" s="17">
         <v>886.92906601133905</v>
       </c>
       <c r="E28" s="17">
         <v>970.35241567487856</v>
       </c>
       <c r="F28" s="17">
         <v>1025.5788129527482</v>
       </c>
       <c r="G28" s="17">
         <v>1062.981802137753</v>
       </c>
       <c r="H28" s="17">
         <v>1197.6029649547131</v>
       </c>
       <c r="I28" s="17">
         <v>1280.6347639277371</v>
       </c>
       <c r="J28" s="17">
@@ -10679,57 +10691,60 @@
       <c r="DM28" s="17">
         <v>2855.8363199563391</v>
       </c>
       <c r="DN28" s="17">
         <v>3048.6617012052916</v>
       </c>
       <c r="DO28" s="17">
         <v>3096.2083987215597</v>
       </c>
       <c r="DP28" s="17">
         <v>3101.2500545412922</v>
       </c>
       <c r="DQ28" s="17">
         <v>3123.8169780691292</v>
       </c>
       <c r="DR28" s="17">
         <v>3282.3459510116195</v>
       </c>
       <c r="DS28" s="17">
         <v>3730.6204695504121</v>
       </c>
       <c r="DT28" s="17">
         <v>3284.1120980091873</v>
       </c>
       <c r="DU28" s="17">
-        <v>3281.9591433315827</v>
+        <v>3281.9591436315827</v>
       </c>
       <c r="DV28" s="17">
         <v>3113.6743942279422</v>
       </c>
+      <c r="DW28" s="17">
+        <v>3498.233875214496</v>
+      </c>
     </row>
-    <row r="29" spans="2:126" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="29" spans="2:127" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B29" s="12" t="s">
         <v>132</v>
       </c>
       <c r="C29" s="17">
         <v>0</v>
       </c>
       <c r="D29" s="17">
         <v>0</v>
       </c>
       <c r="E29" s="17">
         <v>0</v>
       </c>
       <c r="F29" s="17">
         <v>0</v>
       </c>
       <c r="G29" s="17">
         <v>0</v>
       </c>
       <c r="H29" s="17">
         <v>0</v>
       </c>
       <c r="I29" s="17">
         <v>0</v>
       </c>
       <c r="J29" s="17">
@@ -11056,57 +11071,60 @@
       <c r="DM29" s="17">
         <v>0.53892477000000005</v>
       </c>
       <c r="DN29" s="17">
         <v>0.48818077000000004</v>
       </c>
       <c r="DO29" s="17">
         <v>0.77007676999999997</v>
       </c>
       <c r="DP29" s="17">
         <v>0.62731376999999999</v>
       </c>
       <c r="DQ29" s="17">
         <v>0.60614477</v>
       </c>
       <c r="DR29" s="17">
         <v>0.71565376999999997</v>
       </c>
       <c r="DS29" s="17">
         <v>0.64077677</v>
       </c>
       <c r="DT29" s="17">
         <v>0.60723377000000001</v>
       </c>
       <c r="DU29" s="17">
-        <v>0.58495618999999999</v>
+        <v>0.58495648999999994</v>
       </c>
       <c r="DV29" s="17">
         <v>1.60688601</v>
       </c>
+      <c r="DW29" s="17">
+        <v>1.8641988200000001</v>
+      </c>
     </row>
-    <row r="30" spans="2:126" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="30" spans="2:127" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B30" s="20" t="s">
         <v>126</v>
       </c>
       <c r="C30" s="17">
         <v>0</v>
       </c>
       <c r="D30" s="17">
         <v>0</v>
       </c>
       <c r="E30" s="17">
         <v>0</v>
       </c>
       <c r="F30" s="17">
         <v>0</v>
       </c>
       <c r="G30" s="17">
         <v>0</v>
       </c>
       <c r="H30" s="17">
         <v>0</v>
       </c>
       <c r="I30" s="17">
         <v>0</v>
       </c>
       <c r="J30" s="17">
@@ -11433,57 +11451,60 @@
       <c r="DM30" s="17">
         <v>0.53892477000000005</v>
       </c>
       <c r="DN30" s="17">
         <v>0.48818077000000004</v>
       </c>
       <c r="DO30" s="17">
         <v>0.77007676999999997</v>
       </c>
       <c r="DP30" s="17">
         <v>0.62731376999999999</v>
       </c>
       <c r="DQ30" s="17">
         <v>0.60614477</v>
       </c>
       <c r="DR30" s="17">
         <v>0.71565376999999997</v>
       </c>
       <c r="DS30" s="17">
         <v>0.64077677</v>
       </c>
       <c r="DT30" s="17">
         <v>0.60723377000000001</v>
       </c>
       <c r="DU30" s="17">
-        <v>0.58495618999999999</v>
+        <v>0.58495648999999994</v>
       </c>
       <c r="DV30" s="17">
         <v>1.60688601</v>
       </c>
+      <c r="DW30" s="17">
+        <v>1.8641988200000001</v>
+      </c>
     </row>
-    <row r="31" spans="2:126" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="31" spans="2:127" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B31" s="12" t="s">
         <v>133</v>
       </c>
       <c r="C31" s="17">
         <v>1128.5519686428711</v>
       </c>
       <c r="D31" s="17">
         <v>886.92906601133905</v>
       </c>
       <c r="E31" s="17">
         <v>970.35241567487856</v>
       </c>
       <c r="F31" s="17">
         <v>1025.5788129527482</v>
       </c>
       <c r="G31" s="17">
         <v>1062.981802137753</v>
       </c>
       <c r="H31" s="17">
         <v>1197.6029649547131</v>
       </c>
       <c r="I31" s="17">
         <v>1280.6347639277371</v>
       </c>
       <c r="J31" s="17">
@@ -11815,52 +11836,55 @@
       </c>
       <c r="DO31" s="17">
         <v>3095.4383219515598</v>
       </c>
       <c r="DP31" s="17">
         <v>3100.6227407712922</v>
       </c>
       <c r="DQ31" s="17">
         <v>3123.2108332991293</v>
       </c>
       <c r="DR31" s="17">
         <v>3281.6302972416197</v>
       </c>
       <c r="DS31" s="17">
         <v>3729.9796927804123</v>
       </c>
       <c r="DT31" s="17">
         <v>3283.5048642391871</v>
       </c>
       <c r="DU31" s="17">
         <v>3281.3741871415828</v>
       </c>
       <c r="DV31" s="17">
         <v>3112.0675082179423</v>
       </c>
+      <c r="DW31" s="17">
+        <v>3496.3696763944959</v>
+      </c>
     </row>
-    <row r="32" spans="2:126" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="32" spans="2:127" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B32" s="20" t="s">
         <v>126</v>
       </c>
       <c r="C32" s="17">
         <v>228.5519686428712</v>
       </c>
       <c r="D32" s="17">
         <v>119.42</v>
       </c>
       <c r="E32" s="17">
         <v>111.13</v>
       </c>
       <c r="F32" s="17">
         <v>101.11</v>
       </c>
       <c r="G32" s="17">
         <v>103.74</v>
       </c>
       <c r="H32" s="17">
         <v>72.959999999999994</v>
       </c>
       <c r="I32" s="17">
         <v>65.95</v>
       </c>
       <c r="J32" s="17">
@@ -12192,52 +12216,55 @@
       </c>
       <c r="DO32" s="17">
         <v>30.2290984534798</v>
       </c>
       <c r="DP32" s="17">
         <v>29.585451046463771</v>
       </c>
       <c r="DQ32" s="17">
         <v>29.26830651912887</v>
       </c>
       <c r="DR32" s="17">
         <v>29.426257621619861</v>
       </c>
       <c r="DS32" s="17">
         <v>28.222384640412201</v>
       </c>
       <c r="DT32" s="17">
         <v>28.091665869186684</v>
       </c>
       <c r="DU32" s="17">
         <v>27.669049961582715</v>
       </c>
       <c r="DV32" s="17">
         <v>26.435091147942313</v>
       </c>
+      <c r="DW32" s="17">
+        <v>26.40232454449615</v>
+      </c>
     </row>
-    <row r="33" spans="2:126" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="33" spans="2:127" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B33" s="20" t="s">
         <v>127</v>
       </c>
       <c r="C33" s="17">
         <v>900</v>
       </c>
       <c r="D33" s="17">
         <v>767.50906601133909</v>
       </c>
       <c r="E33" s="17">
         <v>859.22241567487856</v>
       </c>
       <c r="F33" s="17">
         <v>924.46881295274829</v>
       </c>
       <c r="G33" s="17">
         <v>959.24180213775298</v>
       </c>
       <c r="H33" s="17">
         <v>1124.6429649547131</v>
       </c>
       <c r="I33" s="17">
         <v>1214.6847639277371</v>
       </c>
       <c r="J33" s="17">
@@ -12569,52 +12596,55 @@
       </c>
       <c r="DO33" s="17">
         <v>3065.2092234980801</v>
       </c>
       <c r="DP33" s="17">
         <v>3071.0372897248285</v>
       </c>
       <c r="DQ33" s="17">
         <v>3093.9425267800002</v>
       </c>
       <c r="DR33" s="17">
         <v>3252.20403962</v>
       </c>
       <c r="DS33" s="17">
         <v>3701.7573081400001</v>
       </c>
       <c r="DT33" s="17">
         <v>3255.4131983700004</v>
       </c>
       <c r="DU33" s="17">
         <v>3253.7051371799998</v>
       </c>
       <c r="DV33" s="17">
         <v>3085.63241707</v>
       </c>
+      <c r="DW33" s="17">
+        <v>3469.9673518499999</v>
+      </c>
     </row>
-    <row r="34" spans="2:126" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="34" spans="2:127" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B34" s="12" t="s">
         <v>136</v>
       </c>
       <c r="C34" s="17">
         <v>0</v>
       </c>
       <c r="D34" s="17">
         <v>0</v>
       </c>
       <c r="E34" s="17">
         <v>0</v>
       </c>
       <c r="F34" s="17">
         <v>0</v>
       </c>
       <c r="G34" s="17">
         <v>0</v>
       </c>
       <c r="H34" s="17">
         <v>0</v>
       </c>
       <c r="I34" s="17">
         <v>0</v>
       </c>
       <c r="J34" s="17">
@@ -12941,57 +12971,60 @@
       <c r="DM34" s="17">
         <v>2751.72924212</v>
       </c>
       <c r="DN34" s="17">
         <v>2944.3828312100004</v>
       </c>
       <c r="DO34" s="17">
         <v>2242.9720715499998</v>
       </c>
       <c r="DP34" s="17">
         <v>2066.9578916</v>
       </c>
       <c r="DQ34" s="17">
         <v>2028.0601651499999</v>
       </c>
       <c r="DR34" s="17">
         <v>1637.26971226</v>
       </c>
       <c r="DS34" s="17">
         <v>1475.14283138</v>
       </c>
       <c r="DT34" s="17">
         <v>1840.4652301000001</v>
       </c>
       <c r="DU34" s="17">
-        <v>1667.9510447999999</v>
+        <v>1666.5152110500001</v>
       </c>
       <c r="DV34" s="17">
-        <v>2007.6176327200001</v>
+        <v>2006.1817989700003</v>
+      </c>
+      <c r="DW34" s="17">
+        <v>2008.1897137500002</v>
       </c>
     </row>
-    <row r="35" spans="2:126" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="35" spans="2:127" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B35" s="12" t="s">
         <v>134</v>
       </c>
       <c r="C35" s="17">
         <v>0</v>
       </c>
       <c r="D35" s="17">
         <v>0</v>
       </c>
       <c r="E35" s="17">
         <v>0</v>
       </c>
       <c r="F35" s="17">
         <v>0</v>
       </c>
       <c r="G35" s="17">
         <v>0</v>
       </c>
       <c r="H35" s="17">
         <v>0</v>
       </c>
       <c r="I35" s="17">
         <v>0</v>
       </c>
       <c r="J35" s="17">
@@ -13318,57 +13351,60 @@
       <c r="DM35" s="17">
         <v>2511.42815965</v>
       </c>
       <c r="DN35" s="17">
         <v>2671.6785120700001</v>
       </c>
       <c r="DO35" s="17">
         <v>1958.43963646</v>
       </c>
       <c r="DP35" s="17">
         <v>1774.4185598699999</v>
       </c>
       <c r="DQ35" s="17">
         <v>1741.8838082699999</v>
       </c>
       <c r="DR35" s="17">
         <v>1320.1165187399999</v>
       </c>
       <c r="DS35" s="17">
         <v>1098.39487622</v>
       </c>
       <c r="DT35" s="17">
         <v>1463.7870652700001</v>
       </c>
       <c r="DU35" s="17">
-        <v>1328.9085163599998</v>
+        <v>1327.47268261</v>
       </c>
       <c r="DV35" s="17">
-        <v>1608.55820397</v>
+        <v>1607.12237022</v>
+      </c>
+      <c r="DW35" s="17">
+        <v>1596.51033609</v>
       </c>
     </row>
-    <row r="36" spans="2:126" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="36" spans="2:127" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B36" s="14" t="s">
         <v>135</v>
       </c>
       <c r="C36" s="18">
         <v>0</v>
       </c>
       <c r="D36" s="18">
         <v>0</v>
       </c>
       <c r="E36" s="18">
         <v>0</v>
       </c>
       <c r="F36" s="18">
         <v>0</v>
       </c>
       <c r="G36" s="18">
         <v>0</v>
       </c>
       <c r="H36" s="18">
         <v>0</v>
       </c>
       <c r="I36" s="18">
         <v>0</v>
       </c>
       <c r="J36" s="18">
@@ -13700,78 +13736,81 @@
       </c>
       <c r="DO36" s="18">
         <v>284.53243509000004</v>
       </c>
       <c r="DP36" s="18">
         <v>292.53933173000007</v>
       </c>
       <c r="DQ36" s="18">
         <v>286.17635688000007</v>
       </c>
       <c r="DR36" s="18">
         <v>317.15319352</v>
       </c>
       <c r="DS36" s="18">
         <v>376.74795515999995</v>
       </c>
       <c r="DT36" s="18">
         <v>376.6781648299999</v>
       </c>
       <c r="DU36" s="18">
         <v>339.04252844000001</v>
       </c>
       <c r="DV36" s="18">
         <v>399.05942875000011</v>
       </c>
+      <c r="DW36" s="18">
+        <v>411.67937766000011</v>
+      </c>
     </row>
-    <row r="37" spans="2:126" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="37" spans="2:127" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B37" s="12" t="s">
         <v>137</v>
       </c>
       <c r="C37" s="17">
         <v>7150.9647589636907</v>
       </c>
       <c r="D37" s="17">
         <v>9297.8279368986477</v>
       </c>
       <c r="E37" s="17">
         <v>10124.713055539596</v>
       </c>
       <c r="F37" s="17">
         <v>12026.858053767288</v>
       </c>
       <c r="G37" s="17">
         <v>16188.89518411939</v>
       </c>
       <c r="H37" s="17">
         <v>18367.19674506921</v>
       </c>
       <c r="I37" s="17">
         <v>21659.845585503055</v>
       </c>
       <c r="J37" s="17">
-        <v>25709.89317940591</v>
+        <v>25709.893179405914</v>
       </c>
       <c r="K37" s="17">
         <v>28328.411996935352</v>
       </c>
       <c r="L37" s="17">
         <v>34898.123688946471</v>
       </c>
       <c r="M37" s="17">
         <v>36658.267131284381</v>
       </c>
       <c r="N37" s="17">
         <v>36466.414428054763</v>
       </c>
       <c r="O37" s="17">
         <v>36978.798655364008</v>
       </c>
       <c r="P37" s="17">
         <v>33322.879537815963</v>
       </c>
       <c r="Q37" s="17">
         <v>32375.130624710579</v>
       </c>
       <c r="R37" s="17">
         <v>32085.574250444835</v>
       </c>
@@ -13853,93 +13892,93 @@
       <c r="AR37" s="17">
         <v>18367.19674506921</v>
       </c>
       <c r="AS37" s="17">
         <v>19281.968818179346</v>
       </c>
       <c r="AT37" s="17">
         <v>20234.333905206517</v>
       </c>
       <c r="AU37" s="17">
         <v>20077.274047149673</v>
       </c>
       <c r="AV37" s="17">
         <v>21659.845585503055</v>
       </c>
       <c r="AW37" s="17">
         <v>23129.016142067016</v>
       </c>
       <c r="AX37" s="17">
         <v>24128.314922646943</v>
       </c>
       <c r="AY37" s="17">
         <v>23853.929963182487</v>
       </c>
       <c r="AZ37" s="17">
-        <v>25709.89317940591</v>
+        <v>25709.893179405914</v>
       </c>
       <c r="BA37" s="17">
         <v>26387.611094980202</v>
       </c>
       <c r="BB37" s="17">
         <v>26817.913645539604</v>
       </c>
       <c r="BC37" s="17">
         <v>26846.878167956052</v>
       </c>
       <c r="BD37" s="17">
         <v>28328.411996935352</v>
       </c>
       <c r="BE37" s="17">
         <v>30709.357758787664</v>
       </c>
       <c r="BF37" s="17">
         <v>31229.817160599072</v>
       </c>
       <c r="BG37" s="17">
-        <v>31992.877365046807</v>
+        <v>31992.87736504681</v>
       </c>
       <c r="BH37" s="17">
         <v>34898.123688946471</v>
       </c>
       <c r="BI37" s="17">
         <v>35632.775630602802</v>
       </c>
       <c r="BJ37" s="17">
         <v>36140.34961019914</v>
       </c>
       <c r="BK37" s="17">
         <v>36737.648285816933</v>
       </c>
       <c r="BL37" s="17">
         <v>36658.267131284381</v>
       </c>
       <c r="BM37" s="17">
-        <v>36485.506234915651</v>
+        <v>36485.506234915658</v>
       </c>
       <c r="BN37" s="17">
-        <v>36935.548947460105</v>
+        <v>36935.548947460113</v>
       </c>
       <c r="BO37" s="17">
         <v>35911.069929722864</v>
       </c>
       <c r="BP37" s="17">
         <v>36466.414428054763</v>
       </c>
       <c r="BQ37" s="17">
         <v>37565.593983946565</v>
       </c>
       <c r="BR37" s="17">
         <v>38314.963605275028</v>
       </c>
       <c r="BS37" s="17">
         <v>36917.613811845375</v>
       </c>
       <c r="BT37" s="17">
         <v>36978.798655364008</v>
       </c>
       <c r="BU37" s="17">
         <v>37120.948174912723</v>
       </c>
       <c r="BV37" s="17">
         <v>36529.199943703301</v>
       </c>
@@ -14072,57 +14111,60 @@
       <c r="DM37" s="17">
         <v>36809.475772741636</v>
       </c>
       <c r="DN37" s="17">
         <v>35851.603668578558</v>
       </c>
       <c r="DO37" s="17">
         <v>39274.374314490313</v>
       </c>
       <c r="DP37" s="17">
         <v>41770.480468771275</v>
       </c>
       <c r="DQ37" s="17">
         <v>42491.515168823149</v>
       </c>
       <c r="DR37" s="17">
         <v>43530.315593383588</v>
       </c>
       <c r="DS37" s="17">
         <v>43201.333794750717</v>
       </c>
       <c r="DT37" s="17">
         <v>35849.901779446562</v>
       </c>
       <c r="DU37" s="17">
-        <v>36645.471092092499</v>
+        <v>36664.23198461275</v>
       </c>
       <c r="DV37" s="17">
-        <v>39481.36978309611</v>
+        <v>39533.992537642567</v>
+      </c>
+      <c r="DW37" s="17">
+        <v>36737.51447543555</v>
       </c>
     </row>
-    <row r="38" spans="2:126" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="38" spans="2:127" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B38" s="12" t="s">
         <v>138</v>
       </c>
       <c r="C38" s="17">
         <v>0</v>
       </c>
       <c r="D38" s="17">
         <v>0</v>
       </c>
       <c r="E38" s="17">
         <v>3.2685735</v>
       </c>
       <c r="F38" s="17">
         <v>3.7578607999999996</v>
       </c>
       <c r="G38" s="17">
         <v>4.2066357000000005</v>
       </c>
       <c r="H38" s="17">
         <v>6.7009746000000003</v>
       </c>
       <c r="I38" s="17">
         <v>11.069073100000001</v>
       </c>
       <c r="J38" s="17">
@@ -14454,52 +14496,55 @@
       </c>
       <c r="DO38" s="17">
         <v>295.7275904</v>
       </c>
       <c r="DP38" s="17">
         <v>293.33281169999998</v>
       </c>
       <c r="DQ38" s="17">
         <v>297.39465750000005</v>
       </c>
       <c r="DR38" s="17">
         <v>289.71228409999998</v>
       </c>
       <c r="DS38" s="17">
         <v>283.76242450000001</v>
       </c>
       <c r="DT38" s="17">
         <v>276.40588059999999</v>
       </c>
       <c r="DU38" s="17">
         <v>272.23050599999999</v>
       </c>
       <c r="DV38" s="17">
         <v>274.69894880000004</v>
       </c>
+      <c r="DW38" s="17">
+        <v>276.35562449999998</v>
+      </c>
     </row>
-    <row r="39" spans="2:126" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="39" spans="2:127" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B39" s="12" t="s">
         <v>139</v>
       </c>
       <c r="C39" s="17">
         <v>541.91628770406248</v>
       </c>
       <c r="D39" s="17">
         <v>492.55120872665833</v>
       </c>
       <c r="E39" s="17">
         <v>984.09587539008589</v>
       </c>
       <c r="F39" s="17">
         <v>2184.7336605748983</v>
       </c>
       <c r="G39" s="17">
         <v>3031.8333120011243</v>
       </c>
       <c r="H39" s="17">
         <v>3454.5192147380149</v>
       </c>
       <c r="I39" s="17">
         <v>3750.2767252705144</v>
       </c>
       <c r="J39" s="17">
@@ -14831,52 +14876,55 @@
       </c>
       <c r="DO39" s="17">
         <v>8320.737742155552</v>
       </c>
       <c r="DP39" s="17">
         <v>7476.3646549103596</v>
       </c>
       <c r="DQ39" s="17">
         <v>6629.384431770337</v>
       </c>
       <c r="DR39" s="17">
         <v>6483.7557070825405</v>
       </c>
       <c r="DS39" s="17">
         <v>6262.4157570896205</v>
       </c>
       <c r="DT39" s="17">
         <v>6089.0483678062137</v>
       </c>
       <c r="DU39" s="17">
         <v>7605.0079021705678</v>
       </c>
       <c r="DV39" s="17">
         <v>10415.407835193268</v>
       </c>
+      <c r="DW39" s="17">
+        <v>7739.0937988335172</v>
+      </c>
     </row>
-    <row r="40" spans="2:126" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="40" spans="2:127" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B40" s="12" t="s">
         <v>140</v>
       </c>
       <c r="C40" s="17">
         <v>2.5598502563497227</v>
       </c>
       <c r="D40" s="17">
         <v>2.3558329603181836</v>
       </c>
       <c r="E40" s="17">
         <v>1.6559660979509145</v>
       </c>
       <c r="F40" s="17">
         <v>1.6910179471592892</v>
       </c>
       <c r="G40" s="17">
         <v>2.5598502563497227</v>
       </c>
       <c r="H40" s="17">
         <v>2.3558329603181836</v>
       </c>
       <c r="I40" s="17">
         <v>2.644504783419944</v>
       </c>
       <c r="J40" s="17">
@@ -15208,52 +15256,55 @@
       </c>
       <c r="DO40" s="17">
         <v>5581.2071073155603</v>
       </c>
       <c r="DP40" s="17">
         <v>5209.867812780366</v>
       </c>
       <c r="DQ40" s="17">
         <v>4434.334938280339</v>
       </c>
       <c r="DR40" s="17">
         <v>4165.2416124625461</v>
       </c>
       <c r="DS40" s="17">
         <v>3873.0601610096269</v>
       </c>
       <c r="DT40" s="17">
         <v>3872.688712816217</v>
       </c>
       <c r="DU40" s="17">
         <v>5358.0987343005736</v>
       </c>
       <c r="DV40" s="17">
         <v>8125.0657551732747</v>
       </c>
+      <c r="DW40" s="17">
+        <v>5287.4853075635219</v>
+      </c>
     </row>
-    <row r="41" spans="2:126" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="41" spans="2:127" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B41" s="12" t="s">
         <v>141</v>
       </c>
       <c r="C41" s="17">
         <v>539.35643744771278</v>
       </c>
       <c r="D41" s="17">
         <v>490.19537576634013</v>
       </c>
       <c r="E41" s="17">
         <v>982.43990929213498</v>
       </c>
       <c r="F41" s="17">
         <v>2183.042642627739</v>
       </c>
       <c r="G41" s="17">
         <v>3029.2734617447745</v>
       </c>
       <c r="H41" s="17">
         <v>3452.1633817776965</v>
       </c>
       <c r="I41" s="17">
         <v>3747.6322204870944</v>
       </c>
       <c r="J41" s="17">
@@ -15585,52 +15636,55 @@
       </c>
       <c r="DO41" s="17">
         <v>2739.5306348399922</v>
       </c>
       <c r="DP41" s="17">
         <v>2266.4968421299941</v>
       </c>
       <c r="DQ41" s="17">
         <v>2195.0494934899975</v>
       </c>
       <c r="DR41" s="17">
         <v>2318.514094619994</v>
       </c>
       <c r="DS41" s="17">
         <v>2389.3555960799931</v>
       </c>
       <c r="DT41" s="17">
         <v>2216.3596549899967</v>
       </c>
       <c r="DU41" s="17">
         <v>2246.9091678699942</v>
       </c>
       <c r="DV41" s="17">
         <v>2290.3420800199924</v>
       </c>
+      <c r="DW41" s="17">
+        <v>2451.6084912699948</v>
+      </c>
     </row>
-    <row r="42" spans="2:126" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="42" spans="2:127" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B42" s="12" t="s">
         <v>142</v>
       </c>
       <c r="C42" s="17">
         <v>0</v>
       </c>
       <c r="D42" s="17">
         <v>0</v>
       </c>
       <c r="E42" s="17">
         <v>0</v>
       </c>
       <c r="F42" s="17">
         <v>0</v>
       </c>
       <c r="G42" s="17">
         <v>0</v>
       </c>
       <c r="H42" s="17">
         <v>0</v>
       </c>
       <c r="I42" s="17">
         <v>0</v>
       </c>
       <c r="J42" s="17">
@@ -15962,87 +16016,90 @@
       </c>
       <c r="DO42" s="17">
         <v>0</v>
       </c>
       <c r="DP42" s="17">
         <v>0</v>
       </c>
       <c r="DQ42" s="17">
         <v>0</v>
       </c>
       <c r="DR42" s="17">
         <v>0</v>
       </c>
       <c r="DS42" s="17">
         <v>0</v>
       </c>
       <c r="DT42" s="17">
         <v>0</v>
       </c>
       <c r="DU42" s="17">
         <v>0</v>
       </c>
       <c r="DV42" s="17">
         <v>0</v>
       </c>
+      <c r="DW42" s="17">
+        <v>0</v>
+      </c>
     </row>
-    <row r="43" spans="2:126" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="43" spans="2:127" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B43" s="12" t="s">
         <v>143</v>
       </c>
       <c r="C43" s="17">
         <v>6265.7784712596276</v>
       </c>
       <c r="D43" s="17">
         <v>7264.0167782970784</v>
       </c>
       <c r="E43" s="17">
         <v>7389.3056087152127</v>
       </c>
       <c r="F43" s="17">
         <v>7825.8493453436276</v>
       </c>
       <c r="G43" s="17">
         <v>11017.203261716279</v>
       </c>
       <c r="H43" s="17">
         <v>12662.575316393526</v>
       </c>
       <c r="I43" s="17">
         <v>15453.286187075671</v>
       </c>
       <c r="J43" s="17">
-        <v>18366.276456228981</v>
+        <v>18366.276456228985</v>
       </c>
       <c r="K43" s="17">
         <v>21049.186870647267</v>
       </c>
       <c r="L43" s="17">
         <v>26098.507679926744</v>
       </c>
       <c r="M43" s="17">
-        <v>26929.29406297503</v>
+        <v>26929.294062975034</v>
       </c>
       <c r="N43" s="17">
         <v>26518.937118070746</v>
       </c>
       <c r="O43" s="17">
         <v>26008.229150724597</v>
       </c>
       <c r="P43" s="17">
         <v>24443.550593905551</v>
       </c>
       <c r="Q43" s="17">
         <v>23499.506219760347</v>
       </c>
       <c r="R43" s="17">
         <v>23250.755384265009</v>
       </c>
       <c r="S43" s="17">
         <v>22582.195062539231</v>
       </c>
       <c r="T43" s="17">
         <v>20436.673888590682</v>
       </c>
       <c r="U43" s="17">
         <v>20069.56515298249</v>
       </c>
@@ -16115,93 +16172,93 @@
       <c r="AR43" s="17">
         <v>12662.575316393526</v>
       </c>
       <c r="AS43" s="17">
         <v>13427.349933935828</v>
       </c>
       <c r="AT43" s="17">
         <v>14381.603588506727</v>
       </c>
       <c r="AU43" s="17">
         <v>14465.402409939528</v>
       </c>
       <c r="AV43" s="17">
         <v>15453.286187075671</v>
       </c>
       <c r="AW43" s="17">
         <v>16404.903983629494</v>
       </c>
       <c r="AX43" s="17">
         <v>17110.112978751815</v>
       </c>
       <c r="AY43" s="17">
         <v>17267.064328820066</v>
       </c>
       <c r="AZ43" s="17">
-        <v>18366.276456228981</v>
+        <v>18366.276456228985</v>
       </c>
       <c r="BA43" s="17">
         <v>18489.796783922666</v>
       </c>
       <c r="BB43" s="17">
         <v>18733.186884321069</v>
       </c>
       <c r="BC43" s="17">
         <v>19644.34481065163</v>
       </c>
       <c r="BD43" s="17">
         <v>21049.186870647267</v>
       </c>
       <c r="BE43" s="17">
         <v>22772.417293398925</v>
       </c>
       <c r="BF43" s="17">
         <v>23855.037232038412</v>
       </c>
       <c r="BG43" s="17">
-        <v>24731.761311845286</v>
+        <v>24731.76131184529</v>
       </c>
       <c r="BH43" s="17">
         <v>26098.507679926744</v>
       </c>
       <c r="BI43" s="17">
         <v>26688.270994855367</v>
       </c>
       <c r="BJ43" s="17">
-        <v>26851.991274084859</v>
+        <v>26851.991274084856</v>
       </c>
       <c r="BK43" s="17">
         <v>27092.660370477737</v>
       </c>
       <c r="BL43" s="17">
-        <v>26929.29406297503</v>
+        <v>26929.294062975034</v>
       </c>
       <c r="BM43" s="17">
-        <v>26957.104747977468</v>
+        <v>26957.104747977472</v>
       </c>
       <c r="BN43" s="17">
-        <v>27047.617887231223</v>
+        <v>27047.617887231227</v>
       </c>
       <c r="BO43" s="17">
         <v>26483.67629123704</v>
       </c>
       <c r="BP43" s="17">
         <v>26518.937118070746</v>
       </c>
       <c r="BQ43" s="17">
         <v>27140.388674588292</v>
       </c>
       <c r="BR43" s="17">
         <v>27395.999418198393</v>
       </c>
       <c r="BS43" s="17">
         <v>26431.085173615895</v>
       </c>
       <c r="BT43" s="17">
         <v>26008.229150724597</v>
       </c>
       <c r="BU43" s="17">
         <v>25969.576816233326</v>
       </c>
       <c r="BV43" s="17">
         <v>25667.271175890019</v>
       </c>
@@ -16334,57 +16391,60 @@
       <c r="DM43" s="17">
         <v>17300.383057579209</v>
       </c>
       <c r="DN43" s="17">
         <v>17100.526863628609</v>
       </c>
       <c r="DO43" s="17">
         <v>21445.868645529103</v>
       </c>
       <c r="DP43" s="17">
         <v>24605.593695694479</v>
       </c>
       <c r="DQ43" s="17">
         <v>25329.748471394607</v>
       </c>
       <c r="DR43" s="17">
         <v>25625.600890522841</v>
       </c>
       <c r="DS43" s="17">
         <v>25884.975331497364</v>
       </c>
       <c r="DT43" s="17">
         <v>19090.04238962719</v>
       </c>
       <c r="DU43" s="17">
-        <v>17763.034530473124</v>
+        <v>17763.261262603373</v>
       </c>
       <c r="DV43" s="17">
-        <v>17819.202390543127</v>
+        <v>17763.11554478958</v>
+      </c>
+      <c r="DW43" s="17">
+        <v>18253.159450563908</v>
       </c>
     </row>
-    <row r="44" spans="2:126" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="44" spans="2:127" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B44" s="12" t="s">
         <v>144</v>
       </c>
       <c r="C44" s="17">
         <v>218.22677453</v>
       </c>
       <c r="D44" s="17">
         <v>215.19332825524606</v>
       </c>
       <c r="E44" s="17">
         <v>214.24024073999999</v>
       </c>
       <c r="F44" s="17">
         <v>21.53318228000003</v>
       </c>
       <c r="G44" s="17">
         <v>363.34589229898472</v>
       </c>
       <c r="H44" s="17">
         <v>0</v>
       </c>
       <c r="I44" s="17">
         <v>0</v>
       </c>
       <c r="J44" s="17">
@@ -16716,52 +16776,55 @@
       </c>
       <c r="DO44" s="17">
         <v>6901.2953043700008</v>
       </c>
       <c r="DP44" s="17">
         <v>10367.153182739999</v>
       </c>
       <c r="DQ44" s="17">
         <v>10298.529361569999</v>
       </c>
       <c r="DR44" s="17">
         <v>9909.7346219799965</v>
       </c>
       <c r="DS44" s="17">
         <v>10037.844620279999</v>
       </c>
       <c r="DT44" s="17">
         <v>3013.8369457099998</v>
       </c>
       <c r="DU44" s="17">
         <v>1565.3749359400001</v>
       </c>
       <c r="DV44" s="17">
         <v>735.7556636700001</v>
       </c>
+      <c r="DW44" s="17">
+        <v>962.70342702999994</v>
+      </c>
     </row>
-    <row r="45" spans="2:126" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="45" spans="2:127" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B45" s="20" t="s">
         <v>126</v>
       </c>
       <c r="C45" s="17">
         <v>197.02</v>
       </c>
       <c r="D45" s="17">
         <v>171.59</v>
       </c>
       <c r="E45" s="17">
         <v>138.96</v>
       </c>
       <c r="F45" s="17">
         <v>0</v>
       </c>
       <c r="G45" s="17">
         <v>0</v>
       </c>
       <c r="H45" s="17">
         <v>0</v>
       </c>
       <c r="I45" s="17">
         <v>0</v>
       </c>
       <c r="J45" s="17">
@@ -17093,52 +17156,55 @@
       </c>
       <c r="DO45" s="17">
         <v>0</v>
       </c>
       <c r="DP45" s="17">
         <v>0</v>
       </c>
       <c r="DQ45" s="17">
         <v>0</v>
       </c>
       <c r="DR45" s="17">
         <v>0</v>
       </c>
       <c r="DS45" s="17">
         <v>0</v>
       </c>
       <c r="DT45" s="17">
         <v>0</v>
       </c>
       <c r="DU45" s="17">
         <v>0</v>
       </c>
       <c r="DV45" s="17">
         <v>0</v>
       </c>
+      <c r="DW45" s="17">
+        <v>0</v>
+      </c>
     </row>
-    <row r="46" spans="2:126" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="46" spans="2:127" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B46" s="20" t="s">
         <v>127</v>
       </c>
       <c r="C46" s="17">
         <v>21.206774529999993</v>
       </c>
       <c r="D46" s="17">
         <v>43.603328255246062</v>
       </c>
       <c r="E46" s="17">
         <v>75.280240739999996</v>
       </c>
       <c r="F46" s="17">
         <v>21.53318228000003</v>
       </c>
       <c r="G46" s="17">
         <v>363.34589229898472</v>
       </c>
       <c r="H46" s="17">
         <v>0</v>
       </c>
       <c r="I46" s="17">
         <v>0</v>
       </c>
       <c r="J46" s="17">
@@ -17470,93 +17536,96 @@
       </c>
       <c r="DO46" s="17">
         <v>6901.2953043700008</v>
       </c>
       <c r="DP46" s="17">
         <v>10367.153182739999</v>
       </c>
       <c r="DQ46" s="17">
         <v>10298.529361569999</v>
       </c>
       <c r="DR46" s="17">
         <v>9909.7346219799965</v>
       </c>
       <c r="DS46" s="17">
         <v>10037.844620279999</v>
       </c>
       <c r="DT46" s="17">
         <v>3013.8369457099998</v>
       </c>
       <c r="DU46" s="17">
         <v>1565.3749359400001</v>
       </c>
       <c r="DV46" s="17">
         <v>735.7556636700001</v>
       </c>
+      <c r="DW46" s="17">
+        <v>962.70342702999994</v>
+      </c>
     </row>
-    <row r="47" spans="2:126" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="47" spans="2:127" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B47" s="12" t="s">
         <v>145</v>
       </c>
       <c r="C47" s="17">
         <v>1521.2086301500001</v>
       </c>
       <c r="D47" s="17">
         <v>1953.4895135199999</v>
       </c>
       <c r="E47" s="17">
         <v>1773.29106785</v>
       </c>
       <c r="F47" s="17">
         <v>2075.20212941</v>
       </c>
       <c r="G47" s="17">
         <v>2468.2026808300002</v>
       </c>
       <c r="H47" s="17">
         <v>2809.2793702164331</v>
       </c>
       <c r="I47" s="17">
         <v>3227.3684076699997</v>
       </c>
       <c r="J47" s="17">
-        <v>3336.7308443299999</v>
+        <v>3337.7713023699998</v>
       </c>
       <c r="K47" s="17">
-        <v>3944.0771926100379</v>
+        <v>3944.9220062300378</v>
       </c>
       <c r="L47" s="17">
-        <v>4664.9243997937583</v>
+        <v>4665.1046737837587</v>
       </c>
       <c r="M47" s="17">
-        <v>4930.0860219101005</v>
+        <v>4932.4803333901009</v>
       </c>
       <c r="N47" s="17">
-        <v>5206.3232878501412</v>
+        <v>5208.1279970101414</v>
       </c>
       <c r="O47" s="17">
-        <v>5484.5677466797551</v>
+        <v>5486.0852395997554</v>
       </c>
       <c r="P47" s="17">
         <v>5904.7955857245024</v>
       </c>
       <c r="Q47" s="17">
         <v>7018.8496036700235</v>
       </c>
       <c r="R47" s="17">
         <v>7229.3103675724515</v>
       </c>
       <c r="S47" s="17">
         <v>6840.4431691585842</v>
       </c>
       <c r="T47" s="17">
         <v>6886.6223495094573</v>
       </c>
       <c r="U47" s="17">
         <v>6669.9958693145845</v>
       </c>
       <c r="V47" s="17">
         <v>6367.2580798105537</v>
       </c>
       <c r="W47" s="17">
         <v>5493.1521790869847</v>
       </c>
@@ -17617,120 +17686,120 @@
       <c r="AP47" s="17">
         <v>2677.3191448799998</v>
       </c>
       <c r="AQ47" s="17">
         <v>2891.1859999999997</v>
       </c>
       <c r="AR47" s="17">
         <v>2809.2793702164331</v>
       </c>
       <c r="AS47" s="17">
         <v>2921.9601328099998</v>
       </c>
       <c r="AT47" s="17">
         <v>3068.57941093</v>
       </c>
       <c r="AU47" s="17">
         <v>3149.69129243</v>
       </c>
       <c r="AV47" s="17">
         <v>3227.3684076699997</v>
       </c>
       <c r="AW47" s="17">
         <v>3375.9584317899994</v>
       </c>
       <c r="AX47" s="17">
-        <v>3314.2370751999997</v>
+        <v>3314.7121117099996</v>
       </c>
       <c r="AY47" s="17">
-        <v>3332.7598131999994</v>
+        <v>3334.0193143699994</v>
       </c>
       <c r="AZ47" s="17">
-        <v>3336.7308443299999</v>
+        <v>3337.7713023699998</v>
       </c>
       <c r="BA47" s="17">
-        <v>3438.7960638336558</v>
+        <v>3439.805274863656</v>
       </c>
       <c r="BB47" s="17">
-        <v>3462.2995465857771</v>
+        <v>3463.4140568257772</v>
       </c>
       <c r="BC47" s="17">
-        <v>3531.8243272463001</v>
+        <v>3532.7025685363001</v>
       </c>
       <c r="BD47" s="17">
-        <v>3944.0771926100379</v>
+        <v>3944.9220062300378</v>
       </c>
       <c r="BE47" s="17">
-        <v>3999.3622207298185</v>
+        <v>3999.9859036498187</v>
       </c>
       <c r="BF47" s="17">
-        <v>4262.9173908828516</v>
+        <v>4263.5462638928511</v>
       </c>
       <c r="BG47" s="17">
-        <v>4559.3490252542688</v>
+        <v>4559.7065782842692</v>
       </c>
       <c r="BH47" s="17">
-        <v>4664.9243997937583</v>
+        <v>4665.1046737837587</v>
       </c>
       <c r="BI47" s="17">
         <v>4808.7833405065276</v>
       </c>
       <c r="BJ47" s="17">
-        <v>4973.4320613973669</v>
+        <v>4976.7150935973659</v>
       </c>
       <c r="BK47" s="17">
-        <v>5201.7411510805969</v>
+        <v>5204.557422550597</v>
       </c>
       <c r="BL47" s="17">
-        <v>4930.0860219101005</v>
+        <v>4932.4803333901009</v>
       </c>
       <c r="BM47" s="17">
-        <v>5069.0817626001972</v>
+        <v>5071.2216878801974</v>
       </c>
       <c r="BN47" s="17">
-        <v>5072.3591632299122</v>
+        <v>5075.2347120099121</v>
       </c>
       <c r="BO47" s="17">
-        <v>5202.1228872104875</v>
+        <v>5204.2921365804877</v>
       </c>
       <c r="BP47" s="17">
-        <v>5206.3232878501412</v>
+        <v>5208.1279970101414</v>
       </c>
       <c r="BQ47" s="17">
-        <v>5476.9950623196492</v>
+        <v>5478.2996539196492</v>
       </c>
       <c r="BR47" s="17">
-        <v>5753.3663959001615</v>
+        <v>5755.4508864801619</v>
       </c>
       <c r="BS47" s="17">
-        <v>5631.6192004103923</v>
+        <v>5633.4686355003923</v>
       </c>
       <c r="BT47" s="17">
-        <v>5484.5677466797551</v>
+        <v>5486.0852395997554</v>
       </c>
       <c r="BU47" s="17">
-        <v>5537.3294146500193</v>
+        <v>5537.3846412600196</v>
       </c>
       <c r="BV47" s="17">
         <v>5839.0136955698254</v>
       </c>
       <c r="BW47" s="17">
         <v>5919.3184694095144</v>
       </c>
       <c r="BX47" s="17">
         <v>5904.7955857245024</v>
       </c>
       <c r="BY47" s="17">
         <v>6893.050991819201</v>
       </c>
       <c r="BZ47" s="17">
         <v>6855.4665171203451</v>
       </c>
       <c r="CA47" s="17">
         <v>6902.3142987597084</v>
       </c>
       <c r="CB47" s="17">
         <v>7018.8496036700235</v>
       </c>
       <c r="CC47" s="17">
         <v>6945.3329237400812</v>
       </c>
@@ -17842,98 +17911,101 @@
       <c r="DM47" s="17">
         <v>6847.9916961956878</v>
       </c>
       <c r="DN47" s="17">
         <v>6786.3477422335673</v>
       </c>
       <c r="DO47" s="17">
         <v>6794.8053779358388</v>
       </c>
       <c r="DP47" s="17">
         <v>6707.2478777379456</v>
       </c>
       <c r="DQ47" s="17">
         <v>7240.8752386904271</v>
       </c>
       <c r="DR47" s="17">
         <v>7207.6293289022815</v>
       </c>
       <c r="DS47" s="17">
         <v>7574.3165668827442</v>
       </c>
       <c r="DT47" s="17">
         <v>7492.7161634705708</v>
       </c>
       <c r="DU47" s="17">
-        <v>7564.7694825468698</v>
+        <v>7563.7288147168701</v>
       </c>
       <c r="DV47" s="17">
-        <v>7284.4394691487196</v>
+        <v>7280.6318666318966</v>
+      </c>
+      <c r="DW47" s="17">
+        <v>7644.0991252239228</v>
       </c>
     </row>
-    <row r="48" spans="2:126" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="48" spans="2:127" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B48" s="20" t="s">
         <v>126</v>
       </c>
       <c r="C48" s="17">
         <v>1443.6486301500001</v>
       </c>
       <c r="D48" s="17">
         <v>1564.96951352</v>
       </c>
       <c r="E48" s="17">
         <v>1773.29106785</v>
       </c>
       <c r="F48" s="17">
         <v>2075.20212941</v>
       </c>
       <c r="G48" s="17">
         <v>2468.2026808300002</v>
       </c>
       <c r="H48" s="17">
         <v>2809.2793702164331</v>
       </c>
       <c r="I48" s="17">
         <v>3227.3684076699997</v>
       </c>
       <c r="J48" s="17">
-        <v>3336.7308443299999</v>
+        <v>3337.7713023699998</v>
       </c>
       <c r="K48" s="17">
-        <v>3944.0771926100379</v>
+        <v>3944.9220062300378</v>
       </c>
       <c r="L48" s="17">
-        <v>4604.1779747037581</v>
+        <v>4604.3582486937585</v>
       </c>
       <c r="M48" s="17">
-        <v>4749.3260219101003</v>
+        <v>4751.7203333901007</v>
       </c>
       <c r="N48" s="17">
-        <v>5206.3232878501412</v>
+        <v>5208.1279970101414</v>
       </c>
       <c r="O48" s="17">
-        <v>5484.5677466797551</v>
+        <v>5486.0852395997554</v>
       </c>
       <c r="P48" s="17">
         <v>5903.8942565745028</v>
       </c>
       <c r="Q48" s="17">
         <v>6818.8496036700235</v>
       </c>
       <c r="R48" s="17">
         <v>7229.1458532924516</v>
       </c>
       <c r="S48" s="17">
         <v>6840.4431691585842</v>
       </c>
       <c r="T48" s="17">
         <v>6886.6223495094573</v>
       </c>
       <c r="U48" s="17">
         <v>6604.9958693145845</v>
       </c>
       <c r="V48" s="17">
         <v>6347.2580798105537</v>
       </c>
       <c r="W48" s="17">
         <v>5493.1521790869847</v>
       </c>
@@ -17994,120 +18066,120 @@
       <c r="AP48" s="17">
         <v>2677.3191448799998</v>
       </c>
       <c r="AQ48" s="17">
         <v>2891.1859999999997</v>
       </c>
       <c r="AR48" s="17">
         <v>2809.2793702164331</v>
       </c>
       <c r="AS48" s="17">
         <v>2921.9601328099998</v>
       </c>
       <c r="AT48" s="17">
         <v>3068.57941093</v>
       </c>
       <c r="AU48" s="17">
         <v>3149.69129243</v>
       </c>
       <c r="AV48" s="17">
         <v>3227.3684076699997</v>
       </c>
       <c r="AW48" s="17">
         <v>3375.9584317899994</v>
       </c>
       <c r="AX48" s="17">
-        <v>3314.2370751999997</v>
+        <v>3314.7121117099996</v>
       </c>
       <c r="AY48" s="17">
-        <v>3332.7598131999994</v>
+        <v>3334.0193143699994</v>
       </c>
       <c r="AZ48" s="17">
-        <v>3336.7308443299999</v>
+        <v>3337.7713023699998</v>
       </c>
       <c r="BA48" s="17">
-        <v>3438.7960638336558</v>
+        <v>3439.805274863656</v>
       </c>
       <c r="BB48" s="17">
-        <v>3462.2995465857771</v>
+        <v>3463.4140568257772</v>
       </c>
       <c r="BC48" s="17">
-        <v>3531.8243272463001</v>
+        <v>3532.7025685363001</v>
       </c>
       <c r="BD48" s="17">
-        <v>3944.0771926100379</v>
+        <v>3944.9220062300378</v>
       </c>
       <c r="BE48" s="17">
-        <v>3999.3622207298185</v>
+        <v>3999.9859036498187</v>
       </c>
       <c r="BF48" s="17">
-        <v>4262.9173908828516</v>
+        <v>4263.5462638928511</v>
       </c>
       <c r="BG48" s="17">
-        <v>4559.3490252542688</v>
+        <v>4559.7065782842692</v>
       </c>
       <c r="BH48" s="17">
-        <v>4604.1779747037581</v>
+        <v>4604.3582486937585</v>
       </c>
       <c r="BI48" s="17">
         <v>4726.495340506528</v>
       </c>
       <c r="BJ48" s="17">
-        <v>4873.8940613973664</v>
+        <v>4877.1770935973664</v>
       </c>
       <c r="BK48" s="17">
-        <v>5111.1083446105968</v>
+        <v>5113.9246160805969</v>
       </c>
       <c r="BL48" s="17">
-        <v>4749.3260219101003</v>
+        <v>4751.7203333901007</v>
       </c>
       <c r="BM48" s="17">
-        <v>5069.0817626001972</v>
+        <v>5071.2216878801974</v>
       </c>
       <c r="BN48" s="17">
-        <v>5072.3591632299122</v>
+        <v>5075.2347120099121</v>
       </c>
       <c r="BO48" s="17">
-        <v>5202.1228872104875</v>
+        <v>5204.2921365804877</v>
       </c>
       <c r="BP48" s="17">
-        <v>5206.3232878501412</v>
+        <v>5208.1279970101414</v>
       </c>
       <c r="BQ48" s="17">
-        <v>5301.9950623196492</v>
+        <v>5303.2996539196492</v>
       </c>
       <c r="BR48" s="17">
-        <v>5578.3663959001615</v>
+        <v>5580.4508864801619</v>
       </c>
       <c r="BS48" s="17">
-        <v>5631.6192004103923</v>
+        <v>5633.4686355003923</v>
       </c>
       <c r="BT48" s="17">
-        <v>5484.5677466797551</v>
+        <v>5486.0852395997554</v>
       </c>
       <c r="BU48" s="17">
-        <v>5537.3294146500193</v>
+        <v>5537.3846412600196</v>
       </c>
       <c r="BV48" s="17">
         <v>5833.8369596198254</v>
       </c>
       <c r="BW48" s="17">
         <v>5918.560257639514</v>
       </c>
       <c r="BX48" s="17">
         <v>5903.8942565745028</v>
       </c>
       <c r="BY48" s="17">
         <v>6892.1228768992014</v>
       </c>
       <c r="BZ48" s="17">
         <v>6834.3032969103451</v>
       </c>
       <c r="CA48" s="17">
         <v>6902.3142987597084</v>
       </c>
       <c r="CB48" s="17">
         <v>6818.8496036700235</v>
       </c>
       <c r="CC48" s="17">
         <v>6945.3329237400812</v>
       </c>
@@ -18219,57 +18291,60 @@
       <c r="DM48" s="17">
         <v>6797.6812350856881</v>
       </c>
       <c r="DN48" s="17">
         <v>6750.856401433567</v>
       </c>
       <c r="DO48" s="17">
         <v>6725.7388590458386</v>
       </c>
       <c r="DP48" s="17">
         <v>6650.6735305179454</v>
       </c>
       <c r="DQ48" s="17">
         <v>7204.8616824404271</v>
       </c>
       <c r="DR48" s="17">
         <v>7144.6293289022815</v>
       </c>
       <c r="DS48" s="17">
         <v>7505.2449252127444</v>
       </c>
       <c r="DT48" s="17">
         <v>7492.5636718005708</v>
       </c>
       <c r="DU48" s="17">
-        <v>7564.7694825468698</v>
+        <v>7563.7288147168701</v>
       </c>
       <c r="DV48" s="17">
-        <v>7284.4394691487196</v>
+        <v>7280.6318666318966</v>
+      </c>
+      <c r="DW48" s="17">
+        <v>7644.0991252239228</v>
       </c>
     </row>
-    <row r="49" spans="1:126" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="49" spans="1:127" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B49" s="20" t="s">
         <v>127</v>
       </c>
       <c r="C49" s="17">
         <v>77.56</v>
       </c>
       <c r="D49" s="17">
         <v>388.52</v>
       </c>
       <c r="E49" s="17">
         <v>0</v>
       </c>
       <c r="F49" s="17">
         <v>0</v>
       </c>
       <c r="G49" s="17">
         <v>0</v>
       </c>
       <c r="H49" s="17">
         <v>0</v>
       </c>
       <c r="I49" s="17">
         <v>0</v>
       </c>
       <c r="J49" s="17">
@@ -18601,52 +18676,55 @@
       </c>
       <c r="DO49" s="17">
         <v>69.066518889999998</v>
       </c>
       <c r="DP49" s="17">
         <v>56.57434722</v>
       </c>
       <c r="DQ49" s="17">
         <v>36.013556250000001</v>
       </c>
       <c r="DR49" s="17">
         <v>63</v>
       </c>
       <c r="DS49" s="17">
         <v>69.071641670000005</v>
       </c>
       <c r="DT49" s="17">
         <v>0.15249167000000002</v>
       </c>
       <c r="DU49" s="17">
         <v>0</v>
       </c>
       <c r="DV49" s="17">
         <v>0</v>
       </c>
+      <c r="DW49" s="17">
+        <v>0</v>
+      </c>
     </row>
-    <row r="50" spans="1:126" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="50" spans="1:127" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B50" s="12" t="s">
         <v>146</v>
       </c>
       <c r="C50" s="17">
         <v>1608.2208967296285</v>
       </c>
       <c r="D50" s="17">
         <v>1760.6020500418344</v>
       </c>
       <c r="E50" s="17">
         <v>1935.5165679752113</v>
       </c>
       <c r="F50" s="17">
         <v>1997.4069630636259</v>
       </c>
       <c r="G50" s="17">
         <v>3501.8650694172934</v>
       </c>
       <c r="H50" s="17">
         <v>4141.9352968970925</v>
       </c>
       <c r="I50" s="17">
         <v>4990.1450370756775</v>
       </c>
       <c r="J50" s="17">
@@ -18978,52 +19056,55 @@
       </c>
       <c r="DO50" s="17">
         <v>1217.9498045100001</v>
       </c>
       <c r="DP50" s="17">
         <v>1086.7561079499999</v>
       </c>
       <c r="DQ50" s="17">
         <v>1153.6572873800001</v>
       </c>
       <c r="DR50" s="17">
         <v>1257.5023410600002</v>
       </c>
       <c r="DS50" s="17">
         <v>1249.05146666</v>
       </c>
       <c r="DT50" s="17">
         <v>1506.9832351300001</v>
       </c>
       <c r="DU50" s="17">
         <v>1598.9245576000001</v>
       </c>
       <c r="DV50" s="17">
         <v>2533.8417349100005</v>
       </c>
+      <c r="DW50" s="17">
+        <v>2583.3938785300002</v>
+      </c>
     </row>
-    <row r="51" spans="1:126" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="51" spans="1:127" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B51" s="20" t="s">
         <v>126</v>
       </c>
       <c r="C51" s="17">
         <v>1594.2508967296285</v>
       </c>
       <c r="D51" s="17">
         <v>1752.3920500418344</v>
       </c>
       <c r="E51" s="17">
         <v>1932.8965679752114</v>
       </c>
       <c r="F51" s="17">
         <v>1997.066963063626</v>
       </c>
       <c r="G51" s="17">
         <v>2897.2850694172935</v>
       </c>
       <c r="H51" s="17">
         <v>3621.2319828611608</v>
       </c>
       <c r="I51" s="17">
         <v>3923.8022282200391</v>
       </c>
       <c r="J51" s="17">
@@ -19355,52 +19436,55 @@
       </c>
       <c r="DO51" s="17">
         <v>1020.1426260600002</v>
       </c>
       <c r="DP51" s="17">
         <v>1038.7097227499999</v>
       </c>
       <c r="DQ51" s="17">
         <v>1034.2474319400001</v>
       </c>
       <c r="DR51" s="17">
         <v>1154.2233558400003</v>
       </c>
       <c r="DS51" s="17">
         <v>1195.0514318999999</v>
       </c>
       <c r="DT51" s="17">
         <v>1440.7177943700001</v>
       </c>
       <c r="DU51" s="17">
         <v>1480.9653665000001</v>
       </c>
       <c r="DV51" s="17">
         <v>1902.4360114800006</v>
       </c>
+      <c r="DW51" s="17">
+        <v>1997.7060384599999</v>
+      </c>
     </row>
-    <row r="52" spans="1:126" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="52" spans="1:127" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B52" s="20" t="s">
         <v>127</v>
       </c>
       <c r="C52" s="17">
         <v>13.97</v>
       </c>
       <c r="D52" s="17">
         <v>8.2099999999999991</v>
       </c>
       <c r="E52" s="17">
         <v>2.62</v>
       </c>
       <c r="F52" s="17">
         <v>0.34</v>
       </c>
       <c r="G52" s="17">
         <v>604.58000000000004</v>
       </c>
       <c r="H52" s="17">
         <v>520.70331403593218</v>
       </c>
       <c r="I52" s="17">
         <v>1066.3428088556389</v>
       </c>
       <c r="J52" s="17">
@@ -19732,93 +19816,96 @@
       </c>
       <c r="DO52" s="17">
         <v>197.80717844999998</v>
       </c>
       <c r="DP52" s="17">
         <v>48.046385199999989</v>
       </c>
       <c r="DQ52" s="17">
         <v>119.40985543999999</v>
       </c>
       <c r="DR52" s="17">
         <v>103.27898521999997</v>
       </c>
       <c r="DS52" s="17">
         <v>54.000034759999998</v>
       </c>
       <c r="DT52" s="17">
         <v>66.265440760000004</v>
       </c>
       <c r="DU52" s="17">
         <v>117.9591911</v>
       </c>
       <c r="DV52" s="17">
         <v>631.40572342999997</v>
       </c>
+      <c r="DW52" s="17">
+        <v>585.68784007000011</v>
+      </c>
     </row>
-    <row r="53" spans="1:126" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="53" spans="1:127" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B53" s="12" t="s">
         <v>147</v>
       </c>
       <c r="C53" s="17">
         <v>2918.1221698499994</v>
       </c>
       <c r="D53" s="17">
         <v>3334.7318864799986</v>
       </c>
       <c r="E53" s="17">
         <v>3466.2577321500007</v>
       </c>
       <c r="F53" s="17">
         <v>3731.7070705900019</v>
       </c>
       <c r="G53" s="17">
         <v>4683.7896191700002</v>
       </c>
       <c r="H53" s="17">
         <v>5711.36064928</v>
       </c>
       <c r="I53" s="17">
         <v>7235.7727423299948</v>
       </c>
       <c r="J53" s="17">
-        <v>9559.4225056699961</v>
+        <v>9558.382047629997</v>
       </c>
       <c r="K53" s="17">
-        <v>12822.73909557401</v>
+        <v>12821.89428195401</v>
       </c>
       <c r="L53" s="17">
-        <v>16931.708436772995</v>
+        <v>16931.528162782994</v>
       </c>
       <c r="M53" s="17">
-        <v>17594.167993710529</v>
+        <v>17591.773682230531</v>
       </c>
       <c r="N53" s="17">
-        <v>16928.787967069999</v>
+        <v>16926.98325791</v>
       </c>
       <c r="O53" s="17">
-        <v>16153.299315330001</v>
+        <v>16151.781822410001</v>
       </c>
       <c r="P53" s="17">
         <v>14453.224454149999</v>
       </c>
       <c r="Q53" s="17">
         <v>12939.40039832</v>
       </c>
       <c r="R53" s="17">
         <v>13052.058129878002</v>
       </c>
       <c r="S53" s="17">
         <v>12858.883749111201</v>
       </c>
       <c r="T53" s="17">
         <v>11581.995247859999</v>
       </c>
       <c r="U53" s="17">
         <v>10885.402295984959</v>
       </c>
       <c r="V53" s="17">
         <v>10953.846237720001</v>
       </c>
       <c r="W53" s="17">
         <v>8147.5520559833112</v>
       </c>
@@ -19879,120 +19966,120 @@
       <c r="AP53" s="17">
         <v>5226.2316551200011</v>
       </c>
       <c r="AQ53" s="17">
         <v>5487.93905</v>
       </c>
       <c r="AR53" s="17">
         <v>5711.36064928</v>
       </c>
       <c r="AS53" s="17">
         <v>6020.2198671899996</v>
       </c>
       <c r="AT53" s="17">
         <v>6511.1450890700016</v>
       </c>
       <c r="AU53" s="17">
         <v>6714.540857570003</v>
       </c>
       <c r="AV53" s="17">
         <v>7235.7727423299948</v>
       </c>
       <c r="AW53" s="17">
         <v>7558.9938682099973</v>
       </c>
       <c r="AX53" s="17">
-        <v>8150.2718500699011</v>
+        <v>8149.7968135599021</v>
       </c>
       <c r="AY53" s="17">
-        <v>9105.4582367999974</v>
+        <v>9104.1987356299978</v>
       </c>
       <c r="AZ53" s="17">
-        <v>9559.4225056699961</v>
+        <v>9558.382047629997</v>
       </c>
       <c r="BA53" s="17">
-        <v>10105.506017239994</v>
+        <v>10104.496806209992</v>
       </c>
       <c r="BB53" s="17">
-        <v>10883.39186113</v>
+        <v>10882.277350890001</v>
       </c>
       <c r="BC53" s="17">
-        <v>12254.060661819998</v>
+        <v>12253.182420529998</v>
       </c>
       <c r="BD53" s="17">
-        <v>12822.73909557401</v>
+        <v>12821.89428195401</v>
       </c>
       <c r="BE53" s="17">
-        <v>14394.051141867003</v>
+        <v>14393.427458947001</v>
       </c>
       <c r="BF53" s="17">
-        <v>15270.825364872</v>
+        <v>15270.196491862001</v>
       </c>
       <c r="BG53" s="17">
-        <v>16400.579866708002</v>
+        <v>16400.222313678005</v>
       </c>
       <c r="BH53" s="17">
-        <v>16931.708436772995</v>
+        <v>16931.528162782994</v>
       </c>
       <c r="BI53" s="17">
         <v>17668.031204782001</v>
       </c>
       <c r="BJ53" s="17">
-        <v>17774.389407920662</v>
+        <v>17771.106375720661</v>
       </c>
       <c r="BK53" s="17">
-        <v>17704.282353890925</v>
+        <v>17701.466082420924</v>
       </c>
       <c r="BL53" s="17">
-        <v>17594.167993710529</v>
+        <v>17591.773682230531</v>
       </c>
       <c r="BM53" s="17">
-        <v>17229.29606262</v>
+        <v>17227.156137340004</v>
       </c>
       <c r="BN53" s="17">
-        <v>17170.812072919998</v>
+        <v>17167.936524140001</v>
       </c>
       <c r="BO53" s="17">
-        <v>17039.249712370001</v>
+        <v>17037.080463000002</v>
       </c>
       <c r="BP53" s="17">
-        <v>16928.787967069999</v>
+        <v>16926.98325791</v>
       </c>
       <c r="BQ53" s="17">
-        <v>17202.306953980002</v>
+        <v>17201.002362380001</v>
       </c>
       <c r="BR53" s="17">
-        <v>16935.683551780003</v>
+        <v>16933.599061200002</v>
       </c>
       <c r="BS53" s="17">
-        <v>16519.158902719999</v>
+        <v>16517.309467629999</v>
       </c>
       <c r="BT53" s="17">
-        <v>16153.299315330001</v>
+        <v>16151.781822410001</v>
       </c>
       <c r="BU53" s="17">
-        <v>16114.399264359996</v>
+        <v>16114.344037749997</v>
       </c>
       <c r="BV53" s="17">
         <v>15729.934640859999</v>
       </c>
       <c r="BW53" s="17">
         <v>15116.241506250002</v>
       </c>
       <c r="BX53" s="17">
         <v>14453.224454149999</v>
       </c>
       <c r="BY53" s="17">
         <v>13707.841330059999</v>
       </c>
       <c r="BZ53" s="17">
         <v>13369.390026069997</v>
       </c>
       <c r="CA53" s="17">
         <v>13315.246137209999</v>
       </c>
       <c r="CB53" s="17">
         <v>12939.40039832</v>
       </c>
       <c r="CC53" s="17">
         <v>13411.346646089998</v>
       </c>
@@ -20104,98 +20191,101 @@
       <c r="DM53" s="17">
         <v>6439.2705561535195</v>
       </c>
       <c r="DN53" s="17">
         <v>6642.7973079150424</v>
       </c>
       <c r="DO53" s="17">
         <v>6531.818158713264</v>
       </c>
       <c r="DP53" s="17">
         <v>6444.4365272665318</v>
       </c>
       <c r="DQ53" s="17">
         <v>6636.6865837541818</v>
       </c>
       <c r="DR53" s="17">
         <v>7250.7345985805623</v>
       </c>
       <c r="DS53" s="17">
         <v>7023.7626776746201</v>
       </c>
       <c r="DT53" s="17">
         <v>7076.5060453166197</v>
       </c>
       <c r="DU53" s="17">
-        <v>7033.9655543862527</v>
+        <v>7035.2329543465021</v>
       </c>
       <c r="DV53" s="17">
-        <v>7265.1655228144054</v>
+        <v>7212.886279577684</v>
+      </c>
+      <c r="DW53" s="17">
+        <v>7062.9630197799843</v>
       </c>
     </row>
-    <row r="54" spans="1:126" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="54" spans="1:127" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B54" s="20" t="s">
         <v>126</v>
       </c>
       <c r="C54" s="17">
         <v>2720.8521698499994</v>
       </c>
       <c r="D54" s="17">
         <v>3237.8618864799987</v>
       </c>
       <c r="E54" s="17">
         <v>3368.3877321500008</v>
       </c>
       <c r="F54" s="17">
         <v>3658.8770705900019</v>
       </c>
       <c r="G54" s="17">
         <v>4567.2196191700004</v>
       </c>
       <c r="H54" s="17">
         <v>5560.86064928</v>
       </c>
       <c r="I54" s="17">
         <v>7031.6830923299949</v>
       </c>
       <c r="J54" s="17">
-        <v>9323.6368056699957</v>
+        <v>9322.5963476299967</v>
       </c>
       <c r="K54" s="17">
-        <v>12061.216918212011</v>
+        <v>12060.37210459201</v>
       </c>
       <c r="L54" s="17">
-        <v>16144.995927003994</v>
+        <v>16144.815653013993</v>
       </c>
       <c r="M54" s="17">
-        <v>16995.76215166253</v>
+        <v>16993.367840182531</v>
       </c>
       <c r="N54" s="17">
-        <v>16058.952618789999</v>
+        <v>16057.147909629999</v>
       </c>
       <c r="O54" s="17">
-        <v>15378.932992990001</v>
+        <v>15377.415500070001</v>
       </c>
       <c r="P54" s="17">
         <v>13500.529455499998</v>
       </c>
       <c r="Q54" s="17">
         <v>12431.61232962</v>
       </c>
       <c r="R54" s="17">
         <v>12451.399123668001</v>
       </c>
       <c r="S54" s="17">
         <v>12365.336601451201</v>
       </c>
       <c r="T54" s="17">
         <v>11221.73352672</v>
       </c>
       <c r="U54" s="17">
         <v>10473.535394244958</v>
       </c>
       <c r="V54" s="17">
         <v>10568.58250215</v>
       </c>
       <c r="W54" s="17">
         <v>8026.6031580424706</v>
       </c>
@@ -20256,120 +20346,120 @@
       <c r="AP54" s="17">
         <v>5060.8259551200008</v>
       </c>
       <c r="AQ54" s="17">
         <v>5316.8423000000003</v>
       </c>
       <c r="AR54" s="17">
         <v>5560.86064928</v>
       </c>
       <c r="AS54" s="17">
         <v>5854.4998671899993</v>
       </c>
       <c r="AT54" s="17">
         <v>6283.1575390700018</v>
       </c>
       <c r="AU54" s="17">
         <v>6388.7858575700029</v>
       </c>
       <c r="AV54" s="17">
         <v>7031.6830923299949</v>
       </c>
       <c r="AW54" s="17">
         <v>7327.3669682099971</v>
       </c>
       <c r="AX54" s="17">
-        <v>7820.9788747999992</v>
+        <v>7820.5038382900002</v>
       </c>
       <c r="AY54" s="17">
-        <v>8651.6022867999982</v>
+        <v>8650.3427856299986</v>
       </c>
       <c r="AZ54" s="17">
-        <v>9323.6368056699957</v>
+        <v>9322.5963476299967</v>
       </c>
       <c r="BA54" s="17">
-        <v>9659.147417239994</v>
+        <v>9658.1382062099929</v>
       </c>
       <c r="BB54" s="17">
-        <v>10367.81781113</v>
+        <v>10366.703300890002</v>
       </c>
       <c r="BC54" s="17">
-        <v>11494.394761819998</v>
+        <v>11493.516520529998</v>
       </c>
       <c r="BD54" s="17">
-        <v>12061.216918212011</v>
+        <v>12060.37210459201</v>
       </c>
       <c r="BE54" s="17">
-        <v>13858.673228114003</v>
+        <v>13858.049545194001</v>
       </c>
       <c r="BF54" s="17">
-        <v>14570.122429761001</v>
+        <v>14569.493556751002</v>
       </c>
       <c r="BG54" s="17">
-        <v>15574.544732496001</v>
+        <v>15574.187179466004</v>
       </c>
       <c r="BH54" s="17">
-        <v>16144.995927003994</v>
+        <v>16144.815653013993</v>
       </c>
       <c r="BI54" s="17">
         <v>16921.461175758999</v>
       </c>
       <c r="BJ54" s="17">
-        <v>16913.692445980661</v>
+        <v>16910.409413780661</v>
       </c>
       <c r="BK54" s="17">
-        <v>16922.515486090924</v>
+        <v>16919.699214620923</v>
       </c>
       <c r="BL54" s="17">
-        <v>16995.76215166253</v>
+        <v>16993.367840182531</v>
       </c>
       <c r="BM54" s="17">
-        <v>16466.849733629999</v>
+        <v>16464.709808350002</v>
       </c>
       <c r="BN54" s="17">
-        <v>16439.25105191</v>
+        <v>16436.375503130002</v>
       </c>
       <c r="BO54" s="17">
-        <v>16316.100147990001</v>
+        <v>16313.930898620001</v>
       </c>
       <c r="BP54" s="17">
-        <v>16058.952618789999</v>
+        <v>16057.147909629999</v>
       </c>
       <c r="BQ54" s="17">
-        <v>15912.655980240001</v>
+        <v>15911.35138864</v>
       </c>
       <c r="BR54" s="17">
-        <v>15774.255885990002</v>
+        <v>15772.171395410001</v>
       </c>
       <c r="BS54" s="17">
-        <v>15450.344205959998</v>
+        <v>15448.494770869998</v>
       </c>
       <c r="BT54" s="17">
-        <v>15378.932992990001</v>
+        <v>15377.415500070001</v>
       </c>
       <c r="BU54" s="17">
-        <v>15311.655247609997</v>
+        <v>15311.600020999997</v>
       </c>
       <c r="BV54" s="17">
         <v>14695.628550259999</v>
       </c>
       <c r="BW54" s="17">
         <v>14052.962081930002</v>
       </c>
       <c r="BX54" s="17">
         <v>13500.529455499998</v>
       </c>
       <c r="BY54" s="17">
         <v>12672.690382929999</v>
       </c>
       <c r="BZ54" s="17">
         <v>12668.481729429997</v>
       </c>
       <c r="CA54" s="17">
         <v>12705.9716297</v>
       </c>
       <c r="CB54" s="17">
         <v>12431.61232962</v>
       </c>
       <c r="CC54" s="17">
         <v>12752.926787709997</v>
       </c>
@@ -20481,57 +20571,60 @@
       <c r="DM54" s="17">
         <v>6202.9651697756599</v>
       </c>
       <c r="DN54" s="17">
         <v>6293.2550776095577</v>
       </c>
       <c r="DO54" s="17">
         <v>6166.5634812875096</v>
       </c>
       <c r="DP54" s="17">
         <v>6236.8565186432534</v>
       </c>
       <c r="DQ54" s="17">
         <v>6525.9381036242048</v>
       </c>
       <c r="DR54" s="17">
         <v>7064.7612181117474</v>
       </c>
       <c r="DS54" s="17">
         <v>6912.660228513736</v>
       </c>
       <c r="DT54" s="17">
         <v>6911.200971179218</v>
       </c>
       <c r="DU54" s="17">
-        <v>6821.4648614294092</v>
+        <v>6822.6016667600788</v>
       </c>
       <c r="DV54" s="17">
-        <v>7034.7309945075576</v>
+        <v>6982.3183842778417</v>
+      </c>
+      <c r="DW54" s="17">
+        <v>6858.4277919975593</v>
       </c>
     </row>
-    <row r="55" spans="1:126" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="55" spans="1:127" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B55" s="20" t="s">
         <v>127</v>
       </c>
       <c r="C55" s="17">
         <v>197.26999999999998</v>
       </c>
       <c r="D55" s="17">
         <v>96.870000000000019</v>
       </c>
       <c r="E55" s="17">
         <v>97.86999999999999</v>
       </c>
       <c r="F55" s="17">
         <v>72.83</v>
       </c>
       <c r="G55" s="17">
         <v>116.57</v>
       </c>
       <c r="H55" s="17">
         <v>150.50000000000003</v>
       </c>
       <c r="I55" s="17">
         <v>204.08964999999998</v>
       </c>
       <c r="J55" s="17">
@@ -20858,57 +20951,60 @@
       <c r="DM55" s="17">
         <v>236.30538637785932</v>
       </c>
       <c r="DN55" s="17">
         <v>349.54223030548513</v>
       </c>
       <c r="DO55" s="17">
         <v>365.25467742575461</v>
       </c>
       <c r="DP55" s="17">
         <v>207.5800086232785</v>
       </c>
       <c r="DQ55" s="17">
         <v>110.74848012997739</v>
       </c>
       <c r="DR55" s="17">
         <v>185.97338046881447</v>
       </c>
       <c r="DS55" s="17">
         <v>111.10244916088456</v>
       </c>
       <c r="DT55" s="17">
         <v>165.30507413740139</v>
       </c>
       <c r="DU55" s="17">
-        <v>212.50069295684381</v>
+        <v>212.63128758642318</v>
       </c>
       <c r="DV55" s="17">
-        <v>230.43452830684774</v>
+        <v>230.56789529984223</v>
+      </c>
+      <c r="DW55" s="17">
+        <v>204.53522778242538</v>
       </c>
     </row>
-    <row r="56" spans="1:126" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="56" spans="1:127" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B56" s="12" t="s">
         <v>148</v>
       </c>
       <c r="C56" s="17">
         <v>343.27</v>
       </c>
       <c r="D56" s="17">
         <v>1541.2599498749116</v>
       </c>
       <c r="E56" s="17">
         <v>1748.0429979342978</v>
       </c>
       <c r="F56" s="17">
         <v>2012.5171870487618</v>
       </c>
       <c r="G56" s="17">
         <v>2135.6519747019861</v>
       </c>
       <c r="H56" s="17">
         <v>2243.4012393376711</v>
       </c>
       <c r="I56" s="17">
         <v>2445.2136000568707</v>
       </c>
       <c r="J56" s="17">
@@ -21235,57 +21331,60 @@
       <c r="DM56" s="17">
         <v>5144.1009425784696</v>
       </c>
       <c r="DN56" s="17">
         <v>5902.8469991295578</v>
       </c>
       <c r="DO56" s="17">
         <v>4894.9152148800658</v>
       </c>
       <c r="DP56" s="17">
         <v>4750.7081076900859</v>
       </c>
       <c r="DQ56" s="17">
         <v>5526.6696745137142</v>
       </c>
       <c r="DR56" s="17">
         <v>6350.0106777089177</v>
       </c>
       <c r="DS56" s="17">
         <v>5532.2332189750114</v>
       </c>
       <c r="DT56" s="17">
         <v>5387.7423530721044</v>
       </c>
       <c r="DU56" s="17">
-        <v>6195.797586810957</v>
+        <v>6214.3317472009576</v>
       </c>
       <c r="DV56" s="17">
-        <v>6574.3865703358169</v>
+        <v>6683.0961706258167</v>
+      </c>
+      <c r="DW56" s="17">
+        <v>5831.6104070515039</v>
       </c>
     </row>
-    <row r="57" spans="1:126" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="57" spans="1:127" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B57" s="12" t="s">
         <v>149</v>
       </c>
       <c r="C57" s="17">
         <v>0.26</v>
       </c>
       <c r="D57" s="17">
         <v>0.03</v>
       </c>
       <c r="E57" s="17">
         <v>1.3</v>
       </c>
       <c r="F57" s="17">
         <v>1.0899999999999999</v>
       </c>
       <c r="G57" s="17">
         <v>0.5</v>
       </c>
       <c r="H57" s="17">
         <v>0</v>
       </c>
       <c r="I57" s="17">
         <v>0.98</v>
       </c>
       <c r="J57" s="17">
@@ -21617,52 +21716,55 @@
       </c>
       <c r="DO57" s="17">
         <v>0</v>
       </c>
       <c r="DP57" s="17">
         <v>0</v>
       </c>
       <c r="DQ57" s="17">
         <v>0</v>
       </c>
       <c r="DR57" s="17">
         <v>0</v>
       </c>
       <c r="DS57" s="17">
         <v>0</v>
       </c>
       <c r="DT57" s="17">
         <v>20.357349299999999</v>
       </c>
       <c r="DU57" s="17">
         <v>0.46770299999999998</v>
       </c>
       <c r="DV57" s="17">
         <v>0.46770299999999998</v>
       </c>
+      <c r="DW57" s="17">
+        <v>0.46770299999999998</v>
+      </c>
     </row>
-    <row r="58" spans="1:126" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="58" spans="1:127" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B58" s="20" t="s">
         <v>126</v>
       </c>
       <c r="C58" s="17">
         <v>0.26</v>
       </c>
       <c r="D58" s="17">
         <v>0.03</v>
       </c>
       <c r="E58" s="17">
         <v>1.3</v>
       </c>
       <c r="F58" s="17">
         <v>1.0899999999999999</v>
       </c>
       <c r="G58" s="17">
         <v>0.5</v>
       </c>
       <c r="H58" s="17">
         <v>0</v>
       </c>
       <c r="I58" s="17">
         <v>0.98</v>
       </c>
       <c r="J58" s="17">
@@ -21994,52 +22096,55 @@
       </c>
       <c r="DO58" s="17">
         <v>0</v>
       </c>
       <c r="DP58" s="17">
         <v>0</v>
       </c>
       <c r="DQ58" s="17">
         <v>0</v>
       </c>
       <c r="DR58" s="17">
         <v>0</v>
       </c>
       <c r="DS58" s="17">
         <v>0</v>
       </c>
       <c r="DT58" s="17">
         <v>0</v>
       </c>
       <c r="DU58" s="17">
         <v>0</v>
       </c>
       <c r="DV58" s="17">
         <v>0</v>
       </c>
+      <c r="DW58" s="17">
+        <v>0</v>
+      </c>
     </row>
-    <row r="59" spans="1:126" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="59" spans="1:127" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B59" s="20" t="s">
         <v>127</v>
       </c>
       <c r="C59" s="17">
         <v>0</v>
       </c>
       <c r="D59" s="17">
         <v>0</v>
       </c>
       <c r="E59" s="17">
         <v>0</v>
       </c>
       <c r="F59" s="17">
         <v>0</v>
       </c>
       <c r="G59" s="17">
         <v>0</v>
       </c>
       <c r="H59" s="17">
         <v>0</v>
       </c>
       <c r="I59" s="17">
         <v>0</v>
       </c>
       <c r="J59" s="17">
@@ -22371,52 +22476,55 @@
       </c>
       <c r="DO59" s="17">
         <v>0</v>
       </c>
       <c r="DP59" s="17">
         <v>0</v>
       </c>
       <c r="DQ59" s="17">
         <v>0</v>
       </c>
       <c r="DR59" s="17">
         <v>0</v>
       </c>
       <c r="DS59" s="17">
         <v>0</v>
       </c>
       <c r="DT59" s="17">
         <v>20.357349299999999</v>
       </c>
       <c r="DU59" s="17">
         <v>0.46770299999999998</v>
       </c>
       <c r="DV59" s="17">
         <v>0.46770299999999998</v>
       </c>
+      <c r="DW59" s="17">
+        <v>0.46770299999999998</v>
+      </c>
     </row>
-    <row r="60" spans="1:126" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="60" spans="1:127" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B60" s="12" t="s">
         <v>150</v>
       </c>
       <c r="C60" s="17">
         <v>343.01</v>
       </c>
       <c r="D60" s="17">
         <v>1541.2299498749117</v>
       </c>
       <c r="E60" s="17">
         <v>1746.7429979342978</v>
       </c>
       <c r="F60" s="17">
         <v>2011.4271870487619</v>
       </c>
       <c r="G60" s="17">
         <v>2135.1519747019861</v>
       </c>
       <c r="H60" s="17">
         <v>2243.4012393376711</v>
       </c>
       <c r="I60" s="17">
         <v>2444.2336000568707</v>
       </c>
       <c r="J60" s="17">
@@ -22743,57 +22851,60 @@
       <c r="DM60" s="17">
         <v>5144.1009425784696</v>
       </c>
       <c r="DN60" s="17">
         <v>5902.8469991295578</v>
       </c>
       <c r="DO60" s="17">
         <v>4894.9152148800658</v>
       </c>
       <c r="DP60" s="17">
         <v>4750.7081076900859</v>
       </c>
       <c r="DQ60" s="17">
         <v>5526.6696745137142</v>
       </c>
       <c r="DR60" s="17">
         <v>6350.0106777089177</v>
       </c>
       <c r="DS60" s="17">
         <v>5532.2332189750114</v>
       </c>
       <c r="DT60" s="17">
         <v>5367.385003772104</v>
       </c>
       <c r="DU60" s="17">
-        <v>6195.3298838109567</v>
+        <v>6213.8640442009573</v>
       </c>
       <c r="DV60" s="17">
-        <v>6573.9188673358167</v>
+        <v>6682.6284676258165</v>
+      </c>
+      <c r="DW60" s="17">
+        <v>5831.1427040515036</v>
       </c>
     </row>
-    <row r="61" spans="1:126" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="61" spans="1:127" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B61" s="20" t="s">
         <v>126</v>
       </c>
       <c r="C61" s="17">
         <v>301.48</v>
       </c>
       <c r="D61" s="17">
         <v>288.13</v>
       </c>
       <c r="E61" s="17">
         <v>268.26</v>
       </c>
       <c r="F61" s="17">
         <v>257.05999999999995</v>
       </c>
       <c r="G61" s="17">
         <v>202.10999999999996</v>
       </c>
       <c r="H61" s="17">
         <v>180.79</v>
       </c>
       <c r="I61" s="17">
         <v>216.6344</v>
       </c>
       <c r="J61" s="17">
@@ -23125,52 +23236,55 @@
       </c>
       <c r="DO61" s="17">
         <v>4.1683778461062104</v>
       </c>
       <c r="DP61" s="17">
         <v>5.53853894351571</v>
       </c>
       <c r="DQ61" s="17">
         <v>5.0729933937145102</v>
       </c>
       <c r="DR61" s="17">
         <v>3.88602673891751</v>
       </c>
       <c r="DS61" s="17">
         <v>4.8322652850106795</v>
       </c>
       <c r="DT61" s="17">
         <v>8.4562745821039194</v>
       </c>
       <c r="DU61" s="17">
         <v>7.5709745909569195</v>
       </c>
       <c r="DV61" s="17">
         <v>7.7517192558161403</v>
       </c>
+      <c r="DW61" s="17">
+        <v>7.9607355315037545</v>
+      </c>
     </row>
-    <row r="62" spans="1:126" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="62" spans="1:127" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B62" s="20" t="s">
         <v>127</v>
       </c>
       <c r="C62" s="17">
         <v>41.53</v>
       </c>
       <c r="D62" s="17">
         <v>1253.0999498749118</v>
       </c>
       <c r="E62" s="17">
         <v>1478.4829979342978</v>
       </c>
       <c r="F62" s="17">
         <v>1754.3671870487619</v>
       </c>
       <c r="G62" s="17">
         <v>1933.041974701986</v>
       </c>
       <c r="H62" s="17">
         <v>2062.6112393376711</v>
       </c>
       <c r="I62" s="17">
         <v>2227.5992000568708</v>
       </c>
       <c r="J62" s="17">
@@ -23497,57 +23611,60 @@
       <c r="DM62" s="17">
         <v>5140.1470160635517</v>
       </c>
       <c r="DN62" s="17">
         <v>5899.2280657224019</v>
       </c>
       <c r="DO62" s="17">
         <v>4890.7468370339593</v>
       </c>
       <c r="DP62" s="17">
         <v>4745.1695687465699</v>
       </c>
       <c r="DQ62" s="17">
         <v>5521.5966811199996</v>
       </c>
       <c r="DR62" s="17">
         <v>6346.1246509700004</v>
       </c>
       <c r="DS62" s="17">
         <v>5527.4009536900003</v>
       </c>
       <c r="DT62" s="17">
         <v>5358.92872919</v>
       </c>
       <c r="DU62" s="17">
-        <v>6187.7589092199996</v>
+        <v>6206.2930696100002</v>
       </c>
       <c r="DV62" s="17">
-        <v>6566.1671480800005</v>
+        <v>6674.8767483700003</v>
+      </c>
+      <c r="DW62" s="17">
+        <v>5823.1819685199998</v>
       </c>
     </row>
-    <row r="63" spans="1:126" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="63" spans="1:127" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B63" s="12" t="s">
         <v>151</v>
       </c>
       <c r="C63" s="17">
         <v>0</v>
       </c>
       <c r="D63" s="17">
         <v>0</v>
       </c>
       <c r="E63" s="17">
         <v>0</v>
       </c>
       <c r="F63" s="17">
         <v>0</v>
       </c>
       <c r="G63" s="17">
         <v>0</v>
       </c>
       <c r="H63" s="17">
         <v>0</v>
       </c>
       <c r="I63" s="17">
         <v>0</v>
       </c>
       <c r="J63" s="17">
@@ -23877,54 +23994,57 @@
       <c r="DN63" s="17">
         <v>3264.24127069</v>
       </c>
       <c r="DO63" s="17">
         <v>3087.3821612500005</v>
       </c>
       <c r="DP63" s="17">
         <v>3438.2389720700003</v>
       </c>
       <c r="DQ63" s="17">
         <v>3495.5121218700006</v>
       </c>
       <c r="DR63" s="17">
         <v>3563.902997986781</v>
       </c>
       <c r="DS63" s="17">
         <v>3984.1409611944</v>
       </c>
       <c r="DT63" s="17">
         <v>3708.0018733499996</v>
       </c>
       <c r="DU63" s="17">
         <v>3537.9092980699993</v>
       </c>
       <c r="DV63" s="17">
-        <v>3184.356586039999</v>
+        <v>3184.3565860499989</v>
+      </c>
+      <c r="DW63" s="17">
+        <v>3428.81883358</v>
       </c>
     </row>
-    <row r="64" spans="1:126" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="64" spans="1:127" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A64" s="1"/>
       <c r="B64" s="15" t="s">
         <v>152</v>
       </c>
       <c r="C64" s="19">
         <v>0</v>
       </c>
       <c r="D64" s="19">
         <v>0</v>
       </c>
       <c r="E64" s="19">
         <v>0</v>
       </c>
       <c r="F64" s="19">
         <v>0</v>
       </c>
       <c r="G64" s="19">
         <v>0</v>
       </c>
       <c r="H64" s="19">
         <v>0</v>
       </c>
       <c r="I64" s="19">
         <v>0</v>
       </c>
@@ -24256,50 +24376,53 @@
         <v>1212.7256456012756</v>
       </c>
       <c r="DO64" s="19">
         <v>1229.7429602755903</v>
       </c>
       <c r="DP64" s="19">
         <v>1206.2422267063525</v>
       </c>
       <c r="DQ64" s="19">
         <v>1212.8058117744965</v>
       </c>
       <c r="DR64" s="19">
         <v>1217.333035982509</v>
       </c>
       <c r="DS64" s="19">
         <v>1253.8061014943132</v>
       </c>
       <c r="DT64" s="19">
         <v>1298.6609149910553</v>
       </c>
       <c r="DU64" s="19">
         <v>1271.4912685678523</v>
       </c>
       <c r="DV64" s="19">
         <v>1213.3174521839028</v>
+      </c>
+      <c r="DW64" s="19">
+        <v>1208.4763609066238</v>
       </c>
     </row>
     <row r="66" spans="2:51" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B66" s="22" t="s">
         <v>167</v>
       </c>
     </row>
     <row r="67" spans="2:51" customFormat="1" ht="11.25" x14ac:dyDescent="0.2">
       <c r="B67" s="21" t="s">
         <v>160</v>
       </c>
       <c r="C67" s="6"/>
       <c r="D67" s="6"/>
       <c r="E67" s="6"/>
       <c r="F67" s="6"/>
       <c r="G67" s="6"/>
       <c r="H67" s="1"/>
       <c r="I67" s="1"/>
       <c r="J67" s="1"/>
       <c r="K67" s="1"/>
       <c r="L67" s="1"/>
       <c r="M67" s="1"/>
       <c r="N67" s="1"/>
       <c r="O67" s="1"/>
       <c r="P67" s="1"/>