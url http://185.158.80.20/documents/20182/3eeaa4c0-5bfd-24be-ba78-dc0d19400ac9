--- v0 (2025-10-08)
+++ v1 (2026-01-11)
@@ -2,65 +2,65 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="4" rupBuild="14420"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\BOP&amp;IIP&amp;Dug izvještaji\Biltenske tablice_objava\H1-H6_H16-H19\2025Q2_web\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\BOP&amp;IIP&amp;Dug izvještaji\Biltenske tablice_objava\H1-H6_H16-H19\2025Q3_web\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
     <workbookView xWindow="1725" yWindow="465" windowWidth="30825" windowHeight="20160"/>
   </bookViews>
   <sheets>
     <sheet name="EUR" sheetId="4" r:id="rId1"/>
   </sheets>
   <calcPr calcId="162913"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="217" uniqueCount="171">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="189" uniqueCount="172">
   <si>
     <t>Other investment (net)</t>
   </si>
   <si>
     <t>Q1.00</t>
   </si>
   <si>
     <t>Q2.00</t>
   </si>
   <si>
     <t>Q3.00</t>
   </si>
   <si>
     <t>Q4.00</t>
   </si>
   <si>
     <t>Q1.01</t>
   </si>
   <si>
     <t>Q2.01</t>
   </si>
   <si>
     <t>Q3.01</t>
   </si>
   <si>
@@ -1497,50 +1497,53 @@
   </si>
   <si>
     <t>Q1.24</t>
   </si>
   <si>
     <t>Q2.24</t>
   </si>
   <si>
     <t>Q3.24</t>
   </si>
   <si>
     <t>Q4.24</t>
   </si>
   <si>
     <t>Q1.25</t>
   </si>
   <si>
     <t>*</t>
   </si>
   <si>
     <t>* Revised data.</t>
   </si>
   <si>
     <t>Q2.25</t>
   </si>
+  <si>
+    <t>Q3.25</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.0"/>
   </numFmts>
   <fonts count="14" x14ac:knownFonts="1">
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
@@ -2118,113 +2121,101 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="B2:DY78"/>
+  <dimension ref="B2:DZ78"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="11.6640625" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="3.6640625" style="1" customWidth="1"/>
     <col min="2" max="2" width="50.6640625" style="1" customWidth="1"/>
     <col min="3" max="27" width="11.6640625" style="1"/>
     <col min="28" max="28" width="15.6640625" style="1" customWidth="1"/>
     <col min="29" max="16384" width="11.6640625" style="1"/>
   </cols>
   <sheetData>
-    <row r="2" spans="2:129" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="2" spans="2:130" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B2" s="11" t="s">
         <v>107</v>
       </c>
     </row>
-    <row r="3" spans="2:129" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="3" spans="2:130" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B3" s="10" t="s">
         <v>53</v>
       </c>
     </row>
-    <row r="4" spans="2:129" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2"/>
-    <row r="5" spans="2:129" s="7" customFormat="1" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="4" spans="2:130" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="5" spans="2:130" s="7" customFormat="1" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B5" s="4"/>
       <c r="C5" s="8"/>
       <c r="D5" s="8"/>
       <c r="E5" s="8"/>
       <c r="F5" s="8"/>
       <c r="G5" s="8"/>
       <c r="H5" s="8"/>
       <c r="I5" s="8"/>
       <c r="J5" s="8"/>
       <c r="K5" s="8"/>
       <c r="L5" s="8"/>
       <c r="M5" s="8"/>
       <c r="N5" s="8"/>
       <c r="O5" s="8"/>
       <c r="P5" s="8"/>
       <c r="Q5" s="8"/>
       <c r="R5" s="8"/>
       <c r="S5" s="8"/>
       <c r="T5" s="8"/>
       <c r="U5" s="8"/>
-      <c r="V5" s="8" t="s">
-[...16 lines deleted...]
-      </c>
+      <c r="V5" s="8"/>
+      <c r="W5" s="8"/>
+      <c r="X5" s="8"/>
+      <c r="Y5" s="8"/>
+      <c r="Z5" s="8"/>
+      <c r="AA5" s="8"/>
       <c r="AB5" s="8"/>
       <c r="AC5" s="8"/>
       <c r="AD5" s="8"/>
       <c r="AE5" s="8"/>
       <c r="AF5" s="8"/>
       <c r="AG5" s="8"/>
       <c r="AH5" s="8"/>
       <c r="AI5" s="8"/>
       <c r="AJ5" s="8"/>
       <c r="AK5" s="8"/>
       <c r="AL5" s="8"/>
       <c r="AM5" s="8"/>
       <c r="AN5" s="8"/>
       <c r="AO5" s="8"/>
       <c r="AP5" s="8"/>
       <c r="AQ5" s="8"/>
       <c r="AR5" s="8"/>
       <c r="AS5" s="8"/>
       <c r="AT5" s="8"/>
       <c r="AU5" s="8"/>
       <c r="AV5" s="8"/>
       <c r="AW5" s="8"/>
       <c r="AX5" s="8"/>
       <c r="AY5" s="8"/>
       <c r="AZ5" s="8"/>
@@ -2257,130 +2248,85 @@
       <c r="CA5" s="8"/>
       <c r="CB5" s="8"/>
       <c r="CC5" s="8"/>
       <c r="CD5" s="8"/>
       <c r="CE5" s="8"/>
       <c r="CF5" s="8"/>
       <c r="CG5" s="8"/>
       <c r="CH5" s="8"/>
       <c r="CI5" s="8"/>
       <c r="CJ5" s="8"/>
       <c r="CK5" s="8"/>
       <c r="CL5" s="8"/>
       <c r="CM5" s="8"/>
       <c r="CN5" s="8"/>
       <c r="CO5" s="8"/>
       <c r="CP5" s="8"/>
       <c r="CQ5" s="8"/>
       <c r="CR5" s="8"/>
       <c r="CS5" s="8"/>
       <c r="CT5" s="8"/>
       <c r="CU5" s="8"/>
       <c r="CV5" s="8"/>
       <c r="CW5" s="8"/>
       <c r="CX5" s="8"/>
       <c r="CY5" s="8"/>
-      <c r="CZ5" s="8" t="s">
-[...70 lines deleted...]
-      </c>
+      <c r="CZ5" s="8"/>
+      <c r="DA5" s="8"/>
+      <c r="DB5" s="8"/>
+      <c r="DC5" s="8"/>
+      <c r="DD5" s="8"/>
+      <c r="DE5" s="8"/>
+      <c r="DF5" s="8"/>
+      <c r="DG5" s="8"/>
+      <c r="DH5" s="8"/>
+      <c r="DI5" s="8"/>
+      <c r="DJ5" s="8"/>
+      <c r="DK5" s="8"/>
+      <c r="DL5" s="8"/>
+      <c r="DM5" s="8"/>
+      <c r="DN5" s="8"/>
+      <c r="DO5" s="8"/>
+      <c r="DP5" s="8"/>
+      <c r="DQ5" s="8"/>
+      <c r="DR5" s="8"/>
+      <c r="DS5" s="8"/>
+      <c r="DT5" s="8"/>
+      <c r="DU5" s="8"/>
+      <c r="DV5" s="8"/>
+      <c r="DW5" s="8"/>
       <c r="DX5" s="8" t="s">
         <v>168</v>
       </c>
-      <c r="DY5" s="9" t="s">
+      <c r="DY5" s="8" t="s">
+        <v>168</v>
+      </c>
+      <c r="DZ5" s="9" t="s">
         <v>89</v>
       </c>
     </row>
-    <row r="6" spans="2:129" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="6" spans="2:130" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B6" s="2"/>
       <c r="C6" s="2">
         <v>2000</v>
       </c>
       <c r="D6" s="2">
         <v>2001</v>
       </c>
       <c r="E6" s="2">
         <v>2002</v>
       </c>
       <c r="F6" s="2">
         <v>2003</v>
       </c>
       <c r="G6" s="2">
         <v>2004</v>
       </c>
       <c r="H6" s="2">
         <v>2005</v>
       </c>
       <c r="I6" s="2">
         <v>2006</v>
       </c>
       <c r="J6" s="2">
         <v>2007</v>
       </c>
@@ -2719,90 +2665,93 @@
       </c>
       <c r="DR6" s="3" t="s">
         <v>161</v>
       </c>
       <c r="DS6" s="3" t="s">
         <v>162</v>
       </c>
       <c r="DT6" s="3" t="s">
         <v>163</v>
       </c>
       <c r="DU6" s="3" t="s">
         <v>164</v>
       </c>
       <c r="DV6" s="3" t="s">
         <v>165</v>
       </c>
       <c r="DW6" s="3" t="s">
         <v>166</v>
       </c>
       <c r="DX6" s="3" t="s">
         <v>167</v>
       </c>
       <c r="DY6" s="3" t="s">
         <v>170</v>
       </c>
+      <c r="DZ6" s="3" t="s">
+        <v>171</v>
+      </c>
     </row>
-    <row r="7" spans="2:129" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="7" spans="2:130" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B7" s="13" t="s">
         <v>0</v>
       </c>
       <c r="C7" s="12">
         <v>-179.16747033571977</v>
       </c>
       <c r="D7" s="12">
         <v>-856.63788667753988</v>
       </c>
       <c r="E7" s="12">
         <v>-2657.4533969285662</v>
       </c>
       <c r="F7" s="12">
         <v>-1893.3931119758295</v>
       </c>
       <c r="G7" s="12">
         <v>-1608.3305628039443</v>
       </c>
       <c r="H7" s="12">
         <v>-3993.3617422608527</v>
       </c>
       <c r="I7" s="12">
         <v>-3439.6622475928698</v>
       </c>
       <c r="J7" s="12">
         <v>-1616.7435385859458</v>
       </c>
       <c r="K7" s="12">
         <v>-3946.4923459076781</v>
       </c>
       <c r="L7" s="12">
-        <v>-2509.859040334894</v>
+        <v>-2509.8590403348944</v>
       </c>
       <c r="M7" s="12">
-        <v>292.86064261798811</v>
+        <v>292.86064261798742</v>
       </c>
       <c r="N7" s="12">
-        <v>-124.48210988379924</v>
+        <v>-124.48210988379947</v>
       </c>
       <c r="O7" s="12">
         <v>2741.3411276002917</v>
       </c>
       <c r="P7" s="12">
         <v>439.09489389405269</v>
       </c>
       <c r="Q7" s="12">
         <v>1115.3603473742683</v>
       </c>
       <c r="R7" s="12">
         <v>1523.3015216190281</v>
       </c>
       <c r="S7" s="12">
         <v>2478.5133966579133</v>
       </c>
       <c r="T7" s="12">
         <v>770.2079205209958</v>
       </c>
       <c r="U7" s="12">
         <v>-39.738199683210041</v>
       </c>
       <c r="V7" s="12">
         <v>3669.4832090465961</v>
       </c>
@@ -2875,120 +2824,120 @@
       <c r="AS7" s="12">
         <v>-477.53177847331403</v>
       </c>
       <c r="AT7" s="12">
         <v>443.77651863116222</v>
       </c>
       <c r="AU7" s="12">
         <v>-992.08217645586581</v>
       </c>
       <c r="AV7" s="12">
         <v>-1878.8180864787082</v>
       </c>
       <c r="AW7" s="12">
         <v>-933.26830580023159</v>
       </c>
       <c r="AX7" s="12">
         <v>272.97669155753823</v>
       </c>
       <c r="AY7" s="12">
         <v>-1454.2520415394511</v>
       </c>
       <c r="AZ7" s="12">
         <v>-2569.2627924886101</v>
       </c>
       <c r="BA7" s="12">
-        <v>-1236.0655326725346</v>
+        <v>-1236.0655326725348</v>
       </c>
       <c r="BB7" s="12">
         <v>1116.1985409630272</v>
       </c>
       <c r="BC7" s="12">
         <v>-750.53246339475231</v>
       </c>
       <c r="BD7" s="12">
-        <v>-1208.8160977962652</v>
+        <v>-1208.816097796265</v>
       </c>
       <c r="BE7" s="12">
         <v>-93.752336743445937</v>
       </c>
       <c r="BF7" s="12">
-        <v>967.77900911694894</v>
+        <v>967.77900911694871</v>
       </c>
       <c r="BG7" s="12">
         <v>-1281.9541131631836</v>
       </c>
       <c r="BH7" s="12">
-        <v>-2066.7762879611273</v>
+        <v>-2066.7762879611269</v>
       </c>
       <c r="BI7" s="12">
-        <v>-894.78450734394585</v>
+        <v>-894.78450734394607</v>
       </c>
       <c r="BJ7" s="12">
-        <v>354.43805394972753</v>
+        <v>354.4380539497273</v>
       </c>
       <c r="BK7" s="12">
         <v>-1339.3696045523322</v>
       </c>
       <c r="BL7" s="12">
         <v>-1736.8282587253539</v>
       </c>
       <c r="BM7" s="12">
-        <v>121.9182117425737</v>
+        <v>121.91821174257348</v>
       </c>
       <c r="BN7" s="12">
         <v>-58.168394424454846</v>
       </c>
       <c r="BO7" s="12">
-        <v>-836.78059892765907</v>
+        <v>-836.78059892765941</v>
       </c>
       <c r="BP7" s="12">
-        <v>-380.18553487300602</v>
+        <v>-380.18553487300613</v>
       </c>
       <c r="BQ7" s="12">
-        <v>292.45049655322055</v>
+        <v>292.4504965532206</v>
       </c>
       <c r="BR7" s="12">
-        <v>1110.6281788922884</v>
+        <v>1110.6281788922879</v>
       </c>
       <c r="BS7" s="12">
-        <v>-730.03249795451484</v>
+        <v>-730.03249795451495</v>
       </c>
       <c r="BT7" s="12">
         <v>-1790.8458479275073</v>
       </c>
       <c r="BU7" s="12">
         <v>-598.68970039818294</v>
       </c>
       <c r="BV7" s="12">
         <v>2555.4383278693322</v>
       </c>
       <c r="BW7" s="12">
-        <v>-290.38488942744107</v>
+        <v>-290.38488942744129</v>
       </c>
       <c r="BX7" s="12">
-        <v>-860.22257262028972</v>
+        <v>-860.22257262028984</v>
       </c>
       <c r="BY7" s="12">
         <v>1064.252953425422</v>
       </c>
       <c r="BZ7" s="12">
         <v>1872.1727328211632</v>
       </c>
       <c r="CA7" s="12">
         <v>665.13801397399629</v>
       </c>
       <c r="CB7" s="12">
         <v>-860.75440302713537</v>
       </c>
       <c r="CC7" s="12">
         <v>-468.89895199123424</v>
       </c>
       <c r="CD7" s="12">
         <v>1739.9855587669056</v>
       </c>
       <c r="CE7" s="12">
         <v>28.762690145516785</v>
       </c>
       <c r="CF7" s="12">
         <v>-115.63254291226406</v>
       </c>
@@ -3100,57 +3049,60 @@
       <c r="DP7" s="12">
         <v>3229.4521780610512</v>
       </c>
       <c r="DQ7" s="12">
         <v>141.228232135285</v>
       </c>
       <c r="DR7" s="12">
         <v>5872.2143423372891</v>
       </c>
       <c r="DS7" s="12">
         <v>-569.67051426234048</v>
       </c>
       <c r="DT7" s="12">
         <v>-2256.101713970847</v>
       </c>
       <c r="DU7" s="12">
         <v>-958.50687089677513</v>
       </c>
       <c r="DV7" s="12">
         <v>5075.6541113013209</v>
       </c>
       <c r="DW7" s="12">
         <v>-1984.3994217301506</v>
       </c>
       <c r="DX7" s="12">
-        <v>-5113.6528800036222</v>
+        <v>-5134.3288250393198</v>
       </c>
       <c r="DY7" s="12">
-        <v>-1131.4879334478717</v>
+        <v>-1069.9780469285042</v>
+      </c>
+      <c r="DZ7" s="12">
+        <v>5173.1155900698122</v>
       </c>
     </row>
-    <row r="8" spans="2:129" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="8" spans="2:130" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B8" s="13" t="s">
         <v>112</v>
       </c>
       <c r="C8" s="12">
         <v>934.46435882272374</v>
       </c>
       <c r="D8" s="12">
         <v>-260.99633217524382</v>
       </c>
       <c r="E8" s="12">
         <v>-461.89287426501937</v>
       </c>
       <c r="F8" s="12">
         <v>2139.702932455376</v>
       </c>
       <c r="G8" s="12">
         <v>528.19057212548489</v>
       </c>
       <c r="H8" s="12">
         <v>-1015.0503730986239</v>
       </c>
       <c r="I8" s="12">
         <v>742.32260293239983</v>
       </c>
       <c r="J8" s="12">
@@ -3486,57 +3438,60 @@
       <c r="DP8" s="12">
         <v>9844.0871573593686</v>
       </c>
       <c r="DQ8" s="12">
         <v>-778.76611468364251</v>
       </c>
       <c r="DR8" s="12">
         <v>9317.98082346296</v>
       </c>
       <c r="DS8" s="12">
         <v>1953.7063744829893</v>
       </c>
       <c r="DT8" s="12">
         <v>-1662.9388981704894</v>
       </c>
       <c r="DU8" s="12">
         <v>28.175872372565038</v>
       </c>
       <c r="DV8" s="12">
         <v>4819.3254285307821</v>
       </c>
       <c r="DW8" s="12">
         <v>-9340.7381281827056</v>
       </c>
       <c r="DX8" s="12">
-        <v>-4292.047162723512</v>
+        <v>-4293.9607739635139</v>
       </c>
       <c r="DY8" s="12">
-        <v>1792.1634816245389</v>
+        <v>1887.5919260057312</v>
+      </c>
+      <c r="DZ8" s="12">
+        <v>2377.7105321320746</v>
       </c>
     </row>
-    <row r="9" spans="2:129" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="9" spans="2:130" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B9" s="13" t="s">
         <v>148</v>
       </c>
       <c r="C9" s="12">
         <v>0.1716898</v>
       </c>
       <c r="D9" s="12">
         <v>3.8512326999999997</v>
       </c>
       <c r="E9" s="12">
         <v>29.836321700000003</v>
       </c>
       <c r="F9" s="12">
         <v>1.7513207999999998</v>
       </c>
       <c r="G9" s="12">
         <v>-2.1890874</v>
       </c>
       <c r="H9" s="12">
         <v>66.622728099999989</v>
       </c>
       <c r="I9" s="12">
         <v>0.36799999999999999</v>
       </c>
       <c r="J9" s="12">
@@ -3877,52 +3832,55 @@
       </c>
       <c r="DR9" s="12">
         <v>2.5626199999999999</v>
       </c>
       <c r="DS9" s="12">
         <v>4.8825900000000004</v>
       </c>
       <c r="DT9" s="12">
         <v>82.514560000000003</v>
       </c>
       <c r="DU9" s="12">
         <v>0.19625999999999999</v>
       </c>
       <c r="DV9" s="12">
         <v>-2.3839999999999995</v>
       </c>
       <c r="DW9" s="12">
         <v>2.7752699999999999</v>
       </c>
       <c r="DX9" s="12">
         <v>99.893060000000006</v>
       </c>
       <c r="DY9" s="12">
         <v>11.611000000000001</v>
       </c>
+      <c r="DZ9" s="12">
+        <v>6.5009999999999994</v>
+      </c>
     </row>
-    <row r="10" spans="2:129" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="10" spans="2:130" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B10" s="13" t="s">
         <v>149</v>
       </c>
       <c r="C10" s="12">
         <v>1006.0734175844469</v>
       </c>
       <c r="D10" s="12">
         <v>-315.38014940368669</v>
       </c>
       <c r="E10" s="12">
         <v>-619.08011876373121</v>
       </c>
       <c r="F10" s="12">
         <v>1992.4169283343447</v>
       </c>
       <c r="G10" s="12">
         <v>426.8167134447271</v>
       </c>
       <c r="H10" s="12">
         <v>-1278.0604295442406</v>
       </c>
       <c r="I10" s="12">
         <v>457.93887395810088</v>
       </c>
       <c r="J10" s="12">
@@ -4258,57 +4216,60 @@
       <c r="DP10" s="12">
         <v>10234.968183931556</v>
       </c>
       <c r="DQ10" s="12">
         <v>-1214.735321764317</v>
       </c>
       <c r="DR10" s="12">
         <v>8168.1454781780476</v>
       </c>
       <c r="DS10" s="12">
         <v>3288.9328681421407</v>
       </c>
       <c r="DT10" s="12">
         <v>-2329.8336061772388</v>
       </c>
       <c r="DU10" s="12">
         <v>-192.63454423595104</v>
       </c>
       <c r="DV10" s="12">
         <v>4286.4737428679173</v>
       </c>
       <c r="DW10" s="12">
         <v>-9414.0697588113399</v>
       </c>
       <c r="DX10" s="12">
-        <v>-4373.6336128718458</v>
+        <v>-4373.6336128718467</v>
       </c>
       <c r="DY10" s="12">
-        <v>379.80000229129314</v>
+        <v>475.17328066748541</v>
+      </c>
+      <c r="DZ10" s="12">
+        <v>2292.3768579844022</v>
       </c>
     </row>
-    <row r="11" spans="2:129" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="11" spans="2:130" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B11" s="13" t="s">
         <v>113</v>
       </c>
       <c r="C11" s="12">
         <v>0</v>
       </c>
       <c r="D11" s="12">
         <v>0</v>
       </c>
       <c r="E11" s="12">
         <v>0</v>
       </c>
       <c r="F11" s="12">
         <v>0</v>
       </c>
       <c r="G11" s="12">
         <v>0</v>
       </c>
       <c r="H11" s="12">
         <v>0</v>
       </c>
       <c r="I11" s="12">
         <v>0</v>
       </c>
       <c r="J11" s="12">
@@ -4649,52 +4610,55 @@
       </c>
       <c r="DR11" s="12">
         <v>8725.0118798399981</v>
       </c>
       <c r="DS11" s="12">
         <v>4479.7058327599971</v>
       </c>
       <c r="DT11" s="12">
         <v>-3436.2099604393329</v>
       </c>
       <c r="DU11" s="12">
         <v>-83.837562827548027</v>
       </c>
       <c r="DV11" s="12">
         <v>4978.3699997749245</v>
       </c>
       <c r="DW11" s="12">
         <v>-9167.8066682501776</v>
       </c>
       <c r="DX11" s="12">
         <v>-4202.3610109275423</v>
       </c>
       <c r="DY11" s="12">
         <v>378.47354656215248</v>
       </c>
+      <c r="DZ11" s="12">
+        <v>2137.2686806438942</v>
+      </c>
     </row>
-    <row r="12" spans="2:129" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="12" spans="2:130" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B12" s="13" t="s">
         <v>114</v>
       </c>
       <c r="C12" s="12">
         <v>0</v>
       </c>
       <c r="D12" s="12">
         <v>0</v>
       </c>
       <c r="E12" s="12">
         <v>0</v>
       </c>
       <c r="F12" s="12">
         <v>0</v>
       </c>
       <c r="G12" s="12">
         <v>0</v>
       </c>
       <c r="H12" s="12">
         <v>0</v>
       </c>
       <c r="I12" s="12">
         <v>0</v>
       </c>
       <c r="J12" s="12">
@@ -5035,52 +4999,55 @@
       </c>
       <c r="DR12" s="12">
         <v>22.326571041514814</v>
       </c>
       <c r="DS12" s="12">
         <v>-60.930292379310984</v>
       </c>
       <c r="DT12" s="12">
         <v>29.737326143728431</v>
       </c>
       <c r="DU12" s="12">
         <v>-31.884852795712554</v>
       </c>
       <c r="DV12" s="12">
         <v>35.319529486498801</v>
       </c>
       <c r="DW12" s="12">
         <v>-44.18280196435466</v>
       </c>
       <c r="DX12" s="12">
         <v>27.476852596582795</v>
       </c>
       <c r="DY12" s="12">
         <v>-1.687476758581467</v>
       </c>
+      <c r="DZ12" s="12">
+        <v>-14.50906278291883</v>
+      </c>
     </row>
-    <row r="13" spans="2:129" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="13" spans="2:130" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B13" s="13" t="s">
         <v>115</v>
       </c>
       <c r="C13" s="12">
         <v>964.17095354826643</v>
       </c>
       <c r="D13" s="12">
         <v>1790.9149964105659</v>
       </c>
       <c r="E13" s="12">
         <v>-1516.4942725140709</v>
       </c>
       <c r="F13" s="12">
         <v>1964.5051438219343</v>
       </c>
       <c r="G13" s="12">
         <v>446.66431417266358</v>
       </c>
       <c r="H13" s="12">
         <v>-1313.6703003505172</v>
       </c>
       <c r="I13" s="12">
         <v>387.71938545237185</v>
       </c>
       <c r="J13" s="12">
@@ -5421,52 +5388,55 @@
       </c>
       <c r="DR13" s="12">
         <v>-630.66974354484864</v>
       </c>
       <c r="DS13" s="12">
         <v>-1070.4736915967419</v>
       </c>
       <c r="DT13" s="12">
         <v>1121.286088208431</v>
       </c>
       <c r="DU13" s="12">
         <v>-62.267967222904751</v>
       </c>
       <c r="DV13" s="12">
         <v>-730.54486989467011</v>
       </c>
       <c r="DW13" s="12">
         <v>-201.18353930386644</v>
       </c>
       <c r="DX13" s="12">
         <v>-151.30719114096689</v>
       </c>
       <c r="DY13" s="12">
         <v>-42.686319968844707</v>
       </c>
+      <c r="DZ13" s="12">
+        <v>79.453433329621149</v>
+      </c>
     </row>
-    <row r="14" spans="2:129" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="14" spans="2:130" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B14" s="13" t="s">
         <v>116</v>
       </c>
       <c r="C14" s="12">
         <v>41.902464036180625</v>
       </c>
       <c r="D14" s="12">
         <v>-2106.2951458142525</v>
       </c>
       <c r="E14" s="12">
         <v>897.41415375034001</v>
       </c>
       <c r="F14" s="12">
         <v>27.911784512410556</v>
       </c>
       <c r="G14" s="12">
         <v>-19.847600727936488</v>
       </c>
       <c r="H14" s="12">
         <v>35.609870806276717</v>
       </c>
       <c r="I14" s="12">
         <v>70.219488505729146</v>
       </c>
       <c r="J14" s="12">
@@ -5802,57 +5772,60 @@
       <c r="DP14" s="12">
         <v>-14.670236667508208</v>
       </c>
       <c r="DQ14" s="12">
         <v>-129.26304528621927</v>
       </c>
       <c r="DR14" s="12">
         <v>51.47677084138374</v>
       </c>
       <c r="DS14" s="12">
         <v>-59.368980641803269</v>
       </c>
       <c r="DT14" s="12">
         <v>-44.647060090065196</v>
       </c>
       <c r="DU14" s="12">
         <v>-14.644161389785694</v>
       </c>
       <c r="DV14" s="12">
         <v>3.3290835011635718</v>
       </c>
       <c r="DW14" s="12">
         <v>-0.89674929294109162</v>
       </c>
       <c r="DX14" s="12">
-        <v>-47.442263399919732</v>
+        <v>-47.442263399919739</v>
       </c>
       <c r="DY14" s="12">
-        <v>45.700252456566851</v>
+        <v>141.07353083275913</v>
+      </c>
+      <c r="DZ14" s="12">
+        <v>90.163806793806017</v>
       </c>
     </row>
-    <row r="15" spans="2:129" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="15" spans="2:130" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B15" s="13" t="s">
         <v>150</v>
       </c>
       <c r="C15" s="12">
         <v>36.42925143827668</v>
       </c>
       <c r="D15" s="12">
         <v>-41.620765135094778</v>
       </c>
       <c r="E15" s="12">
         <v>55.464525520836062</v>
       </c>
       <c r="F15" s="12">
         <v>85.15169413602581</v>
       </c>
       <c r="G15" s="12">
         <v>-43.778216736200541</v>
       </c>
       <c r="H15" s="12">
         <v>116.76552937258533</v>
       </c>
       <c r="I15" s="12">
         <v>92.419508032482796</v>
       </c>
       <c r="J15" s="12">
@@ -6188,57 +6161,60 @@
       <c r="DP15" s="12">
         <v>3.6366590396489187</v>
       </c>
       <c r="DQ15" s="12">
         <v>56.299933505861752</v>
       </c>
       <c r="DR15" s="12">
         <v>1801.4381048972871</v>
       </c>
       <c r="DS15" s="12">
         <v>-1168.0328954913534</v>
       </c>
       <c r="DT15" s="12">
         <v>605.77611517087314</v>
       </c>
       <c r="DU15" s="12">
         <v>451.59646029080835</v>
       </c>
       <c r="DV15" s="12">
         <v>220.14327167275795</v>
       </c>
       <c r="DW15" s="12">
         <v>151.86015788032014</v>
       </c>
       <c r="DX15" s="12">
-        <v>162.26279585907076</v>
+        <v>161.78501807907077</v>
       </c>
       <c r="DY15" s="12">
-        <v>1227.0865082179539</v>
+        <v>1227.141674222954</v>
+      </c>
+      <c r="DZ15" s="12">
+        <v>-311.59315004496165</v>
       </c>
     </row>
-    <row r="16" spans="2:129" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="16" spans="2:130" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B16" s="13" t="s">
         <v>117</v>
       </c>
       <c r="C16" s="12">
         <v>0</v>
       </c>
       <c r="D16" s="12">
         <v>0</v>
       </c>
       <c r="E16" s="12">
         <v>0</v>
       </c>
       <c r="F16" s="12">
         <v>0</v>
       </c>
       <c r="G16" s="12">
         <v>0</v>
       </c>
       <c r="H16" s="12">
         <v>0</v>
       </c>
       <c r="I16" s="12">
         <v>0</v>
       </c>
       <c r="J16" s="12">
@@ -6579,52 +6555,55 @@
       </c>
       <c r="DR16" s="12">
         <v>-406.46405985999996</v>
       </c>
       <c r="DS16" s="12">
         <v>-90.892282779999988</v>
       </c>
       <c r="DT16" s="12">
         <v>-2.0839117099999953</v>
       </c>
       <c r="DU16" s="12">
         <v>104.88066691</v>
       </c>
       <c r="DV16" s="12">
         <v>-0.54450936000000683</v>
       </c>
       <c r="DW16" s="12">
         <v>-80.117876190000004</v>
       </c>
       <c r="DX16" s="12">
         <v>85.069069769999999</v>
       </c>
       <c r="DY16" s="12">
         <v>-8.8199781300000026</v>
       </c>
+      <c r="DZ16" s="12">
+        <v>10.91331958999999</v>
+      </c>
     </row>
-    <row r="17" spans="2:129" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="17" spans="2:130" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B17" s="13" t="s">
         <v>108</v>
       </c>
       <c r="C17" s="12">
         <v>0</v>
       </c>
       <c r="D17" s="12">
         <v>0</v>
       </c>
       <c r="E17" s="12">
         <v>0</v>
       </c>
       <c r="F17" s="12">
         <v>0</v>
       </c>
       <c r="G17" s="12">
         <v>0</v>
       </c>
       <c r="H17" s="12">
         <v>0</v>
       </c>
       <c r="I17" s="12">
         <v>0</v>
       </c>
       <c r="J17" s="12">
@@ -6965,52 +6944,55 @@
       </c>
       <c r="DR17" s="12">
         <v>0</v>
       </c>
       <c r="DS17" s="12">
         <v>0</v>
       </c>
       <c r="DT17" s="12">
         <v>0</v>
       </c>
       <c r="DU17" s="12">
         <v>0</v>
       </c>
       <c r="DV17" s="12">
         <v>0</v>
       </c>
       <c r="DW17" s="12">
         <v>0</v>
       </c>
       <c r="DX17" s="12">
         <v>0</v>
       </c>
       <c r="DY17" s="12">
         <v>0</v>
       </c>
+      <c r="DZ17" s="12">
+        <v>0</v>
+      </c>
     </row>
-    <row r="18" spans="2:129" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="18" spans="2:130" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B18" s="13" t="s">
         <v>109</v>
       </c>
       <c r="C18" s="12">
         <v>0</v>
       </c>
       <c r="D18" s="12">
         <v>0</v>
       </c>
       <c r="E18" s="12">
         <v>0</v>
       </c>
       <c r="F18" s="12">
         <v>0</v>
       </c>
       <c r="G18" s="12">
         <v>0</v>
       </c>
       <c r="H18" s="12">
         <v>0</v>
       </c>
       <c r="I18" s="12">
         <v>0</v>
       </c>
       <c r="J18" s="12">
@@ -7351,52 +7333,55 @@
       </c>
       <c r="DR18" s="12">
         <v>-406.46405985999996</v>
       </c>
       <c r="DS18" s="12">
         <v>-90.892282779999988</v>
       </c>
       <c r="DT18" s="12">
         <v>-2.0839117099999953</v>
       </c>
       <c r="DU18" s="12">
         <v>104.88066691</v>
       </c>
       <c r="DV18" s="12">
         <v>-0.54450936000000683</v>
       </c>
       <c r="DW18" s="12">
         <v>-80.117876190000004</v>
       </c>
       <c r="DX18" s="12">
         <v>85.069069769999999</v>
       </c>
       <c r="DY18" s="12">
         <v>-8.8199781300000026</v>
       </c>
+      <c r="DZ18" s="12">
+        <v>10.91331958999999</v>
+      </c>
     </row>
-    <row r="19" spans="2:129" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="19" spans="2:130" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B19" s="13" t="s">
         <v>118</v>
       </c>
       <c r="C19" s="12">
         <v>0</v>
       </c>
       <c r="D19" s="12">
         <v>0</v>
       </c>
       <c r="E19" s="12">
         <v>0</v>
       </c>
       <c r="F19" s="12">
         <v>0</v>
       </c>
       <c r="G19" s="12">
         <v>0</v>
       </c>
       <c r="H19" s="12">
         <v>0</v>
       </c>
       <c r="I19" s="12">
         <v>0</v>
       </c>
       <c r="J19" s="12">
@@ -7735,54 +7720,57 @@
       <c r="DQ19" s="12">
         <v>161.55695647999997</v>
       </c>
       <c r="DR19" s="12">
         <v>2.596717909999998</v>
       </c>
       <c r="DS19" s="12">
         <v>-205.06815908999999</v>
       </c>
       <c r="DT19" s="12">
         <v>-74.60026873983395</v>
       </c>
       <c r="DU19" s="12">
         <v>-26.869318921442698</v>
       </c>
       <c r="DV19" s="12">
         <v>-21.3572974973576</v>
       </c>
       <c r="DW19" s="12">
         <v>-147.85392914179982</v>
       </c>
       <c r="DX19" s="12">
         <v>-82.695723367144353</v>
       </c>
       <c r="DY19" s="12">
-        <v>-85.383816119480286</v>
+        <v>-85.384205669480281</v>
+      </c>
+      <c r="DZ19" s="12">
+        <v>13.511768974430005</v>
       </c>
     </row>
-    <row r="20" spans="2:129" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="20" spans="2:130" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B20" s="13" t="s">
         <v>108</v>
       </c>
       <c r="C20" s="12">
         <v>0</v>
       </c>
       <c r="D20" s="12">
         <v>0</v>
       </c>
       <c r="E20" s="12">
         <v>0</v>
       </c>
       <c r="F20" s="12">
         <v>0</v>
       </c>
       <c r="G20" s="12">
         <v>0</v>
       </c>
       <c r="H20" s="12">
         <v>0</v>
       </c>
       <c r="I20" s="12">
         <v>0</v>
       </c>
       <c r="J20" s="12">
@@ -8121,54 +8109,57 @@
       <c r="DQ20" s="12">
         <v>161.55695647999997</v>
       </c>
       <c r="DR20" s="12">
         <v>2.596717909999998</v>
       </c>
       <c r="DS20" s="12">
         <v>-205.06815908999999</v>
       </c>
       <c r="DT20" s="12">
         <v>-74.60026873983395</v>
       </c>
       <c r="DU20" s="12">
         <v>-26.869318921442698</v>
       </c>
       <c r="DV20" s="12">
         <v>-21.3572974973576</v>
       </c>
       <c r="DW20" s="12">
         <v>-147.85392914179982</v>
       </c>
       <c r="DX20" s="12">
         <v>-82.695723367144353</v>
       </c>
       <c r="DY20" s="12">
-        <v>-85.383816119480286</v>
+        <v>-85.384205669480281</v>
+      </c>
+      <c r="DZ20" s="12">
+        <v>13.511768974430005</v>
       </c>
     </row>
-    <row r="21" spans="2:129" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="21" spans="2:130" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B21" s="13" t="s">
         <v>109</v>
       </c>
       <c r="C21" s="12">
         <v>0</v>
       </c>
       <c r="D21" s="12">
         <v>0</v>
       </c>
       <c r="E21" s="12">
         <v>0</v>
       </c>
       <c r="F21" s="12">
         <v>0</v>
       </c>
       <c r="G21" s="12">
         <v>0</v>
       </c>
       <c r="H21" s="12">
         <v>0</v>
       </c>
       <c r="I21" s="12">
         <v>0</v>
       </c>
       <c r="J21" s="12">
@@ -8509,52 +8500,55 @@
       </c>
       <c r="DR21" s="12">
         <v>0</v>
       </c>
       <c r="DS21" s="12">
         <v>0</v>
       </c>
       <c r="DT21" s="12">
         <v>0</v>
       </c>
       <c r="DU21" s="12">
         <v>0</v>
       </c>
       <c r="DV21" s="12">
         <v>0</v>
       </c>
       <c r="DW21" s="12">
         <v>0</v>
       </c>
       <c r="DX21" s="12">
         <v>0</v>
       </c>
       <c r="DY21" s="12">
         <v>0</v>
       </c>
+      <c r="DZ21" s="12">
+        <v>0</v>
+      </c>
     </row>
-    <row r="22" spans="2:129" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="22" spans="2:130" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B22" s="13" t="s">
         <v>119</v>
       </c>
       <c r="C22" s="12">
         <v>-24.68</v>
       </c>
       <c r="D22" s="12">
         <v>6.879999999999999</v>
       </c>
       <c r="E22" s="12">
         <v>22.57</v>
       </c>
       <c r="F22" s="12">
         <v>-4.3300000000000036</v>
       </c>
       <c r="G22" s="12">
         <v>-3.730000000000004</v>
       </c>
       <c r="H22" s="12">
         <v>28.479999999999997</v>
       </c>
       <c r="I22" s="12">
         <v>75.379508032482789</v>
       </c>
       <c r="J22" s="12">
@@ -8895,52 +8889,55 @@
       </c>
       <c r="DR22" s="12">
         <v>1683.4473242060212</v>
       </c>
       <c r="DS22" s="12">
         <v>-312.4503710154417</v>
       </c>
       <c r="DT22" s="12">
         <v>676.87910346932631</v>
       </c>
       <c r="DU22" s="12">
         <v>339.60730672650232</v>
       </c>
       <c r="DV22" s="12">
         <v>255.30522552520887</v>
       </c>
       <c r="DW22" s="12">
         <v>354.61932922050119</v>
       </c>
       <c r="DX22" s="12">
         <v>180.04550979685783</v>
       </c>
       <c r="DY22" s="12">
         <v>1300.5004297914006</v>
       </c>
+      <c r="DZ22" s="12">
+        <v>-339.35516639678889</v>
+      </c>
     </row>
-    <row r="23" spans="2:129" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="23" spans="2:130" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B23" s="13" t="s">
         <v>108</v>
       </c>
       <c r="C23" s="12">
         <v>-15.060000000000002</v>
       </c>
       <c r="D23" s="12">
         <v>10.5</v>
       </c>
       <c r="E23" s="12">
         <v>20.93</v>
       </c>
       <c r="F23" s="12">
         <v>-5.1200000000000045</v>
       </c>
       <c r="G23" s="12">
         <v>0.13999999999999879</v>
       </c>
       <c r="H23" s="12">
         <v>20.509999999999998</v>
       </c>
       <c r="I23" s="12">
         <v>56.039508032482779</v>
       </c>
       <c r="J23" s="12">
@@ -9281,52 +9278,55 @@
       </c>
       <c r="DR23" s="12">
         <v>-6.3786469835048676</v>
       </c>
       <c r="DS23" s="12">
         <v>10.222191098323915</v>
       </c>
       <c r="DT23" s="12">
         <v>133.45899564531106</v>
       </c>
       <c r="DU23" s="12">
         <v>20.690438174437958</v>
       </c>
       <c r="DV23" s="12">
         <v>-3.5553916825828598</v>
       </c>
       <c r="DW23" s="12">
         <v>205.85062398691886</v>
       </c>
       <c r="DX23" s="12">
         <v>36.798181823672614</v>
       </c>
       <c r="DY23" s="12">
         <v>569.22761501161017</v>
       </c>
+      <c r="DZ23" s="12">
+        <v>-16.731616289767693</v>
+      </c>
     </row>
-    <row r="24" spans="2:129" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="24" spans="2:130" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B24" s="13" t="s">
         <v>109</v>
       </c>
       <c r="C24" s="12">
         <v>-9.6199999999999974</v>
       </c>
       <c r="D24" s="12">
         <v>-3.62</v>
       </c>
       <c r="E24" s="12">
         <v>1.639999999999997</v>
       </c>
       <c r="F24" s="12">
         <v>0.78999999999999915</v>
       </c>
       <c r="G24" s="12">
         <v>-3.8700000000000019</v>
       </c>
       <c r="H24" s="12">
         <v>7.9700000000000006</v>
       </c>
       <c r="I24" s="12">
         <v>19.340000000000003</v>
       </c>
       <c r="J24" s="12">
@@ -9667,52 +9667,55 @@
       </c>
       <c r="DR24" s="12">
         <v>1689.8259711895262</v>
       </c>
       <c r="DS24" s="12">
         <v>-322.67256211376559</v>
       </c>
       <c r="DT24" s="12">
         <v>543.4201078240153</v>
       </c>
       <c r="DU24" s="12">
         <v>318.91686855206439</v>
       </c>
       <c r="DV24" s="12">
         <v>258.86061720779173</v>
       </c>
       <c r="DW24" s="12">
         <v>148.7687052335823</v>
       </c>
       <c r="DX24" s="12">
         <v>143.24732797318521</v>
       </c>
       <c r="DY24" s="12">
         <v>731.27281477979056</v>
       </c>
+      <c r="DZ24" s="12">
+        <v>-322.62355010702117</v>
+      </c>
     </row>
-    <row r="25" spans="2:129" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="25" spans="2:130" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B25" s="13" t="s">
         <v>120</v>
       </c>
       <c r="C25" s="12">
         <v>61.109251438276672</v>
       </c>
       <c r="D25" s="12">
         <v>-48.500765135094774</v>
       </c>
       <c r="E25" s="12">
         <v>32.894525520836069</v>
       </c>
       <c r="F25" s="12">
         <v>89.481694136025823</v>
       </c>
       <c r="G25" s="12">
         <v>-40.048216736200537</v>
       </c>
       <c r="H25" s="12">
         <v>88.285529372585344</v>
       </c>
       <c r="I25" s="12">
         <v>17.040000000000003</v>
       </c>
       <c r="J25" s="12">
@@ -10048,57 +10051,60 @@
       <c r="DP25" s="12">
         <v>24.567399430463425</v>
       </c>
       <c r="DQ25" s="12">
         <v>21.326588732599468</v>
       </c>
       <c r="DR25" s="12">
         <v>521.85812264126594</v>
       </c>
       <c r="DS25" s="12">
         <v>-559.62208260591171</v>
       </c>
       <c r="DT25" s="12">
         <v>5.5811921513808622</v>
       </c>
       <c r="DU25" s="12">
         <v>33.977805575748711</v>
       </c>
       <c r="DV25" s="12">
         <v>-13.260146995093331</v>
       </c>
       <c r="DW25" s="12">
         <v>25.212633991618798</v>
       </c>
       <c r="DX25" s="12">
-        <v>-20.156060340642721</v>
+        <v>-20.633838120642721</v>
       </c>
       <c r="DY25" s="12">
-        <v>20.789872676033621</v>
+        <v>20.845428231033623</v>
+      </c>
+      <c r="DZ25" s="12">
+        <v>3.336927787397248</v>
       </c>
     </row>
-    <row r="26" spans="2:129" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="26" spans="2:130" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B26" s="13" t="s">
         <v>108</v>
       </c>
       <c r="C26" s="12">
         <v>61.129251438276675</v>
       </c>
       <c r="D26" s="12">
         <v>-48.500765135094774</v>
       </c>
       <c r="E26" s="12">
         <v>32.794525520836068</v>
       </c>
       <c r="F26" s="12">
         <v>89.571694136025812</v>
       </c>
       <c r="G26" s="12">
         <v>-41.358216736200532</v>
       </c>
       <c r="H26" s="12">
         <v>89.235529372585347</v>
       </c>
       <c r="I26" s="12">
         <v>17.270000000000003</v>
       </c>
       <c r="J26" s="12">
@@ -10434,57 +10440,60 @@
       <c r="DP26" s="12">
         <v>-7.5455237496704806</v>
       </c>
       <c r="DQ26" s="12">
         <v>15.119186742017801</v>
       </c>
       <c r="DR26" s="12">
         <v>-0.65570355852945239</v>
       </c>
       <c r="DS26" s="12">
         <v>-27.807351074236607</v>
       </c>
       <c r="DT26" s="12">
         <v>4.2698723451500395</v>
       </c>
       <c r="DU26" s="12">
         <v>13.213158494469321</v>
       </c>
       <c r="DV26" s="12">
         <v>-20.643289350143341</v>
       </c>
       <c r="DW26" s="12">
         <v>-5.5327237132875799</v>
       </c>
       <c r="DX26" s="12">
-        <v>-24.964548697323803</v>
+        <v>-25.442326477323803</v>
       </c>
       <c r="DY26" s="12">
-        <v>2.7213670336044693</v>
+        <v>2.7769225886044695</v>
+      </c>
+      <c r="DZ26" s="12">
+        <v>-0.64541713799264899</v>
       </c>
     </row>
-    <row r="27" spans="2:129" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="27" spans="2:130" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B27" s="13" t="s">
         <v>109</v>
       </c>
       <c r="C27" s="12">
         <v>-0.02</v>
       </c>
       <c r="D27" s="12">
         <v>0</v>
       </c>
       <c r="E27" s="12">
         <v>0.1</v>
       </c>
       <c r="F27" s="12">
         <v>-0.09</v>
       </c>
       <c r="G27" s="12">
         <v>1.31</v>
       </c>
       <c r="H27" s="12">
         <v>-0.95000000000000007</v>
       </c>
       <c r="I27" s="12">
         <v>-0.23</v>
       </c>
       <c r="J27" s="12">
@@ -10825,52 +10834,55 @@
       </c>
       <c r="DR27" s="12">
         <v>522.5138261997954</v>
       </c>
       <c r="DS27" s="12">
         <v>-531.81473153167508</v>
       </c>
       <c r="DT27" s="12">
         <v>1.3113198062308227</v>
       </c>
       <c r="DU27" s="12">
         <v>20.764647081279392</v>
       </c>
       <c r="DV27" s="12">
         <v>7.3831423550500102</v>
       </c>
       <c r="DW27" s="12">
         <v>30.745357704906379</v>
       </c>
       <c r="DX27" s="12">
         <v>4.8084883566810825</v>
       </c>
       <c r="DY27" s="12">
         <v>18.068505642429152</v>
       </c>
+      <c r="DZ27" s="12">
+        <v>3.982344925389897</v>
+      </c>
     </row>
-    <row r="28" spans="2:129" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="28" spans="2:130" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B28" s="13" t="s">
         <v>151</v>
       </c>
       <c r="C28" s="12">
         <v>-108.21</v>
       </c>
       <c r="D28" s="12">
         <v>92.153349663537639</v>
       </c>
       <c r="E28" s="12">
         <v>71.886397277875716</v>
       </c>
       <c r="F28" s="12">
         <v>60.382989185005599</v>
       </c>
       <c r="G28" s="12">
         <v>147.34116281695833</v>
       </c>
       <c r="H28" s="12">
         <v>79.621798973031346</v>
       </c>
       <c r="I28" s="12">
         <v>191.59622094181611</v>
       </c>
       <c r="J28" s="12">
@@ -11206,57 +11218,60 @@
       <c r="DP28" s="12">
         <v>-542.94938619690583</v>
       </c>
       <c r="DQ28" s="12">
         <v>186.06950879713187</v>
       </c>
       <c r="DR28" s="12">
         <v>47.269210961569378</v>
       </c>
       <c r="DS28" s="12">
         <v>3.7087402631369706</v>
       </c>
       <c r="DT28" s="12">
         <v>17.571715170564026</v>
       </c>
       <c r="DU28" s="12">
         <v>159.78825626979776</v>
       </c>
       <c r="DV28" s="12">
         <v>477.18157744933524</v>
       </c>
       <c r="DW28" s="12">
         <v>-446.64167417624657</v>
       </c>
       <c r="DX28" s="12">
-        <v>-4.997400933583295</v>
+        <v>-4.997400633583295</v>
       </c>
       <c r="DY28" s="12">
         <v>-167.2217106637375</v>
       </c>
+      <c r="DZ28" s="12">
+        <v>388.53348699343604</v>
+      </c>
     </row>
-    <row r="29" spans="2:129" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="29" spans="2:130" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B29" s="13" t="s">
         <v>121</v>
       </c>
       <c r="C29" s="12">
         <v>0</v>
       </c>
       <c r="D29" s="12">
         <v>0</v>
       </c>
       <c r="E29" s="12">
         <v>0</v>
       </c>
       <c r="F29" s="12">
         <v>0</v>
       </c>
       <c r="G29" s="12">
         <v>0</v>
       </c>
       <c r="H29" s="12">
         <v>0</v>
       </c>
       <c r="I29" s="12">
         <v>0</v>
       </c>
       <c r="J29" s="12">
@@ -11592,57 +11607,60 @@
       <c r="DP29" s="12">
         <v>-4.2504400000000005E-2</v>
       </c>
       <c r="DQ29" s="12">
         <v>-5.0744000000000004E-2</v>
       </c>
       <c r="DR29" s="12">
         <v>0.28189599999999998</v>
       </c>
       <c r="DS29" s="12">
         <v>-0.142763</v>
       </c>
       <c r="DT29" s="12">
         <v>-2.1169E-2</v>
       </c>
       <c r="DU29" s="12">
         <v>0.109509</v>
       </c>
       <c r="DV29" s="12">
         <v>-7.4876999999999999E-2</v>
       </c>
       <c r="DW29" s="12">
         <v>-3.3543000000000017E-2</v>
       </c>
       <c r="DX29" s="12">
-        <v>-2.2277580000000002E-2</v>
+        <v>-2.227728E-2</v>
       </c>
       <c r="DY29" s="12">
         <v>1.02192982</v>
       </c>
+      <c r="DZ29" s="12">
+        <v>0.25731280999999995</v>
+      </c>
     </row>
-    <row r="30" spans="2:129" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="30" spans="2:130" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B30" s="13" t="s">
         <v>108</v>
       </c>
       <c r="C30" s="12">
         <v>0</v>
       </c>
       <c r="D30" s="12">
         <v>0</v>
       </c>
       <c r="E30" s="12">
         <v>0</v>
       </c>
       <c r="F30" s="12">
         <v>0</v>
       </c>
       <c r="G30" s="12">
         <v>0</v>
       </c>
       <c r="H30" s="12">
         <v>0</v>
       </c>
       <c r="I30" s="12">
         <v>0</v>
       </c>
       <c r="J30" s="12">
@@ -11983,52 +12001,55 @@
       </c>
       <c r="DR30" s="12">
         <v>0</v>
       </c>
       <c r="DS30" s="12">
         <v>0</v>
       </c>
       <c r="DT30" s="12">
         <v>0</v>
       </c>
       <c r="DU30" s="12">
         <v>0</v>
       </c>
       <c r="DV30" s="12">
         <v>0</v>
       </c>
       <c r="DW30" s="12">
         <v>0</v>
       </c>
       <c r="DX30" s="12">
         <v>0</v>
       </c>
       <c r="DY30" s="12">
         <v>0</v>
       </c>
+      <c r="DZ30" s="12">
+        <v>0</v>
+      </c>
     </row>
-    <row r="31" spans="2:129" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="31" spans="2:130" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B31" s="13" t="s">
         <v>109</v>
       </c>
       <c r="C31" s="12">
         <v>0</v>
       </c>
       <c r="D31" s="12">
         <v>0</v>
       </c>
       <c r="E31" s="12">
         <v>0</v>
       </c>
       <c r="F31" s="12">
         <v>0</v>
       </c>
       <c r="G31" s="12">
         <v>0</v>
       </c>
       <c r="H31" s="12">
         <v>0</v>
       </c>
       <c r="I31" s="12">
         <v>0</v>
       </c>
       <c r="J31" s="12">
@@ -12364,57 +12385,60 @@
       <c r="DP31" s="12">
         <v>-4.2504400000000005E-2</v>
       </c>
       <c r="DQ31" s="12">
         <v>-5.0744000000000004E-2</v>
       </c>
       <c r="DR31" s="12">
         <v>0.28189599999999998</v>
       </c>
       <c r="DS31" s="12">
         <v>-0.142763</v>
       </c>
       <c r="DT31" s="12">
         <v>-2.1169E-2</v>
       </c>
       <c r="DU31" s="12">
         <v>0.109509</v>
       </c>
       <c r="DV31" s="12">
         <v>-7.4876999999999999E-2</v>
       </c>
       <c r="DW31" s="12">
         <v>-3.3543000000000017E-2</v>
       </c>
       <c r="DX31" s="12">
-        <v>-2.2277580000000002E-2</v>
+        <v>-2.227728E-2</v>
       </c>
       <c r="DY31" s="12">
         <v>1.02192982</v>
       </c>
+      <c r="DZ31" s="12">
+        <v>0.25731280999999995</v>
+      </c>
     </row>
-    <row r="32" spans="2:129" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="32" spans="2:130" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B32" s="13" t="s">
         <v>122</v>
       </c>
       <c r="C32" s="12">
         <v>-108.21</v>
       </c>
       <c r="D32" s="12">
         <v>92.153349663537639</v>
       </c>
       <c r="E32" s="12">
         <v>71.886397277875716</v>
       </c>
       <c r="F32" s="12">
         <v>60.382989185005599</v>
       </c>
       <c r="G32" s="12">
         <v>147.34116281695833</v>
       </c>
       <c r="H32" s="12">
         <v>79.621798973031346</v>
       </c>
       <c r="I32" s="12">
         <v>191.59622094181611</v>
       </c>
       <c r="J32" s="12">
@@ -12755,52 +12779,55 @@
       </c>
       <c r="DR32" s="12">
         <v>46.987314961569375</v>
       </c>
       <c r="DS32" s="12">
         <v>3.8515032631369706</v>
       </c>
       <c r="DT32" s="12">
         <v>17.592884170564027</v>
       </c>
       <c r="DU32" s="12">
         <v>159.67874726979775</v>
       </c>
       <c r="DV32" s="12">
         <v>477.25645444933525</v>
       </c>
       <c r="DW32" s="12">
         <v>-446.60813117624656</v>
       </c>
       <c r="DX32" s="12">
         <v>-4.975123353583295</v>
       </c>
       <c r="DY32" s="12">
         <v>-168.24364048373749</v>
       </c>
+      <c r="DZ32" s="12">
+        <v>388.27617418343607</v>
+      </c>
     </row>
-    <row r="33" spans="2:129" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="33" spans="2:130" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B33" s="13" t="s">
         <v>108</v>
       </c>
       <c r="C33" s="12">
         <v>-10.209999999999996</v>
       </c>
       <c r="D33" s="12">
         <v>0.44000000000000306</v>
       </c>
       <c r="E33" s="12">
         <v>6.64</v>
       </c>
       <c r="F33" s="12">
         <v>25.61</v>
       </c>
       <c r="G33" s="12">
         <v>-18.060000000000006</v>
       </c>
       <c r="H33" s="12">
         <v>-10.419999999999998</v>
       </c>
       <c r="I33" s="12">
         <v>4.8999999999999968</v>
       </c>
       <c r="J33" s="12">
@@ -13141,52 +13168,55 @@
       </c>
       <c r="DR33" s="12">
         <v>-1.3117978424375774</v>
       </c>
       <c r="DS33" s="12">
         <v>-6.9626643748178285E-2</v>
       </c>
       <c r="DT33" s="12">
         <v>-0.611962949435926</v>
       </c>
       <c r="DU33" s="12">
         <v>2.0226599797733974E-2</v>
       </c>
       <c r="DV33" s="12">
         <v>-0.60017886066487813</v>
       </c>
       <c r="DW33" s="12">
         <v>-1.1531213662465638</v>
       </c>
       <c r="DX33" s="12">
         <v>0.136104276416735</v>
       </c>
       <c r="DY33" s="12">
         <v>-0.18180445373751106</v>
       </c>
+      <c r="DZ33" s="12">
+        <v>-1.0277566563890977E-2</v>
+      </c>
     </row>
-    <row r="34" spans="2:129" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="34" spans="2:130" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B34" s="13" t="s">
         <v>109</v>
       </c>
       <c r="C34" s="12">
         <v>-98</v>
       </c>
       <c r="D34" s="12">
         <v>91.713349663537628</v>
       </c>
       <c r="E34" s="12">
         <v>65.24639727787573</v>
       </c>
       <c r="F34" s="12">
         <v>34.772989185005599</v>
       </c>
       <c r="G34" s="12">
         <v>165.40116281695833</v>
       </c>
       <c r="H34" s="12">
         <v>90.041798973031348</v>
       </c>
       <c r="I34" s="12">
         <v>186.69622094181611</v>
       </c>
       <c r="J34" s="12">
@@ -13527,52 +13557,55 @@
       </c>
       <c r="DR34" s="12">
         <v>48.299112804006953</v>
       </c>
       <c r="DS34" s="12">
         <v>3.9211299068851488</v>
       </c>
       <c r="DT34" s="12">
         <v>18.204847119999954</v>
       </c>
       <c r="DU34" s="12">
         <v>159.65852067000003</v>
       </c>
       <c r="DV34" s="12">
         <v>477.85663331000012</v>
       </c>
       <c r="DW34" s="12">
         <v>-445.45500980999998</v>
       </c>
       <c r="DX34" s="12">
         <v>-5.1112276300000303</v>
       </c>
       <c r="DY34" s="12">
         <v>-168.06183602999999</v>
       </c>
+      <c r="DZ34" s="12">
+        <v>388.28645174999997</v>
+      </c>
     </row>
-    <row r="35" spans="2:129" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="35" spans="2:130" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B35" s="13" t="s">
         <v>152</v>
       </c>
       <c r="C35" s="12">
         <v>0</v>
       </c>
       <c r="D35" s="12">
         <v>0</v>
       </c>
       <c r="E35" s="12">
         <v>0</v>
       </c>
       <c r="F35" s="12">
         <v>0</v>
       </c>
       <c r="G35" s="12">
         <v>0</v>
       </c>
       <c r="H35" s="12">
         <v>0</v>
       </c>
       <c r="I35" s="12">
         <v>0</v>
       </c>
       <c r="J35" s="12">
@@ -13908,57 +13941,60 @@
       <c r="DP35" s="12">
         <v>-353.91884941493146</v>
       </c>
       <c r="DQ35" s="12">
         <v>192.6078947776808</v>
       </c>
       <c r="DR35" s="12">
         <v>-701.434590573945</v>
       </c>
       <c r="DS35" s="12">
         <v>-175.78492843093491</v>
       </c>
       <c r="DT35" s="12">
         <v>-38.967682334687979</v>
       </c>
       <c r="DU35" s="12">
         <v>-390.77055995209008</v>
       </c>
       <c r="DV35" s="12">
         <v>-162.08916345922782</v>
       </c>
       <c r="DW35" s="12">
         <v>365.33787692456042</v>
       </c>
       <c r="DX35" s="12">
-        <v>-175.57200477715418</v>
+        <v>-177.00783853715416</v>
       </c>
       <c r="DY35" s="12">
         <v>340.88768177902949</v>
       </c>
+      <c r="DZ35" s="12">
+        <v>1.8923371991983693</v>
+      </c>
     </row>
-    <row r="36" spans="2:129" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="36" spans="2:130" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B36" s="13" t="s">
         <v>123</v>
       </c>
       <c r="C36" s="12">
         <v>0</v>
       </c>
       <c r="D36" s="12">
         <v>0</v>
       </c>
       <c r="E36" s="12">
         <v>0</v>
       </c>
       <c r="F36" s="12">
         <v>0</v>
       </c>
       <c r="G36" s="12">
         <v>0</v>
       </c>
       <c r="H36" s="12">
         <v>0</v>
       </c>
       <c r="I36" s="12">
         <v>0</v>
       </c>
       <c r="J36" s="12">
@@ -14294,57 +14330,60 @@
       <c r="DP36" s="12">
         <v>-342.74710723999999</v>
       </c>
       <c r="DQ36" s="12">
         <v>160.25035241999998</v>
       </c>
       <c r="DR36" s="12">
         <v>-713.23887561000015</v>
       </c>
       <c r="DS36" s="12">
         <v>-184.02107659000012</v>
       </c>
       <c r="DT36" s="12">
         <v>-32.534751600000007</v>
       </c>
       <c r="DU36" s="12">
         <v>-421.76728953000003</v>
       </c>
       <c r="DV36" s="12">
         <v>-221.72164252000005</v>
       </c>
       <c r="DW36" s="12">
         <v>365.39218904999996</v>
       </c>
       <c r="DX36" s="12">
-        <v>-134.87854891000001</v>
+        <v>-136.31438266999999</v>
       </c>
       <c r="DY36" s="12">
         <v>279.64968761</v>
       </c>
+      <c r="DZ36" s="12">
+        <v>-10.612034130000012</v>
+      </c>
     </row>
-    <row r="37" spans="2:129" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="37" spans="2:130" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B37" s="16" t="s">
         <v>124</v>
       </c>
       <c r="C37" s="12">
         <v>0</v>
       </c>
       <c r="D37" s="12">
         <v>0</v>
       </c>
       <c r="E37" s="12">
         <v>0</v>
       </c>
       <c r="F37" s="12">
         <v>0</v>
       </c>
       <c r="G37" s="12">
         <v>0</v>
       </c>
       <c r="H37" s="12">
         <v>0</v>
       </c>
       <c r="I37" s="12">
         <v>0</v>
       </c>
       <c r="J37" s="12">
@@ -14685,90 +14724,93 @@
       </c>
       <c r="DR37" s="12">
         <v>11.804285036055155</v>
       </c>
       <c r="DS37" s="12">
         <v>8.2361481590652126</v>
       </c>
       <c r="DT37" s="12">
         <v>-6.4329307346879752</v>
       </c>
       <c r="DU37" s="12">
         <v>30.996729577909921</v>
       </c>
       <c r="DV37" s="12">
         <v>59.632479060772219</v>
       </c>
       <c r="DW37" s="12">
         <v>-5.4312125439512471E-2</v>
       </c>
       <c r="DX37" s="12">
         <v>-40.693455867154185</v>
       </c>
       <c r="DY37" s="12">
         <v>61.23799416902947</v>
       </c>
+      <c r="DZ37" s="12">
+        <v>12.504371329198381</v>
+      </c>
     </row>
-    <row r="38" spans="2:129" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="38" spans="2:130" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B38" s="13" t="s">
         <v>125</v>
       </c>
       <c r="C38" s="14">
         <v>1113.6318291584435</v>
       </c>
       <c r="D38" s="14">
         <v>595.641554502296</v>
       </c>
       <c r="E38" s="14">
         <v>2195.5605226635466</v>
       </c>
       <c r="F38" s="14">
         <v>4033.0960444312059</v>
       </c>
       <c r="G38" s="14">
         <v>2136.5211349294295</v>
       </c>
       <c r="H38" s="14">
         <v>2978.3113691622284</v>
       </c>
       <c r="I38" s="14">
         <v>4181.9848505252703</v>
       </c>
       <c r="J38" s="14">
         <v>3241.3038950927157</v>
       </c>
       <c r="K38" s="14">
         <v>5563.9890221373971</v>
       </c>
       <c r="L38" s="14">
-        <v>1635.5762858518451</v>
+        <v>1635.5762858518456</v>
       </c>
       <c r="M38" s="14">
-        <v>-516.24719056333015</v>
+        <v>-516.2471905633297</v>
       </c>
       <c r="N38" s="14">
-        <v>408.59107116274419</v>
+        <v>408.59107116274441</v>
       </c>
       <c r="O38" s="14">
         <v>-3640.6238072982519</v>
       </c>
       <c r="P38" s="14">
         <v>-682.22371977703222</v>
       </c>
       <c r="Q38" s="14">
         <v>15.102932419306086</v>
       </c>
       <c r="R38" s="14">
         <v>-1319.0945632942053</v>
       </c>
       <c r="S38" s="14">
         <v>-2020.3194399685567</v>
       </c>
       <c r="T38" s="14">
         <v>-132.34912997085104</v>
       </c>
       <c r="U38" s="14">
         <v>-173.15331659459989</v>
       </c>
       <c r="V38" s="14">
         <v>-4096.2016826884328</v>
       </c>
@@ -14841,120 +14883,120 @@
       <c r="AS38" s="14">
         <v>605.97094176958092</v>
       </c>
       <c r="AT38" s="14">
         <v>-114.04610767906462</v>
       </c>
       <c r="AU38" s="14">
         <v>1282.4492999599395</v>
       </c>
       <c r="AV38" s="14">
         <v>850.70707492276858</v>
       </c>
       <c r="AW38" s="14">
         <v>733.85104756788576</v>
       </c>
       <c r="AX38" s="14">
         <v>-80.36598451230833</v>
       </c>
       <c r="AY38" s="14">
         <v>1474.1192311838824</v>
       </c>
       <c r="AZ38" s="14">
         <v>1534.2806028428324</v>
       </c>
       <c r="BA38" s="14">
-        <v>1113.9272857061719</v>
+        <v>1113.9272857061721</v>
       </c>
       <c r="BB38" s="14">
-        <v>-302.53812284424436</v>
+        <v>-302.53812284424424</v>
       </c>
       <c r="BC38" s="14">
         <v>1836.3150848205096</v>
       </c>
       <c r="BD38" s="14">
-        <v>811.572794877398</v>
+        <v>811.57279487739777</v>
       </c>
       <c r="BE38" s="14">
         <v>410.60276158767527</v>
       </c>
       <c r="BF38" s="14">
-        <v>99.736375773117814</v>
+        <v>99.736375773118041</v>
       </c>
       <c r="BG38" s="14">
-        <v>1919.391962854525</v>
+        <v>1919.3919628545248</v>
       </c>
       <c r="BH38" s="14">
-        <v>1615.5497715472366</v>
+        <v>1615.5497715472363</v>
       </c>
       <c r="BI38" s="14">
-        <v>624.53023769478841</v>
+        <v>624.53023769478864</v>
       </c>
       <c r="BJ38" s="14">
-        <v>530.64358539174896</v>
+        <v>530.64358539174918</v>
       </c>
       <c r="BK38" s="14">
         <v>2793.265427503623</v>
       </c>
       <c r="BL38" s="14">
-        <v>196.52944269558154</v>
+        <v>196.52944269558148</v>
       </c>
       <c r="BM38" s="14">
-        <v>603.66611830530906</v>
+        <v>603.66611830530928</v>
       </c>
       <c r="BN38" s="14">
         <v>671.26204603856081</v>
       </c>
       <c r="BO38" s="14">
-        <v>164.1186788123938</v>
+        <v>164.11867881239414</v>
       </c>
       <c r="BP38" s="14">
-        <v>-113.1960143204455</v>
+        <v>-113.19601432044539</v>
       </c>
       <c r="BQ38" s="14">
-        <v>4.8536323651947537</v>
+        <v>4.8536323651946969</v>
       </c>
       <c r="BR38" s="14">
-        <v>-745.76218478666738</v>
+        <v>-745.76218478666715</v>
       </c>
       <c r="BS38" s="14">
-        <v>337.85737617858797</v>
+        <v>337.85737617858808</v>
       </c>
       <c r="BT38" s="14">
         <v>1302.9771447622704</v>
       </c>
       <c r="BU38" s="14">
         <v>506.25299367522268</v>
       </c>
       <c r="BV38" s="14">
         <v>-1356.6020329610674</v>
       </c>
       <c r="BW38" s="14">
-        <v>-44.037034313681673</v>
+        <v>-44.037034313681445</v>
       </c>
       <c r="BX38" s="14">
-        <v>108.43202237036579</v>
+        <v>108.43202237036581</v>
       </c>
       <c r="BY38" s="14">
         <v>-679.21158023731653</v>
       </c>
       <c r="BZ38" s="14">
         <v>-1134.0029007332205</v>
       </c>
       <c r="CA38" s="14">
         <v>-1935.8413486980808</v>
       </c>
       <c r="CB38" s="14">
         <v>283.37480981924557</v>
       </c>
       <c r="CC38" s="14">
         <v>731.72063374215259</v>
       </c>
       <c r="CD38" s="14">
         <v>-1197.0829893258035</v>
       </c>
       <c r="CE38" s="14">
         <v>-500.23617401262686</v>
       </c>
       <c r="CF38" s="14">
         <v>1035.0922701580773</v>
       </c>
@@ -15066,57 +15108,60 @@
       <c r="DP38" s="14">
         <v>6614.6349792983174</v>
       </c>
       <c r="DQ38" s="14">
         <v>-919.99434681892751</v>
       </c>
       <c r="DR38" s="14">
         <v>3445.7664811256709</v>
       </c>
       <c r="DS38" s="14">
         <v>2523.3768887453298</v>
       </c>
       <c r="DT38" s="14">
         <v>593.16281580035763</v>
       </c>
       <c r="DU38" s="14">
         <v>986.68274326934022</v>
       </c>
       <c r="DV38" s="14">
         <v>-256.32868277053853</v>
       </c>
       <c r="DW38" s="14">
         <v>-7356.338706452555</v>
       </c>
       <c r="DX38" s="14">
-        <v>821.60571728010996</v>
+        <v>840.36805107580562</v>
       </c>
       <c r="DY38" s="14">
-        <v>2923.6514150724106</v>
+        <v>2957.5699729342355</v>
+      </c>
+      <c r="DZ38" s="14">
+        <v>-2795.4050579377372</v>
       </c>
     </row>
-    <row r="39" spans="2:129" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="39" spans="2:130" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B39" s="13" t="s">
         <v>153</v>
       </c>
       <c r="C39" s="12">
         <v>6.9111499999999992E-2</v>
       </c>
       <c r="D39" s="12">
         <v>0.14592729999999998</v>
       </c>
       <c r="E39" s="12">
         <v>9.5722079000000004</v>
       </c>
       <c r="F39" s="12">
         <v>1.2002000000000002E-3</v>
       </c>
       <c r="G39" s="12">
         <v>1.5580536</v>
       </c>
       <c r="H39" s="12">
         <v>0.40215769999999984</v>
       </c>
       <c r="I39" s="12">
         <v>0.92453150000000006</v>
       </c>
       <c r="J39" s="12">
@@ -15455,54 +15500,57 @@
       <c r="DQ39" s="12">
         <v>-3.1930185</v>
       </c>
       <c r="DR39" s="12">
         <v>-0.36219479999999998</v>
       </c>
       <c r="DS39" s="12">
         <v>-0.35597280000000003</v>
       </c>
       <c r="DT39" s="12">
         <v>29.692469000000003</v>
       </c>
       <c r="DU39" s="12">
         <v>-1.4529190000000001</v>
       </c>
       <c r="DV39" s="12">
         <v>4.15E-3</v>
       </c>
       <c r="DW39" s="12">
         <v>-0.11094000000000001</v>
       </c>
       <c r="DX39" s="12">
         <v>-1.3399340000000002</v>
       </c>
       <c r="DY39" s="12">
-        <v>0.15</v>
+        <v>0.15058999999999997</v>
+      </c>
+      <c r="DZ39" s="12">
+        <v>-0.17946999999999999</v>
       </c>
     </row>
-    <row r="40" spans="2:129" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="40" spans="2:130" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B40" s="13" t="s">
         <v>154</v>
       </c>
       <c r="C40" s="12">
         <v>-67.894196507578641</v>
       </c>
       <c r="D40" s="12">
         <v>471.79969901052266</v>
       </c>
       <c r="E40" s="12">
         <v>1224.075939442585</v>
       </c>
       <c r="F40" s="12">
         <v>873.52455885115842</v>
       </c>
       <c r="G40" s="12">
         <v>408.97555105065055</v>
       </c>
       <c r="H40" s="12">
         <v>277.05598607272162</v>
       </c>
       <c r="I40" s="12">
         <v>785.3725578626993</v>
       </c>
       <c r="J40" s="12">
@@ -15843,52 +15891,55 @@
       </c>
       <c r="DR40" s="12">
         <v>237.49356384053686</v>
       </c>
       <c r="DS40" s="12">
         <v>-840.42025194738585</v>
       </c>
       <c r="DT40" s="12">
         <v>-847.59046955180554</v>
       </c>
       <c r="DU40" s="12">
         <v>-148.72693130374162</v>
       </c>
       <c r="DV40" s="12">
         <v>-218.31008673319275</v>
       </c>
       <c r="DW40" s="12">
         <v>-183.35445859281654</v>
       </c>
       <c r="DX40" s="12">
         <v>1521.9977000456161</v>
       </c>
       <c r="DY40" s="12">
         <v>2821.7910162945491</v>
       </c>
+      <c r="DZ40" s="12">
+        <v>-2675.8678723000899</v>
+      </c>
     </row>
-    <row r="41" spans="2:129" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="41" spans="2:130" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B41" s="13" t="s">
         <v>126</v>
       </c>
       <c r="C41" s="12">
         <v>0.22518746408962201</v>
       </c>
       <c r="D41" s="12">
         <v>0.18739512252852564</v>
       </c>
       <c r="E41" s="12">
         <v>0.14726618023175361</v>
       </c>
       <c r="F41" s="12">
         <v>7.973224476366382E-2</v>
       </c>
       <c r="G41" s="12">
         <v>3.0587740177513298E-2</v>
       </c>
       <c r="H41" s="12">
         <v>8.479248084171187E-2</v>
       </c>
       <c r="I41" s="12">
         <v>5.2589149546410918E-2</v>
       </c>
       <c r="J41" s="12">
@@ -16229,52 +16280,55 @@
       </c>
       <c r="DR41" s="12">
         <v>-274.63310673355562</v>
       </c>
       <c r="DS41" s="12">
         <v>-371.3392945351938</v>
       </c>
       <c r="DT41" s="12">
         <v>-775.53287181697704</v>
       </c>
       <c r="DU41" s="12">
         <v>-269.09312949963038</v>
       </c>
       <c r="DV41" s="12">
         <v>-294.76482035934413</v>
       </c>
       <c r="DW41" s="12">
         <v>-0.37282310606345903</v>
       </c>
       <c r="DX41" s="12">
         <v>1486.1148254343573</v>
       </c>
       <c r="DY41" s="12">
         <v>2766.9670208727011</v>
       </c>
+      <c r="DZ41" s="12">
+        <v>-2837.5804476097542</v>
+      </c>
     </row>
-    <row r="42" spans="2:129" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="42" spans="2:130" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B42" s="13" t="s">
         <v>127</v>
       </c>
       <c r="C42" s="12">
         <v>0</v>
       </c>
       <c r="D42" s="12">
         <v>0</v>
       </c>
       <c r="E42" s="12">
         <v>0</v>
       </c>
       <c r="F42" s="12">
         <v>0</v>
       </c>
       <c r="G42" s="12">
         <v>0</v>
       </c>
       <c r="H42" s="12">
         <v>0</v>
       </c>
       <c r="I42" s="12">
         <v>0</v>
       </c>
       <c r="J42" s="12">
@@ -16615,52 +16669,55 @@
       </c>
       <c r="DR42" s="12">
         <v>0</v>
       </c>
       <c r="DS42" s="12">
         <v>0</v>
       </c>
       <c r="DT42" s="12">
         <v>0</v>
       </c>
       <c r="DU42" s="12">
         <v>0</v>
       </c>
       <c r="DV42" s="12">
         <v>0</v>
       </c>
       <c r="DW42" s="12">
         <v>0</v>
       </c>
       <c r="DX42" s="12">
         <v>0</v>
       </c>
       <c r="DY42" s="12">
         <v>0</v>
       </c>
+      <c r="DZ42" s="12">
+        <v>0</v>
+      </c>
     </row>
-    <row r="43" spans="2:129" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="43" spans="2:130" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B43" s="13" t="s">
         <v>128</v>
       </c>
       <c r="C43" s="12">
         <v>-68.11938397166827</v>
       </c>
       <c r="D43" s="12">
         <v>471.61230388799413</v>
       </c>
       <c r="E43" s="12">
         <v>1223.9286732623532</v>
       </c>
       <c r="F43" s="12">
         <v>873.44482660639471</v>
       </c>
       <c r="G43" s="12">
         <v>408.94496331047304</v>
       </c>
       <c r="H43" s="12">
         <v>276.97102990249891</v>
       </c>
       <c r="I43" s="12">
         <v>785.31979344322417</v>
       </c>
       <c r="J43" s="12">
@@ -17001,52 +17058,55 @@
       </c>
       <c r="DR43" s="12">
         <v>512.12667057409249</v>
       </c>
       <c r="DS43" s="12">
         <v>-469.08095741219199</v>
       </c>
       <c r="DT43" s="12">
         <v>-72.057597734828491</v>
       </c>
       <c r="DU43" s="12">
         <v>120.36619819588876</v>
       </c>
       <c r="DV43" s="12">
         <v>76.454733626151381</v>
       </c>
       <c r="DW43" s="12">
         <v>-182.98163548675308</v>
       </c>
       <c r="DX43" s="12">
         <v>35.882874611258856</v>
       </c>
       <c r="DY43" s="12">
         <v>54.823995421848032</v>
       </c>
+      <c r="DZ43" s="12">
+        <v>161.71257530966426</v>
+      </c>
     </row>
-    <row r="44" spans="2:129" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="44" spans="2:130" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B44" s="13" t="s">
         <v>129</v>
       </c>
       <c r="C44" s="12">
         <v>0</v>
       </c>
       <c r="D44" s="12">
         <v>0</v>
       </c>
       <c r="E44" s="12">
         <v>0</v>
       </c>
       <c r="F44" s="12">
         <v>0</v>
       </c>
       <c r="G44" s="12">
         <v>0</v>
       </c>
       <c r="H44" s="12">
         <v>1.6368938103513802E-4</v>
       </c>
       <c r="I44" s="12">
         <v>1.7526992875151263E-4</v>
       </c>
       <c r="J44" s="12">
@@ -17387,93 +17447,96 @@
       </c>
       <c r="DR44" s="12">
         <v>0</v>
       </c>
       <c r="DS44" s="12">
         <v>0</v>
       </c>
       <c r="DT44" s="12">
         <v>0</v>
       </c>
       <c r="DU44" s="12">
         <v>0</v>
       </c>
       <c r="DV44" s="12">
         <v>0</v>
       </c>
       <c r="DW44" s="12">
         <v>0</v>
       </c>
       <c r="DX44" s="12">
         <v>0</v>
       </c>
       <c r="DY44" s="12">
         <v>0</v>
       </c>
+      <c r="DZ44" s="12">
+        <v>0</v>
+      </c>
     </row>
-    <row r="45" spans="2:129" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="45" spans="2:130" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B45" s="13" t="s">
         <v>155</v>
       </c>
       <c r="C45" s="12">
         <v>868.29691416602213</v>
       </c>
       <c r="D45" s="12">
         <v>-63.722055790548154</v>
       </c>
       <c r="E45" s="12">
         <v>705.67450362390275</v>
       </c>
       <c r="F45" s="12">
         <v>3029.8347899360147</v>
       </c>
       <c r="G45" s="12">
         <v>1610.5533128869361</v>
       </c>
       <c r="H45" s="12">
         <v>2509.8227648736324</v>
       </c>
       <c r="I45" s="12">
-        <v>3063.2870467403718</v>
+        <v>3063.2870467403723</v>
       </c>
       <c r="J45" s="12">
         <v>3047.1677053342346</v>
       </c>
       <c r="K45" s="12">
-        <v>4134.9129094986092</v>
+        <v>4134.9129094986101</v>
       </c>
       <c r="L45" s="12">
-        <v>734.3605027833521</v>
+        <v>734.36050278335267</v>
       </c>
       <c r="M45" s="12">
-        <v>-492.42748893667931</v>
+        <v>-492.42748893667891</v>
       </c>
       <c r="N45" s="12">
-        <v>-650.31476283814072</v>
+        <v>-650.3147628381405</v>
       </c>
       <c r="O45" s="12">
-        <v>-1487.4369086011995</v>
+        <v>-1487.4369086011993</v>
       </c>
       <c r="P45" s="12">
         <v>-818.42577246478515</v>
       </c>
       <c r="Q45" s="12">
         <v>108.97456642568113</v>
       </c>
       <c r="R45" s="12">
         <v>-741.50719783198133</v>
       </c>
       <c r="S45" s="12">
         <v>-1472.0579206049117</v>
       </c>
       <c r="T45" s="12">
         <v>493.7688770901126</v>
       </c>
       <c r="U45" s="12">
         <v>-374.61274057425123</v>
       </c>
       <c r="V45" s="12">
         <v>-4003.1933194580442</v>
       </c>
       <c r="W45" s="12">
         <v>-793.93866538766315</v>
       </c>
@@ -17543,126 +17606,126 @@
       <c r="AS45" s="12">
         <v>626.13129525752947</v>
       </c>
       <c r="AT45" s="12">
         <v>59.90378426113773</v>
       </c>
       <c r="AU45" s="12">
         <v>617.97451470454098</v>
       </c>
       <c r="AV45" s="12">
         <v>658.54150828210743</v>
       </c>
       <c r="AW45" s="12">
         <v>807.21773217007876</v>
       </c>
       <c r="AX45" s="12">
         <v>156.24991186311124</v>
       </c>
       <c r="AY45" s="12">
         <v>887.81361255833497</v>
       </c>
       <c r="AZ45" s="12">
         <v>1008.22916466629</v>
       </c>
       <c r="BA45" s="12">
-        <v>780.43094007524166</v>
+        <v>780.43094007524178</v>
       </c>
       <c r="BB45" s="12">
-        <v>168.15990783672487</v>
+        <v>168.15990783672498</v>
       </c>
       <c r="BC45" s="12">
         <v>1106.4670341621154</v>
       </c>
       <c r="BD45" s="12">
-        <v>105.85791753548142</v>
+        <v>105.85791753548131</v>
       </c>
       <c r="BE45" s="12">
         <v>213.2188258620879</v>
       </c>
       <c r="BF45" s="12">
-        <v>971.98333222592362</v>
+        <v>971.98333222592396</v>
       </c>
       <c r="BG45" s="12">
-        <v>1756.1076297107415</v>
+        <v>1756.1076297107413</v>
       </c>
       <c r="BH45" s="12">
-        <v>1006.1345991297303</v>
+        <v>1006.1345991297302</v>
       </c>
       <c r="BI45" s="12">
-        <v>1132.0893255946028</v>
+        <v>1132.089325594603</v>
       </c>
       <c r="BJ45" s="12">
-        <v>714.426832029862</v>
+        <v>714.42683202986223</v>
       </c>
       <c r="BK45" s="12">
         <v>1282.2621527444144</v>
       </c>
       <c r="BL45" s="12">
-        <v>44.538018324744655</v>
+        <v>44.538018324744598</v>
       </c>
       <c r="BM45" s="12">
-        <v>281.97820003892758</v>
+        <v>281.97820003892781</v>
       </c>
       <c r="BN45" s="12">
         <v>311.87814121745276</v>
       </c>
       <c r="BO45" s="12">
-        <v>95.96614320222713</v>
+        <v>95.966143202227471</v>
       </c>
       <c r="BP45" s="12">
-        <v>209.83436730514262</v>
+        <v>209.83436730514273</v>
       </c>
       <c r="BQ45" s="12">
-        <v>-219.78871429138161</v>
+        <v>-219.78871429138167</v>
       </c>
       <c r="BR45" s="12">
-        <v>-359.02290752257773</v>
+        <v>-359.0229075225775</v>
       </c>
       <c r="BS45" s="12">
-        <v>-123.4502344278626</v>
+        <v>-123.45023442786248</v>
       </c>
       <c r="BT45" s="12">
         <v>729.09318711779849</v>
       </c>
       <c r="BU45" s="12">
         <v>87.747557725298009</v>
       </c>
       <c r="BV45" s="12">
         <v>-959.73140534612799</v>
       </c>
       <c r="BW45" s="12">
-        <v>-507.42410233510913</v>
+        <v>-507.4241023351089</v>
       </c>
       <c r="BX45" s="12">
-        <v>-64.186846054592365</v>
+        <v>-64.186846054592337</v>
       </c>
       <c r="BY45" s="12">
-        <v>-354.55490171975498</v>
+        <v>-354.55490171975487</v>
       </c>
       <c r="BZ45" s="12">
-        <v>-406.96283257614454</v>
+        <v>-406.96283257614448</v>
       </c>
       <c r="CA45" s="12">
         <v>-661.73232825070772</v>
       </c>
       <c r="CB45" s="12">
         <v>-11.510943009419321</v>
       </c>
       <c r="CC45" s="12">
         <v>-194.69103205100993</v>
       </c>
       <c r="CD45" s="12">
         <v>-209.3954618627144</v>
       </c>
       <c r="CE45" s="12">
         <v>-402.82833554164154</v>
       </c>
       <c r="CF45" s="12">
         <v>326.97441394192674</v>
       </c>
       <c r="CG45" s="12">
         <v>-205.87385625290887</v>
       </c>
       <c r="CH45" s="12">
         <v>410.15329529033056</v>
       </c>
@@ -17768,57 +17831,60 @@
       <c r="DP45" s="12">
         <v>-592.49449085023855</v>
       </c>
       <c r="DQ45" s="12">
         <v>-178.4195325577405</v>
       </c>
       <c r="DR45" s="12">
         <v>4381.2438369846859</v>
       </c>
       <c r="DS45" s="12">
         <v>3164.5834105567619</v>
       </c>
       <c r="DT45" s="12">
         <v>575.74810323539316</v>
       </c>
       <c r="DU45" s="12">
         <v>236.40732307016594</v>
       </c>
       <c r="DV45" s="12">
         <v>304.53443916569557</v>
       </c>
       <c r="DW45" s="12">
         <v>-6812.2469630587284</v>
       </c>
       <c r="DX45" s="12">
-        <v>-1336.334687717416</v>
+        <v>-1336.1065143217204</v>
       </c>
       <c r="DY45" s="12">
-        <v>74.599767438203401</v>
+        <v>18.342295410028697</v>
+      </c>
+      <c r="DZ45" s="12">
+        <v>491.10749601142589</v>
       </c>
     </row>
-    <row r="46" spans="2:129" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="46" spans="2:130" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B46" s="13" t="s">
         <v>130</v>
       </c>
       <c r="C46" s="12">
         <v>-17.453062039044546</v>
       </c>
       <c r="D46" s="12">
         <v>-5.0235737239244926</v>
       </c>
       <c r="E46" s="12">
         <v>-174.23119146451273</v>
       </c>
       <c r="F46" s="12">
         <v>357.79088358234662</v>
       </c>
       <c r="G46" s="12">
         <v>-367.70000173169967</v>
       </c>
       <c r="H46" s="12">
         <v>0</v>
       </c>
       <c r="I46" s="12">
         <v>-2.2737367544323206E-13</v>
       </c>
       <c r="J46" s="12">
@@ -18159,52 +18225,55 @@
       </c>
       <c r="DR46" s="12">
         <v>4343.4806462685256</v>
       </c>
       <c r="DS46" s="12">
         <v>3476.6724226181236</v>
       </c>
       <c r="DT46" s="12">
         <v>-74.907995130103416</v>
       </c>
       <c r="DU46" s="12">
         <v>-391.68848391445238</v>
       </c>
       <c r="DV46" s="12">
         <v>137.84673970830673</v>
       </c>
       <c r="DW46" s="12">
         <v>-7038.5818351839198</v>
       </c>
       <c r="DX46" s="12">
         <v>-1442.7692859712051</v>
       </c>
       <c r="DY46" s="12">
         <v>-819.45360044101665</v>
       </c>
+      <c r="DZ46" s="12">
+        <v>227.1863799710265</v>
+      </c>
     </row>
-    <row r="47" spans="2:129" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="47" spans="2:130" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B47" s="13" t="s">
         <v>131</v>
       </c>
       <c r="C47" s="12">
         <v>-33.67</v>
       </c>
       <c r="D47" s="12">
         <v>-36.58</v>
       </c>
       <c r="E47" s="12">
         <v>-129.96</v>
       </c>
       <c r="F47" s="12">
         <v>-0.36</v>
       </c>
       <c r="G47" s="12">
         <v>0</v>
       </c>
       <c r="H47" s="12">
         <v>0</v>
       </c>
       <c r="I47" s="12">
         <v>0</v>
       </c>
       <c r="J47" s="12">
@@ -18545,52 +18614,55 @@
       </c>
       <c r="DR47" s="12">
         <v>0</v>
       </c>
       <c r="DS47" s="12">
         <v>0</v>
       </c>
       <c r="DT47" s="12">
         <v>0</v>
       </c>
       <c r="DU47" s="12">
         <v>0</v>
       </c>
       <c r="DV47" s="12">
         <v>0</v>
       </c>
       <c r="DW47" s="12">
         <v>0</v>
       </c>
       <c r="DX47" s="12">
         <v>0</v>
       </c>
       <c r="DY47" s="12">
         <v>0</v>
       </c>
+      <c r="DZ47" s="12">
+        <v>0</v>
+      </c>
     </row>
-    <row r="48" spans="2:129" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="48" spans="2:130" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B48" s="13" t="s">
         <v>110</v>
       </c>
       <c r="C48" s="12">
         <v>9.98</v>
       </c>
       <c r="D48" s="12">
         <v>6.86</v>
       </c>
       <c r="E48" s="12">
         <v>3.13</v>
       </c>
       <c r="F48" s="12">
         <v>0</v>
       </c>
       <c r="G48" s="12">
         <v>0</v>
       </c>
       <c r="H48" s="12">
         <v>0</v>
       </c>
       <c r="I48" s="12">
         <v>0</v>
       </c>
       <c r="J48" s="12">
@@ -18931,52 +19003,55 @@
       </c>
       <c r="DR48" s="12">
         <v>0</v>
       </c>
       <c r="DS48" s="12">
         <v>0</v>
       </c>
       <c r="DT48" s="12">
         <v>0</v>
       </c>
       <c r="DU48" s="12">
         <v>0</v>
       </c>
       <c r="DV48" s="12">
         <v>0</v>
       </c>
       <c r="DW48" s="12">
         <v>0</v>
       </c>
       <c r="DX48" s="12">
         <v>0</v>
       </c>
       <c r="DY48" s="12">
         <v>0</v>
       </c>
+      <c r="DZ48" s="12">
+        <v>0</v>
+      </c>
     </row>
-    <row r="49" spans="2:129" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="49" spans="2:130" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B49" s="13" t="s">
         <v>111</v>
       </c>
       <c r="C49" s="12">
         <v>43.65</v>
       </c>
       <c r="D49" s="12">
         <v>43.44</v>
       </c>
       <c r="E49" s="12">
         <v>133.09</v>
       </c>
       <c r="F49" s="12">
         <v>0.36</v>
       </c>
       <c r="G49" s="12">
         <v>0</v>
       </c>
       <c r="H49" s="12">
         <v>0</v>
       </c>
       <c r="I49" s="12">
         <v>0</v>
       </c>
       <c r="J49" s="12">
@@ -19317,52 +19392,55 @@
       </c>
       <c r="DR49" s="12">
         <v>0</v>
       </c>
       <c r="DS49" s="12">
         <v>0</v>
       </c>
       <c r="DT49" s="12">
         <v>0</v>
       </c>
       <c r="DU49" s="12">
         <v>0</v>
       </c>
       <c r="DV49" s="12">
         <v>0</v>
       </c>
       <c r="DW49" s="12">
         <v>0</v>
       </c>
       <c r="DX49" s="12">
         <v>0</v>
       </c>
       <c r="DY49" s="12">
         <v>0</v>
       </c>
+      <c r="DZ49" s="12">
+        <v>0</v>
+      </c>
     </row>
-    <row r="50" spans="2:129" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="50" spans="2:130" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B50" s="13" t="s">
         <v>132</v>
       </c>
       <c r="C50" s="12">
         <v>16.216937960955452</v>
       </c>
       <c r="D50" s="12">
         <v>31.556426276075513</v>
       </c>
       <c r="E50" s="12">
         <v>-44.271191464512746</v>
       </c>
       <c r="F50" s="12">
         <v>358.15088358234664</v>
       </c>
       <c r="G50" s="12">
         <v>-367.70000173169967</v>
       </c>
       <c r="H50" s="12">
         <v>0</v>
       </c>
       <c r="I50" s="12">
         <v>-2.2737367544323206E-13</v>
       </c>
       <c r="J50" s="12">
@@ -19703,93 +19781,96 @@
       </c>
       <c r="DR50" s="12">
         <v>4343.4806462685256</v>
       </c>
       <c r="DS50" s="12">
         <v>3476.6724226181236</v>
       </c>
       <c r="DT50" s="12">
         <v>-74.907995130103416</v>
       </c>
       <c r="DU50" s="12">
         <v>-391.68848391445238</v>
       </c>
       <c r="DV50" s="12">
         <v>137.84673970830673</v>
       </c>
       <c r="DW50" s="12">
         <v>-7038.5818351839198</v>
       </c>
       <c r="DX50" s="12">
         <v>-1442.7692859712051</v>
       </c>
       <c r="DY50" s="12">
         <v>-819.45360044101665</v>
       </c>
+      <c r="DZ50" s="12">
+        <v>227.1863799710265</v>
+      </c>
     </row>
-    <row r="51" spans="2:129" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="51" spans="2:130" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B51" s="13" t="s">
         <v>133</v>
       </c>
       <c r="C51" s="12">
         <v>410.26933476847648</v>
       </c>
       <c r="D51" s="12">
         <v>-279.69545796195587</v>
       </c>
       <c r="E51" s="12">
         <v>394.04130993662625</v>
       </c>
       <c r="F51" s="12">
         <v>547.00711083741737</v>
       </c>
       <c r="G51" s="12">
         <v>296.36645775220057</v>
       </c>
       <c r="H51" s="12">
         <v>244.49858411644615</v>
       </c>
       <c r="I51" s="12">
-        <v>159.50563424145278</v>
+        <v>160.59977519145278</v>
       </c>
       <c r="J51" s="12">
-        <v>499.12848935099709</v>
+        <v>499.02874053099708</v>
       </c>
       <c r="K51" s="12">
-        <v>395.79010180041763</v>
+        <v>395.11972928041803</v>
       </c>
       <c r="L51" s="12">
-        <v>431.09679524103234</v>
+        <v>433.49028043103232</v>
       </c>
       <c r="M51" s="12">
-        <v>234.29384360004184</v>
+        <v>233.53156381004223</v>
       </c>
       <c r="N51" s="12">
-        <v>226.50378539961386</v>
+        <v>226.15119098961404</v>
       </c>
       <c r="O51" s="12">
-        <v>170.84633924474693</v>
+        <v>169.35665734474699</v>
       </c>
       <c r="P51" s="12">
         <v>324.1009345423148</v>
       </c>
       <c r="Q51" s="12">
         <v>194.83395938285932</v>
       </c>
       <c r="R51" s="12">
         <v>-397.34814067953914</v>
       </c>
       <c r="S51" s="12">
         <v>55.189780710948952</v>
       </c>
       <c r="T51" s="12">
         <v>-118.13538953021572</v>
       </c>
       <c r="U51" s="12">
         <v>-296.25236812519609</v>
       </c>
       <c r="V51" s="12">
         <v>-855.57400209144748</v>
       </c>
       <c r="W51" s="12">
         <v>204.05901384163178</v>
       </c>
@@ -19859,126 +19940,126 @@
       <c r="AS51" s="12">
         <v>84.119632927959486</v>
       </c>
       <c r="AT51" s="12">
         <v>222.71549024009505</v>
       </c>
       <c r="AU51" s="12">
         <v>-20.679995677540546</v>
       </c>
       <c r="AV51" s="12">
         <v>65.061043897825812</v>
       </c>
       <c r="AW51" s="12">
         <v>61.419652096944162</v>
       </c>
       <c r="AX51" s="12">
         <v>64.971258480738783</v>
       </c>
       <c r="AY51" s="12">
         <v>53.046629640937397</v>
       </c>
       <c r="AZ51" s="12">
         <v>167.76296290396212</v>
       </c>
       <c r="BA51" s="12">
-        <v>-46.089896738944319</v>
+        <v>-45.613730078944272</v>
       </c>
       <c r="BB51" s="12">
-        <v>18.404885739994199</v>
+        <v>19.194281039994166</v>
       </c>
       <c r="BC51" s="12">
-        <v>19.427682336440768</v>
+        <v>19.25626132644075</v>
       </c>
       <c r="BD51" s="12">
-        <v>-22.995709438055584</v>
+        <v>-23.015416308055578</v>
       </c>
       <c r="BE51" s="12">
-        <v>15.576815727296406</v>
+        <v>15.690927957296424</v>
       </c>
       <c r="BF51" s="12">
-        <v>90.132838468877623</v>
+        <v>89.945926758877675</v>
       </c>
       <c r="BG51" s="12">
-        <v>416.41454459287866</v>
+        <v>416.40730212287855</v>
       </c>
       <c r="BH51" s="12">
-        <v>58.4071977401141</v>
+        <v>58.238916160114087</v>
       </c>
       <c r="BI51" s="12">
-        <v>140.1424618655526</v>
+        <v>140.14866912555266</v>
       </c>
       <c r="BJ51" s="12">
-        <v>167.60697572627095</v>
+        <v>167.29009880627098</v>
       </c>
       <c r="BK51" s="12">
-        <v>29.633466468480002</v>
+        <v>29.4420451884803</v>
       </c>
       <c r="BL51" s="12">
-        <v>88.679154954741534</v>
+        <v>88.482742304741521</v>
       </c>
       <c r="BM51" s="12">
-        <v>202.99659416818906</v>
+        <v>206.37284138818893</v>
       </c>
       <c r="BN51" s="12">
-        <v>249.21208908853913</v>
+        <v>248.87684439853905</v>
       </c>
       <c r="BO51" s="12">
-        <v>-109.79104297043735</v>
+        <v>-110.2421476604372</v>
       </c>
       <c r="BP51" s="12">
-        <v>109.18345731009651</v>
+        <v>108.78184432009658</v>
       </c>
       <c r="BQ51" s="12">
-        <v>-54.175925680283996</v>
+        <v>-53.694479840283947</v>
       </c>
       <c r="BR51" s="12">
-        <v>188.61646987057543</v>
+        <v>188.1841393205755</v>
       </c>
       <c r="BS51" s="12">
-        <v>-9.3301579003461086</v>
+        <v>-9.7399399903459027</v>
       </c>
       <c r="BT51" s="12">
-        <v>248.84054636950771</v>
+        <v>248.43275089950771</v>
       </c>
       <c r="BU51" s="12">
-        <v>284.75602653051226</v>
+        <v>285.5624924505122</v>
       </c>
       <c r="BV51" s="12">
-        <v>-143.57399479976948</v>
+        <v>-143.91103752976937</v>
       </c>
       <c r="BW51" s="12">
-        <v>-163.51879270063662</v>
+        <v>-163.93301483063649</v>
       </c>
       <c r="BX51" s="12">
-        <v>61.519207350263983</v>
+        <v>60.08551065026397</v>
       </c>
       <c r="BY51" s="12">
-        <v>33.294303759805238</v>
+        <v>33.238318559805286</v>
       </c>
       <c r="BZ51" s="12">
-        <v>87.80848204968926</v>
+        <v>87.808482049689289</v>
       </c>
       <c r="CA51" s="12">
         <v>-11.775653915011519</v>
       </c>
       <c r="CB51" s="12">
         <v>184.79880521082802</v>
       </c>
       <c r="CC51" s="12">
         <v>-33.196042719625908</v>
       </c>
       <c r="CD51" s="12">
         <v>51.743082226726408</v>
       </c>
       <c r="CE51" s="12">
         <v>120.75508982438632</v>
       </c>
       <c r="CF51" s="12">
         <v>-73.241547529883675</v>
       </c>
       <c r="CG51" s="12">
         <v>-317.05780855122373</v>
       </c>
       <c r="CH51" s="12">
         <v>758.12980109918306</v>
       </c>
@@ -20084,98 +20165,101 @@
       <c r="DP51" s="12">
         <v>33.694772266843842</v>
       </c>
       <c r="DQ51" s="12">
         <v>-61.598770685602275</v>
       </c>
       <c r="DR51" s="12">
         <v>7.901918643183464</v>
       </c>
       <c r="DS51" s="12">
         <v>-86.664542924038102</v>
       </c>
       <c r="DT51" s="12">
         <v>533.2475051294274</v>
       </c>
       <c r="DU51" s="12">
         <v>-33.405258493343474</v>
       </c>
       <c r="DV51" s="12">
         <v>367.51163919026311</v>
       </c>
       <c r="DW51" s="12">
         <v>-82.848058384779733</v>
       </c>
       <c r="DX51" s="12">
-        <v>72.795083588521564</v>
+        <v>71.754415758521546</v>
       </c>
       <c r="DY51" s="12">
-        <v>-279.04899874604564</v>
+        <v>-281.81601600407623</v>
+      </c>
+      <c r="DZ51" s="12">
+        <v>363.53302714501649</v>
       </c>
     </row>
-    <row r="52" spans="2:129" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="52" spans="2:130" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B52" s="13" t="s">
         <v>134</v>
       </c>
       <c r="C52" s="12">
         <v>72.09933476847651</v>
       </c>
       <c r="D52" s="12">
         <v>119.86454203804415</v>
       </c>
       <c r="E52" s="12">
         <v>394.04130993662625</v>
       </c>
       <c r="F52" s="12">
         <v>547.00711083741737</v>
       </c>
       <c r="G52" s="12">
         <v>296.36645775220057</v>
       </c>
       <c r="H52" s="12">
         <v>244.49858411644615</v>
       </c>
       <c r="I52" s="12">
-        <v>159.50563424145278</v>
+        <v>160.59977519145278</v>
       </c>
       <c r="J52" s="12">
-        <v>499.12848935099709</v>
+        <v>499.02874053099708</v>
       </c>
       <c r="K52" s="12">
-        <v>335.08010180041765</v>
+        <v>334.40972928041805</v>
       </c>
       <c r="L52" s="12">
-        <v>403.76684601103238</v>
+        <v>406.16033120103225</v>
       </c>
       <c r="M52" s="12">
-        <v>414.29384358004188</v>
+        <v>413.53156379004224</v>
       </c>
       <c r="N52" s="12">
-        <v>226.50378538961385</v>
+        <v>226.15119097961403</v>
       </c>
       <c r="O52" s="12">
-        <v>175.42454644474697</v>
+        <v>173.93486454474703</v>
       </c>
       <c r="P52" s="12">
         <v>125.00853187231482</v>
       </c>
       <c r="Q52" s="12">
         <v>394.67190649285936</v>
       </c>
       <c r="R52" s="12">
         <v>-397.17209768953921</v>
       </c>
       <c r="S52" s="12">
         <v>55.189780710948952</v>
       </c>
       <c r="T52" s="12">
         <v>-183.13538953021572</v>
       </c>
       <c r="U52" s="12">
         <v>-251.25236812519603</v>
       </c>
       <c r="V52" s="12">
         <v>-835.57400209144748</v>
       </c>
       <c r="W52" s="12">
         <v>121.05901384163178</v>
       </c>
@@ -20245,126 +20329,126 @@
       <c r="AS52" s="12">
         <v>84.119632927959486</v>
       </c>
       <c r="AT52" s="12">
         <v>222.71549024009505</v>
       </c>
       <c r="AU52" s="12">
         <v>-20.679995677540546</v>
       </c>
       <c r="AV52" s="12">
         <v>65.061043897825812</v>
       </c>
       <c r="AW52" s="12">
         <v>61.419652096944162</v>
       </c>
       <c r="AX52" s="12">
         <v>64.971258480738783</v>
       </c>
       <c r="AY52" s="12">
         <v>53.046629640937397</v>
       </c>
       <c r="AZ52" s="12">
         <v>167.76296290396212</v>
       </c>
       <c r="BA52" s="12">
-        <v>-46.089896738944319</v>
+        <v>-45.613730078944272</v>
       </c>
       <c r="BB52" s="12">
-        <v>18.404885739994199</v>
+        <v>19.194281039994166</v>
       </c>
       <c r="BC52" s="12">
-        <v>19.427682336440768</v>
+        <v>19.25626132644075</v>
       </c>
       <c r="BD52" s="12">
-        <v>-22.995709438055584</v>
+        <v>-23.015416308055578</v>
       </c>
       <c r="BE52" s="12">
-        <v>15.576815727296406</v>
+        <v>15.690927957296424</v>
       </c>
       <c r="BF52" s="12">
-        <v>90.132838468877623</v>
+        <v>89.945926758877675</v>
       </c>
       <c r="BG52" s="12">
-        <v>416.41454459287866</v>
+        <v>416.40730212287855</v>
       </c>
       <c r="BH52" s="12">
-        <v>58.4071977401141</v>
+        <v>58.238916160114087</v>
       </c>
       <c r="BI52" s="12">
-        <v>140.1424618655526</v>
+        <v>140.14866912555266</v>
       </c>
       <c r="BJ52" s="12">
-        <v>167.60697572627095</v>
+        <v>167.29009880627098</v>
       </c>
       <c r="BK52" s="12">
-        <v>-31.076533531519999</v>
+        <v>-31.267954811519701</v>
       </c>
       <c r="BL52" s="12">
-        <v>67.151402094741542</v>
+        <v>66.954989444741528</v>
       </c>
       <c r="BM52" s="12">
-        <v>185.73659416818907</v>
+        <v>189.11284138818894</v>
       </c>
       <c r="BN52" s="12">
-        <v>255.41501135853912</v>
+        <v>255.07976666853904</v>
       </c>
       <c r="BO52" s="12">
-        <v>-104.53616161043735</v>
+        <v>-104.9872663004372</v>
       </c>
       <c r="BP52" s="12">
-        <v>289.1834572900965</v>
+        <v>288.78184430009657</v>
       </c>
       <c r="BQ52" s="12">
-        <v>-54.175925680283996</v>
+        <v>-53.694479840283947</v>
       </c>
       <c r="BR52" s="12">
-        <v>188.61646987057543</v>
+        <v>188.1841393205755</v>
       </c>
       <c r="BS52" s="12">
-        <v>-9.3301579003461086</v>
+        <v>-9.7399399903459027</v>
       </c>
       <c r="BT52" s="12">
-        <v>73.84054636950772</v>
+        <v>73.43275089950771</v>
       </c>
       <c r="BU52" s="12">
-        <v>284.75602652051225</v>
+        <v>285.56249244051219</v>
       </c>
       <c r="BV52" s="12">
-        <v>31.42600520023052</v>
+        <v>31.088962470230626</v>
       </c>
       <c r="BW52" s="12">
-        <v>-163.51879270063662</v>
+        <v>-163.93301483063649</v>
       </c>
       <c r="BX52" s="12">
-        <v>61.519207350263983</v>
+        <v>60.08551065026397</v>
       </c>
       <c r="BY52" s="12">
-        <v>33.530878229805239</v>
+        <v>33.474893029805287</v>
       </c>
       <c r="BZ52" s="12">
-        <v>92.308863369689263</v>
+        <v>92.308863369689291</v>
       </c>
       <c r="CA52" s="12">
         <v>-11.934402505011519</v>
       </c>
       <c r="CB52" s="12">
         <v>184.79785251082802</v>
       </c>
       <c r="CC52" s="12">
         <v>-53.44961879962591</v>
       </c>
       <c r="CD52" s="12">
         <v>72.905208336726403</v>
       </c>
       <c r="CE52" s="12">
         <v>-79.244910175613683</v>
       </c>
       <c r="CF52" s="12">
         <v>126.75845246011632</v>
       </c>
       <c r="CG52" s="12">
         <v>-317.05780855122373</v>
       </c>
       <c r="CH52" s="12">
         <v>758.12980109918306</v>
       </c>
@@ -20470,98 +20554,101 @@
       <c r="DP52" s="12">
         <v>53.62268914684384</v>
       </c>
       <c r="DQ52" s="12">
         <v>-46.779650375602273</v>
       </c>
       <c r="DR52" s="12">
         <v>-25.673259446816544</v>
       </c>
       <c r="DS52" s="12">
         <v>-74.172371254038097</v>
       </c>
       <c r="DT52" s="12">
         <v>553.80829609942737</v>
       </c>
       <c r="DU52" s="12">
         <v>-60.391702243343474</v>
       </c>
       <c r="DV52" s="12">
         <v>361.43999752026309</v>
       </c>
       <c r="DW52" s="12">
         <v>-13.928908384779731</v>
       </c>
       <c r="DX52" s="12">
-        <v>72.947575258521567</v>
+        <v>71.906907428521549</v>
       </c>
       <c r="DY52" s="12">
-        <v>-279.04899874604564</v>
+        <v>-281.81601600407623</v>
+      </c>
+      <c r="DZ52" s="12">
+        <v>363.53302714501649</v>
       </c>
     </row>
-    <row r="53" spans="2:129" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="53" spans="2:130" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B53" s="13" t="s">
         <v>110</v>
       </c>
       <c r="C53" s="12">
         <v>427.12363413625462</v>
       </c>
       <c r="D53" s="12">
         <v>475.55761454113747</v>
       </c>
       <c r="E53" s="12">
         <v>720.24250115878419</v>
       </c>
       <c r="F53" s="12">
         <v>863.06358715271722</v>
       </c>
       <c r="G53" s="12">
         <v>829.41606892113612</v>
       </c>
       <c r="H53" s="12">
         <v>619.10983008882738</v>
       </c>
       <c r="I53" s="12">
-        <v>697.49332177402471</v>
+        <v>700.51575097402463</v>
       </c>
       <c r="J53" s="12">
-        <v>1184.313276828859</v>
+        <v>1186.635747888859</v>
       </c>
       <c r="K53" s="12">
-        <v>1289.4609360869204</v>
+        <v>1291.1829856069207</v>
       </c>
       <c r="L53" s="12">
-        <v>1144.5507758465367</v>
+        <v>1150.4037051165367</v>
       </c>
       <c r="M53" s="12">
-        <v>961.82889364004188</v>
+        <v>965.21228230004203</v>
       </c>
       <c r="N53" s="12">
-        <v>933.48622889961382</v>
+        <v>936.82672199961405</v>
       </c>
       <c r="O53" s="12">
-        <v>815.77401457474696</v>
+        <v>816.40522473474698</v>
       </c>
       <c r="P53" s="12">
         <v>962.30635935231487</v>
       </c>
       <c r="Q53" s="12">
         <v>1467.3462995628597</v>
       </c>
       <c r="R53" s="12">
         <v>614.32628686246073</v>
       </c>
       <c r="S53" s="12">
         <v>1102.358834748499</v>
       </c>
       <c r="T53" s="12">
         <v>921.94188388210875</v>
       </c>
       <c r="U53" s="12">
         <v>555.87138477537906</v>
       </c>
       <c r="V53" s="12">
         <v>523.72242156545497</v>
       </c>
       <c r="W53" s="12">
         <v>1450.3325849281946</v>
       </c>
@@ -20631,123 +20718,123 @@
       <c r="AS53" s="12">
         <v>211.02384583223079</v>
       </c>
       <c r="AT53" s="12">
         <v>303.75742048468061</v>
       </c>
       <c r="AU53" s="12">
         <v>153.55293520866994</v>
       </c>
       <c r="AV53" s="12">
         <v>137.44402862172848</v>
       </c>
       <c r="AW53" s="12">
         <v>161.06370092522047</v>
       </c>
       <c r="AX53" s="12">
         <v>161.60272712095724</v>
       </c>
       <c r="AY53" s="12">
         <v>158.99937342092119</v>
       </c>
       <c r="AZ53" s="12">
         <v>270.70273941375808</v>
       </c>
       <c r="BA53" s="12">
-        <v>100.70897610293609</v>
+        <v>101.18514276293614</v>
       </c>
       <c r="BB53" s="12">
-        <v>147.35601947198199</v>
+        <v>149.43765566198198</v>
       </c>
       <c r="BC53" s="12">
-        <v>178.72558678534844</v>
+        <v>179.19021313534844</v>
       </c>
       <c r="BD53" s="12">
-        <v>91.295713971100199</v>
+        <v>91.906066511100207</v>
       </c>
       <c r="BE53" s="12">
-        <v>199.86233783702502</v>
+        <v>200.59163758702502</v>
       </c>
       <c r="BF53" s="12">
-        <v>210.32601583844215</v>
+        <v>210.74356853844216</v>
       </c>
       <c r="BG53" s="12">
-        <v>682.82920918229161</v>
+        <v>683.39447525229161</v>
       </c>
       <c r="BH53" s="12">
-        <v>153.70046608892306</v>
+        <v>154.07416349892307</v>
       </c>
       <c r="BI53" s="12">
-        <v>543.80000026064192</v>
+        <v>544.33454195064189</v>
       </c>
       <c r="BJ53" s="12">
-        <v>286.00525216590643</v>
+        <v>286.39397960590645</v>
       </c>
       <c r="BK53" s="12">
-        <v>305.95521757144894</v>
+        <v>306.38030055144924</v>
       </c>
       <c r="BL53" s="12">
-        <v>173.69450959876076</v>
+        <v>174.13067666876074</v>
       </c>
       <c r="BM53" s="12">
-        <v>456.70614412109626</v>
+        <v>460.1891451110962</v>
       </c>
       <c r="BN53" s="12">
-        <v>352.76689518572573</v>
+        <v>354.13968079572567</v>
       </c>
       <c r="BO53" s="12">
-        <v>161.38322694095402</v>
+        <v>161.94420254095402</v>
       </c>
       <c r="BP53" s="12">
-        <v>354.32712519009652</v>
+        <v>354.92581655009656</v>
       </c>
       <c r="BQ53" s="12">
-        <v>176.70473385971599</v>
+        <v>178.23595325971604</v>
       </c>
       <c r="BR53" s="12">
-        <v>259.66704510057548</v>
+        <v>260.31060764057548</v>
       </c>
       <c r="BS53" s="12">
-        <v>171.12998948965392</v>
+        <v>171.7399048496541</v>
       </c>
       <c r="BT53" s="12">
-        <v>141.56884040950771</v>
+        <v>142.1758802695077</v>
       </c>
       <c r="BU53" s="12">
-        <v>466.33845076051222</v>
+        <v>467.87336978051218</v>
       </c>
       <c r="BV53" s="12">
-        <v>125.3311552802305</v>
+        <v>125.91605163023063</v>
       </c>
       <c r="BW53" s="12">
-        <v>200.24778244936337</v>
+        <v>200.86142031936353</v>
       </c>
       <c r="BX53" s="12">
-        <v>139.64102932026398</v>
+        <v>140.27223948026398</v>
       </c>
       <c r="BY53" s="12">
-        <v>253.92385350980524</v>
+        <v>253.92385350980527</v>
       </c>
       <c r="BZ53" s="12">
         <v>203.63518801968925</v>
       </c>
       <c r="CA53" s="12">
         <v>218.57394372498845</v>
       </c>
       <c r="CB53" s="12">
         <v>314.42575652082797</v>
       </c>
       <c r="CC53" s="12">
         <v>243.46803765037419</v>
       </c>
       <c r="CD53" s="12">
         <v>198.37776216672637</v>
       </c>
       <c r="CE53" s="12">
         <v>206.03480301438631</v>
       </c>
       <c r="CF53" s="12">
         <v>227.64589018011631</v>
       </c>
       <c r="CG53" s="12">
         <v>92.336783148776249</v>
       </c>
@@ -20856,98 +20943,101 @@
       <c r="DP53" s="12">
         <v>183.11057259943385</v>
       </c>
       <c r="DQ53" s="12">
         <v>370.01335675455255</v>
       </c>
       <c r="DR53" s="12">
         <v>88.19425911750335</v>
       </c>
       <c r="DS53" s="12">
         <v>166.25522587826862</v>
       </c>
       <c r="DT53" s="12">
         <v>678.93962054838732</v>
       </c>
       <c r="DU53" s="12">
         <v>153.45489310431512</v>
       </c>
       <c r="DV53" s="12">
         <v>492.0699356579031</v>
       </c>
       <c r="DW53" s="12">
         <v>228.12806237496105</v>
       </c>
       <c r="DX53" s="12">
-        <v>225.66641126860156</v>
+        <v>224.62574343860155</v>
       </c>
       <c r="DY53" s="12">
-        <v>108.51696854247351</v>
+        <v>105.74995128444286</v>
+      </c>
+      <c r="DZ53" s="12">
+        <v>501.20893586333648</v>
       </c>
     </row>
-    <row r="54" spans="2:129" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="54" spans="2:130" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B54" s="13" t="s">
         <v>111</v>
       </c>
       <c r="C54" s="12">
         <v>355.02429936777816</v>
       </c>
       <c r="D54" s="12">
         <v>355.69307250309333</v>
       </c>
       <c r="E54" s="12">
         <v>326.20119122215789</v>
       </c>
       <c r="F54" s="12">
         <v>316.05647631529985</v>
       </c>
       <c r="G54" s="12">
         <v>533.04961116893548</v>
       </c>
       <c r="H54" s="12">
         <v>374.61124597238125</v>
       </c>
       <c r="I54" s="12">
-        <v>537.98768753257184</v>
+        <v>539.91597578257188</v>
       </c>
       <c r="J54" s="12">
-        <v>685.18478747786185</v>
+        <v>687.6070073578619</v>
       </c>
       <c r="K54" s="12">
-        <v>954.3808342865027</v>
+        <v>956.77325632650263</v>
       </c>
       <c r="L54" s="12">
-        <v>740.7839298355043</v>
+        <v>744.24337391550432</v>
       </c>
       <c r="M54" s="12">
-        <v>547.53505006</v>
+        <v>551.68071850999991</v>
       </c>
       <c r="N54" s="12">
-        <v>706.98244350999994</v>
+        <v>710.67553101999999</v>
       </c>
       <c r="O54" s="12">
-        <v>640.34946812999999</v>
+        <v>642.47036018999984</v>
       </c>
       <c r="P54" s="12">
         <v>837.29782748000002</v>
       </c>
       <c r="Q54" s="12">
         <v>1072.6743930700002</v>
       </c>
       <c r="R54" s="12">
         <v>1011.4983845520001</v>
       </c>
       <c r="S54" s="12">
         <v>1047.16905403755</v>
       </c>
       <c r="T54" s="12">
         <v>1105.0772734123243</v>
       </c>
       <c r="U54" s="12">
         <v>807.12375290057503</v>
       </c>
       <c r="V54" s="12">
         <v>1359.2964236569023</v>
       </c>
       <c r="W54" s="12">
         <v>1329.2735710865627</v>
       </c>
@@ -21020,123 +21110,123 @@
       <c r="AT54" s="12">
         <v>81.041930244585544</v>
       </c>
       <c r="AU54" s="12">
         <v>174.23293088621048</v>
       </c>
       <c r="AV54" s="12">
         <v>72.382984723902666</v>
       </c>
       <c r="AW54" s="12">
         <v>99.644048828276311</v>
       </c>
       <c r="AX54" s="12">
         <v>96.631468640218458</v>
       </c>
       <c r="AY54" s="12">
         <v>105.95274377998379</v>
       </c>
       <c r="AZ54" s="12">
         <v>102.93977650979596</v>
       </c>
       <c r="BA54" s="12">
         <v>146.79887284188041</v>
       </c>
       <c r="BB54" s="12">
-        <v>128.9511337319878</v>
+        <v>130.24337462198781</v>
       </c>
       <c r="BC54" s="12">
-        <v>159.29790444890767</v>
+        <v>159.93395180890769</v>
       </c>
       <c r="BD54" s="12">
-        <v>114.29142340915578</v>
+        <v>114.92148281915578</v>
       </c>
       <c r="BE54" s="12">
-        <v>184.28552210972862</v>
+        <v>184.9007096297286</v>
       </c>
       <c r="BF54" s="12">
-        <v>120.19317736956452</v>
+        <v>120.79764177956449</v>
       </c>
       <c r="BG54" s="12">
-        <v>266.41466458941295</v>
+        <v>266.98717312941307</v>
       </c>
       <c r="BH54" s="12">
-        <v>95.293268348808965</v>
+        <v>95.835247338808983</v>
       </c>
       <c r="BI54" s="12">
-        <v>403.65753839508932</v>
+        <v>404.18587282508923</v>
       </c>
       <c r="BJ54" s="12">
-        <v>118.3982764396355</v>
+        <v>119.10388079963549</v>
       </c>
       <c r="BK54" s="12">
-        <v>337.03175110296894</v>
+        <v>337.64825536296894</v>
       </c>
       <c r="BL54" s="12">
-        <v>106.54310750401922</v>
+        <v>107.17568722401921</v>
       </c>
       <c r="BM54" s="12">
-        <v>270.96954995290719</v>
+        <v>271.07630372290726</v>
       </c>
       <c r="BN54" s="12">
-        <v>97.351883827186626</v>
+        <v>99.059914127186644</v>
       </c>
       <c r="BO54" s="12">
-        <v>265.91938855139136</v>
+        <v>266.93146884139122</v>
       </c>
       <c r="BP54" s="12">
-        <v>65.143667899999997</v>
+        <v>66.143972250000004</v>
       </c>
       <c r="BQ54" s="12">
-        <v>230.88065953999998</v>
+        <v>231.93043309999999</v>
       </c>
       <c r="BR54" s="12">
-        <v>71.050575230000049</v>
+        <v>72.126468319999987</v>
       </c>
       <c r="BS54" s="12">
-        <v>180.46014739000003</v>
+        <v>181.47984484</v>
       </c>
       <c r="BT54" s="12">
-        <v>67.728294039999994</v>
+        <v>68.743129369999991</v>
       </c>
       <c r="BU54" s="12">
-        <v>181.58242423999997</v>
+        <v>182.31087733999999</v>
       </c>
       <c r="BV54" s="12">
-        <v>93.905150079999984</v>
+        <v>94.82708916</v>
       </c>
       <c r="BW54" s="12">
-        <v>363.76657514999999</v>
+        <v>364.79443515000003</v>
       </c>
       <c r="BX54" s="12">
-        <v>78.121821969999999</v>
+        <v>80.186728830000007</v>
       </c>
       <c r="BY54" s="12">
-        <v>220.39297528</v>
+        <v>220.44896047999998</v>
       </c>
       <c r="BZ54" s="12">
-        <v>111.32632464999999</v>
+        <v>111.32632464999996</v>
       </c>
       <c r="CA54" s="12">
         <v>230.50834622999997</v>
       </c>
       <c r="CB54" s="12">
         <v>129.62790400999995</v>
       </c>
       <c r="CC54" s="12">
         <v>296.91765645000009</v>
       </c>
       <c r="CD54" s="12">
         <v>125.47255382999997</v>
       </c>
       <c r="CE54" s="12">
         <v>285.27971319</v>
       </c>
       <c r="CF54" s="12">
         <v>100.88743771999999</v>
       </c>
       <c r="CG54" s="12">
         <v>409.39459169999998</v>
       </c>
       <c r="CH54" s="12">
         <v>119.59201481999999</v>
       </c>
@@ -21247,52 +21337,55 @@
       </c>
       <c r="DR54" s="12">
         <v>113.86751856431989</v>
       </c>
       <c r="DS54" s="12">
         <v>240.42759713230672</v>
       </c>
       <c r="DT54" s="12">
         <v>125.13132444896</v>
       </c>
       <c r="DU54" s="12">
         <v>213.84659534765859</v>
       </c>
       <c r="DV54" s="12">
         <v>130.62993813763998</v>
       </c>
       <c r="DW54" s="12">
         <v>242.05697075974078</v>
       </c>
       <c r="DX54" s="12">
         <v>152.71883601008</v>
       </c>
       <c r="DY54" s="12">
         <v>387.56596728851912</v>
       </c>
+      <c r="DZ54" s="12">
+        <v>137.67590871832002</v>
+      </c>
     </row>
-    <row r="55" spans="2:129" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="55" spans="2:130" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B55" s="13" t="s">
         <v>135</v>
       </c>
       <c r="C55" s="12">
         <v>338.17</v>
       </c>
       <c r="D55" s="12">
         <v>-399.55999999999995</v>
       </c>
       <c r="E55" s="12">
         <v>0</v>
       </c>
       <c r="F55" s="12">
         <v>0</v>
       </c>
       <c r="G55" s="12">
         <v>0</v>
       </c>
       <c r="H55" s="12">
         <v>0</v>
       </c>
       <c r="I55" s="12">
         <v>0</v>
       </c>
       <c r="J55" s="12">
@@ -21633,52 +21726,55 @@
       </c>
       <c r="DR55" s="12">
         <v>33.575178090000009</v>
       </c>
       <c r="DS55" s="12">
         <v>-12.492171669999999</v>
       </c>
       <c r="DT55" s="12">
         <v>-20.560790970000003</v>
       </c>
       <c r="DU55" s="12">
         <v>26.986443749999999</v>
       </c>
       <c r="DV55" s="12">
         <v>6.07164167</v>
       </c>
       <c r="DW55" s="12">
         <v>-68.919150000000002</v>
       </c>
       <c r="DX55" s="12">
         <v>-0.15249167</v>
       </c>
       <c r="DY55" s="12">
         <v>0</v>
       </c>
+      <c r="DZ55" s="12">
+        <v>0</v>
+      </c>
     </row>
-    <row r="56" spans="2:129" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="56" spans="2:130" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B56" s="13" t="s">
         <v>136</v>
       </c>
       <c r="C56" s="12">
         <v>141.56115331220548</v>
       </c>
       <c r="D56" s="12">
         <v>177.32451793337634</v>
       </c>
       <c r="E56" s="12">
         <v>88.200395088415348</v>
       </c>
       <c r="F56" s="12">
         <v>1022.9481063536675</v>
       </c>
       <c r="G56" s="12">
         <v>662.44979890229479</v>
       </c>
       <c r="H56" s="12">
         <v>819.43743695995113</v>
       </c>
       <c r="I56" s="12">
         <v>538.22757786521595</v>
       </c>
       <c r="J56" s="12">
@@ -22019,52 +22115,55 @@
       </c>
       <c r="DR56" s="12">
         <v>97.552241746795943</v>
       </c>
       <c r="DS56" s="12">
         <v>-131.17924359764757</v>
       </c>
       <c r="DT56" s="12">
         <v>66.890383816314539</v>
       </c>
       <c r="DU56" s="12">
         <v>103.70960681794818</v>
       </c>
       <c r="DV56" s="12">
         <v>-8.5538449937275871</v>
       </c>
       <c r="DW56" s="12">
         <v>257.92755616736383</v>
       </c>
       <c r="DX56" s="12">
         <v>92.009061478268421</v>
       </c>
       <c r="DY56" s="12">
         <v>935.42587873887726</v>
       </c>
+      <c r="DZ56" s="12">
+        <v>49.4873015829004</v>
+      </c>
     </row>
-    <row r="57" spans="2:129" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="57" spans="2:130" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B57" s="13" t="s">
         <v>137</v>
       </c>
       <c r="C57" s="12">
         <v>147.24115331220548</v>
       </c>
       <c r="D57" s="12">
         <v>182.73451793337637</v>
       </c>
       <c r="E57" s="12">
         <v>90.490395088415326</v>
       </c>
       <c r="F57" s="12">
         <v>936.75810635366759</v>
       </c>
       <c r="G57" s="12">
         <v>747.34595066927659</v>
       </c>
       <c r="H57" s="12">
         <v>267.08450691395996</v>
       </c>
       <c r="I57" s="12">
         <v>408.36922738504688</v>
       </c>
       <c r="J57" s="12">
@@ -22405,52 +22504,55 @@
       </c>
       <c r="DR57" s="12">
         <v>7.692497419999988</v>
       </c>
       <c r="DS57" s="12">
         <v>18.567096690000028</v>
       </c>
       <c r="DT57" s="12">
         <v>-4.4622908100000114</v>
       </c>
       <c r="DU57" s="12">
         <v>119.97592389999998</v>
       </c>
       <c r="DV57" s="12">
         <v>40.828076059999965</v>
       </c>
       <c r="DW57" s="12">
         <v>245.66636247000005</v>
       </c>
       <c r="DX57" s="12">
         <v>40.247572130000023</v>
       </c>
       <c r="DY57" s="12">
         <v>421.47064497999997</v>
       </c>
+      <c r="DZ57" s="12">
+        <v>95.270026980000011</v>
+      </c>
     </row>
-    <row r="58" spans="2:129" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="58" spans="2:130" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B58" s="13" t="s">
         <v>110</v>
       </c>
       <c r="C58" s="12">
         <v>820.82115331220552</v>
       </c>
       <c r="D58" s="12">
         <v>1008.9745179333763</v>
       </c>
       <c r="E58" s="12">
         <v>746.43039508841548</v>
       </c>
       <c r="F58" s="12">
         <v>1725.0781063536676</v>
       </c>
       <c r="G58" s="12">
         <v>1257.5459506692766</v>
       </c>
       <c r="H58" s="12">
         <v>1219.4945069139599</v>
       </c>
       <c r="I58" s="12">
         <v>2820.1092273850468</v>
       </c>
       <c r="J58" s="12">
@@ -22791,52 +22893,55 @@
       </c>
       <c r="DR58" s="12">
         <v>33.413089969999973</v>
       </c>
       <c r="DS58" s="12">
         <v>129.68990073000001</v>
       </c>
       <c r="DT58" s="12">
         <v>15.313061349999968</v>
       </c>
       <c r="DU58" s="12">
         <v>147.84235534000001</v>
       </c>
       <c r="DV58" s="12">
         <v>67.021827059999964</v>
       </c>
       <c r="DW58" s="12">
         <v>283.97696425000004</v>
       </c>
       <c r="DX58" s="12">
         <v>62.215881180000025</v>
       </c>
       <c r="DY58" s="12">
         <v>447.50853160999992</v>
       </c>
+      <c r="DZ58" s="12">
+        <v>115.16320203000001</v>
+      </c>
     </row>
-    <row r="59" spans="2:129" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="59" spans="2:130" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B59" s="13" t="s">
         <v>111</v>
       </c>
       <c r="C59" s="12">
         <v>673.58000000000015</v>
       </c>
       <c r="D59" s="12">
         <v>826.24</v>
       </c>
       <c r="E59" s="12">
         <v>655.94000000000017</v>
       </c>
       <c r="F59" s="12">
         <v>788.31999999999994</v>
       </c>
       <c r="G59" s="12">
         <v>510.2000000000001</v>
       </c>
       <c r="H59" s="12">
         <v>952.41000000000008</v>
       </c>
       <c r="I59" s="12">
         <v>2411.7399999999998</v>
       </c>
       <c r="J59" s="12">
@@ -23177,52 +23282,55 @@
       </c>
       <c r="DR59" s="12">
         <v>25.720592549999985</v>
       </c>
       <c r="DS59" s="12">
         <v>111.12280403999998</v>
       </c>
       <c r="DT59" s="12">
         <v>19.775352159999979</v>
       </c>
       <c r="DU59" s="12">
         <v>27.866431440000031</v>
       </c>
       <c r="DV59" s="12">
         <v>26.193750999999999</v>
       </c>
       <c r="DW59" s="12">
         <v>38.310601779999978</v>
       </c>
       <c r="DX59" s="12">
         <v>21.968309050000006</v>
       </c>
       <c r="DY59" s="12">
         <v>26.037886629999964</v>
       </c>
+      <c r="DZ59" s="12">
+        <v>19.893175049999996</v>
+      </c>
     </row>
-    <row r="60" spans="2:129" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="60" spans="2:130" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B60" s="13" t="s">
         <v>138</v>
       </c>
       <c r="C60" s="12">
         <v>-5.6800000000000024</v>
       </c>
       <c r="D60" s="12">
         <v>-5.4100000000000046</v>
       </c>
       <c r="E60" s="12">
         <v>-2.29</v>
       </c>
       <c r="F60" s="12">
         <v>86.189999999999984</v>
       </c>
       <c r="G60" s="12">
         <v>-84.896151766981731</v>
       </c>
       <c r="H60" s="12">
         <v>552.35293004599134</v>
       </c>
       <c r="I60" s="12">
         <v>129.85835048016901</v>
       </c>
       <c r="J60" s="12">
@@ -23563,93 +23671,96 @@
       </c>
       <c r="DR60" s="12">
         <v>89.859744326795948</v>
       </c>
       <c r="DS60" s="12">
         <v>-149.7463402876476</v>
       </c>
       <c r="DT60" s="12">
         <v>71.352674626314553</v>
       </c>
       <c r="DU60" s="12">
         <v>-16.266317082051792</v>
       </c>
       <c r="DV60" s="12">
         <v>-49.381921053727552</v>
       </c>
       <c r="DW60" s="12">
         <v>12.261193697363751</v>
       </c>
       <c r="DX60" s="12">
         <v>51.761489348268405</v>
       </c>
       <c r="DY60" s="12">
         <v>513.95523375887728</v>
       </c>
+      <c r="DZ60" s="12">
+        <v>-45.782725397099611</v>
+      </c>
     </row>
-    <row r="61" spans="2:129" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="61" spans="2:130" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B61" s="13" t="s">
         <v>139</v>
       </c>
       <c r="C61" s="12">
         <v>333.91948812438466</v>
       </c>
       <c r="D61" s="12">
         <v>43.67245796195585</v>
       </c>
       <c r="E61" s="12">
         <v>397.66399006337389</v>
       </c>
       <c r="F61" s="12">
         <v>1102.0886891625828</v>
       </c>
       <c r="G61" s="12">
         <v>1019.4370579641404</v>
       </c>
       <c r="H61" s="12">
         <v>1445.8867437972351</v>
       </c>
       <c r="I61" s="12">
-        <v>2365.5538346337034</v>
+        <v>2364.4596936837033</v>
       </c>
       <c r="J61" s="12">
-        <v>3718.536844757497</v>
+        <v>3718.6365935774966</v>
       </c>
       <c r="K61" s="12">
-        <v>3638.655648207699</v>
+        <v>3639.326020727699</v>
       </c>
       <c r="L61" s="12">
-        <v>423.42074963381594</v>
+        <v>421.02726444381653</v>
       </c>
       <c r="M61" s="12">
-        <v>-565.76713209000002</v>
+        <v>-565.00485229999992</v>
       </c>
       <c r="N61" s="12">
-        <v>-842.13638483000011</v>
+        <v>-841.78379042000006</v>
       </c>
       <c r="O61" s="12">
-        <v>-1366.6756163199993</v>
+        <v>-1365.1859344199993</v>
       </c>
       <c r="P61" s="12">
         <v>-621.70205196679501</v>
       </c>
       <c r="Q61" s="12">
         <v>499.34711103757047</v>
       </c>
       <c r="R61" s="12">
         <v>-160.24154541113026</v>
       </c>
       <c r="S61" s="12">
         <v>-596.88218902127392</v>
       </c>
       <c r="T61" s="12">
         <v>10.541819020298149</v>
       </c>
       <c r="U61" s="12">
         <v>261.00563204621233</v>
       </c>
       <c r="V61" s="12">
         <v>-2737.8125357479848</v>
       </c>
       <c r="W61" s="12">
         <v>-705.42615823648259</v>
       </c>
@@ -23719,123 +23830,123 @@
       <c r="AS61" s="12">
         <v>307.99355254625232</v>
       </c>
       <c r="AT61" s="12">
         <v>289.99078566208925</v>
       </c>
       <c r="AU61" s="12">
         <v>339.65104993598919</v>
       </c>
       <c r="AV61" s="12">
         <v>266.75477242046918</v>
       </c>
       <c r="AW61" s="12">
         <v>441.48727840662235</v>
       </c>
       <c r="AX61" s="12">
         <v>288.63552782988029</v>
       </c>
       <c r="AY61" s="12">
         <v>449.00916514026324</v>
       </c>
       <c r="AZ61" s="12">
         <v>353.50256327134474</v>
       </c>
       <c r="BA61" s="12">
-        <v>621.50473855365578</v>
+        <v>621.02857189365579</v>
       </c>
       <c r="BB61" s="12">
-        <v>953.84678418401563</v>
+        <v>953.05738888401584</v>
       </c>
       <c r="BC61" s="12">
-        <v>436.69974862468723</v>
+        <v>436.87116963468713</v>
       </c>
       <c r="BD61" s="12">
-        <v>642.27436094063535</v>
+        <v>642.29406781063528</v>
       </c>
       <c r="BE61" s="12">
-        <v>753.61126330564502</v>
+        <v>753.49715107564498</v>
       </c>
       <c r="BF61" s="12">
-        <v>1408.1184900569845</v>
+        <v>1408.3054017669847</v>
       </c>
       <c r="BG61" s="12">
-        <v>914.53273045423202</v>
+        <v>914.53997292423196</v>
       </c>
       <c r="BH61" s="12">
-        <v>921.77030985777844</v>
+        <v>921.93859143777843</v>
       </c>
       <c r="BI61" s="12">
-        <v>1047.2332462546053</v>
+        <v>1047.2270389946054</v>
       </c>
       <c r="BJ61" s="12">
-        <v>1131.0013034745996</v>
+        <v>1131.3181803945997</v>
       </c>
       <c r="BK61" s="12">
-        <v>538.65078862071607</v>
+        <v>538.84220990071583</v>
       </c>
       <c r="BL61" s="12">
-        <v>245.62556086787544</v>
+        <v>245.82197351787539</v>
       </c>
       <c r="BM61" s="12">
-        <v>192.85714816541872</v>
+        <v>189.48090094541908</v>
       </c>
       <c r="BN61" s="12">
-        <v>-16.11058343471403</v>
+        <v>-15.775338744713949</v>
       </c>
       <c r="BO61" s="12">
-        <v>1.0486240352358465</v>
+        <v>1.4997287252360394</v>
       </c>
       <c r="BP61" s="12">
-        <v>-122.24742939999993</v>
+        <v>-121.84581640999983</v>
       </c>
       <c r="BQ61" s="12">
-        <v>-230.60537753999967</v>
+        <v>-231.08682337999977</v>
       </c>
       <c r="BR61" s="12">
-        <v>-4.1077802400005936</v>
+        <v>-3.6754496900004057</v>
       </c>
       <c r="BS61" s="12">
-        <v>-208.80654490999984</v>
+        <v>-208.39676281999994</v>
       </c>
       <c r="BT61" s="12">
-        <v>361.05050882999973</v>
+        <v>361.45830429999972</v>
       </c>
       <c r="BU61" s="12">
-        <v>-356.36279774000002</v>
+        <v>-357.16926365999996</v>
       </c>
       <c r="BV61" s="12">
-        <v>-420.10196709999985</v>
+        <v>-419.76492436999996</v>
       </c>
       <c r="BW61" s="12">
-        <v>-426.72212881999997</v>
+        <v>-426.30790668999987</v>
       </c>
       <c r="BX61" s="12">
-        <v>-66.730930090000001</v>
+        <v>-65.29723338999996</v>
       </c>
       <c r="BY61" s="12">
-        <v>-159.38892452999994</v>
+        <v>-159.33293932999982</v>
       </c>
       <c r="BZ61" s="12">
         <v>-494.6488632199999</v>
       </c>
       <c r="CA61" s="12">
         <v>-645.90689847999954</v>
       </c>
       <c r="CB61" s="12">
         <v>-13.773085996128373</v>
       </c>
       <c r="CC61" s="12">
         <v>-202.37251814923309</v>
       </c>
       <c r="CD61" s="12">
         <v>-31.080837527362483</v>
       </c>
       <c r="CE61" s="12">
         <v>-374.47561029407109</v>
       </c>
       <c r="CF61" s="12">
         <v>498.79733645994156</v>
       </c>
       <c r="CG61" s="12">
         <v>227.50161206061176</v>
       </c>
@@ -23944,98 +24055,101 @@
       <c r="DP61" s="12">
         <v>-232.71712523327096</v>
       </c>
       <c r="DQ61" s="12">
         <v>224.74460714041911</v>
       </c>
       <c r="DR61" s="12">
         <v>-67.690969673818245</v>
       </c>
       <c r="DS61" s="12">
         <v>-94.245225539675857</v>
       </c>
       <c r="DT61" s="12">
         <v>50.518209419754584</v>
       </c>
       <c r="DU61" s="12">
         <v>557.79145866001363</v>
       </c>
       <c r="DV61" s="12">
         <v>-192.27009473914671</v>
       </c>
       <c r="DW61" s="12">
         <v>51.255374342606949</v>
       </c>
       <c r="DX61" s="12">
-        <v>-58.369546813000881</v>
+        <v>-57.100705587305455</v>
       </c>
       <c r="DY61" s="12">
-        <v>237.67648788638843</v>
+        <v>184.18603311624432</v>
+      </c>
+      <c r="DZ61" s="12">
+        <v>-149.09921268751742</v>
       </c>
     </row>
-    <row r="62" spans="2:129" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="62" spans="2:130" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B62" s="13" t="s">
         <v>140</v>
       </c>
       <c r="C62" s="12">
         <v>444.87948812438464</v>
       </c>
       <c r="D62" s="12">
         <v>27.259807961955858</v>
       </c>
       <c r="E62" s="12">
         <v>416.9039900633739</v>
       </c>
       <c r="F62" s="12">
         <v>1054.1786891625829</v>
       </c>
       <c r="G62" s="12">
         <v>973.07740796414043</v>
       </c>
       <c r="H62" s="12">
         <v>1385.6719937972348</v>
       </c>
       <c r="I62" s="12">
-        <v>2271.6823346337032</v>
+        <v>2270.5881936837036</v>
       </c>
       <c r="J62" s="12">
-        <v>3045.4622947574971</v>
+        <v>3045.5620435774968</v>
       </c>
       <c r="K62" s="12">
-        <v>3262.1952261339011</v>
+        <v>3262.8655986539015</v>
       </c>
       <c r="L62" s="12">
-        <v>254.4490340018159</v>
+        <v>252.05554881181649</v>
       </c>
       <c r="M62" s="12">
-        <v>-1115.2123335700003</v>
+        <v>-1114.45005378</v>
       </c>
       <c r="N62" s="12">
-        <v>-1264.0159745700003</v>
+        <v>-1263.6633801600001</v>
       </c>
       <c r="O62" s="12">
-        <v>-1895.6369412099996</v>
+        <v>-1894.1472593099993</v>
       </c>
       <c r="P62" s="12">
         <v>-655.90037650679506</v>
       </c>
       <c r="Q62" s="12">
         <v>152.63364747757043</v>
       </c>
       <c r="R62" s="12">
         <v>-265.0095704011303</v>
       </c>
       <c r="S62" s="12">
         <v>-702.77363791127391</v>
       </c>
       <c r="T62" s="12">
         <v>-153.59002972970188</v>
       </c>
       <c r="U62" s="12">
         <v>196.95840765621233</v>
       </c>
       <c r="V62" s="12">
         <v>-2549.1896935085724</v>
       </c>
       <c r="W62" s="12">
         <v>-871.71855466680415</v>
       </c>
@@ -24105,123 +24219,123 @@
       <c r="AS62" s="12">
         <v>289.99460254625234</v>
       </c>
       <c r="AT62" s="12">
         <v>275.31008566208925</v>
       </c>
       <c r="AU62" s="12">
         <v>358.77814993598918</v>
       </c>
       <c r="AV62" s="12">
         <v>252.08477242046916</v>
       </c>
       <c r="AW62" s="12">
         <v>379.99972840662235</v>
       </c>
       <c r="AX62" s="12">
         <v>189.81017782988022</v>
       </c>
       <c r="AY62" s="12">
         <v>563.77731514026323</v>
       </c>
       <c r="AZ62" s="12">
         <v>325.94671327134472</v>
       </c>
       <c r="BA62" s="12">
-        <v>521.57918855365585</v>
+        <v>521.10302189365586</v>
       </c>
       <c r="BB62" s="12">
-        <v>830.53538418401558</v>
+        <v>829.74598888401579</v>
       </c>
       <c r="BC62" s="12">
-        <v>593.62104862468721</v>
+        <v>593.79246963468711</v>
       </c>
       <c r="BD62" s="12">
-        <v>431.26286094063528</v>
+        <v>431.28256781063521</v>
       </c>
       <c r="BE62" s="12">
-        <v>685.43686330564503</v>
+        <v>685.32275107564499</v>
       </c>
       <c r="BF62" s="12">
-        <v>1156.0300900569844</v>
+        <v>1156.2170017669846</v>
       </c>
       <c r="BG62" s="12">
-        <v>772.73248045423202</v>
+        <v>772.73972292423196</v>
       </c>
       <c r="BH62" s="12">
-        <v>779.31879646573088</v>
+        <v>779.48707804573087</v>
       </c>
       <c r="BI62" s="12">
-        <v>883.31551705892673</v>
+        <v>883.30930979892685</v>
       </c>
       <c r="BJ62" s="12">
-        <v>1012.1454346550795</v>
+        <v>1012.4623115750796</v>
       </c>
       <c r="BK62" s="12">
-        <v>587.41547795416432</v>
+        <v>587.60689923416408</v>
       </c>
       <c r="BL62" s="12">
-        <v>316.8650310698755</v>
+        <v>317.06144371987546</v>
       </c>
       <c r="BM62" s="12">
-        <v>24.518221022418629</v>
+        <v>21.141973802418988</v>
       </c>
       <c r="BN62" s="12">
-        <v>-96.226222081714013</v>
+        <v>-95.890977391713932</v>
       </c>
       <c r="BO62" s="12">
-        <v>9.2920039912357879</v>
+        <v>9.7431086812359808</v>
       </c>
       <c r="BP62" s="12">
-        <v>-326.09852634999993</v>
+        <v>-325.69691335999983</v>
       </c>
       <c r="BQ62" s="12">
-        <v>-324.18861707999974</v>
+        <v>-324.67006291999985</v>
       </c>
       <c r="BR62" s="12">
-        <v>-60.768444290000616</v>
+        <v>-60.336113740000428</v>
       </c>
       <c r="BS62" s="12">
-        <v>-404.15674584999988</v>
+        <v>-403.74696375999997</v>
       </c>
       <c r="BT62" s="12">
-        <v>-136.70701496000015</v>
+        <v>-136.29921949000016</v>
       </c>
       <c r="BU62" s="12">
-        <v>-287.03337499000008</v>
+        <v>-287.83984091000002</v>
       </c>
       <c r="BV62" s="12">
-        <v>-352.53358502999981</v>
+        <v>-352.19654229999992</v>
       </c>
       <c r="BW62" s="12">
-        <v>-487.74199959000009</v>
+        <v>-487.32777745999999</v>
       </c>
       <c r="BX62" s="12">
-        <v>-154.14602642</v>
+        <v>-152.71232971999996</v>
       </c>
       <c r="BY62" s="12">
-        <v>-431.89935463999996</v>
+        <v>-431.84336943999983</v>
       </c>
       <c r="BZ62" s="12">
         <v>-534.52227287000005</v>
       </c>
       <c r="CA62" s="12">
         <v>-775.06928727999957</v>
       </c>
       <c r="CB62" s="12">
         <v>-105.44925562612832</v>
       </c>
       <c r="CC62" s="12">
         <v>-207.67947087923312</v>
       </c>
       <c r="CD62" s="12">
         <v>25.047477362637437</v>
       </c>
       <c r="CE62" s="12">
         <v>-367.81912736407105</v>
       </c>
       <c r="CF62" s="12">
         <v>347.51475794994155</v>
       </c>
       <c r="CG62" s="12">
         <v>61.358746510611809</v>
       </c>
@@ -24330,98 +24444,101 @@
       <c r="DP62" s="12">
         <v>-155.54498683212216</v>
       </c>
       <c r="DQ62" s="12">
         <v>106.36898739993796</v>
       </c>
       <c r="DR62" s="12">
         <v>-83.536848449630099</v>
       </c>
       <c r="DS62" s="12">
         <v>69.109177717397984</v>
       </c>
       <c r="DT62" s="12">
         <v>142.49358615257268</v>
       </c>
       <c r="DU62" s="12">
         <v>482.9183757421892</v>
       </c>
       <c r="DV62" s="12">
         <v>-109.15829882179094</v>
       </c>
       <c r="DW62" s="12">
         <v>-5.7276194805046998</v>
       </c>
       <c r="DX62" s="12">
-        <v>-153.7903478093574</v>
+        <v>-152.65354219868698</v>
       </c>
       <c r="DY62" s="12">
-        <v>219.74860115461797</v>
+        <v>166.25764984173634</v>
+      </c>
+      <c r="DZ62" s="12">
+        <v>-123.06676313576133</v>
       </c>
     </row>
-    <row r="63" spans="2:129" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="63" spans="2:130" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B63" s="13" t="s">
         <v>110</v>
       </c>
       <c r="C63" s="12">
         <v>1184.4634387566066</v>
       </c>
       <c r="D63" s="12">
         <v>1167.3194354588627</v>
       </c>
       <c r="E63" s="12">
         <v>1482.6586988412159</v>
       </c>
       <c r="F63" s="12">
         <v>2159.1058128472832</v>
       </c>
       <c r="G63" s="12">
         <v>2498.826046795205</v>
       </c>
       <c r="H63" s="12">
         <v>2943.6811702872906</v>
       </c>
       <c r="I63" s="12">
-        <v>4377.8558951264858</v>
+        <v>4374.8334659264856</v>
       </c>
       <c r="J63" s="12">
-        <v>5869.6072160336844</v>
+        <v>5867.2847449736846</v>
       </c>
       <c r="K63" s="12">
-        <v>6643.3201390158665</v>
+        <v>6641.5980894958666</v>
       </c>
       <c r="L63" s="12">
-        <v>4316.7420148851979</v>
+        <v>4310.8890856151984</v>
       </c>
       <c r="M63" s="12">
-        <v>3929.8989865399999</v>
+        <v>3926.5155978799999</v>
       </c>
       <c r="N63" s="12">
-        <v>2585.2799215699997</v>
+        <v>2581.9394284699997</v>
       </c>
       <c r="O63" s="12">
-        <v>3085.7765120900003</v>
+        <v>3085.1453019300006</v>
       </c>
       <c r="P63" s="12">
         <v>4107.9610551932055</v>
       </c>
       <c r="Q63" s="12">
         <v>4428.3478567775701</v>
       </c>
       <c r="R63" s="12">
         <v>3619.3289965068693</v>
       </c>
       <c r="S63" s="12">
         <v>3811.5969563911754</v>
       </c>
       <c r="T63" s="12">
         <v>3451.8338400779735</v>
       </c>
       <c r="U63" s="12">
         <v>4488.7096862756362</v>
       </c>
       <c r="V63" s="12">
         <v>3656.3685944727754</v>
       </c>
       <c r="W63" s="12">
         <v>2688.0257124518234</v>
       </c>
@@ -24491,120 +24608,120 @@
       <c r="AS63" s="12">
         <v>658.52283964198102</v>
       </c>
       <c r="AT63" s="12">
         <v>675.48740541750374</v>
       </c>
       <c r="AU63" s="12">
         <v>672.45886904977874</v>
       </c>
       <c r="AV63" s="12">
         <v>604.4870508142136</v>
       </c>
       <c r="AW63" s="12">
         <v>681.23687957834579</v>
       </c>
       <c r="AX63" s="12">
         <v>581.67145918966173</v>
       </c>
       <c r="AY63" s="12">
         <v>1076.2857807050696</v>
       </c>
       <c r="AZ63" s="12">
         <v>664.55089061465628</v>
       </c>
       <c r="BA63" s="12">
-        <v>949.25974587834264</v>
+        <v>948.78357921834265</v>
       </c>
       <c r="BB63" s="12">
-        <v>1156.2276004520274</v>
+        <v>1154.1459642620275</v>
       </c>
       <c r="BC63" s="12">
-        <v>1607.8176581814591</v>
+        <v>1607.353031831459</v>
       </c>
       <c r="BD63" s="12">
-        <v>1011.5194948606353</v>
+        <v>1010.9091423206352</v>
       </c>
       <c r="BE63" s="12">
-        <v>1417.0776228392567</v>
+        <v>1416.3483230892566</v>
       </c>
       <c r="BF63" s="12">
-        <v>1826.8891523195609</v>
+        <v>1826.4715996195612</v>
       </c>
       <c r="BG63" s="12">
-        <v>1614.1209460142318</v>
+        <v>1613.5556799442318</v>
       </c>
       <c r="BH63" s="12">
-        <v>1442.8596609269798</v>
+        <v>1442.4859635169798</v>
       </c>
       <c r="BI63" s="12">
-        <v>1779.9021280695501</v>
+        <v>1779.3675863795502</v>
       </c>
       <c r="BJ63" s="12">
-        <v>2038.3087276731758</v>
+        <v>2037.9200002331759</v>
       </c>
       <c r="BK63" s="12">
-        <v>1382.2496223461605</v>
+        <v>1381.8245393661603</v>
       </c>
       <c r="BL63" s="12">
-        <v>1063.1941582113682</v>
+        <v>1062.7579911413682</v>
       </c>
       <c r="BM63" s="12">
-        <v>1204.5758262652919</v>
+        <v>1201.0928252752922</v>
       </c>
       <c r="BN63" s="12">
-        <v>942.13453694582245</v>
+        <v>940.76175133582251</v>
       </c>
       <c r="BO63" s="12">
-        <v>1106.8374934627152</v>
+        <v>1106.2765178627153</v>
       </c>
       <c r="BP63" s="12">
-        <v>804.17269775</v>
+        <v>803.57400639000002</v>
       </c>
       <c r="BQ63" s="12">
-        <v>953.68788341000015</v>
+        <v>952.1566640100001</v>
       </c>
       <c r="BR63" s="12">
-        <v>932.68038420999983</v>
+        <v>932.03682166999988</v>
       </c>
       <c r="BS63" s="12">
-        <v>1239.35802117</v>
+        <v>1238.7481058099997</v>
       </c>
       <c r="BT63" s="12">
-        <v>696.33853169999998</v>
+        <v>695.73149183999999</v>
       </c>
       <c r="BU63" s="12">
-        <v>700.08761206999998</v>
+        <v>698.55269305000002</v>
       </c>
       <c r="BV63" s="12">
-        <v>549.51673372000005</v>
+        <v>548.93183737000004</v>
       </c>
       <c r="BW63" s="12">
-        <v>639.33704407999983</v>
+        <v>638.72340620999978</v>
       </c>
       <c r="BX63" s="12">
-        <v>806.65632755000001</v>
+        <v>806.02511738999999</v>
       </c>
       <c r="BY63" s="12">
         <v>712.27862065000022</v>
       </c>
       <c r="BZ63" s="12">
         <v>800.53615699000011</v>
       </c>
       <c r="CA63" s="12">
         <v>766.30540690000021</v>
       </c>
       <c r="CB63" s="12">
         <v>771.60929327387169</v>
       </c>
       <c r="CC63" s="12">
         <v>1367.2851305207669</v>
       </c>
       <c r="CD63" s="12">
         <v>1015.7926782126376</v>
       </c>
       <c r="CE63" s="12">
         <v>953.27395318592937</v>
       </c>
       <c r="CF63" s="12">
         <v>1358.9123688799416</v>
       </c>
@@ -24716,98 +24833,101 @@
       <c r="DP63" s="12">
         <v>436.55571501258464</v>
       </c>
       <c r="DQ63" s="12">
         <v>780.94388469904823</v>
       </c>
       <c r="DR63" s="12">
         <v>473.73705561558228</v>
       </c>
       <c r="DS63" s="12">
         <v>608.61822605766929</v>
       </c>
       <c r="DT63" s="12">
         <v>616.11266343909085</v>
       </c>
       <c r="DU63" s="12">
         <v>958.0151557643569</v>
       </c>
       <c r="DV63" s="12">
         <v>610.16773655230406</v>
       </c>
       <c r="DW63" s="12">
         <v>704.08121947099937</v>
       </c>
       <c r="DX63" s="12">
-        <v>675.25149957674284</v>
+        <v>676.38830518741327</v>
       </c>
       <c r="DY63" s="12">
-        <v>819.55777279935455</v>
+        <v>766.13769172647301</v>
+      </c>
+      <c r="DZ63" s="12">
+        <v>483.24733441378226</v>
       </c>
     </row>
-    <row r="64" spans="2:129" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="64" spans="2:130" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B64" s="13" t="s">
         <v>111</v>
       </c>
       <c r="C64" s="12">
         <v>739.58395063222179</v>
       </c>
       <c r="D64" s="12">
         <v>1140.0596274969068</v>
       </c>
       <c r="E64" s="12">
         <v>1065.7547087778421</v>
       </c>
       <c r="F64" s="12">
         <v>1104.9271236847003</v>
       </c>
       <c r="G64" s="12">
         <v>1525.7486388310649</v>
       </c>
       <c r="H64" s="12">
         <v>1558.0091764900558</v>
       </c>
       <c r="I64" s="12">
-        <v>2106.1735604927821</v>
+        <v>2104.245272242782</v>
       </c>
       <c r="J64" s="12">
-        <v>2824.1449212761881</v>
+        <v>2821.7227013961879</v>
       </c>
       <c r="K64" s="12">
-        <v>3381.124912881965</v>
+        <v>3378.7324908419646</v>
       </c>
       <c r="L64" s="12">
-        <v>4062.2929808833819</v>
+        <v>4058.8335368033813</v>
       </c>
       <c r="M64" s="12">
-        <v>5045.1113201099997</v>
+        <v>5040.9656516599998</v>
       </c>
       <c r="N64" s="12">
-        <v>3849.29589614</v>
+        <v>3845.6028086299998</v>
       </c>
       <c r="O64" s="12">
-        <v>4981.4134532999997</v>
+        <v>4979.2925612399995</v>
       </c>
       <c r="P64" s="12">
         <v>4763.8614317000001</v>
       </c>
       <c r="Q64" s="12">
         <v>4275.7142092999993</v>
       </c>
       <c r="R64" s="12">
         <v>3884.3385669079998</v>
       </c>
       <c r="S64" s="12">
         <v>4514.3705943024488</v>
       </c>
       <c r="T64" s="12">
         <v>3605.4238698076756</v>
       </c>
       <c r="U64" s="12">
         <v>4291.7512786194247</v>
       </c>
       <c r="V64" s="12">
         <v>6205.5582879813483</v>
       </c>
       <c r="W64" s="12">
         <v>3559.7442671186277</v>
       </c>
@@ -24880,120 +25000,120 @@
       <c r="AT64" s="12">
         <v>400.17731975541449</v>
       </c>
       <c r="AU64" s="12">
         <v>313.68071911378956</v>
       </c>
       <c r="AV64" s="12">
         <v>352.40227839374444</v>
       </c>
       <c r="AW64" s="12">
         <v>301.23715117172344</v>
       </c>
       <c r="AX64" s="12">
         <v>391.86128135978151</v>
       </c>
       <c r="AY64" s="12">
         <v>512.50846556480633</v>
       </c>
       <c r="AZ64" s="12">
         <v>338.60417734331156</v>
       </c>
       <c r="BA64" s="12">
         <v>427.68055732468679</v>
       </c>
       <c r="BB64" s="12">
-        <v>325.6922162680118</v>
+        <v>324.39997537801179</v>
       </c>
       <c r="BC64" s="12">
-        <v>1014.1966095567719</v>
+        <v>1013.5605621967719</v>
       </c>
       <c r="BD64" s="12">
-        <v>580.25663392000001</v>
+        <v>579.62657450999995</v>
       </c>
       <c r="BE64" s="12">
-        <v>731.64075953361169</v>
+        <v>731.02557201361162</v>
       </c>
       <c r="BF64" s="12">
-        <v>670.85906226257657</v>
+        <v>670.25459785257658</v>
       </c>
       <c r="BG64" s="12">
-        <v>841.38846555999976</v>
+        <v>840.81595701999981</v>
       </c>
       <c r="BH64" s="12">
-        <v>663.54086446124893</v>
+        <v>662.99888547124897</v>
       </c>
       <c r="BI64" s="12">
-        <v>896.58661101062341</v>
+        <v>896.05827658062333</v>
       </c>
       <c r="BJ64" s="12">
-        <v>1026.1632930180963</v>
+        <v>1025.4576886580962</v>
       </c>
       <c r="BK64" s="12">
-        <v>794.83414439199623</v>
+        <v>794.21764013199618</v>
       </c>
       <c r="BL64" s="12">
-        <v>746.32912714149268</v>
+        <v>745.69654742149271</v>
       </c>
       <c r="BM64" s="12">
-        <v>1180.0576052428733</v>
+        <v>1179.9508514728732</v>
       </c>
       <c r="BN64" s="12">
-        <v>1038.3607590275365</v>
+        <v>1036.6527287275364</v>
       </c>
       <c r="BO64" s="12">
-        <v>1097.5454894714794</v>
+        <v>1096.5334091814793</v>
       </c>
       <c r="BP64" s="12">
-        <v>1130.2712240999999</v>
+        <v>1129.2709197499998</v>
       </c>
       <c r="BQ64" s="12">
-        <v>1277.8765004899999</v>
+        <v>1276.8267269299999</v>
       </c>
       <c r="BR64" s="12">
-        <v>993.44882850000045</v>
+        <v>992.37293541000031</v>
       </c>
       <c r="BS64" s="12">
-        <v>1643.5147670199999</v>
+        <v>1642.4950695699997</v>
       </c>
       <c r="BT64" s="12">
-        <v>833.04554666000013</v>
+        <v>832.03071133000014</v>
       </c>
       <c r="BU64" s="12">
-        <v>987.12098706000006</v>
+        <v>986.39253396000004</v>
       </c>
       <c r="BV64" s="12">
-        <v>902.05031874999986</v>
+        <v>901.12837966999996</v>
       </c>
       <c r="BW64" s="12">
-        <v>1127.0790436699999</v>
+        <v>1126.0511836699998</v>
       </c>
       <c r="BX64" s="12">
-        <v>960.80235397000001</v>
+        <v>958.73744710999995</v>
       </c>
       <c r="BY64" s="12">
-        <v>1144.1779752900002</v>
+        <v>1144.1219900900001</v>
       </c>
       <c r="BZ64" s="12">
         <v>1335.0584298600002</v>
       </c>
       <c r="CA64" s="12">
         <v>1541.3746941799998</v>
       </c>
       <c r="CB64" s="12">
         <v>877.05854890000001</v>
       </c>
       <c r="CC64" s="12">
         <v>1574.9646014</v>
       </c>
       <c r="CD64" s="12">
         <v>990.74520085000017</v>
       </c>
       <c r="CE64" s="12">
         <v>1321.0930805500004</v>
       </c>
       <c r="CF64" s="12">
         <v>1011.39761093</v>
       </c>
       <c r="CG64" s="12">
         <v>1342.88627445</v>
       </c>
@@ -25105,54 +25225,57 @@
       <c r="DQ64" s="12">
         <v>674.57489729911026</v>
       </c>
       <c r="DR64" s="12">
         <v>557.27390406521238</v>
       </c>
       <c r="DS64" s="12">
         <v>539.50904834027131</v>
       </c>
       <c r="DT64" s="12">
         <v>473.61907728651818</v>
       </c>
       <c r="DU64" s="12">
         <v>475.09678002216771</v>
       </c>
       <c r="DV64" s="12">
         <v>719.326035374095</v>
       </c>
       <c r="DW64" s="12">
         <v>709.80883895150407</v>
       </c>
       <c r="DX64" s="12">
         <v>829.04184738610024</v>
       </c>
       <c r="DY64" s="12">
-        <v>599.80917164473658</v>
+        <v>599.88004188473667</v>
+      </c>
+      <c r="DZ64" s="12">
+        <v>606.31409754954359</v>
       </c>
     </row>
-    <row r="65" spans="2:129" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="65" spans="2:130" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B65" s="13" t="s">
         <v>141</v>
       </c>
       <c r="C65" s="12">
         <v>-110.96000000000001</v>
       </c>
       <c r="D65" s="12">
         <v>16.412649999999992</v>
       </c>
       <c r="E65" s="12">
         <v>-19.239999999999995</v>
       </c>
       <c r="F65" s="12">
         <v>47.91</v>
       </c>
       <c r="G65" s="12">
         <v>46.359650000000002</v>
       </c>
       <c r="H65" s="12">
         <v>60.214750000000038</v>
       </c>
       <c r="I65" s="12">
         <v>93.871499999999969</v>
       </c>
       <c r="J65" s="12">
@@ -25488,57 +25611,60 @@
       <c r="DP65" s="12">
         <v>-77.1721384011488</v>
       </c>
       <c r="DQ65" s="12">
         <v>118.37561974048114</v>
       </c>
       <c r="DR65" s="12">
         <v>15.845878775811855</v>
       </c>
       <c r="DS65" s="12">
         <v>-163.35440325707384</v>
       </c>
       <c r="DT65" s="12">
         <v>-91.975376732818091</v>
       </c>
       <c r="DU65" s="12">
         <v>74.873082917824448</v>
       </c>
       <c r="DV65" s="12">
         <v>-83.111795917355778</v>
       </c>
       <c r="DW65" s="12">
         <v>56.982993823111649</v>
       </c>
       <c r="DX65" s="12">
-        <v>95.420800996356519</v>
+        <v>95.552836611381522</v>
       </c>
       <c r="DY65" s="12">
-        <v>17.927886731770471</v>
+        <v>17.928383274507969</v>
+      </c>
+      <c r="DZ65" s="12">
+        <v>-26.032449551756081</v>
       </c>
     </row>
-    <row r="66" spans="2:129" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="66" spans="2:130" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B66" s="13" t="s">
         <v>156</v>
       </c>
       <c r="C66" s="12">
         <v>313.15999999999997</v>
       </c>
       <c r="D66" s="12">
         <v>187.54117357683316</v>
       </c>
       <c r="E66" s="12">
         <v>257.14386806436812</v>
       </c>
       <c r="F66" s="12">
         <v>130.46478765322794</v>
       </c>
       <c r="G66" s="12">
         <v>112.41926463568217</v>
       </c>
       <c r="H66" s="12">
         <v>188.2579607192007</v>
       </c>
       <c r="I66" s="12">
         <v>296.28300862801871</v>
       </c>
       <c r="J66" s="12">
@@ -25874,57 +26000,60 @@
       <c r="DP66" s="12">
         <v>877.4342168272367</v>
       </c>
       <c r="DQ66" s="12">
         <v>768.79043175109018</v>
       </c>
       <c r="DR66" s="12">
         <v>-1002.7778366594946</v>
       </c>
       <c r="DS66" s="12">
         <v>-148.16160953997806</v>
       </c>
       <c r="DT66" s="12">
         <v>792.59266822019879</v>
       </c>
       <c r="DU66" s="12">
         <v>828.71094421520297</v>
       </c>
       <c r="DV66" s="12">
         <v>-818.65559781247509</v>
       </c>
       <c r="DW66" s="12">
         <v>-88.971853782906777</v>
       </c>
       <c r="DX66" s="12">
-        <v>816.40051921885311</v>
+        <v>834.93467959885311</v>
       </c>
       <c r="DY66" s="12">
-        <v>379.0817744948593</v>
+        <v>469.25721437485919</v>
+      </c>
+      <c r="DZ66" s="12">
+        <v>-862.57967577431259</v>
       </c>
     </row>
-    <row r="67" spans="2:129" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="67" spans="2:130" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B67" s="13" t="s">
         <v>142</v>
       </c>
       <c r="C67" s="12">
         <v>-0.26</v>
       </c>
       <c r="D67" s="12">
         <v>1.21</v>
       </c>
       <c r="E67" s="12">
         <v>-0.15000000000000005</v>
       </c>
       <c r="F67" s="12">
         <v>-0.67</v>
       </c>
       <c r="G67" s="12">
         <v>-0.51</v>
       </c>
       <c r="H67" s="12">
         <v>0.63</v>
       </c>
       <c r="I67" s="12">
         <v>-0.66000000000000014</v>
       </c>
       <c r="J67" s="12">
@@ -26265,52 +26394,55 @@
       </c>
       <c r="DR67" s="12">
         <v>0</v>
       </c>
       <c r="DS67" s="12">
         <v>0</v>
       </c>
       <c r="DT67" s="12">
         <v>0</v>
       </c>
       <c r="DU67" s="12">
         <v>0</v>
       </c>
       <c r="DV67" s="12">
         <v>0</v>
       </c>
       <c r="DW67" s="12">
         <v>20.357349299999999</v>
       </c>
       <c r="DX67" s="12">
         <v>-19.889646299999999</v>
       </c>
       <c r="DY67" s="12">
         <v>0</v>
       </c>
+      <c r="DZ67" s="12">
+        <v>0</v>
+      </c>
     </row>
-    <row r="68" spans="2:129" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="68" spans="2:130" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B68" s="13" t="s">
         <v>143</v>
       </c>
       <c r="C68" s="12">
         <v>-0.26</v>
       </c>
       <c r="D68" s="12">
         <v>1.21</v>
       </c>
       <c r="E68" s="12">
         <v>-0.15000000000000005</v>
       </c>
       <c r="F68" s="12">
         <v>-0.67</v>
       </c>
       <c r="G68" s="12">
         <v>-0.51</v>
       </c>
       <c r="H68" s="12">
         <v>0.63</v>
       </c>
       <c r="I68" s="12">
         <v>-0.66000000000000014</v>
       </c>
       <c r="J68" s="12">
@@ -26651,52 +26783,55 @@
       </c>
       <c r="DR68" s="12">
         <v>0</v>
       </c>
       <c r="DS68" s="12">
         <v>0</v>
       </c>
       <c r="DT68" s="12">
         <v>0</v>
       </c>
       <c r="DU68" s="12">
         <v>0</v>
       </c>
       <c r="DV68" s="12">
         <v>0</v>
       </c>
       <c r="DW68" s="12">
         <v>0</v>
       </c>
       <c r="DX68" s="12">
         <v>0</v>
       </c>
       <c r="DY68" s="12">
         <v>0</v>
       </c>
+      <c r="DZ68" s="12">
+        <v>0</v>
+      </c>
     </row>
-    <row r="69" spans="2:129" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="69" spans="2:130" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B69" s="13" t="s">
         <v>144</v>
       </c>
       <c r="C69" s="12">
         <v>0</v>
       </c>
       <c r="D69" s="12">
         <v>0</v>
       </c>
       <c r="E69" s="12">
         <v>0</v>
       </c>
       <c r="F69" s="12">
         <v>0</v>
       </c>
       <c r="G69" s="12">
         <v>0</v>
       </c>
       <c r="H69" s="12">
         <v>0</v>
       </c>
       <c r="I69" s="12">
         <v>0</v>
       </c>
       <c r="J69" s="12">
@@ -27037,52 +27172,55 @@
       </c>
       <c r="DR69" s="12">
         <v>0</v>
       </c>
       <c r="DS69" s="12">
         <v>0</v>
       </c>
       <c r="DT69" s="12">
         <v>0</v>
       </c>
       <c r="DU69" s="12">
         <v>0</v>
       </c>
       <c r="DV69" s="12">
         <v>0</v>
       </c>
       <c r="DW69" s="12">
         <v>20.357349299999999</v>
       </c>
       <c r="DX69" s="12">
         <v>-19.889646299999999</v>
       </c>
       <c r="DY69" s="12">
         <v>0</v>
       </c>
+      <c r="DZ69" s="12">
+        <v>0</v>
+      </c>
     </row>
-    <row r="70" spans="2:129" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="70" spans="2:130" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B70" s="13" t="s">
         <v>145</v>
       </c>
       <c r="C70" s="12">
         <v>313.42</v>
       </c>
       <c r="D70" s="12">
         <v>186.33117357683315</v>
       </c>
       <c r="E70" s="12">
         <v>257.2938680643681</v>
       </c>
       <c r="F70" s="12">
         <v>131.13478765322793</v>
       </c>
       <c r="G70" s="12">
         <v>112.92926463568217</v>
       </c>
       <c r="H70" s="12">
         <v>187.62796071920067</v>
       </c>
       <c r="I70" s="12">
         <v>296.94300862801867</v>
       </c>
       <c r="J70" s="12">
@@ -27418,57 +27556,60 @@
       <c r="DP70" s="12">
         <v>877.4342168272367</v>
       </c>
       <c r="DQ70" s="12">
         <v>768.79043175109018</v>
       </c>
       <c r="DR70" s="12">
         <v>-1002.7778366594946</v>
       </c>
       <c r="DS70" s="12">
         <v>-148.16160953997806</v>
       </c>
       <c r="DT70" s="12">
         <v>792.59266822019879</v>
       </c>
       <c r="DU70" s="12">
         <v>828.71094421520297</v>
       </c>
       <c r="DV70" s="12">
         <v>-818.65559781247509</v>
       </c>
       <c r="DW70" s="12">
         <v>-109.32920308290677</v>
       </c>
       <c r="DX70" s="12">
-        <v>836.29016551885309</v>
+        <v>854.82432589885309</v>
       </c>
       <c r="DY70" s="12">
-        <v>379.0817744948593</v>
+        <v>469.25721437485919</v>
+      </c>
+      <c r="DZ70" s="12">
+        <v>-862.57967577431259</v>
       </c>
     </row>
-    <row r="71" spans="2:129" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="71" spans="2:130" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B71" s="13" t="s">
         <v>146</v>
       </c>
       <c r="C71" s="12">
         <v>-14.889999999999999</v>
       </c>
       <c r="D71" s="12">
         <v>-22.329999999999991</v>
       </c>
       <c r="E71" s="12">
         <v>-0.69000000000003414</v>
       </c>
       <c r="F71" s="12">
         <v>-47.540000000000035</v>
       </c>
       <c r="G71" s="12">
         <v>-16.639999999999876</v>
       </c>
       <c r="H71" s="12">
         <v>22.640000000000011</v>
       </c>
       <c r="I71" s="12">
         <v>-3.7696500000000146</v>
       </c>
       <c r="J71" s="12">
@@ -27809,52 +27950,55 @@
       </c>
       <c r="DR71" s="12">
         <v>0.54944443894999995</v>
       </c>
       <c r="DS71" s="12">
         <v>1.3701610974095</v>
       </c>
       <c r="DT71" s="12">
         <v>-0.46554554980119994</v>
       </c>
       <c r="DU71" s="12">
         <v>-1.1869666547970001</v>
       </c>
       <c r="DV71" s="12">
         <v>1.8030675375248801</v>
       </c>
       <c r="DW71" s="12">
         <v>3.6240092970932403</v>
       </c>
       <c r="DX71" s="12">
         <v>-0.88529999114700009</v>
       </c>
       <c r="DY71" s="12">
         <v>0.18074466485921969</v>
       </c>
+      <c r="DZ71" s="12">
+        <v>0.20901627568761549</v>
+      </c>
     </row>
-    <row r="72" spans="2:129" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="72" spans="2:130" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B72" s="13" t="s">
         <v>147</v>
       </c>
       <c r="C72" s="12">
         <v>328.31000000000006</v>
       </c>
       <c r="D72" s="12">
         <v>208.66117357683311</v>
       </c>
       <c r="E72" s="12">
         <v>257.9838680643681</v>
       </c>
       <c r="F72" s="12">
         <v>178.67478765322795</v>
       </c>
       <c r="G72" s="12">
         <v>129.56926463568203</v>
       </c>
       <c r="H72" s="12">
         <v>164.98796071920069</v>
       </c>
       <c r="I72" s="12">
         <v>300.71265862801874</v>
       </c>
       <c r="J72" s="12">
@@ -28190,57 +28334,60 @@
       <c r="DP72" s="12">
         <v>876.61008350214468</v>
       </c>
       <c r="DQ72" s="12">
         <v>769.12542485885137</v>
       </c>
       <c r="DR72" s="12">
         <v>-1003.3272810984446</v>
       </c>
       <c r="DS72" s="12">
         <v>-149.53177063738755</v>
       </c>
       <c r="DT72" s="12">
         <v>793.05821376999995</v>
       </c>
       <c r="DU72" s="12">
         <v>829.89791086999992</v>
       </c>
       <c r="DV72" s="12">
         <v>-820.45866534999993</v>
       </c>
       <c r="DW72" s="12">
         <v>-112.95321238000001</v>
       </c>
       <c r="DX72" s="12">
-        <v>837.17546551000009</v>
+        <v>855.7096258900001</v>
       </c>
       <c r="DY72" s="12">
-        <v>378.90102983000008</v>
+        <v>469.07646970999997</v>
+      </c>
+      <c r="DZ72" s="12">
+        <v>-862.78869205000024</v>
       </c>
     </row>
-    <row r="73" spans="2:129" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="73" spans="2:130" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B73" s="13" t="s">
         <v>157</v>
       </c>
       <c r="C73" s="12">
         <v>0</v>
       </c>
       <c r="D73" s="12">
         <v>-0.12318959451166125</v>
       </c>
       <c r="E73" s="12">
         <v>-0.90599636730912958</v>
       </c>
       <c r="F73" s="12">
         <v>-0.72929220919525517</v>
       </c>
       <c r="G73" s="12">
         <v>3.0149527561602145</v>
       </c>
       <c r="H73" s="12">
         <v>2.7724997966735301</v>
       </c>
       <c r="I73" s="12">
         <v>36.117705794179429</v>
       </c>
       <c r="J73" s="12">
@@ -28576,57 +28723,60 @@
       <c r="DP73" s="12">
         <v>-115.21702762824418</v>
       </c>
       <c r="DQ73" s="12">
         <v>-385.96819348013287</v>
       </c>
       <c r="DR73" s="12">
         <v>-169.83088824662764</v>
       </c>
       <c r="DS73" s="12">
         <v>347.73131248059065</v>
       </c>
       <c r="DT73" s="12">
         <v>42.720044897352217</v>
       </c>
       <c r="DU73" s="12">
         <v>71.744326285700168</v>
       </c>
       <c r="DV73" s="12">
         <v>422.13452594298673</v>
       </c>
       <c r="DW73" s="12">
         <v>-271.65449102049911</v>
       </c>
       <c r="DX73" s="12">
-        <v>-179.11788026366824</v>
+        <v>-179.11788024366822</v>
       </c>
       <c r="DY73" s="12">
-        <v>-351.97114315557474</v>
+        <v>-351.97114314557462</v>
+      </c>
+      <c r="DZ73" s="12">
+        <v>252.11446411899362</v>
       </c>
     </row>
-    <row r="74" spans="2:129" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="74" spans="2:130" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B74" s="17" t="s">
         <v>158</v>
       </c>
       <c r="C74" s="15">
         <v>0</v>
       </c>
       <c r="D74" s="15">
         <v>0</v>
       </c>
       <c r="E74" s="15">
         <v>0</v>
       </c>
       <c r="F74" s="15">
         <v>0</v>
       </c>
       <c r="G74" s="15">
         <v>0</v>
       </c>
       <c r="H74" s="15">
         <v>0</v>
       </c>
       <c r="I74" s="15">
         <v>0</v>
       </c>
       <c r="J74" s="15">
@@ -28967,57 +29117,60 @@
       </c>
       <c r="DR74" s="15">
         <v>6.5707685392874424E-9</v>
       </c>
       <c r="DS74" s="15">
         <v>-4.6583365066034779E-9</v>
       </c>
       <c r="DT74" s="15">
         <v>-7.810032613569735E-10</v>
       </c>
       <c r="DU74" s="15">
         <v>2.0126829381931625E-9</v>
       </c>
       <c r="DV74" s="15">
         <v>53.963886666447095</v>
       </c>
       <c r="DW74" s="15">
         <v>2.3963835360518715E-9</v>
       </c>
       <c r="DX74" s="15">
         <v>-3.2749706041603157E-9</v>
       </c>
       <c r="DY74" s="15">
         <v>3.733031548460093E-10</v>
       </c>
+      <c r="DZ74" s="15">
+        <v>6.2460424145147876E-9</v>
+      </c>
     </row>
-    <row r="76" spans="2:129" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="76" spans="2:130" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B76" s="1" t="s">
         <v>169</v>
       </c>
     </row>
-    <row r="77" spans="2:129" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="77" spans="2:130" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B77" s="18" t="s">
         <v>88</v>
       </c>
       <c r="L77" s="5"/>
       <c r="M77" s="5"/>
       <c r="N77" s="5"/>
       <c r="O77" s="5"/>
       <c r="P77" s="5"/>
       <c r="Q77" s="5"/>
       <c r="R77" s="5"/>
       <c r="S77" s="5"/>
       <c r="T77" s="5"/>
       <c r="U77" s="5"/>
       <c r="V77" s="5"/>
       <c r="W77" s="5"/>
       <c r="X77" s="5"/>
       <c r="Y77" s="6"/>
       <c r="Z77" s="6"/>
       <c r="AA77" s="6"/>
       <c r="AB77" s="6"/>
       <c r="AC77" s="6"/>
       <c r="AD77" s="6"/>
       <c r="AE77" s="6"/>
       <c r="AF77" s="6"/>
       <c r="AG77" s="6"/>
@@ -29074,51 +29227,51 @@
       <c r="CF77" s="6"/>
       <c r="CG77" s="6"/>
       <c r="CH77" s="6"/>
       <c r="CI77" s="6"/>
       <c r="CJ77" s="6"/>
       <c r="CK77" s="6"/>
       <c r="CL77" s="6"/>
       <c r="CM77" s="6"/>
       <c r="CN77" s="6"/>
       <c r="CO77" s="6"/>
       <c r="CP77" s="6"/>
       <c r="CQ77" s="6"/>
       <c r="CR77" s="6"/>
       <c r="CS77" s="6"/>
       <c r="CT77" s="6"/>
       <c r="CU77" s="6"/>
       <c r="CV77" s="6"/>
       <c r="CW77" s="6"/>
       <c r="CX77" s="6"/>
       <c r="CY77" s="6"/>
       <c r="CZ77" s="6"/>
       <c r="DA77" s="6"/>
       <c r="DB77" s="6"/>
       <c r="DC77" s="6"/>
     </row>
-    <row r="78" spans="2:129" ht="80.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="78" spans="2:130" ht="80.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B78" s="19" t="s">
         <v>160</v>
       </c>
       <c r="C78" s="19"/>
       <c r="D78" s="19"/>
       <c r="E78" s="19"/>
       <c r="F78" s="19"/>
       <c r="G78" s="19"/>
       <c r="H78" s="19"/>
       <c r="I78" s="19"/>
       <c r="J78" s="19"/>
       <c r="K78" s="19"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="B78:K78"/>
   </mergeCells>
   <phoneticPr fontId="0" type="noConversion"/>
   <pageMargins left="0.74803149606299213" right="0.74803149606299213" top="0.98425196850393704" bottom="0.98425196850393704" header="0.51181102362204722" footer="0.51181102362204722"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
   <ignoredErrors>
     <ignoredError sqref="M6:W6" numberStoredAsText="1"/>
   </ignoredErrors>
 </worksheet>