--- v0 (2025-10-08)
+++ v1 (2026-01-03)
@@ -2,65 +2,65 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="4" rupBuild="14420"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\BOP&amp;IIP&amp;Dug izvještaji\Biltenske tablice_objava\H1-H6_H16-H19\2025Q2_web\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\BOP&amp;IIP&amp;Dug izvještaji\Biltenske tablice_objava\H1-H6_H16-H19\2025Q3_web\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
     <workbookView xWindow="360" yWindow="465" windowWidth="36405" windowHeight="19815"/>
   </bookViews>
   <sheets>
     <sheet name="EUR" sheetId="3" r:id="rId1"/>
   </sheets>
   <calcPr calcId="162913"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="195" uniqueCount="159">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="167" uniqueCount="160">
   <si>
     <t>2001.</t>
   </si>
   <si>
     <t>2002.</t>
   </si>
   <si>
     <t>2003.</t>
   </si>
   <si>
     <t>2000.</t>
   </si>
   <si>
     <t>2004.</t>
   </si>
   <si>
     <t>2005.</t>
   </si>
   <si>
     <t>2007.</t>
   </si>
   <si>
     <t>2006.</t>
   </si>
   <si>
@@ -946,50 +946,53 @@
       <t>*</t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t>Revidirani podaci.</t>
     </r>
   </si>
   <si>
     <t>2. tr. 25.</t>
   </si>
+  <si>
+    <t>3. tr. 25.</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="#,##0.0"/>
     <numFmt numFmtId="165" formatCode="yyyy\."/>
   </numFmts>
   <fonts count="14" x14ac:knownFonts="1">
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="8"/>
@@ -1581,119 +1584,107 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="B2:DY104"/>
+  <dimension ref="B2:DZ104"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="10.6640625" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="3.6640625" customWidth="1"/>
     <col min="2" max="2" width="65.6640625" style="2" customWidth="1"/>
     <col min="3" max="27" width="10.6640625" style="2"/>
     <col min="28" max="28" width="15.6640625" style="2" customWidth="1"/>
     <col min="29" max="39" width="10.6640625" style="2"/>
   </cols>
   <sheetData>
-    <row r="2" spans="2:129" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="2" spans="2:130" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B2" s="3" t="s">
         <v>108</v>
       </c>
       <c r="C2" s="4"/>
       <c r="D2" s="4"/>
       <c r="E2" s="4"/>
     </row>
-    <row r="3" spans="2:129" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="3" spans="2:130" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B3" s="23" t="s">
         <v>119</v>
       </c>
       <c r="C3" s="4"/>
       <c r="D3" s="4"/>
       <c r="E3" s="4"/>
     </row>
-    <row r="4" spans="2:129" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2"/>
-    <row r="5" spans="2:129" s="11" customFormat="1" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="4" spans="2:130" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="5" spans="2:130" s="11" customFormat="1" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B5" s="9"/>
       <c r="C5" s="6"/>
       <c r="D5" s="6"/>
       <c r="E5" s="6"/>
       <c r="F5" s="6"/>
       <c r="G5" s="6"/>
       <c r="H5" s="6"/>
       <c r="I5" s="6"/>
       <c r="J5" s="6"/>
       <c r="K5" s="6"/>
       <c r="L5" s="6"/>
       <c r="M5" s="6"/>
       <c r="N5" s="6"/>
       <c r="O5" s="6"/>
       <c r="P5" s="6"/>
       <c r="Q5" s="6"/>
       <c r="R5" s="6"/>
       <c r="S5" s="6"/>
       <c r="T5" s="6"/>
       <c r="U5" s="6"/>
-      <c r="V5" s="6" t="s">
-[...16 lines deleted...]
-      </c>
+      <c r="V5" s="6"/>
+      <c r="W5" s="6"/>
+      <c r="X5" s="6"/>
+      <c r="Y5" s="6"/>
+      <c r="Z5" s="6"/>
+      <c r="AA5" s="6"/>
       <c r="AB5" s="9"/>
       <c r="AC5" s="9"/>
       <c r="AD5" s="9"/>
       <c r="AE5" s="9"/>
       <c r="AF5" s="6"/>
       <c r="AG5" s="6"/>
       <c r="AH5" s="6"/>
       <c r="AI5" s="6"/>
       <c r="AJ5" s="6"/>
       <c r="AK5" s="6"/>
       <c r="AL5" s="6"/>
       <c r="AM5" s="6"/>
       <c r="AN5" s="6"/>
       <c r="AO5" s="6"/>
       <c r="AP5" s="6"/>
       <c r="AQ5" s="6"/>
       <c r="AR5" s="6"/>
       <c r="AS5" s="6"/>
       <c r="AT5" s="6"/>
       <c r="AU5" s="6"/>
       <c r="AV5" s="6"/>
       <c r="AW5" s="6"/>
       <c r="AX5" s="6"/>
       <c r="AY5" s="6"/>
       <c r="AZ5" s="6"/>
@@ -1726,130 +1717,85 @@
       <c r="CA5" s="6"/>
       <c r="CB5" s="6"/>
       <c r="CC5" s="6"/>
       <c r="CD5" s="6"/>
       <c r="CE5" s="6"/>
       <c r="CF5" s="6"/>
       <c r="CG5" s="6"/>
       <c r="CH5" s="6"/>
       <c r="CI5" s="6"/>
       <c r="CJ5" s="6"/>
       <c r="CK5" s="6"/>
       <c r="CL5" s="6"/>
       <c r="CM5" s="6"/>
       <c r="CN5" s="6"/>
       <c r="CO5" s="6"/>
       <c r="CP5" s="6"/>
       <c r="CQ5" s="6"/>
       <c r="CR5" s="6"/>
       <c r="CS5" s="6"/>
       <c r="CT5" s="6"/>
       <c r="CU5" s="6"/>
       <c r="CV5" s="6"/>
       <c r="CW5" s="6"/>
       <c r="CX5" s="6"/>
       <c r="CY5" s="6"/>
-      <c r="CZ5" s="6" t="s">
-[...70 lines deleted...]
-      </c>
+      <c r="CZ5" s="6"/>
+      <c r="DA5" s="6"/>
+      <c r="DB5" s="6"/>
+      <c r="DC5" s="6"/>
+      <c r="DD5" s="6"/>
+      <c r="DE5" s="6"/>
+      <c r="DF5" s="6"/>
+      <c r="DG5" s="6"/>
+      <c r="DH5" s="6"/>
+      <c r="DI5" s="6"/>
+      <c r="DJ5" s="6"/>
+      <c r="DK5" s="6"/>
+      <c r="DL5" s="6"/>
+      <c r="DM5" s="6"/>
+      <c r="DN5" s="6"/>
+      <c r="DO5" s="6"/>
+      <c r="DP5" s="6"/>
+      <c r="DQ5" s="6"/>
+      <c r="DR5" s="6"/>
+      <c r="DS5" s="6"/>
+      <c r="DT5" s="6"/>
+      <c r="DU5" s="6"/>
+      <c r="DV5" s="6"/>
+      <c r="DW5" s="6"/>
       <c r="DX5" s="6" t="s">
         <v>156</v>
       </c>
-      <c r="DY5" s="7" t="s">
+      <c r="DY5" s="6" t="s">
+        <v>156</v>
+      </c>
+      <c r="DZ5" s="7" t="s">
         <v>109</v>
       </c>
     </row>
-    <row r="6" spans="2:129" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="6" spans="2:130" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B6" s="5"/>
       <c r="C6" s="10" t="s">
         <v>3</v>
       </c>
       <c r="D6" s="10" t="s">
         <v>0</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>1</v>
       </c>
       <c r="F6" s="10" t="s">
         <v>2</v>
       </c>
       <c r="G6" s="10" t="s">
         <v>4</v>
       </c>
       <c r="H6" s="10" t="s">
         <v>5</v>
       </c>
       <c r="I6" s="10" t="s">
         <v>7</v>
       </c>
       <c r="J6" s="10" t="s">
         <v>6</v>
       </c>
@@ -2188,52 +2134,55 @@
       </c>
       <c r="DR6" s="5" t="s">
         <v>146</v>
       </c>
       <c r="DS6" s="5" t="s">
         <v>148</v>
       </c>
       <c r="DT6" s="5" t="s">
         <v>149</v>
       </c>
       <c r="DU6" s="5" t="s">
         <v>151</v>
       </c>
       <c r="DV6" s="5" t="s">
         <v>152</v>
       </c>
       <c r="DW6" s="5" t="s">
         <v>154</v>
       </c>
       <c r="DX6" s="5" t="s">
         <v>155</v>
       </c>
       <c r="DY6" s="5" t="s">
         <v>158</v>
       </c>
+      <c r="DZ6" s="5" t="s">
+        <v>159</v>
+      </c>
     </row>
-    <row r="7" spans="2:129" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="7" spans="2:130" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B7" s="12" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="13">
         <v>-425.00051441295659</v>
       </c>
       <c r="D7" s="13">
         <v>-538.96927067292188</v>
       </c>
       <c r="E7" s="13">
         <v>-481.28575797420496</v>
       </c>
       <c r="F7" s="13">
         <v>-1010.1796406939771</v>
       </c>
       <c r="G7" s="13">
         <v>-571.89933162855243</v>
       </c>
       <c r="H7" s="13">
         <v>-846.50995947180604</v>
       </c>
       <c r="I7" s="13">
         <v>-1015.1204509704555</v>
       </c>
       <c r="J7" s="13">
@@ -2569,57 +2518,60 @@
       <c r="DP7" s="13">
         <v>154.78429060456344</v>
       </c>
       <c r="DQ7" s="13">
         <v>-111.68672441088626</v>
       </c>
       <c r="DR7" s="13">
         <v>-597.28752675840724</v>
       </c>
       <c r="DS7" s="13">
         <v>469.33677414632336</v>
       </c>
       <c r="DT7" s="13">
         <v>226.35099493129161</v>
       </c>
       <c r="DU7" s="13">
         <v>-68.678536222721505</v>
       </c>
       <c r="DV7" s="13">
         <v>-398.63667079119466</v>
       </c>
       <c r="DW7" s="13">
         <v>494.98968078558653</v>
       </c>
       <c r="DX7" s="13">
-        <v>264.59594734012893</v>
+        <v>274.03786779608492</v>
       </c>
       <c r="DY7" s="13">
-        <v>-338.39721540295363</v>
+        <v>-310.89428758890779</v>
+      </c>
+      <c r="DZ7" s="13">
+        <v>-821.35745281948095</v>
       </c>
     </row>
-    <row r="8" spans="2:129" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="8" spans="2:130" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B8" s="19" t="s">
         <v>131</v>
       </c>
       <c r="C8" s="15">
         <v>76.016113584999999</v>
       </c>
       <c r="D8" s="15">
         <v>143.11441876999999</v>
       </c>
       <c r="E8" s="15">
         <v>167.64175289600001</v>
       </c>
       <c r="F8" s="13">
         <v>183.91908210100001</v>
       </c>
       <c r="G8" s="13">
         <v>233.92037192100003</v>
       </c>
       <c r="H8" s="13">
         <v>259.72373592899999</v>
       </c>
       <c r="I8" s="13">
         <v>373.17866295299996</v>
       </c>
       <c r="J8" s="13">
@@ -2955,57 +2907,60 @@
       <c r="DP8" s="16">
         <v>486.12617851190021</v>
       </c>
       <c r="DQ8" s="16">
         <v>562.12334985880022</v>
       </c>
       <c r="DR8" s="16">
         <v>566.22205496490005</v>
       </c>
       <c r="DS8" s="16">
         <v>503.69240887249987</v>
       </c>
       <c r="DT8" s="16">
         <v>482.76134410830014</v>
       </c>
       <c r="DU8" s="16">
         <v>587.32336713530003</v>
       </c>
       <c r="DV8" s="16">
         <v>532.47129990580004</v>
       </c>
       <c r="DW8" s="16">
         <v>505.66655765790017</v>
       </c>
       <c r="DX8" s="16">
-        <v>467.29882363600035</v>
+        <v>467.29882363599984</v>
       </c>
       <c r="DY8" s="16">
         <v>522.57289737470023</v>
       </c>
+      <c r="DZ8" s="16">
+        <v>462.38610602389991</v>
+      </c>
     </row>
-    <row r="9" spans="2:129" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="9" spans="2:130" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B9" s="19" t="s">
         <v>122</v>
       </c>
       <c r="C9" s="15">
         <v>90.195648848999994</v>
       </c>
       <c r="D9" s="15">
         <v>157.396714605</v>
       </c>
       <c r="E9" s="15">
         <v>187.17097739499999</v>
       </c>
       <c r="F9" s="13">
         <v>217.30631300300001</v>
       </c>
       <c r="G9" s="13">
         <v>268.327424995</v>
       </c>
       <c r="H9" s="13">
         <v>289.17924314300001</v>
       </c>
       <c r="I9" s="13">
         <v>404.28892505099998</v>
       </c>
       <c r="J9" s="13">
@@ -3341,57 +3296,60 @@
       <c r="DP9" s="16">
         <v>636.38974824790012</v>
       </c>
       <c r="DQ9" s="16">
         <v>752.83960668280008</v>
       </c>
       <c r="DR9" s="16">
         <v>804.78663386890003</v>
       </c>
       <c r="DS9" s="16">
         <v>746.02917703249989</v>
       </c>
       <c r="DT9" s="16">
         <v>697.52808393230009</v>
       </c>
       <c r="DU9" s="16">
         <v>874.07689412729997</v>
       </c>
       <c r="DV9" s="16">
         <v>889.93318243379997</v>
       </c>
       <c r="DW9" s="16">
         <v>844.32085226590004</v>
       </c>
       <c r="DX9" s="16">
-        <v>767.64609866000001</v>
+        <v>767.64609865999989</v>
       </c>
       <c r="DY9" s="16">
-        <v>900.73246752670025</v>
+        <v>900.73246752669991</v>
+      </c>
+      <c r="DZ9" s="16">
+        <v>909.35792685590025</v>
       </c>
     </row>
-    <row r="10" spans="2:129" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="10" spans="2:130" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B10" s="19" t="s">
         <v>123</v>
       </c>
       <c r="C10" s="15">
         <v>14.179535264</v>
       </c>
       <c r="D10" s="15">
         <v>14.282295834999999</v>
       </c>
       <c r="E10" s="15">
         <v>19.529224499000001</v>
       </c>
       <c r="F10" s="13">
         <v>33.387230901999999</v>
       </c>
       <c r="G10" s="13">
         <v>34.407053074000004</v>
       </c>
       <c r="H10" s="13">
         <v>29.455507214000001</v>
       </c>
       <c r="I10" s="13">
         <v>31.110262097999996</v>
       </c>
       <c r="J10" s="13">
@@ -3727,57 +3685,60 @@
       <c r="DP10" s="16">
         <v>150.26356973599991</v>
       </c>
       <c r="DQ10" s="16">
         <v>190.71625682399986</v>
       </c>
       <c r="DR10" s="16">
         <v>238.56457890399997</v>
       </c>
       <c r="DS10" s="16">
         <v>242.33676816000005</v>
       </c>
       <c r="DT10" s="16">
         <v>214.76673982399993</v>
       </c>
       <c r="DU10" s="16">
         <v>286.75352699199999</v>
       </c>
       <c r="DV10" s="16">
         <v>357.46188252799993</v>
       </c>
       <c r="DW10" s="16">
         <v>338.65429460799987</v>
       </c>
       <c r="DX10" s="16">
-        <v>300.34727502399966</v>
+        <v>300.34727502400006</v>
       </c>
       <c r="DY10" s="16">
-        <v>378.15957015199996</v>
+        <v>378.15957015199973</v>
+      </c>
+      <c r="DZ10" s="16">
+        <v>446.97182083200033</v>
       </c>
     </row>
-    <row r="11" spans="2:129" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="11" spans="2:130" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B11" s="19" t="s">
         <v>132</v>
       </c>
       <c r="C11" s="15">
         <v>-160.04361610000001</v>
       </c>
       <c r="D11" s="15">
         <v>-333.02769290000009</v>
       </c>
       <c r="E11" s="15">
         <v>-340.57115290000013</v>
       </c>
       <c r="F11" s="13">
         <v>-837.94802440000024</v>
       </c>
       <c r="G11" s="13">
         <v>-424.04257239999993</v>
       </c>
       <c r="H11" s="13">
         <v>-715.78993789999993</v>
       </c>
       <c r="I11" s="13">
         <v>-948.82973390000018</v>
       </c>
       <c r="J11" s="13">
@@ -4113,57 +4074,60 @@
       <c r="DP11" s="16">
         <v>-496.3653602104647</v>
       </c>
       <c r="DQ11" s="16">
         <v>-969.73451751446521</v>
       </c>
       <c r="DR11" s="16">
         <v>-1306.0832070983884</v>
       </c>
       <c r="DS11" s="16">
         <v>-428.28888109207583</v>
       </c>
       <c r="DT11" s="16">
         <v>-518.41937293079422</v>
       </c>
       <c r="DU11" s="16">
         <v>-1080.7892964678467</v>
       </c>
       <c r="DV11" s="16">
         <v>-1196.5716513444149</v>
       </c>
       <c r="DW11" s="16">
         <v>-485.66649438671072</v>
       </c>
       <c r="DX11" s="16">
-        <v>-387.24989544051289</v>
+        <v>-381.96564620387966</v>
       </c>
       <c r="DY11" s="16">
-        <v>-1170.5959566867061</v>
+        <v>-1151.5932413279295</v>
+      </c>
+      <c r="DZ11" s="16">
+        <v>-1400.4796750672513</v>
       </c>
     </row>
-    <row r="12" spans="2:129" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="12" spans="2:130" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B12" s="19" t="s">
         <v>124</v>
       </c>
       <c r="C12" s="15">
         <v>11.509151799999998</v>
       </c>
       <c r="D12" s="15">
         <v>34.185948699999997</v>
       </c>
       <c r="E12" s="15">
         <v>25.141915099999999</v>
       </c>
       <c r="F12" s="13">
         <v>35.2875631</v>
       </c>
       <c r="G12" s="13">
         <v>175.64453209999996</v>
       </c>
       <c r="H12" s="13">
         <v>112.76411899999999</v>
       </c>
       <c r="I12" s="13">
         <v>82.12769179999998</v>
       </c>
       <c r="J12" s="13">
@@ -4499,57 +4463,60 @@
       <c r="DP12" s="16">
         <v>60.808474389651927</v>
       </c>
       <c r="DQ12" s="16">
         <v>71.922849408135903</v>
       </c>
       <c r="DR12" s="16">
         <v>74.975559207631775</v>
       </c>
       <c r="DS12" s="16">
         <v>92.638627584131527</v>
       </c>
       <c r="DT12" s="16">
         <v>202.4470876600904</v>
       </c>
       <c r="DU12" s="16">
         <v>174.25806981906862</v>
       </c>
       <c r="DV12" s="16">
         <v>220.43518883159456</v>
       </c>
       <c r="DW12" s="16">
         <v>163.72864523134038</v>
       </c>
       <c r="DX12" s="16">
-        <v>221.24591900873324</v>
+        <v>221.29666702224864</v>
       </c>
       <c r="DY12" s="16">
-        <v>200.30928148147177</v>
+        <v>223.76265488148809</v>
+      </c>
+      <c r="DZ12" s="16">
+        <v>262.73414745153531</v>
       </c>
     </row>
-    <row r="13" spans="2:129" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="13" spans="2:130" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B13" s="19" t="s">
         <v>142</v>
       </c>
       <c r="C13" s="15">
         <v>1.3225100999999999</v>
       </c>
       <c r="D13" s="15">
         <v>12.917830800000003</v>
       </c>
       <c r="E13" s="15">
         <v>15.3953211</v>
       </c>
       <c r="F13" s="13">
         <v>2.0460522000000001</v>
       </c>
       <c r="G13" s="13">
         <v>6.9572348000000002</v>
       </c>
       <c r="H13" s="13">
         <v>43.293512999999997</v>
       </c>
       <c r="I13" s="13">
         <v>13.255209499999999</v>
       </c>
       <c r="J13" s="13">
@@ -4890,52 +4857,55 @@
       </c>
       <c r="DR13" s="16">
         <v>3.2729999999999997</v>
       </c>
       <c r="DS13" s="16">
         <v>31.277000000000001</v>
       </c>
       <c r="DT13" s="16">
         <v>0</v>
       </c>
       <c r="DU13" s="16">
         <v>18.304000000000002</v>
       </c>
       <c r="DV13" s="16">
         <v>11.072000000000001</v>
       </c>
       <c r="DW13" s="16">
         <v>1.052</v>
       </c>
       <c r="DX13" s="16">
         <v>1.7330000000000001</v>
       </c>
       <c r="DY13" s="16">
         <v>73.817000000000007</v>
       </c>
+      <c r="DZ13" s="16">
+        <v>3.6789999999999998</v>
+      </c>
     </row>
-    <row r="14" spans="2:129" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="14" spans="2:130" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B14" s="20" t="s">
         <v>143</v>
       </c>
       <c r="C14" s="13">
         <v>8.4666416999999985</v>
       </c>
       <c r="D14" s="13">
         <v>19.788117899999996</v>
       </c>
       <c r="E14" s="13">
         <v>8.2965939999999989</v>
       </c>
       <c r="F14" s="13">
         <v>31.711510900000004</v>
       </c>
       <c r="G14" s="13">
         <v>165.81729729999995</v>
       </c>
       <c r="H14" s="13">
         <v>63.830605999999989</v>
       </c>
       <c r="I14" s="13">
         <v>63.492482299999992</v>
       </c>
       <c r="J14" s="13">
@@ -5271,57 +5241,60 @@
       <c r="DP14" s="16">
         <v>47.372410500000008</v>
       </c>
       <c r="DQ14" s="16">
         <v>25.023710200000025</v>
       </c>
       <c r="DR14" s="16">
         <v>54.019970500000028</v>
       </c>
       <c r="DS14" s="16">
         <v>44.261630399999987</v>
       </c>
       <c r="DT14" s="16">
         <v>183.5212501</v>
       </c>
       <c r="DU14" s="16">
         <v>135.28671080000001</v>
       </c>
       <c r="DV14" s="16">
         <v>182.50812969999998</v>
       </c>
       <c r="DW14" s="16">
         <v>134.36470999999995</v>
       </c>
       <c r="DX14" s="16">
-        <v>196.63702939999996</v>
+        <v>196.64002940000003</v>
       </c>
       <c r="DY14" s="16">
-        <v>105.14502949999992</v>
+        <v>128.60002949999998</v>
+      </c>
+      <c r="DZ14" s="16">
+        <v>233.6605303</v>
       </c>
     </row>
-    <row r="15" spans="2:129" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="15" spans="2:130" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B15" s="19" t="s">
         <v>144</v>
       </c>
       <c r="C15" s="15">
         <v>1.72</v>
       </c>
       <c r="D15" s="15">
         <v>1.48</v>
       </c>
       <c r="E15" s="15">
         <v>1.4500000000000002</v>
       </c>
       <c r="F15" s="13">
         <v>1.5300000000000002</v>
       </c>
       <c r="G15" s="13">
         <v>2.87</v>
       </c>
       <c r="H15" s="13">
         <v>5.6400000000000006</v>
       </c>
       <c r="I15" s="13">
         <v>5.38</v>
       </c>
       <c r="J15" s="13">
@@ -5657,57 +5630,60 @@
       <c r="DP15" s="16">
         <v>13.436063889651919</v>
       </c>
       <c r="DQ15" s="16">
         <v>15.520139208135884</v>
       </c>
       <c r="DR15" s="16">
         <v>17.682588707631751</v>
       </c>
       <c r="DS15" s="16">
         <v>17.099997184131539</v>
       </c>
       <c r="DT15" s="16">
         <v>18.925837560090386</v>
       </c>
       <c r="DU15" s="16">
         <v>20.667359019068606</v>
       </c>
       <c r="DV15" s="16">
         <v>26.855059131594579</v>
       </c>
       <c r="DW15" s="16">
         <v>28.311935231340435</v>
       </c>
       <c r="DX15" s="16">
-        <v>22.875889608733281</v>
+        <v>22.923637622248592</v>
       </c>
       <c r="DY15" s="16">
-        <v>21.347251981471842</v>
+        <v>21.345625381488105</v>
+      </c>
+      <c r="DZ15" s="16">
+        <v>25.394617151535304</v>
       </c>
     </row>
-    <row r="16" spans="2:129" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="16" spans="2:130" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B16" s="20" t="s">
         <v>121</v>
       </c>
       <c r="C16" s="13">
         <v>171.55276790000002</v>
       </c>
       <c r="D16" s="13">
         <v>367.21364160000002</v>
       </c>
       <c r="E16" s="13">
         <v>365.71306800000008</v>
       </c>
       <c r="F16" s="13">
         <v>873.23558750000007</v>
       </c>
       <c r="G16" s="13">
         <v>599.6871044999998</v>
       </c>
       <c r="H16" s="13">
         <v>828.55405689999998</v>
       </c>
       <c r="I16" s="13">
         <v>1030.9574257000002</v>
       </c>
       <c r="J16" s="13">
@@ -6043,57 +6019,60 @@
       <c r="DP16" s="16">
         <v>557.17383460011661</v>
       </c>
       <c r="DQ16" s="16">
         <v>1041.6573669226011</v>
       </c>
       <c r="DR16" s="16">
         <v>1381.0587663060201</v>
       </c>
       <c r="DS16" s="16">
         <v>520.92750867620737</v>
       </c>
       <c r="DT16" s="16">
         <v>720.86646059088469</v>
       </c>
       <c r="DU16" s="16">
         <v>1255.0473662869153</v>
       </c>
       <c r="DV16" s="16">
         <v>1417.0068401760095</v>
       </c>
       <c r="DW16" s="16">
         <v>649.39513961805108</v>
       </c>
       <c r="DX16" s="16">
-        <v>608.49581444924615</v>
+        <v>603.2623132261283</v>
       </c>
       <c r="DY16" s="16">
-        <v>1370.9052381681779</v>
+        <v>1375.3558962094176</v>
+      </c>
+      <c r="DZ16" s="16">
+        <v>1663.2138225187866</v>
       </c>
     </row>
-    <row r="17" spans="2:129" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="17" spans="2:130" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B17" s="19" t="s">
         <v>142</v>
       </c>
       <c r="C17" s="15">
         <v>62.6076604</v>
       </c>
       <c r="D17" s="15">
         <v>153.94349480000002</v>
       </c>
       <c r="E17" s="15">
         <v>184.87643389999999</v>
       </c>
       <c r="F17" s="13">
         <v>259.55256009999999</v>
       </c>
       <c r="G17" s="13">
         <v>274.96909960000005</v>
       </c>
       <c r="H17" s="13">
         <v>219.36427509999999</v>
       </c>
       <c r="I17" s="13">
         <v>282.45155760000006</v>
       </c>
       <c r="J17" s="13">
@@ -6429,57 +6408,60 @@
       <c r="DP17" s="16">
         <v>311.31332129999998</v>
       </c>
       <c r="DQ17" s="16">
         <v>724.52995490000001</v>
       </c>
       <c r="DR17" s="16">
         <v>137.28699880000002</v>
       </c>
       <c r="DS17" s="16">
         <v>79.020881100000011</v>
       </c>
       <c r="DT17" s="16">
         <v>427.12805400000002</v>
       </c>
       <c r="DU17" s="16">
         <v>1065.0001306999995</v>
       </c>
       <c r="DV17" s="16">
         <v>129.65272499999998</v>
       </c>
       <c r="DW17" s="16">
         <v>169.26075939999998</v>
       </c>
       <c r="DX17" s="16">
-        <v>1099.7225640000001</v>
+        <v>1099.7225639999999</v>
       </c>
       <c r="DY17" s="16">
-        <v>682.98517979999974</v>
+        <v>694.70432479999988</v>
+      </c>
+      <c r="DZ17" s="16">
+        <v>78.292017799999996</v>
       </c>
     </row>
-    <row r="18" spans="2:129" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="18" spans="2:130" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B18" s="19" t="s">
         <v>143</v>
       </c>
       <c r="C18" s="15">
         <v>86.804057499999985</v>
       </c>
       <c r="D18" s="15">
         <v>187.89164680000007</v>
       </c>
       <c r="E18" s="15">
         <v>160.93953409999995</v>
       </c>
       <c r="F18" s="13">
         <v>587.8620774000002</v>
       </c>
       <c r="G18" s="13">
         <v>291.73930489999992</v>
       </c>
       <c r="H18" s="13">
         <v>570.43313179999996</v>
       </c>
       <c r="I18" s="13">
         <v>703.73506809999992</v>
       </c>
       <c r="J18" s="13">
@@ -6815,57 +6797,60 @@
       <c r="DP18" s="16">
         <v>195.85304520000014</v>
       </c>
       <c r="DQ18" s="16">
         <v>257.42775630000051</v>
       </c>
       <c r="DR18" s="16">
         <v>1166.7089397999973</v>
       </c>
       <c r="DS18" s="16">
         <v>369.32105019999869</v>
       </c>
       <c r="DT18" s="16">
         <v>214.6823364</v>
       </c>
       <c r="DU18" s="16">
         <v>104.16112489999904</v>
       </c>
       <c r="DV18" s="16">
         <v>1203.9722332000001</v>
       </c>
       <c r="DW18" s="16">
         <v>400.00805989999873</v>
       </c>
       <c r="DX18" s="16">
-        <v>-577.87620900000093</v>
+        <v>-583.19920890000128</v>
       </c>
       <c r="DY18" s="16">
-        <v>607.7365170999974</v>
+        <v>600.14711750000151</v>
+      </c>
+      <c r="DZ18" s="16">
+        <v>1505.5670040999992</v>
       </c>
     </row>
-    <row r="19" spans="2:129" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="19" spans="2:130" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B19" s="19" t="s">
         <v>144</v>
       </c>
       <c r="C19" s="15">
         <v>22.141050000000021</v>
       </c>
       <c r="D19" s="15">
         <v>25.378499999999963</v>
       </c>
       <c r="E19" s="15">
         <v>19.897100000000176</v>
       </c>
       <c r="F19" s="13">
         <v>25.820949999999947</v>
       </c>
       <c r="G19" s="13">
         <v>32.978699999999918</v>
       </c>
       <c r="H19" s="13">
         <v>38.756650000000043</v>
       </c>
       <c r="I19" s="13">
         <v>44.770800000000158</v>
       </c>
       <c r="J19" s="13">
@@ -7201,57 +7186,60 @@
       <c r="DP19" s="16">
         <v>50.00746810011654</v>
       </c>
       <c r="DQ19" s="16">
         <v>59.69965572260066</v>
       </c>
       <c r="DR19" s="16">
         <v>77.062827706022631</v>
       </c>
       <c r="DS19" s="16">
         <v>72.585577376208661</v>
       </c>
       <c r="DT19" s="16">
         <v>79.056070190884725</v>
       </c>
       <c r="DU19" s="16">
         <v>85.88611068691668</v>
       </c>
       <c r="DV19" s="16">
         <v>83.381881976009566</v>
       </c>
       <c r="DW19" s="16">
         <v>80.126320318052322</v>
       </c>
       <c r="DX19" s="16">
-        <v>86.649459449246933</v>
+        <v>86.738958126129717</v>
       </c>
       <c r="DY19" s="16">
-        <v>80.183541268180704</v>
+        <v>80.504453909415986</v>
+      </c>
+      <c r="DZ19" s="16">
+        <v>79.354800618787465</v>
       </c>
     </row>
-    <row r="20" spans="2:129" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="20" spans="2:130" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B20" s="19" t="s">
         <v>133</v>
       </c>
       <c r="C20" s="15">
         <v>-218.68953519999994</v>
       </c>
       <c r="D20" s="15">
         <v>-262.15738690000001</v>
       </c>
       <c r="E20" s="15">
         <v>-217.91066180099946</v>
       </c>
       <c r="F20" s="13">
         <v>-238.80084552141813</v>
       </c>
       <c r="G20" s="13">
         <v>-249.89335002725437</v>
       </c>
       <c r="H20" s="13">
         <v>-217.39033523513626</v>
       </c>
       <c r="I20" s="13">
         <v>-181.31661476837587</v>
       </c>
       <c r="J20" s="13">
@@ -7587,57 +7575,60 @@
       <c r="DP20" s="16">
         <v>-36.485297515564369</v>
       </c>
       <c r="DQ20" s="16">
         <v>-1.2159279255583613</v>
       </c>
       <c r="DR20" s="16">
         <v>-5.3188692877972841</v>
       </c>
       <c r="DS20" s="16">
         <v>-34.445075772742271</v>
       </c>
       <c r="DT20" s="16">
         <v>9.7002356654763702</v>
       </c>
       <c r="DU20" s="16">
         <v>49.733778812360214</v>
       </c>
       <c r="DV20" s="16">
         <v>41.646042634982436</v>
       </c>
       <c r="DW20" s="16">
         <v>31.57852118609263</v>
       </c>
       <c r="DX20" s="16">
-        <v>67.527665486516227</v>
+        <v>68.202927886516264</v>
       </c>
       <c r="DY20" s="16">
-        <v>45.240626705826742</v>
+        <v>48.022860665826613</v>
+      </c>
+      <c r="DZ20" s="16">
+        <v>60.610260131612932</v>
       </c>
     </row>
-    <row r="21" spans="2:129" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="21" spans="2:130" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B21" s="19" t="s">
         <v>125</v>
       </c>
       <c r="C21" s="15">
         <v>0</v>
       </c>
       <c r="D21" s="15">
         <v>3.1203600000000001E-2</v>
       </c>
       <c r="E21" s="15">
         <v>4.08496E-2</v>
       </c>
       <c r="F21" s="13">
         <v>0</v>
       </c>
       <c r="G21" s="13">
         <v>32.727370935334747</v>
       </c>
       <c r="H21" s="13">
         <v>46.229994182243793</v>
       </c>
       <c r="I21" s="13">
         <v>61.536402874299611</v>
       </c>
       <c r="J21" s="13">
@@ -7973,57 +7964,60 @@
       <c r="DP21" s="16">
         <v>54.782164024658982</v>
       </c>
       <c r="DQ21" s="16">
         <v>85.853250601364053</v>
       </c>
       <c r="DR21" s="16">
         <v>97.824365894696029</v>
       </c>
       <c r="DS21" s="16">
         <v>76.721790819045964</v>
       </c>
       <c r="DT21" s="16">
         <v>110.71414632804701</v>
       </c>
       <c r="DU21" s="16">
         <v>161.45358295776904</v>
       </c>
       <c r="DV21" s="16">
         <v>152.364785133179</v>
       </c>
       <c r="DW21" s="16">
         <v>144.08163158642003</v>
       </c>
       <c r="DX21" s="16">
-        <v>177.00214153529598</v>
+        <v>177.67740393529601</v>
       </c>
       <c r="DY21" s="16">
-        <v>163.16466233933011</v>
+        <v>165.94458203932999</v>
+      </c>
+      <c r="DZ21" s="16">
+        <v>180.05111188953902</v>
       </c>
     </row>
-    <row r="22" spans="2:129" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="22" spans="2:130" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B22" s="19" t="s">
         <v>126</v>
       </c>
       <c r="C22" s="15">
         <v>218.68953519999994</v>
       </c>
       <c r="D22" s="15">
         <v>262.18859049999998</v>
       </c>
       <c r="E22" s="15">
         <v>217.95151140099946</v>
       </c>
       <c r="F22" s="13">
         <v>238.80084552141813</v>
       </c>
       <c r="G22" s="13">
         <v>282.62072096258913</v>
       </c>
       <c r="H22" s="13">
         <v>263.62032941738005</v>
       </c>
       <c r="I22" s="13">
         <v>242.8530176426755</v>
       </c>
       <c r="J22" s="13">
@@ -8362,54 +8356,57 @@
       <c r="DQ22" s="16">
         <v>87.069178526922414</v>
       </c>
       <c r="DR22" s="16">
         <v>103.14323518249331</v>
       </c>
       <c r="DS22" s="16">
         <v>111.16686659178824</v>
       </c>
       <c r="DT22" s="16">
         <v>101.01391066257064</v>
       </c>
       <c r="DU22" s="16">
         <v>111.71980414540883</v>
       </c>
       <c r="DV22" s="16">
         <v>110.71874249819656</v>
       </c>
       <c r="DW22" s="16">
         <v>112.5031104003274</v>
       </c>
       <c r="DX22" s="16">
         <v>109.47447604877975</v>
       </c>
       <c r="DY22" s="16">
-        <v>117.92403563350337</v>
+        <v>117.92172137350337</v>
+      </c>
+      <c r="DZ22" s="16">
+        <v>119.44085175792608</v>
       </c>
     </row>
-    <row r="23" spans="2:129" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="23" spans="2:130" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B23" s="19" t="s">
         <v>134</v>
       </c>
       <c r="C23" s="15">
         <v>-281.96827871511493</v>
       </c>
       <c r="D23" s="15">
         <v>-273.60225541453303</v>
       </c>
       <c r="E23" s="15">
         <v>-259.69351295366255</v>
       </c>
       <c r="F23" s="13">
         <v>-257.61278377141451</v>
       </c>
       <c r="G23" s="13">
         <v>-273.26775701620926</v>
       </c>
       <c r="H23" s="13">
         <v>-346.28373551666891</v>
       </c>
       <c r="I23" s="13">
         <v>-501.64320170834878</v>
       </c>
       <c r="J23" s="13">
@@ -8745,57 +8742,60 @@
       <c r="DP23" s="16">
         <v>21.664361681692327</v>
       </c>
       <c r="DQ23" s="16">
         <v>24.041708309337139</v>
       </c>
       <c r="DR23" s="16">
         <v>76.609847782878319</v>
       </c>
       <c r="DS23" s="16">
         <v>138.99702788864161</v>
       </c>
       <c r="DT23" s="16">
         <v>159.7454808793093</v>
       </c>
       <c r="DU23" s="16">
         <v>136.42613812346491</v>
       </c>
       <c r="DV23" s="16">
         <v>153.95349551243777</v>
       </c>
       <c r="DW23" s="16">
         <v>121.66590368830441</v>
       </c>
       <c r="DX23" s="16">
-        <v>20.16410137812521</v>
+        <v>23.646510197448478</v>
       </c>
       <c r="DY23" s="16">
-        <v>-18.985681596774498</v>
+        <v>-13.267703101504992</v>
+      </c>
+      <c r="DZ23" s="16">
+        <v>-15.487972557742523</v>
       </c>
     </row>
-    <row r="24" spans="2:129" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="24" spans="2:130" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B24" s="19" t="s">
         <v>127</v>
       </c>
       <c r="C24" s="15">
         <v>115.99027401377428</v>
       </c>
       <c r="D24" s="15">
         <v>103.82974523863444</v>
       </c>
       <c r="E24" s="15">
         <v>97.093826177698887</v>
       </c>
       <c r="F24" s="13">
         <v>73.962527828671782</v>
       </c>
       <c r="G24" s="13">
         <v>118.19584161123178</v>
       </c>
       <c r="H24" s="13">
         <v>118.44451864388731</v>
       </c>
       <c r="I24" s="13">
         <v>134.52719998737149</v>
       </c>
       <c r="J24" s="13">
@@ -9131,57 +9131,60 @@
       <c r="DP24" s="16">
         <v>127.78378622791243</v>
       </c>
       <c r="DQ24" s="16">
         <v>148.64774908413673</v>
       </c>
       <c r="DR24" s="16">
         <v>221.79220844011633</v>
       </c>
       <c r="DS24" s="16">
         <v>305.78147123913993</v>
       </c>
       <c r="DT24" s="16">
         <v>313.54538490343015</v>
       </c>
       <c r="DU24" s="16">
         <v>294.55002805675008</v>
       </c>
       <c r="DV24" s="16">
         <v>310.31892661568895</v>
       </c>
       <c r="DW24" s="16">
         <v>268.94422542417459</v>
       </c>
       <c r="DX24" s="16">
-        <v>145.95465665452224</v>
+        <v>146.37651945783696</v>
       </c>
       <c r="DY24" s="16">
-        <v>120.17188229194548</v>
+        <v>120.60164540640056</v>
+      </c>
+      <c r="DZ24" s="16">
+        <v>125.29501906764679</v>
       </c>
     </row>
-    <row r="25" spans="2:129" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="25" spans="2:130" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B25" s="19" t="s">
         <v>128</v>
       </c>
       <c r="C25" s="15">
         <v>397.95855272888923</v>
       </c>
       <c r="D25" s="15">
         <v>377.43200065316745</v>
       </c>
       <c r="E25" s="15">
         <v>356.78733913136148</v>
       </c>
       <c r="F25" s="13">
         <v>331.57531160008631</v>
       </c>
       <c r="G25" s="13">
         <v>391.463598627441</v>
       </c>
       <c r="H25" s="13">
         <v>464.72825416055622</v>
       </c>
       <c r="I25" s="13">
         <v>636.17040169572033</v>
       </c>
       <c r="J25" s="13">
@@ -9517,57 +9520,60 @@
       <c r="DP25" s="16">
         <v>106.1194245462201</v>
       </c>
       <c r="DQ25" s="16">
         <v>124.6060407747996</v>
       </c>
       <c r="DR25" s="16">
         <v>145.18236065723801</v>
       </c>
       <c r="DS25" s="16">
         <v>166.78444335049832</v>
       </c>
       <c r="DT25" s="16">
         <v>153.79990402412085</v>
       </c>
       <c r="DU25" s="16">
         <v>158.12388993328517</v>
       </c>
       <c r="DV25" s="16">
         <v>156.36543110325118</v>
       </c>
       <c r="DW25" s="16">
         <v>147.27832173587018</v>
       </c>
       <c r="DX25" s="16">
-        <v>125.79055527639703</v>
+        <v>122.73000926038848</v>
       </c>
       <c r="DY25" s="16">
-        <v>139.15756388871998</v>
+        <v>133.86934850790556</v>
+      </c>
+      <c r="DZ25" s="16">
+        <v>140.78299162538931</v>
       </c>
     </row>
-    <row r="26" spans="2:129" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="26" spans="2:130" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B26" s="19" t="s">
         <v>135</v>
       </c>
       <c r="C26" s="15">
         <v>159.68480201715829</v>
       </c>
       <c r="D26" s="15">
         <v>186.70364577161118</v>
       </c>
       <c r="E26" s="15">
         <v>169.24781678445711</v>
       </c>
       <c r="F26" s="13">
         <v>140.26293089785582</v>
       </c>
       <c r="G26" s="13">
         <v>141.3839758939111</v>
       </c>
       <c r="H26" s="13">
         <v>173.23031325099907</v>
       </c>
       <c r="I26" s="13">
         <v>243.4904364532693</v>
       </c>
       <c r="J26" s="13">
@@ -9908,52 +9914,55 @@
       </c>
       <c r="DR26" s="16">
         <v>20.831547489999998</v>
       </c>
       <c r="DS26" s="16">
         <v>22.548375270000001</v>
       </c>
       <c r="DT26" s="16">
         <v>34.562384600000001</v>
       </c>
       <c r="DU26" s="16">
         <v>18.968463620000001</v>
       </c>
       <c r="DV26" s="16">
         <v>16.666480960000001</v>
       </c>
       <c r="DW26" s="16">
         <v>16.126806739999999</v>
       </c>
       <c r="DX26" s="16">
         <v>26.888059040000002</v>
       </c>
       <c r="DY26" s="16">
         <v>16.329037419999999</v>
       </c>
+      <c r="DZ26" s="16">
+        <v>17.812249260000002</v>
+      </c>
     </row>
-    <row r="27" spans="2:129" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="27" spans="2:130" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B27" s="19" t="s">
         <v>129</v>
       </c>
       <c r="C27" s="15">
         <v>159.68480201715829</v>
       </c>
       <c r="D27" s="15">
         <v>186.70364577161118</v>
       </c>
       <c r="E27" s="15">
         <v>169.24781678445711</v>
       </c>
       <c r="F27" s="13">
         <v>140.26293089785582</v>
       </c>
       <c r="G27" s="13">
         <v>141.3839758939111</v>
       </c>
       <c r="H27" s="13">
         <v>173.23031325099907</v>
       </c>
       <c r="I27" s="13">
         <v>243.4904364532693</v>
       </c>
       <c r="J27" s="13">
@@ -10294,52 +10303,55 @@
       </c>
       <c r="DR27" s="16">
         <v>20.831547489999998</v>
       </c>
       <c r="DS27" s="16">
         <v>22.548375270000001</v>
       </c>
       <c r="DT27" s="16">
         <v>34.562384600000001</v>
       </c>
       <c r="DU27" s="16">
         <v>18.968463620000001</v>
       </c>
       <c r="DV27" s="16">
         <v>16.666480960000001</v>
       </c>
       <c r="DW27" s="16">
         <v>16.126806739999999</v>
       </c>
       <c r="DX27" s="16">
         <v>26.888059040000002</v>
       </c>
       <c r="DY27" s="16">
         <v>16.329037419999999</v>
       </c>
+      <c r="DZ27" s="16">
+        <v>17.812249260000002</v>
+      </c>
     </row>
-    <row r="28" spans="2:129" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="28" spans="2:130" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B28" s="19" t="s">
         <v>130</v>
       </c>
       <c r="C28" s="15">
         <v>0</v>
       </c>
       <c r="D28" s="15">
         <v>0</v>
       </c>
       <c r="E28" s="15">
         <v>0</v>
       </c>
       <c r="F28" s="15">
         <v>0</v>
       </c>
       <c r="G28" s="15">
         <v>0</v>
       </c>
       <c r="H28" s="15">
         <v>0</v>
       </c>
       <c r="I28" s="15">
         <v>0</v>
       </c>
       <c r="J28" s="15">
@@ -10680,52 +10692,55 @@
       </c>
       <c r="DR28" s="15">
         <v>0</v>
       </c>
       <c r="DS28" s="15">
         <v>0</v>
       </c>
       <c r="DT28" s="15">
         <v>0</v>
       </c>
       <c r="DU28" s="15">
         <v>0</v>
       </c>
       <c r="DV28" s="15">
         <v>0</v>
       </c>
       <c r="DW28" s="15">
         <v>0</v>
       </c>
       <c r="DX28" s="15">
         <v>0</v>
       </c>
       <c r="DY28" s="15">
         <v>0</v>
       </c>
+      <c r="DZ28" s="15">
+        <v>0</v>
+      </c>
     </row>
-    <row r="29" spans="2:129" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="29" spans="2:130" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B29" s="19" t="s">
         <v>136</v>
       </c>
       <c r="C29" s="15">
         <v>0</v>
       </c>
       <c r="D29" s="15">
         <v>0</v>
       </c>
       <c r="E29" s="15">
         <v>0</v>
       </c>
       <c r="F29" s="15">
         <v>0</v>
       </c>
       <c r="G29" s="15">
         <v>0</v>
       </c>
       <c r="H29" s="15">
         <v>0</v>
       </c>
       <c r="I29" s="15">
         <v>0</v>
       </c>
       <c r="J29" s="15">
@@ -11066,52 +11081,55 @@
       </c>
       <c r="DR29" s="15">
         <v>50.451099389999996</v>
       </c>
       <c r="DS29" s="15">
         <v>266.83291897999999</v>
       </c>
       <c r="DT29" s="15">
         <v>58.000922609</v>
       </c>
       <c r="DU29" s="15">
         <v>219.65901255400001</v>
       </c>
       <c r="DV29" s="15">
         <v>53.197661539999999</v>
       </c>
       <c r="DW29" s="15">
         <v>305.61838590000002</v>
       </c>
       <c r="DX29" s="15">
         <v>69.96719324</v>
       </c>
       <c r="DY29" s="15">
         <v>267.04186138</v>
       </c>
+      <c r="DZ29" s="15">
+        <v>53.801579390000001</v>
+      </c>
     </row>
-    <row r="30" spans="2:129" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="30" spans="2:130" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B30" s="19" t="s">
         <v>138</v>
       </c>
       <c r="C30" s="15">
         <v>0</v>
       </c>
       <c r="D30" s="15">
         <v>0</v>
       </c>
       <c r="E30" s="15">
         <v>0</v>
       </c>
       <c r="F30" s="15">
         <v>0</v>
       </c>
       <c r="G30" s="15">
         <v>0</v>
       </c>
       <c r="H30" s="15">
         <v>0</v>
       </c>
       <c r="I30" s="15">
         <v>0</v>
       </c>
       <c r="J30" s="15">
@@ -11452,52 +11470,55 @@
       </c>
       <c r="DR30" s="15">
         <v>50.451099389999996</v>
       </c>
       <c r="DS30" s="15">
         <v>266.83291897999999</v>
       </c>
       <c r="DT30" s="15">
         <v>58.000922609</v>
       </c>
       <c r="DU30" s="15">
         <v>219.65901255400001</v>
       </c>
       <c r="DV30" s="15">
         <v>53.197661539999999</v>
       </c>
       <c r="DW30" s="15">
         <v>305.61838590000002</v>
       </c>
       <c r="DX30" s="15">
         <v>69.96719324</v>
       </c>
       <c r="DY30" s="15">
         <v>267.04186138</v>
       </c>
+      <c r="DZ30" s="15">
+        <v>53.801579390000001</v>
+      </c>
     </row>
-    <row r="31" spans="2:129" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="31" spans="2:130" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B31" s="21" t="s">
         <v>139</v>
       </c>
       <c r="C31" s="17">
         <v>0</v>
       </c>
       <c r="D31" s="17">
         <v>0</v>
       </c>
       <c r="E31" s="17">
         <v>0</v>
       </c>
       <c r="F31" s="17">
         <v>0</v>
       </c>
       <c r="G31" s="17">
         <v>0</v>
       </c>
       <c r="H31" s="17">
         <v>0</v>
       </c>
       <c r="I31" s="17">
         <v>0</v>
       </c>
       <c r="J31" s="17">
@@ -11838,52 +11859,55 @@
       </c>
       <c r="DR31" s="17">
         <v>0</v>
       </c>
       <c r="DS31" s="17">
         <v>0</v>
       </c>
       <c r="DT31" s="17">
         <v>0</v>
       </c>
       <c r="DU31" s="17">
         <v>0</v>
       </c>
       <c r="DV31" s="17">
         <v>0</v>
       </c>
       <c r="DW31" s="17">
         <v>0</v>
       </c>
       <c r="DX31" s="17">
         <v>0</v>
       </c>
       <c r="DY31" s="17">
         <v>0</v>
       </c>
+      <c r="DZ31" s="17">
+        <v>0</v>
+      </c>
     </row>
-    <row r="32" spans="2:129" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="32" spans="2:130" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B32" s="14" t="s">
         <v>14</v>
       </c>
       <c r="C32" s="15">
         <v>1136.7218728181049</v>
       </c>
       <c r="D32" s="15">
         <v>1295.4680291822799</v>
       </c>
       <c r="E32" s="15">
         <v>1360.5032215906085</v>
       </c>
       <c r="F32" s="13">
         <v>1417.9808923323728</v>
       </c>
       <c r="G32" s="13">
         <v>1408.3613399033588</v>
       </c>
       <c r="H32" s="13">
         <v>1387.3022051363803</v>
       </c>
       <c r="I32" s="13">
         <v>1296.3664429944097</v>
       </c>
       <c r="J32" s="13">
@@ -12219,57 +12243,60 @@
       <c r="DP32" s="16">
         <v>444.48794855559993</v>
       </c>
       <c r="DQ32" s="16">
         <v>373.60332942370053</v>
       </c>
       <c r="DR32" s="16">
         <v>614.72739541829992</v>
       </c>
       <c r="DS32" s="16">
         <v>430.69630776869997</v>
       </c>
       <c r="DT32" s="16">
         <v>474.52494484140004</v>
       </c>
       <c r="DU32" s="16">
         <v>568.13198566569929</v>
       </c>
       <c r="DV32" s="16">
         <v>585.87756974269973</v>
       </c>
       <c r="DW32" s="16">
         <v>214.71326644430047</v>
       </c>
       <c r="DX32" s="16">
-        <v>448.92915657809988</v>
+        <v>448.62444917810041</v>
       </c>
       <c r="DY32" s="16">
-        <v>539.32967754089987</v>
+        <v>581.44205371089993</v>
+      </c>
+      <c r="DZ32" s="16">
+        <v>729.34234714619993</v>
       </c>
     </row>
-    <row r="33" spans="2:129" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="33" spans="2:130" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B33" s="20" t="s">
         <v>140</v>
       </c>
       <c r="C33" s="13">
         <v>24.560165553383744</v>
       </c>
       <c r="D33" s="13">
         <v>65.272388230999994</v>
       </c>
       <c r="E33" s="13">
         <v>32.174694742999996</v>
       </c>
       <c r="F33" s="13">
         <v>70.545217147088124</v>
       </c>
       <c r="G33" s="13">
         <v>2.6029017069999725</v>
       </c>
       <c r="H33" s="13">
         <v>9.6950557643560771</v>
       </c>
       <c r="I33" s="13">
         <v>-8.6415753919999787</v>
       </c>
       <c r="J33" s="13">
@@ -12605,57 +12632,60 @@
       <c r="DP33" s="13">
         <v>-210.68520084600001</v>
       </c>
       <c r="DQ33" s="13">
         <v>-125.9890855381</v>
       </c>
       <c r="DR33" s="13">
         <v>-112.75662409810013</v>
       </c>
       <c r="DS33" s="13">
         <v>-125.95911973830005</v>
       </c>
       <c r="DT33" s="13">
         <v>-155.51285505979999</v>
       </c>
       <c r="DU33" s="13">
         <v>-92.959625138999968</v>
       </c>
       <c r="DV33" s="13">
         <v>-107.84164476740003</v>
       </c>
       <c r="DW33" s="13">
         <v>-301.9037584605</v>
       </c>
       <c r="DX33" s="13">
-        <v>-191.75094589510002</v>
+        <v>-193.25936297510003</v>
       </c>
       <c r="DY33" s="13">
-        <v>-179.57008561370003</v>
+        <v>-132.19375476370004</v>
+      </c>
+      <c r="DZ33" s="13">
+        <v>-80.400922287599997</v>
       </c>
     </row>
-    <row r="34" spans="2:129" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="34" spans="2:130" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B34" s="19" t="s">
         <v>122</v>
       </c>
       <c r="C34" s="13">
         <v>129.37440719548113</v>
       </c>
       <c r="D34" s="13">
         <v>142.67966756599998</v>
       </c>
       <c r="E34" s="13">
         <v>143.404739638</v>
       </c>
       <c r="F34" s="13">
         <v>213.13627259500001</v>
       </c>
       <c r="G34" s="13">
         <v>180.11257786599998</v>
       </c>
       <c r="H34" s="13">
         <v>219.63054967835606</v>
       </c>
       <c r="I34" s="13">
         <v>255.74222874099999</v>
       </c>
       <c r="J34" s="13">
@@ -12991,57 +13021,60 @@
       <c r="DP34" s="13">
         <v>107.48359097229999</v>
       </c>
       <c r="DQ34" s="13">
         <v>164.85178787160001</v>
       </c>
       <c r="DR34" s="13">
         <v>179.95049179509999</v>
       </c>
       <c r="DS34" s="13">
         <v>252.3213062538</v>
       </c>
       <c r="DT34" s="13">
         <v>160.76237105999999</v>
       </c>
       <c r="DU34" s="13">
         <v>210.07468917</v>
       </c>
       <c r="DV34" s="13">
         <v>197.93156059999998</v>
       </c>
       <c r="DW34" s="13">
         <v>247.96175258</v>
       </c>
       <c r="DX34" s="13">
-        <v>162.75110118999999</v>
+        <v>161.23047011</v>
       </c>
       <c r="DY34" s="13">
-        <v>179.11992155000002</v>
+        <v>226.26629939999998</v>
+      </c>
+      <c r="DZ34" s="13">
+        <v>303.24267710999993</v>
       </c>
     </row>
-    <row r="35" spans="2:129" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="35" spans="2:130" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B35" s="19" t="s">
         <v>123</v>
       </c>
       <c r="C35" s="13">
         <v>104.81424164209737</v>
       </c>
       <c r="D35" s="13">
         <v>77.407279334999998</v>
       </c>
       <c r="E35" s="13">
         <v>111.23004489500001</v>
       </c>
       <c r="F35" s="13">
         <v>142.59105544791188</v>
       </c>
       <c r="G35" s="13">
         <v>177.50967615900001</v>
       </c>
       <c r="H35" s="13">
         <v>209.93549391400001</v>
       </c>
       <c r="I35" s="13">
         <v>264.38380413300001</v>
       </c>
       <c r="J35" s="13">
@@ -13377,57 +13410,60 @@
       <c r="DP35" s="13">
         <v>318.16879181830001</v>
       </c>
       <c r="DQ35" s="13">
         <v>290.84087340970001</v>
       </c>
       <c r="DR35" s="13">
         <v>292.70711589320013</v>
       </c>
       <c r="DS35" s="13">
         <v>378.28042599210005</v>
       </c>
       <c r="DT35" s="13">
         <v>316.27522611979998</v>
       </c>
       <c r="DU35" s="13">
         <v>303.03431430899997</v>
       </c>
       <c r="DV35" s="13">
         <v>305.77320536740001</v>
       </c>
       <c r="DW35" s="13">
         <v>549.8655110405</v>
       </c>
       <c r="DX35" s="13">
-        <v>354.5020470851</v>
+        <v>354.48983308510003</v>
       </c>
       <c r="DY35" s="13">
-        <v>358.69000716370005</v>
+        <v>358.46005416370002</v>
+      </c>
+      <c r="DZ35" s="13">
+        <v>383.64359939759993</v>
       </c>
     </row>
-    <row r="36" spans="2:129" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="36" spans="2:130" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B36" s="19" t="s">
         <v>141</v>
       </c>
       <c r="C36" s="13">
         <v>1112.1617072647214</v>
       </c>
       <c r="D36" s="13">
         <v>1230.19564095128</v>
       </c>
       <c r="E36" s="13">
         <v>1328.3285268476086</v>
       </c>
       <c r="F36" s="13">
         <v>1347.4356751852847</v>
       </c>
       <c r="G36" s="13">
         <v>1405.7584381963588</v>
       </c>
       <c r="H36" s="13">
         <v>1377.6071493720242</v>
       </c>
       <c r="I36" s="13">
         <v>1305.0080183864095</v>
       </c>
       <c r="J36" s="13">
@@ -13763,57 +13799,60 @@
       <c r="DP36" s="13">
         <v>655.17314940159997</v>
       </c>
       <c r="DQ36" s="13">
         <v>499.5924149618005</v>
       </c>
       <c r="DR36" s="13">
         <v>727.48401951640005</v>
       </c>
       <c r="DS36" s="13">
         <v>556.65542750700001</v>
       </c>
       <c r="DT36" s="13">
         <v>630.03779990120006</v>
       </c>
       <c r="DU36" s="13">
         <v>661.09161080469926</v>
       </c>
       <c r="DV36" s="13">
         <v>693.71921451009973</v>
       </c>
       <c r="DW36" s="13">
         <v>516.61702490480047</v>
       </c>
       <c r="DX36" s="13">
-        <v>640.6801024731999</v>
+        <v>641.88381215320044</v>
       </c>
       <c r="DY36" s="13">
-        <v>718.8997631545999</v>
+        <v>713.63580847460003</v>
+      </c>
+      <c r="DZ36" s="13">
+        <v>809.74326943379992</v>
       </c>
     </row>
-    <row r="37" spans="2:129" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="37" spans="2:130" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B37" s="19" t="s">
         <v>124</v>
       </c>
       <c r="C37" s="13">
         <v>1272.5711476207211</v>
       </c>
       <c r="D37" s="13">
         <v>1418.1273771807023</v>
       </c>
       <c r="E37" s="13">
         <v>1561.1150413275004</v>
       </c>
       <c r="F37" s="13">
         <v>1539.7040436742816</v>
       </c>
       <c r="G37" s="13">
         <v>1648.1287359372773</v>
       </c>
       <c r="H37" s="13">
         <v>1656.0325436732815</v>
       </c>
       <c r="I37" s="13">
         <v>1616.8492555646303</v>
       </c>
       <c r="J37" s="13">
@@ -14149,57 +14188,60 @@
       <c r="DP37" s="13">
         <v>952.3977639077001</v>
       </c>
       <c r="DQ37" s="13">
         <v>1028.5513275009002</v>
       </c>
       <c r="DR37" s="13">
         <v>1058.1555191302</v>
       </c>
       <c r="DS37" s="13">
         <v>1082.7442016195</v>
       </c>
       <c r="DT37" s="13">
         <v>989.77505039669995</v>
       </c>
       <c r="DU37" s="13">
         <v>1077.5014886151998</v>
       </c>
       <c r="DV37" s="13">
         <v>1104.8882956629998</v>
       </c>
       <c r="DW37" s="13">
         <v>1080.8372122009005</v>
       </c>
       <c r="DX37" s="13">
-        <v>1026.1397351599001</v>
+        <v>1027.3424502399005</v>
       </c>
       <c r="DY37" s="13">
-        <v>1127.2214626636999</v>
+        <v>1121.9338513036998</v>
+      </c>
+      <c r="DZ37" s="13">
+        <v>1158.1334926591999</v>
       </c>
     </row>
-    <row r="38" spans="2:129" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="38" spans="2:130" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B38" s="22" t="s">
         <v>137</v>
       </c>
       <c r="C38" s="18">
         <v>160.409440356</v>
       </c>
       <c r="D38" s="18">
         <v>187.93173622942231</v>
       </c>
       <c r="E38" s="18">
         <v>232.78651447989205</v>
       </c>
       <c r="F38" s="18">
         <v>192.26836848899666</v>
       </c>
       <c r="G38" s="18">
         <v>242.37029774091832</v>
       </c>
       <c r="H38" s="18">
         <v>278.42539430125709</v>
       </c>
       <c r="I38" s="18">
         <v>311.84123717822075</v>
       </c>
       <c r="J38" s="18">
@@ -14535,62 +14577,65 @@
       <c r="DP38" s="18">
         <v>297.22461450610012</v>
       </c>
       <c r="DQ38" s="18">
         <v>528.95891253909974</v>
       </c>
       <c r="DR38" s="18">
         <v>330.67149961379994</v>
       </c>
       <c r="DS38" s="18">
         <v>526.0887741125</v>
       </c>
       <c r="DT38" s="18">
         <v>359.73725049549989</v>
       </c>
       <c r="DU38" s="18">
         <v>416.40987781050052</v>
       </c>
       <c r="DV38" s="18">
         <v>411.16908115290005</v>
       </c>
       <c r="DW38" s="18">
         <v>564.22018729609999</v>
       </c>
       <c r="DX38" s="18">
-        <v>385.45963268670016</v>
+        <v>385.45863808670003</v>
       </c>
       <c r="DY38" s="18">
-        <v>408.32169950909997</v>
+        <v>408.29804282909981</v>
+      </c>
+      <c r="DZ38" s="18">
+        <v>348.39022322539989</v>
       </c>
     </row>
-    <row r="40" spans="2:129" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="40" spans="2:130" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B40" s="26" t="s">
         <v>157</v>
       </c>
     </row>
-    <row r="41" spans="2:129" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="41" spans="2:130" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B41" s="25" t="s">
         <v>150</v>
       </c>
       <c r="C41" s="24"/>
       <c r="D41" s="24"/>
       <c r="E41" s="24"/>
       <c r="F41" s="24"/>
       <c r="G41" s="24"/>
       <c r="AN41" s="2"/>
       <c r="AO41" s="2"/>
       <c r="AP41" s="2"/>
       <c r="AQ41" s="2"/>
       <c r="AR41" s="2"/>
       <c r="AS41" s="2"/>
       <c r="AT41" s="2"/>
       <c r="AU41" s="2"/>
       <c r="AV41" s="2"/>
       <c r="AW41" s="2"/>
       <c r="AX41" s="2"/>
       <c r="AY41" s="2"/>
     </row>
     <row r="74" spans="3:90" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C74" s="1"/>
       <c r="D74" s="1"/>
       <c r="E74" s="1"/>