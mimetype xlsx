--- v0 (2025-10-07)
+++ v1 (2025-10-30)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="4" rupBuild="14420"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\BOP&amp;IIP&amp;Dug izvještaji\Izvještaji_ostalo\TABLICE WEB\FDI\2025\2025Q1\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\BOP&amp;IIP&amp;Dug izvještaji\Izvještaji_ostalo\TABLICE WEB\FDI\2025\2025Q2\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
     <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15840"/>
   </bookViews>
   <sheets>
     <sheet name="ENG" sheetId="3" r:id="rId1"/>
   </sheets>
   <calcPr calcId="162913"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="35" uniqueCount="16">
@@ -139,51 +139,51 @@
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t xml:space="preserve">1) </t>
     </r>
   </si>
   <si>
     <r>
       <t>REINVESTED EARNINGS</t>
     </r>
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t>1)</t>
     </r>
   </si>
   <si>
     <r>
-      <t xml:space="preserve">Q1 2025 </t>
+      <t xml:space="preserve">Q1, Q2 2025 </t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="8"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t>2)</t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.0"/>
   </numFmts>
   <fonts count="11" x14ac:knownFonts="1">
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
@@ -1087,843 +1087,843 @@
       <c r="E13" s="4">
         <v>0</v>
       </c>
       <c r="F13" s="4">
         <v>43.359493499999999</v>
       </c>
       <c r="G13" s="4">
         <v>85.632433000000006</v>
       </c>
       <c r="H13" s="4">
         <v>0</v>
       </c>
       <c r="I13" s="4">
         <v>0</v>
       </c>
       <c r="J13" s="5">
         <v>1338.0015685000001</v>
       </c>
       <c r="L13" s="2"/>
     </row>
     <row r="14" spans="2:12" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B14" s="11">
         <v>2000</v>
       </c>
       <c r="C14" s="6">
-        <v>749.12961019999977</v>
+        <v>749.12961019999989</v>
       </c>
       <c r="D14" s="6">
         <v>0</v>
       </c>
       <c r="E14" s="6">
         <v>0</v>
       </c>
       <c r="F14" s="6">
-        <v>86.804057500000042</v>
+        <v>86.804057499999971</v>
       </c>
       <c r="G14" s="6">
         <v>238.08489404697264</v>
       </c>
       <c r="H14" s="6">
         <v>3.3463559530273406</v>
       </c>
       <c r="I14" s="4">
         <v>0</v>
       </c>
       <c r="J14" s="7">
         <v>1077.3649176999998</v>
       </c>
       <c r="L14" s="2"/>
     </row>
     <row r="15" spans="2:12" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B15" s="11">
         <v>2001</v>
       </c>
       <c r="C15" s="6">
-        <v>911.09422970000014</v>
+        <v>911.09422969999991</v>
       </c>
       <c r="D15" s="6">
         <v>0</v>
       </c>
       <c r="E15" s="6">
         <v>0.88885480000000006</v>
       </c>
       <c r="F15" s="6">
-        <v>187.89164680000016</v>
+        <v>187.89164680000007</v>
       </c>
       <c r="G15" s="6">
         <v>57.55121017639388</v>
       </c>
       <c r="H15" s="6">
         <v>1.4841043228711595</v>
       </c>
       <c r="I15" s="4">
         <v>0</v>
       </c>
       <c r="J15" s="7">
-        <v>1158.9100457992654</v>
+        <v>1158.9100457992652</v>
       </c>
       <c r="L15" s="2"/>
     </row>
     <row r="16" spans="2:12" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B16" s="11">
         <v>2002</v>
       </c>
       <c r="C16" s="6">
-        <v>718.34912830000007</v>
+        <v>728.17912830000023</v>
       </c>
       <c r="D16" s="6">
         <v>0</v>
       </c>
       <c r="E16" s="6">
         <v>0</v>
       </c>
       <c r="F16" s="6">
-        <v>160.93953410000003</v>
+        <v>160.9395341</v>
       </c>
       <c r="G16" s="6">
         <v>167.62672138601968</v>
       </c>
       <c r="H16" s="6">
         <v>1.1324757412393383</v>
       </c>
       <c r="I16" s="4">
         <v>0</v>
       </c>
       <c r="J16" s="7">
-        <v>1048.0478595272591</v>
+        <v>1057.8778595272593</v>
       </c>
       <c r="L16" s="2"/>
     </row>
     <row r="17" spans="2:12" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B17" s="11">
         <v>2003</v>
       </c>
       <c r="C17" s="6">
-        <v>762.44928549999906</v>
+        <v>777.70328550000022</v>
       </c>
       <c r="D17" s="6">
         <v>0</v>
       </c>
       <c r="E17" s="6">
         <v>0</v>
       </c>
       <c r="F17" s="6">
-        <v>587.8620774000002</v>
+        <v>587.86207740000009</v>
       </c>
       <c r="G17" s="6">
         <v>257.42079020121525</v>
       </c>
       <c r="H17" s="6">
         <v>3.7984418374225877</v>
       </c>
       <c r="I17" s="4">
         <v>0</v>
       </c>
       <c r="J17" s="7">
-        <v>1611.530594938637</v>
+        <v>1626.7845949386383</v>
       </c>
       <c r="L17" s="2"/>
     </row>
     <row r="18" spans="2:12" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B18" s="11">
         <v>2004</v>
       </c>
       <c r="C18" s="6">
-        <v>320.30444480000006</v>
+        <v>352.62544480000247</v>
       </c>
       <c r="D18" s="6">
         <v>0</v>
       </c>
       <c r="E18" s="6">
         <v>0</v>
       </c>
       <c r="F18" s="6">
-        <v>291.73930490000009</v>
+        <v>291.73930489999981</v>
       </c>
       <c r="G18" s="6">
         <v>445.1958656681295</v>
       </c>
       <c r="H18" s="6">
         <v>3.5700797085907263</v>
       </c>
       <c r="I18" s="4">
         <v>0</v>
       </c>
       <c r="J18" s="7">
-        <v>1060.8096950767203</v>
+        <v>1093.1306950767225</v>
       </c>
       <c r="L18" s="2"/>
     </row>
     <row r="19" spans="2:12" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B19" s="11">
         <v>2005</v>
       </c>
       <c r="C19" s="6">
-        <v>800.58015959999977</v>
+        <v>836.20115960000066</v>
       </c>
       <c r="D19" s="6">
         <v>0</v>
       </c>
       <c r="E19" s="6">
         <v>0</v>
       </c>
       <c r="F19" s="6">
         <v>570.43313180000007</v>
       </c>
       <c r="G19" s="6">
         <v>82.893076991122086</v>
       </c>
       <c r="H19" s="6">
         <v>-2.466996231878066</v>
       </c>
       <c r="I19" s="4">
         <v>0</v>
       </c>
       <c r="J19" s="7">
-        <v>1451.4393721592437</v>
+        <v>1487.0603721592447</v>
       </c>
       <c r="L19" s="2"/>
     </row>
     <row r="20" spans="2:12" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B20" s="11">
         <v>2006</v>
       </c>
       <c r="C20" s="6">
-        <v>1415.4788334000054</v>
+        <v>1458.128833400008</v>
       </c>
       <c r="D20" s="6">
         <v>0</v>
       </c>
       <c r="E20" s="6">
         <v>0</v>
       </c>
       <c r="F20" s="6">
-        <v>703.73506810000003</v>
+        <v>703.73506809999992</v>
       </c>
       <c r="G20" s="6">
         <v>351.32374877539831</v>
       </c>
       <c r="H20" s="6">
         <v>11.4466702015644</v>
       </c>
       <c r="I20" s="6">
         <v>9.7000283354088612</v>
       </c>
       <c r="J20" s="7">
-        <v>2491.6843488123768</v>
+        <v>2534.3343488123792</v>
       </c>
       <c r="L20" s="2"/>
     </row>
     <row r="21" spans="2:12" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B21" s="11">
         <v>2007</v>
       </c>
       <c r="C21" s="6">
-        <v>2188.4914052000045</v>
+        <v>2199.3714052000068</v>
       </c>
       <c r="D21" s="6">
         <v>0</v>
       </c>
       <c r="E21" s="6">
         <v>0</v>
       </c>
       <c r="F21" s="6">
-        <v>483.31388630000009</v>
+        <v>483.31388629999998</v>
       </c>
       <c r="G21" s="6">
         <v>744.53960052613274</v>
       </c>
       <c r="H21" s="6">
         <v>19.752522459838744</v>
       </c>
       <c r="I21" s="6">
         <v>-2.1719483997440339</v>
       </c>
       <c r="J21" s="7">
-        <v>3433.9254660862316</v>
+        <v>3444.805466086234</v>
       </c>
       <c r="L21" s="2"/>
     </row>
     <row r="22" spans="2:12" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B22" s="11">
         <v>2008</v>
       </c>
       <c r="C22" s="6">
-        <v>1887.3935503</v>
+        <v>1887.3935502999989</v>
       </c>
       <c r="D22" s="6">
         <v>0</v>
       </c>
       <c r="E22" s="6">
         <v>0</v>
       </c>
       <c r="F22" s="6">
-        <v>508.48990999999972</v>
+        <v>508.48990999999927</v>
       </c>
       <c r="G22" s="6">
-        <v>364.20194489531036</v>
+        <v>364.20194489531025</v>
       </c>
       <c r="H22" s="6">
         <v>0.81464109998011525</v>
       </c>
       <c r="I22" s="6">
         <v>929.29120343536601</v>
       </c>
       <c r="J22" s="7">
-        <v>3690.1912497306562</v>
+        <v>3690.1912497306548</v>
       </c>
       <c r="L22" s="2"/>
     </row>
     <row r="23" spans="2:12" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B23" s="11">
         <v>2009</v>
       </c>
       <c r="C23" s="6">
-        <v>448.21806640000005</v>
+        <v>448.21806639999795</v>
       </c>
       <c r="D23" s="6">
         <v>0</v>
       </c>
       <c r="E23" s="6">
         <v>0</v>
       </c>
       <c r="F23" s="6">
-        <v>287.40673470000007</v>
+        <v>287.40673470000047</v>
       </c>
       <c r="G23" s="6">
         <v>1137.7073195370911</v>
       </c>
       <c r="H23" s="6">
         <v>41.331680289997379</v>
       </c>
       <c r="I23" s="6">
         <v>267.89501504206498</v>
       </c>
       <c r="J23" s="7">
-        <v>2182.5588159691538</v>
+        <v>2182.558815969152</v>
       </c>
       <c r="L23" s="2"/>
     </row>
     <row r="24" spans="2:12" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B24" s="11">
         <v>2010</v>
       </c>
       <c r="C24" s="6">
-        <v>261.93542370000068</v>
+        <v>261.93542370000114</v>
       </c>
       <c r="D24" s="6">
         <v>0</v>
       </c>
       <c r="E24" s="6">
         <v>0</v>
       </c>
       <c r="F24" s="6">
-        <v>530.49508679999974</v>
+        <v>530.49508679999883</v>
       </c>
       <c r="G24" s="6">
-        <v>-200.07257769760599</v>
+        <v>-200.07257769760596</v>
       </c>
       <c r="H24" s="6">
         <v>255.78071801999999</v>
       </c>
       <c r="I24" s="6">
         <v>305.55061763000003</v>
       </c>
       <c r="J24" s="7">
-        <v>1153.6892684523946</v>
+        <v>1153.6892684523941</v>
       </c>
       <c r="L24" s="2"/>
     </row>
     <row r="25" spans="2:12" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B25" s="11">
         <v>2011</v>
       </c>
       <c r="C25" s="6">
-        <v>1849.1768500000017</v>
+        <v>1849.176850000001</v>
       </c>
       <c r="D25" s="6">
         <v>0</v>
       </c>
       <c r="E25" s="6">
         <v>0</v>
       </c>
       <c r="F25" s="6">
-        <v>288.1188178000001</v>
+        <v>288.13681780000007</v>
       </c>
       <c r="G25" s="6">
-        <v>-983.1881327132578</v>
+        <v>-983.18813271325769</v>
       </c>
       <c r="H25" s="6">
         <v>-215.11359066999998</v>
       </c>
       <c r="I25" s="6">
         <v>-29.614909389999987</v>
       </c>
       <c r="J25" s="7">
-        <v>909.37903502674408</v>
+        <v>909.39703502674331</v>
       </c>
       <c r="L25" s="2"/>
     </row>
     <row r="26" spans="2:12" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B26" s="11">
         <v>2012</v>
       </c>
       <c r="C26" s="6">
-        <v>785.22538779999968</v>
+        <v>787.21991780000064</v>
       </c>
       <c r="D26" s="6">
         <v>0</v>
       </c>
       <c r="E26" s="6">
         <v>5.0015499999999999</v>
       </c>
       <c r="F26" s="6">
-        <v>239.28810239999996</v>
+        <v>239.28610239999972</v>
       </c>
       <c r="G26" s="6">
-        <v>-386.22950607470966</v>
+        <v>-386.22950607470955</v>
       </c>
       <c r="H26" s="6">
         <v>-21.803443999999999</v>
       </c>
       <c r="I26" s="6">
         <v>378.07476524999993</v>
       </c>
       <c r="J26" s="7">
-        <v>999.55685537528984</v>
+        <v>1001.5493853752907</v>
       </c>
       <c r="L26" s="2"/>
     </row>
     <row r="27" spans="2:12" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B27" s="11">
         <v>2013</v>
       </c>
       <c r="C27" s="6">
-        <v>668.41097400000035</v>
+        <v>668.37093399999969</v>
       </c>
       <c r="D27" s="6">
         <v>0</v>
       </c>
       <c r="E27" s="6">
         <v>1.2999999999999999E-4</v>
       </c>
       <c r="F27" s="6">
-        <v>-304.76409719999992</v>
+        <v>-304.76409719999771</v>
       </c>
       <c r="G27" s="6">
-        <v>6.3165964820135798</v>
+        <v>6.3165964820135514</v>
       </c>
       <c r="H27" s="6">
         <v>14.149635600000003</v>
       </c>
       <c r="I27" s="6">
         <v>338.43811195000001</v>
       </c>
       <c r="J27" s="7">
-        <v>722.5513508320139</v>
+        <v>722.5113108320154</v>
       </c>
       <c r="L27" s="2"/>
     </row>
     <row r="28" spans="2:12" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B28" s="11">
         <v>2014</v>
       </c>
       <c r="C28" s="6">
-        <v>2233.2040131999979</v>
+        <v>2238.215003199999</v>
       </c>
       <c r="D28" s="6">
         <v>0</v>
       </c>
       <c r="E28" s="6">
-        <v>2.2000000000000001E-3</v>
+        <v>2.1999999999999993E-3</v>
       </c>
       <c r="F28" s="6">
-        <v>-183.6170172999997</v>
+        <v>-180.88074750000038</v>
       </c>
       <c r="G28" s="6">
-        <v>94.47338428088193</v>
+        <v>94.473384280881902</v>
       </c>
       <c r="H28" s="6">
         <v>95.694274710000016</v>
       </c>
       <c r="I28" s="6">
         <v>69.394033159999935</v>
       </c>
       <c r="J28" s="7">
-        <v>2309.1508880508795</v>
+        <v>2316.8981478508804</v>
       </c>
       <c r="L28" s="2"/>
     </row>
     <row r="29" spans="2:12" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B29" s="11">
         <v>2015</v>
       </c>
       <c r="C29" s="6">
-        <v>1967.3779648999976</v>
+        <v>1967.3858148999991</v>
       </c>
       <c r="D29" s="6">
         <v>0</v>
       </c>
       <c r="E29" s="6">
         <v>3.8879200000000003</v>
       </c>
       <c r="F29" s="6">
-        <v>-574.74030910000022</v>
+        <v>-546.55699010000228</v>
       </c>
       <c r="G29" s="6">
-        <v>-4.3039919822160329</v>
+        <v>-4.3039919822161181</v>
       </c>
       <c r="H29" s="6">
         <v>-19.856326030000016</v>
       </c>
       <c r="I29" s="6">
         <v>-941.3985527599998</v>
       </c>
       <c r="J29" s="7">
-        <v>430.96670502778125</v>
+        <v>459.15787402778062</v>
       </c>
       <c r="L29" s="2"/>
     </row>
     <row r="30" spans="2:12" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B30" s="11">
         <v>2016</v>
       </c>
       <c r="C30" s="6">
-        <v>691.80838160000008</v>
+        <v>691.81106159999581</v>
       </c>
       <c r="D30" s="6">
         <v>0</v>
       </c>
       <c r="E30" s="6">
         <v>2.4629999999999999E-2</v>
       </c>
       <c r="F30" s="6">
-        <v>767.70610989999989</v>
+        <v>755.25205359999836</v>
       </c>
       <c r="G30" s="6">
-        <v>50.121181028028744</v>
+        <v>50.121181028028758</v>
       </c>
       <c r="H30" s="6">
         <v>72.467142509999974</v>
       </c>
       <c r="I30" s="6">
         <v>-160.62158043999989</v>
       </c>
       <c r="J30" s="7">
-        <v>1421.5058645980287</v>
+        <v>1409.054488298023</v>
       </c>
       <c r="L30" s="2"/>
     </row>
     <row r="31" spans="2:12" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B31" s="11">
         <v>2017</v>
       </c>
       <c r="C31" s="6">
-        <v>618.52184190000025</v>
+        <v>591.28273190000209</v>
       </c>
       <c r="D31" s="6">
         <v>0</v>
       </c>
       <c r="E31" s="6">
         <v>5.0299999999999997E-3</v>
       </c>
       <c r="F31" s="6">
-        <v>511.52676350000075</v>
+        <v>518.71972349999896</v>
       </c>
       <c r="G31" s="6">
-        <v>542.42635478372301</v>
+        <v>542.46199478372318</v>
       </c>
       <c r="H31" s="6">
         <v>-13.62955947999998</v>
       </c>
       <c r="I31" s="6">
         <v>-58.680853900000017</v>
       </c>
       <c r="J31" s="7">
-        <v>1600.1695768037239</v>
+        <v>1580.1590668037243</v>
       </c>
     </row>
     <row r="32" spans="2:12" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B32" s="11">
         <v>2018</v>
       </c>
       <c r="C32" s="6">
-        <v>757.04424779999999</v>
+        <v>759.62813780000238</v>
       </c>
       <c r="D32" s="6">
         <v>0</v>
       </c>
       <c r="E32" s="6">
         <v>-0.25879999999999997</v>
       </c>
       <c r="F32" s="6">
-        <v>1231.3997272999995</v>
+        <v>1233.4391685000023</v>
       </c>
       <c r="G32" s="6">
-        <v>-361.3444456709276</v>
+        <v>-361.5096656709278</v>
       </c>
       <c r="H32" s="6">
         <v>-4.4674098199999719</v>
       </c>
       <c r="I32" s="6">
         <v>-250.9623736799999</v>
       </c>
       <c r="J32" s="7">
-        <v>1371.4109459290723</v>
+        <v>1375.8690571290767</v>
       </c>
     </row>
     <row r="33" spans="2:12" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B33" s="11">
         <v>2019</v>
       </c>
       <c r="C33" s="6">
-        <v>916.73472349999838</v>
+        <v>922.03444350000029</v>
       </c>
       <c r="D33" s="6">
         <v>0</v>
       </c>
       <c r="E33" s="6">
         <v>1.3500000000000001E-3</v>
       </c>
       <c r="F33" s="6">
-        <v>782.30233849999991</v>
+        <v>881.98771789999751</v>
       </c>
       <c r="G33" s="6">
-        <v>1298.1780149739416</v>
+        <v>1298.0752549739416</v>
       </c>
       <c r="H33" s="6">
         <v>865.055148500276</v>
       </c>
       <c r="I33" s="6">
         <v>-317.94066877454321</v>
       </c>
       <c r="J33" s="7">
-        <v>3544.3309066996726</v>
+        <v>3649.2132460996722</v>
       </c>
     </row>
     <row r="34" spans="2:12" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B34" s="11">
         <v>2020</v>
       </c>
       <c r="C34" s="6">
-        <v>720.23506750000024</v>
+        <v>718.54190750000271</v>
       </c>
       <c r="D34" s="6">
         <v>0</v>
       </c>
       <c r="E34" s="6">
         <v>5.0000000000000001E-4</v>
       </c>
       <c r="F34" s="6">
-        <v>539.35570829999961</v>
+        <v>705.08745919999876</v>
       </c>
       <c r="G34" s="6">
-        <v>96.754652707149276</v>
+        <v>96.719652707149322</v>
       </c>
       <c r="H34" s="6">
         <v>32.580536518527339</v>
       </c>
       <c r="I34" s="6">
         <v>-83.43520521773587</v>
       </c>
       <c r="J34" s="7">
-        <v>1305.4912598079407</v>
+        <v>1469.4948507079423</v>
       </c>
     </row>
     <row r="35" spans="2:12" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B35" s="11">
         <v>2021</v>
       </c>
       <c r="C35" s="6">
-        <v>1618.5206161000006</v>
+        <v>1686.2207460999953</v>
       </c>
       <c r="D35" s="6">
         <v>0</v>
       </c>
       <c r="E35" s="6">
         <v>0.54729000000000005</v>
       </c>
       <c r="F35" s="6">
-        <v>1968.6668608000007</v>
+        <v>2037.802179800005</v>
       </c>
       <c r="G35" s="6">
-        <v>618.006686017427</v>
+        <v>617.90052601742696</v>
       </c>
       <c r="H35" s="6">
         <v>-26.745811213006888</v>
       </c>
       <c r="I35" s="6">
         <v>148.76295502534015</v>
       </c>
       <c r="J35" s="7">
-        <v>4327.7585967297618</v>
+        <v>4464.4878857297608</v>
       </c>
     </row>
     <row r="36" spans="2:12" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B36" s="11">
         <v>2022</v>
       </c>
       <c r="C36" s="6">
-        <v>1056.3354341000004</v>
+        <v>1061.3678241000005</v>
       </c>
       <c r="D36" s="6">
         <v>0</v>
       </c>
       <c r="E36" s="6">
         <v>0</v>
       </c>
       <c r="F36" s="6">
-        <v>1788.4184152999994</v>
+        <v>1762.1994697000068</v>
       </c>
       <c r="G36" s="6">
-        <v>595.46745670829728</v>
+        <v>595.43622670829745</v>
       </c>
       <c r="H36" s="6">
         <v>-6.063508046162184</v>
       </c>
       <c r="I36" s="6">
         <v>292.96838528057901</v>
       </c>
       <c r="J36" s="7">
-        <v>3727.1261833427138</v>
+        <v>3705.9083977427217</v>
       </c>
     </row>
     <row r="37" spans="2:12" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B37" s="14">
         <v>2023</v>
       </c>
       <c r="C37" s="6">
-        <v>1474.5214250000013</v>
+        <v>1521.0859250000033</v>
       </c>
       <c r="D37" s="6">
         <v>0</v>
       </c>
       <c r="E37" s="6">
-        <v>0</v>
+        <v>2.3600000000000001E-3</v>
       </c>
       <c r="F37" s="6">
-        <v>2252.5107438999994</v>
+        <v>1989.3107914999975</v>
       </c>
       <c r="G37" s="6">
-        <v>-1061.9282789949771</v>
+        <v>-1012.001608994977</v>
       </c>
       <c r="H37" s="6">
         <v>145.18306698916308</v>
       </c>
       <c r="I37" s="6">
-        <v>278.02654265571931</v>
+        <v>613.87327446391828</v>
       </c>
       <c r="J37" s="7">
-        <v>3088.3134995499063</v>
+        <v>3257.4538089581051</v>
       </c>
     </row>
     <row r="38" spans="2:12" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B38" s="14">
         <v>2024</v>
       </c>
       <c r="C38" s="6">
-        <v>1397.9761300000032</v>
+        <v>1552.2187700000031</v>
       </c>
       <c r="D38" s="6">
         <v>0</v>
       </c>
       <c r="E38" s="6">
         <v>2.9499999999999999E-3</v>
       </c>
       <c r="F38" s="6">
-        <v>2051.9707462000047</v>
+        <v>1922.8237543999994</v>
       </c>
       <c r="G38" s="6">
-        <v>201.07185600773306</v>
+        <v>54.598933794407856</v>
       </c>
       <c r="H38" s="6">
-        <v>-98.061682153830162</v>
+        <v>-98.048487709517659</v>
       </c>
       <c r="I38" s="6">
-        <v>748.59734317436062</v>
+        <v>750.66745803143624</v>
       </c>
       <c r="J38" s="7">
-        <v>4301.5573432282717</v>
+        <v>4182.2633785163289</v>
       </c>
     </row>
     <row r="39" spans="2:12" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B39" s="12" t="s">
         <v>15</v>
       </c>
       <c r="C39" s="6">
-        <v>-108.33165000000008</v>
+        <v>-51.590179999999947</v>
       </c>
       <c r="D39" s="6">
         <v>0</v>
       </c>
       <c r="E39" s="6">
         <v>0</v>
       </c>
       <c r="F39" s="6">
-        <v>-459.63613089999984</v>
+        <v>29.860308099997042</v>
       </c>
       <c r="G39" s="6">
-        <v>1190.8278899065576</v>
+        <v>664.15243691895171</v>
       </c>
       <c r="H39" s="6">
-        <v>-8.9023857207780352</v>
+        <v>44.297700807690475</v>
       </c>
       <c r="I39" s="6">
-        <v>272.06022519796647</v>
+        <v>393.61613238999354</v>
       </c>
       <c r="J39" s="7">
-        <v>886.01794848374607</v>
+        <v>1080.3363982166329</v>
       </c>
     </row>
     <row r="40" spans="2:12" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B40" s="13" t="s">
         <v>10</v>
       </c>
       <c r="C40" s="8">
-        <v>29882.602979600018</v>
+        <v>30345.367459600024</v>
       </c>
       <c r="D40" s="8">
         <v>9.9999999999999995E-8</v>
       </c>
       <c r="E40" s="8">
-        <v>10.103604800000001</v>
+        <v>10.105964800000001</v>
       </c>
       <c r="F40" s="8">
-        <v>15440.758643800002</v>
+        <v>15873.955576</v>
       </c>
       <c r="G40" s="8">
-        <v>5955.2183614658461</v>
+        <v>5331.5919262649122</v>
       </c>
       <c r="H40" s="8">
-        <v>1150.4767810968431</v>
+        <v>1203.690062069624</v>
       </c>
       <c r="I40" s="8">
-        <v>2193.9331335747829</v>
+        <v>2653.4058874320845</v>
       </c>
       <c r="J40" s="8">
-        <v>54633.093504437478</v>
+        <v>55418.116876266642</v>
       </c>
     </row>
     <row r="42" spans="2:12" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B42" s="15" t="s">
         <v>11</v>
       </c>
       <c r="C42" s="15"/>
       <c r="D42" s="15"/>
       <c r="E42" s="15"/>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15"/>
       <c r="I42" s="15"/>
       <c r="J42" s="15"/>
       <c r="K42" s="15"/>
       <c r="L42" s="15"/>
     </row>
     <row r="43" spans="2:12" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B43" s="15"/>
       <c r="C43" s="15"/>
       <c r="D43" s="15"/>
       <c r="E43" s="15"/>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15"/>