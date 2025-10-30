--- v0 (2025-10-07)
+++ v1 (2025-10-30)
@@ -5,68 +5,71 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="24334"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="M:\Statistika i istraživanje\BILTEN\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{EEA49FC4-E9C8-4CF9-8F5E-0BA54BF964BB}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{C4FD46CE-3EFA-415E-90A1-913C5EF79379}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="ENG" sheetId="3" r:id="rId1"/>
   </sheets>
   <calcPr calcId="162913"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
+    <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
+      <xlwcv:version setVersion="1"/>
+    </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="818" uniqueCount="53">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="819" uniqueCount="53">
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>January</t>
   </si>
   <si>
     <t>February</t>
   </si>
   <si>
     <t>March</t>
   </si>
   <si>
     <t>April</t>
   </si>
   <si>
     <t>May</t>
   </si>
   <si>
     <t>June</t>
   </si>
   <si>
@@ -436,51 +439,51 @@
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color rgb="FFFF0000"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="6">
     <xf numFmtId="165" fontId="0" fillId="0" borderId="0" applyNumberFormat="0"/>
     <xf numFmtId="165" fontId="6" fillId="0" borderId="1" applyNumberFormat="0" applyFill="0" applyProtection="0">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="3" fillId="0" borderId="2" applyNumberFormat="0" applyFont="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="165" fontId="3" fillId="0" borderId="3" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="165" fontId="3" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="43">
+  <cellXfs count="42">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="166" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="166" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="166" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="164" fontId="5" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="164" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="166" fontId="6" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="166" fontId="6" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="167" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="167" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="168" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="168" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="166" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
@@ -534,53 +537,50 @@
     </xf>
     <xf numFmtId="165" fontId="2" fillId="0" borderId="0" xfId="5" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="166" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="165" fontId="4" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="165" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="165" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment vertical="center"/>
     </xf>
     <xf numFmtId="167" fontId="6" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="167" fontId="6" fillId="2" borderId="1" xfId="1" applyNumberFormat="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="167" fontId="6" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="167" fontId="6" fillId="2" borderId="1" xfId="1" applyNumberFormat="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1" indent="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle name="Normal 37" xfId="4" xr:uid="{00000000-0005-0000-0000-000000000000}"/>
     <cellStyle name="Normalno" xfId="0" builtinId="0"/>
     <cellStyle name="Normalno 3" xfId="5" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="Tanka linija ispod" xfId="2" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
     <cellStyle name="Zadnji redak" xfId="3" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
     <cellStyle name="Zaglavlje" xfId="1" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
@@ -843,51 +843,51 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="B2:Q342"/>
+  <dimension ref="B2:Q343"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScale="110" zoomScaleNormal="110" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.1640625" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="4.5" style="3" customWidth="1"/>
     <col min="2" max="2" width="9.6640625" style="2" customWidth="1"/>
     <col min="3" max="3" width="11.6640625" style="2" customWidth="1"/>
     <col min="4" max="13" width="16.6640625" style="2" customWidth="1"/>
     <col min="14" max="15" width="16.6640625" style="3" customWidth="1"/>
     <col min="16" max="16384" width="9.1640625" style="3"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B2" s="29" t="s">
         <v>50</v>
       </c>
       <c r="D2" s="8"/>
       <c r="E2" s="8"/>
       <c r="F2" s="8"/>
       <c r="G2" s="8"/>
       <c r="H2" s="9"/>
       <c r="I2" s="8"/>
       <c r="J2" s="8"/>
       <c r="K2" s="8"/>
@@ -900,96 +900,96 @@
       <c r="G3" s="8"/>
       <c r="H3" s="9"/>
       <c r="I3" s="8"/>
       <c r="J3" s="8"/>
       <c r="K3" s="8"/>
     </row>
     <row r="4" spans="2:15" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B4" s="1"/>
       <c r="C4" s="5"/>
       <c r="D4" s="8"/>
       <c r="E4" s="8"/>
       <c r="F4" s="8"/>
       <c r="G4" s="8"/>
       <c r="H4" s="8"/>
       <c r="I4" s="8"/>
       <c r="J4" s="8"/>
       <c r="K4" s="8"/>
       <c r="L4" s="8"/>
       <c r="M4" s="8"/>
       <c r="N4" s="8"/>
       <c r="O4" s="8"/>
     </row>
     <row r="5" spans="2:15" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B5" s="6"/>
       <c r="C5" s="6"/>
-      <c r="D5" s="39" t="s">
+      <c r="D5" s="38" t="s">
         <v>21</v>
       </c>
-      <c r="E5" s="39"/>
-[...2 lines deleted...]
-      <c r="H5" s="40" t="s">
+      <c r="E5" s="38"/>
+      <c r="F5" s="38"/>
+      <c r="G5" s="38"/>
+      <c r="H5" s="39" t="s">
         <v>23</v>
       </c>
-      <c r="I5" s="40"/>
-[...2 lines deleted...]
-      <c r="L5" s="39" t="s">
+      <c r="I5" s="39"/>
+      <c r="J5" s="39"/>
+      <c r="K5" s="39"/>
+      <c r="L5" s="38" t="s">
         <v>24</v>
       </c>
-      <c r="M5" s="39"/>
-[...1 lines deleted...]
-      <c r="O5" s="39"/>
+      <c r="M5" s="38"/>
+      <c r="N5" s="38"/>
+      <c r="O5" s="38"/>
     </row>
     <row r="6" spans="2:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B6" s="6"/>
       <c r="C6" s="6"/>
-      <c r="D6" s="41" t="s">
+      <c r="D6" s="40" t="s">
         <v>22</v>
       </c>
-      <c r="E6" s="41"/>
-      <c r="F6" s="41" t="s">
+      <c r="E6" s="40"/>
+      <c r="F6" s="40" t="s">
         <v>25</v>
       </c>
-      <c r="G6" s="41"/>
-      <c r="H6" s="42" t="s">
+      <c r="G6" s="40"/>
+      <c r="H6" s="41" t="s">
         <v>22</v>
       </c>
-      <c r="I6" s="42"/>
-      <c r="J6" s="42" t="s">
+      <c r="I6" s="41"/>
+      <c r="J6" s="41" t="s">
         <v>25</v>
       </c>
-      <c r="K6" s="42"/>
-      <c r="L6" s="41" t="s">
+      <c r="K6" s="41"/>
+      <c r="L6" s="40" t="s">
         <v>22</v>
       </c>
-      <c r="M6" s="41"/>
-      <c r="N6" s="41" t="s">
+      <c r="M6" s="40"/>
+      <c r="N6" s="40" t="s">
         <v>25</v>
       </c>
-      <c r="O6" s="41"/>
+      <c r="O6" s="40"/>
     </row>
     <row r="7" spans="2:15" ht="62.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B7" s="7" t="s">
         <v>0</v>
       </c>
       <c r="C7" s="7" t="s">
         <v>1</v>
       </c>
       <c r="D7" s="14" t="s">
         <v>26</v>
       </c>
       <c r="E7" s="14" t="s">
         <v>27</v>
       </c>
       <c r="F7" s="14" t="s">
         <v>28</v>
       </c>
       <c r="G7" s="14" t="s">
         <v>29</v>
       </c>
       <c r="H7" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I7" s="15" t="s">
         <v>27</v>
@@ -14951,114 +14951,156 @@
       <c r="H338" s="34">
         <v>0.2</v>
       </c>
       <c r="I338" s="34">
         <v>-0.7</v>
       </c>
       <c r="J338" s="34">
         <v>1.2</v>
       </c>
       <c r="K338" s="34">
         <v>0.9</v>
       </c>
       <c r="L338" s="33">
         <v>4.4000000000000004</v>
       </c>
       <c r="M338" s="33">
         <v>3</v>
       </c>
       <c r="N338" s="35">
         <v>4.8</v>
       </c>
       <c r="O338" s="35">
         <v>3.8</v>
       </c>
     </row>
-    <row r="339" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="C339" s="38" t="s">
+    <row r="339" spans="2:15" s="30" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B339" s="31"/>
+      <c r="C339" s="32" t="s">
         <v>9</v>
       </c>
-      <c r="D339" s="22">
+      <c r="D339" s="33">
         <v>136.80000000000001</v>
       </c>
-      <c r="E339" s="22">
+      <c r="E339" s="33">
         <v>127.4</v>
       </c>
-      <c r="F339" s="22">
+      <c r="F339" s="33">
         <v>142.43</v>
       </c>
-      <c r="G339" s="22">
+      <c r="G339" s="33">
         <v>136.69999999999999</v>
       </c>
-      <c r="H339" s="23">
+      <c r="H339" s="34">
         <v>0.3</v>
       </c>
-      <c r="I339" s="23">
+      <c r="I339" s="34">
         <v>0.4</v>
       </c>
-      <c r="J339" s="23">
+      <c r="J339" s="34">
         <v>0.4</v>
       </c>
-      <c r="K339" s="23">
+      <c r="K339" s="34">
         <v>0.5</v>
       </c>
-      <c r="L339" s="22">
+      <c r="L339" s="33">
         <v>4.5</v>
       </c>
-      <c r="M339" s="22">
+      <c r="M339" s="33">
         <v>3.4</v>
       </c>
-      <c r="N339" s="24">
+      <c r="N339" s="35">
         <v>4.9000000000000004</v>
       </c>
-      <c r="O339" s="24">
+      <c r="O339" s="35">
         <v>4.0999999999999996</v>
       </c>
     </row>
     <row r="340" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="D340" s="10"/>
-[...10 lines deleted...]
-      <c r="O340" s="11"/>
+      <c r="B340" s="37"/>
+      <c r="C340" s="37" t="s">
+        <v>10</v>
+      </c>
+      <c r="D340" s="22">
+        <v>137.4</v>
+      </c>
+      <c r="E340" s="22">
+        <v>128.4</v>
+      </c>
+      <c r="F340" s="22">
+        <v>141.44999999999999</v>
+      </c>
+      <c r="G340" s="22">
+        <v>135.47999999999999</v>
+      </c>
+      <c r="H340" s="23">
+        <v>0.4</v>
+      </c>
+      <c r="I340" s="23">
+        <v>0.8</v>
+      </c>
+      <c r="J340" s="23">
+        <v>-0.7</v>
+      </c>
+      <c r="K340" s="23">
+        <v>-0.9</v>
+      </c>
+      <c r="L340" s="22">
+        <v>4.0999999999999996</v>
+      </c>
+      <c r="M340" s="22">
+        <v>3.2</v>
+      </c>
+      <c r="N340" s="24">
+        <v>4.5999999999999996</v>
+      </c>
+      <c r="O340" s="24">
+        <v>4</v>
+      </c>
     </row>
     <row r="341" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B341" s="12" t="s">
+      <c r="D341" s="10"/>
+      <c r="E341" s="10"/>
+      <c r="F341" s="10"/>
+      <c r="G341" s="10"/>
+      <c r="H341" s="10"/>
+      <c r="I341" s="10"/>
+      <c r="J341" s="10"/>
+      <c r="K341" s="10"/>
+      <c r="L341" s="10"/>
+      <c r="M341" s="10"/>
+      <c r="N341" s="11"/>
+      <c r="O341" s="11"/>
+    </row>
+    <row r="342" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B342" s="12" t="s">
         <v>51</v>
       </c>
-      <c r="D341" s="13"/>
-[...2 lines deleted...]
-      <c r="B342" s="2" t="s">
+      <c r="D342" s="13"/>
+    </row>
+    <row r="343" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B343" s="2" t="s">
         <v>52</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="9">
     <mergeCell ref="D5:G5"/>
     <mergeCell ref="H5:K5"/>
     <mergeCell ref="L5:O5"/>
     <mergeCell ref="D6:E6"/>
     <mergeCell ref="F6:G6"/>
     <mergeCell ref="H6:I6"/>
     <mergeCell ref="J6:K6"/>
     <mergeCell ref="L6:M6"/>
     <mergeCell ref="N6:O6"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>