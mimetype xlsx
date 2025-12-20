--- v1 (2025-10-30)
+++ v2 (2025-12-20)
@@ -5,71 +5,71 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="24334"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="M:\Statistika i istraživanje\BILTEN\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{C4FD46CE-3EFA-415E-90A1-913C5EF79379}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{1C414B6D-6CBC-4013-A065-4474863E8352}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="ENG" sheetId="3" r:id="rId1"/>
   </sheets>
   <calcPr calcId="162913"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="819" uniqueCount="53">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="821" uniqueCount="53">
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>January</t>
   </si>
   <si>
     <t>February</t>
   </si>
   <si>
     <t>March</t>
   </si>
   <si>
     <t>April</t>
   </si>
   <si>
     <t>May</t>
   </si>
   <si>
     <t>June</t>
   </si>
   <si>
@@ -843,51 +843,51 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="B2:Q343"/>
+  <dimension ref="B2:Q345"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScale="110" zoomScaleNormal="110" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.1640625" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="4.5" style="3" customWidth="1"/>
     <col min="2" max="2" width="9.6640625" style="2" customWidth="1"/>
     <col min="3" max="3" width="11.6640625" style="2" customWidth="1"/>
     <col min="4" max="13" width="16.6640625" style="2" customWidth="1"/>
     <col min="14" max="15" width="16.6640625" style="3" customWidth="1"/>
     <col min="16" max="16384" width="9.1640625" style="3"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B2" s="29" t="s">
         <v>50</v>
       </c>
       <c r="D2" s="8"/>
       <c r="E2" s="8"/>
       <c r="F2" s="8"/>
       <c r="G2" s="8"/>
       <c r="H2" s="9"/>
       <c r="I2" s="8"/>
       <c r="J2" s="8"/>
       <c r="K2" s="8"/>
@@ -14993,114 +14993,198 @@
       <c r="H339" s="34">
         <v>0.3</v>
       </c>
       <c r="I339" s="34">
         <v>0.4</v>
       </c>
       <c r="J339" s="34">
         <v>0.4</v>
       </c>
       <c r="K339" s="34">
         <v>0.5</v>
       </c>
       <c r="L339" s="33">
         <v>4.5</v>
       </c>
       <c r="M339" s="33">
         <v>3.4</v>
       </c>
       <c r="N339" s="35">
         <v>4.9000000000000004</v>
       </c>
       <c r="O339" s="35">
         <v>4.0999999999999996</v>
       </c>
     </row>
-    <row r="340" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="C340" s="37" t="s">
+    <row r="340" spans="2:15" s="30" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B340" s="31"/>
+      <c r="C340" s="31" t="s">
         <v>10</v>
       </c>
-      <c r="D340" s="22">
+      <c r="D340" s="33">
         <v>137.4</v>
       </c>
-      <c r="E340" s="22">
+      <c r="E340" s="33">
         <v>128.4</v>
       </c>
-      <c r="F340" s="22">
+      <c r="F340" s="33">
         <v>141.44999999999999</v>
       </c>
-      <c r="G340" s="22">
+      <c r="G340" s="33">
         <v>135.47999999999999</v>
       </c>
-      <c r="H340" s="23">
+      <c r="H340" s="34">
         <v>0.4</v>
       </c>
-      <c r="I340" s="23">
+      <c r="I340" s="34">
         <v>0.8</v>
       </c>
-      <c r="J340" s="23">
+      <c r="J340" s="34">
         <v>-0.7</v>
       </c>
-      <c r="K340" s="23">
+      <c r="K340" s="34">
         <v>-0.9</v>
       </c>
-      <c r="L340" s="22">
+      <c r="L340" s="33">
         <v>4.0999999999999996</v>
       </c>
-      <c r="M340" s="22">
+      <c r="M340" s="33">
         <v>3.2</v>
       </c>
-      <c r="N340" s="24">
+      <c r="N340" s="35">
         <v>4.5999999999999996</v>
       </c>
-      <c r="O340" s="24">
+      <c r="O340" s="35">
         <v>4</v>
       </c>
     </row>
-    <row r="341" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...11 lines deleted...]
-      <c r="O341" s="11"/>
+    <row r="341" spans="2:15" s="30" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B341" s="31"/>
+      <c r="C341" s="31" t="s">
+        <v>11</v>
+      </c>
+      <c r="D341" s="33">
+        <v>138.1</v>
+      </c>
+      <c r="E341" s="33">
+        <v>129.6</v>
+      </c>
+      <c r="F341" s="33">
+        <v>141.57</v>
+      </c>
+      <c r="G341" s="33">
+        <v>135.94999999999999</v>
+      </c>
+      <c r="H341" s="34">
+        <v>0.5</v>
+      </c>
+      <c r="I341" s="34">
+        <v>0.9</v>
+      </c>
+      <c r="J341" s="34">
+        <v>0.1</v>
+      </c>
+      <c r="K341" s="34">
+        <v>0.3</v>
+      </c>
+      <c r="L341" s="33">
+        <v>3.6</v>
+      </c>
+      <c r="M341" s="33">
+        <v>3.1</v>
+      </c>
+      <c r="N341" s="35">
+        <v>4</v>
+      </c>
+      <c r="O341" s="35">
+        <v>3.8</v>
+      </c>
     </row>
     <row r="342" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B342" s="12" t="s">
+      <c r="B342" s="37"/>
+      <c r="C342" s="37" t="s">
+        <v>12</v>
+      </c>
+      <c r="D342" s="22">
+        <v>138.1</v>
+      </c>
+      <c r="E342" s="22">
+        <v>129.69999999999999</v>
+      </c>
+      <c r="F342" s="22">
+        <v>141.28</v>
+      </c>
+      <c r="G342" s="22">
+        <v>135.44999999999999</v>
+      </c>
+      <c r="H342" s="23">
+        <v>0</v>
+      </c>
+      <c r="I342" s="23">
+        <v>0.1</v>
+      </c>
+      <c r="J342" s="23">
+        <v>-0.2</v>
+      </c>
+      <c r="K342" s="23">
+        <v>-0.4</v>
+      </c>
+      <c r="L342" s="22">
+        <v>3.6</v>
+      </c>
+      <c r="M342" s="22">
+        <v>3.2</v>
+      </c>
+      <c r="N342" s="24">
+        <v>4.2</v>
+      </c>
+      <c r="O342" s="24">
+        <v>4.0999999999999996</v>
+      </c>
+    </row>
+    <row r="343" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="D343" s="10"/>
+      <c r="E343" s="10"/>
+      <c r="F343" s="10"/>
+      <c r="G343" s="10"/>
+      <c r="H343" s="10"/>
+      <c r="I343" s="10"/>
+      <c r="J343" s="10"/>
+      <c r="K343" s="10"/>
+      <c r="L343" s="10"/>
+      <c r="M343" s="10"/>
+      <c r="N343" s="11"/>
+      <c r="O343" s="11"/>
+    </row>
+    <row r="344" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B344" s="12" t="s">
         <v>51</v>
       </c>
-      <c r="D342" s="13"/>
-[...2 lines deleted...]
-      <c r="B343" s="2" t="s">
+      <c r="D344" s="13"/>
+    </row>
+    <row r="345" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B345" s="2" t="s">
         <v>52</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="9">
     <mergeCell ref="D5:G5"/>
     <mergeCell ref="H5:K5"/>
     <mergeCell ref="L5:O5"/>
     <mergeCell ref="D6:E6"/>
     <mergeCell ref="F6:G6"/>
     <mergeCell ref="H6:I6"/>
     <mergeCell ref="J6:K6"/>
     <mergeCell ref="L6:M6"/>
     <mergeCell ref="N6:O6"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>