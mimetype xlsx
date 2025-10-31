--- v0 (2025-10-08)
+++ v1 (2025-10-31)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="7" rupBuild="14420"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\BOP&amp;IIP&amp;Dug izvještaji\Izvještaji_ostalo\TABLICE WEB\FDI\2025\2025Q1\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\BOP&amp;IIP&amp;Dug izvještaji\Izvještaji_ostalo\TABLICE WEB\FDI\2025\2025Q2\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840"/>
   </bookViews>
   <sheets>
     <sheet name="HRV" sheetId="11" r:id="rId1"/>
   </sheets>
   <calcPr calcId="162913"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="83" uniqueCount="82">
@@ -415,51 +415,51 @@
     <t>LIHTENŠTAJN</t>
   </si>
   <si>
     <t>SRBIJA</t>
   </si>
   <si>
     <t xml:space="preserve">2022. </t>
   </si>
   <si>
     <t>NIZOZEMSKI ANTILI</t>
   </si>
   <si>
     <t>KAJMANSKI OTOCI</t>
   </si>
   <si>
     <t>Međunarodne financijske institucije</t>
   </si>
   <si>
     <t>2023.</t>
   </si>
   <si>
     <t xml:space="preserve">2024. </t>
   </si>
   <si>
     <r>
-      <t xml:space="preserve">1. tr. 2025. </t>
+      <t xml:space="preserve">1. i 2. tr. 2025. </t>
     </r>
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t>1)</t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="#,##0.0"/>
     <numFmt numFmtId="165" formatCode="#,##0.0000"/>
   </numFmts>
   <fonts count="16" x14ac:knownFonts="1">
     <font>
@@ -1024,51 +1024,51 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr codeName="List1">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A2:AL53"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.33203125" defaultRowHeight="12.95" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.83203125" style="2" customWidth="1"/>
     <col min="2" max="2" width="36" style="2" customWidth="1"/>
     <col min="3" max="32" width="8.83203125" style="2" customWidth="1"/>
     <col min="33" max="33" width="11.6640625" style="2" bestFit="1" customWidth="1"/>
     <col min="34" max="34" width="7.1640625" style="2" bestFit="1" customWidth="1"/>
-    <col min="35" max="35" width="11.6640625" style="2" customWidth="1"/>
+    <col min="35" max="35" width="14.83203125" style="2" bestFit="1" customWidth="1"/>
     <col min="36" max="36" width="9.33203125" style="1" bestFit="1" customWidth="1"/>
     <col min="37" max="16384" width="9.33203125" style="2"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:38" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B2" s="10" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="3" spans="2:38" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B3" s="11" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="5" spans="2:38" s="3" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B5" s="13" t="s">
         <v>0</v>
       </c>
       <c r="C5" s="12" t="s">
         <v>25</v>
       </c>
       <c r="D5" s="12" t="s">
         <v>26</v>
       </c>
       <c r="E5" s="12" t="s">
@@ -1178,886 +1178,886 @@
       <c r="D6" s="14">
         <v>13.10638</v>
       </c>
       <c r="E6" s="14">
         <v>0.22372999999999998</v>
       </c>
       <c r="F6" s="14">
         <v>8.2952000000000012</v>
       </c>
       <c r="G6" s="14">
         <v>38.661110000000001</v>
       </c>
       <c r="H6" s="14">
         <v>93.033090000000001</v>
       </c>
       <c r="I6" s="14">
         <v>60.171860000000002</v>
       </c>
       <c r="J6" s="14">
         <v>77.333539999999999</v>
       </c>
       <c r="K6" s="14">
         <v>29.64873</v>
       </c>
       <c r="L6" s="14">
-        <v>21.636509999999998</v>
+        <v>21.84151</v>
       </c>
       <c r="M6" s="14">
-        <v>132.18188000000001</v>
+        <v>132.54888</v>
       </c>
       <c r="N6" s="14">
-        <v>95.644229999999993</v>
+        <v>96.661229999999989</v>
       </c>
       <c r="O6" s="14">
-        <v>197.11469</v>
+        <v>197.80669</v>
       </c>
       <c r="P6" s="14">
-        <v>1790.63599</v>
+        <v>1791.09599</v>
       </c>
       <c r="Q6" s="14">
-        <v>145.50008</v>
+        <v>145.46607999999998</v>
       </c>
       <c r="R6" s="14">
         <v>109.38032000000001</v>
       </c>
       <c r="S6" s="14">
         <v>710.35755000000006</v>
       </c>
       <c r="T6" s="14">
         <v>89.359110000000001</v>
       </c>
       <c r="U6" s="14">
         <v>65.291409999999999</v>
       </c>
       <c r="V6" s="14">
         <v>-246.06995000000001</v>
       </c>
       <c r="W6" s="14">
         <v>203.43004000000002</v>
       </c>
       <c r="X6" s="14">
-        <v>2419.8230699999999</v>
+        <v>2419.77007</v>
       </c>
       <c r="Y6" s="14">
         <v>116.35178999999999</v>
       </c>
       <c r="Z6" s="14">
         <v>94.589730000000003</v>
       </c>
       <c r="AA6" s="14">
-        <v>79.386740000000003</v>
+        <v>64.809749999999994</v>
       </c>
       <c r="AB6" s="14">
-        <v>97.717199999999991</v>
+        <v>112.41361000000001</v>
       </c>
       <c r="AC6" s="14">
-        <v>2308.3619100000001</v>
+        <v>2291.9793799999998</v>
       </c>
       <c r="AD6" s="14">
-        <v>-148.26719</v>
+        <v>60.859559999999995</v>
       </c>
       <c r="AE6" s="14">
-        <v>112.53547</v>
+        <v>148.94758999999999</v>
       </c>
       <c r="AF6" s="14">
-        <v>125.27149</v>
+        <v>129.87201999999999</v>
       </c>
       <c r="AG6" s="14">
-        <v>638.18803000000003</v>
+        <v>842.83879999999999</v>
       </c>
       <c r="AH6" s="14">
-        <v>1350.70126</v>
+        <v>1364.72801</v>
       </c>
       <c r="AI6" s="14">
-        <v>-74.206009999999992</v>
+        <v>340.82875000000001</v>
       </c>
       <c r="AJ6" s="15">
-        <v>10759.0663</v>
+        <v>11629.308869999999</v>
       </c>
       <c r="AK6" s="8"/>
       <c r="AL6" s="4"/>
     </row>
     <row r="7" spans="2:38" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B7" s="5" t="s">
         <v>1</v>
       </c>
       <c r="C7" s="14">
         <v>8.2048899999999989</v>
       </c>
       <c r="D7" s="14">
         <v>37.878099999999996</v>
       </c>
       <c r="E7" s="14">
         <v>6.4023900000000005</v>
       </c>
       <c r="F7" s="14">
         <v>46.284199999999998</v>
       </c>
       <c r="G7" s="14">
         <v>246.99113</v>
       </c>
       <c r="H7" s="14">
         <v>155.87909999999999</v>
       </c>
       <c r="I7" s="14">
         <v>125.44045</v>
       </c>
       <c r="J7" s="14">
         <v>92.237440000000007</v>
       </c>
       <c r="K7" s="14">
         <v>111.7338</v>
       </c>
       <c r="L7" s="14">
-        <v>442.26146</v>
+        <v>444.04046</v>
       </c>
       <c r="M7" s="14">
-        <v>205.65770999999998</v>
+        <v>207.43471</v>
       </c>
       <c r="N7" s="14">
-        <v>260.87798000000004</v>
+        <v>263.84098</v>
       </c>
       <c r="O7" s="14">
-        <v>416.58246000000003</v>
+        <v>418.97546</v>
       </c>
       <c r="P7" s="14">
-        <v>-492.68783000000002</v>
+        <v>-490.96883000000003</v>
       </c>
       <c r="Q7" s="14">
-        <v>1965.6977899999999</v>
+        <v>1966.4477899999999</v>
       </c>
       <c r="R7" s="14">
         <v>694.41468000000009</v>
       </c>
       <c r="S7" s="14">
         <v>209.07082</v>
       </c>
       <c r="T7" s="14">
         <v>349.21115999999995</v>
       </c>
       <c r="U7" s="14">
-        <v>289.96147999999999</v>
+        <v>289.97947999999997</v>
       </c>
       <c r="V7" s="14">
-        <v>629.66935000000001</v>
+        <v>631.36193000000003</v>
       </c>
       <c r="W7" s="14">
         <v>101.21633</v>
       </c>
       <c r="X7" s="14">
-        <v>-209.43961999999999</v>
+        <v>-206.58348999999998</v>
       </c>
       <c r="Y7" s="14">
-        <v>-725.37099999999998</v>
+        <v>-728.23381000000006</v>
       </c>
       <c r="Z7" s="14">
-        <v>-1301.6167800000001</v>
+        <v>-1301.7934700000001</v>
       </c>
       <c r="AA7" s="14">
-        <v>376.65497999999997</v>
+        <v>375.97309000000001</v>
       </c>
       <c r="AB7" s="14">
-        <v>357.62215999999995</v>
+        <v>355.95994999999999</v>
       </c>
       <c r="AC7" s="14">
-        <v>221.31102999999999</v>
+        <v>239.23534000000001</v>
       </c>
       <c r="AD7" s="14">
-        <v>170.90466000000001</v>
+        <v>184.10017000000002</v>
       </c>
       <c r="AE7" s="14">
-        <v>470.62953999999996</v>
+        <v>555.95593000000008</v>
       </c>
       <c r="AF7" s="14">
-        <v>549.96118000000001</v>
+        <v>573.87330000000009</v>
       </c>
       <c r="AG7" s="14">
-        <v>627.25472000000002</v>
+        <v>633.68381000000011</v>
       </c>
       <c r="AH7" s="14">
-        <v>186.25682999999998</v>
+        <v>25.770220000000002</v>
       </c>
       <c r="AI7" s="14">
-        <v>30.995999999999999</v>
+        <v>-38.386400000000002</v>
       </c>
       <c r="AJ7" s="15">
-        <v>6658.1485899999998</v>
+        <v>6585.6311100000003</v>
       </c>
       <c r="AK7" s="8"/>
       <c r="AL7" s="4"/>
     </row>
     <row r="8" spans="2:38" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B8" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C8" s="14">
         <v>2.5340799999999999</v>
       </c>
       <c r="D8" s="14">
         <v>1.8409999999999999E-2</v>
       </c>
       <c r="E8" s="14">
         <v>0</v>
       </c>
       <c r="F8" s="14">
         <v>0.24940999999999999</v>
       </c>
       <c r="G8" s="14">
         <v>8.612680000000001</v>
       </c>
       <c r="H8" s="14">
         <v>2.3455400000000002</v>
       </c>
       <c r="I8" s="14">
         <v>-11.076739999999999</v>
       </c>
       <c r="J8" s="14">
         <v>331.94403000000005</v>
       </c>
       <c r="K8" s="14">
         <v>34.481209999999997</v>
       </c>
       <c r="L8" s="14">
-        <v>103.87308999999999</v>
+        <v>103.86909</v>
       </c>
       <c r="M8" s="14">
-        <v>34.876669999999997</v>
+        <v>34.862670000000001</v>
       </c>
       <c r="N8" s="14">
-        <v>64.418509999999998</v>
+        <v>64.360510000000005</v>
       </c>
       <c r="O8" s="14">
-        <v>104.45152</v>
+        <v>104.61452</v>
       </c>
       <c r="P8" s="14">
         <v>300.83596999999997</v>
       </c>
       <c r="Q8" s="14">
         <v>15.44331</v>
       </c>
       <c r="R8" s="14">
         <v>109.26277999999999</v>
       </c>
       <c r="S8" s="14">
         <v>138.48117000000002</v>
       </c>
       <c r="T8" s="14">
         <v>96.410110000000003</v>
       </c>
       <c r="U8" s="14">
         <v>134.56248000000002</v>
       </c>
       <c r="V8" s="14">
         <v>175.31689</v>
       </c>
       <c r="W8" s="14">
         <v>33.589940000000006</v>
       </c>
       <c r="X8" s="14">
         <v>22.12875</v>
       </c>
       <c r="Y8" s="14">
         <v>269.18223999999998</v>
       </c>
       <c r="Z8" s="14">
         <v>308.58463</v>
       </c>
       <c r="AA8" s="14">
         <v>481.81664000000001</v>
       </c>
       <c r="AB8" s="14">
         <v>241.70935</v>
       </c>
       <c r="AC8" s="14">
         <v>442.70600000000002</v>
       </c>
       <c r="AD8" s="14">
-        <v>1000.84485</v>
+        <v>1000.88996</v>
       </c>
       <c r="AE8" s="14">
         <v>593.65289000000007</v>
       </c>
       <c r="AF8" s="14">
-        <v>337.49167</v>
+        <v>338.4941</v>
       </c>
       <c r="AG8" s="14">
-        <v>481.35253999999998</v>
+        <v>483.77067999999997</v>
       </c>
       <c r="AH8" s="14">
-        <v>337.89961999999997</v>
+        <v>389.99603999999999</v>
       </c>
       <c r="AI8" s="14">
-        <v>156.72595000000001</v>
+        <v>190.81586999999999</v>
       </c>
       <c r="AJ8" s="15">
-        <v>6354.7261900000003</v>
+        <v>6444.4652100000003</v>
       </c>
       <c r="AK8" s="8"/>
       <c r="AL8" s="4"/>
     </row>
     <row r="9" spans="2:38" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B9" s="2" t="s">
         <v>7</v>
       </c>
       <c r="C9" s="14">
         <v>34.968220000000002</v>
       </c>
       <c r="D9" s="14">
         <v>6.4128999999999996</v>
       </c>
       <c r="E9" s="14">
         <v>14.207090000000001</v>
       </c>
       <c r="F9" s="14">
         <v>2.0058800000000003</v>
       </c>
       <c r="G9" s="14">
         <v>-58.732030000000002</v>
       </c>
       <c r="H9" s="14">
         <v>48.036180000000002</v>
       </c>
       <c r="I9" s="14">
         <v>880.08438999999998</v>
       </c>
       <c r="J9" s="14">
         <v>112.14675</v>
       </c>
       <c r="K9" s="14">
         <v>662.26643000000001</v>
       </c>
       <c r="L9" s="14">
-        <v>23.642349999999997</v>
+        <v>25.367349999999998</v>
       </c>
       <c r="M9" s="14">
-        <v>122.00478</v>
+        <v>124.25977999999999</v>
       </c>
       <c r="N9" s="14">
-        <v>214.80778000000001</v>
+        <v>218.93977999999998</v>
       </c>
       <c r="O9" s="14">
-        <v>-103.60100999999999</v>
+        <v>-100.41201</v>
       </c>
       <c r="P9" s="14">
-        <v>202.95623999999998</v>
+        <v>205.19723999999999</v>
       </c>
       <c r="Q9" s="14">
-        <v>188.62935999999999</v>
+        <v>188.85136</v>
       </c>
       <c r="R9" s="14">
         <v>416.72071999999997</v>
       </c>
       <c r="S9" s="14">
         <v>182.30682999999999</v>
       </c>
       <c r="T9" s="14">
         <v>61.406359999999999</v>
       </c>
       <c r="U9" s="14">
         <v>246.40979000000002</v>
       </c>
       <c r="V9" s="14">
         <v>-134.13096999999999</v>
       </c>
       <c r="W9" s="14">
         <v>142.83067000000003</v>
       </c>
       <c r="X9" s="14">
         <v>-804.66962999999998</v>
       </c>
       <c r="Y9" s="14">
-        <v>186.94368</v>
+        <v>196.15768</v>
       </c>
       <c r="Z9" s="14">
-        <v>154.96552</v>
+        <v>164.36651999999998</v>
       </c>
       <c r="AA9" s="14">
-        <v>223.9845</v>
+        <v>209.3022</v>
       </c>
       <c r="AB9" s="14">
-        <v>201.42587</v>
+        <v>199.62040999999999</v>
       </c>
       <c r="AC9" s="14">
-        <v>163.30664000000002</v>
+        <v>167.53557000000001</v>
       </c>
       <c r="AD9" s="14">
-        <v>144.23632000000001</v>
+        <v>147.51766000000001</v>
       </c>
       <c r="AE9" s="14">
-        <v>609.81349999999998</v>
+        <v>613.73622999999998</v>
       </c>
       <c r="AF9" s="14">
-        <v>232.95489999999998</v>
+        <v>239.54048</v>
       </c>
       <c r="AG9" s="14">
-        <v>545.38261</v>
+        <v>555.37157999999999</v>
       </c>
       <c r="AH9" s="14">
-        <v>318.52073999999999</v>
+        <v>266.42238000000003</v>
       </c>
       <c r="AI9" s="14">
-        <v>112.74883</v>
+        <v>236.98248000000001</v>
       </c>
       <c r="AJ9" s="15">
-        <v>5354.9921900000008</v>
+        <v>5471.0262699999994</v>
       </c>
       <c r="AK9" s="8"/>
       <c r="AL9" s="4"/>
     </row>
     <row r="10" spans="2:38" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B10" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C10" s="14">
         <v>6.9384300000000003</v>
       </c>
       <c r="D10" s="14">
         <v>3.0425900000000001</v>
       </c>
       <c r="E10" s="14">
         <v>2.6810999999999998</v>
       </c>
       <c r="F10" s="14">
         <v>4.3594600000000003</v>
       </c>
       <c r="G10" s="14">
         <v>26.050979999999999</v>
       </c>
       <c r="H10" s="14">
         <v>8.2502399999999998</v>
       </c>
       <c r="I10" s="14">
         <v>33.698329999999999</v>
       </c>
       <c r="J10" s="14">
         <v>87.162229999999994</v>
       </c>
       <c r="K10" s="14">
         <v>62.110570000000003</v>
       </c>
       <c r="L10" s="14">
-        <v>250.99473999999998</v>
+        <v>251.28673999999998</v>
       </c>
       <c r="M10" s="14">
-        <v>82.39846</v>
+        <v>82.856460000000013</v>
       </c>
       <c r="N10" s="14">
-        <v>171.63867999999999</v>
+        <v>172.56868</v>
       </c>
       <c r="O10" s="14">
-        <v>178.44663</v>
+        <v>180.03863000000001</v>
       </c>
       <c r="P10" s="14">
-        <v>209.35273999999998</v>
+        <v>210.89774</v>
       </c>
       <c r="Q10" s="14">
-        <v>-76.48321</v>
+        <v>-73.805210000000002</v>
       </c>
       <c r="R10" s="14">
         <v>14.503309999999999</v>
       </c>
       <c r="S10" s="14">
         <v>83.930899999999994</v>
       </c>
       <c r="T10" s="14">
         <v>135.54567</v>
       </c>
       <c r="U10" s="14">
         <v>20.359020000000001</v>
       </c>
       <c r="V10" s="14">
         <v>42.89499</v>
       </c>
       <c r="W10" s="14">
-        <v>36.412930000000003</v>
+        <v>36.326920000000001</v>
       </c>
       <c r="X10" s="14">
-        <v>15.459239999999999</v>
+        <v>15.45759</v>
       </c>
       <c r="Y10" s="14">
-        <v>7.1737900000000003</v>
+        <v>7.1763900000000005</v>
       </c>
       <c r="Z10" s="14">
         <v>1929.6528400000002</v>
       </c>
       <c r="AA10" s="14">
         <v>45.426629999999996</v>
       </c>
       <c r="AB10" s="14">
-        <v>-29.737909999999999</v>
+        <v>-29.738759999999999</v>
       </c>
       <c r="AC10" s="14">
-        <v>-106.0205</v>
+        <v>-102.03905</v>
       </c>
       <c r="AD10" s="14">
-        <v>18.236900000000002</v>
+        <v>18.365479999999998</v>
       </c>
       <c r="AE10" s="14">
-        <v>256.41775000000001</v>
+        <v>257.78539000000001</v>
       </c>
       <c r="AF10" s="14">
-        <v>325.15971000000002</v>
+        <v>334.31984999999997</v>
       </c>
       <c r="AG10" s="14">
-        <v>-67.431190000000001</v>
+        <v>-67.425889999999995</v>
       </c>
       <c r="AH10" s="14">
-        <v>-8.9802</v>
+        <v>-6.8130100000000002</v>
       </c>
       <c r="AI10" s="14">
-        <v>137.54076999999998</v>
+        <v>-163.78764000000001</v>
       </c>
       <c r="AJ10" s="15">
-        <v>3907.1866199999999</v>
+        <v>3630.0776000000001</v>
       </c>
       <c r="AK10" s="8"/>
       <c r="AL10" s="4"/>
     </row>
     <row r="11" spans="2:38" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B11" s="2" t="s">
         <v>51</v>
       </c>
       <c r="C11" s="14">
         <v>0</v>
       </c>
       <c r="D11" s="14">
         <v>0</v>
       </c>
       <c r="E11" s="14">
         <v>0</v>
       </c>
       <c r="F11" s="14">
         <v>0</v>
       </c>
       <c r="G11" s="14">
         <v>1.5351300000000001</v>
       </c>
       <c r="H11" s="14">
         <v>6.8231800000000007</v>
       </c>
       <c r="I11" s="14">
         <v>5.5413399999999999</v>
       </c>
       <c r="J11" s="14">
         <v>4.0275799999999995</v>
       </c>
       <c r="K11" s="14">
         <v>4.0652600000000003</v>
       </c>
       <c r="L11" s="14">
-        <v>15.79036</v>
+        <v>17.127359999999999</v>
       </c>
       <c r="M11" s="14">
-        <v>497.52350000000001</v>
+        <v>501.07150000000001</v>
       </c>
       <c r="N11" s="14">
-        <v>43.48648</v>
+        <v>49.432480000000005</v>
       </c>
       <c r="O11" s="14">
-        <v>340.34652</v>
+        <v>345.38352000000003</v>
       </c>
       <c r="P11" s="14">
-        <v>50.044989999999999</v>
+        <v>52.774989999999995</v>
       </c>
       <c r="Q11" s="14">
-        <v>245.20517999999998</v>
+        <v>245.59217999999998</v>
       </c>
       <c r="R11" s="14">
         <v>926.92547999999999</v>
       </c>
       <c r="S11" s="14">
         <v>157.50754999999998</v>
       </c>
       <c r="T11" s="14">
         <v>-14.92489</v>
       </c>
       <c r="U11" s="14">
         <v>101.8883</v>
       </c>
       <c r="V11" s="14">
         <v>39.995849999999997</v>
       </c>
       <c r="W11" s="14">
         <v>-169.64778000000001</v>
       </c>
       <c r="X11" s="14">
         <v>-89.897139999999993</v>
       </c>
       <c r="Y11" s="14">
         <v>-30.20872</v>
       </c>
       <c r="Z11" s="14">
         <v>81.33805000000001</v>
       </c>
       <c r="AA11" s="14">
-        <v>551.16043000000002</v>
+        <v>551.15728999999999</v>
       </c>
       <c r="AB11" s="14">
-        <v>81.432520000000011</v>
+        <v>75.096779999999995</v>
       </c>
       <c r="AC11" s="14">
-        <v>16.041170000000001</v>
+        <v>49.24156</v>
       </c>
       <c r="AD11" s="14">
-        <v>3.2194600000000002</v>
+        <v>-5.86266</v>
       </c>
       <c r="AE11" s="14">
-        <v>235.42679999999999</v>
+        <v>237.75492000000003</v>
       </c>
       <c r="AF11" s="14">
-        <v>278.21469999999999</v>
+        <v>275.62506000000002</v>
       </c>
       <c r="AG11" s="14">
-        <v>-15.844569999999999</v>
+        <v>-18.450009999999999</v>
       </c>
       <c r="AH11" s="14">
-        <v>74.833269999999999</v>
+        <v>87.709410000000005</v>
       </c>
       <c r="AI11" s="14">
-        <v>83.278279999999995</v>
+        <v>44.373870000000004</v>
       </c>
       <c r="AJ11" s="15">
-        <v>3525.1282799999999</v>
+        <v>3532.9974400000001</v>
       </c>
       <c r="AK11" s="8"/>
       <c r="AL11" s="4"/>
     </row>
     <row r="12" spans="2:38" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B12" s="2" t="s">
         <v>17</v>
       </c>
       <c r="C12" s="14">
         <v>4.8230000000000004</v>
       </c>
       <c r="D12" s="14">
         <v>0.21093000000000001</v>
       </c>
       <c r="E12" s="14">
         <v>2.63672</v>
       </c>
       <c r="F12" s="14">
         <v>2.4176100000000003</v>
       </c>
       <c r="G12" s="14">
         <v>22.91347</v>
       </c>
       <c r="H12" s="14">
         <v>29.87088</v>
       </c>
       <c r="I12" s="14">
         <v>25.15305</v>
       </c>
       <c r="J12" s="14">
         <v>85.002080000000007</v>
       </c>
       <c r="K12" s="14">
         <v>67.266859999999994</v>
       </c>
       <c r="L12" s="14">
-        <v>38.259279999999997</v>
+        <v>41.589280000000002</v>
       </c>
       <c r="M12" s="14">
-        <v>69.149299999999997</v>
+        <v>72.6203</v>
       </c>
       <c r="N12" s="14">
-        <v>39.596669999999996</v>
+        <v>44.654669999999996</v>
       </c>
       <c r="O12" s="14">
-        <v>125.92885000000001</v>
+        <v>131.91585000000001</v>
       </c>
       <c r="P12" s="14">
-        <v>53.725459999999998</v>
+        <v>66.147460000000009</v>
       </c>
       <c r="Q12" s="14">
-        <v>182.27473000000001</v>
+        <v>184.79373000000001</v>
       </c>
       <c r="R12" s="14">
         <v>202.83821</v>
       </c>
       <c r="S12" s="14">
         <v>75.899179999999987</v>
       </c>
       <c r="T12" s="14">
         <v>90.011859999999999</v>
       </c>
       <c r="U12" s="14">
         <v>15.471579999999999</v>
       </c>
       <c r="V12" s="14">
-        <v>-4.4499999999999998E-2</v>
+        <v>0.25278</v>
       </c>
       <c r="W12" s="14">
         <v>49.544160000000005</v>
       </c>
       <c r="X12" s="14">
         <v>29.045249999999999</v>
       </c>
       <c r="Y12" s="14">
         <v>91.268860000000004</v>
       </c>
       <c r="Z12" s="14">
-        <v>49.775680000000001</v>
+        <v>49.774769999999997</v>
       </c>
       <c r="AA12" s="14">
-        <v>105.28382999999999</v>
+        <v>105.28922999999999</v>
       </c>
       <c r="AB12" s="14">
-        <v>-77.576179999999994</v>
+        <v>-77.579189999999997</v>
       </c>
       <c r="AC12" s="14">
-        <v>121.21548</v>
+        <v>120.72798</v>
       </c>
       <c r="AD12" s="14">
-        <v>34.743259999999999</v>
+        <v>21.459289999999999</v>
       </c>
       <c r="AE12" s="14">
-        <v>436.47009000000003</v>
+        <v>433.20749999999998</v>
       </c>
       <c r="AF12" s="14">
-        <v>227.02634</v>
+        <v>225.26154</v>
       </c>
       <c r="AG12" s="14">
-        <v>153.34332000000001</v>
+        <v>146.24720000000002</v>
       </c>
       <c r="AH12" s="14">
-        <v>331.33461999999997</v>
+        <v>326.32281999999998</v>
       </c>
       <c r="AI12" s="14">
-        <v>20.457229999999999</v>
+        <v>67.077809999999999</v>
       </c>
       <c r="AJ12" s="15">
-        <v>2705.33716</v>
+        <v>2754.1367200000004</v>
       </c>
       <c r="AK12" s="8"/>
       <c r="AL12" s="4"/>
     </row>
     <row r="13" spans="2:38" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B13" s="2" t="s">
         <v>22</v>
       </c>
       <c r="C13" s="14">
         <v>9.8575200000000009</v>
       </c>
       <c r="D13" s="14">
         <v>0.53828999999999994</v>
       </c>
       <c r="E13" s="14">
         <v>0.20795</v>
       </c>
       <c r="F13" s="14">
         <v>0.14793999999999999</v>
       </c>
       <c r="G13" s="14">
         <v>50.22871</v>
       </c>
       <c r="H13" s="14">
         <v>3.5019499999999999</v>
       </c>
       <c r="I13" s="14">
         <v>26.60792</v>
       </c>
       <c r="J13" s="14">
         <v>84.089169999999996</v>
       </c>
       <c r="K13" s="14">
         <v>-18.680799999999998</v>
       </c>
       <c r="L13" s="14">
-        <v>6.5540799999999999</v>
+        <v>6.2960799999999999</v>
       </c>
       <c r="M13" s="14">
-        <v>31.405090000000001</v>
+        <v>33.065089999999998</v>
       </c>
       <c r="N13" s="14">
-        <v>33.687160000000006</v>
+        <v>39.577160000000006</v>
       </c>
       <c r="O13" s="14">
-        <v>67.139049999999997</v>
+        <v>75.431049999999999</v>
       </c>
       <c r="P13" s="14">
-        <v>85.429609999999997</v>
+        <v>90.503609999999995</v>
       </c>
       <c r="Q13" s="14">
-        <v>68.039740000000009</v>
+        <v>69.448740000000001</v>
       </c>
       <c r="R13" s="14">
         <v>-47.585459999999998</v>
       </c>
       <c r="S13" s="14">
         <v>39.58972</v>
       </c>
       <c r="T13" s="14">
         <v>-81.005440000000007</v>
       </c>
       <c r="U13" s="14">
         <v>16.636939999999999</v>
       </c>
       <c r="V13" s="14">
         <v>7.9790200000000002</v>
       </c>
       <c r="W13" s="14">
         <v>39.343499999999999</v>
       </c>
       <c r="X13" s="14">
-        <v>20.560380000000002</v>
+        <v>25.676740000000002</v>
       </c>
       <c r="Y13" s="14">
         <v>594.56067000000007</v>
       </c>
       <c r="Z13" s="14">
         <v>42.497250000000001</v>
       </c>
       <c r="AA13" s="14">
-        <v>67.013840000000002</v>
+        <v>66.962339999999998</v>
       </c>
       <c r="AB13" s="14">
-        <v>-75.572659999999999</v>
+        <v>-75.47099</v>
       </c>
       <c r="AC13" s="14">
-        <v>3.60297</v>
+        <v>3.4498800000000003</v>
       </c>
       <c r="AD13" s="14">
-        <v>-15.923549999999999</v>
+        <v>-15.92277</v>
       </c>
       <c r="AE13" s="14">
         <v>268.57905</v>
       </c>
       <c r="AF13" s="14">
         <v>131.40496999999999</v>
       </c>
       <c r="AG13" s="14">
-        <v>65.962249999999997</v>
+        <v>65.057839999999999</v>
       </c>
       <c r="AH13" s="14">
-        <v>123.86639</v>
+        <v>135.12706</v>
       </c>
       <c r="AI13" s="14">
-        <v>-21.26934</v>
+        <v>6.4791400000000001</v>
       </c>
       <c r="AJ13" s="15">
-        <v>1628.99388</v>
+        <v>1694.17984</v>
       </c>
       <c r="AK13" s="8"/>
       <c r="AL13" s="4"/>
     </row>
     <row r="14" spans="2:38" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B14" s="2" t="s">
         <v>11</v>
       </c>
       <c r="C14" s="14">
         <v>0</v>
       </c>
       <c r="D14" s="14">
         <v>0</v>
       </c>
       <c r="E14" s="14">
         <v>0</v>
       </c>
       <c r="F14" s="14">
         <v>0</v>
       </c>
       <c r="G14" s="14">
         <v>0</v>
       </c>
       <c r="H14" s="14">
         <v>3.4123099999999997</v>
@@ -2110,1856 +2110,1856 @@
       <c r="X14" s="14">
         <v>51.860680000000002</v>
       </c>
       <c r="Y14" s="14">
         <v>10.804790000000001</v>
       </c>
       <c r="Z14" s="14">
         <v>61.14179</v>
       </c>
       <c r="AA14" s="14">
         <v>37.17389</v>
       </c>
       <c r="AB14" s="14">
         <v>46.536269999999995</v>
       </c>
       <c r="AC14" s="14">
         <v>-26.06128</v>
       </c>
       <c r="AD14" s="14">
         <v>76.570740000000001</v>
       </c>
       <c r="AE14" s="14">
         <v>-23.513210000000001</v>
       </c>
       <c r="AF14" s="14">
-        <v>812.06232999999997</v>
+        <v>782.99833000000001</v>
       </c>
       <c r="AG14" s="14">
-        <v>177.90117000000001</v>
+        <v>88.930170000000004</v>
       </c>
       <c r="AH14" s="14">
-        <v>238.55208999999999</v>
+        <v>246.26909000000001</v>
       </c>
       <c r="AI14" s="14">
-        <v>-174.12107</v>
+        <v>-200.67323000000002</v>
       </c>
       <c r="AJ14" s="15">
-        <v>1484.77584</v>
+        <v>1347.9056799999998</v>
       </c>
       <c r="AK14" s="8"/>
       <c r="AL14" s="4"/>
     </row>
     <row r="15" spans="2:38" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B15" s="2" t="s">
-        <v>20</v>
+        <v>5</v>
       </c>
       <c r="C15" s="14">
-        <v>7.7501600000000002</v>
+        <v>0</v>
       </c>
       <c r="D15" s="14">
-        <v>15.8149</v>
+        <v>0</v>
       </c>
       <c r="E15" s="14">
-        <v>10.142139999999999</v>
+        <v>0</v>
       </c>
       <c r="F15" s="14">
-        <v>16.733799999999999</v>
+        <v>7.0138999999999996</v>
       </c>
       <c r="G15" s="14">
-        <v>-8.18506</v>
+        <v>2.3061400000000001</v>
       </c>
       <c r="H15" s="14">
-        <v>11.32634</v>
+        <v>0</v>
       </c>
       <c r="I15" s="14">
-        <v>5.4491800000000001</v>
+        <v>-5.9501200000000001</v>
       </c>
       <c r="J15" s="14">
-        <v>10.34623</v>
+        <v>1.7264999999999999</v>
       </c>
       <c r="K15" s="14">
-        <v>15.90643</v>
+        <v>-6.3000000000000003E-4</v>
       </c>
       <c r="L15" s="14">
-        <v>16.4406</v>
+        <v>-3.5750100000000002</v>
       </c>
       <c r="M15" s="14">
-        <v>36.443719999999999</v>
+        <v>3.75427</v>
       </c>
       <c r="N15" s="14">
-        <v>19.781189999999999</v>
+        <v>6.6016400000000006</v>
       </c>
       <c r="O15" s="14">
-        <v>27.34939</v>
+        <v>9.8127800000000001</v>
       </c>
       <c r="P15" s="14">
-        <v>70.239670000000004</v>
+        <v>-4.5444199999999997</v>
       </c>
       <c r="Q15" s="14">
-        <v>-186.35570000000001</v>
+        <v>3.4040300000000001</v>
       </c>
       <c r="R15" s="14">
-        <v>107.60647999999999</v>
+        <v>-46.162610000000001</v>
       </c>
       <c r="S15" s="14">
-        <v>71.883750000000006</v>
+        <v>-21.512049999999999</v>
       </c>
       <c r="T15" s="14">
-        <v>56.649560000000001</v>
+        <v>11.96683</v>
       </c>
       <c r="U15" s="14">
-        <v>18.746130000000001</v>
+        <v>5.8822000000000001</v>
       </c>
       <c r="V15" s="14">
-        <v>15.1038</v>
+        <v>312.08534999999995</v>
       </c>
       <c r="W15" s="14">
-        <v>62.792250000000003</v>
+        <v>-8.4366500000000002</v>
       </c>
       <c r="X15" s="14">
-        <v>504.10205999999999</v>
+        <v>20.564250000000001</v>
       </c>
       <c r="Y15" s="14">
-        <v>-148.68476999999999</v>
+        <v>20.333639999999999</v>
       </c>
       <c r="Z15" s="14">
-        <v>-162.0376</v>
+        <v>37.808879999999995</v>
       </c>
       <c r="AA15" s="14">
-        <v>46.70635</v>
+        <v>19.720959999999998</v>
       </c>
       <c r="AB15" s="14">
-        <v>75.529320000000013</v>
+        <v>131.23397</v>
       </c>
       <c r="AC15" s="14">
-        <v>-172.15698</v>
+        <v>125.27046</v>
       </c>
       <c r="AD15" s="14">
-        <v>-32.92615</v>
+        <v>54.134010000000004</v>
       </c>
       <c r="AE15" s="14">
-        <v>37.455959999999997</v>
+        <v>112.22783</v>
       </c>
       <c r="AF15" s="14">
-        <v>200.87754000000001</v>
+        <v>165.53465</v>
       </c>
       <c r="AG15" s="14">
-        <v>88.682820000000007</v>
+        <v>104.77403</v>
       </c>
       <c r="AH15" s="14">
-        <v>212.92135000000002</v>
+        <v>74.988119999999995</v>
       </c>
       <c r="AI15" s="14">
-        <v>62.249629999999996</v>
+        <v>66.826259999999991</v>
       </c>
       <c r="AJ15" s="15">
-        <v>1114.6844900000001</v>
+        <v>1207.7892099999999</v>
       </c>
       <c r="AK15" s="8"/>
       <c r="AL15" s="4"/>
     </row>
     <row r="16" spans="2:38" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B16" s="2" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="C16" s="14">
         <v>0</v>
       </c>
       <c r="D16" s="14">
         <v>0</v>
       </c>
       <c r="E16" s="14">
-        <v>0</v>
+        <v>0.11131999999999999</v>
       </c>
       <c r="F16" s="14">
-        <v>7.0138999999999996</v>
+        <v>4.5070899999999998</v>
       </c>
       <c r="G16" s="14">
-        <v>2.3061400000000001</v>
+        <v>21.370529999999999</v>
       </c>
       <c r="H16" s="14">
-        <v>0</v>
+        <v>-5.1898200000000001</v>
       </c>
       <c r="I16" s="14">
-        <v>-5.9501200000000001</v>
+        <v>6.8319300000000007</v>
       </c>
       <c r="J16" s="14">
-        <v>1.7264999999999999</v>
+        <v>14.439719999999999</v>
       </c>
       <c r="K16" s="14">
-        <v>-6.3000000000000003E-4</v>
+        <v>9.7508400000000002</v>
       </c>
       <c r="L16" s="14">
-        <v>-3.5750100000000002</v>
+        <v>3.2421899999999999</v>
       </c>
       <c r="M16" s="14">
-        <v>3.49627</v>
+        <v>105.32781</v>
       </c>
       <c r="N16" s="14">
-        <v>6.5106400000000004</v>
+        <v>23.564709999999998</v>
       </c>
       <c r="O16" s="14">
-        <v>9.5727799999999998</v>
+        <v>-6.9332399999999996</v>
       </c>
       <c r="P16" s="14">
-        <v>-4.8244199999999999</v>
+        <v>1033.4884099999999</v>
       </c>
       <c r="Q16" s="14">
-        <v>3.4040300000000001</v>
+        <v>94.486339999999998</v>
       </c>
       <c r="R16" s="14">
-        <v>-46.162610000000001</v>
+        <v>21.219819999999999</v>
       </c>
       <c r="S16" s="14">
-        <v>-21.512049999999999</v>
+        <v>25.581610000000001</v>
       </c>
       <c r="T16" s="14">
-        <v>11.96683</v>
+        <v>2.27996</v>
       </c>
       <c r="U16" s="14">
-        <v>5.8822000000000001</v>
+        <v>-43.229610000000001</v>
       </c>
       <c r="V16" s="14">
-        <v>312.08534999999995</v>
+        <v>-4.89649</v>
       </c>
       <c r="W16" s="14">
-        <v>-8.4366500000000002</v>
+        <v>26.69351</v>
       </c>
       <c r="X16" s="14">
-        <v>20.564250000000001</v>
+        <v>37.354440000000004</v>
       </c>
       <c r="Y16" s="14">
-        <v>20.333639999999999</v>
+        <v>27.798290000000001</v>
       </c>
       <c r="Z16" s="14">
-        <v>37.80621</v>
+        <v>55.523429999999998</v>
       </c>
       <c r="AA16" s="14">
-        <v>19.720959999999998</v>
+        <v>-489.19890999999996</v>
       </c>
       <c r="AB16" s="14">
-        <v>131.23397</v>
+        <v>7.1938999999999993</v>
       </c>
       <c r="AC16" s="14">
-        <v>68.845460000000003</v>
+        <v>16.975990000000003</v>
       </c>
       <c r="AD16" s="14">
-        <v>54.134010000000004</v>
+        <v>11.024370000000001</v>
       </c>
       <c r="AE16" s="14">
-        <v>112.22516</v>
+        <v>8.3070799999999991</v>
       </c>
       <c r="AF16" s="14">
-        <v>165.41120000000001</v>
+        <v>134.03889999999998</v>
       </c>
       <c r="AG16" s="14">
-        <v>93.757949999999994</v>
+        <v>-134.53801999999999</v>
       </c>
       <c r="AH16" s="14">
-        <v>86.526359999999997</v>
+        <v>91.103460000000013</v>
       </c>
       <c r="AI16" s="14">
-        <v>21.17465</v>
+        <v>5.5968299999999997</v>
       </c>
       <c r="AJ16" s="15">
-        <v>1105.2369699999999</v>
+        <v>1103.8263899999999</v>
       </c>
       <c r="AK16" s="8"/>
       <c r="AL16" s="4"/>
     </row>
     <row r="17" spans="2:38" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B17" s="2" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
       <c r="C17" s="14">
-        <v>0</v>
+        <v>7.7501600000000002</v>
       </c>
       <c r="D17" s="14">
-        <v>0</v>
+        <v>15.8149</v>
       </c>
       <c r="E17" s="14">
-        <v>0.11131999999999999</v>
+        <v>10.142139999999999</v>
       </c>
       <c r="F17" s="14">
-        <v>4.5070899999999998</v>
+        <v>16.733799999999999</v>
       </c>
       <c r="G17" s="14">
-        <v>21.370529999999999</v>
+        <v>-8.18506</v>
       </c>
       <c r="H17" s="14">
-        <v>-5.1898200000000001</v>
+        <v>11.32634</v>
       </c>
       <c r="I17" s="14">
-        <v>6.8319300000000007</v>
+        <v>5.4491800000000001</v>
       </c>
       <c r="J17" s="14">
-        <v>14.439719999999999</v>
+        <v>10.34623</v>
       </c>
       <c r="K17" s="14">
-        <v>9.7508400000000002</v>
+        <v>15.90643</v>
       </c>
       <c r="L17" s="14">
-        <v>2.8531900000000001</v>
+        <v>16.668599999999998</v>
       </c>
       <c r="M17" s="14">
-        <v>104.95381</v>
+        <v>36.826720000000002</v>
       </c>
       <c r="N17" s="14">
-        <v>22.896709999999999</v>
+        <v>20.071189999999998</v>
       </c>
       <c r="O17" s="14">
-        <v>-8.3532399999999996</v>
+        <v>27.350390000000001</v>
       </c>
       <c r="P17" s="14">
-        <v>1032.33141</v>
+        <v>69.484669999999994</v>
       </c>
       <c r="Q17" s="14">
-        <v>94.256339999999994</v>
+        <v>-186.04870000000003</v>
       </c>
       <c r="R17" s="14">
-        <v>21.219819999999999</v>
+        <v>107.60647999999999</v>
       </c>
       <c r="S17" s="14">
-        <v>25.581610000000001</v>
+        <v>71.883750000000006</v>
       </c>
       <c r="T17" s="14">
-        <v>2.27996</v>
+        <v>56.649560000000001</v>
       </c>
       <c r="U17" s="14">
-        <v>-43.229610000000001</v>
+        <v>18.746130000000001</v>
       </c>
       <c r="V17" s="14">
-        <v>-4.89649</v>
+        <v>15.1038</v>
       </c>
       <c r="W17" s="14">
-        <v>26.69351</v>
+        <v>62.792250000000003</v>
       </c>
       <c r="X17" s="14">
-        <v>37.354440000000004</v>
+        <v>504.10205999999999</v>
       </c>
       <c r="Y17" s="14">
-        <v>27.798740000000002</v>
+        <v>-126.88677</v>
       </c>
       <c r="Z17" s="14">
-        <v>55.522980000000004</v>
+        <v>-183.7816</v>
       </c>
       <c r="AA17" s="14">
-        <v>-489.19890999999996</v>
+        <v>49.918349999999997</v>
       </c>
       <c r="AB17" s="14">
-        <v>7.1938999999999993</v>
+        <v>74.259899999999988</v>
       </c>
       <c r="AC17" s="14">
-        <v>16.975990000000003</v>
+        <v>-169.76598000000001</v>
       </c>
       <c r="AD17" s="14">
-        <v>11.024370000000001</v>
+        <v>-40.360150000000004</v>
       </c>
       <c r="AE17" s="14">
-        <v>8.3210800000000003</v>
+        <v>44.886960000000002</v>
       </c>
       <c r="AF17" s="14">
-        <v>134.03125</v>
+        <v>201.06029999999998</v>
       </c>
       <c r="AG17" s="14">
-        <v>-136.20314999999999</v>
+        <v>95.964710000000011</v>
       </c>
       <c r="AH17" s="14">
-        <v>91.147739999999999</v>
+        <v>212.52835000000002</v>
       </c>
       <c r="AI17" s="14">
-        <v>-3.5791500000000003</v>
+        <v>-11.0876</v>
       </c>
       <c r="AJ17" s="15">
-        <v>1088.79791</v>
+        <v>1053.25749</v>
       </c>
       <c r="AK17" s="8"/>
       <c r="AL17" s="4"/>
     </row>
     <row r="18" spans="2:38" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B18" s="2" t="s">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="C18" s="14">
-        <v>0.83220000000000005</v>
+        <v>0.17584</v>
       </c>
       <c r="D18" s="14">
-        <v>9.264E-2</v>
+        <v>0</v>
       </c>
       <c r="E18" s="14">
-        <v>0.47677999999999998</v>
+        <v>0</v>
       </c>
       <c r="F18" s="14">
-        <v>1.0967199999999999</v>
+        <v>6.7800000000000004E-3</v>
       </c>
       <c r="G18" s="14">
-        <v>4.3336399999999999</v>
+        <v>9.77942</v>
       </c>
       <c r="H18" s="14">
-        <v>-1.79383</v>
+        <v>5.3205900000000002</v>
       </c>
       <c r="I18" s="14">
-        <v>0.33839999999999998</v>
+        <v>0.71596000000000004</v>
       </c>
       <c r="J18" s="14">
-        <v>0.76887000000000005</v>
+        <v>-1.3666099999999999</v>
       </c>
       <c r="K18" s="14">
-        <v>2.22573</v>
+        <v>8.14968</v>
       </c>
       <c r="L18" s="14">
-        <v>3.3477399999999999</v>
+        <v>1.9397899999999999</v>
       </c>
       <c r="M18" s="14">
-        <v>4.1320699999999997</v>
+        <v>1.9432400000000001</v>
       </c>
       <c r="N18" s="14">
-        <v>9.3016100000000002</v>
+        <v>19.22777</v>
       </c>
       <c r="O18" s="14">
-        <v>-1.3984700000000001</v>
+        <v>6.6365100000000004</v>
       </c>
       <c r="P18" s="14">
-        <v>0.82533000000000001</v>
+        <v>11.938330000000001</v>
       </c>
       <c r="Q18" s="14">
-        <v>335.66708</v>
+        <v>16.654400000000003</v>
       </c>
       <c r="R18" s="14">
-        <v>31.41206</v>
+        <v>6.9085600000000005</v>
       </c>
       <c r="S18" s="14">
-        <v>25.425369999999997</v>
+        <v>4.9306599999999996</v>
       </c>
       <c r="T18" s="14">
-        <v>109.43853</v>
+        <v>28.137840000000001</v>
       </c>
       <c r="U18" s="14">
-        <v>20.231630000000003</v>
+        <v>20.577180000000002</v>
       </c>
       <c r="V18" s="14">
-        <v>27.044779999999999</v>
+        <v>-19.21105</v>
       </c>
       <c r="W18" s="14">
-        <v>11.60599</v>
+        <v>26.38475</v>
       </c>
       <c r="X18" s="14">
-        <v>10.68558</v>
+        <v>12.204469999999999</v>
       </c>
       <c r="Y18" s="14">
-        <v>39.450410000000005</v>
+        <v>9.1409699999999994</v>
       </c>
       <c r="Z18" s="14">
-        <v>5.3710100000000001</v>
+        <v>48.80621</v>
       </c>
       <c r="AA18" s="14">
-        <v>27.081250000000001</v>
+        <v>75.025509999999997</v>
       </c>
       <c r="AB18" s="14">
-        <v>0.11366</v>
+        <v>44.523650000000004</v>
       </c>
       <c r="AC18" s="14">
-        <v>40.929259999999999</v>
+        <v>55.873410000000007</v>
       </c>
       <c r="AD18" s="14">
-        <v>18.632330000000003</v>
+        <v>49.003019999999999</v>
       </c>
       <c r="AE18" s="14">
-        <v>18.106099999999998</v>
+        <v>70.523470000000003</v>
       </c>
       <c r="AF18" s="14">
-        <v>33.16865</v>
+        <v>67.825310000000002</v>
       </c>
       <c r="AG18" s="14">
-        <v>6.2874099999999995</v>
+        <v>79.886660000000006</v>
       </c>
       <c r="AH18" s="14">
-        <v>71.785539999999997</v>
+        <v>162.7424</v>
       </c>
       <c r="AI18" s="14">
-        <v>6.7180200000000001</v>
+        <v>91.795770000000005</v>
       </c>
       <c r="AJ18" s="15">
-        <v>863.73408999999992</v>
+        <v>916.20048999999995</v>
       </c>
       <c r="AK18" s="8"/>
       <c r="AL18" s="4"/>
     </row>
     <row r="19" spans="2:38" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B19" s="2" t="s">
-        <v>76</v>
+        <v>2</v>
       </c>
       <c r="C19" s="14">
-        <v>0</v>
+        <v>0.83220000000000005</v>
       </c>
       <c r="D19" s="14">
-        <v>0</v>
+        <v>9.264E-2</v>
       </c>
       <c r="E19" s="14">
-        <v>0</v>
+        <v>0.47677999999999998</v>
       </c>
       <c r="F19" s="14">
-        <v>0</v>
+        <v>1.0967199999999999</v>
       </c>
       <c r="G19" s="14">
-        <v>0</v>
+        <v>4.3336399999999999</v>
       </c>
       <c r="H19" s="14">
-        <v>0</v>
+        <v>-1.79383</v>
       </c>
       <c r="I19" s="14">
-        <v>0</v>
+        <v>0.33839999999999998</v>
       </c>
       <c r="J19" s="14">
-        <v>0</v>
+        <v>0.76887000000000005</v>
       </c>
       <c r="K19" s="14">
-        <v>0</v>
+        <v>2.22573</v>
       </c>
       <c r="L19" s="14">
-        <v>0</v>
+        <v>3.38374</v>
       </c>
       <c r="M19" s="14">
-        <v>0</v>
+        <v>4.19407</v>
       </c>
       <c r="N19" s="14">
-        <v>4.5095299999999998</v>
+        <v>9.7846100000000007</v>
       </c>
       <c r="O19" s="14">
-        <v>5.9225200000000005</v>
+        <v>-0.50646999999999998</v>
       </c>
       <c r="P19" s="14">
-        <v>0.47676999999999997</v>
+        <v>1.6193299999999999</v>
       </c>
       <c r="Q19" s="14">
-        <v>6.0116999999999994</v>
+        <v>335.58208000000002</v>
       </c>
       <c r="R19" s="14">
-        <v>829.31156999999996</v>
+        <v>31.41206</v>
       </c>
       <c r="S19" s="14">
-        <v>2.83711</v>
+        <v>25.425369999999997</v>
       </c>
       <c r="T19" s="14">
-        <v>5.3793299999999995</v>
+        <v>109.43853</v>
       </c>
       <c r="U19" s="14">
-        <v>0</v>
+        <v>20.231630000000003</v>
       </c>
       <c r="V19" s="14">
-        <v>0</v>
+        <v>27.044779999999999</v>
       </c>
       <c r="W19" s="14">
-        <v>0</v>
+        <v>11.60599</v>
       </c>
       <c r="X19" s="14">
-        <v>0</v>
+        <v>10.68558</v>
       </c>
       <c r="Y19" s="14">
-        <v>0</v>
+        <v>39.450410000000005</v>
       </c>
       <c r="Z19" s="14">
-        <v>0</v>
+        <v>5.3706100000000001</v>
       </c>
       <c r="AA19" s="14">
-        <v>9.0999999999999998E-2</v>
+        <v>27.08155</v>
       </c>
       <c r="AB19" s="14">
-        <v>-0.125</v>
+        <v>0.11456000000000001</v>
       </c>
       <c r="AC19" s="14">
-        <v>2.9000000000000001E-2</v>
+        <v>40.92906</v>
       </c>
       <c r="AD19" s="14">
-        <v>0</v>
+        <v>18.631430000000002</v>
       </c>
       <c r="AE19" s="14">
-        <v>0.26800000000000002</v>
+        <v>18.106300000000001</v>
       </c>
       <c r="AF19" s="14">
-        <v>0</v>
+        <v>33.168550000000003</v>
       </c>
       <c r="AG19" s="14">
-        <v>0</v>
+        <v>6.2899099999999999</v>
       </c>
       <c r="AH19" s="14">
-        <v>0</v>
+        <v>71.204239999999999</v>
       </c>
       <c r="AI19" s="14">
-        <v>0</v>
+        <v>7.9014199999999999</v>
       </c>
       <c r="AJ19" s="15">
-        <v>854.71152999999993</v>
+        <v>866.52049</v>
       </c>
       <c r="AK19" s="8"/>
       <c r="AL19" s="4"/>
     </row>
     <row r="20" spans="2:38" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B20" s="2" t="s">
-        <v>3</v>
+        <v>76</v>
       </c>
       <c r="C20" s="14">
-        <v>0.17584</v>
+        <v>0</v>
       </c>
       <c r="D20" s="14">
         <v>0</v>
       </c>
       <c r="E20" s="14">
         <v>0</v>
       </c>
       <c r="F20" s="14">
-        <v>6.7800000000000004E-3</v>
+        <v>0</v>
       </c>
       <c r="G20" s="14">
-        <v>9.77942</v>
+        <v>0</v>
       </c>
       <c r="H20" s="14">
-        <v>5.3205900000000002</v>
+        <v>0</v>
       </c>
       <c r="I20" s="14">
-        <v>0.71596000000000004</v>
+        <v>0</v>
       </c>
       <c r="J20" s="14">
-        <v>-1.3666099999999999</v>
+        <v>0</v>
       </c>
       <c r="K20" s="14">
-        <v>8.14968</v>
+        <v>0</v>
       </c>
       <c r="L20" s="14">
-        <v>1.26579</v>
+        <v>0</v>
       </c>
       <c r="M20" s="14">
-        <v>2.5122399999999998</v>
+        <v>0</v>
       </c>
       <c r="N20" s="14">
-        <v>19.395769999999999</v>
+        <v>4.5095299999999998</v>
       </c>
       <c r="O20" s="14">
-        <v>6.90151</v>
+        <v>5.9225200000000005</v>
       </c>
       <c r="P20" s="14">
-        <v>7.6763300000000001</v>
+        <v>0.47676999999999997</v>
       </c>
       <c r="Q20" s="14">
-        <v>17.3644</v>
+        <v>6.0116999999999994</v>
       </c>
       <c r="R20" s="14">
-        <v>6.9085600000000005</v>
+        <v>829.31156999999996</v>
       </c>
       <c r="S20" s="14">
-        <v>4.9306599999999996</v>
+        <v>2.83711</v>
       </c>
       <c r="T20" s="14">
-        <v>28.137840000000001</v>
+        <v>5.3793299999999995</v>
       </c>
       <c r="U20" s="14">
-        <v>20.577180000000002</v>
+        <v>0</v>
       </c>
       <c r="V20" s="14">
-        <v>-19.21105</v>
+        <v>0</v>
       </c>
       <c r="W20" s="14">
-        <v>26.38475</v>
+        <v>0</v>
       </c>
       <c r="X20" s="14">
-        <v>12.204469999999999</v>
+        <v>0</v>
       </c>
       <c r="Y20" s="14">
-        <v>9.1409699999999994</v>
+        <v>0</v>
       </c>
       <c r="Z20" s="14">
-        <v>48.767209999999999</v>
+        <v>0</v>
       </c>
       <c r="AA20" s="14">
-        <v>74.915259999999989</v>
+        <v>9.0999999999999998E-2</v>
       </c>
       <c r="AB20" s="14">
-        <v>44.523650000000004</v>
+        <v>-0.125</v>
       </c>
       <c r="AC20" s="14">
-        <v>55.869720000000001</v>
+        <v>2.9000000000000001E-2</v>
       </c>
       <c r="AD20" s="14">
-        <v>48.99127</v>
+        <v>0</v>
       </c>
       <c r="AE20" s="14">
-        <v>70.511110000000002</v>
+        <v>0.26800000000000002</v>
       </c>
       <c r="AF20" s="14">
-        <v>67.721670000000003</v>
+        <v>0</v>
       </c>
       <c r="AG20" s="14">
-        <v>88.17974000000001</v>
+        <v>0</v>
       </c>
       <c r="AH20" s="14">
-        <v>168.10964000000001</v>
+        <v>0</v>
       </c>
       <c r="AI20" s="14">
-        <v>3.7052399999999999</v>
+        <v>0</v>
       </c>
       <c r="AJ20" s="15">
-        <v>838.26558999999997</v>
+        <v>854.71152999999993</v>
       </c>
       <c r="AK20" s="8"/>
       <c r="AL20" s="4"/>
     </row>
     <row r="21" spans="2:38" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B21" s="2" t="s">
         <v>19</v>
       </c>
       <c r="C21" s="14">
         <v>0.33744999999999997</v>
       </c>
       <c r="D21" s="14">
         <v>0</v>
       </c>
       <c r="E21" s="14">
         <v>26.647359999999999</v>
       </c>
       <c r="F21" s="14">
         <v>5.9597700000000007</v>
       </c>
       <c r="G21" s="14">
         <v>8.1906999999999996</v>
       </c>
       <c r="H21" s="14">
         <v>21.990970000000001</v>
       </c>
       <c r="I21" s="14">
         <v>4.7366099999999998</v>
       </c>
       <c r="J21" s="14">
         <v>7.0503500000000008</v>
       </c>
       <c r="K21" s="14">
         <v>1.06928</v>
       </c>
       <c r="L21" s="14">
-        <v>15.35059</v>
+        <v>15.484590000000001</v>
       </c>
       <c r="M21" s="14">
-        <v>15.47729</v>
+        <v>15.79129</v>
       </c>
       <c r="N21" s="14">
-        <v>5.4131299999999998</v>
+        <v>6.2101300000000004</v>
       </c>
       <c r="O21" s="14">
-        <v>19.55095</v>
+        <v>20.859950000000001</v>
       </c>
       <c r="P21" s="14">
-        <v>73.535710000000009</v>
+        <v>74.67971</v>
       </c>
       <c r="Q21" s="14">
-        <v>63.680219999999998</v>
+        <v>64.239220000000003</v>
       </c>
       <c r="R21" s="14">
         <v>36.246449999999996</v>
       </c>
       <c r="S21" s="14">
         <v>324.56630000000001</v>
       </c>
       <c r="T21" s="14">
         <v>6.7665100000000002</v>
       </c>
       <c r="U21" s="14">
         <v>-24.28368</v>
       </c>
       <c r="V21" s="14">
         <v>-26.00291</v>
       </c>
       <c r="W21" s="14">
         <v>-43.707349999999998</v>
       </c>
       <c r="X21" s="14">
         <v>-12.981129999999999</v>
       </c>
       <c r="Y21" s="14">
-        <v>-1.7760400000000001</v>
+        <v>-1.77504</v>
       </c>
       <c r="Z21" s="14">
-        <v>92.084679999999992</v>
+        <v>92.096080000000001</v>
       </c>
       <c r="AA21" s="14">
-        <v>34.570070000000001</v>
+        <v>34.574769999999994</v>
       </c>
       <c r="AB21" s="14">
-        <v>109.93928</v>
+        <v>109.95138</v>
       </c>
       <c r="AC21" s="14">
-        <v>17.811580000000003</v>
+        <v>17.808779999999999</v>
       </c>
       <c r="AD21" s="14">
-        <v>-300.53620000000001</v>
+        <v>-300.54829999999998</v>
       </c>
       <c r="AE21" s="14">
-        <v>49.924419999999998</v>
+        <v>49.929879999999997</v>
       </c>
       <c r="AF21" s="14">
-        <v>89.151759999999996</v>
+        <v>88.589860000000002</v>
       </c>
       <c r="AG21" s="14">
-        <v>42.849220000000003</v>
+        <v>45.181220000000003</v>
       </c>
       <c r="AH21" s="14">
-        <v>117.83725</v>
+        <v>116.87965</v>
       </c>
       <c r="AI21" s="14">
-        <v>7.3960499999999998</v>
+        <v>5.7359799999999996</v>
       </c>
       <c r="AJ21" s="15">
-        <v>788.84663999999998</v>
+        <v>792.27582999999993</v>
       </c>
       <c r="AK21" s="8"/>
       <c r="AL21" s="4"/>
     </row>
     <row r="22" spans="2:38" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B22" s="2" t="s">
         <v>23</v>
       </c>
       <c r="C22" s="14">
         <v>3.5743899999999997</v>
       </c>
       <c r="D22" s="14">
         <v>2.2375400000000001</v>
       </c>
       <c r="E22" s="14">
         <v>-11.048350000000001</v>
       </c>
       <c r="F22" s="14">
         <v>227.38930999999999</v>
       </c>
       <c r="G22" s="14">
         <v>93.817149999999998</v>
       </c>
       <c r="H22" s="14">
         <v>489.23282</v>
       </c>
       <c r="I22" s="14">
         <v>133.12849</v>
       </c>
       <c r="J22" s="14">
         <v>115.90303999999999</v>
       </c>
       <c r="K22" s="14">
         <v>103.51703999999999</v>
       </c>
       <c r="L22" s="14">
-        <v>-94.296329999999998</v>
+        <v>-93.880330000000001</v>
       </c>
       <c r="M22" s="14">
-        <v>310.55921000000001</v>
+        <v>310.69121000000001</v>
       </c>
       <c r="N22" s="14">
-        <v>-9.2954599999999985</v>
+        <v>-8.7974599999999992</v>
       </c>
       <c r="O22" s="14">
-        <v>5.3378199999999998</v>
+        <v>6.2008199999999993</v>
       </c>
       <c r="P22" s="14">
-        <v>-1116.0025800000001</v>
+        <v>-1114.5945800000002</v>
       </c>
       <c r="Q22" s="14">
-        <v>-32.459519999999998</v>
+        <v>-32.328519999999997</v>
       </c>
       <c r="R22" s="14">
         <v>-53.863810000000001</v>
       </c>
       <c r="S22" s="14">
         <v>25.035700000000002</v>
       </c>
       <c r="T22" s="14">
         <v>-17.022279999999999</v>
       </c>
       <c r="U22" s="14">
         <v>-76.524869999999993</v>
       </c>
       <c r="V22" s="14">
         <v>-73.19474000000001</v>
       </c>
       <c r="W22" s="14">
         <v>22.283200000000001</v>
       </c>
       <c r="X22" s="14">
         <v>-1.64774</v>
       </c>
       <c r="Y22" s="14">
-        <v>20.650659999999998</v>
+        <v>20.65119</v>
       </c>
       <c r="Z22" s="14">
-        <v>12.97245</v>
+        <v>12.97805</v>
       </c>
       <c r="AA22" s="14">
-        <v>16.05782</v>
+        <v>16.061019999999999</v>
       </c>
       <c r="AB22" s="14">
-        <v>-19.612020000000001</v>
+        <v>-19.605090000000001</v>
       </c>
       <c r="AC22" s="14">
-        <v>-18.64161</v>
+        <v>-18.643470000000001</v>
       </c>
       <c r="AD22" s="14">
-        <v>127.0476</v>
+        <v>127.04332000000001</v>
       </c>
       <c r="AE22" s="14">
-        <v>62.26623</v>
+        <v>62.267830000000004</v>
       </c>
       <c r="AF22" s="14">
-        <v>327.01909000000001</v>
+        <v>328.20032000000003</v>
       </c>
       <c r="AG22" s="14">
-        <v>32.159520000000001</v>
+        <v>32.901069999999997</v>
       </c>
       <c r="AH22" s="14">
-        <v>44.729339999999993</v>
+        <v>47.590960000000003</v>
       </c>
       <c r="AI22" s="14">
-        <v>13.605040000000001</v>
+        <v>30.350189999999998</v>
       </c>
       <c r="AJ22" s="15">
-        <v>664.91414999999995</v>
+        <v>689.90341999999987</v>
       </c>
       <c r="AK22" s="8"/>
       <c r="AL22" s="4"/>
     </row>
     <row r="23" spans="2:38" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B23" s="2" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="C23" s="14">
         <v>0</v>
       </c>
       <c r="D23" s="14">
-        <v>0</v>
+        <v>2.6440000000000002E-2</v>
       </c>
       <c r="E23" s="14">
-        <v>0</v>
+        <v>2.784E-2</v>
       </c>
       <c r="F23" s="14">
         <v>0</v>
       </c>
       <c r="G23" s="14">
-        <v>0.20604</v>
+        <v>0.19066999999999998</v>
       </c>
       <c r="H23" s="14">
-        <v>0</v>
+        <v>3.1199999999999999E-3</v>
       </c>
       <c r="I23" s="14">
-        <v>6.4920000000000005E-2</v>
+        <v>0</v>
       </c>
       <c r="J23" s="14">
-        <v>0.13227</v>
+        <v>0</v>
       </c>
       <c r="K23" s="14">
-        <v>7.0964399999999994</v>
+        <v>0.23813999999999999</v>
       </c>
       <c r="L23" s="14">
-        <v>0.98136999999999996</v>
+        <v>0.10385</v>
       </c>
       <c r="M23" s="14">
-        <v>1.8333900000000001</v>
+        <v>0.16705</v>
       </c>
       <c r="N23" s="14">
-        <v>0.29937000000000002</v>
+        <v>1.0176499999999999</v>
       </c>
       <c r="O23" s="14">
-        <v>4.0960700000000001</v>
+        <v>2.6138699999999999</v>
       </c>
       <c r="P23" s="14">
-        <v>2.3121</v>
+        <v>1.6046800000000001</v>
       </c>
       <c r="Q23" s="14">
-        <v>0.86666999999999994</v>
+        <v>51.983029999999999</v>
       </c>
       <c r="R23" s="14">
-        <v>3.37534</v>
+        <v>29.583169999999999</v>
       </c>
       <c r="S23" s="14">
-        <v>5.87765</v>
+        <v>-4.4920200000000001</v>
       </c>
       <c r="T23" s="14">
-        <v>6.8092799999999993</v>
+        <v>-2.3134899999999998</v>
       </c>
       <c r="U23" s="14">
-        <v>10.844709999999999</v>
+        <v>-62.182629999999996</v>
       </c>
       <c r="V23" s="14">
-        <v>9.9623399999999993</v>
+        <v>6.2079899999999997</v>
       </c>
       <c r="W23" s="14">
-        <v>38.811109999999999</v>
+        <v>6.2306899999999992</v>
       </c>
       <c r="X23" s="14">
-        <v>19.273209999999999</v>
+        <v>5.5461400000000003</v>
       </c>
       <c r="Y23" s="14">
-        <v>39.14893</v>
+        <v>36.361260000000001</v>
       </c>
       <c r="Z23" s="14">
-        <v>-34.079689999999999</v>
+        <v>-6.0651299999999999</v>
       </c>
       <c r="AA23" s="14">
-        <v>15.35665</v>
+        <v>31.66226</v>
       </c>
       <c r="AB23" s="14">
-        <v>3.8944099999999997</v>
+        <v>19.290310000000002</v>
       </c>
       <c r="AC23" s="14">
-        <v>16.563369999999999</v>
+        <v>21.129729999999999</v>
       </c>
       <c r="AD23" s="14">
-        <v>19.343360000000001</v>
+        <v>31.358709999999999</v>
       </c>
       <c r="AE23" s="14">
-        <v>143.28166000000002</v>
+        <v>136.4049</v>
       </c>
       <c r="AF23" s="14">
-        <v>59.378389999999996</v>
+        <v>54.687959999999997</v>
       </c>
       <c r="AG23" s="14">
-        <v>96.702979999999997</v>
+        <v>49.878230000000002</v>
       </c>
       <c r="AH23" s="14">
-        <v>23.09451</v>
+        <v>84.960189999999997</v>
       </c>
       <c r="AI23" s="14">
-        <v>6.6922100000000002</v>
+        <v>18.97626</v>
       </c>
       <c r="AJ23" s="15">
-        <v>502.21906000000001</v>
+        <v>515.20087000000001</v>
       </c>
       <c r="AK23" s="8"/>
       <c r="AL23" s="4"/>
     </row>
     <row r="24" spans="2:38" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B24" s="2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="C24" s="14">
         <v>0</v>
       </c>
       <c r="D24" s="14">
-        <v>2.6440000000000002E-2</v>
+        <v>0</v>
       </c>
       <c r="E24" s="14">
-        <v>2.784E-2</v>
+        <v>0</v>
       </c>
       <c r="F24" s="14">
         <v>0</v>
       </c>
       <c r="G24" s="14">
-        <v>0.19066999999999998</v>
+        <v>0.20604</v>
       </c>
       <c r="H24" s="14">
-        <v>3.1199999999999999E-3</v>
+        <v>0</v>
       </c>
       <c r="I24" s="14">
-        <v>0</v>
+        <v>6.4920000000000005E-2</v>
       </c>
       <c r="J24" s="14">
-        <v>0</v>
+        <v>0.13227</v>
       </c>
       <c r="K24" s="14">
-        <v>0.23813999999999999</v>
+        <v>7.0964399999999994</v>
       </c>
       <c r="L24" s="14">
-        <v>7.984999999999999E-2</v>
+        <v>1.0793699999999999</v>
       </c>
       <c r="M24" s="14">
-        <v>5.5049999999999995E-2</v>
+        <v>1.99139</v>
       </c>
       <c r="N24" s="14">
-        <v>0.90564999999999996</v>
+        <v>0.39937</v>
       </c>
       <c r="O24" s="14">
-        <v>2.54887</v>
+        <v>4.3690699999999998</v>
       </c>
       <c r="P24" s="14">
-        <v>1.43468</v>
+        <v>2.8441000000000001</v>
       </c>
       <c r="Q24" s="14">
-        <v>51.983029999999999</v>
+        <v>0.86666999999999994</v>
       </c>
       <c r="R24" s="14">
-        <v>29.583169999999999</v>
+        <v>3.37534</v>
       </c>
       <c r="S24" s="14">
-        <v>-4.4920200000000001</v>
+        <v>5.87765</v>
       </c>
       <c r="T24" s="14">
-        <v>-2.3134899999999998</v>
+        <v>6.8092799999999993</v>
       </c>
       <c r="U24" s="14">
-        <v>-62.182629999999996</v>
+        <v>10.844709999999999</v>
       </c>
       <c r="V24" s="14">
-        <v>6.2079899999999997</v>
+        <v>9.9623399999999993</v>
       </c>
       <c r="W24" s="14">
-        <v>6.2306899999999992</v>
+        <v>38.811109999999999</v>
       </c>
       <c r="X24" s="14">
-        <v>5.5461400000000003</v>
+        <v>19.273209999999999</v>
       </c>
       <c r="Y24" s="14">
-        <v>36.361260000000001</v>
+        <v>39.14893</v>
       </c>
       <c r="Z24" s="14">
-        <v>-6.0651299999999999</v>
+        <v>-34.079689999999999</v>
       </c>
       <c r="AA24" s="14">
-        <v>31.66226</v>
+        <v>15.35665</v>
       </c>
       <c r="AB24" s="14">
-        <v>19.290310000000002</v>
+        <v>3.8944099999999997</v>
       </c>
       <c r="AC24" s="14">
-        <v>21.179880000000001</v>
+        <v>16.563369999999999</v>
       </c>
       <c r="AD24" s="14">
-        <v>31.358709999999999</v>
+        <v>19.343360000000001</v>
       </c>
       <c r="AE24" s="14">
-        <v>136.4049</v>
+        <v>143.28469000000001</v>
       </c>
       <c r="AF24" s="14">
-        <v>54.687959999999997</v>
+        <v>59.378389999999996</v>
       </c>
       <c r="AG24" s="14">
-        <v>49.856430000000003</v>
+        <v>95.367360000000005</v>
       </c>
       <c r="AH24" s="14">
-        <v>81.78519</v>
+        <v>25.400400000000001</v>
       </c>
       <c r="AI24" s="14">
-        <v>0.18799000000000002</v>
+        <v>-13.105919999999999</v>
       </c>
       <c r="AJ24" s="15">
-        <v>492.78295000000003</v>
+        <v>484.55522999999999</v>
       </c>
       <c r="AK24" s="8"/>
       <c r="AL24" s="4"/>
     </row>
     <row r="25" spans="2:38" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B25" s="2" t="s">
-        <v>18</v>
+        <v>54</v>
       </c>
       <c r="C25" s="14">
-        <v>0</v>
+        <v>3.3016300000000003</v>
       </c>
       <c r="D25" s="14">
-        <v>0</v>
+        <v>0.88333000000000006</v>
       </c>
       <c r="E25" s="14">
-        <v>0</v>
+        <v>2.9276399999999998</v>
       </c>
       <c r="F25" s="14">
-        <v>0</v>
+        <v>6.4416199999999995</v>
       </c>
       <c r="G25" s="14">
-        <v>0</v>
+        <v>1.09592</v>
       </c>
       <c r="H25" s="14">
-        <v>0</v>
+        <v>5.3066400000000007</v>
       </c>
       <c r="I25" s="14">
-        <v>0.28302999999999995</v>
+        <v>5.0336499999999997</v>
       </c>
       <c r="J25" s="14">
-        <v>0</v>
+        <v>0.59609000000000001</v>
       </c>
       <c r="K25" s="14">
-        <v>0</v>
+        <v>1.90526</v>
       </c>
       <c r="L25" s="14">
-        <v>6.8535200000000005</v>
+        <v>9.7535799999999995</v>
       </c>
       <c r="M25" s="14">
-        <v>0.13253999999999999</v>
+        <v>-1.17503</v>
       </c>
       <c r="N25" s="14">
-        <v>5.4080399999999997</v>
+        <v>1.7995699999999999</v>
       </c>
       <c r="O25" s="14">
-        <v>2.6468600000000002</v>
+        <v>5.2874799999999995</v>
       </c>
       <c r="P25" s="14">
-        <v>3.9149499999999997</v>
+        <v>48.533540000000002</v>
       </c>
       <c r="Q25" s="14">
-        <v>23.999200000000002</v>
+        <v>17.944140000000001</v>
       </c>
       <c r="R25" s="14">
-        <v>3.6085799999999999</v>
+        <v>70.467749999999995</v>
       </c>
       <c r="S25" s="14">
-        <v>-5.33324</v>
+        <v>21.358990000000002</v>
       </c>
       <c r="T25" s="14">
-        <v>6.0812700000000008</v>
+        <v>-13.43493</v>
       </c>
       <c r="U25" s="14">
-        <v>-2.52251</v>
+        <v>-13.32334</v>
       </c>
       <c r="V25" s="14">
-        <v>12.56331</v>
+        <v>8.9774200000000004</v>
       </c>
       <c r="W25" s="14">
-        <v>11.865360000000001</v>
+        <v>28.956029999999998</v>
       </c>
       <c r="X25" s="14">
-        <v>1.76126</v>
+        <v>-3.6954000000000002</v>
       </c>
       <c r="Y25" s="14">
-        <v>3.65727</v>
+        <v>13.247159999999999</v>
       </c>
       <c r="Z25" s="14">
-        <v>10.61923</v>
+        <v>10.22311</v>
       </c>
       <c r="AA25" s="14">
-        <v>10.775499999999999</v>
+        <v>21.8505</v>
       </c>
       <c r="AB25" s="14">
-        <v>6.6818999999999997</v>
+        <v>12.322649999999999</v>
       </c>
       <c r="AC25" s="14">
-        <v>-18.008389999999999</v>
+        <v>5.0648800000000005</v>
       </c>
       <c r="AD25" s="14">
-        <v>1.62917</v>
+        <v>10.697950000000001</v>
       </c>
       <c r="AE25" s="14">
-        <v>55.360610000000001</v>
+        <v>19.786099999999998</v>
       </c>
       <c r="AF25" s="14">
-        <v>17.377770000000002</v>
+        <v>12.998290000000001</v>
       </c>
       <c r="AG25" s="14">
-        <v>52.117779999999996</v>
+        <v>31.456400000000002</v>
       </c>
       <c r="AH25" s="14">
-        <v>110.44199</v>
+        <v>21.364150000000002</v>
       </c>
       <c r="AI25" s="14">
-        <v>54.846429999999998</v>
+        <v>57.241870000000006</v>
       </c>
       <c r="AJ25" s="15">
-        <v>376.76143000000002</v>
+        <v>425.19463999999999</v>
       </c>
       <c r="AK25" s="8"/>
       <c r="AL25" s="4"/>
     </row>
     <row r="26" spans="2:38" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B26" s="2" t="s">
-        <v>54</v>
+        <v>18</v>
       </c>
       <c r="C26" s="14">
-        <v>3.3016300000000003</v>
+        <v>0</v>
       </c>
       <c r="D26" s="14">
-        <v>0.88333000000000006</v>
+        <v>0</v>
       </c>
       <c r="E26" s="14">
-        <v>2.9276399999999998</v>
+        <v>0</v>
       </c>
       <c r="F26" s="14">
-        <v>6.4416199999999995</v>
+        <v>0</v>
       </c>
       <c r="G26" s="14">
-        <v>1.09592</v>
+        <v>0</v>
       </c>
       <c r="H26" s="14">
-        <v>5.3066400000000007</v>
+        <v>0</v>
       </c>
       <c r="I26" s="14">
-        <v>5.0336499999999997</v>
+        <v>0.28302999999999995</v>
       </c>
       <c r="J26" s="14">
-        <v>0.59609000000000001</v>
+        <v>0</v>
       </c>
       <c r="K26" s="14">
-        <v>1.90526</v>
+        <v>0</v>
       </c>
       <c r="L26" s="14">
-        <v>9.7235800000000001</v>
+        <v>6.8535200000000005</v>
       </c>
       <c r="M26" s="14">
-        <v>-1.2270300000000001</v>
+        <v>0.13253999999999999</v>
       </c>
       <c r="N26" s="14">
-        <v>1.6725699999999999</v>
+        <v>5.4450399999999997</v>
       </c>
       <c r="O26" s="14">
-        <v>4.6144799999999995</v>
+        <v>2.7318600000000002</v>
       </c>
       <c r="P26" s="14">
-        <v>47.428539999999998</v>
+        <v>4.0609500000000001</v>
       </c>
       <c r="Q26" s="14">
-        <v>17.65014</v>
+        <v>23.999200000000002</v>
       </c>
       <c r="R26" s="14">
-        <v>70.467749999999995</v>
+        <v>3.6085799999999999</v>
       </c>
       <c r="S26" s="14">
-        <v>21.358990000000002</v>
+        <v>-5.33324</v>
       </c>
       <c r="T26" s="14">
-        <v>-13.43493</v>
+        <v>6.0812700000000008</v>
       </c>
       <c r="U26" s="14">
-        <v>-13.32334</v>
+        <v>-2.52251</v>
       </c>
       <c r="V26" s="14">
-        <v>8.9774200000000004</v>
+        <v>12.56331</v>
       </c>
       <c r="W26" s="14">
-        <v>28.956029999999998</v>
+        <v>11.865360000000001</v>
       </c>
       <c r="X26" s="14">
-        <v>-3.6954000000000002</v>
+        <v>1.76126</v>
       </c>
       <c r="Y26" s="14">
-        <v>13.247159999999999</v>
+        <v>3.65727</v>
       </c>
       <c r="Z26" s="14">
-        <v>10.22311</v>
+        <v>10.61923</v>
       </c>
       <c r="AA26" s="14">
-        <v>21.8505</v>
+        <v>10.775499999999999</v>
       </c>
       <c r="AB26" s="14">
-        <v>12.322649999999999</v>
+        <v>6.6818999999999997</v>
       </c>
       <c r="AC26" s="14">
-        <v>5.0648800000000005</v>
+        <v>-18.008389999999999</v>
       </c>
       <c r="AD26" s="14">
-        <v>10.697950000000001</v>
+        <v>1.62917</v>
       </c>
       <c r="AE26" s="14">
-        <v>19.786099999999998</v>
+        <v>55.360610000000001</v>
       </c>
       <c r="AF26" s="14">
-        <v>12.99564</v>
+        <v>17.377770000000002</v>
       </c>
       <c r="AG26" s="14">
-        <v>31.58306</v>
+        <v>40.098059999999997</v>
       </c>
       <c r="AH26" s="14">
-        <v>22.6218</v>
+        <v>109.75199000000001</v>
       </c>
       <c r="AI26" s="14">
-        <v>-14.783440000000001</v>
+        <v>67.702269999999999</v>
       </c>
       <c r="AJ26" s="15">
-        <v>352.26999000000001</v>
+        <v>377.17554999999999</v>
       </c>
       <c r="AK26" s="8"/>
       <c r="AL26" s="4"/>
     </row>
     <row r="27" spans="2:38" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B27" s="2" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="C27" s="14">
         <v>0</v>
       </c>
       <c r="D27" s="14">
         <v>0</v>
       </c>
       <c r="E27" s="14">
-        <v>7.8040000000000012E-2</v>
+        <v>0</v>
       </c>
       <c r="F27" s="14">
-        <v>0.11591</v>
+        <v>0</v>
       </c>
       <c r="G27" s="14">
         <v>0</v>
       </c>
       <c r="H27" s="14">
-        <v>0.42069000000000001</v>
+        <v>0</v>
       </c>
       <c r="I27" s="14">
-        <v>0.10634</v>
+        <v>0</v>
       </c>
       <c r="J27" s="14">
-        <v>0</v>
+        <v>0.20038</v>
       </c>
       <c r="K27" s="14">
-        <v>2.444E-2</v>
+        <v>0.48492000000000002</v>
       </c>
       <c r="L27" s="14">
-        <v>0.1988</v>
+        <v>0.74945000000000006</v>
       </c>
       <c r="M27" s="14">
-        <v>2.6885400000000002</v>
+        <v>-0.20477000000000001</v>
       </c>
       <c r="N27" s="14">
-        <v>4.7919</v>
+        <v>1.4098900000000001</v>
       </c>
       <c r="O27" s="14">
-        <v>25.85397</v>
+        <v>7.7510000000000009E-2</v>
       </c>
       <c r="P27" s="14">
-        <v>9.3242000000000012</v>
+        <v>10.873250000000001</v>
       </c>
       <c r="Q27" s="14">
-        <v>12.261059999999999</v>
+        <v>22.113949999999999</v>
       </c>
       <c r="R27" s="14">
-        <v>15.474620000000002</v>
+        <v>56.9773</v>
       </c>
       <c r="S27" s="14">
-        <v>35.897069999999999</v>
+        <v>8.1577500000000001</v>
       </c>
       <c r="T27" s="14">
-        <v>15.23489</v>
+        <v>31.382300000000001</v>
       </c>
       <c r="U27" s="14">
-        <v>7.0690400000000002</v>
+        <v>18.225069999999999</v>
       </c>
       <c r="V27" s="14">
-        <v>1.3734300000000002</v>
+        <v>17.917590000000001</v>
       </c>
       <c r="W27" s="14">
-        <v>0.75323000000000007</v>
+        <v>16.876180000000002</v>
       </c>
       <c r="X27" s="14">
-        <v>16.336649999999999</v>
+        <v>25.196570000000001</v>
       </c>
       <c r="Y27" s="14">
-        <v>106.29067999999999</v>
+        <v>0.92585000000000006</v>
       </c>
       <c r="Z27" s="14">
-        <v>-32.064799999999998</v>
+        <v>-7.2774899999999993</v>
       </c>
       <c r="AA27" s="14">
-        <v>-45.291150000000002</v>
+        <v>2.4212399999999996</v>
       </c>
       <c r="AB27" s="14">
-        <v>8.6420499999999993</v>
+        <v>4.0266200000000003</v>
       </c>
       <c r="AC27" s="14">
-        <v>55.4527</v>
+        <v>4.0940099999999999</v>
       </c>
       <c r="AD27" s="14">
-        <v>-51.183930000000004</v>
+        <v>-12.113629999999999</v>
       </c>
       <c r="AE27" s="14">
-        <v>-3.0604200000000001</v>
+        <v>-0.97735000000000005</v>
       </c>
       <c r="AF27" s="14">
-        <v>27.703130000000002</v>
+        <v>-6.9921899999999999</v>
       </c>
       <c r="AG27" s="14">
-        <v>31.950869999999998</v>
+        <v>33.9925</v>
       </c>
       <c r="AH27" s="14">
-        <v>21.420390000000001</v>
+        <v>58.367280000000001</v>
       </c>
       <c r="AI27" s="14">
-        <v>46.131269999999994</v>
+        <v>3.3188200000000001</v>
       </c>
       <c r="AJ27" s="15">
-        <v>313.99360999999999</v>
+        <v>290.22300000000001</v>
       </c>
       <c r="AK27" s="8"/>
       <c r="AL27" s="4"/>
     </row>
     <row r="28" spans="2:38" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B28" s="2" t="s">
         <v>15</v>
       </c>
       <c r="C28" s="14">
         <v>0</v>
       </c>
       <c r="D28" s="14">
         <v>0</v>
       </c>
       <c r="E28" s="14">
         <v>0</v>
       </c>
       <c r="F28" s="14">
         <v>4.65334</v>
       </c>
       <c r="G28" s="14">
         <v>0</v>
       </c>
       <c r="H28" s="14">
         <v>1.7293800000000001</v>
       </c>
       <c r="I28" s="14">
         <v>0</v>
       </c>
       <c r="J28" s="14">
         <v>-0.37006</v>
       </c>
       <c r="K28" s="14">
         <v>-4.147E-2</v>
       </c>
       <c r="L28" s="14">
-        <v>1.2063499999999998</v>
+        <v>1.1123499999999999</v>
       </c>
       <c r="M28" s="14">
-        <v>1.2091099999999999</v>
+        <v>1.2371099999999999</v>
       </c>
       <c r="N28" s="14">
-        <v>2.6914000000000002</v>
+        <v>2.5613999999999999</v>
       </c>
       <c r="O28" s="14">
-        <v>5.0274099999999997</v>
+        <v>4.3014099999999997</v>
       </c>
       <c r="P28" s="14">
-        <v>18.91319</v>
+        <v>18.299189999999999</v>
       </c>
       <c r="Q28" s="14">
-        <v>82.635689999999997</v>
+        <v>83.069690000000008</v>
       </c>
       <c r="R28" s="14">
         <v>9.9632199999999997</v>
       </c>
       <c r="S28" s="14">
         <v>6.3658599999999996</v>
       </c>
       <c r="T28" s="14">
         <v>12.93624</v>
       </c>
       <c r="U28" s="14">
         <v>30.180070000000001</v>
       </c>
       <c r="V28" s="14">
         <v>26.204450000000001</v>
       </c>
       <c r="W28" s="14">
         <v>44.324529999999996</v>
       </c>
       <c r="X28" s="14">
         <v>64.511150000000001</v>
       </c>
       <c r="Y28" s="14">
         <v>46.828739999999996</v>
       </c>
       <c r="Z28" s="14">
         <v>14.512700000000001</v>
       </c>
       <c r="AA28" s="14">
         <v>22.58398</v>
       </c>
       <c r="AB28" s="14">
         <v>16.024639999999998</v>
       </c>
       <c r="AC28" s="14">
         <v>38.360059999999997</v>
       </c>
       <c r="AD28" s="14">
         <v>20.24334</v>
       </c>
       <c r="AE28" s="14">
         <v>7.9421800000000005</v>
       </c>
       <c r="AF28" s="14">
         <v>-177.35135</v>
       </c>
       <c r="AG28" s="14">
         <v>-6.1344200000000004</v>
       </c>
       <c r="AH28" s="14">
-        <v>-4.5727799999999998</v>
+        <v>-5.6339799999999993</v>
       </c>
       <c r="AI28" s="14">
-        <v>-8.9999999999999992E-5</v>
+        <v>-5.3123199999999997</v>
       </c>
       <c r="AJ28" s="15">
-        <v>290.57686000000001</v>
+        <v>283.10142999999999</v>
       </c>
       <c r="AK28" s="8"/>
       <c r="AL28" s="4"/>
     </row>
     <row r="29" spans="2:38" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B29" s="2" t="s">
-        <v>13</v>
+        <v>72</v>
       </c>
       <c r="C29" s="14">
         <v>0</v>
       </c>
       <c r="D29" s="14">
         <v>0</v>
       </c>
       <c r="E29" s="14">
         <v>0</v>
       </c>
       <c r="F29" s="14">
         <v>0</v>
       </c>
       <c r="G29" s="14">
         <v>0</v>
       </c>
       <c r="H29" s="14">
         <v>0</v>
       </c>
       <c r="I29" s="14">
         <v>0</v>
       </c>
       <c r="J29" s="14">
-        <v>0.20038</v>
+        <v>0</v>
       </c>
       <c r="K29" s="14">
-        <v>0.48492000000000002</v>
+        <v>0</v>
       </c>
       <c r="L29" s="14">
-        <v>0.66145000000000009</v>
+        <v>0</v>
       </c>
       <c r="M29" s="14">
-        <v>-0.38277</v>
+        <v>9.2999999999999999E-2</v>
       </c>
       <c r="N29" s="14">
-        <v>1.0148900000000001</v>
+        <v>9.6000000000000002E-2</v>
       </c>
       <c r="O29" s="14">
-        <v>-1.0714900000000001</v>
+        <v>0</v>
       </c>
       <c r="P29" s="14">
-        <v>8.1492500000000003</v>
+        <v>5.6000000000000001E-2</v>
       </c>
       <c r="Q29" s="14">
-        <v>20.929950000000002</v>
+        <v>2.9250000000000002E-2</v>
       </c>
       <c r="R29" s="14">
-        <v>56.9773</v>
+        <v>0.12281</v>
       </c>
       <c r="S29" s="14">
-        <v>8.1577500000000001</v>
+        <v>-0.54670000000000007</v>
       </c>
       <c r="T29" s="14">
-        <v>31.382300000000001</v>
+        <v>-3.3418800000000002</v>
       </c>
       <c r="U29" s="14">
-        <v>18.225069999999999</v>
+        <v>-2.0348600000000001</v>
       </c>
       <c r="V29" s="14">
-        <v>17.917590000000001</v>
+        <v>7.7879999999999991E-2</v>
       </c>
       <c r="W29" s="14">
-        <v>16.876180000000002</v>
+        <v>1.0906300000000002</v>
       </c>
       <c r="X29" s="14">
-        <v>25.264569999999999</v>
+        <v>1.09118</v>
       </c>
       <c r="Y29" s="14">
-        <v>0.88785000000000003</v>
+        <v>0.22305</v>
       </c>
       <c r="Z29" s="14">
-        <v>-7.2774899999999993</v>
+        <v>14.15882</v>
       </c>
       <c r="AA29" s="14">
-        <v>2.4212399999999996</v>
+        <v>12.095780000000001</v>
       </c>
       <c r="AB29" s="14">
-        <v>4.0266200000000003</v>
+        <v>8.9081600000000005</v>
       </c>
       <c r="AC29" s="14">
-        <v>4.2000099999999998</v>
+        <v>9.0953799999999987</v>
       </c>
       <c r="AD29" s="14">
-        <v>-11.721629999999999</v>
+        <v>1.0866800000000001</v>
       </c>
       <c r="AE29" s="14">
-        <v>-1.0583499999999999</v>
+        <v>198.37429</v>
       </c>
       <c r="AF29" s="14">
-        <v>-6.9211899999999993</v>
+        <v>8.9047999999999998</v>
       </c>
       <c r="AG29" s="14">
-        <v>2.2095100000000003</v>
+        <v>8.309190000000001</v>
       </c>
       <c r="AH29" s="14">
-        <v>58.676279999999998</v>
+        <v>11.948450000000001</v>
       </c>
       <c r="AI29" s="14">
-        <v>3.1194600000000001</v>
+        <v>1.5303399999999998</v>
       </c>
       <c r="AJ29" s="15">
-        <v>253.34965</v>
+        <v>271.36824999999999</v>
       </c>
       <c r="AK29" s="8"/>
       <c r="AL29" s="4"/>
     </row>
     <row r="30" spans="2:38" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B30" s="2" t="s">
-        <v>72</v>
+        <v>8</v>
       </c>
       <c r="C30" s="14">
         <v>0</v>
       </c>
       <c r="D30" s="14">
         <v>0</v>
       </c>
       <c r="E30" s="14">
-        <v>0</v>
+        <v>7.8040000000000012E-2</v>
       </c>
       <c r="F30" s="14">
-        <v>0</v>
+        <v>0.11591</v>
       </c>
       <c r="G30" s="14">
         <v>0</v>
       </c>
       <c r="H30" s="14">
-        <v>0</v>
+        <v>0.42069000000000001</v>
       </c>
       <c r="I30" s="14">
-        <v>0</v>
+        <v>0.10634</v>
       </c>
       <c r="J30" s="14">
         <v>0</v>
       </c>
       <c r="K30" s="14">
-        <v>0</v>
+        <v>2.444E-2</v>
       </c>
       <c r="L30" s="14">
-        <v>0</v>
+        <v>0.3448</v>
       </c>
       <c r="M30" s="14">
-        <v>0</v>
+        <v>3.0855399999999999</v>
       </c>
       <c r="N30" s="14">
-        <v>0</v>
+        <v>7.8558999999999992</v>
       </c>
       <c r="O30" s="14">
-        <v>0</v>
+        <v>28.136970000000002</v>
       </c>
       <c r="P30" s="14">
-        <v>0</v>
+        <v>13.019200000000001</v>
       </c>
       <c r="Q30" s="14">
-        <v>2.9250000000000002E-2</v>
+        <v>12.52506</v>
       </c>
       <c r="R30" s="14">
-        <v>0.12281</v>
+        <v>15.474620000000002</v>
       </c>
       <c r="S30" s="14">
-        <v>-0.54670000000000007</v>
+        <v>35.897069999999999</v>
       </c>
       <c r="T30" s="14">
-        <v>-3.3418800000000002</v>
+        <v>15.23489</v>
       </c>
       <c r="U30" s="14">
-        <v>-2.0348600000000001</v>
+        <v>7.0690400000000002</v>
       </c>
       <c r="V30" s="14">
-        <v>7.7879999999999991E-2</v>
+        <v>1.3734300000000002</v>
       </c>
       <c r="W30" s="14">
-        <v>1.0906300000000002</v>
+        <v>0.75323000000000007</v>
       </c>
       <c r="X30" s="14">
-        <v>1.09118</v>
+        <v>16.336649999999999</v>
       </c>
       <c r="Y30" s="14">
-        <v>0.22305</v>
+        <v>106.29067999999999</v>
       </c>
       <c r="Z30" s="14">
-        <v>14.15882</v>
+        <v>-32.064799999999998</v>
       </c>
       <c r="AA30" s="14">
-        <v>5.4029499999999997</v>
+        <v>-45.291150000000002</v>
       </c>
       <c r="AB30" s="14">
-        <v>1.63235</v>
+        <v>2.0726300000000002</v>
       </c>
       <c r="AC30" s="14">
-        <v>6.7006800000000002</v>
+        <v>55.4527</v>
       </c>
       <c r="AD30" s="14">
-        <v>-1.2403199999999999</v>
+        <v>-51.183930000000004</v>
       </c>
       <c r="AE30" s="14">
-        <v>192.78829000000002</v>
+        <v>-3.0604200000000001</v>
       </c>
       <c r="AF30" s="14">
-        <v>5.0068000000000001</v>
+        <v>27.703130000000002</v>
       </c>
       <c r="AG30" s="14">
-        <v>-1.7073099999999999</v>
+        <v>32.868720000000003</v>
       </c>
       <c r="AH30" s="14">
-        <v>16.452169999999999</v>
+        <v>21.485389999999999</v>
       </c>
       <c r="AI30" s="14">
-        <v>7.5250399999999997</v>
+        <v>-45.387689999999999</v>
       </c>
       <c r="AJ30" s="15">
-        <v>243.43082999999999</v>
+        <v>226.73707999999999</v>
       </c>
       <c r="AK30" s="8"/>
       <c r="AL30" s="4"/>
     </row>
     <row r="31" spans="2:38" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B31" s="2" t="s">
         <v>57</v>
       </c>
       <c r="C31" s="14">
         <v>0</v>
       </c>
       <c r="D31" s="14">
         <v>0</v>
       </c>
       <c r="E31" s="14">
         <v>0</v>
       </c>
       <c r="F31" s="14">
         <v>0</v>
       </c>
       <c r="G31" s="14">
         <v>0</v>
       </c>
       <c r="H31" s="14">
         <v>0</v>
       </c>
       <c r="I31" s="14">
         <v>0</v>
       </c>
       <c r="J31" s="14">
         <v>0</v>
       </c>
       <c r="K31" s="14">
         <v>0</v>
       </c>
       <c r="L31" s="14">
         <v>0</v>
       </c>
       <c r="M31" s="14">
         <v>0</v>
       </c>
       <c r="N31" s="14">
         <v>0</v>
       </c>
       <c r="O31" s="14">
-        <v>0.193</v>
+        <v>0.23899999999999999</v>
       </c>
       <c r="P31" s="14">
-        <v>8.1300000000000001E-3</v>
+        <v>0.11312999999999999</v>
       </c>
       <c r="Q31" s="14">
         <v>-2.928E-2</v>
       </c>
       <c r="R31" s="14">
         <v>0.47737999999999997</v>
       </c>
       <c r="S31" s="14">
         <v>0.17779</v>
       </c>
       <c r="T31" s="14">
         <v>0.43069000000000002</v>
       </c>
       <c r="U31" s="14">
         <v>0.11508</v>
       </c>
       <c r="V31" s="14">
         <v>0.1003</v>
       </c>
       <c r="W31" s="14">
         <v>0.20022999999999999</v>
       </c>
       <c r="X31" s="14">
         <v>1.1186500000000001</v>
       </c>
@@ -3969,57 +3969,57 @@
       <c r="Z31" s="14">
         <v>-1.6789499999999999</v>
       </c>
       <c r="AA31" s="14">
         <v>30.27657</v>
       </c>
       <c r="AB31" s="14">
         <v>63.056870000000004</v>
       </c>
       <c r="AC31" s="14">
         <v>-4.8076600000000003</v>
       </c>
       <c r="AD31" s="14">
         <v>26.359240000000003</v>
       </c>
       <c r="AE31" s="14">
         <v>38.860589999999995</v>
       </c>
       <c r="AF31" s="14">
         <v>45.482129999999998</v>
       </c>
       <c r="AG31" s="14">
         <v>19.06165</v>
       </c>
       <c r="AH31" s="14">
-        <v>-11.79443</v>
+        <v>-12.26183</v>
       </c>
       <c r="AI31" s="14">
-        <v>5.6804600000000001</v>
+        <v>11.157719999999999</v>
       </c>
       <c r="AJ31" s="15">
-        <v>216.46749</v>
+        <v>221.62835000000001</v>
       </c>
       <c r="AK31" s="8"/>
       <c r="AL31" s="4"/>
     </row>
     <row r="32" spans="2:38" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B32" s="2" t="s">
         <v>21</v>
       </c>
       <c r="C32" s="14">
         <v>0</v>
       </c>
       <c r="D32" s="14">
         <v>0</v>
       </c>
       <c r="E32" s="14">
         <v>0</v>
       </c>
       <c r="F32" s="14">
         <v>0</v>
       </c>
       <c r="G32" s="14">
         <v>0</v>
       </c>
       <c r="H32" s="14">
         <v>0</v>
@@ -4042,202 +4042,202 @@
       <c r="N32" s="14">
         <v>2.92E-2</v>
       </c>
       <c r="O32" s="14">
         <v>0.27750999999999998</v>
       </c>
       <c r="P32" s="14">
         <v>-0.2732</v>
       </c>
       <c r="Q32" s="14">
         <v>2.98909</v>
       </c>
       <c r="R32" s="14">
         <v>-3.6170900000000001</v>
       </c>
       <c r="S32" s="14">
         <v>6.8016099999999993</v>
       </c>
       <c r="T32" s="14">
         <v>0.34056000000000003</v>
       </c>
       <c r="U32" s="14">
         <v>12.567290000000002</v>
       </c>
       <c r="V32" s="14">
-        <v>124.20949</v>
+        <v>124.21216</v>
       </c>
       <c r="W32" s="14">
         <v>7.7200500000000005</v>
       </c>
       <c r="X32" s="14">
         <v>22.20853</v>
       </c>
       <c r="Y32" s="14">
         <v>31.8401</v>
       </c>
       <c r="Z32" s="14">
         <v>24.445330000000002</v>
       </c>
       <c r="AA32" s="14">
-        <v>-37.633240000000001</v>
+        <v>-37.631839999999997</v>
       </c>
       <c r="AB32" s="14">
         <v>3.8184999999999998</v>
       </c>
       <c r="AC32" s="14">
         <v>8.2968799999999998</v>
       </c>
       <c r="AD32" s="14">
         <v>5.2280299999999995</v>
       </c>
       <c r="AE32" s="14">
         <v>-27.972999999999999</v>
       </c>
       <c r="AF32" s="14">
-        <v>-47.841910000000006</v>
+        <v>-47.838380000000001</v>
       </c>
       <c r="AG32" s="14">
-        <v>4.3513799999999998</v>
+        <v>4.3797799999999993</v>
       </c>
       <c r="AH32" s="14">
         <v>41.411790000000003</v>
       </c>
       <c r="AI32" s="14">
-        <v>0.58295000000000008</v>
+        <v>-8.2790000000000002E-2</v>
       </c>
       <c r="AJ32" s="15">
-        <v>180.34949</v>
+        <v>179.71975</v>
       </c>
       <c r="AK32" s="8"/>
       <c r="AL32" s="4"/>
     </row>
     <row r="33" spans="1:38" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B33" s="2" t="s">
         <v>62</v>
       </c>
       <c r="C33" s="14">
         <v>0</v>
       </c>
       <c r="D33" s="14">
         <v>0</v>
       </c>
       <c r="E33" s="14">
         <v>0</v>
       </c>
       <c r="F33" s="14">
         <v>0</v>
       </c>
       <c r="G33" s="14">
         <v>0</v>
       </c>
       <c r="H33" s="14">
         <v>0</v>
       </c>
       <c r="I33" s="14">
         <v>0</v>
       </c>
       <c r="J33" s="14">
         <v>0</v>
       </c>
       <c r="K33" s="14">
         <v>0.34567999999999999</v>
       </c>
       <c r="L33" s="14">
         <v>0.76005999999999996</v>
       </c>
       <c r="M33" s="14">
-        <v>2.5594299999999999</v>
+        <v>2.7684299999999999</v>
       </c>
       <c r="N33" s="14">
         <v>-0.43512000000000001</v>
       </c>
       <c r="O33" s="14">
-        <v>-0.45062000000000002</v>
+        <v>-0.38562000000000002</v>
       </c>
       <c r="P33" s="14">
-        <v>0.25527</v>
+        <v>1.5902700000000001</v>
       </c>
       <c r="Q33" s="14">
         <v>1.1599300000000001</v>
       </c>
       <c r="R33" s="14">
         <v>0.49598999999999999</v>
       </c>
       <c r="S33" s="14">
         <v>1.7213800000000001</v>
       </c>
       <c r="T33" s="14">
         <v>5.4547600000000003</v>
       </c>
       <c r="U33" s="14">
         <v>0.24944999999999998</v>
       </c>
       <c r="V33" s="14">
         <v>1.2185699999999999</v>
       </c>
       <c r="W33" s="14">
         <v>2.6415300000000004</v>
       </c>
       <c r="X33" s="14">
         <v>8.2612000000000005</v>
       </c>
       <c r="Y33" s="14">
         <v>-6.7781199999999995</v>
       </c>
       <c r="Z33" s="14">
         <v>-9.1537900000000008</v>
       </c>
       <c r="AA33" s="14">
         <v>5.2141400000000004</v>
       </c>
       <c r="AB33" s="14">
         <v>2.99729</v>
       </c>
       <c r="AC33" s="14">
         <v>1.6914500000000001</v>
       </c>
       <c r="AD33" s="14">
         <v>1.2501900000000001</v>
       </c>
       <c r="AE33" s="14">
         <v>112.49194</v>
       </c>
       <c r="AF33" s="14">
-        <v>-4.2778599999999996</v>
+        <v>-3.3641900000000002</v>
       </c>
       <c r="AG33" s="14">
-        <v>0.55234000000000005</v>
+        <v>3.1837900000000001</v>
       </c>
       <c r="AH33" s="14">
-        <v>1.7941099999999999</v>
+        <v>1.26911</v>
       </c>
       <c r="AI33" s="14">
-        <v>0.26891999999999999</v>
+        <v>-0.78827000000000003</v>
       </c>
       <c r="AJ33" s="15">
-        <v>130.28811999999999</v>
+        <v>133.86005</v>
       </c>
       <c r="AK33" s="8"/>
       <c r="AL33" s="4"/>
     </row>
     <row r="34" spans="1:38" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B34" s="2" t="s">
         <v>59</v>
       </c>
       <c r="C34" s="14">
         <v>0</v>
       </c>
       <c r="D34" s="14">
         <v>0</v>
       </c>
       <c r="E34" s="14">
         <v>0</v>
       </c>
       <c r="F34" s="14">
         <v>0</v>
       </c>
       <c r="G34" s="14">
         <v>0</v>
       </c>
       <c r="H34" s="14">
         <v>0</v>
@@ -4299,54 +4299,54 @@
       <c r="AA34" s="14">
         <v>0.14865999999999999</v>
       </c>
       <c r="AB34" s="14">
         <v>2.6980000000000001E-2</v>
       </c>
       <c r="AC34" s="14">
         <v>64.342470000000006</v>
       </c>
       <c r="AD34" s="14">
         <v>1.8084500000000001</v>
       </c>
       <c r="AE34" s="14">
         <v>-0.36557000000000001</v>
       </c>
       <c r="AF34" s="14">
         <v>-0.17277000000000001</v>
       </c>
       <c r="AG34" s="14">
         <v>0</v>
       </c>
       <c r="AH34" s="14">
         <v>0.67396</v>
       </c>
       <c r="AI34" s="14">
-        <v>-0.69662000000000002</v>
+        <v>-1.2879800000000001</v>
       </c>
       <c r="AJ34" s="15">
-        <v>65.883880000000005</v>
+        <v>65.292519999999996</v>
       </c>
       <c r="AK34" s="8"/>
       <c r="AL34" s="4"/>
     </row>
     <row r="35" spans="1:38" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B35" s="2" t="s">
         <v>77</v>
       </c>
       <c r="C35" s="14">
         <v>0</v>
       </c>
       <c r="D35" s="14">
         <v>0</v>
       </c>
       <c r="E35" s="14">
         <v>0</v>
       </c>
       <c r="F35" s="14">
         <v>19.581490000000002</v>
       </c>
       <c r="G35" s="14">
         <v>4.8542700000000005</v>
       </c>
       <c r="H35" s="14">
         <v>4.2553299999999998</v>
@@ -4393,832 +4393,832 @@
       <c r="V35" s="14">
         <v>1.6449999999999999E-2</v>
       </c>
       <c r="W35" s="14">
         <v>0.77446999999999999</v>
       </c>
       <c r="X35" s="14">
         <v>2.5999999999999999E-3</v>
       </c>
       <c r="Y35" s="14">
         <v>1.15984</v>
       </c>
       <c r="Z35" s="14">
         <v>-0.60802999999999996</v>
       </c>
       <c r="AA35" s="14">
         <v>0</v>
       </c>
       <c r="AB35" s="14">
         <v>37.702309999999997</v>
       </c>
       <c r="AC35" s="14">
         <v>-0.8099400000000001</v>
       </c>
       <c r="AD35" s="14">
-        <v>1.49553</v>
+        <v>1.4857799999999999</v>
       </c>
       <c r="AE35" s="14">
-        <v>-36.604900000000001</v>
+        <v>-36.600019999999994</v>
       </c>
       <c r="AF35" s="14">
         <v>11.08441</v>
       </c>
       <c r="AG35" s="14">
         <v>5.8639999999999999</v>
       </c>
       <c r="AH35" s="14">
         <v>32.087769999999999</v>
       </c>
       <c r="AI35" s="14">
-        <v>1.7258199999999999</v>
+        <v>2.5801699999999999</v>
       </c>
       <c r="AJ35" s="15">
-        <v>39.649059999999992</v>
+        <v>40.498539999999998</v>
       </c>
       <c r="AK35" s="8"/>
       <c r="AL35" s="4"/>
     </row>
     <row r="36" spans="1:38" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B36" s="2" t="s">
-        <v>74</v>
+        <v>50</v>
       </c>
       <c r="C36" s="14">
         <v>0</v>
       </c>
       <c r="D36" s="14">
         <v>0</v>
       </c>
       <c r="E36" s="14">
-        <v>0</v>
+        <v>13.673410000000001</v>
       </c>
       <c r="F36" s="14">
-        <v>0</v>
+        <v>0.82177999999999995</v>
       </c>
       <c r="G36" s="14">
-        <v>0</v>
+        <v>11.527049999999999</v>
       </c>
       <c r="H36" s="14">
-        <v>0</v>
+        <v>-38.452300000000001</v>
       </c>
       <c r="I36" s="14">
-        <v>0</v>
+        <v>1.9454100000000001</v>
       </c>
       <c r="J36" s="14">
-        <v>0</v>
+        <v>4.2471699999999997</v>
       </c>
       <c r="K36" s="14">
-        <v>0</v>
+        <v>2.1014400000000002</v>
       </c>
       <c r="L36" s="14">
-        <v>0</v>
+        <v>-4.6928100000000006</v>
       </c>
       <c r="M36" s="14">
-        <v>1.33E-3</v>
+        <v>-6.1622399999999997</v>
       </c>
       <c r="N36" s="14">
-        <v>2.6690000000000002E-2</v>
+        <v>0.93271000000000004</v>
       </c>
       <c r="O36" s="14">
-        <v>0.14499999999999999</v>
+        <v>-2.0906799999999999</v>
       </c>
       <c r="P36" s="14">
-        <v>0.54461000000000004</v>
+        <v>1.2007699999999999</v>
       </c>
       <c r="Q36" s="14">
-        <v>-4.5830799999999998</v>
+        <v>5.43058</v>
       </c>
       <c r="R36" s="14">
-        <v>-4.02128</v>
+        <v>-2.3785400000000001</v>
       </c>
       <c r="S36" s="14">
-        <v>0.51696000000000009</v>
+        <v>-2.0260400000000001</v>
       </c>
       <c r="T36" s="14">
-        <v>15.06981</v>
+        <v>1.20783</v>
       </c>
       <c r="U36" s="14">
-        <v>8.9081200000000003</v>
+        <v>5.30966</v>
       </c>
       <c r="V36" s="14">
-        <v>-3.9269699999999998</v>
+        <v>2.5088400000000002</v>
       </c>
       <c r="W36" s="14">
-        <v>-2.9677899999999999</v>
+        <v>1.0585100000000001</v>
       </c>
       <c r="X36" s="14">
-        <v>-3.2637299999999998</v>
+        <v>0.74051</v>
       </c>
       <c r="Y36" s="14">
-        <v>5.16831</v>
+        <v>23.25525</v>
       </c>
       <c r="Z36" s="14">
-        <v>-0.95989999999999998</v>
+        <v>-9.14663</v>
       </c>
       <c r="AA36" s="14">
-        <v>-7.3993400000000005</v>
+        <v>2.5004599999999999</v>
       </c>
       <c r="AB36" s="14">
-        <v>-4.7992700000000008</v>
+        <v>1.0746199999999999</v>
       </c>
       <c r="AC36" s="14">
-        <v>13.130559999999999</v>
+        <v>-1.48238</v>
       </c>
       <c r="AD36" s="14">
-        <v>1.2553800000000002</v>
+        <v>-7.0940900000000005</v>
       </c>
       <c r="AE36" s="14">
-        <v>-5.6953300000000002</v>
+        <v>13.366490000000001</v>
       </c>
       <c r="AF36" s="14">
-        <v>2.58012</v>
+        <v>1.2678900000000002</v>
       </c>
       <c r="AG36" s="14">
-        <v>-2.2186500000000002</v>
+        <v>-10.343159999999999</v>
       </c>
       <c r="AH36" s="14">
-        <v>4.5479899999999995</v>
+        <v>0.71496000000000004</v>
       </c>
       <c r="AI36" s="14">
-        <v>-0.26762000000000002</v>
+        <v>-2.25482</v>
       </c>
       <c r="AJ36" s="15">
-        <v>11.791919999999999</v>
+        <v>8.7616499999999959</v>
       </c>
       <c r="AK36" s="8"/>
       <c r="AL36" s="4"/>
     </row>
     <row r="37" spans="1:38" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B37" s="2" t="s">
-        <v>48</v>
+        <v>74</v>
       </c>
       <c r="C37" s="14">
-        <v>1.1414300000000002</v>
+        <v>0</v>
       </c>
       <c r="D37" s="14">
         <v>0</v>
       </c>
       <c r="E37" s="14">
-        <v>8.8160000000000002E-2</v>
+        <v>0</v>
       </c>
       <c r="F37" s="14">
         <v>0</v>
       </c>
       <c r="G37" s="14">
-        <v>0.82367000000000001</v>
+        <v>0</v>
       </c>
       <c r="H37" s="14">
-        <v>12.824290000000001</v>
+        <v>0</v>
       </c>
       <c r="I37" s="14">
-        <v>-11.543799999999999</v>
+        <v>0</v>
       </c>
       <c r="J37" s="14">
-        <v>0.46775</v>
+        <v>0</v>
       </c>
       <c r="K37" s="14">
-        <v>-2.2599699999999996</v>
+        <v>0</v>
       </c>
       <c r="L37" s="14">
-        <v>6.6500000000000005E-3</v>
+        <v>-0.51700000000000002</v>
       </c>
       <c r="M37" s="14">
-        <v>10.390649999999999</v>
+        <v>-0.56067</v>
       </c>
       <c r="N37" s="14">
-        <v>1.5135799999999999</v>
+        <v>-0.92630999999999997</v>
       </c>
       <c r="O37" s="14">
-        <v>21.48</v>
+        <v>-1.5920000000000001</v>
       </c>
       <c r="P37" s="14">
-        <v>-5.2934099999999997</v>
+        <v>-6.9390000000000007E-2</v>
       </c>
       <c r="Q37" s="14">
-        <v>-6.7581199999999999</v>
+        <v>-4.5800799999999997</v>
       </c>
       <c r="R37" s="14">
-        <v>7.7802799999999994</v>
+        <v>-4.02128</v>
       </c>
       <c r="S37" s="14">
-        <v>0.89241999999999999</v>
+        <v>0.51696000000000009</v>
       </c>
       <c r="T37" s="14">
-        <v>2.0718400000000003</v>
+        <v>15.06981</v>
       </c>
       <c r="U37" s="14">
-        <v>9.6598199999999999</v>
+        <v>8.9081200000000003</v>
       </c>
       <c r="V37" s="14">
-        <v>-38.543930000000003</v>
+        <v>-3.9269699999999998</v>
       </c>
       <c r="W37" s="14">
-        <v>6.7152500000000002</v>
+        <v>-2.9677899999999999</v>
       </c>
       <c r="X37" s="14">
-        <v>-5.6959799999999996</v>
+        <v>-3.2637299999999998</v>
       </c>
       <c r="Y37" s="14">
-        <v>-2.56576</v>
+        <v>5.16831</v>
       </c>
       <c r="Z37" s="14">
-        <v>1.6110799999999998</v>
+        <v>-0.95350999999999997</v>
       </c>
       <c r="AA37" s="14">
-        <v>12.72049</v>
+        <v>-7.3957899999999999</v>
       </c>
       <c r="AB37" s="14">
-        <v>36.645879999999998</v>
+        <v>-4.7887700000000004</v>
       </c>
       <c r="AC37" s="14">
-        <v>-3.2283200000000001</v>
+        <v>14.65845</v>
       </c>
       <c r="AD37" s="14">
-        <v>-5.1322099999999997</v>
+        <v>1.6093499999999998</v>
       </c>
       <c r="AE37" s="14">
-        <v>-35.985150000000004</v>
+        <v>-4.6580500000000002</v>
       </c>
       <c r="AF37" s="14">
-        <v>3.1636799999999998</v>
+        <v>2.6217700000000002</v>
       </c>
       <c r="AG37" s="14">
-        <v>0.19431000000000001</v>
+        <v>-1.4005000000000001</v>
       </c>
       <c r="AH37" s="14">
-        <v>-1.8268800000000001</v>
+        <v>5.5480299999999998</v>
       </c>
       <c r="AI37" s="14">
-        <v>1.5779999999999999E-2</v>
+        <v>-5.7686500000000001</v>
       </c>
       <c r="AJ37" s="15">
-        <v>11.373479999999999</v>
+        <v>6.7103100000000016</v>
       </c>
       <c r="AK37" s="8"/>
       <c r="AL37" s="4"/>
     </row>
     <row r="38" spans="1:38" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B38" s="2" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="C38" s="14">
-        <v>0</v>
+        <v>1.1414300000000002</v>
       </c>
       <c r="D38" s="14">
         <v>0</v>
       </c>
       <c r="E38" s="14">
-        <v>13.673410000000001</v>
+        <v>8.8160000000000002E-2</v>
       </c>
       <c r="F38" s="14">
-        <v>0.82177999999999995</v>
+        <v>0</v>
       </c>
       <c r="G38" s="14">
-        <v>11.527049999999999</v>
+        <v>0.82367000000000001</v>
       </c>
       <c r="H38" s="14">
-        <v>-38.452300000000001</v>
+        <v>12.824290000000001</v>
       </c>
       <c r="I38" s="14">
-        <v>1.9454100000000001</v>
+        <v>-11.543799999999999</v>
       </c>
       <c r="J38" s="14">
-        <v>4.2471699999999997</v>
+        <v>0.46775</v>
       </c>
       <c r="K38" s="14">
-        <v>2.1014400000000002</v>
+        <v>-2.2599699999999996</v>
       </c>
       <c r="L38" s="14">
-        <v>-4.6198100000000002</v>
+        <v>6.6500000000000005E-3</v>
       </c>
       <c r="M38" s="14">
-        <v>-6.0192399999999999</v>
+        <v>10.390649999999999</v>
       </c>
       <c r="N38" s="14">
-        <v>1.3307100000000001</v>
+        <v>1.5135799999999999</v>
       </c>
       <c r="O38" s="14">
-        <v>-2.2206799999999998</v>
+        <v>21.48</v>
       </c>
       <c r="P38" s="14">
-        <v>0.46476999999999996</v>
+        <v>-5.2934099999999997</v>
       </c>
       <c r="Q38" s="14">
-        <v>5.4205800000000002</v>
+        <v>-6.7581199999999999</v>
       </c>
       <c r="R38" s="14">
-        <v>-2.3785400000000001</v>
+        <v>7.7802799999999994</v>
       </c>
       <c r="S38" s="14">
-        <v>-2.0260400000000001</v>
+        <v>0.89241999999999999</v>
       </c>
       <c r="T38" s="14">
-        <v>1.20783</v>
+        <v>2.0718400000000003</v>
       </c>
       <c r="U38" s="14">
-        <v>5.30966</v>
+        <v>9.6598199999999999</v>
       </c>
       <c r="V38" s="14">
-        <v>2.5088400000000002</v>
+        <v>-38.543930000000003</v>
       </c>
       <c r="W38" s="14">
-        <v>1.0585100000000001</v>
+        <v>6.7152500000000002</v>
       </c>
       <c r="X38" s="14">
-        <v>0.74051</v>
+        <v>-5.6959799999999996</v>
       </c>
       <c r="Y38" s="14">
-        <v>23.25525</v>
+        <v>-2.56576</v>
       </c>
       <c r="Z38" s="14">
-        <v>-9.14663</v>
+        <v>1.6110799999999998</v>
       </c>
       <c r="AA38" s="14">
-        <v>2.5004599999999999</v>
+        <v>12.72049</v>
       </c>
       <c r="AB38" s="14">
-        <v>1.0746199999999999</v>
+        <v>36.645879999999998</v>
       </c>
       <c r="AC38" s="14">
-        <v>-1.48238</v>
+        <v>-3.2283200000000001</v>
       </c>
       <c r="AD38" s="14">
-        <v>-7.0940900000000005</v>
+        <v>-5.1322099999999997</v>
       </c>
       <c r="AE38" s="14">
-        <v>13.366490000000001</v>
+        <v>-35.985150000000004</v>
       </c>
       <c r="AF38" s="14">
-        <v>1.2652300000000001</v>
+        <v>3.1636799999999998</v>
       </c>
       <c r="AG38" s="14">
-        <v>-10.345660000000001</v>
+        <v>-6.0936899999999996</v>
       </c>
       <c r="AH38" s="14">
-        <v>0.71096000000000004</v>
+        <v>-1.8268800000000001</v>
       </c>
       <c r="AI38" s="14">
-        <v>0.50034000000000001</v>
+        <v>3.3000000000000002E-2</v>
       </c>
       <c r="AJ38" s="15">
-        <v>11.245649999999999</v>
+        <v>5.1026999999999969</v>
       </c>
       <c r="AK38" s="8"/>
       <c r="AL38" s="4"/>
     </row>
     <row r="39" spans="1:38" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B39" s="2" t="s">
         <v>47</v>
       </c>
       <c r="C39" s="14">
         <v>12.87804</v>
       </c>
       <c r="D39" s="14">
         <v>3.24411</v>
       </c>
       <c r="E39" s="14">
         <v>6.8694700000000006</v>
       </c>
       <c r="F39" s="14">
         <v>-19.581490000000002</v>
       </c>
       <c r="G39" s="14">
         <v>1.908E-2</v>
       </c>
       <c r="H39" s="14">
         <v>0.14363999999999999</v>
       </c>
       <c r="I39" s="14">
         <v>9.1650000000000009E-2</v>
       </c>
       <c r="J39" s="14">
         <v>1.644E-2</v>
       </c>
       <c r="K39" s="14">
         <v>6.17875</v>
       </c>
       <c r="L39" s="14">
-        <v>-1.2470000000000001</v>
+        <v>-1.26</v>
       </c>
       <c r="M39" s="14">
-        <v>-0.38916000000000001</v>
+        <v>-0.39716000000000001</v>
       </c>
       <c r="N39" s="14">
-        <v>0.69574000000000003</v>
+        <v>0.33374000000000004</v>
       </c>
       <c r="O39" s="14">
-        <v>2.42231</v>
+        <v>2.5243099999999998</v>
       </c>
       <c r="P39" s="14">
-        <v>0.46592</v>
+        <v>0.45092000000000004</v>
       </c>
       <c r="Q39" s="14">
-        <v>-2.15103</v>
+        <v>-2.1730300000000002</v>
       </c>
       <c r="R39" s="14">
         <v>-2.1709499999999999</v>
       </c>
       <c r="S39" s="14">
         <v>-0.81920000000000004</v>
       </c>
       <c r="T39" s="14">
         <v>0.29475000000000001</v>
       </c>
       <c r="U39" s="14">
         <v>1.0867500000000001</v>
       </c>
       <c r="V39" s="14">
         <v>0.63805999999999996</v>
       </c>
       <c r="W39" s="14">
         <v>-0.18712999999999999</v>
       </c>
       <c r="X39" s="14">
         <v>-0.56628000000000001</v>
       </c>
       <c r="Y39" s="14">
         <v>-1.9559300000000002</v>
       </c>
       <c r="Z39" s="14">
         <v>1.9620299999999999</v>
       </c>
       <c r="AA39" s="14">
         <v>-0.16221000000000002</v>
       </c>
       <c r="AB39" s="14">
         <v>-3.5868200000000003</v>
       </c>
       <c r="AC39" s="14">
         <v>-1.7498900000000002</v>
       </c>
       <c r="AD39" s="14">
         <v>3.2167300000000001</v>
       </c>
       <c r="AE39" s="14">
         <v>-0.98436000000000001</v>
       </c>
       <c r="AF39" s="14">
         <v>9.3954500000000003</v>
       </c>
       <c r="AG39" s="14">
         <v>-1.7455499999999999</v>
       </c>
       <c r="AH39" s="14">
-        <v>-9.7731000000000012</v>
+        <v>-9.6934500000000003</v>
       </c>
       <c r="AI39" s="14">
-        <v>-0.21</v>
+        <v>-3.1513800000000001</v>
       </c>
       <c r="AJ39" s="15">
-        <v>2.3388200000000001</v>
+        <v>-0.84091000000000082</v>
       </c>
       <c r="AK39" s="8"/>
       <c r="AL39" s="4"/>
     </row>
     <row r="40" spans="1:38" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B40" s="2" t="s">
-        <v>4</v>
+        <v>49</v>
       </c>
       <c r="C40" s="14">
         <v>0</v>
       </c>
       <c r="D40" s="14">
         <v>0</v>
       </c>
       <c r="E40" s="14">
         <v>0</v>
       </c>
       <c r="F40" s="14">
         <v>0</v>
       </c>
       <c r="G40" s="14">
-        <v>0.50535000000000008</v>
+        <v>0</v>
       </c>
       <c r="H40" s="14">
         <v>0</v>
       </c>
       <c r="I40" s="14">
-        <v>0.96809000000000001</v>
+        <v>0</v>
       </c>
       <c r="J40" s="14">
-        <v>-4.3899300000000006</v>
+        <v>0</v>
       </c>
       <c r="K40" s="14">
-        <v>6.1450000000000005E-2</v>
+        <v>0</v>
       </c>
       <c r="L40" s="14">
-        <v>1.0491400000000002</v>
+        <v>0</v>
       </c>
       <c r="M40" s="14">
-        <v>11.063270000000001</v>
+        <v>0</v>
       </c>
       <c r="N40" s="14">
-        <v>13.959790000000002</v>
+        <v>0</v>
       </c>
       <c r="O40" s="14">
-        <v>23.87847</v>
+        <v>0</v>
       </c>
       <c r="P40" s="14">
-        <v>13.729139999999999</v>
+        <v>0</v>
       </c>
       <c r="Q40" s="14">
-        <v>25.600740000000002</v>
+        <v>0</v>
       </c>
       <c r="R40" s="14">
-        <v>14.08361</v>
+        <v>0</v>
       </c>
       <c r="S40" s="14">
-        <v>37.732800000000005</v>
+        <v>15</v>
       </c>
       <c r="T40" s="14">
-        <v>34.936699999999995</v>
+        <v>0</v>
       </c>
       <c r="U40" s="14">
-        <v>-4.0578599999999998</v>
+        <v>-15</v>
       </c>
       <c r="V40" s="14">
-        <v>16.901619999999998</v>
+        <v>2.65E-3</v>
       </c>
       <c r="W40" s="14">
-        <v>-6.2128399999999999</v>
+        <v>-0.2069</v>
       </c>
       <c r="X40" s="14">
-        <v>-7.5548100000000007</v>
+        <v>2.563E-2</v>
       </c>
       <c r="Y40" s="14">
-        <v>17.393609999999999</v>
+        <v>0.26300000000000001</v>
       </c>
       <c r="Z40" s="14">
-        <v>-190.72945999999999</v>
+        <v>0.05</v>
       </c>
       <c r="AA40" s="14">
-        <v>57.752230000000004</v>
+        <v>0.23499999999999999</v>
       </c>
       <c r="AB40" s="14">
-        <v>-18.27054</v>
+        <v>-1.7725499999999998</v>
       </c>
       <c r="AC40" s="14">
-        <v>0.87751999999999997</v>
+        <v>0</v>
       </c>
       <c r="AD40" s="14">
-        <v>40.85718</v>
+        <v>0</v>
       </c>
       <c r="AE40" s="14">
-        <v>76.815669999999997</v>
+        <v>0</v>
       </c>
       <c r="AF40" s="14">
-        <v>-271.69378</v>
+        <v>0</v>
       </c>
       <c r="AG40" s="14">
-        <v>-39.971319999999999</v>
+        <v>0</v>
       </c>
       <c r="AH40" s="14">
-        <v>-15.215540000000001</v>
+        <v>0</v>
       </c>
       <c r="AI40" s="14">
-        <v>169.46297000000001</v>
+        <v>0</v>
       </c>
       <c r="AJ40" s="15">
-        <v>-0.46673000000001547</v>
+        <v>-1.40317</v>
       </c>
       <c r="AK40" s="8"/>
       <c r="AL40" s="4"/>
     </row>
     <row r="41" spans="1:38" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B41" s="2" t="s">
-        <v>49</v>
+        <v>78</v>
       </c>
       <c r="C41" s="14">
         <v>0</v>
       </c>
       <c r="D41" s="14">
         <v>0</v>
       </c>
       <c r="E41" s="14">
         <v>0</v>
       </c>
       <c r="F41" s="14">
-        <v>0</v>
+        <v>33.907489999999996</v>
       </c>
       <c r="G41" s="14">
-        <v>0</v>
+        <v>11.30382</v>
       </c>
       <c r="H41" s="14">
-        <v>0</v>
+        <v>-42.005940000000002</v>
       </c>
       <c r="I41" s="14">
-        <v>0</v>
+        <v>33.42868</v>
       </c>
       <c r="J41" s="14">
-        <v>0</v>
+        <v>6.0811500000000001</v>
       </c>
       <c r="K41" s="14">
-        <v>0</v>
+        <v>-6.5458299999999996</v>
       </c>
       <c r="L41" s="14">
-        <v>0</v>
+        <v>102.04467</v>
       </c>
       <c r="M41" s="14">
-        <v>0</v>
+        <v>-7.8433099999999998</v>
       </c>
       <c r="N41" s="14">
-        <v>0</v>
+        <v>11.757310000000002</v>
       </c>
       <c r="O41" s="14">
-        <v>0</v>
+        <v>6.7641999999999998</v>
       </c>
       <c r="P41" s="14">
-        <v>0</v>
+        <v>72.218850000000003</v>
       </c>
       <c r="Q41" s="14">
-        <v>0</v>
+        <v>14.344329999999999</v>
       </c>
       <c r="R41" s="14">
-        <v>0</v>
+        <v>66.355109999999996</v>
       </c>
       <c r="S41" s="14">
-        <v>15</v>
+        <v>-1.54796</v>
       </c>
       <c r="T41" s="14">
-        <v>0</v>
+        <v>35.385560000000005</v>
       </c>
       <c r="U41" s="14">
-        <v>-15</v>
+        <v>5.7437899999999997</v>
       </c>
       <c r="V41" s="14">
-        <v>2.65E-3</v>
+        <v>48.736499999999999</v>
       </c>
       <c r="W41" s="14">
-        <v>-0.2069</v>
+        <v>-7.2545900000000003</v>
       </c>
       <c r="X41" s="14">
-        <v>2.563E-2</v>
+        <v>11.404669999999999</v>
       </c>
       <c r="Y41" s="14">
-        <v>0.26300000000000001</v>
+        <v>-369.73788999999999</v>
       </c>
       <c r="Z41" s="14">
-        <v>0.05</v>
+        <v>-5.4145399999999997</v>
       </c>
       <c r="AA41" s="14">
-        <v>0.23499999999999999</v>
+        <v>-13.820399999999999</v>
       </c>
       <c r="AB41" s="14">
-        <v>-1.7725499999999998</v>
+        <v>-14.090780000000001</v>
       </c>
       <c r="AC41" s="14">
-        <v>0</v>
+        <v>-18.705680000000001</v>
       </c>
       <c r="AD41" s="14">
-        <v>0</v>
+        <v>-8.1611799999999999</v>
       </c>
       <c r="AE41" s="14">
         <v>0</v>
       </c>
       <c r="AF41" s="14">
         <v>0</v>
       </c>
       <c r="AG41" s="14">
         <v>0</v>
       </c>
       <c r="AH41" s="14">
         <v>0</v>
       </c>
       <c r="AI41" s="14">
         <v>0</v>
       </c>
       <c r="AJ41" s="15">
-        <v>-1.40317</v>
+        <v>-35.65197000000002</v>
       </c>
       <c r="AK41" s="8"/>
       <c r="AL41" s="4"/>
     </row>
     <row r="42" spans="1:38" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B42" s="2" t="s">
-        <v>78</v>
+        <v>4</v>
       </c>
       <c r="C42" s="14">
         <v>0</v>
       </c>
       <c r="D42" s="14">
         <v>0</v>
       </c>
       <c r="E42" s="14">
         <v>0</v>
       </c>
       <c r="F42" s="14">
-        <v>33.907489999999996</v>
+        <v>0</v>
       </c>
       <c r="G42" s="14">
-        <v>11.30382</v>
+        <v>0.50535000000000008</v>
       </c>
       <c r="H42" s="14">
-        <v>-42.005940000000002</v>
+        <v>0</v>
       </c>
       <c r="I42" s="14">
-        <v>33.42868</v>
+        <v>0.96809000000000001</v>
       </c>
       <c r="J42" s="14">
-        <v>6.0811500000000001</v>
+        <v>-4.3899300000000006</v>
       </c>
       <c r="K42" s="14">
-        <v>-6.5458299999999996</v>
+        <v>6.1450000000000005E-2</v>
       </c>
       <c r="L42" s="14">
-        <v>102.04467</v>
+        <v>1.0491400000000002</v>
       </c>
       <c r="M42" s="14">
-        <v>-7.8433099999999998</v>
+        <v>11.063270000000001</v>
       </c>
       <c r="N42" s="14">
-        <v>11.757310000000002</v>
+        <v>13.959790000000002</v>
       </c>
       <c r="O42" s="14">
-        <v>6.7641999999999998</v>
+        <v>23.955470000000002</v>
       </c>
       <c r="P42" s="14">
-        <v>72.218850000000003</v>
+        <v>13.729139999999999</v>
       </c>
       <c r="Q42" s="14">
-        <v>14.344329999999999</v>
+        <v>25.600740000000002</v>
       </c>
       <c r="R42" s="14">
-        <v>66.355109999999996</v>
+        <v>14.08361</v>
       </c>
       <c r="S42" s="14">
-        <v>-1.54796</v>
+        <v>37.732800000000005</v>
       </c>
       <c r="T42" s="14">
-        <v>35.385560000000005</v>
+        <v>34.936699999999995</v>
       </c>
       <c r="U42" s="14">
-        <v>5.7437899999999997</v>
+        <v>-4.0578599999999998</v>
       </c>
       <c r="V42" s="14">
-        <v>48.736499999999999</v>
+        <v>16.901619999999998</v>
       </c>
       <c r="W42" s="14">
-        <v>-7.2545900000000003</v>
+        <v>-6.2128399999999999</v>
       </c>
       <c r="X42" s="14">
-        <v>11.404669999999999</v>
+        <v>-7.5521799999999999</v>
       </c>
       <c r="Y42" s="14">
-        <v>-369.73818999999997</v>
+        <v>17.393609999999999</v>
       </c>
       <c r="Z42" s="14">
-        <v>-5.4160500000000003</v>
+        <v>-190.72945999999999</v>
       </c>
       <c r="AA42" s="14">
-        <v>-13.820399999999999</v>
+        <v>57.752230000000004</v>
       </c>
       <c r="AB42" s="14">
-        <v>-14.090780000000001</v>
+        <v>-18.29054</v>
       </c>
       <c r="AC42" s="14">
-        <v>-18.705680000000001</v>
+        <v>0.86751999999999996</v>
       </c>
       <c r="AD42" s="14">
-        <v>-8.1611799999999999</v>
+        <v>6.6131800000000007</v>
       </c>
       <c r="AE42" s="14">
-        <v>0</v>
+        <v>73.245220000000003</v>
       </c>
       <c r="AF42" s="14">
-        <v>0</v>
+        <v>-310.91224999999997</v>
       </c>
       <c r="AG42" s="14">
-        <v>0</v>
+        <v>-36.44238</v>
       </c>
       <c r="AH42" s="14">
-        <v>0</v>
+        <v>1.6835100000000001</v>
       </c>
       <c r="AI42" s="14">
-        <v>0</v>
+        <v>178.52880999999999</v>
       </c>
       <c r="AJ42" s="15">
-        <v>-35.653779999999998</v>
+        <v>-47.956189999999985</v>
       </c>
       <c r="AK42" s="8"/>
       <c r="AL42" s="4"/>
     </row>
     <row r="43" spans="1:38" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B43" s="2" t="s">
         <v>73</v>
       </c>
       <c r="C43" s="14">
         <v>0</v>
       </c>
       <c r="D43" s="14">
         <v>9.2188600000000012</v>
       </c>
       <c r="E43" s="14">
         <v>2.0515700000000003</v>
       </c>
       <c r="F43" s="14">
         <v>8.9133200000000006</v>
       </c>
       <c r="G43" s="14">
         <v>11.35853</v>
       </c>
       <c r="H43" s="14">
         <v>4.96251</v>
@@ -5271,393 +5271,393 @@
       <c r="X43" s="14">
         <v>44.919280000000001</v>
       </c>
       <c r="Y43" s="14">
         <v>-33.257779999999997</v>
       </c>
       <c r="Z43" s="14">
         <v>33.591970000000003</v>
       </c>
       <c r="AA43" s="14">
         <v>-305.27708000000001</v>
       </c>
       <c r="AB43" s="14">
         <v>4.7814700000000006</v>
       </c>
       <c r="AC43" s="14">
         <v>3.0025999999999997</v>
       </c>
       <c r="AD43" s="14">
         <v>-3.1593899999999997</v>
       </c>
       <c r="AE43" s="14">
         <v>2.9392800000000001</v>
       </c>
       <c r="AF43" s="14">
-        <v>-5.8634700000000004</v>
+        <v>-5.8661300000000001</v>
       </c>
       <c r="AG43" s="14">
-        <v>2.8784999999999998</v>
+        <v>2.8224999999999998</v>
       </c>
       <c r="AH43" s="14">
-        <v>4.1264599999999998</v>
+        <v>4.7004599999999996</v>
       </c>
       <c r="AI43" s="14">
-        <v>0.31313000000000002</v>
+        <v>1.77528</v>
       </c>
       <c r="AJ43" s="15">
-        <v>-161.85584</v>
+        <v>-159.87835000000001</v>
       </c>
       <c r="AK43" s="8"/>
       <c r="AL43" s="4"/>
     </row>
     <row r="44" spans="1:38" s="6" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A44" s="2"/>
       <c r="B44" s="22" t="s">
         <v>64</v>
       </c>
       <c r="C44" s="23">
         <v>1.3400000014485158E-5</v>
       </c>
       <c r="D44" s="23">
         <v>2.8807199999988597E-2</v>
       </c>
       <c r="E44" s="23">
         <v>0.70433469999998977</v>
       </c>
       <c r="F44" s="23">
         <v>0.78783069999997224</v>
       </c>
       <c r="G44" s="23">
         <v>1.3123998000001507</v>
       </c>
       <c r="H44" s="23">
         <v>2.3900564000000486</v>
       </c>
       <c r="I44" s="23">
         <v>1.1377384999998412</v>
       </c>
       <c r="J44" s="23">
         <v>1.6164307999999892</v>
       </c>
       <c r="K44" s="23">
         <v>5.4341237000003275</v>
       </c>
       <c r="L44" s="23">
-        <v>6.9153444999999465</v>
+        <v>6.9683445000001711</v>
       </c>
       <c r="M44" s="23">
-        <v>5.6967843999989327</v>
+        <v>5.6337843999997403</v>
       </c>
       <c r="N44" s="23">
-        <v>14.483890599999995</v>
+        <v>14.715890600000193</v>
       </c>
       <c r="O44" s="23">
-        <v>12.618977000000314</v>
+        <v>12.844976999999972</v>
       </c>
       <c r="P44" s="23">
-        <v>12.60181939999984</v>
+        <v>13.819819399999687</v>
       </c>
       <c r="Q44" s="23">
-        <v>52.822916800000257</v>
+        <v>52.829916800000774</v>
       </c>
       <c r="R44" s="23">
         <v>13.499310700000478</v>
       </c>
       <c r="S44" s="23">
         <v>5.0853821999999127</v>
       </c>
       <c r="T44" s="23">
         <v>32.593126700000312</v>
       </c>
       <c r="U44" s="23">
-        <v>15.562050599999907</v>
+        <v>15.56205060000002</v>
       </c>
       <c r="V44" s="23">
-        <v>3.589686700000243</v>
+        <v>3.5896867000001293</v>
       </c>
       <c r="W44" s="23">
-        <v>7.0518827000000783</v>
+        <v>7.0978526999999758</v>
       </c>
       <c r="X44" s="23">
-        <v>22.854073400001198</v>
+        <v>22.748863200000869</v>
       </c>
       <c r="Y44" s="23">
-        <v>52.94745099999966</v>
+        <v>52.947449999999776</v>
       </c>
       <c r="Z44" s="23">
-        <v>83.151085800000374</v>
+        <v>83.15368950000061</v>
       </c>
       <c r="AA44" s="23">
-        <v>62.546705100000054</v>
+        <v>62.498385099999723</v>
       </c>
       <c r="AB44" s="23">
-        <v>11.265656699998999</v>
+        <v>11.285557899999731</v>
       </c>
       <c r="AC44" s="23">
-        <v>-3.7665468999985023</v>
+        <v>-3.7674374999987776</v>
       </c>
       <c r="AD44" s="23">
-        <v>2.8912350000002789</v>
+        <v>2.8871559000001525</v>
       </c>
       <c r="AE44" s="23">
-        <v>33.15867530000105</v>
+        <v>33.21252430000095</v>
       </c>
       <c r="AF44" s="23">
-        <v>112.68744600000082</v>
+        <v>113.02054059999909</v>
       </c>
       <c r="AG44" s="23">
-        <v>-1.1781004000013127</v>
+        <v>-0.74840810000068814</v>
       </c>
       <c r="AH44" s="23">
-        <v>79.515825599998607</v>
+        <v>78.405840800001442</v>
       </c>
       <c r="AI44" s="23">
-        <v>11.353829500000074</v>
+        <v>27.486209199999962</v>
       </c>
       <c r="AJ44" s="24">
-        <v>663.36024359998555</v>
+        <v>680.78224839998438</v>
       </c>
       <c r="AK44" s="8"/>
       <c r="AL44" s="7"/>
     </row>
     <row r="45" spans="1:38" s="6" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A45" s="2"/>
       <c r="B45" s="21" t="s">
         <v>65</v>
       </c>
       <c r="C45" s="14">
         <v>0</v>
       </c>
       <c r="D45" s="14">
         <v>0</v>
       </c>
       <c r="E45" s="14">
         <v>0</v>
       </c>
       <c r="F45" s="14">
         <v>0</v>
       </c>
       <c r="G45" s="14">
         <v>0</v>
       </c>
       <c r="H45" s="14">
         <v>0</v>
       </c>
       <c r="I45" s="14">
         <v>0</v>
       </c>
       <c r="J45" s="14">
         <v>-46.25526310000032</v>
       </c>
       <c r="K45" s="14">
-        <v>58.639442099265366</v>
+        <v>58.639442099265139</v>
       </c>
       <c r="L45" s="14">
-        <v>28.326415027259252</v>
+        <v>28.131415027259251</v>
       </c>
       <c r="M45" s="14">
-        <v>19.028070538637085</v>
+        <v>19.355070538638223</v>
       </c>
       <c r="N45" s="14">
-        <v>17.279934476720214</v>
+        <v>18.74393447672249</v>
       </c>
       <c r="O45" s="14">
-        <v>17.011365159243521</v>
+        <v>18.116365159244658</v>
       </c>
       <c r="P45" s="14">
-        <v>28.497269412376603</v>
+        <v>26.08726941237888</v>
       </c>
       <c r="Q45" s="14">
-        <v>24.787089286231272</v>
+        <v>25.130089286234</v>
       </c>
       <c r="R45" s="14">
-        <v>49.240199030656314</v>
+        <v>49.240199030654949</v>
       </c>
       <c r="S45" s="14">
-        <v>-4.7938362308464662</v>
+        <v>-4.7938362308482851</v>
       </c>
       <c r="T45" s="14">
-        <v>-0.99231824760539022</v>
+        <v>-0.99231824760584497</v>
       </c>
       <c r="U45" s="14">
-        <v>17.366634426744113</v>
+        <v>17.366634426743317</v>
       </c>
       <c r="V45" s="14">
-        <v>-2.9311413247101834</v>
+        <v>-2.9311413247092739</v>
       </c>
       <c r="W45" s="14">
-        <v>16.179648132013842</v>
+        <v>16.179648132015434</v>
       </c>
       <c r="X45" s="14">
-        <v>59.405304650879486</v>
+        <v>59.405304650880396</v>
       </c>
       <c r="Y45" s="14">
-        <v>-24.208775972218742</v>
+        <v>-24.208775972219424</v>
       </c>
       <c r="Z45" s="14">
-        <v>12.876378798028838</v>
+        <v>12.876378798022927</v>
       </c>
       <c r="AA45" s="14">
-        <v>30.46038170372389</v>
+        <v>30.460381703724345</v>
       </c>
       <c r="AB45" s="14">
-        <v>-12.306980770927636</v>
+        <v>-12.306980770923316</v>
       </c>
       <c r="AC45" s="14">
-        <v>203.90081359967243</v>
+        <v>203.90081359967198</v>
       </c>
       <c r="AD45" s="14">
-        <v>14.616834807940537</v>
+        <v>14.616834807942356</v>
       </c>
       <c r="AE45" s="14">
-        <v>287.19935142976124</v>
+        <v>287.19935142976033</v>
       </c>
       <c r="AF45" s="14">
-        <v>-158.48809265728659</v>
+        <v>-158.4880928572781</v>
       </c>
       <c r="AG45" s="14">
-        <v>32.46930994990629</v>
+        <v>32.595977058105234</v>
       </c>
       <c r="AH45" s="14">
-        <v>99.337037628271545</v>
+        <v>99.337037716328823</v>
       </c>
       <c r="AI45" s="14">
-        <v>210.14899898374608</v>
+        <v>106.31596901663274</v>
       </c>
       <c r="AJ45" s="15">
-        <v>976.79407083747833</v>
+        <v>873.72170786663719</v>
       </c>
       <c r="AK45" s="8"/>
       <c r="AL45" s="7"/>
     </row>
     <row r="46" spans="1:38" s="1" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A46" s="2"/>
       <c r="B46" s="18" t="s">
         <v>24</v>
       </c>
       <c r="C46" s="19">
         <v>100.9946034</v>
       </c>
       <c r="D46" s="19">
         <v>92.754227199999988</v>
       </c>
       <c r="E46" s="19">
         <v>79.108694699999987</v>
       </c>
       <c r="F46" s="19">
         <v>382.10836069999999</v>
       </c>
       <c r="G46" s="19">
         <v>511.07049979999999</v>
       </c>
       <c r="H46" s="19">
         <v>823.61695639999994</v>
       </c>
       <c r="I46" s="19">
         <v>1338.0015685000001</v>
       </c>
       <c r="J46" s="19">
         <v>1077.3649176999998</v>
       </c>
       <c r="K46" s="19">
-        <v>1158.9100457992654</v>
+        <v>1158.9100457992652</v>
       </c>
       <c r="L46" s="19">
-        <v>1048.0478595272591</v>
+        <v>1057.8778595272593</v>
       </c>
       <c r="M46" s="19">
-        <v>1611.530594938637</v>
+        <v>1626.7845949386383</v>
       </c>
       <c r="N46" s="19">
-        <v>1060.8096950767203</v>
+        <v>1093.1306950767225</v>
       </c>
       <c r="O46" s="19">
-        <v>1451.4393721592437</v>
+        <v>1487.0603721592447</v>
       </c>
       <c r="P46" s="19">
-        <v>2491.6843488123768</v>
+        <v>2534.3343488123792</v>
       </c>
       <c r="Q46" s="19">
-        <v>3433.9254660862316</v>
+        <v>3444.805466086234</v>
       </c>
       <c r="R46" s="19">
-        <v>3690.1912497306562</v>
+        <v>3690.1912497306548</v>
       </c>
       <c r="S46" s="19">
-        <v>2182.5588159691538</v>
+        <v>2182.558815969152</v>
       </c>
       <c r="T46" s="19">
-        <v>1153.6892684523946</v>
+        <v>1153.6892684523941</v>
       </c>
       <c r="U46" s="19">
-        <v>909.37903502674408</v>
+        <v>909.39703502674331</v>
       </c>
       <c r="V46" s="19">
-        <v>999.55685537528984</v>
+        <v>1001.5493853752907</v>
       </c>
       <c r="W46" s="19">
-        <v>722.5513508320139</v>
+        <v>722.5113108320154</v>
       </c>
       <c r="X46" s="19">
-        <v>2309.1508880508795</v>
+        <v>2316.8981478508804</v>
       </c>
       <c r="Y46" s="19">
-        <v>430.96670502778125</v>
+        <v>459.15787402778062</v>
       </c>
       <c r="Z46" s="19">
-        <v>1421.5058645980287</v>
+        <v>1409.054488298023</v>
       </c>
       <c r="AA46" s="19">
-        <v>1600.1695768037239</v>
+        <v>1580.1590668037243</v>
       </c>
       <c r="AB46" s="19">
-        <v>1371.4109459290723</v>
+        <v>1375.8690571290767</v>
       </c>
       <c r="AC46" s="19">
-        <v>3544.3309066996726</v>
+        <v>3649.2132460996722</v>
       </c>
       <c r="AD46" s="19">
-        <v>1305.4912598079407</v>
+        <v>1469.4948507079423</v>
       </c>
       <c r="AE46" s="19">
-        <v>4327.7585967297618</v>
+        <v>4464.4878857297608</v>
       </c>
       <c r="AF46" s="19">
-        <v>3727.1261833427138</v>
+        <v>3705.9083977427217</v>
       </c>
       <c r="AG46" s="19">
-        <v>3088.3134995499063</v>
+        <v>3257.4538089581051</v>
       </c>
       <c r="AH46" s="19">
-        <v>4301.5573432282717</v>
+        <v>4182.2633785163289</v>
       </c>
       <c r="AI46" s="19">
-        <v>886.01794848374607</v>
+        <v>1080.3363982166329</v>
       </c>
       <c r="AJ46" s="19">
-        <v>54633.093504437478</v>
+        <v>55418.116876266642</v>
       </c>
       <c r="AK46" s="8"/>
       <c r="AL46" s="4"/>
     </row>
     <row r="47" spans="1:38" s="1" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A47" s="2"/>
       <c r="B47" s="16" t="s">
         <v>66</v>
       </c>
       <c r="C47" s="17"/>
       <c r="D47" s="17"/>
       <c r="E47" s="17"/>
       <c r="F47" s="17"/>
       <c r="G47" s="17"/>
       <c r="H47" s="17"/>
       <c r="I47" s="17"/>
       <c r="J47" s="17"/>
       <c r="K47" s="17"/>
       <c r="L47" s="17"/>
       <c r="M47" s="17"/>
       <c r="N47" s="17"/>
       <c r="O47" s="17"/>
       <c r="P47" s="17"/>
       <c r="Q47" s="17"/>
       <c r="R47" s="17">