--- v0 (2025-10-07)
+++ v1 (2025-11-19)
@@ -2,80 +2,83 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24334"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\261\MOST\KAMATNE STOPE - NOVO MOSTv2\BILTENSKE TABLICE od 03-2020\G1-G6\2025\G tablice 2025_08_31\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\261\MOST\KAMATNE STOPE - NOVO MOSTv2\BILTENSKE TABLICE od 03-2020\G1-G6\2025\G tablice 2025_09_30\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{91A3C6FA-B14E-4372-A690-722B55B3D662}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{0A7971C2-362A-4CD7-A16E-C38CB39C1063}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{E2AA152F-23F4-41CD-A852-9EB59799E71D}"/>
+    <workbookView xWindow="-28920" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{E2AA152F-23F4-41CD-A852-9EB59799E71D}"/>
   </bookViews>
   <sheets>
     <sheet name="EUR" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
+    <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
+      <xlwcv:version setVersion="1"/>
+    </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1116" uniqueCount="31">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1120" uniqueCount="31">
   <si>
     <t xml:space="preserve">            O/w: transaction accounts</t>
   </si>
   <si>
     <t xml:space="preserve">            O/w: savings deposits</t>
   </si>
   <si>
     <t>in % on annual basis</t>
   </si>
   <si>
     <t>in million EUR</t>
   </si>
   <si>
     <t>–</t>
   </si>
   <si>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
@@ -1134,125 +1137,126 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{32038CA2-E24F-4B1E-88E5-99A1FBA31A2E}">
-  <dimension ref="B2:FK66"/>
+  <dimension ref="B2:FL66"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="7.85546875" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.7109375" style="5" customWidth="1"/>
     <col min="2" max="2" width="33.140625" style="5" customWidth="1"/>
     <col min="3" max="16384" width="7.85546875" style="5"/>
   </cols>
   <sheetData>
-    <row r="2" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="2" spans="2:168" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B2" s="24" t="s">
         <v>27</v>
       </c>
     </row>
-    <row r="3" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="3" spans="2:168" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B3" s="25" t="s">
         <v>26</v>
       </c>
       <c r="C3" s="7"/>
       <c r="D3" s="6"/>
     </row>
-    <row r="4" spans="2:167" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="4" spans="2:168" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
       <c r="E4" s="7"/>
       <c r="F4" s="7"/>
       <c r="G4" s="7"/>
       <c r="H4" s="6"/>
     </row>
-    <row r="5" spans="2:167" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="5" spans="2:168" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B5" s="1"/>
     </row>
-    <row r="6" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="6" spans="2:168" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B6" s="16" t="s">
         <v>29</v>
       </c>
     </row>
-    <row r="7" spans="2:167" s="26" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="7" spans="2:168" s="26" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B7" s="8" t="s">
         <v>2</v>
       </c>
       <c r="EF7" s="27"/>
       <c r="EG7" s="27"/>
       <c r="EH7" s="27"/>
       <c r="EI7" s="27"/>
       <c r="EJ7" s="27"/>
       <c r="EK7" s="27"/>
       <c r="EL7" s="27"/>
       <c r="EM7" s="27"/>
       <c r="EN7" s="27"/>
       <c r="EO7" s="27"/>
       <c r="EP7" s="27"/>
       <c r="EQ7" s="27"/>
       <c r="ER7" s="27"/>
       <c r="ES7" s="27"/>
       <c r="ET7" s="27"/>
       <c r="EU7" s="27"/>
       <c r="EV7" s="27"/>
       <c r="EW7" s="27"/>
       <c r="EX7" s="27"/>
       <c r="EY7" s="27"/>
       <c r="EZ7" s="27"/>
       <c r="FA7" s="27"/>
       <c r="FB7" s="27"/>
       <c r="FC7" s="27"/>
       <c r="FD7" s="27"/>
       <c r="FE7" s="27"/>
       <c r="FF7" s="27"/>
       <c r="FG7" s="27"/>
       <c r="FH7" s="27"/>
       <c r="FI7" s="27"/>
       <c r="FJ7" s="27"/>
       <c r="FK7" s="27"/>
+      <c r="FL7" s="27"/>
     </row>
-    <row r="8" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="8" spans="2:168" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B8" s="4"/>
       <c r="C8" s="11">
         <v>40908</v>
       </c>
       <c r="D8" s="11">
         <v>40939</v>
       </c>
       <c r="E8" s="11">
         <v>40968</v>
       </c>
       <c r="F8" s="11">
         <v>40999</v>
       </c>
       <c r="G8" s="11">
         <v>41029</v>
       </c>
       <c r="H8" s="11">
         <v>41060</v>
       </c>
       <c r="I8" s="11">
         <v>41090</v>
       </c>
       <c r="J8" s="11">
         <v>41121</v>
       </c>
@@ -1705,52 +1709,55 @@
       </c>
       <c r="FD8" s="12">
         <v>45688</v>
       </c>
       <c r="FE8" s="12">
         <v>45716</v>
       </c>
       <c r="FF8" s="12">
         <v>45747</v>
       </c>
       <c r="FG8" s="12">
         <v>45777</v>
       </c>
       <c r="FH8" s="12">
         <v>45808</v>
       </c>
       <c r="FI8" s="12">
         <v>45838</v>
       </c>
       <c r="FJ8" s="12">
         <v>45869</v>
       </c>
       <c r="FK8" s="12">
         <v>45900</v>
       </c>
+      <c r="FL8" s="12">
+        <v>45930</v>
+      </c>
     </row>
-    <row r="9" spans="2:167" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="9" spans="2:168" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B9" s="2" t="s">
         <v>6</v>
       </c>
       <c r="C9" s="22"/>
       <c r="D9" s="22"/>
       <c r="E9" s="22"/>
       <c r="F9" s="22"/>
       <c r="G9" s="22"/>
       <c r="H9" s="22"/>
       <c r="I9" s="22"/>
       <c r="J9" s="22"/>
       <c r="K9" s="22"/>
       <c r="L9" s="22"/>
       <c r="M9" s="22"/>
       <c r="N9" s="22"/>
       <c r="O9" s="22"/>
       <c r="P9" s="22"/>
       <c r="Q9" s="22"/>
       <c r="R9" s="22"/>
       <c r="S9" s="22"/>
       <c r="T9" s="22"/>
       <c r="U9" s="22"/>
       <c r="V9" s="22"/>
       <c r="W9" s="22"/>
       <c r="X9" s="22"/>
@@ -1875,52 +1882,53 @@
       <c r="EM9" s="22"/>
       <c r="EN9" s="22"/>
       <c r="EO9" s="22"/>
       <c r="EP9" s="22"/>
       <c r="EQ9" s="22"/>
       <c r="ER9" s="22"/>
       <c r="ES9" s="22"/>
       <c r="ET9" s="22"/>
       <c r="EU9" s="22"/>
       <c r="EV9" s="22"/>
       <c r="EW9" s="22"/>
       <c r="EX9" s="22"/>
       <c r="EY9" s="22"/>
       <c r="EZ9" s="22"/>
       <c r="FA9" s="22"/>
       <c r="FB9" s="22"/>
       <c r="FC9" s="22"/>
       <c r="FD9" s="22"/>
       <c r="FE9" s="22"/>
       <c r="FF9" s="22"/>
       <c r="FG9" s="22"/>
       <c r="FH9" s="22"/>
       <c r="FI9" s="22"/>
       <c r="FJ9" s="22"/>
       <c r="FK9" s="22"/>
+      <c r="FL9" s="22"/>
     </row>
-    <row r="10" spans="2:167" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="10" spans="2:168" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B10" s="2" t="s">
         <v>7</v>
       </c>
       <c r="C10" s="22">
         <v>0.24</v>
       </c>
       <c r="D10" s="22">
         <v>0.24</v>
       </c>
       <c r="E10" s="22">
         <v>0.23</v>
       </c>
       <c r="F10" s="22">
         <v>0.24</v>
       </c>
       <c r="G10" s="22">
         <v>0.24</v>
       </c>
       <c r="H10" s="22">
         <v>0.23</v>
       </c>
       <c r="I10" s="22">
         <v>0.24</v>
       </c>
       <c r="J10" s="22">
@@ -2375,52 +2383,55 @@
       </c>
       <c r="FD10" s="22">
         <v>0.02</v>
       </c>
       <c r="FE10" s="22">
         <v>0.02</v>
       </c>
       <c r="FF10" s="22">
         <v>0.02</v>
       </c>
       <c r="FG10" s="22">
         <v>0.02</v>
       </c>
       <c r="FH10" s="22">
         <v>0.02</v>
       </c>
       <c r="FI10" s="22">
         <v>0.02</v>
       </c>
       <c r="FJ10" s="22">
         <v>0.02</v>
       </c>
       <c r="FK10" s="22">
         <v>0.02</v>
       </c>
+      <c r="FL10" s="22">
+        <v>0.02</v>
+      </c>
     </row>
-    <row r="11" spans="2:167" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="11" spans="2:168" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B11" s="14" t="s">
         <v>0</v>
       </c>
       <c r="C11" s="22">
         <v>0.21</v>
       </c>
       <c r="D11" s="22">
         <v>0.22</v>
       </c>
       <c r="E11" s="22">
         <v>0.2</v>
       </c>
       <c r="F11" s="22">
         <v>0.21</v>
       </c>
       <c r="G11" s="22">
         <v>0.22</v>
       </c>
       <c r="H11" s="22">
         <v>0.21</v>
       </c>
       <c r="I11" s="22">
         <v>0.21</v>
       </c>
       <c r="J11" s="22">
@@ -2875,52 +2886,55 @@
       </c>
       <c r="FD11" s="22">
         <v>0.01</v>
       </c>
       <c r="FE11" s="22">
         <v>0.01</v>
       </c>
       <c r="FF11" s="22">
         <v>0.01</v>
       </c>
       <c r="FG11" s="22">
         <v>0.01</v>
       </c>
       <c r="FH11" s="22">
         <v>0.01</v>
       </c>
       <c r="FI11" s="22">
         <v>0.01</v>
       </c>
       <c r="FJ11" s="22">
         <v>0.01</v>
       </c>
       <c r="FK11" s="22">
         <v>0.01</v>
       </c>
+      <c r="FL11" s="22">
+        <v>0.01</v>
+      </c>
     </row>
-    <row r="12" spans="2:167" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="12" spans="2:168" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B12" s="14" t="s">
         <v>1</v>
       </c>
       <c r="C12" s="22">
         <v>0.27</v>
       </c>
       <c r="D12" s="22">
         <v>0.26</v>
       </c>
       <c r="E12" s="22">
         <v>0.26</v>
       </c>
       <c r="F12" s="22">
         <v>0.28000000000000003</v>
       </c>
       <c r="G12" s="22">
         <v>0.26</v>
       </c>
       <c r="H12" s="22">
         <v>0.26</v>
       </c>
       <c r="I12" s="22">
         <v>0.25</v>
       </c>
       <c r="J12" s="22">
@@ -3375,52 +3389,55 @@
       </c>
       <c r="FD12" s="22">
         <v>0.19</v>
       </c>
       <c r="FE12" s="22">
         <v>0.18</v>
       </c>
       <c r="FF12" s="22">
         <v>0.2</v>
       </c>
       <c r="FG12" s="22">
         <v>0.2</v>
       </c>
       <c r="FH12" s="22">
         <v>0.2</v>
       </c>
       <c r="FI12" s="22">
         <v>0.19</v>
       </c>
       <c r="FJ12" s="22">
         <v>0.16</v>
       </c>
       <c r="FK12" s="22">
         <v>0.16</v>
       </c>
+      <c r="FL12" s="22">
+        <v>0.16</v>
+      </c>
     </row>
-    <row r="13" spans="2:167" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="13" spans="2:168" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B13" s="2" t="s">
         <v>8</v>
       </c>
       <c r="C13" s="22">
         <v>3.32</v>
       </c>
       <c r="D13" s="22">
         <v>3.31</v>
       </c>
       <c r="E13" s="22">
         <v>3.49</v>
       </c>
       <c r="F13" s="22">
         <v>3.39</v>
       </c>
       <c r="G13" s="22">
         <v>3.4</v>
       </c>
       <c r="H13" s="22">
         <v>3.44</v>
       </c>
       <c r="I13" s="22">
         <v>3.32</v>
       </c>
       <c r="J13" s="22">
@@ -3875,52 +3892,55 @@
       </c>
       <c r="FD13" s="22">
         <v>1.71</v>
       </c>
       <c r="FE13" s="22">
         <v>1.62</v>
       </c>
       <c r="FF13" s="22">
         <v>1.69</v>
       </c>
       <c r="FG13" s="22">
         <v>1.45</v>
       </c>
       <c r="FH13" s="22">
         <v>1.52</v>
       </c>
       <c r="FI13" s="22">
         <v>1.44</v>
       </c>
       <c r="FJ13" s="22">
         <v>1.36</v>
       </c>
       <c r="FK13" s="22">
         <v>1.3</v>
       </c>
+      <c r="FL13" s="22">
+        <v>1.56</v>
+      </c>
     </row>
-    <row r="14" spans="2:167" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="14" spans="2:168" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="22"/>
       <c r="D14" s="22"/>
       <c r="E14" s="22"/>
       <c r="F14" s="22"/>
       <c r="G14" s="22"/>
       <c r="H14" s="22"/>
       <c r="I14" s="22"/>
       <c r="J14" s="22"/>
       <c r="K14" s="22"/>
       <c r="L14" s="22"/>
       <c r="M14" s="22"/>
       <c r="N14" s="22"/>
       <c r="O14" s="22"/>
       <c r="P14" s="22"/>
       <c r="Q14" s="22"/>
       <c r="R14" s="22"/>
       <c r="S14" s="22"/>
       <c r="T14" s="22"/>
       <c r="U14" s="22"/>
       <c r="V14" s="22"/>
       <c r="W14" s="22"/>
       <c r="X14" s="22"/>
@@ -4109,52 +4129,55 @@
       </c>
       <c r="FD14" s="22">
         <v>2.27</v>
       </c>
       <c r="FE14" s="22">
         <v>2.0699999999999998</v>
       </c>
       <c r="FF14" s="22">
         <v>2.09</v>
       </c>
       <c r="FG14" s="22">
         <v>1.92</v>
       </c>
       <c r="FH14" s="22">
         <v>1.86</v>
       </c>
       <c r="FI14" s="22">
         <v>1.7</v>
       </c>
       <c r="FJ14" s="22">
         <v>1.7</v>
       </c>
       <c r="FK14" s="22">
         <v>1.67</v>
       </c>
+      <c r="FL14" s="22">
+        <v>1.8</v>
+      </c>
     </row>
-    <row r="15" spans="2:167" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="15" spans="2:168" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B15" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C15" s="22"/>
       <c r="D15" s="22"/>
       <c r="E15" s="22"/>
       <c r="F15" s="22"/>
       <c r="G15" s="22"/>
       <c r="H15" s="22"/>
       <c r="I15" s="22"/>
       <c r="J15" s="22"/>
       <c r="K15" s="22"/>
       <c r="L15" s="22"/>
       <c r="M15" s="22"/>
       <c r="N15" s="22"/>
       <c r="O15" s="22"/>
       <c r="P15" s="22"/>
       <c r="Q15" s="22"/>
       <c r="R15" s="22"/>
       <c r="S15" s="22"/>
       <c r="T15" s="22"/>
       <c r="U15" s="22"/>
       <c r="V15" s="22"/>
       <c r="W15" s="22"/>
       <c r="X15" s="22"/>
@@ -4343,52 +4366,55 @@
       </c>
       <c r="FD15" s="22">
         <v>1.33</v>
       </c>
       <c r="FE15" s="22">
         <v>1.43</v>
       </c>
       <c r="FF15" s="22">
         <v>1.41</v>
       </c>
       <c r="FG15" s="22">
         <v>1.23</v>
       </c>
       <c r="FH15" s="22">
         <v>1.1299999999999999</v>
       </c>
       <c r="FI15" s="22">
         <v>1.17</v>
       </c>
       <c r="FJ15" s="22">
         <v>1.1499999999999999</v>
       </c>
       <c r="FK15" s="22">
         <v>0.94</v>
       </c>
+      <c r="FL15" s="22">
+        <v>1.61</v>
+      </c>
     </row>
-    <row r="16" spans="2:167" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="16" spans="2:168" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B16" s="2" t="s">
         <v>15</v>
       </c>
       <c r="C16" s="22"/>
       <c r="D16" s="22"/>
       <c r="E16" s="22"/>
       <c r="F16" s="22"/>
       <c r="G16" s="22"/>
       <c r="H16" s="22"/>
       <c r="I16" s="22"/>
       <c r="J16" s="22"/>
       <c r="K16" s="22"/>
       <c r="L16" s="22"/>
       <c r="M16" s="22"/>
       <c r="N16" s="22"/>
       <c r="O16" s="22"/>
       <c r="P16" s="22"/>
       <c r="Q16" s="22"/>
       <c r="R16" s="22"/>
       <c r="S16" s="22"/>
       <c r="T16" s="22"/>
       <c r="U16" s="22"/>
       <c r="V16" s="22"/>
       <c r="W16" s="22"/>
       <c r="X16" s="22"/>
@@ -4577,52 +4603,55 @@
       </c>
       <c r="FD16" s="22">
         <v>1.59</v>
       </c>
       <c r="FE16" s="22">
         <v>1.58</v>
       </c>
       <c r="FF16" s="22">
         <v>1.67</v>
       </c>
       <c r="FG16" s="22">
         <v>1.32</v>
       </c>
       <c r="FH16" s="22">
         <v>1.64</v>
       </c>
       <c r="FI16" s="22">
         <v>1.54</v>
       </c>
       <c r="FJ16" s="22">
         <v>1.36</v>
       </c>
       <c r="FK16" s="22">
         <v>1.35</v>
       </c>
+      <c r="FL16" s="22">
+        <v>1.36</v>
+      </c>
     </row>
-    <row r="17" spans="2:167" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="17" spans="2:168" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B17" s="2" t="s">
         <v>16</v>
       </c>
       <c r="C17" s="22"/>
       <c r="D17" s="22"/>
       <c r="E17" s="22"/>
       <c r="F17" s="22"/>
       <c r="G17" s="22"/>
       <c r="H17" s="22"/>
       <c r="I17" s="22"/>
       <c r="J17" s="22"/>
       <c r="K17" s="22"/>
       <c r="L17" s="22"/>
       <c r="M17" s="22"/>
       <c r="N17" s="22"/>
       <c r="O17" s="22"/>
       <c r="P17" s="22"/>
       <c r="Q17" s="22"/>
       <c r="R17" s="22"/>
       <c r="S17" s="22"/>
       <c r="T17" s="22"/>
       <c r="U17" s="22"/>
       <c r="V17" s="22"/>
       <c r="W17" s="22"/>
       <c r="X17" s="22"/>
@@ -4811,52 +4840,55 @@
       </c>
       <c r="FD17" s="22">
         <v>1.3</v>
       </c>
       <c r="FE17" s="22">
         <v>1.42</v>
       </c>
       <c r="FF17" s="22">
         <v>1.49</v>
       </c>
       <c r="FG17" s="22">
         <v>0.56999999999999995</v>
       </c>
       <c r="FH17" s="22">
         <v>1.8</v>
       </c>
       <c r="FI17" s="22">
         <v>1.53</v>
       </c>
       <c r="FJ17" s="22">
         <v>0.69</v>
       </c>
       <c r="FK17" s="22">
         <v>0.67</v>
       </c>
+      <c r="FL17" s="22">
+        <v>0.75</v>
+      </c>
     </row>
-    <row r="18" spans="2:167" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="18" spans="2:168" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B18" s="2" t="s">
         <v>17</v>
       </c>
       <c r="C18" s="22"/>
       <c r="D18" s="22"/>
       <c r="E18" s="22"/>
       <c r="F18" s="22"/>
       <c r="G18" s="22"/>
       <c r="H18" s="22"/>
       <c r="I18" s="22"/>
       <c r="J18" s="22"/>
       <c r="K18" s="22"/>
       <c r="L18" s="22"/>
       <c r="M18" s="22"/>
       <c r="N18" s="22"/>
       <c r="O18" s="22"/>
       <c r="P18" s="22"/>
       <c r="Q18" s="22"/>
       <c r="R18" s="22"/>
       <c r="S18" s="22"/>
       <c r="T18" s="22"/>
       <c r="U18" s="22"/>
       <c r="V18" s="22"/>
       <c r="W18" s="22"/>
       <c r="X18" s="22"/>
@@ -5045,52 +5077,55 @@
       </c>
       <c r="FD18" s="22">
         <v>0.59</v>
       </c>
       <c r="FE18" s="22">
         <v>0.61</v>
       </c>
       <c r="FF18" s="22">
         <v>1.05</v>
       </c>
       <c r="FG18" s="22">
         <v>0.63</v>
       </c>
       <c r="FH18" s="22">
         <v>0.63</v>
       </c>
       <c r="FI18" s="22">
         <v>0.79</v>
       </c>
       <c r="FJ18" s="22">
         <v>0.9</v>
       </c>
       <c r="FK18" s="22">
         <v>0.93</v>
       </c>
+      <c r="FL18" s="22">
+        <v>1.29</v>
+      </c>
     </row>
-    <row r="19" spans="2:167" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="19" spans="2:168" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B19" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C19" s="22">
         <v>2.9</v>
       </c>
       <c r="D19" s="22">
         <v>3.81</v>
       </c>
       <c r="E19" s="22">
         <v>4.2699999999999996</v>
       </c>
       <c r="F19" s="22">
         <v>4.4800000000000004</v>
       </c>
       <c r="G19" s="22">
         <v>3.25</v>
       </c>
       <c r="H19" s="22">
         <v>3.93</v>
       </c>
       <c r="I19" s="22">
         <v>3.76</v>
       </c>
       <c r="J19" s="22">
@@ -5545,52 +5580,55 @@
       </c>
       <c r="FD19" s="22">
         <v>2.33</v>
       </c>
       <c r="FE19" s="22">
         <v>2.16</v>
       </c>
       <c r="FF19" s="22">
         <v>2</v>
       </c>
       <c r="FG19" s="22">
         <v>1.78</v>
       </c>
       <c r="FH19" s="22">
         <v>1.68</v>
       </c>
       <c r="FI19" s="22">
         <v>1.63</v>
       </c>
       <c r="FJ19" s="22">
         <v>1.61</v>
       </c>
       <c r="FK19" s="22">
         <v>1.73</v>
       </c>
+      <c r="FL19" s="22">
+        <v>1.78</v>
+      </c>
     </row>
-    <row r="20" spans="2:167" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="20" spans="2:168" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="C20" s="22">
         <v>2.9</v>
       </c>
       <c r="D20" s="22">
         <v>3.81</v>
       </c>
       <c r="E20" s="22">
         <v>4.2699999999999996</v>
       </c>
       <c r="F20" s="22">
         <v>4.4800000000000004</v>
       </c>
       <c r="G20" s="22">
         <v>3.25</v>
       </c>
       <c r="H20" s="22">
         <v>3.93</v>
       </c>
       <c r="I20" s="22">
         <v>3.76</v>
       </c>
       <c r="J20" s="22">
@@ -6045,52 +6083,55 @@
       </c>
       <c r="FD20" s="22">
         <v>2.33</v>
       </c>
       <c r="FE20" s="22">
         <v>2.16</v>
       </c>
       <c r="FF20" s="22">
         <v>2</v>
       </c>
       <c r="FG20" s="22">
         <v>1.78</v>
       </c>
       <c r="FH20" s="22">
         <v>1.68</v>
       </c>
       <c r="FI20" s="22">
         <v>1.63</v>
       </c>
       <c r="FJ20" s="22">
         <v>1.61</v>
       </c>
       <c r="FK20" s="22">
         <v>1.73</v>
       </c>
+      <c r="FL20" s="22">
+        <v>1.78</v>
+      </c>
     </row>
-    <row r="21" spans="2:167" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="21" spans="2:168" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B21" s="2" t="s">
         <v>19</v>
       </c>
       <c r="C21" s="22" t="s">
         <v>4</v>
       </c>
       <c r="D21" s="22" t="s">
         <v>4</v>
       </c>
       <c r="E21" s="22" t="s">
         <v>4</v>
       </c>
       <c r="F21" s="22" t="s">
         <v>4</v>
       </c>
       <c r="G21" s="22" t="s">
         <v>4</v>
       </c>
       <c r="H21" s="22" t="s">
         <v>4</v>
       </c>
       <c r="I21" s="22" t="s">
         <v>4</v>
       </c>
       <c r="J21" s="22" t="s">
@@ -6545,52 +6586,55 @@
       </c>
       <c r="FD21" s="22" t="s">
         <v>4</v>
       </c>
       <c r="FE21" s="22" t="s">
         <v>4</v>
       </c>
       <c r="FF21" s="22" t="s">
         <v>4</v>
       </c>
       <c r="FG21" s="22" t="s">
         <v>4</v>
       </c>
       <c r="FH21" s="22" t="s">
         <v>4</v>
       </c>
       <c r="FI21" s="22" t="s">
         <v>4</v>
       </c>
       <c r="FJ21" s="22" t="s">
         <v>4</v>
       </c>
       <c r="FK21" s="22" t="s">
         <v>4</v>
       </c>
+      <c r="FL21" s="22" t="s">
+        <v>4</v>
+      </c>
     </row>
-    <row r="22" spans="2:167" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="22" spans="2:168" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B22" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C22" s="22"/>
       <c r="D22" s="22"/>
       <c r="E22" s="22"/>
       <c r="F22" s="22"/>
       <c r="G22" s="22"/>
       <c r="H22" s="22"/>
       <c r="I22" s="22"/>
       <c r="J22" s="22"/>
       <c r="K22" s="22"/>
       <c r="L22" s="22"/>
       <c r="M22" s="22"/>
       <c r="N22" s="22"/>
       <c r="O22" s="22"/>
       <c r="P22" s="22"/>
       <c r="Q22" s="22"/>
       <c r="R22" s="22"/>
       <c r="S22" s="22"/>
       <c r="T22" s="22"/>
       <c r="U22" s="22"/>
       <c r="V22" s="22"/>
       <c r="W22" s="22"/>
       <c r="X22" s="22"/>
@@ -6715,52 +6759,53 @@
       <c r="EM22" s="22"/>
       <c r="EN22" s="22"/>
       <c r="EO22" s="22"/>
       <c r="EP22" s="22"/>
       <c r="EQ22" s="22"/>
       <c r="ER22" s="22"/>
       <c r="ES22" s="22"/>
       <c r="ET22" s="22"/>
       <c r="EU22" s="22"/>
       <c r="EV22" s="22"/>
       <c r="EW22" s="22"/>
       <c r="EX22" s="22"/>
       <c r="EY22" s="22"/>
       <c r="EZ22" s="22"/>
       <c r="FA22" s="22"/>
       <c r="FB22" s="22"/>
       <c r="FC22" s="22"/>
       <c r="FD22" s="22"/>
       <c r="FE22" s="22"/>
       <c r="FF22" s="22"/>
       <c r="FG22" s="22"/>
       <c r="FH22" s="22"/>
       <c r="FI22" s="22"/>
       <c r="FJ22" s="22"/>
       <c r="FK22" s="22"/>
+      <c r="FL22" s="22"/>
     </row>
-    <row r="23" spans="2:167" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="23" spans="2:168" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B23" s="2" t="s">
         <v>11</v>
       </c>
       <c r="C23" s="22">
         <v>0.56999999999999995</v>
       </c>
       <c r="D23" s="22">
         <v>0.55000000000000004</v>
       </c>
       <c r="E23" s="22">
         <v>0.52</v>
       </c>
       <c r="F23" s="22">
         <v>0.53</v>
       </c>
       <c r="G23" s="22">
         <v>0.53</v>
       </c>
       <c r="H23" s="22">
         <v>0.55000000000000004</v>
       </c>
       <c r="I23" s="22">
         <v>0.53</v>
       </c>
       <c r="J23" s="22">
@@ -7215,52 +7260,55 @@
       </c>
       <c r="FD23" s="22">
         <v>0.14000000000000001</v>
       </c>
       <c r="FE23" s="22">
         <v>0.11</v>
       </c>
       <c r="FF23" s="22">
         <v>0.11</v>
       </c>
       <c r="FG23" s="22">
         <v>0.1</v>
       </c>
       <c r="FH23" s="22">
         <v>0.1</v>
       </c>
       <c r="FI23" s="22">
         <v>0.13</v>
       </c>
       <c r="FJ23" s="22">
         <v>0.12</v>
       </c>
       <c r="FK23" s="22">
         <v>0.1</v>
       </c>
+      <c r="FL23" s="22">
+        <v>0.12</v>
+      </c>
     </row>
-    <row r="24" spans="2:167" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="24" spans="2:168" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B24" s="14" t="s">
         <v>0</v>
       </c>
       <c r="C24" s="22">
         <v>0.55000000000000004</v>
       </c>
       <c r="D24" s="22">
         <v>0.55000000000000004</v>
       </c>
       <c r="E24" s="22">
         <v>0.51</v>
       </c>
       <c r="F24" s="22">
         <v>0.52</v>
       </c>
       <c r="G24" s="22">
         <v>0.53</v>
       </c>
       <c r="H24" s="22">
         <v>0.53</v>
       </c>
       <c r="I24" s="22">
         <v>0.5</v>
       </c>
       <c r="J24" s="22">
@@ -7715,52 +7763,55 @@
       </c>
       <c r="FD24" s="22">
         <v>0.04</v>
       </c>
       <c r="FE24" s="22">
         <v>0.03</v>
       </c>
       <c r="FF24" s="22">
         <v>0.03</v>
       </c>
       <c r="FG24" s="22">
         <v>0.03</v>
       </c>
       <c r="FH24" s="22">
         <v>0.03</v>
       </c>
       <c r="FI24" s="22">
         <v>0.03</v>
       </c>
       <c r="FJ24" s="22">
         <v>0.03</v>
       </c>
       <c r="FK24" s="22">
         <v>0.03</v>
       </c>
+      <c r="FL24" s="22">
+        <v>0.03</v>
+      </c>
     </row>
-    <row r="25" spans="2:167" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="25" spans="2:168" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B25" s="14" t="s">
         <v>1</v>
       </c>
       <c r="C25" s="22">
         <v>0.73</v>
       </c>
       <c r="D25" s="22">
         <v>0.56999999999999995</v>
       </c>
       <c r="E25" s="22">
         <v>0.6</v>
       </c>
       <c r="F25" s="22">
         <v>0.68</v>
       </c>
       <c r="G25" s="22">
         <v>0.59</v>
       </c>
       <c r="H25" s="22">
         <v>0.67</v>
       </c>
       <c r="I25" s="22">
         <v>0.81</v>
       </c>
       <c r="J25" s="22">
@@ -8215,52 +8266,55 @@
       </c>
       <c r="FD25" s="22">
         <v>1.9</v>
       </c>
       <c r="FE25" s="22">
         <v>1.51</v>
       </c>
       <c r="FF25" s="22">
         <v>1.43</v>
       </c>
       <c r="FG25" s="22">
         <v>1.35</v>
       </c>
       <c r="FH25" s="22">
         <v>1.17</v>
       </c>
       <c r="FI25" s="22">
         <v>1.37</v>
       </c>
       <c r="FJ25" s="22">
         <v>1.36</v>
       </c>
       <c r="FK25" s="22">
         <v>1.24</v>
       </c>
+      <c r="FL25" s="22">
+        <v>1.33</v>
+      </c>
     </row>
-    <row r="26" spans="2:167" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="26" spans="2:168" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B26" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C26" s="22">
         <v>2.59</v>
       </c>
       <c r="D26" s="22">
         <v>2.95</v>
       </c>
       <c r="E26" s="22">
         <v>2.88</v>
       </c>
       <c r="F26" s="22">
         <v>2.41</v>
       </c>
       <c r="G26" s="22">
         <v>2.1</v>
       </c>
       <c r="H26" s="22">
         <v>2.69</v>
       </c>
       <c r="I26" s="22">
         <v>2.44</v>
       </c>
       <c r="J26" s="22">
@@ -8715,52 +8769,55 @@
       </c>
       <c r="FD26" s="22">
         <v>2.62</v>
       </c>
       <c r="FE26" s="22">
         <v>2.42</v>
       </c>
       <c r="FF26" s="22">
         <v>2.2400000000000002</v>
       </c>
       <c r="FG26" s="22">
         <v>2.06</v>
       </c>
       <c r="FH26" s="22">
         <v>1.98</v>
       </c>
       <c r="FI26" s="22">
         <v>1.8</v>
       </c>
       <c r="FJ26" s="22">
         <v>1.79</v>
       </c>
       <c r="FK26" s="22">
         <v>1.79</v>
       </c>
+      <c r="FL26" s="22">
+        <v>1.77</v>
+      </c>
     </row>
-    <row r="27" spans="2:167" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="27" spans="2:168" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B27" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C27" s="22"/>
       <c r="D27" s="22"/>
       <c r="E27" s="22"/>
       <c r="F27" s="22"/>
       <c r="G27" s="22"/>
       <c r="H27" s="22"/>
       <c r="I27" s="22"/>
       <c r="J27" s="22"/>
       <c r="K27" s="22"/>
       <c r="L27" s="22"/>
       <c r="M27" s="22"/>
       <c r="N27" s="22"/>
       <c r="O27" s="22"/>
       <c r="P27" s="22"/>
       <c r="Q27" s="22"/>
       <c r="R27" s="22"/>
       <c r="S27" s="22"/>
       <c r="T27" s="22"/>
       <c r="U27" s="22"/>
       <c r="V27" s="22"/>
       <c r="W27" s="22"/>
       <c r="X27" s="22"/>
@@ -8949,52 +9006,55 @@
       </c>
       <c r="FD27" s="22">
         <v>2.65</v>
       </c>
       <c r="FE27" s="22">
         <v>2.44</v>
       </c>
       <c r="FF27" s="22">
         <v>2.2599999999999998</v>
       </c>
       <c r="FG27" s="22">
         <v>2.0699999999999998</v>
       </c>
       <c r="FH27" s="22">
         <v>1.98</v>
       </c>
       <c r="FI27" s="22">
         <v>1.79</v>
       </c>
       <c r="FJ27" s="22">
         <v>1.79</v>
       </c>
       <c r="FK27" s="22">
         <v>1.78</v>
       </c>
+      <c r="FL27" s="22">
+        <v>1.77</v>
+      </c>
     </row>
-    <row r="28" spans="2:167" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="28" spans="2:168" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B28" s="2" t="s">
         <v>21</v>
       </c>
       <c r="C28" s="22"/>
       <c r="D28" s="22"/>
       <c r="E28" s="22"/>
       <c r="F28" s="22"/>
       <c r="G28" s="22"/>
       <c r="H28" s="22"/>
       <c r="I28" s="22"/>
       <c r="J28" s="22"/>
       <c r="K28" s="22"/>
       <c r="L28" s="22"/>
       <c r="M28" s="22"/>
       <c r="N28" s="22"/>
       <c r="O28" s="22"/>
       <c r="P28" s="22"/>
       <c r="Q28" s="22"/>
       <c r="R28" s="22"/>
       <c r="S28" s="22"/>
       <c r="T28" s="22"/>
       <c r="U28" s="22"/>
       <c r="V28" s="22"/>
       <c r="W28" s="22"/>
       <c r="X28" s="22"/>
@@ -9183,52 +9243,55 @@
       </c>
       <c r="FD28" s="22">
         <v>2.35</v>
       </c>
       <c r="FE28" s="22">
         <v>2.2400000000000002</v>
       </c>
       <c r="FF28" s="22">
         <v>2.11</v>
       </c>
       <c r="FG28" s="22">
         <v>2.06</v>
       </c>
       <c r="FH28" s="22">
         <v>2.02</v>
       </c>
       <c r="FI28" s="22">
         <v>1.85</v>
       </c>
       <c r="FJ28" s="22">
         <v>1.85</v>
       </c>
       <c r="FK28" s="22">
         <v>1.92</v>
       </c>
+      <c r="FL28" s="22">
+        <v>1.86</v>
+      </c>
     </row>
-    <row r="29" spans="2:167" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="29" spans="2:168" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B29" s="2" t="s">
         <v>22</v>
       </c>
       <c r="C29" s="22"/>
       <c r="D29" s="22"/>
       <c r="E29" s="22"/>
       <c r="F29" s="22"/>
       <c r="G29" s="22"/>
       <c r="H29" s="22"/>
       <c r="I29" s="22"/>
       <c r="J29" s="22"/>
       <c r="K29" s="22"/>
       <c r="L29" s="22"/>
       <c r="M29" s="22"/>
       <c r="N29" s="22"/>
       <c r="O29" s="22"/>
       <c r="P29" s="22"/>
       <c r="Q29" s="22"/>
       <c r="R29" s="22"/>
       <c r="S29" s="22"/>
       <c r="T29" s="22"/>
       <c r="U29" s="22"/>
       <c r="V29" s="22"/>
       <c r="W29" s="22"/>
       <c r="X29" s="22"/>
@@ -9417,52 +9480,55 @@
       </c>
       <c r="FD29" s="22">
         <v>2.2000000000000002</v>
       </c>
       <c r="FE29" s="22">
         <v>2.12</v>
       </c>
       <c r="FF29" s="22">
         <v>2.13</v>
       </c>
       <c r="FG29" s="22">
         <v>1.98</v>
       </c>
       <c r="FH29" s="22">
         <v>1.97</v>
       </c>
       <c r="FI29" s="22">
         <v>1.83</v>
       </c>
       <c r="FJ29" s="22">
         <v>1.75</v>
       </c>
       <c r="FK29" s="22">
         <v>1.91</v>
       </c>
+      <c r="FL29" s="22">
+        <v>1.78</v>
+      </c>
     </row>
-    <row r="30" spans="2:167" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="30" spans="2:168" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B30" s="2" t="s">
         <v>23</v>
       </c>
       <c r="C30" s="22"/>
       <c r="D30" s="22"/>
       <c r="E30" s="22"/>
       <c r="F30" s="22"/>
       <c r="G30" s="22"/>
       <c r="H30" s="22"/>
       <c r="I30" s="22"/>
       <c r="J30" s="22"/>
       <c r="K30" s="22"/>
       <c r="L30" s="22"/>
       <c r="M30" s="22"/>
       <c r="N30" s="22"/>
       <c r="O30" s="22"/>
       <c r="P30" s="22"/>
       <c r="Q30" s="22"/>
       <c r="R30" s="22"/>
       <c r="S30" s="22"/>
       <c r="T30" s="22"/>
       <c r="U30" s="22"/>
       <c r="V30" s="22"/>
       <c r="W30" s="22"/>
       <c r="X30" s="22"/>
@@ -9651,52 +9717,55 @@
       </c>
       <c r="FD30" s="22">
         <v>1.68</v>
       </c>
       <c r="FE30" s="22">
         <v>1.78</v>
       </c>
       <c r="FF30" s="22">
         <v>1.69</v>
       </c>
       <c r="FG30" s="22">
         <v>1.07</v>
       </c>
       <c r="FH30" s="22">
         <v>1.77</v>
       </c>
       <c r="FI30" s="22">
         <v>1.54</v>
       </c>
       <c r="FJ30" s="22">
         <v>1.45</v>
       </c>
       <c r="FK30" s="22">
         <v>1.43</v>
       </c>
+      <c r="FL30" s="22">
+        <v>0.25</v>
+      </c>
     </row>
-    <row r="31" spans="2:167" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="31" spans="2:168" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B31" s="2" t="s">
         <v>24</v>
       </c>
       <c r="C31" s="22"/>
       <c r="D31" s="22"/>
       <c r="E31" s="22"/>
       <c r="F31" s="22"/>
       <c r="G31" s="22"/>
       <c r="H31" s="22"/>
       <c r="I31" s="22"/>
       <c r="J31" s="22"/>
       <c r="K31" s="22"/>
       <c r="L31" s="22"/>
       <c r="M31" s="22"/>
       <c r="N31" s="22"/>
       <c r="O31" s="22"/>
       <c r="P31" s="22"/>
       <c r="Q31" s="22"/>
       <c r="R31" s="22"/>
       <c r="S31" s="22"/>
       <c r="T31" s="22"/>
       <c r="U31" s="22"/>
       <c r="V31" s="22"/>
       <c r="W31" s="22"/>
       <c r="X31" s="22"/>
@@ -9885,52 +9954,55 @@
       </c>
       <c r="FD31" s="22">
         <v>0.02</v>
       </c>
       <c r="FE31" s="22">
         <v>0.38</v>
       </c>
       <c r="FF31" s="22">
         <v>1.54</v>
       </c>
       <c r="FG31" s="22">
         <v>0.06</v>
       </c>
       <c r="FH31" s="22">
         <v>2.72</v>
       </c>
       <c r="FI31" s="22">
         <v>3.35</v>
       </c>
       <c r="FJ31" s="22">
         <v>0.33</v>
       </c>
       <c r="FK31" s="22">
         <v>0.38</v>
       </c>
+      <c r="FL31" s="22">
+        <v>0.8</v>
+      </c>
     </row>
-    <row r="32" spans="2:167" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="32" spans="2:168" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B32" s="10" t="s">
         <v>25</v>
       </c>
       <c r="C32" s="23" t="s">
         <v>4</v>
       </c>
       <c r="D32" s="23" t="s">
         <v>4</v>
       </c>
       <c r="E32" s="23" t="s">
         <v>4</v>
       </c>
       <c r="F32" s="23" t="s">
         <v>4</v>
       </c>
       <c r="G32" s="23">
         <v>0.2</v>
       </c>
       <c r="H32" s="23" t="s">
         <v>4</v>
       </c>
       <c r="I32" s="23" t="s">
         <v>4</v>
       </c>
       <c r="J32" s="23">
@@ -10385,195 +10457,202 @@
       </c>
       <c r="FD32" s="23" t="s">
         <v>4</v>
       </c>
       <c r="FE32" s="23" t="s">
         <v>4</v>
       </c>
       <c r="FF32" s="23" t="s">
         <v>4</v>
       </c>
       <c r="FG32" s="23" t="s">
         <v>4</v>
       </c>
       <c r="FH32" s="23" t="s">
         <v>4</v>
       </c>
       <c r="FI32" s="23" t="s">
         <v>4</v>
       </c>
       <c r="FJ32" s="23" t="s">
         <v>4</v>
       </c>
       <c r="FK32" s="23" t="s">
         <v>4</v>
       </c>
+      <c r="FL32" s="23" t="s">
+        <v>4</v>
+      </c>
     </row>
-    <row r="33" spans="2:167" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="33" spans="2:168" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
       <c r="EF33" s="17"/>
       <c r="EG33" s="17"/>
       <c r="EH33" s="17"/>
       <c r="EI33" s="17"/>
       <c r="EJ33" s="17"/>
       <c r="EK33" s="17"/>
       <c r="EL33" s="17"/>
       <c r="EM33" s="17"/>
       <c r="EN33" s="17"/>
       <c r="EO33" s="17"/>
       <c r="EP33" s="17"/>
       <c r="EQ33" s="17"/>
       <c r="ER33" s="17"/>
       <c r="ES33" s="17"/>
       <c r="ET33" s="17"/>
       <c r="EU33" s="17"/>
       <c r="EV33" s="17"/>
       <c r="EW33" s="17"/>
       <c r="EX33" s="17"/>
       <c r="EY33" s="17"/>
       <c r="EZ33" s="17"/>
       <c r="FA33" s="17"/>
       <c r="FB33" s="17"/>
       <c r="FC33" s="17"/>
       <c r="FD33" s="17"/>
       <c r="FE33" s="17"/>
       <c r="FF33" s="17"/>
       <c r="FG33" s="17"/>
       <c r="FH33" s="17"/>
       <c r="FI33" s="17"/>
       <c r="FJ33" s="17"/>
       <c r="FK33" s="17"/>
+      <c r="FL33" s="17"/>
     </row>
-    <row r="34" spans="2:167" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="34" spans="2:168" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B34" s="3"/>
       <c r="EF34" s="17"/>
       <c r="EG34" s="17"/>
       <c r="EH34" s="17"/>
       <c r="EI34" s="17"/>
       <c r="EJ34" s="17"/>
       <c r="EK34" s="17"/>
       <c r="EL34" s="17"/>
       <c r="EM34" s="17"/>
       <c r="EN34" s="17"/>
       <c r="EO34" s="17"/>
       <c r="EP34" s="17"/>
       <c r="EQ34" s="17"/>
       <c r="ER34" s="17"/>
       <c r="ES34" s="17"/>
       <c r="ET34" s="17"/>
       <c r="EU34" s="17"/>
       <c r="EV34" s="17"/>
       <c r="EW34" s="17"/>
       <c r="EX34" s="17"/>
       <c r="EY34" s="17"/>
       <c r="EZ34" s="17"/>
       <c r="FA34" s="17"/>
       <c r="FB34" s="17"/>
       <c r="FC34" s="17"/>
       <c r="FD34" s="17"/>
       <c r="FE34" s="17"/>
       <c r="FF34" s="17"/>
       <c r="FG34" s="17"/>
       <c r="FH34" s="17"/>
       <c r="FI34" s="17"/>
       <c r="FJ34" s="17"/>
       <c r="FK34" s="17"/>
+      <c r="FL34" s="17"/>
     </row>
-    <row r="35" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="35" spans="2:168" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B35" s="15" t="s">
         <v>30</v>
       </c>
       <c r="EF35" s="17"/>
       <c r="EG35" s="17"/>
       <c r="EH35" s="17"/>
       <c r="EI35" s="17"/>
       <c r="EJ35" s="17"/>
       <c r="EK35" s="17"/>
       <c r="EL35" s="17"/>
       <c r="EM35" s="17"/>
       <c r="EN35" s="17"/>
       <c r="EO35" s="17"/>
       <c r="EP35" s="17"/>
       <c r="EQ35" s="17"/>
       <c r="ER35" s="17"/>
       <c r="ES35" s="17"/>
       <c r="ET35" s="17"/>
       <c r="EU35" s="17"/>
       <c r="EV35" s="17"/>
       <c r="EW35" s="17"/>
       <c r="EX35" s="17"/>
       <c r="EY35" s="17"/>
       <c r="EZ35" s="17"/>
       <c r="FA35" s="17"/>
       <c r="FB35" s="17"/>
       <c r="FC35" s="17"/>
       <c r="FD35" s="17"/>
       <c r="FE35" s="17"/>
       <c r="FF35" s="17"/>
       <c r="FG35" s="17"/>
       <c r="FH35" s="17"/>
       <c r="FI35" s="17"/>
       <c r="FJ35" s="17"/>
       <c r="FK35" s="17"/>
+      <c r="FL35" s="17"/>
     </row>
-    <row r="36" spans="2:167" s="26" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="36" spans="2:168" s="26" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B36" s="9" t="s">
         <v>3</v>
       </c>
       <c r="EF36" s="27"/>
       <c r="EG36" s="27"/>
       <c r="EH36" s="27"/>
       <c r="EI36" s="27"/>
       <c r="EJ36" s="27"/>
       <c r="EK36" s="27"/>
       <c r="EL36" s="27"/>
       <c r="EM36" s="27"/>
       <c r="EN36" s="27"/>
       <c r="EO36" s="27"/>
       <c r="EP36" s="27"/>
       <c r="EQ36" s="27"/>
       <c r="ER36" s="27"/>
       <c r="ES36" s="27"/>
       <c r="ET36" s="27"/>
       <c r="EU36" s="27"/>
       <c r="EV36" s="27"/>
       <c r="EW36" s="27"/>
       <c r="EX36" s="27"/>
       <c r="EY36" s="27"/>
       <c r="EZ36" s="27"/>
       <c r="FA36" s="27"/>
       <c r="FB36" s="27"/>
       <c r="FC36" s="27"/>
       <c r="FD36" s="27"/>
       <c r="FE36" s="27"/>
       <c r="FF36" s="27"/>
       <c r="FG36" s="27"/>
       <c r="FH36" s="27"/>
       <c r="FI36" s="27"/>
       <c r="FJ36" s="27"/>
       <c r="FK36" s="27"/>
+      <c r="FL36" s="27"/>
     </row>
-    <row r="37" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="37" spans="2:168" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B37" s="4"/>
       <c r="C37" s="11">
         <v>40908</v>
       </c>
       <c r="D37" s="11">
         <v>40939</v>
       </c>
       <c r="E37" s="11">
         <v>40968</v>
       </c>
       <c r="F37" s="11">
         <v>40999</v>
       </c>
       <c r="G37" s="11">
         <v>41029</v>
       </c>
       <c r="H37" s="11">
         <v>41060</v>
       </c>
       <c r="I37" s="11">
         <v>41090</v>
       </c>
       <c r="J37" s="11">
         <v>41121</v>
       </c>
@@ -11026,52 +11105,55 @@
       </c>
       <c r="FD37" s="12">
         <v>45688</v>
       </c>
       <c r="FE37" s="12">
         <v>45716</v>
       </c>
       <c r="FF37" s="12">
         <v>45747</v>
       </c>
       <c r="FG37" s="12">
         <v>45777</v>
       </c>
       <c r="FH37" s="12">
         <v>45808</v>
       </c>
       <c r="FI37" s="12">
         <v>45838</v>
       </c>
       <c r="FJ37" s="12">
         <v>45869</v>
       </c>
       <c r="FK37" s="12">
         <v>45900</v>
       </c>
+      <c r="FL37" s="12">
+        <v>45930</v>
+      </c>
     </row>
-    <row r="38" spans="2:167" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="38" spans="2:168" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B38" s="2" t="s">
         <v>6</v>
       </c>
       <c r="C38" s="19"/>
       <c r="D38" s="19"/>
       <c r="E38" s="19"/>
       <c r="F38" s="19"/>
       <c r="G38" s="19"/>
       <c r="H38" s="19"/>
       <c r="I38" s="19"/>
       <c r="J38" s="19"/>
       <c r="K38" s="19"/>
       <c r="L38" s="19"/>
       <c r="M38" s="19"/>
       <c r="N38" s="19"/>
       <c r="O38" s="19"/>
       <c r="P38" s="19"/>
       <c r="Q38" s="19"/>
       <c r="R38" s="19"/>
       <c r="S38" s="19"/>
       <c r="T38" s="19"/>
       <c r="U38" s="19"/>
       <c r="V38" s="19"/>
       <c r="W38" s="19"/>
       <c r="X38" s="19"/>
@@ -11196,52 +11278,53 @@
       <c r="EM38" s="20"/>
       <c r="EN38" s="20"/>
       <c r="EO38" s="20"/>
       <c r="EP38" s="20"/>
       <c r="EQ38" s="20"/>
       <c r="ER38" s="20"/>
       <c r="ES38" s="20"/>
       <c r="ET38" s="20"/>
       <c r="EU38" s="20"/>
       <c r="EV38" s="20"/>
       <c r="EW38" s="20"/>
       <c r="EX38" s="20"/>
       <c r="EY38" s="20"/>
       <c r="EZ38" s="20"/>
       <c r="FA38" s="20"/>
       <c r="FB38" s="20"/>
       <c r="FC38" s="20"/>
       <c r="FD38" s="20"/>
       <c r="FE38" s="20"/>
       <c r="FF38" s="20"/>
       <c r="FG38" s="20"/>
       <c r="FH38" s="20"/>
       <c r="FI38" s="20"/>
       <c r="FJ38" s="20"/>
       <c r="FK38" s="20"/>
+      <c r="FL38" s="20"/>
     </row>
-    <row r="39" spans="2:167" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="39" spans="2:168" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B39" s="2" t="s">
         <v>7</v>
       </c>
       <c r="C39" s="20">
         <v>4633.5493650099997</v>
       </c>
       <c r="D39" s="20">
         <v>4393.8880141999998</v>
       </c>
       <c r="E39" s="20">
         <v>4601.6208819699996</v>
       </c>
       <c r="F39" s="20">
         <v>4075.6725490500003</v>
       </c>
       <c r="G39" s="20">
         <v>4571.86922486</v>
       </c>
       <c r="H39" s="20">
         <v>4506.4366569599997</v>
       </c>
       <c r="I39" s="20">
         <v>4539.38520866</v>
       </c>
       <c r="J39" s="20">
@@ -11696,52 +11779,55 @@
       </c>
       <c r="FD39" s="20">
         <v>27240.524891360001</v>
       </c>
       <c r="FE39" s="20">
         <v>27508.099964279998</v>
       </c>
       <c r="FF39" s="20">
         <v>27863.45506561</v>
       </c>
       <c r="FG39" s="20">
         <v>28156.993496880001</v>
       </c>
       <c r="FH39" s="20">
         <v>28289.423018169997</v>
       </c>
       <c r="FI39" s="20">
         <v>28921.113520070001</v>
       </c>
       <c r="FJ39" s="20">
         <v>29533.814967689999</v>
       </c>
       <c r="FK39" s="20">
         <v>30139.534177500002</v>
       </c>
+      <c r="FL39" s="20">
+        <v>30029.539851419999</v>
+      </c>
     </row>
-    <row r="40" spans="2:167" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="40" spans="2:168" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B40" s="14" t="s">
         <v>0</v>
       </c>
       <c r="C40" s="20">
         <v>2368.4689933299996</v>
       </c>
       <c r="D40" s="20">
         <v>2142.9135507999999</v>
       </c>
       <c r="E40" s="20">
         <v>2355.7603457500004</v>
       </c>
       <c r="F40" s="20">
         <v>2060.8196741800002</v>
       </c>
       <c r="G40" s="20">
         <v>2379.3950445500004</v>
       </c>
       <c r="H40" s="20">
         <v>2324.06455942</v>
       </c>
       <c r="I40" s="20">
         <v>2341.6359399500002</v>
       </c>
       <c r="J40" s="20">
@@ -12196,52 +12282,55 @@
       </c>
       <c r="FD40" s="20">
         <v>25871.666850860001</v>
       </c>
       <c r="FE40" s="20">
         <v>26144.823612849999</v>
       </c>
       <c r="FF40" s="20">
         <v>26482.64171657</v>
       </c>
       <c r="FG40" s="20">
         <v>26769.892573150002</v>
       </c>
       <c r="FH40" s="20">
         <v>26889.007589380002</v>
       </c>
       <c r="FI40" s="20">
         <v>27492.013708689999</v>
       </c>
       <c r="FJ40" s="20">
         <v>28081.96050085</v>
       </c>
       <c r="FK40" s="20">
         <v>28662.58513313</v>
       </c>
+      <c r="FL40" s="20">
+        <v>28565.560935860001</v>
+      </c>
     </row>
-    <row r="41" spans="2:167" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="41" spans="2:168" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B41" s="14" t="s">
         <v>1</v>
       </c>
       <c r="C41" s="20">
         <v>2264.87854827</v>
       </c>
       <c r="D41" s="20">
         <v>2250.7758377300001</v>
       </c>
       <c r="E41" s="20">
         <v>2245.6387052999999</v>
       </c>
       <c r="F41" s="20">
         <v>2014.6262314000001</v>
       </c>
       <c r="G41" s="20">
         <v>2192.26053585</v>
       </c>
       <c r="H41" s="20">
         <v>2182.1621166499999</v>
       </c>
       <c r="I41" s="20">
         <v>2197.5354075099999</v>
       </c>
       <c r="J41" s="20">
@@ -12696,52 +12785,55 @@
       </c>
       <c r="FD41" s="20">
         <v>1368.8580405</v>
       </c>
       <c r="FE41" s="20">
         <v>1363.27635143</v>
       </c>
       <c r="FF41" s="20">
         <v>1380.81334904</v>
       </c>
       <c r="FG41" s="20">
         <v>1387.10092373</v>
       </c>
       <c r="FH41" s="20">
         <v>1400.4154287899999</v>
       </c>
       <c r="FI41" s="20">
         <v>1429.0998113800001</v>
       </c>
       <c r="FJ41" s="20">
         <v>1451.85446684</v>
       </c>
       <c r="FK41" s="20">
         <v>1476.9490443699999</v>
       </c>
+      <c r="FL41" s="20">
+        <v>1463.9789155599999</v>
+      </c>
     </row>
-    <row r="42" spans="2:167" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="42" spans="2:168" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B42" s="2" t="s">
         <v>8</v>
       </c>
       <c r="C42" s="20">
         <v>1140.5326148199999</v>
       </c>
       <c r="D42" s="20">
         <v>1050.1441457400001</v>
       </c>
       <c r="E42" s="20">
         <v>1036.1144870999999</v>
       </c>
       <c r="F42" s="20">
         <v>1012.17652165</v>
       </c>
       <c r="G42" s="20">
         <v>900.66128355000001</v>
       </c>
       <c r="H42" s="20">
         <v>1008.59973064</v>
       </c>
       <c r="I42" s="20">
         <v>778.12664881000001</v>
       </c>
       <c r="J42" s="20">
@@ -13196,52 +13288,55 @@
       </c>
       <c r="FD42" s="20">
         <v>1165.31848522</v>
       </c>
       <c r="FE42" s="20">
         <v>948.39925877999997</v>
       </c>
       <c r="FF42" s="20">
         <v>1129.2512705499998</v>
       </c>
       <c r="FG42" s="20">
         <v>1162.4179981700001</v>
       </c>
       <c r="FH42" s="20">
         <v>1154.0701710999999</v>
       </c>
       <c r="FI42" s="20">
         <v>1076.16758497</v>
       </c>
       <c r="FJ42" s="20">
         <v>1068.89927771</v>
       </c>
       <c r="FK42" s="20">
         <v>765.27452540999991</v>
       </c>
+      <c r="FL42" s="20">
+        <v>1132.11451519</v>
+      </c>
     </row>
-    <row r="43" spans="2:167" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="43" spans="2:168" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B43" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C43" s="20"/>
       <c r="D43" s="20"/>
       <c r="E43" s="20"/>
       <c r="F43" s="20"/>
       <c r="G43" s="20"/>
       <c r="H43" s="20"/>
       <c r="I43" s="20"/>
       <c r="J43" s="20"/>
       <c r="K43" s="20"/>
       <c r="L43" s="20"/>
       <c r="M43" s="20"/>
       <c r="N43" s="20"/>
       <c r="O43" s="20"/>
       <c r="P43" s="20"/>
       <c r="Q43" s="20"/>
       <c r="R43" s="20"/>
       <c r="S43" s="20"/>
       <c r="T43" s="20"/>
       <c r="U43" s="20"/>
       <c r="V43" s="20"/>
       <c r="W43" s="20"/>
       <c r="X43" s="20"/>
@@ -13430,52 +13525,55 @@
       </c>
       <c r="FD43" s="20">
         <v>425.00021867999999</v>
       </c>
       <c r="FE43" s="20">
         <v>254.37625863999997</v>
       </c>
       <c r="FF43" s="20">
         <v>323.74903618999997</v>
       </c>
       <c r="FG43" s="20">
         <v>389.65303085000005</v>
       </c>
       <c r="FH43" s="20">
         <v>297.71327354000005</v>
       </c>
       <c r="FI43" s="20">
         <v>310.93867588000001</v>
       </c>
       <c r="FJ43" s="20">
         <v>359.43022284</v>
       </c>
       <c r="FK43" s="20">
         <v>266.32536174000001</v>
       </c>
+      <c r="FL43" s="20">
+        <v>276.97107862000001</v>
+      </c>
     </row>
-    <row r="44" spans="2:167" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="44" spans="2:168" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B44" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C44" s="20"/>
       <c r="D44" s="20"/>
       <c r="E44" s="20"/>
       <c r="F44" s="20"/>
       <c r="G44" s="20"/>
       <c r="H44" s="20"/>
       <c r="I44" s="20"/>
       <c r="J44" s="20"/>
       <c r="K44" s="20"/>
       <c r="L44" s="20"/>
       <c r="M44" s="20"/>
       <c r="N44" s="20"/>
       <c r="O44" s="20"/>
       <c r="P44" s="20"/>
       <c r="Q44" s="20"/>
       <c r="R44" s="20"/>
       <c r="S44" s="20"/>
       <c r="T44" s="20"/>
       <c r="U44" s="20"/>
       <c r="V44" s="20"/>
       <c r="W44" s="20"/>
       <c r="X44" s="20"/>
@@ -13664,52 +13762,55 @@
       </c>
       <c r="FD44" s="20">
         <v>424.9386983</v>
       </c>
       <c r="FE44" s="20">
         <v>378.93544954000004</v>
       </c>
       <c r="FF44" s="20">
         <v>321.56669887999999</v>
       </c>
       <c r="FG44" s="20">
         <v>534.79767745000004</v>
       </c>
       <c r="FH44" s="20">
         <v>407.90974167000002</v>
       </c>
       <c r="FI44" s="20">
         <v>415.83083179000005</v>
       </c>
       <c r="FJ44" s="20">
         <v>435.55558114999997</v>
       </c>
       <c r="FK44" s="20">
         <v>242.34435865999998</v>
       </c>
+      <c r="FL44" s="20">
+        <v>538.22496763999993</v>
+      </c>
     </row>
-    <row r="45" spans="2:167" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="45" spans="2:168" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B45" s="2" t="s">
         <v>15</v>
       </c>
       <c r="C45" s="20"/>
       <c r="D45" s="20"/>
       <c r="E45" s="20"/>
       <c r="F45" s="20"/>
       <c r="G45" s="20"/>
       <c r="H45" s="20"/>
       <c r="I45" s="20"/>
       <c r="J45" s="20"/>
       <c r="K45" s="20"/>
       <c r="L45" s="20"/>
       <c r="M45" s="20"/>
       <c r="N45" s="20"/>
       <c r="O45" s="20"/>
       <c r="P45" s="20"/>
       <c r="Q45" s="20"/>
       <c r="R45" s="20"/>
       <c r="S45" s="20"/>
       <c r="T45" s="20"/>
       <c r="U45" s="20"/>
       <c r="V45" s="20"/>
       <c r="W45" s="20"/>
       <c r="X45" s="20"/>
@@ -13898,52 +13999,55 @@
       </c>
       <c r="FD45" s="20">
         <v>222.33853864</v>
       </c>
       <c r="FE45" s="20">
         <v>210.05716311</v>
       </c>
       <c r="FF45" s="20">
         <v>355.67355316000004</v>
       </c>
       <c r="FG45" s="20">
         <v>188.64615150999998</v>
       </c>
       <c r="FH45" s="20">
         <v>352.57018806000002</v>
       </c>
       <c r="FI45" s="20">
         <v>272.21468673000004</v>
       </c>
       <c r="FJ45" s="20">
         <v>222.55068946</v>
       </c>
       <c r="FK45" s="20">
         <v>212.99039812999999</v>
       </c>
+      <c r="FL45" s="20">
+        <v>250.81992697999999</v>
+      </c>
     </row>
-    <row r="46" spans="2:167" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="46" spans="2:168" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B46" s="2" t="s">
         <v>16</v>
       </c>
       <c r="C46" s="20"/>
       <c r="D46" s="20"/>
       <c r="E46" s="20"/>
       <c r="F46" s="20"/>
       <c r="G46" s="20"/>
       <c r="H46" s="20"/>
       <c r="I46" s="20"/>
       <c r="J46" s="20"/>
       <c r="K46" s="20"/>
       <c r="L46" s="20"/>
       <c r="M46" s="20"/>
       <c r="N46" s="20"/>
       <c r="O46" s="20"/>
       <c r="P46" s="20"/>
       <c r="Q46" s="20"/>
       <c r="R46" s="20"/>
       <c r="S46" s="20"/>
       <c r="T46" s="20"/>
       <c r="U46" s="20"/>
       <c r="V46" s="20"/>
       <c r="W46" s="20"/>
       <c r="X46" s="20"/>
@@ -14132,52 +14236,55 @@
       </c>
       <c r="FD46" s="20">
         <v>80.382132209999995</v>
       </c>
       <c r="FE46" s="20">
         <v>91.563528680000005</v>
       </c>
       <c r="FF46" s="20">
         <v>111.06604129999999</v>
       </c>
       <c r="FG46" s="20">
         <v>36.488325590000002</v>
       </c>
       <c r="FH46" s="20">
         <v>85.281859080000004</v>
       </c>
       <c r="FI46" s="20">
         <v>67.669187440000002</v>
       </c>
       <c r="FJ46" s="20">
         <v>37.686904119999994</v>
       </c>
       <c r="FK46" s="20">
         <v>31.23465259</v>
       </c>
+      <c r="FL46" s="20">
+        <v>47.981901389999997</v>
+      </c>
     </row>
-    <row r="47" spans="2:167" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="47" spans="2:168" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B47" s="2" t="s">
         <v>17</v>
       </c>
       <c r="C47" s="20"/>
       <c r="D47" s="20"/>
       <c r="E47" s="20"/>
       <c r="F47" s="20"/>
       <c r="G47" s="20"/>
       <c r="H47" s="20"/>
       <c r="I47" s="20"/>
       <c r="J47" s="20"/>
       <c r="K47" s="20"/>
       <c r="L47" s="20"/>
       <c r="M47" s="20"/>
       <c r="N47" s="20"/>
       <c r="O47" s="20"/>
       <c r="P47" s="20"/>
       <c r="Q47" s="20"/>
       <c r="R47" s="20"/>
       <c r="S47" s="20"/>
       <c r="T47" s="20"/>
       <c r="U47" s="20"/>
       <c r="V47" s="20"/>
       <c r="W47" s="20"/>
       <c r="X47" s="20"/>
@@ -14366,52 +14473,55 @@
       </c>
       <c r="FD47" s="20">
         <v>12.65889739</v>
       </c>
       <c r="FE47" s="20">
         <v>13.46685881</v>
       </c>
       <c r="FF47" s="20">
         <v>17.195941019999999</v>
       </c>
       <c r="FG47" s="20">
         <v>12.83281277</v>
       </c>
       <c r="FH47" s="20">
         <v>10.59510875</v>
       </c>
       <c r="FI47" s="20">
         <v>9.5142031300000003</v>
       </c>
       <c r="FJ47" s="20">
         <v>13.67588014</v>
       </c>
       <c r="FK47" s="20">
         <v>12.379754289999999</v>
       </c>
+      <c r="FL47" s="20">
+        <v>18.116640559999997</v>
+      </c>
     </row>
-    <row r="48" spans="2:167" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="48" spans="2:168" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B48" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C48" s="20">
         <v>2.6706959999999998E-2</v>
       </c>
       <c r="D48" s="20">
         <v>0.11763382</v>
       </c>
       <c r="E48" s="20">
         <v>0.11515638</v>
       </c>
       <c r="F48" s="20">
         <v>0.11764823999999999</v>
       </c>
       <c r="G48" s="20">
         <v>5.1612390000000001E-2</v>
       </c>
       <c r="H48" s="20">
         <v>0.11404584999999999</v>
       </c>
       <c r="I48" s="20">
         <v>6.1104210000000006E-2</v>
       </c>
       <c r="J48" s="20">
@@ -14866,52 +14976,55 @@
       </c>
       <c r="FD48" s="20">
         <v>3.2</v>
       </c>
       <c r="FE48" s="20">
         <v>3.2</v>
       </c>
       <c r="FF48" s="20">
         <v>3.2</v>
       </c>
       <c r="FG48" s="20">
         <v>3.2</v>
       </c>
       <c r="FH48" s="20">
         <v>3.2</v>
       </c>
       <c r="FI48" s="20">
         <v>2.5</v>
       </c>
       <c r="FJ48" s="20">
         <v>2.5</v>
       </c>
       <c r="FK48" s="20">
         <v>1.5</v>
       </c>
+      <c r="FL48" s="20">
+        <v>1.5</v>
+      </c>
     </row>
-    <row r="49" spans="2:167" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="49" spans="2:168" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B49" s="2" t="s">
         <v>18</v>
       </c>
       <c r="C49" s="20">
         <v>2.6706959999999998E-2</v>
       </c>
       <c r="D49" s="20">
         <v>0.11763382</v>
       </c>
       <c r="E49" s="20">
         <v>0.11515638</v>
       </c>
       <c r="F49" s="20">
         <v>0.11764823999999999</v>
       </c>
       <c r="G49" s="20">
         <v>5.1612390000000001E-2</v>
       </c>
       <c r="H49" s="20">
         <v>0.11404584999999999</v>
       </c>
       <c r="I49" s="20">
         <v>6.1104210000000006E-2</v>
       </c>
       <c r="J49" s="20">
@@ -15366,52 +15479,55 @@
       </c>
       <c r="FD49" s="20">
         <v>3.2</v>
       </c>
       <c r="FE49" s="20">
         <v>3.2</v>
       </c>
       <c r="FF49" s="20">
         <v>3.2</v>
       </c>
       <c r="FG49" s="20">
         <v>3.2</v>
       </c>
       <c r="FH49" s="20">
         <v>3.2</v>
       </c>
       <c r="FI49" s="20">
         <v>2.5</v>
       </c>
       <c r="FJ49" s="20">
         <v>2.5</v>
       </c>
       <c r="FK49" s="20">
         <v>1.5</v>
       </c>
+      <c r="FL49" s="20">
+        <v>1.5</v>
+      </c>
     </row>
-    <row r="50" spans="2:167" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="50" spans="2:168" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B50" s="2" t="s">
         <v>19</v>
       </c>
       <c r="C50" s="20" t="s">
         <v>4</v>
       </c>
       <c r="D50" s="20" t="s">
         <v>4</v>
       </c>
       <c r="E50" s="20" t="s">
         <v>4</v>
       </c>
       <c r="F50" s="20" t="s">
         <v>4</v>
       </c>
       <c r="G50" s="20" t="s">
         <v>4</v>
       </c>
       <c r="H50" s="20" t="s">
         <v>4</v>
       </c>
       <c r="I50" s="20" t="s">
         <v>4</v>
       </c>
       <c r="J50" s="20" t="s">
@@ -15866,52 +15982,55 @@
       </c>
       <c r="FD50" s="20" t="s">
         <v>4</v>
       </c>
       <c r="FE50" s="20" t="s">
         <v>4</v>
       </c>
       <c r="FF50" s="20" t="s">
         <v>4</v>
       </c>
       <c r="FG50" s="20" t="s">
         <v>4</v>
       </c>
       <c r="FH50" s="20" t="s">
         <v>4</v>
       </c>
       <c r="FI50" s="20" t="s">
         <v>4</v>
       </c>
       <c r="FJ50" s="20" t="s">
         <v>4</v>
       </c>
       <c r="FK50" s="20" t="s">
         <v>4</v>
       </c>
+      <c r="FL50" s="20" t="s">
+        <v>4</v>
+      </c>
     </row>
-    <row r="51" spans="2:167" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="51" spans="2:168" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B51" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C51" s="20"/>
       <c r="D51" s="20"/>
       <c r="E51" s="20"/>
       <c r="F51" s="20"/>
       <c r="G51" s="20"/>
       <c r="H51" s="20"/>
       <c r="I51" s="20"/>
       <c r="J51" s="20"/>
       <c r="K51" s="20"/>
       <c r="L51" s="20"/>
       <c r="M51" s="20"/>
       <c r="N51" s="20"/>
       <c r="O51" s="20"/>
       <c r="P51" s="20"/>
       <c r="Q51" s="20"/>
       <c r="R51" s="20"/>
       <c r="S51" s="20"/>
       <c r="T51" s="20"/>
       <c r="U51" s="20"/>
       <c r="V51" s="20"/>
       <c r="W51" s="20"/>
       <c r="X51" s="20"/>
@@ -16036,52 +16155,53 @@
       <c r="EM51" s="20"/>
       <c r="EN51" s="20"/>
       <c r="EO51" s="20"/>
       <c r="EP51" s="20"/>
       <c r="EQ51" s="20"/>
       <c r="ER51" s="20"/>
       <c r="ES51" s="20"/>
       <c r="ET51" s="20"/>
       <c r="EU51" s="20"/>
       <c r="EV51" s="20"/>
       <c r="EW51" s="20"/>
       <c r="EX51" s="20"/>
       <c r="EY51" s="20"/>
       <c r="EZ51" s="20"/>
       <c r="FA51" s="20"/>
       <c r="FB51" s="20"/>
       <c r="FC51" s="20"/>
       <c r="FD51" s="20"/>
       <c r="FE51" s="20"/>
       <c r="FF51" s="20"/>
       <c r="FG51" s="20"/>
       <c r="FH51" s="20"/>
       <c r="FI51" s="20"/>
       <c r="FJ51" s="20"/>
       <c r="FK51" s="20"/>
+      <c r="FL51" s="20"/>
     </row>
-    <row r="52" spans="2:167" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="52" spans="2:168" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B52" s="2" t="s">
         <v>11</v>
       </c>
       <c r="C52" s="20">
         <v>2966.9959484299998</v>
       </c>
       <c r="D52" s="20">
         <v>2703.6265304899998</v>
       </c>
       <c r="E52" s="20">
         <v>2295.5708025599997</v>
       </c>
       <c r="F52" s="20">
         <v>2338.2565655399999</v>
       </c>
       <c r="G52" s="20">
         <v>2367.3175691699998</v>
       </c>
       <c r="H52" s="20">
         <v>2459.1797642900001</v>
       </c>
       <c r="I52" s="20">
         <v>2578.6477605800001</v>
       </c>
       <c r="J52" s="20">
@@ -16536,52 +16656,55 @@
       </c>
       <c r="FD52" s="20">
         <v>11519.547180020001</v>
       </c>
       <c r="FE52" s="20">
         <v>11117.07282874</v>
       </c>
       <c r="FF52" s="20">
         <v>11174.89837056</v>
       </c>
       <c r="FG52" s="20">
         <v>10777.021439049999</v>
       </c>
       <c r="FH52" s="20">
         <v>11339.41365744</v>
       </c>
       <c r="FI52" s="20">
         <v>12004.53999499</v>
       </c>
       <c r="FJ52" s="20">
         <v>12437.87219091</v>
       </c>
       <c r="FK52" s="20">
         <v>12630.634159430001</v>
       </c>
+      <c r="FL52" s="20">
+        <v>12831.9512595</v>
+      </c>
     </row>
-    <row r="53" spans="2:167" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="53" spans="2:168" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B53" s="14" t="s">
         <v>0</v>
       </c>
       <c r="C53" s="20">
         <v>2711.89729068</v>
       </c>
       <c r="D53" s="20">
         <v>2450.76788588</v>
       </c>
       <c r="E53" s="20">
         <v>2080.9794646999999</v>
       </c>
       <c r="F53" s="20">
         <v>2110.5157490400002</v>
       </c>
       <c r="G53" s="20">
         <v>2126.9839167499999</v>
       </c>
       <c r="H53" s="20">
         <v>2217.5044902</v>
       </c>
       <c r="I53" s="20">
         <v>2411.27953101</v>
       </c>
       <c r="J53" s="20">
@@ -17036,52 +17159,55 @@
       </c>
       <c r="FD53" s="20">
         <v>10861.471240809999</v>
       </c>
       <c r="FE53" s="20">
         <v>10476.604604579999</v>
       </c>
       <c r="FF53" s="20">
         <v>10502.04278967</v>
       </c>
       <c r="FG53" s="20">
         <v>10229.889886520001</v>
       </c>
       <c r="FH53" s="20">
         <v>10645.60456983</v>
       </c>
       <c r="FI53" s="20">
         <v>11139.933777799999</v>
       </c>
       <c r="FJ53" s="20">
         <v>11654.698289790002</v>
       </c>
       <c r="FK53" s="20">
         <v>11887.535763809999</v>
       </c>
+      <c r="FL53" s="20">
+        <v>11968.20060848</v>
+      </c>
     </row>
-    <row r="54" spans="2:167" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="54" spans="2:168" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B54" s="14" t="s">
         <v>1</v>
       </c>
       <c r="C54" s="20">
         <v>255.09865775</v>
       </c>
       <c r="D54" s="20">
         <v>252.85864459999999</v>
       </c>
       <c r="E54" s="20">
         <v>214.59133786000001</v>
       </c>
       <c r="F54" s="20">
         <v>227.74081649999999</v>
       </c>
       <c r="G54" s="20">
         <v>240.33365241999999</v>
       </c>
       <c r="H54" s="20">
         <v>241.6752741</v>
       </c>
       <c r="I54" s="20">
         <v>167.36822957999999</v>
       </c>
       <c r="J54" s="20">
@@ -17536,52 +17662,55 @@
       </c>
       <c r="FD54" s="20">
         <v>658.07593921</v>
       </c>
       <c r="FE54" s="20">
         <v>640.46822415999998</v>
       </c>
       <c r="FF54" s="20">
         <v>672.85558088999994</v>
       </c>
       <c r="FG54" s="20">
         <v>547.13155253000002</v>
       </c>
       <c r="FH54" s="20">
         <v>693.80908761000001</v>
       </c>
       <c r="FI54" s="20">
         <v>864.60621719000005</v>
       </c>
       <c r="FJ54" s="20">
         <v>783.17390111999998</v>
       </c>
       <c r="FK54" s="20">
         <v>743.09839562000002</v>
       </c>
+      <c r="FL54" s="20">
+        <v>863.75065101999996</v>
+      </c>
     </row>
-    <row r="55" spans="2:167" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="55" spans="2:168" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B55" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C55" s="20">
         <v>651.83641888</v>
       </c>
       <c r="D55" s="20">
         <v>418.86257805000002</v>
       </c>
       <c r="E55" s="20">
         <v>383.05153307</v>
       </c>
       <c r="F55" s="20">
         <v>514.33037208999997</v>
       </c>
       <c r="G55" s="20">
         <v>543.43306058999997</v>
       </c>
       <c r="H55" s="20">
         <v>457.72949226999998</v>
       </c>
       <c r="I55" s="20">
         <v>361.18188134999997</v>
       </c>
       <c r="J55" s="20">
@@ -18036,52 +18165,55 @@
       </c>
       <c r="FD55" s="20">
         <v>3493.4337020799999</v>
       </c>
       <c r="FE55" s="20">
         <v>2965.1105401599998</v>
       </c>
       <c r="FF55" s="20">
         <v>3117.52483175</v>
       </c>
       <c r="FG55" s="20">
         <v>3693.2497592199998</v>
       </c>
       <c r="FH55" s="20">
         <v>2974.7114063600002</v>
       </c>
       <c r="FI55" s="20">
         <v>3260.29698087</v>
       </c>
       <c r="FJ55" s="20">
         <v>3498.7256321499999</v>
       </c>
       <c r="FK55" s="20">
         <v>3489.8388786400001</v>
       </c>
+      <c r="FL55" s="20">
+        <v>3313.6500466399998</v>
+      </c>
     </row>
-    <row r="56" spans="2:167" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="56" spans="2:168" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B56" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C56" s="20"/>
       <c r="D56" s="20"/>
       <c r="E56" s="20"/>
       <c r="F56" s="20"/>
       <c r="G56" s="20"/>
       <c r="H56" s="20"/>
       <c r="I56" s="20"/>
       <c r="J56" s="20"/>
       <c r="K56" s="20"/>
       <c r="L56" s="20"/>
       <c r="M56" s="20"/>
       <c r="N56" s="20"/>
       <c r="O56" s="20"/>
       <c r="P56" s="20"/>
       <c r="Q56" s="20"/>
       <c r="R56" s="20"/>
       <c r="S56" s="20"/>
       <c r="T56" s="20"/>
       <c r="U56" s="20"/>
       <c r="V56" s="20"/>
       <c r="W56" s="20"/>
       <c r="X56" s="20"/>
@@ -18270,52 +18402,55 @@
       </c>
       <c r="FD56" s="20">
         <v>3258.0471471799997</v>
       </c>
       <c r="FE56" s="20">
         <v>2750.8451095599999</v>
       </c>
       <c r="FF56" s="20">
         <v>2877.8132603700001</v>
       </c>
       <c r="FG56" s="20">
         <v>3438.2744717300002</v>
       </c>
       <c r="FH56" s="20">
         <v>2673.9175406300001</v>
       </c>
       <c r="FI56" s="20">
         <v>2899.8282675</v>
       </c>
       <c r="FJ56" s="20">
         <v>3211.2828003000004</v>
       </c>
       <c r="FK56" s="20">
         <v>3227.6013453600003</v>
       </c>
+      <c r="FL56" s="20">
+        <v>3058.1859255500003</v>
+      </c>
     </row>
-    <row r="57" spans="2:167" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="57" spans="2:168" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B57" s="2" t="s">
         <v>21</v>
       </c>
       <c r="C57" s="20"/>
       <c r="D57" s="20"/>
       <c r="E57" s="20"/>
       <c r="F57" s="20"/>
       <c r="G57" s="20"/>
       <c r="H57" s="20"/>
       <c r="I57" s="20"/>
       <c r="J57" s="20"/>
       <c r="K57" s="20"/>
       <c r="L57" s="20"/>
       <c r="M57" s="20"/>
       <c r="N57" s="20"/>
       <c r="O57" s="20"/>
       <c r="P57" s="20"/>
       <c r="Q57" s="20"/>
       <c r="R57" s="20"/>
       <c r="S57" s="20"/>
       <c r="T57" s="20"/>
       <c r="U57" s="20"/>
       <c r="V57" s="20"/>
       <c r="W57" s="20"/>
       <c r="X57" s="20"/>
@@ -18504,52 +18639,55 @@
       </c>
       <c r="FD57" s="20">
         <v>158.49004897</v>
       </c>
       <c r="FE57" s="20">
         <v>144.00088958000001</v>
       </c>
       <c r="FF57" s="20">
         <v>136.41607944999998</v>
       </c>
       <c r="FG57" s="20">
         <v>197.40252727000001</v>
       </c>
       <c r="FH57" s="20">
         <v>97.92621668000001</v>
       </c>
       <c r="FI57" s="20">
         <v>163.69133744999999</v>
       </c>
       <c r="FJ57" s="20">
         <v>230.80978643</v>
       </c>
       <c r="FK57" s="20">
         <v>190.58215604</v>
       </c>
+      <c r="FL57" s="20">
+        <v>178.94099212999998</v>
+      </c>
     </row>
-    <row r="58" spans="2:167" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="58" spans="2:168" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B58" s="2" t="s">
         <v>22</v>
       </c>
       <c r="C58" s="20"/>
       <c r="D58" s="20"/>
       <c r="E58" s="20"/>
       <c r="F58" s="20"/>
       <c r="G58" s="20"/>
       <c r="H58" s="20"/>
       <c r="I58" s="20"/>
       <c r="J58" s="20"/>
       <c r="K58" s="20"/>
       <c r="L58" s="20"/>
       <c r="M58" s="20"/>
       <c r="N58" s="20"/>
       <c r="O58" s="20"/>
       <c r="P58" s="20"/>
       <c r="Q58" s="20"/>
       <c r="R58" s="20"/>
       <c r="S58" s="20"/>
       <c r="T58" s="20"/>
       <c r="U58" s="20"/>
       <c r="V58" s="20"/>
       <c r="W58" s="20"/>
       <c r="X58" s="20"/>
@@ -18738,52 +18876,55 @@
       </c>
       <c r="FD58" s="20">
         <v>62.173157209999999</v>
       </c>
       <c r="FE58" s="20">
         <v>50.999097319999997</v>
       </c>
       <c r="FF58" s="20">
         <v>65.372950880000005</v>
       </c>
       <c r="FG58" s="20">
         <v>48.017909500000002</v>
       </c>
       <c r="FH58" s="20">
         <v>179.64585393999999</v>
       </c>
       <c r="FI58" s="20">
         <v>172.43632613</v>
       </c>
       <c r="FJ58" s="20">
         <v>45.55101097</v>
       </c>
       <c r="FK58" s="20">
         <v>64.5732742</v>
       </c>
+      <c r="FL58" s="20">
+        <v>59.428756970000002</v>
+      </c>
     </row>
-    <row r="59" spans="2:167" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="59" spans="2:168" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B59" s="2" t="s">
         <v>23</v>
       </c>
       <c r="C59" s="20"/>
       <c r="D59" s="20"/>
       <c r="E59" s="20"/>
       <c r="F59" s="20"/>
       <c r="G59" s="20"/>
       <c r="H59" s="20"/>
       <c r="I59" s="20"/>
       <c r="J59" s="20"/>
       <c r="K59" s="20"/>
       <c r="L59" s="20"/>
       <c r="M59" s="20"/>
       <c r="N59" s="20"/>
       <c r="O59" s="20"/>
       <c r="P59" s="20"/>
       <c r="Q59" s="20"/>
       <c r="R59" s="20"/>
       <c r="S59" s="20"/>
       <c r="T59" s="20"/>
       <c r="U59" s="20"/>
       <c r="V59" s="20"/>
       <c r="W59" s="20"/>
       <c r="X59" s="20"/>
@@ -18972,52 +19113,55 @@
       </c>
       <c r="FD59" s="20">
         <v>4.1578838899999999</v>
       </c>
       <c r="FE59" s="20">
         <v>10.03452418</v>
       </c>
       <c r="FF59" s="20">
         <v>8.2802187200000006</v>
       </c>
       <c r="FG59" s="20">
         <v>4.5870528699999999</v>
       </c>
       <c r="FH59" s="20">
         <v>8.2793932100000003</v>
       </c>
       <c r="FI59" s="20">
         <v>12.184810480000001</v>
       </c>
       <c r="FJ59" s="20">
         <v>4.2714732800000004</v>
       </c>
       <c r="FK59" s="20">
         <v>5.23024486</v>
       </c>
+      <c r="FL59" s="20">
+        <v>10.990446009999999</v>
+      </c>
     </row>
-    <row r="60" spans="2:167" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="60" spans="2:168" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B60" s="2" t="s">
         <v>24</v>
       </c>
       <c r="C60" s="20"/>
       <c r="D60" s="20"/>
       <c r="E60" s="20"/>
       <c r="F60" s="20"/>
       <c r="G60" s="20"/>
       <c r="H60" s="20"/>
       <c r="I60" s="20"/>
       <c r="J60" s="20"/>
       <c r="K60" s="20"/>
       <c r="L60" s="20"/>
       <c r="M60" s="20"/>
       <c r="N60" s="20"/>
       <c r="O60" s="20"/>
       <c r="P60" s="20"/>
       <c r="Q60" s="20"/>
       <c r="R60" s="20"/>
       <c r="S60" s="20"/>
       <c r="T60" s="20"/>
       <c r="U60" s="20"/>
       <c r="V60" s="20"/>
       <c r="W60" s="20"/>
       <c r="X60" s="20"/>
@@ -19206,52 +19350,55 @@
       </c>
       <c r="FD60" s="20">
         <v>10.56546483</v>
       </c>
       <c r="FE60" s="20">
         <v>9.2309195199999987</v>
       </c>
       <c r="FF60" s="20">
         <v>29.642322329999999</v>
       </c>
       <c r="FG60" s="20">
         <v>4.9677978499999993</v>
       </c>
       <c r="FH60" s="20">
         <v>14.9424019</v>
       </c>
       <c r="FI60" s="20">
         <v>12.15623931</v>
       </c>
       <c r="FJ60" s="20">
         <v>6.8105611699999997</v>
       </c>
       <c r="FK60" s="20">
         <v>1.85185818</v>
       </c>
+      <c r="FL60" s="20">
+        <v>6.1039259800000005</v>
+      </c>
     </row>
-    <row r="61" spans="2:167" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="61" spans="2:168" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B61" s="10" t="s">
         <v>25</v>
       </c>
       <c r="C61" s="21" t="s">
         <v>4</v>
       </c>
       <c r="D61" s="21" t="s">
         <v>4</v>
       </c>
       <c r="E61" s="21" t="s">
         <v>4</v>
       </c>
       <c r="F61" s="21" t="s">
         <v>4</v>
       </c>
       <c r="G61" s="21">
         <v>31.189859980000001</v>
       </c>
       <c r="H61" s="21" t="s">
         <v>4</v>
       </c>
       <c r="I61" s="21" t="s">
         <v>4</v>
       </c>
       <c r="J61" s="21">
@@ -19706,79 +19853,83 @@
       </c>
       <c r="FD61" s="21" t="s">
         <v>4</v>
       </c>
       <c r="FE61" s="21" t="s">
         <v>4</v>
       </c>
       <c r="FF61" s="21" t="s">
         <v>4</v>
       </c>
       <c r="FG61" s="21" t="s">
         <v>4</v>
       </c>
       <c r="FH61" s="21" t="s">
         <v>4</v>
       </c>
       <c r="FI61" s="21" t="s">
         <v>4</v>
       </c>
       <c r="FJ61" s="21" t="s">
         <v>4</v>
       </c>
       <c r="FK61" s="21" t="s">
         <v>4</v>
       </c>
+      <c r="FL61" s="21" t="s">
+        <v>4</v>
+      </c>
     </row>
-    <row r="62" spans="2:167" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2"/>
-[...1 lines deleted...]
-    <row r="64" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="62" spans="2:168" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="63" spans="2:168" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="64" spans="2:168" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B64" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="66" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B66" s="18" t="s">
         <v>28</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Radni listovi</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>EUR</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:creator>Borna Klinc</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>