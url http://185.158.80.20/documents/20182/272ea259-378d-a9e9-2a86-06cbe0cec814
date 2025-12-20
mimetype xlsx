--- v1 (2025-11-19)
+++ v2 (2025-12-20)
@@ -2,83 +2,83 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24334"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\261\MOST\KAMATNE STOPE - NOVO MOSTv2\BILTENSKE TABLICE od 03-2020\G1-G6\2025\G tablice 2025_09_30\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\hnb.local\Banka\DMFS\261\MOST\KAMATNE STOPE - NOVO MOSTv2\BILTENSKE TABLICE od 03-2020\G1-G6\2025\G tablice 2025_10_31\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{0A7971C2-362A-4CD7-A16E-C38CB39C1063}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{AD498790-DB2E-4534-A10F-0311E1B252A6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-28920" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{E2AA152F-23F4-41CD-A852-9EB59799E71D}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12576" xr2:uid="{E2AA152F-23F4-41CD-A852-9EB59799E71D}"/>
   </bookViews>
   <sheets>
     <sheet name="EUR" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1120" uniqueCount="31">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1126" uniqueCount="33">
   <si>
     <t xml:space="preserve">            O/w: transaction accounts</t>
   </si>
   <si>
     <t xml:space="preserve">            O/w: savings deposits</t>
   </si>
   <si>
     <t>in % on annual basis</t>
   </si>
   <si>
     <t>in million EUR</t>
   </si>
   <si>
     <t>–</t>
   </si>
   <si>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
@@ -567,50 +567,56 @@
     </r>
     <r>
       <rPr>
         <sz val="8"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t>Repos</t>
     </r>
   </si>
   <si>
     <t>weighted monthly averages of interest rates, in % on annual basis and volumes of new business in million EUR</t>
   </si>
   <si>
     <t>Table G1 Credit institutions' interest rates on deposits (new business)</t>
   </si>
   <si>
     <t xml:space="preserve">Note: Starting with January 2023, all data refer only to deposits in euro. </t>
   </si>
   <si>
     <t>Weighted monthly averages of interest rates</t>
   </si>
   <si>
     <t>Volumes of new business</t>
+  </si>
+  <si>
+    <t>* Revised data.</t>
+  </si>
+  <si>
+    <t>*</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="#,##0.0"/>
     <numFmt numFmtId="165" formatCode="mm/yy"/>
   </numFmts>
   <fonts count="12" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
@@ -1137,126 +1143,127 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{32038CA2-E24F-4B1E-88E5-99A1FBA31A2E}">
-  <dimension ref="B2:FL66"/>
+  <dimension ref="B2:FM66"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
+    <sheetView tabSelected="1" topLeftCell="A46" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="7.85546875" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="7.88671875" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="2.7109375" style="5" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="3" max="16384" width="7.85546875" style="5"/>
+    <col min="1" max="1" width="2.6640625" style="5" customWidth="1"/>
+    <col min="2" max="2" width="33.109375" style="5" customWidth="1"/>
+    <col min="3" max="16384" width="7.88671875" style="5"/>
   </cols>
   <sheetData>
-    <row r="2" spans="2:168" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="2" spans="2:169" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B2" s="24" t="s">
         <v>27</v>
       </c>
     </row>
-    <row r="3" spans="2:168" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="3" spans="2:169" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B3" s="25" t="s">
         <v>26</v>
       </c>
       <c r="C3" s="7"/>
       <c r="D3" s="6"/>
     </row>
-    <row r="4" spans="2:168" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="4" spans="2:169" ht="9.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="E4" s="7"/>
       <c r="F4" s="7"/>
       <c r="G4" s="7"/>
       <c r="H4" s="6"/>
     </row>
-    <row r="5" spans="2:168" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="5" spans="2:169" ht="9.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B5" s="1"/>
     </row>
-    <row r="6" spans="2:168" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="6" spans="2:169" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B6" s="16" t="s">
         <v>29</v>
       </c>
     </row>
-    <row r="7" spans="2:168" s="26" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="7" spans="2:169" s="26" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B7" s="8" t="s">
         <v>2</v>
       </c>
       <c r="EF7" s="27"/>
       <c r="EG7" s="27"/>
       <c r="EH7" s="27"/>
       <c r="EI7" s="27"/>
       <c r="EJ7" s="27"/>
       <c r="EK7" s="27"/>
       <c r="EL7" s="27"/>
       <c r="EM7" s="27"/>
       <c r="EN7" s="27"/>
       <c r="EO7" s="27"/>
       <c r="EP7" s="27"/>
       <c r="EQ7" s="27"/>
       <c r="ER7" s="27"/>
       <c r="ES7" s="27"/>
       <c r="ET7" s="27"/>
       <c r="EU7" s="27"/>
       <c r="EV7" s="27"/>
       <c r="EW7" s="27"/>
       <c r="EX7" s="27"/>
       <c r="EY7" s="27"/>
       <c r="EZ7" s="27"/>
       <c r="FA7" s="27"/>
       <c r="FB7" s="27"/>
       <c r="FC7" s="27"/>
       <c r="FD7" s="27"/>
       <c r="FE7" s="27"/>
       <c r="FF7" s="27"/>
       <c r="FG7" s="27"/>
       <c r="FH7" s="27"/>
       <c r="FI7" s="27"/>
       <c r="FJ7" s="27"/>
       <c r="FK7" s="27"/>
       <c r="FL7" s="27"/>
+      <c r="FM7" s="27"/>
     </row>
-    <row r="8" spans="2:168" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="8" spans="2:169" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B8" s="4"/>
       <c r="C8" s="11">
         <v>40908</v>
       </c>
       <c r="D8" s="11">
         <v>40939</v>
       </c>
       <c r="E8" s="11">
         <v>40968</v>
       </c>
       <c r="F8" s="11">
         <v>40999</v>
       </c>
       <c r="G8" s="11">
         <v>41029</v>
       </c>
       <c r="H8" s="11">
         <v>41060</v>
       </c>
       <c r="I8" s="11">
         <v>41090</v>
       </c>
       <c r="J8" s="11">
         <v>41121</v>
       </c>
@@ -1712,52 +1719,55 @@
       </c>
       <c r="FE8" s="12">
         <v>45716</v>
       </c>
       <c r="FF8" s="12">
         <v>45747</v>
       </c>
       <c r="FG8" s="12">
         <v>45777</v>
       </c>
       <c r="FH8" s="12">
         <v>45808</v>
       </c>
       <c r="FI8" s="12">
         <v>45838</v>
       </c>
       <c r="FJ8" s="12">
         <v>45869</v>
       </c>
       <c r="FK8" s="12">
         <v>45900</v>
       </c>
       <c r="FL8" s="12">
         <v>45930</v>
       </c>
+      <c r="FM8" s="12">
+        <v>45961</v>
+      </c>
     </row>
-    <row r="9" spans="2:168" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="9" spans="2:169" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B9" s="2" t="s">
         <v>6</v>
       </c>
       <c r="C9" s="22"/>
       <c r="D9" s="22"/>
       <c r="E9" s="22"/>
       <c r="F9" s="22"/>
       <c r="G9" s="22"/>
       <c r="H9" s="22"/>
       <c r="I9" s="22"/>
       <c r="J9" s="22"/>
       <c r="K9" s="22"/>
       <c r="L9" s="22"/>
       <c r="M9" s="22"/>
       <c r="N9" s="22"/>
       <c r="O9" s="22"/>
       <c r="P9" s="22"/>
       <c r="Q9" s="22"/>
       <c r="R9" s="22"/>
       <c r="S9" s="22"/>
       <c r="T9" s="22"/>
       <c r="U9" s="22"/>
       <c r="V9" s="22"/>
       <c r="W9" s="22"/>
       <c r="X9" s="22"/>
@@ -1883,52 +1893,53 @@
       <c r="EN9" s="22"/>
       <c r="EO9" s="22"/>
       <c r="EP9" s="22"/>
       <c r="EQ9" s="22"/>
       <c r="ER9" s="22"/>
       <c r="ES9" s="22"/>
       <c r="ET9" s="22"/>
       <c r="EU9" s="22"/>
       <c r="EV9" s="22"/>
       <c r="EW9" s="22"/>
       <c r="EX9" s="22"/>
       <c r="EY9" s="22"/>
       <c r="EZ9" s="22"/>
       <c r="FA9" s="22"/>
       <c r="FB9" s="22"/>
       <c r="FC9" s="22"/>
       <c r="FD9" s="22"/>
       <c r="FE9" s="22"/>
       <c r="FF9" s="22"/>
       <c r="FG9" s="22"/>
       <c r="FH9" s="22"/>
       <c r="FI9" s="22"/>
       <c r="FJ9" s="22"/>
       <c r="FK9" s="22"/>
       <c r="FL9" s="22"/>
+      <c r="FM9" s="22"/>
     </row>
-    <row r="10" spans="2:168" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="10" spans="2:169" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B10" s="2" t="s">
         <v>7</v>
       </c>
       <c r="C10" s="22">
         <v>0.24</v>
       </c>
       <c r="D10" s="22">
         <v>0.24</v>
       </c>
       <c r="E10" s="22">
         <v>0.23</v>
       </c>
       <c r="F10" s="22">
         <v>0.24</v>
       </c>
       <c r="G10" s="22">
         <v>0.24</v>
       </c>
       <c r="H10" s="22">
         <v>0.23</v>
       </c>
       <c r="I10" s="22">
         <v>0.24</v>
       </c>
       <c r="J10" s="22">
@@ -2386,52 +2397,55 @@
       </c>
       <c r="FE10" s="22">
         <v>0.02</v>
       </c>
       <c r="FF10" s="22">
         <v>0.02</v>
       </c>
       <c r="FG10" s="22">
         <v>0.02</v>
       </c>
       <c r="FH10" s="22">
         <v>0.02</v>
       </c>
       <c r="FI10" s="22">
         <v>0.02</v>
       </c>
       <c r="FJ10" s="22">
         <v>0.02</v>
       </c>
       <c r="FK10" s="22">
         <v>0.02</v>
       </c>
       <c r="FL10" s="22">
         <v>0.02</v>
       </c>
+      <c r="FM10" s="22">
+        <v>0.02</v>
+      </c>
     </row>
-    <row r="11" spans="2:168" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="11" spans="2:169" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B11" s="14" t="s">
         <v>0</v>
       </c>
       <c r="C11" s="22">
         <v>0.21</v>
       </c>
       <c r="D11" s="22">
         <v>0.22</v>
       </c>
       <c r="E11" s="22">
         <v>0.2</v>
       </c>
       <c r="F11" s="22">
         <v>0.21</v>
       </c>
       <c r="G11" s="22">
         <v>0.22</v>
       </c>
       <c r="H11" s="22">
         <v>0.21</v>
       </c>
       <c r="I11" s="22">
         <v>0.21</v>
       </c>
       <c r="J11" s="22">
@@ -2889,52 +2903,55 @@
       </c>
       <c r="FE11" s="22">
         <v>0.01</v>
       </c>
       <c r="FF11" s="22">
         <v>0.01</v>
       </c>
       <c r="FG11" s="22">
         <v>0.01</v>
       </c>
       <c r="FH11" s="22">
         <v>0.01</v>
       </c>
       <c r="FI11" s="22">
         <v>0.01</v>
       </c>
       <c r="FJ11" s="22">
         <v>0.01</v>
       </c>
       <c r="FK11" s="22">
         <v>0.01</v>
       </c>
       <c r="FL11" s="22">
         <v>0.01</v>
       </c>
+      <c r="FM11" s="22">
+        <v>0.01</v>
+      </c>
     </row>
-    <row r="12" spans="2:168" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="12" spans="2:169" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B12" s="14" t="s">
         <v>1</v>
       </c>
       <c r="C12" s="22">
         <v>0.27</v>
       </c>
       <c r="D12" s="22">
         <v>0.26</v>
       </c>
       <c r="E12" s="22">
         <v>0.26</v>
       </c>
       <c r="F12" s="22">
         <v>0.28000000000000003</v>
       </c>
       <c r="G12" s="22">
         <v>0.26</v>
       </c>
       <c r="H12" s="22">
         <v>0.26</v>
       </c>
       <c r="I12" s="22">
         <v>0.25</v>
       </c>
       <c r="J12" s="22">
@@ -3392,52 +3409,55 @@
       </c>
       <c r="FE12" s="22">
         <v>0.18</v>
       </c>
       <c r="FF12" s="22">
         <v>0.2</v>
       </c>
       <c r="FG12" s="22">
         <v>0.2</v>
       </c>
       <c r="FH12" s="22">
         <v>0.2</v>
       </c>
       <c r="FI12" s="22">
         <v>0.19</v>
       </c>
       <c r="FJ12" s="22">
         <v>0.16</v>
       </c>
       <c r="FK12" s="22">
         <v>0.16</v>
       </c>
       <c r="FL12" s="22">
         <v>0.16</v>
       </c>
+      <c r="FM12" s="22">
+        <v>0.17</v>
+      </c>
     </row>
-    <row r="13" spans="2:168" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="13" spans="2:169" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B13" s="2" t="s">
         <v>8</v>
       </c>
       <c r="C13" s="22">
         <v>3.32</v>
       </c>
       <c r="D13" s="22">
         <v>3.31</v>
       </c>
       <c r="E13" s="22">
         <v>3.49</v>
       </c>
       <c r="F13" s="22">
         <v>3.39</v>
       </c>
       <c r="G13" s="22">
         <v>3.4</v>
       </c>
       <c r="H13" s="22">
         <v>3.44</v>
       </c>
       <c r="I13" s="22">
         <v>3.32</v>
       </c>
       <c r="J13" s="22">
@@ -3895,52 +3915,55 @@
       </c>
       <c r="FE13" s="22">
         <v>1.62</v>
       </c>
       <c r="FF13" s="22">
         <v>1.69</v>
       </c>
       <c r="FG13" s="22">
         <v>1.45</v>
       </c>
       <c r="FH13" s="22">
         <v>1.52</v>
       </c>
       <c r="FI13" s="22">
         <v>1.44</v>
       </c>
       <c r="FJ13" s="22">
         <v>1.36</v>
       </c>
       <c r="FK13" s="22">
         <v>1.3</v>
       </c>
       <c r="FL13" s="22">
         <v>1.56</v>
       </c>
+      <c r="FM13" s="22">
+        <v>1.33</v>
+      </c>
     </row>
-    <row r="14" spans="2:168" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="14" spans="2:169" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="22"/>
       <c r="D14" s="22"/>
       <c r="E14" s="22"/>
       <c r="F14" s="22"/>
       <c r="G14" s="22"/>
       <c r="H14" s="22"/>
       <c r="I14" s="22"/>
       <c r="J14" s="22"/>
       <c r="K14" s="22"/>
       <c r="L14" s="22"/>
       <c r="M14" s="22"/>
       <c r="N14" s="22"/>
       <c r="O14" s="22"/>
       <c r="P14" s="22"/>
       <c r="Q14" s="22"/>
       <c r="R14" s="22"/>
       <c r="S14" s="22"/>
       <c r="T14" s="22"/>
       <c r="U14" s="22"/>
       <c r="V14" s="22"/>
       <c r="W14" s="22"/>
       <c r="X14" s="22"/>
@@ -4132,52 +4155,55 @@
       </c>
       <c r="FE14" s="22">
         <v>2.0699999999999998</v>
       </c>
       <c r="FF14" s="22">
         <v>2.09</v>
       </c>
       <c r="FG14" s="22">
         <v>1.92</v>
       </c>
       <c r="FH14" s="22">
         <v>1.86</v>
       </c>
       <c r="FI14" s="22">
         <v>1.7</v>
       </c>
       <c r="FJ14" s="22">
         <v>1.7</v>
       </c>
       <c r="FK14" s="22">
         <v>1.67</v>
       </c>
       <c r="FL14" s="22">
         <v>1.8</v>
       </c>
+      <c r="FM14" s="22">
+        <v>1.69</v>
+      </c>
     </row>
-    <row r="15" spans="2:168" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="15" spans="2:169" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B15" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C15" s="22"/>
       <c r="D15" s="22"/>
       <c r="E15" s="22"/>
       <c r="F15" s="22"/>
       <c r="G15" s="22"/>
       <c r="H15" s="22"/>
       <c r="I15" s="22"/>
       <c r="J15" s="22"/>
       <c r="K15" s="22"/>
       <c r="L15" s="22"/>
       <c r="M15" s="22"/>
       <c r="N15" s="22"/>
       <c r="O15" s="22"/>
       <c r="P15" s="22"/>
       <c r="Q15" s="22"/>
       <c r="R15" s="22"/>
       <c r="S15" s="22"/>
       <c r="T15" s="22"/>
       <c r="U15" s="22"/>
       <c r="V15" s="22"/>
       <c r="W15" s="22"/>
       <c r="X15" s="22"/>
@@ -4369,52 +4395,55 @@
       </c>
       <c r="FE15" s="22">
         <v>1.43</v>
       </c>
       <c r="FF15" s="22">
         <v>1.41</v>
       </c>
       <c r="FG15" s="22">
         <v>1.23</v>
       </c>
       <c r="FH15" s="22">
         <v>1.1299999999999999</v>
       </c>
       <c r="FI15" s="22">
         <v>1.17</v>
       </c>
       <c r="FJ15" s="22">
         <v>1.1499999999999999</v>
       </c>
       <c r="FK15" s="22">
         <v>0.94</v>
       </c>
       <c r="FL15" s="22">
         <v>1.61</v>
       </c>
+      <c r="FM15" s="22">
+        <v>0.84</v>
+      </c>
     </row>
-    <row r="16" spans="2:168" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="16" spans="2:169" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B16" s="2" t="s">
         <v>15</v>
       </c>
       <c r="C16" s="22"/>
       <c r="D16" s="22"/>
       <c r="E16" s="22"/>
       <c r="F16" s="22"/>
       <c r="G16" s="22"/>
       <c r="H16" s="22"/>
       <c r="I16" s="22"/>
       <c r="J16" s="22"/>
       <c r="K16" s="22"/>
       <c r="L16" s="22"/>
       <c r="M16" s="22"/>
       <c r="N16" s="22"/>
       <c r="O16" s="22"/>
       <c r="P16" s="22"/>
       <c r="Q16" s="22"/>
       <c r="R16" s="22"/>
       <c r="S16" s="22"/>
       <c r="T16" s="22"/>
       <c r="U16" s="22"/>
       <c r="V16" s="22"/>
       <c r="W16" s="22"/>
       <c r="X16" s="22"/>
@@ -4606,52 +4635,55 @@
       </c>
       <c r="FE16" s="22">
         <v>1.58</v>
       </c>
       <c r="FF16" s="22">
         <v>1.67</v>
       </c>
       <c r="FG16" s="22">
         <v>1.32</v>
       </c>
       <c r="FH16" s="22">
         <v>1.64</v>
       </c>
       <c r="FI16" s="22">
         <v>1.54</v>
       </c>
       <c r="FJ16" s="22">
         <v>1.36</v>
       </c>
       <c r="FK16" s="22">
         <v>1.35</v>
       </c>
       <c r="FL16" s="22">
         <v>1.36</v>
       </c>
+      <c r="FM16" s="22">
+        <v>1.49</v>
+      </c>
     </row>
-    <row r="17" spans="2:168" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="17" spans="2:169" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B17" s="2" t="s">
         <v>16</v>
       </c>
       <c r="C17" s="22"/>
       <c r="D17" s="22"/>
       <c r="E17" s="22"/>
       <c r="F17" s="22"/>
       <c r="G17" s="22"/>
       <c r="H17" s="22"/>
       <c r="I17" s="22"/>
       <c r="J17" s="22"/>
       <c r="K17" s="22"/>
       <c r="L17" s="22"/>
       <c r="M17" s="22"/>
       <c r="N17" s="22"/>
       <c r="O17" s="22"/>
       <c r="P17" s="22"/>
       <c r="Q17" s="22"/>
       <c r="R17" s="22"/>
       <c r="S17" s="22"/>
       <c r="T17" s="22"/>
       <c r="U17" s="22"/>
       <c r="V17" s="22"/>
       <c r="W17" s="22"/>
       <c r="X17" s="22"/>
@@ -4843,52 +4875,55 @@
       </c>
       <c r="FE17" s="22">
         <v>1.42</v>
       </c>
       <c r="FF17" s="22">
         <v>1.49</v>
       </c>
       <c r="FG17" s="22">
         <v>0.56999999999999995</v>
       </c>
       <c r="FH17" s="22">
         <v>1.8</v>
       </c>
       <c r="FI17" s="22">
         <v>1.53</v>
       </c>
       <c r="FJ17" s="22">
         <v>0.69</v>
       </c>
       <c r="FK17" s="22">
         <v>0.67</v>
       </c>
       <c r="FL17" s="22">
         <v>0.75</v>
       </c>
+      <c r="FM17" s="22">
+        <v>0.66</v>
+      </c>
     </row>
-    <row r="18" spans="2:168" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="18" spans="2:169" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B18" s="2" t="s">
         <v>17</v>
       </c>
       <c r="C18" s="22"/>
       <c r="D18" s="22"/>
       <c r="E18" s="22"/>
       <c r="F18" s="22"/>
       <c r="G18" s="22"/>
       <c r="H18" s="22"/>
       <c r="I18" s="22"/>
       <c r="J18" s="22"/>
       <c r="K18" s="22"/>
       <c r="L18" s="22"/>
       <c r="M18" s="22"/>
       <c r="N18" s="22"/>
       <c r="O18" s="22"/>
       <c r="P18" s="22"/>
       <c r="Q18" s="22"/>
       <c r="R18" s="22"/>
       <c r="S18" s="22"/>
       <c r="T18" s="22"/>
       <c r="U18" s="22"/>
       <c r="V18" s="22"/>
       <c r="W18" s="22"/>
       <c r="X18" s="22"/>
@@ -5080,52 +5115,55 @@
       </c>
       <c r="FE18" s="22">
         <v>0.61</v>
       </c>
       <c r="FF18" s="22">
         <v>1.05</v>
       </c>
       <c r="FG18" s="22">
         <v>0.63</v>
       </c>
       <c r="FH18" s="22">
         <v>0.63</v>
       </c>
       <c r="FI18" s="22">
         <v>0.79</v>
       </c>
       <c r="FJ18" s="22">
         <v>0.9</v>
       </c>
       <c r="FK18" s="22">
         <v>0.93</v>
       </c>
       <c r="FL18" s="22">
         <v>1.29</v>
       </c>
+      <c r="FM18" s="22">
+        <v>1.62</v>
+      </c>
     </row>
-    <row r="19" spans="2:168" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="19" spans="2:169" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B19" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C19" s="22">
         <v>2.9</v>
       </c>
       <c r="D19" s="22">
         <v>3.81</v>
       </c>
       <c r="E19" s="22">
         <v>4.2699999999999996</v>
       </c>
       <c r="F19" s="22">
         <v>4.4800000000000004</v>
       </c>
       <c r="G19" s="22">
         <v>3.25</v>
       </c>
       <c r="H19" s="22">
         <v>3.93</v>
       </c>
       <c r="I19" s="22">
         <v>3.76</v>
       </c>
       <c r="J19" s="22">
@@ -5583,52 +5621,55 @@
       </c>
       <c r="FE19" s="22">
         <v>2.16</v>
       </c>
       <c r="FF19" s="22">
         <v>2</v>
       </c>
       <c r="FG19" s="22">
         <v>1.78</v>
       </c>
       <c r="FH19" s="22">
         <v>1.68</v>
       </c>
       <c r="FI19" s="22">
         <v>1.63</v>
       </c>
       <c r="FJ19" s="22">
         <v>1.61</v>
       </c>
       <c r="FK19" s="22">
         <v>1.73</v>
       </c>
       <c r="FL19" s="22">
         <v>1.78</v>
       </c>
+      <c r="FM19" s="22">
+        <v>1.76</v>
+      </c>
     </row>
-    <row r="20" spans="2:168" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="20" spans="2:169" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="C20" s="22">
         <v>2.9</v>
       </c>
       <c r="D20" s="22">
         <v>3.81</v>
       </c>
       <c r="E20" s="22">
         <v>4.2699999999999996</v>
       </c>
       <c r="F20" s="22">
         <v>4.4800000000000004</v>
       </c>
       <c r="G20" s="22">
         <v>3.25</v>
       </c>
       <c r="H20" s="22">
         <v>3.93</v>
       </c>
       <c r="I20" s="22">
         <v>3.76</v>
       </c>
       <c r="J20" s="22">
@@ -6086,52 +6127,55 @@
       </c>
       <c r="FE20" s="22">
         <v>2.16</v>
       </c>
       <c r="FF20" s="22">
         <v>2</v>
       </c>
       <c r="FG20" s="22">
         <v>1.78</v>
       </c>
       <c r="FH20" s="22">
         <v>1.68</v>
       </c>
       <c r="FI20" s="22">
         <v>1.63</v>
       </c>
       <c r="FJ20" s="22">
         <v>1.61</v>
       </c>
       <c r="FK20" s="22">
         <v>1.73</v>
       </c>
       <c r="FL20" s="22">
         <v>1.78</v>
       </c>
+      <c r="FM20" s="22">
+        <v>1.76</v>
+      </c>
     </row>
-    <row r="21" spans="2:168" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="21" spans="2:169" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B21" s="2" t="s">
         <v>19</v>
       </c>
       <c r="C21" s="22" t="s">
         <v>4</v>
       </c>
       <c r="D21" s="22" t="s">
         <v>4</v>
       </c>
       <c r="E21" s="22" t="s">
         <v>4</v>
       </c>
       <c r="F21" s="22" t="s">
         <v>4</v>
       </c>
       <c r="G21" s="22" t="s">
         <v>4</v>
       </c>
       <c r="H21" s="22" t="s">
         <v>4</v>
       </c>
       <c r="I21" s="22" t="s">
         <v>4</v>
       </c>
       <c r="J21" s="22" t="s">
@@ -6589,52 +6633,55 @@
       </c>
       <c r="FE21" s="22" t="s">
         <v>4</v>
       </c>
       <c r="FF21" s="22" t="s">
         <v>4</v>
       </c>
       <c r="FG21" s="22" t="s">
         <v>4</v>
       </c>
       <c r="FH21" s="22" t="s">
         <v>4</v>
       </c>
       <c r="FI21" s="22" t="s">
         <v>4</v>
       </c>
       <c r="FJ21" s="22" t="s">
         <v>4</v>
       </c>
       <c r="FK21" s="22" t="s">
         <v>4</v>
       </c>
       <c r="FL21" s="22" t="s">
         <v>4</v>
       </c>
+      <c r="FM21" s="22" t="s">
+        <v>4</v>
+      </c>
     </row>
-    <row r="22" spans="2:168" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="22" spans="2:169" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B22" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C22" s="22"/>
       <c r="D22" s="22"/>
       <c r="E22" s="22"/>
       <c r="F22" s="22"/>
       <c r="G22" s="22"/>
       <c r="H22" s="22"/>
       <c r="I22" s="22"/>
       <c r="J22" s="22"/>
       <c r="K22" s="22"/>
       <c r="L22" s="22"/>
       <c r="M22" s="22"/>
       <c r="N22" s="22"/>
       <c r="O22" s="22"/>
       <c r="P22" s="22"/>
       <c r="Q22" s="22"/>
       <c r="R22" s="22"/>
       <c r="S22" s="22"/>
       <c r="T22" s="22"/>
       <c r="U22" s="22"/>
       <c r="V22" s="22"/>
       <c r="W22" s="22"/>
       <c r="X22" s="22"/>
@@ -6760,52 +6807,53 @@
       <c r="EN22" s="22"/>
       <c r="EO22" s="22"/>
       <c r="EP22" s="22"/>
       <c r="EQ22" s="22"/>
       <c r="ER22" s="22"/>
       <c r="ES22" s="22"/>
       <c r="ET22" s="22"/>
       <c r="EU22" s="22"/>
       <c r="EV22" s="22"/>
       <c r="EW22" s="22"/>
       <c r="EX22" s="22"/>
       <c r="EY22" s="22"/>
       <c r="EZ22" s="22"/>
       <c r="FA22" s="22"/>
       <c r="FB22" s="22"/>
       <c r="FC22" s="22"/>
       <c r="FD22" s="22"/>
       <c r="FE22" s="22"/>
       <c r="FF22" s="22"/>
       <c r="FG22" s="22"/>
       <c r="FH22" s="22"/>
       <c r="FI22" s="22"/>
       <c r="FJ22" s="22"/>
       <c r="FK22" s="22"/>
       <c r="FL22" s="22"/>
+      <c r="FM22" s="22"/>
     </row>
-    <row r="23" spans="2:168" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="23" spans="2:169" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B23" s="2" t="s">
         <v>11</v>
       </c>
       <c r="C23" s="22">
         <v>0.56999999999999995</v>
       </c>
       <c r="D23" s="22">
         <v>0.55000000000000004</v>
       </c>
       <c r="E23" s="22">
         <v>0.52</v>
       </c>
       <c r="F23" s="22">
         <v>0.53</v>
       </c>
       <c r="G23" s="22">
         <v>0.53</v>
       </c>
       <c r="H23" s="22">
         <v>0.55000000000000004</v>
       </c>
       <c r="I23" s="22">
         <v>0.53</v>
       </c>
       <c r="J23" s="22">
@@ -7263,52 +7311,55 @@
       </c>
       <c r="FE23" s="22">
         <v>0.11</v>
       </c>
       <c r="FF23" s="22">
         <v>0.11</v>
       </c>
       <c r="FG23" s="22">
         <v>0.1</v>
       </c>
       <c r="FH23" s="22">
         <v>0.1</v>
       </c>
       <c r="FI23" s="22">
         <v>0.13</v>
       </c>
       <c r="FJ23" s="22">
         <v>0.12</v>
       </c>
       <c r="FK23" s="22">
         <v>0.1</v>
       </c>
       <c r="FL23" s="22">
         <v>0.12</v>
       </c>
+      <c r="FM23" s="22">
+        <v>0.13</v>
+      </c>
     </row>
-    <row r="24" spans="2:168" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="24" spans="2:169" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B24" s="14" t="s">
         <v>0</v>
       </c>
       <c r="C24" s="22">
         <v>0.55000000000000004</v>
       </c>
       <c r="D24" s="22">
         <v>0.55000000000000004</v>
       </c>
       <c r="E24" s="22">
         <v>0.51</v>
       </c>
       <c r="F24" s="22">
         <v>0.52</v>
       </c>
       <c r="G24" s="22">
         <v>0.53</v>
       </c>
       <c r="H24" s="22">
         <v>0.53</v>
       </c>
       <c r="I24" s="22">
         <v>0.5</v>
       </c>
       <c r="J24" s="22">
@@ -7766,52 +7817,55 @@
       </c>
       <c r="FE24" s="22">
         <v>0.03</v>
       </c>
       <c r="FF24" s="22">
         <v>0.03</v>
       </c>
       <c r="FG24" s="22">
         <v>0.03</v>
       </c>
       <c r="FH24" s="22">
         <v>0.03</v>
       </c>
       <c r="FI24" s="22">
         <v>0.03</v>
       </c>
       <c r="FJ24" s="22">
         <v>0.03</v>
       </c>
       <c r="FK24" s="22">
         <v>0.03</v>
       </c>
       <c r="FL24" s="22">
         <v>0.03</v>
       </c>
+      <c r="FM24" s="22">
+        <v>0.03</v>
+      </c>
     </row>
-    <row r="25" spans="2:168" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="25" spans="2:169" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B25" s="14" t="s">
         <v>1</v>
       </c>
       <c r="C25" s="22">
         <v>0.73</v>
       </c>
       <c r="D25" s="22">
         <v>0.56999999999999995</v>
       </c>
       <c r="E25" s="22">
         <v>0.6</v>
       </c>
       <c r="F25" s="22">
         <v>0.68</v>
       </c>
       <c r="G25" s="22">
         <v>0.59</v>
       </c>
       <c r="H25" s="22">
         <v>0.67</v>
       </c>
       <c r="I25" s="22">
         <v>0.81</v>
       </c>
       <c r="J25" s="22">
@@ -8269,52 +8323,55 @@
       </c>
       <c r="FE25" s="22">
         <v>1.51</v>
       </c>
       <c r="FF25" s="22">
         <v>1.43</v>
       </c>
       <c r="FG25" s="22">
         <v>1.35</v>
       </c>
       <c r="FH25" s="22">
         <v>1.17</v>
       </c>
       <c r="FI25" s="22">
         <v>1.37</v>
       </c>
       <c r="FJ25" s="22">
         <v>1.36</v>
       </c>
       <c r="FK25" s="22">
         <v>1.24</v>
       </c>
       <c r="FL25" s="22">
         <v>1.33</v>
       </c>
+      <c r="FM25" s="22">
+        <v>1.65</v>
+      </c>
     </row>
-    <row r="26" spans="2:168" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="26" spans="2:169" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B26" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C26" s="22">
         <v>2.59</v>
       </c>
       <c r="D26" s="22">
         <v>2.95</v>
       </c>
       <c r="E26" s="22">
         <v>2.88</v>
       </c>
       <c r="F26" s="22">
         <v>2.41</v>
       </c>
       <c r="G26" s="22">
         <v>2.1</v>
       </c>
       <c r="H26" s="22">
         <v>2.69</v>
       </c>
       <c r="I26" s="22">
         <v>2.44</v>
       </c>
       <c r="J26" s="22">
@@ -8772,52 +8829,55 @@
       </c>
       <c r="FE26" s="22">
         <v>2.42</v>
       </c>
       <c r="FF26" s="22">
         <v>2.2400000000000002</v>
       </c>
       <c r="FG26" s="22">
         <v>2.06</v>
       </c>
       <c r="FH26" s="22">
         <v>1.98</v>
       </c>
       <c r="FI26" s="22">
         <v>1.8</v>
       </c>
       <c r="FJ26" s="22">
         <v>1.79</v>
       </c>
       <c r="FK26" s="22">
         <v>1.79</v>
       </c>
       <c r="FL26" s="22">
         <v>1.77</v>
       </c>
+      <c r="FM26" s="22">
+        <v>1.79</v>
+      </c>
     </row>
-    <row r="27" spans="2:168" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="27" spans="2:169" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B27" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C27" s="22"/>
       <c r="D27" s="22"/>
       <c r="E27" s="22"/>
       <c r="F27" s="22"/>
       <c r="G27" s="22"/>
       <c r="H27" s="22"/>
       <c r="I27" s="22"/>
       <c r="J27" s="22"/>
       <c r="K27" s="22"/>
       <c r="L27" s="22"/>
       <c r="M27" s="22"/>
       <c r="N27" s="22"/>
       <c r="O27" s="22"/>
       <c r="P27" s="22"/>
       <c r="Q27" s="22"/>
       <c r="R27" s="22"/>
       <c r="S27" s="22"/>
       <c r="T27" s="22"/>
       <c r="U27" s="22"/>
       <c r="V27" s="22"/>
       <c r="W27" s="22"/>
       <c r="X27" s="22"/>
@@ -9009,52 +9069,55 @@
       </c>
       <c r="FE27" s="22">
         <v>2.44</v>
       </c>
       <c r="FF27" s="22">
         <v>2.2599999999999998</v>
       </c>
       <c r="FG27" s="22">
         <v>2.0699999999999998</v>
       </c>
       <c r="FH27" s="22">
         <v>1.98</v>
       </c>
       <c r="FI27" s="22">
         <v>1.79</v>
       </c>
       <c r="FJ27" s="22">
         <v>1.79</v>
       </c>
       <c r="FK27" s="22">
         <v>1.78</v>
       </c>
       <c r="FL27" s="22">
         <v>1.77</v>
       </c>
+      <c r="FM27" s="22">
+        <v>1.78</v>
+      </c>
     </row>
-    <row r="28" spans="2:168" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="28" spans="2:169" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B28" s="2" t="s">
         <v>21</v>
       </c>
       <c r="C28" s="22"/>
       <c r="D28" s="22"/>
       <c r="E28" s="22"/>
       <c r="F28" s="22"/>
       <c r="G28" s="22"/>
       <c r="H28" s="22"/>
       <c r="I28" s="22"/>
       <c r="J28" s="22"/>
       <c r="K28" s="22"/>
       <c r="L28" s="22"/>
       <c r="M28" s="22"/>
       <c r="N28" s="22"/>
       <c r="O28" s="22"/>
       <c r="P28" s="22"/>
       <c r="Q28" s="22"/>
       <c r="R28" s="22"/>
       <c r="S28" s="22"/>
       <c r="T28" s="22"/>
       <c r="U28" s="22"/>
       <c r="V28" s="22"/>
       <c r="W28" s="22"/>
       <c r="X28" s="22"/>
@@ -9246,52 +9309,55 @@
       </c>
       <c r="FE28" s="22">
         <v>2.2400000000000002</v>
       </c>
       <c r="FF28" s="22">
         <v>2.11</v>
       </c>
       <c r="FG28" s="22">
         <v>2.06</v>
       </c>
       <c r="FH28" s="22">
         <v>2.02</v>
       </c>
       <c r="FI28" s="22">
         <v>1.85</v>
       </c>
       <c r="FJ28" s="22">
         <v>1.85</v>
       </c>
       <c r="FK28" s="22">
         <v>1.92</v>
       </c>
       <c r="FL28" s="22">
         <v>1.86</v>
       </c>
+      <c r="FM28" s="22">
+        <v>1.81</v>
+      </c>
     </row>
-    <row r="29" spans="2:168" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="29" spans="2:169" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B29" s="2" t="s">
         <v>22</v>
       </c>
       <c r="C29" s="22"/>
       <c r="D29" s="22"/>
       <c r="E29" s="22"/>
       <c r="F29" s="22"/>
       <c r="G29" s="22"/>
       <c r="H29" s="22"/>
       <c r="I29" s="22"/>
       <c r="J29" s="22"/>
       <c r="K29" s="22"/>
       <c r="L29" s="22"/>
       <c r="M29" s="22"/>
       <c r="N29" s="22"/>
       <c r="O29" s="22"/>
       <c r="P29" s="22"/>
       <c r="Q29" s="22"/>
       <c r="R29" s="22"/>
       <c r="S29" s="22"/>
       <c r="T29" s="22"/>
       <c r="U29" s="22"/>
       <c r="V29" s="22"/>
       <c r="W29" s="22"/>
       <c r="X29" s="22"/>
@@ -9483,52 +9549,55 @@
       </c>
       <c r="FE29" s="22">
         <v>2.12</v>
       </c>
       <c r="FF29" s="22">
         <v>2.13</v>
       </c>
       <c r="FG29" s="22">
         <v>1.98</v>
       </c>
       <c r="FH29" s="22">
         <v>1.97</v>
       </c>
       <c r="FI29" s="22">
         <v>1.83</v>
       </c>
       <c r="FJ29" s="22">
         <v>1.75</v>
       </c>
       <c r="FK29" s="22">
         <v>1.91</v>
       </c>
       <c r="FL29" s="22">
         <v>1.78</v>
       </c>
+      <c r="FM29" s="22">
+        <v>1.77</v>
+      </c>
     </row>
-    <row r="30" spans="2:168" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="30" spans="2:169" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B30" s="2" t="s">
         <v>23</v>
       </c>
       <c r="C30" s="22"/>
       <c r="D30" s="22"/>
       <c r="E30" s="22"/>
       <c r="F30" s="22"/>
       <c r="G30" s="22"/>
       <c r="H30" s="22"/>
       <c r="I30" s="22"/>
       <c r="J30" s="22"/>
       <c r="K30" s="22"/>
       <c r="L30" s="22"/>
       <c r="M30" s="22"/>
       <c r="N30" s="22"/>
       <c r="O30" s="22"/>
       <c r="P30" s="22"/>
       <c r="Q30" s="22"/>
       <c r="R30" s="22"/>
       <c r="S30" s="22"/>
       <c r="T30" s="22"/>
       <c r="U30" s="22"/>
       <c r="V30" s="22"/>
       <c r="W30" s="22"/>
       <c r="X30" s="22"/>
@@ -9720,52 +9789,55 @@
       </c>
       <c r="FE30" s="22">
         <v>1.78</v>
       </c>
       <c r="FF30" s="22">
         <v>1.69</v>
       </c>
       <c r="FG30" s="22">
         <v>1.07</v>
       </c>
       <c r="FH30" s="22">
         <v>1.77</v>
       </c>
       <c r="FI30" s="22">
         <v>1.54</v>
       </c>
       <c r="FJ30" s="22">
         <v>1.45</v>
       </c>
       <c r="FK30" s="22">
         <v>1.43</v>
       </c>
       <c r="FL30" s="22">
         <v>0.25</v>
       </c>
+      <c r="FM30" s="22">
+        <v>3.69</v>
+      </c>
     </row>
-    <row r="31" spans="2:168" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="31" spans="2:169" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B31" s="2" t="s">
         <v>24</v>
       </c>
       <c r="C31" s="22"/>
       <c r="D31" s="22"/>
       <c r="E31" s="22"/>
       <c r="F31" s="22"/>
       <c r="G31" s="22"/>
       <c r="H31" s="22"/>
       <c r="I31" s="22"/>
       <c r="J31" s="22"/>
       <c r="K31" s="22"/>
       <c r="L31" s="22"/>
       <c r="M31" s="22"/>
       <c r="N31" s="22"/>
       <c r="O31" s="22"/>
       <c r="P31" s="22"/>
       <c r="Q31" s="22"/>
       <c r="R31" s="22"/>
       <c r="S31" s="22"/>
       <c r="T31" s="22"/>
       <c r="U31" s="22"/>
       <c r="V31" s="22"/>
       <c r="W31" s="22"/>
       <c r="X31" s="22"/>
@@ -9957,52 +10029,55 @@
       </c>
       <c r="FE31" s="22">
         <v>0.38</v>
       </c>
       <c r="FF31" s="22">
         <v>1.54</v>
       </c>
       <c r="FG31" s="22">
         <v>0.06</v>
       </c>
       <c r="FH31" s="22">
         <v>2.72</v>
       </c>
       <c r="FI31" s="22">
         <v>3.35</v>
       </c>
       <c r="FJ31" s="22">
         <v>0.33</v>
       </c>
       <c r="FK31" s="22">
         <v>0.38</v>
       </c>
       <c r="FL31" s="22">
         <v>0.8</v>
       </c>
+      <c r="FM31" s="22">
+        <v>1.39</v>
+      </c>
     </row>
-    <row r="32" spans="2:168" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="32" spans="2:169" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B32" s="10" t="s">
         <v>25</v>
       </c>
       <c r="C32" s="23" t="s">
         <v>4</v>
       </c>
       <c r="D32" s="23" t="s">
         <v>4</v>
       </c>
       <c r="E32" s="23" t="s">
         <v>4</v>
       </c>
       <c r="F32" s="23" t="s">
         <v>4</v>
       </c>
       <c r="G32" s="23">
         <v>0.2</v>
       </c>
       <c r="H32" s="23" t="s">
         <v>4</v>
       </c>
       <c r="I32" s="23" t="s">
         <v>4</v>
       </c>
       <c r="J32" s="23">
@@ -10460,199 +10535,208 @@
       </c>
       <c r="FE32" s="23" t="s">
         <v>4</v>
       </c>
       <c r="FF32" s="23" t="s">
         <v>4</v>
       </c>
       <c r="FG32" s="23" t="s">
         <v>4</v>
       </c>
       <c r="FH32" s="23" t="s">
         <v>4</v>
       </c>
       <c r="FI32" s="23" t="s">
         <v>4</v>
       </c>
       <c r="FJ32" s="23" t="s">
         <v>4</v>
       </c>
       <c r="FK32" s="23" t="s">
         <v>4</v>
       </c>
       <c r="FL32" s="23" t="s">
         <v>4</v>
       </c>
+      <c r="FM32" s="23" t="s">
+        <v>4</v>
+      </c>
     </row>
-    <row r="33" spans="2:168" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="33" spans="2:169" ht="9.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="EF33" s="17"/>
       <c r="EG33" s="17"/>
       <c r="EH33" s="17"/>
       <c r="EI33" s="17"/>
       <c r="EJ33" s="17"/>
       <c r="EK33" s="17"/>
       <c r="EL33" s="17"/>
       <c r="EM33" s="17"/>
       <c r="EN33" s="17"/>
       <c r="EO33" s="17"/>
       <c r="EP33" s="17"/>
       <c r="EQ33" s="17"/>
       <c r="ER33" s="17"/>
       <c r="ES33" s="17"/>
       <c r="ET33" s="17"/>
       <c r="EU33" s="17"/>
       <c r="EV33" s="17"/>
       <c r="EW33" s="17"/>
       <c r="EX33" s="17"/>
       <c r="EY33" s="17"/>
       <c r="EZ33" s="17"/>
       <c r="FA33" s="17"/>
       <c r="FB33" s="17"/>
       <c r="FC33" s="17"/>
       <c r="FD33" s="17"/>
       <c r="FE33" s="17"/>
       <c r="FF33" s="17"/>
       <c r="FG33" s="17"/>
       <c r="FH33" s="17"/>
       <c r="FI33" s="17"/>
       <c r="FJ33" s="17"/>
       <c r="FK33" s="17"/>
       <c r="FL33" s="17"/>
+      <c r="FM33" s="17"/>
     </row>
-    <row r="34" spans="2:168" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="34" spans="2:169" ht="9.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B34" s="3"/>
       <c r="EF34" s="17"/>
       <c r="EG34" s="17"/>
       <c r="EH34" s="17"/>
       <c r="EI34" s="17"/>
       <c r="EJ34" s="17"/>
       <c r="EK34" s="17"/>
       <c r="EL34" s="17"/>
       <c r="EM34" s="17"/>
       <c r="EN34" s="17"/>
       <c r="EO34" s="17"/>
       <c r="EP34" s="17"/>
       <c r="EQ34" s="17"/>
       <c r="ER34" s="17"/>
       <c r="ES34" s="17"/>
       <c r="ET34" s="17"/>
       <c r="EU34" s="17"/>
       <c r="EV34" s="17"/>
       <c r="EW34" s="17"/>
       <c r="EX34" s="17"/>
       <c r="EY34" s="17"/>
       <c r="EZ34" s="17"/>
       <c r="FA34" s="17"/>
       <c r="FB34" s="17"/>
       <c r="FC34" s="17"/>
       <c r="FD34" s="17"/>
       <c r="FE34" s="17"/>
       <c r="FF34" s="17"/>
       <c r="FG34" s="17"/>
       <c r="FH34" s="17"/>
       <c r="FI34" s="17"/>
       <c r="FJ34" s="17"/>
       <c r="FK34" s="17"/>
       <c r="FL34" s="17"/>
+      <c r="FM34" s="17"/>
     </row>
-    <row r="35" spans="2:168" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="35" spans="2:169" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B35" s="15" t="s">
         <v>30</v>
       </c>
       <c r="EF35" s="17"/>
       <c r="EG35" s="17"/>
       <c r="EH35" s="17"/>
       <c r="EI35" s="17"/>
       <c r="EJ35" s="17"/>
       <c r="EK35" s="17"/>
       <c r="EL35" s="17"/>
       <c r="EM35" s="17"/>
       <c r="EN35" s="17"/>
       <c r="EO35" s="17"/>
       <c r="EP35" s="17"/>
       <c r="EQ35" s="17"/>
       <c r="ER35" s="17"/>
       <c r="ES35" s="17"/>
       <c r="ET35" s="17"/>
       <c r="EU35" s="17"/>
       <c r="EV35" s="17"/>
       <c r="EW35" s="17"/>
       <c r="EX35" s="17"/>
       <c r="EY35" s="17"/>
       <c r="EZ35" s="17"/>
       <c r="FA35" s="17"/>
       <c r="FB35" s="17"/>
       <c r="FC35" s="17"/>
       <c r="FD35" s="17"/>
       <c r="FE35" s="17"/>
       <c r="FF35" s="17"/>
       <c r="FG35" s="17"/>
       <c r="FH35" s="17"/>
       <c r="FI35" s="17"/>
       <c r="FJ35" s="17"/>
       <c r="FK35" s="17"/>
       <c r="FL35" s="17"/>
+      <c r="FM35" s="17"/>
     </row>
-    <row r="36" spans="2:168" s="26" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="36" spans="2:169" s="26" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B36" s="9" t="s">
         <v>3</v>
       </c>
       <c r="EF36" s="27"/>
       <c r="EG36" s="27"/>
       <c r="EH36" s="27"/>
       <c r="EI36" s="27"/>
       <c r="EJ36" s="27"/>
       <c r="EK36" s="27"/>
       <c r="EL36" s="27"/>
       <c r="EM36" s="27"/>
       <c r="EN36" s="27"/>
       <c r="EO36" s="27"/>
       <c r="EP36" s="27"/>
       <c r="EQ36" s="27"/>
       <c r="ER36" s="27"/>
       <c r="ES36" s="27"/>
       <c r="ET36" s="27"/>
       <c r="EU36" s="27"/>
       <c r="EV36" s="27"/>
       <c r="EW36" s="27"/>
       <c r="EX36" s="27"/>
       <c r="EY36" s="27"/>
       <c r="EZ36" s="27"/>
       <c r="FA36" s="27"/>
       <c r="FB36" s="27"/>
       <c r="FC36" s="27"/>
       <c r="FD36" s="27"/>
       <c r="FE36" s="27"/>
       <c r="FF36" s="27"/>
       <c r="FG36" s="27"/>
       <c r="FH36" s="27"/>
       <c r="FI36" s="27"/>
       <c r="FJ36" s="27"/>
       <c r="FK36" s="27"/>
-      <c r="FL36" s="27"/>
+      <c r="FL36" s="27" t="s">
+        <v>32</v>
+      </c>
+      <c r="FM36" s="27"/>
     </row>
-    <row r="37" spans="2:168" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="37" spans="2:169" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B37" s="4"/>
       <c r="C37" s="11">
         <v>40908</v>
       </c>
       <c r="D37" s="11">
         <v>40939</v>
       </c>
       <c r="E37" s="11">
         <v>40968</v>
       </c>
       <c r="F37" s="11">
         <v>40999</v>
       </c>
       <c r="G37" s="11">
         <v>41029</v>
       </c>
       <c r="H37" s="11">
         <v>41060</v>
       </c>
       <c r="I37" s="11">
         <v>41090</v>
       </c>
       <c r="J37" s="11">
         <v>41121</v>
       </c>
@@ -11108,52 +11192,55 @@
       </c>
       <c r="FE37" s="12">
         <v>45716</v>
       </c>
       <c r="FF37" s="12">
         <v>45747</v>
       </c>
       <c r="FG37" s="12">
         <v>45777</v>
       </c>
       <c r="FH37" s="12">
         <v>45808</v>
       </c>
       <c r="FI37" s="12">
         <v>45838</v>
       </c>
       <c r="FJ37" s="12">
         <v>45869</v>
       </c>
       <c r="FK37" s="12">
         <v>45900</v>
       </c>
       <c r="FL37" s="12">
         <v>45930</v>
       </c>
+      <c r="FM37" s="12">
+        <v>45961</v>
+      </c>
     </row>
-    <row r="38" spans="2:168" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="38" spans="2:169" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B38" s="2" t="s">
         <v>6</v>
       </c>
       <c r="C38" s="19"/>
       <c r="D38" s="19"/>
       <c r="E38" s="19"/>
       <c r="F38" s="19"/>
       <c r="G38" s="19"/>
       <c r="H38" s="19"/>
       <c r="I38" s="19"/>
       <c r="J38" s="19"/>
       <c r="K38" s="19"/>
       <c r="L38" s="19"/>
       <c r="M38" s="19"/>
       <c r="N38" s="19"/>
       <c r="O38" s="19"/>
       <c r="P38" s="19"/>
       <c r="Q38" s="19"/>
       <c r="R38" s="19"/>
       <c r="S38" s="19"/>
       <c r="T38" s="19"/>
       <c r="U38" s="19"/>
       <c r="V38" s="19"/>
       <c r="W38" s="19"/>
       <c r="X38" s="19"/>
@@ -11279,52 +11366,53 @@
       <c r="EN38" s="20"/>
       <c r="EO38" s="20"/>
       <c r="EP38" s="20"/>
       <c r="EQ38" s="20"/>
       <c r="ER38" s="20"/>
       <c r="ES38" s="20"/>
       <c r="ET38" s="20"/>
       <c r="EU38" s="20"/>
       <c r="EV38" s="20"/>
       <c r="EW38" s="20"/>
       <c r="EX38" s="20"/>
       <c r="EY38" s="20"/>
       <c r="EZ38" s="20"/>
       <c r="FA38" s="20"/>
       <c r="FB38" s="20"/>
       <c r="FC38" s="20"/>
       <c r="FD38" s="20"/>
       <c r="FE38" s="20"/>
       <c r="FF38" s="20"/>
       <c r="FG38" s="20"/>
       <c r="FH38" s="20"/>
       <c r="FI38" s="20"/>
       <c r="FJ38" s="20"/>
       <c r="FK38" s="20"/>
       <c r="FL38" s="20"/>
+      <c r="FM38" s="20"/>
     </row>
-    <row r="39" spans="2:168" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="39" spans="2:169" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B39" s="2" t="s">
         <v>7</v>
       </c>
       <c r="C39" s="20">
         <v>4633.5493650099997</v>
       </c>
       <c r="D39" s="20">
         <v>4393.8880141999998</v>
       </c>
       <c r="E39" s="20">
         <v>4601.6208819699996</v>
       </c>
       <c r="F39" s="20">
         <v>4075.6725490500003</v>
       </c>
       <c r="G39" s="20">
         <v>4571.86922486</v>
       </c>
       <c r="H39" s="20">
         <v>4506.4366569599997</v>
       </c>
       <c r="I39" s="20">
         <v>4539.38520866</v>
       </c>
       <c r="J39" s="20">
@@ -11782,52 +11870,55 @@
       </c>
       <c r="FE39" s="20">
         <v>27508.099964279998</v>
       </c>
       <c r="FF39" s="20">
         <v>27863.45506561</v>
       </c>
       <c r="FG39" s="20">
         <v>28156.993496880001</v>
       </c>
       <c r="FH39" s="20">
         <v>28289.423018169997</v>
       </c>
       <c r="FI39" s="20">
         <v>28921.113520070001</v>
       </c>
       <c r="FJ39" s="20">
         <v>29533.814967689999</v>
       </c>
       <c r="FK39" s="20">
         <v>30139.534177500002</v>
       </c>
       <c r="FL39" s="20">
         <v>30029.539851419999</v>
       </c>
+      <c r="FM39" s="20">
+        <v>30155.24883407</v>
+      </c>
     </row>
-    <row r="40" spans="2:168" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="40" spans="2:169" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B40" s="14" t="s">
         <v>0</v>
       </c>
       <c r="C40" s="20">
         <v>2368.4689933299996</v>
       </c>
       <c r="D40" s="20">
         <v>2142.9135507999999</v>
       </c>
       <c r="E40" s="20">
         <v>2355.7603457500004</v>
       </c>
       <c r="F40" s="20">
         <v>2060.8196741800002</v>
       </c>
       <c r="G40" s="20">
         <v>2379.3950445500004</v>
       </c>
       <c r="H40" s="20">
         <v>2324.06455942</v>
       </c>
       <c r="I40" s="20">
         <v>2341.6359399500002</v>
       </c>
       <c r="J40" s="20">
@@ -12285,52 +12376,55 @@
       </c>
       <c r="FE40" s="20">
         <v>26144.823612849999</v>
       </c>
       <c r="FF40" s="20">
         <v>26482.64171657</v>
       </c>
       <c r="FG40" s="20">
         <v>26769.892573150002</v>
       </c>
       <c r="FH40" s="20">
         <v>26889.007589380002</v>
       </c>
       <c r="FI40" s="20">
         <v>27492.013708689999</v>
       </c>
       <c r="FJ40" s="20">
         <v>28081.96050085</v>
       </c>
       <c r="FK40" s="20">
         <v>28662.58513313</v>
       </c>
       <c r="FL40" s="20">
         <v>28565.560935860001</v>
       </c>
+      <c r="FM40" s="20">
+        <v>28645.936384299999</v>
+      </c>
     </row>
-    <row r="41" spans="2:168" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="41" spans="2:169" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B41" s="14" t="s">
         <v>1</v>
       </c>
       <c r="C41" s="20">
         <v>2264.87854827</v>
       </c>
       <c r="D41" s="20">
         <v>2250.7758377300001</v>
       </c>
       <c r="E41" s="20">
         <v>2245.6387052999999</v>
       </c>
       <c r="F41" s="20">
         <v>2014.6262314000001</v>
       </c>
       <c r="G41" s="20">
         <v>2192.26053585</v>
       </c>
       <c r="H41" s="20">
         <v>2182.1621166499999</v>
       </c>
       <c r="I41" s="20">
         <v>2197.5354075099999</v>
       </c>
       <c r="J41" s="20">
@@ -12788,52 +12882,55 @@
       </c>
       <c r="FE41" s="20">
         <v>1363.27635143</v>
       </c>
       <c r="FF41" s="20">
         <v>1380.81334904</v>
       </c>
       <c r="FG41" s="20">
         <v>1387.10092373</v>
       </c>
       <c r="FH41" s="20">
         <v>1400.4154287899999</v>
       </c>
       <c r="FI41" s="20">
         <v>1429.0998113800001</v>
       </c>
       <c r="FJ41" s="20">
         <v>1451.85446684</v>
       </c>
       <c r="FK41" s="20">
         <v>1476.9490443699999</v>
       </c>
       <c r="FL41" s="20">
         <v>1463.9789155599999</v>
       </c>
+      <c r="FM41" s="20">
+        <v>1509.3124497700001</v>
+      </c>
     </row>
-    <row r="42" spans="2:168" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="42" spans="2:169" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B42" s="2" t="s">
         <v>8</v>
       </c>
       <c r="C42" s="20">
         <v>1140.5326148199999</v>
       </c>
       <c r="D42" s="20">
         <v>1050.1441457400001</v>
       </c>
       <c r="E42" s="20">
         <v>1036.1144870999999</v>
       </c>
       <c r="F42" s="20">
         <v>1012.17652165</v>
       </c>
       <c r="G42" s="20">
         <v>900.66128355000001</v>
       </c>
       <c r="H42" s="20">
         <v>1008.59973064</v>
       </c>
       <c r="I42" s="20">
         <v>778.12664881000001</v>
       </c>
       <c r="J42" s="20">
@@ -13291,52 +13388,55 @@
       </c>
       <c r="FE42" s="20">
         <v>948.39925877999997</v>
       </c>
       <c r="FF42" s="20">
         <v>1129.2512705499998</v>
       </c>
       <c r="FG42" s="20">
         <v>1162.4179981700001</v>
       </c>
       <c r="FH42" s="20">
         <v>1154.0701710999999</v>
       </c>
       <c r="FI42" s="20">
         <v>1076.16758497</v>
       </c>
       <c r="FJ42" s="20">
         <v>1068.89927771</v>
       </c>
       <c r="FK42" s="20">
         <v>765.27452540999991</v>
       </c>
       <c r="FL42" s="20">
         <v>1132.11451519</v>
       </c>
+      <c r="FM42" s="20">
+        <v>1186.01268781</v>
+      </c>
     </row>
-    <row r="43" spans="2:168" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="43" spans="2:169" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B43" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C43" s="20"/>
       <c r="D43" s="20"/>
       <c r="E43" s="20"/>
       <c r="F43" s="20"/>
       <c r="G43" s="20"/>
       <c r="H43" s="20"/>
       <c r="I43" s="20"/>
       <c r="J43" s="20"/>
       <c r="K43" s="20"/>
       <c r="L43" s="20"/>
       <c r="M43" s="20"/>
       <c r="N43" s="20"/>
       <c r="O43" s="20"/>
       <c r="P43" s="20"/>
       <c r="Q43" s="20"/>
       <c r="R43" s="20"/>
       <c r="S43" s="20"/>
       <c r="T43" s="20"/>
       <c r="U43" s="20"/>
       <c r="V43" s="20"/>
       <c r="W43" s="20"/>
       <c r="X43" s="20"/>
@@ -13528,52 +13628,55 @@
       </c>
       <c r="FE43" s="20">
         <v>254.37625863999997</v>
       </c>
       <c r="FF43" s="20">
         <v>323.74903618999997</v>
       </c>
       <c r="FG43" s="20">
         <v>389.65303085000005</v>
       </c>
       <c r="FH43" s="20">
         <v>297.71327354000005</v>
       </c>
       <c r="FI43" s="20">
         <v>310.93867588000001</v>
       </c>
       <c r="FJ43" s="20">
         <v>359.43022284</v>
       </c>
       <c r="FK43" s="20">
         <v>266.32536174000001</v>
       </c>
       <c r="FL43" s="20">
         <v>276.97107862000001</v>
       </c>
+      <c r="FM43" s="20">
+        <v>324.45549267000001</v>
+      </c>
     </row>
-    <row r="44" spans="2:168" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="44" spans="2:169" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B44" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C44" s="20"/>
       <c r="D44" s="20"/>
       <c r="E44" s="20"/>
       <c r="F44" s="20"/>
       <c r="G44" s="20"/>
       <c r="H44" s="20"/>
       <c r="I44" s="20"/>
       <c r="J44" s="20"/>
       <c r="K44" s="20"/>
       <c r="L44" s="20"/>
       <c r="M44" s="20"/>
       <c r="N44" s="20"/>
       <c r="O44" s="20"/>
       <c r="P44" s="20"/>
       <c r="Q44" s="20"/>
       <c r="R44" s="20"/>
       <c r="S44" s="20"/>
       <c r="T44" s="20"/>
       <c r="U44" s="20"/>
       <c r="V44" s="20"/>
       <c r="W44" s="20"/>
       <c r="X44" s="20"/>
@@ -13765,52 +13868,55 @@
       </c>
       <c r="FE44" s="20">
         <v>378.93544954000004</v>
       </c>
       <c r="FF44" s="20">
         <v>321.56669887999999</v>
       </c>
       <c r="FG44" s="20">
         <v>534.79767745000004</v>
       </c>
       <c r="FH44" s="20">
         <v>407.90974167000002</v>
       </c>
       <c r="FI44" s="20">
         <v>415.83083179000005</v>
       </c>
       <c r="FJ44" s="20">
         <v>435.55558114999997</v>
       </c>
       <c r="FK44" s="20">
         <v>242.34435865999998</v>
       </c>
       <c r="FL44" s="20">
         <v>538.22496763999993</v>
       </c>
+      <c r="FM44" s="20">
+        <v>312.80514425000001</v>
+      </c>
     </row>
-    <row r="45" spans="2:168" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="45" spans="2:169" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B45" s="2" t="s">
         <v>15</v>
       </c>
       <c r="C45" s="20"/>
       <c r="D45" s="20"/>
       <c r="E45" s="20"/>
       <c r="F45" s="20"/>
       <c r="G45" s="20"/>
       <c r="H45" s="20"/>
       <c r="I45" s="20"/>
       <c r="J45" s="20"/>
       <c r="K45" s="20"/>
       <c r="L45" s="20"/>
       <c r="M45" s="20"/>
       <c r="N45" s="20"/>
       <c r="O45" s="20"/>
       <c r="P45" s="20"/>
       <c r="Q45" s="20"/>
       <c r="R45" s="20"/>
       <c r="S45" s="20"/>
       <c r="T45" s="20"/>
       <c r="U45" s="20"/>
       <c r="V45" s="20"/>
       <c r="W45" s="20"/>
       <c r="X45" s="20"/>
@@ -14002,52 +14108,55 @@
       </c>
       <c r="FE45" s="20">
         <v>210.05716311</v>
       </c>
       <c r="FF45" s="20">
         <v>355.67355316000004</v>
       </c>
       <c r="FG45" s="20">
         <v>188.64615150999998</v>
       </c>
       <c r="FH45" s="20">
         <v>352.57018806000002</v>
       </c>
       <c r="FI45" s="20">
         <v>272.21468673000004</v>
       </c>
       <c r="FJ45" s="20">
         <v>222.55068946</v>
       </c>
       <c r="FK45" s="20">
         <v>212.99039812999999</v>
       </c>
       <c r="FL45" s="20">
         <v>250.81992697999999</v>
       </c>
+      <c r="FM45" s="20">
+        <v>463.66275786</v>
+      </c>
     </row>
-    <row r="46" spans="2:168" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="46" spans="2:169" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B46" s="2" t="s">
         <v>16</v>
       </c>
       <c r="C46" s="20"/>
       <c r="D46" s="20"/>
       <c r="E46" s="20"/>
       <c r="F46" s="20"/>
       <c r="G46" s="20"/>
       <c r="H46" s="20"/>
       <c r="I46" s="20"/>
       <c r="J46" s="20"/>
       <c r="K46" s="20"/>
       <c r="L46" s="20"/>
       <c r="M46" s="20"/>
       <c r="N46" s="20"/>
       <c r="O46" s="20"/>
       <c r="P46" s="20"/>
       <c r="Q46" s="20"/>
       <c r="R46" s="20"/>
       <c r="S46" s="20"/>
       <c r="T46" s="20"/>
       <c r="U46" s="20"/>
       <c r="V46" s="20"/>
       <c r="W46" s="20"/>
       <c r="X46" s="20"/>
@@ -14239,52 +14348,55 @@
       </c>
       <c r="FE46" s="20">
         <v>91.563528680000005</v>
       </c>
       <c r="FF46" s="20">
         <v>111.06604129999999</v>
       </c>
       <c r="FG46" s="20">
         <v>36.488325590000002</v>
       </c>
       <c r="FH46" s="20">
         <v>85.281859080000004</v>
       </c>
       <c r="FI46" s="20">
         <v>67.669187440000002</v>
       </c>
       <c r="FJ46" s="20">
         <v>37.686904119999994</v>
       </c>
       <c r="FK46" s="20">
         <v>31.23465259</v>
       </c>
       <c r="FL46" s="20">
         <v>47.981901389999997</v>
       </c>
+      <c r="FM46" s="20">
+        <v>60.554277920000004</v>
+      </c>
     </row>
-    <row r="47" spans="2:168" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="47" spans="2:169" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B47" s="2" t="s">
         <v>17</v>
       </c>
       <c r="C47" s="20"/>
       <c r="D47" s="20"/>
       <c r="E47" s="20"/>
       <c r="F47" s="20"/>
       <c r="G47" s="20"/>
       <c r="H47" s="20"/>
       <c r="I47" s="20"/>
       <c r="J47" s="20"/>
       <c r="K47" s="20"/>
       <c r="L47" s="20"/>
       <c r="M47" s="20"/>
       <c r="N47" s="20"/>
       <c r="O47" s="20"/>
       <c r="P47" s="20"/>
       <c r="Q47" s="20"/>
       <c r="R47" s="20"/>
       <c r="S47" s="20"/>
       <c r="T47" s="20"/>
       <c r="U47" s="20"/>
       <c r="V47" s="20"/>
       <c r="W47" s="20"/>
       <c r="X47" s="20"/>
@@ -14476,52 +14588,55 @@
       </c>
       <c r="FE47" s="20">
         <v>13.46685881</v>
       </c>
       <c r="FF47" s="20">
         <v>17.195941019999999</v>
       </c>
       <c r="FG47" s="20">
         <v>12.83281277</v>
       </c>
       <c r="FH47" s="20">
         <v>10.59510875</v>
       </c>
       <c r="FI47" s="20">
         <v>9.5142031300000003</v>
       </c>
       <c r="FJ47" s="20">
         <v>13.67588014</v>
       </c>
       <c r="FK47" s="20">
         <v>12.379754289999999</v>
       </c>
       <c r="FL47" s="20">
         <v>18.116640559999997</v>
       </c>
+      <c r="FM47" s="20">
+        <v>24.53501511</v>
+      </c>
     </row>
-    <row r="48" spans="2:168" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="48" spans="2:169" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B48" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C48" s="20">
         <v>2.6706959999999998E-2</v>
       </c>
       <c r="D48" s="20">
         <v>0.11763382</v>
       </c>
       <c r="E48" s="20">
         <v>0.11515638</v>
       </c>
       <c r="F48" s="20">
         <v>0.11764823999999999</v>
       </c>
       <c r="G48" s="20">
         <v>5.1612390000000001E-2</v>
       </c>
       <c r="H48" s="20">
         <v>0.11404584999999999</v>
       </c>
       <c r="I48" s="20">
         <v>6.1104210000000006E-2</v>
       </c>
       <c r="J48" s="20">
@@ -14979,52 +15094,55 @@
       </c>
       <c r="FE48" s="20">
         <v>3.2</v>
       </c>
       <c r="FF48" s="20">
         <v>3.2</v>
       </c>
       <c r="FG48" s="20">
         <v>3.2</v>
       </c>
       <c r="FH48" s="20">
         <v>3.2</v>
       </c>
       <c r="FI48" s="20">
         <v>2.5</v>
       </c>
       <c r="FJ48" s="20">
         <v>2.5</v>
       </c>
       <c r="FK48" s="20">
         <v>1.5</v>
       </c>
       <c r="FL48" s="20">
         <v>1.5</v>
       </c>
+      <c r="FM48" s="20">
+        <v>1.5</v>
+      </c>
     </row>
-    <row r="49" spans="2:168" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="49" spans="2:169" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B49" s="2" t="s">
         <v>18</v>
       </c>
       <c r="C49" s="20">
         <v>2.6706959999999998E-2</v>
       </c>
       <c r="D49" s="20">
         <v>0.11763382</v>
       </c>
       <c r="E49" s="20">
         <v>0.11515638</v>
       </c>
       <c r="F49" s="20">
         <v>0.11764823999999999</v>
       </c>
       <c r="G49" s="20">
         <v>5.1612390000000001E-2</v>
       </c>
       <c r="H49" s="20">
         <v>0.11404584999999999</v>
       </c>
       <c r="I49" s="20">
         <v>6.1104210000000006E-2</v>
       </c>
       <c r="J49" s="20">
@@ -15482,52 +15600,55 @@
       </c>
       <c r="FE49" s="20">
         <v>3.2</v>
       </c>
       <c r="FF49" s="20">
         <v>3.2</v>
       </c>
       <c r="FG49" s="20">
         <v>3.2</v>
       </c>
       <c r="FH49" s="20">
         <v>3.2</v>
       </c>
       <c r="FI49" s="20">
         <v>2.5</v>
       </c>
       <c r="FJ49" s="20">
         <v>2.5</v>
       </c>
       <c r="FK49" s="20">
         <v>1.5</v>
       </c>
       <c r="FL49" s="20">
         <v>1.5</v>
       </c>
+      <c r="FM49" s="20">
+        <v>1.5</v>
+      </c>
     </row>
-    <row r="50" spans="2:168" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="50" spans="2:169" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B50" s="2" t="s">
         <v>19</v>
       </c>
       <c r="C50" s="20" t="s">
         <v>4</v>
       </c>
       <c r="D50" s="20" t="s">
         <v>4</v>
       </c>
       <c r="E50" s="20" t="s">
         <v>4</v>
       </c>
       <c r="F50" s="20" t="s">
         <v>4</v>
       </c>
       <c r="G50" s="20" t="s">
         <v>4</v>
       </c>
       <c r="H50" s="20" t="s">
         <v>4</v>
       </c>
       <c r="I50" s="20" t="s">
         <v>4</v>
       </c>
       <c r="J50" s="20" t="s">
@@ -15985,52 +16106,55 @@
       </c>
       <c r="FE50" s="20" t="s">
         <v>4</v>
       </c>
       <c r="FF50" s="20" t="s">
         <v>4</v>
       </c>
       <c r="FG50" s="20" t="s">
         <v>4</v>
       </c>
       <c r="FH50" s="20" t="s">
         <v>4</v>
       </c>
       <c r="FI50" s="20" t="s">
         <v>4</v>
       </c>
       <c r="FJ50" s="20" t="s">
         <v>4</v>
       </c>
       <c r="FK50" s="20" t="s">
         <v>4</v>
       </c>
       <c r="FL50" s="20" t="s">
         <v>4</v>
       </c>
+      <c r="FM50" s="20" t="s">
+        <v>4</v>
+      </c>
     </row>
-    <row r="51" spans="2:168" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="51" spans="2:169" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B51" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C51" s="20"/>
       <c r="D51" s="20"/>
       <c r="E51" s="20"/>
       <c r="F51" s="20"/>
       <c r="G51" s="20"/>
       <c r="H51" s="20"/>
       <c r="I51" s="20"/>
       <c r="J51" s="20"/>
       <c r="K51" s="20"/>
       <c r="L51" s="20"/>
       <c r="M51" s="20"/>
       <c r="N51" s="20"/>
       <c r="O51" s="20"/>
       <c r="P51" s="20"/>
       <c r="Q51" s="20"/>
       <c r="R51" s="20"/>
       <c r="S51" s="20"/>
       <c r="T51" s="20"/>
       <c r="U51" s="20"/>
       <c r="V51" s="20"/>
       <c r="W51" s="20"/>
       <c r="X51" s="20"/>
@@ -16156,52 +16280,53 @@
       <c r="EN51" s="20"/>
       <c r="EO51" s="20"/>
       <c r="EP51" s="20"/>
       <c r="EQ51" s="20"/>
       <c r="ER51" s="20"/>
       <c r="ES51" s="20"/>
       <c r="ET51" s="20"/>
       <c r="EU51" s="20"/>
       <c r="EV51" s="20"/>
       <c r="EW51" s="20"/>
       <c r="EX51" s="20"/>
       <c r="EY51" s="20"/>
       <c r="EZ51" s="20"/>
       <c r="FA51" s="20"/>
       <c r="FB51" s="20"/>
       <c r="FC51" s="20"/>
       <c r="FD51" s="20"/>
       <c r="FE51" s="20"/>
       <c r="FF51" s="20"/>
       <c r="FG51" s="20"/>
       <c r="FH51" s="20"/>
       <c r="FI51" s="20"/>
       <c r="FJ51" s="20"/>
       <c r="FK51" s="20"/>
       <c r="FL51" s="20"/>
+      <c r="FM51" s="20"/>
     </row>
-    <row r="52" spans="2:168" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="52" spans="2:169" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B52" s="2" t="s">
         <v>11</v>
       </c>
       <c r="C52" s="20">
         <v>2966.9959484299998</v>
       </c>
       <c r="D52" s="20">
         <v>2703.6265304899998</v>
       </c>
       <c r="E52" s="20">
         <v>2295.5708025599997</v>
       </c>
       <c r="F52" s="20">
         <v>2338.2565655399999</v>
       </c>
       <c r="G52" s="20">
         <v>2367.3175691699998</v>
       </c>
       <c r="H52" s="20">
         <v>2459.1797642900001</v>
       </c>
       <c r="I52" s="20">
         <v>2578.6477605800001</v>
       </c>
       <c r="J52" s="20">
@@ -16657,54 +16782,57 @@
       <c r="FD52" s="20">
         <v>11519.547180020001</v>
       </c>
       <c r="FE52" s="20">
         <v>11117.07282874</v>
       </c>
       <c r="FF52" s="20">
         <v>11174.89837056</v>
       </c>
       <c r="FG52" s="20">
         <v>10777.021439049999</v>
       </c>
       <c r="FH52" s="20">
         <v>11339.41365744</v>
       </c>
       <c r="FI52" s="20">
         <v>12004.53999499</v>
       </c>
       <c r="FJ52" s="20">
         <v>12437.87219091</v>
       </c>
       <c r="FK52" s="20">
         <v>12630.634159430001</v>
       </c>
       <c r="FL52" s="20">
-        <v>12831.9512595</v>
+        <v>12831.93470342</v>
+      </c>
+      <c r="FM52" s="20">
+        <v>12657.112047750001</v>
       </c>
     </row>
-    <row r="53" spans="2:168" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="53" spans="2:169" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B53" s="14" t="s">
         <v>0</v>
       </c>
       <c r="C53" s="20">
         <v>2711.89729068</v>
       </c>
       <c r="D53" s="20">
         <v>2450.76788588</v>
       </c>
       <c r="E53" s="20">
         <v>2080.9794646999999</v>
       </c>
       <c r="F53" s="20">
         <v>2110.5157490400002</v>
       </c>
       <c r="G53" s="20">
         <v>2126.9839167499999</v>
       </c>
       <c r="H53" s="20">
         <v>2217.5044902</v>
       </c>
       <c r="I53" s="20">
         <v>2411.27953101</v>
       </c>
       <c r="J53" s="20">
@@ -17160,54 +17288,57 @@
       <c r="FD53" s="20">
         <v>10861.471240809999</v>
       </c>
       <c r="FE53" s="20">
         <v>10476.604604579999</v>
       </c>
       <c r="FF53" s="20">
         <v>10502.04278967</v>
       </c>
       <c r="FG53" s="20">
         <v>10229.889886520001</v>
       </c>
       <c r="FH53" s="20">
         <v>10645.60456983</v>
       </c>
       <c r="FI53" s="20">
         <v>11139.933777799999</v>
       </c>
       <c r="FJ53" s="20">
         <v>11654.698289790002</v>
       </c>
       <c r="FK53" s="20">
         <v>11887.535763809999</v>
       </c>
       <c r="FL53" s="20">
-        <v>11968.20060848</v>
+        <v>11968.1840524</v>
+      </c>
+      <c r="FM53" s="20">
+        <v>11853.56046402</v>
       </c>
     </row>
-    <row r="54" spans="2:168" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="54" spans="2:169" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B54" s="14" t="s">
         <v>1</v>
       </c>
       <c r="C54" s="20">
         <v>255.09865775</v>
       </c>
       <c r="D54" s="20">
         <v>252.85864459999999</v>
       </c>
       <c r="E54" s="20">
         <v>214.59133786000001</v>
       </c>
       <c r="F54" s="20">
         <v>227.74081649999999</v>
       </c>
       <c r="G54" s="20">
         <v>240.33365241999999</v>
       </c>
       <c r="H54" s="20">
         <v>241.6752741</v>
       </c>
       <c r="I54" s="20">
         <v>167.36822957999999</v>
       </c>
       <c r="J54" s="20">
@@ -17665,52 +17796,55 @@
       </c>
       <c r="FE54" s="20">
         <v>640.46822415999998</v>
       </c>
       <c r="FF54" s="20">
         <v>672.85558088999994</v>
       </c>
       <c r="FG54" s="20">
         <v>547.13155253000002</v>
       </c>
       <c r="FH54" s="20">
         <v>693.80908761000001</v>
       </c>
       <c r="FI54" s="20">
         <v>864.60621719000005</v>
       </c>
       <c r="FJ54" s="20">
         <v>783.17390111999998</v>
       </c>
       <c r="FK54" s="20">
         <v>743.09839562000002</v>
       </c>
       <c r="FL54" s="20">
         <v>863.75065101999996</v>
       </c>
+      <c r="FM54" s="20">
+        <v>803.55158373000006</v>
+      </c>
     </row>
-    <row r="55" spans="2:168" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="55" spans="2:169" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B55" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C55" s="20">
         <v>651.83641888</v>
       </c>
       <c r="D55" s="20">
         <v>418.86257805000002</v>
       </c>
       <c r="E55" s="20">
         <v>383.05153307</v>
       </c>
       <c r="F55" s="20">
         <v>514.33037208999997</v>
       </c>
       <c r="G55" s="20">
         <v>543.43306058999997</v>
       </c>
       <c r="H55" s="20">
         <v>457.72949226999998</v>
       </c>
       <c r="I55" s="20">
         <v>361.18188134999997</v>
       </c>
       <c r="J55" s="20">
@@ -18168,52 +18302,55 @@
       </c>
       <c r="FE55" s="20">
         <v>2965.1105401599998</v>
       </c>
       <c r="FF55" s="20">
         <v>3117.52483175</v>
       </c>
       <c r="FG55" s="20">
         <v>3693.2497592199998</v>
       </c>
       <c r="FH55" s="20">
         <v>2974.7114063600002</v>
       </c>
       <c r="FI55" s="20">
         <v>3260.29698087</v>
       </c>
       <c r="FJ55" s="20">
         <v>3498.7256321499999</v>
       </c>
       <c r="FK55" s="20">
         <v>3489.8388786400001</v>
       </c>
       <c r="FL55" s="20">
         <v>3313.6500466399998</v>
       </c>
+      <c r="FM55" s="20">
+        <v>3742.11568343</v>
+      </c>
     </row>
-    <row r="56" spans="2:168" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="56" spans="2:169" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B56" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C56" s="20"/>
       <c r="D56" s="20"/>
       <c r="E56" s="20"/>
       <c r="F56" s="20"/>
       <c r="G56" s="20"/>
       <c r="H56" s="20"/>
       <c r="I56" s="20"/>
       <c r="J56" s="20"/>
       <c r="K56" s="20"/>
       <c r="L56" s="20"/>
       <c r="M56" s="20"/>
       <c r="N56" s="20"/>
       <c r="O56" s="20"/>
       <c r="P56" s="20"/>
       <c r="Q56" s="20"/>
       <c r="R56" s="20"/>
       <c r="S56" s="20"/>
       <c r="T56" s="20"/>
       <c r="U56" s="20"/>
       <c r="V56" s="20"/>
       <c r="W56" s="20"/>
       <c r="X56" s="20"/>
@@ -18405,52 +18542,55 @@
       </c>
       <c r="FE56" s="20">
         <v>2750.8451095599999</v>
       </c>
       <c r="FF56" s="20">
         <v>2877.8132603700001</v>
       </c>
       <c r="FG56" s="20">
         <v>3438.2744717300002</v>
       </c>
       <c r="FH56" s="20">
         <v>2673.9175406300001</v>
       </c>
       <c r="FI56" s="20">
         <v>2899.8282675</v>
       </c>
       <c r="FJ56" s="20">
         <v>3211.2828003000004</v>
       </c>
       <c r="FK56" s="20">
         <v>3227.6013453600003</v>
       </c>
       <c r="FL56" s="20">
         <v>3058.1859255500003</v>
       </c>
+      <c r="FM56" s="20">
+        <v>3390.7137184200001</v>
+      </c>
     </row>
-    <row r="57" spans="2:168" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="57" spans="2:169" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B57" s="2" t="s">
         <v>21</v>
       </c>
       <c r="C57" s="20"/>
       <c r="D57" s="20"/>
       <c r="E57" s="20"/>
       <c r="F57" s="20"/>
       <c r="G57" s="20"/>
       <c r="H57" s="20"/>
       <c r="I57" s="20"/>
       <c r="J57" s="20"/>
       <c r="K57" s="20"/>
       <c r="L57" s="20"/>
       <c r="M57" s="20"/>
       <c r="N57" s="20"/>
       <c r="O57" s="20"/>
       <c r="P57" s="20"/>
       <c r="Q57" s="20"/>
       <c r="R57" s="20"/>
       <c r="S57" s="20"/>
       <c r="T57" s="20"/>
       <c r="U57" s="20"/>
       <c r="V57" s="20"/>
       <c r="W57" s="20"/>
       <c r="X57" s="20"/>
@@ -18642,52 +18782,55 @@
       </c>
       <c r="FE57" s="20">
         <v>144.00088958000001</v>
       </c>
       <c r="FF57" s="20">
         <v>136.41607944999998</v>
       </c>
       <c r="FG57" s="20">
         <v>197.40252727000001</v>
       </c>
       <c r="FH57" s="20">
         <v>97.92621668000001</v>
       </c>
       <c r="FI57" s="20">
         <v>163.69133744999999</v>
       </c>
       <c r="FJ57" s="20">
         <v>230.80978643</v>
       </c>
       <c r="FK57" s="20">
         <v>190.58215604</v>
       </c>
       <c r="FL57" s="20">
         <v>178.94099212999998</v>
       </c>
+      <c r="FM57" s="20">
+        <v>267.39850448999999</v>
+      </c>
     </row>
-    <row r="58" spans="2:168" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="58" spans="2:169" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B58" s="2" t="s">
         <v>22</v>
       </c>
       <c r="C58" s="20"/>
       <c r="D58" s="20"/>
       <c r="E58" s="20"/>
       <c r="F58" s="20"/>
       <c r="G58" s="20"/>
       <c r="H58" s="20"/>
       <c r="I58" s="20"/>
       <c r="J58" s="20"/>
       <c r="K58" s="20"/>
       <c r="L58" s="20"/>
       <c r="M58" s="20"/>
       <c r="N58" s="20"/>
       <c r="O58" s="20"/>
       <c r="P58" s="20"/>
       <c r="Q58" s="20"/>
       <c r="R58" s="20"/>
       <c r="S58" s="20"/>
       <c r="T58" s="20"/>
       <c r="U58" s="20"/>
       <c r="V58" s="20"/>
       <c r="W58" s="20"/>
       <c r="X58" s="20"/>
@@ -18879,52 +19022,55 @@
       </c>
       <c r="FE58" s="20">
         <v>50.999097319999997</v>
       </c>
       <c r="FF58" s="20">
         <v>65.372950880000005</v>
       </c>
       <c r="FG58" s="20">
         <v>48.017909500000002</v>
       </c>
       <c r="FH58" s="20">
         <v>179.64585393999999</v>
       </c>
       <c r="FI58" s="20">
         <v>172.43632613</v>
       </c>
       <c r="FJ58" s="20">
         <v>45.55101097</v>
       </c>
       <c r="FK58" s="20">
         <v>64.5732742</v>
       </c>
       <c r="FL58" s="20">
         <v>59.428756970000002</v>
       </c>
+      <c r="FM58" s="20">
+        <v>43.964802069999998</v>
+      </c>
     </row>
-    <row r="59" spans="2:168" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="59" spans="2:169" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B59" s="2" t="s">
         <v>23</v>
       </c>
       <c r="C59" s="20"/>
       <c r="D59" s="20"/>
       <c r="E59" s="20"/>
       <c r="F59" s="20"/>
       <c r="G59" s="20"/>
       <c r="H59" s="20"/>
       <c r="I59" s="20"/>
       <c r="J59" s="20"/>
       <c r="K59" s="20"/>
       <c r="L59" s="20"/>
       <c r="M59" s="20"/>
       <c r="N59" s="20"/>
       <c r="O59" s="20"/>
       <c r="P59" s="20"/>
       <c r="Q59" s="20"/>
       <c r="R59" s="20"/>
       <c r="S59" s="20"/>
       <c r="T59" s="20"/>
       <c r="U59" s="20"/>
       <c r="V59" s="20"/>
       <c r="W59" s="20"/>
       <c r="X59" s="20"/>
@@ -19116,52 +19262,55 @@
       </c>
       <c r="FE59" s="20">
         <v>10.03452418</v>
       </c>
       <c r="FF59" s="20">
         <v>8.2802187200000006</v>
       </c>
       <c r="FG59" s="20">
         <v>4.5870528699999999</v>
       </c>
       <c r="FH59" s="20">
         <v>8.2793932100000003</v>
       </c>
       <c r="FI59" s="20">
         <v>12.184810480000001</v>
       </c>
       <c r="FJ59" s="20">
         <v>4.2714732800000004</v>
       </c>
       <c r="FK59" s="20">
         <v>5.23024486</v>
       </c>
       <c r="FL59" s="20">
         <v>10.990446009999999</v>
       </c>
+      <c r="FM59" s="20">
+        <v>12.99867098</v>
+      </c>
     </row>
-    <row r="60" spans="2:168" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="60" spans="2:169" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B60" s="2" t="s">
         <v>24</v>
       </c>
       <c r="C60" s="20"/>
       <c r="D60" s="20"/>
       <c r="E60" s="20"/>
       <c r="F60" s="20"/>
       <c r="G60" s="20"/>
       <c r="H60" s="20"/>
       <c r="I60" s="20"/>
       <c r="J60" s="20"/>
       <c r="K60" s="20"/>
       <c r="L60" s="20"/>
       <c r="M60" s="20"/>
       <c r="N60" s="20"/>
       <c r="O60" s="20"/>
       <c r="P60" s="20"/>
       <c r="Q60" s="20"/>
       <c r="R60" s="20"/>
       <c r="S60" s="20"/>
       <c r="T60" s="20"/>
       <c r="U60" s="20"/>
       <c r="V60" s="20"/>
       <c r="W60" s="20"/>
       <c r="X60" s="20"/>
@@ -19353,52 +19502,55 @@
       </c>
       <c r="FE60" s="20">
         <v>9.2309195199999987</v>
       </c>
       <c r="FF60" s="20">
         <v>29.642322329999999</v>
       </c>
       <c r="FG60" s="20">
         <v>4.9677978499999993</v>
       </c>
       <c r="FH60" s="20">
         <v>14.9424019</v>
       </c>
       <c r="FI60" s="20">
         <v>12.15623931</v>
       </c>
       <c r="FJ60" s="20">
         <v>6.8105611699999997</v>
       </c>
       <c r="FK60" s="20">
         <v>1.85185818</v>
       </c>
       <c r="FL60" s="20">
         <v>6.1039259800000005</v>
       </c>
+      <c r="FM60" s="20">
+        <v>27.03998747</v>
+      </c>
     </row>
-    <row r="61" spans="2:168" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="61" spans="2:169" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B61" s="10" t="s">
         <v>25</v>
       </c>
       <c r="C61" s="21" t="s">
         <v>4</v>
       </c>
       <c r="D61" s="21" t="s">
         <v>4</v>
       </c>
       <c r="E61" s="21" t="s">
         <v>4</v>
       </c>
       <c r="F61" s="21" t="s">
         <v>4</v>
       </c>
       <c r="G61" s="21">
         <v>31.189859980000001</v>
       </c>
       <c r="H61" s="21" t="s">
         <v>4</v>
       </c>
       <c r="I61" s="21" t="s">
         <v>4</v>
       </c>
       <c r="J61" s="21">
@@ -19856,56 +20008,64 @@
       </c>
       <c r="FE61" s="21" t="s">
         <v>4</v>
       </c>
       <c r="FF61" s="21" t="s">
         <v>4</v>
       </c>
       <c r="FG61" s="21" t="s">
         <v>4</v>
       </c>
       <c r="FH61" s="21" t="s">
         <v>4</v>
       </c>
       <c r="FI61" s="21" t="s">
         <v>4</v>
       </c>
       <c r="FJ61" s="21" t="s">
         <v>4</v>
       </c>
       <c r="FK61" s="21" t="s">
         <v>4</v>
       </c>
       <c r="FL61" s="21" t="s">
         <v>4</v>
       </c>
+      <c r="FM61" s="21" t="s">
+        <v>4</v>
+      </c>
     </row>
-    <row r="62" spans="2:168" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2"/>
-[...1 lines deleted...]
-    <row r="64" spans="2:168" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="62" spans="2:169" ht="9.9" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="63" spans="2:169" ht="9.9" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="64" spans="2:169" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B64" s="5" t="s">
         <v>5</v>
+      </c>
+    </row>
+    <row r="65" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B65" s="5" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="66" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B66" s="18" t="s">
         <v>28</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Radni listovi</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>