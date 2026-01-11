--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -2,83 +2,83 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24334"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\hnb.local\Banka\DMFS\261\MOST\KAMATNE STOPE - NOVO MOSTv2\BILTENSKE TABLICE od 03-2020\G1-G6\2025\G tablice 2025_10_31\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\261\MOST\KAMATNE STOPE - NOVO MOSTv2\BILTENSKE TABLICE od 03-2020\G1-G6\2025\G tablice 2025_11_30\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{AD498790-DB2E-4534-A10F-0311E1B252A6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{0521EB0C-182E-4AC0-B2CA-FCDC5270FA4F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12576" xr2:uid="{E2AA152F-23F4-41CD-A852-9EB59799E71D}"/>
+    <workbookView xWindow="-28920" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{E2AA152F-23F4-41CD-A852-9EB59799E71D}"/>
   </bookViews>
   <sheets>
     <sheet name="EUR" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1126" uniqueCount="33">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1130" uniqueCount="33">
   <si>
     <t xml:space="preserve">            O/w: transaction accounts</t>
   </si>
   <si>
     <t xml:space="preserve">            O/w: savings deposits</t>
   </si>
   <si>
     <t>in % on annual basis</t>
   </si>
   <si>
     <t>in million EUR</t>
   </si>
   <si>
     <t>–</t>
   </si>
   <si>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
@@ -1143,127 +1143,128 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{32038CA2-E24F-4B1E-88E5-99A1FBA31A2E}">
-  <dimension ref="B2:FM66"/>
+  <dimension ref="B2:FN66"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A46" zoomScaleNormal="100" workbookViewId="0"/>
+    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="7.88671875" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="7.85546875" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="2.6640625" style="5" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="3" max="16384" width="7.88671875" style="5"/>
+    <col min="1" max="1" width="2.7109375" style="5" customWidth="1"/>
+    <col min="2" max="2" width="33.140625" style="5" customWidth="1"/>
+    <col min="3" max="16384" width="7.85546875" style="5"/>
   </cols>
   <sheetData>
-    <row r="2" spans="2:169" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="2" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B2" s="24" t="s">
         <v>27</v>
       </c>
     </row>
-    <row r="3" spans="2:169" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="3" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B3" s="25" t="s">
         <v>26</v>
       </c>
       <c r="C3" s="7"/>
       <c r="D3" s="6"/>
     </row>
-    <row r="4" spans="2:169" ht="9.9" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="4" spans="2:170" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
       <c r="E4" s="7"/>
       <c r="F4" s="7"/>
       <c r="G4" s="7"/>
       <c r="H4" s="6"/>
     </row>
-    <row r="5" spans="2:169" ht="9.9" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="5" spans="2:170" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B5" s="1"/>
     </row>
-    <row r="6" spans="2:169" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="6" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B6" s="16" t="s">
         <v>29</v>
       </c>
     </row>
-    <row r="7" spans="2:169" s="26" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="7" spans="2:170" s="26" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B7" s="8" t="s">
         <v>2</v>
       </c>
       <c r="EF7" s="27"/>
       <c r="EG7" s="27"/>
       <c r="EH7" s="27"/>
       <c r="EI7" s="27"/>
       <c r="EJ7" s="27"/>
       <c r="EK7" s="27"/>
       <c r="EL7" s="27"/>
       <c r="EM7" s="27"/>
       <c r="EN7" s="27"/>
       <c r="EO7" s="27"/>
       <c r="EP7" s="27"/>
       <c r="EQ7" s="27"/>
       <c r="ER7" s="27"/>
       <c r="ES7" s="27"/>
       <c r="ET7" s="27"/>
       <c r="EU7" s="27"/>
       <c r="EV7" s="27"/>
       <c r="EW7" s="27"/>
       <c r="EX7" s="27"/>
       <c r="EY7" s="27"/>
       <c r="EZ7" s="27"/>
       <c r="FA7" s="27"/>
       <c r="FB7" s="27"/>
       <c r="FC7" s="27"/>
       <c r="FD7" s="27"/>
       <c r="FE7" s="27"/>
       <c r="FF7" s="27"/>
       <c r="FG7" s="27"/>
       <c r="FH7" s="27"/>
       <c r="FI7" s="27"/>
       <c r="FJ7" s="27"/>
       <c r="FK7" s="27"/>
       <c r="FL7" s="27"/>
       <c r="FM7" s="27"/>
+      <c r="FN7" s="27"/>
     </row>
-    <row r="8" spans="2:169" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="8" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B8" s="4"/>
       <c r="C8" s="11">
         <v>40908</v>
       </c>
       <c r="D8" s="11">
         <v>40939</v>
       </c>
       <c r="E8" s="11">
         <v>40968</v>
       </c>
       <c r="F8" s="11">
         <v>40999</v>
       </c>
       <c r="G8" s="11">
         <v>41029</v>
       </c>
       <c r="H8" s="11">
         <v>41060</v>
       </c>
       <c r="I8" s="11">
         <v>41090</v>
       </c>
       <c r="J8" s="11">
         <v>41121</v>
       </c>
@@ -1722,52 +1723,55 @@
       </c>
       <c r="FF8" s="12">
         <v>45747</v>
       </c>
       <c r="FG8" s="12">
         <v>45777</v>
       </c>
       <c r="FH8" s="12">
         <v>45808</v>
       </c>
       <c r="FI8" s="12">
         <v>45838</v>
       </c>
       <c r="FJ8" s="12">
         <v>45869</v>
       </c>
       <c r="FK8" s="12">
         <v>45900</v>
       </c>
       <c r="FL8" s="12">
         <v>45930</v>
       </c>
       <c r="FM8" s="12">
         <v>45961</v>
       </c>
+      <c r="FN8" s="12">
+        <v>45991</v>
+      </c>
     </row>
-    <row r="9" spans="2:169" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="9" spans="2:170" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B9" s="2" t="s">
         <v>6</v>
       </c>
       <c r="C9" s="22"/>
       <c r="D9" s="22"/>
       <c r="E9" s="22"/>
       <c r="F9" s="22"/>
       <c r="G9" s="22"/>
       <c r="H9" s="22"/>
       <c r="I9" s="22"/>
       <c r="J9" s="22"/>
       <c r="K9" s="22"/>
       <c r="L9" s="22"/>
       <c r="M9" s="22"/>
       <c r="N9" s="22"/>
       <c r="O9" s="22"/>
       <c r="P9" s="22"/>
       <c r="Q9" s="22"/>
       <c r="R9" s="22"/>
       <c r="S9" s="22"/>
       <c r="T9" s="22"/>
       <c r="U9" s="22"/>
       <c r="V9" s="22"/>
       <c r="W9" s="22"/>
       <c r="X9" s="22"/>
@@ -1894,52 +1898,53 @@
       <c r="EO9" s="22"/>
       <c r="EP9" s="22"/>
       <c r="EQ9" s="22"/>
       <c r="ER9" s="22"/>
       <c r="ES9" s="22"/>
       <c r="ET9" s="22"/>
       <c r="EU9" s="22"/>
       <c r="EV9" s="22"/>
       <c r="EW9" s="22"/>
       <c r="EX9" s="22"/>
       <c r="EY9" s="22"/>
       <c r="EZ9" s="22"/>
       <c r="FA9" s="22"/>
       <c r="FB9" s="22"/>
       <c r="FC9" s="22"/>
       <c r="FD9" s="22"/>
       <c r="FE9" s="22"/>
       <c r="FF9" s="22"/>
       <c r="FG9" s="22"/>
       <c r="FH9" s="22"/>
       <c r="FI9" s="22"/>
       <c r="FJ9" s="22"/>
       <c r="FK9" s="22"/>
       <c r="FL9" s="22"/>
       <c r="FM9" s="22"/>
+      <c r="FN9" s="22"/>
     </row>
-    <row r="10" spans="2:169" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="10" spans="2:170" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B10" s="2" t="s">
         <v>7</v>
       </c>
       <c r="C10" s="22">
         <v>0.24</v>
       </c>
       <c r="D10" s="22">
         <v>0.24</v>
       </c>
       <c r="E10" s="22">
         <v>0.23</v>
       </c>
       <c r="F10" s="22">
         <v>0.24</v>
       </c>
       <c r="G10" s="22">
         <v>0.24</v>
       </c>
       <c r="H10" s="22">
         <v>0.23</v>
       </c>
       <c r="I10" s="22">
         <v>0.24</v>
       </c>
       <c r="J10" s="22">
@@ -2400,52 +2405,55 @@
       </c>
       <c r="FF10" s="22">
         <v>0.02</v>
       </c>
       <c r="FG10" s="22">
         <v>0.02</v>
       </c>
       <c r="FH10" s="22">
         <v>0.02</v>
       </c>
       <c r="FI10" s="22">
         <v>0.02</v>
       </c>
       <c r="FJ10" s="22">
         <v>0.02</v>
       </c>
       <c r="FK10" s="22">
         <v>0.02</v>
       </c>
       <c r="FL10" s="22">
         <v>0.02</v>
       </c>
       <c r="FM10" s="22">
         <v>0.02</v>
       </c>
+      <c r="FN10" s="22">
+        <v>0.02</v>
+      </c>
     </row>
-    <row r="11" spans="2:169" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="11" spans="2:170" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B11" s="14" t="s">
         <v>0</v>
       </c>
       <c r="C11" s="22">
         <v>0.21</v>
       </c>
       <c r="D11" s="22">
         <v>0.22</v>
       </c>
       <c r="E11" s="22">
         <v>0.2</v>
       </c>
       <c r="F11" s="22">
         <v>0.21</v>
       </c>
       <c r="G11" s="22">
         <v>0.22</v>
       </c>
       <c r="H11" s="22">
         <v>0.21</v>
       </c>
       <c r="I11" s="22">
         <v>0.21</v>
       </c>
       <c r="J11" s="22">
@@ -2906,52 +2914,55 @@
       </c>
       <c r="FF11" s="22">
         <v>0.01</v>
       </c>
       <c r="FG11" s="22">
         <v>0.01</v>
       </c>
       <c r="FH11" s="22">
         <v>0.01</v>
       </c>
       <c r="FI11" s="22">
         <v>0.01</v>
       </c>
       <c r="FJ11" s="22">
         <v>0.01</v>
       </c>
       <c r="FK11" s="22">
         <v>0.01</v>
       </c>
       <c r="FL11" s="22">
         <v>0.01</v>
       </c>
       <c r="FM11" s="22">
         <v>0.01</v>
       </c>
+      <c r="FN11" s="22">
+        <v>0.01</v>
+      </c>
     </row>
-    <row r="12" spans="2:169" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="12" spans="2:170" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B12" s="14" t="s">
         <v>1</v>
       </c>
       <c r="C12" s="22">
         <v>0.27</v>
       </c>
       <c r="D12" s="22">
         <v>0.26</v>
       </c>
       <c r="E12" s="22">
         <v>0.26</v>
       </c>
       <c r="F12" s="22">
         <v>0.28000000000000003</v>
       </c>
       <c r="G12" s="22">
         <v>0.26</v>
       </c>
       <c r="H12" s="22">
         <v>0.26</v>
       </c>
       <c r="I12" s="22">
         <v>0.25</v>
       </c>
       <c r="J12" s="22">
@@ -3412,52 +3423,55 @@
       </c>
       <c r="FF12" s="22">
         <v>0.2</v>
       </c>
       <c r="FG12" s="22">
         <v>0.2</v>
       </c>
       <c r="FH12" s="22">
         <v>0.2</v>
       </c>
       <c r="FI12" s="22">
         <v>0.19</v>
       </c>
       <c r="FJ12" s="22">
         <v>0.16</v>
       </c>
       <c r="FK12" s="22">
         <v>0.16</v>
       </c>
       <c r="FL12" s="22">
         <v>0.16</v>
       </c>
       <c r="FM12" s="22">
         <v>0.17</v>
       </c>
+      <c r="FN12" s="22">
+        <v>0.15</v>
+      </c>
     </row>
-    <row r="13" spans="2:169" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="13" spans="2:170" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B13" s="2" t="s">
         <v>8</v>
       </c>
       <c r="C13" s="22">
         <v>3.32</v>
       </c>
       <c r="D13" s="22">
         <v>3.31</v>
       </c>
       <c r="E13" s="22">
         <v>3.49</v>
       </c>
       <c r="F13" s="22">
         <v>3.39</v>
       </c>
       <c r="G13" s="22">
         <v>3.4</v>
       </c>
       <c r="H13" s="22">
         <v>3.44</v>
       </c>
       <c r="I13" s="22">
         <v>3.32</v>
       </c>
       <c r="J13" s="22">
@@ -3918,52 +3932,55 @@
       </c>
       <c r="FF13" s="22">
         <v>1.69</v>
       </c>
       <c r="FG13" s="22">
         <v>1.45</v>
       </c>
       <c r="FH13" s="22">
         <v>1.52</v>
       </c>
       <c r="FI13" s="22">
         <v>1.44</v>
       </c>
       <c r="FJ13" s="22">
         <v>1.36</v>
       </c>
       <c r="FK13" s="22">
         <v>1.3</v>
       </c>
       <c r="FL13" s="22">
         <v>1.56</v>
       </c>
       <c r="FM13" s="22">
         <v>1.33</v>
       </c>
+      <c r="FN13" s="22">
+        <v>1.56</v>
+      </c>
     </row>
-    <row r="14" spans="2:169" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="14" spans="2:170" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="22"/>
       <c r="D14" s="22"/>
       <c r="E14" s="22"/>
       <c r="F14" s="22"/>
       <c r="G14" s="22"/>
       <c r="H14" s="22"/>
       <c r="I14" s="22"/>
       <c r="J14" s="22"/>
       <c r="K14" s="22"/>
       <c r="L14" s="22"/>
       <c r="M14" s="22"/>
       <c r="N14" s="22"/>
       <c r="O14" s="22"/>
       <c r="P14" s="22"/>
       <c r="Q14" s="22"/>
       <c r="R14" s="22"/>
       <c r="S14" s="22"/>
       <c r="T14" s="22"/>
       <c r="U14" s="22"/>
       <c r="V14" s="22"/>
       <c r="W14" s="22"/>
       <c r="X14" s="22"/>
@@ -4158,52 +4175,55 @@
       </c>
       <c r="FF14" s="22">
         <v>2.09</v>
       </c>
       <c r="FG14" s="22">
         <v>1.92</v>
       </c>
       <c r="FH14" s="22">
         <v>1.86</v>
       </c>
       <c r="FI14" s="22">
         <v>1.7</v>
       </c>
       <c r="FJ14" s="22">
         <v>1.7</v>
       </c>
       <c r="FK14" s="22">
         <v>1.67</v>
       </c>
       <c r="FL14" s="22">
         <v>1.8</v>
       </c>
       <c r="FM14" s="22">
         <v>1.69</v>
       </c>
+      <c r="FN14" s="22">
+        <v>1.74</v>
+      </c>
     </row>
-    <row r="15" spans="2:169" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="15" spans="2:170" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B15" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C15" s="22"/>
       <c r="D15" s="22"/>
       <c r="E15" s="22"/>
       <c r="F15" s="22"/>
       <c r="G15" s="22"/>
       <c r="H15" s="22"/>
       <c r="I15" s="22"/>
       <c r="J15" s="22"/>
       <c r="K15" s="22"/>
       <c r="L15" s="22"/>
       <c r="M15" s="22"/>
       <c r="N15" s="22"/>
       <c r="O15" s="22"/>
       <c r="P15" s="22"/>
       <c r="Q15" s="22"/>
       <c r="R15" s="22"/>
       <c r="S15" s="22"/>
       <c r="T15" s="22"/>
       <c r="U15" s="22"/>
       <c r="V15" s="22"/>
       <c r="W15" s="22"/>
       <c r="X15" s="22"/>
@@ -4398,52 +4418,55 @@
       </c>
       <c r="FF15" s="22">
         <v>1.41</v>
       </c>
       <c r="FG15" s="22">
         <v>1.23</v>
       </c>
       <c r="FH15" s="22">
         <v>1.1299999999999999</v>
       </c>
       <c r="FI15" s="22">
         <v>1.17</v>
       </c>
       <c r="FJ15" s="22">
         <v>1.1499999999999999</v>
       </c>
       <c r="FK15" s="22">
         <v>0.94</v>
       </c>
       <c r="FL15" s="22">
         <v>1.61</v>
       </c>
       <c r="FM15" s="22">
         <v>0.84</v>
       </c>
+      <c r="FN15" s="22">
+        <v>1.1100000000000001</v>
+      </c>
     </row>
-    <row r="16" spans="2:169" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="16" spans="2:170" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B16" s="2" t="s">
         <v>15</v>
       </c>
       <c r="C16" s="22"/>
       <c r="D16" s="22"/>
       <c r="E16" s="22"/>
       <c r="F16" s="22"/>
       <c r="G16" s="22"/>
       <c r="H16" s="22"/>
       <c r="I16" s="22"/>
       <c r="J16" s="22"/>
       <c r="K16" s="22"/>
       <c r="L16" s="22"/>
       <c r="M16" s="22"/>
       <c r="N16" s="22"/>
       <c r="O16" s="22"/>
       <c r="P16" s="22"/>
       <c r="Q16" s="22"/>
       <c r="R16" s="22"/>
       <c r="S16" s="22"/>
       <c r="T16" s="22"/>
       <c r="U16" s="22"/>
       <c r="V16" s="22"/>
       <c r="W16" s="22"/>
       <c r="X16" s="22"/>
@@ -4638,52 +4661,55 @@
       </c>
       <c r="FF16" s="22">
         <v>1.67</v>
       </c>
       <c r="FG16" s="22">
         <v>1.32</v>
       </c>
       <c r="FH16" s="22">
         <v>1.64</v>
       </c>
       <c r="FI16" s="22">
         <v>1.54</v>
       </c>
       <c r="FJ16" s="22">
         <v>1.36</v>
       </c>
       <c r="FK16" s="22">
         <v>1.35</v>
       </c>
       <c r="FL16" s="22">
         <v>1.36</v>
       </c>
       <c r="FM16" s="22">
         <v>1.49</v>
       </c>
+      <c r="FN16" s="22">
+        <v>1.46</v>
+      </c>
     </row>
-    <row r="17" spans="2:169" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="17" spans="2:170" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B17" s="2" t="s">
         <v>16</v>
       </c>
       <c r="C17" s="22"/>
       <c r="D17" s="22"/>
       <c r="E17" s="22"/>
       <c r="F17" s="22"/>
       <c r="G17" s="22"/>
       <c r="H17" s="22"/>
       <c r="I17" s="22"/>
       <c r="J17" s="22"/>
       <c r="K17" s="22"/>
       <c r="L17" s="22"/>
       <c r="M17" s="22"/>
       <c r="N17" s="22"/>
       <c r="O17" s="22"/>
       <c r="P17" s="22"/>
       <c r="Q17" s="22"/>
       <c r="R17" s="22"/>
       <c r="S17" s="22"/>
       <c r="T17" s="22"/>
       <c r="U17" s="22"/>
       <c r="V17" s="22"/>
       <c r="W17" s="22"/>
       <c r="X17" s="22"/>
@@ -4878,52 +4904,55 @@
       </c>
       <c r="FF17" s="22">
         <v>1.49</v>
       </c>
       <c r="FG17" s="22">
         <v>0.56999999999999995</v>
       </c>
       <c r="FH17" s="22">
         <v>1.8</v>
       </c>
       <c r="FI17" s="22">
         <v>1.53</v>
       </c>
       <c r="FJ17" s="22">
         <v>0.69</v>
       </c>
       <c r="FK17" s="22">
         <v>0.67</v>
       </c>
       <c r="FL17" s="22">
         <v>0.75</v>
       </c>
       <c r="FM17" s="22">
         <v>0.66</v>
       </c>
+      <c r="FN17" s="22">
+        <v>2.34</v>
+      </c>
     </row>
-    <row r="18" spans="2:169" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="18" spans="2:170" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B18" s="2" t="s">
         <v>17</v>
       </c>
       <c r="C18" s="22"/>
       <c r="D18" s="22"/>
       <c r="E18" s="22"/>
       <c r="F18" s="22"/>
       <c r="G18" s="22"/>
       <c r="H18" s="22"/>
       <c r="I18" s="22"/>
       <c r="J18" s="22"/>
       <c r="K18" s="22"/>
       <c r="L18" s="22"/>
       <c r="M18" s="22"/>
       <c r="N18" s="22"/>
       <c r="O18" s="22"/>
       <c r="P18" s="22"/>
       <c r="Q18" s="22"/>
       <c r="R18" s="22"/>
       <c r="S18" s="22"/>
       <c r="T18" s="22"/>
       <c r="U18" s="22"/>
       <c r="V18" s="22"/>
       <c r="W18" s="22"/>
       <c r="X18" s="22"/>
@@ -5118,52 +5147,55 @@
       </c>
       <c r="FF18" s="22">
         <v>1.05</v>
       </c>
       <c r="FG18" s="22">
         <v>0.63</v>
       </c>
       <c r="FH18" s="22">
         <v>0.63</v>
       </c>
       <c r="FI18" s="22">
         <v>0.79</v>
       </c>
       <c r="FJ18" s="22">
         <v>0.9</v>
       </c>
       <c r="FK18" s="22">
         <v>0.93</v>
       </c>
       <c r="FL18" s="22">
         <v>1.29</v>
       </c>
       <c r="FM18" s="22">
         <v>1.62</v>
       </c>
+      <c r="FN18" s="22">
+        <v>1.41</v>
+      </c>
     </row>
-    <row r="19" spans="2:169" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="19" spans="2:170" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B19" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C19" s="22">
         <v>2.9</v>
       </c>
       <c r="D19" s="22">
         <v>3.81</v>
       </c>
       <c r="E19" s="22">
         <v>4.2699999999999996</v>
       </c>
       <c r="F19" s="22">
         <v>4.4800000000000004</v>
       </c>
       <c r="G19" s="22">
         <v>3.25</v>
       </c>
       <c r="H19" s="22">
         <v>3.93</v>
       </c>
       <c r="I19" s="22">
         <v>3.76</v>
       </c>
       <c r="J19" s="22">
@@ -5624,52 +5656,55 @@
       </c>
       <c r="FF19" s="22">
         <v>2</v>
       </c>
       <c r="FG19" s="22">
         <v>1.78</v>
       </c>
       <c r="FH19" s="22">
         <v>1.68</v>
       </c>
       <c r="FI19" s="22">
         <v>1.63</v>
       </c>
       <c r="FJ19" s="22">
         <v>1.61</v>
       </c>
       <c r="FK19" s="22">
         <v>1.73</v>
       </c>
       <c r="FL19" s="22">
         <v>1.78</v>
       </c>
       <c r="FM19" s="22">
         <v>1.76</v>
       </c>
+      <c r="FN19" s="22">
+        <v>1.83</v>
+      </c>
     </row>
-    <row r="20" spans="2:169" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="20" spans="2:170" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="C20" s="22">
         <v>2.9</v>
       </c>
       <c r="D20" s="22">
         <v>3.81</v>
       </c>
       <c r="E20" s="22">
         <v>4.2699999999999996</v>
       </c>
       <c r="F20" s="22">
         <v>4.4800000000000004</v>
       </c>
       <c r="G20" s="22">
         <v>3.25</v>
       </c>
       <c r="H20" s="22">
         <v>3.93</v>
       </c>
       <c r="I20" s="22">
         <v>3.76</v>
       </c>
       <c r="J20" s="22">
@@ -6130,52 +6165,55 @@
       </c>
       <c r="FF20" s="22">
         <v>2</v>
       </c>
       <c r="FG20" s="22">
         <v>1.78</v>
       </c>
       <c r="FH20" s="22">
         <v>1.68</v>
       </c>
       <c r="FI20" s="22">
         <v>1.63</v>
       </c>
       <c r="FJ20" s="22">
         <v>1.61</v>
       </c>
       <c r="FK20" s="22">
         <v>1.73</v>
       </c>
       <c r="FL20" s="22">
         <v>1.78</v>
       </c>
       <c r="FM20" s="22">
         <v>1.76</v>
       </c>
+      <c r="FN20" s="22">
+        <v>1.83</v>
+      </c>
     </row>
-    <row r="21" spans="2:169" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="21" spans="2:170" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B21" s="2" t="s">
         <v>19</v>
       </c>
       <c r="C21" s="22" t="s">
         <v>4</v>
       </c>
       <c r="D21" s="22" t="s">
         <v>4</v>
       </c>
       <c r="E21" s="22" t="s">
         <v>4</v>
       </c>
       <c r="F21" s="22" t="s">
         <v>4</v>
       </c>
       <c r="G21" s="22" t="s">
         <v>4</v>
       </c>
       <c r="H21" s="22" t="s">
         <v>4</v>
       </c>
       <c r="I21" s="22" t="s">
         <v>4</v>
       </c>
       <c r="J21" s="22" t="s">
@@ -6636,52 +6674,55 @@
       </c>
       <c r="FF21" s="22" t="s">
         <v>4</v>
       </c>
       <c r="FG21" s="22" t="s">
         <v>4</v>
       </c>
       <c r="FH21" s="22" t="s">
         <v>4</v>
       </c>
       <c r="FI21" s="22" t="s">
         <v>4</v>
       </c>
       <c r="FJ21" s="22" t="s">
         <v>4</v>
       </c>
       <c r="FK21" s="22" t="s">
         <v>4</v>
       </c>
       <c r="FL21" s="22" t="s">
         <v>4</v>
       </c>
       <c r="FM21" s="22" t="s">
         <v>4</v>
       </c>
+      <c r="FN21" s="22" t="s">
+        <v>4</v>
+      </c>
     </row>
-    <row r="22" spans="2:169" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="22" spans="2:170" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B22" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C22" s="22"/>
       <c r="D22" s="22"/>
       <c r="E22" s="22"/>
       <c r="F22" s="22"/>
       <c r="G22" s="22"/>
       <c r="H22" s="22"/>
       <c r="I22" s="22"/>
       <c r="J22" s="22"/>
       <c r="K22" s="22"/>
       <c r="L22" s="22"/>
       <c r="M22" s="22"/>
       <c r="N22" s="22"/>
       <c r="O22" s="22"/>
       <c r="P22" s="22"/>
       <c r="Q22" s="22"/>
       <c r="R22" s="22"/>
       <c r="S22" s="22"/>
       <c r="T22" s="22"/>
       <c r="U22" s="22"/>
       <c r="V22" s="22"/>
       <c r="W22" s="22"/>
       <c r="X22" s="22"/>
@@ -6808,52 +6849,53 @@
       <c r="EO22" s="22"/>
       <c r="EP22" s="22"/>
       <c r="EQ22" s="22"/>
       <c r="ER22" s="22"/>
       <c r="ES22" s="22"/>
       <c r="ET22" s="22"/>
       <c r="EU22" s="22"/>
       <c r="EV22" s="22"/>
       <c r="EW22" s="22"/>
       <c r="EX22" s="22"/>
       <c r="EY22" s="22"/>
       <c r="EZ22" s="22"/>
       <c r="FA22" s="22"/>
       <c r="FB22" s="22"/>
       <c r="FC22" s="22"/>
       <c r="FD22" s="22"/>
       <c r="FE22" s="22"/>
       <c r="FF22" s="22"/>
       <c r="FG22" s="22"/>
       <c r="FH22" s="22"/>
       <c r="FI22" s="22"/>
       <c r="FJ22" s="22"/>
       <c r="FK22" s="22"/>
       <c r="FL22" s="22"/>
       <c r="FM22" s="22"/>
+      <c r="FN22" s="22"/>
     </row>
-    <row r="23" spans="2:169" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="23" spans="2:170" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B23" s="2" t="s">
         <v>11</v>
       </c>
       <c r="C23" s="22">
         <v>0.56999999999999995</v>
       </c>
       <c r="D23" s="22">
         <v>0.55000000000000004</v>
       </c>
       <c r="E23" s="22">
         <v>0.52</v>
       </c>
       <c r="F23" s="22">
         <v>0.53</v>
       </c>
       <c r="G23" s="22">
         <v>0.53</v>
       </c>
       <c r="H23" s="22">
         <v>0.55000000000000004</v>
       </c>
       <c r="I23" s="22">
         <v>0.53</v>
       </c>
       <c r="J23" s="22">
@@ -7314,52 +7356,55 @@
       </c>
       <c r="FF23" s="22">
         <v>0.11</v>
       </c>
       <c r="FG23" s="22">
         <v>0.1</v>
       </c>
       <c r="FH23" s="22">
         <v>0.1</v>
       </c>
       <c r="FI23" s="22">
         <v>0.13</v>
       </c>
       <c r="FJ23" s="22">
         <v>0.12</v>
       </c>
       <c r="FK23" s="22">
         <v>0.1</v>
       </c>
       <c r="FL23" s="22">
         <v>0.12</v>
       </c>
       <c r="FM23" s="22">
         <v>0.13</v>
       </c>
+      <c r="FN23" s="22">
+        <v>0.12</v>
+      </c>
     </row>
-    <row r="24" spans="2:169" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="24" spans="2:170" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B24" s="14" t="s">
         <v>0</v>
       </c>
       <c r="C24" s="22">
         <v>0.55000000000000004</v>
       </c>
       <c r="D24" s="22">
         <v>0.55000000000000004</v>
       </c>
       <c r="E24" s="22">
         <v>0.51</v>
       </c>
       <c r="F24" s="22">
         <v>0.52</v>
       </c>
       <c r="G24" s="22">
         <v>0.53</v>
       </c>
       <c r="H24" s="22">
         <v>0.53</v>
       </c>
       <c r="I24" s="22">
         <v>0.5</v>
       </c>
       <c r="J24" s="22">
@@ -7820,52 +7865,55 @@
       </c>
       <c r="FF24" s="22">
         <v>0.03</v>
       </c>
       <c r="FG24" s="22">
         <v>0.03</v>
       </c>
       <c r="FH24" s="22">
         <v>0.03</v>
       </c>
       <c r="FI24" s="22">
         <v>0.03</v>
       </c>
       <c r="FJ24" s="22">
         <v>0.03</v>
       </c>
       <c r="FK24" s="22">
         <v>0.03</v>
       </c>
       <c r="FL24" s="22">
         <v>0.03</v>
       </c>
       <c r="FM24" s="22">
         <v>0.03</v>
       </c>
+      <c r="FN24" s="22">
+        <v>0.03</v>
+      </c>
     </row>
-    <row r="25" spans="2:169" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="25" spans="2:170" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B25" s="14" t="s">
         <v>1</v>
       </c>
       <c r="C25" s="22">
         <v>0.73</v>
       </c>
       <c r="D25" s="22">
         <v>0.56999999999999995</v>
       </c>
       <c r="E25" s="22">
         <v>0.6</v>
       </c>
       <c r="F25" s="22">
         <v>0.68</v>
       </c>
       <c r="G25" s="22">
         <v>0.59</v>
       </c>
       <c r="H25" s="22">
         <v>0.67</v>
       </c>
       <c r="I25" s="22">
         <v>0.81</v>
       </c>
       <c r="J25" s="22">
@@ -8326,52 +8374,55 @@
       </c>
       <c r="FF25" s="22">
         <v>1.43</v>
       </c>
       <c r="FG25" s="22">
         <v>1.35</v>
       </c>
       <c r="FH25" s="22">
         <v>1.17</v>
       </c>
       <c r="FI25" s="22">
         <v>1.37</v>
       </c>
       <c r="FJ25" s="22">
         <v>1.36</v>
       </c>
       <c r="FK25" s="22">
         <v>1.24</v>
       </c>
       <c r="FL25" s="22">
         <v>1.33</v>
       </c>
       <c r="FM25" s="22">
         <v>1.65</v>
       </c>
+      <c r="FN25" s="22">
+        <v>1.56</v>
+      </c>
     </row>
-    <row r="26" spans="2:169" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="26" spans="2:170" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B26" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C26" s="22">
         <v>2.59</v>
       </c>
       <c r="D26" s="22">
         <v>2.95</v>
       </c>
       <c r="E26" s="22">
         <v>2.88</v>
       </c>
       <c r="F26" s="22">
         <v>2.41</v>
       </c>
       <c r="G26" s="22">
         <v>2.1</v>
       </c>
       <c r="H26" s="22">
         <v>2.69</v>
       </c>
       <c r="I26" s="22">
         <v>2.44</v>
       </c>
       <c r="J26" s="22">
@@ -8832,52 +8883,55 @@
       </c>
       <c r="FF26" s="22">
         <v>2.2400000000000002</v>
       </c>
       <c r="FG26" s="22">
         <v>2.06</v>
       </c>
       <c r="FH26" s="22">
         <v>1.98</v>
       </c>
       <c r="FI26" s="22">
         <v>1.8</v>
       </c>
       <c r="FJ26" s="22">
         <v>1.79</v>
       </c>
       <c r="FK26" s="22">
         <v>1.79</v>
       </c>
       <c r="FL26" s="22">
         <v>1.77</v>
       </c>
       <c r="FM26" s="22">
         <v>1.79</v>
       </c>
+      <c r="FN26" s="22">
+        <v>1.8</v>
+      </c>
     </row>
-    <row r="27" spans="2:169" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="27" spans="2:170" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B27" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C27" s="22"/>
       <c r="D27" s="22"/>
       <c r="E27" s="22"/>
       <c r="F27" s="22"/>
       <c r="G27" s="22"/>
       <c r="H27" s="22"/>
       <c r="I27" s="22"/>
       <c r="J27" s="22"/>
       <c r="K27" s="22"/>
       <c r="L27" s="22"/>
       <c r="M27" s="22"/>
       <c r="N27" s="22"/>
       <c r="O27" s="22"/>
       <c r="P27" s="22"/>
       <c r="Q27" s="22"/>
       <c r="R27" s="22"/>
       <c r="S27" s="22"/>
       <c r="T27" s="22"/>
       <c r="U27" s="22"/>
       <c r="V27" s="22"/>
       <c r="W27" s="22"/>
       <c r="X27" s="22"/>
@@ -9072,52 +9126,55 @@
       </c>
       <c r="FF27" s="22">
         <v>2.2599999999999998</v>
       </c>
       <c r="FG27" s="22">
         <v>2.0699999999999998</v>
       </c>
       <c r="FH27" s="22">
         <v>1.98</v>
       </c>
       <c r="FI27" s="22">
         <v>1.79</v>
       </c>
       <c r="FJ27" s="22">
         <v>1.79</v>
       </c>
       <c r="FK27" s="22">
         <v>1.78</v>
       </c>
       <c r="FL27" s="22">
         <v>1.77</v>
       </c>
       <c r="FM27" s="22">
         <v>1.78</v>
       </c>
+      <c r="FN27" s="22">
+        <v>1.79</v>
+      </c>
     </row>
-    <row r="28" spans="2:169" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="28" spans="2:170" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B28" s="2" t="s">
         <v>21</v>
       </c>
       <c r="C28" s="22"/>
       <c r="D28" s="22"/>
       <c r="E28" s="22"/>
       <c r="F28" s="22"/>
       <c r="G28" s="22"/>
       <c r="H28" s="22"/>
       <c r="I28" s="22"/>
       <c r="J28" s="22"/>
       <c r="K28" s="22"/>
       <c r="L28" s="22"/>
       <c r="M28" s="22"/>
       <c r="N28" s="22"/>
       <c r="O28" s="22"/>
       <c r="P28" s="22"/>
       <c r="Q28" s="22"/>
       <c r="R28" s="22"/>
       <c r="S28" s="22"/>
       <c r="T28" s="22"/>
       <c r="U28" s="22"/>
       <c r="V28" s="22"/>
       <c r="W28" s="22"/>
       <c r="X28" s="22"/>
@@ -9312,52 +9369,55 @@
       </c>
       <c r="FF28" s="22">
         <v>2.11</v>
       </c>
       <c r="FG28" s="22">
         <v>2.06</v>
       </c>
       <c r="FH28" s="22">
         <v>2.02</v>
       </c>
       <c r="FI28" s="22">
         <v>1.85</v>
       </c>
       <c r="FJ28" s="22">
         <v>1.85</v>
       </c>
       <c r="FK28" s="22">
         <v>1.92</v>
       </c>
       <c r="FL28" s="22">
         <v>1.86</v>
       </c>
       <c r="FM28" s="22">
         <v>1.81</v>
       </c>
+      <c r="FN28" s="22">
+        <v>1.91</v>
+      </c>
     </row>
-    <row r="29" spans="2:169" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="29" spans="2:170" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B29" s="2" t="s">
         <v>22</v>
       </c>
       <c r="C29" s="22"/>
       <c r="D29" s="22"/>
       <c r="E29" s="22"/>
       <c r="F29" s="22"/>
       <c r="G29" s="22"/>
       <c r="H29" s="22"/>
       <c r="I29" s="22"/>
       <c r="J29" s="22"/>
       <c r="K29" s="22"/>
       <c r="L29" s="22"/>
       <c r="M29" s="22"/>
       <c r="N29" s="22"/>
       <c r="O29" s="22"/>
       <c r="P29" s="22"/>
       <c r="Q29" s="22"/>
       <c r="R29" s="22"/>
       <c r="S29" s="22"/>
       <c r="T29" s="22"/>
       <c r="U29" s="22"/>
       <c r="V29" s="22"/>
       <c r="W29" s="22"/>
       <c r="X29" s="22"/>
@@ -9552,52 +9612,55 @@
       </c>
       <c r="FF29" s="22">
         <v>2.13</v>
       </c>
       <c r="FG29" s="22">
         <v>1.98</v>
       </c>
       <c r="FH29" s="22">
         <v>1.97</v>
       </c>
       <c r="FI29" s="22">
         <v>1.83</v>
       </c>
       <c r="FJ29" s="22">
         <v>1.75</v>
       </c>
       <c r="FK29" s="22">
         <v>1.91</v>
       </c>
       <c r="FL29" s="22">
         <v>1.78</v>
       </c>
       <c r="FM29" s="22">
         <v>1.77</v>
       </c>
+      <c r="FN29" s="22">
+        <v>2.04</v>
+      </c>
     </row>
-    <row r="30" spans="2:169" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="30" spans="2:170" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B30" s="2" t="s">
         <v>23</v>
       </c>
       <c r="C30" s="22"/>
       <c r="D30" s="22"/>
       <c r="E30" s="22"/>
       <c r="F30" s="22"/>
       <c r="G30" s="22"/>
       <c r="H30" s="22"/>
       <c r="I30" s="22"/>
       <c r="J30" s="22"/>
       <c r="K30" s="22"/>
       <c r="L30" s="22"/>
       <c r="M30" s="22"/>
       <c r="N30" s="22"/>
       <c r="O30" s="22"/>
       <c r="P30" s="22"/>
       <c r="Q30" s="22"/>
       <c r="R30" s="22"/>
       <c r="S30" s="22"/>
       <c r="T30" s="22"/>
       <c r="U30" s="22"/>
       <c r="V30" s="22"/>
       <c r="W30" s="22"/>
       <c r="X30" s="22"/>
@@ -9792,52 +9855,55 @@
       </c>
       <c r="FF30" s="22">
         <v>1.69</v>
       </c>
       <c r="FG30" s="22">
         <v>1.07</v>
       </c>
       <c r="FH30" s="22">
         <v>1.77</v>
       </c>
       <c r="FI30" s="22">
         <v>1.54</v>
       </c>
       <c r="FJ30" s="22">
         <v>1.45</v>
       </c>
       <c r="FK30" s="22">
         <v>1.43</v>
       </c>
       <c r="FL30" s="22">
         <v>0.25</v>
       </c>
       <c r="FM30" s="22">
         <v>3.69</v>
       </c>
+      <c r="FN30" s="22">
+        <v>3.24</v>
+      </c>
     </row>
-    <row r="31" spans="2:169" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="31" spans="2:170" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B31" s="2" t="s">
         <v>24</v>
       </c>
       <c r="C31" s="22"/>
       <c r="D31" s="22"/>
       <c r="E31" s="22"/>
       <c r="F31" s="22"/>
       <c r="G31" s="22"/>
       <c r="H31" s="22"/>
       <c r="I31" s="22"/>
       <c r="J31" s="22"/>
       <c r="K31" s="22"/>
       <c r="L31" s="22"/>
       <c r="M31" s="22"/>
       <c r="N31" s="22"/>
       <c r="O31" s="22"/>
       <c r="P31" s="22"/>
       <c r="Q31" s="22"/>
       <c r="R31" s="22"/>
       <c r="S31" s="22"/>
       <c r="T31" s="22"/>
       <c r="U31" s="22"/>
       <c r="V31" s="22"/>
       <c r="W31" s="22"/>
       <c r="X31" s="22"/>
@@ -10032,52 +10098,55 @@
       </c>
       <c r="FF31" s="22">
         <v>1.54</v>
       </c>
       <c r="FG31" s="22">
         <v>0.06</v>
       </c>
       <c r="FH31" s="22">
         <v>2.72</v>
       </c>
       <c r="FI31" s="22">
         <v>3.35</v>
       </c>
       <c r="FJ31" s="22">
         <v>0.33</v>
       </c>
       <c r="FK31" s="22">
         <v>0.38</v>
       </c>
       <c r="FL31" s="22">
         <v>0.8</v>
       </c>
       <c r="FM31" s="22">
         <v>1.39</v>
       </c>
+      <c r="FN31" s="22">
+        <v>0.89</v>
+      </c>
     </row>
-    <row r="32" spans="2:169" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="32" spans="2:170" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B32" s="10" t="s">
         <v>25</v>
       </c>
       <c r="C32" s="23" t="s">
         <v>4</v>
       </c>
       <c r="D32" s="23" t="s">
         <v>4</v>
       </c>
       <c r="E32" s="23" t="s">
         <v>4</v>
       </c>
       <c r="F32" s="23" t="s">
         <v>4</v>
       </c>
       <c r="G32" s="23">
         <v>0.2</v>
       </c>
       <c r="H32" s="23" t="s">
         <v>4</v>
       </c>
       <c r="I32" s="23" t="s">
         <v>4</v>
       </c>
       <c r="J32" s="23">
@@ -10538,205 +10607,212 @@
       </c>
       <c r="FF32" s="23" t="s">
         <v>4</v>
       </c>
       <c r="FG32" s="23" t="s">
         <v>4</v>
       </c>
       <c r="FH32" s="23" t="s">
         <v>4</v>
       </c>
       <c r="FI32" s="23" t="s">
         <v>4</v>
       </c>
       <c r="FJ32" s="23" t="s">
         <v>4</v>
       </c>
       <c r="FK32" s="23" t="s">
         <v>4</v>
       </c>
       <c r="FL32" s="23" t="s">
         <v>4</v>
       </c>
       <c r="FM32" s="23" t="s">
         <v>4</v>
       </c>
+      <c r="FN32" s="23" t="s">
+        <v>4</v>
+      </c>
     </row>
-    <row r="33" spans="2:169" ht="9.9" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="33" spans="2:170" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
       <c r="EF33" s="17"/>
       <c r="EG33" s="17"/>
       <c r="EH33" s="17"/>
       <c r="EI33" s="17"/>
       <c r="EJ33" s="17"/>
       <c r="EK33" s="17"/>
       <c r="EL33" s="17"/>
       <c r="EM33" s="17"/>
       <c r="EN33" s="17"/>
       <c r="EO33" s="17"/>
       <c r="EP33" s="17"/>
       <c r="EQ33" s="17"/>
       <c r="ER33" s="17"/>
       <c r="ES33" s="17"/>
       <c r="ET33" s="17"/>
       <c r="EU33" s="17"/>
       <c r="EV33" s="17"/>
       <c r="EW33" s="17"/>
       <c r="EX33" s="17"/>
       <c r="EY33" s="17"/>
       <c r="EZ33" s="17"/>
       <c r="FA33" s="17"/>
       <c r="FB33" s="17"/>
       <c r="FC33" s="17"/>
       <c r="FD33" s="17"/>
       <c r="FE33" s="17"/>
       <c r="FF33" s="17"/>
       <c r="FG33" s="17"/>
       <c r="FH33" s="17"/>
       <c r="FI33" s="17"/>
       <c r="FJ33" s="17"/>
       <c r="FK33" s="17"/>
       <c r="FL33" s="17"/>
       <c r="FM33" s="17"/>
+      <c r="FN33" s="17"/>
     </row>
-    <row r="34" spans="2:169" ht="9.9" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="34" spans="2:170" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B34" s="3"/>
       <c r="EF34" s="17"/>
       <c r="EG34" s="17"/>
       <c r="EH34" s="17"/>
       <c r="EI34" s="17"/>
       <c r="EJ34" s="17"/>
       <c r="EK34" s="17"/>
       <c r="EL34" s="17"/>
       <c r="EM34" s="17"/>
       <c r="EN34" s="17"/>
       <c r="EO34" s="17"/>
       <c r="EP34" s="17"/>
       <c r="EQ34" s="17"/>
       <c r="ER34" s="17"/>
       <c r="ES34" s="17"/>
       <c r="ET34" s="17"/>
       <c r="EU34" s="17"/>
       <c r="EV34" s="17"/>
       <c r="EW34" s="17"/>
       <c r="EX34" s="17"/>
       <c r="EY34" s="17"/>
       <c r="EZ34" s="17"/>
       <c r="FA34" s="17"/>
       <c r="FB34" s="17"/>
       <c r="FC34" s="17"/>
       <c r="FD34" s="17"/>
       <c r="FE34" s="17"/>
       <c r="FF34" s="17"/>
       <c r="FG34" s="17"/>
       <c r="FH34" s="17"/>
       <c r="FI34" s="17"/>
       <c r="FJ34" s="17"/>
       <c r="FK34" s="17"/>
       <c r="FL34" s="17"/>
       <c r="FM34" s="17"/>
+      <c r="FN34" s="17"/>
     </row>
-    <row r="35" spans="2:169" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="35" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B35" s="15" t="s">
         <v>30</v>
       </c>
       <c r="EF35" s="17"/>
       <c r="EG35" s="17"/>
       <c r="EH35" s="17"/>
       <c r="EI35" s="17"/>
       <c r="EJ35" s="17"/>
       <c r="EK35" s="17"/>
       <c r="EL35" s="17"/>
       <c r="EM35" s="17"/>
       <c r="EN35" s="17"/>
       <c r="EO35" s="17"/>
       <c r="EP35" s="17"/>
       <c r="EQ35" s="17"/>
       <c r="ER35" s="17"/>
       <c r="ES35" s="17"/>
       <c r="ET35" s="17"/>
       <c r="EU35" s="17"/>
       <c r="EV35" s="17"/>
       <c r="EW35" s="17"/>
       <c r="EX35" s="17"/>
       <c r="EY35" s="17"/>
       <c r="EZ35" s="17"/>
       <c r="FA35" s="17"/>
       <c r="FB35" s="17"/>
       <c r="FC35" s="17"/>
       <c r="FD35" s="17"/>
       <c r="FE35" s="17"/>
       <c r="FF35" s="17"/>
       <c r="FG35" s="17"/>
       <c r="FH35" s="17"/>
       <c r="FI35" s="17"/>
       <c r="FJ35" s="17"/>
       <c r="FK35" s="17"/>
       <c r="FL35" s="17"/>
       <c r="FM35" s="17"/>
+      <c r="FN35" s="17"/>
     </row>
-    <row r="36" spans="2:169" s="26" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="36" spans="2:170" s="26" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B36" s="9" t="s">
         <v>3</v>
       </c>
       <c r="EF36" s="27"/>
       <c r="EG36" s="27"/>
       <c r="EH36" s="27"/>
       <c r="EI36" s="27"/>
       <c r="EJ36" s="27"/>
       <c r="EK36" s="27"/>
       <c r="EL36" s="27"/>
       <c r="EM36" s="27"/>
       <c r="EN36" s="27"/>
       <c r="EO36" s="27"/>
       <c r="EP36" s="27"/>
       <c r="EQ36" s="27"/>
       <c r="ER36" s="27"/>
       <c r="ES36" s="27"/>
       <c r="ET36" s="27"/>
       <c r="EU36" s="27"/>
       <c r="EV36" s="27"/>
       <c r="EW36" s="27"/>
       <c r="EX36" s="27"/>
       <c r="EY36" s="27"/>
       <c r="EZ36" s="27"/>
       <c r="FA36" s="27"/>
       <c r="FB36" s="27"/>
       <c r="FC36" s="27"/>
       <c r="FD36" s="27"/>
       <c r="FE36" s="27"/>
       <c r="FF36" s="27"/>
       <c r="FG36" s="27"/>
       <c r="FH36" s="27"/>
       <c r="FI36" s="27"/>
       <c r="FJ36" s="27"/>
       <c r="FK36" s="27"/>
-      <c r="FL36" s="27" t="s">
+      <c r="FL36" s="27"/>
+      <c r="FM36" s="27" t="s">
         <v>32</v>
       </c>
-      <c r="FM36" s="27"/>
+      <c r="FN36" s="27"/>
     </row>
-    <row r="37" spans="2:169" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="37" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B37" s="4"/>
       <c r="C37" s="11">
         <v>40908</v>
       </c>
       <c r="D37" s="11">
         <v>40939</v>
       </c>
       <c r="E37" s="11">
         <v>40968</v>
       </c>
       <c r="F37" s="11">
         <v>40999</v>
       </c>
       <c r="G37" s="11">
         <v>41029</v>
       </c>
       <c r="H37" s="11">
         <v>41060</v>
       </c>
       <c r="I37" s="11">
         <v>41090</v>
       </c>
       <c r="J37" s="11">
         <v>41121</v>
       </c>
@@ -11195,52 +11271,55 @@
       </c>
       <c r="FF37" s="12">
         <v>45747</v>
       </c>
       <c r="FG37" s="12">
         <v>45777</v>
       </c>
       <c r="FH37" s="12">
         <v>45808</v>
       </c>
       <c r="FI37" s="12">
         <v>45838</v>
       </c>
       <c r="FJ37" s="12">
         <v>45869</v>
       </c>
       <c r="FK37" s="12">
         <v>45900</v>
       </c>
       <c r="FL37" s="12">
         <v>45930</v>
       </c>
       <c r="FM37" s="12">
         <v>45961</v>
       </c>
+      <c r="FN37" s="12">
+        <v>45991</v>
+      </c>
     </row>
-    <row r="38" spans="2:169" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="38" spans="2:170" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B38" s="2" t="s">
         <v>6</v>
       </c>
       <c r="C38" s="19"/>
       <c r="D38" s="19"/>
       <c r="E38" s="19"/>
       <c r="F38" s="19"/>
       <c r="G38" s="19"/>
       <c r="H38" s="19"/>
       <c r="I38" s="19"/>
       <c r="J38" s="19"/>
       <c r="K38" s="19"/>
       <c r="L38" s="19"/>
       <c r="M38" s="19"/>
       <c r="N38" s="19"/>
       <c r="O38" s="19"/>
       <c r="P38" s="19"/>
       <c r="Q38" s="19"/>
       <c r="R38" s="19"/>
       <c r="S38" s="19"/>
       <c r="T38" s="19"/>
       <c r="U38" s="19"/>
       <c r="V38" s="19"/>
       <c r="W38" s="19"/>
       <c r="X38" s="19"/>
@@ -11367,52 +11446,53 @@
       <c r="EO38" s="20"/>
       <c r="EP38" s="20"/>
       <c r="EQ38" s="20"/>
       <c r="ER38" s="20"/>
       <c r="ES38" s="20"/>
       <c r="ET38" s="20"/>
       <c r="EU38" s="20"/>
       <c r="EV38" s="20"/>
       <c r="EW38" s="20"/>
       <c r="EX38" s="20"/>
       <c r="EY38" s="20"/>
       <c r="EZ38" s="20"/>
       <c r="FA38" s="20"/>
       <c r="FB38" s="20"/>
       <c r="FC38" s="20"/>
       <c r="FD38" s="20"/>
       <c r="FE38" s="20"/>
       <c r="FF38" s="20"/>
       <c r="FG38" s="20"/>
       <c r="FH38" s="20"/>
       <c r="FI38" s="20"/>
       <c r="FJ38" s="20"/>
       <c r="FK38" s="20"/>
       <c r="FL38" s="20"/>
       <c r="FM38" s="20"/>
+      <c r="FN38" s="20"/>
     </row>
-    <row r="39" spans="2:169" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="39" spans="2:170" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B39" s="2" t="s">
         <v>7</v>
       </c>
       <c r="C39" s="20">
         <v>4633.5493650099997</v>
       </c>
       <c r="D39" s="20">
         <v>4393.8880141999998</v>
       </c>
       <c r="E39" s="20">
         <v>4601.6208819699996</v>
       </c>
       <c r="F39" s="20">
         <v>4075.6725490500003</v>
       </c>
       <c r="G39" s="20">
         <v>4571.86922486</v>
       </c>
       <c r="H39" s="20">
         <v>4506.4366569599997</v>
       </c>
       <c r="I39" s="20">
         <v>4539.38520866</v>
       </c>
       <c r="J39" s="20">
@@ -11873,52 +11953,55 @@
       </c>
       <c r="FF39" s="20">
         <v>27863.45506561</v>
       </c>
       <c r="FG39" s="20">
         <v>28156.993496880001</v>
       </c>
       <c r="FH39" s="20">
         <v>28289.423018169997</v>
       </c>
       <c r="FI39" s="20">
         <v>28921.113520070001</v>
       </c>
       <c r="FJ39" s="20">
         <v>29533.814967689999</v>
       </c>
       <c r="FK39" s="20">
         <v>30139.534177500002</v>
       </c>
       <c r="FL39" s="20">
         <v>30029.539851419999</v>
       </c>
       <c r="FM39" s="20">
         <v>30155.24883407</v>
       </c>
+      <c r="FN39" s="20">
+        <v>30114.480860799998</v>
+      </c>
     </row>
-    <row r="40" spans="2:169" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="40" spans="2:170" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B40" s="14" t="s">
         <v>0</v>
       </c>
       <c r="C40" s="20">
         <v>2368.4689933299996</v>
       </c>
       <c r="D40" s="20">
         <v>2142.9135507999999</v>
       </c>
       <c r="E40" s="20">
         <v>2355.7603457500004</v>
       </c>
       <c r="F40" s="20">
         <v>2060.8196741800002</v>
       </c>
       <c r="G40" s="20">
         <v>2379.3950445500004</v>
       </c>
       <c r="H40" s="20">
         <v>2324.06455942</v>
       </c>
       <c r="I40" s="20">
         <v>2341.6359399500002</v>
       </c>
       <c r="J40" s="20">
@@ -12379,52 +12462,55 @@
       </c>
       <c r="FF40" s="20">
         <v>26482.64171657</v>
       </c>
       <c r="FG40" s="20">
         <v>26769.892573150002</v>
       </c>
       <c r="FH40" s="20">
         <v>26889.007589380002</v>
       </c>
       <c r="FI40" s="20">
         <v>27492.013708689999</v>
       </c>
       <c r="FJ40" s="20">
         <v>28081.96050085</v>
       </c>
       <c r="FK40" s="20">
         <v>28662.58513313</v>
       </c>
       <c r="FL40" s="20">
         <v>28565.560935860001</v>
       </c>
       <c r="FM40" s="20">
         <v>28645.936384299999</v>
       </c>
+      <c r="FN40" s="20">
+        <v>28610.038215459997</v>
+      </c>
     </row>
-    <row r="41" spans="2:169" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="41" spans="2:170" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B41" s="14" t="s">
         <v>1</v>
       </c>
       <c r="C41" s="20">
         <v>2264.87854827</v>
       </c>
       <c r="D41" s="20">
         <v>2250.7758377300001</v>
       </c>
       <c r="E41" s="20">
         <v>2245.6387052999999</v>
       </c>
       <c r="F41" s="20">
         <v>2014.6262314000001</v>
       </c>
       <c r="G41" s="20">
         <v>2192.26053585</v>
       </c>
       <c r="H41" s="20">
         <v>2182.1621166499999</v>
       </c>
       <c r="I41" s="20">
         <v>2197.5354075099999</v>
       </c>
       <c r="J41" s="20">
@@ -12885,52 +12971,55 @@
       </c>
       <c r="FF41" s="20">
         <v>1380.81334904</v>
       </c>
       <c r="FG41" s="20">
         <v>1387.10092373</v>
       </c>
       <c r="FH41" s="20">
         <v>1400.4154287899999</v>
       </c>
       <c r="FI41" s="20">
         <v>1429.0998113800001</v>
       </c>
       <c r="FJ41" s="20">
         <v>1451.85446684</v>
       </c>
       <c r="FK41" s="20">
         <v>1476.9490443699999</v>
       </c>
       <c r="FL41" s="20">
         <v>1463.9789155599999</v>
       </c>
       <c r="FM41" s="20">
         <v>1509.3124497700001</v>
       </c>
+      <c r="FN41" s="20">
+        <v>1504.4426453399999</v>
+      </c>
     </row>
-    <row r="42" spans="2:169" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="42" spans="2:170" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B42" s="2" t="s">
         <v>8</v>
       </c>
       <c r="C42" s="20">
         <v>1140.5326148199999</v>
       </c>
       <c r="D42" s="20">
         <v>1050.1441457400001</v>
       </c>
       <c r="E42" s="20">
         <v>1036.1144870999999</v>
       </c>
       <c r="F42" s="20">
         <v>1012.17652165</v>
       </c>
       <c r="G42" s="20">
         <v>900.66128355000001</v>
       </c>
       <c r="H42" s="20">
         <v>1008.59973064</v>
       </c>
       <c r="I42" s="20">
         <v>778.12664881000001</v>
       </c>
       <c r="J42" s="20">
@@ -13391,52 +13480,55 @@
       </c>
       <c r="FF42" s="20">
         <v>1129.2512705499998</v>
       </c>
       <c r="FG42" s="20">
         <v>1162.4179981700001</v>
       </c>
       <c r="FH42" s="20">
         <v>1154.0701710999999</v>
       </c>
       <c r="FI42" s="20">
         <v>1076.16758497</v>
       </c>
       <c r="FJ42" s="20">
         <v>1068.89927771</v>
       </c>
       <c r="FK42" s="20">
         <v>765.27452540999991</v>
       </c>
       <c r="FL42" s="20">
         <v>1132.11451519</v>
       </c>
       <c r="FM42" s="20">
         <v>1186.01268781</v>
       </c>
+      <c r="FN42" s="20">
+        <v>1216.2211510100001</v>
+      </c>
     </row>
-    <row r="43" spans="2:169" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="43" spans="2:170" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B43" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C43" s="20"/>
       <c r="D43" s="20"/>
       <c r="E43" s="20"/>
       <c r="F43" s="20"/>
       <c r="G43" s="20"/>
       <c r="H43" s="20"/>
       <c r="I43" s="20"/>
       <c r="J43" s="20"/>
       <c r="K43" s="20"/>
       <c r="L43" s="20"/>
       <c r="M43" s="20"/>
       <c r="N43" s="20"/>
       <c r="O43" s="20"/>
       <c r="P43" s="20"/>
       <c r="Q43" s="20"/>
       <c r="R43" s="20"/>
       <c r="S43" s="20"/>
       <c r="T43" s="20"/>
       <c r="U43" s="20"/>
       <c r="V43" s="20"/>
       <c r="W43" s="20"/>
       <c r="X43" s="20"/>
@@ -13631,52 +13723,55 @@
       </c>
       <c r="FF43" s="20">
         <v>323.74903618999997</v>
       </c>
       <c r="FG43" s="20">
         <v>389.65303085000005</v>
       </c>
       <c r="FH43" s="20">
         <v>297.71327354000005</v>
       </c>
       <c r="FI43" s="20">
         <v>310.93867588000001</v>
       </c>
       <c r="FJ43" s="20">
         <v>359.43022284</v>
       </c>
       <c r="FK43" s="20">
         <v>266.32536174000001</v>
       </c>
       <c r="FL43" s="20">
         <v>276.97107862000001</v>
       </c>
       <c r="FM43" s="20">
         <v>324.45549267000001</v>
       </c>
+      <c r="FN43" s="20">
+        <v>233.26631449999999</v>
+      </c>
     </row>
-    <row r="44" spans="2:169" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="44" spans="2:170" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B44" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C44" s="20"/>
       <c r="D44" s="20"/>
       <c r="E44" s="20"/>
       <c r="F44" s="20"/>
       <c r="G44" s="20"/>
       <c r="H44" s="20"/>
       <c r="I44" s="20"/>
       <c r="J44" s="20"/>
       <c r="K44" s="20"/>
       <c r="L44" s="20"/>
       <c r="M44" s="20"/>
       <c r="N44" s="20"/>
       <c r="O44" s="20"/>
       <c r="P44" s="20"/>
       <c r="Q44" s="20"/>
       <c r="R44" s="20"/>
       <c r="S44" s="20"/>
       <c r="T44" s="20"/>
       <c r="U44" s="20"/>
       <c r="V44" s="20"/>
       <c r="W44" s="20"/>
       <c r="X44" s="20"/>
@@ -13871,52 +13966,55 @@
       </c>
       <c r="FF44" s="20">
         <v>321.56669887999999</v>
       </c>
       <c r="FG44" s="20">
         <v>534.79767745000004</v>
       </c>
       <c r="FH44" s="20">
         <v>407.90974167000002</v>
       </c>
       <c r="FI44" s="20">
         <v>415.83083179000005</v>
       </c>
       <c r="FJ44" s="20">
         <v>435.55558114999997</v>
       </c>
       <c r="FK44" s="20">
         <v>242.34435865999998</v>
       </c>
       <c r="FL44" s="20">
         <v>538.22496763999993</v>
       </c>
       <c r="FM44" s="20">
         <v>312.80514425000001</v>
       </c>
+      <c r="FN44" s="20">
+        <v>413.55765080999998</v>
+      </c>
     </row>
-    <row r="45" spans="2:169" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="45" spans="2:170" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B45" s="2" t="s">
         <v>15</v>
       </c>
       <c r="C45" s="20"/>
       <c r="D45" s="20"/>
       <c r="E45" s="20"/>
       <c r="F45" s="20"/>
       <c r="G45" s="20"/>
       <c r="H45" s="20"/>
       <c r="I45" s="20"/>
       <c r="J45" s="20"/>
       <c r="K45" s="20"/>
       <c r="L45" s="20"/>
       <c r="M45" s="20"/>
       <c r="N45" s="20"/>
       <c r="O45" s="20"/>
       <c r="P45" s="20"/>
       <c r="Q45" s="20"/>
       <c r="R45" s="20"/>
       <c r="S45" s="20"/>
       <c r="T45" s="20"/>
       <c r="U45" s="20"/>
       <c r="V45" s="20"/>
       <c r="W45" s="20"/>
       <c r="X45" s="20"/>
@@ -14111,52 +14209,55 @@
       </c>
       <c r="FF45" s="20">
         <v>355.67355316000004</v>
       </c>
       <c r="FG45" s="20">
         <v>188.64615150999998</v>
       </c>
       <c r="FH45" s="20">
         <v>352.57018806000002</v>
       </c>
       <c r="FI45" s="20">
         <v>272.21468673000004</v>
       </c>
       <c r="FJ45" s="20">
         <v>222.55068946</v>
       </c>
       <c r="FK45" s="20">
         <v>212.99039812999999</v>
       </c>
       <c r="FL45" s="20">
         <v>250.81992697999999</v>
       </c>
       <c r="FM45" s="20">
         <v>463.66275786</v>
       </c>
+      <c r="FN45" s="20">
+        <v>318.96919294999998</v>
+      </c>
     </row>
-    <row r="46" spans="2:169" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="46" spans="2:170" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B46" s="2" t="s">
         <v>16</v>
       </c>
       <c r="C46" s="20"/>
       <c r="D46" s="20"/>
       <c r="E46" s="20"/>
       <c r="F46" s="20"/>
       <c r="G46" s="20"/>
       <c r="H46" s="20"/>
       <c r="I46" s="20"/>
       <c r="J46" s="20"/>
       <c r="K46" s="20"/>
       <c r="L46" s="20"/>
       <c r="M46" s="20"/>
       <c r="N46" s="20"/>
       <c r="O46" s="20"/>
       <c r="P46" s="20"/>
       <c r="Q46" s="20"/>
       <c r="R46" s="20"/>
       <c r="S46" s="20"/>
       <c r="T46" s="20"/>
       <c r="U46" s="20"/>
       <c r="V46" s="20"/>
       <c r="W46" s="20"/>
       <c r="X46" s="20"/>
@@ -14351,52 +14452,55 @@
       </c>
       <c r="FF46" s="20">
         <v>111.06604129999999</v>
       </c>
       <c r="FG46" s="20">
         <v>36.488325590000002</v>
       </c>
       <c r="FH46" s="20">
         <v>85.281859080000004</v>
       </c>
       <c r="FI46" s="20">
         <v>67.669187440000002</v>
       </c>
       <c r="FJ46" s="20">
         <v>37.686904119999994</v>
       </c>
       <c r="FK46" s="20">
         <v>31.23465259</v>
       </c>
       <c r="FL46" s="20">
         <v>47.981901389999997</v>
       </c>
       <c r="FM46" s="20">
         <v>60.554277920000004</v>
       </c>
+      <c r="FN46" s="20">
+        <v>230.08138396000001</v>
+      </c>
     </row>
-    <row r="47" spans="2:169" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="47" spans="2:170" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B47" s="2" t="s">
         <v>17</v>
       </c>
       <c r="C47" s="20"/>
       <c r="D47" s="20"/>
       <c r="E47" s="20"/>
       <c r="F47" s="20"/>
       <c r="G47" s="20"/>
       <c r="H47" s="20"/>
       <c r="I47" s="20"/>
       <c r="J47" s="20"/>
       <c r="K47" s="20"/>
       <c r="L47" s="20"/>
       <c r="M47" s="20"/>
       <c r="N47" s="20"/>
       <c r="O47" s="20"/>
       <c r="P47" s="20"/>
       <c r="Q47" s="20"/>
       <c r="R47" s="20"/>
       <c r="S47" s="20"/>
       <c r="T47" s="20"/>
       <c r="U47" s="20"/>
       <c r="V47" s="20"/>
       <c r="W47" s="20"/>
       <c r="X47" s="20"/>
@@ -14591,52 +14695,55 @@
       </c>
       <c r="FF47" s="20">
         <v>17.195941019999999</v>
       </c>
       <c r="FG47" s="20">
         <v>12.83281277</v>
       </c>
       <c r="FH47" s="20">
         <v>10.59510875</v>
       </c>
       <c r="FI47" s="20">
         <v>9.5142031300000003</v>
       </c>
       <c r="FJ47" s="20">
         <v>13.67588014</v>
       </c>
       <c r="FK47" s="20">
         <v>12.379754289999999</v>
       </c>
       <c r="FL47" s="20">
         <v>18.116640559999997</v>
       </c>
       <c r="FM47" s="20">
         <v>24.53501511</v>
       </c>
+      <c r="FN47" s="20">
+        <v>20.346608789999998</v>
+      </c>
     </row>
-    <row r="48" spans="2:169" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="48" spans="2:170" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B48" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C48" s="20">
         <v>2.6706959999999998E-2</v>
       </c>
       <c r="D48" s="20">
         <v>0.11763382</v>
       </c>
       <c r="E48" s="20">
         <v>0.11515638</v>
       </c>
       <c r="F48" s="20">
         <v>0.11764823999999999</v>
       </c>
       <c r="G48" s="20">
         <v>5.1612390000000001E-2</v>
       </c>
       <c r="H48" s="20">
         <v>0.11404584999999999</v>
       </c>
       <c r="I48" s="20">
         <v>6.1104210000000006E-2</v>
       </c>
       <c r="J48" s="20">
@@ -15097,52 +15204,55 @@
       </c>
       <c r="FF48" s="20">
         <v>3.2</v>
       </c>
       <c r="FG48" s="20">
         <v>3.2</v>
       </c>
       <c r="FH48" s="20">
         <v>3.2</v>
       </c>
       <c r="FI48" s="20">
         <v>2.5</v>
       </c>
       <c r="FJ48" s="20">
         <v>2.5</v>
       </c>
       <c r="FK48" s="20">
         <v>1.5</v>
       </c>
       <c r="FL48" s="20">
         <v>1.5</v>
       </c>
       <c r="FM48" s="20">
         <v>1.5</v>
       </c>
+      <c r="FN48" s="20">
+        <v>1.5</v>
+      </c>
     </row>
-    <row r="49" spans="2:169" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="49" spans="2:170" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B49" s="2" t="s">
         <v>18</v>
       </c>
       <c r="C49" s="20">
         <v>2.6706959999999998E-2</v>
       </c>
       <c r="D49" s="20">
         <v>0.11763382</v>
       </c>
       <c r="E49" s="20">
         <v>0.11515638</v>
       </c>
       <c r="F49" s="20">
         <v>0.11764823999999999</v>
       </c>
       <c r="G49" s="20">
         <v>5.1612390000000001E-2</v>
       </c>
       <c r="H49" s="20">
         <v>0.11404584999999999</v>
       </c>
       <c r="I49" s="20">
         <v>6.1104210000000006E-2</v>
       </c>
       <c r="J49" s="20">
@@ -15603,52 +15713,55 @@
       </c>
       <c r="FF49" s="20">
         <v>3.2</v>
       </c>
       <c r="FG49" s="20">
         <v>3.2</v>
       </c>
       <c r="FH49" s="20">
         <v>3.2</v>
       </c>
       <c r="FI49" s="20">
         <v>2.5</v>
       </c>
       <c r="FJ49" s="20">
         <v>2.5</v>
       </c>
       <c r="FK49" s="20">
         <v>1.5</v>
       </c>
       <c r="FL49" s="20">
         <v>1.5</v>
       </c>
       <c r="FM49" s="20">
         <v>1.5</v>
       </c>
+      <c r="FN49" s="20">
+        <v>1.5</v>
+      </c>
     </row>
-    <row r="50" spans="2:169" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="50" spans="2:170" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B50" s="2" t="s">
         <v>19</v>
       </c>
       <c r="C50" s="20" t="s">
         <v>4</v>
       </c>
       <c r="D50" s="20" t="s">
         <v>4</v>
       </c>
       <c r="E50" s="20" t="s">
         <v>4</v>
       </c>
       <c r="F50" s="20" t="s">
         <v>4</v>
       </c>
       <c r="G50" s="20" t="s">
         <v>4</v>
       </c>
       <c r="H50" s="20" t="s">
         <v>4</v>
       </c>
       <c r="I50" s="20" t="s">
         <v>4</v>
       </c>
       <c r="J50" s="20" t="s">
@@ -16109,52 +16222,55 @@
       </c>
       <c r="FF50" s="20" t="s">
         <v>4</v>
       </c>
       <c r="FG50" s="20" t="s">
         <v>4</v>
       </c>
       <c r="FH50" s="20" t="s">
         <v>4</v>
       </c>
       <c r="FI50" s="20" t="s">
         <v>4</v>
       </c>
       <c r="FJ50" s="20" t="s">
         <v>4</v>
       </c>
       <c r="FK50" s="20" t="s">
         <v>4</v>
       </c>
       <c r="FL50" s="20" t="s">
         <v>4</v>
       </c>
       <c r="FM50" s="20" t="s">
         <v>4</v>
       </c>
+      <c r="FN50" s="20" t="s">
+        <v>4</v>
+      </c>
     </row>
-    <row r="51" spans="2:169" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="51" spans="2:170" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B51" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C51" s="20"/>
       <c r="D51" s="20"/>
       <c r="E51" s="20"/>
       <c r="F51" s="20"/>
       <c r="G51" s="20"/>
       <c r="H51" s="20"/>
       <c r="I51" s="20"/>
       <c r="J51" s="20"/>
       <c r="K51" s="20"/>
       <c r="L51" s="20"/>
       <c r="M51" s="20"/>
       <c r="N51" s="20"/>
       <c r="O51" s="20"/>
       <c r="P51" s="20"/>
       <c r="Q51" s="20"/>
       <c r="R51" s="20"/>
       <c r="S51" s="20"/>
       <c r="T51" s="20"/>
       <c r="U51" s="20"/>
       <c r="V51" s="20"/>
       <c r="W51" s="20"/>
       <c r="X51" s="20"/>
@@ -16281,52 +16397,53 @@
       <c r="EO51" s="20"/>
       <c r="EP51" s="20"/>
       <c r="EQ51" s="20"/>
       <c r="ER51" s="20"/>
       <c r="ES51" s="20"/>
       <c r="ET51" s="20"/>
       <c r="EU51" s="20"/>
       <c r="EV51" s="20"/>
       <c r="EW51" s="20"/>
       <c r="EX51" s="20"/>
       <c r="EY51" s="20"/>
       <c r="EZ51" s="20"/>
       <c r="FA51" s="20"/>
       <c r="FB51" s="20"/>
       <c r="FC51" s="20"/>
       <c r="FD51" s="20"/>
       <c r="FE51" s="20"/>
       <c r="FF51" s="20"/>
       <c r="FG51" s="20"/>
       <c r="FH51" s="20"/>
       <c r="FI51" s="20"/>
       <c r="FJ51" s="20"/>
       <c r="FK51" s="20"/>
       <c r="FL51" s="20"/>
       <c r="FM51" s="20"/>
+      <c r="FN51" s="20"/>
     </row>
-    <row r="52" spans="2:169" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="52" spans="2:170" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B52" s="2" t="s">
         <v>11</v>
       </c>
       <c r="C52" s="20">
         <v>2966.9959484299998</v>
       </c>
       <c r="D52" s="20">
         <v>2703.6265304899998</v>
       </c>
       <c r="E52" s="20">
         <v>2295.5708025599997</v>
       </c>
       <c r="F52" s="20">
         <v>2338.2565655399999</v>
       </c>
       <c r="G52" s="20">
         <v>2367.3175691699998</v>
       </c>
       <c r="H52" s="20">
         <v>2459.1797642900001</v>
       </c>
       <c r="I52" s="20">
         <v>2578.6477605800001</v>
       </c>
       <c r="J52" s="20">
@@ -16785,54 +16902,57 @@
       <c r="FE52" s="20">
         <v>11117.07282874</v>
       </c>
       <c r="FF52" s="20">
         <v>11174.89837056</v>
       </c>
       <c r="FG52" s="20">
         <v>10777.021439049999</v>
       </c>
       <c r="FH52" s="20">
         <v>11339.41365744</v>
       </c>
       <c r="FI52" s="20">
         <v>12004.53999499</v>
       </c>
       <c r="FJ52" s="20">
         <v>12437.87219091</v>
       </c>
       <c r="FK52" s="20">
         <v>12630.634159430001</v>
       </c>
       <c r="FL52" s="20">
         <v>12831.93470342</v>
       </c>
       <c r="FM52" s="20">
-        <v>12657.112047750001</v>
+        <v>12657.112031549999</v>
+      </c>
+      <c r="FN52" s="20">
+        <v>12578.769506379998</v>
       </c>
     </row>
-    <row r="53" spans="2:169" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="53" spans="2:170" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B53" s="14" t="s">
         <v>0</v>
       </c>
       <c r="C53" s="20">
         <v>2711.89729068</v>
       </c>
       <c r="D53" s="20">
         <v>2450.76788588</v>
       </c>
       <c r="E53" s="20">
         <v>2080.9794646999999</v>
       </c>
       <c r="F53" s="20">
         <v>2110.5157490400002</v>
       </c>
       <c r="G53" s="20">
         <v>2126.9839167499999</v>
       </c>
       <c r="H53" s="20">
         <v>2217.5044902</v>
       </c>
       <c r="I53" s="20">
         <v>2411.27953101</v>
       </c>
       <c r="J53" s="20">
@@ -17291,54 +17411,57 @@
       <c r="FE53" s="20">
         <v>10476.604604579999</v>
       </c>
       <c r="FF53" s="20">
         <v>10502.04278967</v>
       </c>
       <c r="FG53" s="20">
         <v>10229.889886520001</v>
       </c>
       <c r="FH53" s="20">
         <v>10645.60456983</v>
       </c>
       <c r="FI53" s="20">
         <v>11139.933777799999</v>
       </c>
       <c r="FJ53" s="20">
         <v>11654.698289790002</v>
       </c>
       <c r="FK53" s="20">
         <v>11887.535763809999</v>
       </c>
       <c r="FL53" s="20">
         <v>11968.1840524</v>
       </c>
       <c r="FM53" s="20">
-        <v>11853.56046402</v>
+        <v>11853.56044782</v>
+      </c>
+      <c r="FN53" s="20">
+        <v>11787.20575732</v>
       </c>
     </row>
-    <row r="54" spans="2:169" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="54" spans="2:170" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B54" s="14" t="s">
         <v>1</v>
       </c>
       <c r="C54" s="20">
         <v>255.09865775</v>
       </c>
       <c r="D54" s="20">
         <v>252.85864459999999</v>
       </c>
       <c r="E54" s="20">
         <v>214.59133786000001</v>
       </c>
       <c r="F54" s="20">
         <v>227.74081649999999</v>
       </c>
       <c r="G54" s="20">
         <v>240.33365241999999</v>
       </c>
       <c r="H54" s="20">
         <v>241.6752741</v>
       </c>
       <c r="I54" s="20">
         <v>167.36822957999999</v>
       </c>
       <c r="J54" s="20">
@@ -17799,52 +17922,55 @@
       </c>
       <c r="FF54" s="20">
         <v>672.85558088999994</v>
       </c>
       <c r="FG54" s="20">
         <v>547.13155253000002</v>
       </c>
       <c r="FH54" s="20">
         <v>693.80908761000001</v>
       </c>
       <c r="FI54" s="20">
         <v>864.60621719000005</v>
       </c>
       <c r="FJ54" s="20">
         <v>783.17390111999998</v>
       </c>
       <c r="FK54" s="20">
         <v>743.09839562000002</v>
       </c>
       <c r="FL54" s="20">
         <v>863.75065101999996</v>
       </c>
       <c r="FM54" s="20">
         <v>803.55158373000006</v>
       </c>
+      <c r="FN54" s="20">
+        <v>791.56374905999996</v>
+      </c>
     </row>
-    <row r="55" spans="2:169" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="55" spans="2:170" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B55" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C55" s="20">
         <v>651.83641888</v>
       </c>
       <c r="D55" s="20">
         <v>418.86257805000002</v>
       </c>
       <c r="E55" s="20">
         <v>383.05153307</v>
       </c>
       <c r="F55" s="20">
         <v>514.33037208999997</v>
       </c>
       <c r="G55" s="20">
         <v>543.43306058999997</v>
       </c>
       <c r="H55" s="20">
         <v>457.72949226999998</v>
       </c>
       <c r="I55" s="20">
         <v>361.18188134999997</v>
       </c>
       <c r="J55" s="20">
@@ -18303,54 +18429,57 @@
       <c r="FE55" s="20">
         <v>2965.1105401599998</v>
       </c>
       <c r="FF55" s="20">
         <v>3117.52483175</v>
       </c>
       <c r="FG55" s="20">
         <v>3693.2497592199998</v>
       </c>
       <c r="FH55" s="20">
         <v>2974.7114063600002</v>
       </c>
       <c r="FI55" s="20">
         <v>3260.29698087</v>
       </c>
       <c r="FJ55" s="20">
         <v>3498.7256321499999</v>
       </c>
       <c r="FK55" s="20">
         <v>3489.8388786400001</v>
       </c>
       <c r="FL55" s="20">
         <v>3313.6500466399998</v>
       </c>
       <c r="FM55" s="20">
-        <v>3742.11568343</v>
+        <v>3742.1611914800001</v>
+      </c>
+      <c r="FN55" s="20">
+        <v>3476.7042377299999</v>
       </c>
     </row>
-    <row r="56" spans="2:169" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="56" spans="2:170" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B56" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C56" s="20"/>
       <c r="D56" s="20"/>
       <c r="E56" s="20"/>
       <c r="F56" s="20"/>
       <c r="G56" s="20"/>
       <c r="H56" s="20"/>
       <c r="I56" s="20"/>
       <c r="J56" s="20"/>
       <c r="K56" s="20"/>
       <c r="L56" s="20"/>
       <c r="M56" s="20"/>
       <c r="N56" s="20"/>
       <c r="O56" s="20"/>
       <c r="P56" s="20"/>
       <c r="Q56" s="20"/>
       <c r="R56" s="20"/>
       <c r="S56" s="20"/>
       <c r="T56" s="20"/>
       <c r="U56" s="20"/>
       <c r="V56" s="20"/>
       <c r="W56" s="20"/>
       <c r="X56" s="20"/>
@@ -18545,52 +18674,55 @@
       </c>
       <c r="FF56" s="20">
         <v>2877.8132603700001</v>
       </c>
       <c r="FG56" s="20">
         <v>3438.2744717300002</v>
       </c>
       <c r="FH56" s="20">
         <v>2673.9175406300001</v>
       </c>
       <c r="FI56" s="20">
         <v>2899.8282675</v>
       </c>
       <c r="FJ56" s="20">
         <v>3211.2828003000004</v>
       </c>
       <c r="FK56" s="20">
         <v>3227.6013453600003</v>
       </c>
       <c r="FL56" s="20">
         <v>3058.1859255500003</v>
       </c>
       <c r="FM56" s="20">
         <v>3390.7137184200001</v>
       </c>
+      <c r="FN56" s="20">
+        <v>3247.3656328500001</v>
+      </c>
     </row>
-    <row r="57" spans="2:169" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="57" spans="2:170" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B57" s="2" t="s">
         <v>21</v>
       </c>
       <c r="C57" s="20"/>
       <c r="D57" s="20"/>
       <c r="E57" s="20"/>
       <c r="F57" s="20"/>
       <c r="G57" s="20"/>
       <c r="H57" s="20"/>
       <c r="I57" s="20"/>
       <c r="J57" s="20"/>
       <c r="K57" s="20"/>
       <c r="L57" s="20"/>
       <c r="M57" s="20"/>
       <c r="N57" s="20"/>
       <c r="O57" s="20"/>
       <c r="P57" s="20"/>
       <c r="Q57" s="20"/>
       <c r="R57" s="20"/>
       <c r="S57" s="20"/>
       <c r="T57" s="20"/>
       <c r="U57" s="20"/>
       <c r="V57" s="20"/>
       <c r="W57" s="20"/>
       <c r="X57" s="20"/>
@@ -18785,52 +18917,55 @@
       </c>
       <c r="FF57" s="20">
         <v>136.41607944999998</v>
       </c>
       <c r="FG57" s="20">
         <v>197.40252727000001</v>
       </c>
       <c r="FH57" s="20">
         <v>97.92621668000001</v>
       </c>
       <c r="FI57" s="20">
         <v>163.69133744999999</v>
       </c>
       <c r="FJ57" s="20">
         <v>230.80978643</v>
       </c>
       <c r="FK57" s="20">
         <v>190.58215604</v>
       </c>
       <c r="FL57" s="20">
         <v>178.94099212999998</v>
       </c>
       <c r="FM57" s="20">
         <v>267.39850448999999</v>
       </c>
+      <c r="FN57" s="20">
+        <v>116.62670854000001</v>
+      </c>
     </row>
-    <row r="58" spans="2:169" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="58" spans="2:170" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B58" s="2" t="s">
         <v>22</v>
       </c>
       <c r="C58" s="20"/>
       <c r="D58" s="20"/>
       <c r="E58" s="20"/>
       <c r="F58" s="20"/>
       <c r="G58" s="20"/>
       <c r="H58" s="20"/>
       <c r="I58" s="20"/>
       <c r="J58" s="20"/>
       <c r="K58" s="20"/>
       <c r="L58" s="20"/>
       <c r="M58" s="20"/>
       <c r="N58" s="20"/>
       <c r="O58" s="20"/>
       <c r="P58" s="20"/>
       <c r="Q58" s="20"/>
       <c r="R58" s="20"/>
       <c r="S58" s="20"/>
       <c r="T58" s="20"/>
       <c r="U58" s="20"/>
       <c r="V58" s="20"/>
       <c r="W58" s="20"/>
       <c r="X58" s="20"/>
@@ -19025,52 +19160,55 @@
       </c>
       <c r="FF58" s="20">
         <v>65.372950880000005</v>
       </c>
       <c r="FG58" s="20">
         <v>48.017909500000002</v>
       </c>
       <c r="FH58" s="20">
         <v>179.64585393999999</v>
       </c>
       <c r="FI58" s="20">
         <v>172.43632613</v>
       </c>
       <c r="FJ58" s="20">
         <v>45.55101097</v>
       </c>
       <c r="FK58" s="20">
         <v>64.5732742</v>
       </c>
       <c r="FL58" s="20">
         <v>59.428756970000002</v>
       </c>
       <c r="FM58" s="20">
         <v>43.964802069999998</v>
       </c>
+      <c r="FN58" s="20">
+        <v>52.380275420000004</v>
+      </c>
     </row>
-    <row r="59" spans="2:169" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="59" spans="2:170" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B59" s="2" t="s">
         <v>23</v>
       </c>
       <c r="C59" s="20"/>
       <c r="D59" s="20"/>
       <c r="E59" s="20"/>
       <c r="F59" s="20"/>
       <c r="G59" s="20"/>
       <c r="H59" s="20"/>
       <c r="I59" s="20"/>
       <c r="J59" s="20"/>
       <c r="K59" s="20"/>
       <c r="L59" s="20"/>
       <c r="M59" s="20"/>
       <c r="N59" s="20"/>
       <c r="O59" s="20"/>
       <c r="P59" s="20"/>
       <c r="Q59" s="20"/>
       <c r="R59" s="20"/>
       <c r="S59" s="20"/>
       <c r="T59" s="20"/>
       <c r="U59" s="20"/>
       <c r="V59" s="20"/>
       <c r="W59" s="20"/>
       <c r="X59" s="20"/>
@@ -19265,52 +19403,55 @@
       </c>
       <c r="FF59" s="20">
         <v>8.2802187200000006</v>
       </c>
       <c r="FG59" s="20">
         <v>4.5870528699999999</v>
       </c>
       <c r="FH59" s="20">
         <v>8.2793932100000003</v>
       </c>
       <c r="FI59" s="20">
         <v>12.184810480000001</v>
       </c>
       <c r="FJ59" s="20">
         <v>4.2714732800000004</v>
       </c>
       <c r="FK59" s="20">
         <v>5.23024486</v>
       </c>
       <c r="FL59" s="20">
         <v>10.990446009999999</v>
       </c>
       <c r="FM59" s="20">
         <v>12.99867098</v>
       </c>
+      <c r="FN59" s="20">
+        <v>30.641090089999999</v>
+      </c>
     </row>
-    <row r="60" spans="2:169" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="60" spans="2:170" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B60" s="2" t="s">
         <v>24</v>
       </c>
       <c r="C60" s="20"/>
       <c r="D60" s="20"/>
       <c r="E60" s="20"/>
       <c r="F60" s="20"/>
       <c r="G60" s="20"/>
       <c r="H60" s="20"/>
       <c r="I60" s="20"/>
       <c r="J60" s="20"/>
       <c r="K60" s="20"/>
       <c r="L60" s="20"/>
       <c r="M60" s="20"/>
       <c r="N60" s="20"/>
       <c r="O60" s="20"/>
       <c r="P60" s="20"/>
       <c r="Q60" s="20"/>
       <c r="R60" s="20"/>
       <c r="S60" s="20"/>
       <c r="T60" s="20"/>
       <c r="U60" s="20"/>
       <c r="V60" s="20"/>
       <c r="W60" s="20"/>
       <c r="X60" s="20"/>
@@ -19503,54 +19644,57 @@
       <c r="FE60" s="20">
         <v>9.2309195199999987</v>
       </c>
       <c r="FF60" s="20">
         <v>29.642322329999999</v>
       </c>
       <c r="FG60" s="20">
         <v>4.9677978499999993</v>
       </c>
       <c r="FH60" s="20">
         <v>14.9424019</v>
       </c>
       <c r="FI60" s="20">
         <v>12.15623931</v>
       </c>
       <c r="FJ60" s="20">
         <v>6.8105611699999997</v>
       </c>
       <c r="FK60" s="20">
         <v>1.85185818</v>
       </c>
       <c r="FL60" s="20">
         <v>6.1039259800000005</v>
       </c>
       <c r="FM60" s="20">
-        <v>27.03998747</v>
+        <v>27.085495519999998</v>
+      </c>
+      <c r="FN60" s="20">
+        <v>29.690530829999997</v>
       </c>
     </row>
-    <row r="61" spans="2:169" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="61" spans="2:170" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B61" s="10" t="s">
         <v>25</v>
       </c>
       <c r="C61" s="21" t="s">
         <v>4</v>
       </c>
       <c r="D61" s="21" t="s">
         <v>4</v>
       </c>
       <c r="E61" s="21" t="s">
         <v>4</v>
       </c>
       <c r="F61" s="21" t="s">
         <v>4</v>
       </c>
       <c r="G61" s="21">
         <v>31.189859980000001</v>
       </c>
       <c r="H61" s="21" t="s">
         <v>4</v>
       </c>
       <c r="I61" s="21" t="s">
         <v>4</v>
       </c>
       <c r="J61" s="21">
@@ -20011,54 +20155,57 @@
       </c>
       <c r="FF61" s="21" t="s">
         <v>4</v>
       </c>
       <c r="FG61" s="21" t="s">
         <v>4</v>
       </c>
       <c r="FH61" s="21" t="s">
         <v>4</v>
       </c>
       <c r="FI61" s="21" t="s">
         <v>4</v>
       </c>
       <c r="FJ61" s="21" t="s">
         <v>4</v>
       </c>
       <c r="FK61" s="21" t="s">
         <v>4</v>
       </c>
       <c r="FL61" s="21" t="s">
         <v>4</v>
       </c>
       <c r="FM61" s="21" t="s">
         <v>4</v>
       </c>
+      <c r="FN61" s="21" t="s">
+        <v>4</v>
+      </c>
     </row>
-    <row r="62" spans="2:169" ht="9.9" customHeight="1" x14ac:dyDescent="0.2"/>
-[...1 lines deleted...]
-    <row r="64" spans="2:169" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="62" spans="2:170" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="63" spans="2:170" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="64" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B64" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="65" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B65" s="5" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="66" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B66" s="18" t="s">
         <v>28</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>