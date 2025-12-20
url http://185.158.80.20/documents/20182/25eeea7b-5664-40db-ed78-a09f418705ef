--- v0 (2025-10-07)
+++ v1 (2025-12-20)
@@ -1,106 +1,110 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24332"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24334"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="L:\GOTOVINA\WEB\2025\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{455B3FBA-84C8-4097-8B98-C7AFDE590522}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{A208F342-24AB-430F-84AF-F82EAE33C531}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-28920" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Pregled izrađenih kov HKN hr" sheetId="2" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">'Pregled izrađenih kov HKN hr'!$A$1:$N$31</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'Pregled izrađenih kov HKN hr'!$A$1:$N$32</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
+    <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
+      <xlwcv:version setVersion="1"/>
+    </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="F14" i="2" l="1"/>
-[...7 lines deleted...]
-  <c r="M8" i="2"/>
+  <c r="F15" i="2" l="1"/>
+  <c r="G15" i="2"/>
+  <c r="H15" i="2"/>
+  <c r="I15" i="2"/>
+  <c r="J15" i="2"/>
+  <c r="K15" i="2"/>
+  <c r="L15" i="2"/>
+  <c r="M15" i="2"/>
+  <c r="E15" i="2"/>
+  <c r="M14" i="2"/>
+  <c r="M8" i="2" l="1"/>
   <c r="M9" i="2"/>
   <c r="M10" i="2"/>
   <c r="M11" i="2"/>
   <c r="M12" i="2"/>
   <c r="M7" i="2"/>
   <c r="M13" i="2" l="1"/>
-  <c r="M14" i="2" s="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="29" uniqueCount="23">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="31" uniqueCount="24">
   <si>
     <t>1 euro</t>
   </si>
   <si>
     <t>1 cent</t>
   </si>
   <si>
     <t>2023.</t>
   </si>
   <si>
     <t>2024.</t>
   </si>
   <si>
     <t>Pregled izrađenih eurokovanica s nacionalnom stranom Republike Hrvatske, po oznakama godine</t>
   </si>
   <si>
     <t>Stanje</t>
   </si>
   <si>
     <t>Opis</t>
   </si>
   <si>
     <t>Oznaka
 godine</t>
   </si>
@@ -125,51 +129,54 @@
   <si>
     <t>Ukupno</t>
   </si>
   <si>
     <t>Prigodna kovanica "Republika Hrvatska, članica europodručja"</t>
   </si>
   <si>
     <t>Ukupno izrađenog optjecajnog kovanog novca</t>
   </si>
   <si>
     <t>Opjecajna kovanica</t>
   </si>
   <si>
     <t>Prigodna kovanica "stari grad Varaždin"</t>
   </si>
   <si>
     <t>Prigodna kovanica "Marko Marulić"</t>
   </si>
   <si>
     <t>2025.</t>
   </si>
   <si>
     <t>Prigodna kovanica "1100. obljet. Hrv. Kraljevstva i krun. kralja Tomislava"</t>
   </si>
   <si>
-    <t>30. rujna 2025.</t>
+    <t>30. studeni 2025.</t>
+  </si>
+  <si>
+    <t>Prigodna kovanica "Grad Pula - Arena"</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="#,##0.0"/>
     <numFmt numFmtId="165" formatCode="[$-F800]dddd\,\ mmmm\ dd\,\ yyyy"/>
     <numFmt numFmtId="166" formatCode="#,##0_);\(#,##0\)"/>
   </numFmts>
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <name val="Arial"/>
       <family val="2"/>
@@ -222,83 +229,82 @@
       <bottom style="thin">
         <color rgb="FFFF0000"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color rgb="FFFF0000"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="6">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="164" fontId="4" fillId="0" borderId="1" applyNumberFormat="0" applyFill="0" applyProtection="0">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="4" fillId="0" borderId="2" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="17">
+  <cellXfs count="16">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="0" xfId="1" applyNumberFormat="1"/>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="0" xfId="2"/>
     <xf numFmtId="164" fontId="3" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="165" fontId="3" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="164" fontId="3" fillId="0" borderId="0" xfId="3" applyNumberFormat="1"/>
     <xf numFmtId="164" fontId="4" fillId="0" borderId="1" xfId="4" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="4" fillId="0" borderId="1" xfId="4">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="4" fillId="0" borderId="1" xfId="4" quotePrefix="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="0" xfId="2" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="166" fontId="2" fillId="0" borderId="0" xfId="2" applyNumberFormat="1"/>
     <xf numFmtId="3" fontId="4" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="164" fontId="4" fillId="0" borderId="2" xfId="5"/>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="2" xfId="5" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="166" fontId="4" fillId="0" borderId="2" xfId="5" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="3" fontId="4" fillId="0" borderId="2" xfId="5" applyNumberFormat="1"/>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="0" xfId="2" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle name="Heading 1 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000000000000}"/>
     <cellStyle name="Heading 2 2" xfId="3" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="Normal 6" xfId="2" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="Normalno" xfId="0" builtinId="0"/>
     <cellStyle name="Ukupno - zadnji redak" xfId="5" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
     <cellStyle name="Zaglavlje" xfId="4" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
@@ -588,54 +594,54 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="B2:M19"/>
+  <dimension ref="B2:M20"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="E14" sqref="E14"/>
+      <selection activeCell="E13" sqref="E13"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8" defaultRowHeight="12.95" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.42578125" style="2" customWidth="1"/>
     <col min="2" max="2" width="6.85546875" style="2" customWidth="1"/>
     <col min="3" max="3" width="41.85546875" style="2" customWidth="1"/>
     <col min="4" max="4" width="6.7109375" style="2" bestFit="1" customWidth="1"/>
     <col min="5" max="12" width="11" style="2" customWidth="1"/>
     <col min="13" max="13" width="12.7109375" style="2" customWidth="1"/>
     <col min="14" max="15" width="8" style="2"/>
     <col min="16" max="16" width="12.28515625" style="2" bestFit="1" customWidth="1"/>
     <col min="17" max="16384" width="8" style="2"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:13" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B2" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1"/>
     </row>
     <row r="3" spans="2:13" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B3" s="3" t="s">
         <v>5</v>
       </c>
@@ -679,105 +685,105 @@
       </c>
       <c r="K6" s="8" t="s">
         <v>13</v>
       </c>
       <c r="L6" s="8" t="s">
         <v>1</v>
       </c>
       <c r="M6" s="7" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="7" spans="2:13" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B7" s="2" t="s">
         <v>17</v>
       </c>
       <c r="D7" s="9" t="s">
         <v>2</v>
       </c>
       <c r="E7" s="10">
         <v>79368450</v>
       </c>
       <c r="F7" s="10">
         <v>48061650</v>
       </c>
       <c r="G7" s="10">
-        <v>65000020</v>
+        <v>65039479</v>
       </c>
       <c r="H7" s="10">
         <v>89180020</v>
       </c>
       <c r="I7" s="10">
         <v>102879740</v>
       </c>
       <c r="J7" s="10">
         <v>95464500</v>
       </c>
       <c r="K7" s="10">
         <v>69313000</v>
       </c>
       <c r="L7" s="10">
         <v>93006050</v>
       </c>
       <c r="M7" s="11">
         <f>SUM(E7:L7)</f>
-        <v>642273430</v>
+        <v>642312889</v>
       </c>
     </row>
     <row r="8" spans="2:13" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B8" s="2" t="s">
         <v>15</v>
       </c>
       <c r="D8" s="9" t="s">
         <v>2</v>
       </c>
       <c r="E8" s="10">
         <v>250000</v>
       </c>
       <c r="F8" s="10">
         <v>0</v>
       </c>
       <c r="G8" s="10">
         <v>0</v>
       </c>
       <c r="H8" s="10">
         <v>0</v>
       </c>
       <c r="I8" s="10">
         <v>0</v>
       </c>
       <c r="J8" s="10">
         <v>0</v>
       </c>
       <c r="K8" s="10">
         <v>0</v>
       </c>
       <c r="L8" s="10">
         <v>0</v>
       </c>
       <c r="M8" s="11">
-        <f t="shared" ref="M8:M13" si="0">SUM(E8:L8)</f>
+        <f t="shared" ref="M8:M14" si="0">SUM(E8:L8)</f>
         <v>250000</v>
       </c>
     </row>
     <row r="9" spans="2:13" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B9" s="2" t="s">
         <v>17</v>
       </c>
       <c r="D9" s="9" t="s">
         <v>3</v>
       </c>
       <c r="E9" s="10">
         <v>1008006</v>
       </c>
       <c r="F9" s="10">
         <v>1028006</v>
       </c>
       <c r="G9" s="10">
         <v>1028006</v>
       </c>
       <c r="H9" s="10">
         <v>4508006</v>
       </c>
       <c r="I9" s="10">
         <v>1048006</v>
       </c>
@@ -853,171 +859,207 @@
       <c r="I11" s="10">
         <v>0</v>
       </c>
       <c r="J11" s="10">
         <v>0</v>
       </c>
       <c r="K11" s="10">
         <v>0</v>
       </c>
       <c r="L11" s="10">
         <v>0</v>
       </c>
       <c r="M11" s="11">
         <f t="shared" si="0"/>
         <v>200000</v>
       </c>
     </row>
     <row r="12" spans="2:13" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B12" s="2" t="s">
         <v>17</v>
       </c>
       <c r="D12" s="9" t="s">
         <v>20</v>
       </c>
       <c r="E12" s="10">
-        <v>8006</v>
+        <v>100000</v>
       </c>
       <c r="F12" s="10">
-        <v>8006</v>
+        <v>50000</v>
       </c>
       <c r="G12" s="10">
-        <v>8006</v>
+        <v>50000</v>
       </c>
       <c r="H12" s="10">
-        <v>8828006</v>
+        <v>14500000</v>
       </c>
       <c r="I12" s="10">
-        <v>19440000</v>
+        <v>21040000</v>
       </c>
       <c r="J12" s="10">
         <v>8700000</v>
       </c>
       <c r="K12" s="10">
         <v>6420000</v>
       </c>
       <c r="L12" s="10">
-        <v>9369506</v>
+        <v>9600000</v>
       </c>
       <c r="M12" s="11">
         <f t="shared" si="0"/>
-        <v>52781530</v>
+        <v>60460000</v>
       </c>
     </row>
     <row r="13" spans="2:13" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B13" s="2" t="s">
         <v>21</v>
       </c>
       <c r="D13" s="9" t="s">
         <v>20</v>
       </c>
       <c r="E13" s="10">
-        <v>395000</v>
+        <v>400000</v>
       </c>
       <c r="F13" s="10">
         <v>0</v>
       </c>
       <c r="G13" s="10">
         <v>0</v>
       </c>
       <c r="H13" s="10">
         <v>0</v>
       </c>
       <c r="I13" s="10">
         <v>0</v>
       </c>
       <c r="J13" s="10">
         <v>0</v>
       </c>
       <c r="K13" s="10">
         <v>0</v>
       </c>
       <c r="L13" s="10">
         <v>0</v>
       </c>
       <c r="M13" s="11">
         <f t="shared" si="0"/>
-        <v>395000</v>
+        <v>400000</v>
       </c>
     </row>
     <row r="14" spans="2:13" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B14" s="12" t="s">
+      <c r="B14" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="D14" s="9" t="s">
+        <v>20</v>
+      </c>
+      <c r="E14" s="10">
+        <v>200000</v>
+      </c>
+      <c r="F14" s="10">
+        <v>0</v>
+      </c>
+      <c r="G14" s="10">
+        <v>0</v>
+      </c>
+      <c r="H14" s="10">
+        <v>0</v>
+      </c>
+      <c r="I14" s="10">
+        <v>0</v>
+      </c>
+      <c r="J14" s="10">
+        <v>0</v>
+      </c>
+      <c r="K14" s="10">
+        <v>0</v>
+      </c>
+      <c r="L14" s="10">
+        <v>0</v>
+      </c>
+      <c r="M14" s="11">
+        <f t="shared" si="0"/>
+        <v>200000</v>
+      </c>
+    </row>
+    <row r="15" spans="2:13" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B15" s="12" t="s">
         <v>16</v>
       </c>
-      <c r="C14" s="12"/>
-[...9 lines deleted...]
-      <c r="G14" s="14">
+      <c r="C15" s="12"/>
+      <c r="D15" s="13"/>
+      <c r="E15" s="14">
+        <f>SUM(E7:E14)</f>
+        <v>81726456</v>
+      </c>
+      <c r="F15" s="14">
+        <f t="shared" ref="F15:M15" si="1">SUM(F7:F14)</f>
+        <v>49139656</v>
+      </c>
+      <c r="G15" s="14">
         <f t="shared" si="1"/>
-        <v>66036032</v>
-[...1 lines deleted...]
-      <c r="H14" s="14">
+        <v>66117485</v>
+      </c>
+      <c r="H15" s="14">
         <f t="shared" si="1"/>
-        <v>102516032</v>
-[...1 lines deleted...]
-      <c r="I14" s="14">
+        <v>108188026</v>
+      </c>
+      <c r="I15" s="14">
         <f t="shared" si="1"/>
-        <v>123367746</v>
-[...1 lines deleted...]
-      <c r="J14" s="14">
+        <v>124967746</v>
+      </c>
+      <c r="J15" s="14">
         <f t="shared" si="1"/>
         <v>117252506</v>
       </c>
-      <c r="K14" s="14">
+      <c r="K15" s="14">
         <f t="shared" si="1"/>
         <v>76821006</v>
       </c>
-      <c r="L14" s="14">
+      <c r="L15" s="14">
         <f t="shared" si="1"/>
-        <v>103465062</v>
-[...7 lines deleted...]
-      <c r="D15" s="16"/>
+        <v>103695556</v>
+      </c>
+      <c r="M15" s="14">
+        <f t="shared" si="1"/>
+        <v>727908437</v>
+      </c>
     </row>
     <row r="16" spans="2:13" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="D16" s="16"/>
+      <c r="D16" s="15"/>
     </row>
     <row r="17" spans="4:4" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="D17" s="16"/>
+      <c r="D17" s="15"/>
     </row>
     <row r="18" spans="4:4" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="D18" s="16"/>
+      <c r="D18" s="15"/>
     </row>
     <row r="19" spans="4:4" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="D19" s="16"/>
+      <c r="D19" s="15"/>
+    </row>
+    <row r="20" spans="4:4" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="D20" s="15"/>
     </row>
   </sheetData>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="78" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Radni listovi</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Imenovani rasponi</vt:lpstr>
       </vt:variant>
       <vt:variant>