--- v1 (2025-12-20)
+++ v2 (2026-01-17)
@@ -6,53 +6,53 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24334"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="L:\GOTOVINA\WEB\2025\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{A208F342-24AB-430F-84AF-F82EAE33C531}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{529BAAC0-0F71-42DA-8F6F-468882A6A38E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-28920" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="2475" yWindow="735" windowWidth="21600" windowHeight="11325" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Pregled izrađenih kov HKN hr" sheetId="2" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Pregled izrađenih kov HKN hr'!$A$1:$N$32</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
@@ -129,54 +129,54 @@
   <si>
     <t>Ukupno</t>
   </si>
   <si>
     <t>Prigodna kovanica "Republika Hrvatska, članica europodručja"</t>
   </si>
   <si>
     <t>Ukupno izrađenog optjecajnog kovanog novca</t>
   </si>
   <si>
     <t>Opjecajna kovanica</t>
   </si>
   <si>
     <t>Prigodna kovanica "stari grad Varaždin"</t>
   </si>
   <si>
     <t>Prigodna kovanica "Marko Marulić"</t>
   </si>
   <si>
     <t>2025.</t>
   </si>
   <si>
     <t>Prigodna kovanica "1100. obljet. Hrv. Kraljevstva i krun. kralja Tomislava"</t>
   </si>
   <si>
-    <t>30. studeni 2025.</t>
-[...1 lines deleted...]
-  <si>
     <t>Prigodna kovanica "Grad Pula - Arena"</t>
+  </si>
+  <si>
+    <t>31. prosinca 2025.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="#,##0.0"/>
     <numFmt numFmtId="165" formatCode="[$-F800]dddd\,\ mmmm\ dd\,\ yyyy"/>
     <numFmt numFmtId="166" formatCode="#,##0_);\(#,##0\)"/>
   </numFmts>
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <name val="Arial"/>
       <family val="2"/>
@@ -597,78 +597,78 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="B2:M20"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="E13" sqref="E13"/>
+      <selection activeCell="C4" sqref="C4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8" defaultRowHeight="12.95" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.42578125" style="2" customWidth="1"/>
     <col min="2" max="2" width="6.85546875" style="2" customWidth="1"/>
     <col min="3" max="3" width="41.85546875" style="2" customWidth="1"/>
     <col min="4" max="4" width="6.7109375" style="2" bestFit="1" customWidth="1"/>
     <col min="5" max="12" width="11" style="2" customWidth="1"/>
     <col min="13" max="13" width="12.7109375" style="2" customWidth="1"/>
     <col min="14" max="15" width="8" style="2"/>
     <col min="16" max="16" width="12.28515625" style="2" bestFit="1" customWidth="1"/>
     <col min="17" max="16384" width="8" style="2"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:13" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B2" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1"/>
     </row>
     <row r="3" spans="2:13" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B3" s="3" t="s">
         <v>5</v>
       </c>
       <c r="C3" s="4" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="4" spans="2:13" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B4" s="5"/>
       <c r="C4" s="5"/>
     </row>
     <row r="5" spans="2:13" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B5" s="5"/>
       <c r="C5" s="5"/>
     </row>
     <row r="6" spans="2:13" ht="22.5" x14ac:dyDescent="0.2">
       <c r="B6" s="6" t="s">
         <v>6</v>
       </c>
       <c r="C6" s="6"/>
       <c r="D6" s="7" t="s">
         <v>7</v>
       </c>
       <c r="E6" s="8" t="s">
         <v>8</v>
       </c>
       <c r="F6" s="8" t="s">
         <v>0</v>
       </c>
       <c r="G6" s="8" t="s">
@@ -925,51 +925,51 @@
       <c r="G13" s="10">
         <v>0</v>
       </c>
       <c r="H13" s="10">
         <v>0</v>
       </c>
       <c r="I13" s="10">
         <v>0</v>
       </c>
       <c r="J13" s="10">
         <v>0</v>
       </c>
       <c r="K13" s="10">
         <v>0</v>
       </c>
       <c r="L13" s="10">
         <v>0</v>
       </c>
       <c r="M13" s="11">
         <f t="shared" si="0"/>
         <v>400000</v>
       </c>
     </row>
     <row r="14" spans="2:13" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B14" s="2" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="D14" s="9" t="s">
         <v>20</v>
       </c>
       <c r="E14" s="10">
         <v>200000</v>
       </c>
       <c r="F14" s="10">
         <v>0</v>
       </c>
       <c r="G14" s="10">
         <v>0</v>
       </c>
       <c r="H14" s="10">
         <v>0</v>
       </c>
       <c r="I14" s="10">
         <v>0</v>
       </c>
       <c r="J14" s="10">
         <v>0</v>
       </c>
       <c r="K14" s="10">
         <v>0</v>
       </c>