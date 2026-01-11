--- v0 (2025-10-07)
+++ v1 (2026-01-11)
@@ -2,65 +2,65 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="4" rupBuild="14420"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\BOP&amp;IIP&amp;Dug izvještaji\Biltenske tablice_objava\H1-H6_H16-H19\2025Q2_web\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\BOP&amp;IIP&amp;Dug izvještaji\Biltenske tablice_objava\H1-H6_H16-H19\2025Q3_web\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
     <workbookView xWindow="5205" yWindow="465" windowWidth="34035" windowHeight="20160"/>
   </bookViews>
   <sheets>
     <sheet name="EUR" sheetId="4" r:id="rId1"/>
   </sheets>
   <calcPr calcId="162913"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="201" uniqueCount="159">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="173" uniqueCount="160">
   <si>
     <t>Direct investment</t>
   </si>
   <si>
     <t>Portfolio investment</t>
   </si>
   <si>
     <t>Q1.00</t>
   </si>
   <si>
     <t>Q2.00</t>
   </si>
   <si>
     <t>Q3.00</t>
   </si>
   <si>
     <t>Q4.00</t>
   </si>
   <si>
     <t>Q1.01</t>
   </si>
   <si>
     <t>Q2.01</t>
   </si>
   <si>
@@ -1200,50 +1200,53 @@
   </si>
   <si>
     <t>Q1.24</t>
   </si>
   <si>
     <t>Q2.24</t>
   </si>
   <si>
     <t>Q3.24</t>
   </si>
   <si>
     <t>Q4.24</t>
   </si>
   <si>
     <t>Q1.25</t>
   </si>
   <si>
     <t>*</t>
   </si>
   <si>
     <t>* Revised data.</t>
   </si>
   <si>
     <t>Q2.25</t>
   </si>
+  <si>
+    <t>Q3.25</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <numFmts count="9">
     <numFmt numFmtId="164" formatCode="_-* #,##0.00\ _k_n_-;\-* #,##0.00\ _k_n_-;_-* &quot;-&quot;??\ _k_n_-;_-@_-"/>
     <numFmt numFmtId="165" formatCode="#,##0.0"/>
     <numFmt numFmtId="166" formatCode="#\ ##0"/>
     <numFmt numFmtId="167" formatCode="#,###,##0.0;\-#,###,##0.0"/>
     <numFmt numFmtId="168" formatCode="_-* #,##0\ _F_B_-;\-* #,##0\ _F_B_-;_-* &quot;-&quot;\ _F_B_-;_-@_-"/>
     <numFmt numFmtId="169" formatCode="_-* #,##0.00\ _F_B_-;\-* #,##0.00\ _F_B_-;_-* &quot;-&quot;??\ _F_B_-;_-@_-"/>
     <numFmt numFmtId="170" formatCode="_-* #,##0\ &quot;FB&quot;_-;\-* #,##0\ &quot;FB&quot;_-;_-* &quot;-&quot;\ &quot;FB&quot;_-;_-@_-"/>
     <numFmt numFmtId="171" formatCode="_-* #,##0.00\ &quot;FB&quot;_-;\-* #,##0.00\ &quot;FB&quot;_-;_-* &quot;-&quot;??\ &quot;FB&quot;_-;_-@_-"/>
     <numFmt numFmtId="172" formatCode="#,##0.0_i"/>
   </numFmts>
   <fonts count="30" x14ac:knownFonts="1">
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
@@ -2092,68 +2095,56 @@
     <row r="4" spans="2:131" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B4" s="5"/>
       <c r="DT4" s="13"/>
     </row>
     <row r="5" spans="2:131" s="10" customFormat="1" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B5" s="6"/>
       <c r="C5" s="11"/>
       <c r="D5" s="11"/>
       <c r="E5" s="11"/>
       <c r="F5" s="11"/>
       <c r="G5" s="11"/>
       <c r="H5" s="11"/>
       <c r="I5" s="11"/>
       <c r="J5" s="11"/>
       <c r="K5" s="11"/>
       <c r="L5" s="11"/>
       <c r="M5" s="11"/>
       <c r="N5" s="11"/>
       <c r="O5" s="11"/>
       <c r="P5" s="11"/>
       <c r="Q5" s="11"/>
       <c r="R5" s="11"/>
       <c r="S5" s="11"/>
       <c r="T5" s="11"/>
       <c r="U5" s="11"/>
-      <c r="V5" s="11" t="s">
-[...16 lines deleted...]
-      </c>
+      <c r="V5" s="11"/>
+      <c r="W5" s="11"/>
+      <c r="X5" s="11"/>
+      <c r="Y5" s="11"/>
+      <c r="Z5" s="11"/>
+      <c r="AA5" s="11"/>
       <c r="AB5" s="6"/>
       <c r="AC5" s="6"/>
       <c r="AD5" s="6"/>
       <c r="AE5" s="6"/>
       <c r="AF5" s="6"/>
       <c r="AG5" s="6"/>
       <c r="AH5" s="6"/>
       <c r="AI5" s="6"/>
       <c r="AJ5" s="11"/>
       <c r="AK5" s="11"/>
       <c r="AL5" s="11"/>
       <c r="AM5" s="11"/>
       <c r="AN5" s="11"/>
       <c r="AO5" s="11"/>
       <c r="AP5" s="11"/>
       <c r="AQ5" s="11"/>
       <c r="AR5" s="11"/>
       <c r="AS5" s="11"/>
       <c r="AT5" s="11"/>
       <c r="AU5" s="11"/>
       <c r="AV5" s="11"/>
       <c r="AW5" s="11"/>
       <c r="AX5" s="11"/>
       <c r="AY5" s="11"/>
       <c r="AZ5" s="11"/>
@@ -2186,126 +2177,81 @@
       <c r="CA5" s="11"/>
       <c r="CB5" s="11"/>
       <c r="CC5" s="11"/>
       <c r="CD5" s="11"/>
       <c r="CE5" s="11"/>
       <c r="CF5" s="11"/>
       <c r="CG5" s="11"/>
       <c r="CH5" s="11"/>
       <c r="CI5" s="11"/>
       <c r="CJ5" s="11"/>
       <c r="CK5" s="11"/>
       <c r="CL5" s="11"/>
       <c r="CM5" s="11"/>
       <c r="CN5" s="11"/>
       <c r="CO5" s="11"/>
       <c r="CP5" s="11"/>
       <c r="CQ5" s="11"/>
       <c r="CR5" s="11"/>
       <c r="CS5" s="11"/>
       <c r="CT5" s="11"/>
       <c r="CU5" s="11"/>
       <c r="CV5" s="11"/>
       <c r="CW5" s="11"/>
       <c r="CX5" s="11"/>
       <c r="CY5" s="11"/>
-      <c r="CZ5" s="11" t="s">
-[...70 lines deleted...]
-      </c>
+      <c r="CZ5" s="11"/>
+      <c r="DA5" s="11"/>
+      <c r="DB5" s="11"/>
+      <c r="DC5" s="11"/>
+      <c r="DD5" s="11"/>
+      <c r="DE5" s="11"/>
+      <c r="DF5" s="11"/>
+      <c r="DG5" s="11"/>
+      <c r="DH5" s="11"/>
+      <c r="DI5" s="11"/>
+      <c r="DJ5" s="11"/>
+      <c r="DK5" s="11"/>
+      <c r="DL5" s="11"/>
+      <c r="DM5" s="11"/>
+      <c r="DN5" s="11"/>
+      <c r="DO5" s="11"/>
+      <c r="DP5" s="11"/>
+      <c r="DQ5" s="11"/>
+      <c r="DR5" s="11"/>
+      <c r="DS5" s="11"/>
+      <c r="DT5" s="11"/>
+      <c r="DU5" s="11"/>
+      <c r="DV5" s="11"/>
+      <c r="DW5" s="11"/>
       <c r="DX5" s="11" t="s">
         <v>156</v>
       </c>
-      <c r="DY5" s="13" t="s">
+      <c r="DY5" s="11" t="s">
+        <v>156</v>
+      </c>
+      <c r="DZ5" s="13" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="6" spans="2:131" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B6" s="3"/>
       <c r="C6" s="3">
         <v>2000</v>
       </c>
       <c r="D6" s="3">
         <v>2001</v>
       </c>
       <c r="E6" s="3">
         <v>2002</v>
       </c>
       <c r="F6" s="3">
         <v>2003</v>
       </c>
       <c r="G6" s="3">
         <v>2004</v>
       </c>
       <c r="H6" s="3">
         <v>2005</v>
       </c>
       <c r="I6" s="3">
         <v>2006</v>
@@ -2648,51 +2594,53 @@
       </c>
       <c r="DR6" s="4" t="s">
         <v>149</v>
       </c>
       <c r="DS6" s="4" t="s">
         <v>150</v>
       </c>
       <c r="DT6" s="4" t="s">
         <v>151</v>
       </c>
       <c r="DU6" s="4" t="s">
         <v>152</v>
       </c>
       <c r="DV6" s="4" t="s">
         <v>153</v>
       </c>
       <c r="DW6" s="4" t="s">
         <v>154</v>
       </c>
       <c r="DX6" s="4" t="s">
         <v>155</v>
       </c>
       <c r="DY6" s="4" t="s">
         <v>158</v>
       </c>
-      <c r="DZ6" s="2"/>
+      <c r="DZ6" s="4" t="s">
+        <v>159</v>
+      </c>
       <c r="EA6" s="2"/>
     </row>
     <row r="7" spans="2:131" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B7" s="14" t="s">
         <v>0</v>
       </c>
       <c r="C7" s="15">
         <v>-1022.3558272999999</v>
       </c>
       <c r="D7" s="15">
         <v>-995.42885961015054</v>
       </c>
       <c r="E7" s="15">
         <v>-430.25192030462455</v>
       </c>
       <c r="F7" s="15">
         <v>-1494.5896087177466</v>
       </c>
       <c r="G7" s="15">
         <v>-748.02479046163489</v>
       </c>
       <c r="H7" s="15">
         <v>-1276.3838850194331</v>
       </c>
       <c r="I7" s="15">
@@ -3031,54 +2979,57 @@
       <c r="DP7" s="15">
         <v>-945.66857681377621</v>
       </c>
       <c r="DQ7" s="15">
         <v>-153.41140917456312</v>
       </c>
       <c r="DR7" s="15">
         <v>-1053.8231452994114</v>
       </c>
       <c r="DS7" s="15">
         <v>274.58786811051016</v>
       </c>
       <c r="DT7" s="15">
         <v>-654.5717970581577</v>
       </c>
       <c r="DU7" s="15">
         <v>-206.64140114166969</v>
       </c>
       <c r="DV7" s="15">
         <v>-626.71776539400457</v>
       </c>
       <c r="DW7" s="15">
         <v>-111.40707648810326</v>
       </c>
       <c r="DX7" s="15">
-        <v>-667.19826585467558</v>
+        <v>-647.75397322303002</v>
       </c>
       <c r="DY7" s="15">
-        <v>-396.14010207783662</v>
+        <v>-408.93981020113279</v>
+      </c>
+      <c r="DZ7" s="15">
+        <v>-1777.7765240953058</v>
       </c>
     </row>
     <row r="8" spans="2:131" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B8" s="14" t="s">
         <v>143</v>
       </c>
       <c r="C8" s="15">
         <v>55.009090399999998</v>
       </c>
       <c r="D8" s="15">
         <v>163.48118618911457</v>
       </c>
       <c r="E8" s="15">
         <v>627.62593922263477</v>
       </c>
       <c r="F8" s="15">
         <v>132.19498622089162</v>
       </c>
       <c r="G8" s="15">
         <v>345.10590461508764</v>
       </c>
       <c r="H8" s="15">
         <v>210.67648713981171</v>
       </c>
       <c r="I8" s="15">
@@ -3417,54 +3368,57 @@
       <c r="DP8" s="15">
         <v>475.72962223680463</v>
       </c>
       <c r="DQ8" s="15">
         <v>97.639765455873857</v>
       </c>
       <c r="DR8" s="15">
         <v>568.99763067810045</v>
       </c>
       <c r="DS8" s="15">
         <v>236.7715274100857</v>
       </c>
       <c r="DT8" s="15">
         <v>376.08693243292379</v>
       </c>
       <c r="DU8" s="15">
         <v>679.27163011536288</v>
       </c>
       <c r="DV8" s="15">
         <v>755.1224380463143</v>
       </c>
       <c r="DW8" s="15">
         <v>772.44433783979264</v>
       </c>
       <c r="DX8" s="15">
-        <v>-105.64041266343082</v>
+        <v>-102.51294934782203</v>
       </c>
       <c r="DY8" s="15">
-        <v>122.63844294755158</v>
+        <v>146.65680709116691</v>
+      </c>
+      <c r="DZ8" s="15">
+        <v>238.08580800884027</v>
       </c>
     </row>
     <row r="9" spans="2:131" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B9" s="14" t="s">
         <v>114</v>
       </c>
       <c r="C9" s="15">
         <v>37.422448699999997</v>
       </c>
       <c r="D9" s="15">
         <v>125.88912960000002</v>
       </c>
       <c r="E9" s="15">
         <v>592.83566410000014</v>
       </c>
       <c r="F9" s="15">
         <v>71.386877699999999</v>
       </c>
       <c r="G9" s="15">
         <v>93.525695100000007</v>
       </c>
       <c r="H9" s="15">
         <v>79.739422500000003</v>
       </c>
       <c r="I9" s="15">
@@ -3803,54 +3757,57 @@
       <c r="DP9" s="15">
         <v>300.88972670000004</v>
       </c>
       <c r="DQ9" s="15">
         <v>110.39715169999998</v>
       </c>
       <c r="DR9" s="15">
         <v>352.54196920000021</v>
       </c>
       <c r="DS9" s="15">
         <v>135.71597760000006</v>
       </c>
       <c r="DT9" s="15">
         <v>183.30232049999995</v>
       </c>
       <c r="DU9" s="15">
         <v>-154.10721980000014</v>
       </c>
       <c r="DV9" s="15">
         <v>7.2487522000000029</v>
       </c>
       <c r="DW9" s="15">
         <v>526.87329259999922</v>
       </c>
       <c r="DX9" s="15">
-        <v>44.684430000000006</v>
+        <v>44.684429999999999</v>
       </c>
       <c r="DY9" s="15">
-        <v>-229.49981000000011</v>
+        <v>-230.73096000000007</v>
+      </c>
+      <c r="DZ9" s="15">
+        <v>-173.34905000000009</v>
       </c>
     </row>
     <row r="10" spans="2:131" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B10" s="14" t="s">
         <v>115</v>
       </c>
       <c r="C10" s="15">
         <v>37.422448699999997</v>
       </c>
       <c r="D10" s="15">
         <v>125.88912960000002</v>
       </c>
       <c r="E10" s="15">
         <v>592.83566410000014</v>
       </c>
       <c r="F10" s="15">
         <v>71.386877699999999</v>
       </c>
       <c r="G10" s="15">
         <v>93.525695100000007</v>
       </c>
       <c r="H10" s="15">
         <v>79.739422500000003</v>
       </c>
       <c r="I10" s="15">
@@ -4189,54 +4146,57 @@
       <c r="DP10" s="15">
         <v>300.59953670000004</v>
       </c>
       <c r="DQ10" s="15">
         <v>110.93604169999998</v>
       </c>
       <c r="DR10" s="15">
         <v>351.00338920000019</v>
       </c>
       <c r="DS10" s="15">
         <v>135.85117760000006</v>
       </c>
       <c r="DT10" s="15">
         <v>182.90883049999994</v>
       </c>
       <c r="DU10" s="15">
         <v>-153.30181980000015</v>
       </c>
       <c r="DV10" s="15">
         <v>5.8937822000000031</v>
       </c>
       <c r="DW10" s="15">
         <v>526.94682259999922</v>
       </c>
       <c r="DX10" s="15">
-        <v>44.416670000000003</v>
+        <v>44.416669999999996</v>
       </c>
       <c r="DY10" s="15">
-        <v>-228.5952400000001</v>
+        <v>-229.82639000000006</v>
+      </c>
+      <c r="DZ10" s="15">
+        <v>-175.04744000000008</v>
       </c>
     </row>
     <row r="11" spans="2:131" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B11" s="14" t="s">
         <v>116</v>
       </c>
       <c r="C11" s="15">
         <v>0</v>
       </c>
       <c r="D11" s="15">
         <v>0</v>
       </c>
       <c r="E11" s="15">
         <v>0</v>
       </c>
       <c r="F11" s="15">
         <v>0</v>
       </c>
       <c r="G11" s="15">
         <v>0</v>
       </c>
       <c r="H11" s="15">
         <v>0</v>
       </c>
       <c r="I11" s="15">
@@ -4580,50 +4540,53 @@
       </c>
       <c r="DR11" s="15">
         <v>0</v>
       </c>
       <c r="DS11" s="15">
         <v>0</v>
       </c>
       <c r="DT11" s="15">
         <v>0</v>
       </c>
       <c r="DU11" s="15">
         <v>0</v>
       </c>
       <c r="DV11" s="15">
         <v>0</v>
       </c>
       <c r="DW11" s="15">
         <v>0</v>
       </c>
       <c r="DX11" s="15">
         <v>0</v>
       </c>
       <c r="DY11" s="15">
         <v>0</v>
       </c>
+      <c r="DZ11" s="15">
+        <v>0</v>
+      </c>
     </row>
     <row r="12" spans="2:131" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B12" s="14" t="s">
         <v>117</v>
       </c>
       <c r="C12" s="15">
         <v>0</v>
       </c>
       <c r="D12" s="15">
         <v>0</v>
       </c>
       <c r="E12" s="15">
         <v>0</v>
       </c>
       <c r="F12" s="15">
         <v>0</v>
       </c>
       <c r="G12" s="15">
         <v>0</v>
       </c>
       <c r="H12" s="15">
         <v>0</v>
       </c>
       <c r="I12" s="15">
         <v>0</v>
@@ -4966,50 +4929,53 @@
       </c>
       <c r="DR12" s="15">
         <v>1.5385800000000001</v>
       </c>
       <c r="DS12" s="15">
         <v>-0.13519999999999999</v>
       </c>
       <c r="DT12" s="15">
         <v>0.39349000000000001</v>
       </c>
       <c r="DU12" s="15">
         <v>-0.80539999999999989</v>
       </c>
       <c r="DV12" s="15">
         <v>1.35497</v>
       </c>
       <c r="DW12" s="15">
         <v>-7.3529999999999998E-2</v>
       </c>
       <c r="DX12" s="15">
         <v>0.26776</v>
       </c>
       <c r="DY12" s="15">
         <v>-0.9045700000000001</v>
       </c>
+      <c r="DZ12" s="15">
+        <v>1.6983899999999998</v>
+      </c>
     </row>
     <row r="13" spans="2:131" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B13" s="14" t="s">
         <v>118</v>
       </c>
       <c r="C13" s="15">
         <v>8.4666416999999985</v>
       </c>
       <c r="D13" s="15">
         <v>19.788117899999996</v>
       </c>
       <c r="E13" s="15">
         <v>8.2965939999999989</v>
       </c>
       <c r="F13" s="15">
         <v>31.711510900000004</v>
       </c>
       <c r="G13" s="15">
         <v>165.81729729999995</v>
       </c>
       <c r="H13" s="15">
         <v>63.830605999999989</v>
       </c>
       <c r="I13" s="15">
         <v>63.492482299999992</v>
@@ -5347,54 +5313,57 @@
       <c r="DP13" s="15">
         <v>47.372410500000008</v>
       </c>
       <c r="DQ13" s="15">
         <v>25.023710200000025</v>
       </c>
       <c r="DR13" s="15">
         <v>54.019970500000028</v>
       </c>
       <c r="DS13" s="15">
         <v>44.261630399999987</v>
       </c>
       <c r="DT13" s="15">
         <v>183.5212501</v>
       </c>
       <c r="DU13" s="15">
         <v>135.28671080000001</v>
       </c>
       <c r="DV13" s="15">
         <v>182.50812969999998</v>
       </c>
       <c r="DW13" s="15">
         <v>134.36470999999995</v>
       </c>
       <c r="DX13" s="15">
-        <v>196.63702939999996</v>
+        <v>196.64002940000003</v>
       </c>
       <c r="DY13" s="15">
-        <v>105.14502949999992</v>
+        <v>128.60002949999998</v>
+      </c>
+      <c r="DZ13" s="15">
+        <v>233.6605303</v>
       </c>
     </row>
     <row r="14" spans="2:131" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B14" s="18" t="s">
         <v>119</v>
       </c>
       <c r="C14" s="15">
         <v>9.120000000000001</v>
       </c>
       <c r="D14" s="15">
         <v>17.803938689114574</v>
       </c>
       <c r="E14" s="15">
         <v>26.493681122634737</v>
       </c>
       <c r="F14" s="15">
         <v>29.096597620891615</v>
       </c>
       <c r="G14" s="15">
         <v>85.762912215087695</v>
       </c>
       <c r="H14" s="15">
         <v>67.10645863981172</v>
       </c>
       <c r="I14" s="15">
@@ -5733,54 +5702,57 @@
       <c r="DP14" s="15">
         <v>127.46748503680459</v>
       </c>
       <c r="DQ14" s="15">
         <v>-37.781096444126156</v>
       </c>
       <c r="DR14" s="15">
         <v>162.43569097810024</v>
       </c>
       <c r="DS14" s="15">
         <v>56.793919410085664</v>
       </c>
       <c r="DT14" s="15">
         <v>9.2633618329238629</v>
       </c>
       <c r="DU14" s="15">
         <v>698.09213911536301</v>
       </c>
       <c r="DV14" s="15">
         <v>565.36555614631436</v>
       </c>
       <c r="DW14" s="15">
         <v>111.20633523979345</v>
       </c>
       <c r="DX14" s="15">
-        <v>-346.9618720634308</v>
+        <v>-343.83740874782205</v>
       </c>
       <c r="DY14" s="15">
-        <v>246.99322344755177</v>
+        <v>248.787737591167</v>
+      </c>
+      <c r="DZ14" s="15">
+        <v>177.77432770884036</v>
       </c>
     </row>
     <row r="15" spans="2:131" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B15" s="14" t="s">
         <v>120</v>
       </c>
       <c r="C15" s="15">
         <v>9.2700000000000014</v>
       </c>
       <c r="D15" s="15">
         <v>17.953938689114576</v>
       </c>
       <c r="E15" s="15">
         <v>26.163681122634742</v>
       </c>
       <c r="F15" s="15">
         <v>27.426597620891616</v>
       </c>
       <c r="G15" s="15">
         <v>68.582912215087703</v>
       </c>
       <c r="H15" s="15">
         <v>68.926458639811713</v>
       </c>
       <c r="I15" s="15">
@@ -6119,54 +6091,57 @@
       <c r="DP15" s="15">
         <v>63.263398401858709</v>
       </c>
       <c r="DQ15" s="15">
         <v>-112.43333680533853</v>
       </c>
       <c r="DR15" s="15">
         <v>-86.621341878558994</v>
       </c>
       <c r="DS15" s="15">
         <v>-44.994680299652678</v>
       </c>
       <c r="DT15" s="15">
         <v>25.015875038353347</v>
       </c>
       <c r="DU15" s="15">
         <v>22.849128562507126</v>
       </c>
       <c r="DV15" s="15">
         <v>91.860299208898098</v>
       </c>
       <c r="DW15" s="15">
         <v>123.20827117300664</v>
       </c>
       <c r="DX15" s="15">
-        <v>141.72764625994316</v>
+        <v>141.96258136870492</v>
       </c>
       <c r="DY15" s="15">
-        <v>-287.06891103252639</v>
+        <v>-286.78305318493528</v>
+      </c>
+      <c r="DZ15" s="15">
+        <v>-216.40427400164847</v>
       </c>
     </row>
     <row r="16" spans="2:131" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B16" s="14" t="s">
         <v>121</v>
       </c>
       <c r="C16" s="15">
         <v>-0.15000000000000002</v>
       </c>
       <c r="D16" s="15">
         <v>-0.15000000000000002</v>
       </c>
       <c r="E16" s="15">
         <v>0.32999999999999996</v>
       </c>
       <c r="F16" s="15">
         <v>1.67</v>
       </c>
       <c r="G16" s="15">
         <v>17.179999999999996</v>
       </c>
       <c r="H16" s="15">
         <v>-1.8200000000000003</v>
       </c>
       <c r="I16" s="15">
@@ -6508,54 +6483,57 @@
       <c r="DQ16" s="15">
         <v>21.137618272797635</v>
       </c>
       <c r="DR16" s="15">
         <v>111.94675408482304</v>
       </c>
       <c r="DS16" s="15">
         <v>-46.642963405178122</v>
       </c>
       <c r="DT16" s="15">
         <v>51.461702408244307</v>
       </c>
       <c r="DU16" s="15">
         <v>-28.287639654732288</v>
       </c>
       <c r="DV16" s="15">
         <v>220.32349391520248</v>
       </c>
       <c r="DW16" s="15">
         <v>143.71589427272181</v>
       </c>
       <c r="DX16" s="15">
         <v>-246.06129685060063</v>
       </c>
       <c r="DY16" s="15">
-        <v>-0.81840463073250369</v>
+        <v>0.41496660137785391</v>
+      </c>
+      <c r="DZ16" s="15">
+        <v>126.80257165338439</v>
       </c>
     </row>
-    <row r="17" spans="2:129" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="17" spans="2:130" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B17" s="14" t="s">
         <v>122</v>
       </c>
       <c r="C17" s="15">
         <v>0</v>
       </c>
       <c r="D17" s="15">
         <v>0</v>
       </c>
       <c r="E17" s="15">
         <v>0</v>
       </c>
       <c r="F17" s="15">
         <v>0</v>
       </c>
       <c r="G17" s="15">
         <v>0</v>
       </c>
       <c r="H17" s="15">
         <v>0</v>
       </c>
       <c r="I17" s="15">
         <v>0</v>
       </c>
       <c r="J17" s="15">
@@ -6891,57 +6869,60 @@
       <c r="DP17" s="15">
         <v>122.25871043837148</v>
       </c>
       <c r="DQ17" s="15">
         <v>53.514622088414733</v>
       </c>
       <c r="DR17" s="15">
         <v>137.11027877183619</v>
       </c>
       <c r="DS17" s="15">
         <v>148.43156311491646</v>
       </c>
       <c r="DT17" s="15">
         <v>-67.214215613673787</v>
       </c>
       <c r="DU17" s="15">
         <v>703.53065020758822</v>
       </c>
       <c r="DV17" s="15">
         <v>253.1817630222138</v>
       </c>
       <c r="DW17" s="15">
         <v>-155.71783020593503</v>
       </c>
       <c r="DX17" s="15">
-        <v>-242.62822147277333</v>
+        <v>-239.73869326592634</v>
       </c>
       <c r="DY17" s="15">
-        <v>534.88053911081067</v>
+        <v>535.15582417472444</v>
+      </c>
+      <c r="DZ17" s="15">
+        <v>267.37603005710446</v>
       </c>
     </row>
-    <row r="18" spans="2:129" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="18" spans="2:130" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B18" s="14" t="s">
         <v>144</v>
       </c>
       <c r="C18" s="15">
         <v>1077.3649176999998</v>
       </c>
       <c r="D18" s="15">
         <v>1158.9100457992652</v>
       </c>
       <c r="E18" s="15">
         <v>1057.8778595272593</v>
       </c>
       <c r="F18" s="15">
         <v>1626.7845949386383</v>
       </c>
       <c r="G18" s="15">
         <v>1093.1306950767225</v>
       </c>
       <c r="H18" s="15">
         <v>1487.0603721592447</v>
       </c>
       <c r="I18" s="15">
         <v>2534.3343488123792</v>
       </c>
       <c r="J18" s="15">
@@ -7277,57 +7258,60 @@
       <c r="DP18" s="15">
         <v>1421.3981990505808</v>
       </c>
       <c r="DQ18" s="15">
         <v>251.05117463043698</v>
       </c>
       <c r="DR18" s="15">
         <v>1622.8207759775119</v>
       </c>
       <c r="DS18" s="15">
         <v>-37.816340700424462</v>
       </c>
       <c r="DT18" s="15">
         <v>1030.6587294910814</v>
       </c>
       <c r="DU18" s="15">
         <v>885.91303125703257</v>
       </c>
       <c r="DV18" s="15">
         <v>1381.8402034403189</v>
       </c>
       <c r="DW18" s="15">
         <v>883.8514143278959</v>
       </c>
       <c r="DX18" s="15">
-        <v>561.5578531912447</v>
+        <v>545.24102387520793</v>
       </c>
       <c r="DY18" s="15">
-        <v>518.77854502538821</v>
+        <v>555.5966172922997</v>
+      </c>
+      <c r="DZ18" s="15">
+        <v>2015.8623321041462</v>
       </c>
     </row>
-    <row r="19" spans="2:129" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="19" spans="2:130" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B19" s="14" t="s">
         <v>123</v>
       </c>
       <c r="C19" s="15">
         <v>749.12961019999989</v>
       </c>
       <c r="D19" s="15">
         <v>911.9830844999999</v>
       </c>
       <c r="E19" s="15">
         <v>728.17912830000023</v>
       </c>
       <c r="F19" s="15">
         <v>777.70328550000022</v>
       </c>
       <c r="G19" s="15">
         <v>352.62544480000247</v>
       </c>
       <c r="H19" s="15">
         <v>836.20115960000066</v>
       </c>
       <c r="I19" s="15">
         <v>1458.128833400008</v>
       </c>
       <c r="J19" s="15">
@@ -7663,57 +7647,60 @@
       <c r="DP19" s="15">
         <v>371.13309500000008</v>
       </c>
       <c r="DQ19" s="15">
         <v>0.21570999999980622</v>
       </c>
       <c r="DR19" s="15">
         <v>199.24836999999991</v>
       </c>
       <c r="DS19" s="15">
         <v>950.49111000000346</v>
       </c>
       <c r="DT19" s="15">
         <v>302.39131999999961</v>
       </c>
       <c r="DU19" s="15">
         <v>264.09717999999947</v>
       </c>
       <c r="DV19" s="15">
         <v>230.56626999999986</v>
       </c>
       <c r="DW19" s="15">
         <v>755.16695000000402</v>
       </c>
       <c r="DX19" s="15">
-        <v>-221.82845999999998</v>
+        <v>-227.57963000000024</v>
       </c>
       <c r="DY19" s="15">
-        <v>170.23828000000003</v>
+        <v>202.72466000000034</v>
+      </c>
+      <c r="DZ19" s="15">
+        <v>-610.16918999999916</v>
       </c>
     </row>
-    <row r="20" spans="2:129" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="20" spans="2:130" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B20" s="14" t="s">
         <v>124</v>
       </c>
       <c r="C20" s="15">
         <v>749.12961019999989</v>
       </c>
       <c r="D20" s="15">
         <v>911.09422969999991</v>
       </c>
       <c r="E20" s="15">
         <v>728.17912830000023</v>
       </c>
       <c r="F20" s="15">
         <v>777.70328550000022</v>
       </c>
       <c r="G20" s="15">
         <v>352.62544480000247</v>
       </c>
       <c r="H20" s="15">
         <v>836.20115960000066</v>
       </c>
       <c r="I20" s="15">
         <v>1458.128833400008</v>
       </c>
       <c r="J20" s="15">
@@ -8049,57 +8036,60 @@
       <c r="DP20" s="15">
         <v>371.13309500000008</v>
       </c>
       <c r="DQ20" s="15">
         <v>0.21334999999980622</v>
       </c>
       <c r="DR20" s="15">
         <v>199.24836999999991</v>
       </c>
       <c r="DS20" s="15">
         <v>950.49111000000346</v>
       </c>
       <c r="DT20" s="15">
         <v>302.39131999999961</v>
       </c>
       <c r="DU20" s="15">
         <v>264.09422999999947</v>
       </c>
       <c r="DV20" s="15">
         <v>230.56626999999986</v>
       </c>
       <c r="DW20" s="15">
         <v>755.16695000000402</v>
       </c>
       <c r="DX20" s="15">
-        <v>-221.82845999999998</v>
+        <v>-227.57963000000024</v>
       </c>
       <c r="DY20" s="15">
-        <v>170.23828000000003</v>
+        <v>202.72466000000034</v>
+      </c>
+      <c r="DZ20" s="15">
+        <v>-610.16918999999916</v>
       </c>
     </row>
-    <row r="21" spans="2:129" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="21" spans="2:130" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B21" s="14" t="s">
         <v>125</v>
       </c>
       <c r="C21" s="15">
         <v>0</v>
       </c>
       <c r="D21" s="15">
         <v>0</v>
       </c>
       <c r="E21" s="15">
         <v>0</v>
       </c>
       <c r="F21" s="15">
         <v>0</v>
       </c>
       <c r="G21" s="15">
         <v>0</v>
       </c>
       <c r="H21" s="15">
         <v>0</v>
       </c>
       <c r="I21" s="15">
         <v>0</v>
       </c>
       <c r="J21" s="15">
@@ -8440,52 +8430,55 @@
       </c>
       <c r="DR21" s="15">
         <v>0</v>
       </c>
       <c r="DS21" s="15">
         <v>0</v>
       </c>
       <c r="DT21" s="15">
         <v>0</v>
       </c>
       <c r="DU21" s="15">
         <v>0</v>
       </c>
       <c r="DV21" s="15">
         <v>0</v>
       </c>
       <c r="DW21" s="15">
         <v>0</v>
       </c>
       <c r="DX21" s="15">
         <v>0</v>
       </c>
       <c r="DY21" s="15">
         <v>0</v>
       </c>
+      <c r="DZ21" s="15">
+        <v>0</v>
+      </c>
     </row>
-    <row r="22" spans="2:129" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="22" spans="2:130" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B22" s="14" t="s">
         <v>126</v>
       </c>
       <c r="C22" s="15">
         <v>0</v>
       </c>
       <c r="D22" s="15">
         <v>0.88885480000000006</v>
       </c>
       <c r="E22" s="15">
         <v>0</v>
       </c>
       <c r="F22" s="15">
         <v>0</v>
       </c>
       <c r="G22" s="15">
         <v>0</v>
       </c>
       <c r="H22" s="15">
         <v>0</v>
       </c>
       <c r="I22" s="15">
         <v>0</v>
       </c>
       <c r="J22" s="15">
@@ -8826,52 +8819,55 @@
       </c>
       <c r="DR22" s="15">
         <v>0</v>
       </c>
       <c r="DS22" s="15">
         <v>0</v>
       </c>
       <c r="DT22" s="15">
         <v>0</v>
       </c>
       <c r="DU22" s="15">
         <v>2.9499999999999999E-3</v>
       </c>
       <c r="DV22" s="15">
         <v>0</v>
       </c>
       <c r="DW22" s="15">
         <v>0</v>
       </c>
       <c r="DX22" s="15">
         <v>0</v>
       </c>
       <c r="DY22" s="15">
         <v>0</v>
       </c>
+      <c r="DZ22" s="15">
+        <v>0</v>
+      </c>
     </row>
-    <row r="23" spans="2:129" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="23" spans="2:130" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B23" s="14" t="s">
         <v>127</v>
       </c>
       <c r="C23" s="15">
         <v>86.804057499999971</v>
       </c>
       <c r="D23" s="15">
         <v>187.89164680000007</v>
       </c>
       <c r="E23" s="15">
         <v>160.9395341</v>
       </c>
       <c r="F23" s="15">
         <v>587.86207740000009</v>
       </c>
       <c r="G23" s="15">
         <v>291.73930489999981</v>
       </c>
       <c r="H23" s="15">
         <v>570.43313180000007</v>
       </c>
       <c r="I23" s="15">
         <v>703.73506809999992</v>
       </c>
       <c r="J23" s="15">
@@ -9207,57 +9203,60 @@
       <c r="DP23" s="15">
         <v>195.85304519999906</v>
       </c>
       <c r="DQ23" s="15">
         <v>257.42775629999994</v>
       </c>
       <c r="DR23" s="15">
         <v>1166.7089397999996</v>
       </c>
       <c r="DS23" s="15">
         <v>369.32105019999904</v>
       </c>
       <c r="DT23" s="15">
         <v>214.68233639999883</v>
       </c>
       <c r="DU23" s="15">
         <v>104.16112490000003</v>
       </c>
       <c r="DV23" s="15">
         <v>1203.9722332000013</v>
       </c>
       <c r="DW23" s="15">
         <v>400.0080598999993</v>
       </c>
       <c r="DX23" s="15">
-        <v>-577.87620900000206</v>
+        <v>-583.19920889999878</v>
       </c>
       <c r="DY23" s="15">
-        <v>607.73651709999911</v>
+        <v>600.14711749999867</v>
+      </c>
+      <c r="DZ23" s="15">
+        <v>1505.5670040999992</v>
       </c>
     </row>
-    <row r="24" spans="2:129" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="24" spans="2:130" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B24" s="18" t="s">
         <v>128</v>
       </c>
       <c r="C24" s="15">
         <v>241.43124999999998</v>
       </c>
       <c r="D24" s="15">
         <v>59.035314499265048</v>
       </c>
       <c r="E24" s="15">
         <v>168.75919712725903</v>
       </c>
       <c r="F24" s="15">
         <v>261.21923203863787</v>
       </c>
       <c r="G24" s="15">
         <v>448.76594537672025</v>
       </c>
       <c r="H24" s="15">
         <v>80.42608075924403</v>
       </c>
       <c r="I24" s="15">
         <v>372.47044731237156</v>
       </c>
       <c r="J24" s="15">
@@ -9593,57 +9592,60 @@
       <c r="DP24" s="15">
         <v>854.41205885058184</v>
       </c>
       <c r="DQ24" s="15">
         <v>-6.5922916695627976</v>
       </c>
       <c r="DR24" s="15">
         <v>256.86346617751212</v>
       </c>
       <c r="DS24" s="15">
         <v>-1357.6285009004268</v>
       </c>
       <c r="DT24" s="15">
         <v>513.58507309108313</v>
       </c>
       <c r="DU24" s="15">
         <v>517.65472635703304</v>
       </c>
       <c r="DV24" s="15">
         <v>-52.698299759682271</v>
       </c>
       <c r="DW24" s="15">
         <v>-271.32359557210737</v>
       </c>
       <c r="DX24" s="15">
-        <v>1361.2625221912467</v>
+        <v>1356.019862775207</v>
       </c>
       <c r="DY24" s="15">
-        <v>-259.19625207461092</v>
+        <v>-247.27516020769932</v>
+      </c>
+      <c r="DZ24" s="15">
+        <v>1120.4645180041462</v>
       </c>
     </row>
-    <row r="25" spans="2:129" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="25" spans="2:130" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B25" s="14" t="s">
         <v>129</v>
       </c>
       <c r="C25" s="15">
         <v>238.08489404697264</v>
       </c>
       <c r="D25" s="15">
         <v>57.55121017639388</v>
       </c>
       <c r="E25" s="15">
         <v>167.62672138601968</v>
       </c>
       <c r="F25" s="15">
         <v>257.42079020121525</v>
       </c>
       <c r="G25" s="15">
         <v>445.1958656681295</v>
       </c>
       <c r="H25" s="15">
         <v>82.893076991122086</v>
       </c>
       <c r="I25" s="15">
         <v>351.32374877539831</v>
       </c>
       <c r="J25" s="15">
@@ -9979,57 +9981,60 @@
       <c r="DP25" s="15">
         <v>537.27779563402578</v>
       </c>
       <c r="DQ25" s="15">
         <v>-93.681015984684464</v>
       </c>
       <c r="DR25" s="15">
         <v>-127.0253556570698</v>
       </c>
       <c r="DS25" s="15">
         <v>-1328.5730329872486</v>
       </c>
       <c r="DT25" s="15">
         <v>432.09032291706825</v>
       </c>
       <c r="DU25" s="15">
         <v>87.624444930591892</v>
       </c>
       <c r="DV25" s="15">
         <v>-236.80426673746683</v>
       </c>
       <c r="DW25" s="15">
         <v>-228.31156731578545</v>
       </c>
       <c r="DX25" s="15">
-        <v>1096.8832194923157</v>
+        <v>1091.6126977765546</v>
       </c>
       <c r="DY25" s="15">
-        <v>-432.73078257336391</v>
+        <v>-461.35100457881657</v>
+      </c>
+      <c r="DZ25" s="15">
+        <v>5.0540019551588529</v>
       </c>
     </row>
-    <row r="26" spans="2:129" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="26" spans="2:130" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B26" s="14" t="s">
         <v>130</v>
       </c>
       <c r="C26" s="15">
         <v>3.3463559530273406</v>
       </c>
       <c r="D26" s="15">
         <v>1.4841043228711595</v>
       </c>
       <c r="E26" s="15">
         <v>1.1324757412393383</v>
       </c>
       <c r="F26" s="15">
         <v>3.7984418374225877</v>
       </c>
       <c r="G26" s="15">
         <v>3.5700797085907263</v>
       </c>
       <c r="H26" s="15">
         <v>-2.466996231878066</v>
       </c>
       <c r="I26" s="15">
         <v>11.4466702015644</v>
       </c>
       <c r="J26" s="15">
@@ -10368,54 +10373,57 @@
       <c r="DQ26" s="15">
         <v>15.590263085288985</v>
       </c>
       <c r="DR26" s="15">
         <v>44.258387808711475</v>
       </c>
       <c r="DS26" s="15">
         <v>32.520045810049851</v>
       </c>
       <c r="DT26" s="15">
         <v>-119.5365082185771</v>
       </c>
       <c r="DU26" s="15">
         <v>39.286350886859616</v>
       </c>
       <c r="DV26" s="15">
         <v>-10.580905258107695</v>
       </c>
       <c r="DW26" s="15">
         <v>-7.2174251196924892</v>
       </c>
       <c r="DX26" s="15">
         <v>-6.8154538527584698</v>
       </c>
       <c r="DY26" s="15">
-        <v>51.113154660448949</v>
+        <v>50.816967963410818</v>
+      </c>
+      <c r="DZ26" s="15">
+        <v>27.510872872675318</v>
       </c>
     </row>
-    <row r="27" spans="2:129" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="27" spans="2:130" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B27" s="19" t="s">
         <v>131</v>
       </c>
       <c r="C27" s="20">
         <v>0</v>
       </c>
       <c r="D27" s="20">
         <v>0</v>
       </c>
       <c r="E27" s="20">
         <v>0</v>
       </c>
       <c r="F27" s="20">
         <v>0</v>
       </c>
       <c r="G27" s="20">
         <v>0</v>
       </c>
       <c r="H27" s="20">
         <v>0</v>
       </c>
       <c r="I27" s="20">
         <v>9.7000283354088612</v>
       </c>
       <c r="J27" s="20">
@@ -10751,57 +10759,60 @@
       <c r="DP27" s="20">
         <v>264.31989293144335</v>
       </c>
       <c r="DQ27" s="20">
         <v>71.498461229832685</v>
       </c>
       <c r="DR27" s="20">
         <v>339.63043402587044</v>
       </c>
       <c r="DS27" s="20">
         <v>-61.575513723228177</v>
       </c>
       <c r="DT27" s="20">
         <v>201.03125839259195</v>
       </c>
       <c r="DU27" s="20">
         <v>390.74393053958158</v>
       </c>
       <c r="DV27" s="20">
         <v>194.68687223589225</v>
       </c>
       <c r="DW27" s="20">
         <v>-35.794603136629433</v>
       </c>
       <c r="DX27" s="20">
-        <v>271.19475655168952</v>
+        <v>271.22261885141097</v>
       </c>
       <c r="DY27" s="20">
-        <v>122.421375838304</v>
+        <v>163.25887640770642</v>
+      </c>
+      <c r="DZ27" s="20">
+        <v>1087.8996431763119</v>
       </c>
     </row>
-    <row r="28" spans="2:129" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="28" spans="2:130" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B28" s="14" t="s">
         <v>1</v>
       </c>
       <c r="C28" s="15">
         <v>-789.76369961655018</v>
       </c>
       <c r="D28" s="15">
         <v>-697.26992453029948</v>
       </c>
       <c r="E28" s="15">
         <v>394.8329454410769</v>
       </c>
       <c r="F28" s="15">
         <v>-867.7729127770599</v>
       </c>
       <c r="G28" s="15">
         <v>-334.55888519870877</v>
       </c>
       <c r="H28" s="15">
         <v>1126.500667740117</v>
       </c>
       <c r="I28" s="15">
         <v>274.7249839237835</v>
       </c>
       <c r="J28" s="15">
@@ -11137,57 +11148,60 @@
       <c r="DP28" s="15">
         <v>-2329.1519530117848</v>
       </c>
       <c r="DQ28" s="15">
         <v>781.0221443751177</v>
       </c>
       <c r="DR28" s="15">
         <v>400.53338884348523</v>
       </c>
       <c r="DS28" s="15">
         <v>326.15382440073222</v>
       </c>
       <c r="DT28" s="15">
         <v>1002.7346730533945</v>
       </c>
       <c r="DU28" s="15">
         <v>316.68133708766925</v>
       </c>
       <c r="DV28" s="15">
         <v>531.92606376454626</v>
       </c>
       <c r="DW28" s="15">
         <v>435.34751825124602</v>
       </c>
       <c r="DX28" s="15">
-        <v>1564.1261552227529</v>
+        <v>1596.1058574227527</v>
       </c>
       <c r="DY28" s="15">
-        <v>687.19020031191826</v>
+        <v>710.3249690719183</v>
+      </c>
+      <c r="DZ28" s="15">
+        <v>1035.5465286261926</v>
       </c>
     </row>
-    <row r="29" spans="2:129" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="29" spans="2:130" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B29" s="14" t="s">
         <v>143</v>
       </c>
       <c r="C29" s="15">
         <v>24.804701983449608</v>
       </c>
       <c r="D29" s="15">
         <v>143.54623886970029</v>
       </c>
       <c r="E29" s="15">
         <v>620.71186437214681</v>
       </c>
       <c r="F29" s="15">
         <v>-121.61123214794378</v>
       </c>
       <c r="G29" s="15">
         <v>760.15746865343988</v>
       </c>
       <c r="H29" s="15">
         <v>519.44245322019299</v>
       </c>
       <c r="I29" s="15">
         <v>476.57335375527703</v>
       </c>
       <c r="J29" s="15">
@@ -11523,57 +11537,60 @@
       <c r="DP29" s="15">
         <v>-2787.784136418034</v>
       </c>
       <c r="DQ29" s="15">
         <v>1043.5970339108201</v>
       </c>
       <c r="DR29" s="15">
         <v>699.47496530896194</v>
       </c>
       <c r="DS29" s="15">
         <v>-51.609878809345119</v>
       </c>
       <c r="DT29" s="15">
         <v>1674.2074243985003</v>
       </c>
       <c r="DU29" s="15">
         <v>176.9139869776188</v>
       </c>
       <c r="DV29" s="15">
         <v>658.43871586920091</v>
       </c>
       <c r="DW29" s="15">
         <v>538.06315678163196</v>
       </c>
       <c r="DX29" s="15">
-        <v>2021.2422408888078</v>
+        <v>2058.8431611888077</v>
       </c>
       <c r="DY29" s="15">
-        <v>1087.9319320893828</v>
+        <v>1111.1984339893829</v>
+      </c>
+      <c r="DZ29" s="15">
+        <v>715.91677391766461</v>
       </c>
     </row>
-    <row r="30" spans="2:129" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="30" spans="2:130" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B30" s="14" t="s">
         <v>132</v>
       </c>
       <c r="C30" s="15">
         <v>0</v>
       </c>
       <c r="D30" s="15">
         <v>0</v>
       </c>
       <c r="E30" s="15">
         <v>48.522251099999998</v>
       </c>
       <c r="F30" s="15">
         <v>57.786411400000006</v>
       </c>
       <c r="G30" s="15">
         <v>42.641621999999998</v>
       </c>
       <c r="H30" s="15">
         <v>131.19249679999999</v>
       </c>
       <c r="I30" s="15">
         <v>321.88188580000002</v>
       </c>
       <c r="J30" s="15">
@@ -11909,57 +11926,60 @@
       <c r="DP30" s="15">
         <v>304.73633619999998</v>
       </c>
       <c r="DQ30" s="15">
         <v>61.869052100000211</v>
       </c>
       <c r="DR30" s="15">
         <v>77.314562099999975</v>
       </c>
       <c r="DS30" s="15">
         <v>-54.138517300000167</v>
       </c>
       <c r="DT30" s="15">
         <v>172.7852280000007</v>
       </c>
       <c r="DU30" s="15">
         <v>-87.710025199999933</v>
       </c>
       <c r="DV30" s="15">
         <v>18.360669799999993</v>
       </c>
       <c r="DW30" s="15">
         <v>71.907937900000007</v>
       </c>
       <c r="DX30" s="15">
-        <v>28.351819999999854</v>
+        <v>65.952740299999817</v>
       </c>
       <c r="DY30" s="15">
-        <v>53.292388400000092</v>
+        <v>76.558890300000215</v>
+      </c>
+      <c r="DZ30" s="15">
+        <v>260.34071639999979</v>
       </c>
     </row>
-    <row r="31" spans="2:129" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="31" spans="2:130" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B31" s="14" t="s">
         <v>134</v>
       </c>
       <c r="C31" s="15">
         <v>0</v>
       </c>
       <c r="D31" s="15">
         <v>0</v>
       </c>
       <c r="E31" s="15">
         <v>0</v>
       </c>
       <c r="F31" s="15">
         <v>0</v>
       </c>
       <c r="G31" s="15">
         <v>0</v>
       </c>
       <c r="H31" s="15">
         <v>0</v>
       </c>
       <c r="I31" s="15">
         <v>0</v>
       </c>
       <c r="J31" s="15">
@@ -12300,52 +12320,55 @@
       </c>
       <c r="DR31" s="15">
         <v>0</v>
       </c>
       <c r="DS31" s="15">
         <v>0</v>
       </c>
       <c r="DT31" s="15">
         <v>0</v>
       </c>
       <c r="DU31" s="15">
         <v>0</v>
       </c>
       <c r="DV31" s="15">
         <v>0</v>
       </c>
       <c r="DW31" s="15">
         <v>0</v>
       </c>
       <c r="DX31" s="15">
         <v>0</v>
       </c>
       <c r="DY31" s="15">
         <v>0</v>
       </c>
+      <c r="DZ31" s="15">
+        <v>0</v>
+      </c>
     </row>
-    <row r="32" spans="2:129" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="32" spans="2:130" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B32" s="14" t="s">
         <v>135</v>
       </c>
       <c r="C32" s="15">
         <v>0</v>
       </c>
       <c r="D32" s="15">
         <v>0</v>
       </c>
       <c r="E32" s="15">
         <v>0</v>
       </c>
       <c r="F32" s="15">
         <v>0</v>
       </c>
       <c r="G32" s="15">
         <v>0</v>
       </c>
       <c r="H32" s="15">
         <v>0</v>
       </c>
       <c r="I32" s="15">
         <v>0</v>
       </c>
       <c r="J32" s="15">
@@ -12681,57 +12704,60 @@
       <c r="DP32" s="15">
         <v>-9.9999999999999964E-2</v>
       </c>
       <c r="DQ32" s="15">
         <v>1.0500200000000002</v>
       </c>
       <c r="DR32" s="15">
         <v>-0.82000000000000006</v>
       </c>
       <c r="DS32" s="15">
         <v>0.25</v>
       </c>
       <c r="DT32" s="15">
         <v>-9.0000000000000496E-4</v>
       </c>
       <c r="DU32" s="15">
         <v>-0.10772999999999999</v>
       </c>
       <c r="DV32" s="15">
         <v>-2.246999999999999E-2</v>
       </c>
       <c r="DW32" s="15">
         <v>0.33887999999999996</v>
       </c>
       <c r="DX32" s="15">
-        <v>0.23304999999999998</v>
+        <v>0.58216850000000009</v>
       </c>
       <c r="DY32" s="15">
-        <v>0.30510999999999999</v>
+        <v>4.031186599999999</v>
+      </c>
+      <c r="DZ32" s="15">
+        <v>1.0005306</v>
       </c>
     </row>
-    <row r="33" spans="2:129" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="33" spans="2:130" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B33" s="14" t="s">
         <v>136</v>
       </c>
       <c r="C33" s="15">
         <v>0</v>
       </c>
       <c r="D33" s="15">
         <v>0</v>
       </c>
       <c r="E33" s="15">
         <v>0</v>
       </c>
       <c r="F33" s="15">
         <v>0</v>
       </c>
       <c r="G33" s="15">
         <v>0</v>
       </c>
       <c r="H33" s="15">
         <v>0</v>
       </c>
       <c r="I33" s="15">
         <v>-2.5900994000000002</v>
       </c>
       <c r="J33" s="15">
@@ -13067,57 +13093,60 @@
       <c r="DP33" s="15">
         <v>-7.307000000000019E-2</v>
       </c>
       <c r="DQ33" s="15">
         <v>8.8999999999999996E-2</v>
       </c>
       <c r="DR33" s="15">
         <v>-12.328280000000001</v>
       </c>
       <c r="DS33" s="15">
         <v>-0.22499999999999995</v>
       </c>
       <c r="DT33" s="15">
         <v>1.2000000000000011E-2</v>
       </c>
       <c r="DU33" s="15">
         <v>-0.30640000000000006</v>
       </c>
       <c r="DV33" s="15">
         <v>0.70031999999999972</v>
       </c>
       <c r="DW33" s="15">
         <v>1.5936599999999999</v>
       </c>
       <c r="DX33" s="15">
-        <v>-0.18200000000000005</v>
+        <v>-0.27800340000000001</v>
       </c>
       <c r="DY33" s="15">
-        <v>-0.12400000000000003</v>
+        <v>-1.8083185999999998</v>
+      </c>
+      <c r="DZ33" s="15">
+        <v>7.4378572999999992</v>
       </c>
     </row>
-    <row r="34" spans="2:129" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="34" spans="2:130" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B34" s="14" t="s">
         <v>137</v>
       </c>
       <c r="C34" s="15">
         <v>0</v>
       </c>
       <c r="D34" s="15">
         <v>0</v>
       </c>
       <c r="E34" s="15">
         <v>48.522251099999998</v>
       </c>
       <c r="F34" s="15">
         <v>57.786411400000006</v>
       </c>
       <c r="G34" s="15">
         <v>42.641621999999998</v>
       </c>
       <c r="H34" s="15">
         <v>131.19249679999999</v>
       </c>
       <c r="I34" s="15">
         <v>324.47198520000001</v>
       </c>
       <c r="J34" s="15">
@@ -13453,57 +13482,60 @@
       <c r="DP34" s="15">
         <v>304.90940619999998</v>
       </c>
       <c r="DQ34" s="15">
         <v>60.730032100000209</v>
       </c>
       <c r="DR34" s="15">
         <v>90.462842099999975</v>
       </c>
       <c r="DS34" s="15">
         <v>-54.163517300000166</v>
       </c>
       <c r="DT34" s="15">
         <v>172.7741280000007</v>
       </c>
       <c r="DU34" s="15">
         <v>-87.295895199999933</v>
       </c>
       <c r="DV34" s="15">
         <v>17.682819799999994</v>
       </c>
       <c r="DW34" s="15">
         <v>69.975397900000004</v>
       </c>
       <c r="DX34" s="15">
-        <v>28.300769999999854</v>
+        <v>65.648575199999812</v>
       </c>
       <c r="DY34" s="15">
-        <v>53.111278400000096</v>
+        <v>74.336022300000209</v>
+      </c>
+      <c r="DZ34" s="15">
+        <v>251.90232849999981</v>
       </c>
     </row>
-    <row r="35" spans="2:129" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="35" spans="2:130" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B35" s="14" t="s">
         <v>140</v>
       </c>
       <c r="C35" s="15">
         <v>24.804701983449608</v>
       </c>
       <c r="D35" s="15">
         <v>143.54623886970029</v>
       </c>
       <c r="E35" s="15">
         <v>572.18961327214686</v>
       </c>
       <c r="F35" s="15">
         <v>-179.39764354794374</v>
       </c>
       <c r="G35" s="15">
         <v>717.51584665344001</v>
       </c>
       <c r="H35" s="15">
         <v>388.24995642019297</v>
       </c>
       <c r="I35" s="15">
         <v>154.69146795527701</v>
       </c>
       <c r="J35" s="15">
@@ -13844,52 +13876,55 @@
       </c>
       <c r="DR35" s="15">
         <v>622.16040320896195</v>
       </c>
       <c r="DS35" s="15">
         <v>2.5286384906550481</v>
       </c>
       <c r="DT35" s="15">
         <v>1501.4221963984996</v>
       </c>
       <c r="DU35" s="15">
         <v>264.62401217761874</v>
       </c>
       <c r="DV35" s="15">
         <v>640.07804606920092</v>
       </c>
       <c r="DW35" s="15">
         <v>466.15521888163198</v>
       </c>
       <c r="DX35" s="15">
         <v>1992.890420888808</v>
       </c>
       <c r="DY35" s="15">
         <v>1034.6395436893827</v>
       </c>
+      <c r="DZ35" s="15">
+        <v>455.57605751766482</v>
+      </c>
     </row>
-    <row r="36" spans="2:129" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="36" spans="2:130" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B36" s="14" t="s">
         <v>138</v>
       </c>
       <c r="C36" s="15">
         <v>19.739233541091714</v>
       </c>
       <c r="D36" s="15">
         <v>128.76419099370889</v>
       </c>
       <c r="E36" s="15">
         <v>586.85267173908403</v>
       </c>
       <c r="F36" s="15">
         <v>-165.9265510227151</v>
       </c>
       <c r="G36" s="15">
         <v>582.05353923127609</v>
       </c>
       <c r="H36" s="15">
         <v>407.76858830283305</v>
       </c>
       <c r="I36" s="15">
         <v>-102.7310168673838</v>
       </c>
       <c r="J36" s="15">
@@ -14230,52 +14265,55 @@
       </c>
       <c r="DR36" s="15">
         <v>367.77044045080299</v>
       </c>
       <c r="DS36" s="15">
         <v>42.922452509506002</v>
       </c>
       <c r="DT36" s="15">
         <v>1101.7887823211427</v>
       </c>
       <c r="DU36" s="15">
         <v>544.09770887255263</v>
       </c>
       <c r="DV36" s="15">
         <v>511.12431282324928</v>
       </c>
       <c r="DW36" s="15">
         <v>197.98803404753733</v>
       </c>
       <c r="DX36" s="15">
         <v>2035.5492233953951</v>
       </c>
       <c r="DY36" s="15">
         <v>875.93496928717195</v>
       </c>
+      <c r="DZ36" s="15">
+        <v>493.0413724231268</v>
+      </c>
     </row>
-    <row r="37" spans="2:129" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="37" spans="2:130" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B37" s="14" t="s">
         <v>110</v>
       </c>
       <c r="C37" s="15">
         <v>0</v>
       </c>
       <c r="D37" s="15">
         <v>0</v>
       </c>
       <c r="E37" s="15">
         <v>0</v>
       </c>
       <c r="F37" s="15">
         <v>0</v>
       </c>
       <c r="G37" s="15">
         <v>0</v>
       </c>
       <c r="H37" s="15">
         <v>0</v>
       </c>
       <c r="I37" s="15">
         <v>0</v>
       </c>
       <c r="J37" s="15">
@@ -14616,52 +14654,55 @@
       </c>
       <c r="DR37" s="15">
         <v>4.7988469700000005</v>
       </c>
       <c r="DS37" s="15">
         <v>-192.84073068000001</v>
       </c>
       <c r="DT37" s="15">
         <v>-122.80222790999994</v>
       </c>
       <c r="DU37" s="15">
         <v>-197.98049389999932</v>
       </c>
       <c r="DV37" s="15">
         <v>-296.81888264000008</v>
       </c>
       <c r="DW37" s="15">
         <v>-511.44837811000048</v>
       </c>
       <c r="DX37" s="15">
         <v>170.23086948000031</v>
       </c>
       <c r="DY37" s="15">
         <v>-364.08808556000014</v>
       </c>
+      <c r="DZ37" s="15">
+        <v>-358.89644795999959</v>
+      </c>
     </row>
-    <row r="38" spans="2:129" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="38" spans="2:130" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B38" s="14" t="s">
         <v>111</v>
       </c>
       <c r="C38" s="15">
         <v>0</v>
       </c>
       <c r="D38" s="15">
         <v>0</v>
       </c>
       <c r="E38" s="15">
         <v>0</v>
       </c>
       <c r="F38" s="15">
         <v>0</v>
       </c>
       <c r="G38" s="15">
         <v>0</v>
       </c>
       <c r="H38" s="15">
         <v>0</v>
       </c>
       <c r="I38" s="15">
         <v>0.05</v>
       </c>
       <c r="J38" s="15">
@@ -15002,52 +15043,55 @@
       </c>
       <c r="DR38" s="15">
         <v>2.9330647386959998</v>
       </c>
       <c r="DS38" s="15">
         <v>3.1133948799439994</v>
       </c>
       <c r="DT38" s="15">
         <v>12.565931460027999</v>
       </c>
       <c r="DU38" s="15">
         <v>7.5617895961859993</v>
       </c>
       <c r="DV38" s="15">
         <v>-0.59581765814100307</v>
       </c>
       <c r="DW38" s="15">
         <v>1.9058812137319965</v>
       </c>
       <c r="DX38" s="15">
         <v>19.069805629748004</v>
       </c>
       <c r="DY38" s="15">
         <v>5.1576830396139997</v>
       </c>
+      <c r="DZ38" s="15">
+        <v>6.8351877025049985</v>
+      </c>
     </row>
-    <row r="39" spans="2:129" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="39" spans="2:130" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B39" s="14" t="s">
         <v>112</v>
       </c>
       <c r="C39" s="15">
         <v>19.739233541091714</v>
       </c>
       <c r="D39" s="15">
         <v>128.76419099370889</v>
       </c>
       <c r="E39" s="15">
         <v>566.59357624814356</v>
       </c>
       <c r="F39" s="15">
         <v>-180.05647927535117</v>
       </c>
       <c r="G39" s="15">
         <v>589.9816426157488</v>
       </c>
       <c r="H39" s="15">
         <v>371.44200481703677</v>
       </c>
       <c r="I39" s="15">
         <v>-161.86575862328141</v>
       </c>
       <c r="J39" s="15">
@@ -15388,52 +15432,55 @@
       </c>
       <c r="DR39" s="15">
         <v>59.211144004930986</v>
       </c>
       <c r="DS39" s="15">
         <v>-158.68900191554002</v>
       </c>
       <c r="DT39" s="15">
         <v>433.9234086440909</v>
       </c>
       <c r="DU39" s="15">
         <v>41.190714997918008</v>
       </c>
       <c r="DV39" s="15">
         <v>130.65617322904112</v>
       </c>
       <c r="DW39" s="15">
         <v>457.67444655157703</v>
       </c>
       <c r="DX39" s="15">
         <v>1151.28511411867</v>
       </c>
       <c r="DY39" s="15">
         <v>1222.5535116596679</v>
       </c>
+      <c r="DZ39" s="15">
+        <v>182.97731235173222</v>
+      </c>
     </row>
-    <row r="40" spans="2:129" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="40" spans="2:130" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B40" s="14" t="s">
         <v>113</v>
       </c>
       <c r="C40" s="15">
         <v>0</v>
       </c>
       <c r="D40" s="15">
         <v>0</v>
       </c>
       <c r="E40" s="15">
         <v>20.259095490940513</v>
       </c>
       <c r="F40" s="15">
         <v>14.129928252636041</v>
       </c>
       <c r="G40" s="15">
         <v>-7.9281033844726458</v>
       </c>
       <c r="H40" s="15">
         <v>36.326583485796228</v>
       </c>
       <c r="I40" s="15">
         <v>59.084741755897639</v>
       </c>
       <c r="J40" s="15">
@@ -15774,52 +15821,55 @@
       </c>
       <c r="DR40" s="15">
         <v>300.82738473717603</v>
       </c>
       <c r="DS40" s="15">
         <v>391.338790225102</v>
       </c>
       <c r="DT40" s="15">
         <v>778.10167012702368</v>
       </c>
       <c r="DU40" s="15">
         <v>693.32569817844796</v>
       </c>
       <c r="DV40" s="15">
         <v>677.88283989234924</v>
       </c>
       <c r="DW40" s="15">
         <v>249.85608439222875</v>
       </c>
       <c r="DX40" s="15">
         <v>694.96343416697687</v>
       </c>
       <c r="DY40" s="15">
         <v>12.311860147890137</v>
       </c>
+      <c r="DZ40" s="15">
+        <v>662.12532032888919</v>
+      </c>
     </row>
-    <row r="41" spans="2:129" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="41" spans="2:130" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B41" s="14" t="s">
         <v>139</v>
       </c>
       <c r="C41" s="15">
         <v>5.0654684423578917</v>
       </c>
       <c r="D41" s="15">
         <v>14.782047875991385</v>
       </c>
       <c r="E41" s="15">
         <v>-14.663058466937157</v>
       </c>
       <c r="F41" s="15">
         <v>-13.471092525228624</v>
       </c>
       <c r="G41" s="15">
         <v>135.46230742216392</v>
       </c>
       <c r="H41" s="15">
         <v>-19.518631882640054</v>
       </c>
       <c r="I41" s="15">
         <v>257.42248482266075</v>
       </c>
       <c r="J41" s="15">
@@ -16160,52 +16210,55 @@
       </c>
       <c r="DR41" s="15">
         <v>254.38996275815902</v>
       </c>
       <c r="DS41" s="15">
         <v>-40.393814018850954</v>
       </c>
       <c r="DT41" s="15">
         <v>399.63341407735709</v>
       </c>
       <c r="DU41" s="15">
         <v>-279.47369669493389</v>
       </c>
       <c r="DV41" s="15">
         <v>128.95373324595161</v>
       </c>
       <c r="DW41" s="15">
         <v>268.16718483409466</v>
       </c>
       <c r="DX41" s="15">
         <v>-42.658802506587051</v>
       </c>
       <c r="DY41" s="15">
         <v>158.7045744022108</v>
       </c>
+      <c r="DZ41" s="15">
+        <v>-37.46531490546198</v>
+      </c>
     </row>
-    <row r="42" spans="2:129" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="42" spans="2:130" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B42" s="14" t="s">
         <v>110</v>
       </c>
       <c r="C42" s="15">
         <v>0</v>
       </c>
       <c r="D42" s="15">
         <v>0</v>
       </c>
       <c r="E42" s="15">
         <v>0</v>
       </c>
       <c r="F42" s="15">
         <v>0</v>
       </c>
       <c r="G42" s="15">
         <v>0</v>
       </c>
       <c r="H42" s="15">
         <v>0</v>
       </c>
       <c r="I42" s="15">
         <v>0</v>
       </c>
       <c r="J42" s="15">
@@ -16546,52 +16599,55 @@
       </c>
       <c r="DR42" s="15">
         <v>0</v>
       </c>
       <c r="DS42" s="15">
         <v>0</v>
       </c>
       <c r="DT42" s="15">
         <v>0</v>
       </c>
       <c r="DU42" s="15">
         <v>0</v>
       </c>
       <c r="DV42" s="15">
         <v>0</v>
       </c>
       <c r="DW42" s="15">
         <v>0</v>
       </c>
       <c r="DX42" s="15">
         <v>0</v>
       </c>
       <c r="DY42" s="15">
         <v>0</v>
       </c>
+      <c r="DZ42" s="15">
+        <v>138.61130183</v>
+      </c>
     </row>
-    <row r="43" spans="2:129" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="43" spans="2:130" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B43" s="14" t="s">
         <v>111</v>
       </c>
       <c r="C43" s="15">
         <v>0</v>
       </c>
       <c r="D43" s="15">
         <v>0</v>
       </c>
       <c r="E43" s="15">
         <v>0</v>
       </c>
       <c r="F43" s="15">
         <v>0</v>
       </c>
       <c r="G43" s="15">
         <v>0</v>
       </c>
       <c r="H43" s="15">
         <v>0</v>
       </c>
       <c r="I43" s="15">
         <v>0</v>
       </c>
       <c r="J43" s="15">
@@ -16932,52 +16988,55 @@
       </c>
       <c r="DR43" s="15">
         <v>0</v>
       </c>
       <c r="DS43" s="15">
         <v>0</v>
       </c>
       <c r="DT43" s="15">
         <v>0</v>
       </c>
       <c r="DU43" s="15">
         <v>0</v>
       </c>
       <c r="DV43" s="15">
         <v>0</v>
       </c>
       <c r="DW43" s="15">
         <v>0</v>
       </c>
       <c r="DX43" s="15">
         <v>0</v>
       </c>
       <c r="DY43" s="15">
         <v>0</v>
       </c>
+      <c r="DZ43" s="15">
+        <v>0</v>
+      </c>
     </row>
-    <row r="44" spans="2:129" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="44" spans="2:130" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B44" s="14" t="s">
         <v>112</v>
       </c>
       <c r="C44" s="15">
         <v>5.0654684423578917</v>
       </c>
       <c r="D44" s="15">
         <v>14.782047875991385</v>
       </c>
       <c r="E44" s="15">
         <v>-20.887935065801727</v>
       </c>
       <c r="F44" s="15">
         <v>-7.3197451320780056</v>
       </c>
       <c r="G44" s="15">
         <v>135.47353175186305</v>
       </c>
       <c r="H44" s="15">
         <v>-19.518631882640054</v>
       </c>
       <c r="I44" s="15">
         <v>257.42248482266075</v>
       </c>
       <c r="J44" s="15">
@@ -17318,52 +17377,55 @@
       </c>
       <c r="DR44" s="15">
         <v>155.11652325033904</v>
       </c>
       <c r="DS44" s="15">
         <v>49.561032936297075</v>
       </c>
       <c r="DT44" s="15">
         <v>281.54155534802908</v>
       </c>
       <c r="DU44" s="15">
         <v>-110.15321364746485</v>
       </c>
       <c r="DV44" s="15">
         <v>-86.400806595029366</v>
       </c>
       <c r="DW44" s="15">
         <v>316.84065238503268</v>
       </c>
       <c r="DX44" s="15">
         <v>-231.08442389299108</v>
       </c>
       <c r="DY44" s="15">
         <v>44.951461819409701</v>
       </c>
+      <c r="DZ44" s="15">
+        <v>-3.6095764247229702</v>
+      </c>
     </row>
-    <row r="45" spans="2:129" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="45" spans="2:130" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B45" s="14" t="s">
         <v>113</v>
       </c>
       <c r="C45" s="15">
         <v>0</v>
       </c>
       <c r="D45" s="15">
         <v>0</v>
       </c>
       <c r="E45" s="15">
         <v>6.2248765988645722</v>
       </c>
       <c r="F45" s="15">
         <v>-6.15134739315062</v>
       </c>
       <c r="G45" s="15">
         <v>-1.1224329699139723E-2</v>
       </c>
       <c r="H45" s="15">
         <v>0</v>
       </c>
       <c r="I45" s="15">
         <v>0</v>
       </c>
       <c r="J45" s="15">
@@ -17704,52 +17766,55 @@
       </c>
       <c r="DR45" s="15">
         <v>99.273439507819987</v>
       </c>
       <c r="DS45" s="15">
         <v>-89.954846955148028</v>
       </c>
       <c r="DT45" s="15">
         <v>118.091858729328</v>
       </c>
       <c r="DU45" s="15">
         <v>-169.32048304746903</v>
       </c>
       <c r="DV45" s="15">
         <v>215.35453984098098</v>
       </c>
       <c r="DW45" s="15">
         <v>-48.673467550938021</v>
       </c>
       <c r="DX45" s="15">
         <v>188.42562138640403</v>
       </c>
       <c r="DY45" s="15">
         <v>113.75311258280109</v>
       </c>
+      <c r="DZ45" s="15">
+        <v>-172.46704031073901</v>
+      </c>
     </row>
-    <row r="46" spans="2:129" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="46" spans="2:130" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B46" s="14" t="s">
         <v>144</v>
       </c>
       <c r="C46" s="15">
         <v>814.5684015999999</v>
       </c>
       <c r="D46" s="15">
         <v>840.81616339999994</v>
       </c>
       <c r="E46" s="15">
         <v>225.8789189310699</v>
       </c>
       <c r="F46" s="15">
         <v>746.16168062911618</v>
       </c>
       <c r="G46" s="15">
         <v>1094.7163538521488</v>
       </c>
       <c r="H46" s="15">
         <v>-607.05821451992404</v>
       </c>
       <c r="I46" s="15">
         <v>201.84836983149353</v>
       </c>
       <c r="J46" s="15">
@@ -18085,57 +18150,60 @@
       <c r="DP46" s="15">
         <v>-458.632183406249</v>
       </c>
       <c r="DQ46" s="15">
         <v>262.57488953570237</v>
       </c>
       <c r="DR46" s="15">
         <v>298.94157646547671</v>
       </c>
       <c r="DS46" s="15">
         <v>-377.76370321007732</v>
       </c>
       <c r="DT46" s="15">
         <v>671.47275134510573</v>
       </c>
       <c r="DU46" s="15">
         <v>-139.76735011005047</v>
       </c>
       <c r="DV46" s="15">
         <v>126.51265210465462</v>
       </c>
       <c r="DW46" s="15">
         <v>102.71563853038595</v>
       </c>
       <c r="DX46" s="15">
-        <v>457.11608566605486</v>
+        <v>462.73730376605494</v>
       </c>
       <c r="DY46" s="15">
-        <v>400.74173177746457</v>
+        <v>400.87346491746462</v>
+      </c>
+      <c r="DZ46" s="15">
+        <v>-319.62975470852808</v>
       </c>
     </row>
-    <row r="47" spans="2:129" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="47" spans="2:130" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B47" s="14" t="s">
         <v>133</v>
       </c>
       <c r="C47" s="15">
         <v>-0.16159840000000214</v>
       </c>
       <c r="D47" s="15">
         <v>14.086163400000004</v>
       </c>
       <c r="E47" s="15">
         <v>33.172070500000018</v>
       </c>
       <c r="F47" s="15">
         <v>12.995394500000002</v>
       </c>
       <c r="G47" s="15">
         <v>140.31212049999999</v>
       </c>
       <c r="H47" s="15">
         <v>88.779998400000053</v>
       </c>
       <c r="I47" s="15">
         <v>324.62412599999982</v>
       </c>
       <c r="J47" s="15">
@@ -18471,57 +18539,60 @@
       <c r="DP47" s="15">
         <v>-29.191541300000022</v>
       </c>
       <c r="DQ47" s="15">
         <v>8.1890647000000225</v>
       </c>
       <c r="DR47" s="15">
         <v>3.3896904000000352</v>
       </c>
       <c r="DS47" s="15">
         <v>-1.0985535999999687</v>
       </c>
       <c r="DT47" s="15">
         <v>37.934903899999988</v>
       </c>
       <c r="DU47" s="15">
         <v>-14.000923499999985</v>
       </c>
       <c r="DV47" s="15">
         <v>22.611807800000033</v>
       </c>
       <c r="DW47" s="15">
         <v>41.263224700000222</v>
       </c>
       <c r="DX47" s="15">
-        <v>23.292695300000069</v>
+        <v>28.913913400000055</v>
       </c>
       <c r="DY47" s="15">
-        <v>65.184007000000321</v>
+        <v>65.318054400000193</v>
+      </c>
+      <c r="DZ47" s="15">
+        <v>22.069255699999907</v>
       </c>
     </row>
-    <row r="48" spans="2:129" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="48" spans="2:130" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B48" s="14" t="s">
         <v>146</v>
       </c>
       <c r="C48" s="15">
         <v>-0.10262140000000208</v>
       </c>
       <c r="D48" s="15">
         <v>-7.6512423999999983</v>
       </c>
       <c r="E48" s="15">
         <v>2.074875600000003</v>
       </c>
       <c r="F48" s="15">
         <v>-2.6134413999999992</v>
       </c>
       <c r="G48" s="15">
         <v>0.20134169999999929</v>
       </c>
       <c r="H48" s="15">
         <v>-14.671657299999996</v>
       </c>
       <c r="I48" s="15">
         <v>41.387567300000001</v>
       </c>
       <c r="J48" s="15">
@@ -18862,52 +18933,55 @@
       </c>
       <c r="DR48" s="15">
         <v>0.66840829999999996</v>
       </c>
       <c r="DS48" s="15">
         <v>2.1702700000000408E-2</v>
       </c>
       <c r="DT48" s="15">
         <v>0.6590910000000002</v>
       </c>
       <c r="DU48" s="15">
         <v>4.2846702999999993</v>
       </c>
       <c r="DV48" s="15">
         <v>0.29613929999999999</v>
       </c>
       <c r="DW48" s="15">
         <v>-1.4908761999999998</v>
       </c>
       <c r="DX48" s="15">
         <v>-0.34934669999999984</v>
       </c>
       <c r="DY48" s="15">
         <v>2.6320433999999997</v>
       </c>
+      <c r="DZ48" s="15">
+        <v>0.13522060000000014</v>
+      </c>
     </row>
-    <row r="49" spans="2:129" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="49" spans="2:130" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B49" s="14" t="s">
         <v>147</v>
       </c>
       <c r="C49" s="15">
         <v>-5.8977000000000501E-2</v>
       </c>
       <c r="D49" s="15">
         <v>21.737405799999998</v>
       </c>
       <c r="E49" s="15">
         <v>31.097194900000002</v>
       </c>
       <c r="F49" s="15">
         <v>15.608835899999999</v>
       </c>
       <c r="G49" s="15">
         <v>140.11077879999999</v>
       </c>
       <c r="H49" s="15">
         <v>103.45165570000005</v>
       </c>
       <c r="I49" s="15">
         <v>283.23655869999982</v>
       </c>
       <c r="J49" s="15">
@@ -19243,57 +19317,60 @@
       <c r="DP49" s="15">
         <v>-27.672190200000021</v>
       </c>
       <c r="DQ49" s="15">
         <v>7.6000218000000226</v>
       </c>
       <c r="DR49" s="15">
         <v>2.7212821000000353</v>
       </c>
       <c r="DS49" s="15">
         <v>-1.1202562999999692</v>
       </c>
       <c r="DT49" s="15">
         <v>37.275812899999984</v>
       </c>
       <c r="DU49" s="15">
         <v>-18.285593799999983</v>
       </c>
       <c r="DV49" s="15">
         <v>22.315668500000033</v>
       </c>
       <c r="DW49" s="15">
         <v>42.754100900000225</v>
       </c>
       <c r="DX49" s="15">
-        <v>23.642042000000068</v>
+        <v>29.263260100000053</v>
       </c>
       <c r="DY49" s="15">
-        <v>62.55196360000032</v>
+        <v>62.686011000000192</v>
+      </c>
+      <c r="DZ49" s="15">
+        <v>21.934035099999907</v>
       </c>
     </row>
-    <row r="50" spans="2:129" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="50" spans="2:130" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B50" s="14" t="s">
         <v>145</v>
       </c>
       <c r="C50" s="15">
         <v>814.72999999999979</v>
       </c>
       <c r="D50" s="15">
         <v>826.72999999999979</v>
       </c>
       <c r="E50" s="15">
         <v>192.70684843106994</v>
       </c>
       <c r="F50" s="15">
         <v>733.1662861291162</v>
       </c>
       <c r="G50" s="15">
         <v>954.40423335214882</v>
       </c>
       <c r="H50" s="15">
         <v>-695.8382129199241</v>
       </c>
       <c r="I50" s="15">
         <v>-122.77575616850629</v>
       </c>
       <c r="J50" s="15">
@@ -19629,57 +19706,60 @@
       <c r="DP50" s="15">
         <v>-429.44064210624896</v>
       </c>
       <c r="DQ50" s="15">
         <v>254.38582483570235</v>
       </c>
       <c r="DR50" s="15">
         <v>295.55188606547665</v>
       </c>
       <c r="DS50" s="15">
         <v>-376.66514961007738</v>
       </c>
       <c r="DT50" s="15">
         <v>633.53784744510574</v>
       </c>
       <c r="DU50" s="15">
         <v>-125.76642661005049</v>
       </c>
       <c r="DV50" s="15">
         <v>103.90084430465458</v>
       </c>
       <c r="DW50" s="15">
         <v>61.452413830385723</v>
       </c>
       <c r="DX50" s="15">
-        <v>433.82339036605481</v>
+        <v>433.82339036605487</v>
       </c>
       <c r="DY50" s="15">
-        <v>335.55772477746427</v>
+        <v>335.5554105174644</v>
+      </c>
+      <c r="DZ50" s="15">
+        <v>-341.69901040852801</v>
       </c>
     </row>
-    <row r="51" spans="2:129" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="51" spans="2:130" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B51" s="14" t="s">
         <v>141</v>
       </c>
       <c r="C51" s="15">
         <v>824.00999999999988</v>
       </c>
       <c r="D51" s="15">
         <v>805.63999999999987</v>
       </c>
       <c r="E51" s="15">
         <v>224.91684843106992</v>
       </c>
       <c r="F51" s="15">
         <v>698.95628612911617</v>
       </c>
       <c r="G51" s="15">
         <v>988.37423335214885</v>
       </c>
       <c r="H51" s="15">
         <v>-695.8382129199241</v>
       </c>
       <c r="I51" s="15">
         <v>-235.26859392581616</v>
       </c>
       <c r="J51" s="15">
@@ -20015,57 +20095,60 @@
       <c r="DP51" s="15">
         <v>-429.44244136624894</v>
       </c>
       <c r="DQ51" s="15">
         <v>261.88010560570234</v>
       </c>
       <c r="DR51" s="15">
         <v>295.55188674547668</v>
       </c>
       <c r="DS51" s="15">
         <v>-386.2745151100774</v>
       </c>
       <c r="DT51" s="15">
         <v>617.09162895510576</v>
       </c>
       <c r="DU51" s="15">
         <v>-129.2853962500505</v>
       </c>
       <c r="DV51" s="15">
         <v>102.73389613465459</v>
       </c>
       <c r="DW51" s="15">
         <v>12.443897180385708</v>
       </c>
       <c r="DX51" s="15">
-        <v>421.25562791605483</v>
+        <v>421.25562791605489</v>
       </c>
       <c r="DY51" s="15">
-        <v>228.80721396746426</v>
+        <v>228.80489970746439</v>
+      </c>
+      <c r="DZ51" s="15">
+        <v>-384.60575666852799</v>
       </c>
     </row>
-    <row r="52" spans="2:129" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="52" spans="2:130" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B52" s="14" t="s">
         <v>111</v>
       </c>
       <c r="C52" s="15">
         <v>823.9699999999998</v>
       </c>
       <c r="D52" s="15">
         <v>805.63999999999987</v>
       </c>
       <c r="E52" s="15">
         <v>84.247667160346111</v>
       </c>
       <c r="F52" s="15">
         <v>525.96819003686358</v>
       </c>
       <c r="G52" s="15">
         <v>502.32476691246916</v>
       </c>
       <c r="H52" s="15">
         <v>-690.44338724023532</v>
       </c>
       <c r="I52" s="15">
         <v>-179.26256682621164</v>
       </c>
       <c r="J52" s="15">
@@ -20406,52 +20489,55 @@
       </c>
       <c r="DR52" s="15">
         <v>-343.90095931324072</v>
       </c>
       <c r="DS52" s="15">
         <v>-23.828962514380919</v>
       </c>
       <c r="DT52" s="15">
         <v>-53.187091881104877</v>
       </c>
       <c r="DU52" s="15">
         <v>-116.6104954515766</v>
       </c>
       <c r="DV52" s="15">
         <v>-69.509071420882776</v>
       </c>
       <c r="DW52" s="15">
         <v>-23.624317010223621</v>
       </c>
       <c r="DX52" s="15">
         <v>525.30932430618532</v>
       </c>
       <c r="DY52" s="15">
         <v>-223.53403305442416</v>
       </c>
+      <c r="DZ52" s="15">
+        <v>-253.57461065495988</v>
+      </c>
     </row>
-    <row r="53" spans="2:129" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="53" spans="2:130" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B53" s="14" t="s">
         <v>112</v>
       </c>
       <c r="C53" s="15">
         <v>0</v>
       </c>
       <c r="D53" s="15">
         <v>0</v>
       </c>
       <c r="E53" s="15">
         <v>0</v>
       </c>
       <c r="F53" s="15">
         <v>0</v>
       </c>
       <c r="G53" s="15">
         <v>453.24677977999238</v>
       </c>
       <c r="H53" s="15">
         <v>3.1846187117392226</v>
       </c>
       <c r="I53" s="15">
         <v>10.379284014062629</v>
       </c>
       <c r="J53" s="15">
@@ -20790,54 +20876,57 @@
       <c r="DQ53" s="15">
         <v>255.97628618428567</v>
       </c>
       <c r="DR53" s="15">
         <v>4.0255640285713916</v>
       </c>
       <c r="DS53" s="15">
         <v>-25.865406734285649</v>
       </c>
       <c r="DT53" s="15">
         <v>671.52220922171864</v>
       </c>
       <c r="DU53" s="15">
         <v>-14.982094558073921</v>
       </c>
       <c r="DV53" s="15">
         <v>173.29121860763536</v>
       </c>
       <c r="DW53" s="15">
         <v>11.60264688821821</v>
       </c>
       <c r="DX53" s="15">
         <v>242.24598412288174</v>
       </c>
       <c r="DY53" s="15">
-        <v>498.92585931723335</v>
+        <v>498.92354505723341</v>
+      </c>
+      <c r="DZ53" s="15">
+        <v>105.26602523480565</v>
       </c>
     </row>
-    <row r="54" spans="2:129" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="54" spans="2:130" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B54" s="14" t="s">
         <v>113</v>
       </c>
       <c r="C54" s="16">
         <v>3.9999999999999258E-2</v>
       </c>
       <c r="D54" s="16">
         <v>-8.8817841970012523E-16</v>
       </c>
       <c r="E54" s="16">
         <v>140.66918127072387</v>
       </c>
       <c r="F54" s="16">
         <v>172.98809609225265</v>
       </c>
       <c r="G54" s="16">
         <v>32.802686659687254</v>
       </c>
       <c r="H54" s="16">
         <v>-8.5794443914280798</v>
       </c>
       <c r="I54" s="16">
         <v>-66.3853111136672</v>
       </c>
       <c r="J54" s="16">
@@ -21173,57 +21262,60 @@
       <c r="DP54" s="15">
         <v>-0.35579227179596623</v>
       </c>
       <c r="DQ54" s="15">
         <v>0.27323908140710168</v>
       </c>
       <c r="DR54" s="15">
         <v>635.42728203014599</v>
       </c>
       <c r="DS54" s="15">
         <v>-336.58014586141081</v>
       </c>
       <c r="DT54" s="15">
         <v>-1.2434883855079999</v>
       </c>
       <c r="DU54" s="15">
         <v>2.3071937596000107</v>
       </c>
       <c r="DV54" s="15">
         <v>-1.0482510520979937</v>
       </c>
       <c r="DW54" s="15">
         <v>24.465567302391118</v>
       </c>
       <c r="DX54" s="15">
-        <v>-346.29968051301222</v>
+        <v>-346.29968051301216</v>
       </c>
       <c r="DY54" s="15">
-        <v>-46.584612295344947</v>
+        <v>-46.58461229534489</v>
+      </c>
+      <c r="DZ54" s="15">
+        <v>-236.29717124837376</v>
       </c>
     </row>
-    <row r="55" spans="2:129" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="55" spans="2:130" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B55" s="14" t="s">
         <v>142</v>
       </c>
       <c r="C55" s="16">
         <v>-9.2800000000000047</v>
       </c>
       <c r="D55" s="16">
         <v>21.090000000000003</v>
       </c>
       <c r="E55" s="16">
         <v>-32.21</v>
       </c>
       <c r="F55" s="16">
         <v>34.209999999999994</v>
       </c>
       <c r="G55" s="16">
         <v>-33.970000000000006</v>
       </c>
       <c r="H55" s="16">
         <v>0</v>
       </c>
       <c r="I55" s="16">
         <v>112.49283775730983</v>
       </c>
       <c r="J55" s="16">
@@ -21564,52 +21656,55 @@
       </c>
       <c r="DR55" s="15">
         <v>-6.8000000000001382E-7</v>
       </c>
       <c r="DS55" s="15">
         <v>9.6093655000000009</v>
       </c>
       <c r="DT55" s="15">
         <v>16.446218490000003</v>
       </c>
       <c r="DU55" s="15">
         <v>3.5189696400000021</v>
       </c>
       <c r="DV55" s="15">
         <v>1.1669481700000017</v>
       </c>
       <c r="DW55" s="15">
         <v>49.008516650000011</v>
       </c>
       <c r="DX55" s="15">
         <v>12.56776245</v>
       </c>
       <c r="DY55" s="15">
         <v>106.75051081000002</v>
       </c>
+      <c r="DZ55" s="15">
+        <v>42.906746259999991</v>
+      </c>
     </row>
-    <row r="56" spans="2:129" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="56" spans="2:130" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B56" s="14" t="s">
         <v>111</v>
       </c>
       <c r="C56" s="22">
         <v>0</v>
       </c>
       <c r="D56" s="22">
         <v>0</v>
       </c>
       <c r="E56" s="22">
         <v>0</v>
       </c>
       <c r="F56" s="22">
         <v>0</v>
       </c>
       <c r="G56" s="22">
         <v>0</v>
       </c>
       <c r="H56" s="22">
         <v>0</v>
       </c>
       <c r="I56" s="22">
         <v>112.4975871630574</v>
       </c>
       <c r="J56" s="22">
@@ -21950,52 +22045,55 @@
       </c>
       <c r="DR56" s="15">
         <v>0</v>
       </c>
       <c r="DS56" s="15">
         <v>9.6093661800000003</v>
       </c>
       <c r="DT56" s="15">
         <v>16.446219030000002</v>
       </c>
       <c r="DU56" s="15">
         <v>3.5240071400000019</v>
       </c>
       <c r="DV56" s="15">
         <v>1.1669481700000017</v>
       </c>
       <c r="DW56" s="15">
         <v>49.008516650000011</v>
       </c>
       <c r="DX56" s="15">
         <v>12.56776245</v>
       </c>
       <c r="DY56" s="15">
         <v>106.75051081000002</v>
       </c>
+      <c r="DZ56" s="15">
+        <v>42.906746259999991</v>
+      </c>
     </row>
-    <row r="57" spans="2:129" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="57" spans="2:130" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B57" s="14" t="s">
         <v>112</v>
       </c>
       <c r="C57" s="22">
         <v>0</v>
       </c>
       <c r="D57" s="22">
         <v>0</v>
       </c>
       <c r="E57" s="22">
         <v>0</v>
       </c>
       <c r="F57" s="22">
         <v>0</v>
       </c>
       <c r="G57" s="22">
         <v>0</v>
       </c>
       <c r="H57" s="22">
         <v>0</v>
       </c>
       <c r="I57" s="22">
         <v>0</v>
       </c>
       <c r="J57" s="22">
@@ -22336,52 +22434,55 @@
       </c>
       <c r="DR57" s="15">
         <v>0</v>
       </c>
       <c r="DS57" s="15">
         <v>0</v>
       </c>
       <c r="DT57" s="15">
         <v>0</v>
       </c>
       <c r="DU57" s="15">
         <v>0</v>
       </c>
       <c r="DV57" s="15">
         <v>0</v>
       </c>
       <c r="DW57" s="15">
         <v>0</v>
       </c>
       <c r="DX57" s="15">
         <v>0</v>
       </c>
       <c r="DY57" s="15">
         <v>0</v>
       </c>
+      <c r="DZ57" s="15">
+        <v>0</v>
+      </c>
     </row>
-    <row r="58" spans="2:129" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="58" spans="2:130" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B58" s="24" t="s">
         <v>113</v>
       </c>
       <c r="C58" s="23">
         <v>-9.2800000000000047</v>
       </c>
       <c r="D58" s="23">
         <v>21.090000000000003</v>
       </c>
       <c r="E58" s="23">
         <v>-32.21</v>
       </c>
       <c r="F58" s="23">
         <v>34.209999999999994</v>
       </c>
       <c r="G58" s="23">
         <v>-33.970000000000006</v>
       </c>
       <c r="H58" s="23">
         <v>0</v>
       </c>
       <c r="I58" s="23">
         <v>-4.7494057475679988E-3</v>
       </c>
       <c r="J58" s="23">
@@ -22722,69 +22823,72 @@
       </c>
       <c r="DR58" s="23">
         <v>-6.8000000000001382E-7</v>
       </c>
       <c r="DS58" s="23">
         <v>-6.8000000000002737E-7</v>
       </c>
       <c r="DT58" s="23">
         <v>-5.3999999999999144E-7</v>
       </c>
       <c r="DU58" s="23">
         <v>-5.0375000000000003E-3</v>
       </c>
       <c r="DV58" s="23">
         <v>0</v>
       </c>
       <c r="DW58" s="23">
         <v>0</v>
       </c>
       <c r="DX58" s="23">
         <v>0</v>
       </c>
       <c r="DY58" s="23">
         <v>0</v>
       </c>
+      <c r="DZ58" s="23">
+        <v>0</v>
+      </c>
     </row>
-    <row r="60" spans="2:129" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="60" spans="2:130" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B60" s="2" t="s">
         <v>157</v>
       </c>
     </row>
-    <row r="61" spans="2:129" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="61" spans="2:130" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B61" s="28" t="s">
         <v>97</v>
       </c>
       <c r="C61" s="27"/>
       <c r="D61" s="27"/>
       <c r="E61" s="27"/>
       <c r="F61" s="27"/>
       <c r="G61" s="27"/>
       <c r="H61" s="27"/>
       <c r="I61" s="27"/>
     </row>
-    <row r="62" spans="2:129" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="62" spans="2:130" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B62" s="29" t="s">
         <v>103</v>
       </c>
       <c r="C62" s="29"/>
       <c r="D62" s="29"/>
       <c r="E62" s="29"/>
       <c r="F62" s="29"/>
       <c r="G62" s="29"/>
       <c r="H62" s="29"/>
       <c r="I62" s="29"/>
       <c r="J62" s="7"/>
       <c r="K62" s="7"/>
       <c r="L62" s="7"/>
       <c r="M62" s="7"/>
       <c r="N62" s="7"/>
       <c r="O62" s="7"/>
       <c r="P62" s="7"/>
       <c r="Q62" s="7"/>
       <c r="R62" s="7"/>
       <c r="S62" s="7"/>
       <c r="T62" s="7"/>
       <c r="U62" s="7"/>
       <c r="V62" s="7"/>
       <c r="W62" s="7"/>
       <c r="X62" s="7"/>
@@ -22850,51 +22954,51 @@
       <c r="CF62" s="8"/>
       <c r="CG62" s="8"/>
       <c r="CH62" s="8"/>
       <c r="CI62" s="8"/>
       <c r="CJ62" s="8"/>
       <c r="CK62" s="8"/>
       <c r="CL62" s="8"/>
       <c r="CM62" s="8"/>
       <c r="CN62" s="8"/>
       <c r="CO62" s="8"/>
       <c r="CP62" s="8"/>
       <c r="CQ62" s="8"/>
       <c r="CR62" s="8"/>
       <c r="CS62" s="8"/>
       <c r="CT62" s="8"/>
       <c r="CU62" s="8"/>
       <c r="CV62" s="8"/>
       <c r="CW62" s="8"/>
       <c r="CX62" s="8"/>
       <c r="CY62" s="8"/>
       <c r="CZ62" s="8"/>
       <c r="DA62" s="8"/>
       <c r="DB62" s="8"/>
       <c r="DC62" s="8"/>
     </row>
-    <row r="63" spans="2:129" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="63" spans="2:130" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="J63" s="12"/>
       <c r="K63" s="12"/>
       <c r="L63" s="9"/>
       <c r="M63" s="9"/>
       <c r="N63" s="9"/>
     </row>
     <row r="100" spans="3:117" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C100" s="1"/>
       <c r="D100" s="1"/>
       <c r="E100" s="1"/>
       <c r="F100" s="1"/>
       <c r="G100" s="1"/>
       <c r="H100" s="1"/>
       <c r="I100" s="1"/>
       <c r="J100" s="1"/>
       <c r="K100" s="1"/>
       <c r="L100" s="1"/>
       <c r="M100" s="1"/>
       <c r="N100" s="1"/>
       <c r="O100" s="1"/>
       <c r="P100" s="1"/>
       <c r="Q100" s="1"/>
       <c r="R100" s="1"/>
       <c r="S100" s="1"/>
       <c r="T100" s="1"/>