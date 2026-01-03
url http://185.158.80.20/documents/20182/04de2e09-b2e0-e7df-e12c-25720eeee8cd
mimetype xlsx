--- v0 (2025-10-08)
+++ v1 (2026-01-03)
@@ -2,65 +2,65 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="4" rupBuild="14420"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\BOP&amp;IIP&amp;Dug izvještaji\Biltenske tablice_objava\H1-H6_H16-H19\2025Q2_web\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\BOP&amp;IIP&amp;Dug izvještaji\Biltenske tablice_objava\H1-H6_H16-H19\2025Q3_web\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
     <workbookView xWindow="525" yWindow="465" windowWidth="30225" windowHeight="20220" tabRatio="602"/>
   </bookViews>
   <sheets>
     <sheet name="EUR" sheetId="3" r:id="rId1"/>
   </sheets>
   <calcPr calcId="162913"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="194" uniqueCount="162">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="166" uniqueCount="163">
   <si>
     <t>2001.</t>
   </si>
   <si>
     <t>2002.</t>
   </si>
   <si>
     <t>2003.</t>
   </si>
   <si>
     <t>2000.</t>
   </si>
   <si>
     <t>2004.</t>
   </si>
   <si>
     <t>2005.</t>
   </si>
   <si>
     <t>2006.</t>
   </si>
   <si>
     <t>2007.</t>
   </si>
   <si>
@@ -993,50 +993,53 @@
       <t>*</t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t>Revidirani podaci.</t>
     </r>
   </si>
   <si>
     <t>2. tr. 25.</t>
   </si>
+  <si>
+    <t>3. tr. 25.</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <numFmts count="4">
     <numFmt numFmtId="44" formatCode="_-* #,##0.00\ &quot;kn&quot;_-;\-* #,##0.00\ &quot;kn&quot;_-;_-* &quot;-&quot;??\ &quot;kn&quot;_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="#\ ##0.0_)"/>
     <numFmt numFmtId="165" formatCode="#,##0.0"/>
     <numFmt numFmtId="166" formatCode="yyyy\."/>
   </numFmts>
   <fonts count="14" x14ac:knownFonts="1">
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
@@ -1628,229 +1631,217 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:DY89"/>
+  <dimension ref="A1:DZ89"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="10.6640625" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="3.6640625" style="3" customWidth="1"/>
     <col min="2" max="2" width="60.6640625" style="3" customWidth="1"/>
     <col min="3" max="27" width="10.6640625" style="3"/>
     <col min="28" max="28" width="15.6640625" style="3" customWidth="1"/>
     <col min="29" max="16384" width="10.6640625" style="3"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:129" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="1" spans="1:130" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="5"/>
     </row>
-    <row r="2" spans="1:129" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="2" spans="1:130" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B2" s="20" t="s">
         <v>109</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
       <c r="J2" s="2"/>
       <c r="K2" s="2"/>
       <c r="L2" s="2"/>
       <c r="M2" s="2"/>
       <c r="N2" s="2"/>
       <c r="O2" s="2"/>
       <c r="P2" s="2"/>
       <c r="Q2" s="2"/>
       <c r="R2" s="2"/>
       <c r="S2" s="2"/>
       <c r="T2" s="2"/>
       <c r="U2" s="2"/>
       <c r="V2" s="2"/>
       <c r="W2" s="2"/>
       <c r="X2" s="2"/>
       <c r="Y2" s="2"/>
       <c r="Z2" s="2"/>
       <c r="AA2" s="2"/>
       <c r="AB2" s="2"/>
       <c r="AC2" s="2"/>
       <c r="AD2" s="2"/>
       <c r="AE2" s="2"/>
       <c r="AF2" s="2"/>
       <c r="AG2" s="2"/>
       <c r="AH2" s="2"/>
       <c r="AI2" s="2"/>
       <c r="AJ2" s="2"/>
       <c r="AK2" s="2"/>
       <c r="AL2" s="2"/>
       <c r="AM2" s="2"/>
     </row>
-    <row r="3" spans="1:129" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="3" spans="1:130" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B3" s="21" t="s">
         <v>146</v>
       </c>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
       <c r="J3" s="2"/>
       <c r="K3" s="2"/>
       <c r="L3" s="2"/>
       <c r="M3" s="2"/>
       <c r="N3" s="2"/>
       <c r="O3" s="2"/>
       <c r="P3" s="2"/>
       <c r="Q3" s="2"/>
       <c r="R3" s="2"/>
       <c r="S3" s="2"/>
       <c r="T3" s="2"/>
       <c r="U3" s="2"/>
       <c r="V3" s="2"/>
       <c r="W3" s="2"/>
       <c r="X3" s="2"/>
       <c r="Y3" s="2"/>
       <c r="Z3" s="2"/>
       <c r="AA3" s="2"/>
       <c r="AB3" s="2"/>
       <c r="AC3" s="2"/>
       <c r="AD3" s="2"/>
       <c r="AE3" s="2"/>
       <c r="AF3" s="2"/>
       <c r="AG3" s="2"/>
       <c r="AH3" s="2"/>
       <c r="AI3" s="2"/>
       <c r="AJ3" s="2"/>
       <c r="AK3" s="2"/>
       <c r="AL3" s="2"/>
       <c r="AM3" s="2"/>
     </row>
-    <row r="4" spans="1:129" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="4" spans="1:130" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B4" s="2"/>
       <c r="C4" s="2"/>
       <c r="D4" s="2"/>
       <c r="E4" s="2"/>
       <c r="F4" s="2"/>
       <c r="G4" s="2"/>
       <c r="H4" s="2"/>
       <c r="I4" s="2"/>
       <c r="J4" s="2"/>
       <c r="K4" s="2"/>
       <c r="L4" s="2"/>
       <c r="M4" s="2"/>
       <c r="N4" s="2"/>
       <c r="O4" s="2"/>
       <c r="P4" s="2"/>
       <c r="Q4" s="2"/>
       <c r="R4" s="2"/>
       <c r="S4" s="2"/>
       <c r="T4" s="2"/>
       <c r="U4" s="2"/>
       <c r="V4" s="2"/>
       <c r="W4" s="2"/>
       <c r="X4" s="2"/>
       <c r="Y4" s="2"/>
       <c r="Z4" s="2"/>
       <c r="AA4" s="2"/>
       <c r="AB4" s="2"/>
       <c r="AC4" s="2"/>
       <c r="AD4" s="2"/>
       <c r="AE4" s="2"/>
       <c r="AF4" s="2"/>
       <c r="AG4" s="2"/>
       <c r="AH4" s="2"/>
       <c r="AI4" s="2"/>
       <c r="AJ4" s="2"/>
       <c r="AK4" s="2"/>
       <c r="AL4" s="2"/>
       <c r="AM4" s="2"/>
     </row>
-    <row r="5" spans="1:129" s="12" customFormat="1" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="5" spans="1:130" s="12" customFormat="1" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B5" s="11"/>
       <c r="C5" s="6"/>
       <c r="D5" s="6"/>
       <c r="E5" s="6"/>
       <c r="F5" s="6"/>
       <c r="G5" s="6"/>
       <c r="H5" s="6"/>
       <c r="I5" s="6"/>
       <c r="J5" s="6"/>
       <c r="K5" s="6"/>
       <c r="L5" s="6"/>
       <c r="M5" s="6"/>
       <c r="N5" s="6"/>
       <c r="O5" s="6"/>
       <c r="P5" s="6"/>
       <c r="Q5" s="6"/>
       <c r="R5" s="6"/>
       <c r="S5" s="6"/>
       <c r="T5" s="6"/>
       <c r="U5" s="6"/>
-      <c r="V5" s="6" t="s">
-[...16 lines deleted...]
-      </c>
+      <c r="V5" s="6"/>
+      <c r="W5" s="6"/>
+      <c r="X5" s="6"/>
+      <c r="Y5" s="6"/>
+      <c r="Z5" s="6"/>
+      <c r="AA5" s="6"/>
       <c r="AB5" s="11"/>
       <c r="AC5" s="11"/>
       <c r="AD5" s="11"/>
       <c r="AE5" s="11"/>
       <c r="AF5" s="6"/>
       <c r="AG5" s="6"/>
       <c r="AH5" s="6"/>
       <c r="AI5" s="6"/>
       <c r="AJ5" s="6"/>
       <c r="AK5" s="6"/>
       <c r="AL5" s="6"/>
       <c r="AM5" s="6"/>
       <c r="AN5" s="6"/>
       <c r="AO5" s="6"/>
       <c r="AP5" s="6"/>
       <c r="AQ5" s="6"/>
       <c r="AR5" s="6"/>
       <c r="AS5" s="6"/>
       <c r="AT5" s="6"/>
       <c r="AU5" s="6"/>
       <c r="AV5" s="6"/>
       <c r="AW5" s="6"/>
       <c r="AX5" s="6"/>
       <c r="AY5" s="6"/>
       <c r="AZ5" s="6"/>
@@ -1883,130 +1874,85 @@
       <c r="CA5" s="6"/>
       <c r="CB5" s="6"/>
       <c r="CC5" s="6"/>
       <c r="CD5" s="6"/>
       <c r="CE5" s="6"/>
       <c r="CF5" s="6"/>
       <c r="CG5" s="6"/>
       <c r="CH5" s="6"/>
       <c r="CI5" s="6"/>
       <c r="CJ5" s="6"/>
       <c r="CK5" s="6"/>
       <c r="CL5" s="6"/>
       <c r="CM5" s="6"/>
       <c r="CN5" s="6"/>
       <c r="CO5" s="6"/>
       <c r="CP5" s="6"/>
       <c r="CQ5" s="6"/>
       <c r="CR5" s="6"/>
       <c r="CS5" s="6"/>
       <c r="CT5" s="6"/>
       <c r="CU5" s="6"/>
       <c r="CV5" s="6"/>
       <c r="CW5" s="6"/>
       <c r="CX5" s="6"/>
       <c r="CY5" s="6"/>
-      <c r="CZ5" s="6" t="s">
-[...70 lines deleted...]
-      </c>
+      <c r="CZ5" s="6"/>
+      <c r="DA5" s="6"/>
+      <c r="DB5" s="6"/>
+      <c r="DC5" s="6"/>
+      <c r="DD5" s="6"/>
+      <c r="DE5" s="6"/>
+      <c r="DF5" s="6"/>
+      <c r="DG5" s="6"/>
+      <c r="DH5" s="6"/>
+      <c r="DI5" s="6"/>
+      <c r="DJ5" s="6"/>
+      <c r="DK5" s="6"/>
+      <c r="DL5" s="6"/>
+      <c r="DM5" s="6"/>
+      <c r="DN5" s="6"/>
+      <c r="DO5" s="6"/>
+      <c r="DP5" s="6"/>
+      <c r="DQ5" s="6"/>
+      <c r="DR5" s="6"/>
+      <c r="DS5" s="6"/>
+      <c r="DT5" s="6"/>
+      <c r="DU5" s="6"/>
+      <c r="DV5" s="6"/>
+      <c r="DW5" s="6"/>
       <c r="DX5" s="6" t="s">
         <v>159</v>
       </c>
-      <c r="DY5" s="7" t="s">
+      <c r="DY5" s="6" t="s">
+        <v>159</v>
+      </c>
+      <c r="DZ5" s="7" t="s">
         <v>110</v>
       </c>
     </row>
-    <row r="6" spans="1:129" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="6" spans="1:130" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B6" s="9"/>
       <c r="C6" s="10" t="s">
         <v>3</v>
       </c>
       <c r="D6" s="10" t="s">
         <v>0</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>1</v>
       </c>
       <c r="F6" s="10" t="s">
         <v>2</v>
       </c>
       <c r="G6" s="10" t="s">
         <v>4</v>
       </c>
       <c r="H6" s="10" t="s">
         <v>5</v>
       </c>
       <c r="I6" s="10" t="s">
         <v>6</v>
       </c>
       <c r="J6" s="10" t="s">
         <v>7</v>
       </c>
@@ -2345,52 +2291,55 @@
       </c>
       <c r="DR6" s="9" t="s">
         <v>150</v>
       </c>
       <c r="DS6" s="9" t="s">
         <v>152</v>
       </c>
       <c r="DT6" s="9" t="s">
         <v>153</v>
       </c>
       <c r="DU6" s="9" t="s">
         <v>154</v>
       </c>
       <c r="DV6" s="9" t="s">
         <v>155</v>
       </c>
       <c r="DW6" s="9" t="s">
         <v>157</v>
       </c>
       <c r="DX6" s="9" t="s">
         <v>158</v>
       </c>
       <c r="DY6" s="9" t="s">
         <v>161</v>
       </c>
+      <c r="DZ6" s="9" t="s">
+        <v>162</v>
+      </c>
     </row>
-    <row r="7" spans="1:129" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="7" spans="1:130" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B7" s="13" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="14">
         <v>-3792.2038425488627</v>
       </c>
       <c r="D7" s="14">
         <v>-4958.6281192667766</v>
       </c>
       <c r="E7" s="14">
         <v>-6195.8295435667333</v>
       </c>
       <c r="F7" s="14">
         <v>-7104.9940229069307</v>
       </c>
       <c r="G7" s="14">
         <v>-6905.4703938559396</v>
       </c>
       <c r="H7" s="14">
         <v>-7647.6728808687021</v>
       </c>
       <c r="I7" s="14">
         <v>-8482.2441923409351</v>
       </c>
       <c r="J7" s="14">
@@ -2726,57 +2675,60 @@
       <c r="DP7" s="14">
         <v>-4458.1373027129657</v>
       </c>
       <c r="DQ7" s="14">
         <v>-4836.812677996184</v>
       </c>
       <c r="DR7" s="14">
         <v>-4418.8498328805654</v>
       </c>
       <c r="DS7" s="14">
         <v>-3806.4028626009131</v>
       </c>
       <c r="DT7" s="14">
         <v>-4504.6228923358549</v>
       </c>
       <c r="DU7" s="14">
         <v>-5381.181831235489</v>
       </c>
       <c r="DV7" s="14">
         <v>-4580.0616444037378</v>
       </c>
       <c r="DW7" s="14">
         <v>-4519.6005614509795</v>
       </c>
       <c r="DX7" s="14">
-        <v>-5013.2983597731918</v>
+        <v>-4953.165534200507</v>
       </c>
       <c r="DY7" s="14">
-        <v>-5426.8714863043997</v>
+        <v>-5412.6617376760933</v>
+      </c>
+      <c r="DZ7" s="14">
+        <v>-4881.895818637493</v>
       </c>
     </row>
-    <row r="8" spans="1:129" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="8" spans="1:130" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B8" s="22" t="s">
         <v>124</v>
       </c>
       <c r="C8" s="14">
         <v>3432.718113254984</v>
       </c>
       <c r="D8" s="14">
         <v>3736.947087471618</v>
       </c>
       <c r="E8" s="14">
         <v>4198.9360338132301</v>
       </c>
       <c r="F8" s="14">
         <v>4334.9790453071955</v>
       </c>
       <c r="G8" s="14">
         <v>5330.4114391865778</v>
       </c>
       <c r="H8" s="14">
         <v>6066.2871418965351</v>
       </c>
       <c r="I8" s="14">
         <v>7139.2076560659598</v>
       </c>
       <c r="J8" s="14">
@@ -3112,57 +3064,60 @@
       <c r="DP8" s="14">
         <v>4760.2438343096046</v>
       </c>
       <c r="DQ8" s="14">
         <v>4713.4391764198026</v>
       </c>
       <c r="DR8" s="14">
         <v>4645.2065114304023</v>
       </c>
       <c r="DS8" s="14">
         <v>5086.0648209308965</v>
       </c>
       <c r="DT8" s="14">
         <v>4789.443472350501</v>
       </c>
       <c r="DU8" s="14">
         <v>4984.8265977491037</v>
       </c>
       <c r="DV8" s="14">
         <v>5017.0050093242999</v>
       </c>
       <c r="DW8" s="14">
         <v>5489.8182528120997</v>
       </c>
       <c r="DX8" s="14">
-        <v>5341.5478844602048</v>
+        <v>5344.2346207400988</v>
       </c>
       <c r="DY8" s="14">
-        <v>5141.4060021199994</v>
+        <v>5174.8412706799045</v>
+      </c>
+      <c r="DZ8" s="14">
+        <v>5235.8900192703004</v>
       </c>
     </row>
-    <row r="9" spans="1:129" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="9" spans="1:130" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B9" s="22" t="s">
         <v>125</v>
       </c>
       <c r="C9" s="14">
         <v>4821.5889999997989</v>
       </c>
       <c r="D9" s="14">
         <v>5214.1180000006007</v>
       </c>
       <c r="E9" s="14">
         <v>5188.1539999992983</v>
       </c>
       <c r="F9" s="14">
         <v>5464.3630000004996</v>
       </c>
       <c r="G9" s="14">
         <v>6453.820999999899</v>
       </c>
       <c r="H9" s="14">
         <v>7069.4189999992986</v>
       </c>
       <c r="I9" s="14">
         <v>8251.588000001002</v>
       </c>
       <c r="J9" s="14">
@@ -3498,57 +3453,60 @@
       <c r="DP9" s="14">
         <v>5835.3607670004039</v>
       </c>
       <c r="DQ9" s="14">
         <v>5632.2613800004037</v>
       </c>
       <c r="DR9" s="14">
         <v>5381.5933190001024</v>
       </c>
       <c r="DS9" s="14">
         <v>5979.1299410006977</v>
       </c>
       <c r="DT9" s="14">
         <v>5613.1396080001014</v>
       </c>
       <c r="DU9" s="14">
         <v>5924.6812810002029</v>
       </c>
       <c r="DV9" s="14">
         <v>5940.6542730005003</v>
       </c>
       <c r="DW9" s="14">
         <v>6504.8920630004004</v>
       </c>
       <c r="DX9" s="14">
-        <v>6139.7416819996042</v>
+        <v>6143.7854669994986</v>
       </c>
       <c r="DY9" s="14">
-        <v>6122.0452800001995</v>
+        <v>6161.5193149995048</v>
+      </c>
+      <c r="DZ9" s="14">
+        <v>6137.9217570001001</v>
       </c>
     </row>
-    <row r="10" spans="1:129" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="10" spans="1:130" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B10" s="22" t="s">
         <v>126</v>
       </c>
       <c r="C10" s="14">
         <v>-1408.8674683106144</v>
       </c>
       <c r="D10" s="14">
         <v>-1506.4600203315817</v>
       </c>
       <c r="E10" s="14">
         <v>-1027.7866641894686</v>
       </c>
       <c r="F10" s="14">
         <v>-1180.4131031880042</v>
       </c>
       <c r="G10" s="14">
         <v>-1194.1631842612207</v>
       </c>
       <c r="H10" s="14">
         <v>-1082.2891659142631</v>
       </c>
       <c r="I10" s="14">
         <v>-1174.6523069653431</v>
       </c>
       <c r="J10" s="14">
@@ -3884,57 +3842,60 @@
       <c r="DP10" s="14">
         <v>-1098.2078060908</v>
       </c>
       <c r="DQ10" s="14">
         <v>-937.39642413059994</v>
       </c>
       <c r="DR10" s="14">
         <v>-753.14977801969962</v>
       </c>
       <c r="DS10" s="14">
         <v>-918.56787494980085</v>
       </c>
       <c r="DT10" s="14">
         <v>-839.98534041959977</v>
       </c>
       <c r="DU10" s="14">
         <v>-961.42696213109957</v>
       </c>
       <c r="DV10" s="14">
         <v>-946.51790944619984</v>
       </c>
       <c r="DW10" s="14">
         <v>-1048.6260806883006</v>
       </c>
       <c r="DX10" s="14">
-        <v>-825.95685035939982</v>
+        <v>-827.68139609940044</v>
       </c>
       <c r="DY10" s="14">
-        <v>-1010.7866771002002</v>
+        <v>-1016.8254085395997</v>
+      </c>
+      <c r="DZ10" s="14">
+        <v>-933.13168856979996</v>
       </c>
     </row>
-    <row r="11" spans="1:129" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="11" spans="1:130" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B11" s="22" t="s">
         <v>127</v>
       </c>
       <c r="C11" s="14">
         <v>19.9965815658</v>
       </c>
       <c r="D11" s="14">
         <v>29.289107802599997</v>
       </c>
       <c r="E11" s="14">
         <v>38.568698003399994</v>
       </c>
       <c r="F11" s="14">
         <v>51.02914849470001</v>
       </c>
       <c r="G11" s="14">
         <v>70.753623447900011</v>
       </c>
       <c r="H11" s="14">
         <v>79.15730781149999</v>
       </c>
       <c r="I11" s="14">
         <v>62.271963030299986</v>
       </c>
       <c r="J11" s="14">
@@ -4270,57 +4231,60 @@
       <c r="DP11" s="14">
         <v>3.5476403999999988</v>
       </c>
       <c r="DQ11" s="14">
         <v>4.4676005500000002</v>
       </c>
       <c r="DR11" s="14">
         <v>4.1492894499999977</v>
       </c>
       <c r="DS11" s="14">
         <v>4.9056958799999997</v>
       </c>
       <c r="DT11" s="14">
         <v>4.3388127700000005</v>
       </c>
       <c r="DU11" s="14">
         <v>5.5925598800000031</v>
       </c>
       <c r="DV11" s="14">
         <v>4.7699187700000003</v>
       </c>
       <c r="DW11" s="14">
         <v>8.2273335000000003</v>
       </c>
       <c r="DX11" s="14">
-        <v>2.2227348199999994</v>
+        <v>2.5900168400000005</v>
       </c>
       <c r="DY11" s="14">
-        <v>5.7096792199999982</v>
+        <v>5.7096792200000053</v>
+      </c>
+      <c r="DZ11" s="14">
+        <v>4.7047078400000011</v>
       </c>
     </row>
-    <row r="12" spans="1:129" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="12" spans="1:130" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B12" s="22" t="s">
         <v>128</v>
       </c>
       <c r="C12" s="14">
         <v>0</v>
       </c>
       <c r="D12" s="14">
         <v>0</v>
       </c>
       <c r="E12" s="14">
         <v>0</v>
       </c>
       <c r="F12" s="14">
         <v>0</v>
       </c>
       <c r="G12" s="14">
         <v>0</v>
       </c>
       <c r="H12" s="14">
         <v>0</v>
       </c>
       <c r="I12" s="14">
         <v>0</v>
       </c>
       <c r="J12" s="14">
@@ -4656,57 +4620,60 @@
       <c r="DP12" s="14">
         <v>19.543233000000001</v>
       </c>
       <c r="DQ12" s="14">
         <v>14.106619999999999</v>
       </c>
       <c r="DR12" s="14">
         <v>12.613681</v>
       </c>
       <c r="DS12" s="14">
         <v>20.597059000000002</v>
       </c>
       <c r="DT12" s="14">
         <v>11.950392000000001</v>
       </c>
       <c r="DU12" s="14">
         <v>15.979718999999999</v>
       </c>
       <c r="DV12" s="14">
         <v>18.098727</v>
       </c>
       <c r="DW12" s="14">
         <v>25.324936999999998</v>
       </c>
       <c r="DX12" s="14">
-        <v>25.540317999999999</v>
+        <v>25.540533</v>
       </c>
       <c r="DY12" s="14">
-        <v>24.437720000000002</v>
+        <v>24.437685000000002</v>
+      </c>
+      <c r="DZ12" s="14">
+        <v>26.395243000000001</v>
       </c>
     </row>
-    <row r="13" spans="1:129" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="13" spans="1:130" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B13" s="22" t="s">
         <v>129</v>
       </c>
       <c r="C13" s="14">
         <v>7224.9219558038467</v>
       </c>
       <c r="D13" s="14">
         <v>8695.5752067383946</v>
       </c>
       <c r="E13" s="14">
         <v>10394.765577379963</v>
       </c>
       <c r="F13" s="14">
         <v>11439.973068214123</v>
       </c>
       <c r="G13" s="14">
         <v>12235.881833042517</v>
       </c>
       <c r="H13" s="14">
         <v>13713.960022765237</v>
       </c>
       <c r="I13" s="14">
         <v>15621.451848406892</v>
       </c>
       <c r="J13" s="14">
@@ -5042,57 +5009,60 @@
       <c r="DP13" s="14">
         <v>9218.3811370225703</v>
       </c>
       <c r="DQ13" s="14">
         <v>9550.2518544159866</v>
       </c>
       <c r="DR13" s="14">
         <v>9064.0563443109677</v>
       </c>
       <c r="DS13" s="14">
         <v>8892.4676835318096</v>
       </c>
       <c r="DT13" s="14">
         <v>9294.0663646863559</v>
       </c>
       <c r="DU13" s="14">
         <v>10366.008428984593</v>
       </c>
       <c r="DV13" s="14">
         <v>9597.0666537280376</v>
       </c>
       <c r="DW13" s="14">
         <v>10009.418814263079</v>
       </c>
       <c r="DX13" s="14">
-        <v>10354.846244233397</v>
+        <v>10297.400154940606</v>
       </c>
       <c r="DY13" s="14">
-        <v>10568.277488424399</v>
+        <v>10587.503008355998</v>
+      </c>
+      <c r="DZ13" s="14">
+        <v>10117.785837907793</v>
       </c>
     </row>
-    <row r="14" spans="1:129" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="14" spans="1:130" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B14" s="22" t="s">
         <v>130</v>
       </c>
       <c r="C14" s="14">
         <v>8597.5420000008016</v>
       </c>
       <c r="D14" s="14">
         <v>10244.764000001298</v>
       </c>
       <c r="E14" s="14">
         <v>11327.014999998995</v>
       </c>
       <c r="F14" s="14">
         <v>12537.962000001</v>
       </c>
       <c r="G14" s="14">
         <v>13354.371000001109</v>
       </c>
       <c r="H14" s="14">
         <v>14949.523999999488</v>
       </c>
       <c r="I14" s="14">
         <v>17104.668000001715</v>
       </c>
       <c r="J14" s="14">
@@ -5428,57 +5398,60 @@
       <c r="DP14" s="14">
         <v>10061.44458558947</v>
       </c>
       <c r="DQ14" s="14">
         <v>10326.619225489487</v>
       </c>
       <c r="DR14" s="14">
         <v>9819.9602249392683</v>
       </c>
       <c r="DS14" s="14">
         <v>9784.1915070703108</v>
       </c>
       <c r="DT14" s="14">
         <v>10235.880956080355</v>
       </c>
       <c r="DU14" s="14">
         <v>11515.496286510192</v>
       </c>
       <c r="DV14" s="14">
         <v>10667.651319370338</v>
       </c>
       <c r="DW14" s="14">
         <v>10886.728489180779</v>
       </c>
       <c r="DX14" s="14">
-        <v>11165.807985219997</v>
+        <v>11105.182837690205</v>
       </c>
       <c r="DY14" s="14">
-        <v>11572.514704960598</v>
+        <v>11619.9060987005</v>
+      </c>
+      <c r="DZ14" s="14">
+        <v>11009.354136579894</v>
       </c>
     </row>
-    <row r="15" spans="1:129" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="15" spans="1:130" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B15" s="22" t="s">
         <v>131</v>
       </c>
       <c r="C15" s="14">
         <v>-762.19456219695371</v>
       </c>
       <c r="D15" s="14">
         <v>-821.81054926290267</v>
       </c>
       <c r="E15" s="14">
         <v>-509.75176311903101</v>
       </c>
       <c r="F15" s="14">
         <v>-630.3229491868733</v>
       </c>
       <c r="G15" s="14">
         <v>-620.37112865859081</v>
       </c>
       <c r="H15" s="14">
         <v>-677.94673203424964</v>
       </c>
       <c r="I15" s="14">
         <v>-845.21203519482151</v>
       </c>
       <c r="J15" s="14">
@@ -5814,57 +5787,60 @@
       <c r="DP15" s="14">
         <v>-578.60423894259998</v>
       </c>
       <c r="DQ15" s="14">
         <v>-502.90326794700002</v>
       </c>
       <c r="DR15" s="14">
         <v>-484.86879398049996</v>
       </c>
       <c r="DS15" s="14">
         <v>-627.6975222939999</v>
       </c>
       <c r="DT15" s="14">
         <v>-624.02622703049963</v>
       </c>
       <c r="DU15" s="14">
         <v>-821.29880675989989</v>
       </c>
       <c r="DV15" s="14">
         <v>-750.20507176049978</v>
       </c>
       <c r="DW15" s="14">
         <v>-571.60881212210018</v>
       </c>
       <c r="DX15" s="14">
-        <v>-520.39195242799997</v>
+        <v>-519.2256858275</v>
       </c>
       <c r="DY15" s="14">
-        <v>-670.93335708670008</v>
+        <v>-697.84135083609999</v>
+      </c>
+      <c r="DZ15" s="14">
+        <v>-561.08596495049983</v>
       </c>
     </row>
-    <row r="16" spans="1:129" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="16" spans="1:130" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B16" s="22" t="s">
         <v>132</v>
       </c>
       <c r="C16" s="14">
         <v>-610.42548199999999</v>
       </c>
       <c r="D16" s="14">
         <v>-727.37824399999988</v>
       </c>
       <c r="E16" s="14">
         <v>-422.49765950000005</v>
       </c>
       <c r="F16" s="14">
         <v>-467.66598260000001</v>
       </c>
       <c r="G16" s="14">
         <v>-498.11803829999997</v>
       </c>
       <c r="H16" s="14">
         <v>-557.61724520000007</v>
       </c>
       <c r="I16" s="14">
         <v>-638.00411640000016</v>
       </c>
       <c r="J16" s="14">
@@ -6200,57 +6176,60 @@
       <c r="DP16" s="14">
         <v>-304.0408906243</v>
       </c>
       <c r="DQ16" s="14">
         <v>-311.99089512649999</v>
       </c>
       <c r="DR16" s="14">
         <v>-296.34255764779999</v>
       </c>
       <c r="DS16" s="14">
         <v>-295.45001824449997</v>
       </c>
       <c r="DT16" s="14">
         <v>-340.58820236349999</v>
       </c>
       <c r="DU16" s="14">
         <v>-384.17314876570003</v>
       </c>
       <c r="DV16" s="14">
         <v>-355.32625288180003</v>
       </c>
       <c r="DW16" s="14">
         <v>-363.35345179559999</v>
       </c>
       <c r="DX16" s="14">
-        <v>-373.45666955860003</v>
+        <v>-371.44391592210002</v>
       </c>
       <c r="DY16" s="14">
-        <v>-385.95552344949999</v>
+        <v>-387.5397525084</v>
+      </c>
+      <c r="DZ16" s="14">
+        <v>-366.71342972159999</v>
       </c>
     </row>
-    <row r="17" spans="2:129" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="17" spans="2:130" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B17" s="24" t="s">
         <v>133</v>
       </c>
       <c r="C17" s="18">
         <v>0</v>
       </c>
       <c r="D17" s="18">
         <v>0</v>
       </c>
       <c r="E17" s="18">
         <v>0</v>
       </c>
       <c r="F17" s="18">
         <v>0</v>
       </c>
       <c r="G17" s="18">
         <v>0</v>
       </c>
       <c r="H17" s="18">
         <v>0</v>
       </c>
       <c r="I17" s="18">
         <v>0</v>
       </c>
       <c r="J17" s="18">
@@ -6586,57 +6565,60 @@
       <c r="DP17" s="18">
         <v>39.581680999999996</v>
       </c>
       <c r="DQ17" s="18">
         <v>38.526792</v>
       </c>
       <c r="DR17" s="18">
         <v>25.307471</v>
       </c>
       <c r="DS17" s="18">
         <v>31.423717000000003</v>
       </c>
       <c r="DT17" s="18">
         <v>22.799838000000001</v>
       </c>
       <c r="DU17" s="18">
         <v>55.984098000000003</v>
       </c>
       <c r="DV17" s="18">
         <v>34.946658999999997</v>
       </c>
       <c r="DW17" s="18">
         <v>57.652588999999999</v>
       </c>
       <c r="DX17" s="18">
-        <v>82.886880999999988</v>
+        <v>82.886919000000006</v>
       </c>
       <c r="DY17" s="18">
-        <v>52.651663999999997</v>
+        <v>52.978012999999997</v>
+      </c>
+      <c r="DZ17" s="18">
+        <v>36.231096000000001</v>
       </c>
     </row>
-    <row r="18" spans="2:129" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="18" spans="2:130" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B18" s="13" t="s">
         <v>14</v>
       </c>
       <c r="C18" s="14">
         <v>2752.5210400146811</v>
       </c>
       <c r="D18" s="14">
         <v>3641.8099031098877</v>
       </c>
       <c r="E18" s="14">
         <v>3509.9629844949654</v>
       </c>
       <c r="F18" s="14">
         <v>3911.2308394174233</v>
       </c>
       <c r="G18" s="14">
         <v>4063.8004725890723</v>
       </c>
       <c r="H18" s="14">
         <v>4464.8276426770753</v>
       </c>
       <c r="I18" s="14">
         <v>5069.2782796687416</v>
       </c>
       <c r="J18" s="14">
@@ -6972,57 +6954,60 @@
       <c r="DP18" s="14">
         <v>1155.0929422257009</v>
       </c>
       <c r="DQ18" s="14">
         <v>3499.8833275563998</v>
       </c>
       <c r="DR18" s="14">
         <v>9417.0984803699957</v>
       </c>
       <c r="DS18" s="14">
         <v>1751.1822228664009</v>
       </c>
       <c r="DT18" s="14">
         <v>885.11068942430018</v>
       </c>
       <c r="DU18" s="14">
         <v>3412.3754033442974</v>
       </c>
       <c r="DV18" s="14">
         <v>9040.7266539207976</v>
       </c>
       <c r="DW18" s="14">
         <v>1669.7151273144002</v>
       </c>
       <c r="DX18" s="14">
-        <v>666.20956840950055</v>
+        <v>749.09600877620176</v>
       </c>
       <c r="DY18" s="14">
-        <v>3278.0628467838983</v>
+        <v>3407.5134335416019</v>
+      </c>
+      <c r="DZ18" s="14">
+        <v>8904.8725907780008</v>
       </c>
     </row>
-    <row r="19" spans="2:129" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="19" spans="2:130" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B19" s="22" t="s">
         <v>134</v>
       </c>
       <c r="C19" s="14">
         <v>254.24878580619998</v>
       </c>
       <c r="D19" s="14">
         <v>329.54328096729995</v>
       </c>
       <c r="E19" s="14">
         <v>236.74171069420004</v>
       </c>
       <c r="F19" s="14">
         <v>153.20500783180006</v>
       </c>
       <c r="G19" s="14">
         <v>215.67566047239993</v>
       </c>
       <c r="H19" s="14">
         <v>173.43208941739994</v>
       </c>
       <c r="I19" s="14">
         <v>132.13653642869997</v>
       </c>
       <c r="J19" s="14">
@@ -7358,57 +7343,60 @@
       <c r="DP19" s="14">
         <v>323.26633661619991</v>
       </c>
       <c r="DQ19" s="14">
         <v>96.407642116400012</v>
       </c>
       <c r="DR19" s="14">
         <v>79.305963469400041</v>
       </c>
       <c r="DS19" s="14">
         <v>61.665826153099893</v>
       </c>
       <c r="DT19" s="14">
         <v>76.779732060399908</v>
       </c>
       <c r="DU19" s="14">
         <v>58.90231404449996</v>
       </c>
       <c r="DV19" s="14">
         <v>54.02354534200002</v>
       </c>
       <c r="DW19" s="14">
         <v>58.278468497200024</v>
       </c>
       <c r="DX19" s="14">
-        <v>56.456080575799973</v>
+        <v>56.742736105899965</v>
       </c>
       <c r="DY19" s="14">
-        <v>50.641924884299925</v>
+        <v>50.971259961699957</v>
+      </c>
+      <c r="DZ19" s="14">
+        <v>45.447567052299995</v>
       </c>
     </row>
-    <row r="20" spans="2:129" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="20" spans="2:130" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B20" s="22" t="s">
         <v>135</v>
       </c>
       <c r="C20" s="14">
         <v>381.52544182470001</v>
       </c>
       <c r="D20" s="14">
         <v>423.1508979271</v>
       </c>
       <c r="E20" s="14">
         <v>298.31185530500005</v>
       </c>
       <c r="F20" s="14">
         <v>293.13269997400005</v>
       </c>
       <c r="G20" s="14">
         <v>327.93142827039998</v>
       </c>
       <c r="H20" s="14">
         <v>288.31143407399998</v>
       </c>
       <c r="I20" s="14">
         <v>293.7966616731</v>
       </c>
       <c r="J20" s="14">
@@ -7744,57 +7732,60 @@
       <c r="DP20" s="14">
         <v>340.20752247969989</v>
       </c>
       <c r="DQ20" s="14">
         <v>113.84322341260003</v>
       </c>
       <c r="DR20" s="14">
         <v>95.08722307420004</v>
       </c>
       <c r="DS20" s="14">
         <v>83.451268969399891</v>
       </c>
       <c r="DT20" s="14">
         <v>95.044816217699918</v>
       </c>
       <c r="DU20" s="14">
         <v>76.843642767399956</v>
       </c>
       <c r="DV20" s="14">
         <v>70.730630255500031</v>
       </c>
       <c r="DW20" s="14">
         <v>76.882895707900033</v>
       </c>
       <c r="DX20" s="14">
-        <v>77.187767011099979</v>
+        <v>77.28934388709996</v>
       </c>
       <c r="DY20" s="14">
-        <v>73.267886823699911</v>
+        <v>73.590887727799952</v>
+      </c>
+      <c r="DZ20" s="14">
+        <v>67.713860234699993</v>
       </c>
     </row>
-    <row r="21" spans="2:129" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="21" spans="2:130" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B21" s="22" t="s">
         <v>136</v>
       </c>
       <c r="C21" s="14">
         <v>127.27665601849998</v>
       </c>
       <c r="D21" s="14">
         <v>93.607616959799998</v>
       </c>
       <c r="E21" s="14">
         <v>61.570144610800007</v>
       </c>
       <c r="F21" s="14">
         <v>139.92769214219999</v>
       </c>
       <c r="G21" s="14">
         <v>112.25576779800005</v>
       </c>
       <c r="H21" s="14">
         <v>114.87934465660003</v>
       </c>
       <c r="I21" s="14">
         <v>161.66012524440004</v>
       </c>
       <c r="J21" s="14">
@@ -8130,57 +8121,60 @@
       <c r="DP21" s="14">
         <v>16.941185863500003</v>
       </c>
       <c r="DQ21" s="14">
         <v>17.435581296200006</v>
       </c>
       <c r="DR21" s="14">
         <v>15.781259604800001</v>
       </c>
       <c r="DS21" s="14">
         <v>21.785442816299998</v>
       </c>
       <c r="DT21" s="14">
         <v>18.265084157300006</v>
       </c>
       <c r="DU21" s="14">
         <v>17.9413287229</v>
       </c>
       <c r="DV21" s="14">
         <v>16.707084913500008</v>
       </c>
       <c r="DW21" s="14">
         <v>18.604427210700006</v>
       </c>
       <c r="DX21" s="14">
-        <v>20.731686435300002</v>
+        <v>20.546607781199999</v>
       </c>
       <c r="DY21" s="14">
-        <v>22.625961939399986</v>
+        <v>22.619627766099995</v>
+      </c>
+      <c r="DZ21" s="14">
+        <v>22.266293182399998</v>
       </c>
     </row>
-    <row r="22" spans="2:129" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="22" spans="2:130" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B22" s="22" t="s">
         <v>137</v>
       </c>
       <c r="C22" s="14">
         <v>232.28790869793673</v>
       </c>
       <c r="D22" s="14">
         <v>233.8237633587151</v>
       </c>
       <c r="E22" s="14">
         <v>226.84106597570587</v>
       </c>
       <c r="F22" s="14">
         <v>308.90837506427215</v>
       </c>
       <c r="G22" s="14">
         <v>363.26612763536707</v>
       </c>
       <c r="H22" s="14">
         <v>442.25425173758941</v>
       </c>
       <c r="I22" s="14">
         <v>549.01475983386706</v>
       </c>
       <c r="J22" s="14">
@@ -8516,57 +8510,60 @@
       <c r="DP22" s="14">
         <v>88.387047847899964</v>
       </c>
       <c r="DQ22" s="14">
         <v>154.6782580263</v>
       </c>
       <c r="DR22" s="14">
         <v>201.62294489620018</v>
       </c>
       <c r="DS22" s="14">
         <v>150.57187080589992</v>
       </c>
       <c r="DT22" s="14">
         <v>92.014090467900076</v>
       </c>
       <c r="DU22" s="14">
         <v>132.58230029030011</v>
       </c>
       <c r="DV22" s="14">
         <v>171.54772278429999</v>
       </c>
       <c r="DW22" s="14">
         <v>98.720994514700124</v>
       </c>
       <c r="DX22" s="14">
-        <v>45.638432819899947</v>
+        <v>46.796216205999997</v>
       </c>
       <c r="DY22" s="14">
-        <v>144.79901975619993</v>
+        <v>144.24130647920026</v>
+      </c>
+      <c r="DZ22" s="14">
+        <v>181.23253532960001</v>
       </c>
     </row>
-    <row r="23" spans="2:129" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="23" spans="2:130" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B23" s="22" t="s">
         <v>138</v>
       </c>
       <c r="C23" s="14">
         <v>606.29326330508479</v>
       </c>
       <c r="D23" s="14">
         <v>661.66054032650413</v>
       </c>
       <c r="E23" s="14">
         <v>625.97432759096944</v>
       </c>
       <c r="F23" s="14">
         <v>698.64171277138803</v>
       </c>
       <c r="G23" s="14">
         <v>793.7896077887707</v>
       </c>
       <c r="H23" s="14">
         <v>883.14774387913951</v>
       </c>
       <c r="I23" s="14">
         <v>1039.6485502291512</v>
       </c>
       <c r="J23" s="14">
@@ -8902,57 +8899,60 @@
       <c r="DP23" s="14">
         <v>322.24862753000002</v>
       </c>
       <c r="DQ23" s="14">
         <v>415.54059079000001</v>
       </c>
       <c r="DR23" s="14">
         <v>447.26344100000017</v>
       </c>
       <c r="DS23" s="14">
         <v>386.16880518999994</v>
       </c>
       <c r="DT23" s="14">
         <v>354.50596559000002</v>
       </c>
       <c r="DU23" s="14">
         <v>429.48502009000015</v>
       </c>
       <c r="DV23" s="14">
         <v>466.66673170999991</v>
       </c>
       <c r="DW23" s="14">
         <v>382.67196916000006</v>
       </c>
       <c r="DX23" s="14">
-        <v>323.96759799999995</v>
+        <v>323.95778300000001</v>
       </c>
       <c r="DY23" s="14">
-        <v>443.14507706000001</v>
+        <v>443.50637506000021</v>
+      </c>
+      <c r="DZ23" s="14">
+        <v>475.31421094000001</v>
       </c>
     </row>
-    <row r="24" spans="2:129" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="24" spans="2:130" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B24" s="22" t="s">
         <v>139</v>
       </c>
       <c r="C24" s="14">
         <v>374.00535460714804</v>
       </c>
       <c r="D24" s="14">
         <v>427.83677696778904</v>
       </c>
       <c r="E24" s="14">
         <v>399.13326161526351</v>
       </c>
       <c r="F24" s="14">
         <v>389.73333770711594</v>
       </c>
       <c r="G24" s="14">
         <v>430.52348015340368</v>
       </c>
       <c r="H24" s="14">
         <v>440.8934921415501</v>
       </c>
       <c r="I24" s="14">
         <v>490.633790395284</v>
       </c>
       <c r="J24" s="14">
@@ -9288,57 +9288,60 @@
       <c r="DP24" s="14">
         <v>233.86157968210006</v>
       </c>
       <c r="DQ24" s="14">
         <v>260.86233276370001</v>
       </c>
       <c r="DR24" s="14">
         <v>245.64049610379999</v>
       </c>
       <c r="DS24" s="14">
         <v>235.59693438410002</v>
       </c>
       <c r="DT24" s="14">
         <v>262.49187512209994</v>
       </c>
       <c r="DU24" s="14">
         <v>296.90271979970004</v>
       </c>
       <c r="DV24" s="14">
         <v>295.11900892569992</v>
       </c>
       <c r="DW24" s="14">
         <v>283.95097464529994</v>
       </c>
       <c r="DX24" s="14">
-        <v>278.32916518010001</v>
+        <v>277.16156679400001</v>
       </c>
       <c r="DY24" s="14">
-        <v>298.34605730380008</v>
+        <v>299.26506858079995</v>
+      </c>
+      <c r="DZ24" s="14">
+        <v>294.0816756104</v>
       </c>
     </row>
-    <row r="25" spans="2:129" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="25" spans="2:130" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B25" s="22" t="s">
         <v>140</v>
       </c>
       <c r="C25" s="14">
         <v>2399.4964339150979</v>
       </c>
       <c r="D25" s="14">
         <v>3072.8563289578833</v>
       </c>
       <c r="E25" s="14">
         <v>3138.6198139143794</v>
       </c>
       <c r="F25" s="14">
         <v>3829.112688587913</v>
       </c>
       <c r="G25" s="14">
         <v>3955.8368861987883</v>
       </c>
       <c r="H25" s="14">
         <v>4441.1691501958658</v>
       </c>
       <c r="I25" s="14">
         <v>5000.7466314289359</v>
       </c>
       <c r="J25" s="14">
@@ -9674,57 +9677,60 @@
       <c r="DP25" s="14">
         <v>347.88971956379964</v>
       </c>
       <c r="DQ25" s="14">
         <v>2719.7601816836</v>
       </c>
       <c r="DR25" s="14">
         <v>8609.0332168650002</v>
       </c>
       <c r="DS25" s="14">
         <v>1124.3483328062</v>
       </c>
       <c r="DT25" s="14">
         <v>353.43620169139979</v>
       </c>
       <c r="DU25" s="14">
         <v>2741.3924607492995</v>
       </c>
       <c r="DV25" s="14">
         <v>8370.2852262961005</v>
       </c>
       <c r="DW25" s="14">
         <v>1128.5610504270999</v>
       </c>
       <c r="DX25" s="14">
-        <v>258.76259188789993</v>
+        <v>338.12771425209974</v>
       </c>
       <c r="DY25" s="14">
-        <v>2726.8663952220004</v>
+        <v>2863.4673221032003</v>
+      </c>
+      <c r="DZ25" s="14">
+        <v>8256.5605702604989</v>
       </c>
     </row>
-    <row r="26" spans="2:129" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="26" spans="2:130" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B26" s="22" t="s">
         <v>141</v>
       </c>
       <c r="C26" s="14">
         <v>3011.7561073805136</v>
       </c>
       <c r="D26" s="14">
         <v>3749.3468338927491</v>
       </c>
       <c r="E26" s="14">
         <v>3960.8310693748913</v>
       </c>
       <c r="F26" s="14">
         <v>4425.2084378501522</v>
       </c>
       <c r="G26" s="14">
         <v>4639.1558154026952</v>
       </c>
       <c r="H26" s="14">
         <v>5045.2450144214754</v>
       </c>
       <c r="I26" s="14">
         <v>5585.3833337939122</v>
       </c>
       <c r="J26" s="14">
@@ -10060,57 +10066,60 @@
       <c r="DP26" s="14">
         <v>661.84545297739976</v>
       </c>
       <c r="DQ26" s="14">
         <v>3180.2933732905999</v>
       </c>
       <c r="DR26" s="14">
         <v>9122.5583771885995</v>
       </c>
       <c r="DS26" s="14">
         <v>1633.1463986985</v>
       </c>
       <c r="DT26" s="14">
         <v>811.61515295689969</v>
       </c>
       <c r="DU26" s="14">
         <v>3318.8489271533995</v>
       </c>
       <c r="DV26" s="14">
         <v>9058.2202507709007</v>
       </c>
       <c r="DW26" s="14">
         <v>1816.6536048478999</v>
       </c>
       <c r="DX26" s="14">
-        <v>865.51701103799996</v>
+        <v>865.51701103799985</v>
       </c>
       <c r="DY26" s="14">
-        <v>3509.0573104692007</v>
+        <v>3509.0573104692003</v>
+      </c>
+      <c r="DZ26" s="14">
+        <v>9037.1377214832992</v>
       </c>
     </row>
-    <row r="27" spans="2:129" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="27" spans="2:130" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B27" s="22" t="s">
         <v>147</v>
       </c>
       <c r="C27" s="14">
         <v>288.09563498043656</v>
       </c>
       <c r="D27" s="14">
         <v>305.75391105740027</v>
       </c>
       <c r="E27" s="14">
         <v>341.17560301403375</v>
       </c>
       <c r="F27" s="14">
         <v>252.51825192802471</v>
       </c>
       <c r="G27" s="14">
         <v>314.5348131050165</v>
       </c>
       <c r="H27" s="14">
         <v>457.37417301218761</v>
       </c>
       <c r="I27" s="14">
         <v>372.57199246407896</v>
       </c>
       <c r="J27" s="14">
@@ -10446,57 +10455,60 @@
       <c r="DP27" s="14">
         <v>49.700558291200004</v>
       </c>
       <c r="DQ27" s="14">
         <v>75.17567902430001</v>
       </c>
       <c r="DR27" s="14">
         <v>92.510079808899988</v>
       </c>
       <c r="DS27" s="14">
         <v>83.285993938700003</v>
       </c>
       <c r="DT27" s="14">
         <v>62.955755642399993</v>
       </c>
       <c r="DU27" s="14">
         <v>101.5985691459</v>
       </c>
       <c r="DV27" s="14">
         <v>143.36225894080002</v>
       </c>
       <c r="DW27" s="14">
         <v>103.2525560692</v>
       </c>
       <c r="DX27" s="14">
-        <v>98.265585500900002</v>
+        <v>98.265585500899988</v>
       </c>
       <c r="DY27" s="14">
-        <v>90.104528209199998</v>
+        <v>90.104528209200012</v>
+      </c>
+      <c r="DZ27" s="14">
+        <v>149.49340672299999</v>
       </c>
     </row>
-    <row r="28" spans="2:129" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="28" spans="2:130" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B28" s="22" t="s">
         <v>148</v>
       </c>
       <c r="C28" s="14">
         <v>2723.6604724000767</v>
       </c>
       <c r="D28" s="14">
         <v>3443.5929228353484</v>
       </c>
       <c r="E28" s="14">
         <v>3619.6554663608576</v>
       </c>
       <c r="F28" s="14">
         <v>4172.6901859221271</v>
       </c>
       <c r="G28" s="14">
         <v>4324.6210022976793</v>
       </c>
       <c r="H28" s="14">
         <v>4587.870841409288</v>
       </c>
       <c r="I28" s="14">
         <v>5212.8113413298333</v>
       </c>
       <c r="J28" s="14">
@@ -10832,57 +10844,60 @@
       <c r="DP28" s="14">
         <v>612.14489468619979</v>
       </c>
       <c r="DQ28" s="14">
         <v>3105.1176942663001</v>
       </c>
       <c r="DR28" s="14">
         <v>9030.0482973796989</v>
       </c>
       <c r="DS28" s="14">
         <v>1549.8604047598001</v>
       </c>
       <c r="DT28" s="14">
         <v>748.65939731449976</v>
       </c>
       <c r="DU28" s="14">
         <v>3217.2503580074995</v>
       </c>
       <c r="DV28" s="14">
         <v>8914.8579918301002</v>
       </c>
       <c r="DW28" s="14">
         <v>1713.4010487787</v>
       </c>
       <c r="DX28" s="14">
-        <v>767.25142553709998</v>
+        <v>767.25142553709986</v>
       </c>
       <c r="DY28" s="14">
-        <v>3418.9527822600007</v>
+        <v>3418.9527822600003</v>
+      </c>
+      <c r="DZ28" s="14">
+        <v>8887.6443147602986</v>
       </c>
     </row>
-    <row r="29" spans="2:129" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="29" spans="2:130" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B29" s="22" t="s">
         <v>142</v>
       </c>
       <c r="C29" s="14">
         <v>612.25967346541574</v>
       </c>
       <c r="D29" s="14">
         <v>676.49050493486573</v>
       </c>
       <c r="E29" s="14">
         <v>822.21125546051167</v>
       </c>
       <c r="F29" s="14">
         <v>596.09574926223922</v>
       </c>
       <c r="G29" s="14">
         <v>683.3189292039076</v>
       </c>
       <c r="H29" s="14">
         <v>604.07586422560905</v>
       </c>
       <c r="I29" s="14">
         <v>584.63670236497683</v>
       </c>
       <c r="J29" s="14">
@@ -11218,57 +11233,60 @@
       <c r="DP29" s="14">
         <v>313.95573341360011</v>
       </c>
       <c r="DQ29" s="14">
         <v>460.53319160699988</v>
       </c>
       <c r="DR29" s="14">
         <v>513.52516032359983</v>
       </c>
       <c r="DS29" s="14">
         <v>508.79806589229997</v>
       </c>
       <c r="DT29" s="14">
         <v>458.1789512654999</v>
       </c>
       <c r="DU29" s="14">
         <v>577.45646640410007</v>
       </c>
       <c r="DV29" s="14">
         <v>687.93502447480012</v>
       </c>
       <c r="DW29" s="14">
         <v>688.09255442080007</v>
       </c>
       <c r="DX29" s="14">
-        <v>606.75441915010003</v>
+        <v>527.38929678590011</v>
       </c>
       <c r="DY29" s="14">
-        <v>782.19091524720022</v>
+        <v>645.58998836599994</v>
+      </c>
+      <c r="DZ29" s="14">
+        <v>780.57715122280001</v>
       </c>
     </row>
-    <row r="30" spans="2:129" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="30" spans="2:130" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B30" s="22" t="s">
         <v>147</v>
       </c>
       <c r="C30" s="16">
         <v>281.15704107365292</v>
       </c>
       <c r="D30" s="16">
         <v>322.65923389461761</v>
       </c>
       <c r="E30" s="16">
         <v>482.64775652667049</v>
       </c>
       <c r="F30" s="14">
         <v>292.30237206424829</v>
       </c>
       <c r="G30" s="14">
         <v>297.27488295750663</v>
       </c>
       <c r="H30" s="14">
         <v>267.36390561197584</v>
       </c>
       <c r="I30" s="14">
         <v>229.4920038178247</v>
       </c>
       <c r="J30" s="14">
@@ -11604,57 +11622,60 @@
       <c r="DP30" s="14">
         <v>57.973301979499993</v>
       </c>
       <c r="DQ30" s="14">
         <v>129.08349451719999</v>
       </c>
       <c r="DR30" s="14">
         <v>107.36758445939998</v>
       </c>
       <c r="DS30" s="14">
         <v>128.56588939990002</v>
       </c>
       <c r="DT30" s="14">
         <v>86.238211700999983</v>
       </c>
       <c r="DU30" s="14">
         <v>160.78452317259999</v>
       </c>
       <c r="DV30" s="14">
         <v>144.60908943980004</v>
       </c>
       <c r="DW30" s="14">
         <v>193.0512063506001</v>
       </c>
       <c r="DX30" s="14">
-        <v>120.13175041570004</v>
+        <v>104.24024129830002</v>
       </c>
       <c r="DY30" s="14">
-        <v>226.96107660490006</v>
+        <v>187.20307768559994</v>
+      </c>
+      <c r="DZ30" s="14">
+        <v>140.90155465900003</v>
       </c>
     </row>
-    <row r="31" spans="2:129" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="31" spans="2:130" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B31" s="22" t="s">
         <v>148</v>
       </c>
       <c r="C31" s="16">
         <v>331.10263239176277</v>
       </c>
       <c r="D31" s="16">
         <v>353.83127104024817</v>
       </c>
       <c r="E31" s="16">
         <v>339.56349893384117</v>
       </c>
       <c r="F31" s="14">
         <v>303.79337719799094</v>
       </c>
       <c r="G31" s="14">
         <v>386.04404624640097</v>
       </c>
       <c r="H31" s="14">
         <v>336.71195861363321</v>
       </c>
       <c r="I31" s="14">
         <v>355.14469854715225</v>
       </c>
       <c r="J31" s="14">
@@ -11990,57 +12011,60 @@
       <c r="DP31" s="14">
         <v>255.98243143410011</v>
       </c>
       <c r="DQ31" s="14">
         <v>331.44969708979988</v>
       </c>
       <c r="DR31" s="14">
         <v>406.15757586419983</v>
       </c>
       <c r="DS31" s="14">
         <v>380.23217649239996</v>
       </c>
       <c r="DT31" s="14">
         <v>371.94073956449995</v>
       </c>
       <c r="DU31" s="14">
         <v>416.67194323150005</v>
       </c>
       <c r="DV31" s="14">
         <v>543.32593503500004</v>
       </c>
       <c r="DW31" s="14">
         <v>495.0413480702</v>
       </c>
       <c r="DX31" s="14">
-        <v>486.62266873440001</v>
+        <v>423.14905548760009</v>
       </c>
       <c r="DY31" s="14">
-        <v>555.22983864230014</v>
+        <v>458.38691068040004</v>
+      </c>
+      <c r="DZ31" s="14">
+        <v>639.67559656380001</v>
       </c>
     </row>
-    <row r="32" spans="2:129" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="32" spans="2:130" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B32" s="22" t="s">
         <v>143</v>
       </c>
       <c r="C32" s="14">
         <v>-133.512088404553</v>
       </c>
       <c r="D32" s="14">
         <v>5.5865298259893166</v>
       </c>
       <c r="E32" s="14">
         <v>-92.239606089320091</v>
       </c>
       <c r="F32" s="14">
         <v>-379.99523206656266</v>
       </c>
       <c r="G32" s="14">
         <v>-470.97820171748253</v>
       </c>
       <c r="H32" s="14">
         <v>-592.02784867378023</v>
       </c>
       <c r="I32" s="14">
         <v>-612.61964802276157</v>
       </c>
       <c r="J32" s="14">
@@ -12376,57 +12400,60 @@
       <c r="DP32" s="14">
         <v>395.54983819780125</v>
       </c>
       <c r="DQ32" s="14">
         <v>529.03724573009958</v>
       </c>
       <c r="DR32" s="14">
         <v>527.13635513939528</v>
       </c>
       <c r="DS32" s="14">
         <v>414.59619310120115</v>
       </c>
       <c r="DT32" s="14">
         <v>362.8806652046004</v>
       </c>
       <c r="DU32" s="14">
         <v>479.49832826019804</v>
       </c>
       <c r="DV32" s="14">
         <v>444.8701594983977</v>
       </c>
       <c r="DW32" s="14">
         <v>384.15461387540017</v>
       </c>
       <c r="DX32" s="14">
-        <v>305.35246312590073</v>
+        <v>307.42934221220207</v>
       </c>
       <c r="DY32" s="14">
-        <v>355.75550692139814</v>
+        <v>348.83354499750158</v>
+      </c>
+      <c r="DZ32" s="14">
+        <v>421.63191813560138</v>
       </c>
     </row>
-    <row r="33" spans="2:129" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="33" spans="2:130" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B33" s="22" t="s">
         <v>144</v>
       </c>
       <c r="C33" s="14">
         <v>882.24048718610254</v>
       </c>
       <c r="D33" s="14">
         <v>1114.6731440098908</v>
       </c>
       <c r="E33" s="14">
         <v>1264.0016717463977</v>
       </c>
       <c r="F33" s="14">
         <v>1300.7196027748528</v>
       </c>
       <c r="G33" s="14">
         <v>1318.1095395158877</v>
       </c>
       <c r="H33" s="14">
         <v>1154.6011908487396</v>
       </c>
       <c r="I33" s="14">
         <v>1209.5927394277023</v>
       </c>
       <c r="J33" s="14">
@@ -12762,57 +12789,60 @@
       <c r="DP33" s="14">
         <v>1217.6594402184019</v>
       </c>
       <c r="DQ33" s="14">
         <v>1412.9356727297995</v>
       </c>
       <c r="DR33" s="14">
         <v>1451.4173325160955</v>
       </c>
       <c r="DS33" s="14">
         <v>1537.7863303473023</v>
       </c>
       <c r="DT33" s="14">
         <v>1287.0731411078009</v>
       </c>
       <c r="DU33" s="14">
         <v>1445.9163491108989</v>
       </c>
       <c r="DV33" s="14">
         <v>1511.4787932826985</v>
       </c>
       <c r="DW33" s="14">
         <v>1590.0876895833005</v>
       </c>
       <c r="DX33" s="14">
-        <v>1299.8879358057006</v>
+        <v>1304.0016703019023</v>
       </c>
       <c r="DY33" s="14">
-        <v>1478.7253980083983</v>
+        <v>1484.0317175644013</v>
+      </c>
+      <c r="DZ33" s="14">
+        <v>1606.3997488857003</v>
       </c>
     </row>
-    <row r="34" spans="2:129" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="34" spans="2:130" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B34" s="22" t="s">
         <v>145</v>
       </c>
       <c r="C34" s="14">
         <v>1015.7525755906555</v>
       </c>
       <c r="D34" s="14">
         <v>1109.0866141839017</v>
       </c>
       <c r="E34" s="14">
         <v>1356.2412778357179</v>
       </c>
       <c r="F34" s="14">
         <v>1680.7148348414155</v>
       </c>
       <c r="G34" s="14">
         <v>1789.0877412333703</v>
       </c>
       <c r="H34" s="14">
         <v>1746.6290395225199</v>
       </c>
       <c r="I34" s="14">
         <v>1822.2123874504637</v>
       </c>
       <c r="J34" s="14">
@@ -13148,57 +13178,60 @@
       <c r="DP34" s="14">
         <v>822.10960202060062</v>
       </c>
       <c r="DQ34" s="14">
         <v>883.89842699969995</v>
       </c>
       <c r="DR34" s="14">
         <v>924.28097737670021</v>
       </c>
       <c r="DS34" s="14">
         <v>1123.1901372461011</v>
       </c>
       <c r="DT34" s="14">
         <v>924.19247590320049</v>
       </c>
       <c r="DU34" s="14">
         <v>966.41802085070083</v>
       </c>
       <c r="DV34" s="14">
         <v>1066.6086337843008</v>
       </c>
       <c r="DW34" s="14">
         <v>1205.9330757079003</v>
       </c>
       <c r="DX34" s="14">
-        <v>994.53547267979991</v>
+        <v>996.57232808970025</v>
       </c>
       <c r="DY34" s="14">
-        <v>1122.9698910870002</v>
+        <v>1135.1981725668998</v>
+      </c>
+      <c r="DZ34" s="14">
+        <v>1184.7678307500989</v>
       </c>
     </row>
-    <row r="35" spans="2:129" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="35" spans="2:130" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B35" s="22" t="s">
         <v>15</v>
       </c>
       <c r="C35" s="14">
         <v>-47.925841959949459</v>
       </c>
       <c r="D35" s="14">
         <v>-60.647332141797591</v>
       </c>
       <c r="E35" s="14">
         <v>-62.678266347278431</v>
       </c>
       <c r="F35" s="14">
         <v>-59.918845685739399</v>
       </c>
       <c r="G35" s="14">
         <v>-78.589747408686591</v>
       </c>
       <c r="H35" s="14">
         <v>-89.224504603380353</v>
       </c>
       <c r="I35" s="14">
         <v>-107.56682504097951</v>
       </c>
       <c r="J35" s="14">
@@ -13534,57 +13567,60 @@
       <c r="DP35" s="14">
         <v>34.015893032999998</v>
       </c>
       <c r="DQ35" s="14">
         <v>43.273159382999999</v>
       </c>
       <c r="DR35" s="14">
         <v>48.7255745601</v>
       </c>
       <c r="DS35" s="14">
         <v>45.778876232999991</v>
       </c>
       <c r="DT35" s="14">
         <v>27.697093272</v>
       </c>
       <c r="DU35" s="14">
         <v>22.043451253800001</v>
       </c>
       <c r="DV35" s="14">
         <v>16.190656566899996</v>
       </c>
       <c r="DW35" s="14">
         <v>11.609345216100001</v>
       </c>
       <c r="DX35" s="14">
-        <v>16.377292792799999</v>
+        <v>13.895609279100002</v>
       </c>
       <c r="DY35" s="14">
-        <v>9.8679138540000011</v>
+        <v>6.8555495301000011</v>
+      </c>
+      <c r="DZ35" s="14">
+        <v>12.3023357421</v>
       </c>
     </row>
-    <row r="36" spans="2:129" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="36" spans="2:130" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B36" s="22" t="s">
         <v>122</v>
       </c>
       <c r="C36" s="14">
         <v>2.8777507219877565</v>
       </c>
       <c r="D36" s="14">
         <v>2.4890296367095117</v>
       </c>
       <c r="E36" s="14">
         <v>0.43362415086990513</v>
       </c>
       <c r="F36" s="14">
         <v>-1.4273440468379013</v>
       </c>
       <c r="G36" s="14">
         <v>-12.67495611074823</v>
       </c>
       <c r="H36" s="14">
         <v>-6.4649634471647017</v>
       </c>
       <c r="I36" s="14">
         <v>-1.0581057319533276</v>
       </c>
       <c r="J36" s="14">
@@ -13920,57 +13956,60 @@
       <c r="DP36" s="14">
         <v>16.0433964831</v>
       </c>
       <c r="DQ36" s="14">
         <v>18.5852728431</v>
       </c>
       <c r="DR36" s="14">
         <v>22.494462330000001</v>
       </c>
       <c r="DS36" s="14">
         <v>20.8653175629</v>
       </c>
       <c r="DT36" s="14">
         <v>17.654884712099999</v>
       </c>
       <c r="DU36" s="14">
         <v>16.6662953439</v>
       </c>
       <c r="DV36" s="14">
         <v>17.136137636999997</v>
       </c>
       <c r="DW36" s="14">
         <v>12.623782116000001</v>
       </c>
       <c r="DX36" s="14">
-        <v>13.9724343429</v>
+        <v>13.557616139100002</v>
       </c>
       <c r="DY36" s="14">
-        <v>13.564825914</v>
+        <v>13.14207777</v>
+      </c>
+      <c r="DZ36" s="14">
+        <v>14.077082592</v>
       </c>
     </row>
-    <row r="37" spans="2:129" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="37" spans="2:130" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B37" s="23" t="s">
         <v>123</v>
       </c>
       <c r="C37" s="17">
         <v>50.803592681937218</v>
       </c>
       <c r="D37" s="17">
         <v>63.136361778507101</v>
       </c>
       <c r="E37" s="17">
         <v>63.111890498148334</v>
       </c>
       <c r="F37" s="17">
         <v>58.491501638901497</v>
       </c>
       <c r="G37" s="17">
         <v>65.914791297938365</v>
       </c>
       <c r="H37" s="17">
         <v>82.759541156215647</v>
       </c>
       <c r="I37" s="17">
         <v>106.50871930902618</v>
       </c>
       <c r="J37" s="17">
@@ -14306,62 +14345,65 @@
       <c r="DP37" s="17">
         <v>-17.972496549899997</v>
       </c>
       <c r="DQ37" s="17">
         <v>-24.687886539899999</v>
       </c>
       <c r="DR37" s="17">
         <v>-26.231112230100003</v>
       </c>
       <c r="DS37" s="17">
         <v>-24.913558670099995</v>
       </c>
       <c r="DT37" s="17">
         <v>-10.042208559900001</v>
       </c>
       <c r="DU37" s="17">
         <v>-5.3771559099000008</v>
       </c>
       <c r="DV37" s="17">
         <v>0.94548107009999993</v>
       </c>
       <c r="DW37" s="17">
         <v>1.0144368999</v>
       </c>
       <c r="DX37" s="17">
-        <v>-2.4048584498999999</v>
+        <v>-0.33799314000000003</v>
       </c>
       <c r="DY37" s="17">
-        <v>3.6969120599999998</v>
+        <v>6.2865282398999991</v>
+      </c>
+      <c r="DZ37" s="17">
+        <v>1.7747468498999999</v>
       </c>
     </row>
-    <row r="39" spans="2:129" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="39" spans="2:130" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B39" s="26" t="s">
         <v>160</v>
       </c>
     </row>
-    <row r="40" spans="2:129" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="40" spans="2:130" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B40" s="25" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="58" spans="3:90" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C58" s="4"/>
       <c r="D58" s="4"/>
       <c r="E58" s="4"/>
       <c r="F58" s="4"/>
       <c r="G58" s="4"/>
       <c r="H58" s="4"/>
       <c r="I58" s="4"/>
       <c r="J58" s="4"/>
       <c r="K58" s="4"/>
       <c r="L58" s="4"/>
       <c r="M58" s="4"/>
       <c r="N58" s="4"/>
       <c r="O58" s="4"/>
       <c r="P58" s="4"/>
       <c r="Q58" s="4"/>
       <c r="R58" s="4"/>
       <c r="S58" s="4"/>
       <c r="T58" s="4"/>
       <c r="U58" s="4"/>
       <c r="V58" s="4"/>