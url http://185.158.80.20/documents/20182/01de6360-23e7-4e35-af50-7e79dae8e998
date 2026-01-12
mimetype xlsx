--- v2 (2025-12-20)
+++ v3 (2026-01-12)
@@ -2,109 +2,115 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24334"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="M:\Statistika i istraživanje\BILTEN\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\263\GFS\9. Bilten i SDDS\Bilten i statistički pregled\Bilten 01.2026_objava web 12.2025\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{35E1AD9B-543D-4D24-BB7E-5E6B86EA2D26}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{EAA77AB1-123F-4092-9894-E0B0166E042C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{A644844E-294F-44A7-BBFF-F3E4148F726A}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{2719BD4C-6FBD-4F73-87A7-DA0E9F2A6343}"/>
   </bookViews>
   <sheets>
     <sheet name="HRV_EUR" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">HRV_EUR!$B$6:$HF$48</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="190" uniqueCount="22">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="244" uniqueCount="24">
   <si>
     <t>Tablica I3: Dug opće države</t>
   </si>
   <si>
     <t>na kraju razdoblja, u milijunima eura</t>
+  </si>
+  <si>
+    <t>*</t>
   </si>
   <si>
     <t xml:space="preserve"> Ukupno dug opće države (1+2)</t>
   </si>
   <si>
     <t xml:space="preserve"> Dodatak: Izdana jamstva opće države</t>
   </si>
   <si>
     <t xml:space="preserve">     Domaća</t>
   </si>
   <si>
     <t>....</t>
   </si>
   <si>
     <t xml:space="preserve">            od toga: jamstva dana na kredite HBOR-a</t>
   </si>
   <si>
     <t xml:space="preserve">     Inozemna </t>
+  </si>
+  <si>
+    <t xml:space="preserve">* Podaci o jamstvima su revidirani od travnja 2021. uslijed ažuriranja izvora podataka, a podaci o dugu od srpnja 2025. uslijed redovnog ažuranja podataka za tekuću godinu. </t>
   </si>
   <si>
     <r>
       <t>1.</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="8"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">	</t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>Unutarnji dug opće države</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
@@ -514,134 +520,134 @@
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color rgb="FFFF0000"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="7">
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" applyNumberFormat="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
     <xf numFmtId="164" fontId="4" fillId="0" borderId="1" applyNumberFormat="0" applyFill="0" applyProtection="0">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="4" fillId="0" borderId="4" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="5" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
   <cellXfs count="26">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...19 lines deleted...]
-    </xf>
     <xf numFmtId="164" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
     <xf numFmtId="164" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="8" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="3" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="4" applyNumberFormat="1" applyFont="1" applyFill="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="5" fillId="0" borderId="1" xfId="4" applyNumberFormat="1" applyFont="1" applyFill="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="6" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="6" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="5" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
+    <xf numFmtId="164" fontId="5" fillId="0" borderId="3" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
     <xf numFmtId="164" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
+    <xf numFmtId="164" fontId="6" fillId="0" borderId="5" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
     <xf numFmtId="164" fontId="6" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="6" fillId="0" borderId="5" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
   </cellXfs>
   <cellStyles count="7">
-    <cellStyle name="Heading 1" xfId="1" xr:uid="{600F6F94-7FF0-42AC-AB8B-AEC21124BE83}"/>
-    <cellStyle name="Heading 2" xfId="2" xr:uid="{1AFB4DDE-BBAF-4EF0-83A0-1AA4804176E4}"/>
+    <cellStyle name="Heading 1" xfId="1" xr:uid="{0147F837-3446-4D65-B738-0A9E56C682AE}"/>
+    <cellStyle name="Heading 2" xfId="2" xr:uid="{D5CDEEB0-08FD-45FF-8655-F350203A154B}"/>
     <cellStyle name="Normalno" xfId="0" builtinId="0"/>
-    <cellStyle name="Obično_(SK 14.04.05)pmf 112 I" xfId="3" xr:uid="{F658E109-95C3-4AA9-B858-7BB845E97FCF}"/>
-[...2 lines deleted...]
-    <cellStyle name="Zaglavlje" xfId="4" xr:uid="{3478E75C-44BF-44D5-8994-CD7253F7DEDC}"/>
+    <cellStyle name="Obično_(SK 14.04.05)pmf 112 I" xfId="3" xr:uid="{F58680EC-DB85-4A25-86F8-0A8C6037787C}"/>
+    <cellStyle name="Ukupno" xfId="5" xr:uid="{E3F816E7-967E-4D6C-8C6E-B12118F4FFAD}"/>
+    <cellStyle name="Zadnji redak" xfId="6" xr:uid="{A2B9C24C-CBB9-419F-8DA4-E017A39A88D5}"/>
+    <cellStyle name="Zaglavlje" xfId="4" xr:uid="{73D8CE75-D317-4E75-AA2B-E09A5D588961}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema sustava Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
@@ -916,48013 +922,48301 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2ECE54E3-D79C-4BC4-A189-68C35DF833B2}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{FC4300C4-DEBD-4C62-BFD2-AE86D8C083DC}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:MU386"/>
+  <dimension ref="A1:MV386"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="13.1640625" defaultRowHeight="12.95" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="3.6640625" style="8" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="3" max="16384" width="13.1640625" style="8"/>
+    <col min="1" max="1" width="3.6640625" style="1" customWidth="1"/>
+    <col min="2" max="2" width="55.6640625" style="2" customWidth="1"/>
+    <col min="3" max="16384" width="13.1640625" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:359" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
-[...196 lines deleted...]
-      <c r="GM2" s="11"/>
+    <row r="1" spans="1:360" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="2" spans="1:360" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B2" s="4" t="s">
+        <v>0</v>
+      </c>
+      <c r="C2" s="5"/>
+      <c r="D2" s="5"/>
+      <c r="E2" s="5"/>
+      <c r="F2" s="5"/>
+      <c r="G2" s="5"/>
+      <c r="H2" s="5"/>
+      <c r="I2" s="5"/>
+      <c r="J2" s="5"/>
+      <c r="K2" s="5"/>
+      <c r="L2" s="5"/>
+      <c r="M2" s="5"/>
+      <c r="N2" s="5"/>
+      <c r="O2" s="5"/>
+      <c r="P2" s="5"/>
+      <c r="Q2" s="5"/>
+      <c r="R2" s="5"/>
+      <c r="S2" s="5"/>
+      <c r="T2" s="5"/>
+      <c r="U2" s="5"/>
+      <c r="V2" s="5"/>
+      <c r="W2" s="5"/>
+      <c r="X2" s="5"/>
+      <c r="Y2" s="5"/>
+      <c r="Z2" s="5"/>
+      <c r="AA2" s="5"/>
+      <c r="AB2" s="5"/>
+      <c r="AC2" s="5"/>
+      <c r="AD2" s="5"/>
+      <c r="AE2" s="5"/>
+      <c r="AF2" s="5"/>
+      <c r="AG2" s="5"/>
+      <c r="AH2" s="5"/>
+      <c r="AI2" s="5"/>
+      <c r="AJ2" s="5"/>
+      <c r="AK2" s="5"/>
+      <c r="AL2" s="5"/>
+      <c r="AM2" s="5"/>
+      <c r="AN2" s="5"/>
+      <c r="AO2" s="5"/>
+      <c r="AP2" s="5"/>
+      <c r="AQ2" s="5"/>
+      <c r="AR2" s="5"/>
+      <c r="AS2" s="5"/>
+      <c r="AT2" s="5"/>
+      <c r="AU2" s="5"/>
+      <c r="AV2" s="5"/>
+      <c r="AW2" s="5"/>
+      <c r="AX2" s="5"/>
+      <c r="AY2" s="5"/>
+      <c r="AZ2" s="5"/>
+      <c r="BA2" s="5"/>
+      <c r="BB2" s="5"/>
+      <c r="BC2" s="5"/>
+      <c r="BD2" s="5"/>
+      <c r="BE2" s="5"/>
+      <c r="BF2" s="5"/>
+      <c r="BG2" s="5"/>
+      <c r="BH2" s="5"/>
+      <c r="BI2" s="5"/>
+      <c r="BJ2" s="5"/>
+      <c r="BK2" s="5"/>
+      <c r="BL2" s="5"/>
+      <c r="BM2" s="5"/>
+      <c r="BN2" s="5"/>
+      <c r="BO2" s="5"/>
+      <c r="BP2" s="5"/>
+      <c r="BQ2" s="5"/>
+      <c r="BR2" s="5"/>
+      <c r="BS2" s="5"/>
+      <c r="BT2" s="5"/>
+      <c r="BU2" s="5"/>
+      <c r="BV2" s="5"/>
+      <c r="BW2" s="5"/>
+      <c r="BX2" s="5"/>
+      <c r="BY2" s="5"/>
+      <c r="BZ2" s="5"/>
+      <c r="CA2" s="5"/>
+      <c r="CB2" s="5"/>
+      <c r="CC2" s="5"/>
+      <c r="CD2" s="5"/>
+      <c r="CE2" s="5"/>
+      <c r="CF2" s="5"/>
+      <c r="CG2" s="5"/>
+      <c r="CH2" s="5"/>
+      <c r="CI2" s="5"/>
+      <c r="CJ2" s="5"/>
+      <c r="CK2" s="5"/>
+      <c r="CL2" s="5"/>
+      <c r="CM2" s="5"/>
+      <c r="CN2" s="5"/>
+      <c r="CO2" s="5"/>
+      <c r="CP2" s="5"/>
+      <c r="CQ2" s="5"/>
+      <c r="CR2" s="5"/>
+      <c r="CS2" s="5"/>
+      <c r="CT2" s="5"/>
+      <c r="CU2" s="5"/>
+      <c r="CV2" s="5"/>
+      <c r="CW2" s="5"/>
+      <c r="CX2" s="5"/>
+      <c r="CY2" s="5"/>
+      <c r="CZ2" s="5"/>
+      <c r="DA2" s="5"/>
+      <c r="DB2" s="5"/>
+      <c r="DC2" s="5"/>
+      <c r="DD2" s="5"/>
+      <c r="DE2" s="5"/>
+      <c r="DF2" s="5"/>
+      <c r="DG2" s="5"/>
+      <c r="DH2" s="5"/>
+      <c r="DI2" s="5"/>
+      <c r="DJ2" s="5"/>
+      <c r="DK2" s="5"/>
+      <c r="DL2" s="5"/>
+      <c r="DM2" s="5"/>
+      <c r="DN2" s="5"/>
+      <c r="DO2" s="5"/>
+      <c r="DP2" s="5"/>
+      <c r="DQ2" s="5"/>
+      <c r="DR2" s="5"/>
+      <c r="DS2" s="5"/>
+      <c r="DT2" s="5"/>
+      <c r="DU2" s="5"/>
+      <c r="DV2" s="5"/>
+      <c r="DW2" s="5"/>
+      <c r="DX2" s="5"/>
+      <c r="DY2" s="5"/>
+      <c r="DZ2" s="5"/>
+      <c r="EA2" s="5"/>
+      <c r="EB2" s="5"/>
+      <c r="EC2" s="5"/>
+      <c r="ED2" s="5"/>
+      <c r="EE2" s="5"/>
+      <c r="EF2" s="5"/>
+      <c r="EG2" s="5"/>
+      <c r="EH2" s="5"/>
+      <c r="EI2" s="5"/>
+      <c r="EJ2" s="5"/>
+      <c r="EK2" s="5"/>
+      <c r="EL2" s="5"/>
+      <c r="EM2" s="5"/>
+      <c r="EN2" s="5"/>
+      <c r="EO2" s="5"/>
+      <c r="EP2" s="5"/>
+      <c r="EQ2" s="5"/>
+      <c r="ER2" s="5"/>
+      <c r="ES2" s="5"/>
+      <c r="ET2" s="5"/>
+      <c r="EU2" s="5"/>
+      <c r="EV2" s="5"/>
+      <c r="EW2" s="5"/>
+      <c r="EX2" s="5"/>
+      <c r="EY2" s="5"/>
+      <c r="EZ2" s="5"/>
+      <c r="FA2" s="5"/>
+      <c r="FB2" s="5"/>
+      <c r="FC2" s="5"/>
+      <c r="FD2" s="5"/>
+      <c r="FE2" s="5"/>
+      <c r="FF2" s="5"/>
+      <c r="FG2" s="5"/>
+      <c r="FH2" s="5"/>
+      <c r="FI2" s="5"/>
+      <c r="FJ2" s="5"/>
+      <c r="FK2" s="5"/>
+      <c r="FL2" s="5"/>
+      <c r="FM2" s="5"/>
+      <c r="FN2" s="5"/>
+      <c r="FO2" s="5"/>
+      <c r="FP2" s="5"/>
+      <c r="FQ2" s="5"/>
+      <c r="FR2" s="5"/>
+      <c r="FS2" s="5"/>
+      <c r="FT2" s="5"/>
+      <c r="FU2" s="5"/>
+      <c r="FV2" s="5"/>
+      <c r="FW2" s="5"/>
+      <c r="FX2" s="5"/>
+      <c r="FY2" s="5"/>
+      <c r="FZ2" s="5"/>
+      <c r="GA2" s="5"/>
+      <c r="GB2" s="5"/>
+      <c r="GC2" s="5"/>
+      <c r="GD2" s="5"/>
+      <c r="GE2" s="5"/>
+      <c r="GF2" s="5"/>
+      <c r="GG2" s="5"/>
+      <c r="GH2" s="5"/>
+      <c r="GI2" s="5"/>
+      <c r="GJ2" s="5"/>
+      <c r="GK2" s="5"/>
+      <c r="GL2" s="5"/>
+      <c r="GM2" s="5"/>
     </row>
-    <row r="3" spans="1:359" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B3" s="2" t="s">
+    <row r="3" spans="1:360" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B3" s="6" t="s">
         <v>1</v>
       </c>
-      <c r="C3" s="11"/>
-[...52 lines deleted...]
-      <c r="BD3" s="11"/>
+      <c r="C3" s="5"/>
+      <c r="D3" s="5"/>
+      <c r="E3" s="5"/>
+      <c r="F3" s="5"/>
+      <c r="G3" s="5"/>
+      <c r="H3" s="5"/>
+      <c r="I3" s="5"/>
+      <c r="J3" s="5"/>
+      <c r="K3" s="5"/>
+      <c r="L3" s="5"/>
+      <c r="M3" s="5"/>
+      <c r="N3" s="5"/>
+      <c r="O3" s="5"/>
+      <c r="P3" s="5"/>
+      <c r="Q3" s="5"/>
+      <c r="R3" s="5"/>
+      <c r="S3" s="5"/>
+      <c r="T3" s="5"/>
+      <c r="U3" s="5"/>
+      <c r="V3" s="5"/>
+      <c r="W3" s="5"/>
+      <c r="X3" s="5"/>
+      <c r="Y3" s="5"/>
+      <c r="Z3" s="5"/>
+      <c r="AA3" s="5"/>
+      <c r="AB3" s="5"/>
+      <c r="AC3" s="5"/>
+      <c r="AD3" s="5"/>
+      <c r="AE3" s="5"/>
+      <c r="AF3" s="5"/>
+      <c r="AG3" s="5"/>
+      <c r="AH3" s="5"/>
+      <c r="AI3" s="5"/>
+      <c r="AJ3" s="5"/>
+      <c r="AK3" s="5"/>
+      <c r="AL3" s="5"/>
+      <c r="AM3" s="5"/>
+      <c r="AN3" s="5"/>
+      <c r="AO3" s="5"/>
+      <c r="AP3" s="5"/>
+      <c r="AQ3" s="5"/>
+      <c r="AR3" s="5"/>
+      <c r="AS3" s="5"/>
+      <c r="AT3" s="5"/>
+      <c r="AU3" s="5"/>
+      <c r="AV3" s="5"/>
+      <c r="AW3" s="5"/>
+      <c r="AX3" s="5"/>
+      <c r="AY3" s="5"/>
+      <c r="AZ3" s="5"/>
+      <c r="BA3" s="5"/>
+      <c r="BB3" s="5"/>
+      <c r="BC3" s="5"/>
+      <c r="BD3" s="5"/>
     </row>
-    <row r="4" spans="1:359" s="10" customFormat="1" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
-[...54 lines deleted...]
-      <c r="BD4" s="11"/>
+    <row r="4" spans="1:360" s="3" customFormat="1" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B4" s="6"/>
+      <c r="C4" s="5"/>
+      <c r="D4" s="5"/>
+      <c r="E4" s="5"/>
+      <c r="F4" s="5"/>
+      <c r="G4" s="5"/>
+      <c r="H4" s="5"/>
+      <c r="I4" s="5"/>
+      <c r="J4" s="5"/>
+      <c r="K4" s="5"/>
+      <c r="L4" s="5"/>
+      <c r="M4" s="5"/>
+      <c r="N4" s="5"/>
+      <c r="O4" s="5"/>
+      <c r="P4" s="5"/>
+      <c r="Q4" s="5"/>
+      <c r="R4" s="5"/>
+      <c r="S4" s="5"/>
+      <c r="T4" s="5"/>
+      <c r="U4" s="5"/>
+      <c r="V4" s="5"/>
+      <c r="W4" s="5"/>
+      <c r="X4" s="5"/>
+      <c r="Y4" s="5"/>
+      <c r="Z4" s="5"/>
+      <c r="AA4" s="5"/>
+      <c r="AB4" s="5"/>
+      <c r="AC4" s="5"/>
+      <c r="AD4" s="5"/>
+      <c r="AE4" s="5"/>
+      <c r="AF4" s="5"/>
+      <c r="AG4" s="5"/>
+      <c r="AH4" s="5"/>
+      <c r="AI4" s="5"/>
+      <c r="AJ4" s="5"/>
+      <c r="AK4" s="5"/>
+      <c r="AL4" s="5"/>
+      <c r="AM4" s="5"/>
+      <c r="AN4" s="5"/>
+      <c r="AO4" s="5"/>
+      <c r="AP4" s="5"/>
+      <c r="AQ4" s="5"/>
+      <c r="AR4" s="5"/>
+      <c r="AS4" s="5"/>
+      <c r="AT4" s="5"/>
+      <c r="AU4" s="5"/>
+      <c r="AV4" s="5"/>
+      <c r="AW4" s="5"/>
+      <c r="AX4" s="5"/>
+      <c r="AY4" s="5"/>
+      <c r="AZ4" s="5"/>
+      <c r="BA4" s="5"/>
+      <c r="BB4" s="5"/>
+      <c r="BC4" s="5"/>
+      <c r="BD4" s="5"/>
     </row>
-    <row r="5" spans="1:359" s="12" customFormat="1" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
-[...2 lines deleted...]
-      <c r="MS5" s="14"/>
+    <row r="5" spans="1:360" s="7" customFormat="1" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B5" s="8"/>
+      <c r="KU5" s="9" t="s">
+        <v>2</v>
+      </c>
+      <c r="KV5" s="9" t="s">
+        <v>2</v>
+      </c>
+      <c r="KW5" s="9" t="s">
+        <v>2</v>
+      </c>
+      <c r="KX5" s="9" t="s">
+        <v>2</v>
+      </c>
+      <c r="KY5" s="9" t="s">
+        <v>2</v>
+      </c>
+      <c r="KZ5" s="9" t="s">
+        <v>2</v>
+      </c>
+      <c r="LA5" s="9" t="s">
+        <v>2</v>
+      </c>
+      <c r="LB5" s="9" t="s">
+        <v>2</v>
+      </c>
+      <c r="LC5" s="9" t="s">
+        <v>2</v>
+      </c>
+      <c r="LD5" s="9" t="s">
+        <v>2</v>
+      </c>
+      <c r="LE5" s="9" t="s">
+        <v>2</v>
+      </c>
+      <c r="LF5" s="9" t="s">
+        <v>2</v>
+      </c>
+      <c r="LG5" s="9" t="s">
+        <v>2</v>
+      </c>
+      <c r="LH5" s="9" t="s">
+        <v>2</v>
+      </c>
+      <c r="LI5" s="9" t="s">
+        <v>2</v>
+      </c>
+      <c r="LJ5" s="9" t="s">
+        <v>2</v>
+      </c>
+      <c r="LK5" s="9" t="s">
+        <v>2</v>
+      </c>
+      <c r="LL5" s="9" t="s">
+        <v>2</v>
+      </c>
+      <c r="LM5" s="9" t="s">
+        <v>2</v>
+      </c>
+      <c r="LN5" s="9" t="s">
+        <v>2</v>
+      </c>
+      <c r="LO5" s="9" t="s">
+        <v>2</v>
+      </c>
+      <c r="LP5" s="9" t="s">
+        <v>2</v>
+      </c>
+      <c r="LQ5" s="9" t="s">
+        <v>2</v>
+      </c>
+      <c r="LR5" s="9" t="s">
+        <v>2</v>
+      </c>
+      <c r="LS5" s="9" t="s">
+        <v>2</v>
+      </c>
+      <c r="LT5" s="9" t="s">
+        <v>2</v>
+      </c>
+      <c r="LU5" s="9" t="s">
+        <v>2</v>
+      </c>
+      <c r="LV5" s="9" t="s">
+        <v>2</v>
+      </c>
+      <c r="LW5" s="9" t="s">
+        <v>2</v>
+      </c>
+      <c r="LX5" s="9" t="s">
+        <v>2</v>
+      </c>
+      <c r="LY5" s="9" t="s">
+        <v>2</v>
+      </c>
+      <c r="LZ5" s="9" t="s">
+        <v>2</v>
+      </c>
+      <c r="MA5" s="9" t="s">
+        <v>2</v>
+      </c>
+      <c r="MB5" s="9" t="s">
+        <v>2</v>
+      </c>
+      <c r="MC5" s="9" t="s">
+        <v>2</v>
+      </c>
+      <c r="MD5" s="9" t="s">
+        <v>2</v>
+      </c>
+      <c r="ME5" s="9" t="s">
+        <v>2</v>
+      </c>
+      <c r="MF5" s="9" t="s">
+        <v>2</v>
+      </c>
+      <c r="MG5" s="9" t="s">
+        <v>2</v>
+      </c>
+      <c r="MH5" s="9" t="s">
+        <v>2</v>
+      </c>
+      <c r="MI5" s="9" t="s">
+        <v>2</v>
+      </c>
+      <c r="MJ5" s="9" t="s">
+        <v>2</v>
+      </c>
+      <c r="MK5" s="9" t="s">
+        <v>2</v>
+      </c>
+      <c r="ML5" s="9" t="s">
+        <v>2</v>
+      </c>
+      <c r="MM5" s="9" t="s">
+        <v>2</v>
+      </c>
+      <c r="MN5" s="9" t="s">
+        <v>2</v>
+      </c>
+      <c r="MO5" s="9" t="s">
+        <v>2</v>
+      </c>
+      <c r="MP5" s="9" t="s">
+        <v>2</v>
+      </c>
+      <c r="MQ5" s="9" t="s">
+        <v>2</v>
+      </c>
+      <c r="MR5" s="9" t="s">
+        <v>2</v>
+      </c>
+      <c r="MS5" s="9" t="s">
+        <v>2</v>
+      </c>
+      <c r="MT5" s="9" t="s">
+        <v>2</v>
+      </c>
+      <c r="MU5" s="9" t="s">
+        <v>2</v>
+      </c>
     </row>
-    <row r="6" spans="1:359" s="16" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...2 lines deleted...]
-      <c r="C6" s="4">
+    <row r="6" spans="1:360" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A6" s="10"/>
+      <c r="B6" s="11"/>
+      <c r="C6" s="12">
         <v>35064</v>
       </c>
-      <c r="D6" s="4">
+      <c r="D6" s="12">
         <v>35095</v>
       </c>
-      <c r="E6" s="4">
+      <c r="E6" s="12">
         <v>35124</v>
       </c>
-      <c r="F6" s="4">
+      <c r="F6" s="12">
         <v>35155</v>
       </c>
-      <c r="G6" s="4">
+      <c r="G6" s="12">
         <v>35185</v>
       </c>
-      <c r="H6" s="4">
+      <c r="H6" s="12">
         <v>35216</v>
       </c>
-      <c r="I6" s="4">
+      <c r="I6" s="12">
         <v>35246</v>
       </c>
-      <c r="J6" s="4">
+      <c r="J6" s="12">
         <v>35277</v>
       </c>
-      <c r="K6" s="4">
+      <c r="K6" s="12">
         <v>35308</v>
       </c>
-      <c r="L6" s="4">
+      <c r="L6" s="12">
         <v>35338</v>
       </c>
-      <c r="M6" s="4">
+      <c r="M6" s="12">
         <v>35369</v>
       </c>
-      <c r="N6" s="4">
+      <c r="N6" s="12">
         <v>35399</v>
       </c>
-      <c r="O6" s="4">
+      <c r="O6" s="12">
         <v>35430</v>
       </c>
-      <c r="P6" s="4">
+      <c r="P6" s="12">
         <v>35461</v>
       </c>
-      <c r="Q6" s="4">
+      <c r="Q6" s="12">
         <v>35489</v>
       </c>
-      <c r="R6" s="4">
+      <c r="R6" s="12">
         <v>35520</v>
       </c>
-      <c r="S6" s="4">
+      <c r="S6" s="12">
         <v>35550</v>
       </c>
-      <c r="T6" s="4">
+      <c r="T6" s="12">
         <v>35581</v>
       </c>
-      <c r="U6" s="4">
+      <c r="U6" s="12">
         <v>35611</v>
       </c>
-      <c r="V6" s="4">
+      <c r="V6" s="12">
         <v>35642</v>
       </c>
-      <c r="W6" s="4">
+      <c r="W6" s="12">
         <v>35673</v>
       </c>
-      <c r="X6" s="4">
+      <c r="X6" s="12">
         <v>35703</v>
       </c>
-      <c r="Y6" s="4">
+      <c r="Y6" s="12">
         <v>35734</v>
       </c>
-      <c r="Z6" s="4">
+      <c r="Z6" s="12">
         <v>35764</v>
       </c>
-      <c r="AA6" s="4">
+      <c r="AA6" s="12">
         <v>35795</v>
       </c>
-      <c r="AB6" s="4">
+      <c r="AB6" s="12">
         <v>35826</v>
       </c>
-      <c r="AC6" s="4">
+      <c r="AC6" s="12">
         <v>35854</v>
       </c>
-      <c r="AD6" s="4">
+      <c r="AD6" s="12">
         <v>35885</v>
       </c>
-      <c r="AE6" s="4">
+      <c r="AE6" s="12">
         <v>35915</v>
       </c>
-      <c r="AF6" s="4">
+      <c r="AF6" s="12">
         <v>35946</v>
       </c>
-      <c r="AG6" s="4">
+      <c r="AG6" s="12">
         <v>35976</v>
       </c>
-      <c r="AH6" s="4">
+      <c r="AH6" s="12">
         <v>36007</v>
       </c>
-      <c r="AI6" s="4">
+      <c r="AI6" s="12">
         <v>36038</v>
       </c>
-      <c r="AJ6" s="4">
+      <c r="AJ6" s="12">
         <v>36068</v>
       </c>
-      <c r="AK6" s="4">
+      <c r="AK6" s="12">
         <v>36099</v>
       </c>
-      <c r="AL6" s="4">
+      <c r="AL6" s="12">
         <v>36129</v>
       </c>
-      <c r="AM6" s="4">
+      <c r="AM6" s="12">
         <v>36160</v>
       </c>
-      <c r="AN6" s="4">
+      <c r="AN6" s="12">
         <v>36191</v>
       </c>
-      <c r="AO6" s="4">
+      <c r="AO6" s="12">
         <v>36219</v>
       </c>
-      <c r="AP6" s="4">
+      <c r="AP6" s="12">
         <v>36250</v>
       </c>
-      <c r="AQ6" s="4">
+      <c r="AQ6" s="12">
         <v>36280</v>
       </c>
-      <c r="AR6" s="4">
+      <c r="AR6" s="12">
         <v>36311</v>
       </c>
-      <c r="AS6" s="4">
+      <c r="AS6" s="12">
         <v>36341</v>
       </c>
-      <c r="AT6" s="4">
+      <c r="AT6" s="12">
         <v>36372</v>
       </c>
-      <c r="AU6" s="4">
+      <c r="AU6" s="12">
         <v>36403</v>
       </c>
-      <c r="AV6" s="4">
+      <c r="AV6" s="12">
         <v>36433</v>
       </c>
-      <c r="AW6" s="4">
+      <c r="AW6" s="12">
         <v>36464</v>
       </c>
-      <c r="AX6" s="4">
+      <c r="AX6" s="12">
         <v>36494</v>
       </c>
-      <c r="AY6" s="4">
+      <c r="AY6" s="12">
         <v>36525</v>
       </c>
-      <c r="AZ6" s="4">
+      <c r="AZ6" s="12">
         <v>36556</v>
       </c>
-      <c r="BA6" s="4">
+      <c r="BA6" s="12">
         <v>36585</v>
       </c>
-      <c r="BB6" s="4">
+      <c r="BB6" s="12">
         <v>36616</v>
       </c>
-      <c r="BC6" s="4">
+      <c r="BC6" s="12">
         <v>36646</v>
       </c>
-      <c r="BD6" s="4">
+      <c r="BD6" s="12">
         <v>36677</v>
       </c>
-      <c r="BE6" s="4">
+      <c r="BE6" s="12">
         <v>36707</v>
       </c>
-      <c r="BF6" s="4">
+      <c r="BF6" s="12">
         <v>36738</v>
       </c>
-      <c r="BG6" s="4">
+      <c r="BG6" s="12">
         <v>36769</v>
       </c>
-      <c r="BH6" s="4">
+      <c r="BH6" s="12">
         <v>36799</v>
       </c>
-      <c r="BI6" s="4">
+      <c r="BI6" s="12">
         <v>36830</v>
       </c>
-      <c r="BJ6" s="4">
+      <c r="BJ6" s="12">
         <v>36860</v>
       </c>
-      <c r="BK6" s="4">
+      <c r="BK6" s="12">
         <v>36891</v>
       </c>
-      <c r="BL6" s="4">
+      <c r="BL6" s="12">
         <v>36922</v>
       </c>
-      <c r="BM6" s="4">
+      <c r="BM6" s="12">
         <v>36950</v>
       </c>
-      <c r="BN6" s="4">
+      <c r="BN6" s="12">
         <v>36981</v>
       </c>
-      <c r="BO6" s="4">
+      <c r="BO6" s="12">
         <v>37011</v>
       </c>
-      <c r="BP6" s="4">
+      <c r="BP6" s="12">
         <v>37042</v>
       </c>
-      <c r="BQ6" s="4">
+      <c r="BQ6" s="12">
         <v>37072</v>
       </c>
-      <c r="BR6" s="4">
+      <c r="BR6" s="12">
         <v>37103</v>
       </c>
-      <c r="BS6" s="4">
+      <c r="BS6" s="12">
         <v>37134</v>
       </c>
-      <c r="BT6" s="4">
+      <c r="BT6" s="12">
         <v>37164</v>
       </c>
-      <c r="BU6" s="4">
+      <c r="BU6" s="12">
         <v>37195</v>
       </c>
-      <c r="BV6" s="4">
+      <c r="BV6" s="12">
         <v>37225</v>
       </c>
-      <c r="BW6" s="4">
+      <c r="BW6" s="12">
         <v>37256</v>
       </c>
-      <c r="BX6" s="4">
+      <c r="BX6" s="12">
         <v>37287</v>
       </c>
-      <c r="BY6" s="4">
+      <c r="BY6" s="12">
         <v>37315</v>
       </c>
-      <c r="BZ6" s="4">
+      <c r="BZ6" s="12">
         <v>37346</v>
       </c>
-      <c r="CA6" s="4">
+      <c r="CA6" s="12">
         <v>37376</v>
       </c>
-      <c r="CB6" s="4">
+      <c r="CB6" s="12">
         <v>37407</v>
       </c>
-      <c r="CC6" s="4">
+      <c r="CC6" s="12">
         <v>37437</v>
       </c>
-      <c r="CD6" s="4">
+      <c r="CD6" s="12">
         <v>37468</v>
       </c>
-      <c r="CE6" s="4">
+      <c r="CE6" s="12">
         <v>37499</v>
       </c>
-      <c r="CF6" s="4">
+      <c r="CF6" s="12">
         <v>37529</v>
       </c>
-      <c r="CG6" s="4">
+      <c r="CG6" s="12">
         <v>37560</v>
       </c>
-      <c r="CH6" s="4">
+      <c r="CH6" s="12">
         <v>37590</v>
       </c>
-      <c r="CI6" s="4">
+      <c r="CI6" s="12">
         <v>37621</v>
       </c>
-      <c r="CJ6" s="4">
+      <c r="CJ6" s="12">
         <v>37652</v>
       </c>
-      <c r="CK6" s="4">
+      <c r="CK6" s="12">
         <v>37680</v>
       </c>
-      <c r="CL6" s="4">
+      <c r="CL6" s="12">
         <v>37711</v>
       </c>
-      <c r="CM6" s="4">
+      <c r="CM6" s="12">
         <v>37741</v>
       </c>
-      <c r="CN6" s="4">
+      <c r="CN6" s="12">
         <v>37772</v>
       </c>
-      <c r="CO6" s="4">
+      <c r="CO6" s="12">
         <v>37802</v>
       </c>
-      <c r="CP6" s="4">
+      <c r="CP6" s="12">
         <v>37833</v>
       </c>
-      <c r="CQ6" s="4">
+      <c r="CQ6" s="12">
         <v>37864</v>
       </c>
-      <c r="CR6" s="4">
+      <c r="CR6" s="12">
         <v>37894</v>
       </c>
-      <c r="CS6" s="4">
+      <c r="CS6" s="12">
         <v>37925</v>
       </c>
-      <c r="CT6" s="4">
+      <c r="CT6" s="12">
         <v>37955</v>
       </c>
-      <c r="CU6" s="4">
+      <c r="CU6" s="12">
         <v>37986</v>
       </c>
-      <c r="CV6" s="4">
+      <c r="CV6" s="12">
         <v>38017</v>
       </c>
-      <c r="CW6" s="4">
+      <c r="CW6" s="12">
         <v>38046</v>
       </c>
-      <c r="CX6" s="4">
+      <c r="CX6" s="12">
         <v>38077</v>
       </c>
-      <c r="CY6" s="4">
+      <c r="CY6" s="12">
         <v>38107</v>
       </c>
-      <c r="CZ6" s="4">
+      <c r="CZ6" s="12">
         <v>38138</v>
       </c>
-      <c r="DA6" s="4">
+      <c r="DA6" s="12">
         <v>38168</v>
       </c>
-      <c r="DB6" s="4">
+      <c r="DB6" s="12">
         <v>38199</v>
       </c>
-      <c r="DC6" s="4">
+      <c r="DC6" s="12">
         <v>38230</v>
       </c>
-      <c r="DD6" s="4">
+      <c r="DD6" s="12">
         <v>38260</v>
       </c>
-      <c r="DE6" s="4">
+      <c r="DE6" s="12">
         <v>38291</v>
       </c>
-      <c r="DF6" s="4">
+      <c r="DF6" s="12">
         <v>38321</v>
       </c>
-      <c r="DG6" s="4">
+      <c r="DG6" s="12">
         <v>38352</v>
       </c>
-      <c r="DH6" s="4">
+      <c r="DH6" s="12">
         <v>38383</v>
       </c>
-      <c r="DI6" s="4">
+      <c r="DI6" s="12">
         <v>38411</v>
       </c>
-      <c r="DJ6" s="4">
+      <c r="DJ6" s="12">
         <v>38442</v>
       </c>
-      <c r="DK6" s="4">
+      <c r="DK6" s="12">
         <v>38472</v>
       </c>
-      <c r="DL6" s="4">
+      <c r="DL6" s="12">
         <v>38503</v>
       </c>
-      <c r="DM6" s="4">
+      <c r="DM6" s="12">
         <v>38533</v>
       </c>
-      <c r="DN6" s="4">
+      <c r="DN6" s="12">
         <v>38564</v>
       </c>
-      <c r="DO6" s="4">
+      <c r="DO6" s="12">
         <v>38595</v>
       </c>
-      <c r="DP6" s="4">
+      <c r="DP6" s="12">
         <v>38625</v>
       </c>
-      <c r="DQ6" s="4">
+      <c r="DQ6" s="12">
         <v>38656</v>
       </c>
-      <c r="DR6" s="4">
+      <c r="DR6" s="12">
         <v>38686</v>
       </c>
-      <c r="DS6" s="4">
+      <c r="DS6" s="12">
         <v>38717</v>
       </c>
-      <c r="DT6" s="4">
+      <c r="DT6" s="12">
         <v>38748</v>
       </c>
-      <c r="DU6" s="4">
+      <c r="DU6" s="12">
         <v>38776</v>
       </c>
-      <c r="DV6" s="4">
+      <c r="DV6" s="12">
         <v>38807</v>
       </c>
-      <c r="DW6" s="4">
+      <c r="DW6" s="12">
         <v>38837</v>
       </c>
-      <c r="DX6" s="4">
+      <c r="DX6" s="12">
         <v>38868</v>
       </c>
-      <c r="DY6" s="4">
+      <c r="DY6" s="12">
         <v>38898</v>
       </c>
-      <c r="DZ6" s="4">
+      <c r="DZ6" s="12">
         <v>38929</v>
       </c>
-      <c r="EA6" s="4">
+      <c r="EA6" s="12">
         <v>38960</v>
       </c>
-      <c r="EB6" s="4">
+      <c r="EB6" s="12">
         <v>38990</v>
       </c>
-      <c r="EC6" s="4">
+      <c r="EC6" s="12">
         <v>39021</v>
       </c>
-      <c r="ED6" s="4">
+      <c r="ED6" s="12">
         <v>39051</v>
       </c>
-      <c r="EE6" s="4">
+      <c r="EE6" s="12">
         <v>39082</v>
       </c>
-      <c r="EF6" s="4">
+      <c r="EF6" s="12">
         <v>39113</v>
       </c>
-      <c r="EG6" s="4">
+      <c r="EG6" s="12">
         <v>39141</v>
       </c>
-      <c r="EH6" s="4">
+      <c r="EH6" s="12">
         <v>39172</v>
       </c>
-      <c r="EI6" s="4">
+      <c r="EI6" s="12">
         <v>39202</v>
       </c>
-      <c r="EJ6" s="4">
+      <c r="EJ6" s="12">
         <v>39233</v>
       </c>
-      <c r="EK6" s="4">
+      <c r="EK6" s="12">
         <v>39263</v>
       </c>
-      <c r="EL6" s="4">
+      <c r="EL6" s="12">
         <v>39294</v>
       </c>
-      <c r="EM6" s="4">
+      <c r="EM6" s="12">
         <v>39325</v>
       </c>
-      <c r="EN6" s="4">
+      <c r="EN6" s="12">
         <v>39355</v>
       </c>
-      <c r="EO6" s="4">
+      <c r="EO6" s="12">
         <v>39386</v>
       </c>
-      <c r="EP6" s="4">
+      <c r="EP6" s="12">
         <v>39416</v>
       </c>
-      <c r="EQ6" s="4">
+      <c r="EQ6" s="12">
         <v>39447</v>
       </c>
-      <c r="ER6" s="4">
+      <c r="ER6" s="12">
         <v>39478</v>
       </c>
-      <c r="ES6" s="4">
+      <c r="ES6" s="12">
         <v>39507</v>
       </c>
-      <c r="ET6" s="4">
+      <c r="ET6" s="12">
         <v>39538</v>
       </c>
-      <c r="EU6" s="4">
+      <c r="EU6" s="12">
         <v>39568</v>
       </c>
-      <c r="EV6" s="4">
+      <c r="EV6" s="12">
         <v>39599</v>
       </c>
-      <c r="EW6" s="4">
+      <c r="EW6" s="12">
         <v>39629</v>
       </c>
-      <c r="EX6" s="4">
+      <c r="EX6" s="12">
         <v>39660</v>
       </c>
-      <c r="EY6" s="4">
+      <c r="EY6" s="12">
         <v>39691</v>
       </c>
-      <c r="EZ6" s="4">
+      <c r="EZ6" s="12">
         <v>39721</v>
       </c>
-      <c r="FA6" s="4">
+      <c r="FA6" s="12">
         <v>39752</v>
       </c>
-      <c r="FB6" s="4">
+      <c r="FB6" s="12">
         <v>39782</v>
       </c>
-      <c r="FC6" s="4">
+      <c r="FC6" s="12">
         <v>39813</v>
       </c>
-      <c r="FD6" s="4">
+      <c r="FD6" s="12">
         <v>39844</v>
       </c>
-      <c r="FE6" s="4">
+      <c r="FE6" s="12">
         <v>39872</v>
       </c>
-      <c r="FF6" s="4">
+      <c r="FF6" s="12">
         <v>39903</v>
       </c>
-      <c r="FG6" s="4">
+      <c r="FG6" s="12">
         <v>39933</v>
       </c>
-      <c r="FH6" s="4">
+      <c r="FH6" s="12">
         <v>39964</v>
       </c>
-      <c r="FI6" s="4">
+      <c r="FI6" s="12">
         <v>39994</v>
       </c>
-      <c r="FJ6" s="4">
+      <c r="FJ6" s="12">
         <v>40025</v>
       </c>
-      <c r="FK6" s="4">
+      <c r="FK6" s="12">
         <v>40056</v>
       </c>
-      <c r="FL6" s="4">
+      <c r="FL6" s="12">
         <v>40086</v>
       </c>
-      <c r="FM6" s="4">
+      <c r="FM6" s="12">
         <v>40117</v>
       </c>
-      <c r="FN6" s="4">
+      <c r="FN6" s="12">
         <v>40147</v>
       </c>
-      <c r="FO6" s="4">
+      <c r="FO6" s="12">
         <v>40178</v>
       </c>
-      <c r="FP6" s="4">
+      <c r="FP6" s="12">
         <v>40209</v>
       </c>
-      <c r="FQ6" s="4">
+      <c r="FQ6" s="12">
         <v>40237</v>
       </c>
-      <c r="FR6" s="4">
+      <c r="FR6" s="12">
         <v>40268</v>
       </c>
-      <c r="FS6" s="4">
+      <c r="FS6" s="12">
         <v>40298</v>
       </c>
-      <c r="FT6" s="4">
+      <c r="FT6" s="12">
         <v>40329</v>
       </c>
-      <c r="FU6" s="4">
+      <c r="FU6" s="12">
         <v>40359</v>
       </c>
-      <c r="FV6" s="4">
+      <c r="FV6" s="12">
         <v>40390</v>
       </c>
-      <c r="FW6" s="4">
+      <c r="FW6" s="12">
         <v>40421</v>
       </c>
-      <c r="FX6" s="4">
+      <c r="FX6" s="12">
         <v>40451</v>
       </c>
-      <c r="FY6" s="4">
+      <c r="FY6" s="12">
         <v>40482</v>
       </c>
-      <c r="FZ6" s="4">
+      <c r="FZ6" s="12">
         <v>40512</v>
       </c>
-      <c r="GA6" s="4">
+      <c r="GA6" s="12">
         <v>40543</v>
       </c>
-      <c r="GB6" s="4">
+      <c r="GB6" s="12">
         <v>40574</v>
       </c>
-      <c r="GC6" s="4">
+      <c r="GC6" s="12">
         <v>40602</v>
       </c>
-      <c r="GD6" s="4">
+      <c r="GD6" s="12">
         <v>40633</v>
       </c>
-      <c r="GE6" s="4">
+      <c r="GE6" s="12">
         <v>40663</v>
       </c>
-      <c r="GF6" s="4">
+      <c r="GF6" s="12">
         <v>40694</v>
       </c>
-      <c r="GG6" s="4">
+      <c r="GG6" s="12">
         <v>40724</v>
       </c>
-      <c r="GH6" s="4">
+      <c r="GH6" s="12">
         <v>40755</v>
       </c>
-      <c r="GI6" s="4">
+      <c r="GI6" s="12">
         <v>40786</v>
       </c>
-      <c r="GJ6" s="4">
+      <c r="GJ6" s="12">
         <v>40816</v>
       </c>
-      <c r="GK6" s="4">
+      <c r="GK6" s="12">
         <v>40847</v>
       </c>
-      <c r="GL6" s="4">
+      <c r="GL6" s="12">
         <v>40877</v>
       </c>
-      <c r="GM6" s="4">
+      <c r="GM6" s="12">
         <v>40908</v>
       </c>
-      <c r="GN6" s="4">
+      <c r="GN6" s="12">
         <v>40939</v>
       </c>
-      <c r="GO6" s="4">
+      <c r="GO6" s="12">
         <v>40968</v>
       </c>
-      <c r="GP6" s="4">
+      <c r="GP6" s="12">
         <v>40999</v>
       </c>
-      <c r="GQ6" s="4">
+      <c r="GQ6" s="12">
         <v>41029</v>
       </c>
-      <c r="GR6" s="4">
+      <c r="GR6" s="12">
         <v>41060</v>
       </c>
-      <c r="GS6" s="4">
+      <c r="GS6" s="12">
         <v>41090</v>
       </c>
-      <c r="GT6" s="4">
+      <c r="GT6" s="12">
         <v>41121</v>
       </c>
-      <c r="GU6" s="4">
+      <c r="GU6" s="12">
         <v>41152</v>
       </c>
-      <c r="GV6" s="4">
+      <c r="GV6" s="12">
         <v>41182</v>
       </c>
-      <c r="GW6" s="4">
+      <c r="GW6" s="12">
         <v>41213</v>
       </c>
-      <c r="GX6" s="4">
+      <c r="GX6" s="12">
         <v>41243</v>
       </c>
-      <c r="GY6" s="4">
+      <c r="GY6" s="12">
         <v>41274</v>
       </c>
-      <c r="GZ6" s="4">
+      <c r="GZ6" s="12">
         <v>41305</v>
       </c>
-      <c r="HA6" s="4">
+      <c r="HA6" s="12">
         <v>41333</v>
       </c>
-      <c r="HB6" s="4">
+      <c r="HB6" s="12">
         <v>41364</v>
       </c>
-      <c r="HC6" s="4">
+      <c r="HC6" s="12">
         <v>41394</v>
       </c>
-      <c r="HD6" s="4">
+      <c r="HD6" s="12">
         <v>41425</v>
       </c>
-      <c r="HE6" s="4">
+      <c r="HE6" s="12">
         <v>41455</v>
       </c>
-      <c r="HF6" s="4">
+      <c r="HF6" s="12">
         <v>41486</v>
       </c>
-      <c r="HG6" s="4">
+      <c r="HG6" s="12">
         <v>41517</v>
       </c>
-      <c r="HH6" s="4">
+      <c r="HH6" s="12">
         <v>41547</v>
       </c>
-      <c r="HI6" s="4">
+      <c r="HI6" s="12">
         <v>41578</v>
       </c>
-      <c r="HJ6" s="4">
+      <c r="HJ6" s="12">
         <v>41608</v>
       </c>
-      <c r="HK6" s="4">
+      <c r="HK6" s="12">
         <v>41639</v>
       </c>
-      <c r="HL6" s="4">
+      <c r="HL6" s="12">
         <v>41670</v>
       </c>
-      <c r="HM6" s="4">
+      <c r="HM6" s="12">
         <v>41698</v>
       </c>
-      <c r="HN6" s="4">
+      <c r="HN6" s="12">
         <v>41729</v>
       </c>
-      <c r="HO6" s="4">
+      <c r="HO6" s="12">
         <v>41759</v>
       </c>
-      <c r="HP6" s="4">
+      <c r="HP6" s="12">
         <v>41790</v>
       </c>
-      <c r="HQ6" s="4">
+      <c r="HQ6" s="12">
         <v>41820</v>
       </c>
-      <c r="HR6" s="4">
+      <c r="HR6" s="12">
         <v>41851</v>
       </c>
-      <c r="HS6" s="4">
+      <c r="HS6" s="12">
         <v>41882</v>
       </c>
-      <c r="HT6" s="4">
+      <c r="HT6" s="12">
         <v>41912</v>
       </c>
-      <c r="HU6" s="4">
+      <c r="HU6" s="12">
         <v>41943</v>
       </c>
-      <c r="HV6" s="4">
+      <c r="HV6" s="12">
         <v>41973</v>
       </c>
-      <c r="HW6" s="4">
+      <c r="HW6" s="12">
         <v>42004</v>
       </c>
-      <c r="HX6" s="4">
+      <c r="HX6" s="12">
         <v>42035</v>
       </c>
-      <c r="HY6" s="4">
+      <c r="HY6" s="12">
         <v>42063</v>
       </c>
-      <c r="HZ6" s="4">
+      <c r="HZ6" s="12">
         <v>42094</v>
       </c>
-      <c r="IA6" s="4">
+      <c r="IA6" s="12">
         <v>42124</v>
       </c>
-      <c r="IB6" s="4">
+      <c r="IB6" s="12">
         <v>42155</v>
       </c>
-      <c r="IC6" s="4">
+      <c r="IC6" s="12">
         <v>42185</v>
       </c>
-      <c r="ID6" s="4">
+      <c r="ID6" s="12">
         <v>42216</v>
       </c>
-      <c r="IE6" s="4">
+      <c r="IE6" s="12">
         <v>42247</v>
       </c>
-      <c r="IF6" s="4">
+      <c r="IF6" s="12">
         <v>42277</v>
       </c>
-      <c r="IG6" s="4">
+      <c r="IG6" s="12">
         <v>42308</v>
       </c>
-      <c r="IH6" s="4">
+      <c r="IH6" s="12">
         <v>42338</v>
       </c>
-      <c r="II6" s="4">
+      <c r="II6" s="12">
         <v>42369</v>
       </c>
-      <c r="IJ6" s="4">
+      <c r="IJ6" s="12">
         <v>42400</v>
       </c>
-      <c r="IK6" s="4">
+      <c r="IK6" s="12">
         <v>42429</v>
       </c>
-      <c r="IL6" s="4">
+      <c r="IL6" s="12">
         <v>42460</v>
       </c>
-      <c r="IM6" s="4">
+      <c r="IM6" s="12">
         <v>42490</v>
       </c>
-      <c r="IN6" s="4">
+      <c r="IN6" s="12">
         <v>42521</v>
       </c>
-      <c r="IO6" s="4">
+      <c r="IO6" s="12">
         <v>42551</v>
       </c>
-      <c r="IP6" s="4">
+      <c r="IP6" s="12">
         <v>42582</v>
       </c>
-      <c r="IQ6" s="4">
+      <c r="IQ6" s="12">
         <v>42613</v>
       </c>
-      <c r="IR6" s="4">
+      <c r="IR6" s="12">
         <v>42643</v>
       </c>
-      <c r="IS6" s="4">
+      <c r="IS6" s="12">
         <v>42674</v>
       </c>
-      <c r="IT6" s="4">
+      <c r="IT6" s="12">
         <v>42704</v>
       </c>
-      <c r="IU6" s="4">
+      <c r="IU6" s="12">
         <v>42735</v>
       </c>
-      <c r="IV6" s="4">
+      <c r="IV6" s="12">
         <v>42766</v>
       </c>
-      <c r="IW6" s="4">
+      <c r="IW6" s="12">
         <v>42794</v>
       </c>
-      <c r="IX6" s="4">
+      <c r="IX6" s="12">
         <v>42825</v>
       </c>
-      <c r="IY6" s="4">
+      <c r="IY6" s="12">
         <v>42855</v>
       </c>
-      <c r="IZ6" s="4">
+      <c r="IZ6" s="12">
         <v>42886</v>
       </c>
-      <c r="JA6" s="4">
+      <c r="JA6" s="12">
         <v>42916</v>
       </c>
-      <c r="JB6" s="4">
+      <c r="JB6" s="12">
         <v>42947</v>
       </c>
-      <c r="JC6" s="4">
+      <c r="JC6" s="12">
         <v>42978</v>
       </c>
-      <c r="JD6" s="4">
+      <c r="JD6" s="12">
         <v>43008</v>
       </c>
-      <c r="JE6" s="4">
+      <c r="JE6" s="12">
         <v>43039</v>
       </c>
-      <c r="JF6" s="4">
+      <c r="JF6" s="12">
         <v>43069</v>
       </c>
-      <c r="JG6" s="4">
+      <c r="JG6" s="12">
         <v>43100</v>
       </c>
-      <c r="JH6" s="4">
+      <c r="JH6" s="12">
         <v>43131</v>
       </c>
-      <c r="JI6" s="4">
+      <c r="JI6" s="12">
         <v>43159</v>
       </c>
-      <c r="JJ6" s="4">
+      <c r="JJ6" s="12">
         <v>43190</v>
       </c>
-      <c r="JK6" s="4">
+      <c r="JK6" s="12">
         <v>43220</v>
       </c>
-      <c r="JL6" s="4">
+      <c r="JL6" s="12">
         <v>43251</v>
       </c>
-      <c r="JM6" s="4">
+      <c r="JM6" s="12">
         <v>43281</v>
       </c>
-      <c r="JN6" s="4">
+      <c r="JN6" s="12">
         <v>43312</v>
       </c>
-      <c r="JO6" s="4">
+      <c r="JO6" s="12">
         <v>43343</v>
       </c>
-      <c r="JP6" s="4">
+      <c r="JP6" s="12">
         <v>43373</v>
       </c>
-      <c r="JQ6" s="4">
+      <c r="JQ6" s="12">
         <v>43404</v>
       </c>
-      <c r="JR6" s="4">
+      <c r="JR6" s="12">
         <v>43434</v>
       </c>
-      <c r="JS6" s="4">
+      <c r="JS6" s="12">
         <v>43465</v>
       </c>
-      <c r="JT6" s="4">
+      <c r="JT6" s="12">
         <v>43496</v>
       </c>
-      <c r="JU6" s="4">
+      <c r="JU6" s="12">
         <v>43524</v>
       </c>
-      <c r="JV6" s="4">
+      <c r="JV6" s="12">
         <v>43555</v>
       </c>
-      <c r="JW6" s="4">
+      <c r="JW6" s="12">
         <v>43585</v>
       </c>
-      <c r="JX6" s="4">
+      <c r="JX6" s="12">
         <v>43616</v>
       </c>
-      <c r="JY6" s="4">
+      <c r="JY6" s="12">
         <v>43646</v>
       </c>
-      <c r="JZ6" s="4">
+      <c r="JZ6" s="12">
         <v>43677</v>
       </c>
-      <c r="KA6" s="4">
+      <c r="KA6" s="12">
         <v>43708</v>
       </c>
-      <c r="KB6" s="4">
+      <c r="KB6" s="12">
         <v>43738</v>
       </c>
-      <c r="KC6" s="4">
+      <c r="KC6" s="12">
         <v>43769</v>
       </c>
-      <c r="KD6" s="4">
+      <c r="KD6" s="12">
         <v>43799</v>
       </c>
-      <c r="KE6" s="4">
+      <c r="KE6" s="12">
         <v>43830</v>
       </c>
-      <c r="KF6" s="4">
+      <c r="KF6" s="12">
         <v>43861</v>
       </c>
-      <c r="KG6" s="4">
+      <c r="KG6" s="12">
         <v>43890</v>
       </c>
-      <c r="KH6" s="4">
+      <c r="KH6" s="12">
         <v>43921</v>
       </c>
-      <c r="KI6" s="4">
+      <c r="KI6" s="12">
         <v>43951</v>
       </c>
-      <c r="KJ6" s="4">
+      <c r="KJ6" s="12">
         <v>43982</v>
       </c>
-      <c r="KK6" s="4">
+      <c r="KK6" s="12">
         <v>44012</v>
       </c>
-      <c r="KL6" s="4">
+      <c r="KL6" s="12">
         <v>44043</v>
       </c>
-      <c r="KM6" s="4">
+      <c r="KM6" s="12">
         <v>44074</v>
       </c>
-      <c r="KN6" s="4">
+      <c r="KN6" s="12">
         <v>44104</v>
       </c>
-      <c r="KO6" s="4">
+      <c r="KO6" s="12">
         <v>44135</v>
       </c>
-      <c r="KP6" s="4">
+      <c r="KP6" s="12">
         <v>44165</v>
       </c>
-      <c r="KQ6" s="4">
+      <c r="KQ6" s="12">
         <v>44196</v>
       </c>
-      <c r="KR6" s="4">
+      <c r="KR6" s="12">
         <v>44227</v>
       </c>
-      <c r="KS6" s="4">
+      <c r="KS6" s="12">
         <v>44255</v>
       </c>
-      <c r="KT6" s="4">
+      <c r="KT6" s="12">
         <v>44286</v>
       </c>
-      <c r="KU6" s="4">
+      <c r="KU6" s="12">
         <v>44316</v>
       </c>
-      <c r="KV6" s="4">
+      <c r="KV6" s="12">
         <v>44347</v>
       </c>
-      <c r="KW6" s="4">
+      <c r="KW6" s="12">
         <v>44377</v>
       </c>
-      <c r="KX6" s="4">
+      <c r="KX6" s="12">
         <v>44408</v>
       </c>
-      <c r="KY6" s="4">
+      <c r="KY6" s="12">
         <v>44439</v>
       </c>
-      <c r="KZ6" s="4">
+      <c r="KZ6" s="12">
         <v>44469</v>
       </c>
-      <c r="LA6" s="4">
+      <c r="LA6" s="12">
         <v>44500</v>
       </c>
-      <c r="LB6" s="4">
+      <c r="LB6" s="12">
         <v>44530</v>
       </c>
-      <c r="LC6" s="4">
+      <c r="LC6" s="12">
         <v>44561</v>
       </c>
-      <c r="LD6" s="4">
+      <c r="LD6" s="12">
         <v>44592</v>
       </c>
-      <c r="LE6" s="4">
+      <c r="LE6" s="12">
         <v>44620</v>
       </c>
-      <c r="LF6" s="4">
+      <c r="LF6" s="12">
         <v>44651</v>
       </c>
-      <c r="LG6" s="4">
+      <c r="LG6" s="12">
         <v>44681</v>
       </c>
-      <c r="LH6" s="4">
+      <c r="LH6" s="12">
         <v>44712</v>
       </c>
-      <c r="LI6" s="4">
+      <c r="LI6" s="12">
         <v>44742</v>
       </c>
-      <c r="LJ6" s="4">
+      <c r="LJ6" s="12">
         <v>44773</v>
       </c>
-      <c r="LK6" s="4">
+      <c r="LK6" s="12">
         <v>44804</v>
       </c>
-      <c r="LL6" s="4">
+      <c r="LL6" s="12">
         <v>44834</v>
       </c>
-      <c r="LM6" s="4">
+      <c r="LM6" s="12">
         <v>44865</v>
       </c>
-      <c r="LN6" s="4">
+      <c r="LN6" s="12">
         <v>44895</v>
       </c>
-      <c r="LO6" s="4">
+      <c r="LO6" s="12">
         <v>44926</v>
       </c>
-      <c r="LP6" s="4">
+      <c r="LP6" s="12">
         <v>44957</v>
       </c>
-      <c r="LQ6" s="4">
+      <c r="LQ6" s="12">
         <v>44985</v>
       </c>
-      <c r="LR6" s="4">
+      <c r="LR6" s="12">
         <v>45016</v>
       </c>
-      <c r="LS6" s="4">
+      <c r="LS6" s="12">
         <v>45046</v>
       </c>
-      <c r="LT6" s="4">
+      <c r="LT6" s="12">
         <v>45077</v>
       </c>
-      <c r="LU6" s="4">
+      <c r="LU6" s="12">
         <v>45107</v>
       </c>
-      <c r="LV6" s="4">
+      <c r="LV6" s="12">
         <v>45138</v>
       </c>
-      <c r="LW6" s="4">
+      <c r="LW6" s="12">
         <v>45169</v>
       </c>
-      <c r="LX6" s="4">
+      <c r="LX6" s="12">
         <v>45199</v>
       </c>
-      <c r="LY6" s="4">
+      <c r="LY6" s="12">
         <v>45230</v>
       </c>
-      <c r="LZ6" s="4">
+      <c r="LZ6" s="12">
         <v>45260</v>
       </c>
-      <c r="MA6" s="4">
+      <c r="MA6" s="12">
         <v>45291</v>
       </c>
-      <c r="MB6" s="4">
+      <c r="MB6" s="12">
         <v>45322</v>
       </c>
-      <c r="MC6" s="4">
+      <c r="MC6" s="12">
         <v>45351</v>
       </c>
-      <c r="MD6" s="4">
+      <c r="MD6" s="12">
         <v>45382</v>
       </c>
-      <c r="ME6" s="4">
+      <c r="ME6" s="12">
         <v>45412</v>
       </c>
-      <c r="MF6" s="4">
+      <c r="MF6" s="12">
         <v>45443</v>
       </c>
-      <c r="MG6" s="4">
+      <c r="MG6" s="12">
         <v>45473</v>
       </c>
-      <c r="MH6" s="4">
+      <c r="MH6" s="12">
         <v>45504</v>
       </c>
-      <c r="MI6" s="4">
+      <c r="MI6" s="12">
         <v>45535</v>
       </c>
-      <c r="MJ6" s="4">
+      <c r="MJ6" s="12">
         <v>45565</v>
       </c>
-      <c r="MK6" s="4">
+      <c r="MK6" s="12">
         <v>45596</v>
       </c>
-      <c r="ML6" s="4">
+      <c r="ML6" s="12">
         <v>45626</v>
       </c>
-      <c r="MM6" s="4">
+      <c r="MM6" s="12">
         <v>45657</v>
       </c>
-      <c r="MN6" s="4">
+      <c r="MN6" s="12">
         <v>45688</v>
       </c>
-      <c r="MO6" s="4">
+      <c r="MO6" s="12">
         <v>45716</v>
       </c>
-      <c r="MP6" s="4">
+      <c r="MP6" s="12">
         <v>45747</v>
       </c>
-      <c r="MQ6" s="4">
+      <c r="MQ6" s="12">
         <v>45777</v>
       </c>
-      <c r="MR6" s="4">
+      <c r="MR6" s="12">
         <v>45808</v>
       </c>
-      <c r="MS6" s="4">
+      <c r="MS6" s="12">
         <v>45838</v>
       </c>
-      <c r="MT6" s="4">
+      <c r="MT6" s="12">
         <v>45869</v>
       </c>
-      <c r="MU6" s="4">
+      <c r="MU6" s="12">
         <v>45900</v>
       </c>
+      <c r="MV6" s="12">
+        <v>45930</v>
+      </c>
     </row>
-    <row r="7" spans="1:359" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="B7" s="18" t="s">
+    <row r="7" spans="1:360" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A7" s="14"/>
+      <c r="B7" s="15" t="s">
+        <v>10</v>
+      </c>
+      <c r="C7" s="14">
+        <v>2332.2067839900001</v>
+      </c>
+      <c r="D7" s="14">
+        <v>2272.73275233</v>
+      </c>
+      <c r="E7" s="14">
+        <v>2252.8651237600002</v>
+      </c>
+      <c r="F7" s="14">
+        <v>2201.5512585800002</v>
+      </c>
+      <c r="G7" s="14">
+        <v>2177.8043657799999</v>
+      </c>
+      <c r="H7" s="14">
+        <v>2124.77579492</v>
+      </c>
+      <c r="I7" s="14">
+        <v>2112.9034915900002</v>
+      </c>
+      <c r="J7" s="14">
+        <v>2029.72086534</v>
+      </c>
+      <c r="K7" s="14">
+        <v>1992.5594503100001</v>
+      </c>
+      <c r="L7" s="14">
+        <v>1951.43926055</v>
+      </c>
+      <c r="M7" s="14">
+        <v>2031.41630915</v>
+      </c>
+      <c r="N7" s="14">
+        <v>2028.83440406</v>
+      </c>
+      <c r="O7" s="14">
+        <v>2279.23991015</v>
+      </c>
+      <c r="P7" s="14">
+        <v>2251.1965307</v>
+      </c>
+      <c r="Q7" s="14">
+        <v>2236.11704538</v>
+      </c>
+      <c r="R7" s="14">
+        <v>2162.7307832400002</v>
+      </c>
+      <c r="S7" s="14">
+        <v>2209.4738512200001</v>
+      </c>
+      <c r="T7" s="14">
+        <v>2188.40133672</v>
+      </c>
+      <c r="U7" s="14">
+        <v>2200.2256190399999</v>
+      </c>
+      <c r="V7" s="14">
+        <v>2136.1429129100002</v>
+      </c>
+      <c r="W7" s="14">
+        <v>2149.4084391400002</v>
+      </c>
+      <c r="X7" s="14">
+        <v>2153.2238294099998</v>
+      </c>
+      <c r="Y7" s="14">
+        <v>2129.12750456</v>
+      </c>
+      <c r="Z7" s="14">
+        <v>2129.9744831799999</v>
+      </c>
+      <c r="AA7" s="14">
+        <v>2086.06980866</v>
+      </c>
+      <c r="AB7" s="14">
+        <v>2114.3975994399998</v>
+      </c>
+      <c r="AC7" s="14">
+        <v>2035.2727076799999</v>
+      </c>
+      <c r="AD7" s="14">
+        <v>2035.6750698799999</v>
+      </c>
+      <c r="AE7" s="14">
+        <v>2145.6327474899999</v>
+      </c>
+      <c r="AF7" s="14">
+        <v>2098.7344586899999</v>
+      </c>
+      <c r="AG7" s="14">
+        <v>2105.2449647600001</v>
+      </c>
+      <c r="AH7" s="14">
+        <v>2030.84246108</v>
+      </c>
+      <c r="AI7" s="14">
+        <v>2027.84912775</v>
+      </c>
+      <c r="AJ7" s="14">
+        <v>2087.5670978799999</v>
+      </c>
+      <c r="AK7" s="14">
+        <v>2093.9082507100002</v>
+      </c>
+      <c r="AL7" s="14">
+        <v>2028.96026239</v>
+      </c>
+      <c r="AM7" s="14">
+        <v>2072.0031221600002</v>
+      </c>
+      <c r="AN7" s="14">
+        <v>2043.4947962000001</v>
+      </c>
+      <c r="AO7" s="14">
+        <v>2340.3374671199999</v>
+      </c>
+      <c r="AP7" s="14">
+        <v>2247.4722752600001</v>
+      </c>
+      <c r="AQ7" s="14">
+        <v>2213.6784724899999</v>
+      </c>
+      <c r="AR7" s="14">
+        <v>2182.5567257299999</v>
+      </c>
+      <c r="AS7" s="14">
+        <v>2305.7874801200001</v>
+      </c>
+      <c r="AT7" s="14">
+        <v>2317.8012050299999</v>
+      </c>
+      <c r="AU7" s="14">
+        <v>2305.8656300600001</v>
+      </c>
+      <c r="AV7" s="14">
+        <v>2234.40060847</v>
+      </c>
+      <c r="AW7" s="14">
+        <v>2257.3233348799999</v>
+      </c>
+      <c r="AX7" s="14">
+        <v>2290.7689074700002</v>
+      </c>
+      <c r="AY7" s="14">
+        <v>2390.06159566</v>
+      </c>
+      <c r="AZ7" s="14">
+        <v>2338.7051129000001</v>
+      </c>
+      <c r="BA7" s="14">
+        <v>2448.7978457499999</v>
+      </c>
+      <c r="BB7" s="14">
+        <v>2362.8133377600002</v>
+      </c>
+      <c r="BC7" s="14">
+        <v>2356.0151349399998</v>
+      </c>
+      <c r="BD7" s="14">
+        <v>2381.4133680300001</v>
+      </c>
+      <c r="BE7" s="14">
+        <v>2505.121322</v>
+      </c>
+      <c r="BF7" s="14">
+        <v>2565.8757484399998</v>
+      </c>
+      <c r="BG7" s="14">
+        <v>2603.3177501999999</v>
+      </c>
+      <c r="BH7" s="14">
+        <v>2677.6343140099998</v>
+      </c>
+      <c r="BI7" s="14">
+        <v>2653.4695548999998</v>
+      </c>
+      <c r="BJ7" s="14">
+        <v>2637.7523627999999</v>
+      </c>
+      <c r="BK7" s="14">
+        <v>3056.7255926600001</v>
+      </c>
+      <c r="BL7" s="14">
+        <v>3341.8064288800001</v>
+      </c>
+      <c r="BM7" s="14">
+        <v>3360.19244166</v>
+      </c>
+      <c r="BN7" s="14">
+        <v>3216.9958431599998</v>
+      </c>
+      <c r="BO7" s="14">
+        <v>3252.5800640399998</v>
+      </c>
+      <c r="BP7" s="14">
+        <v>3207.0174344900001</v>
+      </c>
+      <c r="BQ7" s="14">
+        <v>3243.5844582499999</v>
+      </c>
+      <c r="BR7" s="14">
+        <v>3197.75123067</v>
+      </c>
+      <c r="BS7" s="14">
+        <v>3281.6394112900002</v>
+      </c>
+      <c r="BT7" s="14">
+        <v>3398.0149717499999</v>
+      </c>
+      <c r="BU7" s="14">
+        <v>3332.9816385499998</v>
+      </c>
+      <c r="BV7" s="14">
+        <v>3363.0013381499998</v>
+      </c>
+      <c r="BW7" s="14">
+        <v>3550.91129047</v>
+      </c>
+      <c r="BX7" s="14">
+        <v>3736.1241260699999</v>
+      </c>
+      <c r="BY7" s="14">
+        <v>3805.8658181000001</v>
+      </c>
+      <c r="BZ7" s="14">
+        <v>3979.6303705</v>
+      </c>
+      <c r="CA7" s="14">
+        <v>3971.7888132100002</v>
+      </c>
+      <c r="CB7" s="14">
+        <v>3950.6806217799999</v>
+      </c>
+      <c r="CC7" s="14">
+        <v>3994.29803773</v>
+      </c>
+      <c r="CD7" s="14">
+        <v>3976.4874924400001</v>
+      </c>
+      <c r="CE7" s="14">
+        <v>3930.14880902</v>
+      </c>
+      <c r="CF7" s="14">
+        <v>4116.7668317099997</v>
+      </c>
+      <c r="CG7" s="14">
+        <v>4256.7543827999998</v>
+      </c>
+      <c r="CH7" s="14">
+        <v>4275.5088036400002</v>
+      </c>
+      <c r="CI7" s="14">
+        <v>4434.3302985800001</v>
+      </c>
+      <c r="CJ7" s="14">
+        <v>4660.6709739899998</v>
+      </c>
+      <c r="CK7" s="14">
+        <v>4651.6853652999998</v>
+      </c>
+      <c r="CL7" s="14">
+        <v>4694.5705933199997</v>
+      </c>
+      <c r="CM7" s="14">
+        <v>4647.7285449499996</v>
+      </c>
+      <c r="CN7" s="14">
+        <v>4754.7443061599997</v>
+      </c>
+      <c r="CO7" s="14">
+        <v>4873.8188462799999</v>
+      </c>
+      <c r="CP7" s="14">
+        <v>4910.5293364700001</v>
+      </c>
+      <c r="CQ7" s="14">
+        <v>4776.4152571100003</v>
+      </c>
+      <c r="CR7" s="14">
+        <v>4913.0662768399998</v>
+      </c>
+      <c r="CS7" s="14">
+        <v>4952.45651163</v>
+      </c>
+      <c r="CT7" s="14">
+        <v>4934.6935500899999</v>
+      </c>
+      <c r="CU7" s="14">
+        <v>4886.9800446999998</v>
+      </c>
+      <c r="CV7" s="14">
+        <v>4872.0894355500004</v>
+      </c>
+      <c r="CW7" s="14">
+        <v>5059.0133210900003</v>
+      </c>
+      <c r="CX7" s="14">
+        <v>5056.8436515599997</v>
+      </c>
+      <c r="CY7" s="14">
+        <v>5059.1268181900004</v>
+      </c>
+      <c r="CZ7" s="14">
+        <v>5095.0558016300001</v>
+      </c>
+      <c r="DA7" s="14">
+        <v>5278.6655548500003</v>
+      </c>
+      <c r="DB7" s="14">
+        <v>5451.9267180799998</v>
+      </c>
+      <c r="DC7" s="14">
+        <v>5455.1068002600005</v>
+      </c>
+      <c r="DD7" s="14">
+        <v>5605.2229743600001</v>
+      </c>
+      <c r="DE7" s="14">
+        <v>5706.6591064599997</v>
+      </c>
+      <c r="DF7" s="14">
+        <v>6011.8308078299997</v>
+      </c>
+      <c r="DG7" s="14">
+        <v>5833.05982761</v>
+      </c>
+      <c r="DH7" s="14">
+        <v>6192.7864453900002</v>
+      </c>
+      <c r="DI7" s="14">
+        <v>6350.3054558499998</v>
+      </c>
+      <c r="DJ7" s="14">
+        <v>7167.5874910100001</v>
+      </c>
+      <c r="DK7" s="14">
+        <v>7141.8046568299997</v>
+      </c>
+      <c r="DL7" s="14">
+        <v>7286.3699315599997</v>
+      </c>
+      <c r="DM7" s="14">
+        <v>7321.3668310800003</v>
+      </c>
+      <c r="DN7" s="14">
+        <v>7482.7346308200003</v>
+      </c>
+      <c r="DO7" s="14">
+        <v>7428.6669808699999</v>
+      </c>
+      <c r="DP7" s="14">
+        <v>7498.2438321700001</v>
+      </c>
+      <c r="DQ7" s="14">
+        <v>7693.0296413300002</v>
+      </c>
+      <c r="DR7" s="14">
+        <v>7689.8415690299998</v>
+      </c>
+      <c r="DS7" s="14">
+        <v>7433.3505884899996</v>
+      </c>
+      <c r="DT7" s="14">
+        <v>7488.6036234000003</v>
+      </c>
+      <c r="DU7" s="14">
+        <v>7719.6576164199996</v>
+      </c>
+      <c r="DV7" s="14">
+        <v>7876.8640781200002</v>
+      </c>
+      <c r="DW7" s="14">
+        <v>7827.9782524299999</v>
+      </c>
+      <c r="DX7" s="14">
+        <v>7817.9546742299999</v>
+      </c>
+      <c r="DY7" s="14">
+        <v>7971.0018002799998</v>
+      </c>
+      <c r="DZ7" s="14">
+        <v>7863.80965251</v>
+      </c>
+      <c r="EA7" s="14">
+        <v>7961.4872017400003</v>
+      </c>
+      <c r="EB7" s="14">
+        <v>8111.9590631600004</v>
+      </c>
+      <c r="EC7" s="14">
+        <v>8022.3356841799996</v>
+      </c>
+      <c r="ED7" s="14">
+        <v>7984.8708373700001</v>
+      </c>
+      <c r="EE7" s="14">
+        <v>7898.9120368399999</v>
+      </c>
+      <c r="EF7" s="14">
+        <v>7721.9467625799998</v>
+      </c>
+      <c r="EG7" s="14">
+        <v>7597.8760502300001</v>
+      </c>
+      <c r="EH7" s="14">
+        <v>7715.9149871600002</v>
+      </c>
+      <c r="EI7" s="14">
+        <v>7549.0034754600001</v>
+      </c>
+      <c r="EJ7" s="14">
+        <v>7430.7106290700003</v>
+      </c>
+      <c r="EK7" s="14">
+        <v>7686.8221035500001</v>
+      </c>
+      <c r="EL7" s="14">
+        <v>8104.99837854</v>
+      </c>
+      <c r="EM7" s="14">
+        <v>8110.86115101</v>
+      </c>
+      <c r="EN7" s="14">
+        <v>8171.4413975300004</v>
+      </c>
+      <c r="EO7" s="14">
+        <v>8175.4354962199995</v>
+      </c>
+      <c r="EP7" s="14">
+        <v>8170.2148709900002</v>
+      </c>
+      <c r="EQ7" s="14">
+        <v>7936.9056753799996</v>
+      </c>
+      <c r="ER7" s="14">
+        <v>7760.1531710899999</v>
+      </c>
+      <c r="ES7" s="14">
+        <v>7816.1456561699997</v>
+      </c>
+      <c r="ET7" s="14">
+        <v>7914.9460921</v>
+      </c>
+      <c r="EU7" s="14">
+        <v>7857.8862176299999</v>
+      </c>
+      <c r="EV7" s="14">
+        <v>7707.9369530200001</v>
+      </c>
+      <c r="EW7" s="14">
+        <v>7921.4251349699998</v>
+      </c>
+      <c r="EX7" s="14">
+        <v>8000.94063018</v>
+      </c>
+      <c r="EY7" s="14">
+        <v>7942.8305847399997</v>
+      </c>
+      <c r="EZ7" s="14">
+        <v>7983.6438723900001</v>
+      </c>
+      <c r="FA7" s="14">
+        <v>8235.2202761699991</v>
+      </c>
+      <c r="FB7" s="14">
+        <v>8527.6354490899994</v>
+      </c>
+      <c r="FC7" s="14">
+        <v>9514.6772155500003</v>
+      </c>
+      <c r="FD7" s="14">
+        <v>9805.6214398200009</v>
+      </c>
+      <c r="FE7" s="14">
+        <v>10351.3234185</v>
+      </c>
+      <c r="FF7" s="14">
+        <v>10788.731975660001</v>
+      </c>
+      <c r="FG7" s="14">
+        <v>10919.78215624</v>
+      </c>
+      <c r="FH7" s="14">
+        <v>10863.404788940001</v>
+      </c>
+      <c r="FI7" s="14">
+        <v>10855.05279716</v>
+      </c>
+      <c r="FJ7" s="14">
+        <v>10971.86109613</v>
+      </c>
+      <c r="FK7" s="14">
+        <v>11104.781534260001</v>
+      </c>
+      <c r="FL7" s="14">
+        <v>11120.736206899999</v>
+      </c>
+      <c r="FM7" s="14">
+        <v>11131.622946920001</v>
+      </c>
+      <c r="FN7" s="14">
+        <v>11100.960993209999</v>
+      </c>
+      <c r="FO7" s="14">
+        <v>11161.18230208</v>
+      </c>
+      <c r="FP7" s="14">
+        <v>11395.14322928</v>
+      </c>
+      <c r="FQ7" s="14">
+        <v>11592.851046129999</v>
+      </c>
+      <c r="FR7" s="14">
+        <v>12511.14826441</v>
+      </c>
+      <c r="FS7" s="14">
+        <v>12512.308511290001</v>
+      </c>
+      <c r="FT7" s="14">
+        <v>12583.55025251</v>
+      </c>
+      <c r="FU7" s="14">
+        <v>12529.888176070001</v>
+      </c>
+      <c r="FV7" s="14">
+        <v>13071.26078583</v>
+      </c>
+      <c r="FW7" s="14">
+        <v>13159.84517246</v>
+      </c>
+      <c r="FX7" s="14">
+        <v>12983.58857294</v>
+      </c>
+      <c r="FY7" s="14">
+        <v>12935.198552469999</v>
+      </c>
+      <c r="FZ7" s="14">
+        <v>13361.390652239999</v>
+      </c>
+      <c r="GA7" s="14">
+        <v>13864.2249641</v>
+      </c>
+      <c r="GB7" s="14">
+        <v>14663.340422740001</v>
+      </c>
+      <c r="GC7" s="14">
+        <v>14791.428053690001</v>
+      </c>
+      <c r="GD7" s="14">
+        <v>15485.22752513</v>
+      </c>
+      <c r="GE7" s="14">
+        <v>15316.0667541</v>
+      </c>
+      <c r="GF7" s="14">
+        <v>15526.66934588</v>
+      </c>
+      <c r="GG7" s="14">
+        <v>15319.44744903</v>
+      </c>
+      <c r="GH7" s="14">
+        <v>15788.06901777</v>
+      </c>
+      <c r="GI7" s="14">
+        <v>15877.504518580001</v>
+      </c>
+      <c r="GJ7" s="14">
+        <v>15941.91932773</v>
+      </c>
+      <c r="GK7" s="14">
+        <v>16121.406771530001</v>
+      </c>
+      <c r="GL7" s="14">
+        <v>16509.506693359999</v>
+      </c>
+      <c r="GM7" s="14">
+        <v>16488.158060829999</v>
+      </c>
+      <c r="GN7" s="14">
+        <v>16827.68196863</v>
+      </c>
+      <c r="GO7" s="14">
+        <v>17664.808428609998</v>
+      </c>
+      <c r="GP7" s="14">
+        <v>17374.913663380001</v>
+      </c>
+      <c r="GQ7" s="14">
+        <v>17401.501766429999</v>
+      </c>
+      <c r="GR7" s="14">
+        <v>16789.951959999999</v>
+      </c>
+      <c r="GS7" s="14">
+        <v>17194.42015632</v>
+      </c>
+      <c r="GT7" s="14">
+        <v>17730.494898010002</v>
+      </c>
+      <c r="GU7" s="14">
+        <v>17542.256901919998</v>
+      </c>
+      <c r="GV7" s="14">
+        <v>17163.66399614</v>
+      </c>
+      <c r="GW7" s="14">
+        <v>17470.520938400001</v>
+      </c>
+      <c r="GX7" s="14">
+        <v>17457.495818949999</v>
+      </c>
+      <c r="GY7" s="14">
+        <v>17724.904624120001</v>
+      </c>
+      <c r="GZ7" s="14">
+        <v>18024.69886113</v>
+      </c>
+      <c r="HA7" s="14">
+        <v>18236.673335759999</v>
+      </c>
+      <c r="HB7" s="14">
+        <v>18426.88434733</v>
+      </c>
+      <c r="HC7" s="14">
+        <v>18983.045145159998</v>
+      </c>
+      <c r="HD7" s="14">
+        <v>18790.791362389999</v>
+      </c>
+      <c r="HE7" s="14">
+        <v>18875.844094650001</v>
+      </c>
+      <c r="HF7" s="14">
+        <v>19540.561334120001</v>
+      </c>
+      <c r="HG7" s="14">
+        <v>19424.221574570001</v>
+      </c>
+      <c r="HH7" s="14">
+        <v>19707.457819679999</v>
+      </c>
+      <c r="HI7" s="14">
+        <v>19800.614768020001</v>
+      </c>
+      <c r="HJ7" s="14">
+        <v>19949.75185081</v>
+      </c>
+      <c r="HK7" s="14">
+        <v>20326.30007967</v>
+      </c>
+      <c r="HL7" s="14">
+        <v>20094.247985189999</v>
+      </c>
+      <c r="HM7" s="14">
+        <v>20606.18024374</v>
+      </c>
+      <c r="HN7" s="14">
+        <v>20645.05144218</v>
+      </c>
+      <c r="HO7" s="14">
+        <v>20613.27442768</v>
+      </c>
+      <c r="HP7" s="14">
+        <v>20606.472132880001</v>
+      </c>
+      <c r="HQ7" s="14">
+        <v>20559.768482449999</v>
+      </c>
+      <c r="HR7" s="14">
+        <v>20687.551441</v>
+      </c>
+      <c r="HS7" s="14">
+        <v>20798.299327519999</v>
+      </c>
+      <c r="HT7" s="14">
+        <v>20173.85865532</v>
+      </c>
+      <c r="HU7" s="14">
+        <v>20839.726496290001</v>
+      </c>
+      <c r="HV7" s="14">
+        <v>20818.493477439999</v>
+      </c>
+      <c r="HW7" s="14">
+        <v>21340.4089279</v>
+      </c>
+      <c r="HX7" s="14">
+        <v>21200.508984979999</v>
+      </c>
+      <c r="HY7" s="14">
+        <v>21871.584209659999</v>
+      </c>
+      <c r="HZ7" s="14">
+        <v>21708.204745769999</v>
+      </c>
+      <c r="IA7" s="14">
+        <v>21682.650658719998</v>
+      </c>
+      <c r="IB7" s="14">
+        <v>21679.015627979999</v>
+      </c>
+      <c r="IC7" s="14">
+        <v>21331.929597359998</v>
+      </c>
+      <c r="ID7" s="14">
+        <v>22238.97502826</v>
+      </c>
+      <c r="IE7" s="14">
+        <v>22283.645486099998</v>
+      </c>
+      <c r="IF7" s="14">
+        <v>22097.516683090002</v>
+      </c>
+      <c r="IG7" s="14">
+        <v>21773.758880019999</v>
+      </c>
+      <c r="IH7" s="14">
+        <v>21913.577724250001</v>
+      </c>
+      <c r="II7" s="14">
+        <v>22087.78200766</v>
+      </c>
+      <c r="IJ7" s="14">
+        <v>22241.008211820001</v>
+      </c>
+      <c r="IK7" s="14">
+        <v>22013.951021659999</v>
+      </c>
+      <c r="IL7" s="14">
+        <v>22354.588230490001</v>
+      </c>
+      <c r="IM7" s="14">
+        <v>22262.29826277</v>
+      </c>
+      <c r="IN7" s="14">
+        <v>22203.328919740001</v>
+      </c>
+      <c r="IO7" s="14">
+        <v>22252.149035890001</v>
+      </c>
+      <c r="IP7" s="14">
+        <v>22646.535931729999</v>
+      </c>
+      <c r="IQ7" s="14">
+        <v>22958.766535859999</v>
+      </c>
+      <c r="IR7" s="14">
+        <v>22906.151049100001</v>
+      </c>
+      <c r="IS7" s="14">
+        <v>22901.142257399999</v>
+      </c>
+      <c r="IT7" s="14">
+        <v>22961.99034719</v>
+      </c>
+      <c r="IU7" s="14">
+        <v>23054.17982764</v>
+      </c>
+      <c r="IV7" s="14">
+        <v>22871.13842137</v>
+      </c>
+      <c r="IW7" s="14">
+        <v>23260.244605160002</v>
+      </c>
+      <c r="IX7" s="14">
+        <v>23815.548476560001</v>
+      </c>
+      <c r="IY7" s="14">
+        <v>23671.290534780001</v>
+      </c>
+      <c r="IZ7" s="14">
+        <v>23674.91814102</v>
+      </c>
+      <c r="JA7" s="14">
+        <v>23446.181921939999</v>
+      </c>
+      <c r="JB7" s="14">
+        <v>23780.074220269998</v>
+      </c>
+      <c r="JC7" s="14">
+        <v>23762.593036359998</v>
+      </c>
+      <c r="JD7" s="14">
+        <v>23844.191343220002</v>
+      </c>
+      <c r="JE7" s="14">
+        <v>23743.119861970001</v>
+      </c>
+      <c r="JF7" s="14">
+        <v>23843.25381102</v>
+      </c>
+      <c r="JG7" s="14">
+        <v>23029.036444199999</v>
+      </c>
+      <c r="JH7" s="14">
+        <v>23021.228674779999</v>
+      </c>
+      <c r="JI7" s="14">
+        <v>23131.25235626</v>
+      </c>
+      <c r="JJ7" s="14">
+        <v>23078.293370750001</v>
+      </c>
+      <c r="JK7" s="14">
+        <v>22972.205515239999</v>
+      </c>
+      <c r="JL7" s="14">
+        <v>23042.35624207</v>
+      </c>
+      <c r="JM7" s="14">
+        <v>23491.326931650001</v>
+      </c>
+      <c r="JN7" s="14">
+        <v>23626.939781090001</v>
+      </c>
+      <c r="JO7" s="14">
+        <v>23736.756175539998</v>
+      </c>
+      <c r="JP7" s="14">
+        <v>23824.824580460001</v>
+      </c>
+      <c r="JQ7" s="14">
+        <v>23778.223750749999</v>
+      </c>
+      <c r="JR7" s="14">
+        <v>23815.23020002</v>
+      </c>
+      <c r="JS7" s="14">
+        <v>24149.961027910002</v>
+      </c>
+      <c r="JT7" s="14">
+        <v>24090.669284</v>
+      </c>
+      <c r="JU7" s="14">
+        <v>24697.511236850001</v>
+      </c>
+      <c r="JV7" s="14">
+        <v>24815.790369869999</v>
+      </c>
+      <c r="JW7" s="14">
+        <v>24768.71943347</v>
+      </c>
+      <c r="JX7" s="14">
+        <v>24734.50689257</v>
+      </c>
+      <c r="JY7" s="14">
+        <v>25141.02316293</v>
+      </c>
+      <c r="JZ7" s="14">
+        <v>24962.670545609999</v>
+      </c>
+      <c r="KA7" s="14">
+        <v>25119.576893910002</v>
+      </c>
+      <c r="KB7" s="14">
+        <v>25382.364757719999</v>
+      </c>
+      <c r="KC7" s="14">
+        <v>25582.48103083</v>
+      </c>
+      <c r="KD7" s="14">
+        <v>26238.052936169999</v>
+      </c>
+      <c r="KE7" s="14">
+        <v>26281.122761030001</v>
+      </c>
+      <c r="KF7" s="14">
+        <v>26089.636946080002</v>
+      </c>
+      <c r="KG7" s="14">
+        <v>25753.461059860001</v>
+      </c>
+      <c r="KH7" s="14">
+        <v>26384.684686199998</v>
+      </c>
+      <c r="KI7" s="14">
+        <v>26981.72085908</v>
+      </c>
+      <c r="KJ7" s="14">
+        <v>28444.520865229999</v>
+      </c>
+      <c r="KK7" s="14">
+        <v>28762.695700069999</v>
+      </c>
+      <c r="KL7" s="14">
+        <v>29284.224308429999</v>
+      </c>
+      <c r="KM7" s="14">
+        <v>29304.22141115</v>
+      </c>
+      <c r="KN7" s="14">
+        <v>29239.675519659999</v>
+      </c>
+      <c r="KO7" s="14">
+        <v>29298.262656070001</v>
+      </c>
+      <c r="KP7" s="14">
+        <v>29246.67202826</v>
+      </c>
+      <c r="KQ7" s="14">
+        <v>29790.174981119999</v>
+      </c>
+      <c r="KR7" s="14">
+        <v>29376.159777050001</v>
+      </c>
+      <c r="KS7" s="14">
+        <v>28977.555581659999</v>
+      </c>
+      <c r="KT7" s="14">
+        <v>29088.61598454</v>
+      </c>
+      <c r="KU7" s="14">
+        <v>28988.155135839999</v>
+      </c>
+      <c r="KV7" s="14">
+        <v>28994.31739624</v>
+      </c>
+      <c r="KW7" s="14">
+        <v>29449.349036240001</v>
+      </c>
+      <c r="KX7" s="14">
+        <v>30397.794948390001</v>
+      </c>
+      <c r="KY7" s="14">
+        <v>30335.628995669998</v>
+      </c>
+      <c r="KZ7" s="14">
+        <v>30286.993952929999</v>
+      </c>
+      <c r="LA7" s="14">
+        <v>30287.61468251</v>
+      </c>
+      <c r="LB7" s="14">
+        <v>30362.514410510001</v>
+      </c>
+      <c r="LC7" s="14">
+        <v>30119.820749269998</v>
+      </c>
+      <c r="LD7" s="14">
+        <v>29927.076350380001</v>
+      </c>
+      <c r="LE7" s="14">
+        <v>29982.16590955</v>
+      </c>
+      <c r="LF7" s="14">
+        <v>29754.129028340001</v>
+      </c>
+      <c r="LG7" s="14">
+        <v>30176.88514446</v>
+      </c>
+      <c r="LH7" s="14">
+        <v>29682.741632559999</v>
+      </c>
+      <c r="LI7" s="14">
+        <v>30622.697472119999</v>
+      </c>
+      <c r="LJ7" s="14">
+        <v>30884.570404310001</v>
+      </c>
+      <c r="LK7" s="14">
+        <v>31052.383366090002</v>
+      </c>
+      <c r="LL7" s="14">
+        <v>31376.882420459999</v>
+      </c>
+      <c r="LM7" s="14">
+        <v>31342.325890209999</v>
+      </c>
+      <c r="LN7" s="14">
+        <v>31198.186139360001</v>
+      </c>
+      <c r="LO7" s="14">
+        <v>31426.221094109998</v>
+      </c>
+      <c r="LP7" s="14">
+        <v>31979.732063340001</v>
+      </c>
+      <c r="LQ7" s="14">
+        <v>31963.510914369999</v>
+      </c>
+      <c r="LR7" s="14">
+        <v>33856.366233729997</v>
+      </c>
+      <c r="LS7" s="14">
+        <v>33213.941587790003</v>
+      </c>
+      <c r="LT7" s="14">
+        <v>32907.779279529997</v>
+      </c>
+      <c r="LU7" s="14">
+        <v>33311.040951850002</v>
+      </c>
+      <c r="LV7" s="14">
+        <v>33252.887854419998</v>
+      </c>
+      <c r="LW7" s="14">
+        <v>33333.913262490001</v>
+      </c>
+      <c r="LX7" s="14">
+        <v>33720.762503650003</v>
+      </c>
+      <c r="LY7" s="14">
+        <v>33479.785753550001</v>
+      </c>
+      <c r="LZ7" s="14">
+        <v>34103.308892449997</v>
+      </c>
+      <c r="MA7" s="14">
+        <v>34137.900093839999</v>
+      </c>
+      <c r="MB7" s="14">
+        <v>33252.547334690003</v>
+      </c>
+      <c r="MC7" s="14">
+        <v>34120.76569529</v>
+      </c>
+      <c r="MD7" s="14">
+        <v>34765.981636140001</v>
+      </c>
+      <c r="ME7" s="14">
+        <v>34448.75224378</v>
+      </c>
+      <c r="MF7" s="14">
+        <v>33392.889598790003</v>
+      </c>
+      <c r="MG7" s="14">
+        <v>34399.161120949997</v>
+      </c>
+      <c r="MH7" s="14">
+        <v>34893.051736640002</v>
+      </c>
+      <c r="MI7" s="14">
+        <v>34858.133456039999</v>
+      </c>
+      <c r="MJ7" s="14">
+        <v>35029.612140739999</v>
+      </c>
+      <c r="MK7" s="14">
+        <v>35018.705924790003</v>
+      </c>
+      <c r="ML7" s="14">
+        <v>34771.676080409998</v>
+      </c>
+      <c r="MM7" s="14">
+        <v>34412.598255539997</v>
+      </c>
+      <c r="MN7" s="14">
+        <v>34750.256034880003</v>
+      </c>
+      <c r="MO7" s="14">
+        <v>35248.009232980003</v>
+      </c>
+      <c r="MP7" s="14">
+        <v>35103.48228548</v>
+      </c>
+      <c r="MQ7" s="14">
+        <v>35240.099225710001</v>
+      </c>
+      <c r="MR7" s="14">
+        <v>35138.363290740002</v>
+      </c>
+      <c r="MS7" s="14">
+        <v>35776.370530510001</v>
+      </c>
+      <c r="MT7" s="14">
+        <v>36249.177488100002</v>
+      </c>
+      <c r="MU7" s="14">
+        <v>36253.708957889998</v>
+      </c>
+      <c r="MV7" s="14">
+        <v>36591.569695710001</v>
+      </c>
+    </row>
+    <row r="8" spans="1:360" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A8" s="14"/>
+      <c r="B8" s="15" t="s">
+        <v>11</v>
+      </c>
+      <c r="C8" s="14">
+        <v>2313.1054513200002</v>
+      </c>
+      <c r="D8" s="14">
+        <v>2253.4795734899999</v>
+      </c>
+      <c r="E8" s="14">
+        <v>2233.6659767699998</v>
+      </c>
+      <c r="F8" s="14">
+        <v>2181.9297681100002</v>
+      </c>
+      <c r="G8" s="14">
+        <v>2157.9187517400001</v>
+      </c>
+      <c r="H8" s="14">
+        <v>2105.4082778900001</v>
+      </c>
+      <c r="I8" s="14">
+        <v>2094.8049894999999</v>
+      </c>
+      <c r="J8" s="14">
+        <v>2011.7410110599999</v>
+      </c>
+      <c r="K8" s="14">
+        <v>1974.3499952699999</v>
+      </c>
+      <c r="L8" s="14">
+        <v>1933.25637914</v>
+      </c>
+      <c r="M8" s="14">
+        <v>2013.24469591</v>
+      </c>
+      <c r="N8" s="14">
+        <v>2010.7206579599999</v>
+      </c>
+      <c r="O8" s="14">
+        <v>2260.11969301</v>
+      </c>
+      <c r="P8" s="14">
+        <v>2231.4234807299999</v>
+      </c>
+      <c r="Q8" s="14">
+        <v>2216.4997277100001</v>
+      </c>
+      <c r="R8" s="14">
+        <v>2142.93044599</v>
+      </c>
+      <c r="S8" s="14">
+        <v>2190.0473232499999</v>
+      </c>
+      <c r="T8" s="14">
+        <v>2167.0285746300001</v>
+      </c>
+      <c r="U8" s="14">
+        <v>2180.5844007699998</v>
+      </c>
+      <c r="V8" s="14">
+        <v>2114.96399978</v>
+      </c>
+      <c r="W8" s="14">
+        <v>2120.9424636899998</v>
+      </c>
+      <c r="X8" s="14">
+        <v>2124.3882838599998</v>
+      </c>
+      <c r="Y8" s="14">
+        <v>2096.0659394899999</v>
+      </c>
+      <c r="Z8" s="14">
+        <v>2096.6904529200001</v>
+      </c>
+      <c r="AA8" s="14">
+        <v>2043.7932452499999</v>
+      </c>
+      <c r="AB8" s="14">
+        <v>2067.9730461200002</v>
+      </c>
+      <c r="AC8" s="14">
+        <v>1986.0322102299999</v>
+      </c>
+      <c r="AD8" s="14">
+        <v>1983.51405189</v>
+      </c>
+      <c r="AE8" s="14">
+        <v>2079.9680062399998</v>
+      </c>
+      <c r="AF8" s="14">
+        <v>2031.12355843</v>
+      </c>
+      <c r="AG8" s="14">
+        <v>2028.8843030099999</v>
+      </c>
+      <c r="AH8" s="14">
+        <v>1958.7369691399999</v>
+      </c>
+      <c r="AI8" s="14">
+        <v>1953.09044754</v>
+      </c>
+      <c r="AJ8" s="14">
+        <v>2010.55204207</v>
+      </c>
+      <c r="AK8" s="14">
+        <v>2015.24518429</v>
+      </c>
+      <c r="AL8" s="14">
+        <v>1947.4661485199999</v>
+      </c>
+      <c r="AM8" s="14">
+        <v>1983.80539185</v>
+      </c>
+      <c r="AN8" s="14">
+        <v>1950.7563173399999</v>
+      </c>
+      <c r="AO8" s="14">
+        <v>2241.9476119199999</v>
+      </c>
+      <c r="AP8" s="14">
+        <v>2149.3819155800002</v>
+      </c>
+      <c r="AQ8" s="14">
+        <v>2119.4268244700002</v>
+      </c>
+      <c r="AR8" s="14">
+        <v>2086.6023770699999</v>
+      </c>
+      <c r="AS8" s="14">
+        <v>2203.5408275300001</v>
+      </c>
+      <c r="AT8" s="14">
+        <v>2211.22780676</v>
+      </c>
+      <c r="AU8" s="14">
+        <v>2194.7332211799999</v>
+      </c>
+      <c r="AV8" s="14">
+        <v>2118.7091890000002</v>
+      </c>
+      <c r="AW8" s="14">
+        <v>2139.8784701499999</v>
+      </c>
+      <c r="AX8" s="14">
+        <v>2171.5705974699999</v>
+      </c>
+      <c r="AY8" s="14">
+        <v>2269.1098403999999</v>
+      </c>
+      <c r="AZ8" s="14">
+        <v>2213.00533189</v>
+      </c>
+      <c r="BA8" s="14">
+        <v>2321.6059949300002</v>
+      </c>
+      <c r="BB8" s="14">
+        <v>2239.9165297499999</v>
+      </c>
+      <c r="BC8" s="14">
+        <v>2238.3449511200001</v>
+      </c>
+      <c r="BD8" s="14">
+        <v>2265.2217162900001</v>
+      </c>
+      <c r="BE8" s="14">
+        <v>2385.1902051400002</v>
+      </c>
+      <c r="BF8" s="14">
+        <v>2212.08722816</v>
+      </c>
+      <c r="BG8" s="14">
+        <v>2238.1850666800001</v>
+      </c>
+      <c r="BH8" s="14">
+        <v>2318.97122528</v>
+      </c>
+      <c r="BI8" s="14">
+        <v>2295.0914990199999</v>
+      </c>
+      <c r="BJ8" s="14">
+        <v>2276.6789811499998</v>
+      </c>
+      <c r="BK8" s="14">
+        <v>2677.3058371299999</v>
+      </c>
+      <c r="BL8" s="14">
+        <v>2959.1938792699998</v>
+      </c>
+      <c r="BM8" s="14">
+        <v>2975.6946536199998</v>
+      </c>
+      <c r="BN8" s="14">
+        <v>2833.74140889</v>
+      </c>
+      <c r="BO8" s="14">
+        <v>2875.6936805999999</v>
+      </c>
+      <c r="BP8" s="14">
+        <v>2841.23544378</v>
+      </c>
+      <c r="BQ8" s="14">
+        <v>2875.3587251499998</v>
+      </c>
+      <c r="BR8" s="14">
+        <v>2841.2821984900002</v>
+      </c>
+      <c r="BS8" s="14">
+        <v>2898.96586321</v>
+      </c>
+      <c r="BT8" s="14">
+        <v>3015.4083166300002</v>
+      </c>
+      <c r="BU8" s="14">
+        <v>2954.1174747700002</v>
+      </c>
+      <c r="BV8" s="14">
+        <v>2983.74232893</v>
+      </c>
+      <c r="BW8" s="14">
+        <v>3162.7914278399999</v>
+      </c>
+      <c r="BX8" s="14">
+        <v>3347.50839253</v>
+      </c>
+      <c r="BY8" s="14">
+        <v>3425.6848930699998</v>
+      </c>
+      <c r="BZ8" s="14">
+        <v>3604.3663273699999</v>
+      </c>
+      <c r="CA8" s="14">
+        <v>3599.58906561</v>
+      </c>
+      <c r="CB8" s="14">
+        <v>3579.6246478399999</v>
+      </c>
+      <c r="CC8" s="14">
+        <v>3622.7394518900001</v>
+      </c>
+      <c r="CD8" s="14">
+        <v>3602.6182925899998</v>
+      </c>
+      <c r="CE8" s="14">
+        <v>3560.5830175699998</v>
+      </c>
+      <c r="CF8" s="14">
+        <v>3749.4331340499998</v>
+      </c>
+      <c r="CG8" s="14">
+        <v>3884.8114875400001</v>
+      </c>
+      <c r="CH8" s="14">
+        <v>3891.6532599900002</v>
+      </c>
+      <c r="CI8" s="14">
+        <v>4030.0429349800002</v>
+      </c>
+      <c r="CJ8" s="14">
+        <v>4254.3787491499997</v>
+      </c>
+      <c r="CK8" s="14">
+        <v>4246.4344959600003</v>
+      </c>
+      <c r="CL8" s="14">
+        <v>4299.1638053400002</v>
+      </c>
+      <c r="CM8" s="14">
+        <v>4253.9861067000002</v>
+      </c>
+      <c r="CN8" s="14">
+        <v>4362.7714413399999</v>
+      </c>
+      <c r="CO8" s="14">
+        <v>4482.0905634500004</v>
+      </c>
+      <c r="CP8" s="14">
+        <v>4518.3551454799999</v>
+      </c>
+      <c r="CQ8" s="14">
+        <v>4389.9571450900003</v>
+      </c>
+      <c r="CR8" s="14">
+        <v>4519.3416700300004</v>
+      </c>
+      <c r="CS8" s="14">
+        <v>4550.3839150399999</v>
+      </c>
+      <c r="CT8" s="14">
+        <v>4527.2495100100004</v>
+      </c>
+      <c r="CU8" s="14">
+        <v>4453.1684793699997</v>
+      </c>
+      <c r="CV8" s="14">
+        <v>4439.2840732499999</v>
+      </c>
+      <c r="CW8" s="14">
+        <v>4616.2243090700003</v>
+      </c>
+      <c r="CX8" s="14">
+        <v>4626.4359556299996</v>
+      </c>
+      <c r="CY8" s="14">
+        <v>4620.9308397699997</v>
+      </c>
+      <c r="CZ8" s="14">
+        <v>4663.5093954399999</v>
+      </c>
+      <c r="DA8" s="14">
+        <v>4843.6545491799998</v>
+      </c>
+      <c r="DB8" s="14">
+        <v>5242.80617127</v>
+      </c>
+      <c r="DC8" s="14">
+        <v>5237.31891387</v>
+      </c>
+      <c r="DD8" s="14">
+        <v>5360.7445957399996</v>
+      </c>
+      <c r="DE8" s="14">
+        <v>5461.7557129899997</v>
+      </c>
+      <c r="DF8" s="14">
+        <v>5761.6426642400002</v>
+      </c>
+      <c r="DG8" s="14">
+        <v>5570.4779272200003</v>
+      </c>
+      <c r="DH8" s="14">
+        <v>5940.3708333799996</v>
+      </c>
+      <c r="DI8" s="14">
+        <v>6094.5476941699999</v>
+      </c>
+      <c r="DJ8" s="14">
+        <v>6911.4731249500001</v>
+      </c>
+      <c r="DK8" s="14">
+        <v>6888.3698686500002</v>
+      </c>
+      <c r="DL8" s="14">
+        <v>7033.3266127099996</v>
+      </c>
+      <c r="DM8" s="14">
+        <v>7065.3248593099997</v>
+      </c>
+      <c r="DN8" s="14">
+        <v>7235.1895625300003</v>
+      </c>
+      <c r="DO8" s="14">
+        <v>7180.2437315999996</v>
+      </c>
+      <c r="DP8" s="14">
+        <v>7248.03593869</v>
+      </c>
+      <c r="DQ8" s="14">
+        <v>7444.2582964800004</v>
+      </c>
+      <c r="DR8" s="14">
+        <v>7438.2193427900002</v>
+      </c>
+      <c r="DS8" s="14">
+        <v>7184.8688582100003</v>
+      </c>
+      <c r="DT8" s="14">
+        <v>7250.7474964700004</v>
+      </c>
+      <c r="DU8" s="14">
+        <v>7483.5993827100001</v>
+      </c>
+      <c r="DV8" s="14">
+        <v>7643.5018586400001</v>
+      </c>
+      <c r="DW8" s="14">
+        <v>7597.06731408</v>
+      </c>
+      <c r="DX8" s="14">
+        <v>7581.3303620400002</v>
+      </c>
+      <c r="DY8" s="14">
+        <v>7732.3390522199998</v>
+      </c>
+      <c r="DZ8" s="14">
+        <v>7617.5926384200002</v>
+      </c>
+      <c r="EA8" s="14">
+        <v>7711.86278735</v>
+      </c>
+      <c r="EB8" s="14">
+        <v>7869.5538275500003</v>
+      </c>
+      <c r="EC8" s="14">
+        <v>7776.59248045</v>
+      </c>
+      <c r="ED8" s="14">
+        <v>7742.9804420299997</v>
+      </c>
+      <c r="EE8" s="14">
+        <v>7628.0403727399998</v>
+      </c>
+      <c r="EF8" s="14">
+        <v>7448.7900576499997</v>
+      </c>
+      <c r="EG8" s="14">
+        <v>7319.9540526600003</v>
+      </c>
+      <c r="EH8" s="14">
+        <v>7443.9361909899999</v>
+      </c>
+      <c r="EI8" s="14">
+        <v>7280.3372603099997</v>
+      </c>
+      <c r="EJ8" s="14">
+        <v>7155.6088748700004</v>
+      </c>
+      <c r="EK8" s="14">
+        <v>7390.3643367599998</v>
+      </c>
+      <c r="EL8" s="14">
+        <v>7811.4779759599996</v>
+      </c>
+      <c r="EM8" s="14">
+        <v>7815.2274757900004</v>
+      </c>
+      <c r="EN8" s="14">
+        <v>7880.7776143600004</v>
+      </c>
+      <c r="EO8" s="14">
+        <v>7870.7701850599997</v>
+      </c>
+      <c r="EP8" s="14">
+        <v>7865.4913849300001</v>
+      </c>
+      <c r="EQ8" s="14">
+        <v>7621.0187258300002</v>
+      </c>
+      <c r="ER8" s="14">
+        <v>7448.3767866099997</v>
+      </c>
+      <c r="ES8" s="14">
+        <v>7512.9018068300002</v>
+      </c>
+      <c r="ET8" s="14">
+        <v>7611.9067853400002</v>
+      </c>
+      <c r="EU8" s="14">
+        <v>7547.3204086400001</v>
+      </c>
+      <c r="EV8" s="14">
+        <v>7401.4166225600002</v>
+      </c>
+      <c r="EW8" s="14">
+        <v>7619.3224878399997</v>
+      </c>
+      <c r="EX8" s="14">
+        <v>7702.1481757399997</v>
+      </c>
+      <c r="EY8" s="14">
+        <v>7641.26938058</v>
+      </c>
+      <c r="EZ8" s="14">
+        <v>7688.1162014600004</v>
+      </c>
+      <c r="FA8" s="14">
+        <v>7935.0905555099998</v>
+      </c>
+      <c r="FB8" s="14">
+        <v>8224.0949822300008</v>
+      </c>
+      <c r="FC8" s="14">
+        <v>9199.2823325299996</v>
+      </c>
+      <c r="FD8" s="14">
+        <v>9487.2090675300005</v>
+      </c>
+      <c r="FE8" s="14">
+        <v>10031.27421091</v>
+      </c>
+      <c r="FF8" s="14">
+        <v>10472.977898249999</v>
+      </c>
+      <c r="FG8" s="14">
+        <v>10614.88000006</v>
+      </c>
+      <c r="FH8" s="14">
+        <v>10561.45703779</v>
+      </c>
+      <c r="FI8" s="14">
+        <v>10560.065608880001</v>
+      </c>
+      <c r="FJ8" s="14">
+        <v>10675.96385237</v>
+      </c>
+      <c r="FK8" s="14">
+        <v>10810.527114660001</v>
+      </c>
+      <c r="FL8" s="14">
+        <v>10828.8926947</v>
+      </c>
+      <c r="FM8" s="14">
+        <v>10837.933412869999</v>
+      </c>
+      <c r="FN8" s="14">
+        <v>10805.61078132</v>
+      </c>
+      <c r="FO8" s="14">
+        <v>10835.885585030001</v>
+      </c>
+      <c r="FP8" s="14">
+        <v>11066.97333914</v>
+      </c>
+      <c r="FQ8" s="14">
+        <v>11261.40250937</v>
+      </c>
+      <c r="FR8" s="14">
+        <v>12177.83539504</v>
+      </c>
+      <c r="FS8" s="14">
+        <v>12165.579628490001</v>
+      </c>
+      <c r="FT8" s="14">
+        <v>12239.669937090001</v>
+      </c>
+      <c r="FU8" s="14">
+        <v>12183.87303533</v>
+      </c>
+      <c r="FV8" s="14">
+        <v>12717.77058683</v>
+      </c>
+      <c r="FW8" s="14">
+        <v>12806.93302045</v>
+      </c>
+      <c r="FX8" s="14">
+        <v>12637.65816503</v>
+      </c>
+      <c r="FY8" s="14">
+        <v>12590.70598827</v>
+      </c>
+      <c r="FZ8" s="14">
+        <v>13018.682770240001</v>
+      </c>
+      <c r="GA8" s="14">
+        <v>13365.63630785</v>
+      </c>
+      <c r="GB8" s="14">
+        <v>14151.229413110001</v>
+      </c>
+      <c r="GC8" s="14">
+        <v>14278.24959326</v>
+      </c>
+      <c r="GD8" s="14">
+        <v>14974.35614573</v>
+      </c>
+      <c r="GE8" s="14">
+        <v>14822.02115056</v>
+      </c>
+      <c r="GF8" s="14">
+        <v>15031.063195819999</v>
+      </c>
+      <c r="GG8" s="14">
+        <v>14829.248075949999</v>
+      </c>
+      <c r="GH8" s="14">
+        <v>15277.857741579999</v>
+      </c>
+      <c r="GI8" s="14">
+        <v>15352.36366965</v>
+      </c>
+      <c r="GJ8" s="14">
+        <v>15441.44697488</v>
+      </c>
+      <c r="GK8" s="14">
+        <v>15623.2447056</v>
+      </c>
+      <c r="GL8" s="14">
+        <v>16016.656255280001</v>
+      </c>
+      <c r="GM8" s="14">
+        <v>15973.298659730001</v>
+      </c>
+      <c r="GN8" s="14">
+        <v>16336.2641742</v>
+      </c>
+      <c r="GO8" s="14">
+        <v>17155.068446969999</v>
+      </c>
+      <c r="GP8" s="14">
+        <v>16868.06734605</v>
+      </c>
+      <c r="GQ8" s="14">
+        <v>16898.326186990002</v>
+      </c>
+      <c r="GR8" s="14">
+        <v>16286.865682449999</v>
+      </c>
+      <c r="GS8" s="14">
+        <v>16695.181886580001</v>
+      </c>
+      <c r="GT8" s="14">
+        <v>17241.04206484</v>
+      </c>
+      <c r="GU8" s="14">
+        <v>17058.57329506</v>
+      </c>
+      <c r="GV8" s="14">
+        <v>16687.373830029999</v>
+      </c>
+      <c r="GW8" s="14">
+        <v>16985.118473639999</v>
+      </c>
+      <c r="GX8" s="14">
+        <v>16972.857159560001</v>
+      </c>
+      <c r="GY8" s="14">
+        <v>17219.974966530001</v>
+      </c>
+      <c r="GZ8" s="14">
+        <v>17518.710390920001</v>
+      </c>
+      <c r="HA8" s="14">
+        <v>17726.160284180001</v>
+      </c>
+      <c r="HB8" s="14">
+        <v>17916.084875379998</v>
+      </c>
+      <c r="HC8" s="14">
+        <v>18475.287178120001</v>
+      </c>
+      <c r="HD8" s="14">
+        <v>18298.65462868</v>
+      </c>
+      <c r="HE8" s="14">
+        <v>18393.853134190002</v>
+      </c>
+      <c r="HF8" s="14">
+        <v>19073.1818747</v>
+      </c>
+      <c r="HG8" s="14">
+        <v>18958.376806069999</v>
+      </c>
+      <c r="HH8" s="14">
+        <v>19248.404218129999</v>
+      </c>
+      <c r="HI8" s="14">
+        <v>19302.65739565</v>
+      </c>
+      <c r="HJ8" s="14">
+        <v>19339.297131430001</v>
+      </c>
+      <c r="HK8" s="14">
+        <v>19693.807652399999</v>
+      </c>
+      <c r="HL8" s="14">
+        <v>19471.899709320001</v>
+      </c>
+      <c r="HM8" s="14">
+        <v>19986.059230639999</v>
+      </c>
+      <c r="HN8" s="14">
+        <v>20029.921130350001</v>
+      </c>
+      <c r="HO8" s="14">
+        <v>20006.97311513</v>
+      </c>
+      <c r="HP8" s="14">
+        <v>20007.282448180002</v>
+      </c>
+      <c r="HQ8" s="14">
+        <v>19904.537807010001</v>
+      </c>
+      <c r="HR8" s="14">
+        <v>20017.09314203</v>
+      </c>
+      <c r="HS8" s="14">
+        <v>20133.792943109998</v>
+      </c>
+      <c r="HT8" s="14">
+        <v>19504.527769799999</v>
+      </c>
+      <c r="HU8" s="14">
+        <v>20173.77845252</v>
+      </c>
+      <c r="HV8" s="14">
+        <v>20150.555074470001</v>
+      </c>
+      <c r="HW8" s="14">
+        <v>20655.357202269999</v>
+      </c>
+      <c r="HX8" s="14">
+        <v>20502.84069153</v>
+      </c>
+      <c r="HY8" s="14">
+        <v>21188.959479320001</v>
+      </c>
+      <c r="HZ8" s="14">
+        <v>21034.028556599998</v>
+      </c>
+      <c r="IA8" s="14">
+        <v>21034.23143761</v>
+      </c>
+      <c r="IB8" s="14">
+        <v>21031.57783713</v>
+      </c>
+      <c r="IC8" s="14">
+        <v>20687.018007189999</v>
+      </c>
+      <c r="ID8" s="14">
+        <v>21604.985483960001</v>
+      </c>
+      <c r="IE8" s="14">
+        <v>21645.007034130002</v>
+      </c>
+      <c r="IF8" s="14">
+        <v>21462.77756224</v>
+      </c>
+      <c r="IG8" s="14">
+        <v>21146.969671350002</v>
+      </c>
+      <c r="IH8" s="14">
+        <v>21288.25593626</v>
+      </c>
+      <c r="II8" s="14">
+        <v>21437.70402193</v>
+      </c>
+      <c r="IJ8" s="14">
+        <v>21597.112233920001</v>
+      </c>
+      <c r="IK8" s="14">
+        <v>21387.294147770001</v>
+      </c>
+      <c r="IL8" s="14">
+        <v>21740.841805839998</v>
+      </c>
+      <c r="IM8" s="14">
+        <v>21659.877598139999</v>
+      </c>
+      <c r="IN8" s="14">
+        <v>21618.94597837</v>
+      </c>
+      <c r="IO8" s="14">
+        <v>21666.36631437</v>
+      </c>
+      <c r="IP8" s="14">
+        <v>22051.646580150002</v>
+      </c>
+      <c r="IQ8" s="14">
+        <v>22374.035909030001</v>
+      </c>
+      <c r="IR8" s="14">
+        <v>22326.835506769999</v>
+      </c>
+      <c r="IS8" s="14">
+        <v>22325.82243697</v>
+      </c>
+      <c r="IT8" s="14">
+        <v>22386.968952859999</v>
+      </c>
+      <c r="IU8" s="14">
+        <v>22448.55066447</v>
+      </c>
+      <c r="IV8" s="14">
+        <v>22285.445632520001</v>
+      </c>
+      <c r="IW8" s="14">
+        <v>22680.592132180001</v>
+      </c>
+      <c r="IX8" s="14">
+        <v>23240.009741499998</v>
+      </c>
+      <c r="IY8" s="14">
+        <v>23093.79718021</v>
+      </c>
+      <c r="IZ8" s="14">
+        <v>23118.11914119</v>
+      </c>
+      <c r="JA8" s="14">
+        <v>22878.193314420001</v>
+      </c>
+      <c r="JB8" s="14">
+        <v>23224.582942190002</v>
+      </c>
+      <c r="JC8" s="14">
+        <v>23205.728310859999</v>
+      </c>
+      <c r="JD8" s="14">
+        <v>23286.089899440001</v>
+      </c>
+      <c r="JE8" s="14">
+        <v>23190.48605557</v>
+      </c>
+      <c r="JF8" s="14">
+        <v>23292.715637959998</v>
+      </c>
+      <c r="JG8" s="14">
+        <v>22443.930041889998</v>
+      </c>
+      <c r="JH8" s="14">
+        <v>22320.772739169999</v>
+      </c>
+      <c r="JI8" s="14">
+        <v>22432.87543982</v>
+      </c>
+      <c r="JJ8" s="14">
+        <v>22382.10053027</v>
+      </c>
+      <c r="JK8" s="14">
+        <v>22285.08419537</v>
+      </c>
+      <c r="JL8" s="14">
+        <v>22355.73182356</v>
+      </c>
+      <c r="JM8" s="14">
+        <v>22802.963233629998</v>
+      </c>
+      <c r="JN8" s="14">
+        <v>22950.015691240002</v>
+      </c>
+      <c r="JO8" s="14">
+        <v>23057.859456729999</v>
+      </c>
+      <c r="JP8" s="14">
+        <v>23127.491201699999</v>
+      </c>
+      <c r="JQ8" s="14">
+        <v>23060.52144864</v>
+      </c>
+      <c r="JR8" s="14">
+        <v>23084.471953780001</v>
+      </c>
+      <c r="JS8" s="14">
+        <v>23407.043450109999</v>
+      </c>
+      <c r="JT8" s="14">
+        <v>23353.148326319999</v>
+      </c>
+      <c r="JU8" s="14">
+        <v>23963.181605450001</v>
+      </c>
+      <c r="JV8" s="14">
+        <v>24083.180932219999</v>
+      </c>
+      <c r="JW8" s="14">
+        <v>24039.988710969999</v>
+      </c>
+      <c r="JX8" s="14">
+        <v>24008.580721810002</v>
+      </c>
+      <c r="JY8" s="14">
+        <v>24429.768077050001</v>
+      </c>
+      <c r="JZ8" s="14">
+        <v>24251.46608971</v>
+      </c>
+      <c r="KA8" s="14">
+        <v>24363.721480920001</v>
+      </c>
+      <c r="KB8" s="14">
+        <v>24641.14503955</v>
+      </c>
+      <c r="KC8" s="14">
+        <v>24837.37179976</v>
+      </c>
+      <c r="KD8" s="14">
+        <v>25485.55086304</v>
+      </c>
+      <c r="KE8" s="14">
+        <v>25491.321520000001</v>
+      </c>
+      <c r="KF8" s="14">
+        <v>25267.66034581</v>
+      </c>
+      <c r="KG8" s="14">
+        <v>24946.55399113</v>
+      </c>
+      <c r="KH8" s="14">
+        <v>25569.6182677</v>
+      </c>
+      <c r="KI8" s="14">
+        <v>26167.738161990001</v>
+      </c>
+      <c r="KJ8" s="14">
+        <v>27626.94498402</v>
+      </c>
+      <c r="KK8" s="14">
+        <v>27946.053982760001</v>
+      </c>
+      <c r="KL8" s="14">
+        <v>28472.975645490002</v>
+      </c>
+      <c r="KM8" s="14">
+        <v>28476.090327720001</v>
+      </c>
+      <c r="KN8" s="14">
+        <v>28395.186260369999</v>
+      </c>
+      <c r="KO8" s="14">
+        <v>28439.02126025</v>
+      </c>
+      <c r="KP8" s="14">
+        <v>28364.371369839999</v>
+      </c>
+      <c r="KQ8" s="14">
+        <v>28795.650792500001</v>
+      </c>
+      <c r="KR8" s="14">
+        <v>28374.798761549999</v>
+      </c>
+      <c r="KS8" s="14">
+        <v>27971.221973970001</v>
+      </c>
+      <c r="KT8" s="14">
+        <v>28089.744741769999</v>
+      </c>
+      <c r="KU8" s="14">
+        <v>27968.84190354</v>
+      </c>
+      <c r="KV8" s="14">
+        <v>27959.804119199998</v>
+      </c>
+      <c r="KW8" s="14">
+        <v>28413.633499939999</v>
+      </c>
+      <c r="KX8" s="14">
+        <v>29319.432487869999</v>
+      </c>
+      <c r="KY8" s="14">
+        <v>29254.935474180002</v>
+      </c>
+      <c r="KZ8" s="14">
+        <v>29198.716899769999</v>
+      </c>
+      <c r="LA8" s="14">
+        <v>29194.4164299</v>
+      </c>
+      <c r="LB8" s="14">
+        <v>29266.64195324</v>
+      </c>
+      <c r="LC8" s="14">
+        <v>28973.228894849999</v>
+      </c>
+      <c r="LD8" s="14">
+        <v>28796.508262790001</v>
+      </c>
+      <c r="LE8" s="14">
+        <v>28868.354706419999</v>
+      </c>
+      <c r="LF8" s="14">
+        <v>28649.688131110001</v>
+      </c>
+      <c r="LG8" s="14">
+        <v>29073.657849250001</v>
+      </c>
+      <c r="LH8" s="14">
+        <v>28582.89080515</v>
+      </c>
+      <c r="LI8" s="14">
+        <v>29517.816775399999</v>
+      </c>
+      <c r="LJ8" s="14">
+        <v>29836.63875002</v>
+      </c>
+      <c r="LK8" s="14">
+        <v>30032.511638439999</v>
+      </c>
+      <c r="LL8" s="14">
+        <v>30362.72396585</v>
+      </c>
+      <c r="LM8" s="14">
+        <v>30328.442120420001</v>
+      </c>
+      <c r="LN8" s="14">
+        <v>30180.513649870001</v>
+      </c>
+      <c r="LO8" s="14">
+        <v>30382.451418969998</v>
+      </c>
+      <c r="LP8" s="14">
+        <v>30945.420737460001</v>
+      </c>
+      <c r="LQ8" s="14">
+        <v>30938.407593690001</v>
+      </c>
+      <c r="LR8" s="14">
+        <v>32839.532477760004</v>
+      </c>
+      <c r="LS8" s="14">
+        <v>32193.003024580001</v>
+      </c>
+      <c r="LT8" s="14">
+        <v>31892.69419029</v>
+      </c>
+      <c r="LU8" s="14">
+        <v>32262.710763530002</v>
+      </c>
+      <c r="LV8" s="14">
+        <v>32232.63278104</v>
+      </c>
+      <c r="LW8" s="14">
+        <v>32326.202378530001</v>
+      </c>
+      <c r="LX8" s="14">
+        <v>32738.633806319998</v>
+      </c>
+      <c r="LY8" s="14">
+        <v>32513.727260700001</v>
+      </c>
+      <c r="LZ8" s="14">
+        <v>33110.306051350002</v>
+      </c>
+      <c r="MA8" s="14">
+        <v>33097.254236699999</v>
+      </c>
+      <c r="MB8" s="14">
+        <v>32303.748796659998</v>
+      </c>
+      <c r="MC8" s="14">
+        <v>33183.746754890002</v>
+      </c>
+      <c r="MD8" s="14">
+        <v>33848.554145410002</v>
+      </c>
+      <c r="ME8" s="14">
+        <v>33556.672917340002</v>
+      </c>
+      <c r="MF8" s="14">
+        <v>32506.431688640001</v>
+      </c>
+      <c r="MG8" s="14">
+        <v>33523.876678029999</v>
+      </c>
+      <c r="MH8" s="14">
+        <v>34019.325461760003</v>
+      </c>
+      <c r="MI8" s="14">
+        <v>33983.922959670002</v>
+      </c>
+      <c r="MJ8" s="14">
+        <v>34172.678269780001</v>
+      </c>
+      <c r="MK8" s="14">
+        <v>34151.027387549999</v>
+      </c>
+      <c r="ML8" s="14">
+        <v>33904.522591840003</v>
+      </c>
+      <c r="MM8" s="14">
+        <v>33536.559909119998</v>
+      </c>
+      <c r="MN8" s="14">
+        <v>33882.128918959999</v>
+      </c>
+      <c r="MO8" s="14">
+        <v>34377.806602320001</v>
+      </c>
+      <c r="MP8" s="14">
+        <v>34234.925564379999</v>
+      </c>
+      <c r="MQ8" s="14">
+        <v>34375.375561350003</v>
+      </c>
+      <c r="MR8" s="14">
+        <v>34246.799680700002</v>
+      </c>
+      <c r="MS8" s="14">
+        <v>34872.655598589998</v>
+      </c>
+      <c r="MT8" s="14">
+        <v>35344.87620436</v>
+      </c>
+      <c r="MU8" s="14">
+        <v>35348.509987259997</v>
+      </c>
+      <c r="MV8" s="14">
+        <v>35690.321988559997</v>
+      </c>
+    </row>
+    <row r="9" spans="1:360" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A9" s="14"/>
+      <c r="B9" s="15" t="s">
+        <v>12</v>
+      </c>
+      <c r="C9" s="14">
+        <v>0</v>
+      </c>
+      <c r="D9" s="14">
+        <v>0</v>
+      </c>
+      <c r="E9" s="14">
+        <v>0</v>
+      </c>
+      <c r="F9" s="14">
+        <v>0</v>
+      </c>
+      <c r="G9" s="14">
+        <v>0</v>
+      </c>
+      <c r="H9" s="14">
+        <v>0</v>
+      </c>
+      <c r="I9" s="14">
+        <v>0</v>
+      </c>
+      <c r="J9" s="14">
+        <v>0</v>
+      </c>
+      <c r="K9" s="14">
+        <v>0</v>
+      </c>
+      <c r="L9" s="14">
+        <v>0</v>
+      </c>
+      <c r="M9" s="14">
+        <v>0</v>
+      </c>
+      <c r="N9" s="14">
+        <v>0</v>
+      </c>
+      <c r="O9" s="14">
+        <v>0</v>
+      </c>
+      <c r="P9" s="14">
+        <v>0</v>
+      </c>
+      <c r="Q9" s="14">
+        <v>0</v>
+      </c>
+      <c r="R9" s="14">
+        <v>0</v>
+      </c>
+      <c r="S9" s="14">
+        <v>0</v>
+      </c>
+      <c r="T9" s="14">
+        <v>0</v>
+      </c>
+      <c r="U9" s="14">
+        <v>0</v>
+      </c>
+      <c r="V9" s="14">
+        <v>0</v>
+      </c>
+      <c r="W9" s="14">
+        <v>0</v>
+      </c>
+      <c r="X9" s="14">
+        <v>0</v>
+      </c>
+      <c r="Y9" s="14">
+        <v>0</v>
+      </c>
+      <c r="Z9" s="14">
+        <v>0</v>
+      </c>
+      <c r="AA9" s="14">
+        <v>0</v>
+      </c>
+      <c r="AB9" s="14">
+        <v>0</v>
+      </c>
+      <c r="AC9" s="14">
+        <v>0</v>
+      </c>
+      <c r="AD9" s="14">
+        <v>0</v>
+      </c>
+      <c r="AE9" s="14">
+        <v>0</v>
+      </c>
+      <c r="AF9" s="14">
+        <v>0</v>
+      </c>
+      <c r="AG9" s="14">
+        <v>0</v>
+      </c>
+      <c r="AH9" s="14">
+        <v>0</v>
+      </c>
+      <c r="AI9" s="14">
+        <v>0</v>
+      </c>
+      <c r="AJ9" s="14">
+        <v>0</v>
+      </c>
+      <c r="AK9" s="14">
+        <v>0</v>
+      </c>
+      <c r="AL9" s="14">
+        <v>0</v>
+      </c>
+      <c r="AM9" s="14">
+        <v>0</v>
+      </c>
+      <c r="AN9" s="14">
+        <v>0</v>
+      </c>
+      <c r="AO9" s="14">
+        <v>0</v>
+      </c>
+      <c r="AP9" s="14">
+        <v>0</v>
+      </c>
+      <c r="AQ9" s="14">
+        <v>0</v>
+      </c>
+      <c r="AR9" s="14">
+        <v>0</v>
+      </c>
+      <c r="AS9" s="14">
+        <v>0</v>
+      </c>
+      <c r="AT9" s="14">
+        <v>0</v>
+      </c>
+      <c r="AU9" s="14">
+        <v>0</v>
+      </c>
+      <c r="AV9" s="14">
+        <v>0</v>
+      </c>
+      <c r="AW9" s="14">
+        <v>0</v>
+      </c>
+      <c r="AX9" s="14">
+        <v>0</v>
+      </c>
+      <c r="AY9" s="14">
+        <v>0</v>
+      </c>
+      <c r="AZ9" s="14">
+        <v>0</v>
+      </c>
+      <c r="BA9" s="14">
+        <v>0</v>
+      </c>
+      <c r="BB9" s="14">
+        <v>0</v>
+      </c>
+      <c r="BC9" s="14">
+        <v>0</v>
+      </c>
+      <c r="BD9" s="14">
+        <v>0</v>
+      </c>
+      <c r="BE9" s="14">
+        <v>0</v>
+      </c>
+      <c r="BF9" s="14">
+        <v>0</v>
+      </c>
+      <c r="BG9" s="14">
+        <v>0</v>
+      </c>
+      <c r="BH9" s="14">
+        <v>0</v>
+      </c>
+      <c r="BI9" s="14">
+        <v>0</v>
+      </c>
+      <c r="BJ9" s="14">
+        <v>0</v>
+      </c>
+      <c r="BK9" s="14">
+        <v>0</v>
+      </c>
+      <c r="BL9" s="14">
+        <v>0</v>
+      </c>
+      <c r="BM9" s="14">
+        <v>0</v>
+      </c>
+      <c r="BN9" s="14">
+        <v>0</v>
+      </c>
+      <c r="BO9" s="14">
+        <v>0</v>
+      </c>
+      <c r="BP9" s="14">
+        <v>0</v>
+      </c>
+      <c r="BQ9" s="14">
+        <v>0</v>
+      </c>
+      <c r="BR9" s="14">
+        <v>0</v>
+      </c>
+      <c r="BS9" s="14">
+        <v>0</v>
+      </c>
+      <c r="BT9" s="14">
+        <v>0</v>
+      </c>
+      <c r="BU9" s="14">
+        <v>0</v>
+      </c>
+      <c r="BV9" s="14">
+        <v>0</v>
+      </c>
+      <c r="BW9" s="14">
+        <v>0</v>
+      </c>
+      <c r="BX9" s="14">
+        <v>1.12685163</v>
+      </c>
+      <c r="BY9" s="14">
+        <v>19.579887790000001</v>
+      </c>
+      <c r="BZ9" s="14">
+        <v>38.747625159999998</v>
+      </c>
+      <c r="CA9" s="14">
+        <v>17.597473569999998</v>
+      </c>
+      <c r="CB9" s="14">
+        <v>7.5307841299999998</v>
+      </c>
+      <c r="CC9" s="14">
+        <v>7.8255047600000003</v>
+      </c>
+      <c r="CD9" s="14">
+        <v>8.9823183400000008</v>
+      </c>
+      <c r="CE9" s="14">
+        <v>15.747611170000001</v>
+      </c>
+      <c r="CF9" s="14">
+        <v>8.1661637000000002</v>
+      </c>
+      <c r="CG9" s="14">
+        <v>5.51154747</v>
+      </c>
+      <c r="CH9" s="14">
+        <v>5.3840699799999996</v>
+      </c>
+      <c r="CI9" s="14">
+        <v>3.7561915799999999</v>
+      </c>
+      <c r="CJ9" s="14">
+        <v>4.6486450499999998</v>
+      </c>
+      <c r="CK9" s="14">
+        <v>4.1733031399999998</v>
+      </c>
+      <c r="CL9" s="14">
+        <v>5.4237649699999997</v>
+      </c>
+      <c r="CM9" s="14">
+        <v>5.8643856400000001</v>
+      </c>
+      <c r="CN9" s="14">
+        <v>6.3375662899999998</v>
+      </c>
+      <c r="CO9" s="14">
+        <v>7.6167616599999999</v>
+      </c>
+      <c r="CP9" s="14">
+        <v>7.7802318799999997</v>
+      </c>
+      <c r="CQ9" s="14">
+        <v>6.8006999300000004</v>
+      </c>
+      <c r="CR9" s="14">
+        <v>6.4438683299999999</v>
+      </c>
+      <c r="CS9" s="14">
+        <v>6.6414731400000004</v>
+      </c>
+      <c r="CT9" s="14">
+        <v>6.2019176399999996</v>
+      </c>
+      <c r="CU9" s="14">
+        <v>5.9779556300000003</v>
+      </c>
+      <c r="CV9" s="14">
+        <v>6.1088094699999997</v>
+      </c>
+      <c r="CW9" s="14">
+        <v>6.4039955099999997</v>
+      </c>
+      <c r="CX9" s="14">
+        <v>6.8565473399999997</v>
+      </c>
+      <c r="CY9" s="14">
+        <v>7.5937020799999999</v>
+      </c>
+      <c r="CZ9" s="14">
+        <v>7.9675444799999999</v>
+      </c>
+      <c r="DA9" s="14">
+        <v>7.2825286299999998</v>
+      </c>
+      <c r="DB9" s="14">
+        <v>7.43326142</v>
+      </c>
+      <c r="DC9" s="14">
+        <v>7.7537323300000001</v>
+      </c>
+      <c r="DD9" s="14">
+        <v>8.1310241300000001</v>
+      </c>
+      <c r="DE9" s="14">
+        <v>8.3689002600000002</v>
+      </c>
+      <c r="DF9" s="14">
+        <v>7.9280088500000003</v>
+      </c>
+      <c r="DG9" s="14">
+        <v>7.8053730200000002</v>
+      </c>
+      <c r="DH9" s="14">
+        <v>7.48693133</v>
+      </c>
+      <c r="DI9" s="14">
+        <v>11.61289496</v>
+      </c>
+      <c r="DJ9" s="14">
+        <v>10.30270295</v>
+      </c>
+      <c r="DK9" s="14">
+        <v>8.4591203999999998</v>
+      </c>
+      <c r="DL9" s="14">
+        <v>7.8829027500000004</v>
+      </c>
+      <c r="DM9" s="14">
+        <v>7.6511535100000003</v>
+      </c>
+      <c r="DN9" s="14">
+        <v>9.0449926099999995</v>
+      </c>
+      <c r="DO9" s="14">
+        <v>8.3882414799999996</v>
+      </c>
+      <c r="DP9" s="14">
+        <v>8.4247952000000002</v>
+      </c>
+      <c r="DQ9" s="14">
+        <v>7.3929259399999996</v>
+      </c>
+      <c r="DR9" s="14">
+        <v>7.5655653300000001</v>
+      </c>
+      <c r="DS9" s="14">
+        <v>7.8247377499999997</v>
+      </c>
+      <c r="DT9" s="14">
+        <v>7.8946733</v>
+      </c>
+      <c r="DU9" s="14">
+        <v>7.8496487000000004</v>
+      </c>
+      <c r="DV9" s="14">
+        <v>8.1685708699999999</v>
+      </c>
+      <c r="DW9" s="14">
+        <v>8.5934810499999994</v>
+      </c>
+      <c r="DX9" s="14">
+        <v>8.5792619499999994</v>
+      </c>
+      <c r="DY9" s="14">
+        <v>9.07957912</v>
+      </c>
+      <c r="DZ9" s="14">
+        <v>8.9078962399999995</v>
+      </c>
+      <c r="EA9" s="14">
+        <v>9.8488500200000004</v>
+      </c>
+      <c r="EB9" s="14">
+        <v>9.8811293500000001</v>
+      </c>
+      <c r="EC9" s="14">
+        <v>9.5684226300000006</v>
+      </c>
+      <c r="ED9" s="14">
+        <v>10.35619954</v>
+      </c>
+      <c r="EE9" s="14">
+        <v>9.5595776400000005</v>
+      </c>
+      <c r="EF9" s="14">
+        <v>10.269751250000001</v>
+      </c>
+      <c r="EG9" s="14">
+        <v>10.237923309999999</v>
+      </c>
+      <c r="EH9" s="14">
+        <v>10.94159516</v>
+      </c>
+      <c r="EI9" s="14">
+        <v>9.8063105700000008</v>
+      </c>
+      <c r="EJ9" s="14">
+        <v>10.34570789</v>
+      </c>
+      <c r="EK9" s="14">
+        <v>10.461425820000001</v>
+      </c>
+      <c r="EL9" s="14">
+        <v>10.73068842</v>
+      </c>
+      <c r="EM9" s="14">
+        <v>12.145619979999999</v>
+      </c>
+      <c r="EN9" s="14">
+        <v>12.494759459999999</v>
+      </c>
+      <c r="EO9" s="14">
+        <v>11.97875541</v>
+      </c>
+      <c r="EP9" s="14">
+        <v>12.204461070000001</v>
+      </c>
+      <c r="EQ9" s="14">
+        <v>11.735300349999999</v>
+      </c>
+      <c r="ER9" s="14">
+        <v>12.692828739999999</v>
+      </c>
+      <c r="ES9" s="14">
+        <v>12.64064948</v>
+      </c>
+      <c r="ET9" s="14">
+        <v>12.33259305</v>
+      </c>
+      <c r="EU9" s="14">
+        <v>12.80905143</v>
+      </c>
+      <c r="EV9" s="14">
+        <v>13.3771249</v>
+      </c>
+      <c r="EW9" s="14">
+        <v>13.20776336</v>
+      </c>
+      <c r="EX9" s="14">
+        <v>14.19661045</v>
+      </c>
+      <c r="EY9" s="14">
+        <v>15.40494473</v>
+      </c>
+      <c r="EZ9" s="14">
+        <v>15.206705810000001</v>
+      </c>
+      <c r="FA9" s="14">
+        <v>15.720123210000001</v>
+      </c>
+      <c r="FB9" s="14">
+        <v>15.475066</v>
+      </c>
+      <c r="FC9" s="14">
+        <v>13.911292189999999</v>
+      </c>
+      <c r="FD9" s="14">
+        <v>14.815232480000001</v>
+      </c>
+      <c r="FE9" s="14">
+        <v>14.09196698</v>
+      </c>
+      <c r="FF9" s="14">
+        <v>13.326806769999999</v>
+      </c>
+      <c r="FG9" s="14">
+        <v>13.98692299</v>
+      </c>
+      <c r="FH9" s="14">
+        <v>14.33375807</v>
+      </c>
+      <c r="FI9" s="14">
+        <v>14.48911902</v>
+      </c>
+      <c r="FJ9" s="14">
+        <v>14.97797293</v>
+      </c>
+      <c r="FK9" s="14">
+        <v>15.69191653</v>
+      </c>
+      <c r="FL9" s="14">
+        <v>16.23864154</v>
+      </c>
+      <c r="FM9" s="14">
+        <v>16.079636570000002</v>
+      </c>
+      <c r="FN9" s="14">
+        <v>15.568270930000001</v>
+      </c>
+      <c r="FO9" s="14">
+        <v>16.804658759999999</v>
+      </c>
+      <c r="FP9" s="14">
+        <v>20.522818730000001</v>
+      </c>
+      <c r="FQ9" s="14">
+        <v>19.40623458</v>
+      </c>
+      <c r="FR9" s="14">
+        <v>17.429702819999999</v>
+      </c>
+      <c r="FS9" s="14">
+        <v>18.057065829999999</v>
+      </c>
+      <c r="FT9" s="14">
+        <v>18.03318943</v>
+      </c>
+      <c r="FU9" s="14">
+        <v>19.21821576</v>
+      </c>
+      <c r="FV9" s="14">
+        <v>21.262069830000002</v>
+      </c>
+      <c r="FW9" s="14">
+        <v>21.195634630000001</v>
+      </c>
+      <c r="FX9" s="14">
+        <v>21.25550269</v>
+      </c>
+      <c r="FY9" s="14">
+        <v>20.706937109999998</v>
+      </c>
+      <c r="FZ9" s="14">
+        <v>20.31146627</v>
+      </c>
+      <c r="GA9" s="14">
+        <v>21.227975300000001</v>
+      </c>
+      <c r="GB9" s="14">
+        <v>20.986306419999998</v>
+      </c>
+      <c r="GC9" s="14">
+        <v>20.10403659</v>
+      </c>
+      <c r="GD9" s="14">
+        <v>20.970233329999999</v>
+      </c>
+      <c r="GE9" s="14">
+        <v>20.79553044</v>
+      </c>
+      <c r="GF9" s="14">
+        <v>21.118010340000001</v>
+      </c>
+      <c r="GG9" s="14">
+        <v>22.936471529999999</v>
+      </c>
+      <c r="GH9" s="14">
+        <v>23.663361380000001</v>
+      </c>
+      <c r="GI9" s="14">
+        <v>24.162601800000001</v>
+      </c>
+      <c r="GJ9" s="14">
+        <v>23.41534326</v>
+      </c>
+      <c r="GK9" s="14">
+        <v>22.69773867</v>
+      </c>
+      <c r="GL9" s="14">
+        <v>23.467571840000002</v>
+      </c>
+      <c r="GM9" s="14">
+        <v>23.87224591</v>
+      </c>
+      <c r="GN9" s="14">
+        <v>26.59321928</v>
+      </c>
+      <c r="GO9" s="14">
+        <v>25.166050980000001</v>
+      </c>
+      <c r="GP9" s="14">
+        <v>25.542632269999999</v>
+      </c>
+      <c r="GQ9" s="14">
+        <v>25.592053450000002</v>
+      </c>
+      <c r="GR9" s="14">
+        <v>28.395863769999998</v>
+      </c>
+      <c r="GS9" s="14">
+        <v>28.45788293</v>
+      </c>
+      <c r="GT9" s="14">
+        <v>27.162707919999999</v>
+      </c>
+      <c r="GU9" s="14">
+        <v>28.781364180000001</v>
+      </c>
+      <c r="GV9" s="14">
+        <v>28.459444520000002</v>
+      </c>
+      <c r="GW9" s="14">
+        <v>27.614459350000001</v>
+      </c>
+      <c r="GX9" s="14">
+        <v>28.785485550000001</v>
+      </c>
+      <c r="GY9" s="14">
+        <v>27.222105419999998</v>
+      </c>
+      <c r="GZ9" s="14">
+        <v>29.04574049</v>
+      </c>
+      <c r="HA9" s="14">
+        <v>28.18177343</v>
+      </c>
+      <c r="HB9" s="14">
+        <v>28.62004241</v>
+      </c>
+      <c r="HC9" s="14">
+        <v>27.70103821</v>
+      </c>
+      <c r="HD9" s="14">
+        <v>28.212851140000001</v>
+      </c>
+      <c r="HE9" s="14">
+        <v>28.52510891</v>
+      </c>
+      <c r="HF9" s="14">
+        <v>28.836379879999999</v>
+      </c>
+      <c r="HG9" s="14">
+        <v>31.8068977</v>
+      </c>
+      <c r="HH9" s="14">
+        <v>29.695327750000001</v>
+      </c>
+      <c r="HI9" s="14">
+        <v>30.14303146</v>
+      </c>
+      <c r="HJ9" s="14">
+        <v>29.790433310000001</v>
+      </c>
+      <c r="HK9" s="14">
+        <v>28.50506356</v>
+      </c>
+      <c r="HL9" s="14">
+        <v>32.68072016</v>
+      </c>
+      <c r="HM9" s="14">
+        <v>32.176605189999997</v>
+      </c>
+      <c r="HN9" s="14">
+        <v>32.624903920000001</v>
+      </c>
+      <c r="HO9" s="14">
+        <v>34.056524899999999</v>
+      </c>
+      <c r="HP9" s="14">
+        <v>36.633223749999999</v>
+      </c>
+      <c r="HQ9" s="14">
+        <v>36.221657559999997</v>
+      </c>
+      <c r="HR9" s="14">
+        <v>32.703567579999998</v>
+      </c>
+      <c r="HS9" s="14">
+        <v>33.815457739999999</v>
+      </c>
+      <c r="HT9" s="14">
+        <v>34.885848709999998</v>
+      </c>
+      <c r="HU9" s="14">
+        <v>35.59512771</v>
+      </c>
+      <c r="HV9" s="14">
+        <v>35.48064522</v>
+      </c>
+      <c r="HW9" s="14">
+        <v>35.607598439999997</v>
+      </c>
+      <c r="HX9" s="14">
+        <v>35.803586750000001</v>
+      </c>
+      <c r="HY9" s="14">
+        <v>36.150235719999998</v>
+      </c>
+      <c r="HZ9" s="14">
+        <v>35.740961059999997</v>
+      </c>
+      <c r="IA9" s="14">
+        <v>34.388223600000003</v>
+      </c>
+      <c r="IB9" s="14">
+        <v>33.661413809999999</v>
+      </c>
+      <c r="IC9" s="14">
+        <v>33.17224667</v>
+      </c>
+      <c r="ID9" s="14">
+        <v>33.59441099</v>
+      </c>
+      <c r="IE9" s="14">
+        <v>34.259746560000004</v>
+      </c>
+      <c r="IF9" s="14">
+        <v>34.737241689999998</v>
+      </c>
+      <c r="IG9" s="14">
+        <v>34.143034210000003</v>
+      </c>
+      <c r="IH9" s="14">
+        <v>32.359056699999996</v>
+      </c>
+      <c r="II9" s="14">
+        <v>32.321106890000003</v>
+      </c>
+      <c r="IJ9" s="14">
+        <v>32.983557949999998</v>
+      </c>
+      <c r="IK9" s="14">
+        <v>32.756760989999997</v>
+      </c>
+      <c r="IL9" s="14">
+        <v>32.996370710000001</v>
+      </c>
+      <c r="IM9" s="14">
+        <v>34.039766489999998</v>
+      </c>
+      <c r="IN9" s="14">
+        <v>33.681016329999999</v>
+      </c>
+      <c r="IO9" s="14">
+        <v>34.499508390000003</v>
+      </c>
+      <c r="IP9" s="14">
+        <v>35.43697572</v>
+      </c>
+      <c r="IQ9" s="14">
+        <v>36.330536459999998</v>
+      </c>
+      <c r="IR9" s="14">
+        <v>37.042939539999999</v>
+      </c>
+      <c r="IS9" s="14">
+        <v>37.03385128</v>
+      </c>
+      <c r="IT9" s="14">
+        <v>37.552553789999997</v>
+      </c>
+      <c r="IU9" s="14">
+        <v>37.380713100000001</v>
+      </c>
+      <c r="IV9" s="14">
+        <v>37.955069600000002</v>
+      </c>
+      <c r="IW9" s="14">
+        <v>37.444036070000003</v>
+      </c>
+      <c r="IX9" s="14">
+        <v>39.501879860000003</v>
+      </c>
+      <c r="IY9" s="14">
+        <v>39.164317519999997</v>
+      </c>
+      <c r="IZ9" s="14">
+        <v>39.563438259999998</v>
+      </c>
+      <c r="JA9" s="14">
+        <v>39.679314740000002</v>
+      </c>
+      <c r="JB9" s="14">
+        <v>39.710487659999998</v>
+      </c>
+      <c r="JC9" s="14">
+        <v>40.816291370000002</v>
+      </c>
+      <c r="JD9" s="14">
+        <v>41.293824530000002</v>
+      </c>
+      <c r="JE9" s="14">
+        <v>41.40858506</v>
+      </c>
+      <c r="JF9" s="14">
+        <v>42.094440329999998</v>
+      </c>
+      <c r="JG9" s="14">
+        <v>42.099158379999999</v>
+      </c>
+      <c r="JH9" s="14">
+        <v>42.844811139999997</v>
+      </c>
+      <c r="JI9" s="14">
+        <v>42.340307750000001</v>
+      </c>
+      <c r="JJ9" s="14">
+        <v>40.611249549999997</v>
+      </c>
+      <c r="JK9" s="14">
+        <v>40.868621040000001</v>
+      </c>
+      <c r="JL9" s="14">
+        <v>41.26204757</v>
+      </c>
+      <c r="JM9" s="14">
+        <v>42.092402559999996</v>
+      </c>
+      <c r="JN9" s="14">
+        <v>42.745876860000003</v>
+      </c>
+      <c r="JO9" s="14">
+        <v>43.730816660000002</v>
+      </c>
+      <c r="JP9" s="14">
+        <v>40.404389119999998</v>
+      </c>
+      <c r="JQ9" s="14">
+        <v>40.027203669999999</v>
+      </c>
+      <c r="JR9" s="14">
+        <v>40.268274099999999</v>
+      </c>
+      <c r="JS9" s="14">
+        <v>40.81437562</v>
+      </c>
+      <c r="JT9" s="14">
+        <v>40.990685130000003</v>
+      </c>
+      <c r="JU9" s="14">
+        <v>41.405182629999999</v>
+      </c>
+      <c r="JV9" s="14">
+        <v>38.97264741</v>
+      </c>
+      <c r="JW9" s="14">
+        <v>39.018583880000001</v>
+      </c>
+      <c r="JX9" s="14">
+        <v>39.955239110000001</v>
+      </c>
+      <c r="JY9" s="14">
+        <v>39.805919109999998</v>
+      </c>
+      <c r="JZ9" s="14">
+        <v>40.080611330000004</v>
+      </c>
+      <c r="KA9" s="14">
+        <v>40.573264190000003</v>
+      </c>
+      <c r="KB9" s="14">
+        <v>40.234512000000002</v>
+      </c>
+      <c r="KC9" s="14">
+        <v>40.329467979999997</v>
+      </c>
+      <c r="KD9" s="14">
+        <v>40.199432389999998</v>
+      </c>
+      <c r="KE9" s="14">
+        <v>38.535672310000002</v>
+      </c>
+      <c r="KF9" s="14">
+        <v>38.733722999999998</v>
+      </c>
+      <c r="KG9" s="14">
+        <v>38.530884139999998</v>
+      </c>
+      <c r="KH9" s="14">
+        <v>38.807589900000004</v>
+      </c>
+      <c r="KI9" s="14">
+        <v>38.619687149999997</v>
+      </c>
+      <c r="KJ9" s="14">
+        <v>38.292730210000002</v>
+      </c>
+      <c r="KK9" s="14">
+        <v>41.959166410000002</v>
+      </c>
+      <c r="KL9" s="14">
+        <v>44.231022500000002</v>
+      </c>
+      <c r="KM9" s="14">
+        <v>46.463183870000002</v>
+      </c>
+      <c r="KN9" s="14">
+        <v>46.618747880000001</v>
+      </c>
+      <c r="KO9" s="14">
+        <v>47.502453289999998</v>
+      </c>
+      <c r="KP9" s="14">
+        <v>44.74919439</v>
+      </c>
+      <c r="KQ9" s="14">
+        <v>45.453731429999998</v>
+      </c>
+      <c r="KR9" s="14">
+        <v>47.092134360000003</v>
+      </c>
+      <c r="KS9" s="14">
+        <v>47.338422639999997</v>
+      </c>
+      <c r="KT9" s="14">
+        <v>46.84476197</v>
+      </c>
+      <c r="KU9" s="14">
+        <v>47.449298409999997</v>
+      </c>
+      <c r="KV9" s="14">
+        <v>46.785314640000003</v>
+      </c>
+      <c r="KW9" s="14">
+        <v>48.679574119999998</v>
+      </c>
+      <c r="KX9" s="14">
+        <v>49.660494960000001</v>
+      </c>
+      <c r="KY9" s="14">
+        <v>48.911029900000003</v>
+      </c>
+      <c r="KZ9" s="14">
+        <v>47.914002119999999</v>
+      </c>
+      <c r="LA9" s="14">
+        <v>47.128020020000001</v>
+      </c>
+      <c r="LB9" s="14">
+        <v>46.534681059999997</v>
+      </c>
+      <c r="LC9" s="14">
+        <v>46.69210897</v>
+      </c>
+      <c r="LD9" s="14">
+        <v>46.914664299999998</v>
+      </c>
+      <c r="LE9" s="14">
+        <v>46.896225360000003</v>
+      </c>
+      <c r="LF9" s="14">
+        <v>47.556373780000001</v>
+      </c>
+      <c r="LG9" s="14">
+        <v>48.174647710000002</v>
+      </c>
+      <c r="LH9" s="14">
+        <v>47.167310059999998</v>
+      </c>
+      <c r="LI9" s="14">
+        <v>47.433763749999997</v>
+      </c>
+      <c r="LJ9" s="14">
+        <v>47.995939450000002</v>
+      </c>
+      <c r="LK9" s="14">
+        <v>47.838581560000002</v>
+      </c>
+      <c r="LL9" s="14">
+        <v>47.438104119999998</v>
+      </c>
+      <c r="LM9" s="14">
+        <v>46.431249600000001</v>
+      </c>
+      <c r="LN9" s="14">
+        <v>46.742192619999997</v>
+      </c>
+      <c r="LO9" s="14">
+        <v>47.629201930000001</v>
+      </c>
+      <c r="LP9" s="14">
+        <v>51.062306200000002</v>
+      </c>
+      <c r="LQ9" s="14">
+        <v>51.762882619999999</v>
+      </c>
+      <c r="LR9" s="14">
+        <v>53.5961924</v>
+      </c>
+      <c r="LS9" s="14">
+        <v>56.504203910000001</v>
+      </c>
+      <c r="LT9" s="14">
+        <v>52.217723069999998</v>
+      </c>
+      <c r="LU9" s="14">
+        <v>53.576670280000002</v>
+      </c>
+      <c r="LV9" s="14">
+        <v>51.144131700000003</v>
+      </c>
+      <c r="LW9" s="14">
+        <v>52.344502259999999</v>
+      </c>
+      <c r="LX9" s="14">
+        <v>52.629853269999998</v>
+      </c>
+      <c r="LY9" s="14">
+        <v>52.054426059999997</v>
+      </c>
+      <c r="LZ9" s="14">
+        <v>53.072666769999998</v>
+      </c>
+      <c r="MA9" s="14">
+        <v>53.759262319999998</v>
+      </c>
+      <c r="MB9" s="14">
+        <v>55.561880279999997</v>
+      </c>
+      <c r="MC9" s="14">
+        <v>57.063545750000003</v>
+      </c>
+      <c r="MD9" s="14">
+        <v>58.082186149999998</v>
+      </c>
+      <c r="ME9" s="14">
+        <v>58.90399773</v>
+      </c>
+      <c r="MF9" s="14">
+        <v>60.063314560000002</v>
+      </c>
+      <c r="MG9" s="14">
+        <v>62.088849809999999</v>
+      </c>
+      <c r="MH9" s="14">
+        <v>61.086024440000003</v>
+      </c>
+      <c r="MI9" s="14">
+        <v>60.787566060000003</v>
+      </c>
+      <c r="MJ9" s="14">
+        <v>59.852163050000001</v>
+      </c>
+      <c r="MK9" s="14">
+        <v>61.077950199999997</v>
+      </c>
+      <c r="ML9" s="14">
+        <v>61.785690629999998</v>
+      </c>
+      <c r="MM9" s="14">
+        <v>62.484605279999997</v>
+      </c>
+      <c r="MN9" s="14">
+        <v>64.275787510000001</v>
+      </c>
+      <c r="MO9" s="14">
+        <v>64.752394899999999</v>
+      </c>
+      <c r="MP9" s="14">
+        <v>64.190199849999999</v>
+      </c>
+      <c r="MQ9" s="14">
+        <v>65.906965700000001</v>
+      </c>
+      <c r="MR9" s="14">
+        <v>68.556325130000005</v>
+      </c>
+      <c r="MS9" s="14">
+        <v>68.44938071</v>
+      </c>
+      <c r="MT9" s="14">
+        <v>72.726560300000003</v>
+      </c>
+      <c r="MU9" s="14">
+        <v>71.840320379999994</v>
+      </c>
+      <c r="MV9" s="14">
+        <v>67.380041059999996</v>
+      </c>
+    </row>
+    <row r="10" spans="1:360" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A10" s="14"/>
+      <c r="B10" s="15" t="s">
+        <v>13</v>
+      </c>
+      <c r="C10" s="14">
+        <v>0</v>
+      </c>
+      <c r="D10" s="14">
+        <v>0</v>
+      </c>
+      <c r="E10" s="14">
+        <v>0</v>
+      </c>
+      <c r="F10" s="14">
+        <v>0</v>
+      </c>
+      <c r="G10" s="14">
+        <v>0</v>
+      </c>
+      <c r="H10" s="14">
+        <v>0</v>
+      </c>
+      <c r="I10" s="14">
+        <v>0</v>
+      </c>
+      <c r="J10" s="14">
+        <v>7.8041011300000003</v>
+      </c>
+      <c r="K10" s="14">
+        <v>7.8041011300000003</v>
+      </c>
+      <c r="L10" s="14">
+        <v>31.85347402</v>
+      </c>
+      <c r="M10" s="14">
+        <v>42.604021500000002</v>
+      </c>
+      <c r="N10" s="14">
+        <v>40.878624989999999</v>
+      </c>
+      <c r="O10" s="14">
+        <v>36.631495119999997</v>
+      </c>
+      <c r="P10" s="14">
+        <v>43.440175189999998</v>
+      </c>
+      <c r="Q10" s="14">
+        <v>60.256155020000001</v>
+      </c>
+      <c r="R10" s="14">
+        <v>39.020505669999999</v>
+      </c>
+      <c r="S10" s="14">
+        <v>77.337580459999998</v>
+      </c>
+      <c r="T10" s="14">
+        <v>47.368770320000003</v>
+      </c>
+      <c r="U10" s="14">
+        <v>45.125754860000001</v>
+      </c>
+      <c r="V10" s="14">
+        <v>55.783396379999999</v>
+      </c>
+      <c r="W10" s="14">
+        <v>58.46439711</v>
+      </c>
+      <c r="X10" s="14">
+        <v>85.513305459999998</v>
+      </c>
+      <c r="Y10" s="14">
+        <v>72.002123560000001</v>
+      </c>
+      <c r="Z10" s="14">
+        <v>67.330280709999997</v>
+      </c>
+      <c r="AA10" s="14">
+        <v>46.466255230000002</v>
+      </c>
+      <c r="AB10" s="14">
+        <v>46.678611719999999</v>
+      </c>
+      <c r="AC10" s="14">
+        <v>52.690954939999997</v>
+      </c>
+      <c r="AD10" s="14">
+        <v>56.526644099999999</v>
+      </c>
+      <c r="AE10" s="14">
+        <v>40.374278320000002</v>
+      </c>
+      <c r="AF10" s="14">
+        <v>39.98938218</v>
+      </c>
+      <c r="AG10" s="14">
+        <v>36.737673370000003</v>
+      </c>
+      <c r="AH10" s="14">
+        <v>47.408587169999997</v>
+      </c>
+      <c r="AI10" s="14">
+        <v>48.682726129999999</v>
+      </c>
+      <c r="AJ10" s="14">
+        <v>77.324308180000003</v>
+      </c>
+      <c r="AK10" s="14">
+        <v>54.442896009999998</v>
+      </c>
+      <c r="AL10" s="14">
+        <v>53.938549340000002</v>
+      </c>
+      <c r="AM10" s="14">
+        <v>61.835556439999998</v>
+      </c>
+      <c r="AN10" s="14">
+        <v>67.210830180000002</v>
+      </c>
+      <c r="AO10" s="14">
+        <v>112.89402084</v>
+      </c>
+      <c r="AP10" s="14">
+        <v>93.410312559999994</v>
+      </c>
+      <c r="AQ10" s="14">
+        <v>74.324772710000005</v>
+      </c>
+      <c r="AR10" s="14">
+        <v>69.228216869999997</v>
+      </c>
+      <c r="AS10" s="14">
+        <v>66.573760699999994</v>
+      </c>
+      <c r="AT10" s="14">
+        <v>81.677616299999997</v>
+      </c>
+      <c r="AU10" s="14">
+        <v>118.01712123999999</v>
+      </c>
+      <c r="AV10" s="14">
+        <v>101.85148318</v>
+      </c>
+      <c r="AW10" s="14">
+        <v>102.46200810000001</v>
+      </c>
+      <c r="AX10" s="14">
+        <v>102.99289933</v>
+      </c>
+      <c r="AY10" s="14">
+        <v>103.09193015</v>
+      </c>
+      <c r="AZ10" s="14">
+        <v>100.04044274</v>
+      </c>
+      <c r="BA10" s="14">
+        <v>183.48039506999999</v>
+      </c>
+      <c r="BB10" s="14">
+        <v>143.21998954</v>
+      </c>
+      <c r="BC10" s="14">
+        <v>158.39819790000001</v>
+      </c>
+      <c r="BD10" s="14">
+        <v>210.28341782000001</v>
+      </c>
+      <c r="BE10" s="14">
+        <v>255.17878576999999</v>
+      </c>
+      <c r="BF10" s="14">
+        <v>274.94792117999998</v>
+      </c>
+      <c r="BG10" s="14">
+        <v>312.20251218999999</v>
+      </c>
+      <c r="BH10" s="14">
+        <v>377.46978963999999</v>
+      </c>
+      <c r="BI10" s="14">
+        <v>421.90158345999998</v>
+      </c>
+      <c r="BJ10" s="14">
+        <v>365.59148754</v>
+      </c>
+      <c r="BK10" s="14">
+        <v>341.18316557000003</v>
+      </c>
+      <c r="BL10" s="14">
+        <v>466.36394469999999</v>
+      </c>
+      <c r="BM10" s="14">
+        <v>606.46874639999999</v>
+      </c>
+      <c r="BN10" s="14">
+        <v>587.39689568999995</v>
+      </c>
+      <c r="BO10" s="14">
+        <v>601.38203720000001</v>
+      </c>
+      <c r="BP10" s="14">
+        <v>707.14259126000002</v>
+      </c>
+      <c r="BQ10" s="14">
+        <v>740.84493574999999</v>
+      </c>
+      <c r="BR10" s="14">
+        <v>803.17575940999996</v>
+      </c>
+      <c r="BS10" s="14">
+        <v>659.94026709000002</v>
+      </c>
+      <c r="BT10" s="14">
+        <v>592.29953376000003</v>
+      </c>
+      <c r="BU10" s="14">
+        <v>608.65292149000004</v>
+      </c>
+      <c r="BV10" s="14">
+        <v>609.42649129999995</v>
+      </c>
+      <c r="BW10" s="14">
+        <v>659.90093922999995</v>
+      </c>
+      <c r="BX10" s="14">
+        <v>688.20128550000004</v>
+      </c>
+      <c r="BY10" s="14">
+        <v>713.88038423</v>
+      </c>
+      <c r="BZ10" s="14">
+        <v>752.83383827</v>
+      </c>
+      <c r="CA10" s="14">
+        <v>769.56320217999996</v>
+      </c>
+      <c r="CB10" s="14">
+        <v>736.75410807000003</v>
+      </c>
+      <c r="CC10" s="14">
+        <v>766.97409788000004</v>
+      </c>
+      <c r="CD10" s="14">
+        <v>788.66821900000002</v>
+      </c>
+      <c r="CE10" s="14">
+        <v>761.9928784</v>
+      </c>
+      <c r="CF10" s="14">
+        <v>735.83411734000003</v>
+      </c>
+      <c r="CG10" s="14">
+        <v>766.90259025</v>
+      </c>
+      <c r="CH10" s="14">
+        <v>759.81695285000001</v>
+      </c>
+      <c r="CI10" s="14">
+        <v>747.59223740000004</v>
+      </c>
+      <c r="CJ10" s="14">
+        <v>766.29282240999999</v>
+      </c>
+      <c r="CK10" s="14">
+        <v>765.01722692999999</v>
+      </c>
+      <c r="CL10" s="14">
+        <v>756.00252381999996</v>
+      </c>
+      <c r="CM10" s="14">
+        <v>755.21700582000005</v>
+      </c>
+      <c r="CN10" s="14">
+        <v>757.18702055000006</v>
+      </c>
+      <c r="CO10" s="14">
+        <v>794.19275837999999</v>
+      </c>
+      <c r="CP10" s="14">
+        <v>794.75217922000002</v>
+      </c>
+      <c r="CQ10" s="14">
+        <v>799.41859964000002</v>
+      </c>
+      <c r="CR10" s="14">
+        <v>786.22128724000004</v>
+      </c>
+      <c r="CS10" s="14">
+        <v>788.41191517000004</v>
+      </c>
+      <c r="CT10" s="14">
+        <v>838.29762844000004</v>
+      </c>
+      <c r="CU10" s="14">
+        <v>869.07710423000003</v>
+      </c>
+      <c r="CV10" s="14">
+        <v>866.18921988</v>
+      </c>
+      <c r="CW10" s="14">
+        <v>874.76711968999996</v>
+      </c>
+      <c r="CX10" s="14">
+        <v>862.34929808000004</v>
+      </c>
+      <c r="CY10" s="14">
+        <v>922.72761146000005</v>
+      </c>
+      <c r="CZ10" s="14">
+        <v>1067.20922286</v>
+      </c>
+      <c r="DA10" s="14">
+        <v>1112.3401648199999</v>
+      </c>
+      <c r="DB10" s="14">
+        <v>1056.5472373800001</v>
+      </c>
+      <c r="DC10" s="14">
+        <v>1011.1954048699999</v>
+      </c>
+      <c r="DD10" s="14">
+        <v>1068.3662860699999</v>
+      </c>
+      <c r="DE10" s="14">
+        <v>1145.2480132400001</v>
+      </c>
+      <c r="DF10" s="14">
+        <v>1232.3886832999999</v>
+      </c>
+      <c r="DG10" s="14">
+        <v>1192.81498379</v>
+      </c>
+      <c r="DH10" s="14">
+        <v>1388.8787544899999</v>
+      </c>
+      <c r="DI10" s="14">
+        <v>1441.12049355</v>
+      </c>
+      <c r="DJ10" s="14">
+        <v>1723.88267563</v>
+      </c>
+      <c r="DK10" s="14">
+        <v>1807.1201095500001</v>
+      </c>
+      <c r="DL10" s="14">
+        <v>1817.5588376400001</v>
+      </c>
+      <c r="DM10" s="14">
+        <v>1779.3323513099999</v>
+      </c>
+      <c r="DN10" s="14">
+        <v>1717.60232518</v>
+      </c>
+      <c r="DO10" s="14">
+        <v>1731.50851799</v>
+      </c>
+      <c r="DP10" s="14">
+        <v>1698.16805757</v>
+      </c>
+      <c r="DQ10" s="14">
+        <v>1786.1160323700001</v>
+      </c>
+      <c r="DR10" s="14">
+        <v>1770.4943933100001</v>
+      </c>
+      <c r="DS10" s="14">
+        <v>1648.91820433</v>
+      </c>
+      <c r="DT10" s="14">
+        <v>1662.03103809</v>
+      </c>
+      <c r="DU10" s="14">
+        <v>1672.9083127399999</v>
+      </c>
+      <c r="DV10" s="14">
+        <v>1584.8546962200001</v>
+      </c>
+      <c r="DW10" s="14">
+        <v>1522.4145470599999</v>
+      </c>
+      <c r="DX10" s="14">
+        <v>1526.5530644600001</v>
+      </c>
+      <c r="DY10" s="14">
+        <v>1523.63619801</v>
+      </c>
+      <c r="DZ10" s="14">
+        <v>1461.5611928999999</v>
+      </c>
+      <c r="EA10" s="14">
+        <v>1496.5827369199999</v>
+      </c>
+      <c r="EB10" s="14">
+        <v>1500.68978816</v>
+      </c>
+      <c r="EC10" s="14">
+        <v>1548.81929459</v>
+      </c>
+      <c r="ED10" s="14">
+        <v>1440.2870621</v>
+      </c>
+      <c r="EE10" s="14">
+        <v>1523.8131530600001</v>
+      </c>
+      <c r="EF10" s="14">
+        <v>1408.1321096300001</v>
+      </c>
+      <c r="EG10" s="14">
+        <v>1408.0279838599999</v>
+      </c>
+      <c r="EH10" s="14">
+        <v>1372.1917441400001</v>
+      </c>
+      <c r="EI10" s="14">
+        <v>1267.61414666</v>
+      </c>
+      <c r="EJ10" s="14">
+        <v>1299.31708458</v>
+      </c>
+      <c r="EK10" s="14">
+        <v>1400.3924696500001</v>
+      </c>
+      <c r="EL10" s="14">
+        <v>1421.72512854</v>
+      </c>
+      <c r="EM10" s="14">
+        <v>1385.1641257000001</v>
+      </c>
+      <c r="EN10" s="14">
+        <v>1409.6282616999999</v>
+      </c>
+      <c r="EO10" s="14">
+        <v>1459.7249322499999</v>
+      </c>
+      <c r="EP10" s="14">
+        <v>1445.3487122199999</v>
+      </c>
+      <c r="EQ10" s="14">
+        <v>1391.3010767400001</v>
+      </c>
+      <c r="ER10" s="14">
+        <v>1300.3940976599999</v>
+      </c>
+      <c r="ES10" s="14">
+        <v>1298.2906296599999</v>
+      </c>
+      <c r="ET10" s="14">
+        <v>1208.37512621</v>
+      </c>
+      <c r="EU10" s="14">
+        <v>1194.95633421</v>
+      </c>
+      <c r="EV10" s="14">
+        <v>1178.1595789999999</v>
+      </c>
+      <c r="EW10" s="14">
+        <v>1169.50948421</v>
+      </c>
+      <c r="EX10" s="14">
+        <v>1186.75703929</v>
+      </c>
+      <c r="EY10" s="14">
+        <v>1143.43353905</v>
+      </c>
+      <c r="EZ10" s="14">
+        <v>1159.1081027299999</v>
+      </c>
+      <c r="FA10" s="14">
+        <v>1090.8222178000001</v>
+      </c>
+      <c r="FB10" s="14">
+        <v>1063.48131926</v>
+      </c>
+      <c r="FC10" s="14">
+        <v>1761.74511011</v>
+      </c>
+      <c r="FD10" s="14">
+        <v>1690.7469673999999</v>
+      </c>
+      <c r="FE10" s="14">
+        <v>1677.48324202</v>
+      </c>
+      <c r="FF10" s="14">
+        <v>1774.57869925</v>
+      </c>
+      <c r="FG10" s="14">
+        <v>1735.4697920000001</v>
+      </c>
+      <c r="FH10" s="14">
+        <v>1771.65072543</v>
+      </c>
+      <c r="FI10" s="14">
+        <v>1873.41651963</v>
+      </c>
+      <c r="FJ10" s="14">
+        <v>1892.8991505199999</v>
+      </c>
+      <c r="FK10" s="14">
+        <v>1906.3980007299999</v>
+      </c>
+      <c r="FL10" s="14">
+        <v>2071.769088</v>
+      </c>
+      <c r="FM10" s="14">
+        <v>2091.6444421199999</v>
+      </c>
+      <c r="FN10" s="14">
+        <v>2111.2805124000001</v>
+      </c>
+      <c r="FO10" s="14">
+        <v>2168.0081464999998</v>
+      </c>
+      <c r="FP10" s="14">
+        <v>2164.84260662</v>
+      </c>
+      <c r="FQ10" s="14">
+        <v>2323.29136698</v>
+      </c>
+      <c r="FR10" s="14">
+        <v>2349.8984310199999</v>
+      </c>
+      <c r="FS10" s="14">
+        <v>2256.2443202899999</v>
+      </c>
+      <c r="FT10" s="14">
+        <v>2261.2994868800001</v>
+      </c>
+      <c r="FU10" s="14">
+        <v>2187.76477793</v>
+      </c>
+      <c r="FV10" s="14">
+        <v>1963.3422116199999</v>
+      </c>
+      <c r="FW10" s="14">
+        <v>2039.8157573599999</v>
+      </c>
+      <c r="FX10" s="14">
+        <v>1889.0339656900001</v>
+      </c>
+      <c r="FY10" s="14">
+        <v>1912.4663299599999</v>
+      </c>
+      <c r="FZ10" s="14">
+        <v>2041.3231969399999</v>
+      </c>
+      <c r="GA10" s="14">
+        <v>2010.21547674</v>
+      </c>
+      <c r="GB10" s="14">
+        <v>2114.2999528</v>
+      </c>
+      <c r="GC10" s="14">
+        <v>2193.5881370500001</v>
+      </c>
+      <c r="GD10" s="14">
+        <v>2255.4064604599998</v>
+      </c>
+      <c r="GE10" s="14">
+        <v>2159.87153803</v>
+      </c>
+      <c r="GF10" s="14">
+        <v>2246.0618789599998</v>
+      </c>
+      <c r="GG10" s="14">
+        <v>2112.2597465899998</v>
+      </c>
+      <c r="GH10" s="14">
+        <v>2048.85136109</v>
+      </c>
+      <c r="GI10" s="14">
+        <v>2025.44485693</v>
+      </c>
+      <c r="GJ10" s="14">
+        <v>1993.1146732100001</v>
+      </c>
+      <c r="GK10" s="14">
+        <v>1969.4835362399999</v>
+      </c>
+      <c r="GL10" s="14">
+        <v>2191.8936930300001</v>
+      </c>
+      <c r="GM10" s="14">
+        <v>2171.6367504300001</v>
+      </c>
+      <c r="GN10" s="14">
+        <v>2352.21753799</v>
+      </c>
+      <c r="GO10" s="14">
+        <v>2280.0954071599999</v>
+      </c>
+      <c r="GP10" s="14">
+        <v>2055.09381592</v>
+      </c>
+      <c r="GQ10" s="14">
+        <v>2034.7450041899999</v>
+      </c>
+      <c r="GR10" s="14">
+        <v>1988.51114545</v>
+      </c>
+      <c r="GS10" s="14">
+        <v>2070.1490644400001</v>
+      </c>
+      <c r="GT10" s="14">
+        <v>2026.961941</v>
+      </c>
+      <c r="GU10" s="14">
+        <v>1897.4156130599999</v>
+      </c>
+      <c r="GV10" s="14">
+        <v>1914.7880910599999</v>
+      </c>
+      <c r="GW10" s="14">
+        <v>2103.6131241899998</v>
+      </c>
+      <c r="GX10" s="14">
+        <v>2088.2011869799999</v>
+      </c>
+      <c r="GY10" s="14">
+        <v>2047.0024513999999</v>
+      </c>
+      <c r="GZ10" s="14">
+        <v>2280.2732635799998</v>
+      </c>
+      <c r="HA10" s="14">
+        <v>2422.7999852799999</v>
+      </c>
+      <c r="HB10" s="14">
+        <v>2478.8796394199999</v>
+      </c>
+      <c r="HC10" s="14">
+        <v>2685.6445131400001</v>
+      </c>
+      <c r="HD10" s="14">
+        <v>2608.8585232999999</v>
+      </c>
+      <c r="HE10" s="14">
+        <v>2468.4089130100001</v>
+      </c>
+      <c r="HF10" s="14">
+        <v>2331.8082964800001</v>
+      </c>
+      <c r="HG10" s="14">
+        <v>2259.8466245599998</v>
+      </c>
+      <c r="HH10" s="14">
+        <v>2375.81768805</v>
+      </c>
+      <c r="HI10" s="14">
+        <v>2439.7576464399999</v>
+      </c>
+      <c r="HJ10" s="14">
+        <v>2527.169832</v>
+      </c>
+      <c r="HK10" s="14">
+        <v>2638.1624933399999</v>
+      </c>
+      <c r="HL10" s="14">
+        <v>2594.8216713100001</v>
+      </c>
+      <c r="HM10" s="14">
+        <v>2677.5541014300002</v>
+      </c>
+      <c r="HN10" s="14">
+        <v>2653.8957125000002</v>
+      </c>
+      <c r="HO10" s="14">
+        <v>2667.9363018899999</v>
+      </c>
+      <c r="HP10" s="14">
+        <v>2634.8612103300002</v>
+      </c>
+      <c r="HQ10" s="14">
+        <v>2700.1194071700002</v>
+      </c>
+      <c r="HR10" s="14">
+        <v>2707.6920734199998</v>
+      </c>
+      <c r="HS10" s="14">
+        <v>2831.7524930499999</v>
+      </c>
+      <c r="HT10" s="14">
+        <v>2762.2858758000002</v>
+      </c>
+      <c r="HU10" s="14">
+        <v>2699.4999625999999</v>
+      </c>
+      <c r="HV10" s="14">
+        <v>2623.8498961300002</v>
+      </c>
+      <c r="HW10" s="14">
+        <v>2637.23770113</v>
+      </c>
+      <c r="HX10" s="14">
+        <v>2527.0146673600002</v>
+      </c>
+      <c r="HY10" s="14">
+        <v>2442.0251895000001</v>
+      </c>
+      <c r="HZ10" s="14">
+        <v>2315.9767082100002</v>
+      </c>
+      <c r="IA10" s="14">
+        <v>2324.0963342</v>
+      </c>
+      <c r="IB10" s="14">
+        <v>2339.5787461300001</v>
+      </c>
+      <c r="IC10" s="14">
+        <v>2345.5463096200001</v>
+      </c>
+      <c r="ID10" s="14">
+        <v>2283.3733991399999</v>
+      </c>
+      <c r="IE10" s="14">
+        <v>2297.9486978099999</v>
+      </c>
+      <c r="IF10" s="14">
+        <v>2077.7399881800002</v>
+      </c>
+      <c r="IG10" s="14">
+        <v>1915.6135678400001</v>
+      </c>
+      <c r="IH10" s="14">
+        <v>1987.8776778199999</v>
+      </c>
+      <c r="II10" s="14">
+        <v>2039.7400163299999</v>
+      </c>
+      <c r="IJ10" s="14">
+        <v>2025.2416482000001</v>
+      </c>
+      <c r="IK10" s="14">
+        <v>1989.58550066</v>
+      </c>
+      <c r="IL10" s="14">
+        <v>1928.53684817</v>
+      </c>
+      <c r="IM10" s="14">
+        <v>1874.11756442</v>
+      </c>
+      <c r="IN10" s="14">
+        <v>1791.61101125</v>
+      </c>
+      <c r="IO10" s="14">
+        <v>1726.37509858</v>
+      </c>
+      <c r="IP10" s="14">
+        <v>1726.36720874</v>
+      </c>
+      <c r="IQ10" s="14">
+        <v>1720.21740325</v>
+      </c>
+      <c r="IR10" s="14">
+        <v>1708.6338092200001</v>
+      </c>
+      <c r="IS10" s="14">
+        <v>1777.7255153999999</v>
+      </c>
+      <c r="IT10" s="14">
+        <v>1709.9269249500001</v>
+      </c>
+      <c r="IU10" s="14">
+        <v>1692.7526073700001</v>
+      </c>
+      <c r="IV10" s="14">
+        <v>1712.97281763</v>
+      </c>
+      <c r="IW10" s="14">
+        <v>1737.9247776499999</v>
+      </c>
+      <c r="IX10" s="14">
+        <v>1755.9046576400001</v>
+      </c>
+      <c r="IY10" s="14">
+        <v>1799.9917970399999</v>
+      </c>
+      <c r="IZ10" s="14">
+        <v>1812.4019421099999</v>
+      </c>
+      <c r="JA10" s="14">
+        <v>1893.87861464</v>
+      </c>
+      <c r="JB10" s="14">
+        <v>1893.9112985899999</v>
+      </c>
+      <c r="JC10" s="14">
+        <v>1896.7785247300001</v>
+      </c>
+      <c r="JD10" s="14">
+        <v>1898.0913635899999</v>
+      </c>
+      <c r="JE10" s="14">
+        <v>1895.9473082100001</v>
+      </c>
+      <c r="JF10" s="14">
+        <v>1750.62222279</v>
+      </c>
+      <c r="JG10" s="14">
+        <v>1676.33175521</v>
+      </c>
+      <c r="JH10" s="14">
+        <v>1688.67141907</v>
+      </c>
+      <c r="JI10" s="14">
+        <v>1854.2651991499999</v>
+      </c>
+      <c r="JJ10" s="14">
+        <v>1859.4292691600001</v>
+      </c>
+      <c r="JK10" s="14">
+        <v>1813.4687973600001</v>
+      </c>
+      <c r="JL10" s="14">
+        <v>1672.8132061199999</v>
+      </c>
+      <c r="JM10" s="14">
+        <v>1627.63283458</v>
+      </c>
+      <c r="JN10" s="14">
+        <v>1630.3043503399999</v>
+      </c>
+      <c r="JO10" s="14">
+        <v>1596.02551253</v>
+      </c>
+      <c r="JP10" s="14">
+        <v>1595.9820588299999</v>
+      </c>
+      <c r="JQ10" s="14">
+        <v>1585.9973728299999</v>
+      </c>
+      <c r="JR10" s="14">
+        <v>1544.5521427799999</v>
+      </c>
+      <c r="JS10" s="14">
+        <v>1580.6062056200001</v>
+      </c>
+      <c r="JT10" s="14">
+        <v>1511.49985928</v>
+      </c>
+      <c r="JU10" s="14">
+        <v>1506.78259665</v>
+      </c>
+      <c r="JV10" s="14">
+        <v>1509.9041826800001</v>
+      </c>
+      <c r="JW10" s="14">
+        <v>1592.90828526</v>
+      </c>
+      <c r="JX10" s="14">
+        <v>1634.1614051399999</v>
+      </c>
+      <c r="JY10" s="14">
+        <v>1664.44411474</v>
+      </c>
+      <c r="JZ10" s="14">
+        <v>1664.13923815</v>
+      </c>
+      <c r="KA10" s="14">
+        <v>1642.56934385</v>
+      </c>
+      <c r="KB10" s="14">
+        <v>1642.6411459399999</v>
+      </c>
+      <c r="KC10" s="14">
+        <v>1669.1962907</v>
+      </c>
+      <c r="KD10" s="14">
+        <v>1661.0099364800001</v>
+      </c>
+      <c r="KE10" s="14">
+        <v>1643.11212688</v>
+      </c>
+      <c r="KF10" s="14">
+        <v>1563.67939903</v>
+      </c>
+      <c r="KG10" s="14">
+        <v>1445.9510964200001</v>
+      </c>
+      <c r="KH10" s="14">
+        <v>1405.7150473199999</v>
+      </c>
+      <c r="KI10" s="14">
+        <v>1516.0225713699999</v>
+      </c>
+      <c r="KJ10" s="14">
+        <v>2485.25051007</v>
+      </c>
+      <c r="KK10" s="14">
+        <v>2457.9301868299999</v>
+      </c>
+      <c r="KL10" s="14">
+        <v>2434.2263278999999</v>
+      </c>
+      <c r="KM10" s="14">
+        <v>2357.88607525</v>
+      </c>
+      <c r="KN10" s="14">
+        <v>2361.32022607</v>
+      </c>
+      <c r="KO10" s="14">
+        <v>2386.4091724300001</v>
+      </c>
+      <c r="KP10" s="14">
+        <v>2359.2965702500001</v>
+      </c>
+      <c r="KQ10" s="14">
+        <v>2342.24180746</v>
+      </c>
+      <c r="KR10" s="14">
+        <v>2244.4164821600002</v>
+      </c>
+      <c r="KS10" s="14">
+        <v>2228.7223740899999</v>
+      </c>
+      <c r="KT10" s="14">
+        <v>2137.5283868800002</v>
+      </c>
+      <c r="KU10" s="14">
+        <v>2048.6095820700002</v>
+      </c>
+      <c r="KV10" s="14">
+        <v>2157.8932943</v>
+      </c>
+      <c r="KW10" s="14">
+        <v>2143.5036381</v>
+      </c>
+      <c r="KX10" s="14">
+        <v>2145.1149848800001</v>
+      </c>
+      <c r="KY10" s="14">
+        <v>2109.6930398999998</v>
+      </c>
+      <c r="KZ10" s="14">
+        <v>2069.28194489</v>
+      </c>
+      <c r="LA10" s="14">
+        <v>2053.9524202600001</v>
+      </c>
+      <c r="LB10" s="14">
+        <v>2055.53041914</v>
+      </c>
+      <c r="LC10" s="14">
+        <v>2041.9843311899999</v>
+      </c>
+      <c r="LD10" s="14">
+        <v>2084.9500523000002</v>
+      </c>
+      <c r="LE10" s="14">
+        <v>2101.7260689099999</v>
+      </c>
+      <c r="LF10" s="14">
+        <v>2056.0876429099999</v>
+      </c>
+      <c r="LG10" s="14">
+        <v>2026.5172783600001</v>
+      </c>
+      <c r="LH10" s="14">
+        <v>1944.75969409</v>
+      </c>
+      <c r="LI10" s="14">
+        <v>1926.12533932</v>
+      </c>
+      <c r="LJ10" s="14">
+        <v>2005.96178203</v>
+      </c>
+      <c r="LK10" s="14">
+        <v>2046.3972458400001</v>
+      </c>
+      <c r="LL10" s="14">
+        <v>2023.89422466</v>
+      </c>
+      <c r="LM10" s="14">
+        <v>1862.0024495800001</v>
+      </c>
+      <c r="LN10" s="14">
+        <v>1811.622388</v>
+      </c>
+      <c r="LO10" s="14">
+        <v>1733.9252023399999</v>
+      </c>
+      <c r="LP10" s="14">
+        <v>1653.9847238699999</v>
+      </c>
+      <c r="LQ10" s="14">
+        <v>1613.8944345299999</v>
+      </c>
+      <c r="LR10" s="14">
+        <v>1561.3362024</v>
+      </c>
+      <c r="LS10" s="14">
+        <v>1494.1145101499999</v>
+      </c>
+      <c r="LT10" s="14">
+        <v>1286.9345795700001</v>
+      </c>
+      <c r="LU10" s="14">
+        <v>1261.0403596000001</v>
+      </c>
+      <c r="LV10" s="14">
+        <v>1246.0403596000001</v>
+      </c>
+      <c r="LW10" s="14">
+        <v>1209.6319379500001</v>
+      </c>
+      <c r="LX10" s="14">
+        <v>1198.88139026</v>
+      </c>
+      <c r="LY10" s="14">
+        <v>1177.7761408599999</v>
+      </c>
+      <c r="LZ10" s="14">
+        <v>2081.37</v>
+      </c>
+      <c r="MA10" s="14">
+        <v>2081.3589999999999</v>
+      </c>
+      <c r="MB10" s="14">
+        <v>2070.3919999999998</v>
+      </c>
+      <c r="MC10" s="14">
+        <v>2993.9169999999999</v>
+      </c>
+      <c r="MD10" s="14">
+        <v>2991.837</v>
+      </c>
+      <c r="ME10" s="14">
+        <v>2841.337</v>
+      </c>
+      <c r="MF10" s="14">
+        <v>1790.133</v>
+      </c>
+      <c r="MG10" s="14">
+        <v>2739.6239999999998</v>
+      </c>
+      <c r="MH10" s="14">
+        <v>2739.6239999999998</v>
+      </c>
+      <c r="MI10" s="14">
+        <v>2739.614</v>
+      </c>
+      <c r="MJ10" s="14">
+        <v>2906.8969999999999</v>
+      </c>
+      <c r="MK10" s="14">
+        <v>2906.8969999999999</v>
+      </c>
+      <c r="ML10" s="14">
+        <v>3027.3519999999999</v>
+      </c>
+      <c r="MM10" s="14">
+        <v>3201.5309999999999</v>
+      </c>
+      <c r="MN10" s="14">
+        <v>3201.5010000000002</v>
+      </c>
+      <c r="MO10" s="14">
+        <v>3246.6379999999999</v>
+      </c>
+      <c r="MP10" s="14">
+        <v>3473.2429999999999</v>
+      </c>
+      <c r="MQ10" s="14">
+        <v>3489.5720000000001</v>
+      </c>
+      <c r="MR10" s="14">
+        <v>3491.11</v>
+      </c>
+      <c r="MS10" s="14">
+        <v>4269.8040000000001</v>
+      </c>
+      <c r="MT10" s="14">
+        <v>4285.8069999999998</v>
+      </c>
+      <c r="MU10" s="14">
+        <v>4285.7070000000003</v>
+      </c>
+      <c r="MV10" s="14">
+        <v>4510.7094999999999</v>
+      </c>
+    </row>
+    <row r="11" spans="1:360" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A11" s="14"/>
+      <c r="B11" s="15" t="s">
+        <v>14</v>
+      </c>
+      <c r="C11" s="14">
+        <v>2122.4680420700001</v>
+      </c>
+      <c r="D11" s="14">
+        <v>2044.4239169699999</v>
+      </c>
+      <c r="E11" s="14">
+        <v>2034.6657249899999</v>
+      </c>
+      <c r="F11" s="14">
+        <v>1987.07596268</v>
+      </c>
+      <c r="G11" s="14">
+        <v>1963.2284730199999</v>
+      </c>
+      <c r="H11" s="14">
+        <v>1938.14564043</v>
+      </c>
+      <c r="I11" s="14">
+        <v>1920.42115487</v>
+      </c>
+      <c r="J11" s="14">
+        <v>1832.5679916199999</v>
+      </c>
+      <c r="K11" s="14">
+        <v>1829.37401823</v>
+      </c>
+      <c r="L11" s="14">
+        <v>1772.4807560700001</v>
+      </c>
+      <c r="M11" s="14">
+        <v>1843.78942018</v>
+      </c>
+      <c r="N11" s="14">
+        <v>1841.72111638</v>
+      </c>
+      <c r="O11" s="14">
+        <v>2139.3592801099999</v>
+      </c>
+      <c r="P11" s="14">
+        <v>2088.26126333</v>
+      </c>
+      <c r="Q11" s="14">
+        <v>2093.9525045300002</v>
+      </c>
+      <c r="R11" s="14">
+        <v>2050.8185518999999</v>
+      </c>
+      <c r="S11" s="14">
+        <v>2053.5187891700002</v>
+      </c>
+      <c r="T11" s="14">
+        <v>2046.82445093</v>
+      </c>
+      <c r="U11" s="14">
+        <v>2047.07380352</v>
+      </c>
+      <c r="V11" s="14">
+        <v>1974.85176566</v>
+      </c>
+      <c r="W11" s="14">
+        <v>1964.86120362</v>
+      </c>
+      <c r="X11" s="14">
+        <v>1918.08323999</v>
+      </c>
+      <c r="Y11" s="14">
+        <v>1907.91068778</v>
+      </c>
+      <c r="Z11" s="14">
+        <v>1908.5464723</v>
+      </c>
+      <c r="AA11" s="14">
+        <v>1879.79305028</v>
+      </c>
+      <c r="AB11" s="14">
+        <v>1881.42597385</v>
+      </c>
+      <c r="AC11" s="14">
+        <v>1797.68319066</v>
+      </c>
+      <c r="AD11" s="14">
+        <v>1784.2493861600001</v>
+      </c>
+      <c r="AE11" s="14">
+        <v>1924.12237043</v>
+      </c>
+      <c r="AF11" s="14">
+        <v>1848.9068949499999</v>
+      </c>
+      <c r="AG11" s="14">
+        <v>1822.8289866600001</v>
+      </c>
+      <c r="AH11" s="14">
+        <v>1756.29106112</v>
+      </c>
+      <c r="AI11" s="14">
+        <v>1748.2104983700001</v>
+      </c>
+      <c r="AJ11" s="14">
+        <v>1760.6770190499999</v>
+      </c>
+      <c r="AK11" s="14">
+        <v>1777.0425376600001</v>
+      </c>
+      <c r="AL11" s="14">
+        <v>1773.3139558</v>
+      </c>
+      <c r="AM11" s="14">
+        <v>1742.8723345799999</v>
+      </c>
+      <c r="AN11" s="14">
+        <v>1723.5302939799999</v>
+      </c>
+      <c r="AO11" s="14">
+        <v>1956.95706417</v>
+      </c>
+      <c r="AP11" s="14">
+        <v>1894.34253646</v>
+      </c>
+      <c r="AQ11" s="14">
+        <v>1880.45298295</v>
+      </c>
+      <c r="AR11" s="14">
+        <v>1876.2408919</v>
+      </c>
+      <c r="AS11" s="14">
+        <v>1936.402681</v>
+      </c>
+      <c r="AT11" s="14">
+        <v>1935.14433605</v>
+      </c>
+      <c r="AU11" s="14">
+        <v>1888.46877696</v>
+      </c>
+      <c r="AV11" s="14">
+        <v>1834.76891426</v>
+      </c>
+      <c r="AW11" s="14">
+        <v>1823.7698586500001</v>
+      </c>
+      <c r="AX11" s="14">
+        <v>1823.3732829</v>
+      </c>
+      <c r="AY11" s="14">
+        <v>1883.5503128099999</v>
+      </c>
+      <c r="AZ11" s="14">
+        <v>1824.2285687200001</v>
+      </c>
+      <c r="BA11" s="14">
+        <v>1831.1295816100001</v>
+      </c>
+      <c r="BB11" s="14">
+        <v>1752.241939</v>
+      </c>
+      <c r="BC11" s="14">
+        <v>1716.35845606</v>
+      </c>
+      <c r="BD11" s="14">
+        <v>1704.4387487900001</v>
+      </c>
+      <c r="BE11" s="14">
+        <v>1695.3377596400001</v>
+      </c>
+      <c r="BF11" s="14">
+        <v>1586.3321295799999</v>
+      </c>
+      <c r="BG11" s="14">
+        <v>1575.8087318099999</v>
+      </c>
+      <c r="BH11" s="14">
+        <v>1594.63825217</v>
+      </c>
+      <c r="BI11" s="14">
+        <v>1599.0765697700001</v>
+      </c>
+      <c r="BJ11" s="14">
+        <v>1589.45429274</v>
+      </c>
+      <c r="BK11" s="14">
+        <v>1927.8211651500001</v>
+      </c>
+      <c r="BL11" s="14">
+        <v>1906.7534524600001</v>
+      </c>
+      <c r="BM11" s="14">
+        <v>1878.2812116299999</v>
+      </c>
+      <c r="BN11" s="14">
+        <v>1866.99785937</v>
+      </c>
+      <c r="BO11" s="14">
+        <v>1863.7529165399999</v>
+      </c>
+      <c r="BP11" s="14">
+        <v>1780.8252047999999</v>
+      </c>
+      <c r="BQ11" s="14">
+        <v>1789.7975566099999</v>
+      </c>
+      <c r="BR11" s="14">
+        <v>1692.56780946</v>
+      </c>
+      <c r="BS11" s="14">
+        <v>1783.20010622</v>
+      </c>
+      <c r="BT11" s="14">
+        <v>1966.1353271</v>
+      </c>
+      <c r="BU11" s="14">
+        <v>1937.4099121500001</v>
+      </c>
+      <c r="BV11" s="14">
+        <v>1925.80898452</v>
+      </c>
+      <c r="BW11" s="14">
+        <v>2100.0166057000001</v>
+      </c>
+      <c r="BX11" s="14">
+        <v>2148.9345271000002</v>
+      </c>
+      <c r="BY11" s="14">
+        <v>2206.1275198500002</v>
+      </c>
+      <c r="BZ11" s="14">
+        <v>2248.4305898500002</v>
+      </c>
+      <c r="CA11" s="14">
+        <v>2233.1790912299998</v>
+      </c>
+      <c r="CB11" s="14">
+        <v>2355.2662189399998</v>
+      </c>
+      <c r="CC11" s="14">
+        <v>2337.8438264299998</v>
+      </c>
+      <c r="CD11" s="14">
+        <v>2293.38054023</v>
+      </c>
+      <c r="CE11" s="14">
+        <v>2274.2176645</v>
+      </c>
+      <c r="CF11" s="14">
+        <v>2447.0402031200001</v>
+      </c>
+      <c r="CG11" s="14">
+        <v>2501.42811325</v>
+      </c>
+      <c r="CH11" s="14">
+        <v>2480.6864288400002</v>
+      </c>
+      <c r="CI11" s="14">
+        <v>2522.49778853</v>
+      </c>
+      <c r="CJ11" s="14">
+        <v>2708.4401862599998</v>
+      </c>
+      <c r="CK11" s="14">
+        <v>2705.5793217199998</v>
+      </c>
+      <c r="CL11" s="14">
+        <v>2707.62189003</v>
+      </c>
+      <c r="CM11" s="14">
+        <v>2663.6611142199999</v>
+      </c>
+      <c r="CN11" s="14">
+        <v>2754.1733380199998</v>
+      </c>
+      <c r="CO11" s="14">
+        <v>2728.8205309</v>
+      </c>
+      <c r="CP11" s="14">
+        <v>2665.5395876500002</v>
+      </c>
+      <c r="CQ11" s="14">
+        <v>2661.0546556300001</v>
+      </c>
+      <c r="CR11" s="14">
+        <v>2720.3223665199998</v>
+      </c>
+      <c r="CS11" s="14">
+        <v>2722.0996657999999</v>
+      </c>
+      <c r="CT11" s="14">
+        <v>2712.7263630500001</v>
+      </c>
+      <c r="CU11" s="14">
+        <v>2596.8655859300002</v>
+      </c>
+      <c r="CV11" s="14">
+        <v>2584.65106569</v>
+      </c>
+      <c r="CW11" s="14">
+        <v>2709.7123108400001</v>
+      </c>
+      <c r="CX11" s="14">
+        <v>2704.9100266300002</v>
+      </c>
+      <c r="CY11" s="14">
+        <v>2746.0143832600002</v>
+      </c>
+      <c r="CZ11" s="14">
+        <v>2668.1530840999999</v>
+      </c>
+      <c r="DA11" s="14">
+        <v>2691.7644898600001</v>
+      </c>
+      <c r="DB11" s="14">
+        <v>2998.0792883300001</v>
+      </c>
+      <c r="DC11" s="14">
+        <v>2977.9479384599999</v>
+      </c>
+      <c r="DD11" s="14">
+        <v>3131.4614270299999</v>
+      </c>
+      <c r="DE11" s="14">
+        <v>3103.1239154899999</v>
+      </c>
+      <c r="DF11" s="14">
+        <v>3308.7537608500002</v>
+      </c>
+      <c r="DG11" s="14">
+        <v>3342.6671039299999</v>
+      </c>
+      <c r="DH11" s="14">
+        <v>3226.7952584899999</v>
+      </c>
+      <c r="DI11" s="14">
+        <v>3197.3265040000001</v>
+      </c>
+      <c r="DJ11" s="14">
+        <v>3522.7126810499999</v>
+      </c>
+      <c r="DK11" s="14">
+        <v>3502.05915684</v>
+      </c>
+      <c r="DL11" s="14">
+        <v>3457.9695963300001</v>
+      </c>
+      <c r="DM11" s="14">
+        <v>3448.6417074599999</v>
+      </c>
+      <c r="DN11" s="14">
+        <v>3764.3757629400002</v>
+      </c>
+      <c r="DO11" s="14">
+        <v>3789.0854512999999</v>
+      </c>
+      <c r="DP11" s="14">
+        <v>3871.5834246700001</v>
+      </c>
+      <c r="DQ11" s="14">
+        <v>3867.3623136900001</v>
+      </c>
+      <c r="DR11" s="14">
+        <v>3854.6472771799999</v>
+      </c>
+      <c r="DS11" s="14">
+        <v>3902.8636174899998</v>
+      </c>
+      <c r="DT11" s="14">
+        <v>3906.6884287799999</v>
+      </c>
+      <c r="DU11" s="14">
+        <v>4115.7528369600004</v>
+      </c>
+      <c r="DV11" s="14">
+        <v>4013.3244810699998</v>
+      </c>
+      <c r="DW11" s="14">
+        <v>3971.2399892399999</v>
+      </c>
+      <c r="DX11" s="14">
+        <v>3900.2667206199999</v>
+      </c>
+      <c r="DY11" s="14">
+        <v>3873.1301371899999</v>
+      </c>
+      <c r="DZ11" s="14">
+        <v>4142.1047441600003</v>
+      </c>
+      <c r="EA11" s="14">
+        <v>4168.0319278799998</v>
+      </c>
+      <c r="EB11" s="14">
+        <v>4340.80813786</v>
+      </c>
+      <c r="EC11" s="14">
+        <v>4308.2754457700003</v>
+      </c>
+      <c r="ED11" s="14">
+        <v>4410.6293891799996</v>
+      </c>
+      <c r="EE11" s="14">
+        <v>4394.3627111899996</v>
+      </c>
+      <c r="EF11" s="14">
+        <v>4391.6602732399997</v>
+      </c>
+      <c r="EG11" s="14">
+        <v>4377.6206223299996</v>
+      </c>
+      <c r="EH11" s="14">
+        <v>4469.2238292900001</v>
+      </c>
+      <c r="EI11" s="14">
+        <v>4403.5241631099998</v>
+      </c>
+      <c r="EJ11" s="14">
+        <v>4265.40894209</v>
+      </c>
+      <c r="EK11" s="14">
+        <v>4220.3372753699996</v>
+      </c>
+      <c r="EL11" s="14">
+        <v>4320.7970883300004</v>
+      </c>
+      <c r="EM11" s="14">
+        <v>4319.0483441099996</v>
+      </c>
+      <c r="EN11" s="14">
+        <v>4324.8592087099996</v>
+      </c>
+      <c r="EO11" s="14">
+        <v>4632.5823428000003</v>
+      </c>
+      <c r="EP11" s="14">
+        <v>4578.8578440600004</v>
+      </c>
+      <c r="EQ11" s="14">
+        <v>4578.4196082400003</v>
+      </c>
+      <c r="ER11" s="14">
+        <v>4512.9244158199999</v>
+      </c>
+      <c r="ES11" s="14">
+        <v>4513.16855786</v>
+      </c>
+      <c r="ET11" s="14">
+        <v>4507.6287468399996</v>
+      </c>
+      <c r="EU11" s="14">
+        <v>4505.1190730300004</v>
+      </c>
+      <c r="EV11" s="14">
+        <v>4391.1427028600001</v>
+      </c>
+      <c r="EW11" s="14">
+        <v>4372.0187612500004</v>
+      </c>
+      <c r="EX11" s="14">
+        <v>4361.0775708900001</v>
+      </c>
+      <c r="EY11" s="14">
+        <v>4341.6151200000004</v>
+      </c>
+      <c r="EZ11" s="14">
+        <v>4348.7897527699997</v>
+      </c>
+      <c r="FA11" s="14">
+        <v>4478.9785661400001</v>
+      </c>
+      <c r="FB11" s="14">
+        <v>4755.7909076799997</v>
+      </c>
+      <c r="FC11" s="14">
+        <v>4741.5573138700001</v>
+      </c>
+      <c r="FD11" s="14">
+        <v>4758.9521758999999</v>
+      </c>
+      <c r="FE11" s="14">
+        <v>4760.0970467899997</v>
+      </c>
+      <c r="FF11" s="14">
+        <v>4803.9685165399997</v>
+      </c>
+      <c r="FG11" s="14">
+        <v>4794.3119102500004</v>
+      </c>
+      <c r="FH11" s="14">
+        <v>4767.3946475499997</v>
+      </c>
+      <c r="FI11" s="14">
+        <v>4859.0404482599997</v>
+      </c>
+      <c r="FJ11" s="14">
+        <v>4859.0910850199998</v>
+      </c>
+      <c r="FK11" s="14">
+        <v>4819.4469655700004</v>
+      </c>
+      <c r="FL11" s="14">
+        <v>4789.6577571099997</v>
+      </c>
+      <c r="FM11" s="14">
+        <v>4804.4379197099997</v>
+      </c>
+      <c r="FN11" s="14">
+        <v>4837.4535470299998</v>
+      </c>
+      <c r="FO11" s="14">
+        <v>4861.8171141100001</v>
+      </c>
+      <c r="FP11" s="14">
+        <v>4855.8325748799998</v>
+      </c>
+      <c r="FQ11" s="14">
+        <v>4855.3606237699996</v>
+      </c>
+      <c r="FR11" s="14">
+        <v>5499.6541895500004</v>
+      </c>
+      <c r="FS11" s="14">
+        <v>5497.9643763800004</v>
+      </c>
+      <c r="FT11" s="14">
+        <v>5509.0497986199998</v>
+      </c>
+      <c r="FU11" s="14">
+        <v>5479.0485616400001</v>
+      </c>
+      <c r="FV11" s="14">
+        <v>6268.7750359700003</v>
+      </c>
+      <c r="FW11" s="14">
+        <v>6255.4222317900003</v>
+      </c>
+      <c r="FX11" s="14">
+        <v>6236.4547715999997</v>
+      </c>
+      <c r="FY11" s="14">
+        <v>6245.6394195499997</v>
+      </c>
+      <c r="FZ11" s="14">
+        <v>6488.1115704200001</v>
+      </c>
+      <c r="GA11" s="14">
+        <v>6464.2645207300002</v>
+      </c>
+      <c r="GB11" s="14">
+        <v>6473.5732482000003</v>
+      </c>
+      <c r="GC11" s="14">
+        <v>6446.6016983899999</v>
+      </c>
+      <c r="GD11" s="14">
+        <v>6418.7671875100004</v>
+      </c>
+      <c r="GE11" s="14">
+        <v>6427.7859164399997</v>
+      </c>
+      <c r="GF11" s="14">
+        <v>6468.2991289499996</v>
+      </c>
+      <c r="GG11" s="14">
+        <v>6531.5600198000002</v>
+      </c>
+      <c r="GH11" s="14">
+        <v>7534.7300742400002</v>
+      </c>
+      <c r="GI11" s="14">
+        <v>7541.5336776800004</v>
+      </c>
+      <c r="GJ11" s="14">
+        <v>7294.9302235900004</v>
+      </c>
+      <c r="GK11" s="14">
+        <v>7298.9282099800002</v>
+      </c>
+      <c r="GL11" s="14">
+        <v>7286.6922611</v>
+      </c>
+      <c r="GM11" s="14">
+        <v>7342.7030826</v>
+      </c>
+      <c r="GN11" s="14">
+        <v>7351.6903794299997</v>
+      </c>
+      <c r="GO11" s="14">
+        <v>8177.2139749199996</v>
+      </c>
+      <c r="GP11" s="14">
+        <v>8173.6267907399997</v>
+      </c>
+      <c r="GQ11" s="14">
+        <v>8199.4594652300002</v>
+      </c>
+      <c r="GR11" s="14">
+        <v>7800.2921136699997</v>
+      </c>
+      <c r="GS11" s="14">
+        <v>8041.0007992800001</v>
+      </c>
+      <c r="GT11" s="14">
+        <v>8671.9868649700002</v>
+      </c>
+      <c r="GU11" s="14">
+        <v>8667.8408925399999</v>
+      </c>
+      <c r="GV11" s="14">
+        <v>8335.7016395299997</v>
+      </c>
+      <c r="GW11" s="14">
+        <v>8363.3763590399994</v>
+      </c>
+      <c r="GX11" s="14">
+        <v>8360.0943304899993</v>
+      </c>
+      <c r="GY11" s="14">
+        <v>8302.9330218399991</v>
+      </c>
+      <c r="GZ11" s="14">
+        <v>8343.4362701699993</v>
+      </c>
+      <c r="HA11" s="14">
+        <v>8355.4465706200008</v>
+      </c>
+      <c r="HB11" s="14">
+        <v>8481.4621502000009</v>
+      </c>
+      <c r="HC11" s="14">
+        <v>8771.0027143200005</v>
+      </c>
+      <c r="HD11" s="14">
+        <v>8719.7896310600008</v>
+      </c>
+      <c r="HE11" s="14">
+        <v>8698.0903326200005</v>
+      </c>
+      <c r="HF11" s="14">
+        <v>9385.8124410599994</v>
+      </c>
+      <c r="HG11" s="14">
+        <v>9265.08137996</v>
+      </c>
+      <c r="HH11" s="14">
+        <v>9392.07865141</v>
+      </c>
+      <c r="HI11" s="14">
+        <v>9409.9795041199995</v>
+      </c>
+      <c r="HJ11" s="14">
+        <v>9446.2272092500007</v>
+      </c>
+      <c r="HK11" s="14">
+        <v>9506.71922696</v>
+      </c>
+      <c r="HL11" s="14">
+        <v>9529.2392304700006</v>
+      </c>
+      <c r="HM11" s="14">
+        <v>9912.8226606299995</v>
+      </c>
+      <c r="HN11" s="14">
+        <v>10063.26987346</v>
+      </c>
+      <c r="HO11" s="14">
+        <v>9984.78239846</v>
+      </c>
+      <c r="HP11" s="14">
+        <v>10068.79279141</v>
+      </c>
+      <c r="HQ11" s="14">
+        <v>10218.78369513</v>
+      </c>
+      <c r="HR11" s="14">
+        <v>10345.094028609999</v>
+      </c>
+      <c r="HS11" s="14">
+        <v>10325.27539651</v>
+      </c>
+      <c r="HT11" s="14">
+        <v>10389.325369599999</v>
+      </c>
+      <c r="HU11" s="14">
+        <v>10474.34647604</v>
+      </c>
+      <c r="HV11" s="14">
+        <v>10451.97747647</v>
+      </c>
+      <c r="HW11" s="14">
+        <v>10923.896267390001</v>
+      </c>
+      <c r="HX11" s="14">
+        <v>10744.440360340001</v>
+      </c>
+      <c r="HY11" s="14">
+        <v>11259.045883340001</v>
+      </c>
+      <c r="HZ11" s="14">
+        <v>11586.578011789999</v>
+      </c>
+      <c r="IA11" s="14">
+        <v>11623.96746373</v>
+      </c>
+      <c r="IB11" s="14">
+        <v>11543.796049070001</v>
+      </c>
+      <c r="IC11" s="14">
+        <v>11431.27718103</v>
+      </c>
+      <c r="ID11" s="14">
+        <v>11937.372075609999</v>
+      </c>
+      <c r="IE11" s="14">
+        <v>12022.622695399999</v>
+      </c>
+      <c r="IF11" s="14">
+        <v>12132.090846700001</v>
+      </c>
+      <c r="IG11" s="14">
+        <v>12066.006019930001</v>
+      </c>
+      <c r="IH11" s="14">
+        <v>12167.848042170001</v>
+      </c>
+      <c r="II11" s="14">
+        <v>12217.500592689999</v>
+      </c>
+      <c r="IJ11" s="14">
+        <v>12369.69020902</v>
+      </c>
+      <c r="IK11" s="14">
+        <v>12306.73193081</v>
+      </c>
+      <c r="IL11" s="14">
+        <v>12908.876803839999</v>
+      </c>
+      <c r="IM11" s="14">
+        <v>12951.61324748</v>
+      </c>
+      <c r="IN11" s="14">
+        <v>12971.3742852</v>
+      </c>
+      <c r="IO11" s="14">
+        <v>13062.221398039999</v>
+      </c>
+      <c r="IP11" s="14">
+        <v>13422.44159936</v>
+      </c>
+      <c r="IQ11" s="14">
+        <v>13788.032987729999</v>
+      </c>
+      <c r="IR11" s="14">
+        <v>13974.72357283</v>
+      </c>
+      <c r="IS11" s="14">
+        <v>14069.342656520001</v>
+      </c>
+      <c r="IT11" s="14">
+        <v>14080.159614439999</v>
+      </c>
+      <c r="IU11" s="14">
+        <v>14414.88378276</v>
+      </c>
+      <c r="IV11" s="14">
+        <v>14372.42633633</v>
+      </c>
+      <c r="IW11" s="14">
+        <v>14698.653938040001</v>
+      </c>
+      <c r="IX11" s="14">
+        <v>15121.381196709999</v>
+      </c>
+      <c r="IY11" s="14">
+        <v>14951.702731679999</v>
+      </c>
+      <c r="IZ11" s="14">
+        <v>14955.129763520001</v>
+      </c>
+      <c r="JA11" s="14">
+        <v>14729.171543349999</v>
+      </c>
+      <c r="JB11" s="14">
+        <v>15221.07730911</v>
+      </c>
+      <c r="JC11" s="14">
+        <v>15301.93037584</v>
+      </c>
+      <c r="JD11" s="14">
+        <v>15304.681176939999</v>
+      </c>
+      <c r="JE11" s="14">
+        <v>15370.807018039999</v>
+      </c>
+      <c r="JF11" s="14">
+        <v>15698.20311968</v>
+      </c>
+      <c r="JG11" s="14">
+        <v>15848.89591383</v>
+      </c>
+      <c r="JH11" s="14">
+        <v>15869.560275420001</v>
+      </c>
+      <c r="JI11" s="14">
+        <v>15859.493567719999</v>
+      </c>
+      <c r="JJ11" s="14">
+        <v>15670.26135655</v>
+      </c>
+      <c r="JK11" s="14">
+        <v>15685.402471539999</v>
+      </c>
+      <c r="JL11" s="14">
+        <v>15655.64034405</v>
+      </c>
+      <c r="JM11" s="14">
+        <v>16109.83949002</v>
+      </c>
+      <c r="JN11" s="14">
+        <v>16432.869491959998</v>
+      </c>
+      <c r="JO11" s="14">
+        <v>16546.278685789999</v>
+      </c>
+      <c r="JP11" s="14">
+        <v>16639.220061209999</v>
+      </c>
+      <c r="JQ11" s="14">
+        <v>16690.97571002</v>
+      </c>
+      <c r="JR11" s="14">
+        <v>16778.154390690001</v>
+      </c>
+      <c r="JS11" s="14">
+        <v>16780.895563130001</v>
+      </c>
+      <c r="JT11" s="14">
+        <v>16798.82920344</v>
+      </c>
+      <c r="JU11" s="14">
+        <v>17507.420035650001</v>
+      </c>
+      <c r="JV11" s="14">
+        <v>17706.25698713</v>
+      </c>
+      <c r="JW11" s="14">
+        <v>17683.210839740001</v>
+      </c>
+      <c r="JX11" s="14">
+        <v>17545.296007950001</v>
+      </c>
+      <c r="JY11" s="14">
+        <v>18109.632628300002</v>
+      </c>
+      <c r="JZ11" s="14">
+        <v>18047.44579785</v>
+      </c>
+      <c r="KA11" s="14">
+        <v>18108.46924377</v>
+      </c>
+      <c r="KB11" s="14">
+        <v>18177.502929760001</v>
+      </c>
+      <c r="KC11" s="14">
+        <v>18322.382579680001</v>
+      </c>
+      <c r="KD11" s="14">
+        <v>18651.035792999999</v>
+      </c>
+      <c r="KE11" s="14">
+        <v>18658.657374959999</v>
+      </c>
+      <c r="KF11" s="14">
+        <v>18579.001793250001</v>
+      </c>
+      <c r="KG11" s="14">
+        <v>18312.815114919998</v>
+      </c>
+      <c r="KH11" s="14">
+        <v>18777.913411090001</v>
+      </c>
+      <c r="KI11" s="14">
+        <v>18669.253385069998</v>
+      </c>
+      <c r="KJ11" s="14">
+        <v>19168.72952832</v>
+      </c>
+      <c r="KK11" s="14">
+        <v>19447.128416449999</v>
+      </c>
+      <c r="KL11" s="14">
+        <v>20073.77070718</v>
+      </c>
+      <c r="KM11" s="14">
+        <v>20140.685990130001</v>
+      </c>
+      <c r="KN11" s="14">
+        <v>20043.496283650002</v>
+      </c>
+      <c r="KO11" s="14">
+        <v>20075.653662280001</v>
+      </c>
+      <c r="KP11" s="14">
+        <v>20047.726632099999</v>
+      </c>
+      <c r="KQ11" s="14">
+        <v>20062.54552526</v>
+      </c>
+      <c r="KR11" s="14">
+        <v>19742.122923110001</v>
+      </c>
+      <c r="KS11" s="14">
+        <v>19628.110418910001</v>
+      </c>
+      <c r="KT11" s="14">
+        <v>19868.09314863</v>
+      </c>
+      <c r="KU11" s="14">
+        <v>19913.0042502</v>
+      </c>
+      <c r="KV11" s="14">
+        <v>19843.57881581</v>
+      </c>
+      <c r="KW11" s="14">
+        <v>19769.296018789999</v>
+      </c>
+      <c r="KX11" s="14">
+        <v>20703.458374990001</v>
+      </c>
+      <c r="KY11" s="14">
+        <v>20680.890551119999</v>
+      </c>
+      <c r="KZ11" s="14">
+        <v>20697.130778909999</v>
+      </c>
+      <c r="LA11" s="14">
+        <v>20776.765490559999</v>
+      </c>
+      <c r="LB11" s="14">
+        <v>20836.859494230001</v>
+      </c>
+      <c r="LC11" s="14">
+        <v>20708.725928430002</v>
+      </c>
+      <c r="LD11" s="14">
+        <v>20516.316334480001</v>
+      </c>
+      <c r="LE11" s="14">
+        <v>20575.320651049999</v>
+      </c>
+      <c r="LF11" s="14">
+        <v>20619.008590400001</v>
+      </c>
+      <c r="LG11" s="14">
+        <v>20441.122452939999</v>
+      </c>
+      <c r="LH11" s="14">
+        <v>20162.354228519998</v>
+      </c>
+      <c r="LI11" s="14">
+        <v>21094.957999089998</v>
+      </c>
+      <c r="LJ11" s="14">
+        <v>21335.171248179999</v>
+      </c>
+      <c r="LK11" s="14">
+        <v>21412.985244449999</v>
+      </c>
+      <c r="LL11" s="14">
+        <v>21739.717332439999</v>
+      </c>
+      <c r="LM11" s="14">
+        <v>21837.901907529998</v>
+      </c>
+      <c r="LN11" s="14">
+        <v>21935.513022039999</v>
+      </c>
+      <c r="LO11" s="14">
+        <v>21967.813320410001</v>
+      </c>
+      <c r="LP11" s="14">
+        <v>22005.672451099999</v>
+      </c>
+      <c r="LQ11" s="14">
+        <v>22041.7192808</v>
+      </c>
+      <c r="LR11" s="14">
+        <v>24149.760188889999</v>
+      </c>
+      <c r="LS11" s="14">
+        <v>23672.66640446</v>
+      </c>
+      <c r="LT11" s="14">
+        <v>23716.589229090001</v>
+      </c>
+      <c r="LU11" s="14">
+        <v>24337.637374549999</v>
+      </c>
+      <c r="LV11" s="14">
+        <v>24415.190518669999</v>
+      </c>
+      <c r="LW11" s="14">
+        <v>24437.322871699998</v>
+      </c>
+      <c r="LX11" s="14">
+        <v>24704.962080649999</v>
+      </c>
+      <c r="LY11" s="14">
+        <v>24739.532632030001</v>
+      </c>
+      <c r="LZ11" s="14">
+        <v>24410.64252591</v>
+      </c>
+      <c r="MA11" s="14">
+        <v>24565.10850807</v>
+      </c>
+      <c r="MB11" s="14">
+        <v>24031.168124200001</v>
+      </c>
+      <c r="MC11" s="14">
+        <v>23985.633505450001</v>
+      </c>
+      <c r="MD11" s="14">
+        <v>24570.749071779999</v>
+      </c>
+      <c r="ME11" s="14">
+        <v>24581.664860609999</v>
+      </c>
+      <c r="MF11" s="14">
+        <v>24581.73124225</v>
+      </c>
+      <c r="MG11" s="14">
+        <v>24646.70666141</v>
+      </c>
+      <c r="MH11" s="14">
+        <v>25298.347642920002</v>
+      </c>
+      <c r="MI11" s="14">
+        <v>25259.344136259999</v>
+      </c>
+      <c r="MJ11" s="14">
+        <v>25271.741499420001</v>
+      </c>
+      <c r="MK11" s="14">
+        <v>25275.575527230001</v>
+      </c>
+      <c r="ML11" s="14">
+        <v>24870.722899609998</v>
+      </c>
+      <c r="MM11" s="14">
+        <v>24878.016763399999</v>
+      </c>
+      <c r="MN11" s="14">
+        <v>25092.578263399999</v>
+      </c>
+      <c r="MO11" s="14">
+        <v>25650.443848719999</v>
+      </c>
+      <c r="MP11" s="14">
+        <v>25338.131315940002</v>
+      </c>
+      <c r="MQ11" s="14">
+        <v>25555.68714468</v>
+      </c>
+      <c r="MR11" s="14">
+        <v>25574.71594468</v>
+      </c>
+      <c r="MS11" s="14">
+        <v>25540.58131256</v>
+      </c>
+      <c r="MT11" s="14">
+        <v>25987.34081197</v>
+      </c>
+      <c r="MU11" s="14">
+        <v>25985.738727970001</v>
+      </c>
+      <c r="MV11" s="14">
+        <v>26035.016705630002</v>
+      </c>
+    </row>
+    <row r="12" spans="1:360" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A12" s="14"/>
+      <c r="B12" s="15" t="s">
+        <v>15</v>
+      </c>
+      <c r="C12" s="14">
+        <v>0</v>
+      </c>
+      <c r="D12" s="14">
+        <v>6.6361404200000003</v>
+      </c>
+      <c r="E12" s="14">
+        <v>0</v>
+      </c>
+      <c r="F12" s="14">
+        <v>26.544561680000001</v>
+      </c>
+      <c r="G12" s="14">
+        <v>26.544561680000001</v>
+      </c>
+      <c r="H12" s="14">
+        <v>0</v>
+      </c>
+      <c r="I12" s="14">
+        <v>0</v>
+      </c>
+      <c r="J12" s="14">
+        <v>0</v>
+      </c>
+      <c r="K12" s="14">
+        <v>0</v>
+      </c>
+      <c r="L12" s="14">
+        <v>0</v>
+      </c>
+      <c r="M12" s="14">
+        <v>0</v>
+      </c>
+      <c r="N12" s="14">
+        <v>0</v>
+      </c>
+      <c r="O12" s="14">
+        <v>0</v>
+      </c>
+      <c r="P12" s="14">
+        <v>13.272280840000001</v>
+      </c>
+      <c r="Q12" s="14">
+        <v>0</v>
+      </c>
+      <c r="R12" s="14">
+        <v>0</v>
+      </c>
+      <c r="S12" s="14">
+        <v>0</v>
+      </c>
+      <c r="T12" s="14">
+        <v>0</v>
+      </c>
+      <c r="U12" s="14">
+        <v>0</v>
+      </c>
+      <c r="V12" s="14">
+        <v>0</v>
+      </c>
+      <c r="W12" s="14">
+        <v>0</v>
+      </c>
+      <c r="X12" s="14">
+        <v>0</v>
+      </c>
+      <c r="Y12" s="14">
+        <v>0</v>
+      </c>
+      <c r="Z12" s="14">
+        <v>0</v>
+      </c>
+      <c r="AA12" s="14">
+        <v>0</v>
+      </c>
+      <c r="AB12" s="14">
+        <v>0</v>
+      </c>
+      <c r="AC12" s="14">
+        <v>0</v>
+      </c>
+      <c r="AD12" s="14">
+        <v>0</v>
+      </c>
+      <c r="AE12" s="14">
+        <v>0</v>
+      </c>
+      <c r="AF12" s="14">
+        <v>0</v>
+      </c>
+      <c r="AG12" s="14">
+        <v>0</v>
+      </c>
+      <c r="AH12" s="14">
+        <v>0</v>
+      </c>
+      <c r="AI12" s="14">
+        <v>0</v>
+      </c>
+      <c r="AJ12" s="14">
+        <v>0</v>
+      </c>
+      <c r="AK12" s="14">
+        <v>0</v>
+      </c>
+      <c r="AL12" s="14">
+        <v>0</v>
+      </c>
+      <c r="AM12" s="14">
+        <v>0</v>
+      </c>
+      <c r="AN12" s="14">
+        <v>0</v>
+      </c>
+      <c r="AO12" s="14">
+        <v>0</v>
+      </c>
+      <c r="AP12" s="14">
+        <v>0</v>
+      </c>
+      <c r="AQ12" s="14">
+        <v>0</v>
+      </c>
+      <c r="AR12" s="14">
+        <v>0</v>
+      </c>
+      <c r="AS12" s="14">
+        <v>0</v>
+      </c>
+      <c r="AT12" s="14">
+        <v>13.22103813</v>
+      </c>
+      <c r="AU12" s="14">
+        <v>26.44207625</v>
+      </c>
+      <c r="AV12" s="14">
+        <v>39.663114380000003</v>
+      </c>
+      <c r="AW12" s="14">
+        <v>46.440646979999997</v>
+      </c>
+      <c r="AX12" s="14">
+        <v>53.218179579999997</v>
+      </c>
+      <c r="AY12" s="14">
+        <v>61.249907129999997</v>
+      </c>
+      <c r="AZ12" s="14">
+        <v>62.202409289999999</v>
+      </c>
+      <c r="BA12" s="14">
+        <v>66.79897321</v>
+      </c>
+      <c r="BB12" s="14">
+        <v>75.033676150000005</v>
+      </c>
+      <c r="BC12" s="14">
+        <v>77.295137479999994</v>
+      </c>
+      <c r="BD12" s="14">
+        <v>76.366370799999999</v>
+      </c>
+      <c r="BE12" s="14">
+        <v>94.874088169999993</v>
+      </c>
+      <c r="BF12" s="14">
+        <v>76.441377250000002</v>
+      </c>
+      <c r="BG12" s="14">
+        <v>76.305795739999994</v>
+      </c>
+      <c r="BH12" s="14">
+        <v>75.582403970000001</v>
+      </c>
+      <c r="BI12" s="14">
+        <v>59.587801689999999</v>
+      </c>
+      <c r="BJ12" s="14">
+        <v>69.84699277</v>
+      </c>
+      <c r="BK12" s="14">
+        <v>88.670060129999996</v>
+      </c>
+      <c r="BL12" s="14">
+        <v>127.69922018</v>
+      </c>
+      <c r="BM12" s="14">
+        <v>106.25461815</v>
+      </c>
+      <c r="BN12" s="14">
+        <v>80.991977469999995</v>
+      </c>
+      <c r="BO12" s="14">
+        <v>88.161565539999998</v>
+      </c>
+      <c r="BP12" s="14">
+        <v>75.523695849999996</v>
+      </c>
+      <c r="BQ12" s="14">
+        <v>74.262304619999995</v>
+      </c>
+      <c r="BR12" s="14">
+        <v>74.470073869999993</v>
+      </c>
+      <c r="BS12" s="14">
+        <v>98.611176220000004</v>
+      </c>
+      <c r="BT12" s="14">
+        <v>98.724064889999994</v>
+      </c>
+      <c r="BU12" s="14">
+        <v>88.360931500000007</v>
+      </c>
+      <c r="BV12" s="14">
+        <v>97.397753710000003</v>
+      </c>
+      <c r="BW12" s="14">
+        <v>86.531109079999993</v>
+      </c>
+      <c r="BX12" s="14">
+        <v>138.56049568</v>
+      </c>
+      <c r="BY12" s="14">
+        <v>132.80338458</v>
+      </c>
+      <c r="BZ12" s="14">
+        <v>186.35745602</v>
+      </c>
+      <c r="CA12" s="14">
+        <v>153.56335802999999</v>
+      </c>
+      <c r="CB12" s="14">
+        <v>124.34003319999999</v>
+      </c>
+      <c r="CC12" s="14">
+        <v>99.023105860000001</v>
+      </c>
+      <c r="CD12" s="14">
+        <v>93.246364209999996</v>
+      </c>
+      <c r="CE12" s="14">
+        <v>91.640393619999998</v>
+      </c>
+      <c r="CF12" s="14">
+        <v>92.511252049999996</v>
+      </c>
+      <c r="CG12" s="14">
+        <v>122.4610826</v>
+      </c>
+      <c r="CH12" s="14">
+        <v>130.19952841</v>
+      </c>
+      <c r="CI12" s="14">
+        <v>175.40659948999999</v>
+      </c>
+      <c r="CJ12" s="14">
+        <v>195.18809569000001</v>
+      </c>
+      <c r="CK12" s="14">
+        <v>192.31658386999999</v>
+      </c>
+      <c r="CL12" s="14">
+        <v>218.54867497999999</v>
+      </c>
+      <c r="CM12" s="14">
+        <v>281.96613488999998</v>
+      </c>
+      <c r="CN12" s="14">
+        <v>292.51804322999999</v>
+      </c>
+      <c r="CO12" s="14">
+        <v>407.49874313999999</v>
+      </c>
+      <c r="CP12" s="14">
+        <v>427.65085352</v>
+      </c>
+      <c r="CQ12" s="14">
+        <v>380.67449140000002</v>
+      </c>
+      <c r="CR12" s="14">
+        <v>382.30236458000002</v>
+      </c>
+      <c r="CS12" s="14">
+        <v>365.61519691000001</v>
+      </c>
+      <c r="CT12" s="14">
+        <v>343.64668809</v>
+      </c>
+      <c r="CU12" s="14">
+        <v>314.89152774000002</v>
+      </c>
+      <c r="CV12" s="14">
+        <v>328.93401939</v>
+      </c>
+      <c r="CW12" s="14">
+        <v>341.68917404000001</v>
+      </c>
+      <c r="CX12" s="14">
+        <v>362.11496019999998</v>
+      </c>
+      <c r="CY12" s="14">
+        <v>321.858834</v>
+      </c>
+      <c r="CZ12" s="14">
+        <v>315.60749578999997</v>
+      </c>
+      <c r="DA12" s="14">
+        <v>354.99569721</v>
+      </c>
+      <c r="DB12" s="14">
+        <v>373.26742331999998</v>
+      </c>
+      <c r="DC12" s="14">
+        <v>394.22074284000001</v>
+      </c>
+      <c r="DD12" s="14">
+        <v>328.53848309</v>
+      </c>
+      <c r="DE12" s="14">
+        <v>323.57021457000002</v>
+      </c>
+      <c r="DF12" s="14">
+        <v>325.97771914999998</v>
+      </c>
+      <c r="DG12" s="14">
+        <v>256.55337311</v>
+      </c>
+      <c r="DH12" s="14">
+        <v>271.20130175000003</v>
+      </c>
+      <c r="DI12" s="14">
+        <v>297.10194770999999</v>
+      </c>
+      <c r="DJ12" s="14">
+        <v>261.82405126999998</v>
+      </c>
+      <c r="DK12" s="14">
+        <v>304.69027531</v>
+      </c>
+      <c r="DL12" s="14">
+        <v>340.30100848000001</v>
+      </c>
+      <c r="DM12" s="14">
+        <v>420.58091071000001</v>
+      </c>
+      <c r="DN12" s="14">
+        <v>284.13566634</v>
+      </c>
+      <c r="DO12" s="14">
+        <v>268.12903126999998</v>
+      </c>
+      <c r="DP12" s="14">
+        <v>159.12509176</v>
+      </c>
+      <c r="DQ12" s="14">
+        <v>171.70284199</v>
+      </c>
+      <c r="DR12" s="14">
+        <v>173.53955576000001</v>
+      </c>
+      <c r="DS12" s="14">
+        <v>153.88622570999999</v>
+      </c>
+      <c r="DT12" s="14">
+        <v>295.50289275</v>
+      </c>
+      <c r="DU12" s="14">
+        <v>296.25635394</v>
+      </c>
+      <c r="DV12" s="14">
+        <v>527.74126784999999</v>
+      </c>
+      <c r="DW12" s="14">
+        <v>554.17874397000003</v>
+      </c>
+      <c r="DX12" s="14">
+        <v>571.37057181</v>
+      </c>
+      <c r="DY12" s="14">
+        <v>617.39814530000001</v>
+      </c>
+      <c r="DZ12" s="14">
+        <v>524.90094698999997</v>
+      </c>
+      <c r="EA12" s="14">
+        <v>531.59612984</v>
+      </c>
+      <c r="EB12" s="14">
+        <v>530.52326531000006</v>
+      </c>
+      <c r="EC12" s="14">
+        <v>313.19022317000002</v>
+      </c>
+      <c r="ED12" s="14">
+        <v>306.93017701999997</v>
+      </c>
+      <c r="EE12" s="14">
+        <v>110.73058025</v>
+      </c>
+      <c r="EF12" s="14">
+        <v>84.161079020000003</v>
+      </c>
+      <c r="EG12" s="14">
+        <v>77.904365530000007</v>
+      </c>
+      <c r="EH12" s="14">
+        <v>60.488855030000003</v>
+      </c>
+      <c r="EI12" s="14">
+        <v>107.15274271</v>
+      </c>
+      <c r="EJ12" s="14">
+        <v>107.61642764</v>
+      </c>
+      <c r="EK12" s="14">
+        <v>172.33696305000001</v>
+      </c>
+      <c r="EL12" s="14">
+        <v>297.93889474000002</v>
+      </c>
+      <c r="EM12" s="14">
+        <v>300.87384650000001</v>
+      </c>
+      <c r="EN12" s="14">
+        <v>410.88611945000002</v>
+      </c>
+      <c r="EO12" s="14">
+        <v>195.18962733999999</v>
+      </c>
+      <c r="EP12" s="14">
+        <v>196.44290025000001</v>
+      </c>
+      <c r="EQ12" s="14">
+        <v>71.843197399999994</v>
+      </c>
+      <c r="ER12" s="14">
+        <v>104.30484259000001</v>
+      </c>
+      <c r="ES12" s="14">
+        <v>108.83784747</v>
+      </c>
+      <c r="ET12" s="14">
+        <v>199.25519953</v>
+      </c>
+      <c r="EU12" s="14">
+        <v>125.54898642000001</v>
+      </c>
+      <c r="EV12" s="14">
+        <v>128.66997259999999</v>
+      </c>
+      <c r="EW12" s="14">
+        <v>74.54720193</v>
+      </c>
+      <c r="EX12" s="14">
+        <v>83.080397250000004</v>
+      </c>
+      <c r="EY12" s="14">
+        <v>84.614096349999997</v>
+      </c>
+      <c r="EZ12" s="14">
+        <v>90.295928169999996</v>
+      </c>
+      <c r="FA12" s="14">
+        <v>105.04449339999999</v>
+      </c>
+      <c r="FB12" s="14">
+        <v>106.71754038</v>
+      </c>
+      <c r="FC12" s="14">
+        <v>117.21501344000001</v>
+      </c>
+      <c r="FD12" s="14">
+        <v>201.77442511999999</v>
+      </c>
+      <c r="FE12" s="14">
+        <v>251.59807006</v>
+      </c>
+      <c r="FF12" s="14">
+        <v>357.73176997000002</v>
+      </c>
+      <c r="FG12" s="14">
+        <v>349.07827939999999</v>
+      </c>
+      <c r="FH12" s="14">
+        <v>344.57834639999999</v>
+      </c>
+      <c r="FI12" s="14">
+        <v>291.99437311000003</v>
+      </c>
+      <c r="FJ12" s="14">
+        <v>354.36278663000002</v>
+      </c>
+      <c r="FK12" s="14">
+        <v>363.51621298999999</v>
+      </c>
+      <c r="FL12" s="14">
+        <v>418.70833991000001</v>
+      </c>
+      <c r="FM12" s="14">
+        <v>299.07641774000001</v>
+      </c>
+      <c r="FN12" s="14">
+        <v>268.64346539000002</v>
+      </c>
+      <c r="FO12" s="14">
+        <v>162.18391075</v>
+      </c>
+      <c r="FP12" s="14">
+        <v>152.66416391999999</v>
+      </c>
+      <c r="FQ12" s="14">
+        <v>150.12510452999999</v>
+      </c>
+      <c r="FR12" s="14">
+        <v>126.43251239</v>
+      </c>
+      <c r="FS12" s="14">
+        <v>177.94629316999999</v>
+      </c>
+      <c r="FT12" s="14">
+        <v>181.42525168</v>
+      </c>
+      <c r="FU12" s="14">
+        <v>236.17133072999999</v>
+      </c>
+      <c r="FV12" s="14">
+        <v>195.36624671000001</v>
+      </c>
+      <c r="FW12" s="14">
+        <v>196.37968351000001</v>
+      </c>
+      <c r="FX12" s="14">
+        <v>158.92791045999999</v>
+      </c>
+      <c r="FY12" s="14">
+        <v>174.95583612999999</v>
+      </c>
+      <c r="FZ12" s="14">
+        <v>177.74907863999999</v>
+      </c>
+      <c r="GA12" s="14">
+        <v>261.28400004000002</v>
+      </c>
+      <c r="GB12" s="14">
+        <v>142.43777994999999</v>
+      </c>
+      <c r="GC12" s="14">
+        <v>161.07376375999999</v>
+      </c>
+      <c r="GD12" s="14">
+        <v>931.08680149999998</v>
+      </c>
+      <c r="GE12" s="14">
+        <v>812.12735877</v>
+      </c>
+      <c r="GF12" s="14">
+        <v>826.23907907</v>
+      </c>
+      <c r="GG12" s="14">
+        <v>759.15802842999994</v>
+      </c>
+      <c r="GH12" s="14">
+        <v>238.29394296000001</v>
+      </c>
+      <c r="GI12" s="14">
+        <v>197.74003676999999</v>
+      </c>
+      <c r="GJ12" s="14">
+        <v>192.5912782</v>
+      </c>
+      <c r="GK12" s="14">
+        <v>300.90373977000002</v>
+      </c>
+      <c r="GL12" s="14">
+        <v>446.58363272000003</v>
+      </c>
+      <c r="GM12" s="14">
+        <v>186.45198404000001</v>
+      </c>
+      <c r="GN12" s="14">
+        <v>335.09231477999998</v>
+      </c>
+      <c r="GO12" s="14">
+        <v>396.07337288999997</v>
+      </c>
+      <c r="GP12" s="14">
+        <v>400.61103692</v>
+      </c>
+      <c r="GQ12" s="14">
+        <v>570.28510600000004</v>
+      </c>
+      <c r="GR12" s="14">
+        <v>442.64334342000001</v>
+      </c>
+      <c r="GS12" s="14">
+        <v>442.09196104</v>
+      </c>
+      <c r="GT12" s="14">
+        <v>423.51813677000001</v>
+      </c>
+      <c r="GU12" s="14">
+        <v>417.35496869999997</v>
+      </c>
+      <c r="GV12" s="14">
+        <v>422.03390764</v>
+      </c>
+      <c r="GW12" s="14">
+        <v>428.80162949999999</v>
+      </c>
+      <c r="GX12" s="14">
+        <v>424.31118997999999</v>
+      </c>
+      <c r="GY12" s="14">
+        <v>391.70860407999999</v>
+      </c>
+      <c r="GZ12" s="14">
+        <v>398.41264192</v>
+      </c>
+      <c r="HA12" s="14">
+        <v>314.52444444000002</v>
+      </c>
+      <c r="HB12" s="14">
+        <v>334.94822581</v>
+      </c>
+      <c r="HC12" s="14">
+        <v>359.15631371000001</v>
+      </c>
+      <c r="HD12" s="14">
+        <v>313.77759838999998</v>
+      </c>
+      <c r="HE12" s="14">
+        <v>317.99516070999999</v>
+      </c>
+      <c r="HF12" s="14">
+        <v>429.78596200999999</v>
+      </c>
+      <c r="HG12" s="14">
+        <v>389.83460015000003</v>
+      </c>
+      <c r="HH12" s="14">
+        <v>391.40895276999998</v>
+      </c>
+      <c r="HI12" s="14">
+        <v>202.2901784</v>
+      </c>
+      <c r="HJ12" s="14">
+        <v>200.80703844999999</v>
+      </c>
+      <c r="HK12" s="14">
+        <v>180.07462355000001</v>
+      </c>
+      <c r="HL12" s="14">
+        <v>286.95373009999997</v>
+      </c>
+      <c r="HM12" s="14">
+        <v>258.29737763000003</v>
+      </c>
+      <c r="HN12" s="14">
+        <v>281.41692676999998</v>
+      </c>
+      <c r="HO12" s="14">
+        <v>328.94329778000002</v>
+      </c>
+      <c r="HP12" s="14">
+        <v>326.06801416000002</v>
+      </c>
+      <c r="HQ12" s="14">
+        <v>326.90010113</v>
+      </c>
+      <c r="HR12" s="14">
+        <v>329.37360739000002</v>
+      </c>
+      <c r="HS12" s="14">
+        <v>346.52334913999999</v>
+      </c>
+      <c r="HT12" s="14">
+        <v>276.38897114999997</v>
+      </c>
+      <c r="HU12" s="14">
+        <v>166.88841253999999</v>
+      </c>
+      <c r="HV12" s="14">
+        <v>232.59274486000001</v>
+      </c>
+      <c r="HW12" s="14">
+        <v>123.34778857000001</v>
+      </c>
+      <c r="HX12" s="14">
+        <v>123.44462894999999</v>
+      </c>
+      <c r="HY12" s="14">
+        <v>430.12758538999998</v>
+      </c>
+      <c r="HZ12" s="14">
+        <v>122.30047619</v>
+      </c>
+      <c r="IA12" s="14">
+        <v>121.79779103</v>
+      </c>
+      <c r="IB12" s="14">
+        <v>122.03676065000001</v>
+      </c>
+      <c r="IC12" s="14">
+        <v>93.591414650000004</v>
+      </c>
+      <c r="ID12" s="14">
+        <v>91.146206480000004</v>
+      </c>
+      <c r="IE12" s="14">
+        <v>74.751209180000004</v>
+      </c>
+      <c r="IF12" s="14">
+        <v>43.019743869999999</v>
+      </c>
+      <c r="IG12" s="14">
+        <v>44.867158529999998</v>
+      </c>
+      <c r="IH12" s="14">
+        <v>44.617214410000003</v>
+      </c>
+      <c r="II12" s="14">
+        <v>45.574381209999999</v>
+      </c>
+      <c r="IJ12" s="14">
+        <v>44.430416340000001</v>
+      </c>
+      <c r="IK12" s="14">
+        <v>22.1298703</v>
+      </c>
+      <c r="IL12" s="14">
+        <v>22.112194129999999</v>
+      </c>
+      <c r="IM12" s="14">
+        <v>25.529623820000001</v>
+      </c>
+      <c r="IN12" s="14">
+        <v>32.737243849999999</v>
+      </c>
+      <c r="IO12" s="14">
+        <v>330.34914522999998</v>
+      </c>
+      <c r="IP12" s="14">
+        <v>329.55929708000002</v>
+      </c>
+      <c r="IQ12" s="14">
+        <v>350.32905478999999</v>
+      </c>
+      <c r="IR12" s="14">
+        <v>362.62048589</v>
+      </c>
+      <c r="IS12" s="14">
+        <v>350.26733471</v>
+      </c>
+      <c r="IT12" s="14">
+        <v>408.62153195000002</v>
+      </c>
+      <c r="IU12" s="14">
+        <v>98.249778770000006</v>
+      </c>
+      <c r="IV12" s="14">
+        <v>83.901563409999994</v>
+      </c>
+      <c r="IW12" s="14">
+        <v>83.418771840000005</v>
+      </c>
+      <c r="IX12" s="14">
+        <v>72.994217910000003</v>
+      </c>
+      <c r="IY12" s="14">
+        <v>172.78286122</v>
+      </c>
+      <c r="IZ12" s="14">
+        <v>72.578654779999994</v>
+      </c>
+      <c r="JA12" s="14">
+        <v>118.89598735</v>
+      </c>
+      <c r="JB12" s="14">
+        <v>108.60245814</v>
+      </c>
+      <c r="JC12" s="14">
+        <v>60.788473779999997</v>
+      </c>
+      <c r="JD12" s="14">
+        <v>62.26861435</v>
+      </c>
+      <c r="JE12" s="14">
+        <v>43.91508932</v>
+      </c>
+      <c r="JF12" s="14">
+        <v>38.208149939999998</v>
+      </c>
+      <c r="JG12" s="14">
+        <v>11.832075250000001</v>
+      </c>
+      <c r="JH12" s="14">
+        <v>16.972950619999999</v>
+      </c>
+      <c r="JI12" s="14">
+        <v>17.71965084</v>
+      </c>
+      <c r="JJ12" s="14">
+        <v>138.97197019000001</v>
+      </c>
+      <c r="JK12" s="14">
+        <v>160.95053866999999</v>
+      </c>
+      <c r="JL12" s="14">
+        <v>131.88996693999999</v>
+      </c>
+      <c r="JM12" s="14">
+        <v>149.17878293999999</v>
+      </c>
+      <c r="JN12" s="14">
+        <v>56.949076769999998</v>
+      </c>
+      <c r="JO12" s="14">
+        <v>59.494787029999998</v>
+      </c>
+      <c r="JP12" s="14">
+        <v>52.046552400000003</v>
+      </c>
+      <c r="JQ12" s="14">
+        <v>59.383818480000002</v>
+      </c>
+      <c r="JR12" s="14">
+        <v>58.208208370000001</v>
+      </c>
+      <c r="JS12" s="14">
+        <v>80.817509200000003</v>
+      </c>
+      <c r="JT12" s="14">
+        <v>164.72640831000001</v>
+      </c>
+      <c r="JU12" s="14">
+        <v>73.143452330000002</v>
+      </c>
+      <c r="JV12" s="14">
+        <v>40.960221840000003</v>
+      </c>
+      <c r="JW12" s="14">
+        <v>57.380661779999997</v>
+      </c>
+      <c r="JX12" s="14">
+        <v>143.56996423999999</v>
+      </c>
+      <c r="JY12" s="14">
+        <v>31.25710407</v>
+      </c>
+      <c r="JZ12" s="14">
+        <v>30.7753364</v>
+      </c>
+      <c r="KA12" s="14">
+        <v>31.204190369999999</v>
+      </c>
+      <c r="KB12" s="14">
+        <v>27.62713394</v>
+      </c>
+      <c r="KC12" s="14">
+        <v>25.902166940000001</v>
+      </c>
+      <c r="KD12" s="14">
+        <v>26.288845049999999</v>
+      </c>
+      <c r="KE12" s="14">
+        <v>26.602911500000001</v>
+      </c>
+      <c r="KF12" s="14">
+        <v>11.586684610000001</v>
+      </c>
+      <c r="KG12" s="14">
+        <v>47.446159680000001</v>
+      </c>
+      <c r="KH12" s="14">
+        <v>51.356325839999997</v>
+      </c>
+      <c r="KI12" s="14">
+        <v>27.503327110000001</v>
+      </c>
+      <c r="KJ12" s="14">
+        <v>27.156224160000001</v>
+      </c>
+      <c r="KK12" s="14">
+        <v>31.22017044</v>
+      </c>
+      <c r="KL12" s="14">
+        <v>40.420750669999997</v>
+      </c>
+      <c r="KM12" s="14">
+        <v>39.424390950000003</v>
+      </c>
+      <c r="KN12" s="14">
+        <v>35.695832230000001</v>
+      </c>
+      <c r="KO12" s="14">
+        <v>40.431431459999999</v>
+      </c>
+      <c r="KP12" s="14">
+        <v>48.987878440000003</v>
+      </c>
+      <c r="KQ12" s="14">
+        <v>77.544720670000004</v>
+      </c>
+      <c r="KR12" s="14">
+        <v>83.783978970000007</v>
+      </c>
+      <c r="KS12" s="14">
+        <v>101.43833727000001</v>
+      </c>
+      <c r="KT12" s="14">
+        <v>90.043791690000006</v>
+      </c>
+      <c r="KU12" s="14">
+        <v>91.393052069999996</v>
+      </c>
+      <c r="KV12" s="14">
+        <v>85.029222930000003</v>
+      </c>
+      <c r="KW12" s="14">
+        <v>37.88622273</v>
+      </c>
+      <c r="KX12" s="14">
+        <v>39.500002100000003</v>
+      </c>
+      <c r="KY12" s="14">
+        <v>42.280800509999999</v>
+      </c>
+      <c r="KZ12" s="14">
+        <v>39.94743811</v>
+      </c>
+      <c r="LA12" s="14">
+        <v>43.16792899</v>
+      </c>
+      <c r="LB12" s="14">
+        <v>45.508987300000001</v>
+      </c>
+      <c r="LC12" s="14">
+        <v>58.335249599999997</v>
+      </c>
+      <c r="LD12" s="14">
+        <v>62.378694299999999</v>
+      </c>
+      <c r="LE12" s="14">
+        <v>54.040426539999999</v>
+      </c>
+      <c r="LF12" s="14">
+        <v>52.404336669999999</v>
+      </c>
+      <c r="LG12" s="14">
+        <v>55.104564340000003</v>
+      </c>
+      <c r="LH12" s="14">
+        <v>22.43701192</v>
+      </c>
+      <c r="LI12" s="14">
+        <v>17.208063280000001</v>
+      </c>
+      <c r="LJ12" s="14">
+        <v>19.578840670000002</v>
+      </c>
+      <c r="LK12" s="14">
+        <v>17.643492439999999</v>
+      </c>
+      <c r="LL12" s="14">
+        <v>18.328023089999999</v>
+      </c>
+      <c r="LM12" s="14">
+        <v>20.397168000000001</v>
+      </c>
+      <c r="LN12" s="14">
+        <v>73.480057329999994</v>
+      </c>
+      <c r="LO12" s="14">
+        <v>56.256209849999998</v>
+      </c>
+      <c r="LP12" s="14">
+        <v>21.489907339999998</v>
+      </c>
+      <c r="LQ12" s="14">
+        <v>16.556226989999999</v>
+      </c>
+      <c r="LR12" s="14">
+        <v>21.134206299999999</v>
+      </c>
+      <c r="LS12" s="14">
+        <v>21.464839009999999</v>
+      </c>
+      <c r="LT12" s="14">
+        <v>13.853151990000001</v>
+      </c>
+      <c r="LU12" s="14">
+        <v>46.874991199999997</v>
+      </c>
+      <c r="LV12" s="14">
+        <v>11.78454423</v>
+      </c>
+      <c r="LW12" s="14">
+        <v>23.584118969999999</v>
+      </c>
+      <c r="LX12" s="14">
+        <v>31.967328609999999</v>
+      </c>
+      <c r="LY12" s="14">
+        <v>32.62628978</v>
+      </c>
+      <c r="LZ12" s="14">
+        <v>34.080942729999997</v>
+      </c>
+      <c r="MA12" s="14">
+        <v>29.73941765</v>
+      </c>
+      <c r="MB12" s="14">
+        <v>11.09759631</v>
+      </c>
+      <c r="MC12" s="14">
+        <v>11.59081042</v>
+      </c>
+      <c r="MD12" s="14">
+        <v>120.47222151</v>
+      </c>
+      <c r="ME12" s="14">
+        <v>100.50353122999999</v>
+      </c>
+      <c r="MF12" s="14">
+        <v>96.186952899999994</v>
+      </c>
+      <c r="MG12" s="14">
+        <v>112.75937859</v>
+      </c>
+      <c r="MH12" s="14">
+        <v>46.755685810000003</v>
+      </c>
+      <c r="MI12" s="14">
+        <v>42.309117919999998</v>
+      </c>
+      <c r="MJ12" s="14">
+        <v>50.44996536</v>
+      </c>
+      <c r="MK12" s="14">
+        <v>45.427679929999996</v>
+      </c>
+      <c r="ML12" s="14">
+        <v>54.218850150000002</v>
+      </c>
+      <c r="MM12" s="14">
+        <v>23.172671350000002</v>
+      </c>
+      <c r="MN12" s="14">
+        <v>28.379681730000001</v>
+      </c>
+      <c r="MO12" s="14">
+        <v>27.441653410000001</v>
+      </c>
+      <c r="MP12" s="14">
+        <v>37.902165500000002</v>
+      </c>
+      <c r="MQ12" s="14">
+        <v>32.1244248</v>
+      </c>
+      <c r="MR12" s="14">
+        <v>24.072483219999999</v>
+      </c>
+      <c r="MS12" s="14">
+        <v>18.512925979999999</v>
+      </c>
+      <c r="MT12" s="14">
+        <v>21.294852630000001</v>
+      </c>
+      <c r="MU12" s="14">
+        <v>18.73444946</v>
+      </c>
+      <c r="MV12" s="14">
+        <v>19.587379309999999</v>
+      </c>
+    </row>
+    <row r="13" spans="1:360" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A13" s="14"/>
+      <c r="B13" s="15" t="s">
+        <v>16</v>
+      </c>
+      <c r="C13" s="14">
+        <v>190.63740924999999</v>
+      </c>
+      <c r="D13" s="14">
+        <v>202.41951609</v>
+      </c>
+      <c r="E13" s="14">
+        <v>199.00025178000001</v>
+      </c>
+      <c r="F13" s="14">
+        <v>168.30924375000001</v>
+      </c>
+      <c r="G13" s="14">
+        <v>168.14571702999999</v>
+      </c>
+      <c r="H13" s="14">
+        <v>167.26263746999999</v>
+      </c>
+      <c r="I13" s="14">
+        <v>174.38383463</v>
+      </c>
+      <c r="J13" s="14">
+        <v>171.36891831</v>
+      </c>
+      <c r="K13" s="14">
+        <v>137.1718759</v>
+      </c>
+      <c r="L13" s="14">
+        <v>128.92214905</v>
+      </c>
+      <c r="M13" s="14">
+        <v>126.85125423</v>
+      </c>
+      <c r="N13" s="14">
+        <v>128.12091658</v>
+      </c>
+      <c r="O13" s="14">
+        <v>84.128917779999995</v>
+      </c>
+      <c r="P13" s="14">
+        <v>86.449761359999997</v>
+      </c>
+      <c r="Q13" s="14">
+        <v>62.291068150000001</v>
+      </c>
+      <c r="R13" s="14">
+        <v>53.09138841</v>
+      </c>
+      <c r="S13" s="14">
+        <v>59.190953610000001</v>
+      </c>
+      <c r="T13" s="14">
+        <v>72.835353370000007</v>
+      </c>
+      <c r="U13" s="14">
+        <v>88.384842390000003</v>
+      </c>
+      <c r="V13" s="14">
+        <v>84.328837750000005</v>
+      </c>
+      <c r="W13" s="14">
+        <v>97.616862960000006</v>
+      </c>
+      <c r="X13" s="14">
+        <v>120.7917384</v>
+      </c>
+      <c r="Y13" s="14">
+        <v>116.15312814000001</v>
+      </c>
+      <c r="Z13" s="14">
+        <v>120.81369991</v>
+      </c>
+      <c r="AA13" s="14">
+        <v>117.53393973999999</v>
+      </c>
+      <c r="AB13" s="14">
+        <v>139.86846055000001</v>
+      </c>
+      <c r="AC13" s="14">
+        <v>135.65806463999999</v>
+      </c>
+      <c r="AD13" s="14">
+        <v>142.73802162999999</v>
+      </c>
+      <c r="AE13" s="14">
+        <v>115.47135749</v>
+      </c>
+      <c r="AF13" s="14">
+        <v>142.22728131</v>
+      </c>
+      <c r="AG13" s="14">
+        <v>169.31764297999999</v>
+      </c>
+      <c r="AH13" s="14">
+        <v>155.03732085999999</v>
+      </c>
+      <c r="AI13" s="14">
+        <v>156.19722304000001</v>
+      </c>
+      <c r="AJ13" s="14">
+        <v>172.55071484999999</v>
+      </c>
+      <c r="AK13" s="14">
+        <v>183.75975061</v>
+      </c>
+      <c r="AL13" s="14">
+        <v>120.21364337</v>
+      </c>
+      <c r="AM13" s="14">
+        <v>179.09750083</v>
+      </c>
+      <c r="AN13" s="14">
+        <v>160.01519318000001</v>
+      </c>
+      <c r="AO13" s="14">
+        <v>172.09652690999999</v>
+      </c>
+      <c r="AP13" s="14">
+        <v>161.62906656000001</v>
+      </c>
+      <c r="AQ13" s="14">
+        <v>164.64906882</v>
+      </c>
+      <c r="AR13" s="14">
+        <v>141.1332683</v>
+      </c>
+      <c r="AS13" s="14">
+        <v>200.56438582999999</v>
+      </c>
+      <c r="AT13" s="14">
+        <v>181.18481628000001</v>
+      </c>
+      <c r="AU13" s="14">
+        <v>161.80524672999999</v>
+      </c>
+      <c r="AV13" s="14">
+        <v>142.42567718000001</v>
+      </c>
+      <c r="AW13" s="14">
+        <v>167.20595642000001</v>
+      </c>
+      <c r="AX13" s="14">
+        <v>191.98623566000001</v>
+      </c>
+      <c r="AY13" s="14">
+        <v>221.21769030999999</v>
+      </c>
+      <c r="AZ13" s="14">
+        <v>226.53391113000001</v>
+      </c>
+      <c r="BA13" s="14">
+        <v>240.19704504000001</v>
+      </c>
+      <c r="BB13" s="14">
+        <v>269.42092506</v>
+      </c>
+      <c r="BC13" s="14">
+        <v>286.29315967999997</v>
+      </c>
+      <c r="BD13" s="14">
+        <v>274.13317888</v>
+      </c>
+      <c r="BE13" s="14">
+        <v>339.79957156</v>
+      </c>
+      <c r="BF13" s="14">
+        <v>274.36580014999998</v>
+      </c>
+      <c r="BG13" s="14">
+        <v>273.86802693999999</v>
+      </c>
+      <c r="BH13" s="14">
+        <v>271.28077948999999</v>
+      </c>
+      <c r="BI13" s="14">
+        <v>214.52554411</v>
+      </c>
+      <c r="BJ13" s="14">
+        <v>251.78620810999999</v>
+      </c>
+      <c r="BK13" s="14">
+        <v>319.63144627999998</v>
+      </c>
+      <c r="BL13" s="14">
+        <v>458.37726193999998</v>
+      </c>
+      <c r="BM13" s="14">
+        <v>384.69007742999997</v>
+      </c>
+      <c r="BN13" s="14">
+        <v>298.35467635999998</v>
+      </c>
+      <c r="BO13" s="14">
+        <v>322.39716132000001</v>
+      </c>
+      <c r="BP13" s="14">
+        <v>277.74395186999999</v>
+      </c>
+      <c r="BQ13" s="14">
+        <v>270.45392816999998</v>
+      </c>
+      <c r="BR13" s="14">
+        <v>271.06855574999997</v>
+      </c>
+      <c r="BS13" s="14">
+        <v>357.21431367999998</v>
+      </c>
+      <c r="BT13" s="14">
+        <v>358.24939088000002</v>
+      </c>
+      <c r="BU13" s="14">
+        <v>319.69370963</v>
+      </c>
+      <c r="BV13" s="14">
+        <v>351.10909938999998</v>
+      </c>
+      <c r="BW13" s="14">
+        <v>316.34277383</v>
+      </c>
+      <c r="BX13" s="14">
+        <v>370.68523262000002</v>
+      </c>
+      <c r="BY13" s="14">
+        <v>353.29371663000001</v>
+      </c>
+      <c r="BZ13" s="14">
+        <v>377.99681808000003</v>
+      </c>
+      <c r="CA13" s="14">
+        <v>425.68594059999998</v>
+      </c>
+      <c r="CB13" s="14">
+        <v>355.73350348999998</v>
+      </c>
+      <c r="CC13" s="14">
+        <v>411.07291696999999</v>
+      </c>
+      <c r="CD13" s="14">
+        <v>418.3408508</v>
+      </c>
+      <c r="CE13" s="14">
+        <v>416.98446988000001</v>
+      </c>
+      <c r="CF13" s="14">
+        <v>465.88139784999998</v>
+      </c>
+      <c r="CG13" s="14">
+        <v>488.50815397000002</v>
+      </c>
+      <c r="CH13" s="14">
+        <v>515.56627991000005</v>
+      </c>
+      <c r="CI13" s="14">
+        <v>580.79011799</v>
+      </c>
+      <c r="CJ13" s="14">
+        <v>579.80899973999999</v>
+      </c>
+      <c r="CK13" s="14">
+        <v>579.34806031000005</v>
+      </c>
+      <c r="CL13" s="14">
+        <v>611.56695152999998</v>
+      </c>
+      <c r="CM13" s="14">
+        <v>547.27746612999999</v>
+      </c>
+      <c r="CN13" s="14">
+        <v>552.55547324999998</v>
+      </c>
+      <c r="CO13" s="14">
+        <v>543.96176936999996</v>
+      </c>
+      <c r="CP13" s="14">
+        <v>622.63229320000005</v>
+      </c>
+      <c r="CQ13" s="14">
+        <v>542.00869849000003</v>
+      </c>
+      <c r="CR13" s="14">
+        <v>624.05178335999994</v>
+      </c>
+      <c r="CS13" s="14">
+        <v>667.61566402000005</v>
+      </c>
+      <c r="CT13" s="14">
+        <v>626.37691279000001</v>
+      </c>
+      <c r="CU13" s="14">
+        <v>666.35630585000001</v>
+      </c>
+      <c r="CV13" s="14">
+        <v>653.40095881000002</v>
+      </c>
+      <c r="CW13" s="14">
+        <v>683.65170898999997</v>
+      </c>
+      <c r="CX13" s="14">
+        <v>690.20512338000003</v>
+      </c>
+      <c r="CY13" s="14">
+        <v>622.73630896999998</v>
+      </c>
+      <c r="CZ13" s="14">
+        <v>604.57204821000005</v>
+      </c>
+      <c r="DA13" s="14">
+        <v>677.27166865000004</v>
+      </c>
+      <c r="DB13" s="14">
+        <v>807.47896080999999</v>
+      </c>
+      <c r="DC13" s="14">
+        <v>846.20109536999996</v>
+      </c>
+      <c r="DD13" s="14">
+        <v>824.24737542000003</v>
+      </c>
+      <c r="DE13" s="14">
+        <v>881.44466941999997</v>
+      </c>
+      <c r="DF13" s="14">
+        <v>886.59449208000001</v>
+      </c>
+      <c r="DG13" s="14">
+        <v>770.63709338000001</v>
+      </c>
+      <c r="DH13" s="14">
+        <v>1046.0085873200001</v>
+      </c>
+      <c r="DI13" s="14">
+        <v>1147.38585395</v>
+      </c>
+      <c r="DJ13" s="14">
+        <v>1392.7510140500001</v>
+      </c>
+      <c r="DK13" s="14">
+        <v>1266.04120655</v>
+      </c>
+      <c r="DL13" s="14">
+        <v>1409.6142675000001</v>
+      </c>
+      <c r="DM13" s="14">
+        <v>1409.1187363199999</v>
+      </c>
+      <c r="DN13" s="14">
+        <v>1460.03081546</v>
+      </c>
+      <c r="DO13" s="14">
+        <v>1383.1324895499999</v>
+      </c>
+      <c r="DP13" s="14">
+        <v>1510.73456949</v>
+      </c>
+      <c r="DQ13" s="14">
+        <v>1611.68418249</v>
+      </c>
+      <c r="DR13" s="14">
+        <v>1631.9725512099999</v>
+      </c>
+      <c r="DS13" s="14">
+        <v>1471.3760729200001</v>
+      </c>
+      <c r="DT13" s="14">
+        <v>1378.6304635500001</v>
+      </c>
+      <c r="DU13" s="14">
+        <v>1390.8322303800001</v>
+      </c>
+      <c r="DV13" s="14">
+        <v>1509.4128426299999</v>
+      </c>
+      <c r="DW13" s="14">
+        <v>1540.6405527500001</v>
+      </c>
+      <c r="DX13" s="14">
+        <v>1574.56074319</v>
+      </c>
+      <c r="DY13" s="14">
+        <v>1709.0949926000001</v>
+      </c>
+      <c r="DZ13" s="14">
+        <v>1480.1178581300001</v>
+      </c>
+      <c r="EA13" s="14">
+        <v>1505.80314269</v>
+      </c>
+      <c r="EB13" s="14">
+        <v>1487.65150687</v>
+      </c>
+      <c r="EC13" s="14">
+        <v>1596.7390943</v>
+      </c>
+      <c r="ED13" s="14">
+        <v>1574.7776141899999</v>
+      </c>
+      <c r="EE13" s="14">
+        <v>1589.57435061</v>
+      </c>
+      <c r="EF13" s="14">
+        <v>1554.56684451</v>
+      </c>
+      <c r="EG13" s="14">
+        <v>1446.1631576299999</v>
+      </c>
+      <c r="EH13" s="14">
+        <v>1531.0901673799999</v>
+      </c>
+      <c r="EI13" s="14">
+        <v>1492.23989725</v>
+      </c>
+      <c r="EJ13" s="14">
+        <v>1472.9207126599999</v>
+      </c>
+      <c r="EK13" s="14">
+        <v>1586.8362028700001</v>
+      </c>
+      <c r="EL13" s="14">
+        <v>1760.2861759299999</v>
+      </c>
+      <c r="EM13" s="14">
+        <v>1797.9955394999999</v>
+      </c>
+      <c r="EN13" s="14">
+        <v>1722.90926504</v>
+      </c>
+      <c r="EO13" s="14">
+        <v>1571.2945272699999</v>
+      </c>
+      <c r="EP13" s="14">
+        <v>1632.6374673400001</v>
+      </c>
+      <c r="EQ13" s="14">
+        <v>1567.7195431099999</v>
+      </c>
+      <c r="ER13" s="14">
+        <v>1518.0606018000001</v>
+      </c>
+      <c r="ES13" s="14">
+        <v>1579.96412235</v>
+      </c>
+      <c r="ET13" s="14">
+        <v>1684.31511972</v>
+      </c>
+      <c r="EU13" s="14">
+        <v>1708.88696355</v>
+      </c>
+      <c r="EV13" s="14">
+        <v>1690.06724319</v>
+      </c>
+      <c r="EW13" s="14">
+        <v>1990.0392770999999</v>
+      </c>
+      <c r="EX13" s="14">
+        <v>2057.03655785</v>
+      </c>
+      <c r="EY13" s="14">
+        <v>2056.2016804499999</v>
+      </c>
+      <c r="EZ13" s="14">
+        <v>2074.7157119799999</v>
+      </c>
+      <c r="FA13" s="14">
+        <v>2244.5251549599998</v>
+      </c>
+      <c r="FB13" s="14">
+        <v>2282.6301489100001</v>
+      </c>
+      <c r="FC13" s="14">
+        <v>2564.85360292</v>
+      </c>
+      <c r="FD13" s="14">
+        <v>2820.9202666299998</v>
+      </c>
+      <c r="FE13" s="14">
+        <v>3328.00388505</v>
+      </c>
+      <c r="FF13" s="14">
+        <v>3523.3721057100001</v>
+      </c>
+      <c r="FG13" s="14">
+        <v>3722.0330954299998</v>
+      </c>
+      <c r="FH13" s="14">
+        <v>3663.4995603399998</v>
+      </c>
+      <c r="FI13" s="14">
+        <v>3521.12514887</v>
+      </c>
+      <c r="FJ13" s="14">
+        <v>3554.6328572699999</v>
+      </c>
+      <c r="FK13" s="14">
+        <v>3705.4740188400001</v>
+      </c>
+      <c r="FL13" s="14">
+        <v>3532.5188681300001</v>
+      </c>
+      <c r="FM13" s="14">
+        <v>3626.6949967400001</v>
+      </c>
+      <c r="FN13" s="14">
+        <v>3572.6649855599999</v>
+      </c>
+      <c r="FO13" s="14">
+        <v>3627.0717549199999</v>
+      </c>
+      <c r="FP13" s="14">
+        <v>3873.1111749900001</v>
+      </c>
+      <c r="FQ13" s="14">
+        <v>3913.2191795099998</v>
+      </c>
+      <c r="FR13" s="14">
+        <v>4184.4205592600001</v>
+      </c>
+      <c r="FS13" s="14">
+        <v>4215.3675728199996</v>
+      </c>
+      <c r="FT13" s="14">
+        <v>4269.8622104699998</v>
+      </c>
+      <c r="FU13" s="14">
+        <v>4261.6701492700004</v>
+      </c>
+      <c r="FV13" s="14">
+        <v>4269.0250226999997</v>
+      </c>
+      <c r="FW13" s="14">
+        <v>4294.1197131500003</v>
+      </c>
+      <c r="FX13" s="14">
+        <v>4331.9860145900002</v>
+      </c>
+      <c r="FY13" s="14">
+        <v>4236.93746551</v>
+      </c>
+      <c r="FZ13" s="14">
+        <v>4291.1874579699997</v>
+      </c>
+      <c r="GA13" s="14">
+        <v>4608.6443350500003</v>
+      </c>
+      <c r="GB13" s="14">
+        <v>5399.9321257399997</v>
+      </c>
+      <c r="GC13" s="14">
+        <v>5456.8819574700001</v>
+      </c>
+      <c r="GD13" s="14">
+        <v>5348.1254629300001</v>
+      </c>
+      <c r="GE13" s="14">
+        <v>5401.4408068800003</v>
+      </c>
+      <c r="GF13" s="14">
+        <v>5469.3450984999999</v>
+      </c>
+      <c r="GG13" s="14">
+        <v>5403.3338095899999</v>
+      </c>
+      <c r="GH13" s="14">
+        <v>5432.3190019100002</v>
+      </c>
+      <c r="GI13" s="14">
+        <v>5563.48249648</v>
+      </c>
+      <c r="GJ13" s="14">
+        <v>5937.39545662</v>
+      </c>
+      <c r="GK13" s="14">
+        <v>6031.2314809299996</v>
+      </c>
+      <c r="GL13" s="14">
+        <v>6068.0190966</v>
+      </c>
+      <c r="GM13" s="14">
+        <v>6248.6345967500001</v>
+      </c>
+      <c r="GN13" s="14">
+        <v>6270.6707227200004</v>
+      </c>
+      <c r="GO13" s="14">
+        <v>6276.5196410199997</v>
+      </c>
+      <c r="GP13" s="14">
+        <v>6213.1930702</v>
+      </c>
+      <c r="GQ13" s="14">
+        <v>6068.24455812</v>
+      </c>
+      <c r="GR13" s="14">
+        <v>6027.02321613</v>
+      </c>
+      <c r="GS13" s="14">
+        <v>6113.4821788999998</v>
+      </c>
+      <c r="GT13" s="14">
+        <v>6091.4124141800003</v>
+      </c>
+      <c r="GU13" s="14">
+        <v>6047.1804565900002</v>
+      </c>
+      <c r="GV13" s="14">
+        <v>5986.3907472600004</v>
+      </c>
+      <c r="GW13" s="14">
+        <v>6061.7129015700002</v>
+      </c>
+      <c r="GX13" s="14">
+        <v>6071.46496656</v>
+      </c>
+      <c r="GY13" s="14">
+        <v>6451.1087837799996</v>
+      </c>
+      <c r="GZ13" s="14">
+        <v>6467.54247476</v>
+      </c>
+      <c r="HA13" s="14">
+        <v>6605.2075104100004</v>
+      </c>
+      <c r="HB13" s="14">
+        <v>6592.1748175299999</v>
+      </c>
+      <c r="HC13" s="14">
+        <v>6631.7825987400001</v>
+      </c>
+      <c r="HD13" s="14">
+        <v>6628.0160248000002</v>
+      </c>
+      <c r="HE13" s="14">
+        <v>6880.8336189600004</v>
+      </c>
+      <c r="HF13" s="14">
+        <v>6896.9387952699999</v>
+      </c>
+      <c r="HG13" s="14">
+        <v>7011.8073037100003</v>
+      </c>
+      <c r="HH13" s="14">
+        <v>7059.4035981400002</v>
+      </c>
+      <c r="HI13" s="14">
+        <v>7220.4870352199996</v>
+      </c>
+      <c r="HJ13" s="14">
+        <v>7135.3026184199998</v>
+      </c>
+      <c r="HK13" s="14">
+        <v>7340.3462449899998</v>
+      </c>
+      <c r="HL13" s="14">
+        <v>7028.2043572800003</v>
+      </c>
+      <c r="HM13" s="14">
+        <v>7105.2084857600003</v>
+      </c>
+      <c r="HN13" s="14">
+        <v>6998.7137137099999</v>
+      </c>
+      <c r="HO13" s="14">
+        <v>6991.25459211</v>
+      </c>
+      <c r="HP13" s="14">
+        <v>6940.92720852</v>
+      </c>
+      <c r="HQ13" s="14">
+        <v>6622.5129460300004</v>
+      </c>
+      <c r="HR13" s="14">
+        <v>6602.2298650299999</v>
+      </c>
+      <c r="HS13" s="14">
+        <v>6596.4262466700002</v>
+      </c>
+      <c r="HT13" s="14">
+        <v>6041.6417045500002</v>
+      </c>
+      <c r="HU13" s="14">
+        <v>6797.44847364</v>
+      </c>
+      <c r="HV13" s="14">
+        <v>6806.6543117900001</v>
+      </c>
+      <c r="HW13" s="14">
+        <v>6935.2678467300002</v>
+      </c>
+      <c r="HX13" s="14">
+        <v>7072.1374481399998</v>
+      </c>
+      <c r="HY13" s="14">
+        <v>7021.6105853700001</v>
+      </c>
+      <c r="HZ13" s="14">
+        <v>6973.4323993500002</v>
+      </c>
+      <c r="IA13" s="14">
+        <v>6929.9816250499998</v>
+      </c>
+      <c r="IB13" s="14">
+        <v>6992.5048674700001</v>
+      </c>
+      <c r="IC13" s="14">
+        <v>6783.4308552299999</v>
+      </c>
+      <c r="ID13" s="14">
+        <v>7259.4993917399997</v>
+      </c>
+      <c r="IE13" s="14">
+        <v>7215.42468517</v>
+      </c>
+      <c r="IF13" s="14">
+        <v>7175.1897417999999</v>
+      </c>
+      <c r="IG13" s="14">
+        <v>7086.3398908400004</v>
+      </c>
+      <c r="IH13" s="14">
+        <v>7055.5539451599998</v>
+      </c>
+      <c r="II13" s="14">
+        <v>7102.5679248099996</v>
+      </c>
+      <c r="IJ13" s="14">
+        <v>7124.7664024100004</v>
+      </c>
+      <c r="IK13" s="14">
+        <v>7036.0900850099997</v>
+      </c>
+      <c r="IL13" s="14">
+        <v>6848.3195889899998</v>
+      </c>
+      <c r="IM13" s="14">
+        <v>6774.5773959199996</v>
+      </c>
+      <c r="IN13" s="14">
+        <v>6789.5424217399996</v>
+      </c>
+      <c r="IO13" s="14">
+        <v>6512.9211641299999</v>
+      </c>
+      <c r="IP13" s="14">
+        <v>6537.8414992500002</v>
+      </c>
+      <c r="IQ13" s="14">
+        <v>6479.1259268000003</v>
+      </c>
+      <c r="IR13" s="14">
+        <v>6243.8146993</v>
+      </c>
+      <c r="IS13" s="14">
+        <v>6091.4530790700001</v>
+      </c>
+      <c r="IT13" s="14">
+        <v>6150.7083277399997</v>
+      </c>
+      <c r="IU13" s="14">
+        <v>6205.28378247</v>
+      </c>
+      <c r="IV13" s="14">
+        <v>6078.1898455500004</v>
+      </c>
+      <c r="IW13" s="14">
+        <v>6123.1506085800002</v>
+      </c>
+      <c r="IX13" s="14">
+        <v>6250.2277893800001</v>
+      </c>
+      <c r="IY13" s="14">
+        <v>6130.1554727399998</v>
+      </c>
+      <c r="IZ13" s="14">
+        <v>6238.4453425399997</v>
+      </c>
+      <c r="JA13" s="14">
+        <v>6096.56785433</v>
+      </c>
+      <c r="JB13" s="14">
+        <v>5961.2813886900003</v>
+      </c>
+      <c r="JC13" s="14">
+        <v>5905.4146451400002</v>
+      </c>
+      <c r="JD13" s="14">
+        <v>5979.7549200200001</v>
+      </c>
+      <c r="JE13" s="14">
+        <v>5838.4080549399996</v>
+      </c>
+      <c r="JF13" s="14">
+        <v>5763.5877052200003</v>
+      </c>
+      <c r="JG13" s="14">
+        <v>4864.7711392299998</v>
+      </c>
+      <c r="JH13" s="14">
+        <v>4702.7232829100003</v>
+      </c>
+      <c r="JI13" s="14">
+        <v>4659.05671437</v>
+      </c>
+      <c r="JJ13" s="14">
+        <v>4672.8266848200001</v>
+      </c>
+      <c r="JK13" s="14">
+        <v>4584.3937667700002</v>
+      </c>
+      <c r="JL13" s="14">
+        <v>4854.12625888</v>
+      </c>
+      <c r="JM13" s="14">
+        <v>4874.21972353</v>
+      </c>
+      <c r="JN13" s="14">
+        <v>4787.1468953000003</v>
+      </c>
+      <c r="JO13" s="14">
+        <v>4812.3296547099999</v>
+      </c>
+      <c r="JP13" s="14">
+        <v>4799.8381401400002</v>
+      </c>
+      <c r="JQ13" s="14">
+        <v>4684.13734363</v>
+      </c>
+      <c r="JR13" s="14">
+        <v>4663.2889378500004</v>
+      </c>
+      <c r="JS13" s="14">
+        <v>4923.9097965399997</v>
+      </c>
+      <c r="JT13" s="14">
+        <v>4837.1021701500003</v>
+      </c>
+      <c r="JU13" s="14">
+        <v>4834.4303381899999</v>
+      </c>
+      <c r="JV13" s="14">
+        <v>4787.0868931499999</v>
+      </c>
+      <c r="JW13" s="14">
+        <v>4667.4703403100002</v>
+      </c>
+      <c r="JX13" s="14">
+        <v>4645.5981053699998</v>
+      </c>
+      <c r="JY13" s="14">
+        <v>4584.6283108300004</v>
+      </c>
+      <c r="JZ13" s="14">
+        <v>4469.0251059900002</v>
+      </c>
+      <c r="KA13" s="14">
+        <v>4540.9054387300002</v>
+      </c>
+      <c r="KB13" s="14">
+        <v>4753.1393178999997</v>
+      </c>
+      <c r="KC13" s="14">
+        <v>4779.5612944599998</v>
+      </c>
+      <c r="KD13" s="14">
+        <v>5107.0168561199998</v>
+      </c>
+      <c r="KE13" s="14">
+        <v>5124.41343435</v>
+      </c>
+      <c r="KF13" s="14">
+        <v>5074.65874592</v>
+      </c>
+      <c r="KG13" s="14">
+        <v>5101.8107359599999</v>
+      </c>
+      <c r="KH13" s="14">
+        <v>5295.8258935499998</v>
+      </c>
+      <c r="KI13" s="14">
+        <v>5916.3391912799998</v>
+      </c>
+      <c r="KJ13" s="14">
+        <v>5907.5159912600002</v>
+      </c>
+      <c r="KK13" s="14">
+        <v>5967.8160426200002</v>
+      </c>
+      <c r="KL13" s="14">
+        <v>5880.3268372399998</v>
+      </c>
+      <c r="KM13" s="14">
+        <v>5891.6306875299997</v>
+      </c>
+      <c r="KN13" s="14">
+        <v>5908.0551705400003</v>
+      </c>
+      <c r="KO13" s="14">
+        <v>5889.0245407800003</v>
+      </c>
+      <c r="KP13" s="14">
+        <v>5863.6110946700001</v>
+      </c>
+      <c r="KQ13" s="14">
+        <v>6267.8650076800004</v>
+      </c>
+      <c r="KR13" s="14">
+        <v>6257.3832429499998</v>
+      </c>
+      <c r="KS13" s="14">
+        <v>5965.6124210600001</v>
+      </c>
+      <c r="KT13" s="14">
+        <v>5947.23465261</v>
+      </c>
+      <c r="KU13" s="14">
+        <v>5868.3857207900001</v>
+      </c>
+      <c r="KV13" s="14">
+        <v>5826.5174715200001</v>
+      </c>
+      <c r="KW13" s="14">
+        <v>6414.26804619</v>
+      </c>
+      <c r="KX13" s="14">
+        <v>6381.6986309399999</v>
+      </c>
+      <c r="KY13" s="14">
+        <v>6373.1600527500004</v>
+      </c>
+      <c r="KZ13" s="14">
+        <v>6344.44273574</v>
+      </c>
+      <c r="LA13" s="14">
+        <v>6273.4025700599996</v>
+      </c>
+      <c r="LB13" s="14">
+        <v>6282.2083715199997</v>
+      </c>
+      <c r="LC13" s="14">
+        <v>6117.49127666</v>
+      </c>
+      <c r="LD13" s="14">
+        <v>6085.94851741</v>
+      </c>
+      <c r="LE13" s="14">
+        <v>6090.3713345699998</v>
+      </c>
+      <c r="LF13" s="14">
+        <v>5874.6311873300001</v>
+      </c>
+      <c r="LG13" s="14">
+        <v>6502.7389058899998</v>
+      </c>
+      <c r="LH13" s="14">
+        <v>6406.1725605499996</v>
+      </c>
+      <c r="LI13" s="14">
+        <v>6432.09160995</v>
+      </c>
+      <c r="LJ13" s="14">
+        <v>6427.9309396999997</v>
+      </c>
+      <c r="LK13" s="14">
+        <v>6507.6470741599996</v>
+      </c>
+      <c r="LL13" s="14">
+        <v>6533.3462815399998</v>
+      </c>
+      <c r="LM13" s="14">
+        <v>6561.7093457199999</v>
+      </c>
+      <c r="LN13" s="14">
+        <v>6313.1559898899995</v>
+      </c>
+      <c r="LO13" s="14">
+        <v>6576.8274844500002</v>
+      </c>
+      <c r="LP13" s="14">
+        <v>7213.2113489599997</v>
+      </c>
+      <c r="LQ13" s="14">
+        <v>7214.4747687500003</v>
+      </c>
+      <c r="LR13" s="14">
+        <v>7053.7056877699997</v>
+      </c>
+      <c r="LS13" s="14">
+        <v>6948.25306705</v>
+      </c>
+      <c r="LT13" s="14">
+        <v>6823.0995065799998</v>
+      </c>
+      <c r="LU13" s="14">
+        <v>6563.5813679000003</v>
+      </c>
+      <c r="LV13" s="14">
+        <v>6508.4732268400003</v>
+      </c>
+      <c r="LW13" s="14">
+        <v>6603.31894766</v>
+      </c>
+      <c r="LX13" s="14">
+        <v>6750.19315353</v>
+      </c>
+      <c r="LY13" s="14">
+        <v>6511.7377719699998</v>
+      </c>
+      <c r="LZ13" s="14">
+        <v>6531.1399159399998</v>
+      </c>
+      <c r="MA13" s="14">
+        <v>6367.2880486699996</v>
+      </c>
+      <c r="MB13" s="14">
+        <v>6135.52919587</v>
+      </c>
+      <c r="MC13" s="14">
+        <v>6135.5418932700004</v>
+      </c>
+      <c r="MD13" s="14">
+        <v>6107.4136659699998</v>
+      </c>
+      <c r="ME13" s="14">
+        <v>5974.2635277700001</v>
+      </c>
+      <c r="MF13" s="14">
+        <v>5978.3171789300004</v>
+      </c>
+      <c r="MG13" s="14">
+        <v>5962.6977882199999</v>
+      </c>
+      <c r="MH13" s="14">
+        <v>5873.51210859</v>
+      </c>
+      <c r="MI13" s="14">
+        <v>5881.8681394300002</v>
+      </c>
+      <c r="MJ13" s="14">
+        <v>5883.7376419499997</v>
+      </c>
+      <c r="MK13" s="14">
+        <v>5862.0492301900003</v>
+      </c>
+      <c r="ML13" s="14">
+        <v>5890.4431514500002</v>
+      </c>
+      <c r="MM13" s="14">
+        <v>5371.3548690899997</v>
+      </c>
+      <c r="MN13" s="14">
+        <v>5495.3941863199998</v>
+      </c>
+      <c r="MO13" s="14">
+        <v>5388.5307052899998</v>
+      </c>
+      <c r="MP13" s="14">
+        <v>5321.4588830900002</v>
+      </c>
+      <c r="MQ13" s="14">
+        <v>5232.0850261699998</v>
+      </c>
+      <c r="MR13" s="14">
+        <v>5088.3449276700003</v>
+      </c>
+      <c r="MS13" s="14">
+        <v>4975.3079793400002</v>
+      </c>
+      <c r="MT13" s="14">
+        <v>4977.7069794700001</v>
+      </c>
+      <c r="MU13" s="14">
+        <v>4986.4894894600002</v>
+      </c>
+      <c r="MV13" s="14">
+        <v>5057.6283625699998</v>
+      </c>
+    </row>
+    <row r="14" spans="1:360" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A14" s="14"/>
+      <c r="B14" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="C14" s="14">
+        <v>0</v>
+      </c>
+      <c r="D14" s="14">
+        <v>0</v>
+      </c>
+      <c r="E14" s="14">
+        <v>0</v>
+      </c>
+      <c r="F14" s="14">
+        <v>0</v>
+      </c>
+      <c r="G14" s="14">
+        <v>0</v>
+      </c>
+      <c r="H14" s="14">
+        <v>0</v>
+      </c>
+      <c r="I14" s="14">
+        <v>0</v>
+      </c>
+      <c r="J14" s="14">
+        <v>0</v>
+      </c>
+      <c r="K14" s="14">
+        <v>0</v>
+      </c>
+      <c r="L14" s="14">
+        <v>0</v>
+      </c>
+      <c r="M14" s="14">
+        <v>0</v>
+      </c>
+      <c r="N14" s="14">
+        <v>0</v>
+      </c>
+      <c r="O14" s="14">
+        <v>0</v>
+      </c>
+      <c r="P14" s="14">
+        <v>0</v>
+      </c>
+      <c r="Q14" s="14">
+        <v>0</v>
+      </c>
+      <c r="R14" s="14">
+        <v>0</v>
+      </c>
+      <c r="S14" s="14">
+        <v>0</v>
+      </c>
+      <c r="T14" s="14">
+        <v>0</v>
+      </c>
+      <c r="U14" s="14">
+        <v>0</v>
+      </c>
+      <c r="V14" s="14">
+        <v>0</v>
+      </c>
+      <c r="W14" s="14">
+        <v>0</v>
+      </c>
+      <c r="X14" s="14">
+        <v>0</v>
+      </c>
+      <c r="Y14" s="14">
+        <v>0</v>
+      </c>
+      <c r="Z14" s="14">
+        <v>0</v>
+      </c>
+      <c r="AA14" s="14">
+        <v>0</v>
+      </c>
+      <c r="AB14" s="14">
+        <v>0</v>
+      </c>
+      <c r="AC14" s="14">
+        <v>0</v>
+      </c>
+      <c r="AD14" s="14">
+        <v>0</v>
+      </c>
+      <c r="AE14" s="14">
+        <v>0</v>
+      </c>
+      <c r="AF14" s="14">
+        <v>0</v>
+      </c>
+      <c r="AG14" s="14">
+        <v>0</v>
+      </c>
+      <c r="AH14" s="14">
+        <v>0</v>
+      </c>
+      <c r="AI14" s="14">
+        <v>0</v>
+      </c>
+      <c r="AJ14" s="14">
+        <v>0</v>
+      </c>
+      <c r="AK14" s="14">
+        <v>0</v>
+      </c>
+      <c r="AL14" s="14">
+        <v>0</v>
+      </c>
+      <c r="AM14" s="14">
+        <v>0</v>
+      </c>
+      <c r="AN14" s="14">
+        <v>0</v>
+      </c>
+      <c r="AO14" s="14">
+        <v>0</v>
+      </c>
+      <c r="AP14" s="14">
+        <v>0</v>
+      </c>
+      <c r="AQ14" s="14">
+        <v>0</v>
+      </c>
+      <c r="AR14" s="14">
+        <v>0</v>
+      </c>
+      <c r="AS14" s="14">
+        <v>0</v>
+      </c>
+      <c r="AT14" s="14">
+        <v>0</v>
+      </c>
+      <c r="AU14" s="14">
+        <v>0</v>
+      </c>
+      <c r="AV14" s="14">
+        <v>0</v>
+      </c>
+      <c r="AW14" s="14">
+        <v>0</v>
+      </c>
+      <c r="AX14" s="14">
+        <v>0</v>
+      </c>
+      <c r="AY14" s="14">
+        <v>0</v>
+      </c>
+      <c r="AZ14" s="14">
+        <v>0</v>
+      </c>
+      <c r="BA14" s="14">
+        <v>0</v>
+      </c>
+      <c r="BB14" s="14">
+        <v>0</v>
+      </c>
+      <c r="BC14" s="14">
+        <v>0</v>
+      </c>
+      <c r="BD14" s="14">
+        <v>0</v>
+      </c>
+      <c r="BE14" s="14">
+        <v>0</v>
+      </c>
+      <c r="BF14" s="14">
+        <v>223.95269838999999</v>
+      </c>
+      <c r="BG14" s="14">
+        <v>222.73902767000001</v>
+      </c>
+      <c r="BH14" s="14">
+        <v>221.31674856000001</v>
+      </c>
+      <c r="BI14" s="14">
+        <v>222.02713677</v>
+      </c>
+      <c r="BJ14" s="14">
+        <v>222.97901572999999</v>
+      </c>
+      <c r="BK14" s="14">
+        <v>223.88083456000001</v>
+      </c>
+      <c r="BL14" s="14">
+        <v>226.16103046000001</v>
+      </c>
+      <c r="BM14" s="14">
+        <v>226.96803265</v>
+      </c>
+      <c r="BN14" s="14">
+        <v>226.30773402</v>
+      </c>
+      <c r="BO14" s="14">
+        <v>221.77683615000001</v>
+      </c>
+      <c r="BP14" s="14">
+        <v>214.45730359999999</v>
+      </c>
+      <c r="BQ14" s="14">
+        <v>215.69990842000001</v>
+      </c>
+      <c r="BR14" s="14">
+        <v>211.72966036</v>
+      </c>
+      <c r="BS14" s="14">
+        <v>224.24342425</v>
+      </c>
+      <c r="BT14" s="14">
+        <v>222.22192634000001</v>
+      </c>
+      <c r="BU14" s="14">
+        <v>219.33364284000001</v>
+      </c>
+      <c r="BV14" s="14">
+        <v>218.98113000000001</v>
+      </c>
+      <c r="BW14" s="14">
+        <v>217.15397969</v>
+      </c>
+      <c r="BX14" s="14">
+        <v>223.00120247000001</v>
+      </c>
+      <c r="BY14" s="14">
+        <v>219.15220067999999</v>
+      </c>
+      <c r="BZ14" s="14">
+        <v>218.11172207999999</v>
+      </c>
+      <c r="CA14" s="14">
+        <v>217.91380928000001</v>
+      </c>
+      <c r="CB14" s="14">
+        <v>217.38371412000001</v>
+      </c>
+      <c r="CC14" s="14">
+        <v>215.70114593</v>
+      </c>
+      <c r="CD14" s="14">
+        <v>217.88537607000001</v>
+      </c>
+      <c r="CE14" s="14">
+        <v>217.34661836000001</v>
+      </c>
+      <c r="CF14" s="14">
+        <v>216.30873263000001</v>
+      </c>
+      <c r="CG14" s="14">
+        <v>220.93701055</v>
+      </c>
+      <c r="CH14" s="14">
+        <v>218.95567270999999</v>
+      </c>
+      <c r="CI14" s="14">
+        <v>219.28314075</v>
+      </c>
+      <c r="CJ14" s="14">
+        <v>222.62662073999999</v>
+      </c>
+      <c r="CK14" s="14">
+        <v>224.53341349999999</v>
+      </c>
+      <c r="CL14" s="14">
+        <v>226.65002269999999</v>
+      </c>
+      <c r="CM14" s="14">
+        <v>222.96667012</v>
+      </c>
+      <c r="CN14" s="14">
+        <v>222.35162890999999</v>
+      </c>
+      <c r="CO14" s="14">
+        <v>221.24405973</v>
+      </c>
+      <c r="CP14" s="14">
+        <v>222.20663428</v>
+      </c>
+      <c r="CQ14" s="14">
+        <v>219.74290424</v>
+      </c>
+      <c r="CR14" s="14">
+        <v>223.08635477000001</v>
+      </c>
+      <c r="CS14" s="14">
+        <v>223.75272307</v>
+      </c>
+      <c r="CT14" s="14">
+        <v>225.55482859</v>
+      </c>
+      <c r="CU14" s="14">
+        <v>225.31207087000001</v>
+      </c>
+      <c r="CV14" s="14">
+        <v>225.99977145</v>
+      </c>
+      <c r="CW14" s="14">
+        <v>224.14480669</v>
+      </c>
+      <c r="CX14" s="14">
+        <v>217.90267170999999</v>
+      </c>
+      <c r="CY14" s="14">
+        <v>221.97277484</v>
+      </c>
+      <c r="CZ14" s="14">
+        <v>217.14617161000001</v>
+      </c>
+      <c r="DA14" s="14">
+        <v>217.03025840999999</v>
+      </c>
+      <c r="DB14" s="14">
+        <v>0</v>
+      </c>
+      <c r="DC14" s="14">
+        <v>0</v>
+      </c>
+      <c r="DD14" s="14">
+        <v>0</v>
+      </c>
+      <c r="DE14" s="14">
+        <v>0</v>
+      </c>
+      <c r="DF14" s="14">
+        <v>0</v>
+      </c>
+      <c r="DG14" s="14">
+        <v>0</v>
+      </c>
+      <c r="DH14" s="14">
+        <v>0</v>
+      </c>
+      <c r="DI14" s="14">
+        <v>0</v>
+      </c>
+      <c r="DJ14" s="14">
+        <v>0</v>
+      </c>
+      <c r="DK14" s="14">
+        <v>0</v>
+      </c>
+      <c r="DL14" s="14">
+        <v>0</v>
+      </c>
+      <c r="DM14" s="14">
+        <v>0</v>
+      </c>
+      <c r="DN14" s="14">
+        <v>0</v>
+      </c>
+      <c r="DO14" s="14">
+        <v>0</v>
+      </c>
+      <c r="DP14" s="14">
+        <v>0</v>
+      </c>
+      <c r="DQ14" s="14">
+        <v>0</v>
+      </c>
+      <c r="DR14" s="14">
+        <v>0</v>
+      </c>
+      <c r="DS14" s="14">
+        <v>0</v>
+      </c>
+      <c r="DT14" s="14">
+        <v>0</v>
+      </c>
+      <c r="DU14" s="14">
+        <v>0</v>
+      </c>
+      <c r="DV14" s="14">
+        <v>0</v>
+      </c>
+      <c r="DW14" s="14">
+        <v>0</v>
+      </c>
+      <c r="DX14" s="14">
+        <v>0</v>
+      </c>
+      <c r="DY14" s="14">
+        <v>0</v>
+      </c>
+      <c r="DZ14" s="14">
+        <v>0</v>
+      </c>
+      <c r="EA14" s="14">
+        <v>0</v>
+      </c>
+      <c r="EB14" s="14">
+        <v>0</v>
+      </c>
+      <c r="EC14" s="14">
+        <v>0</v>
+      </c>
+      <c r="ED14" s="14">
+        <v>0</v>
+      </c>
+      <c r="EE14" s="14">
+        <v>0</v>
+      </c>
+      <c r="EF14" s="14">
+        <v>0</v>
+      </c>
+      <c r="EG14" s="14">
+        <v>0</v>
+      </c>
+      <c r="EH14" s="14">
+        <v>0</v>
+      </c>
+      <c r="EI14" s="14">
+        <v>0</v>
+      </c>
+      <c r="EJ14" s="14">
+        <v>0</v>
+      </c>
+      <c r="EK14" s="14">
+        <v>0</v>
+      </c>
+      <c r="EL14" s="14">
+        <v>0</v>
+      </c>
+      <c r="EM14" s="14">
+        <v>0</v>
+      </c>
+      <c r="EN14" s="14">
+        <v>0</v>
+      </c>
+      <c r="EO14" s="14">
+        <v>0</v>
+      </c>
+      <c r="EP14" s="14">
+        <v>0</v>
+      </c>
+      <c r="EQ14" s="14">
+        <v>0</v>
+      </c>
+      <c r="ER14" s="14">
+        <v>0</v>
+      </c>
+      <c r="ES14" s="14">
+        <v>0</v>
+      </c>
+      <c r="ET14" s="14">
+        <v>0</v>
+      </c>
+      <c r="EU14" s="14">
+        <v>0</v>
+      </c>
+      <c r="EV14" s="14">
+        <v>0</v>
+      </c>
+      <c r="EW14" s="14">
+        <v>0</v>
+      </c>
+      <c r="EX14" s="14">
+        <v>0</v>
+      </c>
+      <c r="EY14" s="14">
+        <v>0</v>
+      </c>
+      <c r="EZ14" s="14">
+        <v>0</v>
+      </c>
+      <c r="FA14" s="14">
+        <v>0</v>
+      </c>
+      <c r="FB14" s="14">
+        <v>0</v>
+      </c>
+      <c r="FC14" s="14">
+        <v>0</v>
+      </c>
+      <c r="FD14" s="14">
+        <v>0</v>
+      </c>
+      <c r="FE14" s="14">
+        <v>0</v>
+      </c>
+      <c r="FF14" s="14">
+        <v>0</v>
+      </c>
+      <c r="FG14" s="14">
+        <v>0</v>
+      </c>
+      <c r="FH14" s="14">
+        <v>0</v>
+      </c>
+      <c r="FI14" s="14">
+        <v>0</v>
+      </c>
+      <c r="FJ14" s="14">
+        <v>0</v>
+      </c>
+      <c r="FK14" s="14">
+        <v>0</v>
+      </c>
+      <c r="FL14" s="14">
+        <v>0</v>
+      </c>
+      <c r="FM14" s="14">
+        <v>0</v>
+      </c>
+      <c r="FN14" s="14">
+        <v>0</v>
+      </c>
+      <c r="FO14" s="14">
+        <v>0</v>
+      </c>
+      <c r="FP14" s="14">
+        <v>0</v>
+      </c>
+      <c r="FQ14" s="14">
+        <v>0</v>
+      </c>
+      <c r="FR14" s="14">
+        <v>0</v>
+      </c>
+      <c r="FS14" s="14">
+        <v>0</v>
+      </c>
+      <c r="FT14" s="14">
+        <v>0</v>
+      </c>
+      <c r="FU14" s="14">
+        <v>0</v>
+      </c>
+      <c r="FV14" s="14">
+        <v>0</v>
+      </c>
+      <c r="FW14" s="14">
+        <v>0</v>
+      </c>
+      <c r="FX14" s="14">
+        <v>0</v>
+      </c>
+      <c r="FY14" s="14">
+        <v>0</v>
+      </c>
+      <c r="FZ14" s="14">
+        <v>0</v>
+      </c>
+      <c r="GA14" s="14">
+        <v>0.13754997999999999</v>
+      </c>
+      <c r="GB14" s="14">
+        <v>0.14368796</v>
+      </c>
+      <c r="GC14" s="14">
+        <v>0.16169020000000001</v>
+      </c>
+      <c r="GD14" s="14">
+        <v>0.16796358</v>
+      </c>
+      <c r="GE14" s="14">
+        <v>0.17031984</v>
+      </c>
+      <c r="GF14" s="14">
+        <v>0.18023881999999999</v>
+      </c>
+      <c r="GG14" s="14">
+        <v>0.21351444</v>
+      </c>
+      <c r="GH14" s="14">
+        <v>0.25152491999999999</v>
+      </c>
+      <c r="GI14" s="14">
+        <v>0.29231665000000001</v>
+      </c>
+      <c r="GJ14" s="14">
+        <v>0.29396330999999998</v>
+      </c>
+      <c r="GK14" s="14">
+        <v>0.25728125000000002</v>
+      </c>
+      <c r="GL14" s="14">
+        <v>0.28330392999999998</v>
+      </c>
+      <c r="GM14" s="14">
+        <v>0.30360482</v>
+      </c>
+      <c r="GN14" s="14">
+        <v>0.30104359000000003</v>
+      </c>
+      <c r="GO14" s="14">
+        <v>0.22362427000000001</v>
+      </c>
+      <c r="GP14" s="14">
+        <v>0.19904158999999999</v>
+      </c>
+      <c r="GQ14" s="14">
+        <v>0.1646224</v>
+      </c>
+      <c r="GR14" s="14">
+        <v>0.14756169999999999</v>
+      </c>
+      <c r="GS14" s="14">
+        <v>8.9178670000000002E-2</v>
+      </c>
+      <c r="GT14" s="14">
+        <v>7.8761049999999999E-2</v>
+      </c>
+      <c r="GU14" s="14">
+        <v>8.8772500000000004E-2</v>
+      </c>
+      <c r="GV14" s="14">
+        <v>8.8874880000000003E-2</v>
+      </c>
+      <c r="GW14" s="14">
+        <v>0.13072861999999999</v>
+      </c>
+      <c r="GX14" s="14">
+        <v>0.17198864</v>
+      </c>
+      <c r="GY14" s="14">
+        <v>0.21048016999999999</v>
+      </c>
+      <c r="GZ14" s="14">
+        <v>0.24365969000000001</v>
+      </c>
+      <c r="HA14" s="14">
+        <v>0.21363194999999999</v>
+      </c>
+      <c r="HB14" s="14">
+        <v>0.26010634999999999</v>
+      </c>
+      <c r="HC14" s="14">
+        <v>0.26001423000000001</v>
+      </c>
+      <c r="HD14" s="14">
+        <v>0.24015690000000001</v>
+      </c>
+      <c r="HE14" s="14">
+        <v>0.18168480000000001</v>
+      </c>
+      <c r="HF14" s="14">
+        <v>0.17864063999999999</v>
+      </c>
+      <c r="HG14" s="14">
+        <v>0.19205860999999999</v>
+      </c>
+      <c r="HH14" s="14">
+        <v>0.15863516999999999</v>
+      </c>
+      <c r="HI14" s="14">
+        <v>0.14631116</v>
+      </c>
+      <c r="HJ14" s="14">
+        <v>0.14716125999999999</v>
+      </c>
+      <c r="HK14" s="14">
+        <v>0.12249878</v>
+      </c>
+      <c r="HL14" s="14">
+        <v>0.12261159000000001</v>
+      </c>
+      <c r="HM14" s="14">
+        <v>0.12281488</v>
+      </c>
+      <c r="HN14" s="14">
+        <v>0.12249878</v>
+      </c>
+      <c r="HO14" s="14">
+        <v>0.12249878</v>
+      </c>
+      <c r="HP14" s="14">
+        <v>0.12261029</v>
+      </c>
+      <c r="HQ14" s="14">
+        <v>8.4822419999999996E-2</v>
+      </c>
+      <c r="HR14" s="14">
+        <v>6.6538299999999995E-2</v>
+      </c>
+      <c r="HS14" s="14">
+        <v>6.2808710000000004E-2</v>
+      </c>
+      <c r="HT14" s="14">
+        <v>6.1423680000000001E-2</v>
+      </c>
+      <c r="HU14" s="14">
+        <v>0.49684160999999999</v>
+      </c>
+      <c r="HV14" s="14">
+        <v>0.47877568999999998</v>
+      </c>
+      <c r="HW14" s="14">
+        <v>0.46460443000000001</v>
+      </c>
+      <c r="HX14" s="14">
+        <v>0.45129592000000002</v>
+      </c>
+      <c r="HY14" s="14">
+        <v>0.43344050000000001</v>
+      </c>
+      <c r="HZ14" s="14">
+        <v>0.36947577999999998</v>
+      </c>
+      <c r="IA14" s="14">
+        <v>0.35566387999999999</v>
+      </c>
+      <c r="IB14" s="14">
+        <v>0.34422542</v>
+      </c>
+      <c r="IC14" s="14">
+        <v>0.32845704999999997</v>
+      </c>
+      <c r="ID14" s="14">
+        <v>0.31458620999999998</v>
+      </c>
+      <c r="IE14" s="14">
+        <v>0.30091415999999999</v>
+      </c>
+      <c r="IF14" s="14">
+        <v>0.28745852999999999</v>
+      </c>
+      <c r="IG14" s="14">
+        <v>0.27356667000000001</v>
+      </c>
+      <c r="IH14" s="14">
+        <v>0.25998426000000002</v>
+      </c>
+      <c r="II14" s="14">
+        <v>0.24621914</v>
+      </c>
+      <c r="IJ14" s="14">
+        <v>0.23254737</v>
+      </c>
+      <c r="IK14" s="14">
+        <v>0.21891284999999999</v>
+      </c>
+      <c r="IL14" s="14">
+        <v>0.23262795999999999</v>
+      </c>
+      <c r="IM14" s="14">
+        <v>0.23919756</v>
+      </c>
+      <c r="IN14" s="14">
+        <v>0.20309028000000001</v>
+      </c>
+      <c r="IO14" s="14">
+        <v>0.18668093999999999</v>
+      </c>
+      <c r="IP14" s="14">
+        <v>0.17448838</v>
+      </c>
+      <c r="IQ14" s="14">
+        <v>0.16079940000000001</v>
+      </c>
+      <c r="IR14" s="14">
+        <v>0.12316491</v>
+      </c>
+      <c r="IS14" s="14">
+        <v>0.10948165999999999</v>
+      </c>
+      <c r="IT14" s="14">
+        <v>9.5806210000000003E-2</v>
+      </c>
+      <c r="IU14" s="14">
+        <v>8.25076E-2</v>
+      </c>
+      <c r="IV14" s="14">
+        <v>6.8462099999999998E-2</v>
+      </c>
+      <c r="IW14" s="14">
+        <v>5.4779870000000001E-2</v>
+      </c>
+      <c r="IX14" s="14">
+        <v>4.1107820000000003E-2</v>
+      </c>
+      <c r="IY14" s="14">
+        <v>2.7432370000000001E-2</v>
+      </c>
+      <c r="IZ14" s="14">
+        <v>1.3879239999999999E-2</v>
+      </c>
+      <c r="JA14" s="14">
+        <v>1.7375999999999999E-4</v>
+      </c>
+      <c r="JB14" s="14">
+        <v>1.5420000000000001E-5</v>
+      </c>
+      <c r="JC14" s="14">
+        <v>1.5420000000000001E-5</v>
+      </c>
+      <c r="JD14" s="14">
+        <v>1.5969859999999999E-2</v>
+      </c>
+      <c r="JE14" s="14">
+        <v>2.048579E-2</v>
+      </c>
+      <c r="JF14" s="14">
+        <v>2.2404520000000001E-2</v>
+      </c>
+      <c r="JG14" s="14">
+        <v>0</v>
+      </c>
+      <c r="JH14" s="14">
+        <v>2.2131020000000001E-2</v>
+      </c>
+      <c r="JI14" s="14">
+        <v>2.3015689999999998E-2</v>
+      </c>
+      <c r="JJ14" s="14">
+        <v>1.7414333099999999</v>
+      </c>
+      <c r="JK14" s="14">
+        <v>1.42739047</v>
+      </c>
+      <c r="JL14" s="14">
+        <v>2.784613E-2</v>
+      </c>
+      <c r="JM14" s="14">
+        <v>5.5557999999999996E-4</v>
+      </c>
+      <c r="JN14" s="14">
+        <v>2.6604909999999999E-2</v>
+      </c>
+      <c r="JO14" s="14">
+        <v>0</v>
+      </c>
+      <c r="JP14" s="14">
+        <v>2.4935369999999998E-2</v>
+      </c>
+      <c r="JQ14" s="14">
+        <v>1.0616459199999999</v>
+      </c>
+      <c r="JR14" s="14">
+        <v>2.46749E-2</v>
+      </c>
+      <c r="JS14" s="14">
+        <v>0.15007952999999999</v>
+      </c>
+      <c r="JT14" s="14">
+        <v>0.14929555999999999</v>
+      </c>
+      <c r="JU14" s="14">
+        <v>0.32381343000000001</v>
+      </c>
+      <c r="JV14" s="14">
+        <v>0.15206470999999999</v>
+      </c>
+      <c r="JW14" s="14">
+        <v>0.15107968999999999</v>
+      </c>
+      <c r="JX14" s="14">
+        <v>2.5729889999999998E-2</v>
+      </c>
+      <c r="JY14" s="14">
+        <v>0.15187629</v>
+      </c>
+      <c r="JZ14" s="14">
+        <v>2.488369E-2</v>
+      </c>
+      <c r="KA14" s="14">
+        <v>0.12608667000000001</v>
+      </c>
+      <c r="KB14" s="14">
+        <v>0.25217334000000002</v>
+      </c>
+      <c r="KC14" s="14">
+        <v>0.40419127999999999</v>
+      </c>
+      <c r="KD14" s="14">
+        <v>0.44175197999999999</v>
+      </c>
+      <c r="KE14" s="14">
+        <v>0.75530213999999996</v>
+      </c>
+      <c r="KF14" s="14">
+        <v>0.63020891000000001</v>
+      </c>
+      <c r="KG14" s="14">
+        <v>0.67529030999999995</v>
+      </c>
+      <c r="KH14" s="14">
+        <v>0.92673700999999997</v>
+      </c>
+      <c r="KI14" s="14">
+        <v>0.56739001</v>
+      </c>
+      <c r="KJ14" s="14">
+        <v>115.07826767</v>
+      </c>
+      <c r="KK14" s="14">
+        <v>183.66777392</v>
+      </c>
+      <c r="KL14" s="14">
+        <v>194.59120927000001</v>
+      </c>
+      <c r="KM14" s="14">
+        <v>181.64885086999999</v>
+      </c>
+      <c r="KN14" s="14">
+        <v>158.31937718</v>
+      </c>
+      <c r="KO14" s="14">
+        <v>152.13498276999999</v>
+      </c>
+      <c r="KP14" s="14">
+        <v>144.47634785</v>
+      </c>
+      <c r="KQ14" s="14">
+        <v>143.97490264999999</v>
+      </c>
+      <c r="KR14" s="14">
+        <v>143.62972805999999</v>
+      </c>
+      <c r="KS14" s="14">
+        <v>143.31664752</v>
+      </c>
+      <c r="KT14" s="14">
+        <v>143.35322184</v>
+      </c>
+      <c r="KU14" s="14">
+        <v>143.23966584999999</v>
+      </c>
+      <c r="KV14" s="14">
+        <v>143.1051587</v>
+      </c>
+      <c r="KW14" s="14">
+        <v>143.02790439</v>
+      </c>
+      <c r="KX14" s="14">
+        <v>143.05268469000001</v>
+      </c>
+      <c r="KY14" s="14">
+        <v>142.79448463</v>
+      </c>
+      <c r="KZ14" s="14">
+        <v>142.64473505999999</v>
+      </c>
+      <c r="LA14" s="14">
+        <v>142.62029268000001</v>
+      </c>
+      <c r="LB14" s="14">
+        <v>142.83557497000001</v>
+      </c>
+      <c r="LC14" s="14">
+        <v>142.5487952</v>
+      </c>
+      <c r="LD14" s="14">
+        <v>141.96778302999999</v>
+      </c>
+      <c r="LE14" s="14">
+        <v>141.70330465999999</v>
+      </c>
+      <c r="LF14" s="14">
+        <v>141.59467316999999</v>
+      </c>
+      <c r="LG14" s="14">
+        <v>141.31530966</v>
+      </c>
+      <c r="LH14" s="14">
+        <v>141.96852956999999</v>
+      </c>
+      <c r="LI14" s="14">
+        <v>141.97330119</v>
+      </c>
+      <c r="LJ14" s="14">
+        <v>142.16359378999999</v>
+      </c>
+      <c r="LK14" s="14">
+        <v>142.05350601000001</v>
+      </c>
+      <c r="LL14" s="14">
+        <v>141.86031943</v>
+      </c>
+      <c r="LM14" s="14">
+        <v>142.38340192999999</v>
+      </c>
+      <c r="LN14" s="14">
+        <v>142.37703164000001</v>
+      </c>
+      <c r="LO14" s="14">
+        <v>109.0939748</v>
+      </c>
+      <c r="LP14" s="14">
+        <v>109.11152701</v>
+      </c>
+      <c r="LQ14" s="14">
+        <v>103.80572144</v>
+      </c>
+      <c r="LR14" s="14">
+        <v>103.79813664</v>
+      </c>
+      <c r="LS14" s="14">
+        <v>98.359829950000005</v>
+      </c>
+      <c r="LT14" s="14">
+        <v>98.113023600000005</v>
+      </c>
+      <c r="LU14" s="14">
+        <v>98.15550872</v>
+      </c>
+      <c r="LV14" s="14">
+        <v>98.333900970000002</v>
+      </c>
+      <c r="LW14" s="14">
+        <v>93.37214041</v>
+      </c>
+      <c r="LX14" s="14">
+        <v>93.364391889999993</v>
+      </c>
+      <c r="LY14" s="14">
+        <v>93.93976456</v>
+      </c>
+      <c r="LZ14" s="14">
+        <v>94.041614229999993</v>
+      </c>
+      <c r="MA14" s="14">
+        <v>94.398476419999994</v>
+      </c>
+      <c r="MB14" s="14">
+        <v>89.704252879999999</v>
+      </c>
+      <c r="MC14" s="14">
+        <v>89.61867196</v>
+      </c>
+      <c r="MD14" s="14">
+        <v>89.613345760000001</v>
+      </c>
+      <c r="ME14" s="14">
+        <v>89.617564290000004</v>
+      </c>
+      <c r="MF14" s="14">
+        <v>89.755530559999997</v>
+      </c>
+      <c r="MG14" s="14">
+        <v>89.46823019</v>
+      </c>
+      <c r="MH14" s="14">
+        <v>89.522663469999998</v>
+      </c>
+      <c r="MI14" s="14">
+        <v>89.852514459999995</v>
+      </c>
+      <c r="MJ14" s="14">
+        <v>89.151650860000004</v>
+      </c>
+      <c r="MK14" s="14">
+        <v>85.192238829999994</v>
+      </c>
+      <c r="ML14" s="14">
+        <v>85.104956220000005</v>
+      </c>
+      <c r="MM14" s="14">
+        <v>85.157370439999994</v>
+      </c>
+      <c r="MN14" s="14">
+        <v>85.453153369999995</v>
+      </c>
+      <c r="MO14" s="14">
+        <v>80.498654990000006</v>
+      </c>
+      <c r="MP14" s="14">
+        <v>80.318297880000003</v>
+      </c>
+      <c r="MQ14" s="14">
+        <v>75.947335730000006</v>
+      </c>
+      <c r="MR14" s="14">
+        <v>74.26456202</v>
+      </c>
+      <c r="MS14" s="14">
+        <v>72.088675699999996</v>
+      </c>
+      <c r="MT14" s="14">
+        <v>70.000590290000005</v>
+      </c>
+      <c r="MU14" s="14">
+        <v>68.89496733</v>
+      </c>
+      <c r="MV14" s="14">
+        <v>66.467011450000001</v>
+      </c>
+    </row>
+    <row r="15" spans="1:360" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A15" s="14"/>
+      <c r="B15" s="15" t="s">
+        <v>12</v>
+      </c>
+      <c r="C15" s="14">
+        <v>0</v>
+      </c>
+      <c r="D15" s="14">
+        <v>0</v>
+      </c>
+      <c r="E15" s="14">
+        <v>0</v>
+      </c>
+      <c r="F15" s="14">
+        <v>0</v>
+      </c>
+      <c r="G15" s="14">
+        <v>0</v>
+      </c>
+      <c r="H15" s="14">
+        <v>0</v>
+      </c>
+      <c r="I15" s="14">
+        <v>0</v>
+      </c>
+      <c r="J15" s="14">
+        <v>0</v>
+      </c>
+      <c r="K15" s="14">
+        <v>0</v>
+      </c>
+      <c r="L15" s="14">
+        <v>0</v>
+      </c>
+      <c r="M15" s="14">
+        <v>0</v>
+      </c>
+      <c r="N15" s="14">
+        <v>0</v>
+      </c>
+      <c r="O15" s="14">
+        <v>0</v>
+      </c>
+      <c r="P15" s="14">
+        <v>0</v>
+      </c>
+      <c r="Q15" s="14">
+        <v>0</v>
+      </c>
+      <c r="R15" s="14">
+        <v>0</v>
+      </c>
+      <c r="S15" s="14">
+        <v>0</v>
+      </c>
+      <c r="T15" s="14">
+        <v>0</v>
+      </c>
+      <c r="U15" s="14">
+        <v>0</v>
+      </c>
+      <c r="V15" s="14">
+        <v>0</v>
+      </c>
+      <c r="W15" s="14">
+        <v>0</v>
+      </c>
+      <c r="X15" s="14">
+        <v>0</v>
+      </c>
+      <c r="Y15" s="14">
+        <v>0</v>
+      </c>
+      <c r="Z15" s="14">
+        <v>0</v>
+      </c>
+      <c r="AA15" s="14">
+        <v>0</v>
+      </c>
+      <c r="AB15" s="14">
+        <v>0</v>
+      </c>
+      <c r="AC15" s="14">
+        <v>0</v>
+      </c>
+      <c r="AD15" s="14">
+        <v>0</v>
+      </c>
+      <c r="AE15" s="14">
+        <v>0</v>
+      </c>
+      <c r="AF15" s="14">
+        <v>0</v>
+      </c>
+      <c r="AG15" s="14">
+        <v>0</v>
+      </c>
+      <c r="AH15" s="14">
+        <v>0</v>
+      </c>
+      <c r="AI15" s="14">
+        <v>0</v>
+      </c>
+      <c r="AJ15" s="14">
+        <v>0</v>
+      </c>
+      <c r="AK15" s="14">
+        <v>0</v>
+      </c>
+      <c r="AL15" s="14">
+        <v>0</v>
+      </c>
+      <c r="AM15" s="14">
+        <v>0</v>
+      </c>
+      <c r="AN15" s="14">
+        <v>0</v>
+      </c>
+      <c r="AO15" s="14">
+        <v>0</v>
+      </c>
+      <c r="AP15" s="14">
+        <v>0</v>
+      </c>
+      <c r="AQ15" s="14">
+        <v>0</v>
+      </c>
+      <c r="AR15" s="14">
+        <v>0</v>
+      </c>
+      <c r="AS15" s="14">
+        <v>0</v>
+      </c>
+      <c r="AT15" s="14">
+        <v>0</v>
+      </c>
+      <c r="AU15" s="14">
+        <v>0</v>
+      </c>
+      <c r="AV15" s="14">
+        <v>0</v>
+      </c>
+      <c r="AW15" s="14">
+        <v>0</v>
+      </c>
+      <c r="AX15" s="14">
+        <v>0</v>
+      </c>
+      <c r="AY15" s="14">
+        <v>0</v>
+      </c>
+      <c r="AZ15" s="14">
+        <v>0</v>
+      </c>
+      <c r="BA15" s="14">
+        <v>0</v>
+      </c>
+      <c r="BB15" s="14">
+        <v>0</v>
+      </c>
+      <c r="BC15" s="14">
+        <v>0</v>
+      </c>
+      <c r="BD15" s="14">
+        <v>0</v>
+      </c>
+      <c r="BE15" s="14">
+        <v>0</v>
+      </c>
+      <c r="BF15" s="14">
+        <v>0</v>
+      </c>
+      <c r="BG15" s="14">
+        <v>0</v>
+      </c>
+      <c r="BH15" s="14">
+        <v>0</v>
+      </c>
+      <c r="BI15" s="14">
+        <v>0</v>
+      </c>
+      <c r="BJ15" s="14">
+        <v>0</v>
+      </c>
+      <c r="BK15" s="14">
+        <v>0</v>
+      </c>
+      <c r="BL15" s="14">
+        <v>0</v>
+      </c>
+      <c r="BM15" s="14">
+        <v>0</v>
+      </c>
+      <c r="BN15" s="14">
+        <v>0</v>
+      </c>
+      <c r="BO15" s="14">
+        <v>0</v>
+      </c>
+      <c r="BP15" s="14">
+        <v>0</v>
+      </c>
+      <c r="BQ15" s="14">
+        <v>0</v>
+      </c>
+      <c r="BR15" s="14">
+        <v>0</v>
+      </c>
+      <c r="BS15" s="14">
+        <v>0</v>
+      </c>
+      <c r="BT15" s="14">
+        <v>0</v>
+      </c>
+      <c r="BU15" s="14">
+        <v>0</v>
+      </c>
+      <c r="BV15" s="14">
+        <v>0</v>
+      </c>
+      <c r="BW15" s="14">
+        <v>0</v>
+      </c>
+      <c r="BX15" s="14">
+        <v>0</v>
+      </c>
+      <c r="BY15" s="14">
+        <v>0</v>
+      </c>
+      <c r="BZ15" s="14">
+        <v>0</v>
+      </c>
+      <c r="CA15" s="14">
+        <v>0</v>
+      </c>
+      <c r="CB15" s="14">
+        <v>0</v>
+      </c>
+      <c r="CC15" s="14">
+        <v>0</v>
+      </c>
+      <c r="CD15" s="14">
+        <v>0</v>
+      </c>
+      <c r="CE15" s="14">
+        <v>0</v>
+      </c>
+      <c r="CF15" s="14">
+        <v>0</v>
+      </c>
+      <c r="CG15" s="14">
+        <v>0</v>
+      </c>
+      <c r="CH15" s="14">
+        <v>0</v>
+      </c>
+      <c r="CI15" s="14">
+        <v>0</v>
+      </c>
+      <c r="CJ15" s="14">
+        <v>0</v>
+      </c>
+      <c r="CK15" s="14">
+        <v>0</v>
+      </c>
+      <c r="CL15" s="14">
+        <v>0</v>
+      </c>
+      <c r="CM15" s="14">
+        <v>0</v>
+      </c>
+      <c r="CN15" s="14">
+        <v>0</v>
+      </c>
+      <c r="CO15" s="14">
+        <v>0</v>
+      </c>
+      <c r="CP15" s="14">
+        <v>0</v>
+      </c>
+      <c r="CQ15" s="14">
+        <v>0</v>
+      </c>
+      <c r="CR15" s="14">
+        <v>0</v>
+      </c>
+      <c r="CS15" s="14">
+        <v>0</v>
+      </c>
+      <c r="CT15" s="14">
+        <v>0</v>
+      </c>
+      <c r="CU15" s="14">
+        <v>0</v>
+      </c>
+      <c r="CV15" s="14">
+        <v>0</v>
+      </c>
+      <c r="CW15" s="14">
+        <v>0</v>
+      </c>
+      <c r="CX15" s="14">
+        <v>0</v>
+      </c>
+      <c r="CY15" s="14">
+        <v>0</v>
+      </c>
+      <c r="CZ15" s="14">
+        <v>0</v>
+      </c>
+      <c r="DA15" s="14">
+        <v>0</v>
+      </c>
+      <c r="DB15" s="14">
+        <v>0</v>
+      </c>
+      <c r="DC15" s="14">
+        <v>0</v>
+      </c>
+      <c r="DD15" s="14">
+        <v>0</v>
+      </c>
+      <c r="DE15" s="14">
+        <v>0</v>
+      </c>
+      <c r="DF15" s="14">
+        <v>0</v>
+      </c>
+      <c r="DG15" s="14">
+        <v>0</v>
+      </c>
+      <c r="DH15" s="14">
+        <v>0</v>
+      </c>
+      <c r="DI15" s="14">
+        <v>0</v>
+      </c>
+      <c r="DJ15" s="14">
+        <v>0</v>
+      </c>
+      <c r="DK15" s="14">
+        <v>0</v>
+      </c>
+      <c r="DL15" s="14">
+        <v>0</v>
+      </c>
+      <c r="DM15" s="14">
+        <v>0</v>
+      </c>
+      <c r="DN15" s="14">
+        <v>0</v>
+      </c>
+      <c r="DO15" s="14">
+        <v>0</v>
+      </c>
+      <c r="DP15" s="14">
+        <v>0</v>
+      </c>
+      <c r="DQ15" s="14">
+        <v>0</v>
+      </c>
+      <c r="DR15" s="14">
+        <v>0</v>
+      </c>
+      <c r="DS15" s="14">
+        <v>0</v>
+      </c>
+      <c r="DT15" s="14">
+        <v>0</v>
+      </c>
+      <c r="DU15" s="14">
+        <v>0</v>
+      </c>
+      <c r="DV15" s="14">
+        <v>0</v>
+      </c>
+      <c r="DW15" s="14">
+        <v>0</v>
+      </c>
+      <c r="DX15" s="14">
+        <v>0</v>
+      </c>
+      <c r="DY15" s="14">
+        <v>0</v>
+      </c>
+      <c r="DZ15" s="14">
+        <v>0</v>
+      </c>
+      <c r="EA15" s="14">
+        <v>0</v>
+      </c>
+      <c r="EB15" s="14">
+        <v>0</v>
+      </c>
+      <c r="EC15" s="14">
+        <v>0</v>
+      </c>
+      <c r="ED15" s="14">
+        <v>0</v>
+      </c>
+      <c r="EE15" s="14">
+        <v>0</v>
+      </c>
+      <c r="EF15" s="14">
+        <v>0</v>
+      </c>
+      <c r="EG15" s="14">
+        <v>0</v>
+      </c>
+      <c r="EH15" s="14">
+        <v>0</v>
+      </c>
+      <c r="EI15" s="14">
+        <v>0</v>
+      </c>
+      <c r="EJ15" s="14">
+        <v>0</v>
+      </c>
+      <c r="EK15" s="14">
+        <v>0</v>
+      </c>
+      <c r="EL15" s="14">
+        <v>0</v>
+      </c>
+      <c r="EM15" s="14">
+        <v>0</v>
+      </c>
+      <c r="EN15" s="14">
+        <v>0</v>
+      </c>
+      <c r="EO15" s="14">
+        <v>0</v>
+      </c>
+      <c r="EP15" s="14">
+        <v>0</v>
+      </c>
+      <c r="EQ15" s="14">
+        <v>0</v>
+      </c>
+      <c r="ER15" s="14">
+        <v>0</v>
+      </c>
+      <c r="ES15" s="14">
+        <v>0</v>
+      </c>
+      <c r="ET15" s="14">
+        <v>0</v>
+      </c>
+      <c r="EU15" s="14">
+        <v>0</v>
+      </c>
+      <c r="EV15" s="14">
+        <v>0</v>
+      </c>
+      <c r="EW15" s="14">
+        <v>0</v>
+      </c>
+      <c r="EX15" s="14">
+        <v>0</v>
+      </c>
+      <c r="EY15" s="14">
+        <v>0</v>
+      </c>
+      <c r="EZ15" s="14">
+        <v>0</v>
+      </c>
+      <c r="FA15" s="14">
+        <v>0</v>
+      </c>
+      <c r="FB15" s="14">
+        <v>0</v>
+      </c>
+      <c r="FC15" s="14">
+        <v>0</v>
+      </c>
+      <c r="FD15" s="14">
+        <v>0</v>
+      </c>
+      <c r="FE15" s="14">
+        <v>0</v>
+      </c>
+      <c r="FF15" s="14">
+        <v>0</v>
+      </c>
+      <c r="FG15" s="14">
+        <v>0</v>
+      </c>
+      <c r="FH15" s="14">
+        <v>0</v>
+      </c>
+      <c r="FI15" s="14">
+        <v>0</v>
+      </c>
+      <c r="FJ15" s="14">
+        <v>0</v>
+      </c>
+      <c r="FK15" s="14">
+        <v>0</v>
+      </c>
+      <c r="FL15" s="14">
+        <v>0</v>
+      </c>
+      <c r="FM15" s="14">
+        <v>0</v>
+      </c>
+      <c r="FN15" s="14">
+        <v>0</v>
+      </c>
+      <c r="FO15" s="14">
+        <v>0</v>
+      </c>
+      <c r="FP15" s="14">
+        <v>0</v>
+      </c>
+      <c r="FQ15" s="14">
+        <v>0</v>
+      </c>
+      <c r="FR15" s="14">
+        <v>0</v>
+      </c>
+      <c r="FS15" s="14">
+        <v>0</v>
+      </c>
+      <c r="FT15" s="14">
+        <v>0</v>
+      </c>
+      <c r="FU15" s="14">
+        <v>0</v>
+      </c>
+      <c r="FV15" s="14">
+        <v>0</v>
+      </c>
+      <c r="FW15" s="14">
+        <v>0</v>
+      </c>
+      <c r="FX15" s="14">
+        <v>0</v>
+      </c>
+      <c r="FY15" s="14">
+        <v>0</v>
+      </c>
+      <c r="FZ15" s="14">
+        <v>0</v>
+      </c>
+      <c r="GA15" s="14">
+        <v>0</v>
+      </c>
+      <c r="GB15" s="14">
+        <v>0</v>
+      </c>
+      <c r="GC15" s="14">
+        <v>0</v>
+      </c>
+      <c r="GD15" s="14">
+        <v>0</v>
+      </c>
+      <c r="GE15" s="14">
+        <v>0</v>
+      </c>
+      <c r="GF15" s="14">
+        <v>0</v>
+      </c>
+      <c r="GG15" s="14">
+        <v>0</v>
+      </c>
+      <c r="GH15" s="14">
+        <v>0</v>
+      </c>
+      <c r="GI15" s="14">
+        <v>0</v>
+      </c>
+      <c r="GJ15" s="14">
+        <v>0</v>
+      </c>
+      <c r="GK15" s="14">
+        <v>0</v>
+      </c>
+      <c r="GL15" s="14">
+        <v>0</v>
+      </c>
+      <c r="GM15" s="14">
+        <v>0</v>
+      </c>
+      <c r="GN15" s="14">
+        <v>0</v>
+      </c>
+      <c r="GO15" s="14">
+        <v>0</v>
+      </c>
+      <c r="GP15" s="14">
+        <v>0</v>
+      </c>
+      <c r="GQ15" s="14">
+        <v>0</v>
+      </c>
+      <c r="GR15" s="14">
+        <v>0</v>
+      </c>
+      <c r="GS15" s="14">
+        <v>0</v>
+      </c>
+      <c r="GT15" s="14">
+        <v>0</v>
+      </c>
+      <c r="GU15" s="14">
+        <v>0</v>
+      </c>
+      <c r="GV15" s="14">
+        <v>0</v>
+      </c>
+      <c r="GW15" s="14">
+        <v>0</v>
+      </c>
+      <c r="GX15" s="14">
+        <v>0</v>
+      </c>
+      <c r="GY15" s="14">
+        <v>0</v>
+      </c>
+      <c r="GZ15" s="14">
+        <v>0</v>
+      </c>
+      <c r="HA15" s="14">
+        <v>0</v>
+      </c>
+      <c r="HB15" s="14">
+        <v>0</v>
+      </c>
+      <c r="HC15" s="14">
+        <v>0</v>
+      </c>
+      <c r="HD15" s="14">
+        <v>0</v>
+      </c>
+      <c r="HE15" s="14">
+        <v>0</v>
+      </c>
+      <c r="HF15" s="14">
+        <v>0</v>
+      </c>
+      <c r="HG15" s="14">
+        <v>0</v>
+      </c>
+      <c r="HH15" s="14">
+        <v>0</v>
+      </c>
+      <c r="HI15" s="14">
+        <v>0</v>
+      </c>
+      <c r="HJ15" s="14">
+        <v>0</v>
+      </c>
+      <c r="HK15" s="14">
+        <v>0</v>
+      </c>
+      <c r="HL15" s="14">
+        <v>0</v>
+      </c>
+      <c r="HM15" s="14">
+        <v>0</v>
+      </c>
+      <c r="HN15" s="14">
+        <v>0</v>
+      </c>
+      <c r="HO15" s="14">
+        <v>0</v>
+      </c>
+      <c r="HP15" s="14">
+        <v>0</v>
+      </c>
+      <c r="HQ15" s="14">
+        <v>0</v>
+      </c>
+      <c r="HR15" s="14">
+        <v>0</v>
+      </c>
+      <c r="HS15" s="14">
+        <v>0</v>
+      </c>
+      <c r="HT15" s="14">
+        <v>0</v>
+      </c>
+      <c r="HU15" s="14">
+        <v>0</v>
+      </c>
+      <c r="HV15" s="14">
+        <v>0</v>
+      </c>
+      <c r="HW15" s="14">
+        <v>0</v>
+      </c>
+      <c r="HX15" s="14">
+        <v>0</v>
+      </c>
+      <c r="HY15" s="14">
+        <v>0</v>
+      </c>
+      <c r="HZ15" s="14">
+        <v>0</v>
+      </c>
+      <c r="IA15" s="14">
+        <v>0</v>
+      </c>
+      <c r="IB15" s="14">
+        <v>0</v>
+      </c>
+      <c r="IC15" s="14">
+        <v>0</v>
+      </c>
+      <c r="ID15" s="14">
+        <v>0</v>
+      </c>
+      <c r="IE15" s="14">
+        <v>0</v>
+      </c>
+      <c r="IF15" s="14">
+        <v>0</v>
+      </c>
+      <c r="IG15" s="14">
+        <v>0</v>
+      </c>
+      <c r="IH15" s="14">
+        <v>0</v>
+      </c>
+      <c r="II15" s="14">
+        <v>0</v>
+      </c>
+      <c r="IJ15" s="14">
+        <v>0</v>
+      </c>
+      <c r="IK15" s="14">
+        <v>0</v>
+      </c>
+      <c r="IL15" s="14">
+        <v>0</v>
+      </c>
+      <c r="IM15" s="14">
+        <v>0</v>
+      </c>
+      <c r="IN15" s="14">
+        <v>0</v>
+      </c>
+      <c r="IO15" s="14">
+        <v>0</v>
+      </c>
+      <c r="IP15" s="14">
+        <v>0</v>
+      </c>
+      <c r="IQ15" s="14">
+        <v>0</v>
+      </c>
+      <c r="IR15" s="14">
+        <v>0</v>
+      </c>
+      <c r="IS15" s="14">
+        <v>0</v>
+      </c>
+      <c r="IT15" s="14">
+        <v>0</v>
+      </c>
+      <c r="IU15" s="14">
+        <v>0</v>
+      </c>
+      <c r="IV15" s="14">
+        <v>0</v>
+      </c>
+      <c r="IW15" s="14">
+        <v>0</v>
+      </c>
+      <c r="IX15" s="14">
+        <v>0</v>
+      </c>
+      <c r="IY15" s="14">
+        <v>0</v>
+      </c>
+      <c r="IZ15" s="14">
+        <v>0</v>
+      </c>
+      <c r="JA15" s="14">
+        <v>0</v>
+      </c>
+      <c r="JB15" s="14">
+        <v>0</v>
+      </c>
+      <c r="JC15" s="14">
+        <v>0</v>
+      </c>
+      <c r="JD15" s="14">
+        <v>0</v>
+      </c>
+      <c r="JE15" s="14">
+        <v>0</v>
+      </c>
+      <c r="JF15" s="14">
+        <v>0</v>
+      </c>
+      <c r="JG15" s="14">
+        <v>0</v>
+      </c>
+      <c r="JH15" s="14">
+        <v>0</v>
+      </c>
+      <c r="JI15" s="14">
+        <v>0</v>
+      </c>
+      <c r="JJ15" s="14">
+        <v>0</v>
+      </c>
+      <c r="JK15" s="14">
+        <v>0</v>
+      </c>
+      <c r="JL15" s="14">
+        <v>0</v>
+      </c>
+      <c r="JM15" s="14">
+        <v>0</v>
+      </c>
+      <c r="JN15" s="14">
+        <v>0</v>
+      </c>
+      <c r="JO15" s="14">
+        <v>0</v>
+      </c>
+      <c r="JP15" s="14">
+        <v>0</v>
+      </c>
+      <c r="JQ15" s="14">
+        <v>0</v>
+      </c>
+      <c r="JR15" s="14">
+        <v>0</v>
+      </c>
+      <c r="JS15" s="14">
+        <v>0</v>
+      </c>
+      <c r="JT15" s="14">
+        <v>0</v>
+      </c>
+      <c r="JU15" s="14">
+        <v>0</v>
+      </c>
+      <c r="JV15" s="14">
+        <v>0</v>
+      </c>
+      <c r="JW15" s="14">
+        <v>0</v>
+      </c>
+      <c r="JX15" s="14">
+        <v>0</v>
+      </c>
+      <c r="JY15" s="14">
+        <v>0</v>
+      </c>
+      <c r="JZ15" s="14">
+        <v>0</v>
+      </c>
+      <c r="KA15" s="14">
+        <v>0</v>
+      </c>
+      <c r="KB15" s="14">
+        <v>0</v>
+      </c>
+      <c r="KC15" s="14">
+        <v>0</v>
+      </c>
+      <c r="KD15" s="14">
+        <v>0</v>
+      </c>
+      <c r="KE15" s="14">
+        <v>0</v>
+      </c>
+      <c r="KF15" s="14">
+        <v>0</v>
+      </c>
+      <c r="KG15" s="14">
+        <v>0</v>
+      </c>
+      <c r="KH15" s="14">
+        <v>0</v>
+      </c>
+      <c r="KI15" s="14">
+        <v>0</v>
+      </c>
+      <c r="KJ15" s="14">
+        <v>0</v>
+      </c>
+      <c r="KK15" s="14">
+        <v>0</v>
+      </c>
+      <c r="KL15" s="14">
+        <v>0</v>
+      </c>
+      <c r="KM15" s="14">
+        <v>0</v>
+      </c>
+      <c r="KN15" s="14">
+        <v>0</v>
+      </c>
+      <c r="KO15" s="14">
+        <v>0</v>
+      </c>
+      <c r="KP15" s="14">
+        <v>0</v>
+      </c>
+      <c r="KQ15" s="14">
+        <v>0</v>
+      </c>
+      <c r="KR15" s="14">
+        <v>0</v>
+      </c>
+      <c r="KS15" s="14">
+        <v>0</v>
+      </c>
+      <c r="KT15" s="14">
+        <v>0</v>
+      </c>
+      <c r="KU15" s="14">
+        <v>0</v>
+      </c>
+      <c r="KV15" s="14">
+        <v>0</v>
+      </c>
+      <c r="KW15" s="14">
+        <v>0</v>
+      </c>
+      <c r="KX15" s="14">
+        <v>0</v>
+      </c>
+      <c r="KY15" s="14">
+        <v>0</v>
+      </c>
+      <c r="KZ15" s="14">
+        <v>0</v>
+      </c>
+      <c r="LA15" s="14">
+        <v>0</v>
+      </c>
+      <c r="LB15" s="14">
+        <v>0</v>
+      </c>
+      <c r="LC15" s="14">
+        <v>0</v>
+      </c>
+      <c r="LD15" s="14">
+        <v>0</v>
+      </c>
+      <c r="LE15" s="14">
+        <v>0</v>
+      </c>
+      <c r="LF15" s="14">
+        <v>0</v>
+      </c>
+      <c r="LG15" s="14">
+        <v>0</v>
+      </c>
+      <c r="LH15" s="14">
+        <v>0</v>
+      </c>
+      <c r="LI15" s="14">
+        <v>0</v>
+      </c>
+      <c r="LJ15" s="14">
+        <v>0</v>
+      </c>
+      <c r="LK15" s="14">
+        <v>0</v>
+      </c>
+      <c r="LL15" s="14">
+        <v>0</v>
+      </c>
+      <c r="LM15" s="14">
+        <v>0</v>
+      </c>
+      <c r="LN15" s="14">
+        <v>0</v>
+      </c>
+      <c r="LO15" s="14">
+        <v>0</v>
+      </c>
+      <c r="LP15" s="14">
+        <v>0</v>
+      </c>
+      <c r="LQ15" s="14">
+        <v>0</v>
+      </c>
+      <c r="LR15" s="14">
+        <v>0</v>
+      </c>
+      <c r="LS15" s="14">
+        <v>0</v>
+      </c>
+      <c r="LT15" s="14">
+        <v>0</v>
+      </c>
+      <c r="LU15" s="14">
+        <v>0</v>
+      </c>
+      <c r="LV15" s="14">
+        <v>0</v>
+      </c>
+      <c r="LW15" s="14">
+        <v>0</v>
+      </c>
+      <c r="LX15" s="14">
+        <v>0</v>
+      </c>
+      <c r="LY15" s="14">
+        <v>0</v>
+      </c>
+      <c r="LZ15" s="14">
+        <v>0</v>
+      </c>
+      <c r="MA15" s="14">
+        <v>0</v>
+      </c>
+      <c r="MB15" s="14">
+        <v>0</v>
+      </c>
+      <c r="MC15" s="14">
+        <v>0</v>
+      </c>
+      <c r="MD15" s="14">
+        <v>0</v>
+      </c>
+      <c r="ME15" s="14">
+        <v>0</v>
+      </c>
+      <c r="MF15" s="14">
+        <v>0</v>
+      </c>
+      <c r="MG15" s="14">
+        <v>0</v>
+      </c>
+      <c r="MH15" s="14">
+        <v>0</v>
+      </c>
+      <c r="MI15" s="14">
+        <v>0</v>
+      </c>
+      <c r="MJ15" s="14">
+        <v>0</v>
+      </c>
+      <c r="MK15" s="14">
+        <v>0</v>
+      </c>
+      <c r="ML15" s="14">
+        <v>0</v>
+      </c>
+      <c r="MM15" s="14">
+        <v>0</v>
+      </c>
+      <c r="MN15" s="14">
+        <v>0</v>
+      </c>
+      <c r="MO15" s="14">
+        <v>0</v>
+      </c>
+      <c r="MP15" s="14">
+        <v>0</v>
+      </c>
+      <c r="MQ15" s="14">
+        <v>0</v>
+      </c>
+      <c r="MR15" s="14">
+        <v>0</v>
+      </c>
+      <c r="MS15" s="14">
+        <v>0</v>
+      </c>
+      <c r="MT15" s="14">
+        <v>0</v>
+      </c>
+      <c r="MU15" s="14">
+        <v>0</v>
+      </c>
+      <c r="MV15" s="14">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="16" spans="1:360" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A16" s="14"/>
+      <c r="B16" s="15" t="s">
+        <v>13</v>
+      </c>
+      <c r="C16" s="14">
+        <v>0</v>
+      </c>
+      <c r="D16" s="14">
+        <v>0</v>
+      </c>
+      <c r="E16" s="14">
+        <v>0</v>
+      </c>
+      <c r="F16" s="14">
+        <v>0</v>
+      </c>
+      <c r="G16" s="14">
+        <v>0</v>
+      </c>
+      <c r="H16" s="14">
+        <v>0</v>
+      </c>
+      <c r="I16" s="14">
+        <v>0</v>
+      </c>
+      <c r="J16" s="14">
+        <v>0</v>
+      </c>
+      <c r="K16" s="14">
+        <v>0</v>
+      </c>
+      <c r="L16" s="14">
+        <v>0</v>
+      </c>
+      <c r="M16" s="14">
+        <v>0</v>
+      </c>
+      <c r="N16" s="14">
+        <v>0</v>
+      </c>
+      <c r="O16" s="14">
+        <v>0</v>
+      </c>
+      <c r="P16" s="14">
+        <v>0</v>
+      </c>
+      <c r="Q16" s="14">
+        <v>0</v>
+      </c>
+      <c r="R16" s="14">
+        <v>0</v>
+      </c>
+      <c r="S16" s="14">
+        <v>0</v>
+      </c>
+      <c r="T16" s="14">
+        <v>0</v>
+      </c>
+      <c r="U16" s="14">
+        <v>0</v>
+      </c>
+      <c r="V16" s="14">
+        <v>0</v>
+      </c>
+      <c r="W16" s="14">
+        <v>0</v>
+      </c>
+      <c r="X16" s="14">
+        <v>0</v>
+      </c>
+      <c r="Y16" s="14">
+        <v>0</v>
+      </c>
+      <c r="Z16" s="14">
+        <v>0</v>
+      </c>
+      <c r="AA16" s="14">
+        <v>0</v>
+      </c>
+      <c r="AB16" s="14">
+        <v>0</v>
+      </c>
+      <c r="AC16" s="14">
+        <v>0</v>
+      </c>
+      <c r="AD16" s="14">
+        <v>0</v>
+      </c>
+      <c r="AE16" s="14">
+        <v>0</v>
+      </c>
+      <c r="AF16" s="14">
+        <v>0</v>
+      </c>
+      <c r="AG16" s="14">
+        <v>0</v>
+      </c>
+      <c r="AH16" s="14">
+        <v>0</v>
+      </c>
+      <c r="AI16" s="14">
+        <v>0</v>
+      </c>
+      <c r="AJ16" s="14">
+        <v>0</v>
+      </c>
+      <c r="AK16" s="14">
+        <v>0</v>
+      </c>
+      <c r="AL16" s="14">
+        <v>0</v>
+      </c>
+      <c r="AM16" s="14">
+        <v>0</v>
+      </c>
+      <c r="AN16" s="14">
+        <v>0</v>
+      </c>
+      <c r="AO16" s="14">
+        <v>0</v>
+      </c>
+      <c r="AP16" s="14">
+        <v>0</v>
+      </c>
+      <c r="AQ16" s="14">
+        <v>0</v>
+      </c>
+      <c r="AR16" s="14">
+        <v>0</v>
+      </c>
+      <c r="AS16" s="14">
+        <v>0</v>
+      </c>
+      <c r="AT16" s="14">
+        <v>0</v>
+      </c>
+      <c r="AU16" s="14">
+        <v>0</v>
+      </c>
+      <c r="AV16" s="14">
+        <v>0</v>
+      </c>
+      <c r="AW16" s="14">
+        <v>0</v>
+      </c>
+      <c r="AX16" s="14">
+        <v>0</v>
+      </c>
+      <c r="AY16" s="14">
+        <v>0</v>
+      </c>
+      <c r="AZ16" s="14">
+        <v>0</v>
+      </c>
+      <c r="BA16" s="14">
+        <v>0</v>
+      </c>
+      <c r="BB16" s="14">
+        <v>0</v>
+      </c>
+      <c r="BC16" s="14">
+        <v>0</v>
+      </c>
+      <c r="BD16" s="14">
+        <v>0</v>
+      </c>
+      <c r="BE16" s="14">
+        <v>0</v>
+      </c>
+      <c r="BF16" s="14">
+        <v>0</v>
+      </c>
+      <c r="BG16" s="14">
+        <v>0</v>
+      </c>
+      <c r="BH16" s="14">
+        <v>0</v>
+      </c>
+      <c r="BI16" s="14">
+        <v>0</v>
+      </c>
+      <c r="BJ16" s="14">
+        <v>0</v>
+      </c>
+      <c r="BK16" s="14">
+        <v>0</v>
+      </c>
+      <c r="BL16" s="14">
+        <v>0</v>
+      </c>
+      <c r="BM16" s="14">
+        <v>0</v>
+      </c>
+      <c r="BN16" s="14">
+        <v>0</v>
+      </c>
+      <c r="BO16" s="14">
+        <v>0</v>
+      </c>
+      <c r="BP16" s="14">
+        <v>0</v>
+      </c>
+      <c r="BQ16" s="14">
+        <v>0</v>
+      </c>
+      <c r="BR16" s="14">
+        <v>0</v>
+      </c>
+      <c r="BS16" s="14">
+        <v>0</v>
+      </c>
+      <c r="BT16" s="14">
+        <v>0</v>
+      </c>
+      <c r="BU16" s="14">
+        <v>0</v>
+      </c>
+      <c r="BV16" s="14">
+        <v>0</v>
+      </c>
+      <c r="BW16" s="14">
+        <v>0</v>
+      </c>
+      <c r="BX16" s="14">
+        <v>0</v>
+      </c>
+      <c r="BY16" s="14">
+        <v>0</v>
+      </c>
+      <c r="BZ16" s="14">
+        <v>0</v>
+      </c>
+      <c r="CA16" s="14">
+        <v>0</v>
+      </c>
+      <c r="CB16" s="14">
+        <v>0</v>
+      </c>
+      <c r="CC16" s="14">
+        <v>0</v>
+      </c>
+      <c r="CD16" s="14">
+        <v>0</v>
+      </c>
+      <c r="CE16" s="14">
+        <v>0</v>
+      </c>
+      <c r="CF16" s="14">
+        <v>0</v>
+      </c>
+      <c r="CG16" s="14">
+        <v>0</v>
+      </c>
+      <c r="CH16" s="14">
+        <v>0</v>
+      </c>
+      <c r="CI16" s="14">
+        <v>0</v>
+      </c>
+      <c r="CJ16" s="14">
+        <v>0</v>
+      </c>
+      <c r="CK16" s="14">
+        <v>0</v>
+      </c>
+      <c r="CL16" s="14">
+        <v>0</v>
+      </c>
+      <c r="CM16" s="14">
+        <v>0</v>
+      </c>
+      <c r="CN16" s="14">
+        <v>0</v>
+      </c>
+      <c r="CO16" s="14">
+        <v>0</v>
+      </c>
+      <c r="CP16" s="14">
+        <v>0</v>
+      </c>
+      <c r="CQ16" s="14">
+        <v>0</v>
+      </c>
+      <c r="CR16" s="14">
+        <v>0</v>
+      </c>
+      <c r="CS16" s="14">
+        <v>0</v>
+      </c>
+      <c r="CT16" s="14">
+        <v>0</v>
+      </c>
+      <c r="CU16" s="14">
+        <v>0</v>
+      </c>
+      <c r="CV16" s="14">
+        <v>0</v>
+      </c>
+      <c r="CW16" s="14">
+        <v>0</v>
+      </c>
+      <c r="CX16" s="14">
+        <v>0</v>
+      </c>
+      <c r="CY16" s="14">
+        <v>0</v>
+      </c>
+      <c r="CZ16" s="14">
+        <v>0</v>
+      </c>
+      <c r="DA16" s="14">
+        <v>0</v>
+      </c>
+      <c r="DB16" s="14">
+        <v>0</v>
+      </c>
+      <c r="DC16" s="14">
+        <v>0</v>
+      </c>
+      <c r="DD16" s="14">
+        <v>0</v>
+      </c>
+      <c r="DE16" s="14">
+        <v>0</v>
+      </c>
+      <c r="DF16" s="14">
+        <v>0</v>
+      </c>
+      <c r="DG16" s="14">
+        <v>0</v>
+      </c>
+      <c r="DH16" s="14">
+        <v>0</v>
+      </c>
+      <c r="DI16" s="14">
+        <v>0</v>
+      </c>
+      <c r="DJ16" s="14">
+        <v>0</v>
+      </c>
+      <c r="DK16" s="14">
+        <v>0</v>
+      </c>
+      <c r="DL16" s="14">
+        <v>0</v>
+      </c>
+      <c r="DM16" s="14">
+        <v>0</v>
+      </c>
+      <c r="DN16" s="14">
+        <v>0</v>
+      </c>
+      <c r="DO16" s="14">
+        <v>0</v>
+      </c>
+      <c r="DP16" s="14">
+        <v>0</v>
+      </c>
+      <c r="DQ16" s="14">
+        <v>0</v>
+      </c>
+      <c r="DR16" s="14">
+        <v>0</v>
+      </c>
+      <c r="DS16" s="14">
+        <v>0</v>
+      </c>
+      <c r="DT16" s="14">
+        <v>0</v>
+      </c>
+      <c r="DU16" s="14">
+        <v>0</v>
+      </c>
+      <c r="DV16" s="14">
+        <v>0</v>
+      </c>
+      <c r="DW16" s="14">
+        <v>0</v>
+      </c>
+      <c r="DX16" s="14">
+        <v>0</v>
+      </c>
+      <c r="DY16" s="14">
+        <v>0</v>
+      </c>
+      <c r="DZ16" s="14">
+        <v>0</v>
+      </c>
+      <c r="EA16" s="14">
+        <v>0</v>
+      </c>
+      <c r="EB16" s="14">
+        <v>0</v>
+      </c>
+      <c r="EC16" s="14">
+        <v>0</v>
+      </c>
+      <c r="ED16" s="14">
+        <v>0</v>
+      </c>
+      <c r="EE16" s="14">
+        <v>0</v>
+      </c>
+      <c r="EF16" s="14">
+        <v>0</v>
+      </c>
+      <c r="EG16" s="14">
+        <v>0</v>
+      </c>
+      <c r="EH16" s="14">
+        <v>0</v>
+      </c>
+      <c r="EI16" s="14">
+        <v>0</v>
+      </c>
+      <c r="EJ16" s="14">
+        <v>0</v>
+      </c>
+      <c r="EK16" s="14">
+        <v>0</v>
+      </c>
+      <c r="EL16" s="14">
+        <v>0</v>
+      </c>
+      <c r="EM16" s="14">
+        <v>0</v>
+      </c>
+      <c r="EN16" s="14">
+        <v>0</v>
+      </c>
+      <c r="EO16" s="14">
+        <v>0</v>
+      </c>
+      <c r="EP16" s="14">
+        <v>0</v>
+      </c>
+      <c r="EQ16" s="14">
+        <v>0</v>
+      </c>
+      <c r="ER16" s="14">
+        <v>0</v>
+      </c>
+      <c r="ES16" s="14">
+        <v>0</v>
+      </c>
+      <c r="ET16" s="14">
+        <v>0</v>
+      </c>
+      <c r="EU16" s="14">
+        <v>0</v>
+      </c>
+      <c r="EV16" s="14">
+        <v>0</v>
+      </c>
+      <c r="EW16" s="14">
+        <v>0</v>
+      </c>
+      <c r="EX16" s="14">
+        <v>0</v>
+      </c>
+      <c r="EY16" s="14">
+        <v>0</v>
+      </c>
+      <c r="EZ16" s="14">
+        <v>0</v>
+      </c>
+      <c r="FA16" s="14">
+        <v>0</v>
+      </c>
+      <c r="FB16" s="14">
+        <v>0</v>
+      </c>
+      <c r="FC16" s="14">
+        <v>0</v>
+      </c>
+      <c r="FD16" s="14">
+        <v>0</v>
+      </c>
+      <c r="FE16" s="14">
+        <v>0</v>
+      </c>
+      <c r="FF16" s="14">
+        <v>0</v>
+      </c>
+      <c r="FG16" s="14">
+        <v>0</v>
+      </c>
+      <c r="FH16" s="14">
+        <v>0</v>
+      </c>
+      <c r="FI16" s="14">
+        <v>0</v>
+      </c>
+      <c r="FJ16" s="14">
+        <v>0</v>
+      </c>
+      <c r="FK16" s="14">
+        <v>0</v>
+      </c>
+      <c r="FL16" s="14">
+        <v>0</v>
+      </c>
+      <c r="FM16" s="14">
+        <v>0</v>
+      </c>
+      <c r="FN16" s="14">
+        <v>0</v>
+      </c>
+      <c r="FO16" s="14">
+        <v>0</v>
+      </c>
+      <c r="FP16" s="14">
+        <v>0</v>
+      </c>
+      <c r="FQ16" s="14">
+        <v>0</v>
+      </c>
+      <c r="FR16" s="14">
+        <v>0</v>
+      </c>
+      <c r="FS16" s="14">
+        <v>0</v>
+      </c>
+      <c r="FT16" s="14">
+        <v>0</v>
+      </c>
+      <c r="FU16" s="14">
+        <v>0</v>
+      </c>
+      <c r="FV16" s="14">
+        <v>0</v>
+      </c>
+      <c r="FW16" s="14">
+        <v>0</v>
+      </c>
+      <c r="FX16" s="14">
+        <v>0</v>
+      </c>
+      <c r="FY16" s="14">
+        <v>0</v>
+      </c>
+      <c r="FZ16" s="14">
+        <v>0</v>
+      </c>
+      <c r="GA16" s="14">
+        <v>0</v>
+      </c>
+      <c r="GB16" s="14">
+        <v>0</v>
+      </c>
+      <c r="GC16" s="14">
+        <v>0</v>
+      </c>
+      <c r="GD16" s="14">
+        <v>0</v>
+      </c>
+      <c r="GE16" s="14">
+        <v>0</v>
+      </c>
+      <c r="GF16" s="14">
+        <v>0</v>
+      </c>
+      <c r="GG16" s="14">
+        <v>0</v>
+      </c>
+      <c r="GH16" s="14">
+        <v>0</v>
+      </c>
+      <c r="GI16" s="14">
+        <v>0</v>
+      </c>
+      <c r="GJ16" s="14">
+        <v>0</v>
+      </c>
+      <c r="GK16" s="14">
+        <v>0</v>
+      </c>
+      <c r="GL16" s="14">
+        <v>0</v>
+      </c>
+      <c r="GM16" s="14">
+        <v>0</v>
+      </c>
+      <c r="GN16" s="14">
+        <v>0</v>
+      </c>
+      <c r="GO16" s="14">
+        <v>0</v>
+      </c>
+      <c r="GP16" s="14">
+        <v>0</v>
+      </c>
+      <c r="GQ16" s="14">
+        <v>0</v>
+      </c>
+      <c r="GR16" s="14">
+        <v>0</v>
+      </c>
+      <c r="GS16" s="14">
+        <v>0</v>
+      </c>
+      <c r="GT16" s="14">
+        <v>0</v>
+      </c>
+      <c r="GU16" s="14">
+        <v>0</v>
+      </c>
+      <c r="GV16" s="14">
+        <v>0</v>
+      </c>
+      <c r="GW16" s="14">
+        <v>0</v>
+      </c>
+      <c r="GX16" s="14">
+        <v>0</v>
+      </c>
+      <c r="GY16" s="14">
+        <v>0</v>
+      </c>
+      <c r="GZ16" s="14">
+        <v>0</v>
+      </c>
+      <c r="HA16" s="14">
+        <v>0</v>
+      </c>
+      <c r="HB16" s="14">
+        <v>0</v>
+      </c>
+      <c r="HC16" s="14">
+        <v>0</v>
+      </c>
+      <c r="HD16" s="14">
+        <v>0</v>
+      </c>
+      <c r="HE16" s="14">
+        <v>0</v>
+      </c>
+      <c r="HF16" s="14">
+        <v>0</v>
+      </c>
+      <c r="HG16" s="14">
+        <v>0</v>
+      </c>
+      <c r="HH16" s="14">
+        <v>0</v>
+      </c>
+      <c r="HI16" s="14">
+        <v>0</v>
+      </c>
+      <c r="HJ16" s="14">
+        <v>0</v>
+      </c>
+      <c r="HK16" s="14">
+        <v>0</v>
+      </c>
+      <c r="HL16" s="14">
+        <v>0</v>
+      </c>
+      <c r="HM16" s="14">
+        <v>0</v>
+      </c>
+      <c r="HN16" s="14">
+        <v>0</v>
+      </c>
+      <c r="HO16" s="14">
+        <v>0</v>
+      </c>
+      <c r="HP16" s="14">
+        <v>0</v>
+      </c>
+      <c r="HQ16" s="14">
+        <v>0</v>
+      </c>
+      <c r="HR16" s="14">
+        <v>0</v>
+      </c>
+      <c r="HS16" s="14">
+        <v>0</v>
+      </c>
+      <c r="HT16" s="14">
+        <v>0</v>
+      </c>
+      <c r="HU16" s="14">
+        <v>0</v>
+      </c>
+      <c r="HV16" s="14">
+        <v>0</v>
+      </c>
+      <c r="HW16" s="14">
+        <v>0</v>
+      </c>
+      <c r="HX16" s="14">
+        <v>0</v>
+      </c>
+      <c r="HY16" s="14">
+        <v>0</v>
+      </c>
+      <c r="HZ16" s="14">
+        <v>0</v>
+      </c>
+      <c r="IA16" s="14">
+        <v>0</v>
+      </c>
+      <c r="IB16" s="14">
+        <v>0</v>
+      </c>
+      <c r="IC16" s="14">
+        <v>0</v>
+      </c>
+      <c r="ID16" s="14">
+        <v>0</v>
+      </c>
+      <c r="IE16" s="14">
+        <v>0</v>
+      </c>
+      <c r="IF16" s="14">
+        <v>0</v>
+      </c>
+      <c r="IG16" s="14">
+        <v>0</v>
+      </c>
+      <c r="IH16" s="14">
+        <v>0</v>
+      </c>
+      <c r="II16" s="14">
+        <v>0</v>
+      </c>
+      <c r="IJ16" s="14">
+        <v>0</v>
+      </c>
+      <c r="IK16" s="14">
+        <v>0</v>
+      </c>
+      <c r="IL16" s="14">
+        <v>0</v>
+      </c>
+      <c r="IM16" s="14">
+        <v>0</v>
+      </c>
+      <c r="IN16" s="14">
+        <v>0</v>
+      </c>
+      <c r="IO16" s="14">
+        <v>0</v>
+      </c>
+      <c r="IP16" s="14">
+        <v>0</v>
+      </c>
+      <c r="IQ16" s="14">
+        <v>0</v>
+      </c>
+      <c r="IR16" s="14">
+        <v>0</v>
+      </c>
+      <c r="IS16" s="14">
+        <v>0</v>
+      </c>
+      <c r="IT16" s="14">
+        <v>0</v>
+      </c>
+      <c r="IU16" s="14">
+        <v>0</v>
+      </c>
+      <c r="IV16" s="14">
+        <v>0</v>
+      </c>
+      <c r="IW16" s="14">
+        <v>0</v>
+      </c>
+      <c r="IX16" s="14">
+        <v>0</v>
+      </c>
+      <c r="IY16" s="14">
+        <v>0</v>
+      </c>
+      <c r="IZ16" s="14">
+        <v>0</v>
+      </c>
+      <c r="JA16" s="14">
+        <v>0</v>
+      </c>
+      <c r="JB16" s="14">
+        <v>0</v>
+      </c>
+      <c r="JC16" s="14">
+        <v>0</v>
+      </c>
+      <c r="JD16" s="14">
+        <v>0</v>
+      </c>
+      <c r="JE16" s="14">
+        <v>0</v>
+      </c>
+      <c r="JF16" s="14">
+        <v>0</v>
+      </c>
+      <c r="JG16" s="14">
+        <v>0</v>
+      </c>
+      <c r="JH16" s="14">
+        <v>0</v>
+      </c>
+      <c r="JI16" s="14">
+        <v>0</v>
+      </c>
+      <c r="JJ16" s="14">
+        <v>0</v>
+      </c>
+      <c r="JK16" s="14">
+        <v>0</v>
+      </c>
+      <c r="JL16" s="14">
+        <v>0</v>
+      </c>
+      <c r="JM16" s="14">
+        <v>0</v>
+      </c>
+      <c r="JN16" s="14">
+        <v>0</v>
+      </c>
+      <c r="JO16" s="14">
+        <v>0</v>
+      </c>
+      <c r="JP16" s="14">
+        <v>0</v>
+      </c>
+      <c r="JQ16" s="14">
+        <v>0</v>
+      </c>
+      <c r="JR16" s="14">
+        <v>0</v>
+      </c>
+      <c r="JS16" s="14">
+        <v>0</v>
+      </c>
+      <c r="JT16" s="14">
+        <v>0</v>
+      </c>
+      <c r="JU16" s="14">
+        <v>0</v>
+      </c>
+      <c r="JV16" s="14">
+        <v>0</v>
+      </c>
+      <c r="JW16" s="14">
+        <v>0</v>
+      </c>
+      <c r="JX16" s="14">
+        <v>0</v>
+      </c>
+      <c r="JY16" s="14">
+        <v>0</v>
+      </c>
+      <c r="JZ16" s="14">
+        <v>0</v>
+      </c>
+      <c r="KA16" s="14">
+        <v>0</v>
+      </c>
+      <c r="KB16" s="14">
+        <v>0</v>
+      </c>
+      <c r="KC16" s="14">
+        <v>0</v>
+      </c>
+      <c r="KD16" s="14">
+        <v>0</v>
+      </c>
+      <c r="KE16" s="14">
+        <v>0</v>
+      </c>
+      <c r="KF16" s="14">
+        <v>0</v>
+      </c>
+      <c r="KG16" s="14">
+        <v>0</v>
+      </c>
+      <c r="KH16" s="14">
+        <v>0</v>
+      </c>
+      <c r="KI16" s="14">
+        <v>0</v>
+      </c>
+      <c r="KJ16" s="14">
+        <v>0</v>
+      </c>
+      <c r="KK16" s="14">
+        <v>0</v>
+      </c>
+      <c r="KL16" s="14">
+        <v>0</v>
+      </c>
+      <c r="KM16" s="14">
+        <v>0</v>
+      </c>
+      <c r="KN16" s="14">
+        <v>0</v>
+      </c>
+      <c r="KO16" s="14">
+        <v>0</v>
+      </c>
+      <c r="KP16" s="14">
+        <v>0</v>
+      </c>
+      <c r="KQ16" s="14">
+        <v>0</v>
+      </c>
+      <c r="KR16" s="14">
+        <v>0</v>
+      </c>
+      <c r="KS16" s="14">
+        <v>0</v>
+      </c>
+      <c r="KT16" s="14">
+        <v>0</v>
+      </c>
+      <c r="KU16" s="14">
+        <v>0</v>
+      </c>
+      <c r="KV16" s="14">
+        <v>0</v>
+      </c>
+      <c r="KW16" s="14">
+        <v>0</v>
+      </c>
+      <c r="KX16" s="14">
+        <v>0</v>
+      </c>
+      <c r="KY16" s="14">
+        <v>0</v>
+      </c>
+      <c r="KZ16" s="14">
+        <v>0</v>
+      </c>
+      <c r="LA16" s="14">
+        <v>0</v>
+      </c>
+      <c r="LB16" s="14">
+        <v>0</v>
+      </c>
+      <c r="LC16" s="14">
+        <v>0</v>
+      </c>
+      <c r="LD16" s="14">
+        <v>0</v>
+      </c>
+      <c r="LE16" s="14">
+        <v>0</v>
+      </c>
+      <c r="LF16" s="14">
+        <v>0</v>
+      </c>
+      <c r="LG16" s="14">
+        <v>0</v>
+      </c>
+      <c r="LH16" s="14">
+        <v>0</v>
+      </c>
+      <c r="LI16" s="14">
+        <v>0</v>
+      </c>
+      <c r="LJ16" s="14">
+        <v>0</v>
+      </c>
+      <c r="LK16" s="14">
+        <v>0</v>
+      </c>
+      <c r="LL16" s="14">
+        <v>0</v>
+      </c>
+      <c r="LM16" s="14">
+        <v>0</v>
+      </c>
+      <c r="LN16" s="14">
+        <v>0</v>
+      </c>
+      <c r="LO16" s="14">
+        <v>0</v>
+      </c>
+      <c r="LP16" s="14">
+        <v>0</v>
+      </c>
+      <c r="LQ16" s="14">
+        <v>0</v>
+      </c>
+      <c r="LR16" s="14">
+        <v>0</v>
+      </c>
+      <c r="LS16" s="14">
+        <v>0</v>
+      </c>
+      <c r="LT16" s="14">
+        <v>0</v>
+      </c>
+      <c r="LU16" s="14">
+        <v>0</v>
+      </c>
+      <c r="LV16" s="14">
+        <v>0</v>
+      </c>
+      <c r="LW16" s="14">
+        <v>0</v>
+      </c>
+      <c r="LX16" s="14">
+        <v>0</v>
+      </c>
+      <c r="LY16" s="14">
+        <v>0</v>
+      </c>
+      <c r="LZ16" s="14">
+        <v>0</v>
+      </c>
+      <c r="MA16" s="14">
+        <v>0</v>
+      </c>
+      <c r="MB16" s="14">
+        <v>0</v>
+      </c>
+      <c r="MC16" s="14">
+        <v>0</v>
+      </c>
+      <c r="MD16" s="14">
+        <v>0</v>
+      </c>
+      <c r="ME16" s="14">
+        <v>0</v>
+      </c>
+      <c r="MF16" s="14">
+        <v>0</v>
+      </c>
+      <c r="MG16" s="14">
+        <v>0</v>
+      </c>
+      <c r="MH16" s="14">
+        <v>0</v>
+      </c>
+      <c r="MI16" s="14">
+        <v>0</v>
+      </c>
+      <c r="MJ16" s="14">
+        <v>0</v>
+      </c>
+      <c r="MK16" s="14">
+        <v>0</v>
+      </c>
+      <c r="ML16" s="14">
+        <v>0</v>
+      </c>
+      <c r="MM16" s="14">
+        <v>0</v>
+      </c>
+      <c r="MN16" s="14">
+        <v>0</v>
+      </c>
+      <c r="MO16" s="14">
+        <v>0</v>
+      </c>
+      <c r="MP16" s="14">
+        <v>0</v>
+      </c>
+      <c r="MQ16" s="14">
+        <v>0</v>
+      </c>
+      <c r="MR16" s="14">
+        <v>0</v>
+      </c>
+      <c r="MS16" s="14">
+        <v>0</v>
+      </c>
+      <c r="MT16" s="14">
+        <v>0</v>
+      </c>
+      <c r="MU16" s="14">
+        <v>0</v>
+      </c>
+      <c r="MV16" s="14">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="17" spans="1:360" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A17" s="14"/>
+      <c r="B17" s="15" t="s">
+        <v>14</v>
+      </c>
+      <c r="C17" s="14">
+        <v>0</v>
+      </c>
+      <c r="D17" s="14">
+        <v>0</v>
+      </c>
+      <c r="E17" s="14">
+        <v>0</v>
+      </c>
+      <c r="F17" s="14">
+        <v>0</v>
+      </c>
+      <c r="G17" s="14">
+        <v>0</v>
+      </c>
+      <c r="H17" s="14">
+        <v>0</v>
+      </c>
+      <c r="I17" s="14">
+        <v>0</v>
+      </c>
+      <c r="J17" s="14">
+        <v>0</v>
+      </c>
+      <c r="K17" s="14">
+        <v>0</v>
+      </c>
+      <c r="L17" s="14">
+        <v>0</v>
+      </c>
+      <c r="M17" s="14">
+        <v>0</v>
+      </c>
+      <c r="N17" s="14">
+        <v>0</v>
+      </c>
+      <c r="O17" s="14">
+        <v>0</v>
+      </c>
+      <c r="P17" s="14">
+        <v>0</v>
+      </c>
+      <c r="Q17" s="14">
+        <v>0</v>
+      </c>
+      <c r="R17" s="14">
+        <v>0</v>
+      </c>
+      <c r="S17" s="14">
+        <v>0</v>
+      </c>
+      <c r="T17" s="14">
+        <v>0</v>
+      </c>
+      <c r="U17" s="14">
+        <v>0</v>
+      </c>
+      <c r="V17" s="14">
+        <v>0</v>
+      </c>
+      <c r="W17" s="14">
+        <v>0</v>
+      </c>
+      <c r="X17" s="14">
+        <v>0</v>
+      </c>
+      <c r="Y17" s="14">
+        <v>0</v>
+      </c>
+      <c r="Z17" s="14">
+        <v>0</v>
+      </c>
+      <c r="AA17" s="14">
+        <v>0</v>
+      </c>
+      <c r="AB17" s="14">
+        <v>0</v>
+      </c>
+      <c r="AC17" s="14">
+        <v>0</v>
+      </c>
+      <c r="AD17" s="14">
+        <v>0</v>
+      </c>
+      <c r="AE17" s="14">
+        <v>0</v>
+      </c>
+      <c r="AF17" s="14">
+        <v>0</v>
+      </c>
+      <c r="AG17" s="14">
+        <v>0</v>
+      </c>
+      <c r="AH17" s="14">
+        <v>0</v>
+      </c>
+      <c r="AI17" s="14">
+        <v>0</v>
+      </c>
+      <c r="AJ17" s="14">
+        <v>0</v>
+      </c>
+      <c r="AK17" s="14">
+        <v>0</v>
+      </c>
+      <c r="AL17" s="14">
+        <v>0</v>
+      </c>
+      <c r="AM17" s="14">
+        <v>0</v>
+      </c>
+      <c r="AN17" s="14">
+        <v>0</v>
+      </c>
+      <c r="AO17" s="14">
+        <v>0</v>
+      </c>
+      <c r="AP17" s="14">
+        <v>0</v>
+      </c>
+      <c r="AQ17" s="14">
+        <v>0</v>
+      </c>
+      <c r="AR17" s="14">
+        <v>0</v>
+      </c>
+      <c r="AS17" s="14">
+        <v>0</v>
+      </c>
+      <c r="AT17" s="14">
+        <v>0</v>
+      </c>
+      <c r="AU17" s="14">
+        <v>0</v>
+      </c>
+      <c r="AV17" s="14">
+        <v>0</v>
+      </c>
+      <c r="AW17" s="14">
+        <v>0</v>
+      </c>
+      <c r="AX17" s="14">
+        <v>0</v>
+      </c>
+      <c r="AY17" s="14">
+        <v>0</v>
+      </c>
+      <c r="AZ17" s="14">
+        <v>0</v>
+      </c>
+      <c r="BA17" s="14">
+        <v>0</v>
+      </c>
+      <c r="BB17" s="14">
+        <v>0</v>
+      </c>
+      <c r="BC17" s="14">
+        <v>0</v>
+      </c>
+      <c r="BD17" s="14">
+        <v>0</v>
+      </c>
+      <c r="BE17" s="14">
+        <v>0</v>
+      </c>
+      <c r="BF17" s="14">
+        <v>223.95269838999999</v>
+      </c>
+      <c r="BG17" s="14">
+        <v>222.73902767000001</v>
+      </c>
+      <c r="BH17" s="14">
+        <v>221.31674856000001</v>
+      </c>
+      <c r="BI17" s="14">
+        <v>222.02713677</v>
+      </c>
+      <c r="BJ17" s="14">
+        <v>222.97901572999999</v>
+      </c>
+      <c r="BK17" s="14">
+        <v>223.88083456000001</v>
+      </c>
+      <c r="BL17" s="14">
+        <v>226.16103046000001</v>
+      </c>
+      <c r="BM17" s="14">
+        <v>226.96803265</v>
+      </c>
+      <c r="BN17" s="14">
+        <v>226.30773402</v>
+      </c>
+      <c r="BO17" s="14">
+        <v>221.77683615000001</v>
+      </c>
+      <c r="BP17" s="14">
+        <v>214.45730359999999</v>
+      </c>
+      <c r="BQ17" s="14">
+        <v>215.69990842000001</v>
+      </c>
+      <c r="BR17" s="14">
+        <v>211.72966036</v>
+      </c>
+      <c r="BS17" s="14">
+        <v>224.24342425</v>
+      </c>
+      <c r="BT17" s="14">
+        <v>222.22192634000001</v>
+      </c>
+      <c r="BU17" s="14">
+        <v>219.33364284000001</v>
+      </c>
+      <c r="BV17" s="14">
+        <v>218.98113000000001</v>
+      </c>
+      <c r="BW17" s="14">
+        <v>217.15397969</v>
+      </c>
+      <c r="BX17" s="14">
+        <v>223.00120247000001</v>
+      </c>
+      <c r="BY17" s="14">
+        <v>219.15220067999999</v>
+      </c>
+      <c r="BZ17" s="14">
+        <v>218.11172207999999</v>
+      </c>
+      <c r="CA17" s="14">
+        <v>217.91380928000001</v>
+      </c>
+      <c r="CB17" s="14">
+        <v>217.38371412000001</v>
+      </c>
+      <c r="CC17" s="14">
+        <v>215.70114593</v>
+      </c>
+      <c r="CD17" s="14">
+        <v>217.88537607000001</v>
+      </c>
+      <c r="CE17" s="14">
+        <v>217.34661836000001</v>
+      </c>
+      <c r="CF17" s="14">
+        <v>216.30873263000001</v>
+      </c>
+      <c r="CG17" s="14">
+        <v>220.93701055</v>
+      </c>
+      <c r="CH17" s="14">
+        <v>218.95567270999999</v>
+      </c>
+      <c r="CI17" s="14">
+        <v>219.28314075</v>
+      </c>
+      <c r="CJ17" s="14">
+        <v>222.62662073999999</v>
+      </c>
+      <c r="CK17" s="14">
+        <v>224.53341349999999</v>
+      </c>
+      <c r="CL17" s="14">
+        <v>226.65002269999999</v>
+      </c>
+      <c r="CM17" s="14">
+        <v>222.96667012</v>
+      </c>
+      <c r="CN17" s="14">
+        <v>222.35162890999999</v>
+      </c>
+      <c r="CO17" s="14">
+        <v>221.24405973</v>
+      </c>
+      <c r="CP17" s="14">
+        <v>222.20663428</v>
+      </c>
+      <c r="CQ17" s="14">
+        <v>219.74290424</v>
+      </c>
+      <c r="CR17" s="14">
+        <v>223.08635477000001</v>
+      </c>
+      <c r="CS17" s="14">
+        <v>223.75272307</v>
+      </c>
+      <c r="CT17" s="14">
+        <v>225.55482859</v>
+      </c>
+      <c r="CU17" s="14">
+        <v>225.31207087000001</v>
+      </c>
+      <c r="CV17" s="14">
+        <v>225.99977145</v>
+      </c>
+      <c r="CW17" s="14">
+        <v>224.14480669</v>
+      </c>
+      <c r="CX17" s="14">
+        <v>217.90267170999999</v>
+      </c>
+      <c r="CY17" s="14">
+        <v>221.97277484</v>
+      </c>
+      <c r="CZ17" s="14">
+        <v>217.14617161000001</v>
+      </c>
+      <c r="DA17" s="14">
+        <v>217.03025840999999</v>
+      </c>
+      <c r="DB17" s="14">
+        <v>0</v>
+      </c>
+      <c r="DC17" s="14">
+        <v>0</v>
+      </c>
+      <c r="DD17" s="14">
+        <v>0</v>
+      </c>
+      <c r="DE17" s="14">
+        <v>0</v>
+      </c>
+      <c r="DF17" s="14">
+        <v>0</v>
+      </c>
+      <c r="DG17" s="14">
+        <v>0</v>
+      </c>
+      <c r="DH17" s="14">
+        <v>0</v>
+      </c>
+      <c r="DI17" s="14">
+        <v>0</v>
+      </c>
+      <c r="DJ17" s="14">
+        <v>0</v>
+      </c>
+      <c r="DK17" s="14">
+        <v>0</v>
+      </c>
+      <c r="DL17" s="14">
+        <v>0</v>
+      </c>
+      <c r="DM17" s="14">
+        <v>0</v>
+      </c>
+      <c r="DN17" s="14">
+        <v>0</v>
+      </c>
+      <c r="DO17" s="14">
+        <v>0</v>
+      </c>
+      <c r="DP17" s="14">
+        <v>0</v>
+      </c>
+      <c r="DQ17" s="14">
+        <v>0</v>
+      </c>
+      <c r="DR17" s="14">
+        <v>0</v>
+      </c>
+      <c r="DS17" s="14">
+        <v>0</v>
+      </c>
+      <c r="DT17" s="14">
+        <v>0</v>
+      </c>
+      <c r="DU17" s="14">
+        <v>0</v>
+      </c>
+      <c r="DV17" s="14">
+        <v>0</v>
+      </c>
+      <c r="DW17" s="14">
+        <v>0</v>
+      </c>
+      <c r="DX17" s="14">
+        <v>0</v>
+      </c>
+      <c r="DY17" s="14">
+        <v>0</v>
+      </c>
+      <c r="DZ17" s="14">
+        <v>0</v>
+      </c>
+      <c r="EA17" s="14">
+        <v>0</v>
+      </c>
+      <c r="EB17" s="14">
+        <v>0</v>
+      </c>
+      <c r="EC17" s="14">
+        <v>0</v>
+      </c>
+      <c r="ED17" s="14">
+        <v>0</v>
+      </c>
+      <c r="EE17" s="14">
+        <v>0</v>
+      </c>
+      <c r="EF17" s="14">
+        <v>0</v>
+      </c>
+      <c r="EG17" s="14">
+        <v>0</v>
+      </c>
+      <c r="EH17" s="14">
+        <v>0</v>
+      </c>
+      <c r="EI17" s="14">
+        <v>0</v>
+      </c>
+      <c r="EJ17" s="14">
+        <v>0</v>
+      </c>
+      <c r="EK17" s="14">
+        <v>0</v>
+      </c>
+      <c r="EL17" s="14">
+        <v>0</v>
+      </c>
+      <c r="EM17" s="14">
+        <v>0</v>
+      </c>
+      <c r="EN17" s="14">
+        <v>0</v>
+      </c>
+      <c r="EO17" s="14">
+        <v>0</v>
+      </c>
+      <c r="EP17" s="14">
+        <v>0</v>
+      </c>
+      <c r="EQ17" s="14">
+        <v>0</v>
+      </c>
+      <c r="ER17" s="14">
+        <v>0</v>
+      </c>
+      <c r="ES17" s="14">
+        <v>0</v>
+      </c>
+      <c r="ET17" s="14">
+        <v>0</v>
+      </c>
+      <c r="EU17" s="14">
+        <v>0</v>
+      </c>
+      <c r="EV17" s="14">
+        <v>0</v>
+      </c>
+      <c r="EW17" s="14">
+        <v>0</v>
+      </c>
+      <c r="EX17" s="14">
+        <v>0</v>
+      </c>
+      <c r="EY17" s="14">
+        <v>0</v>
+      </c>
+      <c r="EZ17" s="14">
+        <v>0</v>
+      </c>
+      <c r="FA17" s="14">
+        <v>0</v>
+      </c>
+      <c r="FB17" s="14">
+        <v>0</v>
+      </c>
+      <c r="FC17" s="14">
+        <v>0</v>
+      </c>
+      <c r="FD17" s="14">
+        <v>0</v>
+      </c>
+      <c r="FE17" s="14">
+        <v>0</v>
+      </c>
+      <c r="FF17" s="14">
+        <v>0</v>
+      </c>
+      <c r="FG17" s="14">
+        <v>0</v>
+      </c>
+      <c r="FH17" s="14">
+        <v>0</v>
+      </c>
+      <c r="FI17" s="14">
+        <v>0</v>
+      </c>
+      <c r="FJ17" s="14">
+        <v>0</v>
+      </c>
+      <c r="FK17" s="14">
+        <v>0</v>
+      </c>
+      <c r="FL17" s="14">
+        <v>0</v>
+      </c>
+      <c r="FM17" s="14">
+        <v>0</v>
+      </c>
+      <c r="FN17" s="14">
+        <v>0</v>
+      </c>
+      <c r="FO17" s="14">
+        <v>0</v>
+      </c>
+      <c r="FP17" s="14">
+        <v>0</v>
+      </c>
+      <c r="FQ17" s="14">
+        <v>0</v>
+      </c>
+      <c r="FR17" s="14">
+        <v>0</v>
+      </c>
+      <c r="FS17" s="14">
+        <v>0</v>
+      </c>
+      <c r="FT17" s="14">
+        <v>0</v>
+      </c>
+      <c r="FU17" s="14">
+        <v>0</v>
+      </c>
+      <c r="FV17" s="14">
+        <v>0</v>
+      </c>
+      <c r="FW17" s="14">
+        <v>0</v>
+      </c>
+      <c r="FX17" s="14">
+        <v>0</v>
+      </c>
+      <c r="FY17" s="14">
+        <v>0</v>
+      </c>
+      <c r="FZ17" s="14">
+        <v>0</v>
+      </c>
+      <c r="GA17" s="14">
+        <v>0</v>
+      </c>
+      <c r="GB17" s="14">
+        <v>0</v>
+      </c>
+      <c r="GC17" s="14">
+        <v>0</v>
+      </c>
+      <c r="GD17" s="14">
+        <v>0</v>
+      </c>
+      <c r="GE17" s="14">
+        <v>0</v>
+      </c>
+      <c r="GF17" s="14">
+        <v>0</v>
+      </c>
+      <c r="GG17" s="14">
+        <v>0</v>
+      </c>
+      <c r="GH17" s="14">
+        <v>0</v>
+      </c>
+      <c r="GI17" s="14">
+        <v>0</v>
+      </c>
+      <c r="GJ17" s="14">
+        <v>0</v>
+      </c>
+      <c r="GK17" s="14">
+        <v>0</v>
+      </c>
+      <c r="GL17" s="14">
+        <v>0</v>
+      </c>
+      <c r="GM17" s="14">
+        <v>0</v>
+      </c>
+      <c r="GN17" s="14">
+        <v>0</v>
+      </c>
+      <c r="GO17" s="14">
+        <v>0</v>
+      </c>
+      <c r="GP17" s="14">
+        <v>0</v>
+      </c>
+      <c r="GQ17" s="14">
+        <v>0</v>
+      </c>
+      <c r="GR17" s="14">
+        <v>0</v>
+      </c>
+      <c r="GS17" s="14">
+        <v>0</v>
+      </c>
+      <c r="GT17" s="14">
+        <v>0</v>
+      </c>
+      <c r="GU17" s="14">
+        <v>0</v>
+      </c>
+      <c r="GV17" s="14">
+        <v>0</v>
+      </c>
+      <c r="GW17" s="14">
+        <v>0</v>
+      </c>
+      <c r="GX17" s="14">
+        <v>0</v>
+      </c>
+      <c r="GY17" s="14">
+        <v>0</v>
+      </c>
+      <c r="GZ17" s="14">
+        <v>0</v>
+      </c>
+      <c r="HA17" s="14">
+        <v>0</v>
+      </c>
+      <c r="HB17" s="14">
+        <v>0</v>
+      </c>
+      <c r="HC17" s="14">
+        <v>0</v>
+      </c>
+      <c r="HD17" s="14">
+        <v>0</v>
+      </c>
+      <c r="HE17" s="14">
+        <v>0</v>
+      </c>
+      <c r="HF17" s="14">
+        <v>0</v>
+      </c>
+      <c r="HG17" s="14">
+        <v>0</v>
+      </c>
+      <c r="HH17" s="14">
+        <v>0</v>
+      </c>
+      <c r="HI17" s="14">
+        <v>0</v>
+      </c>
+      <c r="HJ17" s="14">
+        <v>0</v>
+      </c>
+      <c r="HK17" s="14">
+        <v>0</v>
+      </c>
+      <c r="HL17" s="14">
+        <v>0</v>
+      </c>
+      <c r="HM17" s="14">
+        <v>0</v>
+      </c>
+      <c r="HN17" s="14">
+        <v>0</v>
+      </c>
+      <c r="HO17" s="14">
+        <v>0</v>
+      </c>
+      <c r="HP17" s="14">
+        <v>0</v>
+      </c>
+      <c r="HQ17" s="14">
+        <v>0</v>
+      </c>
+      <c r="HR17" s="14">
+        <v>0</v>
+      </c>
+      <c r="HS17" s="14">
+        <v>0</v>
+      </c>
+      <c r="HT17" s="14">
+        <v>0</v>
+      </c>
+      <c r="HU17" s="14">
+        <v>0</v>
+      </c>
+      <c r="HV17" s="14">
+        <v>0</v>
+      </c>
+      <c r="HW17" s="14">
+        <v>0</v>
+      </c>
+      <c r="HX17" s="14">
+        <v>0</v>
+      </c>
+      <c r="HY17" s="14">
+        <v>0</v>
+      </c>
+      <c r="HZ17" s="14">
+        <v>0</v>
+      </c>
+      <c r="IA17" s="14">
+        <v>0</v>
+      </c>
+      <c r="IB17" s="14">
+        <v>0</v>
+      </c>
+      <c r="IC17" s="14">
+        <v>0</v>
+      </c>
+      <c r="ID17" s="14">
+        <v>0</v>
+      </c>
+      <c r="IE17" s="14">
+        <v>0</v>
+      </c>
+      <c r="IF17" s="14">
+        <v>0</v>
+      </c>
+      <c r="IG17" s="14">
+        <v>0</v>
+      </c>
+      <c r="IH17" s="14">
+        <v>0</v>
+      </c>
+      <c r="II17" s="14">
+        <v>0</v>
+      </c>
+      <c r="IJ17" s="14">
+        <v>0</v>
+      </c>
+      <c r="IK17" s="14">
+        <v>0</v>
+      </c>
+      <c r="IL17" s="14">
+        <v>0</v>
+      </c>
+      <c r="IM17" s="14">
+        <v>0</v>
+      </c>
+      <c r="IN17" s="14">
+        <v>0</v>
+      </c>
+      <c r="IO17" s="14">
+        <v>0</v>
+      </c>
+      <c r="IP17" s="14">
+        <v>0</v>
+      </c>
+      <c r="IQ17" s="14">
+        <v>0</v>
+      </c>
+      <c r="IR17" s="14">
+        <v>0</v>
+      </c>
+      <c r="IS17" s="14">
+        <v>0</v>
+      </c>
+      <c r="IT17" s="14">
+        <v>0</v>
+      </c>
+      <c r="IU17" s="14">
+        <v>0</v>
+      </c>
+      <c r="IV17" s="14">
+        <v>0</v>
+      </c>
+      <c r="IW17" s="14">
+        <v>0</v>
+      </c>
+      <c r="IX17" s="14">
+        <v>0</v>
+      </c>
+      <c r="IY17" s="14">
+        <v>0</v>
+      </c>
+      <c r="IZ17" s="14">
+        <v>0</v>
+      </c>
+      <c r="JA17" s="14">
+        <v>0</v>
+      </c>
+      <c r="JB17" s="14">
+        <v>0</v>
+      </c>
+      <c r="JC17" s="14">
+        <v>0</v>
+      </c>
+      <c r="JD17" s="14">
+        <v>0</v>
+      </c>
+      <c r="JE17" s="14">
+        <v>0</v>
+      </c>
+      <c r="JF17" s="14">
+        <v>0</v>
+      </c>
+      <c r="JG17" s="14">
+        <v>0</v>
+      </c>
+      <c r="JH17" s="14">
+        <v>0</v>
+      </c>
+      <c r="JI17" s="14">
+        <v>0</v>
+      </c>
+      <c r="JJ17" s="14">
+        <v>0</v>
+      </c>
+      <c r="JK17" s="14">
+        <v>0</v>
+      </c>
+      <c r="JL17" s="14">
+        <v>0</v>
+      </c>
+      <c r="JM17" s="14">
+        <v>0</v>
+      </c>
+      <c r="JN17" s="14">
+        <v>0</v>
+      </c>
+      <c r="JO17" s="14">
+        <v>0</v>
+      </c>
+      <c r="JP17" s="14">
+        <v>0</v>
+      </c>
+      <c r="JQ17" s="14">
+        <v>0</v>
+      </c>
+      <c r="JR17" s="14">
+        <v>0</v>
+      </c>
+      <c r="JS17" s="14">
+        <v>0</v>
+      </c>
+      <c r="JT17" s="14">
+        <v>0</v>
+      </c>
+      <c r="JU17" s="14">
+        <v>0</v>
+      </c>
+      <c r="JV17" s="14">
+        <v>0</v>
+      </c>
+      <c r="JW17" s="14">
+        <v>0</v>
+      </c>
+      <c r="JX17" s="14">
+        <v>0</v>
+      </c>
+      <c r="JY17" s="14">
+        <v>0</v>
+      </c>
+      <c r="JZ17" s="14">
+        <v>0</v>
+      </c>
+      <c r="KA17" s="14">
+        <v>0</v>
+      </c>
+      <c r="KB17" s="14">
+        <v>0</v>
+      </c>
+      <c r="KC17" s="14">
+        <v>0</v>
+      </c>
+      <c r="KD17" s="14">
+        <v>0</v>
+      </c>
+      <c r="KE17" s="14">
+        <v>0</v>
+      </c>
+      <c r="KF17" s="14">
+        <v>0</v>
+      </c>
+      <c r="KG17" s="14">
+        <v>0</v>
+      </c>
+      <c r="KH17" s="14">
+        <v>0</v>
+      </c>
+      <c r="KI17" s="14">
+        <v>0</v>
+      </c>
+      <c r="KJ17" s="14">
+        <v>0</v>
+      </c>
+      <c r="KK17" s="14">
+        <v>0</v>
+      </c>
+      <c r="KL17" s="14">
+        <v>0</v>
+      </c>
+      <c r="KM17" s="14">
+        <v>0</v>
+      </c>
+      <c r="KN17" s="14">
+        <v>0</v>
+      </c>
+      <c r="KO17" s="14">
+        <v>0</v>
+      </c>
+      <c r="KP17" s="14">
+        <v>0</v>
+      </c>
+      <c r="KQ17" s="14">
+        <v>0</v>
+      </c>
+      <c r="KR17" s="14">
+        <v>0</v>
+      </c>
+      <c r="KS17" s="14">
+        <v>0</v>
+      </c>
+      <c r="KT17" s="14">
+        <v>0</v>
+      </c>
+      <c r="KU17" s="14">
+        <v>0</v>
+      </c>
+      <c r="KV17" s="14">
+        <v>0</v>
+      </c>
+      <c r="KW17" s="14">
+        <v>0</v>
+      </c>
+      <c r="KX17" s="14">
+        <v>0</v>
+      </c>
+      <c r="KY17" s="14">
+        <v>0</v>
+      </c>
+      <c r="KZ17" s="14">
+        <v>0</v>
+      </c>
+      <c r="LA17" s="14">
+        <v>0</v>
+      </c>
+      <c r="LB17" s="14">
+        <v>0</v>
+      </c>
+      <c r="LC17" s="14">
+        <v>0</v>
+      </c>
+      <c r="LD17" s="14">
+        <v>0</v>
+      </c>
+      <c r="LE17" s="14">
+        <v>0</v>
+      </c>
+      <c r="LF17" s="14">
+        <v>0</v>
+      </c>
+      <c r="LG17" s="14">
+        <v>0</v>
+      </c>
+      <c r="LH17" s="14">
+        <v>0</v>
+      </c>
+      <c r="LI17" s="14">
+        <v>0</v>
+      </c>
+      <c r="LJ17" s="14">
+        <v>0</v>
+      </c>
+      <c r="LK17" s="14">
+        <v>0</v>
+      </c>
+      <c r="LL17" s="14">
+        <v>0</v>
+      </c>
+      <c r="LM17" s="14">
+        <v>0</v>
+      </c>
+      <c r="LN17" s="14">
+        <v>0</v>
+      </c>
+      <c r="LO17" s="14">
+        <v>0</v>
+      </c>
+      <c r="LP17" s="14">
+        <v>0</v>
+      </c>
+      <c r="LQ17" s="14">
+        <v>0</v>
+      </c>
+      <c r="LR17" s="14">
+        <v>0</v>
+      </c>
+      <c r="LS17" s="14">
+        <v>0</v>
+      </c>
+      <c r="LT17" s="14">
+        <v>0</v>
+      </c>
+      <c r="LU17" s="14">
+        <v>0</v>
+      </c>
+      <c r="LV17" s="14">
+        <v>0</v>
+      </c>
+      <c r="LW17" s="14">
+        <v>0</v>
+      </c>
+      <c r="LX17" s="14">
+        <v>0</v>
+      </c>
+      <c r="LY17" s="14">
+        <v>0</v>
+      </c>
+      <c r="LZ17" s="14">
+        <v>0</v>
+      </c>
+      <c r="MA17" s="14">
+        <v>0</v>
+      </c>
+      <c r="MB17" s="14">
+        <v>0</v>
+      </c>
+      <c r="MC17" s="14">
+        <v>0</v>
+      </c>
+      <c r="MD17" s="14">
+        <v>0</v>
+      </c>
+      <c r="ME17" s="14">
+        <v>0</v>
+      </c>
+      <c r="MF17" s="14">
+        <v>0</v>
+      </c>
+      <c r="MG17" s="14">
+        <v>0</v>
+      </c>
+      <c r="MH17" s="14">
+        <v>0</v>
+      </c>
+      <c r="MI17" s="14">
+        <v>0</v>
+      </c>
+      <c r="MJ17" s="14">
+        <v>0</v>
+      </c>
+      <c r="MK17" s="14">
+        <v>0</v>
+      </c>
+      <c r="ML17" s="14">
+        <v>0</v>
+      </c>
+      <c r="MM17" s="14">
+        <v>0</v>
+      </c>
+      <c r="MN17" s="14">
+        <v>0</v>
+      </c>
+      <c r="MO17" s="14">
+        <v>0</v>
+      </c>
+      <c r="MP17" s="14">
+        <v>0</v>
+      </c>
+      <c r="MQ17" s="14">
+        <v>0</v>
+      </c>
+      <c r="MR17" s="14">
+        <v>0</v>
+      </c>
+      <c r="MS17" s="14">
+        <v>0</v>
+      </c>
+      <c r="MT17" s="14">
+        <v>0</v>
+      </c>
+      <c r="MU17" s="14">
+        <v>0</v>
+      </c>
+      <c r="MV17" s="14">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="18" spans="1:360" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A18" s="14"/>
+      <c r="B18" s="15" t="s">
+        <v>15</v>
+      </c>
+      <c r="C18" s="14">
+        <v>0</v>
+      </c>
+      <c r="D18" s="14">
+        <v>0</v>
+      </c>
+      <c r="E18" s="14">
+        <v>0</v>
+      </c>
+      <c r="F18" s="14">
+        <v>0</v>
+      </c>
+      <c r="G18" s="14">
+        <v>0</v>
+      </c>
+      <c r="H18" s="14">
+        <v>0</v>
+      </c>
+      <c r="I18" s="14">
+        <v>0</v>
+      </c>
+      <c r="J18" s="14">
+        <v>0</v>
+      </c>
+      <c r="K18" s="14">
+        <v>0</v>
+      </c>
+      <c r="L18" s="14">
+        <v>0</v>
+      </c>
+      <c r="M18" s="14">
+        <v>0</v>
+      </c>
+      <c r="N18" s="14">
+        <v>0</v>
+      </c>
+      <c r="O18" s="14">
+        <v>0</v>
+      </c>
+      <c r="P18" s="14">
+        <v>0</v>
+      </c>
+      <c r="Q18" s="14">
+        <v>0</v>
+      </c>
+      <c r="R18" s="14">
+        <v>0</v>
+      </c>
+      <c r="S18" s="14">
+        <v>0</v>
+      </c>
+      <c r="T18" s="14">
+        <v>0</v>
+      </c>
+      <c r="U18" s="14">
+        <v>0</v>
+      </c>
+      <c r="V18" s="14">
+        <v>0</v>
+      </c>
+      <c r="W18" s="14">
+        <v>0</v>
+      </c>
+      <c r="X18" s="14">
+        <v>0</v>
+      </c>
+      <c r="Y18" s="14">
+        <v>0</v>
+      </c>
+      <c r="Z18" s="14">
+        <v>0</v>
+      </c>
+      <c r="AA18" s="14">
+        <v>0</v>
+      </c>
+      <c r="AB18" s="14">
+        <v>0</v>
+      </c>
+      <c r="AC18" s="14">
+        <v>0</v>
+      </c>
+      <c r="AD18" s="14">
+        <v>0</v>
+      </c>
+      <c r="AE18" s="14">
+        <v>0</v>
+      </c>
+      <c r="AF18" s="14">
+        <v>0</v>
+      </c>
+      <c r="AG18" s="14">
+        <v>0</v>
+      </c>
+      <c r="AH18" s="14">
+        <v>0</v>
+      </c>
+      <c r="AI18" s="14">
+        <v>0</v>
+      </c>
+      <c r="AJ18" s="14">
+        <v>0</v>
+      </c>
+      <c r="AK18" s="14">
+        <v>0</v>
+      </c>
+      <c r="AL18" s="14">
+        <v>0</v>
+      </c>
+      <c r="AM18" s="14">
+        <v>0</v>
+      </c>
+      <c r="AN18" s="14">
+        <v>0</v>
+      </c>
+      <c r="AO18" s="14">
+        <v>0</v>
+      </c>
+      <c r="AP18" s="14">
+        <v>0</v>
+      </c>
+      <c r="AQ18" s="14">
+        <v>0</v>
+      </c>
+      <c r="AR18" s="14">
+        <v>0</v>
+      </c>
+      <c r="AS18" s="14">
+        <v>0</v>
+      </c>
+      <c r="AT18" s="14">
+        <v>0</v>
+      </c>
+      <c r="AU18" s="14">
+        <v>0</v>
+      </c>
+      <c r="AV18" s="14">
+        <v>0</v>
+      </c>
+      <c r="AW18" s="14">
+        <v>0</v>
+      </c>
+      <c r="AX18" s="14">
+        <v>0</v>
+      </c>
+      <c r="AY18" s="14">
+        <v>0</v>
+      </c>
+      <c r="AZ18" s="14">
+        <v>0</v>
+      </c>
+      <c r="BA18" s="14">
+        <v>0</v>
+      </c>
+      <c r="BB18" s="14">
+        <v>0</v>
+      </c>
+      <c r="BC18" s="14">
+        <v>0</v>
+      </c>
+      <c r="BD18" s="14">
+        <v>0</v>
+      </c>
+      <c r="BE18" s="14">
+        <v>0</v>
+      </c>
+      <c r="BF18" s="14">
+        <v>0</v>
+      </c>
+      <c r="BG18" s="14">
+        <v>0</v>
+      </c>
+      <c r="BH18" s="14">
+        <v>0</v>
+      </c>
+      <c r="BI18" s="14">
+        <v>0</v>
+      </c>
+      <c r="BJ18" s="14">
+        <v>0</v>
+      </c>
+      <c r="BK18" s="14">
+        <v>0</v>
+      </c>
+      <c r="BL18" s="14">
+        <v>0</v>
+      </c>
+      <c r="BM18" s="14">
+        <v>0</v>
+      </c>
+      <c r="BN18" s="14">
+        <v>0</v>
+      </c>
+      <c r="BO18" s="14">
+        <v>0</v>
+      </c>
+      <c r="BP18" s="14">
+        <v>0</v>
+      </c>
+      <c r="BQ18" s="14">
+        <v>0</v>
+      </c>
+      <c r="BR18" s="14">
+        <v>0</v>
+      </c>
+      <c r="BS18" s="14">
+        <v>0</v>
+      </c>
+      <c r="BT18" s="14">
+        <v>0</v>
+      </c>
+      <c r="BU18" s="14">
+        <v>0</v>
+      </c>
+      <c r="BV18" s="14">
+        <v>0</v>
+      </c>
+      <c r="BW18" s="14">
+        <v>0</v>
+      </c>
+      <c r="BX18" s="14">
+        <v>0</v>
+      </c>
+      <c r="BY18" s="14">
+        <v>0</v>
+      </c>
+      <c r="BZ18" s="14">
+        <v>0</v>
+      </c>
+      <c r="CA18" s="14">
+        <v>0</v>
+      </c>
+      <c r="CB18" s="14">
+        <v>0</v>
+      </c>
+      <c r="CC18" s="14">
+        <v>0</v>
+      </c>
+      <c r="CD18" s="14">
+        <v>0</v>
+      </c>
+      <c r="CE18" s="14">
+        <v>0</v>
+      </c>
+      <c r="CF18" s="14">
+        <v>0</v>
+      </c>
+      <c r="CG18" s="14">
+        <v>0</v>
+      </c>
+      <c r="CH18" s="14">
+        <v>0</v>
+      </c>
+      <c r="CI18" s="14">
+        <v>0</v>
+      </c>
+      <c r="CJ18" s="14">
+        <v>0</v>
+      </c>
+      <c r="CK18" s="14">
+        <v>0</v>
+      </c>
+      <c r="CL18" s="14">
+        <v>0</v>
+      </c>
+      <c r="CM18" s="14">
+        <v>0</v>
+      </c>
+      <c r="CN18" s="14">
+        <v>0</v>
+      </c>
+      <c r="CO18" s="14">
+        <v>0</v>
+      </c>
+      <c r="CP18" s="14">
+        <v>0</v>
+      </c>
+      <c r="CQ18" s="14">
+        <v>0</v>
+      </c>
+      <c r="CR18" s="14">
+        <v>0</v>
+      </c>
+      <c r="CS18" s="14">
+        <v>0</v>
+      </c>
+      <c r="CT18" s="14">
+        <v>0</v>
+      </c>
+      <c r="CU18" s="14">
+        <v>0</v>
+      </c>
+      <c r="CV18" s="14">
+        <v>0</v>
+      </c>
+      <c r="CW18" s="14">
+        <v>0</v>
+      </c>
+      <c r="CX18" s="14">
+        <v>0</v>
+      </c>
+      <c r="CY18" s="14">
+        <v>0</v>
+      </c>
+      <c r="CZ18" s="14">
+        <v>0</v>
+      </c>
+      <c r="DA18" s="14">
+        <v>0</v>
+      </c>
+      <c r="DB18" s="14">
+        <v>0</v>
+      </c>
+      <c r="DC18" s="14">
+        <v>0</v>
+      </c>
+      <c r="DD18" s="14">
+        <v>0</v>
+      </c>
+      <c r="DE18" s="14">
+        <v>0</v>
+      </c>
+      <c r="DF18" s="14">
+        <v>0</v>
+      </c>
+      <c r="DG18" s="14">
+        <v>0</v>
+      </c>
+      <c r="DH18" s="14">
+        <v>0</v>
+      </c>
+      <c r="DI18" s="14">
+        <v>0</v>
+      </c>
+      <c r="DJ18" s="14">
+        <v>0</v>
+      </c>
+      <c r="DK18" s="14">
+        <v>0</v>
+      </c>
+      <c r="DL18" s="14">
+        <v>0</v>
+      </c>
+      <c r="DM18" s="14">
+        <v>0</v>
+      </c>
+      <c r="DN18" s="14">
+        <v>0</v>
+      </c>
+      <c r="DO18" s="14">
+        <v>0</v>
+      </c>
+      <c r="DP18" s="14">
+        <v>0</v>
+      </c>
+      <c r="DQ18" s="14">
+        <v>0</v>
+      </c>
+      <c r="DR18" s="14">
+        <v>0</v>
+      </c>
+      <c r="DS18" s="14">
+        <v>0</v>
+      </c>
+      <c r="DT18" s="14">
+        <v>0</v>
+      </c>
+      <c r="DU18" s="14">
+        <v>0</v>
+      </c>
+      <c r="DV18" s="14">
+        <v>0</v>
+      </c>
+      <c r="DW18" s="14">
+        <v>0</v>
+      </c>
+      <c r="DX18" s="14">
+        <v>0</v>
+      </c>
+      <c r="DY18" s="14">
+        <v>0</v>
+      </c>
+      <c r="DZ18" s="14">
+        <v>0</v>
+      </c>
+      <c r="EA18" s="14">
+        <v>0</v>
+      </c>
+      <c r="EB18" s="14">
+        <v>0</v>
+      </c>
+      <c r="EC18" s="14">
+        <v>0</v>
+      </c>
+      <c r="ED18" s="14">
+        <v>0</v>
+      </c>
+      <c r="EE18" s="14">
+        <v>0</v>
+      </c>
+      <c r="EF18" s="14">
+        <v>0</v>
+      </c>
+      <c r="EG18" s="14">
+        <v>0</v>
+      </c>
+      <c r="EH18" s="14">
+        <v>0</v>
+      </c>
+      <c r="EI18" s="14">
+        <v>0</v>
+      </c>
+      <c r="EJ18" s="14">
+        <v>0</v>
+      </c>
+      <c r="EK18" s="14">
+        <v>0</v>
+      </c>
+      <c r="EL18" s="14">
+        <v>0</v>
+      </c>
+      <c r="EM18" s="14">
+        <v>0</v>
+      </c>
+      <c r="EN18" s="14">
+        <v>0</v>
+      </c>
+      <c r="EO18" s="14">
+        <v>0</v>
+      </c>
+      <c r="EP18" s="14">
+        <v>0</v>
+      </c>
+      <c r="EQ18" s="14">
+        <v>0</v>
+      </c>
+      <c r="ER18" s="14">
+        <v>0</v>
+      </c>
+      <c r="ES18" s="14">
+        <v>0</v>
+      </c>
+      <c r="ET18" s="14">
+        <v>0</v>
+      </c>
+      <c r="EU18" s="14">
+        <v>0</v>
+      </c>
+      <c r="EV18" s="14">
+        <v>0</v>
+      </c>
+      <c r="EW18" s="14">
+        <v>0</v>
+      </c>
+      <c r="EX18" s="14">
+        <v>0</v>
+      </c>
+      <c r="EY18" s="14">
+        <v>0</v>
+      </c>
+      <c r="EZ18" s="14">
+        <v>0</v>
+      </c>
+      <c r="FA18" s="14">
+        <v>0</v>
+      </c>
+      <c r="FB18" s="14">
+        <v>0</v>
+      </c>
+      <c r="FC18" s="14">
+        <v>0</v>
+      </c>
+      <c r="FD18" s="14">
+        <v>0</v>
+      </c>
+      <c r="FE18" s="14">
+        <v>0</v>
+      </c>
+      <c r="FF18" s="14">
+        <v>0</v>
+      </c>
+      <c r="FG18" s="14">
+        <v>0</v>
+      </c>
+      <c r="FH18" s="14">
+        <v>0</v>
+      </c>
+      <c r="FI18" s="14">
+        <v>0</v>
+      </c>
+      <c r="FJ18" s="14">
+        <v>0</v>
+      </c>
+      <c r="FK18" s="14">
+        <v>0</v>
+      </c>
+      <c r="FL18" s="14">
+        <v>0</v>
+      </c>
+      <c r="FM18" s="14">
+        <v>0</v>
+      </c>
+      <c r="FN18" s="14">
+        <v>0</v>
+      </c>
+      <c r="FO18" s="14">
+        <v>0</v>
+      </c>
+      <c r="FP18" s="14">
+        <v>0</v>
+      </c>
+      <c r="FQ18" s="14">
+        <v>0</v>
+      </c>
+      <c r="FR18" s="14">
+        <v>0</v>
+      </c>
+      <c r="FS18" s="14">
+        <v>0</v>
+      </c>
+      <c r="FT18" s="14">
+        <v>0</v>
+      </c>
+      <c r="FU18" s="14">
+        <v>0</v>
+      </c>
+      <c r="FV18" s="14">
+        <v>0</v>
+      </c>
+      <c r="FW18" s="14">
+        <v>0</v>
+      </c>
+      <c r="FX18" s="14">
+        <v>0</v>
+      </c>
+      <c r="FY18" s="14">
+        <v>0</v>
+      </c>
+      <c r="FZ18" s="14">
+        <v>0</v>
+      </c>
+      <c r="GA18" s="14">
+        <v>0.13754979000000001</v>
+      </c>
+      <c r="GB18" s="14">
+        <v>0.14368776999999999</v>
+      </c>
+      <c r="GC18" s="14">
+        <v>0.16169001999999999</v>
+      </c>
+      <c r="GD18" s="14">
+        <v>0.16796340000000001</v>
+      </c>
+      <c r="GE18" s="14">
+        <v>0.17031966000000001</v>
+      </c>
+      <c r="GF18" s="14">
+        <v>0.18023864000000001</v>
+      </c>
+      <c r="GG18" s="14">
+        <v>0.21351426000000001</v>
+      </c>
+      <c r="GH18" s="14">
+        <v>0.25152474000000002</v>
+      </c>
+      <c r="GI18" s="14">
+        <v>0.29231646</v>
+      </c>
+      <c r="GJ18" s="14">
+        <v>0.29396313000000002</v>
+      </c>
+      <c r="GK18" s="14">
+        <v>0.25728107</v>
+      </c>
+      <c r="GL18" s="14">
+        <v>0.28330375000000002</v>
+      </c>
+      <c r="GM18" s="14">
+        <v>0.30360463999999998</v>
+      </c>
+      <c r="GN18" s="14">
+        <v>0.30104341000000001</v>
+      </c>
+      <c r="GO18" s="14">
+        <v>0.22362409</v>
+      </c>
+      <c r="GP18" s="14">
+        <v>0.19904141</v>
+      </c>
+      <c r="GQ18" s="14">
+        <v>0.16462222000000001</v>
+      </c>
+      <c r="GR18" s="14">
+        <v>0.14756152</v>
+      </c>
+      <c r="GS18" s="14">
+        <v>8.9178489999999999E-2</v>
+      </c>
+      <c r="GT18" s="14">
+        <v>7.8760860000000002E-2</v>
+      </c>
+      <c r="GU18" s="14">
+        <v>8.8772320000000002E-2</v>
+      </c>
+      <c r="GV18" s="14">
+        <v>8.8874700000000001E-2</v>
+      </c>
+      <c r="GW18" s="14">
+        <v>0.13072844</v>
+      </c>
+      <c r="GX18" s="14">
+        <v>0.17198846000000001</v>
+      </c>
+      <c r="GY18" s="14">
+        <v>0.21047999000000001</v>
+      </c>
+      <c r="GZ18" s="14">
+        <v>0.24365951</v>
+      </c>
+      <c r="HA18" s="14">
+        <v>0.21363177</v>
+      </c>
+      <c r="HB18" s="14">
+        <v>0.26010617000000003</v>
+      </c>
+      <c r="HC18" s="14">
+        <v>0.26001405</v>
+      </c>
+      <c r="HD18" s="14">
+        <v>0.24015671999999999</v>
+      </c>
+      <c r="HE18" s="14">
+        <v>0.18168461999999999</v>
+      </c>
+      <c r="HF18" s="14">
+        <v>0.17864046</v>
+      </c>
+      <c r="HG18" s="14">
+        <v>0.19205843</v>
+      </c>
+      <c r="HH18" s="14">
+        <v>0.15863499</v>
+      </c>
+      <c r="HI18" s="14">
+        <v>0.14631098000000001</v>
+      </c>
+      <c r="HJ18" s="14">
+        <v>0.14716108</v>
+      </c>
+      <c r="HK18" s="14">
+        <v>0.1224986</v>
+      </c>
+      <c r="HL18" s="14">
+        <v>0.12261141</v>
+      </c>
+      <c r="HM18" s="14">
+        <v>0.1228147</v>
+      </c>
+      <c r="HN18" s="14">
+        <v>0.12249878</v>
+      </c>
+      <c r="HO18" s="14">
+        <v>0.12249878</v>
+      </c>
+      <c r="HP18" s="14">
+        <v>0.12261029</v>
+      </c>
+      <c r="HQ18" s="14">
+        <v>8.4822419999999996E-2</v>
+      </c>
+      <c r="HR18" s="14">
+        <v>6.6538299999999995E-2</v>
+      </c>
+      <c r="HS18" s="14">
+        <v>6.2808710000000004E-2</v>
+      </c>
+      <c r="HT18" s="14">
+        <v>6.1423680000000001E-2</v>
+      </c>
+      <c r="HU18" s="14">
+        <v>5.9186589999999997E-2</v>
+      </c>
+      <c r="HV18" s="14">
+        <v>5.4796110000000002E-2</v>
+      </c>
+      <c r="HW18" s="14">
+        <v>5.4296900000000002E-2</v>
+      </c>
+      <c r="HX18" s="14">
+        <v>5.4660439999999998E-2</v>
+      </c>
+      <c r="HY18" s="14">
+        <v>5.0485960000000003E-2</v>
+      </c>
+      <c r="HZ18" s="14">
+        <v>1.9458999999999999E-4</v>
+      </c>
+      <c r="IA18" s="14">
+        <v>5.8140000000000002E-5</v>
+      </c>
+      <c r="IB18" s="14">
+        <v>2.29174E-3</v>
+      </c>
+      <c r="IC18" s="14">
+        <v>1.9881E-4</v>
+      </c>
+      <c r="ID18" s="14">
+        <v>2E-8</v>
+      </c>
+      <c r="IE18" s="14">
+        <v>2E-8</v>
+      </c>
+      <c r="IF18" s="14">
+        <v>2.1982999999999999E-4</v>
+      </c>
+      <c r="IG18" s="14">
+        <v>2E-8</v>
+      </c>
+      <c r="IH18" s="14">
+        <v>9.3059999999999993E-5</v>
+      </c>
+      <c r="II18" s="14">
+        <v>0</v>
+      </c>
+      <c r="IJ18" s="14">
+        <v>2.7000000000000001E-7</v>
+      </c>
+      <c r="IK18" s="14">
+        <v>4.46E-5</v>
+      </c>
+      <c r="IL18" s="14">
+        <v>2.7431759999999999E-2</v>
+      </c>
+      <c r="IM18" s="14">
+        <v>4.767681E-2</v>
+      </c>
+      <c r="IN18" s="14">
+        <v>2.5241570000000001E-2</v>
+      </c>
+      <c r="IO18" s="14">
+        <v>2.250769E-2</v>
+      </c>
+      <c r="IP18" s="14">
+        <v>2.3987169999999999E-2</v>
+      </c>
+      <c r="IQ18" s="14">
+        <v>2.3970249999999999E-2</v>
+      </c>
+      <c r="IR18" s="14">
+        <v>0</v>
+      </c>
+      <c r="IS18" s="14">
+        <v>0</v>
+      </c>
+      <c r="IT18" s="14">
+        <v>0</v>
+      </c>
+      <c r="IU18" s="14">
+        <v>3.7345E-4</v>
+      </c>
+      <c r="IV18" s="14">
+        <v>0</v>
+      </c>
+      <c r="IW18" s="14">
+        <v>0</v>
+      </c>
+      <c r="IX18" s="14">
+        <v>0</v>
+      </c>
+      <c r="IY18" s="14">
+        <v>0</v>
+      </c>
+      <c r="IZ18" s="14">
+        <v>1.1892000000000001E-4</v>
+      </c>
+      <c r="JA18" s="14">
+        <v>1.5834000000000001E-4</v>
+      </c>
+      <c r="JB18" s="14">
+        <v>0</v>
+      </c>
+      <c r="JC18" s="14">
+        <v>0</v>
+      </c>
+      <c r="JD18" s="14">
+        <v>1.595444E-2</v>
+      </c>
+      <c r="JE18" s="14">
+        <v>2.047036E-2</v>
+      </c>
+      <c r="JF18" s="14">
+        <v>2.2404520000000001E-2</v>
+      </c>
+      <c r="JG18" s="14">
+        <v>0</v>
+      </c>
+      <c r="JH18" s="14">
+        <v>2.2131020000000001E-2</v>
+      </c>
+      <c r="JI18" s="14">
+        <v>2.3015689999999998E-2</v>
+      </c>
+      <c r="JJ18" s="14">
+        <v>1.7414333099999999</v>
+      </c>
+      <c r="JK18" s="14">
+        <v>1.42739047</v>
+      </c>
+      <c r="JL18" s="14">
+        <v>2.784613E-2</v>
+      </c>
+      <c r="JM18" s="14">
+        <v>5.5557999999999996E-4</v>
+      </c>
+      <c r="JN18" s="14">
+        <v>2.6604909999999999E-2</v>
+      </c>
+      <c r="JO18" s="14">
+        <v>0</v>
+      </c>
+      <c r="JP18" s="14">
+        <v>2.4935369999999998E-2</v>
+      </c>
+      <c r="JQ18" s="14">
+        <v>1.0616459199999999</v>
+      </c>
+      <c r="JR18" s="14">
+        <v>2.46749E-2</v>
+      </c>
+      <c r="JS18" s="14">
+        <v>0.15007952999999999</v>
+      </c>
+      <c r="JT18" s="14">
+        <v>0.14929555999999999</v>
+      </c>
+      <c r="JU18" s="14">
+        <v>0.32381343000000001</v>
+      </c>
+      <c r="JV18" s="14">
+        <v>0.15206470999999999</v>
+      </c>
+      <c r="JW18" s="14">
+        <v>0.15107968999999999</v>
+      </c>
+      <c r="JX18" s="14">
+        <v>2.5729889999999998E-2</v>
+      </c>
+      <c r="JY18" s="14">
+        <v>0.15187629</v>
+      </c>
+      <c r="JZ18" s="14">
+        <v>2.488369E-2</v>
+      </c>
+      <c r="KA18" s="14">
+        <v>0.12608667000000001</v>
+      </c>
+      <c r="KB18" s="14">
+        <v>0.25217334000000002</v>
+      </c>
+      <c r="KC18" s="14">
+        <v>0.40419127999999999</v>
+      </c>
+      <c r="KD18" s="14">
+        <v>0.44175197999999999</v>
+      </c>
+      <c r="KE18" s="14">
+        <v>0.75530213999999996</v>
+      </c>
+      <c r="KF18" s="14">
+        <v>0.63020891000000001</v>
+      </c>
+      <c r="KG18" s="14">
+        <v>0.67529030999999995</v>
+      </c>
+      <c r="KH18" s="14">
+        <v>0.92673700999999997</v>
+      </c>
+      <c r="KI18" s="14">
+        <v>0.56739001</v>
+      </c>
+      <c r="KJ18" s="14">
+        <v>115.07826767</v>
+      </c>
+      <c r="KK18" s="14">
+        <v>183.66777392</v>
+      </c>
+      <c r="KL18" s="14">
+        <v>194.59120927000001</v>
+      </c>
+      <c r="KM18" s="14">
+        <v>181.64885086999999</v>
+      </c>
+      <c r="KN18" s="14">
+        <v>158.31937718</v>
+      </c>
+      <c r="KO18" s="14">
+        <v>152.13498276999999</v>
+      </c>
+      <c r="KP18" s="14">
+        <v>144.47634785</v>
+      </c>
+      <c r="KQ18" s="14">
+        <v>143.97490264999999</v>
+      </c>
+      <c r="KR18" s="14">
+        <v>143.62972805999999</v>
+      </c>
+      <c r="KS18" s="14">
+        <v>143.31664752</v>
+      </c>
+      <c r="KT18" s="14">
+        <v>143.35322184</v>
+      </c>
+      <c r="KU18" s="14">
+        <v>143.23966584999999</v>
+      </c>
+      <c r="KV18" s="14">
+        <v>143.1051587</v>
+      </c>
+      <c r="KW18" s="14">
+        <v>143.02790439</v>
+      </c>
+      <c r="KX18" s="14">
+        <v>143.05268469000001</v>
+      </c>
+      <c r="KY18" s="14">
+        <v>142.79448463</v>
+      </c>
+      <c r="KZ18" s="14">
+        <v>142.64473505999999</v>
+      </c>
+      <c r="LA18" s="14">
+        <v>1.0860846399999999</v>
+      </c>
+      <c r="LB18" s="14">
+        <v>1.3944966700000001</v>
+      </c>
+      <c r="LC18" s="14">
+        <v>1.2018547100000001</v>
+      </c>
+      <c r="LD18" s="14">
+        <v>0.72217211000000003</v>
+      </c>
+      <c r="LE18" s="14">
+        <v>0.53625111999999997</v>
+      </c>
+      <c r="LF18" s="14">
+        <v>0.51143271000000001</v>
+      </c>
+      <c r="LG18" s="14">
+        <v>0.31521666999999998</v>
+      </c>
+      <c r="LH18" s="14">
+        <v>1.0571652899999999</v>
+      </c>
+      <c r="LI18" s="14">
+        <v>1.1450170500000001</v>
+      </c>
+      <c r="LJ18" s="14">
+        <v>1.40408051</v>
+      </c>
+      <c r="LK18" s="14">
+        <v>1.3058466500000001</v>
+      </c>
+      <c r="LL18" s="14">
+        <v>1.11690672</v>
+      </c>
+      <c r="LM18" s="14">
+        <v>1.64114052</v>
+      </c>
+      <c r="LN18" s="14">
+        <v>1.6413768099999999</v>
+      </c>
+      <c r="LO18" s="14">
+        <v>1.5398017399999999</v>
+      </c>
+      <c r="LP18" s="14">
+        <v>1.5581493799999999</v>
+      </c>
+      <c r="LQ18" s="14">
+        <v>1.25308694</v>
+      </c>
+      <c r="LR18" s="14">
+        <v>1.2520037100000001</v>
+      </c>
+      <c r="LS18" s="14">
+        <v>0.81510737</v>
+      </c>
+      <c r="LT18" s="14">
+        <v>0.56999999999999995</v>
+      </c>
+      <c r="LU18" s="14">
+        <v>0.61287316999999997</v>
+      </c>
+      <c r="LV18" s="14">
+        <v>0.79173247000000002</v>
+      </c>
+      <c r="LW18" s="14">
+        <v>0.83057941000000002</v>
+      </c>
+      <c r="LX18" s="14">
+        <v>0.82308981000000003</v>
+      </c>
+      <c r="LY18" s="14">
+        <v>1.3987074399999999</v>
+      </c>
+      <c r="LZ18" s="14">
+        <v>1.50132037</v>
+      </c>
+      <c r="MA18" s="14">
+        <v>1.8583462500000001</v>
+      </c>
+      <c r="MB18" s="14">
+        <v>2.1642962300000002</v>
+      </c>
+      <c r="MC18" s="14">
+        <v>2.0787153100000002</v>
+      </c>
+      <c r="MD18" s="14">
+        <v>2.0733891099999999</v>
+      </c>
+      <c r="ME18" s="14">
+        <v>2.0776076400000001</v>
+      </c>
+      <c r="MF18" s="14">
+        <v>2.2155739099999998</v>
+      </c>
+      <c r="MG18" s="14">
+        <v>1.92827354</v>
+      </c>
+      <c r="MH18" s="14">
+        <v>1.98270682</v>
+      </c>
+      <c r="MI18" s="14">
+        <v>2.3125578099999999</v>
+      </c>
+      <c r="MJ18" s="14">
+        <v>1.61169421</v>
+      </c>
+      <c r="MK18" s="14">
+        <v>1.9204561200000001</v>
+      </c>
+      <c r="ML18" s="14">
+        <v>1.8332000500000001</v>
+      </c>
+      <c r="MM18" s="14">
+        <v>1.88561427</v>
+      </c>
+      <c r="MN18" s="14">
+        <v>2.1813972000000001</v>
+      </c>
+      <c r="MO18" s="14">
+        <v>1.85310682</v>
+      </c>
+      <c r="MP18" s="14">
+        <v>1.6727497099999999</v>
+      </c>
+      <c r="MQ18" s="14">
+        <v>1.9279955600000001</v>
+      </c>
+      <c r="MR18" s="14">
+        <v>2.5583258500000001</v>
+      </c>
+      <c r="MS18" s="14">
+        <v>2.6955435300000001</v>
+      </c>
+      <c r="MT18" s="14">
+        <v>2.92056212</v>
+      </c>
+      <c r="MU18" s="14">
+        <v>4.1280431599999998</v>
+      </c>
+      <c r="MV18" s="14">
+        <v>4.01319128</v>
+      </c>
+    </row>
+    <row r="19" spans="1:360" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A19" s="14"/>
+      <c r="B19" s="15" t="s">
+        <v>16</v>
+      </c>
+      <c r="C19" s="14">
+        <v>0</v>
+      </c>
+      <c r="D19" s="14">
+        <v>0</v>
+      </c>
+      <c r="E19" s="14">
+        <v>0</v>
+      </c>
+      <c r="F19" s="14">
+        <v>0</v>
+      </c>
+      <c r="G19" s="14">
+        <v>0</v>
+      </c>
+      <c r="H19" s="14">
+        <v>0</v>
+      </c>
+      <c r="I19" s="14">
+        <v>0</v>
+      </c>
+      <c r="J19" s="14">
+        <v>0</v>
+      </c>
+      <c r="K19" s="14">
+        <v>0</v>
+      </c>
+      <c r="L19" s="14">
+        <v>0</v>
+      </c>
+      <c r="M19" s="14">
+        <v>0</v>
+      </c>
+      <c r="N19" s="14">
+        <v>0</v>
+      </c>
+      <c r="O19" s="14">
+        <v>0</v>
+      </c>
+      <c r="P19" s="14">
+        <v>0</v>
+      </c>
+      <c r="Q19" s="14">
+        <v>0</v>
+      </c>
+      <c r="R19" s="14">
+        <v>0</v>
+      </c>
+      <c r="S19" s="14">
+        <v>0</v>
+      </c>
+      <c r="T19" s="14">
+        <v>0</v>
+      </c>
+      <c r="U19" s="14">
+        <v>0</v>
+      </c>
+      <c r="V19" s="14">
+        <v>0</v>
+      </c>
+      <c r="W19" s="14">
+        <v>0</v>
+      </c>
+      <c r="X19" s="14">
+        <v>0</v>
+      </c>
+      <c r="Y19" s="14">
+        <v>0</v>
+      </c>
+      <c r="Z19" s="14">
+        <v>0</v>
+      </c>
+      <c r="AA19" s="14">
+        <v>0</v>
+      </c>
+      <c r="AB19" s="14">
+        <v>0</v>
+      </c>
+      <c r="AC19" s="14">
+        <v>0</v>
+      </c>
+      <c r="AD19" s="14">
+        <v>0</v>
+      </c>
+      <c r="AE19" s="14">
+        <v>0</v>
+      </c>
+      <c r="AF19" s="14">
+        <v>0</v>
+      </c>
+      <c r="AG19" s="14">
+        <v>0</v>
+      </c>
+      <c r="AH19" s="14">
+        <v>0</v>
+      </c>
+      <c r="AI19" s="14">
+        <v>0</v>
+      </c>
+      <c r="AJ19" s="14">
+        <v>0</v>
+      </c>
+      <c r="AK19" s="14">
+        <v>0</v>
+      </c>
+      <c r="AL19" s="14">
+        <v>0</v>
+      </c>
+      <c r="AM19" s="14">
+        <v>0</v>
+      </c>
+      <c r="AN19" s="14">
+        <v>0</v>
+      </c>
+      <c r="AO19" s="14">
+        <v>0</v>
+      </c>
+      <c r="AP19" s="14">
+        <v>0</v>
+      </c>
+      <c r="AQ19" s="14">
+        <v>0</v>
+      </c>
+      <c r="AR19" s="14">
+        <v>0</v>
+      </c>
+      <c r="AS19" s="14">
+        <v>0</v>
+      </c>
+      <c r="AT19" s="14">
+        <v>0</v>
+      </c>
+      <c r="AU19" s="14">
+        <v>0</v>
+      </c>
+      <c r="AV19" s="14">
+        <v>0</v>
+      </c>
+      <c r="AW19" s="14">
+        <v>0</v>
+      </c>
+      <c r="AX19" s="14">
+        <v>0</v>
+      </c>
+      <c r="AY19" s="14">
+        <v>0</v>
+      </c>
+      <c r="AZ19" s="14">
+        <v>0</v>
+      </c>
+      <c r="BA19" s="14">
+        <v>0</v>
+      </c>
+      <c r="BB19" s="14">
+        <v>0</v>
+      </c>
+      <c r="BC19" s="14">
+        <v>0</v>
+      </c>
+      <c r="BD19" s="14">
+        <v>0</v>
+      </c>
+      <c r="BE19" s="14">
+        <v>0</v>
+      </c>
+      <c r="BF19" s="14">
+        <v>0</v>
+      </c>
+      <c r="BG19" s="14">
+        <v>0</v>
+      </c>
+      <c r="BH19" s="14">
+        <v>0</v>
+      </c>
+      <c r="BI19" s="14">
+        <v>0</v>
+      </c>
+      <c r="BJ19" s="14">
+        <v>0</v>
+      </c>
+      <c r="BK19" s="14">
+        <v>0</v>
+      </c>
+      <c r="BL19" s="14">
+        <v>0</v>
+      </c>
+      <c r="BM19" s="14">
+        <v>0</v>
+      </c>
+      <c r="BN19" s="14">
+        <v>0</v>
+      </c>
+      <c r="BO19" s="14">
+        <v>0</v>
+      </c>
+      <c r="BP19" s="14">
+        <v>0</v>
+      </c>
+      <c r="BQ19" s="14">
+        <v>0</v>
+      </c>
+      <c r="BR19" s="14">
+        <v>0</v>
+      </c>
+      <c r="BS19" s="14">
+        <v>0</v>
+      </c>
+      <c r="BT19" s="14">
+        <v>0</v>
+      </c>
+      <c r="BU19" s="14">
+        <v>0</v>
+      </c>
+      <c r="BV19" s="14">
+        <v>0</v>
+      </c>
+      <c r="BW19" s="14">
+        <v>0</v>
+      </c>
+      <c r="BX19" s="14">
+        <v>0</v>
+      </c>
+      <c r="BY19" s="14">
+        <v>0</v>
+      </c>
+      <c r="BZ19" s="14">
+        <v>0</v>
+      </c>
+      <c r="CA19" s="14">
+        <v>0</v>
+      </c>
+      <c r="CB19" s="14">
+        <v>0</v>
+      </c>
+      <c r="CC19" s="14">
+        <v>0</v>
+      </c>
+      <c r="CD19" s="14">
+        <v>0</v>
+      </c>
+      <c r="CE19" s="14">
+        <v>0</v>
+      </c>
+      <c r="CF19" s="14">
+        <v>0</v>
+      </c>
+      <c r="CG19" s="14">
+        <v>0</v>
+      </c>
+      <c r="CH19" s="14">
+        <v>0</v>
+      </c>
+      <c r="CI19" s="14">
+        <v>0</v>
+      </c>
+      <c r="CJ19" s="14">
+        <v>0</v>
+      </c>
+      <c r="CK19" s="14">
+        <v>0</v>
+      </c>
+      <c r="CL19" s="14">
+        <v>0</v>
+      </c>
+      <c r="CM19" s="14">
+        <v>0</v>
+      </c>
+      <c r="CN19" s="14">
+        <v>0</v>
+      </c>
+      <c r="CO19" s="14">
+        <v>0</v>
+      </c>
+      <c r="CP19" s="14">
+        <v>0</v>
+      </c>
+      <c r="CQ19" s="14">
+        <v>0</v>
+      </c>
+      <c r="CR19" s="14">
+        <v>0</v>
+      </c>
+      <c r="CS19" s="14">
+        <v>0</v>
+      </c>
+      <c r="CT19" s="14">
+        <v>0</v>
+      </c>
+      <c r="CU19" s="14">
+        <v>0</v>
+      </c>
+      <c r="CV19" s="14">
+        <v>0</v>
+      </c>
+      <c r="CW19" s="14">
+        <v>0</v>
+      </c>
+      <c r="CX19" s="14">
+        <v>0</v>
+      </c>
+      <c r="CY19" s="14">
+        <v>0</v>
+      </c>
+      <c r="CZ19" s="14">
+        <v>0</v>
+      </c>
+      <c r="DA19" s="14">
+        <v>0</v>
+      </c>
+      <c r="DB19" s="14">
+        <v>0</v>
+      </c>
+      <c r="DC19" s="14">
+        <v>0</v>
+      </c>
+      <c r="DD19" s="14">
+        <v>0</v>
+      </c>
+      <c r="DE19" s="14">
+        <v>0</v>
+      </c>
+      <c r="DF19" s="14">
+        <v>0</v>
+      </c>
+      <c r="DG19" s="14">
+        <v>0</v>
+      </c>
+      <c r="DH19" s="14">
+        <v>0</v>
+      </c>
+      <c r="DI19" s="14">
+        <v>0</v>
+      </c>
+      <c r="DJ19" s="14">
+        <v>0</v>
+      </c>
+      <c r="DK19" s="14">
+        <v>0</v>
+      </c>
+      <c r="DL19" s="14">
+        <v>0</v>
+      </c>
+      <c r="DM19" s="14">
+        <v>0</v>
+      </c>
+      <c r="DN19" s="14">
+        <v>0</v>
+      </c>
+      <c r="DO19" s="14">
+        <v>0</v>
+      </c>
+      <c r="DP19" s="14">
+        <v>0</v>
+      </c>
+      <c r="DQ19" s="14">
+        <v>0</v>
+      </c>
+      <c r="DR19" s="14">
+        <v>0</v>
+      </c>
+      <c r="DS19" s="14">
+        <v>0</v>
+      </c>
+      <c r="DT19" s="14">
+        <v>0</v>
+      </c>
+      <c r="DU19" s="14">
+        <v>0</v>
+      </c>
+      <c r="DV19" s="14">
+        <v>0</v>
+      </c>
+      <c r="DW19" s="14">
+        <v>0</v>
+      </c>
+      <c r="DX19" s="14">
+        <v>0</v>
+      </c>
+      <c r="DY19" s="14">
+        <v>0</v>
+      </c>
+      <c r="DZ19" s="14">
+        <v>0</v>
+      </c>
+      <c r="EA19" s="14">
+        <v>0</v>
+      </c>
+      <c r="EB19" s="14">
+        <v>0</v>
+      </c>
+      <c r="EC19" s="14">
+        <v>0</v>
+      </c>
+      <c r="ED19" s="14">
+        <v>0</v>
+      </c>
+      <c r="EE19" s="14">
+        <v>0</v>
+      </c>
+      <c r="EF19" s="14">
+        <v>0</v>
+      </c>
+      <c r="EG19" s="14">
+        <v>0</v>
+      </c>
+      <c r="EH19" s="14">
+        <v>0</v>
+      </c>
+      <c r="EI19" s="14">
+        <v>0</v>
+      </c>
+      <c r="EJ19" s="14">
+        <v>0</v>
+      </c>
+      <c r="EK19" s="14">
+        <v>0</v>
+      </c>
+      <c r="EL19" s="14">
+        <v>0</v>
+      </c>
+      <c r="EM19" s="14">
+        <v>0</v>
+      </c>
+      <c r="EN19" s="14">
+        <v>0</v>
+      </c>
+      <c r="EO19" s="14">
+        <v>0</v>
+      </c>
+      <c r="EP19" s="14">
+        <v>0</v>
+      </c>
+      <c r="EQ19" s="14">
+        <v>0</v>
+      </c>
+      <c r="ER19" s="14">
+        <v>0</v>
+      </c>
+      <c r="ES19" s="14">
+        <v>0</v>
+      </c>
+      <c r="ET19" s="14">
+        <v>0</v>
+      </c>
+      <c r="EU19" s="14">
+        <v>0</v>
+      </c>
+      <c r="EV19" s="14">
+        <v>0</v>
+      </c>
+      <c r="EW19" s="14">
+        <v>0</v>
+      </c>
+      <c r="EX19" s="14">
+        <v>0</v>
+      </c>
+      <c r="EY19" s="14">
+        <v>0</v>
+      </c>
+      <c r="EZ19" s="14">
+        <v>0</v>
+      </c>
+      <c r="FA19" s="14">
+        <v>0</v>
+      </c>
+      <c r="FB19" s="14">
+        <v>0</v>
+      </c>
+      <c r="FC19" s="14">
+        <v>0</v>
+      </c>
+      <c r="FD19" s="14">
+        <v>0</v>
+      </c>
+      <c r="FE19" s="14">
+        <v>0</v>
+      </c>
+      <c r="FF19" s="14">
+        <v>0</v>
+      </c>
+      <c r="FG19" s="14">
+        <v>0</v>
+      </c>
+      <c r="FH19" s="14">
+        <v>0</v>
+      </c>
+      <c r="FI19" s="14">
+        <v>0</v>
+      </c>
+      <c r="FJ19" s="14">
+        <v>0</v>
+      </c>
+      <c r="FK19" s="14">
+        <v>0</v>
+      </c>
+      <c r="FL19" s="14">
+        <v>0</v>
+      </c>
+      <c r="FM19" s="14">
+        <v>0</v>
+      </c>
+      <c r="FN19" s="14">
+        <v>0</v>
+      </c>
+      <c r="FO19" s="14">
+        <v>0</v>
+      </c>
+      <c r="FP19" s="14">
+        <v>0</v>
+      </c>
+      <c r="FQ19" s="14">
+        <v>0</v>
+      </c>
+      <c r="FR19" s="14">
+        <v>0</v>
+      </c>
+      <c r="FS19" s="14">
+        <v>0</v>
+      </c>
+      <c r="FT19" s="14">
+        <v>0</v>
+      </c>
+      <c r="FU19" s="14">
+        <v>0</v>
+      </c>
+      <c r="FV19" s="14">
+        <v>0</v>
+      </c>
+      <c r="FW19" s="14">
+        <v>0</v>
+      </c>
+      <c r="FX19" s="14">
+        <v>0</v>
+      </c>
+      <c r="FY19" s="14">
+        <v>0</v>
+      </c>
+      <c r="FZ19" s="14">
+        <v>0</v>
+      </c>
+      <c r="GA19" s="14">
+        <v>1.8E-7</v>
+      </c>
+      <c r="GB19" s="14">
+        <v>1.8E-7</v>
+      </c>
+      <c r="GC19" s="14">
+        <v>1.8E-7</v>
+      </c>
+      <c r="GD19" s="14">
+        <v>1.8E-7</v>
+      </c>
+      <c r="GE19" s="14">
+        <v>1.8E-7</v>
+      </c>
+      <c r="GF19" s="14">
+        <v>1.8E-7</v>
+      </c>
+      <c r="GG19" s="14">
+        <v>1.8E-7</v>
+      </c>
+      <c r="GH19" s="14">
+        <v>1.8E-7</v>
+      </c>
+      <c r="GI19" s="14">
+        <v>1.8E-7</v>
+      </c>
+      <c r="GJ19" s="14">
+        <v>1.8E-7</v>
+      </c>
+      <c r="GK19" s="14">
+        <v>1.8E-7</v>
+      </c>
+      <c r="GL19" s="14">
+        <v>1.8E-7</v>
+      </c>
+      <c r="GM19" s="14">
+        <v>1.8E-7</v>
+      </c>
+      <c r="GN19" s="14">
+        <v>1.8E-7</v>
+      </c>
+      <c r="GO19" s="14">
+        <v>1.8E-7</v>
+      </c>
+      <c r="GP19" s="14">
+        <v>1.8E-7</v>
+      </c>
+      <c r="GQ19" s="14">
+        <v>1.8E-7</v>
+      </c>
+      <c r="GR19" s="14">
+        <v>1.8E-7</v>
+      </c>
+      <c r="GS19" s="14">
+        <v>1.8E-7</v>
+      </c>
+      <c r="GT19" s="14">
+        <v>1.8E-7</v>
+      </c>
+      <c r="GU19" s="14">
+        <v>1.8E-7</v>
+      </c>
+      <c r="GV19" s="14">
+        <v>1.8E-7</v>
+      </c>
+      <c r="GW19" s="14">
+        <v>1.8E-7</v>
+      </c>
+      <c r="GX19" s="14">
+        <v>1.8E-7</v>
+      </c>
+      <c r="GY19" s="14">
+        <v>1.8E-7</v>
+      </c>
+      <c r="GZ19" s="14">
+        <v>1.8E-7</v>
+      </c>
+      <c r="HA19" s="14">
+        <v>1.8E-7</v>
+      </c>
+      <c r="HB19" s="14">
+        <v>1.8E-7</v>
+      </c>
+      <c r="HC19" s="14">
+        <v>1.8E-7</v>
+      </c>
+      <c r="HD19" s="14">
+        <v>1.8E-7</v>
+      </c>
+      <c r="HE19" s="14">
+        <v>1.8E-7</v>
+      </c>
+      <c r="HF19" s="14">
+        <v>1.8E-7</v>
+      </c>
+      <c r="HG19" s="14">
+        <v>1.8E-7</v>
+      </c>
+      <c r="HH19" s="14">
+        <v>1.8E-7</v>
+      </c>
+      <c r="HI19" s="14">
+        <v>1.8E-7</v>
+      </c>
+      <c r="HJ19" s="14">
+        <v>1.8E-7</v>
+      </c>
+      <c r="HK19" s="14">
+        <v>1.8E-7</v>
+      </c>
+      <c r="HL19" s="14">
+        <v>1.8E-7</v>
+      </c>
+      <c r="HM19" s="14">
+        <v>1.8E-7</v>
+      </c>
+      <c r="HN19" s="14">
+        <v>0</v>
+      </c>
+      <c r="HO19" s="14">
+        <v>0</v>
+      </c>
+      <c r="HP19" s="14">
+        <v>0</v>
+      </c>
+      <c r="HQ19" s="14">
+        <v>0</v>
+      </c>
+      <c r="HR19" s="14">
+        <v>0</v>
+      </c>
+      <c r="HS19" s="14">
+        <v>0</v>
+      </c>
+      <c r="HT19" s="14">
+        <v>0</v>
+      </c>
+      <c r="HU19" s="14">
+        <v>0.43765502000000001</v>
+      </c>
+      <c r="HV19" s="14">
+        <v>0.42397958000000002</v>
+      </c>
+      <c r="HW19" s="14">
+        <v>0.41030751999999998</v>
+      </c>
+      <c r="HX19" s="14">
+        <v>0.39663546999999999</v>
+      </c>
+      <c r="HY19" s="14">
+        <v>0.38295453000000002</v>
+      </c>
+      <c r="HZ19" s="14">
+        <v>0.36928118999999998</v>
+      </c>
+      <c r="IA19" s="14">
+        <v>0.35560574</v>
+      </c>
+      <c r="IB19" s="14">
+        <v>0.34193369000000001</v>
+      </c>
+      <c r="IC19" s="14">
+        <v>0.32825823999999998</v>
+      </c>
+      <c r="ID19" s="14">
+        <v>0.31458618999999999</v>
+      </c>
+      <c r="IE19" s="14">
+        <v>0.30091414</v>
+      </c>
+      <c r="IF19" s="14">
+        <v>0.28723869000000002</v>
+      </c>
+      <c r="IG19" s="14">
+        <v>0.27356664000000003</v>
+      </c>
+      <c r="IH19" s="14">
+        <v>0.25989119999999999</v>
+      </c>
+      <c r="II19" s="14">
+        <v>0.24621914</v>
+      </c>
+      <c r="IJ19" s="14">
+        <v>0.23254709000000001</v>
+      </c>
+      <c r="IK19" s="14">
+        <v>0.21886824999999999</v>
+      </c>
+      <c r="IL19" s="14">
+        <v>0.2051962</v>
+      </c>
+      <c r="IM19" s="14">
+        <v>0.19152074999999999</v>
+      </c>
+      <c r="IN19" s="14">
+        <v>0.1778487</v>
+      </c>
+      <c r="IO19" s="14">
+        <v>0.16417325999999999</v>
+      </c>
+      <c r="IP19" s="14">
+        <v>0.15050121</v>
+      </c>
+      <c r="IQ19" s="14">
+        <v>0.13682915000000001</v>
+      </c>
+      <c r="IR19" s="14">
+        <v>0.12316491</v>
+      </c>
+      <c r="IS19" s="14">
+        <v>0.10948165999999999</v>
+      </c>
+      <c r="IT19" s="14">
+        <v>9.5806210000000003E-2</v>
+      </c>
+      <c r="IU19" s="14">
+        <v>8.2134159999999998E-2</v>
+      </c>
+      <c r="IV19" s="14">
+        <v>6.8462099999999998E-2</v>
+      </c>
+      <c r="IW19" s="14">
+        <v>5.4779870000000001E-2</v>
+      </c>
+      <c r="IX19" s="14">
+        <v>4.1107820000000003E-2</v>
+      </c>
+      <c r="IY19" s="14">
+        <v>2.7432370000000001E-2</v>
+      </c>
+      <c r="IZ19" s="14">
+        <v>1.3760319999999999E-2</v>
+      </c>
+      <c r="JA19" s="14">
+        <v>1.5420000000000001E-5</v>
+      </c>
+      <c r="JB19" s="14">
+        <v>1.5420000000000001E-5</v>
+      </c>
+      <c r="JC19" s="14">
+        <v>1.5420000000000001E-5</v>
+      </c>
+      <c r="JD19" s="14">
+        <v>1.5420000000000001E-5</v>
+      </c>
+      <c r="JE19" s="14">
+        <v>1.5420000000000001E-5</v>
+      </c>
+      <c r="JF19" s="14">
+        <v>0</v>
+      </c>
+      <c r="JG19" s="14">
+        <v>0</v>
+      </c>
+      <c r="JH19" s="14">
+        <v>0</v>
+      </c>
+      <c r="JI19" s="14">
+        <v>0</v>
+      </c>
+      <c r="JJ19" s="14">
+        <v>0</v>
+      </c>
+      <c r="JK19" s="14">
+        <v>0</v>
+      </c>
+      <c r="JL19" s="14">
+        <v>0</v>
+      </c>
+      <c r="JM19" s="14">
+        <v>0</v>
+      </c>
+      <c r="JN19" s="14">
+        <v>0</v>
+      </c>
+      <c r="JO19" s="14">
+        <v>0</v>
+      </c>
+      <c r="JP19" s="14">
+        <v>0</v>
+      </c>
+      <c r="JQ19" s="14">
+        <v>0</v>
+      </c>
+      <c r="JR19" s="14">
+        <v>0</v>
+      </c>
+      <c r="JS19" s="14">
+        <v>0</v>
+      </c>
+      <c r="JT19" s="14">
+        <v>0</v>
+      </c>
+      <c r="JU19" s="14">
+        <v>0</v>
+      </c>
+      <c r="JV19" s="14">
+        <v>0</v>
+      </c>
+      <c r="JW19" s="14">
+        <v>0</v>
+      </c>
+      <c r="JX19" s="14">
+        <v>0</v>
+      </c>
+      <c r="JY19" s="14">
+        <v>0</v>
+      </c>
+      <c r="JZ19" s="14">
+        <v>0</v>
+      </c>
+      <c r="KA19" s="14">
+        <v>0</v>
+      </c>
+      <c r="KB19" s="14">
+        <v>0</v>
+      </c>
+      <c r="KC19" s="14">
+        <v>0</v>
+      </c>
+      <c r="KD19" s="14">
+        <v>0</v>
+      </c>
+      <c r="KE19" s="14">
+        <v>0</v>
+      </c>
+      <c r="KF19" s="14">
+        <v>0</v>
+      </c>
+      <c r="KG19" s="14">
+        <v>0</v>
+      </c>
+      <c r="KH19" s="14">
+        <v>0</v>
+      </c>
+      <c r="KI19" s="14">
+        <v>0</v>
+      </c>
+      <c r="KJ19" s="14">
+        <v>0</v>
+      </c>
+      <c r="KK19" s="14">
+        <v>0</v>
+      </c>
+      <c r="KL19" s="14">
+        <v>0</v>
+      </c>
+      <c r="KM19" s="14">
+        <v>0</v>
+      </c>
+      <c r="KN19" s="14">
+        <v>0</v>
+      </c>
+      <c r="KO19" s="14">
+        <v>0</v>
+      </c>
+      <c r="KP19" s="14">
+        <v>0</v>
+      </c>
+      <c r="KQ19" s="14">
+        <v>0</v>
+      </c>
+      <c r="KR19" s="14">
+        <v>0</v>
+      </c>
+      <c r="KS19" s="14">
+        <v>0</v>
+      </c>
+      <c r="KT19" s="14">
+        <v>0</v>
+      </c>
+      <c r="KU19" s="14">
+        <v>0</v>
+      </c>
+      <c r="KV19" s="14">
+        <v>0</v>
+      </c>
+      <c r="KW19" s="14">
+        <v>0</v>
+      </c>
+      <c r="KX19" s="14">
+        <v>0</v>
+      </c>
+      <c r="KY19" s="14">
+        <v>0</v>
+      </c>
+      <c r="KZ19" s="14">
+        <v>0</v>
+      </c>
+      <c r="LA19" s="14">
+        <v>141.53420804000001</v>
+      </c>
+      <c r="LB19" s="14">
+        <v>141.44107830999999</v>
+      </c>
+      <c r="LC19" s="14">
+        <v>141.34694049000001</v>
+      </c>
+      <c r="LD19" s="14">
+        <v>141.24561091999999</v>
+      </c>
+      <c r="LE19" s="14">
+        <v>141.16705353</v>
+      </c>
+      <c r="LF19" s="14">
+        <v>141.08324045000001</v>
+      </c>
+      <c r="LG19" s="14">
+        <v>141.00009299000001</v>
+      </c>
+      <c r="LH19" s="14">
+        <v>140.91136427999999</v>
+      </c>
+      <c r="LI19" s="14">
+        <v>140.82828413999999</v>
+      </c>
+      <c r="LJ19" s="14">
+        <v>140.75951327999999</v>
+      </c>
+      <c r="LK19" s="14">
+        <v>140.74765936</v>
+      </c>
+      <c r="LL19" s="14">
+        <v>140.74341271</v>
+      </c>
+      <c r="LM19" s="14">
+        <v>140.74226141</v>
+      </c>
+      <c r="LN19" s="14">
+        <v>140.73565484</v>
+      </c>
+      <c r="LO19" s="14">
+        <v>107.55417306</v>
+      </c>
+      <c r="LP19" s="14">
+        <v>107.55337763</v>
+      </c>
+      <c r="LQ19" s="14">
+        <v>102.5526345</v>
+      </c>
+      <c r="LR19" s="14">
+        <v>102.54613293</v>
+      </c>
+      <c r="LS19" s="14">
+        <v>97.544722579999998</v>
+      </c>
+      <c r="LT19" s="14">
+        <v>97.543023599999998</v>
+      </c>
+      <c r="LU19" s="14">
+        <v>97.54263555</v>
+      </c>
+      <c r="LV19" s="14">
+        <v>97.542168500000002</v>
+      </c>
+      <c r="LW19" s="14">
+        <v>92.541561000000002</v>
+      </c>
+      <c r="LX19" s="14">
+        <v>92.541302079999994</v>
+      </c>
+      <c r="LY19" s="14">
+        <v>92.541057120000005</v>
+      </c>
+      <c r="LZ19" s="14">
+        <v>92.540293860000006</v>
+      </c>
+      <c r="MA19" s="14">
+        <v>92.540130169999998</v>
+      </c>
+      <c r="MB19" s="14">
+        <v>87.539956649999993</v>
+      </c>
+      <c r="MC19" s="14">
+        <v>87.539956649999993</v>
+      </c>
+      <c r="MD19" s="14">
+        <v>87.539956649999993</v>
+      </c>
+      <c r="ME19" s="14">
+        <v>87.539956649999993</v>
+      </c>
+      <c r="MF19" s="14">
+        <v>87.539956649999993</v>
+      </c>
+      <c r="MG19" s="14">
+        <v>87.539956649999993</v>
+      </c>
+      <c r="MH19" s="14">
+        <v>87.539956649999993</v>
+      </c>
+      <c r="MI19" s="14">
+        <v>87.539956649999993</v>
+      </c>
+      <c r="MJ19" s="14">
+        <v>87.539956649999993</v>
+      </c>
+      <c r="MK19" s="14">
+        <v>83.271782709999997</v>
+      </c>
+      <c r="ML19" s="14">
+        <v>83.271756170000003</v>
+      </c>
+      <c r="MM19" s="14">
+        <v>83.271756170000003</v>
+      </c>
+      <c r="MN19" s="14">
+        <v>83.271756170000003</v>
+      </c>
+      <c r="MO19" s="14">
+        <v>78.645548169999998</v>
+      </c>
+      <c r="MP19" s="14">
+        <v>78.645548169999998</v>
+      </c>
+      <c r="MQ19" s="14">
+        <v>74.019340170000007</v>
+      </c>
+      <c r="MR19" s="14">
+        <v>71.706236169999997</v>
+      </c>
+      <c r="MS19" s="14">
+        <v>69.393132170000001</v>
+      </c>
+      <c r="MT19" s="14">
+        <v>67.080028170000006</v>
+      </c>
+      <c r="MU19" s="14">
+        <v>64.766924169999996</v>
+      </c>
+      <c r="MV19" s="14">
+        <v>62.45382017</v>
+      </c>
+    </row>
+    <row r="20" spans="1:360" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A20" s="14"/>
+      <c r="B20" s="15" t="s">
+        <v>18</v>
+      </c>
+      <c r="C20" s="14">
+        <v>19.101332670000001</v>
+      </c>
+      <c r="D20" s="14">
+        <v>19.25317884</v>
+      </c>
+      <c r="E20" s="14">
+        <v>19.199146989999999</v>
+      </c>
+      <c r="F20" s="14">
+        <v>19.621490479999999</v>
+      </c>
+      <c r="G20" s="14">
+        <v>19.88561404</v>
+      </c>
+      <c r="H20" s="14">
+        <v>19.367517020000001</v>
+      </c>
+      <c r="I20" s="14">
+        <v>18.09850209</v>
+      </c>
+      <c r="J20" s="14">
+        <v>17.979854270000001</v>
+      </c>
+      <c r="K20" s="14">
+        <v>18.209455040000002</v>
+      </c>
+      <c r="L20" s="14">
+        <v>18.18288141</v>
+      </c>
+      <c r="M20" s="14">
+        <v>18.17161325</v>
+      </c>
+      <c r="N20" s="14">
+        <v>18.1137461</v>
+      </c>
+      <c r="O20" s="14">
+        <v>19.12021713</v>
+      </c>
+      <c r="P20" s="14">
+        <v>19.773049969999999</v>
+      </c>
+      <c r="Q20" s="14">
+        <v>19.617317669999998</v>
+      </c>
+      <c r="R20" s="14">
+        <v>19.800337249999998</v>
+      </c>
+      <c r="S20" s="14">
+        <v>19.426527969999999</v>
+      </c>
+      <c r="T20" s="14">
+        <v>21.372762089999998</v>
+      </c>
+      <c r="U20" s="14">
+        <v>19.641218259999999</v>
+      </c>
+      <c r="V20" s="14">
+        <v>21.178913130000002</v>
+      </c>
+      <c r="W20" s="14">
+        <v>28.465975449999998</v>
+      </c>
+      <c r="X20" s="14">
+        <v>28.83554556</v>
+      </c>
+      <c r="Y20" s="14">
+        <v>33.06156507</v>
+      </c>
+      <c r="Z20" s="14">
+        <v>33.284030260000002</v>
+      </c>
+      <c r="AA20" s="14">
+        <v>42.276563410000001</v>
+      </c>
+      <c r="AB20" s="14">
+        <v>46.424553320000001</v>
+      </c>
+      <c r="AC20" s="14">
+        <v>49.240497449999999</v>
+      </c>
+      <c r="AD20" s="14">
+        <v>52.161017979999997</v>
+      </c>
+      <c r="AE20" s="14">
+        <v>65.66474126</v>
+      </c>
+      <c r="AF20" s="14">
+        <v>67.610900259999994</v>
+      </c>
+      <c r="AG20" s="14">
+        <v>76.360661759999999</v>
+      </c>
+      <c r="AH20" s="14">
+        <v>72.105491939999993</v>
+      </c>
+      <c r="AI20" s="14">
+        <v>74.758680200000001</v>
+      </c>
+      <c r="AJ20" s="14">
+        <v>77.015055810000007</v>
+      </c>
+      <c r="AK20" s="14">
+        <v>78.663066430000001</v>
+      </c>
+      <c r="AL20" s="14">
+        <v>81.49411388</v>
+      </c>
+      <c r="AM20" s="14">
+        <v>88.197730309999997</v>
+      </c>
+      <c r="AN20" s="14">
+        <v>92.738478860000001</v>
+      </c>
+      <c r="AO20" s="14">
+        <v>98.3898552</v>
+      </c>
+      <c r="AP20" s="14">
+        <v>98.090359680000006</v>
+      </c>
+      <c r="AQ20" s="14">
+        <v>94.251648020000005</v>
+      </c>
+      <c r="AR20" s="14">
+        <v>95.954348659999994</v>
+      </c>
+      <c r="AS20" s="14">
+        <v>102.2466526</v>
+      </c>
+      <c r="AT20" s="14">
+        <v>106.57339828000001</v>
+      </c>
+      <c r="AU20" s="14">
+        <v>111.13240887000001</v>
+      </c>
+      <c r="AV20" s="14">
+        <v>118.25482778999999</v>
+      </c>
+      <c r="AW20" s="14">
+        <v>120.58561727</v>
+      </c>
+      <c r="AX20" s="14">
+        <v>122.91640674999999</v>
+      </c>
+      <c r="AY20" s="14">
+        <v>125.24719623</v>
+      </c>
+      <c r="AZ20" s="14">
+        <v>129.99654921000001</v>
+      </c>
+      <c r="BA20" s="14">
+        <v>131.84657243000001</v>
+      </c>
+      <c r="BB20" s="14">
+        <v>128.32822350999999</v>
+      </c>
+      <c r="BC20" s="14">
+        <v>123.09642312</v>
+      </c>
+      <c r="BD20" s="14">
+        <v>121.58789568</v>
+      </c>
+      <c r="BE20" s="14">
+        <v>126.77204858</v>
+      </c>
+      <c r="BF20" s="14">
+        <v>136.66865751</v>
+      </c>
+      <c r="BG20" s="14">
+        <v>149.22622602999999</v>
+      </c>
+      <c r="BH20" s="14">
+        <v>144.17891035</v>
+      </c>
+      <c r="BI20" s="14">
+        <v>143.18348928</v>
+      </c>
+      <c r="BJ20" s="14">
+        <v>144.92693609</v>
+      </c>
+      <c r="BK20" s="14">
+        <v>162.37162386</v>
+      </c>
+      <c r="BL20" s="14">
+        <v>163.30572314</v>
+      </c>
+      <c r="BM20" s="14">
+        <v>164.40811493999999</v>
+      </c>
+      <c r="BN20" s="14">
+        <v>163.80515137</v>
+      </c>
+      <c r="BO20" s="14">
+        <v>161.94211745999999</v>
+      </c>
+      <c r="BP20" s="14">
+        <v>158.15725728000001</v>
+      </c>
+      <c r="BQ20" s="14">
+        <v>159.35839485</v>
+      </c>
+      <c r="BR20" s="14">
+        <v>151.56450952</v>
+      </c>
+      <c r="BS20" s="14">
+        <v>165.25526153000001</v>
+      </c>
+      <c r="BT20" s="14">
+        <v>167.20150494000001</v>
+      </c>
+      <c r="BU20" s="14">
+        <v>166.34729709999999</v>
+      </c>
+      <c r="BV20" s="14">
+        <v>167.09465539000001</v>
+      </c>
+      <c r="BW20" s="14">
+        <v>177.77469572999999</v>
+      </c>
+      <c r="BX20" s="14">
+        <v>172.42334385999999</v>
+      </c>
+      <c r="BY20" s="14">
+        <v>167.83753715</v>
+      </c>
+      <c r="BZ20" s="14">
+        <v>163.96113385000001</v>
+      </c>
+      <c r="CA20" s="14">
+        <v>161.09475112000001</v>
+      </c>
+      <c r="CB20" s="14">
+        <v>160.62308603</v>
+      </c>
+      <c r="CC20" s="14">
+        <v>162.72757064000001</v>
+      </c>
+      <c r="CD20" s="14">
+        <v>162.85395452</v>
+      </c>
+      <c r="CE20" s="14">
+        <v>159.08930382</v>
+      </c>
+      <c r="CF20" s="14">
+        <v>158.41125475999999</v>
+      </c>
+      <c r="CG20" s="14">
+        <v>158.56139601999999</v>
+      </c>
+      <c r="CH20" s="14">
+        <v>172.45670949000001</v>
+      </c>
+      <c r="CI20" s="14">
+        <v>194.70838370000001</v>
+      </c>
+      <c r="CJ20" s="14">
+        <v>193.39710585</v>
+      </c>
+      <c r="CK20" s="14">
+        <v>190.97905248999999</v>
+      </c>
+      <c r="CL20" s="14">
+        <v>179.8124425</v>
+      </c>
+      <c r="CM20" s="14">
+        <v>181.78485964999999</v>
+      </c>
+      <c r="CN20" s="14">
+        <v>180.68208931999999</v>
+      </c>
+      <c r="CO20" s="14">
+        <v>181.41779534</v>
+      </c>
+      <c r="CP20" s="14">
+        <v>181.08932988000001</v>
+      </c>
+      <c r="CQ20" s="14">
+        <v>177.90148424</v>
+      </c>
+      <c r="CR20" s="14">
+        <v>183.6563687</v>
+      </c>
+      <c r="CS20" s="14">
+        <v>191.40355525000001</v>
+      </c>
+      <c r="CT20" s="14">
+        <v>195.23820612</v>
+      </c>
+      <c r="CU20" s="14">
+        <v>221.77243891000001</v>
+      </c>
+      <c r="CV20" s="14">
+        <v>219.90802848999999</v>
+      </c>
+      <c r="CW20" s="14">
+        <v>231.80812993999999</v>
+      </c>
+      <c r="CX20" s="14">
+        <v>225.54207102999999</v>
+      </c>
+      <c r="CY20" s="14">
+        <v>229.30684471999999</v>
+      </c>
+      <c r="CZ20" s="14">
+        <v>227.47730512000001</v>
+      </c>
+      <c r="DA20" s="14">
+        <v>230.95324006999999</v>
+      </c>
+      <c r="DB20" s="14">
+        <v>222.08096259999999</v>
+      </c>
+      <c r="DC20" s="14">
+        <v>230.78082961000001</v>
+      </c>
+      <c r="DD20" s="14">
+        <v>257.75195308000002</v>
+      </c>
+      <c r="DE20" s="14">
+        <v>258.45249772</v>
+      </c>
+      <c r="DF20" s="14">
+        <v>264.22866836999998</v>
+      </c>
+      <c r="DG20" s="14">
+        <v>276.70500815000003</v>
+      </c>
+      <c r="DH20" s="14">
+        <v>266.50231174999999</v>
+      </c>
+      <c r="DI20" s="14">
+        <v>269.83490401</v>
+      </c>
+      <c r="DJ20" s="14">
+        <v>269.95561027999997</v>
+      </c>
+      <c r="DK20" s="14">
+        <v>267.23552742999999</v>
+      </c>
+      <c r="DL20" s="14">
+        <v>266.99381849000002</v>
+      </c>
+      <c r="DM20" s="14">
+        <v>269.86344847999999</v>
+      </c>
+      <c r="DN20" s="14">
+        <v>261.24707597999998</v>
+      </c>
+      <c r="DO20" s="14">
+        <v>262.33622931000002</v>
+      </c>
+      <c r="DP20" s="14">
+        <v>264.84885854999999</v>
+      </c>
+      <c r="DQ20" s="14">
+        <v>263.33460821</v>
+      </c>
+      <c r="DR20" s="14">
+        <v>267.18153308000001</v>
+      </c>
+      <c r="DS20" s="14">
+        <v>265.28071772999999</v>
+      </c>
+      <c r="DT20" s="14">
+        <v>254.75494777</v>
+      </c>
+      <c r="DU20" s="14">
+        <v>252.92563809999999</v>
+      </c>
+      <c r="DV20" s="14">
+        <v>250.05638722</v>
+      </c>
+      <c r="DW20" s="14">
+        <v>247.48894364</v>
+      </c>
+      <c r="DX20" s="14">
+        <v>253.54605432</v>
+      </c>
+      <c r="DY20" s="14">
+        <v>255.58818805000001</v>
+      </c>
+      <c r="DZ20" s="14">
+        <v>263.43505231</v>
+      </c>
+      <c r="EA20" s="14">
+        <v>266.85698174999999</v>
+      </c>
+      <c r="EB20" s="14">
+        <v>259.89981017999997</v>
+      </c>
+      <c r="EC20" s="14">
+        <v>263.05376209000002</v>
+      </c>
+      <c r="ED20" s="14">
+        <v>259.15206205999999</v>
+      </c>
+      <c r="EE20" s="14">
+        <v>287.82613164000003</v>
+      </c>
+      <c r="EF20" s="14">
+        <v>289.99746857000002</v>
+      </c>
+      <c r="EG20" s="14">
+        <v>294.72466098000001</v>
+      </c>
+      <c r="EH20" s="14">
+        <v>288.50002010999998</v>
+      </c>
+      <c r="EI20" s="14">
+        <v>285.02642041000001</v>
+      </c>
+      <c r="EJ20" s="14">
+        <v>291.39382221</v>
+      </c>
+      <c r="EK20" s="14">
+        <v>312.42379003999997</v>
+      </c>
+      <c r="EL20" s="14">
+        <v>309.35221946000001</v>
+      </c>
+      <c r="EM20" s="14">
+        <v>311.46474181999997</v>
+      </c>
+      <c r="EN20" s="14">
+        <v>306.15173793000002</v>
+      </c>
+      <c r="EO20" s="14">
+        <v>320.06163671000002</v>
+      </c>
+      <c r="EP20" s="14">
+        <v>320.07860135999999</v>
+      </c>
+      <c r="EQ20" s="14">
+        <v>331.89067047999998</v>
+      </c>
+      <c r="ER20" s="14">
+        <v>327.58786264000003</v>
+      </c>
+      <c r="ES20" s="14">
+        <v>319.05983739999999</v>
+      </c>
+      <c r="ET20" s="14">
+        <v>318.93450186000001</v>
+      </c>
+      <c r="EU20" s="14">
+        <v>326.341745</v>
+      </c>
+      <c r="EV20" s="14">
+        <v>323.20577530000003</v>
+      </c>
+      <c r="EW20" s="14">
+        <v>319.55220644000002</v>
+      </c>
+      <c r="EX20" s="14">
+        <v>316.68764358999999</v>
+      </c>
+      <c r="EY20" s="14">
+        <v>320.08463354000003</v>
+      </c>
+      <c r="EZ20" s="14">
+        <v>314.90066266000002</v>
+      </c>
+      <c r="FA20" s="14">
+        <v>320.99713852999997</v>
+      </c>
+      <c r="FB20" s="14">
+        <v>324.29088117999999</v>
+      </c>
+      <c r="FC20" s="14">
+        <v>338.69859048000001</v>
+      </c>
+      <c r="FD20" s="14">
+        <v>341.72936894999998</v>
+      </c>
+      <c r="FE20" s="14">
+        <v>343.66486887999997</v>
+      </c>
+      <c r="FF20" s="14">
+        <v>339.50735193000003</v>
+      </c>
+      <c r="FG20" s="14">
+        <v>328.84904297999998</v>
+      </c>
+      <c r="FH20" s="14">
+        <v>325.95730779000002</v>
+      </c>
+      <c r="FI20" s="14">
+        <v>319.28955717000002</v>
+      </c>
+      <c r="FJ20" s="14">
+        <v>320.41376143000002</v>
+      </c>
+      <c r="FK20" s="14">
+        <v>318.57241577000002</v>
+      </c>
+      <c r="FL20" s="14">
+        <v>315.79316182999997</v>
+      </c>
+      <c r="FM20" s="14">
+        <v>317.39717367999998</v>
+      </c>
+      <c r="FN20" s="14">
+        <v>319.23381375000002</v>
+      </c>
+      <c r="FO20" s="14">
+        <v>349.02852266000002</v>
+      </c>
+      <c r="FP20" s="14">
+        <v>351.76270363999998</v>
+      </c>
+      <c r="FQ20" s="14">
+        <v>354.83684735000003</v>
+      </c>
+      <c r="FR20" s="14">
+        <v>356.32697890999998</v>
+      </c>
+      <c r="FS20" s="14">
+        <v>369.60758979000002</v>
+      </c>
+      <c r="FT20" s="14">
+        <v>366.9635083</v>
+      </c>
+      <c r="FU20" s="14">
+        <v>368.67129616</v>
+      </c>
+      <c r="FV20" s="14">
+        <v>376.16729783</v>
+      </c>
+      <c r="FW20" s="14">
+        <v>375.61818438</v>
+      </c>
+      <c r="FX20" s="14">
+        <v>368.34819055000003</v>
+      </c>
+      <c r="FY20" s="14">
+        <v>366.89831144999999</v>
+      </c>
+      <c r="FZ20" s="14">
+        <v>365.42983836000002</v>
+      </c>
+      <c r="GA20" s="14">
+        <v>522.98856486</v>
+      </c>
+      <c r="GB20" s="14">
+        <v>536.42180771000005</v>
+      </c>
+      <c r="GC20" s="14">
+        <v>537.65796198999999</v>
+      </c>
+      <c r="GD20" s="14">
+        <v>535.01460560999999</v>
+      </c>
+      <c r="GE20" s="14">
+        <v>518.09494526000003</v>
+      </c>
+      <c r="GF20" s="14">
+        <v>519.59096571999999</v>
+      </c>
+      <c r="GG20" s="14">
+        <v>513.60396068</v>
+      </c>
+      <c r="GH20" s="14">
+        <v>533.66168636999998</v>
+      </c>
+      <c r="GI20" s="14">
+        <v>548.32821377000005</v>
+      </c>
+      <c r="GJ20" s="14">
+        <v>523.28854636999995</v>
+      </c>
+      <c r="GK20" s="14">
+        <v>520.9963573</v>
+      </c>
+      <c r="GL20" s="14">
+        <v>515.58126944000003</v>
+      </c>
+      <c r="GM20" s="14">
+        <v>537.44336995000003</v>
+      </c>
+      <c r="GN20" s="14">
+        <v>513.74178592999999</v>
+      </c>
+      <c r="GO20" s="14">
+        <v>532.05660344</v>
+      </c>
+      <c r="GP20" s="14">
+        <v>528.28418919000001</v>
+      </c>
+      <c r="GQ20" s="14">
+        <v>524.49081392999994</v>
+      </c>
+      <c r="GR20" s="14">
+        <v>524.38283138999998</v>
+      </c>
+      <c r="GS20" s="14">
+        <v>519.88323865999996</v>
+      </c>
+      <c r="GT20" s="14">
+        <v>510.07563405000002</v>
+      </c>
+      <c r="GU20" s="14">
+        <v>504.17063913999999</v>
+      </c>
+      <c r="GV20" s="14">
+        <v>496.36481127000002</v>
+      </c>
+      <c r="GW20" s="14">
+        <v>505.71872207000001</v>
+      </c>
+      <c r="GX20" s="14">
+        <v>505.54563495999997</v>
+      </c>
+      <c r="GY20" s="14">
+        <v>526.15278137999996</v>
+      </c>
+      <c r="GZ20" s="14">
+        <v>526.89913124999998</v>
+      </c>
+      <c r="HA20" s="14">
+        <v>531.59795577</v>
+      </c>
+      <c r="HB20" s="14">
+        <v>531.65779801999997</v>
+      </c>
+      <c r="HC20" s="14">
+        <v>529.92855641999995</v>
+      </c>
+      <c r="HD20" s="14">
+        <v>515.05033161999995</v>
+      </c>
+      <c r="HE20" s="14">
+        <v>505.42225681000002</v>
+      </c>
+      <c r="HF20" s="14">
+        <v>490.44244025</v>
+      </c>
+      <c r="HG20" s="14">
+        <v>489.47223288999999</v>
+      </c>
+      <c r="HH20" s="14">
+        <v>482.48850994999998</v>
+      </c>
+      <c r="HI20" s="14">
+        <v>521.39318161000006</v>
+      </c>
+      <c r="HJ20" s="14">
+        <v>633.87040346000003</v>
+      </c>
+      <c r="HK20" s="14">
+        <v>656.61269167</v>
+      </c>
+      <c r="HL20" s="14">
+        <v>646.63965828000005</v>
+      </c>
+      <c r="HM20" s="14">
+        <v>644.33886944000005</v>
+      </c>
+      <c r="HN20" s="14">
+        <v>638.98746217999997</v>
+      </c>
+      <c r="HO20" s="14">
+        <v>630.96855205999998</v>
+      </c>
+      <c r="HP20" s="14">
+        <v>623.94114738999997</v>
+      </c>
+      <c r="HQ20" s="14">
+        <v>679.69865720999996</v>
+      </c>
+      <c r="HR20" s="14">
+        <v>695.77319395999996</v>
+      </c>
+      <c r="HS20" s="14">
+        <v>690.51939195</v>
+      </c>
+      <c r="HT20" s="14">
+        <v>694.96036673000003</v>
+      </c>
+      <c r="HU20" s="14">
+        <v>691.53896569999995</v>
+      </c>
+      <c r="HV20" s="14">
+        <v>693.77274889</v>
+      </c>
+      <c r="HW20" s="14">
+        <v>710.96474308999996</v>
+      </c>
+      <c r="HX20" s="14">
+        <v>724.49963129000002</v>
+      </c>
+      <c r="HY20" s="14">
+        <v>709.53617225999994</v>
+      </c>
+      <c r="HZ20" s="14">
+        <v>701.08932432999995</v>
+      </c>
+      <c r="IA20" s="14">
+        <v>675.44129791</v>
+      </c>
+      <c r="IB20" s="14">
+        <v>675.10534754000003</v>
+      </c>
+      <c r="IC20" s="14">
+        <v>673.33999366</v>
+      </c>
+      <c r="ID20" s="14">
+        <v>663.39657895000005</v>
+      </c>
+      <c r="IE20" s="14">
+        <v>668.66888515000005</v>
+      </c>
+      <c r="IF20" s="14">
+        <v>667.22637652000003</v>
+      </c>
+      <c r="IG20" s="14">
+        <v>660.66777047000005</v>
+      </c>
+      <c r="IH20" s="14">
+        <v>660.17092314000001</v>
+      </c>
+      <c r="II20" s="14">
+        <v>685.66156105000005</v>
+      </c>
+      <c r="IJ20" s="14">
+        <v>679.46250153999995</v>
+      </c>
+      <c r="IK20" s="14">
+        <v>662.61250660999997</v>
+      </c>
+      <c r="IL20" s="14">
+        <v>648.47826697999994</v>
+      </c>
+      <c r="IM20" s="14">
+        <v>637.02198133000002</v>
+      </c>
+      <c r="IN20" s="14">
+        <v>619.32958713999994</v>
+      </c>
+      <c r="IO20" s="14">
+        <v>621.20701551000002</v>
+      </c>
+      <c r="IP20" s="14">
+        <v>632.15782626999999</v>
+      </c>
+      <c r="IQ20" s="14">
+        <v>623.98829171</v>
+      </c>
+      <c r="IR20" s="14">
+        <v>618.29252594000002</v>
+      </c>
+      <c r="IS20" s="14">
+        <v>615.58331078000003</v>
+      </c>
+      <c r="IT20" s="14">
+        <v>616.36543816000005</v>
+      </c>
+      <c r="IU20" s="14">
+        <v>649.91884769000001</v>
+      </c>
+      <c r="IV20" s="14">
+        <v>629.11511826000003</v>
+      </c>
+      <c r="IW20" s="14">
+        <v>624.24685132000002</v>
+      </c>
+      <c r="IX20" s="14">
+        <v>620.77959871999997</v>
+      </c>
+      <c r="IY20" s="14">
+        <v>623.28620907000004</v>
+      </c>
+      <c r="IZ20" s="14">
+        <v>604.75032312999997</v>
+      </c>
+      <c r="JA20" s="14">
+        <v>618.16579781999997</v>
+      </c>
+      <c r="JB20" s="14">
+        <v>606.93419842000003</v>
+      </c>
+      <c r="JC20" s="14">
+        <v>609.52101166</v>
+      </c>
+      <c r="JD20" s="14">
+        <v>612.07367923000004</v>
+      </c>
+      <c r="JE20" s="14">
+        <v>607.81898380999996</v>
+      </c>
+      <c r="JF20" s="14">
+        <v>606.72470055999997</v>
+      </c>
+      <c r="JG20" s="14">
+        <v>644.13838231</v>
+      </c>
+      <c r="JH20" s="14">
+        <v>760.15461515000004</v>
+      </c>
+      <c r="JI20" s="14">
+        <v>759.14152852999996</v>
+      </c>
+      <c r="JJ20" s="14">
+        <v>756.10525411000003</v>
+      </c>
+      <c r="JK20" s="14">
+        <v>748.18858875000001</v>
+      </c>
+      <c r="JL20" s="14">
+        <v>750.06678532000001</v>
+      </c>
+      <c r="JM20" s="14">
+        <v>751.19497759000001</v>
+      </c>
+      <c r="JN20" s="14">
+        <v>740.34175567</v>
+      </c>
+      <c r="JO20" s="14">
+        <v>743.37497417999998</v>
+      </c>
+      <c r="JP20" s="14">
+        <v>765.19199074999995</v>
+      </c>
+      <c r="JQ20" s="14">
+        <v>784.93883018999998</v>
+      </c>
+      <c r="JR20" s="14">
+        <v>800.02084681999997</v>
+      </c>
+      <c r="JS20" s="14">
+        <v>814.58211865999999</v>
+      </c>
+      <c r="JT20" s="14">
+        <v>813.14501562999999</v>
+      </c>
+      <c r="JU20" s="14">
+        <v>812.66480161000004</v>
+      </c>
+      <c r="JV20" s="14">
+        <v>813.04531795000003</v>
+      </c>
+      <c r="JW20" s="14">
+        <v>811.96879722999995</v>
+      </c>
+      <c r="JX20" s="14">
+        <v>812.55270485999995</v>
+      </c>
+      <c r="JY20" s="14">
+        <v>798.74314744000003</v>
+      </c>
+      <c r="JZ20" s="14">
+        <v>800.57753830000001</v>
+      </c>
+      <c r="KA20" s="14">
+        <v>846.99272202999998</v>
+      </c>
+      <c r="KB20" s="14">
+        <v>832.84236984999995</v>
+      </c>
+      <c r="KC20" s="14">
+        <v>838.61319337999998</v>
+      </c>
+      <c r="KD20" s="14">
+        <v>848.74879033000002</v>
+      </c>
+      <c r="KE20" s="14">
+        <v>887.6826992</v>
+      </c>
+      <c r="KF20" s="14">
+        <v>922.21381026999995</v>
+      </c>
+      <c r="KG20" s="14">
+        <v>918.87377772000002</v>
+      </c>
+      <c r="KH20" s="14">
+        <v>932.38481734000004</v>
+      </c>
+      <c r="KI20" s="14">
+        <v>935.65392711000004</v>
+      </c>
+      <c r="KJ20" s="14">
+        <v>976.2758652</v>
+      </c>
+      <c r="KK20" s="14">
+        <v>1092.0807894300001</v>
+      </c>
+      <c r="KL20" s="14">
+        <v>1093.4902665899999</v>
+      </c>
+      <c r="KM20" s="14">
+        <v>1105.9867572799999</v>
+      </c>
+      <c r="KN20" s="14">
+        <v>1108.1630395100001</v>
+      </c>
+      <c r="KO20" s="14">
+        <v>1119.45295171</v>
+      </c>
+      <c r="KP20" s="14">
+        <v>1137.2505011400001</v>
+      </c>
+      <c r="KQ20" s="14">
+        <v>1241.55623178</v>
+      </c>
+      <c r="KR20" s="14">
+        <v>1247.84690389</v>
+      </c>
+      <c r="KS20" s="14">
+        <v>1255.1037243400001</v>
+      </c>
+      <c r="KT20" s="14">
+        <v>1246.0409715599999</v>
+      </c>
+      <c r="KU20" s="14">
+        <v>1265.70757809</v>
+      </c>
+      <c r="KV20" s="14">
+        <v>1279.4993380799999</v>
+      </c>
+      <c r="KW20" s="14">
+        <v>1271.6798553900001</v>
+      </c>
+      <c r="KX20" s="14">
+        <v>1313.41001663</v>
+      </c>
+      <c r="KY20" s="14">
+        <v>1316.90513065</v>
+      </c>
+      <c r="KZ20" s="14">
+        <v>1322.8453754499999</v>
+      </c>
+      <c r="LA20" s="14">
+        <v>1329.61882838</v>
+      </c>
+      <c r="LB20" s="14">
+        <v>1374.37844324</v>
+      </c>
+      <c r="LC20" s="14">
+        <v>1457.1784213999999</v>
+      </c>
+      <c r="LD20" s="14">
+        <v>1431.7165904399999</v>
+      </c>
+      <c r="LE20" s="14">
+        <v>1406.5617229899999</v>
+      </c>
+      <c r="LF20" s="14">
+        <v>1384.04005011</v>
+      </c>
+      <c r="LG20" s="14">
+        <v>1369.77389266</v>
+      </c>
+      <c r="LH20" s="14">
+        <v>1365.7860436200001</v>
+      </c>
+      <c r="LI20" s="14">
+        <v>1368.1261112100001</v>
+      </c>
+      <c r="LJ20" s="14">
+        <v>1311.34938416</v>
+      </c>
+      <c r="LK20" s="14">
+        <v>1283.7184293099999</v>
+      </c>
+      <c r="LL20" s="14">
+        <v>1277.6573823199999</v>
+      </c>
+      <c r="LM20" s="14">
+        <v>1275.86929861</v>
+      </c>
+      <c r="LN20" s="14">
+        <v>1278.7159623099999</v>
+      </c>
+      <c r="LO20" s="14">
+        <v>1286.3133831600001</v>
+      </c>
+      <c r="LP20" s="14">
+        <v>1277.1682772500001</v>
+      </c>
+      <c r="LQ20" s="14">
+        <v>1267.80495234</v>
+      </c>
+      <c r="LR20" s="14">
+        <v>1258.9061721</v>
+      </c>
+      <c r="LS20" s="14">
+        <v>1263.4090133499999</v>
+      </c>
+      <c r="LT20" s="14">
+        <v>1259.3020315399999</v>
+      </c>
+      <c r="LU20" s="14">
+        <v>1292.39871376</v>
+      </c>
+      <c r="LV20" s="14">
+        <v>1261.3727187300001</v>
+      </c>
+      <c r="LW20" s="14">
+        <v>1243.26908467</v>
+      </c>
+      <c r="LX20" s="14">
+        <v>1215.00600089</v>
+      </c>
+      <c r="LY20" s="14">
+        <v>1199.1699996899999</v>
+      </c>
+      <c r="LZ20" s="14">
+        <v>1224.50960685</v>
+      </c>
+      <c r="MA20" s="14">
+        <v>1239.4918429500001</v>
+      </c>
+      <c r="MB20" s="14">
+        <v>1111.7330055699999</v>
+      </c>
+      <c r="MC20" s="14">
+        <v>1098.3512482900001</v>
+      </c>
+      <c r="MD20" s="14">
+        <v>1078.5267821800001</v>
+      </c>
+      <c r="ME20" s="14">
+        <v>1052.07347794</v>
+      </c>
+      <c r="MF20" s="14">
+        <v>1051.5312072700001</v>
+      </c>
+      <c r="MG20" s="14">
+        <v>1040.7667204500001</v>
+      </c>
+      <c r="MH20" s="14">
+        <v>1040.93985621</v>
+      </c>
+      <c r="MI20" s="14">
+        <v>1042.58999513</v>
+      </c>
+      <c r="MJ20" s="14">
+        <v>1030.61159092</v>
+      </c>
+      <c r="MK20" s="14">
+        <v>1042.2262913500001</v>
+      </c>
+      <c r="ML20" s="14">
+        <v>1047.9286024</v>
+      </c>
+      <c r="MM20" s="14">
+        <v>1059.85191934</v>
+      </c>
+      <c r="MN20" s="14">
+        <v>1053.9492416600001</v>
+      </c>
+      <c r="MO20" s="14">
+        <v>1061.4578479899999</v>
+      </c>
+      <c r="MP20" s="14">
+        <v>1061.2245508200001</v>
+      </c>
+      <c r="MQ20" s="14">
+        <v>1066.0959835399999</v>
+      </c>
+      <c r="MR20" s="14">
+        <v>1099.54748251</v>
+      </c>
+      <c r="MS20" s="14">
+        <v>1118.7309764900001</v>
+      </c>
+      <c r="MT20" s="14">
+        <v>1127.5674984</v>
+      </c>
+      <c r="MU20" s="14">
+        <v>1138.3139355799999</v>
+      </c>
+      <c r="MV20" s="14">
+        <v>1141.6309982499999</v>
+      </c>
+    </row>
+    <row r="21" spans="1:360" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A21" s="14"/>
+      <c r="B21" s="15" t="s">
+        <v>12</v>
+      </c>
+      <c r="C21" s="14">
+        <v>0</v>
+      </c>
+      <c r="D21" s="14">
+        <v>0</v>
+      </c>
+      <c r="E21" s="14">
+        <v>0</v>
+      </c>
+      <c r="F21" s="14">
+        <v>0</v>
+      </c>
+      <c r="G21" s="14">
+        <v>0</v>
+      </c>
+      <c r="H21" s="14">
+        <v>0</v>
+      </c>
+      <c r="I21" s="14">
+        <v>0</v>
+      </c>
+      <c r="J21" s="14">
+        <v>0</v>
+      </c>
+      <c r="K21" s="14">
+        <v>0</v>
+      </c>
+      <c r="L21" s="14">
+        <v>0</v>
+      </c>
+      <c r="M21" s="14">
+        <v>0</v>
+      </c>
+      <c r="N21" s="14">
+        <v>0</v>
+      </c>
+      <c r="O21" s="14">
+        <v>0</v>
+      </c>
+      <c r="P21" s="14">
+        <v>0</v>
+      </c>
+      <c r="Q21" s="14">
+        <v>0</v>
+      </c>
+      <c r="R21" s="14">
+        <v>0</v>
+      </c>
+      <c r="S21" s="14">
+        <v>0</v>
+      </c>
+      <c r="T21" s="14">
+        <v>0</v>
+      </c>
+      <c r="U21" s="14">
+        <v>0</v>
+      </c>
+      <c r="V21" s="14">
+        <v>0</v>
+      </c>
+      <c r="W21" s="14">
+        <v>0</v>
+      </c>
+      <c r="X21" s="14">
+        <v>0</v>
+      </c>
+      <c r="Y21" s="14">
+        <v>0</v>
+      </c>
+      <c r="Z21" s="14">
+        <v>0</v>
+      </c>
+      <c r="AA21" s="14">
+        <v>0</v>
+      </c>
+      <c r="AB21" s="14">
+        <v>0</v>
+      </c>
+      <c r="AC21" s="14">
+        <v>0</v>
+      </c>
+      <c r="AD21" s="14">
+        <v>0</v>
+      </c>
+      <c r="AE21" s="14">
+        <v>0</v>
+      </c>
+      <c r="AF21" s="14">
+        <v>0</v>
+      </c>
+      <c r="AG21" s="14">
+        <v>0</v>
+      </c>
+      <c r="AH21" s="14">
+        <v>0</v>
+      </c>
+      <c r="AI21" s="14">
+        <v>0</v>
+      </c>
+      <c r="AJ21" s="14">
+        <v>0</v>
+      </c>
+      <c r="AK21" s="14">
+        <v>0</v>
+      </c>
+      <c r="AL21" s="14">
+        <v>0</v>
+      </c>
+      <c r="AM21" s="14">
+        <v>0</v>
+      </c>
+      <c r="AN21" s="14">
+        <v>0</v>
+      </c>
+      <c r="AO21" s="14">
+        <v>0</v>
+      </c>
+      <c r="AP21" s="14">
+        <v>0</v>
+      </c>
+      <c r="AQ21" s="14">
+        <v>0</v>
+      </c>
+      <c r="AR21" s="14">
+        <v>0</v>
+      </c>
+      <c r="AS21" s="14">
+        <v>0</v>
+      </c>
+      <c r="AT21" s="14">
+        <v>0</v>
+      </c>
+      <c r="AU21" s="14">
+        <v>0</v>
+      </c>
+      <c r="AV21" s="14">
+        <v>0</v>
+      </c>
+      <c r="AW21" s="14">
+        <v>0</v>
+      </c>
+      <c r="AX21" s="14">
+        <v>0</v>
+      </c>
+      <c r="AY21" s="14">
+        <v>0</v>
+      </c>
+      <c r="AZ21" s="14">
+        <v>0</v>
+      </c>
+      <c r="BA21" s="14">
+        <v>0</v>
+      </c>
+      <c r="BB21" s="14">
+        <v>0</v>
+      </c>
+      <c r="BC21" s="14">
+        <v>0</v>
+      </c>
+      <c r="BD21" s="14">
+        <v>0</v>
+      </c>
+      <c r="BE21" s="14">
+        <v>0</v>
+      </c>
+      <c r="BF21" s="14">
+        <v>0</v>
+      </c>
+      <c r="BG21" s="14">
+        <v>0</v>
+      </c>
+      <c r="BH21" s="14">
+        <v>0</v>
+      </c>
+      <c r="BI21" s="14">
+        <v>0</v>
+      </c>
+      <c r="BJ21" s="14">
+        <v>0</v>
+      </c>
+      <c r="BK21" s="14">
+        <v>0</v>
+      </c>
+      <c r="BL21" s="14">
+        <v>0</v>
+      </c>
+      <c r="BM21" s="14">
+        <v>0</v>
+      </c>
+      <c r="BN21" s="14">
+        <v>0</v>
+      </c>
+      <c r="BO21" s="14">
+        <v>0</v>
+      </c>
+      <c r="BP21" s="14">
+        <v>0</v>
+      </c>
+      <c r="BQ21" s="14">
+        <v>0</v>
+      </c>
+      <c r="BR21" s="14">
+        <v>0</v>
+      </c>
+      <c r="BS21" s="14">
+        <v>0</v>
+      </c>
+      <c r="BT21" s="14">
+        <v>0</v>
+      </c>
+      <c r="BU21" s="14">
+        <v>0</v>
+      </c>
+      <c r="BV21" s="14">
+        <v>0</v>
+      </c>
+      <c r="BW21" s="14">
+        <v>0</v>
+      </c>
+      <c r="BX21" s="14">
+        <v>0</v>
+      </c>
+      <c r="BY21" s="14">
+        <v>0</v>
+      </c>
+      <c r="BZ21" s="14">
+        <v>0</v>
+      </c>
+      <c r="CA21" s="14">
+        <v>0</v>
+      </c>
+      <c r="CB21" s="14">
+        <v>0</v>
+      </c>
+      <c r="CC21" s="14">
+        <v>0</v>
+      </c>
+      <c r="CD21" s="14">
+        <v>0</v>
+      </c>
+      <c r="CE21" s="14">
+        <v>0</v>
+      </c>
+      <c r="CF21" s="14">
+        <v>0</v>
+      </c>
+      <c r="CG21" s="14">
+        <v>0</v>
+      </c>
+      <c r="CH21" s="14">
+        <v>0</v>
+      </c>
+      <c r="CI21" s="14">
+        <v>0</v>
+      </c>
+      <c r="CJ21" s="14">
+        <v>0</v>
+      </c>
+      <c r="CK21" s="14">
+        <v>0</v>
+      </c>
+      <c r="CL21" s="14">
+        <v>0</v>
+      </c>
+      <c r="CM21" s="14">
+        <v>0</v>
+      </c>
+      <c r="CN21" s="14">
+        <v>0</v>
+      </c>
+      <c r="CO21" s="14">
+        <v>0</v>
+      </c>
+      <c r="CP21" s="14">
+        <v>0</v>
+      </c>
+      <c r="CQ21" s="14">
+        <v>0</v>
+      </c>
+      <c r="CR21" s="14">
+        <v>0</v>
+      </c>
+      <c r="CS21" s="14">
+        <v>0</v>
+      </c>
+      <c r="CT21" s="14">
+        <v>0</v>
+      </c>
+      <c r="CU21" s="14">
+        <v>0</v>
+      </c>
+      <c r="CV21" s="14">
+        <v>0</v>
+      </c>
+      <c r="CW21" s="14">
+        <v>0</v>
+      </c>
+      <c r="CX21" s="14">
+        <v>0</v>
+      </c>
+      <c r="CY21" s="14">
+        <v>0</v>
+      </c>
+      <c r="CZ21" s="14">
+        <v>0</v>
+      </c>
+      <c r="DA21" s="14">
+        <v>0</v>
+      </c>
+      <c r="DB21" s="14">
+        <v>0</v>
+      </c>
+      <c r="DC21" s="14">
+        <v>0</v>
+      </c>
+      <c r="DD21" s="14">
+        <v>0</v>
+      </c>
+      <c r="DE21" s="14">
+        <v>0</v>
+      </c>
+      <c r="DF21" s="14">
+        <v>0</v>
+      </c>
+      <c r="DG21" s="14">
+        <v>0</v>
+      </c>
+      <c r="DH21" s="14">
+        <v>0</v>
+      </c>
+      <c r="DI21" s="14">
+        <v>0</v>
+      </c>
+      <c r="DJ21" s="14">
+        <v>0</v>
+      </c>
+      <c r="DK21" s="14">
+        <v>0</v>
+      </c>
+      <c r="DL21" s="14">
+        <v>0</v>
+      </c>
+      <c r="DM21" s="14">
+        <v>0</v>
+      </c>
+      <c r="DN21" s="14">
+        <v>0</v>
+      </c>
+      <c r="DO21" s="14">
+        <v>0</v>
+      </c>
+      <c r="DP21" s="14">
+        <v>0</v>
+      </c>
+      <c r="DQ21" s="14">
+        <v>0</v>
+      </c>
+      <c r="DR21" s="14">
+        <v>0</v>
+      </c>
+      <c r="DS21" s="14">
+        <v>0</v>
+      </c>
+      <c r="DT21" s="14">
+        <v>0</v>
+      </c>
+      <c r="DU21" s="14">
+        <v>0</v>
+      </c>
+      <c r="DV21" s="14">
+        <v>0</v>
+      </c>
+      <c r="DW21" s="14">
+        <v>0</v>
+      </c>
+      <c r="DX21" s="14">
+        <v>0</v>
+      </c>
+      <c r="DY21" s="14">
+        <v>0</v>
+      </c>
+      <c r="DZ21" s="14">
+        <v>0</v>
+      </c>
+      <c r="EA21" s="14">
+        <v>0</v>
+      </c>
+      <c r="EB21" s="14">
+        <v>0</v>
+      </c>
+      <c r="EC21" s="14">
+        <v>0</v>
+      </c>
+      <c r="ED21" s="14">
+        <v>0</v>
+      </c>
+      <c r="EE21" s="14">
+        <v>0</v>
+      </c>
+      <c r="EF21" s="14">
+        <v>0</v>
+      </c>
+      <c r="EG21" s="14">
+        <v>0</v>
+      </c>
+      <c r="EH21" s="14">
+        <v>0</v>
+      </c>
+      <c r="EI21" s="14">
+        <v>0</v>
+      </c>
+      <c r="EJ21" s="14">
+        <v>0</v>
+      </c>
+      <c r="EK21" s="14">
+        <v>0</v>
+      </c>
+      <c r="EL21" s="14">
+        <v>0</v>
+      </c>
+      <c r="EM21" s="14">
+        <v>0</v>
+      </c>
+      <c r="EN21" s="14">
+        <v>0</v>
+      </c>
+      <c r="EO21" s="14">
+        <v>0</v>
+      </c>
+      <c r="EP21" s="14">
+        <v>0</v>
+      </c>
+      <c r="EQ21" s="14">
+        <v>0</v>
+      </c>
+      <c r="ER21" s="14">
+        <v>0</v>
+      </c>
+      <c r="ES21" s="14">
+        <v>0</v>
+      </c>
+      <c r="ET21" s="14">
+        <v>0</v>
+      </c>
+      <c r="EU21" s="14">
+        <v>0</v>
+      </c>
+      <c r="EV21" s="14">
+        <v>0</v>
+      </c>
+      <c r="EW21" s="14">
+        <v>0</v>
+      </c>
+      <c r="EX21" s="14">
+        <v>0</v>
+      </c>
+      <c r="EY21" s="14">
+        <v>0</v>
+      </c>
+      <c r="EZ21" s="14">
+        <v>0</v>
+      </c>
+      <c r="FA21" s="14">
+        <v>0</v>
+      </c>
+      <c r="FB21" s="14">
+        <v>0</v>
+      </c>
+      <c r="FC21" s="14">
+        <v>0</v>
+      </c>
+      <c r="FD21" s="14">
+        <v>0</v>
+      </c>
+      <c r="FE21" s="14">
+        <v>0</v>
+      </c>
+      <c r="FF21" s="14">
+        <v>0</v>
+      </c>
+      <c r="FG21" s="14">
+        <v>0</v>
+      </c>
+      <c r="FH21" s="14">
+        <v>0</v>
+      </c>
+      <c r="FI21" s="14">
+        <v>0</v>
+      </c>
+      <c r="FJ21" s="14">
+        <v>0</v>
+      </c>
+      <c r="FK21" s="14">
+        <v>0</v>
+      </c>
+      <c r="FL21" s="14">
+        <v>0</v>
+      </c>
+      <c r="FM21" s="14">
+        <v>0</v>
+      </c>
+      <c r="FN21" s="14">
+        <v>0</v>
+      </c>
+      <c r="FO21" s="14">
+        <v>0</v>
+      </c>
+      <c r="FP21" s="14">
+        <v>0</v>
+      </c>
+      <c r="FQ21" s="14">
+        <v>0</v>
+      </c>
+      <c r="FR21" s="14">
+        <v>0</v>
+      </c>
+      <c r="FS21" s="14">
+        <v>0</v>
+      </c>
+      <c r="FT21" s="14">
+        <v>0</v>
+      </c>
+      <c r="FU21" s="14">
+        <v>0</v>
+      </c>
+      <c r="FV21" s="14">
+        <v>0</v>
+      </c>
+      <c r="FW21" s="14">
+        <v>0</v>
+      </c>
+      <c r="FX21" s="14">
+        <v>0</v>
+      </c>
+      <c r="FY21" s="14">
+        <v>0</v>
+      </c>
+      <c r="FZ21" s="14">
+        <v>0</v>
+      </c>
+      <c r="GA21" s="14">
+        <v>0</v>
+      </c>
+      <c r="GB21" s="14">
+        <v>0</v>
+      </c>
+      <c r="GC21" s="14">
+        <v>0</v>
+      </c>
+      <c r="GD21" s="14">
+        <v>0</v>
+      </c>
+      <c r="GE21" s="14">
+        <v>0</v>
+      </c>
+      <c r="GF21" s="14">
+        <v>0</v>
+      </c>
+      <c r="GG21" s="14">
+        <v>0</v>
+      </c>
+      <c r="GH21" s="14">
+        <v>0</v>
+      </c>
+      <c r="GI21" s="14">
+        <v>0</v>
+      </c>
+      <c r="GJ21" s="14">
+        <v>0</v>
+      </c>
+      <c r="GK21" s="14">
+        <v>0</v>
+      </c>
+      <c r="GL21" s="14">
+        <v>0</v>
+      </c>
+      <c r="GM21" s="14">
+        <v>0</v>
+      </c>
+      <c r="GN21" s="14">
+        <v>0</v>
+      </c>
+      <c r="GO21" s="14">
+        <v>0</v>
+      </c>
+      <c r="GP21" s="14">
+        <v>0</v>
+      </c>
+      <c r="GQ21" s="14">
+        <v>0</v>
+      </c>
+      <c r="GR21" s="14">
+        <v>0</v>
+      </c>
+      <c r="GS21" s="14">
+        <v>0</v>
+      </c>
+      <c r="GT21" s="14">
+        <v>0</v>
+      </c>
+      <c r="GU21" s="14">
+        <v>0</v>
+      </c>
+      <c r="GV21" s="14">
+        <v>0</v>
+      </c>
+      <c r="GW21" s="14">
+        <v>0</v>
+      </c>
+      <c r="GX21" s="14">
+        <v>0</v>
+      </c>
+      <c r="GY21" s="14">
+        <v>0</v>
+      </c>
+      <c r="GZ21" s="14">
+        <v>0</v>
+      </c>
+      <c r="HA21" s="14">
+        <v>0</v>
+      </c>
+      <c r="HB21" s="14">
+        <v>0</v>
+      </c>
+      <c r="HC21" s="14">
+        <v>0</v>
+      </c>
+      <c r="HD21" s="14">
+        <v>0</v>
+      </c>
+      <c r="HE21" s="14">
+        <v>0</v>
+      </c>
+      <c r="HF21" s="14">
+        <v>0</v>
+      </c>
+      <c r="HG21" s="14">
+        <v>0</v>
+      </c>
+      <c r="HH21" s="14">
+        <v>0</v>
+      </c>
+      <c r="HI21" s="14">
+        <v>0</v>
+      </c>
+      <c r="HJ21" s="14">
+        <v>0</v>
+      </c>
+      <c r="HK21" s="14">
+        <v>0</v>
+      </c>
+      <c r="HL21" s="14">
+        <v>0</v>
+      </c>
+      <c r="HM21" s="14">
+        <v>0</v>
+      </c>
+      <c r="HN21" s="14">
+        <v>0</v>
+      </c>
+      <c r="HO21" s="14">
+        <v>0</v>
+      </c>
+      <c r="HP21" s="14">
+        <v>0</v>
+      </c>
+      <c r="HQ21" s="14">
+        <v>0</v>
+      </c>
+      <c r="HR21" s="14">
+        <v>0</v>
+      </c>
+      <c r="HS21" s="14">
+        <v>0</v>
+      </c>
+      <c r="HT21" s="14">
+        <v>0</v>
+      </c>
+      <c r="HU21" s="14">
+        <v>0</v>
+      </c>
+      <c r="HV21" s="14">
+        <v>0</v>
+      </c>
+      <c r="HW21" s="14">
+        <v>0</v>
+      </c>
+      <c r="HX21" s="14">
+        <v>0</v>
+      </c>
+      <c r="HY21" s="14">
+        <v>0</v>
+      </c>
+      <c r="HZ21" s="14">
+        <v>0</v>
+      </c>
+      <c r="IA21" s="14">
+        <v>0</v>
+      </c>
+      <c r="IB21" s="14">
+        <v>0</v>
+      </c>
+      <c r="IC21" s="14">
+        <v>0</v>
+      </c>
+      <c r="ID21" s="14">
+        <v>0</v>
+      </c>
+      <c r="IE21" s="14">
+        <v>0</v>
+      </c>
+      <c r="IF21" s="14">
+        <v>0</v>
+      </c>
+      <c r="IG21" s="14">
+        <v>0</v>
+      </c>
+      <c r="IH21" s="14">
+        <v>0</v>
+      </c>
+      <c r="II21" s="14">
+        <v>0</v>
+      </c>
+      <c r="IJ21" s="14">
+        <v>0</v>
+      </c>
+      <c r="IK21" s="14">
+        <v>0</v>
+      </c>
+      <c r="IL21" s="14">
+        <v>0</v>
+      </c>
+      <c r="IM21" s="14">
+        <v>0</v>
+      </c>
+      <c r="IN21" s="14">
+        <v>0</v>
+      </c>
+      <c r="IO21" s="14">
+        <v>0</v>
+      </c>
+      <c r="IP21" s="14">
+        <v>0</v>
+      </c>
+      <c r="IQ21" s="14">
+        <v>0</v>
+      </c>
+      <c r="IR21" s="14">
+        <v>0</v>
+      </c>
+      <c r="IS21" s="14">
+        <v>0</v>
+      </c>
+      <c r="IT21" s="14">
+        <v>0</v>
+      </c>
+      <c r="IU21" s="14">
+        <v>0</v>
+      </c>
+      <c r="IV21" s="14">
+        <v>0</v>
+      </c>
+      <c r="IW21" s="14">
+        <v>0</v>
+      </c>
+      <c r="IX21" s="14">
+        <v>0</v>
+      </c>
+      <c r="IY21" s="14">
+        <v>0</v>
+      </c>
+      <c r="IZ21" s="14">
+        <v>0</v>
+      </c>
+      <c r="JA21" s="14">
+        <v>0</v>
+      </c>
+      <c r="JB21" s="14">
+        <v>0</v>
+      </c>
+      <c r="JC21" s="14">
+        <v>0</v>
+      </c>
+      <c r="JD21" s="14">
+        <v>0</v>
+      </c>
+      <c r="JE21" s="14">
+        <v>0</v>
+      </c>
+      <c r="JF21" s="14">
+        <v>0</v>
+      </c>
+      <c r="JG21" s="14">
+        <v>0</v>
+      </c>
+      <c r="JH21" s="14">
+        <v>0</v>
+      </c>
+      <c r="JI21" s="14">
+        <v>0</v>
+      </c>
+      <c r="JJ21" s="14">
+        <v>0</v>
+      </c>
+      <c r="JK21" s="14">
+        <v>0</v>
+      </c>
+      <c r="JL21" s="14">
+        <v>0</v>
+      </c>
+      <c r="JM21" s="14">
+        <v>0</v>
+      </c>
+      <c r="JN21" s="14">
+        <v>0</v>
+      </c>
+      <c r="JO21" s="14">
+        <v>0</v>
+      </c>
+      <c r="JP21" s="14">
+        <v>0</v>
+      </c>
+      <c r="JQ21" s="14">
+        <v>0</v>
+      </c>
+      <c r="JR21" s="14">
+        <v>0</v>
+      </c>
+      <c r="JS21" s="14">
+        <v>0</v>
+      </c>
+      <c r="JT21" s="14">
+        <v>0</v>
+      </c>
+      <c r="JU21" s="14">
+        <v>0</v>
+      </c>
+      <c r="JV21" s="14">
+        <v>0</v>
+      </c>
+      <c r="JW21" s="14">
+        <v>0</v>
+      </c>
+      <c r="JX21" s="14">
+        <v>0</v>
+      </c>
+      <c r="JY21" s="14">
+        <v>0</v>
+      </c>
+      <c r="JZ21" s="14">
+        <v>0</v>
+      </c>
+      <c r="KA21" s="14">
+        <v>0</v>
+      </c>
+      <c r="KB21" s="14">
+        <v>0</v>
+      </c>
+      <c r="KC21" s="14">
+        <v>0</v>
+      </c>
+      <c r="KD21" s="14">
+        <v>0</v>
+      </c>
+      <c r="KE21" s="14">
+        <v>0</v>
+      </c>
+      <c r="KF21" s="14">
+        <v>0</v>
+      </c>
+      <c r="KG21" s="14">
+        <v>0</v>
+      </c>
+      <c r="KH21" s="14">
+        <v>0</v>
+      </c>
+      <c r="KI21" s="14">
+        <v>0</v>
+      </c>
+      <c r="KJ21" s="14">
+        <v>0</v>
+      </c>
+      <c r="KK21" s="14">
+        <v>0</v>
+      </c>
+      <c r="KL21" s="14">
+        <v>0</v>
+      </c>
+      <c r="KM21" s="14">
+        <v>0</v>
+      </c>
+      <c r="KN21" s="14">
+        <v>0</v>
+      </c>
+      <c r="KO21" s="14">
+        <v>0</v>
+      </c>
+      <c r="KP21" s="14">
+        <v>0</v>
+      </c>
+      <c r="KQ21" s="14">
+        <v>0</v>
+      </c>
+      <c r="KR21" s="14">
+        <v>0</v>
+      </c>
+      <c r="KS21" s="14">
+        <v>0</v>
+      </c>
+      <c r="KT21" s="14">
+        <v>0</v>
+      </c>
+      <c r="KU21" s="14">
+        <v>0</v>
+      </c>
+      <c r="KV21" s="14">
+        <v>0</v>
+      </c>
+      <c r="KW21" s="14">
+        <v>0</v>
+      </c>
+      <c r="KX21" s="14">
+        <v>0</v>
+      </c>
+      <c r="KY21" s="14">
+        <v>0</v>
+      </c>
+      <c r="KZ21" s="14">
+        <v>0</v>
+      </c>
+      <c r="LA21" s="14">
+        <v>0</v>
+      </c>
+      <c r="LB21" s="14">
+        <v>0</v>
+      </c>
+      <c r="LC21" s="14">
+        <v>0</v>
+      </c>
+      <c r="LD21" s="14">
+        <v>0</v>
+      </c>
+      <c r="LE21" s="14">
+        <v>0</v>
+      </c>
+      <c r="LF21" s="14">
+        <v>0</v>
+      </c>
+      <c r="LG21" s="14">
+        <v>0</v>
+      </c>
+      <c r="LH21" s="14">
+        <v>0</v>
+      </c>
+      <c r="LI21" s="14">
+        <v>0</v>
+      </c>
+      <c r="LJ21" s="14">
+        <v>0</v>
+      </c>
+      <c r="LK21" s="14">
+        <v>0</v>
+      </c>
+      <c r="LL21" s="14">
+        <v>0</v>
+      </c>
+      <c r="LM21" s="14">
+        <v>0</v>
+      </c>
+      <c r="LN21" s="14">
+        <v>0</v>
+      </c>
+      <c r="LO21" s="14">
+        <v>0</v>
+      </c>
+      <c r="LP21" s="14">
+        <v>0</v>
+      </c>
+      <c r="LQ21" s="14">
+        <v>0</v>
+      </c>
+      <c r="LR21" s="14">
+        <v>0</v>
+      </c>
+      <c r="LS21" s="14">
+        <v>0</v>
+      </c>
+      <c r="LT21" s="14">
+        <v>0</v>
+      </c>
+      <c r="LU21" s="14">
+        <v>0</v>
+      </c>
+      <c r="LV21" s="14">
+        <v>0</v>
+      </c>
+      <c r="LW21" s="14">
+        <v>0</v>
+      </c>
+      <c r="LX21" s="14">
+        <v>0</v>
+      </c>
+      <c r="LY21" s="14">
+        <v>0</v>
+      </c>
+      <c r="LZ21" s="14">
+        <v>0</v>
+      </c>
+      <c r="MA21" s="14">
+        <v>0</v>
+      </c>
+      <c r="MB21" s="14">
+        <v>0</v>
+      </c>
+      <c r="MC21" s="14">
+        <v>0</v>
+      </c>
+      <c r="MD21" s="14">
+        <v>0</v>
+      </c>
+      <c r="ME21" s="14">
+        <v>0</v>
+      </c>
+      <c r="MF21" s="14">
+        <v>0</v>
+      </c>
+      <c r="MG21" s="14">
+        <v>0</v>
+      </c>
+      <c r="MH21" s="14">
+        <v>0</v>
+      </c>
+      <c r="MI21" s="14">
+        <v>0</v>
+      </c>
+      <c r="MJ21" s="14">
+        <v>0</v>
+      </c>
+      <c r="MK21" s="14">
+        <v>0</v>
+      </c>
+      <c r="ML21" s="14">
+        <v>0</v>
+      </c>
+      <c r="MM21" s="14">
+        <v>0</v>
+      </c>
+      <c r="MN21" s="14">
+        <v>0</v>
+      </c>
+      <c r="MO21" s="14">
+        <v>0</v>
+      </c>
+      <c r="MP21" s="14">
+        <v>0</v>
+      </c>
+      <c r="MQ21" s="14">
+        <v>0</v>
+      </c>
+      <c r="MR21" s="14">
+        <v>0</v>
+      </c>
+      <c r="MS21" s="14">
+        <v>0</v>
+      </c>
+      <c r="MT21" s="14">
+        <v>0</v>
+      </c>
+      <c r="MU21" s="14">
+        <v>0</v>
+      </c>
+      <c r="MV21" s="14">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="22" spans="1:360" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A22" s="14"/>
+      <c r="B22" s="15" t="s">
+        <v>13</v>
+      </c>
+      <c r="C22" s="14">
+        <v>0</v>
+      </c>
+      <c r="D22" s="14">
+        <v>0</v>
+      </c>
+      <c r="E22" s="14">
+        <v>0</v>
+      </c>
+      <c r="F22" s="14">
+        <v>0</v>
+      </c>
+      <c r="G22" s="14">
+        <v>0</v>
+      </c>
+      <c r="H22" s="14">
+        <v>0</v>
+      </c>
+      <c r="I22" s="14">
+        <v>0</v>
+      </c>
+      <c r="J22" s="14">
+        <v>0</v>
+      </c>
+      <c r="K22" s="14">
+        <v>0</v>
+      </c>
+      <c r="L22" s="14">
+        <v>0</v>
+      </c>
+      <c r="M22" s="14">
+        <v>0</v>
+      </c>
+      <c r="N22" s="14">
+        <v>0</v>
+      </c>
+      <c r="O22" s="14">
+        <v>0</v>
+      </c>
+      <c r="P22" s="14">
+        <v>0</v>
+      </c>
+      <c r="Q22" s="14">
+        <v>0</v>
+      </c>
+      <c r="R22" s="14">
+        <v>0</v>
+      </c>
+      <c r="S22" s="14">
+        <v>0</v>
+      </c>
+      <c r="T22" s="14">
+        <v>0</v>
+      </c>
+      <c r="U22" s="14">
+        <v>0</v>
+      </c>
+      <c r="V22" s="14">
+        <v>0</v>
+      </c>
+      <c r="W22" s="14">
+        <v>0</v>
+      </c>
+      <c r="X22" s="14">
+        <v>0</v>
+      </c>
+      <c r="Y22" s="14">
+        <v>0</v>
+      </c>
+      <c r="Z22" s="14">
+        <v>0</v>
+      </c>
+      <c r="AA22" s="14">
+        <v>0</v>
+      </c>
+      <c r="AB22" s="14">
+        <v>0</v>
+      </c>
+      <c r="AC22" s="14">
+        <v>0</v>
+      </c>
+      <c r="AD22" s="14">
+        <v>0</v>
+      </c>
+      <c r="AE22" s="14">
+        <v>0</v>
+      </c>
+      <c r="AF22" s="14">
+        <v>0</v>
+      </c>
+      <c r="AG22" s="14">
+        <v>0</v>
+      </c>
+      <c r="AH22" s="14">
+        <v>0</v>
+      </c>
+      <c r="AI22" s="14">
+        <v>0</v>
+      </c>
+      <c r="AJ22" s="14">
+        <v>0</v>
+      </c>
+      <c r="AK22" s="14">
+        <v>0</v>
+      </c>
+      <c r="AL22" s="14">
+        <v>0</v>
+      </c>
+      <c r="AM22" s="14">
+        <v>0</v>
+      </c>
+      <c r="AN22" s="14">
+        <v>0</v>
+      </c>
+      <c r="AO22" s="14">
+        <v>0</v>
+      </c>
+      <c r="AP22" s="14">
+        <v>0</v>
+      </c>
+      <c r="AQ22" s="14">
+        <v>0</v>
+      </c>
+      <c r="AR22" s="14">
+        <v>0</v>
+      </c>
+      <c r="AS22" s="14">
+        <v>0</v>
+      </c>
+      <c r="AT22" s="14">
+        <v>0</v>
+      </c>
+      <c r="AU22" s="14">
+        <v>0</v>
+      </c>
+      <c r="AV22" s="14">
+        <v>0</v>
+      </c>
+      <c r="AW22" s="14">
+        <v>0</v>
+      </c>
+      <c r="AX22" s="14">
+        <v>0</v>
+      </c>
+      <c r="AY22" s="14">
+        <v>0</v>
+      </c>
+      <c r="AZ22" s="14">
+        <v>0</v>
+      </c>
+      <c r="BA22" s="14">
+        <v>0</v>
+      </c>
+      <c r="BB22" s="14">
+        <v>0</v>
+      </c>
+      <c r="BC22" s="14">
+        <v>0</v>
+      </c>
+      <c r="BD22" s="14">
+        <v>0</v>
+      </c>
+      <c r="BE22" s="14">
+        <v>0</v>
+      </c>
+      <c r="BF22" s="14">
+        <v>0</v>
+      </c>
+      <c r="BG22" s="14">
+        <v>0</v>
+      </c>
+      <c r="BH22" s="14">
+        <v>0</v>
+      </c>
+      <c r="BI22" s="14">
+        <v>0</v>
+      </c>
+      <c r="BJ22" s="14">
+        <v>0</v>
+      </c>
+      <c r="BK22" s="14">
+        <v>0</v>
+      </c>
+      <c r="BL22" s="14">
+        <v>0</v>
+      </c>
+      <c r="BM22" s="14">
+        <v>0</v>
+      </c>
+      <c r="BN22" s="14">
+        <v>0</v>
+      </c>
+      <c r="BO22" s="14">
+        <v>0</v>
+      </c>
+      <c r="BP22" s="14">
+        <v>0</v>
+      </c>
+      <c r="BQ22" s="14">
+        <v>0</v>
+      </c>
+      <c r="BR22" s="14">
+        <v>0</v>
+      </c>
+      <c r="BS22" s="14">
+        <v>0</v>
+      </c>
+      <c r="BT22" s="14">
+        <v>0</v>
+      </c>
+      <c r="BU22" s="14">
+        <v>0</v>
+      </c>
+      <c r="BV22" s="14">
+        <v>0</v>
+      </c>
+      <c r="BW22" s="14">
+        <v>0</v>
+      </c>
+      <c r="BX22" s="14">
+        <v>0</v>
+      </c>
+      <c r="BY22" s="14">
+        <v>0</v>
+      </c>
+      <c r="BZ22" s="14">
+        <v>0</v>
+      </c>
+      <c r="CA22" s="14">
+        <v>0</v>
+      </c>
+      <c r="CB22" s="14">
+        <v>0</v>
+      </c>
+      <c r="CC22" s="14">
+        <v>0</v>
+      </c>
+      <c r="CD22" s="14">
+        <v>0</v>
+      </c>
+      <c r="CE22" s="14">
+        <v>0</v>
+      </c>
+      <c r="CF22" s="14">
+        <v>0</v>
+      </c>
+      <c r="CG22" s="14">
+        <v>0</v>
+      </c>
+      <c r="CH22" s="14">
+        <v>0</v>
+      </c>
+      <c r="CI22" s="14">
+        <v>0</v>
+      </c>
+      <c r="CJ22" s="14">
+        <v>0</v>
+      </c>
+      <c r="CK22" s="14">
+        <v>0</v>
+      </c>
+      <c r="CL22" s="14">
+        <v>0</v>
+      </c>
+      <c r="CM22" s="14">
+        <v>0</v>
+      </c>
+      <c r="CN22" s="14">
+        <v>0</v>
+      </c>
+      <c r="CO22" s="14">
+        <v>0</v>
+      </c>
+      <c r="CP22" s="14">
+        <v>0</v>
+      </c>
+      <c r="CQ22" s="14">
+        <v>0</v>
+      </c>
+      <c r="CR22" s="14">
+        <v>0</v>
+      </c>
+      <c r="CS22" s="14">
+        <v>0</v>
+      </c>
+      <c r="CT22" s="14">
+        <v>0</v>
+      </c>
+      <c r="CU22" s="14">
+        <v>0</v>
+      </c>
+      <c r="CV22" s="14">
+        <v>0</v>
+      </c>
+      <c r="CW22" s="14">
+        <v>0</v>
+      </c>
+      <c r="CX22" s="14">
+        <v>0</v>
+      </c>
+      <c r="CY22" s="14">
+        <v>0</v>
+      </c>
+      <c r="CZ22" s="14">
+        <v>0</v>
+      </c>
+      <c r="DA22" s="14">
+        <v>0</v>
+      </c>
+      <c r="DB22" s="14">
+        <v>0</v>
+      </c>
+      <c r="DC22" s="14">
+        <v>0</v>
+      </c>
+      <c r="DD22" s="14">
+        <v>0</v>
+      </c>
+      <c r="DE22" s="14">
+        <v>0</v>
+      </c>
+      <c r="DF22" s="14">
+        <v>0</v>
+      </c>
+      <c r="DG22" s="14">
+        <v>0</v>
+      </c>
+      <c r="DH22" s="14">
+        <v>0</v>
+      </c>
+      <c r="DI22" s="14">
+        <v>0</v>
+      </c>
+      <c r="DJ22" s="14">
+        <v>0</v>
+      </c>
+      <c r="DK22" s="14">
+        <v>0</v>
+      </c>
+      <c r="DL22" s="14">
+        <v>0</v>
+      </c>
+      <c r="DM22" s="14">
+        <v>0</v>
+      </c>
+      <c r="DN22" s="14">
+        <v>0</v>
+      </c>
+      <c r="DO22" s="14">
+        <v>0</v>
+      </c>
+      <c r="DP22" s="14">
+        <v>0</v>
+      </c>
+      <c r="DQ22" s="14">
+        <v>0</v>
+      </c>
+      <c r="DR22" s="14">
+        <v>0</v>
+      </c>
+      <c r="DS22" s="14">
+        <v>0</v>
+      </c>
+      <c r="DT22" s="14">
+        <v>0</v>
+      </c>
+      <c r="DU22" s="14">
+        <v>0</v>
+      </c>
+      <c r="DV22" s="14">
+        <v>0</v>
+      </c>
+      <c r="DW22" s="14">
+        <v>0</v>
+      </c>
+      <c r="DX22" s="14">
+        <v>0</v>
+      </c>
+      <c r="DY22" s="14">
+        <v>0</v>
+      </c>
+      <c r="DZ22" s="14">
+        <v>0</v>
+      </c>
+      <c r="EA22" s="14">
+        <v>0</v>
+      </c>
+      <c r="EB22" s="14">
+        <v>0</v>
+      </c>
+      <c r="EC22" s="14">
+        <v>0</v>
+      </c>
+      <c r="ED22" s="14">
+        <v>0</v>
+      </c>
+      <c r="EE22" s="14">
+        <v>0</v>
+      </c>
+      <c r="EF22" s="14">
+        <v>0</v>
+      </c>
+      <c r="EG22" s="14">
+        <v>0</v>
+      </c>
+      <c r="EH22" s="14">
+        <v>0</v>
+      </c>
+      <c r="EI22" s="14">
+        <v>0</v>
+      </c>
+      <c r="EJ22" s="14">
+        <v>0</v>
+      </c>
+      <c r="EK22" s="14">
+        <v>0</v>
+      </c>
+      <c r="EL22" s="14">
+        <v>0</v>
+      </c>
+      <c r="EM22" s="14">
+        <v>0</v>
+      </c>
+      <c r="EN22" s="14">
+        <v>0</v>
+      </c>
+      <c r="EO22" s="14">
+        <v>0</v>
+      </c>
+      <c r="EP22" s="14">
+        <v>0</v>
+      </c>
+      <c r="EQ22" s="14">
+        <v>0</v>
+      </c>
+      <c r="ER22" s="14">
+        <v>0</v>
+      </c>
+      <c r="ES22" s="14">
+        <v>0</v>
+      </c>
+      <c r="ET22" s="14">
+        <v>0</v>
+      </c>
+      <c r="EU22" s="14">
+        <v>0</v>
+      </c>
+      <c r="EV22" s="14">
+        <v>0</v>
+      </c>
+      <c r="EW22" s="14">
+        <v>0</v>
+      </c>
+      <c r="EX22" s="14">
+        <v>0</v>
+      </c>
+      <c r="EY22" s="14">
+        <v>0</v>
+      </c>
+      <c r="EZ22" s="14">
+        <v>0</v>
+      </c>
+      <c r="FA22" s="14">
+        <v>0</v>
+      </c>
+      <c r="FB22" s="14">
+        <v>0</v>
+      </c>
+      <c r="FC22" s="14">
+        <v>0</v>
+      </c>
+      <c r="FD22" s="14">
+        <v>0</v>
+      </c>
+      <c r="FE22" s="14">
+        <v>0</v>
+      </c>
+      <c r="FF22" s="14">
+        <v>0</v>
+      </c>
+      <c r="FG22" s="14">
+        <v>0</v>
+      </c>
+      <c r="FH22" s="14">
+        <v>0</v>
+      </c>
+      <c r="FI22" s="14">
+        <v>0</v>
+      </c>
+      <c r="FJ22" s="14">
+        <v>0</v>
+      </c>
+      <c r="FK22" s="14">
+        <v>0</v>
+      </c>
+      <c r="FL22" s="14">
+        <v>0</v>
+      </c>
+      <c r="FM22" s="14">
+        <v>0</v>
+      </c>
+      <c r="FN22" s="14">
+        <v>0</v>
+      </c>
+      <c r="FO22" s="14">
+        <v>0</v>
+      </c>
+      <c r="FP22" s="14">
+        <v>0</v>
+      </c>
+      <c r="FQ22" s="14">
+        <v>0</v>
+      </c>
+      <c r="FR22" s="14">
+        <v>0</v>
+      </c>
+      <c r="FS22" s="14">
+        <v>0</v>
+      </c>
+      <c r="FT22" s="14">
+        <v>0</v>
+      </c>
+      <c r="FU22" s="14">
+        <v>0</v>
+      </c>
+      <c r="FV22" s="14">
+        <v>0</v>
+      </c>
+      <c r="FW22" s="14">
+        <v>0</v>
+      </c>
+      <c r="FX22" s="14">
+        <v>0</v>
+      </c>
+      <c r="FY22" s="14">
+        <v>0</v>
+      </c>
+      <c r="FZ22" s="14">
+        <v>0</v>
+      </c>
+      <c r="GA22" s="14">
+        <v>0</v>
+      </c>
+      <c r="GB22" s="14">
+        <v>0</v>
+      </c>
+      <c r="GC22" s="14">
+        <v>0</v>
+      </c>
+      <c r="GD22" s="14">
+        <v>0</v>
+      </c>
+      <c r="GE22" s="14">
+        <v>0</v>
+      </c>
+      <c r="GF22" s="14">
+        <v>0</v>
+      </c>
+      <c r="GG22" s="14">
+        <v>0</v>
+      </c>
+      <c r="GH22" s="14">
+        <v>0</v>
+      </c>
+      <c r="GI22" s="14">
+        <v>0</v>
+      </c>
+      <c r="GJ22" s="14">
+        <v>0</v>
+      </c>
+      <c r="GK22" s="14">
+        <v>0</v>
+      </c>
+      <c r="GL22" s="14">
+        <v>0</v>
+      </c>
+      <c r="GM22" s="14">
+        <v>0</v>
+      </c>
+      <c r="GN22" s="14">
+        <v>0</v>
+      </c>
+      <c r="GO22" s="14">
+        <v>0</v>
+      </c>
+      <c r="GP22" s="14">
+        <v>0</v>
+      </c>
+      <c r="GQ22" s="14">
+        <v>0</v>
+      </c>
+      <c r="GR22" s="14">
+        <v>0</v>
+      </c>
+      <c r="GS22" s="14">
+        <v>0</v>
+      </c>
+      <c r="GT22" s="14">
+        <v>0</v>
+      </c>
+      <c r="GU22" s="14">
+        <v>0</v>
+      </c>
+      <c r="GV22" s="14">
+        <v>0</v>
+      </c>
+      <c r="GW22" s="14">
+        <v>0</v>
+      </c>
+      <c r="GX22" s="14">
+        <v>0</v>
+      </c>
+      <c r="GY22" s="14">
+        <v>0</v>
+      </c>
+      <c r="GZ22" s="14">
+        <v>0</v>
+      </c>
+      <c r="HA22" s="14">
+        <v>0</v>
+      </c>
+      <c r="HB22" s="14">
+        <v>0</v>
+      </c>
+      <c r="HC22" s="14">
+        <v>0</v>
+      </c>
+      <c r="HD22" s="14">
+        <v>0</v>
+      </c>
+      <c r="HE22" s="14">
+        <v>0</v>
+      </c>
+      <c r="HF22" s="14">
+        <v>0</v>
+      </c>
+      <c r="HG22" s="14">
+        <v>0</v>
+      </c>
+      <c r="HH22" s="14">
+        <v>0</v>
+      </c>
+      <c r="HI22" s="14">
+        <v>0</v>
+      </c>
+      <c r="HJ22" s="14">
+        <v>0</v>
+      </c>
+      <c r="HK22" s="14">
+        <v>0</v>
+      </c>
+      <c r="HL22" s="14">
+        <v>0</v>
+      </c>
+      <c r="HM22" s="14">
+        <v>0</v>
+      </c>
+      <c r="HN22" s="14">
+        <v>0</v>
+      </c>
+      <c r="HO22" s="14">
+        <v>0</v>
+      </c>
+      <c r="HP22" s="14">
+        <v>0</v>
+      </c>
+      <c r="HQ22" s="14">
+        <v>0</v>
+      </c>
+      <c r="HR22" s="14">
+        <v>0</v>
+      </c>
+      <c r="HS22" s="14">
+        <v>0</v>
+      </c>
+      <c r="HT22" s="14">
+        <v>0</v>
+      </c>
+      <c r="HU22" s="14">
+        <v>0</v>
+      </c>
+      <c r="HV22" s="14">
+        <v>0</v>
+      </c>
+      <c r="HW22" s="14">
+        <v>0</v>
+      </c>
+      <c r="HX22" s="14">
+        <v>0</v>
+      </c>
+      <c r="HY22" s="14">
+        <v>0</v>
+      </c>
+      <c r="HZ22" s="14">
+        <v>0</v>
+      </c>
+      <c r="IA22" s="14">
+        <v>0</v>
+      </c>
+      <c r="IB22" s="14">
+        <v>0</v>
+      </c>
+      <c r="IC22" s="14">
+        <v>0</v>
+      </c>
+      <c r="ID22" s="14">
+        <v>0</v>
+      </c>
+      <c r="IE22" s="14">
+        <v>0</v>
+      </c>
+      <c r="IF22" s="14">
+        <v>0</v>
+      </c>
+      <c r="IG22" s="14">
+        <v>0</v>
+      </c>
+      <c r="IH22" s="14">
+        <v>0</v>
+      </c>
+      <c r="II22" s="14">
+        <v>0</v>
+      </c>
+      <c r="IJ22" s="14">
+        <v>0</v>
+      </c>
+      <c r="IK22" s="14">
+        <v>0</v>
+      </c>
+      <c r="IL22" s="14">
+        <v>0</v>
+      </c>
+      <c r="IM22" s="14">
+        <v>0</v>
+      </c>
+      <c r="IN22" s="14">
+        <v>0</v>
+      </c>
+      <c r="IO22" s="14">
+        <v>0</v>
+      </c>
+      <c r="IP22" s="14">
+        <v>0</v>
+      </c>
+      <c r="IQ22" s="14">
+        <v>0</v>
+      </c>
+      <c r="IR22" s="14">
+        <v>0</v>
+      </c>
+      <c r="IS22" s="14">
+        <v>0</v>
+      </c>
+      <c r="IT22" s="14">
+        <v>0</v>
+      </c>
+      <c r="IU22" s="14">
+        <v>0</v>
+      </c>
+      <c r="IV22" s="14">
+        <v>0</v>
+      </c>
+      <c r="IW22" s="14">
+        <v>0</v>
+      </c>
+      <c r="IX22" s="14">
+        <v>0</v>
+      </c>
+      <c r="IY22" s="14">
+        <v>0</v>
+      </c>
+      <c r="IZ22" s="14">
+        <v>0</v>
+      </c>
+      <c r="JA22" s="14">
+        <v>0</v>
+      </c>
+      <c r="JB22" s="14">
+        <v>0</v>
+      </c>
+      <c r="JC22" s="14">
+        <v>0</v>
+      </c>
+      <c r="JD22" s="14">
+        <v>0</v>
+      </c>
+      <c r="JE22" s="14">
+        <v>0</v>
+      </c>
+      <c r="JF22" s="14">
+        <v>0</v>
+      </c>
+      <c r="JG22" s="14">
+        <v>0</v>
+      </c>
+      <c r="JH22" s="14">
+        <v>0</v>
+      </c>
+      <c r="JI22" s="14">
+        <v>0</v>
+      </c>
+      <c r="JJ22" s="14">
+        <v>0</v>
+      </c>
+      <c r="JK22" s="14">
+        <v>0</v>
+      </c>
+      <c r="JL22" s="14">
+        <v>0</v>
+      </c>
+      <c r="JM22" s="14">
+        <v>0</v>
+      </c>
+      <c r="JN22" s="14">
+        <v>0</v>
+      </c>
+      <c r="JO22" s="14">
+        <v>0</v>
+      </c>
+      <c r="JP22" s="14">
+        <v>0</v>
+      </c>
+      <c r="JQ22" s="14">
+        <v>0</v>
+      </c>
+      <c r="JR22" s="14">
+        <v>0</v>
+      </c>
+      <c r="JS22" s="14">
+        <v>0</v>
+      </c>
+      <c r="JT22" s="14">
+        <v>0</v>
+      </c>
+      <c r="JU22" s="14">
+        <v>0</v>
+      </c>
+      <c r="JV22" s="14">
+        <v>0</v>
+      </c>
+      <c r="JW22" s="14">
+        <v>0</v>
+      </c>
+      <c r="JX22" s="14">
+        <v>0</v>
+      </c>
+      <c r="JY22" s="14">
+        <v>0</v>
+      </c>
+      <c r="JZ22" s="14">
+        <v>0</v>
+      </c>
+      <c r="KA22" s="14">
+        <v>0</v>
+      </c>
+      <c r="KB22" s="14">
+        <v>0</v>
+      </c>
+      <c r="KC22" s="14">
+        <v>0</v>
+      </c>
+      <c r="KD22" s="14">
+        <v>0</v>
+      </c>
+      <c r="KE22" s="14">
+        <v>0</v>
+      </c>
+      <c r="KF22" s="14">
+        <v>0</v>
+      </c>
+      <c r="KG22" s="14">
+        <v>0</v>
+      </c>
+      <c r="KH22" s="14">
+        <v>0</v>
+      </c>
+      <c r="KI22" s="14">
+        <v>0</v>
+      </c>
+      <c r="KJ22" s="14">
+        <v>0</v>
+      </c>
+      <c r="KK22" s="14">
+        <v>0</v>
+      </c>
+      <c r="KL22" s="14">
+        <v>0</v>
+      </c>
+      <c r="KM22" s="14">
+        <v>0</v>
+      </c>
+      <c r="KN22" s="14">
+        <v>0</v>
+      </c>
+      <c r="KO22" s="14">
+        <v>0</v>
+      </c>
+      <c r="KP22" s="14">
+        <v>0</v>
+      </c>
+      <c r="KQ22" s="14">
+        <v>0</v>
+      </c>
+      <c r="KR22" s="14">
+        <v>0</v>
+      </c>
+      <c r="KS22" s="14">
+        <v>0</v>
+      </c>
+      <c r="KT22" s="14">
+        <v>0</v>
+      </c>
+      <c r="KU22" s="14">
+        <v>0</v>
+      </c>
+      <c r="KV22" s="14">
+        <v>0</v>
+      </c>
+      <c r="KW22" s="14">
+        <v>0</v>
+      </c>
+      <c r="KX22" s="14">
+        <v>0</v>
+      </c>
+      <c r="KY22" s="14">
+        <v>0</v>
+      </c>
+      <c r="KZ22" s="14">
+        <v>0</v>
+      </c>
+      <c r="LA22" s="14">
+        <v>0</v>
+      </c>
+      <c r="LB22" s="14">
+        <v>0</v>
+      </c>
+      <c r="LC22" s="14">
+        <v>0</v>
+      </c>
+      <c r="LD22" s="14">
+        <v>0</v>
+      </c>
+      <c r="LE22" s="14">
+        <v>0</v>
+      </c>
+      <c r="LF22" s="14">
+        <v>0</v>
+      </c>
+      <c r="LG22" s="14">
+        <v>0</v>
+      </c>
+      <c r="LH22" s="14">
+        <v>0</v>
+      </c>
+      <c r="LI22" s="14">
+        <v>0</v>
+      </c>
+      <c r="LJ22" s="14">
+        <v>0</v>
+      </c>
+      <c r="LK22" s="14">
+        <v>0</v>
+      </c>
+      <c r="LL22" s="14">
+        <v>0</v>
+      </c>
+      <c r="LM22" s="14">
+        <v>0</v>
+      </c>
+      <c r="LN22" s="14">
+        <v>0</v>
+      </c>
+      <c r="LO22" s="14">
+        <v>0</v>
+      </c>
+      <c r="LP22" s="14">
+        <v>0</v>
+      </c>
+      <c r="LQ22" s="14">
+        <v>0</v>
+      </c>
+      <c r="LR22" s="14">
+        <v>0</v>
+      </c>
+      <c r="LS22" s="14">
+        <v>0</v>
+      </c>
+      <c r="LT22" s="14">
+        <v>0</v>
+      </c>
+      <c r="LU22" s="14">
+        <v>0</v>
+      </c>
+      <c r="LV22" s="14">
+        <v>0</v>
+      </c>
+      <c r="LW22" s="14">
+        <v>0</v>
+      </c>
+      <c r="LX22" s="14">
+        <v>0</v>
+      </c>
+      <c r="LY22" s="14">
+        <v>0</v>
+      </c>
+      <c r="LZ22" s="14">
+        <v>0</v>
+      </c>
+      <c r="MA22" s="14">
+        <v>0</v>
+      </c>
+      <c r="MB22" s="14">
+        <v>0</v>
+      </c>
+      <c r="MC22" s="14">
+        <v>0</v>
+      </c>
+      <c r="MD22" s="14">
+        <v>0</v>
+      </c>
+      <c r="ME22" s="14">
+        <v>0</v>
+      </c>
+      <c r="MF22" s="14">
+        <v>0</v>
+      </c>
+      <c r="MG22" s="14">
+        <v>0</v>
+      </c>
+      <c r="MH22" s="14">
+        <v>0</v>
+      </c>
+      <c r="MI22" s="14">
+        <v>0</v>
+      </c>
+      <c r="MJ22" s="14">
+        <v>0</v>
+      </c>
+      <c r="MK22" s="14">
+        <v>0</v>
+      </c>
+      <c r="ML22" s="14">
+        <v>0</v>
+      </c>
+      <c r="MM22" s="14">
+        <v>0</v>
+      </c>
+      <c r="MN22" s="14">
+        <v>0</v>
+      </c>
+      <c r="MO22" s="14">
+        <v>0</v>
+      </c>
+      <c r="MP22" s="14">
+        <v>0</v>
+      </c>
+      <c r="MQ22" s="14">
+        <v>0</v>
+      </c>
+      <c r="MR22" s="14">
+        <v>0</v>
+      </c>
+      <c r="MS22" s="14">
+        <v>0</v>
+      </c>
+      <c r="MT22" s="14">
+        <v>0</v>
+      </c>
+      <c r="MU22" s="14">
+        <v>0</v>
+      </c>
+      <c r="MV22" s="14">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="23" spans="1:360" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A23" s="14"/>
+      <c r="B23" s="15" t="s">
+        <v>14</v>
+      </c>
+      <c r="C23" s="14">
+        <v>0</v>
+      </c>
+      <c r="D23" s="14">
+        <v>0</v>
+      </c>
+      <c r="E23" s="14">
+        <v>0</v>
+      </c>
+      <c r="F23" s="14">
+        <v>0</v>
+      </c>
+      <c r="G23" s="14">
+        <v>0</v>
+      </c>
+      <c r="H23" s="14">
+        <v>0</v>
+      </c>
+      <c r="I23" s="14">
+        <v>0</v>
+      </c>
+      <c r="J23" s="14">
+        <v>0</v>
+      </c>
+      <c r="K23" s="14">
+        <v>0</v>
+      </c>
+      <c r="L23" s="14">
+        <v>0</v>
+      </c>
+      <c r="M23" s="14">
+        <v>0</v>
+      </c>
+      <c r="N23" s="14">
+        <v>0</v>
+      </c>
+      <c r="O23" s="14">
+        <v>0</v>
+      </c>
+      <c r="P23" s="14">
+        <v>0</v>
+      </c>
+      <c r="Q23" s="14">
+        <v>0</v>
+      </c>
+      <c r="R23" s="14">
+        <v>0</v>
+      </c>
+      <c r="S23" s="14">
+        <v>0</v>
+      </c>
+      <c r="T23" s="14">
+        <v>0</v>
+      </c>
+      <c r="U23" s="14">
+        <v>0</v>
+      </c>
+      <c r="V23" s="14">
+        <v>1.8581193199999999</v>
+      </c>
+      <c r="W23" s="14">
+        <v>1.8581193199999999</v>
+      </c>
+      <c r="X23" s="14">
+        <v>1.8581193199999999</v>
+      </c>
+      <c r="Y23" s="14">
+        <v>1.8581193199999999</v>
+      </c>
+      <c r="Z23" s="14">
+        <v>1.8581193199999999</v>
+      </c>
+      <c r="AA23" s="14">
+        <v>1.6258543999999999</v>
+      </c>
+      <c r="AB23" s="14">
+        <v>1.6258543999999999</v>
+      </c>
+      <c r="AC23" s="14">
+        <v>1.6258543999999999</v>
+      </c>
+      <c r="AD23" s="14">
+        <v>1.6258543999999999</v>
+      </c>
+      <c r="AE23" s="14">
+        <v>1.6258543999999999</v>
+      </c>
+      <c r="AF23" s="14">
+        <v>1.6258543999999999</v>
+      </c>
+      <c r="AG23" s="14">
+        <v>1.6258543999999999</v>
+      </c>
+      <c r="AH23" s="14">
+        <v>1.3935894900000001</v>
+      </c>
+      <c r="AI23" s="14">
+        <v>1.3935894900000001</v>
+      </c>
+      <c r="AJ23" s="14">
+        <v>1.3935894900000001</v>
+      </c>
+      <c r="AK23" s="14">
+        <v>1.3935894900000001</v>
+      </c>
+      <c r="AL23" s="14">
+        <v>1.3935894900000001</v>
+      </c>
+      <c r="AM23" s="14">
+        <v>1.3935894900000001</v>
+      </c>
+      <c r="AN23" s="14">
+        <v>1.1613245699999999</v>
+      </c>
+      <c r="AO23" s="14">
+        <v>1.1613245699999999</v>
+      </c>
+      <c r="AP23" s="14">
+        <v>1.1613245699999999</v>
+      </c>
+      <c r="AQ23" s="14">
+        <v>1.1613245699999999</v>
+      </c>
+      <c r="AR23" s="14">
+        <v>1.1613245699999999</v>
+      </c>
+      <c r="AS23" s="14">
+        <v>1.1613245699999999</v>
+      </c>
+      <c r="AT23" s="14">
+        <v>0.92905965999999995</v>
+      </c>
+      <c r="AU23" s="14">
+        <v>0.92905965999999995</v>
+      </c>
+      <c r="AV23" s="14">
+        <v>0.92905965999999995</v>
+      </c>
+      <c r="AW23" s="14">
+        <v>0.92905965999999995</v>
+      </c>
+      <c r="AX23" s="14">
+        <v>0.92905965999999995</v>
+      </c>
+      <c r="AY23" s="14">
+        <v>0.92905965999999995</v>
+      </c>
+      <c r="AZ23" s="14">
+        <v>0.69679473999999997</v>
+      </c>
+      <c r="BA23" s="14">
+        <v>0.69679473999999997</v>
+      </c>
+      <c r="BB23" s="14">
+        <v>0.69679473999999997</v>
+      </c>
+      <c r="BC23" s="14">
+        <v>0.69679473999999997</v>
+      </c>
+      <c r="BD23" s="14">
+        <v>0.69679473999999997</v>
+      </c>
+      <c r="BE23" s="14">
+        <v>0.69679473999999997</v>
+      </c>
+      <c r="BF23" s="14">
+        <v>0.46452982999999998</v>
+      </c>
+      <c r="BG23" s="14">
+        <v>0.46452982999999998</v>
+      </c>
+      <c r="BH23" s="14">
+        <v>0.46452982999999998</v>
+      </c>
+      <c r="BI23" s="14">
+        <v>0.46452982999999998</v>
+      </c>
+      <c r="BJ23" s="14">
+        <v>0.46452982999999998</v>
+      </c>
+      <c r="BK23" s="14">
+        <v>0.46452982999999998</v>
+      </c>
+      <c r="BL23" s="14">
+        <v>0.23226490999999999</v>
+      </c>
+      <c r="BM23" s="14">
+        <v>0.23226490999999999</v>
+      </c>
+      <c r="BN23" s="14">
+        <v>0.23226490999999999</v>
+      </c>
+      <c r="BO23" s="14">
+        <v>0.23226490999999999</v>
+      </c>
+      <c r="BP23" s="14">
+        <v>0.23226490999999999</v>
+      </c>
+      <c r="BQ23" s="14">
+        <v>0.23226490999999999</v>
+      </c>
+      <c r="BR23" s="14">
+        <v>0</v>
+      </c>
+      <c r="BS23" s="14">
+        <v>0</v>
+      </c>
+      <c r="BT23" s="14">
+        <v>0</v>
+      </c>
+      <c r="BU23" s="14">
+        <v>0</v>
+      </c>
+      <c r="BV23" s="14">
+        <v>0</v>
+      </c>
+      <c r="BW23" s="14">
+        <v>0</v>
+      </c>
+      <c r="BX23" s="14">
+        <v>0</v>
+      </c>
+      <c r="BY23" s="14">
+        <v>0</v>
+      </c>
+      <c r="BZ23" s="14">
+        <v>0</v>
+      </c>
+      <c r="CA23" s="14">
+        <v>0</v>
+      </c>
+      <c r="CB23" s="14">
+        <v>0</v>
+      </c>
+      <c r="CC23" s="14">
+        <v>0</v>
+      </c>
+      <c r="CD23" s="14">
+        <v>0</v>
+      </c>
+      <c r="CE23" s="14">
+        <v>0</v>
+      </c>
+      <c r="CF23" s="14">
+        <v>0</v>
+      </c>
+      <c r="CG23" s="14">
+        <v>0</v>
+      </c>
+      <c r="CH23" s="14">
+        <v>0</v>
+      </c>
+      <c r="CI23" s="14">
+        <v>0</v>
+      </c>
+      <c r="CJ23" s="14">
+        <v>0</v>
+      </c>
+      <c r="CK23" s="14">
+        <v>0</v>
+      </c>
+      <c r="CL23" s="14">
+        <v>0</v>
+      </c>
+      <c r="CM23" s="14">
+        <v>0</v>
+      </c>
+      <c r="CN23" s="14">
+        <v>0</v>
+      </c>
+      <c r="CO23" s="14">
+        <v>0</v>
+      </c>
+      <c r="CP23" s="14">
+        <v>0</v>
+      </c>
+      <c r="CQ23" s="14">
+        <v>0</v>
+      </c>
+      <c r="CR23" s="14">
+        <v>0</v>
+      </c>
+      <c r="CS23" s="14">
+        <v>0</v>
+      </c>
+      <c r="CT23" s="14">
+        <v>0</v>
+      </c>
+      <c r="CU23" s="14">
+        <v>0</v>
+      </c>
+      <c r="CV23" s="14">
+        <v>0</v>
+      </c>
+      <c r="CW23" s="14">
+        <v>0</v>
+      </c>
+      <c r="CX23" s="14">
+        <v>0</v>
+      </c>
+      <c r="CY23" s="14">
+        <v>0</v>
+      </c>
+      <c r="CZ23" s="14">
+        <v>0</v>
+      </c>
+      <c r="DA23" s="14">
+        <v>2.65445617</v>
+      </c>
+      <c r="DB23" s="14">
+        <v>2.65445617</v>
+      </c>
+      <c r="DC23" s="14">
+        <v>5.30891234</v>
+      </c>
+      <c r="DD23" s="14">
+        <v>26.496123170000001</v>
+      </c>
+      <c r="DE23" s="14">
+        <v>26.355214279999998</v>
+      </c>
+      <c r="DF23" s="14">
+        <v>26.626245600000001</v>
+      </c>
+      <c r="DG23" s="14">
+        <v>26.230289299999999</v>
+      </c>
+      <c r="DH23" s="14">
+        <v>25.935241980000001</v>
+      </c>
+      <c r="DI23" s="14">
+        <v>25.828293349999999</v>
+      </c>
+      <c r="DJ23" s="14">
+        <v>25.666835450000001</v>
+      </c>
+      <c r="DK23" s="14">
+        <v>25.476991000000002</v>
+      </c>
+      <c r="DL23" s="14">
+        <v>25.336499530000001</v>
+      </c>
+      <c r="DM23" s="14">
+        <v>24.775748480000001</v>
+      </c>
+      <c r="DN23" s="14">
+        <v>24.74197238</v>
+      </c>
+      <c r="DO23" s="14">
+        <v>24.942350380000001</v>
+      </c>
+      <c r="DP23" s="14">
+        <v>25.09050998</v>
+      </c>
+      <c r="DQ23" s="14">
+        <v>24.9493531</v>
+      </c>
+      <c r="DR23" s="14">
+        <v>24.99596343</v>
+      </c>
+      <c r="DS23" s="14">
+        <v>19.825419119999999</v>
+      </c>
+      <c r="DT23" s="14">
+        <v>19.79995211</v>
+      </c>
+      <c r="DU23" s="14">
+        <v>19.703989360000001</v>
+      </c>
+      <c r="DV23" s="14">
+        <v>19.733612919999999</v>
+      </c>
+      <c r="DW23" s="14">
+        <v>19.772785290000002</v>
+      </c>
+      <c r="DX23" s="14">
+        <v>19.72566814</v>
+      </c>
+      <c r="DY23" s="14">
+        <v>19.14355823</v>
+      </c>
+      <c r="DZ23" s="14">
+        <v>29.155994150000001</v>
+      </c>
+      <c r="EA23" s="14">
+        <v>29.338644800000001</v>
+      </c>
+      <c r="EB23" s="14">
+        <v>29.544442329999999</v>
+      </c>
+      <c r="EC23" s="14">
+        <v>29.51561774</v>
+      </c>
+      <c r="ED23" s="14">
+        <v>29.399861390000002</v>
+      </c>
+      <c r="EE23" s="14">
+        <v>32.765346700000002</v>
+      </c>
+      <c r="EF23" s="14">
+        <v>32.874396730000001</v>
+      </c>
+      <c r="EG23" s="14">
+        <v>32.768592079999998</v>
+      </c>
+      <c r="EH23" s="14">
+        <v>32.909202139999998</v>
+      </c>
+      <c r="EI23" s="14">
+        <v>32.872288769999997</v>
+      </c>
+      <c r="EJ23" s="14">
+        <v>40.576545969999998</v>
+      </c>
+      <c r="EK23" s="14">
+        <v>39.980955899999998</v>
+      </c>
+      <c r="EL23" s="14">
+        <v>39.952893510000003</v>
+      </c>
+      <c r="EM23" s="14">
+        <v>40.059978860000001</v>
+      </c>
+      <c r="EN23" s="14">
+        <v>39.877757000000003</v>
+      </c>
+      <c r="EO23" s="14">
+        <v>49.101136940000004</v>
+      </c>
+      <c r="EP23" s="14">
+        <v>48.924574440000001</v>
+      </c>
+      <c r="EQ23" s="14">
+        <v>48.411383909999998</v>
+      </c>
+      <c r="ER23" s="14">
+        <v>48.036610009999997</v>
+      </c>
+      <c r="ES23" s="14">
+        <v>48.170530720000002</v>
+      </c>
+      <c r="ET23" s="14">
+        <v>48.069532430000002</v>
+      </c>
+      <c r="EU23" s="14">
+        <v>56.001121910000002</v>
+      </c>
+      <c r="EV23" s="14">
+        <v>55.910407480000003</v>
+      </c>
+      <c r="EW23" s="14">
+        <v>55.316931670000002</v>
+      </c>
+      <c r="EX23" s="14">
+        <v>55.167714170000004</v>
+      </c>
+      <c r="EY23" s="14">
+        <v>54.813699849999999</v>
+      </c>
+      <c r="EZ23" s="14">
+        <v>54.494701040000002</v>
+      </c>
+      <c r="FA23" s="14">
+        <v>54.979498509999999</v>
+      </c>
+      <c r="FB23" s="14">
+        <v>54.625334619999997</v>
+      </c>
+      <c r="FC23" s="14">
+        <v>55.233446290000003</v>
+      </c>
+      <c r="FD23" s="14">
+        <v>55.201462419999999</v>
+      </c>
+      <c r="FE23" s="14">
+        <v>55.307011279999998</v>
+      </c>
+      <c r="FF23" s="14">
+        <v>56.02223721</v>
+      </c>
+      <c r="FG23" s="14">
+        <v>55.831459119999998</v>
+      </c>
+      <c r="FH23" s="14">
+        <v>55.255605150000001</v>
+      </c>
+      <c r="FI23" s="14">
+        <v>54.47228243</v>
+      </c>
+      <c r="FJ23" s="14">
+        <v>54.517352279999997</v>
+      </c>
+      <c r="FK23" s="14">
+        <v>54.66481469</v>
+      </c>
+      <c r="FL23" s="14">
+        <v>54.450345179999999</v>
+      </c>
+      <c r="FM23" s="14">
+        <v>54.080062480000002</v>
+      </c>
+      <c r="FN23" s="14">
+        <v>54.624162570000003</v>
+      </c>
+      <c r="FO23" s="14">
+        <v>53.98758497</v>
+      </c>
+      <c r="FP23" s="14">
+        <v>52.838563190000002</v>
+      </c>
+      <c r="FQ23" s="14">
+        <v>52.670507880000002</v>
+      </c>
+      <c r="FR23" s="14">
+        <v>52.612133200000002</v>
+      </c>
+      <c r="FS23" s="14">
+        <v>52.540026949999998</v>
+      </c>
+      <c r="FT23" s="14">
+        <v>52.634044600000003</v>
+      </c>
+      <c r="FU23" s="14">
+        <v>51.662047600000001</v>
+      </c>
+      <c r="FV23" s="14">
+        <v>50.885214310000002</v>
+      </c>
+      <c r="FW23" s="14">
+        <v>51.03434644</v>
+      </c>
+      <c r="FX23" s="14">
+        <v>51.13448743</v>
+      </c>
+      <c r="FY23" s="14">
+        <v>51.39674668</v>
+      </c>
+      <c r="FZ23" s="14">
+        <v>51.85358394</v>
+      </c>
+      <c r="GA23" s="14">
+        <v>51.086643010000003</v>
+      </c>
+      <c r="GB23" s="14">
+        <v>50.09132511</v>
+      </c>
+      <c r="GC23" s="14">
+        <v>50.133105980000003</v>
+      </c>
+      <c r="GD23" s="14">
+        <v>49.95750786</v>
+      </c>
+      <c r="GE23" s="14">
+        <v>53.49613008</v>
+      </c>
+      <c r="GF23" s="14">
+        <v>53.893575990000002</v>
+      </c>
+      <c r="GG23" s="14">
+        <v>52.976136740000001</v>
+      </c>
+      <c r="GH23" s="14">
+        <v>52.319877120000001</v>
+      </c>
+      <c r="GI23" s="14">
+        <v>52.428915269999997</v>
+      </c>
+      <c r="GJ23" s="14">
+        <v>34.685503240000003</v>
+      </c>
+      <c r="GK23" s="14">
+        <v>34.383490620000003</v>
+      </c>
+      <c r="GL23" s="14">
+        <v>34.429624189999998</v>
+      </c>
+      <c r="GM23" s="14">
+        <v>34.540404610000003</v>
+      </c>
+      <c r="GN23" s="14">
+        <v>33.516739919999999</v>
+      </c>
+      <c r="GO23" s="14">
+        <v>33.55634938</v>
+      </c>
+      <c r="GP23" s="14">
+        <v>33.32405868</v>
+      </c>
+      <c r="GQ23" s="14">
+        <v>33.126973079999999</v>
+      </c>
+      <c r="GR23" s="14">
+        <v>33.220605720000002</v>
+      </c>
+      <c r="GS23" s="14">
+        <v>33.055936369999998</v>
+      </c>
+      <c r="GT23" s="14">
+        <v>27.955563690000002</v>
+      </c>
+      <c r="GU23" s="14">
+        <v>27.851227640000001</v>
+      </c>
+      <c r="GV23" s="14">
+        <v>27.774108429999998</v>
+      </c>
+      <c r="GW23" s="14">
+        <v>27.71609488</v>
+      </c>
+      <c r="GX23" s="14">
+        <v>27.76249292</v>
+      </c>
+      <c r="GY23" s="14">
+        <v>27.749158449999999</v>
+      </c>
+      <c r="GZ23" s="14">
+        <v>26.699398370000001</v>
+      </c>
+      <c r="HA23" s="14">
+        <v>26.708669690000001</v>
+      </c>
+      <c r="HB23" s="14">
+        <v>26.711330050000001</v>
+      </c>
+      <c r="HC23" s="14">
+        <v>26.328069939999999</v>
+      </c>
+      <c r="HD23" s="14">
+        <v>26.217143530000001</v>
+      </c>
+      <c r="HE23" s="14">
+        <v>25.955385360000001</v>
+      </c>
+      <c r="HF23" s="14">
+        <v>20.943610270000001</v>
+      </c>
+      <c r="HG23" s="14">
+        <v>21.059355400000001</v>
+      </c>
+      <c r="HH23" s="14">
+        <v>21.164004810000002</v>
+      </c>
+      <c r="HI23" s="14">
+        <v>20.097305290000001</v>
+      </c>
+      <c r="HJ23" s="14">
+        <v>20.117175289999999</v>
+      </c>
+      <c r="HK23" s="14">
+        <v>20.129558679999999</v>
+      </c>
+      <c r="HL23" s="14">
+        <v>17.831922410000001</v>
+      </c>
+      <c r="HM23" s="14">
+        <v>17.852101940000001</v>
+      </c>
+      <c r="HN23" s="14">
+        <v>17.852292370000001</v>
+      </c>
+      <c r="HO23" s="14">
+        <v>17.352297400000001</v>
+      </c>
+      <c r="HP23" s="14">
+        <v>17.329238759999999</v>
+      </c>
+      <c r="HQ23" s="14">
+        <v>17.302693430000001</v>
+      </c>
+      <c r="HR23" s="14">
+        <v>15.09284808</v>
+      </c>
+      <c r="HS23" s="14">
+        <v>15.0815178</v>
+      </c>
+      <c r="HT23" s="14">
+        <v>15.080470740000001</v>
+      </c>
+      <c r="HU23" s="14">
+        <v>14.00055437</v>
+      </c>
+      <c r="HV23" s="14">
+        <v>14.055438499999999</v>
+      </c>
+      <c r="HW23" s="14">
+        <v>9.9230938799999997</v>
+      </c>
+      <c r="HX23" s="14">
+        <v>7.6192990900000002</v>
+      </c>
+      <c r="HY23" s="14">
+        <v>7.6169899699999997</v>
+      </c>
+      <c r="HZ23" s="14">
+        <v>7.6010314499999998</v>
+      </c>
+      <c r="IA23" s="14">
+        <v>7.16283023</v>
+      </c>
+      <c r="IB23" s="14">
+        <v>7.1595650400000004</v>
+      </c>
+      <c r="IC23" s="14">
+        <v>7.1593442100000004</v>
+      </c>
+      <c r="ID23" s="14">
+        <v>8.9490293300000001</v>
+      </c>
+      <c r="IE23" s="14">
+        <v>8.9208414699999992</v>
+      </c>
+      <c r="IF23" s="14">
+        <v>8.9738366099999993</v>
+      </c>
+      <c r="IG23" s="14">
+        <v>7.87259552</v>
+      </c>
+      <c r="IH23" s="14">
+        <v>7.8889440799999999</v>
+      </c>
+      <c r="II23" s="14">
+        <v>7.8939405999999996</v>
+      </c>
+      <c r="IJ23" s="14">
+        <v>5.59273664</v>
+      </c>
+      <c r="IK23" s="14">
+        <v>5.5816339700000004</v>
+      </c>
+      <c r="IL23" s="14">
+        <v>5.5524410599999996</v>
+      </c>
+      <c r="IM23" s="14">
+        <v>5.1206354300000001</v>
+      </c>
+      <c r="IN23" s="14">
+        <v>5.1233694600000002</v>
+      </c>
+      <c r="IO23" s="14">
+        <v>5.1310495300000003</v>
+      </c>
+      <c r="IP23" s="14">
+        <v>2.86017652</v>
+      </c>
+      <c r="IQ23" s="14">
+        <v>2.86017652</v>
+      </c>
+      <c r="IR23" s="14">
+        <v>2.86017652</v>
+      </c>
+      <c r="IS23" s="14">
+        <v>1.77848563</v>
+      </c>
+      <c r="IT23" s="14">
+        <v>1.77848563</v>
+      </c>
+      <c r="IU23" s="14">
+        <v>1.77848563</v>
+      </c>
+      <c r="IV23" s="14">
+        <v>1.77848563</v>
+      </c>
+      <c r="IW23" s="14">
+        <v>1.77848563</v>
+      </c>
+      <c r="IX23" s="14">
+        <v>1.77848563</v>
+      </c>
+      <c r="IY23" s="14">
+        <v>1.2210498400000001</v>
+      </c>
+      <c r="IZ23" s="14">
+        <v>1.2210498400000001</v>
+      </c>
+      <c r="JA23" s="14">
+        <v>1.2210498400000001</v>
+      </c>
+      <c r="JB23" s="14">
+        <v>1.2210498400000001</v>
+      </c>
+      <c r="JC23" s="14">
+        <v>1.2210498400000001</v>
+      </c>
+      <c r="JD23" s="14">
+        <v>1.2210498400000001</v>
+      </c>
+      <c r="JE23" s="14">
+        <v>0</v>
+      </c>
+      <c r="JF23" s="14">
+        <v>0</v>
+      </c>
+      <c r="JG23" s="14">
+        <v>0</v>
+      </c>
+      <c r="JH23" s="14">
+        <v>0</v>
+      </c>
+      <c r="JI23" s="14">
+        <v>0</v>
+      </c>
+      <c r="JJ23" s="14">
+        <v>0</v>
+      </c>
+      <c r="JK23" s="14">
+        <v>0</v>
+      </c>
+      <c r="JL23" s="14">
+        <v>0</v>
+      </c>
+      <c r="JM23" s="14">
+        <v>0</v>
+      </c>
+      <c r="JN23" s="14">
+        <v>0</v>
+      </c>
+      <c r="JO23" s="14">
+        <v>0</v>
+      </c>
+      <c r="JP23" s="14">
+        <v>0</v>
+      </c>
+      <c r="JQ23" s="14">
+        <v>0</v>
+      </c>
+      <c r="JR23" s="14">
+        <v>0</v>
+      </c>
+      <c r="JS23" s="14">
+        <v>0</v>
+      </c>
+      <c r="JT23" s="14">
+        <v>0</v>
+      </c>
+      <c r="JU23" s="14">
+        <v>0</v>
+      </c>
+      <c r="JV23" s="14">
+        <v>0</v>
+      </c>
+      <c r="JW23" s="14">
+        <v>0</v>
+      </c>
+      <c r="JX23" s="14">
+        <v>0</v>
+      </c>
+      <c r="JY23" s="14">
+        <v>0</v>
+      </c>
+      <c r="JZ23" s="14">
+        <v>0</v>
+      </c>
+      <c r="KA23" s="14">
+        <v>0</v>
+      </c>
+      <c r="KB23" s="14">
+        <v>0</v>
+      </c>
+      <c r="KC23" s="14">
+        <v>0</v>
+      </c>
+      <c r="KD23" s="14">
+        <v>0</v>
+      </c>
+      <c r="KE23" s="14">
+        <v>0</v>
+      </c>
+      <c r="KF23" s="14">
+        <v>0</v>
+      </c>
+      <c r="KG23" s="14">
+        <v>0</v>
+      </c>
+      <c r="KH23" s="14">
+        <v>0</v>
+      </c>
+      <c r="KI23" s="14">
+        <v>0</v>
+      </c>
+      <c r="KJ23" s="14">
+        <v>0</v>
+      </c>
+      <c r="KK23" s="14">
+        <v>0</v>
+      </c>
+      <c r="KL23" s="14">
+        <v>0</v>
+      </c>
+      <c r="KM23" s="14">
+        <v>0</v>
+      </c>
+      <c r="KN23" s="14">
+        <v>0</v>
+      </c>
+      <c r="KO23" s="14">
+        <v>0</v>
+      </c>
+      <c r="KP23" s="14">
+        <v>0</v>
+      </c>
+      <c r="KQ23" s="14">
+        <v>0</v>
+      </c>
+      <c r="KR23" s="14">
+        <v>0</v>
+      </c>
+      <c r="KS23" s="14">
+        <v>0</v>
+      </c>
+      <c r="KT23" s="14">
+        <v>0</v>
+      </c>
+      <c r="KU23" s="14">
+        <v>8.8924281599999997</v>
+      </c>
+      <c r="KV23" s="14">
+        <v>8.8924281599999997</v>
+      </c>
+      <c r="KW23" s="14">
+        <v>8.8924281599999997</v>
+      </c>
+      <c r="KX23" s="14">
+        <v>8.8924281599999997</v>
+      </c>
+      <c r="KY23" s="14">
+        <v>8.8924281599999997</v>
+      </c>
+      <c r="KZ23" s="14">
+        <v>8.8924281599999997</v>
+      </c>
+      <c r="LA23" s="14">
+        <v>8.8924281599999997</v>
+      </c>
+      <c r="LB23" s="14">
+        <v>8.8924281599999997</v>
+      </c>
+      <c r="LC23" s="14">
+        <v>8.8924281599999997</v>
+      </c>
+      <c r="LD23" s="14">
+        <v>8.8924281599999997</v>
+      </c>
+      <c r="LE23" s="14">
+        <v>8.8924281599999997</v>
+      </c>
+      <c r="LF23" s="14">
+        <v>8.8924281599999997</v>
+      </c>
+      <c r="LG23" s="14">
+        <v>8.8924281599999997</v>
+      </c>
+      <c r="LH23" s="14">
+        <v>8.8924281599999997</v>
+      </c>
+      <c r="LI23" s="14">
+        <v>8.8924281599999997</v>
+      </c>
+      <c r="LJ23" s="14">
+        <v>8.8924281599999997</v>
+      </c>
+      <c r="LK23" s="14">
+        <v>8.8924281599999997</v>
+      </c>
+      <c r="LL23" s="14">
+        <v>8.8924281599999997</v>
+      </c>
+      <c r="LM23" s="14">
+        <v>8.8924281599999997</v>
+      </c>
+      <c r="LN23" s="14">
+        <v>8.8924281599999997</v>
+      </c>
+      <c r="LO23" s="14">
+        <v>8.8924281599999997</v>
+      </c>
+      <c r="LP23" s="14">
+        <v>8.8924281599999997</v>
+      </c>
+      <c r="LQ23" s="14">
+        <v>8.8924281599999997</v>
+      </c>
+      <c r="LR23" s="14">
+        <v>8.8924281599999997</v>
+      </c>
+      <c r="LS23" s="14">
+        <v>8.8924281599999997</v>
+      </c>
+      <c r="LT23" s="14">
+        <v>8.8924281599999997</v>
+      </c>
+      <c r="LU23" s="14">
+        <v>8.8924281599999997</v>
+      </c>
+      <c r="LV23" s="14">
+        <v>8.8924281599999997</v>
+      </c>
+      <c r="LW23" s="14">
+        <v>8.8924281599999997</v>
+      </c>
+      <c r="LX23" s="14">
+        <v>8.8924281599999997</v>
+      </c>
+      <c r="LY23" s="14">
+        <v>8.8924281599999997</v>
+      </c>
+      <c r="LZ23" s="14">
+        <v>8.8924281599999997</v>
+      </c>
+      <c r="MA23" s="14">
+        <v>8.8924281599999997</v>
+      </c>
+      <c r="MB23" s="14">
+        <v>8.8924281599999997</v>
+      </c>
+      <c r="MC23" s="14">
+        <v>8.8924281599999997</v>
+      </c>
+      <c r="MD23" s="14">
+        <v>8.8924281599999997</v>
+      </c>
+      <c r="ME23" s="14">
+        <v>8.8924281599999997</v>
+      </c>
+      <c r="MF23" s="14">
+        <v>8.8924281599999997</v>
+      </c>
+      <c r="MG23" s="14">
+        <v>8.8924281599999997</v>
+      </c>
+      <c r="MH23" s="14">
+        <v>8.8924281599999997</v>
+      </c>
+      <c r="MI23" s="14">
+        <v>8.8924281599999997</v>
+      </c>
+      <c r="MJ23" s="14">
+        <v>8.8924281599999997</v>
+      </c>
+      <c r="MK23" s="14">
+        <v>8.8924281599999997</v>
+      </c>
+      <c r="ML23" s="14">
+        <v>8.8924281599999997</v>
+      </c>
+      <c r="MM23" s="14">
+        <v>8.8924281599999997</v>
+      </c>
+      <c r="MN23" s="14">
+        <v>8.8924281599999997</v>
+      </c>
+      <c r="MO23" s="14">
+        <v>8.8924281599999997</v>
+      </c>
+      <c r="MP23" s="14">
+        <v>8.8924281599999997</v>
+      </c>
+      <c r="MQ23" s="14">
+        <v>8.8924281599999997</v>
+      </c>
+      <c r="MR23" s="14">
+        <v>8.8924281599999997</v>
+      </c>
+      <c r="MS23" s="14">
+        <v>8.8924281599999997</v>
+      </c>
+      <c r="MT23" s="14">
+        <v>8.8924281599999997</v>
+      </c>
+      <c r="MU23" s="14">
+        <v>8.8924281599999997</v>
+      </c>
+      <c r="MV23" s="14">
+        <v>8.8924281599999997</v>
+      </c>
+    </row>
+    <row r="24" spans="1:360" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A24" s="14"/>
+      <c r="B24" s="15" t="s">
+        <v>15</v>
+      </c>
+      <c r="C24" s="14">
+        <v>0</v>
+      </c>
+      <c r="D24" s="14">
+        <v>0</v>
+      </c>
+      <c r="E24" s="14">
+        <v>0</v>
+      </c>
+      <c r="F24" s="14">
+        <v>0</v>
+      </c>
+      <c r="G24" s="14">
+        <v>0</v>
+      </c>
+      <c r="H24" s="14">
+        <v>0</v>
+      </c>
+      <c r="I24" s="14">
+        <v>0</v>
+      </c>
+      <c r="J24" s="14">
+        <v>0</v>
+      </c>
+      <c r="K24" s="14">
+        <v>0</v>
+      </c>
+      <c r="L24" s="14">
+        <v>0</v>
+      </c>
+      <c r="M24" s="14">
+        <v>0</v>
+      </c>
+      <c r="N24" s="14">
+        <v>0</v>
+      </c>
+      <c r="O24" s="14">
+        <v>0</v>
+      </c>
+      <c r="P24" s="14">
+        <v>0</v>
+      </c>
+      <c r="Q24" s="14">
+        <v>0</v>
+      </c>
+      <c r="R24" s="14">
+        <v>0</v>
+      </c>
+      <c r="S24" s="14">
+        <v>0</v>
+      </c>
+      <c r="T24" s="14">
+        <v>0</v>
+      </c>
+      <c r="U24" s="14">
+        <v>0</v>
+      </c>
+      <c r="V24" s="14">
+        <v>0</v>
+      </c>
+      <c r="W24" s="14">
+        <v>0</v>
+      </c>
+      <c r="X24" s="14">
+        <v>0</v>
+      </c>
+      <c r="Y24" s="14">
+        <v>0</v>
+      </c>
+      <c r="Z24" s="14">
+        <v>0</v>
+      </c>
+      <c r="AA24" s="14">
+        <v>0</v>
+      </c>
+      <c r="AB24" s="14">
+        <v>0</v>
+      </c>
+      <c r="AC24" s="14">
+        <v>0</v>
+      </c>
+      <c r="AD24" s="14">
+        <v>0</v>
+      </c>
+      <c r="AE24" s="14">
+        <v>0</v>
+      </c>
+      <c r="AF24" s="14">
+        <v>0</v>
+      </c>
+      <c r="AG24" s="14">
+        <v>0</v>
+      </c>
+      <c r="AH24" s="14">
+        <v>0</v>
+      </c>
+      <c r="AI24" s="14">
+        <v>0</v>
+      </c>
+      <c r="AJ24" s="14">
+        <v>0</v>
+      </c>
+      <c r="AK24" s="14">
+        <v>0</v>
+      </c>
+      <c r="AL24" s="14">
+        <v>0</v>
+      </c>
+      <c r="AM24" s="14">
+        <v>0</v>
+      </c>
+      <c r="AN24" s="14">
+        <v>0</v>
+      </c>
+      <c r="AO24" s="14">
+        <v>0</v>
+      </c>
+      <c r="AP24" s="14">
+        <v>0</v>
+      </c>
+      <c r="AQ24" s="14">
+        <v>0</v>
+      </c>
+      <c r="AR24" s="14">
+        <v>0</v>
+      </c>
+      <c r="AS24" s="14">
+        <v>0</v>
+      </c>
+      <c r="AT24" s="14">
+        <v>8.4092917600000003</v>
+      </c>
+      <c r="AU24" s="14">
+        <v>16.81858351</v>
+      </c>
+      <c r="AV24" s="14">
+        <v>25.79138185</v>
+      </c>
+      <c r="AW24" s="14">
+        <v>26.303752509999999</v>
+      </c>
+      <c r="AX24" s="14">
+        <v>26.816123170000001</v>
+      </c>
+      <c r="AY24" s="14">
+        <v>27.32849384</v>
+      </c>
+      <c r="AZ24" s="14">
+        <v>28.423588389999999</v>
+      </c>
+      <c r="BA24" s="14">
+        <v>28.830273600000002</v>
+      </c>
+      <c r="BB24" s="14">
+        <v>28.056845209999999</v>
+      </c>
+      <c r="BC24" s="14">
+        <v>26.906753770000002</v>
+      </c>
+      <c r="BD24" s="14">
+        <v>26.57513857</v>
+      </c>
+      <c r="BE24" s="14">
+        <v>27.714755799999999</v>
+      </c>
+      <c r="BF24" s="14">
+        <v>29.941356639999999</v>
+      </c>
+      <c r="BG24" s="14">
+        <v>32.701850350000001</v>
+      </c>
+      <c r="BH24" s="14">
+        <v>31.59231364</v>
+      </c>
+      <c r="BI24" s="14">
+        <v>31.37349313</v>
+      </c>
+      <c r="BJ24" s="14">
+        <v>31.75674996</v>
+      </c>
+      <c r="BK24" s="14">
+        <v>35.591564859999998</v>
+      </c>
+      <c r="BL24" s="14">
+        <v>35.841613979999998</v>
+      </c>
+      <c r="BM24" s="14">
+        <v>36.077600230000002</v>
+      </c>
+      <c r="BN24" s="14">
+        <v>35.938703169999997</v>
+      </c>
+      <c r="BO24" s="14">
+        <v>35.522808529999999</v>
+      </c>
+      <c r="BP24" s="14">
+        <v>34.684444409999998</v>
+      </c>
+      <c r="BQ24" s="14">
+        <v>34.94213766</v>
+      </c>
+      <c r="BR24" s="14">
+        <v>33.273539339999999</v>
+      </c>
+      <c r="BS24" s="14">
+        <v>36.276788150000002</v>
+      </c>
+      <c r="BT24" s="14">
+        <v>36.698275840000001</v>
+      </c>
+      <c r="BU24" s="14">
+        <v>36.504148489999999</v>
+      </c>
+      <c r="BV24" s="14">
+        <v>36.662088750000002</v>
+      </c>
+      <c r="BW24" s="14">
+        <v>38.101010279999997</v>
+      </c>
+      <c r="BX24" s="14">
+        <v>46.74649651</v>
+      </c>
+      <c r="BY24" s="14">
+        <v>45.477259889999999</v>
+      </c>
+      <c r="BZ24" s="14">
+        <v>53.724871380000003</v>
+      </c>
+      <c r="CA24" s="14">
+        <v>42.406748800000003</v>
+      </c>
+      <c r="CB24" s="14">
+        <v>42.287055760000001</v>
+      </c>
+      <c r="CC24" s="14">
+        <v>32.39425026</v>
+      </c>
+      <c r="CD24" s="14">
+        <v>30.615786360000001</v>
+      </c>
+      <c r="CE24" s="14">
+        <v>29.896807639999999</v>
+      </c>
+      <c r="CF24" s="14">
+        <v>28.012343269999999</v>
+      </c>
+      <c r="CG24" s="14">
+        <v>32.891563069999997</v>
+      </c>
+      <c r="CH24" s="14">
+        <v>35.857420920000003</v>
+      </c>
+      <c r="CI24" s="14">
+        <v>46.590368480000002</v>
+      </c>
+      <c r="CJ24" s="14">
+        <v>49.547773710000001</v>
+      </c>
+      <c r="CK24" s="14">
+        <v>48.925816730000001</v>
+      </c>
+      <c r="CL24" s="14">
+        <v>49.044026080000002</v>
+      </c>
+      <c r="CM24" s="14">
+        <v>64.34415611</v>
+      </c>
+      <c r="CN24" s="14">
+        <v>63.955517129999997</v>
+      </c>
+      <c r="CO24" s="14">
+        <v>78.941190129999995</v>
+      </c>
+      <c r="CP24" s="14">
+        <v>75.030734600000002</v>
+      </c>
+      <c r="CQ24" s="14">
+        <v>73.688404890000001</v>
+      </c>
+      <c r="CR24" s="14">
+        <v>72.313018619999994</v>
+      </c>
+      <c r="CS24" s="14">
+        <v>69.190968470000001</v>
+      </c>
+      <c r="CT24" s="14">
+        <v>70.619444250000001</v>
+      </c>
+      <c r="CU24" s="14">
+        <v>73.160303970000001</v>
+      </c>
+      <c r="CV24" s="14">
+        <v>75.29353974</v>
+      </c>
+      <c r="CW24" s="14">
+        <v>79.419672120000001</v>
+      </c>
+      <c r="CX24" s="14">
+        <v>80.062238919999999</v>
+      </c>
+      <c r="CY24" s="14">
+        <v>81.299522429999996</v>
+      </c>
+      <c r="CZ24" s="14">
+        <v>80.610480010000003</v>
+      </c>
+      <c r="DA24" s="14">
+        <v>80.782692620000006</v>
+      </c>
+      <c r="DB24" s="14">
+        <v>71.001102029999998</v>
+      </c>
+      <c r="DC24" s="14">
+        <v>72.973688670000001</v>
+      </c>
+      <c r="DD24" s="14">
+        <v>67.952283919999999</v>
+      </c>
+      <c r="DE24" s="14">
+        <v>64.06378497</v>
+      </c>
+      <c r="DF24" s="14">
+        <v>65.593259970000005</v>
+      </c>
+      <c r="DG24" s="14">
+        <v>64.746512510000002</v>
+      </c>
+      <c r="DH24" s="14">
+        <v>50.627363709999997</v>
+      </c>
+      <c r="DI24" s="14">
+        <v>51.354997609999998</v>
+      </c>
+      <c r="DJ24" s="14">
+        <v>39.720504650000002</v>
+      </c>
+      <c r="DK24" s="14">
+        <v>47.93211908</v>
+      </c>
+      <c r="DL24" s="14">
+        <v>47.902365830000001</v>
+      </c>
+      <c r="DM24" s="14">
+        <v>57.347528580000002</v>
+      </c>
+      <c r="DN24" s="14">
+        <v>39.364185339999999</v>
+      </c>
+      <c r="DO24" s="14">
+        <v>39.50496785</v>
+      </c>
+      <c r="DP24" s="14">
+        <v>23.741356759999999</v>
+      </c>
+      <c r="DQ24" s="14">
+        <v>23.723700130000001</v>
+      </c>
+      <c r="DR24" s="14">
+        <v>24.096052060000002</v>
+      </c>
+      <c r="DS24" s="14">
+        <v>24.549413619999999</v>
+      </c>
+      <c r="DT24" s="14">
+        <v>43.339334299999997</v>
+      </c>
+      <c r="DU24" s="14">
+        <v>42.97423088</v>
+      </c>
+      <c r="DV24" s="14">
+        <v>61.832204949999998</v>
+      </c>
+      <c r="DW24" s="14">
+        <v>62.269607499999999</v>
+      </c>
+      <c r="DX24" s="14">
+        <v>63.92696892</v>
+      </c>
+      <c r="DY24" s="14">
+        <v>65.862824090000004</v>
+      </c>
+      <c r="DZ24" s="14">
+        <v>63.545199390000001</v>
+      </c>
+      <c r="EA24" s="14">
+        <v>64.393194679999993</v>
+      </c>
+      <c r="EB24" s="14">
+        <v>60.729946529999999</v>
+      </c>
+      <c r="EC24" s="14">
+        <v>38.681156909999999</v>
+      </c>
+      <c r="ED24" s="14">
+        <v>38.000768790000002</v>
+      </c>
+      <c r="EE24" s="14">
+        <v>17.272870910000002</v>
+      </c>
+      <c r="EF24" s="14">
+        <v>13.89978803</v>
+      </c>
+      <c r="EG24" s="14">
+        <v>14.17870572</v>
+      </c>
+      <c r="EH24" s="14">
+        <v>10.33687756</v>
+      </c>
+      <c r="EI24" s="14">
+        <v>17.87832869</v>
+      </c>
+      <c r="EJ24" s="14">
+        <v>17.795578129999999</v>
+      </c>
+      <c r="EK24" s="14">
+        <v>27.671898689999999</v>
+      </c>
+      <c r="EL24" s="14">
+        <v>40.179686490000002</v>
+      </c>
+      <c r="EM24" s="14">
+        <v>40.497843609999997</v>
+      </c>
+      <c r="EN24" s="14">
+        <v>52.381498440000001</v>
+      </c>
+      <c r="EO24" s="14">
+        <v>32.651252399999997</v>
+      </c>
+      <c r="EP24" s="14">
+        <v>32.687691659999999</v>
+      </c>
+      <c r="EQ24" s="14">
+        <v>12.10594375</v>
+      </c>
+      <c r="ER24" s="14">
+        <v>26.826531729999999</v>
+      </c>
+      <c r="ES24" s="14">
+        <v>26.139697720000001</v>
+      </c>
+      <c r="ET24" s="14">
+        <v>40.559874669999999</v>
+      </c>
+      <c r="EU24" s="14">
+        <v>27.354851780000001</v>
+      </c>
+      <c r="EV24" s="14">
+        <v>27.213625100000002</v>
+      </c>
+      <c r="EW24" s="14">
+        <v>14.20636043</v>
+      </c>
+      <c r="EX24" s="14">
+        <v>14.35960045</v>
+      </c>
+      <c r="EY24" s="14">
+        <v>14.20241058</v>
+      </c>
+      <c r="EZ24" s="14">
+        <v>13.945040410000001</v>
+      </c>
+      <c r="FA24" s="14">
+        <v>14.858287130000001</v>
+      </c>
+      <c r="FB24" s="14">
+        <v>14.89855339</v>
+      </c>
+      <c r="FC24" s="14">
+        <v>16.544546189999998</v>
+      </c>
+      <c r="FD24" s="14">
+        <v>23.969278880000001</v>
+      </c>
+      <c r="FE24" s="14">
+        <v>24.338686800000001</v>
+      </c>
+      <c r="FF24" s="14">
+        <v>31.594382920000001</v>
+      </c>
+      <c r="FG24" s="14">
+        <v>28.337480970000001</v>
+      </c>
+      <c r="FH24" s="14">
+        <v>28.049114719999999</v>
+      </c>
+      <c r="FI24" s="14">
+        <v>25.214152729999999</v>
+      </c>
+      <c r="FJ24" s="14">
+        <v>29.691485159999999</v>
+      </c>
+      <c r="FK24" s="14">
+        <v>29.06383688</v>
+      </c>
+      <c r="FL24" s="14">
+        <v>32.950399539999999</v>
+      </c>
+      <c r="FM24" s="14">
+        <v>23.87535119</v>
+      </c>
+      <c r="FN24" s="14">
+        <v>24.358953899999999</v>
+      </c>
+      <c r="FO24" s="14">
+        <v>16.83296893</v>
+      </c>
+      <c r="FP24" s="14">
+        <v>15.195823450000001</v>
+      </c>
+      <c r="FQ24" s="14">
+        <v>15.719678330000001</v>
+      </c>
+      <c r="FR24" s="14">
+        <v>13.758782950000001</v>
+      </c>
+      <c r="FS24" s="14">
+        <v>19.351283840000001</v>
+      </c>
+      <c r="FT24" s="14">
+        <v>19.36906157</v>
+      </c>
+      <c r="FU24" s="14">
+        <v>24.270314590000002</v>
+      </c>
+      <c r="FV24" s="14">
+        <v>20.986600989999999</v>
+      </c>
+      <c r="FW24" s="14">
+        <v>20.358673459999999</v>
+      </c>
+      <c r="FX24" s="14">
+        <v>15.78361945</v>
+      </c>
+      <c r="FY24" s="14">
+        <v>17.715551260000002</v>
+      </c>
+      <c r="FZ24" s="14">
+        <v>17.469493180000001</v>
+      </c>
+      <c r="GA24" s="14">
+        <v>34.641986129999999</v>
+      </c>
+      <c r="GB24" s="14">
+        <v>56.560644789999998</v>
+      </c>
+      <c r="GC24" s="14">
+        <v>57.856098350000003</v>
+      </c>
+      <c r="GD24" s="14">
+        <v>62.07899965</v>
+      </c>
+      <c r="GE24" s="14">
+        <v>45.459097239999998</v>
+      </c>
+      <c r="GF24" s="14">
+        <v>46.534215099999997</v>
+      </c>
+      <c r="GG24" s="14">
+        <v>44.104018840000002</v>
+      </c>
+      <c r="GH24" s="14">
+        <v>61.759594559999996</v>
+      </c>
+      <c r="GI24" s="14">
+        <v>59.548207869999999</v>
+      </c>
+      <c r="GJ24" s="14">
+        <v>57.455259570000003</v>
+      </c>
+      <c r="GK24" s="14">
+        <v>55.054537879999998</v>
+      </c>
+      <c r="GL24" s="14">
+        <v>53.411942000000003</v>
+      </c>
+      <c r="GM24" s="14">
+        <v>52.52542064</v>
+      </c>
+      <c r="GN24" s="14">
+        <v>39.12034688</v>
+      </c>
+      <c r="GO24" s="14">
+        <v>40.746731830000002</v>
+      </c>
+      <c r="GP24" s="14">
+        <v>43.879373989999998</v>
+      </c>
+      <c r="GQ24" s="14">
+        <v>44.441343109999998</v>
+      </c>
+      <c r="GR24" s="14">
+        <v>44.018384509999997</v>
+      </c>
+      <c r="GS24" s="14">
+        <v>44.349013419999999</v>
+      </c>
+      <c r="GT24" s="14">
+        <v>45.974868540000003</v>
+      </c>
+      <c r="GU24" s="14">
+        <v>44.712434649999999</v>
+      </c>
+      <c r="GV24" s="14">
+        <v>42.303715590000003</v>
+      </c>
+      <c r="GW24" s="14">
+        <v>45.52206846</v>
+      </c>
+      <c r="GX24" s="14">
+        <v>43.254221039999997</v>
+      </c>
+      <c r="GY24" s="14">
+        <v>43.55797141</v>
+      </c>
+      <c r="GZ24" s="14">
+        <v>48.213923459999997</v>
+      </c>
+      <c r="HA24" s="14">
+        <v>50.533908070000003</v>
+      </c>
+      <c r="HB24" s="14">
+        <v>51.955403500000003</v>
+      </c>
+      <c r="HC24" s="14">
+        <v>52.74433561</v>
+      </c>
+      <c r="HD24" s="14">
+        <v>54.543673009999999</v>
+      </c>
+      <c r="HE24" s="14">
+        <v>50.8633691</v>
+      </c>
+      <c r="HF24" s="14">
+        <v>38.082530089999999</v>
+      </c>
+      <c r="HG24" s="14">
+        <v>34.15820841</v>
+      </c>
+      <c r="HH24" s="14">
+        <v>32.184528520000001</v>
+      </c>
+      <c r="HI24" s="14">
+        <v>31.424892490000001</v>
+      </c>
+      <c r="HJ24" s="14">
+        <v>30.555839540000001</v>
+      </c>
+      <c r="HK24" s="14">
+        <v>29.725855459999998</v>
+      </c>
+      <c r="HL24" s="14">
+        <v>38.928072800000002</v>
+      </c>
+      <c r="HM24" s="14">
+        <v>38.001304019999999</v>
+      </c>
+      <c r="HN24" s="14">
+        <v>38.289368240000002</v>
+      </c>
+      <c r="HO24" s="14">
+        <v>37.614708190000002</v>
+      </c>
+      <c r="HP24" s="14">
+        <v>33.143027480000001</v>
+      </c>
+      <c r="HQ24" s="14">
+        <v>34.40029998</v>
+      </c>
+      <c r="HR24" s="14">
+        <v>34.122931029999997</v>
+      </c>
+      <c r="HS24" s="14">
+        <v>30.373680870000001</v>
+      </c>
+      <c r="HT24" s="14">
+        <v>42.873931349999999</v>
+      </c>
+      <c r="HU24" s="14">
+        <v>39.850505669999997</v>
+      </c>
+      <c r="HV24" s="14">
+        <v>38.199078900000004</v>
+      </c>
+      <c r="HW24" s="14">
+        <v>35.893613670000001</v>
+      </c>
+      <c r="HX24" s="14">
+        <v>41.33849455</v>
+      </c>
+      <c r="HY24" s="14">
+        <v>41.142855019999999</v>
+      </c>
+      <c r="HZ24" s="14">
+        <v>41.280821340000003</v>
+      </c>
+      <c r="IA24" s="14">
+        <v>25.90253706</v>
+      </c>
+      <c r="IB24" s="14">
+        <v>27.939957549999999</v>
+      </c>
+      <c r="IC24" s="14">
+        <v>30.037011679999999</v>
+      </c>
+      <c r="ID24" s="14">
+        <v>32.025465369999999</v>
+      </c>
+      <c r="IE24" s="14">
+        <v>42.95811621</v>
+      </c>
+      <c r="IF24" s="14">
+        <v>41.925193589999999</v>
+      </c>
+      <c r="IG24" s="14">
+        <v>41.244237349999999</v>
+      </c>
+      <c r="IH24" s="14">
+        <v>39.04332788</v>
+      </c>
+      <c r="II24" s="14">
+        <v>42.016347760000002</v>
+      </c>
+      <c r="IJ24" s="14">
+        <v>43.31290036</v>
+      </c>
+      <c r="IK24" s="14">
+        <v>43.217016870000002</v>
+      </c>
+      <c r="IL24" s="14">
+        <v>45.130263829999997</v>
+      </c>
+      <c r="IM24" s="14">
+        <v>43.798122290000002</v>
+      </c>
+      <c r="IN24" s="14">
+        <v>29.766758490000001</v>
+      </c>
+      <c r="IO24" s="14">
+        <v>29.66122618</v>
+      </c>
+      <c r="IP24" s="14">
+        <v>44.718941659999999</v>
+      </c>
+      <c r="IQ24" s="14">
+        <v>46.207109109999998</v>
+      </c>
+      <c r="IR24" s="14">
+        <v>44.424384359999998</v>
+      </c>
+      <c r="IS24" s="14">
+        <v>45.703265010000003</v>
+      </c>
+      <c r="IT24" s="14">
+        <v>44.930046089999998</v>
+      </c>
+      <c r="IU24" s="14">
+        <v>45.047999500000003</v>
+      </c>
+      <c r="IV24" s="14">
+        <v>46.301584460000001</v>
+      </c>
+      <c r="IW24" s="14">
+        <v>47.237215079999999</v>
+      </c>
+      <c r="IX24" s="14">
+        <v>48.841113649999997</v>
+      </c>
+      <c r="IY24" s="14">
+        <v>48.462891130000003</v>
+      </c>
+      <c r="IZ24" s="14">
+        <v>33.8598748</v>
+      </c>
+      <c r="JA24" s="14">
+        <v>50.09656571</v>
+      </c>
+      <c r="JB24" s="14">
+        <v>46.799934039999997</v>
+      </c>
+      <c r="JC24" s="14">
+        <v>49.400785659999997</v>
+      </c>
+      <c r="JD24" s="14">
+        <v>51.16243154</v>
+      </c>
+      <c r="JE24" s="14">
+        <v>47.57925522</v>
+      </c>
+      <c r="JF24" s="14">
+        <v>47.390112479999999</v>
+      </c>
+      <c r="JG24" s="14">
+        <v>44.382365649999997</v>
+      </c>
+      <c r="JH24" s="14">
+        <v>48.104291179999997</v>
+      </c>
+      <c r="JI24" s="14">
+        <v>45.44965809</v>
+      </c>
+      <c r="JJ24" s="14">
+        <v>46.275405569999997</v>
+      </c>
+      <c r="JK24" s="14">
+        <v>44.05836875</v>
+      </c>
+      <c r="JL24" s="14">
+        <v>46.925148139999997</v>
+      </c>
+      <c r="JM24" s="14">
+        <v>46.989296830000001</v>
+      </c>
+      <c r="JN24" s="14">
+        <v>41.959686929999997</v>
+      </c>
+      <c r="JO24" s="14">
+        <v>47.548661199999998</v>
+      </c>
+      <c r="JP24" s="14">
+        <v>49.169473420000003</v>
+      </c>
+      <c r="JQ24" s="14">
+        <v>59.093168179999999</v>
+      </c>
+      <c r="JR24" s="14">
+        <v>72.10932794</v>
+      </c>
+      <c r="JS24" s="14">
+        <v>85.294466650000004</v>
+      </c>
+      <c r="JT24" s="14">
+        <v>87.377502019999994</v>
+      </c>
+      <c r="JU24" s="14">
+        <v>88.046658719999996</v>
+      </c>
+      <c r="JV24" s="14">
+        <v>84.518607349999996</v>
+      </c>
+      <c r="JW24" s="14">
+        <v>85.293222639999996</v>
+      </c>
+      <c r="JX24" s="14">
+        <v>85.541991550000006</v>
+      </c>
+      <c r="JY24" s="14">
+        <v>69.458770560000005</v>
+      </c>
+      <c r="JZ24" s="14">
+        <v>85.378202000000002</v>
+      </c>
+      <c r="KA24" s="14">
+        <v>88.412654529999998</v>
+      </c>
+      <c r="KB24" s="14">
+        <v>75.41433121</v>
+      </c>
+      <c r="KC24" s="14">
+        <v>78.530700899999999</v>
+      </c>
+      <c r="KD24" s="14">
+        <v>86.471286149999997</v>
+      </c>
+      <c r="KE24" s="14">
+        <v>102.51506213</v>
+      </c>
+      <c r="KF24" s="14">
+        <v>133.66680357999999</v>
+      </c>
+      <c r="KG24" s="14">
+        <v>121.91189928</v>
+      </c>
+      <c r="KH24" s="14">
+        <v>119.44111571000001</v>
+      </c>
+      <c r="KI24" s="14">
+        <v>112.58592897</v>
+      </c>
+      <c r="KJ24" s="14">
+        <v>141.76046707</v>
+      </c>
+      <c r="KK24" s="14">
+        <v>248.02436542999999</v>
+      </c>
+      <c r="KL24" s="14">
+        <v>251.43214388999999</v>
+      </c>
+      <c r="KM24" s="14">
+        <v>244.98109411999999</v>
+      </c>
+      <c r="KN24" s="14">
+        <v>228.86153548999999</v>
+      </c>
+      <c r="KO24" s="14">
+        <v>223.31091964000001</v>
+      </c>
+      <c r="KP24" s="14">
+        <v>227.64247053</v>
+      </c>
+      <c r="KQ24" s="14">
+        <v>241.33552173999999</v>
+      </c>
+      <c r="KR24" s="14">
+        <v>242.52955729000001</v>
+      </c>
+      <c r="KS24" s="14">
+        <v>246.60143375999999</v>
+      </c>
+      <c r="KT24" s="14">
+        <v>239.15759064</v>
+      </c>
+      <c r="KU24" s="14">
+        <v>240.74924189000001</v>
+      </c>
+      <c r="KV24" s="14">
+        <v>243.19753721999999</v>
+      </c>
+      <c r="KW24" s="14">
+        <v>232.58918546999999</v>
+      </c>
+      <c r="KX24" s="14">
+        <v>242.53328303000001</v>
+      </c>
+      <c r="KY24" s="14">
+        <v>242.29799070999999</v>
+      </c>
+      <c r="KZ24" s="14">
+        <v>235.63321249000001</v>
+      </c>
+      <c r="LA24" s="14">
+        <v>240.30389357000001</v>
+      </c>
+      <c r="LB24" s="14">
+        <v>243.75213682</v>
+      </c>
+      <c r="LC24" s="14">
+        <v>187.68332562000001</v>
+      </c>
+      <c r="LD24" s="14">
+        <v>189.58194766</v>
+      </c>
+      <c r="LE24" s="14">
+        <v>175.74735956000001</v>
+      </c>
+      <c r="LF24" s="14">
+        <v>167.66888663</v>
+      </c>
+      <c r="LG24" s="14">
+        <v>168.56481439000001</v>
+      </c>
+      <c r="LH24" s="14">
+        <v>164.85830716999999</v>
+      </c>
+      <c r="LI24" s="14">
+        <v>166.31699836000001</v>
+      </c>
+      <c r="LJ24" s="14">
+        <v>149.53903697000001</v>
+      </c>
+      <c r="LK24" s="14">
+        <v>137.89880532000001</v>
+      </c>
+      <c r="LL24" s="14">
+        <v>137.73243069</v>
+      </c>
+      <c r="LM24" s="14">
+        <v>130.20245839</v>
+      </c>
+      <c r="LN24" s="14">
+        <v>128.83492760999999</v>
+      </c>
+      <c r="LO24" s="14">
+        <v>105.99511261000001</v>
+      </c>
+      <c r="LP24" s="14">
+        <v>106.50657940000001</v>
+      </c>
+      <c r="LQ24" s="14">
+        <v>103.65448468</v>
+      </c>
+      <c r="LR24" s="14">
+        <v>105.04290727</v>
+      </c>
+      <c r="LS24" s="14">
+        <v>110.8475005</v>
+      </c>
+      <c r="LT24" s="14">
+        <v>109.21347308999999</v>
+      </c>
+      <c r="LU24" s="14">
+        <v>148.76655625000001</v>
+      </c>
+      <c r="LV24" s="14">
+        <v>135.17610669000001</v>
+      </c>
+      <c r="LW24" s="14">
+        <v>120.33440451</v>
+      </c>
+      <c r="LX24" s="14">
+        <v>104.36096223</v>
+      </c>
+      <c r="LY24" s="14">
+        <v>94.706098510000004</v>
+      </c>
+      <c r="LZ24" s="14">
+        <v>72.032790890000001</v>
+      </c>
+      <c r="MA24" s="14">
+        <v>104.13716094</v>
+      </c>
+      <c r="MB24" s="14">
+        <v>97.745333599999995</v>
+      </c>
+      <c r="MC24" s="14">
+        <v>89.814162609999997</v>
+      </c>
+      <c r="MD24" s="14">
+        <v>89.811943490000004</v>
+      </c>
+      <c r="ME24" s="14">
+        <v>66.143284809999997</v>
+      </c>
+      <c r="MF24" s="14">
+        <v>63.962602629999999</v>
+      </c>
+      <c r="MG24" s="14">
+        <v>56.784445050000002</v>
+      </c>
+      <c r="MH24" s="14">
+        <v>63.383020539999997</v>
+      </c>
+      <c r="MI24" s="14">
+        <v>64.050789480000006</v>
+      </c>
+      <c r="MJ24" s="14">
+        <v>61.857645009999999</v>
+      </c>
+      <c r="MK24" s="14">
+        <v>60.989106159999999</v>
+      </c>
+      <c r="ML24" s="14">
+        <v>57.191696450000002</v>
+      </c>
+      <c r="MM24" s="14">
+        <v>58.647828130000001</v>
+      </c>
+      <c r="MN24" s="14">
+        <v>55.229417339999998</v>
+      </c>
+      <c r="MO24" s="14">
+        <v>58.742257879999997</v>
+      </c>
+      <c r="MP24" s="14">
+        <v>70.631717260000002</v>
+      </c>
+      <c r="MQ24" s="14">
+        <v>60.816953599999998</v>
+      </c>
+      <c r="MR24" s="14">
+        <v>75.137798840000002</v>
+      </c>
+      <c r="MS24" s="14">
+        <v>81.683137430000002</v>
+      </c>
+      <c r="MT24" s="14">
+        <v>79.924612490000001</v>
+      </c>
+      <c r="MU24" s="14">
+        <v>77.200156989999996</v>
+      </c>
+      <c r="MV24" s="14">
+        <v>83.161561730000003</v>
+      </c>
+    </row>
+    <row r="25" spans="1:360" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A25" s="14"/>
+      <c r="B25" s="16" t="s">
+        <v>16</v>
+      </c>
+      <c r="C25" s="17">
+        <v>19.101332670000001</v>
+      </c>
+      <c r="D25" s="17">
+        <v>19.25317884</v>
+      </c>
+      <c r="E25" s="17">
+        <v>19.199146989999999</v>
+      </c>
+      <c r="F25" s="17">
+        <v>19.621490479999999</v>
+      </c>
+      <c r="G25" s="17">
+        <v>19.88561404</v>
+      </c>
+      <c r="H25" s="17">
+        <v>19.367517020000001</v>
+      </c>
+      <c r="I25" s="17">
+        <v>18.09850209</v>
+      </c>
+      <c r="J25" s="17">
+        <v>17.979854270000001</v>
+      </c>
+      <c r="K25" s="17">
+        <v>18.209455040000002</v>
+      </c>
+      <c r="L25" s="17">
+        <v>18.18288141</v>
+      </c>
+      <c r="M25" s="17">
+        <v>18.17161325</v>
+      </c>
+      <c r="N25" s="17">
+        <v>18.1137461</v>
+      </c>
+      <c r="O25" s="17">
+        <v>19.12021713</v>
+      </c>
+      <c r="P25" s="17">
+        <v>19.773049969999999</v>
+      </c>
+      <c r="Q25" s="17">
+        <v>19.617317669999998</v>
+      </c>
+      <c r="R25" s="17">
+        <v>19.800337249999998</v>
+      </c>
+      <c r="S25" s="17">
+        <v>19.426527969999999</v>
+      </c>
+      <c r="T25" s="17">
+        <v>21.372762089999998</v>
+      </c>
+      <c r="U25" s="17">
+        <v>19.641218259999999</v>
+      </c>
+      <c r="V25" s="17">
+        <v>19.320793819999999</v>
+      </c>
+      <c r="W25" s="17">
+        <v>26.607856129999998</v>
+      </c>
+      <c r="X25" s="17">
+        <v>26.97742624</v>
+      </c>
+      <c r="Y25" s="17">
+        <v>31.20344575</v>
+      </c>
+      <c r="Z25" s="17">
+        <v>31.425910940000001</v>
+      </c>
+      <c r="AA25" s="17">
+        <v>40.65070901</v>
+      </c>
+      <c r="AB25" s="17">
+        <v>44.79869892</v>
+      </c>
+      <c r="AC25" s="17">
+        <v>47.614643039999997</v>
+      </c>
+      <c r="AD25" s="17">
+        <v>50.535163580000003</v>
+      </c>
+      <c r="AE25" s="17">
+        <v>64.038886849999997</v>
+      </c>
+      <c r="AF25" s="17">
+        <v>65.98504586</v>
+      </c>
+      <c r="AG25" s="17">
+        <v>74.734807349999997</v>
+      </c>
+      <c r="AH25" s="17">
+        <v>70.711902449999997</v>
+      </c>
+      <c r="AI25" s="17">
+        <v>73.365090719999998</v>
+      </c>
+      <c r="AJ25" s="17">
+        <v>75.621466319999996</v>
+      </c>
+      <c r="AK25" s="17">
+        <v>77.269476940000004</v>
+      </c>
+      <c r="AL25" s="17">
+        <v>80.100524390000004</v>
+      </c>
+      <c r="AM25" s="17">
+        <v>86.804140820000001</v>
+      </c>
+      <c r="AN25" s="17">
+        <v>91.577154289999996</v>
+      </c>
+      <c r="AO25" s="17">
+        <v>97.228530629999995</v>
+      </c>
+      <c r="AP25" s="17">
+        <v>96.929035110000001</v>
+      </c>
+      <c r="AQ25" s="17">
+        <v>93.09032345</v>
+      </c>
+      <c r="AR25" s="17">
+        <v>94.793024090000003</v>
+      </c>
+      <c r="AS25" s="17">
+        <v>101.08532802000001</v>
+      </c>
+      <c r="AT25" s="17">
+        <v>97.235046859999997</v>
+      </c>
+      <c r="AU25" s="17">
+        <v>93.384765709999996</v>
+      </c>
+      <c r="AV25" s="17">
+        <v>91.534386280000007</v>
+      </c>
+      <c r="AW25" s="17">
+        <v>93.352805099999998</v>
+      </c>
+      <c r="AX25" s="17">
+        <v>95.171223920000003</v>
+      </c>
+      <c r="AY25" s="17">
+        <v>96.989642739999994</v>
+      </c>
+      <c r="AZ25" s="17">
+        <v>100.87616608</v>
+      </c>
+      <c r="BA25" s="17">
+        <v>102.31950409</v>
+      </c>
+      <c r="BB25" s="17">
+        <v>99.57458355</v>
+      </c>
+      <c r="BC25" s="17">
+        <v>95.492874610000001</v>
+      </c>
+      <c r="BD25" s="17">
+        <v>94.31596236</v>
+      </c>
+      <c r="BE25" s="17">
+        <v>98.360498030000002</v>
+      </c>
+      <c r="BF25" s="17">
+        <v>106.26277104</v>
+      </c>
+      <c r="BG25" s="17">
+        <v>116.05984585</v>
+      </c>
+      <c r="BH25" s="17">
+        <v>112.12206687</v>
+      </c>
+      <c r="BI25" s="17">
+        <v>111.34546632</v>
+      </c>
+      <c r="BJ25" s="17">
+        <v>112.7056563</v>
+      </c>
+      <c r="BK25" s="17">
+        <v>126.31552917</v>
+      </c>
+      <c r="BL25" s="17">
+        <v>127.23184424999999</v>
+      </c>
+      <c r="BM25" s="17">
+        <v>128.09824979999999</v>
+      </c>
+      <c r="BN25" s="17">
+        <v>127.63418328</v>
+      </c>
+      <c r="BO25" s="17">
+        <v>126.18704402</v>
+      </c>
+      <c r="BP25" s="17">
+        <v>123.24054796</v>
+      </c>
+      <c r="BQ25" s="17">
+        <v>124.18399228</v>
+      </c>
+      <c r="BR25" s="17">
+        <v>118.29097018</v>
+      </c>
+      <c r="BS25" s="17">
+        <v>128.97847338</v>
+      </c>
+      <c r="BT25" s="17">
+        <v>130.50322911000001</v>
+      </c>
+      <c r="BU25" s="17">
+        <v>129.84314860999999</v>
+      </c>
+      <c r="BV25" s="17">
+        <v>130.43256663</v>
+      </c>
+      <c r="BW25" s="17">
+        <v>139.67368544999999</v>
+      </c>
+      <c r="BX25" s="17">
+        <v>125.67684735</v>
+      </c>
+      <c r="BY25" s="17">
+        <v>122.36027727</v>
+      </c>
+      <c r="BZ25" s="17">
+        <v>110.23626247</v>
+      </c>
+      <c r="CA25" s="17">
+        <v>118.68800233</v>
+      </c>
+      <c r="CB25" s="17">
+        <v>118.33603026999999</v>
+      </c>
+      <c r="CC25" s="17">
+        <v>130.33332038</v>
+      </c>
+      <c r="CD25" s="17">
+        <v>132.23816815999999</v>
+      </c>
+      <c r="CE25" s="17">
+        <v>129.19249618000001</v>
+      </c>
+      <c r="CF25" s="17">
+        <v>130.39891148999999</v>
+      </c>
+      <c r="CG25" s="17">
+        <v>125.66983295</v>
+      </c>
+      <c r="CH25" s="17">
+        <v>136.59928857</v>
+      </c>
+      <c r="CI25" s="17">
+        <v>148.11801521999999</v>
+      </c>
+      <c r="CJ25" s="17">
+        <v>143.84933212999999</v>
+      </c>
+      <c r="CK25" s="17">
+        <v>142.05323576000001</v>
+      </c>
+      <c r="CL25" s="17">
+        <v>130.76841641999999</v>
+      </c>
+      <c r="CM25" s="17">
+        <v>117.44070354</v>
+      </c>
+      <c r="CN25" s="17">
+        <v>116.72657219</v>
+      </c>
+      <c r="CO25" s="17">
+        <v>102.47660522</v>
+      </c>
+      <c r="CP25" s="17">
+        <v>106.05859528000001</v>
+      </c>
+      <c r="CQ25" s="17">
+        <v>104.21307935</v>
+      </c>
+      <c r="CR25" s="17">
+        <v>111.34335009</v>
+      </c>
+      <c r="CS25" s="17">
+        <v>122.21258678</v>
+      </c>
+      <c r="CT25" s="17">
+        <v>124.61876187</v>
+      </c>
+      <c r="CU25" s="17">
+        <v>148.61213495000001</v>
+      </c>
+      <c r="CV25" s="17">
+        <v>144.61448874999999</v>
+      </c>
+      <c r="CW25" s="17">
+        <v>152.38845782999999</v>
+      </c>
+      <c r="CX25" s="17">
+        <v>145.47983210999999</v>
+      </c>
+      <c r="CY25" s="17">
+        <v>148.00732228999999</v>
+      </c>
+      <c r="CZ25" s="17">
+        <v>146.86682511000001</v>
+      </c>
+      <c r="DA25" s="17">
+        <v>147.51609128000001</v>
+      </c>
+      <c r="DB25" s="17">
+        <v>148.42540439999999</v>
+      </c>
+      <c r="DC25" s="17">
+        <v>152.4982286</v>
+      </c>
+      <c r="DD25" s="17">
+        <v>163.30354599</v>
+      </c>
+      <c r="DE25" s="17">
+        <v>168.03349847000001</v>
+      </c>
+      <c r="DF25" s="17">
+        <v>172.00916280000001</v>
+      </c>
+      <c r="DG25" s="17">
+        <v>185.72820634000001</v>
+      </c>
+      <c r="DH25" s="17">
+        <v>189.93970605999999</v>
+      </c>
+      <c r="DI25" s="17">
+        <v>192.65161305999999</v>
+      </c>
+      <c r="DJ25" s="17">
+        <v>204.56827018000001</v>
+      </c>
+      <c r="DK25" s="17">
+        <v>193.82641735000001</v>
+      </c>
+      <c r="DL25" s="17">
+        <v>193.75495312999999</v>
+      </c>
+      <c r="DM25" s="17">
+        <v>187.74017142</v>
+      </c>
+      <c r="DN25" s="17">
+        <v>197.14091826000001</v>
+      </c>
+      <c r="DO25" s="17">
+        <v>197.88891108000001</v>
+      </c>
+      <c r="DP25" s="17">
+        <v>216.01699181000001</v>
+      </c>
+      <c r="DQ25" s="17">
+        <v>214.66155498000001</v>
+      </c>
+      <c r="DR25" s="17">
+        <v>218.08951759000001</v>
+      </c>
+      <c r="DS25" s="17">
+        <v>220.90588499</v>
+      </c>
+      <c r="DT25" s="17">
+        <v>191.61566137</v>
+      </c>
+      <c r="DU25" s="17">
+        <v>190.24741785000001</v>
+      </c>
+      <c r="DV25" s="17">
+        <v>168.49056935999999</v>
+      </c>
+      <c r="DW25" s="17">
+        <v>165.44655084999999</v>
+      </c>
+      <c r="DX25" s="17">
+        <v>169.89341725</v>
+      </c>
+      <c r="DY25" s="17">
+        <v>170.58180573000001</v>
+      </c>
+      <c r="DZ25" s="17">
+        <v>170.73385877999999</v>
+      </c>
+      <c r="EA25" s="17">
+        <v>173.12514225999999</v>
+      </c>
+      <c r="EB25" s="17">
+        <v>169.62542131999999</v>
+      </c>
+      <c r="EC25" s="17">
+        <v>194.85698744000001</v>
+      </c>
+      <c r="ED25" s="17">
+        <v>191.75143188000001</v>
+      </c>
+      <c r="EE25" s="17">
+        <v>237.78791403</v>
+      </c>
+      <c r="EF25" s="17">
+        <v>243.22328381</v>
+      </c>
+      <c r="EG25" s="17">
+        <v>247.77736318000001</v>
+      </c>
+      <c r="EH25" s="17">
+        <v>245.2539404</v>
+      </c>
+      <c r="EI25" s="17">
+        <v>234.27580295000001</v>
+      </c>
+      <c r="EJ25" s="17">
+        <v>233.02169810999999</v>
+      </c>
+      <c r="EK25" s="17">
+        <v>244.77093545</v>
+      </c>
+      <c r="EL25" s="17">
+        <v>229.21963944999999</v>
+      </c>
+      <c r="EM25" s="17">
+        <v>230.90691935999999</v>
+      </c>
+      <c r="EN25" s="17">
+        <v>213.89248248000001</v>
+      </c>
+      <c r="EO25" s="17">
+        <v>238.30924737000001</v>
+      </c>
+      <c r="EP25" s="17">
+        <v>238.46633527</v>
+      </c>
+      <c r="EQ25" s="17">
+        <v>271.37334283000001</v>
+      </c>
+      <c r="ER25" s="17">
+        <v>252.72472088999999</v>
+      </c>
+      <c r="ES25" s="17">
+        <v>244.74960895999999</v>
+      </c>
+      <c r="ET25" s="17">
+        <v>230.30509476</v>
+      </c>
+      <c r="EU25" s="17">
+        <v>242.98577132</v>
+      </c>
+      <c r="EV25" s="17">
+        <v>240.08174271999999</v>
+      </c>
+      <c r="EW25" s="17">
+        <v>250.02891435000001</v>
+      </c>
+      <c r="EX25" s="17">
+        <v>247.16032898</v>
+      </c>
+      <c r="EY25" s="17">
+        <v>251.06852311</v>
+      </c>
+      <c r="EZ25" s="17">
+        <v>246.46092121000001</v>
+      </c>
+      <c r="FA25" s="17">
+        <v>251.15935289000001</v>
+      </c>
+      <c r="FB25" s="17">
+        <v>254.76699317000001</v>
+      </c>
+      <c r="FC25" s="17">
+        <v>266.92059799999998</v>
+      </c>
+      <c r="FD25" s="17">
+        <v>262.55862766000001</v>
+      </c>
+      <c r="FE25" s="17">
+        <v>264.01917079999998</v>
+      </c>
+      <c r="FF25" s="17">
+        <v>251.89073181000001</v>
+      </c>
+      <c r="FG25" s="17">
+        <v>244.68010289</v>
+      </c>
+      <c r="FH25" s="17">
+        <v>242.65258790999999</v>
+      </c>
+      <c r="FI25" s="17">
+        <v>239.60312200999999</v>
+      </c>
+      <c r="FJ25" s="17">
+        <v>236.20492399</v>
+      </c>
+      <c r="FK25" s="17">
+        <v>234.84376420000001</v>
+      </c>
+      <c r="FL25" s="17">
+        <v>228.39241711</v>
+      </c>
+      <c r="FM25" s="17">
+        <v>239.44176001</v>
+      </c>
+      <c r="FN25" s="17">
+        <v>240.25069728</v>
+      </c>
+      <c r="FO25" s="17">
+        <v>278.20796876000003</v>
+      </c>
+      <c r="FP25" s="17">
+        <v>283.728317</v>
+      </c>
+      <c r="FQ25" s="17">
+        <v>286.44666115000001</v>
+      </c>
+      <c r="FR25" s="17">
+        <v>289.95606276000001</v>
+      </c>
+      <c r="FS25" s="17">
+        <v>297.71627899999999</v>
+      </c>
+      <c r="FT25" s="17">
+        <v>294.96040212000003</v>
+      </c>
+      <c r="FU25" s="17">
+        <v>292.73893397000001</v>
+      </c>
+      <c r="FV25" s="17">
+        <v>304.29548253000002</v>
+      </c>
+      <c r="FW25" s="17">
+        <v>304.22516447999999</v>
+      </c>
+      <c r="FX25" s="17">
+        <v>301.43008366999999</v>
+      </c>
+      <c r="FY25" s="17">
+        <v>297.78601350999998</v>
+      </c>
+      <c r="FZ25" s="17">
+        <v>296.10676124000003</v>
+      </c>
+      <c r="GA25" s="17">
+        <v>437.25993571999999</v>
+      </c>
+      <c r="GB25" s="17">
+        <v>429.76983781000001</v>
+      </c>
+      <c r="GC25" s="17">
+        <v>429.66875765999998</v>
+      </c>
+      <c r="GD25" s="17">
+        <v>422.97809811000002</v>
+      </c>
+      <c r="GE25" s="17">
+        <v>419.13971794000003</v>
+      </c>
+      <c r="GF25" s="17">
+        <v>419.16317462000001</v>
+      </c>
+      <c r="GG25" s="17">
+        <v>416.5238051</v>
+      </c>
+      <c r="GH25" s="17">
+        <v>419.58221467999999</v>
+      </c>
+      <c r="GI25" s="17">
+        <v>436.35109061999998</v>
+      </c>
+      <c r="GJ25" s="17">
+        <v>431.14778355999999</v>
+      </c>
+      <c r="GK25" s="17">
+        <v>431.55832879000002</v>
+      </c>
+      <c r="GL25" s="17">
+        <v>427.73970324999999</v>
+      </c>
+      <c r="GM25" s="17">
+        <v>450.37754469999999</v>
+      </c>
+      <c r="GN25" s="17">
+        <v>441.10469912999997</v>
+      </c>
+      <c r="GO25" s="17">
+        <v>457.75352222999999</v>
+      </c>
+      <c r="GP25" s="17">
+        <v>451.08075652999997</v>
+      </c>
+      <c r="GQ25" s="17">
+        <v>446.92249773999998</v>
+      </c>
+      <c r="GR25" s="17">
+        <v>447.14384116999997</v>
+      </c>
+      <c r="GS25" s="17">
+        <v>442.47828886999997</v>
+      </c>
+      <c r="GT25" s="17">
+        <v>436.14520183000002</v>
+      </c>
+      <c r="GU25" s="17">
+        <v>431.60697685000002</v>
+      </c>
+      <c r="GV25" s="17">
+        <v>426.28698724999998</v>
+      </c>
+      <c r="GW25" s="17">
+        <v>432.48055872999998</v>
+      </c>
+      <c r="GX25" s="17">
+        <v>434.52892099000002</v>
+      </c>
+      <c r="GY25" s="17">
+        <v>454.84565153</v>
+      </c>
+      <c r="GZ25" s="17">
+        <v>451.98580941</v>
+      </c>
+      <c r="HA25" s="17">
+        <v>454.35537800999998</v>
+      </c>
+      <c r="HB25" s="17">
+        <v>452.99106447000003</v>
+      </c>
+      <c r="HC25" s="17">
+        <v>450.85615087000002</v>
+      </c>
+      <c r="HD25" s="17">
+        <v>434.28951508</v>
+      </c>
+      <c r="HE25" s="17">
+        <v>428.60350234999999</v>
+      </c>
+      <c r="HF25" s="17">
+        <v>431.41629988</v>
+      </c>
+      <c r="HG25" s="17">
+        <v>434.25466907999999</v>
+      </c>
+      <c r="HH25" s="17">
+        <v>429.13997662000003</v>
+      </c>
+      <c r="HI25" s="17">
+        <v>469.87098383</v>
+      </c>
+      <c r="HJ25" s="17">
+        <v>583.19738862999998</v>
+      </c>
+      <c r="HK25" s="17">
+        <v>606.75727754000002</v>
+      </c>
+      <c r="HL25" s="17">
+        <v>589.87966306999999</v>
+      </c>
+      <c r="HM25" s="17">
+        <v>588.48546347000001</v>
+      </c>
+      <c r="HN25" s="17">
+        <v>582.84580157000005</v>
+      </c>
+      <c r="HO25" s="17">
+        <v>576.00154646999999</v>
+      </c>
+      <c r="HP25" s="17">
+        <v>573.46888115000002</v>
+      </c>
+      <c r="HQ25" s="17">
+        <v>627.99566381</v>
+      </c>
+      <c r="HR25" s="17">
+        <v>646.55741485999999</v>
+      </c>
+      <c r="HS25" s="17">
+        <v>645.06419328000004</v>
+      </c>
+      <c r="HT25" s="17">
+        <v>637.00596464</v>
+      </c>
+      <c r="HU25" s="17">
+        <v>637.68790565999996</v>
+      </c>
+      <c r="HV25" s="17">
+        <v>641.51823148999995</v>
+      </c>
+      <c r="HW25" s="17">
+        <v>665.14803555000003</v>
+      </c>
+      <c r="HX25" s="17">
+        <v>675.54183765000005</v>
+      </c>
+      <c r="HY25" s="17">
+        <v>660.77632727000002</v>
+      </c>
+      <c r="HZ25" s="17">
+        <v>652.20747154000003</v>
+      </c>
+      <c r="IA25" s="17">
+        <v>642.37593062999997</v>
+      </c>
+      <c r="IB25" s="17">
+        <v>640.00582495000003</v>
+      </c>
+      <c r="IC25" s="17">
+        <v>636.14363777999995</v>
+      </c>
+      <c r="ID25" s="17">
+        <v>622.42208425000001</v>
+      </c>
+      <c r="IE25" s="17">
+        <v>616.78992746999995</v>
+      </c>
+      <c r="IF25" s="17">
+        <v>616.32734631999995</v>
+      </c>
+      <c r="IG25" s="17">
+        <v>611.5509376</v>
+      </c>
+      <c r="IH25" s="17">
+        <v>613.23865118000003</v>
+      </c>
+      <c r="II25" s="17">
+        <v>635.75127268999995</v>
+      </c>
+      <c r="IJ25" s="17">
+        <v>630.55686453999999</v>
+      </c>
+      <c r="IK25" s="17">
+        <v>613.81385577000003</v>
+      </c>
+      <c r="IL25" s="17">
+        <v>597.79556208999998</v>
+      </c>
+      <c r="IM25" s="17">
+        <v>588.10322360999999</v>
+      </c>
+      <c r="IN25" s="17">
+        <v>584.43945918999998</v>
+      </c>
+      <c r="IO25" s="17">
+        <v>586.41473980000001</v>
+      </c>
+      <c r="IP25" s="17">
+        <v>584.57870807999996</v>
+      </c>
+      <c r="IQ25" s="17">
+        <v>574.92100607999998</v>
+      </c>
+      <c r="IR25" s="17">
+        <v>571.00796505999995</v>
+      </c>
+      <c r="IS25" s="17">
+        <v>568.10156013000005</v>
+      </c>
+      <c r="IT25" s="17">
+        <v>569.65690643999994</v>
+      </c>
+      <c r="IU25" s="17">
+        <v>603.09236255999997</v>
+      </c>
+      <c r="IV25" s="17">
+        <v>581.03504816999998</v>
+      </c>
+      <c r="IW25" s="17">
+        <v>575.23115060999999</v>
+      </c>
+      <c r="IX25" s="17">
+        <v>570.15999943999998</v>
+      </c>
+      <c r="IY25" s="17">
+        <v>573.60226809999995</v>
+      </c>
+      <c r="IZ25" s="17">
+        <v>569.66939850000006</v>
+      </c>
+      <c r="JA25" s="17">
+        <v>566.84818227000005</v>
+      </c>
+      <c r="JB25" s="17">
+        <v>558.91321454000001</v>
+      </c>
+      <c r="JC25" s="17">
+        <v>558.89917616000002</v>
+      </c>
+      <c r="JD25" s="17">
+        <v>559.69019786000001</v>
+      </c>
+      <c r="JE25" s="17">
+        <v>560.23972858000002</v>
+      </c>
+      <c r="JF25" s="17">
+        <v>559.33458808</v>
+      </c>
+      <c r="JG25" s="17">
+        <v>599.75601666</v>
+      </c>
+      <c r="JH25" s="17">
+        <v>712.05032397000002</v>
+      </c>
+      <c r="JI25" s="17">
+        <v>713.69187044</v>
+      </c>
+      <c r="JJ25" s="17">
+        <v>709.82984853000005</v>
+      </c>
+      <c r="JK25" s="17">
+        <v>704.13022000000001</v>
+      </c>
+      <c r="JL25" s="17">
+        <v>703.14163718999998</v>
+      </c>
+      <c r="JM25" s="17">
+        <v>704.20568075000006</v>
+      </c>
+      <c r="JN25" s="17">
+        <v>698.38206874000002</v>
+      </c>
+      <c r="JO25" s="17">
+        <v>695.82631298000001</v>
+      </c>
+      <c r="JP25" s="17">
+        <v>716.02251733000003</v>
+      </c>
+      <c r="JQ25" s="17">
+        <v>725.84566200999996</v>
+      </c>
+      <c r="JR25" s="17">
+        <v>727.91151888000002</v>
+      </c>
+      <c r="JS25" s="17">
+        <v>729.28765200999999</v>
+      </c>
+      <c r="JT25" s="17">
+        <v>725.76751361000004</v>
+      </c>
+      <c r="JU25" s="17">
+        <v>724.61814288000005</v>
+      </c>
+      <c r="JV25" s="17">
+        <v>728.5267106</v>
+      </c>
+      <c r="JW25" s="17">
+        <v>726.67557459</v>
+      </c>
+      <c r="JX25" s="17">
+        <v>727.01071331000003</v>
+      </c>
+      <c r="JY25" s="17">
+        <v>729.28437686999996</v>
+      </c>
+      <c r="JZ25" s="17">
+        <v>715.19933630000003</v>
+      </c>
+      <c r="KA25" s="17">
+        <v>758.58006750000004</v>
+      </c>
+      <c r="KB25" s="17">
+        <v>757.42803863999995</v>
+      </c>
+      <c r="KC25" s="17">
+        <v>760.08249249000005</v>
+      </c>
+      <c r="KD25" s="17">
+        <v>762.27750418000005</v>
+      </c>
+      <c r="KE25" s="17">
+        <v>785.16763706999996</v>
+      </c>
+      <c r="KF25" s="17">
+        <v>788.54700668999999</v>
+      </c>
+      <c r="KG25" s="17">
+        <v>796.96187843999996</v>
+      </c>
+      <c r="KH25" s="17">
+        <v>812.94370162999996</v>
+      </c>
+      <c r="KI25" s="17">
+        <v>823.06799813999999</v>
+      </c>
+      <c r="KJ25" s="17">
+        <v>834.51539811999999</v>
+      </c>
+      <c r="KK25" s="17">
+        <v>844.05642399999999</v>
+      </c>
+      <c r="KL25" s="17">
+        <v>842.05812270000001</v>
+      </c>
+      <c r="KM25" s="17">
+        <v>861.00566316000004</v>
+      </c>
+      <c r="KN25" s="17">
+        <v>879.30150402000004</v>
+      </c>
+      <c r="KO25" s="17">
+        <v>896.14203206000002</v>
+      </c>
+      <c r="KP25" s="17">
+        <v>909.60803061000001</v>
+      </c>
+      <c r="KQ25" s="17">
+        <v>1000.22071004</v>
+      </c>
+      <c r="KR25" s="17">
+        <v>1005.3173465900001</v>
+      </c>
+      <c r="KS25" s="17">
+        <v>1008.50229058</v>
+      </c>
+      <c r="KT25" s="17">
+        <v>1006.88338092</v>
+      </c>
+      <c r="KU25" s="17">
+        <v>1016.06590804</v>
+      </c>
+      <c r="KV25" s="17">
+        <v>1027.4093726900001</v>
+      </c>
+      <c r="KW25" s="17">
+        <v>1030.19824176</v>
+      </c>
+      <c r="KX25" s="17">
+        <v>1061.9843054400001</v>
+      </c>
+      <c r="KY25" s="17">
+        <v>1065.71471178</v>
+      </c>
+      <c r="KZ25" s="17">
+        <v>1078.31973479</v>
+      </c>
+      <c r="LA25" s="17">
+        <v>1080.4225066500001</v>
+      </c>
+      <c r="LB25" s="17">
+        <v>1121.7338782500001</v>
+      </c>
+      <c r="LC25" s="17">
+        <v>1260.60266761</v>
+      </c>
+      <c r="LD25" s="17">
+        <v>1233.24221461</v>
+      </c>
+      <c r="LE25" s="17">
+        <v>1221.9219352699999</v>
+      </c>
+      <c r="LF25" s="17">
+        <v>1207.4787353199999</v>
+      </c>
+      <c r="LG25" s="17">
+        <v>1192.3166501000001</v>
+      </c>
+      <c r="LH25" s="17">
+        <v>1192.0353082900001</v>
+      </c>
+      <c r="LI25" s="17">
+        <v>1192.91668469</v>
+      </c>
+      <c r="LJ25" s="17">
+        <v>1152.91791902</v>
+      </c>
+      <c r="LK25" s="17">
+        <v>1136.9271958300001</v>
+      </c>
+      <c r="LL25" s="17">
+        <v>1131.0325234699999</v>
+      </c>
+      <c r="LM25" s="17">
+        <v>1136.7744120499999</v>
+      </c>
+      <c r="LN25" s="17">
+        <v>1140.9886065400001</v>
+      </c>
+      <c r="LO25" s="17">
+        <v>1171.4258423799999</v>
+      </c>
+      <c r="LP25" s="17">
+        <v>1161.76926968</v>
+      </c>
+      <c r="LQ25" s="17">
+        <v>1155.2580395</v>
+      </c>
+      <c r="LR25" s="17">
+        <v>1144.9708366699999</v>
+      </c>
+      <c r="LS25" s="17">
+        <v>1143.6690846900001</v>
+      </c>
+      <c r="LT25" s="17">
+        <v>1141.19613028</v>
+      </c>
+      <c r="LU25" s="17">
+        <v>1134.7397293399999</v>
+      </c>
+      <c r="LV25" s="17">
+        <v>1117.3041838700001</v>
+      </c>
+      <c r="LW25" s="17">
+        <v>1114.042252</v>
+      </c>
+      <c r="LX25" s="17">
+        <v>1101.7526104999999</v>
+      </c>
+      <c r="LY25" s="17">
+        <v>1095.57147302</v>
+      </c>
+      <c r="LZ25" s="17">
+        <v>1143.5843877899999</v>
+      </c>
+      <c r="MA25" s="17">
+        <v>1126.4622538399999</v>
+      </c>
+      <c r="MB25" s="17">
+        <v>1005.0952438100001</v>
+      </c>
+      <c r="MC25" s="17">
+        <v>999.64465752000001</v>
+      </c>
+      <c r="MD25" s="17">
+        <v>979.82241051999995</v>
+      </c>
+      <c r="ME25" s="17">
+        <v>977.03776497000001</v>
+      </c>
+      <c r="MF25" s="17">
+        <v>978.67617647999998</v>
+      </c>
+      <c r="MG25" s="17">
+        <v>975.08984723000003</v>
+      </c>
+      <c r="MH25" s="17">
+        <v>968.66440751000005</v>
+      </c>
+      <c r="MI25" s="17">
+        <v>969.64677748999998</v>
+      </c>
+      <c r="MJ25" s="17">
+        <v>959.86151773999995</v>
+      </c>
+      <c r="MK25" s="17">
+        <v>972.34475702999998</v>
+      </c>
+      <c r="ML25" s="17">
+        <v>981.84447779000004</v>
+      </c>
+      <c r="MM25" s="17">
+        <v>992.31166303999998</v>
+      </c>
+      <c r="MN25" s="17">
+        <v>989.82739615000003</v>
+      </c>
+      <c r="MO25" s="17">
+        <v>993.82316193999998</v>
+      </c>
+      <c r="MP25" s="17">
+        <v>981.70040539000001</v>
+      </c>
+      <c r="MQ25" s="17">
+        <v>996.38660176999997</v>
+      </c>
+      <c r="MR25" s="17">
+        <v>1015.5172555</v>
+      </c>
+      <c r="MS25" s="17">
+        <v>1028.15541089</v>
+      </c>
+      <c r="MT25" s="17">
+        <v>1038.75045774</v>
+      </c>
+      <c r="MU25" s="17">
+        <v>1052.2213504199999</v>
+      </c>
+      <c r="MV25" s="17">
+        <v>1049.5770083499999</v>
+      </c>
+    </row>
+    <row r="26" spans="1:360" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A26" s="14"/>
+      <c r="B26" s="15" t="s">
+        <v>19</v>
+      </c>
+      <c r="C26" s="14">
+        <v>1329.14847435</v>
+      </c>
+      <c r="D26" s="14">
+        <v>1384.39606787</v>
+      </c>
+      <c r="E26" s="14">
+        <v>1358.07620413</v>
+      </c>
+      <c r="F26" s="14">
+        <v>1387.8507664700001</v>
+      </c>
+      <c r="G26" s="14">
+        <v>1423.5757904699999</v>
+      </c>
+      <c r="H26" s="14">
+        <v>1434.07762338</v>
+      </c>
+      <c r="I26" s="14">
+        <v>1407.29621342</v>
+      </c>
+      <c r="J26" s="14">
+        <v>1963.38816679</v>
+      </c>
+      <c r="K26" s="14">
+        <v>1969.86644103</v>
+      </c>
+      <c r="L26" s="14">
+        <v>2041.3921708099999</v>
+      </c>
+      <c r="M26" s="14">
+        <v>2034.54253303</v>
+      </c>
+      <c r="N26" s="14">
+        <v>2072.1660114299998</v>
+      </c>
+      <c r="O26" s="14">
+        <v>2107.99774785</v>
+      </c>
+      <c r="P26" s="14">
+        <v>2218.18558291</v>
+      </c>
+      <c r="Q26" s="14">
+        <v>2524.87528372</v>
+      </c>
+      <c r="R26" s="14">
+        <v>2499.8395072500002</v>
+      </c>
+      <c r="S26" s="14">
+        <v>2580.3557233699999</v>
+      </c>
+      <c r="T26" s="14">
+        <v>2571.7607973700001</v>
+      </c>
+      <c r="U26" s="14">
+        <v>2600.69725419</v>
+      </c>
+      <c r="V26" s="14">
+        <v>2900.0028344699999</v>
+      </c>
+      <c r="W26" s="14">
+        <v>2817.8292228</v>
+      </c>
+      <c r="X26" s="14">
+        <v>2752.2157312999998</v>
+      </c>
+      <c r="Y26" s="14">
+        <v>2672.1582498900002</v>
+      </c>
+      <c r="Z26" s="14">
+        <v>2734.6949725600002</v>
+      </c>
+      <c r="AA26" s="14">
+        <v>2758.8690722400002</v>
+      </c>
+      <c r="AB26" s="14">
+        <v>2808.2467045399999</v>
+      </c>
+      <c r="AC26" s="14">
+        <v>2794.9483126</v>
+      </c>
+      <c r="AD26" s="14">
+        <v>2925.0406792499998</v>
+      </c>
+      <c r="AE26" s="14">
+        <v>2903.1406176099999</v>
+      </c>
+      <c r="AF26" s="14">
+        <v>2922.8976118300002</v>
+      </c>
+      <c r="AG26" s="14">
+        <v>2979.1230518699999</v>
+      </c>
+      <c r="AH26" s="14">
+        <v>2901.2550471</v>
+      </c>
+      <c r="AI26" s="14">
+        <v>2914.0588206100001</v>
+      </c>
+      <c r="AJ26" s="14">
+        <v>2808.5502993999999</v>
+      </c>
+      <c r="AK26" s="14">
+        <v>2814.0774526499999</v>
+      </c>
+      <c r="AL26" s="14">
+        <v>2889.7256284499999</v>
+      </c>
+      <c r="AM26" s="14">
+        <v>2842.3346414900002</v>
+      </c>
+      <c r="AN26" s="14">
+        <v>2920.9464749799999</v>
+      </c>
+      <c r="AO26" s="14">
+        <v>3061.06572835</v>
+      </c>
+      <c r="AP26" s="14">
+        <v>3417.3984181699998</v>
+      </c>
+      <c r="AQ26" s="14">
+        <v>3445.5496373300002</v>
+      </c>
+      <c r="AR26" s="14">
+        <v>3645.9511799400002</v>
+      </c>
+      <c r="AS26" s="14">
+        <v>3819.9159306199999</v>
+      </c>
+      <c r="AT26" s="14">
+        <v>3868.2508462400001</v>
+      </c>
+      <c r="AU26" s="14">
+        <v>3923.68541108</v>
+      </c>
+      <c r="AV26" s="14">
+        <v>3939.24082026</v>
+      </c>
+      <c r="AW26" s="14">
+        <v>3618.9663785399998</v>
+      </c>
+      <c r="AX26" s="14">
+        <v>3726.2151340300002</v>
+      </c>
+      <c r="AY26" s="14">
+        <v>4043.5919545900001</v>
+      </c>
+      <c r="AZ26" s="14">
+        <v>4197.7762261600001</v>
+      </c>
+      <c r="BA26" s="14">
+        <v>4254.5787790200002</v>
+      </c>
+      <c r="BB26" s="14">
+        <v>4775.9387888499996</v>
+      </c>
+      <c r="BC26" s="14">
+        <v>4834.7125280800001</v>
+      </c>
+      <c r="BD26" s="14">
+        <v>4775.2873112300003</v>
+      </c>
+      <c r="BE26" s="14">
+        <v>4695.0222841300001</v>
+      </c>
+      <c r="BF26" s="14">
+        <v>5037.11887243</v>
+      </c>
+      <c r="BG26" s="14">
+        <v>5182.6809313900003</v>
+      </c>
+      <c r="BH26" s="14">
+        <v>5204.3078173699996</v>
+      </c>
+      <c r="BI26" s="14">
+        <v>5605.1273509700004</v>
+      </c>
+      <c r="BJ26" s="14">
+        <v>5659.0927132200004</v>
+      </c>
+      <c r="BK26" s="14">
+        <v>5435.28608635</v>
+      </c>
+      <c r="BL26" s="14">
+        <v>5441.6132461400002</v>
+      </c>
+      <c r="BM26" s="14">
+        <v>5755.1091891400001</v>
+      </c>
+      <c r="BN26" s="14">
+        <v>6239.6287070300004</v>
+      </c>
+      <c r="BO26" s="14">
+        <v>6077.0070557600002</v>
+      </c>
+      <c r="BP26" s="14">
+        <v>6094.4801988600002</v>
+      </c>
+      <c r="BQ26" s="14">
+        <v>6138.83602462</v>
+      </c>
+      <c r="BR26" s="14">
+        <v>6049.6493828900002</v>
+      </c>
+      <c r="BS26" s="14">
+        <v>6344.4687819199999</v>
+      </c>
+      <c r="BT26" s="14">
+        <v>6219.5003782200001</v>
+      </c>
+      <c r="BU26" s="14">
+        <v>5781.3641435400004</v>
+      </c>
+      <c r="BV26" s="14">
+        <v>5869.8817662199999</v>
+      </c>
+      <c r="BW26" s="14">
+        <v>5872.5472209199997</v>
+      </c>
+      <c r="BX26" s="14">
+        <v>5995.2766644800004</v>
+      </c>
+      <c r="BY26" s="14">
+        <v>5972.3559303100001</v>
+      </c>
+      <c r="BZ26" s="14">
+        <v>5893.2831938600002</v>
+      </c>
+      <c r="CA26" s="14">
+        <v>5839.6862052300003</v>
+      </c>
+      <c r="CB26" s="14">
+        <v>5753.64232696</v>
+      </c>
+      <c r="CC26" s="14">
+        <v>5753.3550967900001</v>
+      </c>
+      <c r="CD26" s="14">
+        <v>5825.2740711599999</v>
+      </c>
+      <c r="CE26" s="14">
+        <v>5861.1950525399998</v>
+      </c>
+      <c r="CF26" s="14">
+        <v>5794.1983111199997</v>
+      </c>
+      <c r="CG26" s="14">
+        <v>5961.7485460199996</v>
+      </c>
+      <c r="CH26" s="14">
+        <v>5895.4469864000002</v>
+      </c>
+      <c r="CI26" s="14">
+        <v>5881.0805069500002</v>
+      </c>
+      <c r="CJ26" s="14">
+        <v>5791.6781875899997</v>
+      </c>
+      <c r="CK26" s="14">
+        <v>6479.4073670500002</v>
+      </c>
+      <c r="CL26" s="14">
+        <v>6556.42286728</v>
+      </c>
+      <c r="CM26" s="14">
+        <v>6418.8017980900004</v>
+      </c>
+      <c r="CN26" s="14">
+        <v>6266.0321197200001</v>
+      </c>
+      <c r="CO26" s="14">
+        <v>6510.5810885399997</v>
+      </c>
+      <c r="CP26" s="14">
+        <v>6516.8773242699999</v>
+      </c>
+      <c r="CQ26" s="14">
+        <v>6607.6294038599999</v>
+      </c>
+      <c r="CR26" s="14">
+        <v>6655.5762704299996</v>
+      </c>
+      <c r="CS26" s="14">
+        <v>6951.2734788300004</v>
+      </c>
+      <c r="CT26" s="14">
+        <v>6960.2757654200004</v>
+      </c>
+      <c r="CU26" s="14">
+        <v>6905.9540168200001</v>
+      </c>
+      <c r="CV26" s="14">
+        <v>6952.2626906599999</v>
+      </c>
+      <c r="CW26" s="14">
+        <v>7128.1116692400001</v>
+      </c>
+      <c r="CX26" s="14">
+        <v>7056.0256208000001</v>
+      </c>
+      <c r="CY26" s="14">
+        <v>7754.1890239699997</v>
+      </c>
+      <c r="CZ26" s="14">
+        <v>7559.06902412</v>
+      </c>
+      <c r="DA26" s="14">
+        <v>7621.1513228900003</v>
+      </c>
+      <c r="DB26" s="14">
+        <v>7644.6334392999997</v>
+      </c>
+      <c r="DC26" s="14">
+        <v>7690.2326076700001</v>
+      </c>
+      <c r="DD26" s="14">
+        <v>7789.2487053699997</v>
+      </c>
+      <c r="DE26" s="14">
+        <v>7720.5416478699999</v>
+      </c>
+      <c r="DF26" s="14">
+        <v>7728.4028162699997</v>
+      </c>
+      <c r="DG26" s="14">
+        <v>7606.4538660600001</v>
+      </c>
+      <c r="DH26" s="14">
+        <v>7498.9600380000002</v>
+      </c>
+      <c r="DI26" s="14">
+        <v>7469.7085606199998</v>
+      </c>
+      <c r="DJ26" s="14">
+        <v>7008.3439418500002</v>
+      </c>
+      <c r="DK26" s="14">
+        <v>6971.3181545999996</v>
+      </c>
+      <c r="DL26" s="14">
+        <v>6983.7559713999999</v>
+      </c>
+      <c r="DM26" s="14">
+        <v>7104.86519451</v>
+      </c>
+      <c r="DN26" s="14">
+        <v>7001.6242011900003</v>
+      </c>
+      <c r="DO26" s="14">
+        <v>7080.76056969</v>
+      </c>
+      <c r="DP26" s="14">
+        <v>7173.7797136099998</v>
+      </c>
+      <c r="DQ26" s="14">
+        <v>7057.9985975400004</v>
+      </c>
+      <c r="DR26" s="14">
+        <v>7112.9492622400003</v>
+      </c>
+      <c r="DS26" s="14">
+        <v>7364.0989275600004</v>
+      </c>
+      <c r="DT26" s="14">
+        <v>7335.5627850600004</v>
+      </c>
+      <c r="DU26" s="14">
+        <v>7239.3366854300002</v>
+      </c>
+      <c r="DV26" s="14">
+        <v>7043.30420744</v>
+      </c>
+      <c r="DW26" s="14">
+        <v>7047.4528550200002</v>
+      </c>
+      <c r="DX26" s="14">
+        <v>7058.7113422700004</v>
+      </c>
+      <c r="DY26" s="14">
+        <v>7094.4767551100003</v>
+      </c>
+      <c r="DZ26" s="14">
+        <v>7215.5244808199996</v>
+      </c>
+      <c r="EA26" s="14">
+        <v>7210.5317485799997</v>
+      </c>
+      <c r="EB26" s="14">
+        <v>7164.8444278899997</v>
+      </c>
+      <c r="EC26" s="14">
+        <v>7233.7097601599999</v>
+      </c>
+      <c r="ED26" s="14">
+        <v>7163.28181941</v>
+      </c>
+      <c r="EE26" s="14">
+        <v>7257.3073594699999</v>
+      </c>
+      <c r="EF26" s="14">
+        <v>7546.5104158300001</v>
+      </c>
+      <c r="EG26" s="14">
+        <v>7864.1737716999996</v>
+      </c>
+      <c r="EH26" s="14">
+        <v>7870.4086296300002</v>
+      </c>
+      <c r="EI26" s="14">
+        <v>8012.7079162700002</v>
+      </c>
+      <c r="EJ26" s="14">
+        <v>8035.6061785600004</v>
+      </c>
+      <c r="EK26" s="14">
+        <v>8131.9613147399996</v>
+      </c>
+      <c r="EL26" s="14">
+        <v>7714.5499653300003</v>
+      </c>
+      <c r="EM26" s="14">
+        <v>7744.8578560300002</v>
+      </c>
+      <c r="EN26" s="14">
+        <v>7657.6361319099997</v>
+      </c>
+      <c r="EO26" s="14">
+        <v>7698.3443359599996</v>
+      </c>
+      <c r="EP26" s="14">
+        <v>7676.3914094600004</v>
+      </c>
+      <c r="EQ26" s="14">
+        <v>8106.5021359100001</v>
+      </c>
+      <c r="ER26" s="14">
+        <v>8139.9182791900002</v>
+      </c>
+      <c r="ES26" s="14">
+        <v>8200.3081923299997</v>
+      </c>
+      <c r="ET26" s="14">
+        <v>8230.6790234500004</v>
+      </c>
+      <c r="EU26" s="14">
+        <v>8132.5104969599997</v>
+      </c>
+      <c r="EV26" s="14">
+        <v>8322.5504325700003</v>
+      </c>
+      <c r="EW26" s="14">
+        <v>8430.3219211199994</v>
+      </c>
+      <c r="EX26" s="14">
+        <v>8347.1547564299999</v>
+      </c>
+      <c r="EY26" s="14">
+        <v>8332.3212448400009</v>
+      </c>
+      <c r="EZ26" s="14">
+        <v>8404.1876624600009</v>
+      </c>
+      <c r="FA26" s="14">
+        <v>8436.4139528300002</v>
+      </c>
+      <c r="FB26" s="14">
+        <v>8451.0053505899996</v>
+      </c>
+      <c r="FC26" s="14">
+        <v>8603.8654142600008</v>
+      </c>
+      <c r="FD26" s="14">
+        <v>8656.5000878800001</v>
+      </c>
+      <c r="FE26" s="14">
+        <v>8221.0777916299994</v>
+      </c>
+      <c r="FF26" s="14">
+        <v>8288.0769512200004</v>
+      </c>
+      <c r="FG26" s="14">
+        <v>8389.9461470700007</v>
+      </c>
+      <c r="FH26" s="14">
+        <v>8307.1467923599994</v>
+      </c>
+      <c r="FI26" s="14">
+        <v>8758.2188786799998</v>
+      </c>
+      <c r="FJ26" s="14">
+        <v>8756.8677120699995</v>
+      </c>
+      <c r="FK26" s="14">
+        <v>8801.3680802399995</v>
+      </c>
+      <c r="FL26" s="14">
+        <v>9258.8319793999999</v>
+      </c>
+      <c r="FM26" s="14">
+        <v>9166.4071811899994</v>
+      </c>
+      <c r="FN26" s="14">
+        <v>10112.724658339999</v>
+      </c>
+      <c r="FO26" s="14">
+        <v>10250.321511599999</v>
+      </c>
+      <c r="FP26" s="14">
+        <v>10247.315773640001</v>
+      </c>
+      <c r="FQ26" s="14">
+        <v>10030.674557259999</v>
+      </c>
+      <c r="FR26" s="14">
+        <v>9729.2357751100008</v>
+      </c>
+      <c r="FS26" s="14">
+        <v>9784.5089904899996</v>
+      </c>
+      <c r="FT26" s="14">
+        <v>9972.2875556800009</v>
+      </c>
+      <c r="FU26" s="14">
+        <v>10007.41839146</v>
+      </c>
+      <c r="FV26" s="14">
+        <v>11166.03818922</v>
+      </c>
+      <c r="FW26" s="14">
+        <v>11288.83357501</v>
+      </c>
+      <c r="FX26" s="14">
+        <v>11248.4295848</v>
+      </c>
+      <c r="FY26" s="14">
+        <v>11277.004978970001</v>
+      </c>
+      <c r="FZ26" s="14">
+        <v>11479.874757629999</v>
+      </c>
+      <c r="GA26" s="14">
+        <v>11409.31488134</v>
+      </c>
+      <c r="GB26" s="14">
+        <v>11601.04901434</v>
+      </c>
+      <c r="GC26" s="14">
+        <v>11440.405388409999</v>
+      </c>
+      <c r="GD26" s="14">
+        <v>11878.577781309999</v>
+      </c>
+      <c r="GE26" s="14">
+        <v>11702.57633093</v>
+      </c>
+      <c r="GF26" s="14">
+        <v>11867.939724489999</v>
+      </c>
+      <c r="GG26" s="14">
+        <v>11773.288831620001</v>
+      </c>
+      <c r="GH26" s="14">
+        <v>12293.23158507</v>
+      </c>
+      <c r="GI26" s="14">
+        <v>12252.46713069</v>
+      </c>
+      <c r="GJ26" s="14">
+        <v>12218.835890009999</v>
+      </c>
+      <c r="GK26" s="14">
+        <v>12126.111089640001</v>
+      </c>
+      <c r="GL26" s="14">
+        <v>12118.50216305</v>
+      </c>
+      <c r="GM26" s="14">
+        <v>12041.5751724</v>
+      </c>
+      <c r="GN26" s="14">
+        <v>12139.003000299999</v>
+      </c>
+      <c r="GO26" s="14">
+        <v>12201.437877300001</v>
+      </c>
+      <c r="GP26" s="14">
+        <v>12158.66945759</v>
+      </c>
+      <c r="GQ26" s="14">
+        <v>13431.938505059999</v>
+      </c>
+      <c r="GR26" s="14">
+        <v>13497.504078309999</v>
+      </c>
+      <c r="GS26" s="14">
+        <v>13076.452141170001</v>
+      </c>
+      <c r="GT26" s="14">
+        <v>13069.42646389</v>
+      </c>
+      <c r="GU26" s="14">
+        <v>13032.364409960001</v>
+      </c>
+      <c r="GV26" s="14">
+        <v>12969.993888909999</v>
+      </c>
+      <c r="GW26" s="14">
+        <v>13179.76051349</v>
+      </c>
+      <c r="GX26" s="14">
+        <v>13131.858428109999</v>
+      </c>
+      <c r="GY26" s="14">
+        <v>13115.93054678</v>
+      </c>
+      <c r="GZ26" s="14">
+        <v>13143.560726379999</v>
+      </c>
+      <c r="HA26" s="14">
+        <v>13199.39278993</v>
+      </c>
+      <c r="HB26" s="14">
+        <v>13286.92208205</v>
+      </c>
+      <c r="HC26" s="14">
+        <v>14097.126212720001</v>
+      </c>
+      <c r="HD26" s="14">
+        <v>14112.486783570001</v>
+      </c>
+      <c r="HE26" s="14">
+        <v>13831.95755936</v>
+      </c>
+      <c r="HF26" s="14">
+        <v>13741.796830380001</v>
+      </c>
+      <c r="HG26" s="14">
+        <v>14130.96157229</v>
+      </c>
+      <c r="HH26" s="14">
+        <v>14144.798256849999</v>
+      </c>
+      <c r="HI26" s="14">
+        <v>14102.648807289999</v>
+      </c>
+      <c r="HJ26" s="14">
+        <v>15332.58340351</v>
+      </c>
+      <c r="HK26" s="14">
+        <v>15492.100669539999</v>
+      </c>
+      <c r="HL26" s="14">
+        <v>15631.373900590001</v>
+      </c>
+      <c r="HM26" s="14">
+        <v>15685.71349206</v>
+      </c>
+      <c r="HN26" s="14">
+        <v>15349.427485349999</v>
+      </c>
+      <c r="HO26" s="14">
+        <v>14673.29569166</v>
+      </c>
+      <c r="HP26" s="14">
+        <v>15779.129782399999</v>
+      </c>
+      <c r="HQ26" s="14">
+        <v>15391.862241549999</v>
+      </c>
+      <c r="HR26" s="14">
+        <v>15663.876205050001</v>
+      </c>
+      <c r="HS26" s="14">
+        <v>15544.141149540001</v>
+      </c>
+      <c r="HT26" s="14">
+        <v>16064.707578809999</v>
+      </c>
+      <c r="HU26" s="14">
+        <v>16138.85964002</v>
+      </c>
+      <c r="HV26" s="14">
+        <v>16182.585532929999</v>
+      </c>
+      <c r="HW26" s="14">
+        <v>16003.584469109999</v>
+      </c>
+      <c r="HX26" s="14">
+        <v>15602.32227407</v>
+      </c>
+      <c r="HY26" s="14">
+        <v>15563.7126238</v>
+      </c>
+      <c r="HZ26" s="14">
+        <v>16723.89023257</v>
+      </c>
+      <c r="IA26" s="14">
+        <v>16370.913551199999</v>
+      </c>
+      <c r="IB26" s="14">
+        <v>16363.71282866</v>
+      </c>
+      <c r="IC26" s="14">
+        <v>16373.19588101</v>
+      </c>
+      <c r="ID26" s="14">
+        <v>16303.26314904</v>
+      </c>
+      <c r="IE26" s="14">
+        <v>16003.077858140001</v>
+      </c>
+      <c r="IF26" s="14">
+        <v>15998.81297895</v>
+      </c>
+      <c r="IG26" s="14">
+        <v>15953.48116091</v>
+      </c>
+      <c r="IH26" s="14">
+        <v>16057.768118399999</v>
+      </c>
+      <c r="II26" s="14">
+        <v>15962.369654149999</v>
+      </c>
+      <c r="IJ26" s="14">
+        <v>15882.372065809999</v>
+      </c>
+      <c r="IK26" s="14">
+        <v>15809.97839</v>
+      </c>
+      <c r="IL26" s="14">
+        <v>15247.364433860001</v>
+      </c>
+      <c r="IM26" s="14">
+        <v>14935.19790537</v>
+      </c>
+      <c r="IN26" s="14">
+        <v>14972.868166259999</v>
+      </c>
+      <c r="IO26" s="14">
+        <v>15051.07319254</v>
+      </c>
+      <c r="IP26" s="14">
+        <v>15091.63819693</v>
+      </c>
+      <c r="IQ26" s="14">
+        <v>14964.650036020001</v>
+      </c>
+      <c r="IR26" s="14">
+        <v>14829.513932010001</v>
+      </c>
+      <c r="IS26" s="14">
+        <v>14666.237203000001</v>
+      </c>
+      <c r="IT26" s="14">
+        <v>14826.113435089999</v>
+      </c>
+      <c r="IU26" s="14">
+        <v>14647.329101859999</v>
+      </c>
+      <c r="IV26" s="14">
+        <v>14470.526807939999</v>
+      </c>
+      <c r="IW26" s="14">
+        <v>14342.305789419999</v>
+      </c>
+      <c r="IX26" s="14">
+        <v>15337.78390013</v>
+      </c>
+      <c r="IY26" s="14">
+        <v>14359.865916549999</v>
+      </c>
+      <c r="IZ26" s="14">
+        <v>14190.346129760001</v>
+      </c>
+      <c r="JA26" s="14">
+        <v>14016.803394320001</v>
+      </c>
+      <c r="JB26" s="14">
+        <v>13864.82426198</v>
+      </c>
+      <c r="JC26" s="14">
+        <v>13765.848150940001</v>
+      </c>
+      <c r="JD26" s="14">
+        <v>14134.96460852</v>
+      </c>
+      <c r="JE26" s="14">
+        <v>14130.846676949999</v>
+      </c>
+      <c r="JF26" s="14">
+        <v>15319.19634773</v>
+      </c>
+      <c r="JG26" s="14">
+        <v>14855.69215221</v>
+      </c>
+      <c r="JH26" s="14">
+        <v>14458.1437508</v>
+      </c>
+      <c r="JI26" s="14">
+        <v>14532.81225298</v>
+      </c>
+      <c r="JJ26" s="14">
+        <v>14603.34517203</v>
+      </c>
+      <c r="JK26" s="14">
+        <v>14440.341134570001</v>
+      </c>
+      <c r="JL26" s="14">
+        <v>14364.036860579999</v>
+      </c>
+      <c r="JM26" s="14">
+        <v>14603.928741080001</v>
+      </c>
+      <c r="JN26" s="14">
+        <v>14136.06562223</v>
+      </c>
+      <c r="JO26" s="14">
+        <v>14102.43909046</v>
+      </c>
+      <c r="JP26" s="14">
+        <v>13977.21279709</v>
+      </c>
+      <c r="JQ26" s="14">
+        <v>13882.088935039999</v>
+      </c>
+      <c r="JR26" s="14">
+        <v>13716.93420571</v>
+      </c>
+      <c r="JS26" s="14">
+        <v>13888.54667263</v>
+      </c>
+      <c r="JT26" s="14">
+        <v>13843.022117779999</v>
+      </c>
+      <c r="JU26" s="14">
+        <v>13850.208297200001</v>
+      </c>
+      <c r="JV26" s="14">
+        <v>13634.64396171</v>
+      </c>
+      <c r="JW26" s="14">
+        <v>13594.93061164</v>
+      </c>
+      <c r="JX26" s="14">
+        <v>13544.43264947</v>
+      </c>
+      <c r="JY26" s="14">
+        <v>14343.698251469999</v>
+      </c>
+      <c r="JZ26" s="14">
+        <v>14397.63257039</v>
+      </c>
+      <c r="KA26" s="14">
+        <v>14360.420173230001</v>
+      </c>
+      <c r="KB26" s="14">
+        <v>14006.409896409999</v>
+      </c>
+      <c r="KC26" s="14">
+        <v>13976.21070931</v>
+      </c>
+      <c r="KD26" s="14">
+        <v>12668.813985749999</v>
+      </c>
+      <c r="KE26" s="14">
+        <v>12637.589375379999</v>
+      </c>
+      <c r="KF26" s="14">
+        <v>12695.306412649999</v>
+      </c>
+      <c r="KG26" s="14">
+        <v>13013.09694078</v>
+      </c>
+      <c r="KH26" s="14">
+        <v>13340.444470910001</v>
+      </c>
+      <c r="KI26" s="14">
+        <v>13540.778710889999</v>
+      </c>
+      <c r="KJ26" s="14">
+        <v>13336.42337052</v>
+      </c>
+      <c r="KK26" s="14">
+        <v>15058.08556053</v>
+      </c>
+      <c r="KL26" s="14">
+        <v>13963.47412773</v>
+      </c>
+      <c r="KM26" s="14">
+        <v>13960.66979423</v>
+      </c>
+      <c r="KN26" s="14">
+        <v>14082.88875951</v>
+      </c>
+      <c r="KO26" s="14">
+        <v>14100.93363077</v>
+      </c>
+      <c r="KP26" s="14">
+        <v>14569.589831179999</v>
+      </c>
+      <c r="KQ26" s="14">
+        <v>14091.76474298</v>
+      </c>
+      <c r="KR26" s="14">
+        <v>14760.840805190001</v>
+      </c>
+      <c r="KS26" s="14">
+        <v>14906.04910025</v>
+      </c>
+      <c r="KT26" s="14">
+        <v>16162.753610899999</v>
+      </c>
+      <c r="KU26" s="14">
+        <v>15891.37186612</v>
+      </c>
+      <c r="KV26" s="14">
+        <v>15879.664159260001</v>
+      </c>
+      <c r="KW26" s="14">
+        <v>15840.718852489999</v>
+      </c>
+      <c r="KX26" s="14">
+        <v>15383.32038997</v>
+      </c>
+      <c r="KY26" s="14">
+        <v>15496.420085219999</v>
+      </c>
+      <c r="KZ26" s="14">
+        <v>15513.88179587</v>
+      </c>
+      <c r="LA26" s="14">
+        <v>15466.278539819999</v>
+      </c>
+      <c r="LB26" s="14">
+        <v>15424.57079695</v>
+      </c>
+      <c r="LC26" s="14">
+        <v>15509.05203336</v>
+      </c>
+      <c r="LD26" s="14">
+        <v>15688.836613879999</v>
+      </c>
+      <c r="LE26" s="14">
+        <v>15670.46269538</v>
+      </c>
+      <c r="LF26" s="14">
+        <v>15727.83781558</v>
+      </c>
+      <c r="LG26" s="14">
+        <v>17088.71851807</v>
+      </c>
+      <c r="LH26" s="14">
+        <v>16026.15556714</v>
+      </c>
+      <c r="LI26" s="14">
+        <v>15005.99132551</v>
+      </c>
+      <c r="LJ26" s="14">
+        <v>14859.853148300001</v>
+      </c>
+      <c r="LK26" s="14">
+        <v>14738.81544803</v>
+      </c>
+      <c r="LL26" s="14">
+        <v>14435.058700019999</v>
+      </c>
+      <c r="LM26" s="14">
+        <v>14323.090023950001</v>
+      </c>
+      <c r="LN26" s="14">
+        <v>14490.607238070001</v>
+      </c>
+      <c r="LO26" s="14">
+        <v>14921.067840219999</v>
+      </c>
+      <c r="LP26" s="14">
+        <v>14824.822227840001</v>
+      </c>
+      <c r="LQ26" s="14">
+        <v>14876.162029180001</v>
+      </c>
+      <c r="LR26" s="14">
+        <v>14555.56925223</v>
+      </c>
+      <c r="LS26" s="14">
+        <v>13780.00919911</v>
+      </c>
+      <c r="LT26" s="14">
+        <v>13704.49624713</v>
+      </c>
+      <c r="LU26" s="14">
+        <v>14631.60822312</v>
+      </c>
+      <c r="LV26" s="14">
+        <v>14515.137552100001</v>
+      </c>
+      <c r="LW26" s="14">
+        <v>14506.92734554</v>
+      </c>
+      <c r="LX26" s="14">
+        <v>14250.24173148</v>
+      </c>
+      <c r="LY26" s="14">
+        <v>14180.777006820001</v>
+      </c>
+      <c r="LZ26" s="14">
+        <v>14317.71870462</v>
+      </c>
+      <c r="MA26" s="14">
+        <v>14125.957311349999</v>
+      </c>
+      <c r="MB26" s="14">
+        <v>13788.847117650001</v>
+      </c>
+      <c r="MC26" s="14">
+        <v>13902.96790887</v>
+      </c>
+      <c r="MD26" s="14">
+        <v>14821.370532950001</v>
+      </c>
+      <c r="ME26" s="14">
+        <v>14810.75703816</v>
+      </c>
+      <c r="MF26" s="14">
+        <v>14803.382436440001</v>
+      </c>
+      <c r="MG26" s="14">
+        <v>14712.355169390001</v>
+      </c>
+      <c r="MH26" s="14">
+        <v>14889.377091910001</v>
+      </c>
+      <c r="MI26" s="14">
+        <v>14973.247547110001</v>
+      </c>
+      <c r="MJ26" s="14">
+        <v>14938.11490457</v>
+      </c>
+      <c r="MK26" s="14">
+        <v>14894.49021736</v>
+      </c>
+      <c r="ML26" s="14">
+        <v>14886.15145089</v>
+      </c>
+      <c r="MM26" s="14">
+        <v>14871.389141559999</v>
+      </c>
+      <c r="MN26" s="14">
+        <v>14632.393523479999</v>
+      </c>
+      <c r="MO26" s="14">
+        <v>16163.78633768</v>
+      </c>
+      <c r="MP26" s="14">
+        <v>15528.72007804</v>
+      </c>
+      <c r="MQ26" s="14">
+        <v>15271.17214839</v>
+      </c>
+      <c r="MR26" s="14">
+        <v>15036.73312239</v>
+      </c>
+      <c r="MS26" s="14">
+        <v>15155.937599929999</v>
+      </c>
+      <c r="MT26" s="14">
+        <v>14905.560006469999</v>
+      </c>
+      <c r="MU26" s="14">
+        <v>14879.298421629999</v>
+      </c>
+      <c r="MV26" s="14">
+        <v>15246.24277581</v>
+      </c>
+    </row>
+    <row r="27" spans="1:360" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A27" s="14"/>
+      <c r="B27" s="15" t="s">
+        <v>20</v>
+      </c>
+      <c r="C27" s="14">
+        <v>1329.14847435</v>
+      </c>
+      <c r="D27" s="14">
+        <v>1384.39606787</v>
+      </c>
+      <c r="E27" s="14">
+        <v>1358.07620413</v>
+      </c>
+      <c r="F27" s="14">
+        <v>1387.8507664700001</v>
+      </c>
+      <c r="G27" s="14">
+        <v>1423.5757904699999</v>
+      </c>
+      <c r="H27" s="14">
+        <v>1434.07762338</v>
+      </c>
+      <c r="I27" s="14">
+        <v>1407.29621342</v>
+      </c>
+      <c r="J27" s="14">
+        <v>1963.38816679</v>
+      </c>
+      <c r="K27" s="14">
+        <v>1969.86644103</v>
+      </c>
+      <c r="L27" s="14">
+        <v>2041.3921708099999</v>
+      </c>
+      <c r="M27" s="14">
+        <v>2034.54253303</v>
+      </c>
+      <c r="N27" s="14">
+        <v>2072.1660114299998</v>
+      </c>
+      <c r="O27" s="14">
+        <v>2107.99774785</v>
+      </c>
+      <c r="P27" s="14">
+        <v>2218.18558291</v>
+      </c>
+      <c r="Q27" s="14">
+        <v>2524.87528372</v>
+      </c>
+      <c r="R27" s="14">
+        <v>2499.8395072500002</v>
+      </c>
+      <c r="S27" s="14">
+        <v>2580.3557233699999</v>
+      </c>
+      <c r="T27" s="14">
+        <v>2571.7607973700001</v>
+      </c>
+      <c r="U27" s="14">
+        <v>2600.69725419</v>
+      </c>
+      <c r="V27" s="14">
+        <v>2900.0028344699999</v>
+      </c>
+      <c r="W27" s="14">
+        <v>2817.8292228</v>
+      </c>
+      <c r="X27" s="14">
+        <v>2752.2157312999998</v>
+      </c>
+      <c r="Y27" s="14">
+        <v>2672.1582498900002</v>
+      </c>
+      <c r="Z27" s="14">
+        <v>2734.6949725600002</v>
+      </c>
+      <c r="AA27" s="14">
+        <v>2758.8690722400002</v>
+      </c>
+      <c r="AB27" s="14">
+        <v>2808.2467045399999</v>
+      </c>
+      <c r="AC27" s="14">
+        <v>2794.9483126</v>
+      </c>
+      <c r="AD27" s="14">
+        <v>2925.0406792499998</v>
+      </c>
+      <c r="AE27" s="14">
+        <v>2903.1406176099999</v>
+      </c>
+      <c r="AF27" s="14">
+        <v>2922.8976118300002</v>
+      </c>
+      <c r="AG27" s="14">
+        <v>2979.1230518699999</v>
+      </c>
+      <c r="AH27" s="14">
+        <v>2901.2550471</v>
+      </c>
+      <c r="AI27" s="14">
+        <v>2914.0588206100001</v>
+      </c>
+      <c r="AJ27" s="14">
+        <v>2808.5502993999999</v>
+      </c>
+      <c r="AK27" s="14">
+        <v>2814.0774526499999</v>
+      </c>
+      <c r="AL27" s="14">
+        <v>2889.7256284499999</v>
+      </c>
+      <c r="AM27" s="14">
+        <v>2842.3346414900002</v>
+      </c>
+      <c r="AN27" s="14">
+        <v>2916.3100568899999</v>
+      </c>
+      <c r="AO27" s="14">
+        <v>3051.7928921600001</v>
+      </c>
+      <c r="AP27" s="14">
+        <v>3403.48916388</v>
+      </c>
+      <c r="AQ27" s="14">
+        <v>3427.0039649400001</v>
+      </c>
+      <c r="AR27" s="14">
+        <v>3622.7690894500001</v>
+      </c>
+      <c r="AS27" s="14">
+        <v>3792.0974220399999</v>
+      </c>
+      <c r="AT27" s="14">
+        <v>3835.7959195600001</v>
+      </c>
+      <c r="AU27" s="14">
+        <v>3886.5940663000001</v>
+      </c>
+      <c r="AV27" s="14">
+        <v>3897.5130573800002</v>
+      </c>
+      <c r="AW27" s="14">
+        <v>3572.60219757</v>
+      </c>
+      <c r="AX27" s="14">
+        <v>3675.21453496</v>
+      </c>
+      <c r="AY27" s="14">
+        <v>3987.9549374200001</v>
+      </c>
+      <c r="AZ27" s="14">
+        <v>4140.9402381399996</v>
+      </c>
+      <c r="BA27" s="14">
+        <v>4196.2707450199996</v>
+      </c>
+      <c r="BB27" s="14">
+        <v>4717.3470363500001</v>
+      </c>
+      <c r="BC27" s="14">
+        <v>4776.4242502099996</v>
+      </c>
+      <c r="BD27" s="14">
+        <v>4717.2598904899996</v>
+      </c>
+      <c r="BE27" s="14">
+        <v>4636.9064593599996</v>
+      </c>
+      <c r="BF27" s="14">
+        <v>4978.8003720999995</v>
+      </c>
+      <c r="BG27" s="14">
+        <v>5121.3775307699998</v>
+      </c>
+      <c r="BH27" s="14">
+        <v>5143.3260861099998</v>
+      </c>
+      <c r="BI27" s="14">
+        <v>5543.2397801400002</v>
+      </c>
+      <c r="BJ27" s="14">
+        <v>5596.99005012</v>
+      </c>
+      <c r="BK27" s="14">
+        <v>5375.2920810100004</v>
+      </c>
+      <c r="BL27" s="14">
+        <v>5381.4972044799997</v>
+      </c>
+      <c r="BM27" s="14">
+        <v>5694.8297530299997</v>
+      </c>
+      <c r="BN27" s="14">
+        <v>6179.50424785</v>
+      </c>
+      <c r="BO27" s="14">
+        <v>6018.6058245800004</v>
+      </c>
+      <c r="BP27" s="14">
+        <v>6038.0740568900001</v>
+      </c>
+      <c r="BQ27" s="14">
+        <v>6082.4917144499996</v>
+      </c>
+      <c r="BR27" s="14">
+        <v>6008.2190408099996</v>
+      </c>
+      <c r="BS27" s="14">
+        <v>6285.2564033899998</v>
+      </c>
+      <c r="BT27" s="14">
+        <v>6153.2141755399998</v>
+      </c>
+      <c r="BU27" s="14">
+        <v>5716.5421573100002</v>
+      </c>
+      <c r="BV27" s="14">
+        <v>5802.7867324299996</v>
+      </c>
+      <c r="BW27" s="14">
+        <v>5809.5138682300003</v>
+      </c>
+      <c r="BX27" s="14">
+        <v>5931.1387060300003</v>
+      </c>
+      <c r="BY27" s="14">
+        <v>5909.0090982499996</v>
+      </c>
+      <c r="BZ27" s="14">
+        <v>5830.6301104499998</v>
+      </c>
+      <c r="CA27" s="14">
+        <v>5777.6102173999998</v>
+      </c>
+      <c r="CB27" s="14">
+        <v>5691.83484933</v>
+      </c>
+      <c r="CC27" s="14">
+        <v>5694.8048668199999</v>
+      </c>
+      <c r="CD27" s="14">
+        <v>5769.1931234699996</v>
+      </c>
+      <c r="CE27" s="14">
+        <v>5805.1744511699999</v>
+      </c>
+      <c r="CF27" s="14">
+        <v>5739.7703570399999</v>
+      </c>
+      <c r="CG27" s="14">
+        <v>5906.3849158499997</v>
+      </c>
+      <c r="CH27" s="14">
+        <v>5843.52884851</v>
+      </c>
+      <c r="CI27" s="14">
+        <v>5829.3316612600001</v>
+      </c>
+      <c r="CJ27" s="14">
+        <v>5742.7905850699999</v>
+      </c>
+      <c r="CK27" s="14">
+        <v>6430.5157219599996</v>
+      </c>
+      <c r="CL27" s="14">
+        <v>6507.9687678299997</v>
+      </c>
+      <c r="CM27" s="14">
+        <v>6371.9787973599996</v>
+      </c>
+      <c r="CN27" s="14">
+        <v>6219.44845188</v>
+      </c>
+      <c r="CO27" s="14">
+        <v>6464.5483717899997</v>
+      </c>
+      <c r="CP27" s="14">
+        <v>6474.2476821299997</v>
+      </c>
+      <c r="CQ27" s="14">
+        <v>6565.5219122099998</v>
+      </c>
+      <c r="CR27" s="14">
+        <v>6613.4712332099998</v>
+      </c>
+      <c r="CS27" s="14">
+        <v>6909.2744879700003</v>
+      </c>
+      <c r="CT27" s="14">
+        <v>6917.9588347400004</v>
+      </c>
+      <c r="CU27" s="14">
+        <v>6864.0175539000002</v>
+      </c>
+      <c r="CV27" s="14">
+        <v>6913.9445312099997</v>
+      </c>
+      <c r="CW27" s="14">
+        <v>7090.2089843599997</v>
+      </c>
+      <c r="CX27" s="14">
+        <v>7019.5710927500004</v>
+      </c>
+      <c r="CY27" s="14">
+        <v>7717.3335443300002</v>
+      </c>
+      <c r="CZ27" s="14">
+        <v>7523.0051531899999</v>
+      </c>
+      <c r="DA27" s="14">
+        <v>7585.6443905200003</v>
+      </c>
+      <c r="DB27" s="14">
+        <v>7612.4493696700001</v>
+      </c>
+      <c r="DC27" s="14">
+        <v>7658.3682943200001</v>
+      </c>
+      <c r="DD27" s="14">
+        <v>7757.1720132399996</v>
+      </c>
+      <c r="DE27" s="14">
+        <v>7688.7883746799998</v>
+      </c>
+      <c r="DF27" s="14">
+        <v>7696.1816111600001</v>
+      </c>
+      <c r="DG27" s="14">
+        <v>7574.5145720700002</v>
+      </c>
+      <c r="DH27" s="14">
+        <v>7471.1890977000003</v>
+      </c>
+      <c r="DI27" s="14">
+        <v>7442.1077762100003</v>
+      </c>
+      <c r="DJ27" s="14">
+        <v>6981.6269069099999</v>
+      </c>
+      <c r="DK27" s="14">
+        <v>6944.9764459099997</v>
+      </c>
+      <c r="DL27" s="14">
+        <v>6957.7062097500002</v>
+      </c>
+      <c r="DM27" s="14">
+        <v>7079.3373779399999</v>
+      </c>
+      <c r="DN27" s="14">
+        <v>6979.5146074499999</v>
+      </c>
+      <c r="DO27" s="14">
+        <v>7058.4134914400001</v>
+      </c>
+      <c r="DP27" s="14">
+        <v>7145.6421018199999</v>
+      </c>
+      <c r="DQ27" s="14">
+        <v>7030.0980367399998</v>
+      </c>
+      <c r="DR27" s="14">
+        <v>7085.0162336900003</v>
+      </c>
+      <c r="DS27" s="14">
+        <v>7332.09897705</v>
+      </c>
+      <c r="DT27" s="14">
+        <v>7309.0394646499999</v>
+      </c>
+      <c r="DU27" s="14">
+        <v>7213.0185745600002</v>
+      </c>
+      <c r="DV27" s="14">
+        <v>7017.5119807199999</v>
+      </c>
+      <c r="DW27" s="14">
+        <v>7021.9502714299997</v>
+      </c>
+      <c r="DX27" s="14">
+        <v>7033.9913433800002</v>
+      </c>
+      <c r="DY27" s="14">
+        <v>7070.4072209400001</v>
+      </c>
+      <c r="DZ27" s="14">
+        <v>7192.9539415500003</v>
+      </c>
+      <c r="EA27" s="14">
+        <v>7187.80495892</v>
+      </c>
+      <c r="EB27" s="14">
+        <v>7142.3972283000003</v>
+      </c>
+      <c r="EC27" s="14">
+        <v>7207.5950268500001</v>
+      </c>
+      <c r="ED27" s="14">
+        <v>7137.2939540699999</v>
+      </c>
+      <c r="EE27" s="14">
+        <v>7231.96830271</v>
+      </c>
+      <c r="EF27" s="14">
+        <v>7517.2888717300002</v>
+      </c>
+      <c r="EG27" s="14">
+        <v>7835.0636224999998</v>
+      </c>
+      <c r="EH27" s="14">
+        <v>7841.3967904600004</v>
+      </c>
+      <c r="EI27" s="14">
+        <v>7984.1050742500001</v>
+      </c>
+      <c r="EJ27" s="14">
+        <v>8007.2621231499998</v>
+      </c>
+      <c r="EK27" s="14">
+        <v>8104.1127194600003</v>
+      </c>
+      <c r="EL27" s="14">
+        <v>7687.4216604200001</v>
+      </c>
+      <c r="EM27" s="14">
+        <v>7717.6572078099998</v>
+      </c>
+      <c r="EN27" s="14">
+        <v>7631.0794018899996</v>
+      </c>
+      <c r="EO27" s="14">
+        <v>7662.0842350599996</v>
+      </c>
+      <c r="EP27" s="14">
+        <v>7632.4385530700001</v>
+      </c>
+      <c r="EQ27" s="14">
+        <v>8063.5109231099996</v>
+      </c>
+      <c r="ER27" s="14">
+        <v>8098.8987420800004</v>
+      </c>
+      <c r="ES27" s="14">
+        <v>8159.1227683999996</v>
+      </c>
+      <c r="ET27" s="14">
+        <v>8190.1026416300001</v>
+      </c>
+      <c r="EU27" s="14">
+        <v>8092.0100970000003</v>
+      </c>
+      <c r="EV27" s="14">
+        <v>8282.1222134</v>
+      </c>
+      <c r="EW27" s="14">
+        <v>8390.4268354199994</v>
+      </c>
+      <c r="EX27" s="14">
+        <v>8301.4559466499995</v>
+      </c>
+      <c r="EY27" s="14">
+        <v>8286.9883526199992</v>
+      </c>
+      <c r="EZ27" s="14">
+        <v>8359.73468331</v>
+      </c>
+      <c r="FA27" s="14">
+        <v>8391.4264942299997</v>
+      </c>
+      <c r="FB27" s="14">
+        <v>8396.3034118300002</v>
+      </c>
+      <c r="FC27" s="14">
+        <v>8547.8714027200003</v>
+      </c>
+      <c r="FD27" s="14">
+        <v>8598.1760136299999</v>
+      </c>
+      <c r="FE27" s="14">
+        <v>8162.4467535100002</v>
+      </c>
+      <c r="FF27" s="14">
+        <v>8184.4207447299996</v>
+      </c>
+      <c r="FG27" s="14">
+        <v>8286.75618966</v>
+      </c>
+      <c r="FH27" s="14">
+        <v>8205.3375269200005</v>
+      </c>
+      <c r="FI27" s="14">
+        <v>8657.3430663399995</v>
+      </c>
+      <c r="FJ27" s="14">
+        <v>8658.3290723299997</v>
+      </c>
+      <c r="FK27" s="14">
+        <v>8703.10000081</v>
+      </c>
+      <c r="FL27" s="14">
+        <v>9161.5960596500008</v>
+      </c>
+      <c r="FM27" s="14">
+        <v>9070.0635925000006</v>
+      </c>
+      <c r="FN27" s="14">
+        <v>10015.156525009999</v>
+      </c>
+      <c r="FO27" s="14">
+        <v>10152.58552418</v>
+      </c>
+      <c r="FP27" s="14">
+        <v>10155.165491530001</v>
+      </c>
+      <c r="FQ27" s="14">
+        <v>9939.1368798099993</v>
+      </c>
+      <c r="FR27" s="14">
+        <v>9637.38225461</v>
+      </c>
+      <c r="FS27" s="14">
+        <v>9692.8145966899992</v>
+      </c>
+      <c r="FT27" s="14">
+        <v>9880.3839643400006</v>
+      </c>
+      <c r="FU27" s="14">
+        <v>9916.61814099</v>
+      </c>
+      <c r="FV27" s="14">
+        <v>11079.559681160001</v>
+      </c>
+      <c r="FW27" s="14">
+        <v>11202.015639900001</v>
+      </c>
+      <c r="FX27" s="14">
+        <v>11162.121764629999</v>
+      </c>
+      <c r="FY27" s="14">
+        <v>11190.16545986</v>
+      </c>
+      <c r="FZ27" s="14">
+        <v>11392.052941190001</v>
+      </c>
+      <c r="GA27" s="14">
+        <v>11322.158918679999</v>
+      </c>
+      <c r="GB27" s="14">
+        <v>11517.9883125</v>
+      </c>
+      <c r="GC27" s="14">
+        <v>11357.25098056</v>
+      </c>
+      <c r="GD27" s="14">
+        <v>11795.96218851</v>
+      </c>
+      <c r="GE27" s="14">
+        <v>11624.24803114</v>
+      </c>
+      <c r="GF27" s="14">
+        <v>11788.791533199999</v>
+      </c>
+      <c r="GG27" s="14">
+        <v>11694.841100940001</v>
+      </c>
+      <c r="GH27" s="14">
+        <v>12218.27906798</v>
+      </c>
+      <c r="GI27" s="14">
+        <v>12177.34346629</v>
+      </c>
+      <c r="GJ27" s="14">
+        <v>12144.13986501</v>
+      </c>
+      <c r="GK27" s="14">
+        <v>12051.483311620001</v>
+      </c>
+      <c r="GL27" s="14">
+        <v>12043.801605840001</v>
+      </c>
+      <c r="GM27" s="14">
+        <v>11966.64427282</v>
+      </c>
+      <c r="GN27" s="14">
+        <v>12067.03830131</v>
+      </c>
+      <c r="GO27" s="14">
+        <v>12129.35989046</v>
+      </c>
+      <c r="GP27" s="14">
+        <v>12087.349752669999</v>
+      </c>
+      <c r="GQ27" s="14">
+        <v>13360.384266900001</v>
+      </c>
+      <c r="GR27" s="14">
+        <v>13425.74045558</v>
+      </c>
+      <c r="GS27" s="14">
+        <v>13005.253042050001</v>
+      </c>
+      <c r="GT27" s="14">
+        <v>13001.44182629</v>
+      </c>
+      <c r="GU27" s="14">
+        <v>12964.73622968</v>
+      </c>
+      <c r="GV27" s="14">
+        <v>12902.72690105</v>
+      </c>
+      <c r="GW27" s="14">
+        <v>13111.74007141</v>
+      </c>
+      <c r="GX27" s="14">
+        <v>13063.677988040001</v>
+      </c>
+      <c r="GY27" s="14">
+        <v>13047.89257238</v>
+      </c>
+      <c r="GZ27" s="14">
+        <v>13077.29593937</v>
+      </c>
+      <c r="HA27" s="14">
+        <v>13133.14305282</v>
+      </c>
+      <c r="HB27" s="14">
+        <v>13220.75759669</v>
+      </c>
+      <c r="HC27" s="14">
+        <v>14030.84415017</v>
+      </c>
+      <c r="HD27" s="14">
+        <v>14046.63854288</v>
+      </c>
+      <c r="HE27" s="14">
+        <v>13767.110745170001</v>
+      </c>
+      <c r="HF27" s="14">
+        <v>13678.674526000001</v>
+      </c>
+      <c r="HG27" s="14">
+        <v>14067.317291859999</v>
+      </c>
+      <c r="HH27" s="14">
+        <v>14080.761399180001</v>
+      </c>
+      <c r="HI27" s="14">
+        <v>14038.54532268</v>
+      </c>
+      <c r="HJ27" s="14">
+        <v>15268.38650812</v>
+      </c>
+      <c r="HK27" s="14">
+        <v>15427.94094498</v>
+      </c>
+      <c r="HL27" s="14">
+        <v>15567.33482466</v>
+      </c>
+      <c r="HM27" s="14">
+        <v>15621.56058209</v>
+      </c>
+      <c r="HN27" s="14">
+        <v>15285.373473539999</v>
+      </c>
+      <c r="HO27" s="14">
+        <v>14609.69523005</v>
+      </c>
+      <c r="HP27" s="14">
+        <v>15715.6871854</v>
+      </c>
+      <c r="HQ27" s="14">
+        <v>15328.565479770001</v>
+      </c>
+      <c r="HR27" s="14">
+        <v>15600.21729527</v>
+      </c>
+      <c r="HS27" s="14">
+        <v>15480.55783756</v>
+      </c>
+      <c r="HT27" s="14">
+        <v>16001.131901090001</v>
+      </c>
+      <c r="HU27" s="14">
+        <v>16074.9804262</v>
+      </c>
+      <c r="HV27" s="14">
+        <v>16122.76780885</v>
+      </c>
+      <c r="HW27" s="14">
+        <v>15939.73964043</v>
+      </c>
+      <c r="HX27" s="14">
+        <v>15538.34871043</v>
+      </c>
+      <c r="HY27" s="14">
+        <v>15499.797099179999</v>
+      </c>
+      <c r="HZ27" s="14">
+        <v>16660.328008529999</v>
+      </c>
+      <c r="IA27" s="14">
+        <v>16307.805503039999</v>
+      </c>
+      <c r="IB27" s="14">
+        <v>16300.67347449</v>
+      </c>
+      <c r="IC27" s="14">
+        <v>16310.16318338</v>
+      </c>
+      <c r="ID27" s="14">
+        <v>16244.537030560001</v>
+      </c>
+      <c r="IE27" s="14">
+        <v>15944.71580423</v>
+      </c>
+      <c r="IF27" s="14">
+        <v>15939.774105709999</v>
+      </c>
+      <c r="IG27" s="14">
+        <v>15894.69138375</v>
+      </c>
+      <c r="IH27" s="14">
+        <v>16002.869526570001</v>
+      </c>
+      <c r="II27" s="14">
+        <v>15907.470068230001</v>
+      </c>
+      <c r="IJ27" s="14">
+        <v>15827.50055545</v>
+      </c>
+      <c r="IK27" s="14">
+        <v>15755.36820818</v>
+      </c>
+      <c r="IL27" s="14">
+        <v>15193.446209150001</v>
+      </c>
+      <c r="IM27" s="14">
+        <v>14881.605728299999</v>
+      </c>
+      <c r="IN27" s="14">
+        <v>14919.269151230001</v>
+      </c>
+      <c r="IO27" s="14">
+        <v>14997.291175230001</v>
+      </c>
+      <c r="IP27" s="14">
+        <v>15042.35612692</v>
+      </c>
+      <c r="IQ27" s="14">
+        <v>14915.379945320001</v>
+      </c>
+      <c r="IR27" s="14">
+        <v>14780.032627889999</v>
+      </c>
+      <c r="IS27" s="14">
+        <v>14616.83135547</v>
+      </c>
+      <c r="IT27" s="14">
+        <v>14776.480405980001</v>
+      </c>
+      <c r="IU27" s="14">
+        <v>14597.51727</v>
+      </c>
+      <c r="IV27" s="14">
+        <v>14420.031995969999</v>
+      </c>
+      <c r="IW27" s="14">
+        <v>14292.18655203</v>
+      </c>
+      <c r="IX27" s="14">
+        <v>15287.599192199999</v>
+      </c>
+      <c r="IY27" s="14">
+        <v>14309.46693751</v>
+      </c>
+      <c r="IZ27" s="14">
+        <v>14140.304160399999</v>
+      </c>
+      <c r="JA27" s="14">
+        <v>13966.890485559999</v>
+      </c>
+      <c r="JB27" s="14">
+        <v>13818.927054219999</v>
+      </c>
+      <c r="JC27" s="14">
+        <v>13719.93992268</v>
+      </c>
+      <c r="JD27" s="14">
+        <v>14088.52168464</v>
+      </c>
+      <c r="JE27" s="14">
+        <v>14084.33687431</v>
+      </c>
+      <c r="JF27" s="14">
+        <v>15272.480277729999</v>
+      </c>
+      <c r="JG27" s="14">
+        <v>14809.14681016</v>
+      </c>
+      <c r="JH27" s="14">
+        <v>14412.21858603</v>
+      </c>
+      <c r="JI27" s="14">
+        <v>14486.71561689</v>
+      </c>
+      <c r="JJ27" s="14">
+        <v>14557.30545971</v>
+      </c>
+      <c r="JK27" s="14">
+        <v>14394.490703650001</v>
+      </c>
+      <c r="JL27" s="14">
+        <v>14318.37214756</v>
+      </c>
+      <c r="JM27" s="14">
+        <v>14558.285836470001</v>
+      </c>
+      <c r="JN27" s="14">
+        <v>14090.33912694</v>
+      </c>
+      <c r="JO27" s="14">
+        <v>14056.49958892</v>
+      </c>
+      <c r="JP27" s="14">
+        <v>13931.29504212</v>
+      </c>
+      <c r="JQ27" s="14">
+        <v>13836.23212341</v>
+      </c>
+      <c r="JR27" s="14">
+        <v>13671.138270060001</v>
+      </c>
+      <c r="JS27" s="14">
+        <v>13842.36661365</v>
+      </c>
+      <c r="JT27" s="14">
+        <v>13796.809871609999</v>
+      </c>
+      <c r="JU27" s="14">
+        <v>13803.973214940001</v>
+      </c>
+      <c r="JV27" s="14">
+        <v>13588.41731535</v>
+      </c>
+      <c r="JW27" s="14">
+        <v>13548.883545709999</v>
+      </c>
+      <c r="JX27" s="14">
+        <v>13498.343028499999</v>
+      </c>
+      <c r="JY27" s="14">
+        <v>14297.76594125</v>
+      </c>
+      <c r="JZ27" s="14">
+        <v>14349.434921919999</v>
+      </c>
+      <c r="KA27" s="14">
+        <v>14312.069619080001</v>
+      </c>
+      <c r="KB27" s="14">
+        <v>13958.021702530001</v>
+      </c>
+      <c r="KC27" s="14">
+        <v>13927.77957497</v>
+      </c>
+      <c r="KD27" s="14">
+        <v>12620.490358290001</v>
+      </c>
+      <c r="KE27" s="14">
+        <v>12589.22277896</v>
+      </c>
+      <c r="KF27" s="14">
+        <v>12646.970177839999</v>
+      </c>
+      <c r="KG27" s="14">
+        <v>12964.63722545</v>
+      </c>
+      <c r="KH27" s="14">
+        <v>13290.99487079</v>
+      </c>
+      <c r="KI27" s="14">
+        <v>13491.986387950001</v>
+      </c>
+      <c r="KJ27" s="14">
+        <v>13287.4281612</v>
+      </c>
+      <c r="KK27" s="14">
+        <v>15009.253170669999</v>
+      </c>
+      <c r="KL27" s="14">
+        <v>13915.057789</v>
+      </c>
+      <c r="KM27" s="14">
+        <v>13910.49664514</v>
+      </c>
+      <c r="KN27" s="14">
+        <v>14032.548820170001</v>
+      </c>
+      <c r="KO27" s="14">
+        <v>14050.722644629999</v>
+      </c>
+      <c r="KP27" s="14">
+        <v>14519.488186009999</v>
+      </c>
+      <c r="KQ27" s="14">
+        <v>14041.762208599999</v>
+      </c>
+      <c r="KR27" s="14">
+        <v>14710.70098589</v>
+      </c>
+      <c r="KS27" s="14">
+        <v>14855.745770379999</v>
+      </c>
+      <c r="KT27" s="14">
+        <v>16112.534723229999</v>
+      </c>
+      <c r="KU27" s="14">
+        <v>15841.549904330001</v>
+      </c>
+      <c r="KV27" s="14">
+        <v>15830.12869044</v>
+      </c>
+      <c r="KW27" s="14">
+        <v>15791.30620877</v>
+      </c>
+      <c r="KX27" s="14">
+        <v>15333.84123165</v>
+      </c>
+      <c r="KY27" s="14">
+        <v>15447.061384029999</v>
+      </c>
+      <c r="KZ27" s="14">
+        <v>15464.43805176</v>
+      </c>
+      <c r="LA27" s="14">
+        <v>15417.03543265</v>
+      </c>
+      <c r="LB27" s="14">
+        <v>15375.26450594</v>
+      </c>
+      <c r="LC27" s="14">
+        <v>15459.756352779999</v>
+      </c>
+      <c r="LD27" s="14">
+        <v>15639.466745580001</v>
+      </c>
+      <c r="LE27" s="14">
+        <v>15620.997031589999</v>
+      </c>
+      <c r="LF27" s="14">
+        <v>15678.442169100001</v>
+      </c>
+      <c r="LG27" s="14">
+        <v>17039.755127969998</v>
+      </c>
+      <c r="LH27" s="14">
+        <v>15927.38072037</v>
+      </c>
+      <c r="LI27" s="14">
+        <v>14907.297223920001</v>
+      </c>
+      <c r="LJ27" s="14">
+        <v>14761.342339180001</v>
+      </c>
+      <c r="LK27" s="14">
+        <v>14640.44191489</v>
+      </c>
+      <c r="LL27" s="14">
+        <v>14336.375715800001</v>
+      </c>
+      <c r="LM27" s="14">
+        <v>14224.920434150001</v>
+      </c>
+      <c r="LN27" s="14">
+        <v>14392.18307564</v>
+      </c>
+      <c r="LO27" s="14">
+        <v>14822.8358654</v>
+      </c>
+      <c r="LP27" s="14">
+        <v>14726.59025302</v>
+      </c>
+      <c r="LQ27" s="14">
+        <v>14780.662029180001</v>
+      </c>
+      <c r="LR27" s="14">
+        <v>14460.06925223</v>
+      </c>
+      <c r="LS27" s="14">
+        <v>13734.50919911</v>
+      </c>
+      <c r="LT27" s="14">
+        <v>13658.99624713</v>
+      </c>
+      <c r="LU27" s="14">
+        <v>14586.10822312</v>
+      </c>
+      <c r="LV27" s="14">
+        <v>14469.637552100001</v>
+      </c>
+      <c r="LW27" s="14">
+        <v>14461.42734554</v>
+      </c>
+      <c r="LX27" s="14">
+        <v>14204.74173148</v>
+      </c>
+      <c r="LY27" s="14">
+        <v>14135.277006820001</v>
+      </c>
+      <c r="LZ27" s="14">
+        <v>14272.21870462</v>
+      </c>
+      <c r="MA27" s="14">
+        <v>14080.457311349999</v>
+      </c>
+      <c r="MB27" s="14">
+        <v>13743.347117650001</v>
+      </c>
+      <c r="MC27" s="14">
+        <v>13857.46790887</v>
+      </c>
+      <c r="MD27" s="14">
+        <v>14775.870532950001</v>
+      </c>
+      <c r="ME27" s="14">
+        <v>14765.25703816</v>
+      </c>
+      <c r="MF27" s="14">
+        <v>14757.882436440001</v>
+      </c>
+      <c r="MG27" s="14">
+        <v>14666.855169390001</v>
+      </c>
+      <c r="MH27" s="14">
+        <v>14843.877091910001</v>
+      </c>
+      <c r="MI27" s="14">
+        <v>14927.747547110001</v>
+      </c>
+      <c r="MJ27" s="14">
+        <v>14892.61490457</v>
+      </c>
+      <c r="MK27" s="14">
+        <v>14848.99021736</v>
+      </c>
+      <c r="ML27" s="14">
+        <v>14840.65145089</v>
+      </c>
+      <c r="MM27" s="14">
+        <v>14785.889141559999</v>
+      </c>
+      <c r="MN27" s="14">
+        <v>14546.893523479999</v>
+      </c>
+      <c r="MO27" s="14">
+        <v>16078.28633768</v>
+      </c>
+      <c r="MP27" s="14">
+        <v>15443.22007804</v>
+      </c>
+      <c r="MQ27" s="14">
+        <v>15185.67214839</v>
+      </c>
+      <c r="MR27" s="14">
+        <v>14951.23312239</v>
+      </c>
+      <c r="MS27" s="14">
+        <v>15070.437599929999</v>
+      </c>
+      <c r="MT27" s="14">
+        <v>14820.060006469999</v>
+      </c>
+      <c r="MU27" s="14">
+        <v>14793.798421629999</v>
+      </c>
+      <c r="MV27" s="14">
+        <v>15160.74277581</v>
+      </c>
+    </row>
+    <row r="28" spans="1:360" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A28" s="14"/>
+      <c r="B28" s="15" t="s">
+        <v>12</v>
+      </c>
+      <c r="C28" s="14">
+        <v>0</v>
+      </c>
+      <c r="D28" s="14">
+        <v>0</v>
+      </c>
+      <c r="E28" s="14">
+        <v>0</v>
+      </c>
+      <c r="F28" s="14">
+        <v>0</v>
+      </c>
+      <c r="G28" s="14">
+        <v>0</v>
+      </c>
+      <c r="H28" s="14">
+        <v>0</v>
+      </c>
+      <c r="I28" s="14">
+        <v>0</v>
+      </c>
+      <c r="J28" s="14">
+        <v>0</v>
+      </c>
+      <c r="K28" s="14">
+        <v>0</v>
+      </c>
+      <c r="L28" s="14">
+        <v>0</v>
+      </c>
+      <c r="M28" s="14">
+        <v>0</v>
+      </c>
+      <c r="N28" s="14">
+        <v>0</v>
+      </c>
+      <c r="O28" s="14">
+        <v>0</v>
+      </c>
+      <c r="P28" s="14">
+        <v>0</v>
+      </c>
+      <c r="Q28" s="14">
+        <v>0</v>
+      </c>
+      <c r="R28" s="14">
+        <v>0</v>
+      </c>
+      <c r="S28" s="14">
+        <v>0</v>
+      </c>
+      <c r="T28" s="14">
+        <v>0</v>
+      </c>
+      <c r="U28" s="14">
+        <v>0</v>
+      </c>
+      <c r="V28" s="14">
+        <v>0</v>
+      </c>
+      <c r="W28" s="14">
+        <v>0</v>
+      </c>
+      <c r="X28" s="14">
+        <v>0</v>
+      </c>
+      <c r="Y28" s="14">
+        <v>0</v>
+      </c>
+      <c r="Z28" s="14">
+        <v>0</v>
+      </c>
+      <c r="AA28" s="14">
+        <v>0</v>
+      </c>
+      <c r="AB28" s="14">
+        <v>0</v>
+      </c>
+      <c r="AC28" s="14">
+        <v>0</v>
+      </c>
+      <c r="AD28" s="14">
+        <v>0</v>
+      </c>
+      <c r="AE28" s="14">
+        <v>0</v>
+      </c>
+      <c r="AF28" s="14">
+        <v>0</v>
+      </c>
+      <c r="AG28" s="14">
+        <v>0</v>
+      </c>
+      <c r="AH28" s="14">
+        <v>0</v>
+      </c>
+      <c r="AI28" s="14">
+        <v>0</v>
+      </c>
+      <c r="AJ28" s="14">
+        <v>0</v>
+      </c>
+      <c r="AK28" s="14">
+        <v>0</v>
+      </c>
+      <c r="AL28" s="14">
+        <v>0</v>
+      </c>
+      <c r="AM28" s="14">
+        <v>0</v>
+      </c>
+      <c r="AN28" s="14">
+        <v>0</v>
+      </c>
+      <c r="AO28" s="14">
+        <v>0</v>
+      </c>
+      <c r="AP28" s="14">
+        <v>0</v>
+      </c>
+      <c r="AQ28" s="14">
+        <v>0</v>
+      </c>
+      <c r="AR28" s="14">
+        <v>0</v>
+      </c>
+      <c r="AS28" s="14">
+        <v>0</v>
+      </c>
+      <c r="AT28" s="14">
+        <v>0</v>
+      </c>
+      <c r="AU28" s="14">
+        <v>0</v>
+      </c>
+      <c r="AV28" s="14">
+        <v>0</v>
+      </c>
+      <c r="AW28" s="14">
+        <v>0</v>
+      </c>
+      <c r="AX28" s="14">
+        <v>0</v>
+      </c>
+      <c r="AY28" s="14">
+        <v>0</v>
+      </c>
+      <c r="AZ28" s="14">
+        <v>0</v>
+      </c>
+      <c r="BA28" s="14">
+        <v>0</v>
+      </c>
+      <c r="BB28" s="14">
+        <v>0</v>
+      </c>
+      <c r="BC28" s="14">
+        <v>0</v>
+      </c>
+      <c r="BD28" s="14">
+        <v>0</v>
+      </c>
+      <c r="BE28" s="14">
+        <v>0</v>
+      </c>
+      <c r="BF28" s="14">
+        <v>0</v>
+      </c>
+      <c r="BG28" s="14">
+        <v>0</v>
+      </c>
+      <c r="BH28" s="14">
+        <v>0</v>
+      </c>
+      <c r="BI28" s="14">
+        <v>0</v>
+      </c>
+      <c r="BJ28" s="14">
+        <v>0</v>
+      </c>
+      <c r="BK28" s="14">
+        <v>0</v>
+      </c>
+      <c r="BL28" s="14">
+        <v>0</v>
+      </c>
+      <c r="BM28" s="14">
+        <v>0</v>
+      </c>
+      <c r="BN28" s="14">
+        <v>0</v>
+      </c>
+      <c r="BO28" s="14">
+        <v>0</v>
+      </c>
+      <c r="BP28" s="14">
+        <v>0</v>
+      </c>
+      <c r="BQ28" s="14">
+        <v>0</v>
+      </c>
+      <c r="BR28" s="14">
+        <v>0</v>
+      </c>
+      <c r="BS28" s="14">
+        <v>0</v>
+      </c>
+      <c r="BT28" s="14">
+        <v>0</v>
+      </c>
+      <c r="BU28" s="14">
+        <v>0</v>
+      </c>
+      <c r="BV28" s="14">
+        <v>0</v>
+      </c>
+      <c r="BW28" s="14">
+        <v>0</v>
+      </c>
+      <c r="BX28" s="14">
+        <v>0</v>
+      </c>
+      <c r="BY28" s="14">
+        <v>0</v>
+      </c>
+      <c r="BZ28" s="14">
+        <v>0</v>
+      </c>
+      <c r="CA28" s="14">
+        <v>0</v>
+      </c>
+      <c r="CB28" s="14">
+        <v>0</v>
+      </c>
+      <c r="CC28" s="14">
+        <v>0</v>
+      </c>
+      <c r="CD28" s="14">
+        <v>0</v>
+      </c>
+      <c r="CE28" s="14">
+        <v>0</v>
+      </c>
+      <c r="CF28" s="14">
+        <v>0</v>
+      </c>
+      <c r="CG28" s="14">
+        <v>0</v>
+      </c>
+      <c r="CH28" s="14">
+        <v>0</v>
+      </c>
+      <c r="CI28" s="14">
+        <v>0</v>
+      </c>
+      <c r="CJ28" s="14">
+        <v>0</v>
+      </c>
+      <c r="CK28" s="14">
+        <v>0</v>
+      </c>
+      <c r="CL28" s="14">
+        <v>0</v>
+      </c>
+      <c r="CM28" s="14">
+        <v>0</v>
+      </c>
+      <c r="CN28" s="14">
+        <v>0</v>
+      </c>
+      <c r="CO28" s="14">
+        <v>0</v>
+      </c>
+      <c r="CP28" s="14">
+        <v>0</v>
+      </c>
+      <c r="CQ28" s="14">
+        <v>0</v>
+      </c>
+      <c r="CR28" s="14">
+        <v>0</v>
+      </c>
+      <c r="CS28" s="14">
+        <v>0</v>
+      </c>
+      <c r="CT28" s="14">
+        <v>0</v>
+      </c>
+      <c r="CU28" s="14">
+        <v>0</v>
+      </c>
+      <c r="CV28" s="14">
+        <v>0</v>
+      </c>
+      <c r="CW28" s="14">
+        <v>0</v>
+      </c>
+      <c r="CX28" s="14">
+        <v>0</v>
+      </c>
+      <c r="CY28" s="14">
+        <v>0</v>
+      </c>
+      <c r="CZ28" s="14">
+        <v>0</v>
+      </c>
+      <c r="DA28" s="14">
+        <v>0</v>
+      </c>
+      <c r="DB28" s="14">
+        <v>0</v>
+      </c>
+      <c r="DC28" s="14">
+        <v>0</v>
+      </c>
+      <c r="DD28" s="14">
+        <v>0</v>
+      </c>
+      <c r="DE28" s="14">
+        <v>0</v>
+      </c>
+      <c r="DF28" s="14">
+        <v>0</v>
+      </c>
+      <c r="DG28" s="14">
+        <v>0</v>
+      </c>
+      <c r="DH28" s="14">
+        <v>0</v>
+      </c>
+      <c r="DI28" s="14">
+        <v>0</v>
+      </c>
+      <c r="DJ28" s="14">
+        <v>0</v>
+      </c>
+      <c r="DK28" s="14">
+        <v>0</v>
+      </c>
+      <c r="DL28" s="14">
+        <v>0</v>
+      </c>
+      <c r="DM28" s="14">
+        <v>0</v>
+      </c>
+      <c r="DN28" s="14">
+        <v>0</v>
+      </c>
+      <c r="DO28" s="14">
+        <v>0</v>
+      </c>
+      <c r="DP28" s="14">
+        <v>0</v>
+      </c>
+      <c r="DQ28" s="14">
+        <v>0</v>
+      </c>
+      <c r="DR28" s="14">
+        <v>0</v>
+      </c>
+      <c r="DS28" s="14">
+        <v>0</v>
+      </c>
+      <c r="DT28" s="14">
+        <v>0</v>
+      </c>
+      <c r="DU28" s="14">
+        <v>0</v>
+      </c>
+      <c r="DV28" s="14">
+        <v>0</v>
+      </c>
+      <c r="DW28" s="14">
+        <v>0</v>
+      </c>
+      <c r="DX28" s="14">
+        <v>0</v>
+      </c>
+      <c r="DY28" s="14">
+        <v>0</v>
+      </c>
+      <c r="DZ28" s="14">
+        <v>0</v>
+      </c>
+      <c r="EA28" s="14">
+        <v>0</v>
+      </c>
+      <c r="EB28" s="14">
+        <v>0</v>
+      </c>
+      <c r="EC28" s="14">
+        <v>0</v>
+      </c>
+      <c r="ED28" s="14">
+        <v>0</v>
+      </c>
+      <c r="EE28" s="14">
+        <v>0</v>
+      </c>
+      <c r="EF28" s="14">
+        <v>0</v>
+      </c>
+      <c r="EG28" s="14">
+        <v>0</v>
+      </c>
+      <c r="EH28" s="14">
+        <v>0</v>
+      </c>
+      <c r="EI28" s="14">
+        <v>0</v>
+      </c>
+      <c r="EJ28" s="14">
+        <v>0</v>
+      </c>
+      <c r="EK28" s="14">
+        <v>0</v>
+      </c>
+      <c r="EL28" s="14">
+        <v>0</v>
+      </c>
+      <c r="EM28" s="14">
+        <v>0</v>
+      </c>
+      <c r="EN28" s="14">
+        <v>0</v>
+      </c>
+      <c r="EO28" s="14">
+        <v>0</v>
+      </c>
+      <c r="EP28" s="14">
+        <v>0</v>
+      </c>
+      <c r="EQ28" s="14">
+        <v>0</v>
+      </c>
+      <c r="ER28" s="14">
+        <v>0</v>
+      </c>
+      <c r="ES28" s="14">
+        <v>0</v>
+      </c>
+      <c r="ET28" s="14">
+        <v>0</v>
+      </c>
+      <c r="EU28" s="14">
+        <v>0</v>
+      </c>
+      <c r="EV28" s="14">
+        <v>0</v>
+      </c>
+      <c r="EW28" s="14">
+        <v>0</v>
+      </c>
+      <c r="EX28" s="14">
+        <v>0</v>
+      </c>
+      <c r="EY28" s="14">
+        <v>0</v>
+      </c>
+      <c r="EZ28" s="14">
+        <v>0</v>
+      </c>
+      <c r="FA28" s="14">
+        <v>0</v>
+      </c>
+      <c r="FB28" s="14">
+        <v>0</v>
+      </c>
+      <c r="FC28" s="14">
+        <v>0</v>
+      </c>
+      <c r="FD28" s="14">
+        <v>0</v>
+      </c>
+      <c r="FE28" s="14">
+        <v>0</v>
+      </c>
+      <c r="FF28" s="14">
+        <v>0</v>
+      </c>
+      <c r="FG28" s="14">
+        <v>0</v>
+      </c>
+      <c r="FH28" s="14">
+        <v>0</v>
+      </c>
+      <c r="FI28" s="14">
+        <v>0</v>
+      </c>
+      <c r="FJ28" s="14">
+        <v>0</v>
+      </c>
+      <c r="FK28" s="14">
+        <v>0</v>
+      </c>
+      <c r="FL28" s="14">
+        <v>0</v>
+      </c>
+      <c r="FM28" s="14">
+        <v>0</v>
+      </c>
+      <c r="FN28" s="14">
+        <v>0</v>
+      </c>
+      <c r="FO28" s="14">
+        <v>0</v>
+      </c>
+      <c r="FP28" s="14">
+        <v>0</v>
+      </c>
+      <c r="FQ28" s="14">
+        <v>0</v>
+      </c>
+      <c r="FR28" s="14">
+        <v>0</v>
+      </c>
+      <c r="FS28" s="14">
+        <v>0</v>
+      </c>
+      <c r="FT28" s="14">
+        <v>0</v>
+      </c>
+      <c r="FU28" s="14">
+        <v>0</v>
+      </c>
+      <c r="FV28" s="14">
+        <v>0</v>
+      </c>
+      <c r="FW28" s="14">
+        <v>0</v>
+      </c>
+      <c r="FX28" s="14">
+        <v>0</v>
+      </c>
+      <c r="FY28" s="14">
+        <v>0</v>
+      </c>
+      <c r="FZ28" s="14">
+        <v>0</v>
+      </c>
+      <c r="GA28" s="14">
+        <v>0</v>
+      </c>
+      <c r="GB28" s="14">
+        <v>0</v>
+      </c>
+      <c r="GC28" s="14">
+        <v>0</v>
+      </c>
+      <c r="GD28" s="14">
+        <v>0</v>
+      </c>
+      <c r="GE28" s="14">
+        <v>0</v>
+      </c>
+      <c r="GF28" s="14">
+        <v>0</v>
+      </c>
+      <c r="GG28" s="14">
+        <v>0</v>
+      </c>
+      <c r="GH28" s="14">
+        <v>0</v>
+      </c>
+      <c r="GI28" s="14">
+        <v>0</v>
+      </c>
+      <c r="GJ28" s="14">
+        <v>0</v>
+      </c>
+      <c r="GK28" s="14">
+        <v>0</v>
+      </c>
+      <c r="GL28" s="14">
+        <v>0</v>
+      </c>
+      <c r="GM28" s="14">
+        <v>0</v>
+      </c>
+      <c r="GN28" s="14">
+        <v>0</v>
+      </c>
+      <c r="GO28" s="14">
+        <v>0</v>
+      </c>
+      <c r="GP28" s="14">
+        <v>0</v>
+      </c>
+      <c r="GQ28" s="14">
+        <v>0</v>
+      </c>
+      <c r="GR28" s="14">
+        <v>0</v>
+      </c>
+      <c r="GS28" s="14">
+        <v>0</v>
+      </c>
+      <c r="GT28" s="14">
+        <v>0</v>
+      </c>
+      <c r="GU28" s="14">
+        <v>0</v>
+      </c>
+      <c r="GV28" s="14">
+        <v>0</v>
+      </c>
+      <c r="GW28" s="14">
+        <v>0</v>
+      </c>
+      <c r="GX28" s="14">
+        <v>0</v>
+      </c>
+      <c r="GY28" s="14">
+        <v>0</v>
+      </c>
+      <c r="GZ28" s="14">
+        <v>0</v>
+      </c>
+      <c r="HA28" s="14">
+        <v>0</v>
+      </c>
+      <c r="HB28" s="14">
+        <v>0</v>
+      </c>
+      <c r="HC28" s="14">
+        <v>0</v>
+      </c>
+      <c r="HD28" s="14">
+        <v>0</v>
+      </c>
+      <c r="HE28" s="14">
+        <v>0</v>
+      </c>
+      <c r="HF28" s="14">
+        <v>0</v>
+      </c>
+      <c r="HG28" s="14">
+        <v>0</v>
+      </c>
+      <c r="HH28" s="14">
+        <v>0</v>
+      </c>
+      <c r="HI28" s="14">
+        <v>0</v>
+      </c>
+      <c r="HJ28" s="14">
+        <v>0</v>
+      </c>
+      <c r="HK28" s="14">
+        <v>0</v>
+      </c>
+      <c r="HL28" s="14">
+        <v>0</v>
+      </c>
+      <c r="HM28" s="14">
+        <v>0</v>
+      </c>
+      <c r="HN28" s="14">
+        <v>0</v>
+      </c>
+      <c r="HO28" s="14">
+        <v>0</v>
+      </c>
+      <c r="HP28" s="14">
+        <v>0</v>
+      </c>
+      <c r="HQ28" s="14">
+        <v>0</v>
+      </c>
+      <c r="HR28" s="14">
+        <v>0</v>
+      </c>
+      <c r="HS28" s="14">
+        <v>0</v>
+      </c>
+      <c r="HT28" s="14">
+        <v>0</v>
+      </c>
+      <c r="HU28" s="14">
+        <v>0</v>
+      </c>
+      <c r="HV28" s="14">
+        <v>0</v>
+      </c>
+      <c r="HW28" s="14">
+        <v>0</v>
+      </c>
+      <c r="HX28" s="14">
+        <v>0</v>
+      </c>
+      <c r="HY28" s="14">
+        <v>0</v>
+      </c>
+      <c r="HZ28" s="14">
+        <v>0</v>
+      </c>
+      <c r="IA28" s="14">
+        <v>0</v>
+      </c>
+      <c r="IB28" s="14">
+        <v>0</v>
+      </c>
+      <c r="IC28" s="14">
+        <v>0</v>
+      </c>
+      <c r="ID28" s="14">
+        <v>0</v>
+      </c>
+      <c r="IE28" s="14">
+        <v>0</v>
+      </c>
+      <c r="IF28" s="14">
+        <v>0</v>
+      </c>
+      <c r="IG28" s="14">
+        <v>0</v>
+      </c>
+      <c r="IH28" s="14">
+        <v>0</v>
+      </c>
+      <c r="II28" s="14">
+        <v>0</v>
+      </c>
+      <c r="IJ28" s="14">
+        <v>0</v>
+      </c>
+      <c r="IK28" s="14">
+        <v>0</v>
+      </c>
+      <c r="IL28" s="14">
+        <v>0</v>
+      </c>
+      <c r="IM28" s="14">
+        <v>0</v>
+      </c>
+      <c r="IN28" s="14">
+        <v>0</v>
+      </c>
+      <c r="IO28" s="14">
+        <v>0</v>
+      </c>
+      <c r="IP28" s="14">
+        <v>0</v>
+      </c>
+      <c r="IQ28" s="14">
+        <v>0</v>
+      </c>
+      <c r="IR28" s="14">
+        <v>0</v>
+      </c>
+      <c r="IS28" s="14">
+        <v>0</v>
+      </c>
+      <c r="IT28" s="14">
+        <v>0</v>
+      </c>
+      <c r="IU28" s="14">
+        <v>0</v>
+      </c>
+      <c r="IV28" s="14">
+        <v>0</v>
+      </c>
+      <c r="IW28" s="14">
+        <v>0</v>
+      </c>
+      <c r="IX28" s="14">
+        <v>0</v>
+      </c>
+      <c r="IY28" s="14">
+        <v>0</v>
+      </c>
+      <c r="IZ28" s="14">
+        <v>0</v>
+      </c>
+      <c r="JA28" s="14">
+        <v>0</v>
+      </c>
+      <c r="JB28" s="14">
+        <v>0</v>
+      </c>
+      <c r="JC28" s="14">
+        <v>0</v>
+      </c>
+      <c r="JD28" s="14">
+        <v>0</v>
+      </c>
+      <c r="JE28" s="14">
+        <v>0</v>
+      </c>
+      <c r="JF28" s="14">
+        <v>0</v>
+      </c>
+      <c r="JG28" s="14">
+        <v>0</v>
+      </c>
+      <c r="JH28" s="14">
+        <v>0</v>
+      </c>
+      <c r="JI28" s="14">
+        <v>0</v>
+      </c>
+      <c r="JJ28" s="14">
+        <v>0</v>
+      </c>
+      <c r="JK28" s="14">
+        <v>0</v>
+      </c>
+      <c r="JL28" s="14">
+        <v>0</v>
+      </c>
+      <c r="JM28" s="14">
+        <v>0</v>
+      </c>
+      <c r="JN28" s="14">
+        <v>0</v>
+      </c>
+      <c r="JO28" s="14">
+        <v>0</v>
+      </c>
+      <c r="JP28" s="14">
+        <v>0</v>
+      </c>
+      <c r="JQ28" s="14">
+        <v>0</v>
+      </c>
+      <c r="JR28" s="14">
+        <v>0</v>
+      </c>
+      <c r="JS28" s="14">
+        <v>0</v>
+      </c>
+      <c r="JT28" s="14">
+        <v>0</v>
+      </c>
+      <c r="JU28" s="14">
+        <v>0</v>
+      </c>
+      <c r="JV28" s="14">
+        <v>0</v>
+      </c>
+      <c r="JW28" s="14">
+        <v>0</v>
+      </c>
+      <c r="JX28" s="14">
+        <v>0</v>
+      </c>
+      <c r="JY28" s="14">
+        <v>0</v>
+      </c>
+      <c r="JZ28" s="14">
+        <v>0</v>
+      </c>
+      <c r="KA28" s="14">
+        <v>0</v>
+      </c>
+      <c r="KB28" s="14">
+        <v>0</v>
+      </c>
+      <c r="KC28" s="14">
+        <v>0</v>
+      </c>
+      <c r="KD28" s="14">
+        <v>0</v>
+      </c>
+      <c r="KE28" s="14">
+        <v>0</v>
+      </c>
+      <c r="KF28" s="14">
+        <v>0</v>
+      </c>
+      <c r="KG28" s="14">
+        <v>0</v>
+      </c>
+      <c r="KH28" s="14">
+        <v>0</v>
+      </c>
+      <c r="KI28" s="14">
+        <v>0</v>
+      </c>
+      <c r="KJ28" s="14">
+        <v>0</v>
+      </c>
+      <c r="KK28" s="14">
+        <v>0</v>
+      </c>
+      <c r="KL28" s="14">
+        <v>0</v>
+      </c>
+      <c r="KM28" s="14">
+        <v>0</v>
+      </c>
+      <c r="KN28" s="14">
+        <v>0</v>
+      </c>
+      <c r="KO28" s="14">
+        <v>0</v>
+      </c>
+      <c r="KP28" s="14">
+        <v>0</v>
+      </c>
+      <c r="KQ28" s="14">
+        <v>0</v>
+      </c>
+      <c r="KR28" s="14">
+        <v>0</v>
+      </c>
+      <c r="KS28" s="14">
+        <v>0</v>
+      </c>
+      <c r="KT28" s="14">
+        <v>0</v>
+      </c>
+      <c r="KU28" s="14">
+        <v>0</v>
+      </c>
+      <c r="KV28" s="14">
+        <v>0</v>
+      </c>
+      <c r="KW28" s="14">
+        <v>0</v>
+      </c>
+      <c r="KX28" s="14">
+        <v>0</v>
+      </c>
+      <c r="KY28" s="14">
+        <v>0</v>
+      </c>
+      <c r="KZ28" s="14">
+        <v>0</v>
+      </c>
+      <c r="LA28" s="14">
+        <v>0</v>
+      </c>
+      <c r="LB28" s="14">
+        <v>0</v>
+      </c>
+      <c r="LC28" s="14">
+        <v>0</v>
+      </c>
+      <c r="LD28" s="14">
+        <v>0</v>
+      </c>
+      <c r="LE28" s="14">
+        <v>0</v>
+      </c>
+      <c r="LF28" s="14">
+        <v>0</v>
+      </c>
+      <c r="LG28" s="14">
+        <v>0</v>
+      </c>
+      <c r="LH28" s="14">
+        <v>0</v>
+      </c>
+      <c r="LI28" s="14">
+        <v>0</v>
+      </c>
+      <c r="LJ28" s="14">
+        <v>0</v>
+      </c>
+      <c r="LK28" s="14">
+        <v>0</v>
+      </c>
+      <c r="LL28" s="14">
+        <v>0</v>
+      </c>
+      <c r="LM28" s="14">
+        <v>0</v>
+      </c>
+      <c r="LN28" s="14">
+        <v>0</v>
+      </c>
+      <c r="LO28" s="14">
+        <v>0</v>
+      </c>
+      <c r="LP28" s="14">
+        <v>0</v>
+      </c>
+      <c r="LQ28" s="14">
+        <v>0</v>
+      </c>
+      <c r="LR28" s="14">
+        <v>0</v>
+      </c>
+      <c r="LS28" s="14">
+        <v>0</v>
+      </c>
+      <c r="LT28" s="14">
+        <v>0</v>
+      </c>
+      <c r="LU28" s="14">
+        <v>0</v>
+      </c>
+      <c r="LV28" s="14">
+        <v>0</v>
+      </c>
+      <c r="LW28" s="14">
+        <v>0</v>
+      </c>
+      <c r="LX28" s="14">
+        <v>0</v>
+      </c>
+      <c r="LY28" s="14">
+        <v>0</v>
+      </c>
+      <c r="LZ28" s="14">
+        <v>0</v>
+      </c>
+      <c r="MA28" s="14">
+        <v>0</v>
+      </c>
+      <c r="MB28" s="14">
+        <v>0</v>
+      </c>
+      <c r="MC28" s="14">
+        <v>0</v>
+      </c>
+      <c r="MD28" s="14">
+        <v>0</v>
+      </c>
+      <c r="ME28" s="14">
+        <v>0</v>
+      </c>
+      <c r="MF28" s="14">
+        <v>0</v>
+      </c>
+      <c r="MG28" s="14">
+        <v>0</v>
+      </c>
+      <c r="MH28" s="14">
+        <v>0</v>
+      </c>
+      <c r="MI28" s="14">
+        <v>0</v>
+      </c>
+      <c r="MJ28" s="14">
+        <v>0</v>
+      </c>
+      <c r="MK28" s="14">
+        <v>0</v>
+      </c>
+      <c r="ML28" s="14">
+        <v>0</v>
+      </c>
+      <c r="MM28" s="14">
+        <v>0</v>
+      </c>
+      <c r="MN28" s="14">
+        <v>0</v>
+      </c>
+      <c r="MO28" s="14">
+        <v>0</v>
+      </c>
+      <c r="MP28" s="14">
+        <v>0</v>
+      </c>
+      <c r="MQ28" s="14">
+        <v>0</v>
+      </c>
+      <c r="MR28" s="14">
+        <v>0</v>
+      </c>
+      <c r="MS28" s="14">
+        <v>0</v>
+      </c>
+      <c r="MT28" s="14">
+        <v>0</v>
+      </c>
+      <c r="MU28" s="14">
+        <v>0</v>
+      </c>
+      <c r="MV28" s="14">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="29" spans="1:360" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A29" s="14"/>
+      <c r="B29" s="15" t="s">
+        <v>13</v>
+      </c>
+      <c r="C29" s="14">
+        <v>0</v>
+      </c>
+      <c r="D29" s="14">
+        <v>0</v>
+      </c>
+      <c r="E29" s="14">
+        <v>0</v>
+      </c>
+      <c r="F29" s="14">
+        <v>0</v>
+      </c>
+      <c r="G29" s="14">
+        <v>0</v>
+      </c>
+      <c r="H29" s="14">
+        <v>0</v>
+      </c>
+      <c r="I29" s="14">
+        <v>0</v>
+      </c>
+      <c r="J29" s="14">
+        <v>0</v>
+      </c>
+      <c r="K29" s="14">
+        <v>0</v>
+      </c>
+      <c r="L29" s="14">
+        <v>0</v>
+      </c>
+      <c r="M29" s="14">
+        <v>0</v>
+      </c>
+      <c r="N29" s="14">
+        <v>0</v>
+      </c>
+      <c r="O29" s="14">
+        <v>0</v>
+      </c>
+      <c r="P29" s="14">
+        <v>0</v>
+      </c>
+      <c r="Q29" s="14">
+        <v>0</v>
+      </c>
+      <c r="R29" s="14">
+        <v>0</v>
+      </c>
+      <c r="S29" s="14">
+        <v>0</v>
+      </c>
+      <c r="T29" s="14">
+        <v>0</v>
+      </c>
+      <c r="U29" s="14">
+        <v>0</v>
+      </c>
+      <c r="V29" s="14">
+        <v>0</v>
+      </c>
+      <c r="W29" s="14">
+        <v>0</v>
+      </c>
+      <c r="X29" s="14">
+        <v>0</v>
+      </c>
+      <c r="Y29" s="14">
+        <v>0</v>
+      </c>
+      <c r="Z29" s="14">
+        <v>0</v>
+      </c>
+      <c r="AA29" s="14">
+        <v>0</v>
+      </c>
+      <c r="AB29" s="14">
+        <v>0</v>
+      </c>
+      <c r="AC29" s="14">
+        <v>0</v>
+      </c>
+      <c r="AD29" s="14">
+        <v>0</v>
+      </c>
+      <c r="AE29" s="14">
+        <v>0</v>
+      </c>
+      <c r="AF29" s="14">
+        <v>0</v>
+      </c>
+      <c r="AG29" s="14">
+        <v>0</v>
+      </c>
+      <c r="AH29" s="14">
+        <v>0</v>
+      </c>
+      <c r="AI29" s="14">
+        <v>0</v>
+      </c>
+      <c r="AJ29" s="14">
+        <v>0</v>
+      </c>
+      <c r="AK29" s="14">
+        <v>0</v>
+      </c>
+      <c r="AL29" s="14">
+        <v>0</v>
+      </c>
+      <c r="AM29" s="14">
+        <v>0</v>
+      </c>
+      <c r="AN29" s="14">
+        <v>0</v>
+      </c>
+      <c r="AO29" s="14">
+        <v>0</v>
+      </c>
+      <c r="AP29" s="14">
+        <v>0</v>
+      </c>
+      <c r="AQ29" s="14">
+        <v>0</v>
+      </c>
+      <c r="AR29" s="14">
+        <v>0</v>
+      </c>
+      <c r="AS29" s="14">
+        <v>0</v>
+      </c>
+      <c r="AT29" s="14">
+        <v>0</v>
+      </c>
+      <c r="AU29" s="14">
+        <v>0</v>
+      </c>
+      <c r="AV29" s="14">
+        <v>0</v>
+      </c>
+      <c r="AW29" s="14">
+        <v>0</v>
+      </c>
+      <c r="AX29" s="14">
+        <v>0</v>
+      </c>
+      <c r="AY29" s="14">
+        <v>0</v>
+      </c>
+      <c r="AZ29" s="14">
+        <v>0</v>
+      </c>
+      <c r="BA29" s="14">
+        <v>0</v>
+      </c>
+      <c r="BB29" s="14">
+        <v>0</v>
+      </c>
+      <c r="BC29" s="14">
+        <v>0</v>
+      </c>
+      <c r="BD29" s="14">
+        <v>0</v>
+      </c>
+      <c r="BE29" s="14">
+        <v>0</v>
+      </c>
+      <c r="BF29" s="14">
+        <v>0</v>
+      </c>
+      <c r="BG29" s="14">
+        <v>0</v>
+      </c>
+      <c r="BH29" s="14">
+        <v>0</v>
+      </c>
+      <c r="BI29" s="14">
+        <v>0</v>
+      </c>
+      <c r="BJ29" s="14">
+        <v>0</v>
+      </c>
+      <c r="BK29" s="14">
+        <v>0</v>
+      </c>
+      <c r="BL29" s="14">
+        <v>0</v>
+      </c>
+      <c r="BM29" s="14">
+        <v>0</v>
+      </c>
+      <c r="BN29" s="14">
+        <v>0</v>
+      </c>
+      <c r="BO29" s="14">
+        <v>0</v>
+      </c>
+      <c r="BP29" s="14">
+        <v>0</v>
+      </c>
+      <c r="BQ29" s="14">
+        <v>0</v>
+      </c>
+      <c r="BR29" s="14">
+        <v>0</v>
+      </c>
+      <c r="BS29" s="14">
+        <v>0</v>
+      </c>
+      <c r="BT29" s="14">
+        <v>0</v>
+      </c>
+      <c r="BU29" s="14">
+        <v>0</v>
+      </c>
+      <c r="BV29" s="14">
+        <v>0</v>
+      </c>
+      <c r="BW29" s="14">
+        <v>0</v>
+      </c>
+      <c r="BX29" s="14">
+        <v>0</v>
+      </c>
+      <c r="BY29" s="14">
+        <v>0</v>
+      </c>
+      <c r="BZ29" s="14">
+        <v>0</v>
+      </c>
+      <c r="CA29" s="14">
+        <v>0</v>
+      </c>
+      <c r="CB29" s="14">
+        <v>0</v>
+      </c>
+      <c r="CC29" s="14">
+        <v>0</v>
+      </c>
+      <c r="CD29" s="14">
+        <v>0</v>
+      </c>
+      <c r="CE29" s="14">
+        <v>0</v>
+      </c>
+      <c r="CF29" s="14">
+        <v>0</v>
+      </c>
+      <c r="CG29" s="14">
+        <v>0</v>
+      </c>
+      <c r="CH29" s="14">
+        <v>0</v>
+      </c>
+      <c r="CI29" s="14">
+        <v>0</v>
+      </c>
+      <c r="CJ29" s="14">
+        <v>0</v>
+      </c>
+      <c r="CK29" s="14">
+        <v>0</v>
+      </c>
+      <c r="CL29" s="14">
+        <v>0</v>
+      </c>
+      <c r="CM29" s="14">
+        <v>0</v>
+      </c>
+      <c r="CN29" s="14">
+        <v>0</v>
+      </c>
+      <c r="CO29" s="14">
+        <v>0</v>
+      </c>
+      <c r="CP29" s="14">
+        <v>0</v>
+      </c>
+      <c r="CQ29" s="14">
+        <v>0</v>
+      </c>
+      <c r="CR29" s="14">
+        <v>0</v>
+      </c>
+      <c r="CS29" s="14">
+        <v>0</v>
+      </c>
+      <c r="CT29" s="14">
+        <v>0</v>
+      </c>
+      <c r="CU29" s="14">
+        <v>0</v>
+      </c>
+      <c r="CV29" s="14">
+        <v>0</v>
+      </c>
+      <c r="CW29" s="14">
+        <v>0</v>
+      </c>
+      <c r="CX29" s="14">
+        <v>0</v>
+      </c>
+      <c r="CY29" s="14">
+        <v>0</v>
+      </c>
+      <c r="CZ29" s="14">
+        <v>0</v>
+      </c>
+      <c r="DA29" s="14">
+        <v>0</v>
+      </c>
+      <c r="DB29" s="14">
+        <v>0</v>
+      </c>
+      <c r="DC29" s="14">
+        <v>0</v>
+      </c>
+      <c r="DD29" s="14">
+        <v>0</v>
+      </c>
+      <c r="DE29" s="14">
+        <v>0</v>
+      </c>
+      <c r="DF29" s="14">
+        <v>0</v>
+      </c>
+      <c r="DG29" s="14">
+        <v>0</v>
+      </c>
+      <c r="DH29" s="14">
+        <v>0</v>
+      </c>
+      <c r="DI29" s="14">
+        <v>0</v>
+      </c>
+      <c r="DJ29" s="14">
+        <v>0</v>
+      </c>
+      <c r="DK29" s="14">
+        <v>0</v>
+      </c>
+      <c r="DL29" s="14">
+        <v>0</v>
+      </c>
+      <c r="DM29" s="14">
+        <v>0</v>
+      </c>
+      <c r="DN29" s="14">
+        <v>0</v>
+      </c>
+      <c r="DO29" s="14">
+        <v>0</v>
+      </c>
+      <c r="DP29" s="14">
+        <v>0</v>
+      </c>
+      <c r="DQ29" s="14">
+        <v>0</v>
+      </c>
+      <c r="DR29" s="14">
+        <v>0</v>
+      </c>
+      <c r="DS29" s="14">
+        <v>9.0251509700000003</v>
+      </c>
+      <c r="DT29" s="14">
+        <v>9.6887650099999991</v>
+      </c>
+      <c r="DU29" s="14">
+        <v>28.933572229999999</v>
+      </c>
+      <c r="DV29" s="14">
+        <v>34.322118260000003</v>
+      </c>
+      <c r="DW29" s="14">
+        <v>73.342623930000002</v>
+      </c>
+      <c r="DX29" s="14">
+        <v>95.020215010000001</v>
+      </c>
+      <c r="DY29" s="14">
+        <v>98.891764550000005</v>
+      </c>
+      <c r="DZ29" s="14">
+        <v>156.04220584999999</v>
+      </c>
+      <c r="EA29" s="14">
+        <v>143.56626186</v>
+      </c>
+      <c r="EB29" s="14">
+        <v>84.438250710000005</v>
+      </c>
+      <c r="EC29" s="14">
+        <v>121.33519145</v>
+      </c>
+      <c r="ED29" s="14">
+        <v>88.486296370000005</v>
+      </c>
+      <c r="EE29" s="14">
+        <v>122.11825602</v>
+      </c>
+      <c r="EF29" s="14">
+        <v>306.57548609999998</v>
+      </c>
+      <c r="EG29" s="14">
+        <v>334.91180568999999</v>
+      </c>
+      <c r="EH29" s="14">
+        <v>387.00643706</v>
+      </c>
+      <c r="EI29" s="14">
+        <v>547.08341628999995</v>
+      </c>
+      <c r="EJ29" s="14">
+        <v>445.57701241000001</v>
+      </c>
+      <c r="EK29" s="14">
+        <v>282.51376999000001</v>
+      </c>
+      <c r="EL29" s="14">
+        <v>216.64344018</v>
+      </c>
+      <c r="EM29" s="14">
+        <v>183.46273807</v>
+      </c>
+      <c r="EN29" s="14">
+        <v>148.95480788</v>
+      </c>
+      <c r="EO29" s="14">
+        <v>99.900457889999998</v>
+      </c>
+      <c r="EP29" s="14">
+        <v>52.226425110000001</v>
+      </c>
+      <c r="EQ29" s="14">
+        <v>42.935828520000001</v>
+      </c>
+      <c r="ER29" s="14">
+        <v>82.168690690000005</v>
+      </c>
+      <c r="ES29" s="14">
+        <v>118.80018581</v>
+      </c>
+      <c r="ET29" s="14">
+        <v>135.27108634000001</v>
+      </c>
+      <c r="EU29" s="14">
+        <v>184.03344615</v>
+      </c>
+      <c r="EV29" s="14">
+        <v>223.58484306</v>
+      </c>
+      <c r="EW29" s="14">
+        <v>240.04247129999999</v>
+      </c>
+      <c r="EX29" s="14">
+        <v>206.19815514999999</v>
+      </c>
+      <c r="EY29" s="14">
+        <v>170.45590285</v>
+      </c>
+      <c r="EZ29" s="14">
+        <v>119.11872055000001</v>
+      </c>
+      <c r="FA29" s="14">
+        <v>37.626916190000003</v>
+      </c>
+      <c r="FB29" s="14">
+        <v>24.354635340000002</v>
+      </c>
+      <c r="FC29" s="14">
+        <v>24.354635340000002</v>
+      </c>
+      <c r="FD29" s="14">
+        <v>24.383170750000001</v>
+      </c>
+      <c r="FE29" s="14">
+        <v>24.383170750000001</v>
+      </c>
+      <c r="FF29" s="14">
+        <v>17.718494920000001</v>
+      </c>
+      <c r="FG29" s="14">
+        <v>9.0915123799999993</v>
+      </c>
+      <c r="FH29" s="14">
+        <v>2.4553719599999999</v>
+      </c>
+      <c r="FI29" s="14">
+        <v>12.23032053</v>
+      </c>
+      <c r="FJ29" s="14">
+        <v>10.69272679</v>
+      </c>
+      <c r="FK29" s="14">
+        <v>16.739129380000001</v>
+      </c>
+      <c r="FL29" s="14">
+        <v>23.910753110000002</v>
+      </c>
+      <c r="FM29" s="14">
+        <v>48.34517443</v>
+      </c>
+      <c r="FN29" s="14">
+        <v>72.643078970000005</v>
+      </c>
+      <c r="FO29" s="14">
+        <v>172.72467311</v>
+      </c>
+      <c r="FP29" s="14">
+        <v>164.64693427</v>
+      </c>
+      <c r="FQ29" s="14">
+        <v>217.18677192999999</v>
+      </c>
+      <c r="FR29" s="14">
+        <v>255.02784878</v>
+      </c>
+      <c r="FS29" s="14">
+        <v>288.54059618000002</v>
+      </c>
+      <c r="FT29" s="14">
+        <v>334.83894511</v>
+      </c>
+      <c r="FU29" s="14">
+        <v>484.62470413</v>
+      </c>
+      <c r="FV29" s="14">
+        <v>533.15353775000005</v>
+      </c>
+      <c r="FW29" s="14">
+        <v>536.63630923000005</v>
+      </c>
+      <c r="FX29" s="14">
+        <v>566.74303177000002</v>
+      </c>
+      <c r="FY29" s="14">
+        <v>564.38339251000002</v>
+      </c>
+      <c r="FZ29" s="14">
+        <v>541.88667165000004</v>
+      </c>
+      <c r="GA29" s="14">
+        <v>467.25332003</v>
+      </c>
+      <c r="GB29" s="14">
+        <v>468.88910955</v>
+      </c>
+      <c r="GC29" s="14">
+        <v>506.42165136</v>
+      </c>
+      <c r="GD29" s="14">
+        <v>544.11816468999996</v>
+      </c>
+      <c r="GE29" s="14">
+        <v>513.93527628000004</v>
+      </c>
+      <c r="GF29" s="14">
+        <v>472.78124521000001</v>
+      </c>
+      <c r="GG29" s="14">
+        <v>317.88356656000002</v>
+      </c>
+      <c r="GH29" s="14">
+        <v>322.38841638000002</v>
+      </c>
+      <c r="GI29" s="14">
+        <v>275.35221452000002</v>
+      </c>
+      <c r="GJ29" s="14">
+        <v>172.29185175999999</v>
+      </c>
+      <c r="GK29" s="14">
+        <v>168.22511062000001</v>
+      </c>
+      <c r="GL29" s="14">
+        <v>191.59436165</v>
+      </c>
+      <c r="GM29" s="14">
+        <v>159.97350799</v>
+      </c>
+      <c r="GN29" s="14">
+        <v>169.90945947</v>
+      </c>
+      <c r="GO29" s="14">
+        <v>156.82373760999999</v>
+      </c>
+      <c r="GP29" s="14">
+        <v>278.59267688</v>
+      </c>
+      <c r="GQ29" s="14">
+        <v>341.06712616999999</v>
+      </c>
+      <c r="GR29" s="14">
+        <v>327.75828180000002</v>
+      </c>
+      <c r="GS29" s="14">
+        <v>269.25192686999998</v>
+      </c>
+      <c r="GT29" s="14">
+        <v>243.92741179000001</v>
+      </c>
+      <c r="GU29" s="14">
+        <v>214.75286141999999</v>
+      </c>
+      <c r="GV29" s="14">
+        <v>186.22712367</v>
+      </c>
+      <c r="GW29" s="14">
+        <v>176.11514690999999</v>
+      </c>
+      <c r="GX29" s="14">
+        <v>134.42367335</v>
+      </c>
+      <c r="GY29" s="14">
+        <v>118.79402895</v>
+      </c>
+      <c r="GZ29" s="14">
+        <v>170.08065106000001</v>
+      </c>
+      <c r="HA29" s="14">
+        <v>171.47806193</v>
+      </c>
+      <c r="HB29" s="14">
+        <v>171.69012089</v>
+      </c>
+      <c r="HC29" s="14">
+        <v>167.99163229999999</v>
+      </c>
+      <c r="HD29" s="14">
+        <v>141.52837281999999</v>
+      </c>
+      <c r="HE29" s="14">
+        <v>138.62442365000001</v>
+      </c>
+      <c r="HF29" s="14">
+        <v>133.90223476</v>
+      </c>
+      <c r="HG29" s="14">
+        <v>120.72322524</v>
+      </c>
+      <c r="HH29" s="14">
+        <v>101.60895471000001</v>
+      </c>
+      <c r="HI29" s="14">
+        <v>114.26657129</v>
+      </c>
+      <c r="HJ29" s="14">
+        <v>76.340829049999996</v>
+      </c>
+      <c r="HK29" s="14">
+        <v>71.642939780000006</v>
+      </c>
+      <c r="HL29" s="14">
+        <v>125.34956235999999</v>
+      </c>
+      <c r="HM29" s="14">
+        <v>132.78214724</v>
+      </c>
+      <c r="HN29" s="14">
+        <v>180.71280844</v>
+      </c>
+      <c r="HO29" s="14">
+        <v>185.46702746</v>
+      </c>
+      <c r="HP29" s="14">
+        <v>183.08581631000001</v>
+      </c>
+      <c r="HQ29" s="14">
+        <v>164.9896123</v>
+      </c>
+      <c r="HR29" s="14">
+        <v>157.5649152</v>
+      </c>
+      <c r="HS29" s="14">
+        <v>19.956788070000002</v>
+      </c>
+      <c r="HT29" s="14">
+        <v>25.036255229999998</v>
+      </c>
+      <c r="HU29" s="14">
+        <v>116.86417281</v>
+      </c>
+      <c r="HV29" s="14">
+        <v>117.66748158</v>
+      </c>
+      <c r="HW29" s="14">
+        <v>85.275380580000004</v>
+      </c>
+      <c r="HX29" s="14">
+        <v>74.281016660000006</v>
+      </c>
+      <c r="HY29" s="14">
+        <v>40.639723940000003</v>
+      </c>
+      <c r="HZ29" s="14">
+        <v>37.388015129999999</v>
+      </c>
+      <c r="IA29" s="14">
+        <v>29.796270490000001</v>
+      </c>
+      <c r="IB29" s="14">
+        <v>36.432410910000002</v>
+      </c>
+      <c r="IC29" s="14">
+        <v>24.354635340000002</v>
+      </c>
+      <c r="ID29" s="14">
+        <v>25.42850129</v>
+      </c>
+      <c r="IE29" s="14">
+        <v>7.6979228900000001</v>
+      </c>
+      <c r="IF29" s="14">
+        <v>9.7764138299999992</v>
+      </c>
+      <c r="IG29" s="14">
+        <v>8.6931707500000002</v>
+      </c>
+      <c r="IH29" s="14">
+        <v>8.6661573599999997</v>
+      </c>
+      <c r="II29" s="14">
+        <v>8.3211434200000003</v>
+      </c>
+      <c r="IJ29" s="14">
+        <v>20.806708199999999</v>
+      </c>
+      <c r="IK29" s="14">
+        <v>20.790620560000001</v>
+      </c>
+      <c r="IL29" s="14">
+        <v>24.331836209999999</v>
+      </c>
+      <c r="IM29" s="14">
+        <v>24.145210330000001</v>
+      </c>
+      <c r="IN29" s="14">
+        <v>2.95225297</v>
+      </c>
+      <c r="IO29" s="14">
+        <v>1.6250248899999999</v>
+      </c>
+      <c r="IP29" s="14">
+        <v>1.3604087899999999</v>
+      </c>
+      <c r="IQ29" s="14">
+        <v>1.5370960199999999</v>
+      </c>
+      <c r="IR29" s="14">
+        <v>1.7917579100000001</v>
+      </c>
+      <c r="IS29" s="14">
+        <v>1.7917579100000001</v>
+      </c>
+      <c r="IT29" s="14">
+        <v>1.92448072</v>
+      </c>
+      <c r="IU29" s="14">
+        <v>1.7917579100000001</v>
+      </c>
+      <c r="IV29" s="14">
+        <v>15.064038760000001</v>
+      </c>
+      <c r="IW29" s="14">
+        <v>21.832901979999999</v>
+      </c>
+      <c r="IX29" s="14">
+        <v>21.36837229</v>
+      </c>
+      <c r="IY29" s="14">
+        <v>24.686442370000002</v>
+      </c>
+      <c r="IZ29" s="14">
+        <v>21.35509987</v>
+      </c>
+      <c r="JA29" s="14">
+        <v>20.956931449999999</v>
+      </c>
+      <c r="JB29" s="14">
+        <v>20.956931449999999</v>
+      </c>
+      <c r="JC29" s="14">
+        <v>18.315747559999998</v>
+      </c>
+      <c r="JD29" s="14">
+        <v>18.315747559999998</v>
+      </c>
+      <c r="JE29" s="14">
+        <v>17.917579140000001</v>
+      </c>
+      <c r="JF29" s="14">
+        <v>17.917579140000001</v>
+      </c>
+      <c r="JG29" s="14">
+        <v>19.912044059999999</v>
+      </c>
+      <c r="JH29" s="14">
+        <v>6.6131886700000004</v>
+      </c>
+      <c r="JI29" s="14">
+        <v>1.9752379099999999</v>
+      </c>
+      <c r="JJ29" s="14">
+        <v>3.10600421</v>
+      </c>
+      <c r="JK29" s="14">
+        <v>3.12111385</v>
+      </c>
+      <c r="JL29" s="14">
+        <v>3.11669375</v>
+      </c>
+      <c r="JM29" s="14">
+        <v>3.1384581900000001</v>
+      </c>
+      <c r="JN29" s="14">
+        <v>0.59286359</v>
+      </c>
+      <c r="JO29" s="14">
+        <v>0.60240068000000002</v>
+      </c>
+      <c r="JP29" s="14">
+        <v>0.60427556999999998</v>
+      </c>
+      <c r="JQ29" s="14">
+        <v>0.61246866</v>
+      </c>
+      <c r="JR29" s="14">
+        <v>0.61434833</v>
+      </c>
+      <c r="JS29" s="14">
+        <v>0.61820143999999999</v>
+      </c>
+      <c r="JT29" s="14">
+        <v>5.7090460199999997</v>
+      </c>
+      <c r="JU29" s="14">
+        <v>5.7118671900000004</v>
+      </c>
+      <c r="JV29" s="14">
+        <v>6.5484783899999996</v>
+      </c>
+      <c r="JW29" s="14">
+        <v>6.5370545800000004</v>
+      </c>
+      <c r="JX29" s="14">
+        <v>6.54309589</v>
+      </c>
+      <c r="JY29" s="14">
+        <v>6.5207633300000003</v>
+      </c>
+      <c r="JZ29" s="14">
+        <v>6.5026676200000004</v>
+      </c>
+      <c r="KA29" s="14">
+        <v>6.5232971500000003</v>
+      </c>
+      <c r="KB29" s="14">
+        <v>6.52837538</v>
+      </c>
+      <c r="KC29" s="14">
+        <v>0</v>
+      </c>
+      <c r="KD29" s="14">
+        <v>0</v>
+      </c>
+      <c r="KE29" s="14">
+        <v>0</v>
+      </c>
+      <c r="KF29" s="14">
+        <v>0</v>
+      </c>
+      <c r="KG29" s="14">
+        <v>0</v>
+      </c>
+      <c r="KH29" s="14">
+        <v>0</v>
+      </c>
+      <c r="KI29" s="14">
+        <v>0</v>
+      </c>
+      <c r="KJ29" s="14">
+        <v>0</v>
+      </c>
+      <c r="KK29" s="14">
+        <v>0</v>
+      </c>
+      <c r="KL29" s="14">
+        <v>0</v>
+      </c>
+      <c r="KM29" s="14">
+        <v>0</v>
+      </c>
+      <c r="KN29" s="14">
+        <v>0</v>
+      </c>
+      <c r="KO29" s="14">
+        <v>15.0673263</v>
+      </c>
+      <c r="KP29" s="14">
+        <v>15.03451523</v>
+      </c>
+      <c r="KQ29" s="14">
+        <v>27.869531940000002</v>
+      </c>
+      <c r="KR29" s="14">
+        <v>41.18520642</v>
+      </c>
+      <c r="KS29" s="14">
+        <v>41.709867410000001</v>
+      </c>
+      <c r="KT29" s="14">
+        <v>41.682382560000001</v>
+      </c>
+      <c r="KU29" s="14">
+        <v>68.191940369999998</v>
+      </c>
+      <c r="KV29" s="14">
+        <v>205.39549327</v>
+      </c>
+      <c r="KW29" s="14">
+        <v>224.97263398000001</v>
+      </c>
+      <c r="KX29" s="14">
+        <v>225.15203536000001</v>
+      </c>
+      <c r="KY29" s="14">
+        <v>224.81386939000001</v>
+      </c>
+      <c r="KZ29" s="14">
+        <v>225.04324482999999</v>
+      </c>
+      <c r="LA29" s="14">
+        <v>228.99550023</v>
+      </c>
+      <c r="LB29" s="14">
+        <v>229.14513890000001</v>
+      </c>
+      <c r="LC29" s="14">
+        <v>230.32333009999999</v>
+      </c>
+      <c r="LD29" s="14">
+        <v>217.25791598000001</v>
+      </c>
+      <c r="LE29" s="14">
+        <v>149.0870524</v>
+      </c>
+      <c r="LF29" s="14">
+        <v>196.79538482999999</v>
+      </c>
+      <c r="LG29" s="14">
+        <v>153.31265228999999</v>
+      </c>
+      <c r="LH29" s="14">
+        <v>100.48335623</v>
+      </c>
+      <c r="LI29" s="14">
+        <v>120.38257018</v>
+      </c>
+      <c r="LJ29" s="14">
+        <v>40.697856190000003</v>
+      </c>
+      <c r="LK29" s="14">
+        <v>7.4692793200000001</v>
+      </c>
+      <c r="LL29" s="14">
+        <v>7.4927752300000003</v>
+      </c>
+      <c r="LM29" s="14">
+        <v>7.49523691</v>
+      </c>
+      <c r="LN29" s="14">
+        <v>20.786954340000001</v>
+      </c>
+      <c r="LO29" s="14">
+        <v>7.5</v>
+      </c>
+      <c r="LP29" s="14">
+        <v>7.5</v>
+      </c>
+      <c r="LQ29" s="14">
+        <v>7.5</v>
+      </c>
+      <c r="LR29" s="14">
+        <v>7.5</v>
+      </c>
+      <c r="LS29" s="14">
+        <v>7.5</v>
+      </c>
+      <c r="LT29" s="14">
+        <v>0</v>
+      </c>
+      <c r="LU29" s="14">
+        <v>0</v>
+      </c>
+      <c r="LV29" s="14">
+        <v>0</v>
+      </c>
+      <c r="LW29" s="14">
+        <v>0</v>
+      </c>
+      <c r="LX29" s="14">
+        <v>0</v>
+      </c>
+      <c r="LY29" s="14">
+        <v>0</v>
+      </c>
+      <c r="LZ29" s="14">
+        <v>9.9329999999999998</v>
+      </c>
+      <c r="MA29" s="14">
+        <v>9.9440000000000008</v>
+      </c>
+      <c r="MB29" s="14">
+        <v>9.9410000000000007</v>
+      </c>
+      <c r="MC29" s="14">
+        <v>24.689</v>
+      </c>
+      <c r="MD29" s="14">
+        <v>26.768999999999998</v>
+      </c>
+      <c r="ME29" s="14">
+        <v>24.568999999999999</v>
+      </c>
+      <c r="MF29" s="14">
+        <v>24.128</v>
+      </c>
+      <c r="MG29" s="14">
+        <v>30.242000000000001</v>
+      </c>
+      <c r="MH29" s="14">
+        <v>30.242000000000001</v>
+      </c>
+      <c r="MI29" s="14">
+        <v>30.251999999999999</v>
+      </c>
+      <c r="MJ29" s="14">
+        <v>31.149000000000001</v>
+      </c>
+      <c r="MK29" s="14">
+        <v>31.149000000000001</v>
+      </c>
+      <c r="ML29" s="14">
+        <v>80.531000000000006</v>
+      </c>
+      <c r="MM29" s="14">
+        <v>81.546999999999997</v>
+      </c>
+      <c r="MN29" s="14">
+        <v>81.576999999999998</v>
+      </c>
+      <c r="MO29" s="14">
+        <v>81.620999999999995</v>
+      </c>
+      <c r="MP29" s="14">
+        <v>93.872</v>
+      </c>
+      <c r="MQ29" s="14">
+        <v>77.543000000000006</v>
+      </c>
+      <c r="MR29" s="14">
+        <v>76.004999999999995</v>
+      </c>
+      <c r="MS29" s="14">
+        <v>202.78800000000001</v>
+      </c>
+      <c r="MT29" s="14">
+        <v>186.785</v>
+      </c>
+      <c r="MU29" s="14">
+        <v>186.88499999999999</v>
+      </c>
+      <c r="MV29" s="14">
+        <v>244.69550000000001</v>
+      </c>
+    </row>
+    <row r="30" spans="1:360" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A30" s="14"/>
+      <c r="B30" s="15" t="s">
+        <v>14</v>
+      </c>
+      <c r="C30" s="14">
+        <v>0</v>
+      </c>
+      <c r="D30" s="14">
+        <v>0</v>
+      </c>
+      <c r="E30" s="14">
+        <v>0</v>
+      </c>
+      <c r="F30" s="14">
+        <v>0</v>
+      </c>
+      <c r="G30" s="14">
+        <v>0</v>
+      </c>
+      <c r="H30" s="14">
+        <v>0</v>
+      </c>
+      <c r="I30" s="14">
+        <v>0</v>
+      </c>
+      <c r="J30" s="14">
+        <v>1020.4211661000001</v>
+      </c>
+      <c r="K30" s="14">
+        <v>1019.89717653</v>
+      </c>
+      <c r="L30" s="14">
+        <v>1052.9279263400001</v>
+      </c>
+      <c r="M30" s="14">
+        <v>1045.4368162200001</v>
+      </c>
+      <c r="N30" s="14">
+        <v>1060.76836284</v>
+      </c>
+      <c r="O30" s="14">
+        <v>1075.0713373399999</v>
+      </c>
+      <c r="P30" s="14">
+        <v>1134.3791936299999</v>
+      </c>
+      <c r="Q30" s="14">
+        <v>1411.88258348</v>
+      </c>
+      <c r="R30" s="14">
+        <v>1401.3810547999999</v>
+      </c>
+      <c r="S30" s="14">
+        <v>1450.1465053300001</v>
+      </c>
+      <c r="T30" s="14">
+        <v>1469.4116594100001</v>
+      </c>
+      <c r="U30" s="14">
+        <v>1489.5077857399999</v>
+      </c>
+      <c r="V30" s="14">
+        <v>1724.79058416</v>
+      </c>
+      <c r="W30" s="14">
+        <v>1681.4188279499999</v>
+      </c>
+      <c r="X30" s="14">
+        <v>1647.5040848799999</v>
+      </c>
+      <c r="Y30" s="14">
+        <v>1605.4156830300001</v>
+      </c>
+      <c r="Z30" s="14">
+        <v>1645.4086217700001</v>
+      </c>
+      <c r="AA30" s="14">
+        <v>1662.5504645000001</v>
+      </c>
+      <c r="AB30" s="14">
+        <v>1690.1549824599999</v>
+      </c>
+      <c r="AC30" s="14">
+        <v>1682.38557851</v>
+      </c>
+      <c r="AD30" s="14">
+        <v>1792.9909254500001</v>
+      </c>
+      <c r="AE30" s="14">
+        <v>1780.4265835000001</v>
+      </c>
+      <c r="AF30" s="14">
+        <v>1792.4321927599999</v>
+      </c>
+      <c r="AG30" s="14">
+        <v>1824.9790993900001</v>
+      </c>
+      <c r="AH30" s="14">
+        <v>1778.7765335900001</v>
+      </c>
+      <c r="AI30" s="14">
+        <v>1785.02246784</v>
+      </c>
+      <c r="AJ30" s="14">
+        <v>1726.4153322499999</v>
+      </c>
+      <c r="AK30" s="14">
+        <v>1730.5559847300001</v>
+      </c>
+      <c r="AL30" s="14">
+        <v>1773.1935944700001</v>
+      </c>
+      <c r="AM30" s="14">
+        <v>1699.8707052300001</v>
+      </c>
+      <c r="AN30" s="14">
+        <v>1744.6323677600001</v>
+      </c>
+      <c r="AO30" s="14">
+        <v>1839.0727141499999</v>
+      </c>
+      <c r="AP30" s="14">
+        <v>2192.03228412</v>
+      </c>
+      <c r="AQ30" s="14">
+        <v>2207.2304541600001</v>
+      </c>
+      <c r="AR30" s="14">
+        <v>2230.68425196</v>
+      </c>
+      <c r="AS30" s="14">
+        <v>2248.1620747500001</v>
+      </c>
+      <c r="AT30" s="14">
+        <v>2193.1615691400002</v>
+      </c>
+      <c r="AU30" s="14">
+        <v>2218.67822548</v>
+      </c>
+      <c r="AV30" s="14">
+        <v>2219.3616795900002</v>
+      </c>
+      <c r="AW30" s="14">
+        <v>2234.7803720299999</v>
+      </c>
+      <c r="AX30" s="14">
+        <v>2293.0687132899998</v>
+      </c>
+      <c r="AY30" s="14">
+        <v>2560.7602167099999</v>
+      </c>
+      <c r="AZ30" s="14">
+        <v>2553.04963034</v>
+      </c>
+      <c r="BA30" s="14">
+        <v>2579.6303257599998</v>
+      </c>
+      <c r="BB30" s="14">
+        <v>3125.73102862</v>
+      </c>
+      <c r="BC30" s="14">
+        <v>3221.5939365200002</v>
+      </c>
+      <c r="BD30" s="14">
+        <v>3165.2785230600002</v>
+      </c>
+      <c r="BE30" s="14">
+        <v>3105.7696979399998</v>
+      </c>
+      <c r="BF30" s="14">
+        <v>3444.29204196</v>
+      </c>
+      <c r="BG30" s="14">
+        <v>3546.2060763999998</v>
+      </c>
+      <c r="BH30" s="14">
+        <v>3533.6106932100001</v>
+      </c>
+      <c r="BI30" s="14">
+        <v>3635.4647340500001</v>
+      </c>
+      <c r="BJ30" s="14">
+        <v>3598.6700397099999</v>
+      </c>
+      <c r="BK30" s="14">
+        <v>3400.04352212</v>
+      </c>
+      <c r="BL30" s="14">
+        <v>3381.2395482900001</v>
+      </c>
+      <c r="BM30" s="14">
+        <v>3682.3108520800001</v>
+      </c>
+      <c r="BN30" s="14">
+        <v>4123.4389820200004</v>
+      </c>
+      <c r="BO30" s="14">
+        <v>3994.1007596499999</v>
+      </c>
+      <c r="BP30" s="14">
+        <v>4011.1345565000001</v>
+      </c>
+      <c r="BQ30" s="14">
+        <v>4035.82274796</v>
+      </c>
+      <c r="BR30" s="14">
+        <v>4033.49749531</v>
+      </c>
+      <c r="BS30" s="14">
+        <v>4213.0688137699999</v>
+      </c>
+      <c r="BT30" s="14">
+        <v>4159.8345931100002</v>
+      </c>
+      <c r="BU30" s="14">
+        <v>4115.1933167400002</v>
+      </c>
+      <c r="BV30" s="14">
+        <v>4144.2477660100003</v>
+      </c>
+      <c r="BW30" s="14">
+        <v>4077.9957689399998</v>
+      </c>
+      <c r="BX30" s="14">
+        <v>4140.1378650200004</v>
+      </c>
+      <c r="BY30" s="14">
+        <v>4020.5024356099998</v>
+      </c>
+      <c r="BZ30" s="14">
+        <v>3949.3886617399999</v>
+      </c>
+      <c r="CA30" s="14">
+        <v>3917.1329265300001</v>
+      </c>
+      <c r="CB30" s="14">
+        <v>3827.8476771800001</v>
+      </c>
+      <c r="CC30" s="14">
+        <v>3917.42445395</v>
+      </c>
+      <c r="CD30" s="14">
+        <v>3885.3971784400001</v>
+      </c>
+      <c r="CE30" s="14">
+        <v>3886.2602164800001</v>
+      </c>
+      <c r="CF30" s="14">
+        <v>3807.7602652999999</v>
+      </c>
+      <c r="CG30" s="14">
+        <v>3865.2662791299999</v>
+      </c>
+      <c r="CH30" s="14">
+        <v>3795.3372473300001</v>
+      </c>
+      <c r="CI30" s="14">
+        <v>3777.2825981999999</v>
+      </c>
+      <c r="CJ30" s="14">
+        <v>3679.8673860200001</v>
+      </c>
+      <c r="CK30" s="14">
+        <v>4431.6836024000004</v>
+      </c>
+      <c r="CL30" s="14">
+        <v>4488.3315372200004</v>
+      </c>
+      <c r="CM30" s="14">
+        <v>4377.9981371200001</v>
+      </c>
+      <c r="CN30" s="14">
+        <v>4265.6181718799999</v>
+      </c>
+      <c r="CO30" s="14">
+        <v>4494.7090363799998</v>
+      </c>
+      <c r="CP30" s="14">
+        <v>4446.3994288399999</v>
+      </c>
+      <c r="CQ30" s="14">
+        <v>4473.8130945100002</v>
+      </c>
+      <c r="CR30" s="14">
+        <v>4479.8739867800005</v>
+      </c>
+      <c r="CS30" s="14">
+        <v>4490.4600673499999</v>
+      </c>
+      <c r="CT30" s="14">
+        <v>4475.0924595400002</v>
+      </c>
+      <c r="CU30" s="14">
+        <v>4420.0370298300004</v>
+      </c>
+      <c r="CV30" s="14">
+        <v>4412.3874174700004</v>
+      </c>
+      <c r="CW30" s="14">
+        <v>4600.3706990199998</v>
+      </c>
+      <c r="CX30" s="14">
+        <v>4586.7484702000002</v>
+      </c>
+      <c r="CY30" s="14">
+        <v>5180.8814334400004</v>
+      </c>
+      <c r="CZ30" s="14">
+        <v>5017.5641901500003</v>
+      </c>
+      <c r="DA30" s="14">
+        <v>5022.2242847400003</v>
+      </c>
+      <c r="DB30" s="14">
+        <v>4848.5291939500003</v>
+      </c>
+      <c r="DC30" s="14">
+        <v>4853.5807438499996</v>
+      </c>
+      <c r="DD30" s="14">
+        <v>4918.4749888300003</v>
+      </c>
+      <c r="DE30" s="14">
+        <v>4882.9088570900003</v>
+      </c>
+      <c r="DF30" s="14">
+        <v>4939.9514571700001</v>
+      </c>
+      <c r="DG30" s="14">
+        <v>4768.6192035200002</v>
+      </c>
+      <c r="DH30" s="14">
+        <v>4685.6788343500002</v>
+      </c>
+      <c r="DI30" s="14">
+        <v>4633.0033082700002</v>
+      </c>
+      <c r="DJ30" s="14">
+        <v>4150.4379278400002</v>
+      </c>
+      <c r="DK30" s="14">
+        <v>4116.9572936900004</v>
+      </c>
+      <c r="DL30" s="14">
+        <v>4109.6030467299997</v>
+      </c>
+      <c r="DM30" s="14">
+        <v>4149.86120751</v>
+      </c>
+      <c r="DN30" s="14">
+        <v>4075.5591057699999</v>
+      </c>
+      <c r="DO30" s="14">
+        <v>4111.25022936</v>
+      </c>
+      <c r="DP30" s="14">
+        <v>4091.5354200299998</v>
+      </c>
+      <c r="DQ30" s="14">
+        <v>4011.5113863800002</v>
+      </c>
+      <c r="DR30" s="14">
+        <v>4027.1456655799998</v>
+      </c>
+      <c r="DS30" s="14">
+        <v>4208.2397162999996</v>
+      </c>
+      <c r="DT30" s="14">
+        <v>4094.9209375400001</v>
+      </c>
+      <c r="DU30" s="14">
+        <v>3950.85224745</v>
+      </c>
+      <c r="DV30" s="14">
+        <v>3741.8896219500002</v>
+      </c>
+      <c r="DW30" s="14">
+        <v>3770.72411736</v>
+      </c>
+      <c r="DX30" s="14">
+        <v>3786.9135930799998</v>
+      </c>
+      <c r="DY30" s="14">
+        <v>3807.09195989</v>
+      </c>
+      <c r="DZ30" s="14">
+        <v>3946.2814151399998</v>
+      </c>
+      <c r="EA30" s="14">
+        <v>3936.0718547800002</v>
+      </c>
+      <c r="EB30" s="14">
+        <v>3828.0481657999999</v>
+      </c>
+      <c r="EC30" s="14">
+        <v>3849.03522286</v>
+      </c>
+      <c r="ED30" s="14">
+        <v>3871.5048663900002</v>
+      </c>
+      <c r="EE30" s="14">
+        <v>3881.31518022</v>
+      </c>
+      <c r="EF30" s="14">
+        <v>3869.6149853100001</v>
+      </c>
+      <c r="EG30" s="14">
+        <v>4175.7936071900003</v>
+      </c>
+      <c r="EH30" s="14">
+        <v>4116.2524352999999</v>
+      </c>
+      <c r="EI30" s="14">
+        <v>4150.6885095300004</v>
+      </c>
+      <c r="EJ30" s="14">
+        <v>4212.2939899800003</v>
+      </c>
+      <c r="EK30" s="14">
+        <v>4486.0181397699998</v>
+      </c>
+      <c r="EL30" s="14">
+        <v>4138.8011015499997</v>
+      </c>
+      <c r="EM30" s="14">
+        <v>4150.9309002099999</v>
+      </c>
+      <c r="EN30" s="14">
+        <v>4104.1324960399998</v>
+      </c>
+      <c r="EO30" s="14">
+        <v>4136.8815250199996</v>
+      </c>
+      <c r="EP30" s="14">
+        <v>4148.0847024000004</v>
+      </c>
+      <c r="EQ30" s="14">
+        <v>3933.7271613399998</v>
+      </c>
+      <c r="ER30" s="14">
+        <v>3970.1809840400001</v>
+      </c>
+      <c r="ES30" s="14">
+        <v>3980.5983916599998</v>
+      </c>
+      <c r="ET30" s="14">
+        <v>3969.71125794</v>
+      </c>
+      <c r="EU30" s="14">
+        <v>3973.7952681299998</v>
+      </c>
+      <c r="EV30" s="14">
+        <v>3930.3690115300001</v>
+      </c>
+      <c r="EW30" s="14">
+        <v>3793.8328797200002</v>
+      </c>
+      <c r="EX30" s="14">
+        <v>3759.4123911900001</v>
+      </c>
+      <c r="EY30" s="14">
+        <v>3728.8441592200002</v>
+      </c>
+      <c r="EZ30" s="14">
+        <v>3708.05116649</v>
+      </c>
+      <c r="FA30" s="14">
+        <v>3673.7293899199999</v>
+      </c>
+      <c r="FB30" s="14">
+        <v>3676.5323908</v>
+      </c>
+      <c r="FC30" s="14">
+        <v>3685.0419807500002</v>
+      </c>
+      <c r="FD30" s="14">
+        <v>3647.6724978399998</v>
+      </c>
+      <c r="FE30" s="14">
+        <v>3139.18431491</v>
+      </c>
+      <c r="FF30" s="14">
+        <v>3118.4950487599999</v>
+      </c>
+      <c r="FG30" s="14">
+        <v>3105.4829329200002</v>
+      </c>
+      <c r="FH30" s="14">
+        <v>3052.4886244300001</v>
+      </c>
+      <c r="FI30" s="14">
+        <v>3483.8823785</v>
+      </c>
+      <c r="FJ30" s="14">
+        <v>3482.7019878699998</v>
+      </c>
+      <c r="FK30" s="14">
+        <v>3504.2360308500001</v>
+      </c>
+      <c r="FL30" s="14">
+        <v>3746.8783644300001</v>
+      </c>
+      <c r="FM30" s="14">
+        <v>3683.08231174</v>
+      </c>
+      <c r="FN30" s="14">
+        <v>4696.71982209</v>
+      </c>
+      <c r="FO30" s="14">
+        <v>4685.9827063599996</v>
+      </c>
+      <c r="FP30" s="14">
+        <v>4697.5385369699998</v>
+      </c>
+      <c r="FQ30" s="14">
+        <v>4214.3339457000002</v>
+      </c>
+      <c r="FR30" s="14">
+        <v>3945.1358243700001</v>
+      </c>
+      <c r="FS30" s="14">
+        <v>3951.9803243199999</v>
+      </c>
+      <c r="FT30" s="14">
+        <v>4030.1449062299998</v>
+      </c>
+      <c r="FU30" s="14">
+        <v>4011.1584238300002</v>
+      </c>
+      <c r="FV30" s="14">
+        <v>4901.5042773699997</v>
+      </c>
+      <c r="FW30" s="14">
+        <v>4968.9670455900005</v>
+      </c>
+      <c r="FX30" s="14">
+        <v>4874.9449036200003</v>
+      </c>
+      <c r="FY30" s="14">
+        <v>4886.7806625599997</v>
+      </c>
+      <c r="FZ30" s="14">
+        <v>5021.7781025200002</v>
+      </c>
+      <c r="GA30" s="14">
+        <v>4967.4290449999999</v>
+      </c>
+      <c r="GB30" s="14">
+        <v>4907.3109742200004</v>
+      </c>
+      <c r="GC30" s="14">
+        <v>4619.0111456900004</v>
+      </c>
+      <c r="GD30" s="14">
+        <v>4893.5598481999996</v>
+      </c>
+      <c r="GE30" s="14">
+        <v>4765.3106211699996</v>
+      </c>
+      <c r="GF30" s="14">
+        <v>4880.49111094</v>
+      </c>
+      <c r="GG30" s="14">
+        <v>4744.8118756100002</v>
+      </c>
+      <c r="GH30" s="14">
+        <v>5339.2929865200003</v>
+      </c>
+      <c r="GI30" s="14">
+        <v>5325.2370692599998</v>
+      </c>
+      <c r="GJ30" s="14">
+        <v>5352.4889876200004</v>
+      </c>
+      <c r="GK30" s="14">
+        <v>5299.1158551099998</v>
+      </c>
+      <c r="GL30" s="14">
+        <v>5386.8478862299999</v>
+      </c>
+      <c r="GM30" s="14">
+        <v>5392.2536440800004</v>
+      </c>
+      <c r="GN30" s="14">
+        <v>5405.8165526700004</v>
+      </c>
+      <c r="GO30" s="14">
+        <v>5443.4007351199998</v>
+      </c>
+      <c r="GP30" s="14">
+        <v>5362.1931540599999</v>
+      </c>
+      <c r="GQ30" s="14">
+        <v>6523.4990078199999</v>
+      </c>
+      <c r="GR30" s="14">
+        <v>6540.6074477299999</v>
+      </c>
+      <c r="GS30" s="14">
+        <v>6218.1886247599996</v>
+      </c>
+      <c r="GT30" s="14">
+        <v>6245.5973285700002</v>
+      </c>
+      <c r="GU30" s="14">
+        <v>6164.6697135200002</v>
+      </c>
+      <c r="GV30" s="14">
+        <v>6171.5711673300002</v>
+      </c>
+      <c r="GW30" s="14">
+        <v>6262.6103498399998</v>
+      </c>
+      <c r="GX30" s="14">
+        <v>6287.7668592099999</v>
+      </c>
+      <c r="GY30" s="14">
+        <v>6302.5461741899999</v>
+      </c>
+      <c r="GZ30" s="14">
+        <v>6276.1277918400001</v>
+      </c>
+      <c r="HA30" s="14">
+        <v>6309.0148916600001</v>
+      </c>
+      <c r="HB30" s="14">
+        <v>6207.8298808600002</v>
+      </c>
+      <c r="HC30" s="14">
+        <v>7087.7210990699996</v>
+      </c>
+      <c r="HD30" s="14">
+        <v>7084.92595618</v>
+      </c>
+      <c r="HE30" s="14">
+        <v>6925.1603572599997</v>
+      </c>
+      <c r="HF30" s="14">
+        <v>6799.4269525399995</v>
+      </c>
+      <c r="HG30" s="14">
+        <v>7150.0733615299996</v>
+      </c>
+      <c r="HH30" s="14">
+        <v>7099.1320634900003</v>
+      </c>
+      <c r="HI30" s="14">
+        <v>7073.2301078</v>
+      </c>
+      <c r="HJ30" s="14">
+        <v>8381.6604408999992</v>
+      </c>
+      <c r="HK30" s="14">
+        <v>8321.1406536300001</v>
+      </c>
+      <c r="HL30" s="14">
+        <v>8320.3526848399997</v>
+      </c>
+      <c r="HM30" s="14">
+        <v>8303.3830844799995</v>
+      </c>
+      <c r="HN30" s="14">
+        <v>8141.42952547</v>
+      </c>
+      <c r="HO30" s="14">
+        <v>7600.7258298099996</v>
+      </c>
+      <c r="HP30" s="14">
+        <v>8765.3953124799991</v>
+      </c>
+      <c r="HQ30" s="14">
+        <v>8578.6613017199998</v>
+      </c>
+      <c r="HR30" s="14">
+        <v>8579.3765168299997</v>
+      </c>
+      <c r="HS30" s="14">
+        <v>8599.2960982099994</v>
+      </c>
+      <c r="HT30" s="14">
+        <v>8579.1024871499994</v>
+      </c>
+      <c r="HU30" s="14">
+        <v>8568.1755622700002</v>
+      </c>
+      <c r="HV30" s="14">
+        <v>8633.9391842700006</v>
+      </c>
+      <c r="HW30" s="14">
+        <v>8586.1256511800002</v>
+      </c>
+      <c r="HX30" s="14">
+        <v>8149.4538583200001</v>
+      </c>
+      <c r="HY30" s="14">
+        <v>8146.1247371700001</v>
+      </c>
+      <c r="HZ30" s="14">
+        <v>9289.1265443200009</v>
+      </c>
+      <c r="IA30" s="14">
+        <v>9110.0436147700002</v>
+      </c>
+      <c r="IB30" s="14">
+        <v>9172.9495640599998</v>
+      </c>
+      <c r="IC30" s="14">
+        <v>9270.0312955200006</v>
+      </c>
+      <c r="ID30" s="14">
+        <v>9207.2490694499993</v>
+      </c>
+      <c r="IE30" s="14">
+        <v>8969.1728291799991</v>
+      </c>
+      <c r="IF30" s="14">
+        <v>9029.5510812100001</v>
+      </c>
+      <c r="IG30" s="14">
+        <v>9050.1296600500009</v>
+      </c>
+      <c r="IH30" s="14">
+        <v>9058.1612794699995</v>
+      </c>
+      <c r="II30" s="14">
+        <v>9041.8241601600002</v>
+      </c>
+      <c r="IJ30" s="14">
+        <v>8932.1522480599997</v>
+      </c>
+      <c r="IK30" s="14">
+        <v>8889.1000729999996</v>
+      </c>
+      <c r="IL30" s="14">
+        <v>8560.9556320899992</v>
+      </c>
+      <c r="IM30" s="14">
+        <v>8408.8830790699994</v>
+      </c>
+      <c r="IN30" s="14">
+        <v>8438.1864209399992</v>
+      </c>
+      <c r="IO30" s="14">
+        <v>8410.1588625900004</v>
+      </c>
+      <c r="IP30" s="14">
+        <v>8251.3279629000008</v>
+      </c>
+      <c r="IQ30" s="14">
+        <v>8133.3476184199999</v>
+      </c>
+      <c r="IR30" s="14">
+        <v>8009.6864776599996</v>
+      </c>
+      <c r="IS30" s="14">
+        <v>7925.5412566300001</v>
+      </c>
+      <c r="IT30" s="14">
+        <v>8029.5159323899998</v>
+      </c>
+      <c r="IU30" s="14">
+        <v>7757.8006680500002</v>
+      </c>
+      <c r="IV30" s="14">
+        <v>7613.33140353</v>
+      </c>
+      <c r="IW30" s="14">
+        <v>7575.7936773000001</v>
+      </c>
+      <c r="IX30" s="14">
+        <v>8386.3566255000005</v>
+      </c>
+      <c r="IY30" s="14">
+        <v>7470.9392099899997</v>
+      </c>
+      <c r="IZ30" s="14">
+        <v>7322.7564462</v>
+      </c>
+      <c r="JA30" s="14">
+        <v>7249.9445896799998</v>
+      </c>
+      <c r="JB30" s="14">
+        <v>7112.0668914600001</v>
+      </c>
+      <c r="JC30" s="14">
+        <v>7010.59022233</v>
+      </c>
+      <c r="JD30" s="14">
+        <v>7212.0049891099998</v>
+      </c>
+      <c r="JE30" s="14">
+        <v>7185.4903276100003</v>
+      </c>
+      <c r="JF30" s="14">
+        <v>8438.2873063099996</v>
+      </c>
+      <c r="JG30" s="14">
+        <v>8207.5414716399991</v>
+      </c>
+      <c r="JH30" s="14">
+        <v>7897.1734976600001</v>
+      </c>
+      <c r="JI30" s="14">
+        <v>7976.07062357</v>
+      </c>
+      <c r="JJ30" s="14">
+        <v>8141.91602478</v>
+      </c>
+      <c r="JK30" s="14">
+        <v>8104.0416055200003</v>
+      </c>
+      <c r="JL30" s="14">
+        <v>8110.09547742</v>
+      </c>
+      <c r="JM30" s="14">
+        <v>8371.8507737300006</v>
+      </c>
+      <c r="JN30" s="14">
+        <v>7919.1517158300003</v>
+      </c>
+      <c r="JO30" s="14">
+        <v>7886.1067964399999</v>
+      </c>
+      <c r="JP30" s="14">
+        <v>7788.9305531</v>
+      </c>
+      <c r="JQ30" s="14">
+        <v>7768.1525895900004</v>
+      </c>
+      <c r="JR30" s="14">
+        <v>7658.15048269</v>
+      </c>
+      <c r="JS30" s="14">
+        <v>7646.1152323099996</v>
+      </c>
+      <c r="JT30" s="14">
+        <v>7631.8525331199999</v>
+      </c>
+      <c r="JU30" s="14">
+        <v>7684.0483253399998</v>
+      </c>
+      <c r="JV30" s="14">
+        <v>7500.5621976700004</v>
+      </c>
+      <c r="JW30" s="14">
+        <v>7501.1591941799998</v>
+      </c>
+      <c r="JX30" s="14">
+        <v>7657.63626363</v>
+      </c>
+      <c r="JY30" s="14">
+        <v>8474.6014093800004</v>
+      </c>
+      <c r="JZ30" s="14">
+        <v>8505.2231211399994</v>
+      </c>
+      <c r="KA30" s="14">
+        <v>8517.3643145599999</v>
+      </c>
+      <c r="KB30" s="14">
+        <v>8477.4571932300005</v>
+      </c>
+      <c r="KC30" s="14">
+        <v>8438.3964398000007</v>
+      </c>
+      <c r="KD30" s="14">
+        <v>7220.7179249299998</v>
+      </c>
+      <c r="KE30" s="14">
+        <v>7229.0980789200003</v>
+      </c>
+      <c r="KF30" s="14">
+        <v>7297.4469288700002</v>
+      </c>
+      <c r="KG30" s="14">
+        <v>7609.6180271900002</v>
+      </c>
+      <c r="KH30" s="14">
+        <v>7883.0229095499999</v>
+      </c>
+      <c r="KI30" s="14">
+        <v>7841.6571558599999</v>
+      </c>
+      <c r="KJ30" s="14">
+        <v>7661.3602623300003</v>
+      </c>
+      <c r="KK30" s="14">
+        <v>9323.4479854500005</v>
+      </c>
+      <c r="KL30" s="14">
+        <v>8309.0912114999992</v>
+      </c>
+      <c r="KM30" s="14">
+        <v>8296.1666526699992</v>
+      </c>
+      <c r="KN30" s="14">
+        <v>8442.2988086700007</v>
+      </c>
+      <c r="KO30" s="14">
+        <v>8472.6294977399994</v>
+      </c>
+      <c r="KP30" s="14">
+        <v>8448.1185825600005</v>
+      </c>
+      <c r="KQ30" s="14">
+        <v>8393.8221490899996</v>
+      </c>
+      <c r="KR30" s="14">
+        <v>8768.9952615300008</v>
+      </c>
+      <c r="KS30" s="14">
+        <v>8944.8853665200004</v>
+      </c>
+      <c r="KT30" s="14">
+        <v>9594.4564018300007</v>
+      </c>
+      <c r="KU30" s="14">
+        <v>9501.4138265399997</v>
+      </c>
+      <c r="KV30" s="14">
+        <v>9450.76366762</v>
+      </c>
+      <c r="KW30" s="14">
+        <v>9473.5677239500001</v>
+      </c>
+      <c r="KX30" s="14">
+        <v>8991.4932221300005</v>
+      </c>
+      <c r="KY30" s="14">
+        <v>8964.9092792699994</v>
+      </c>
+      <c r="KZ30" s="14">
+        <v>8987.2322217399997</v>
+      </c>
+      <c r="LA30" s="14">
+        <v>8944.0775988599999</v>
+      </c>
+      <c r="LB30" s="14">
+        <v>8910.6153314799994</v>
+      </c>
+      <c r="LC30" s="14">
+        <v>9034.2766451400003</v>
+      </c>
+      <c r="LD30" s="14">
+        <v>9257.9560687800004</v>
+      </c>
+      <c r="LE30" s="14">
+        <v>9314.1705456</v>
+      </c>
+      <c r="LF30" s="14">
+        <v>9352.6904883299994</v>
+      </c>
+      <c r="LG30" s="14">
+        <v>10733.54383293</v>
+      </c>
+      <c r="LH30" s="14">
+        <v>9685.1700992299993</v>
+      </c>
+      <c r="LI30" s="14">
+        <v>8735.1208789499997</v>
+      </c>
+      <c r="LJ30" s="14">
+        <v>8695.5295800999993</v>
+      </c>
+      <c r="LK30" s="14">
+        <v>8587.8067435199991</v>
+      </c>
+      <c r="LL30" s="14">
+        <v>8328.49593972</v>
+      </c>
+      <c r="LM30" s="14">
+        <v>8237.3751180599993</v>
+      </c>
+      <c r="LN30" s="14">
+        <v>8195.53709265</v>
+      </c>
+      <c r="LO30" s="14">
+        <v>8121.1313396799997</v>
+      </c>
+      <c r="LP30" s="14">
+        <v>8078.3642083900004</v>
+      </c>
+      <c r="LQ30" s="14">
+        <v>8042.3173786899997</v>
+      </c>
+      <c r="LR30" s="14">
+        <v>7744.0071705999999</v>
+      </c>
+      <c r="LS30" s="14">
+        <v>7053.6949312099996</v>
+      </c>
+      <c r="LT30" s="14">
+        <v>7009.7721065799997</v>
+      </c>
+      <c r="LU30" s="14">
+        <v>7883.7239611200002</v>
+      </c>
+      <c r="LV30" s="14">
+        <v>7806.1708170000002</v>
+      </c>
+      <c r="LW30" s="14">
+        <v>7784.0384639699996</v>
+      </c>
+      <c r="LX30" s="14">
+        <v>7516.3992550200001</v>
+      </c>
+      <c r="LY30" s="14">
+        <v>7481.8287036299998</v>
+      </c>
+      <c r="LZ30" s="14">
+        <v>7593.8816593199999</v>
+      </c>
+      <c r="MA30" s="14">
+        <v>7440.4156771600001</v>
+      </c>
+      <c r="MB30" s="14">
+        <v>6663.9075806700002</v>
+      </c>
+      <c r="MC30" s="14">
+        <v>6699.4421994200002</v>
+      </c>
+      <c r="MD30" s="14">
+        <v>7609.8266330899996</v>
+      </c>
+      <c r="ME30" s="14">
+        <v>7598.91084426</v>
+      </c>
+      <c r="MF30" s="14">
+        <v>7598.8444626199998</v>
+      </c>
+      <c r="MG30" s="14">
+        <v>7522.7405677799998</v>
+      </c>
+      <c r="MH30" s="14">
+        <v>7384.1945862700004</v>
+      </c>
+      <c r="MI30" s="14">
+        <v>7423.1980929299998</v>
+      </c>
+      <c r="MJ30" s="14">
+        <v>7410.8007297699996</v>
+      </c>
+      <c r="MK30" s="14">
+        <v>7406.9667019600001</v>
+      </c>
+      <c r="ML30" s="14">
+        <v>7349.7282817300002</v>
+      </c>
+      <c r="MM30" s="14">
+        <v>7342.4344179399995</v>
+      </c>
+      <c r="MN30" s="14">
+        <v>7127.8729179399998</v>
+      </c>
+      <c r="MO30" s="14">
+        <v>8541.5073326199999</v>
+      </c>
+      <c r="MP30" s="14">
+        <v>7920.3689480000003</v>
+      </c>
+      <c r="MQ30" s="14">
+        <v>7702.8131192600003</v>
+      </c>
+      <c r="MR30" s="14">
+        <v>7683.7843192600003</v>
+      </c>
+      <c r="MS30" s="14">
+        <v>7717.9189513800002</v>
+      </c>
+      <c r="MT30" s="14">
+        <v>7468.6143207799996</v>
+      </c>
+      <c r="MU30" s="14">
+        <v>7470.2164047799997</v>
+      </c>
+      <c r="MV30" s="14">
+        <v>7420.9384271199997</v>
+      </c>
+    </row>
+    <row r="31" spans="1:360" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A31" s="14"/>
+      <c r="B31" s="15" t="s">
+        <v>15</v>
+      </c>
+      <c r="C31" s="14">
+        <v>0</v>
+      </c>
+      <c r="D31" s="14">
+        <v>0</v>
+      </c>
+      <c r="E31" s="14">
+        <v>0</v>
+      </c>
+      <c r="F31" s="14">
+        <v>0</v>
+      </c>
+      <c r="G31" s="14">
+        <v>0</v>
+      </c>
+      <c r="H31" s="14">
+        <v>0</v>
+      </c>
+      <c r="I31" s="14">
+        <v>0</v>
+      </c>
+      <c r="J31" s="14">
+        <v>0</v>
+      </c>
+      <c r="K31" s="14">
+        <v>0</v>
+      </c>
+      <c r="L31" s="14">
+        <v>0</v>
+      </c>
+      <c r="M31" s="14">
+        <v>0</v>
+      </c>
+      <c r="N31" s="14">
+        <v>0</v>
+      </c>
+      <c r="O31" s="14">
+        <v>0</v>
+      </c>
+      <c r="P31" s="14">
+        <v>0</v>
+      </c>
+      <c r="Q31" s="14">
+        <v>0</v>
+      </c>
+      <c r="R31" s="14">
+        <v>0</v>
+      </c>
+      <c r="S31" s="14">
+        <v>0</v>
+      </c>
+      <c r="T31" s="14">
+        <v>0</v>
+      </c>
+      <c r="U31" s="14">
+        <v>0</v>
+      </c>
+      <c r="V31" s="14">
+        <v>0</v>
+      </c>
+      <c r="W31" s="14">
+        <v>0</v>
+      </c>
+      <c r="X31" s="14">
+        <v>0</v>
+      </c>
+      <c r="Y31" s="14">
+        <v>0</v>
+      </c>
+      <c r="Z31" s="14">
+        <v>0</v>
+      </c>
+      <c r="AA31" s="14">
+        <v>0</v>
+      </c>
+      <c r="AB31" s="14">
+        <v>0</v>
+      </c>
+      <c r="AC31" s="14">
+        <v>0</v>
+      </c>
+      <c r="AD31" s="14">
+        <v>0</v>
+      </c>
+      <c r="AE31" s="14">
+        <v>0</v>
+      </c>
+      <c r="AF31" s="14">
+        <v>0</v>
+      </c>
+      <c r="AG31" s="14">
+        <v>0</v>
+      </c>
+      <c r="AH31" s="14">
+        <v>0</v>
+      </c>
+      <c r="AI31" s="14">
+        <v>0</v>
+      </c>
+      <c r="AJ31" s="14">
+        <v>0</v>
+      </c>
+      <c r="AK31" s="14">
+        <v>0</v>
+      </c>
+      <c r="AL31" s="14">
+        <v>0</v>
+      </c>
+      <c r="AM31" s="14">
+        <v>41.700865540000002</v>
+      </c>
+      <c r="AN31" s="14">
+        <v>42.829305609999999</v>
+      </c>
+      <c r="AO31" s="14">
+        <v>45.138098509999999</v>
+      </c>
+      <c r="AP31" s="14">
+        <v>0.20172625</v>
+      </c>
+      <c r="AQ31" s="14">
+        <v>2.0167879999999999E-2</v>
+      </c>
+      <c r="AR31" s="14">
+        <v>151.45309137999999</v>
+      </c>
+      <c r="AS31" s="14">
+        <v>253.96399253000001</v>
+      </c>
+      <c r="AT31" s="14">
+        <v>356.28374209999998</v>
+      </c>
+      <c r="AU31" s="14">
+        <v>357.56157287000002</v>
+      </c>
+      <c r="AV31" s="14">
+        <v>360.80755013999999</v>
+      </c>
+      <c r="AW31" s="14">
+        <v>0.71965685999999995</v>
+      </c>
+      <c r="AX31" s="14">
+        <v>0.61908180999999995</v>
+      </c>
+      <c r="AY31" s="14">
+        <v>78.650093699999999</v>
+      </c>
+      <c r="AZ31" s="14">
+        <v>78.230172809999999</v>
+      </c>
+      <c r="BA31" s="14">
+        <v>78.356230100000005</v>
+      </c>
+      <c r="BB31" s="14">
+        <v>1.4255651300000001</v>
+      </c>
+      <c r="BC31" s="14">
+        <v>1.4940464499999999</v>
+      </c>
+      <c r="BD31" s="14">
+        <v>0.35693492999999998</v>
+      </c>
+      <c r="BE31" s="14">
+        <v>0.34472051999999997</v>
+      </c>
+      <c r="BF31" s="14">
+        <v>0.35307862000000001</v>
+      </c>
+      <c r="BG31" s="14">
+        <v>0.36119843000000001</v>
+      </c>
+      <c r="BH31" s="14">
+        <v>0.35889198999999999</v>
+      </c>
+      <c r="BI31" s="14">
+        <v>340.20161758</v>
+      </c>
+      <c r="BJ31" s="14">
+        <v>419.18042083</v>
+      </c>
+      <c r="BK31" s="14">
+        <v>389.66353544999998</v>
+      </c>
+      <c r="BL31" s="14">
+        <v>400.24386454</v>
+      </c>
+      <c r="BM31" s="14">
+        <v>402.24459538000002</v>
+      </c>
+      <c r="BN31" s="14">
+        <v>416.74262728999997</v>
+      </c>
+      <c r="BO31" s="14">
+        <v>399.36811819000002</v>
+      </c>
+      <c r="BP31" s="14">
+        <v>406.36766024000002</v>
+      </c>
+      <c r="BQ31" s="14">
+        <v>413.11387822</v>
+      </c>
+      <c r="BR31" s="14">
+        <v>392.61543783000002</v>
+      </c>
+      <c r="BS31" s="14">
+        <v>400.04214250000001</v>
+      </c>
+      <c r="BT31" s="14">
+        <v>393.28278724</v>
+      </c>
+      <c r="BU31" s="14">
+        <v>0</v>
+      </c>
+      <c r="BV31" s="14">
+        <v>0</v>
+      </c>
+      <c r="BW31" s="14">
+        <v>0</v>
+      </c>
+      <c r="BX31" s="14">
+        <v>0</v>
+      </c>
+      <c r="BY31" s="14">
+        <v>0</v>
+      </c>
+      <c r="BZ31" s="14">
+        <v>0</v>
+      </c>
+      <c r="CA31" s="14">
+        <v>0</v>
+      </c>
+      <c r="CB31" s="14">
+        <v>0</v>
+      </c>
+      <c r="CC31" s="14">
+        <v>0</v>
+      </c>
+      <c r="CD31" s="14">
+        <v>0</v>
+      </c>
+      <c r="CE31" s="14">
+        <v>0</v>
+      </c>
+      <c r="CF31" s="14">
+        <v>0</v>
+      </c>
+      <c r="CG31" s="14">
+        <v>0</v>
+      </c>
+      <c r="CH31" s="14">
+        <v>0</v>
+      </c>
+      <c r="CI31" s="14">
+        <v>0</v>
+      </c>
+      <c r="CJ31" s="14">
+        <v>0</v>
+      </c>
+      <c r="CK31" s="14">
+        <v>0</v>
+      </c>
+      <c r="CL31" s="14">
+        <v>0</v>
+      </c>
+      <c r="CM31" s="14">
+        <v>0</v>
+      </c>
+      <c r="CN31" s="14">
+        <v>0</v>
+      </c>
+      <c r="CO31" s="14">
+        <v>0</v>
+      </c>
+      <c r="CP31" s="14">
+        <v>0</v>
+      </c>
+      <c r="CQ31" s="14">
+        <v>0</v>
+      </c>
+      <c r="CR31" s="14">
+        <v>0</v>
+      </c>
+      <c r="CS31" s="14">
+        <v>0</v>
+      </c>
+      <c r="CT31" s="14">
+        <v>0</v>
+      </c>
+      <c r="CU31" s="14">
+        <v>0</v>
+      </c>
+      <c r="CV31" s="14">
+        <v>0</v>
+      </c>
+      <c r="CW31" s="14">
+        <v>0</v>
+      </c>
+      <c r="CX31" s="14">
+        <v>0</v>
+      </c>
+      <c r="CY31" s="14">
+        <v>0</v>
+      </c>
+      <c r="CZ31" s="14">
+        <v>0</v>
+      </c>
+      <c r="DA31" s="14">
+        <v>0</v>
+      </c>
+      <c r="DB31" s="14">
+        <v>0</v>
+      </c>
+      <c r="DC31" s="14">
+        <v>0</v>
+      </c>
+      <c r="DD31" s="14">
+        <v>0</v>
+      </c>
+      <c r="DE31" s="14">
+        <v>0</v>
+      </c>
+      <c r="DF31" s="14">
+        <v>0</v>
+      </c>
+      <c r="DG31" s="14">
+        <v>0</v>
+      </c>
+      <c r="DH31" s="14">
+        <v>0</v>
+      </c>
+      <c r="DI31" s="14">
+        <v>0</v>
+      </c>
+      <c r="DJ31" s="14">
+        <v>0</v>
+      </c>
+      <c r="DK31" s="14">
+        <v>0</v>
+      </c>
+      <c r="DL31" s="14">
+        <v>0</v>
+      </c>
+      <c r="DM31" s="14">
+        <v>0</v>
+      </c>
+      <c r="DN31" s="14">
+        <v>0</v>
+      </c>
+      <c r="DO31" s="14">
+        <v>0</v>
+      </c>
+      <c r="DP31" s="14">
+        <v>0</v>
+      </c>
+      <c r="DQ31" s="14">
+        <v>0</v>
+      </c>
+      <c r="DR31" s="14">
+        <v>0</v>
+      </c>
+      <c r="DS31" s="14">
+        <v>0</v>
+      </c>
+      <c r="DT31" s="14">
+        <v>0</v>
+      </c>
+      <c r="DU31" s="14">
+        <v>0</v>
+      </c>
+      <c r="DV31" s="14">
+        <v>0</v>
+      </c>
+      <c r="DW31" s="14">
+        <v>0</v>
+      </c>
+      <c r="DX31" s="14">
+        <v>0</v>
+      </c>
+      <c r="DY31" s="14">
+        <v>0</v>
+      </c>
+      <c r="DZ31" s="14">
+        <v>0</v>
+      </c>
+      <c r="EA31" s="14">
+        <v>0</v>
+      </c>
+      <c r="EB31" s="14">
+        <v>0</v>
+      </c>
+      <c r="EC31" s="14">
+        <v>0</v>
+      </c>
+      <c r="ED31" s="14">
+        <v>0</v>
+      </c>
+      <c r="EE31" s="14">
+        <v>0</v>
+      </c>
+      <c r="EF31" s="14">
+        <v>0</v>
+      </c>
+      <c r="EG31" s="14">
+        <v>0</v>
+      </c>
+      <c r="EH31" s="14">
+        <v>0</v>
+      </c>
+      <c r="EI31" s="14">
+        <v>0</v>
+      </c>
+      <c r="EJ31" s="14">
+        <v>0</v>
+      </c>
+      <c r="EK31" s="14">
+        <v>0</v>
+      </c>
+      <c r="EL31" s="14">
+        <v>0</v>
+      </c>
+      <c r="EM31" s="14">
+        <v>0</v>
+      </c>
+      <c r="EN31" s="14">
+        <v>0</v>
+      </c>
+      <c r="EO31" s="14">
+        <v>0</v>
+      </c>
+      <c r="EP31" s="14">
+        <v>0</v>
+      </c>
+      <c r="EQ31" s="14">
+        <v>0</v>
+      </c>
+      <c r="ER31" s="14">
+        <v>0</v>
+      </c>
+      <c r="ES31" s="14">
+        <v>0</v>
+      </c>
+      <c r="ET31" s="14">
+        <v>0</v>
+      </c>
+      <c r="EU31" s="14">
+        <v>0</v>
+      </c>
+      <c r="EV31" s="14">
+        <v>0</v>
+      </c>
+      <c r="EW31" s="14">
+        <v>0</v>
+      </c>
+      <c r="EX31" s="14">
+        <v>0</v>
+      </c>
+      <c r="EY31" s="14">
+        <v>0</v>
+      </c>
+      <c r="EZ31" s="14">
+        <v>0</v>
+      </c>
+      <c r="FA31" s="14">
+        <v>0</v>
+      </c>
+      <c r="FB31" s="14">
+        <v>0</v>
+      </c>
+      <c r="FC31" s="14">
+        <v>59.00757814</v>
+      </c>
+      <c r="FD31" s="14">
+        <v>56.582899869999999</v>
+      </c>
+      <c r="FE31" s="14">
+        <v>83.467537559999997</v>
+      </c>
+      <c r="FF31" s="14">
+        <v>81.218641309999995</v>
+      </c>
+      <c r="FG31" s="14">
+        <v>78.030568489999993</v>
+      </c>
+      <c r="FH31" s="14">
+        <v>74.183790500000001</v>
+      </c>
+      <c r="FI31" s="14">
+        <v>95.727013319999998</v>
+      </c>
+      <c r="FJ31" s="14">
+        <v>96.266558209999999</v>
+      </c>
+      <c r="FK31" s="14">
+        <v>90.581844180000004</v>
+      </c>
+      <c r="FL31" s="14">
+        <v>87.311123319999993</v>
+      </c>
+      <c r="FM31" s="14">
+        <v>83.800336729999998</v>
+      </c>
+      <c r="FN31" s="14">
+        <v>82.06756188</v>
+      </c>
+      <c r="FO31" s="14">
+        <v>174.54586502000001</v>
+      </c>
+      <c r="FP31" s="14">
+        <v>145.59231535000001</v>
+      </c>
+      <c r="FQ31" s="14">
+        <v>144.74489349000001</v>
+      </c>
+      <c r="FR31" s="14">
+        <v>0</v>
+      </c>
+      <c r="FS31" s="14">
+        <v>0</v>
+      </c>
+      <c r="FT31" s="14">
+        <v>0</v>
+      </c>
+      <c r="FU31" s="14">
+        <v>0</v>
+      </c>
+      <c r="FV31" s="14">
+        <v>0</v>
+      </c>
+      <c r="FW31" s="14">
+        <v>0</v>
+      </c>
+      <c r="FX31" s="14">
+        <v>0</v>
+      </c>
+      <c r="FY31" s="14">
+        <v>0</v>
+      </c>
+      <c r="FZ31" s="14">
+        <v>0</v>
+      </c>
+      <c r="GA31" s="14">
+        <v>0</v>
+      </c>
+      <c r="GB31" s="14">
+        <v>17.72166284</v>
+      </c>
+      <c r="GC31" s="14">
+        <v>17.723656909999999</v>
+      </c>
+      <c r="GD31" s="14">
+        <v>171.47670382999999</v>
+      </c>
+      <c r="GE31" s="14">
+        <v>170.81572432999999</v>
+      </c>
+      <c r="GF31" s="14">
+        <v>172.61684584</v>
+      </c>
+      <c r="GG31" s="14">
+        <v>171.27089389</v>
+      </c>
+      <c r="GH31" s="14">
+        <v>0</v>
+      </c>
+      <c r="GI31" s="14">
+        <v>0</v>
+      </c>
+      <c r="GJ31" s="14">
+        <v>0</v>
+      </c>
+      <c r="GK31" s="14">
+        <v>0</v>
+      </c>
+      <c r="GL31" s="14">
+        <v>0</v>
+      </c>
+      <c r="GM31" s="14">
+        <v>0</v>
+      </c>
+      <c r="GN31" s="14">
+        <v>0</v>
+      </c>
+      <c r="GO31" s="14">
+        <v>0</v>
+      </c>
+      <c r="GP31" s="14">
+        <v>0</v>
+      </c>
+      <c r="GQ31" s="14">
+        <v>5.1778962399999999</v>
+      </c>
+      <c r="GR31" s="14">
+        <v>5.1972343499999996</v>
+      </c>
+      <c r="GS31" s="14">
+        <v>5.12335444</v>
+      </c>
+      <c r="GT31" s="14">
+        <v>0.77832323000000003</v>
+      </c>
+      <c r="GU31" s="14">
+        <v>0.76431612999999998</v>
+      </c>
+      <c r="GV31" s="14">
+        <v>0.75145092000000002</v>
+      </c>
+      <c r="GW31" s="14">
+        <v>0.75986200999999998</v>
+      </c>
+      <c r="GX31" s="14">
+        <v>0.69148010000000004</v>
+      </c>
+      <c r="GY31" s="14">
+        <v>0.90274836000000003</v>
+      </c>
+      <c r="GZ31" s="14">
+        <v>0.88554151000000003</v>
+      </c>
+      <c r="HA31" s="14">
+        <v>0.91617910999999996</v>
+      </c>
+      <c r="HB31" s="14">
+        <v>0.93644649000000002</v>
+      </c>
+      <c r="HC31" s="14">
+        <v>21.093659429999999</v>
+      </c>
+      <c r="HD31" s="14">
+        <v>21.241084529999998</v>
+      </c>
+      <c r="HE31" s="14">
+        <v>20.926463470000002</v>
+      </c>
+      <c r="HF31" s="14">
+        <v>18.887961910000001</v>
+      </c>
+      <c r="HG31" s="14">
+        <v>0</v>
+      </c>
+      <c r="HH31" s="14">
+        <v>0</v>
+      </c>
+      <c r="HI31" s="14">
+        <v>0</v>
+      </c>
+      <c r="HJ31" s="14">
+        <v>0</v>
+      </c>
+      <c r="HK31" s="14">
+        <v>202.73788572999999</v>
+      </c>
+      <c r="HL31" s="14">
+        <v>202.93094432000001</v>
+      </c>
+      <c r="HM31" s="14">
+        <v>203.28536731</v>
+      </c>
+      <c r="HN31" s="14">
+        <v>0</v>
+      </c>
+      <c r="HO31" s="14">
+        <v>0</v>
+      </c>
+      <c r="HP31" s="14">
+        <v>0</v>
+      </c>
+      <c r="HQ31" s="14">
+        <v>0</v>
+      </c>
+      <c r="HR31" s="14">
+        <v>0</v>
+      </c>
+      <c r="HS31" s="14">
+        <v>0</v>
+      </c>
+      <c r="HT31" s="14">
+        <v>0</v>
+      </c>
+      <c r="HU31" s="14">
+        <v>0</v>
+      </c>
+      <c r="HV31" s="14">
+        <v>0</v>
+      </c>
+      <c r="HW31" s="14">
+        <v>0.16728667</v>
+      </c>
+      <c r="HX31" s="14">
+        <v>0.17991152999999999</v>
+      </c>
+      <c r="HY31" s="14">
+        <v>0</v>
+      </c>
+      <c r="HZ31" s="14">
+        <v>0</v>
+      </c>
+      <c r="IA31" s="14">
+        <v>0</v>
+      </c>
+      <c r="IB31" s="14">
+        <v>0</v>
+      </c>
+      <c r="IC31" s="14">
+        <v>0</v>
+      </c>
+      <c r="ID31" s="14">
+        <v>0</v>
+      </c>
+      <c r="IE31" s="14">
+        <v>0</v>
+      </c>
+      <c r="IF31" s="14">
+        <v>0</v>
+      </c>
+      <c r="IG31" s="14">
+        <v>0</v>
+      </c>
+      <c r="IH31" s="14">
+        <v>0</v>
+      </c>
+      <c r="II31" s="14">
+        <v>0</v>
+      </c>
+      <c r="IJ31" s="14">
+        <v>0</v>
+      </c>
+      <c r="IK31" s="14">
+        <v>0</v>
+      </c>
+      <c r="IL31" s="14">
+        <v>0</v>
+      </c>
+      <c r="IM31" s="14">
+        <v>0</v>
+      </c>
+      <c r="IN31" s="14">
+        <v>0</v>
+      </c>
+      <c r="IO31" s="14">
+        <v>0</v>
+      </c>
+      <c r="IP31" s="14">
+        <v>0</v>
+      </c>
+      <c r="IQ31" s="14">
+        <v>0</v>
+      </c>
+      <c r="IR31" s="14">
+        <v>0</v>
+      </c>
+      <c r="IS31" s="14">
+        <v>0</v>
+      </c>
+      <c r="IT31" s="14">
+        <v>0</v>
+      </c>
+      <c r="IU31" s="14">
+        <v>0</v>
+      </c>
+      <c r="IV31" s="14">
+        <v>14.90014732</v>
+      </c>
+      <c r="IW31" s="14">
+        <v>14.789283299999999</v>
+      </c>
+      <c r="IX31" s="14">
+        <v>0</v>
+      </c>
+      <c r="IY31" s="14">
+        <v>0</v>
+      </c>
+      <c r="IZ31" s="14">
+        <v>0</v>
+      </c>
+      <c r="JA31" s="14">
+        <v>15.728491610000001</v>
+      </c>
+      <c r="JB31" s="14">
+        <v>15.73353932</v>
+      </c>
+      <c r="JC31" s="14">
+        <v>35.408963569999997</v>
+      </c>
+      <c r="JD31" s="14">
+        <v>85.573281570000006</v>
+      </c>
+      <c r="JE31" s="14">
+        <v>80.714153690000003</v>
+      </c>
+      <c r="JF31" s="14">
+        <v>65.057869800000006</v>
+      </c>
+      <c r="JG31" s="14">
+        <v>64.820110159999999</v>
+      </c>
+      <c r="JH31" s="14">
+        <v>103.31424448</v>
+      </c>
+      <c r="JI31" s="14">
+        <v>89.873324710000006</v>
+      </c>
+      <c r="JJ31" s="14">
+        <v>35.510377069999997</v>
+      </c>
+      <c r="JK31" s="14">
+        <v>0</v>
+      </c>
+      <c r="JL31" s="14">
+        <v>9.7990616500000005</v>
+      </c>
+      <c r="JM31" s="14">
+        <v>0</v>
+      </c>
+      <c r="JN31" s="14">
+        <v>0</v>
+      </c>
+      <c r="JO31" s="14">
+        <v>0</v>
+      </c>
+      <c r="JP31" s="14">
+        <v>0</v>
+      </c>
+      <c r="JQ31" s="14">
+        <v>0</v>
+      </c>
+      <c r="JR31" s="14">
+        <v>0</v>
+      </c>
+      <c r="JS31" s="14">
+        <v>19.68962771</v>
+      </c>
+      <c r="JT31" s="14">
+        <v>19.703351250000001</v>
+      </c>
+      <c r="JU31" s="14">
+        <v>0</v>
+      </c>
+      <c r="JV31" s="14">
+        <v>4.92737275</v>
+      </c>
+      <c r="JW31" s="14">
+        <v>29.51266176</v>
+      </c>
+      <c r="JX31" s="14">
+        <v>0</v>
+      </c>
+      <c r="JY31" s="14">
+        <v>48.574534939999999</v>
+      </c>
+      <c r="JZ31" s="14">
+        <v>0</v>
+      </c>
+      <c r="KA31" s="14">
+        <v>0</v>
+      </c>
+      <c r="KB31" s="14">
+        <v>0</v>
+      </c>
+      <c r="KC31" s="14">
+        <v>0</v>
+      </c>
+      <c r="KD31" s="14">
+        <v>0</v>
+      </c>
+      <c r="KE31" s="14">
+        <v>0</v>
+      </c>
+      <c r="KF31" s="14">
+        <v>0</v>
+      </c>
+      <c r="KG31" s="14">
+        <v>0</v>
+      </c>
+      <c r="KH31" s="14">
+        <v>0</v>
+      </c>
+      <c r="KI31" s="14">
+        <v>0</v>
+      </c>
+      <c r="KJ31" s="14">
+        <v>0</v>
+      </c>
+      <c r="KK31" s="14">
+        <v>0</v>
+      </c>
+      <c r="KL31" s="14">
+        <v>0</v>
+      </c>
+      <c r="KM31" s="14">
+        <v>0</v>
+      </c>
+      <c r="KN31" s="14">
+        <v>0</v>
+      </c>
+      <c r="KO31" s="14">
+        <v>0</v>
+      </c>
+      <c r="KP31" s="14">
+        <v>46.105846710000002</v>
+      </c>
+      <c r="KQ31" s="14">
+        <v>83.026416350000005</v>
+      </c>
+      <c r="KR31" s="14">
+        <v>102.31259964</v>
+      </c>
+      <c r="KS31" s="14">
+        <v>62.392818900000002</v>
+      </c>
+      <c r="KT31" s="14">
+        <v>196.91071259</v>
+      </c>
+      <c r="KU31" s="14">
+        <v>36.08982202</v>
+      </c>
+      <c r="KV31" s="14">
+        <v>26.911720089999999</v>
+      </c>
+      <c r="KW31" s="14">
+        <v>78.546456430000006</v>
+      </c>
+      <c r="KX31" s="14">
+        <v>79.149986859999999</v>
+      </c>
+      <c r="KY31" s="14">
+        <v>57.604065030000001</v>
+      </c>
+      <c r="KZ31" s="14">
+        <v>92.524279910000004</v>
+      </c>
+      <c r="LA31" s="14">
+        <v>59.29986615</v>
+      </c>
+      <c r="LB31" s="14">
+        <v>27.44266773</v>
+      </c>
+      <c r="LC31" s="14">
+        <v>55.37237468</v>
+      </c>
+      <c r="LD31" s="14">
+        <v>28.976856189999999</v>
+      </c>
+      <c r="LE31" s="14">
+        <v>19.522244669999999</v>
+      </c>
+      <c r="LF31" s="14">
+        <v>15.58677902</v>
+      </c>
+      <c r="LG31" s="14">
+        <v>22.083552990000001</v>
+      </c>
+      <c r="LH31" s="14">
+        <v>50.99830102</v>
+      </c>
+      <c r="LI31" s="14">
+        <v>2.9974477400000001</v>
+      </c>
+      <c r="LJ31" s="14">
+        <v>18.948579339999998</v>
+      </c>
+      <c r="LK31" s="14">
+        <v>28.383261399999999</v>
+      </c>
+      <c r="LL31" s="14">
+        <v>15.984587169999999</v>
+      </c>
+      <c r="LM31" s="14">
+        <v>31.979677479999999</v>
+      </c>
+      <c r="LN31" s="14">
+        <v>40.078258679999998</v>
+      </c>
+      <c r="LO31" s="14">
+        <v>20</v>
+      </c>
+      <c r="LP31" s="14">
+        <v>0</v>
+      </c>
+      <c r="LQ31" s="14">
+        <v>0</v>
+      </c>
+      <c r="LR31" s="14">
+        <v>0</v>
+      </c>
+      <c r="LS31" s="14">
+        <v>0</v>
+      </c>
+      <c r="LT31" s="14">
+        <v>20</v>
+      </c>
+      <c r="LU31" s="14">
+        <v>35.457121960000002</v>
+      </c>
+      <c r="LV31" s="14">
+        <v>0</v>
+      </c>
+      <c r="LW31" s="14">
+        <v>31</v>
+      </c>
+      <c r="LX31" s="14">
+        <v>69</v>
+      </c>
+      <c r="LY31" s="14">
+        <v>21</v>
+      </c>
+      <c r="LZ31" s="14">
+        <v>78.400000000000006</v>
+      </c>
+      <c r="MA31" s="14">
+        <v>56.5</v>
+      </c>
+      <c r="MB31" s="14">
+        <v>5</v>
+      </c>
+      <c r="MC31" s="14">
+        <v>0</v>
+      </c>
+      <c r="MD31" s="14">
+        <v>36</v>
+      </c>
+      <c r="ME31" s="14">
+        <v>6</v>
+      </c>
+      <c r="MF31" s="14">
+        <v>44</v>
+      </c>
+      <c r="MG31" s="14">
+        <v>63</v>
+      </c>
+      <c r="MH31" s="14">
+        <v>31</v>
+      </c>
+      <c r="MI31" s="14">
+        <v>45</v>
+      </c>
+      <c r="MJ31" s="14">
+        <v>69</v>
+      </c>
+      <c r="MK31" s="14">
+        <v>64</v>
+      </c>
+      <c r="ML31" s="14">
+        <v>15</v>
+      </c>
+      <c r="MM31" s="14">
+        <v>0</v>
+      </c>
+      <c r="MN31" s="14">
+        <v>0</v>
+      </c>
+      <c r="MO31" s="14">
+        <v>0</v>
+      </c>
+      <c r="MP31" s="14">
+        <v>0</v>
+      </c>
+      <c r="MQ31" s="14">
+        <v>0</v>
+      </c>
+      <c r="MR31" s="14">
+        <v>0</v>
+      </c>
+      <c r="MS31" s="14">
+        <v>0</v>
+      </c>
+      <c r="MT31" s="14">
+        <v>0</v>
+      </c>
+      <c r="MU31" s="14">
+        <v>0</v>
+      </c>
+      <c r="MV31" s="14">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="32" spans="1:360" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A32" s="14"/>
+      <c r="B32" s="15" t="s">
+        <v>16</v>
+      </c>
+      <c r="C32" s="14">
+        <v>1329.14847435</v>
+      </c>
+      <c r="D32" s="14">
+        <v>1384.39606787</v>
+      </c>
+      <c r="E32" s="14">
+        <v>1358.07620413</v>
+      </c>
+      <c r="F32" s="14">
+        <v>1387.8507664700001</v>
+      </c>
+      <c r="G32" s="14">
+        <v>1423.5757904699999</v>
+      </c>
+      <c r="H32" s="14">
+        <v>1434.07762338</v>
+      </c>
+      <c r="I32" s="14">
+        <v>1407.29621342</v>
+      </c>
+      <c r="J32" s="14">
+        <v>942.96700068999996</v>
+      </c>
+      <c r="K32" s="14">
+        <v>949.96926449</v>
+      </c>
+      <c r="L32" s="14">
+        <v>988.46424448000005</v>
+      </c>
+      <c r="M32" s="14">
+        <v>989.10571680999999</v>
+      </c>
+      <c r="N32" s="14">
+        <v>1011.39764859</v>
+      </c>
+      <c r="O32" s="14">
+        <v>1032.9264105100001</v>
+      </c>
+      <c r="P32" s="14">
+        <v>1083.8063892800001</v>
+      </c>
+      <c r="Q32" s="14">
+        <v>1112.9927002500001</v>
+      </c>
+      <c r="R32" s="14">
+        <v>1098.4584524500001</v>
+      </c>
+      <c r="S32" s="14">
+        <v>1130.20921804</v>
+      </c>
+      <c r="T32" s="14">
+        <v>1102.3491379699999</v>
+      </c>
+      <c r="U32" s="14">
+        <v>1111.18946845</v>
+      </c>
+      <c r="V32" s="14">
+        <v>1175.2122503200001</v>
+      </c>
+      <c r="W32" s="14">
+        <v>1136.4103948500001</v>
+      </c>
+      <c r="X32" s="14">
+        <v>1104.71164643</v>
+      </c>
+      <c r="Y32" s="14">
+        <v>1066.7425668599999</v>
+      </c>
+      <c r="Z32" s="14">
+        <v>1089.2863507899999</v>
+      </c>
+      <c r="AA32" s="14">
+        <v>1096.3186077400001</v>
+      </c>
+      <c r="AB32" s="14">
+        <v>1118.09172208</v>
+      </c>
+      <c r="AC32" s="14">
+        <v>1112.56273409</v>
+      </c>
+      <c r="AD32" s="14">
+        <v>1132.0497538</v>
+      </c>
+      <c r="AE32" s="14">
+        <v>1122.7140341100001</v>
+      </c>
+      <c r="AF32" s="14">
+        <v>1130.4654190700001</v>
+      </c>
+      <c r="AG32" s="14">
+        <v>1154.1439524899999</v>
+      </c>
+      <c r="AH32" s="14">
+        <v>1122.4785135</v>
+      </c>
+      <c r="AI32" s="14">
+        <v>1129.03635278</v>
+      </c>
+      <c r="AJ32" s="14">
+        <v>1082.13496715</v>
+      </c>
+      <c r="AK32" s="14">
+        <v>1083.52146791</v>
+      </c>
+      <c r="AL32" s="14">
+        <v>1116.5320339800001</v>
+      </c>
+      <c r="AM32" s="14">
+        <v>1100.76307073</v>
+      </c>
+      <c r="AN32" s="14">
+        <v>1128.84838352</v>
+      </c>
+      <c r="AO32" s="14">
+        <v>1167.5820795</v>
+      </c>
+      <c r="AP32" s="14">
+        <v>1211.2551535099999</v>
+      </c>
+      <c r="AQ32" s="14">
+        <v>1219.7533429</v>
+      </c>
+      <c r="AR32" s="14">
+        <v>1240.63174611</v>
+      </c>
+      <c r="AS32" s="14">
+        <v>1289.97135475</v>
+      </c>
+      <c r="AT32" s="14">
+        <v>1286.35060832</v>
+      </c>
+      <c r="AU32" s="14">
+        <v>1310.35426794</v>
+      </c>
+      <c r="AV32" s="14">
+        <v>1317.3438276500001</v>
+      </c>
+      <c r="AW32" s="14">
+        <v>1337.10216868</v>
+      </c>
+      <c r="AX32" s="14">
+        <v>1381.5267398599999</v>
+      </c>
+      <c r="AY32" s="14">
+        <v>1348.54462702</v>
+      </c>
+      <c r="AZ32" s="14">
+        <v>1509.6604349900001</v>
+      </c>
+      <c r="BA32" s="14">
+        <v>1538.2841891600001</v>
+      </c>
+      <c r="BB32" s="14">
+        <v>1590.1904426000001</v>
+      </c>
+      <c r="BC32" s="14">
+        <v>1553.3362672400001</v>
+      </c>
+      <c r="BD32" s="14">
+        <v>1551.6244325</v>
+      </c>
+      <c r="BE32" s="14">
+        <v>1530.79204089</v>
+      </c>
+      <c r="BF32" s="14">
+        <v>1534.1552515200001</v>
+      </c>
+      <c r="BG32" s="14">
+        <v>1574.8102559399999</v>
+      </c>
+      <c r="BH32" s="14">
+        <v>1609.3565008999999</v>
+      </c>
+      <c r="BI32" s="14">
+        <v>1567.57342851</v>
+      </c>
+      <c r="BJ32" s="14">
+        <v>1579.13958957</v>
+      </c>
+      <c r="BK32" s="14">
+        <v>1585.5850234300001</v>
+      </c>
+      <c r="BL32" s="14">
+        <v>1600.01379165</v>
+      </c>
+      <c r="BM32" s="14">
+        <v>1610.27430557</v>
+      </c>
+      <c r="BN32" s="14">
+        <v>1639.32263855</v>
+      </c>
+      <c r="BO32" s="14">
+        <v>1625.13694674</v>
+      </c>
+      <c r="BP32" s="14">
+        <v>1620.5718401399999</v>
+      </c>
+      <c r="BQ32" s="14">
+        <v>1633.5550882699999</v>
+      </c>
+      <c r="BR32" s="14">
+        <v>1582.10610767</v>
+      </c>
+      <c r="BS32" s="14">
+        <v>1672.14544712</v>
+      </c>
+      <c r="BT32" s="14">
+        <v>1600.09679519</v>
+      </c>
+      <c r="BU32" s="14">
+        <v>1601.3488405600001</v>
+      </c>
+      <c r="BV32" s="14">
+        <v>1658.5389664300001</v>
+      </c>
+      <c r="BW32" s="14">
+        <v>1731.5180992999999</v>
+      </c>
+      <c r="BX32" s="14">
+        <v>1791.0008410099999</v>
+      </c>
+      <c r="BY32" s="14">
+        <v>1888.5066626299999</v>
+      </c>
+      <c r="BZ32" s="14">
+        <v>1881.24144871</v>
+      </c>
+      <c r="CA32" s="14">
+        <v>1860.4772908699999</v>
+      </c>
+      <c r="CB32" s="14">
+        <v>1863.9871721500001</v>
+      </c>
+      <c r="CC32" s="14">
+        <v>1777.3804128700001</v>
+      </c>
+      <c r="CD32" s="14">
+        <v>1883.79594503</v>
+      </c>
+      <c r="CE32" s="14">
+        <v>1918.9142347</v>
+      </c>
+      <c r="CF32" s="14">
+        <v>1932.01009174</v>
+      </c>
+      <c r="CG32" s="14">
+        <v>2041.11863672</v>
+      </c>
+      <c r="CH32" s="14">
+        <v>2048.19160117</v>
+      </c>
+      <c r="CI32" s="14">
+        <v>2052.0490630600002</v>
+      </c>
+      <c r="CJ32" s="14">
+        <v>2062.9231990500002</v>
+      </c>
+      <c r="CK32" s="14">
+        <v>1998.8321195599999</v>
+      </c>
+      <c r="CL32" s="14">
+        <v>2019.63723061</v>
+      </c>
+      <c r="CM32" s="14">
+        <v>1993.9806602399999</v>
+      </c>
+      <c r="CN32" s="14">
+        <v>1953.8302799999999</v>
+      </c>
+      <c r="CO32" s="14">
+        <v>1969.8393354</v>
+      </c>
+      <c r="CP32" s="14">
+        <v>2027.84825329</v>
+      </c>
+      <c r="CQ32" s="14">
+        <v>2091.7088177099999</v>
+      </c>
+      <c r="CR32" s="14">
+        <v>2133.5972464299998</v>
+      </c>
+      <c r="CS32" s="14">
+        <v>2418.81442062</v>
+      </c>
+      <c r="CT32" s="14">
+        <v>2442.8663752000002</v>
+      </c>
+      <c r="CU32" s="14">
+        <v>2443.9805240699998</v>
+      </c>
+      <c r="CV32" s="14">
+        <v>2501.5571137400002</v>
+      </c>
+      <c r="CW32" s="14">
+        <v>2489.8382853399999</v>
+      </c>
+      <c r="CX32" s="14">
+        <v>2432.8226225399999</v>
+      </c>
+      <c r="CY32" s="14">
+        <v>2536.4521108899999</v>
+      </c>
+      <c r="CZ32" s="14">
+        <v>2505.4409630300001</v>
+      </c>
+      <c r="DA32" s="14">
+        <v>2563.4201057800001</v>
+      </c>
+      <c r="DB32" s="14">
+        <v>2763.9201757199999</v>
+      </c>
+      <c r="DC32" s="14">
+        <v>2804.78755047</v>
+      </c>
+      <c r="DD32" s="14">
+        <v>2838.6970244099998</v>
+      </c>
+      <c r="DE32" s="14">
+        <v>2805.87951759</v>
+      </c>
+      <c r="DF32" s="14">
+        <v>2756.2301539800001</v>
+      </c>
+      <c r="DG32" s="14">
+        <v>2805.8953685500001</v>
+      </c>
+      <c r="DH32" s="14">
+        <v>2785.5102633500001</v>
+      </c>
+      <c r="DI32" s="14">
+        <v>2809.1044679400002</v>
+      </c>
+      <c r="DJ32" s="14">
+        <v>2831.1889790700002</v>
+      </c>
+      <c r="DK32" s="14">
+        <v>2828.0191522199998</v>
+      </c>
+      <c r="DL32" s="14">
+        <v>2848.10316302</v>
+      </c>
+      <c r="DM32" s="14">
+        <v>2929.4761704299999</v>
+      </c>
+      <c r="DN32" s="14">
+        <v>2903.95550168</v>
+      </c>
+      <c r="DO32" s="14">
+        <v>2947.1632620800001</v>
+      </c>
+      <c r="DP32" s="14">
+        <v>3054.10668179</v>
+      </c>
+      <c r="DQ32" s="14">
+        <v>3018.58665036</v>
+      </c>
+      <c r="DR32" s="14">
+        <v>3057.87056811</v>
+      </c>
+      <c r="DS32" s="14">
+        <v>3114.8341097799998</v>
+      </c>
+      <c r="DT32" s="14">
+        <v>3204.4297621000001</v>
+      </c>
+      <c r="DU32" s="14">
+        <v>3233.2327548799999</v>
+      </c>
+      <c r="DV32" s="14">
+        <v>3241.30024052</v>
+      </c>
+      <c r="DW32" s="14">
+        <v>3177.8835301499998</v>
+      </c>
+      <c r="DX32" s="14">
+        <v>3152.05753529</v>
+      </c>
+      <c r="DY32" s="14">
+        <v>3164.4234965000001</v>
+      </c>
+      <c r="DZ32" s="14">
+        <v>3090.6303205499999</v>
+      </c>
+      <c r="EA32" s="14">
+        <v>3108.16684227</v>
+      </c>
+      <c r="EB32" s="14">
+        <v>3229.91081179</v>
+      </c>
+      <c r="EC32" s="14">
+        <v>3237.2246125400002</v>
+      </c>
+      <c r="ED32" s="14">
+        <v>3177.30279131</v>
+      </c>
+      <c r="EE32" s="14">
+        <v>3228.53486647</v>
+      </c>
+      <c r="EF32" s="14">
+        <v>3341.0984003200001</v>
+      </c>
+      <c r="EG32" s="14">
+        <v>3324.3582096199998</v>
+      </c>
+      <c r="EH32" s="14">
+        <v>3338.1379181100001</v>
+      </c>
+      <c r="EI32" s="14">
+        <v>3286.3331484300002</v>
+      </c>
+      <c r="EJ32" s="14">
+        <v>3349.3911207699998</v>
+      </c>
+      <c r="EK32" s="14">
+        <v>3335.5808096999999</v>
+      </c>
+      <c r="EL32" s="14">
+        <v>3331.9771186900002</v>
+      </c>
+      <c r="EM32" s="14">
+        <v>3383.26356953</v>
+      </c>
+      <c r="EN32" s="14">
+        <v>3377.99209797</v>
+      </c>
+      <c r="EO32" s="14">
+        <v>3425.3022521500002</v>
+      </c>
+      <c r="EP32" s="14">
+        <v>3432.1274255600001</v>
+      </c>
+      <c r="EQ32" s="14">
+        <v>4086.8479332400002</v>
+      </c>
+      <c r="ER32" s="14">
+        <v>4046.5490673600002</v>
+      </c>
+      <c r="ES32" s="14">
+        <v>4059.7241909300001</v>
+      </c>
+      <c r="ET32" s="14">
+        <v>4085.1202973600002</v>
+      </c>
+      <c r="EU32" s="14">
+        <v>3934.1813827199999</v>
+      </c>
+      <c r="EV32" s="14">
+        <v>4128.1683588200003</v>
+      </c>
+      <c r="EW32" s="14">
+        <v>4356.5514843999999</v>
+      </c>
+      <c r="EX32" s="14">
+        <v>4335.8454003099996</v>
+      </c>
+      <c r="EY32" s="14">
+        <v>4387.6882905499997</v>
+      </c>
+      <c r="EZ32" s="14">
+        <v>4532.5647962800003</v>
+      </c>
+      <c r="FA32" s="14">
+        <v>4680.0701881200002</v>
+      </c>
+      <c r="FB32" s="14">
+        <v>4695.4163856900004</v>
+      </c>
+      <c r="FC32" s="14">
+        <v>4779.4672084800004</v>
+      </c>
+      <c r="FD32" s="14">
+        <v>4869.53744517</v>
+      </c>
+      <c r="FE32" s="14">
+        <v>4915.4117303000003</v>
+      </c>
+      <c r="FF32" s="14">
+        <v>4966.9885597399998</v>
+      </c>
+      <c r="FG32" s="14">
+        <v>5094.1511758699999</v>
+      </c>
+      <c r="FH32" s="14">
+        <v>5076.2097400299999</v>
+      </c>
+      <c r="FI32" s="14">
+        <v>5065.5033540000004</v>
+      </c>
+      <c r="FJ32" s="14">
+        <v>5068.6677994499996</v>
+      </c>
+      <c r="FK32" s="14">
+        <v>5091.5429963899996</v>
+      </c>
+      <c r="FL32" s="14">
+        <v>5303.4958188000001</v>
+      </c>
+      <c r="FM32" s="14">
+        <v>5254.8357696000003</v>
+      </c>
+      <c r="FN32" s="14">
+        <v>5163.7260620699999</v>
+      </c>
+      <c r="FO32" s="14">
+        <v>5119.3322797000001</v>
+      </c>
+      <c r="FP32" s="14">
+        <v>5147.3877049399998</v>
+      </c>
+      <c r="FQ32" s="14">
+        <v>5362.87126868</v>
+      </c>
+      <c r="FR32" s="14">
+        <v>5437.2185814599998</v>
+      </c>
+      <c r="FS32" s="14">
+        <v>5452.29367619</v>
+      </c>
+      <c r="FT32" s="14">
+        <v>5515.4001129999997</v>
+      </c>
+      <c r="FU32" s="14">
+        <v>5420.8350130299996</v>
+      </c>
+      <c r="FV32" s="14">
+        <v>5644.9018660499996</v>
+      </c>
+      <c r="FW32" s="14">
+        <v>5696.4122850699996</v>
+      </c>
+      <c r="FX32" s="14">
+        <v>5720.4338292399998</v>
+      </c>
+      <c r="FY32" s="14">
+        <v>5739.0014047799996</v>
+      </c>
+      <c r="FZ32" s="14">
+        <v>5828.3881670199999</v>
+      </c>
+      <c r="GA32" s="14">
+        <v>5887.4765536499999</v>
+      </c>
+      <c r="GB32" s="14">
+        <v>6124.0665658899998</v>
+      </c>
+      <c r="GC32" s="14">
+        <v>6214.0945266099998</v>
+      </c>
+      <c r="GD32" s="14">
+        <v>6186.8074717999998</v>
+      </c>
+      <c r="GE32" s="14">
+        <v>6174.1864093499998</v>
+      </c>
+      <c r="GF32" s="14">
+        <v>6262.9023312099998</v>
+      </c>
+      <c r="GG32" s="14">
+        <v>6460.8747648799999</v>
+      </c>
+      <c r="GH32" s="14">
+        <v>6556.5976650800003</v>
+      </c>
+      <c r="GI32" s="14">
+        <v>6576.7541824999998</v>
+      </c>
+      <c r="GJ32" s="14">
+        <v>6619.3590256300004</v>
+      </c>
+      <c r="GK32" s="14">
+        <v>6584.1423458899999</v>
+      </c>
+      <c r="GL32" s="14">
+        <v>6465.3593579600001</v>
+      </c>
+      <c r="GM32" s="14">
+        <v>6414.4171207500003</v>
+      </c>
+      <c r="GN32" s="14">
+        <v>6491.3122891700004</v>
+      </c>
+      <c r="GO32" s="14">
+        <v>6529.13541773</v>
+      </c>
+      <c r="GP32" s="14">
+        <v>6446.5639217300004</v>
+      </c>
+      <c r="GQ32" s="14">
+        <v>6490.6402366700004</v>
+      </c>
+      <c r="GR32" s="14">
+        <v>6552.1774917000002</v>
+      </c>
+      <c r="GS32" s="14">
+        <v>6512.6891359800002</v>
+      </c>
+      <c r="GT32" s="14">
+        <v>6511.1387627000004</v>
+      </c>
+      <c r="GU32" s="14">
+        <v>6584.5493386099997</v>
+      </c>
+      <c r="GV32" s="14">
+        <v>6544.1771591300003</v>
+      </c>
+      <c r="GW32" s="14">
+        <v>6672.2547126400004</v>
+      </c>
+      <c r="GX32" s="14">
+        <v>6640.7959753900004</v>
+      </c>
+      <c r="GY32" s="14">
+        <v>6625.64962087</v>
+      </c>
+      <c r="GZ32" s="14">
+        <v>6630.20195496</v>
+      </c>
+      <c r="HA32" s="14">
+        <v>6651.7339201100003</v>
+      </c>
+      <c r="HB32" s="14">
+        <v>6840.3011484500003</v>
+      </c>
+      <c r="HC32" s="14">
+        <v>6754.0377593699995</v>
+      </c>
+      <c r="HD32" s="14">
+        <v>6798.9431293600001</v>
+      </c>
+      <c r="HE32" s="14">
+        <v>6682.3995007900003</v>
+      </c>
+      <c r="HF32" s="14">
+        <v>6726.4573768</v>
+      </c>
+      <c r="HG32" s="14">
+        <v>6796.52070508</v>
+      </c>
+      <c r="HH32" s="14">
+        <v>6880.0203809699997</v>
+      </c>
+      <c r="HI32" s="14">
+        <v>6851.0486435900002</v>
+      </c>
+      <c r="HJ32" s="14">
+        <v>6810.3852381699999</v>
+      </c>
+      <c r="HK32" s="14">
+        <v>6832.4194658400002</v>
+      </c>
+      <c r="HL32" s="14">
+        <v>6918.7016331300001</v>
+      </c>
+      <c r="HM32" s="14">
+        <v>6982.1099830599996</v>
+      </c>
+      <c r="HN32" s="14">
+        <v>6963.2311396300001</v>
+      </c>
+      <c r="HO32" s="14">
+        <v>6823.50237277</v>
+      </c>
+      <c r="HP32" s="14">
+        <v>6767.2060566099999</v>
+      </c>
+      <c r="HQ32" s="14">
+        <v>6584.9145657500003</v>
+      </c>
+      <c r="HR32" s="14">
+        <v>6863.27586324</v>
+      </c>
+      <c r="HS32" s="14">
+        <v>6861.3049512799998</v>
+      </c>
+      <c r="HT32" s="14">
+        <v>7396.9931587199999</v>
+      </c>
+      <c r="HU32" s="14">
+        <v>7389.9406911200003</v>
+      </c>
+      <c r="HV32" s="14">
+        <v>7371.1611429900004</v>
+      </c>
+      <c r="HW32" s="14">
+        <v>7268.1713220000001</v>
+      </c>
+      <c r="HX32" s="14">
+        <v>7314.4339239199999</v>
+      </c>
+      <c r="HY32" s="14">
+        <v>7313.0326380799997</v>
+      </c>
+      <c r="HZ32" s="14">
+        <v>7333.8134490800003</v>
+      </c>
+      <c r="IA32" s="14">
+        <v>7167.9656177899997</v>
+      </c>
+      <c r="IB32" s="14">
+        <v>7091.2914995199999</v>
+      </c>
+      <c r="IC32" s="14">
+        <v>7015.7772525099999</v>
+      </c>
+      <c r="ID32" s="14">
+        <v>7011.8594598199998</v>
+      </c>
+      <c r="IE32" s="14">
+        <v>6967.8450521599998</v>
+      </c>
+      <c r="IF32" s="14">
+        <v>6900.4466106700002</v>
+      </c>
+      <c r="IG32" s="14">
+        <v>6835.86855294</v>
+      </c>
+      <c r="IH32" s="14">
+        <v>6936.0420897399999</v>
+      </c>
+      <c r="II32" s="14">
+        <v>6857.3247646500004</v>
+      </c>
+      <c r="IJ32" s="14">
+        <v>6874.5415991899999</v>
+      </c>
+      <c r="IK32" s="14">
+        <v>6845.47751462</v>
+      </c>
+      <c r="IL32" s="14">
+        <v>6608.1587408599999</v>
+      </c>
+      <c r="IM32" s="14">
+        <v>6448.5774388999998</v>
+      </c>
+      <c r="IN32" s="14">
+        <v>6478.13047732</v>
+      </c>
+      <c r="IO32" s="14">
+        <v>6585.5072877499997</v>
+      </c>
+      <c r="IP32" s="14">
+        <v>6789.6677552399997</v>
+      </c>
+      <c r="IQ32" s="14">
+        <v>6780.4952308800002</v>
+      </c>
+      <c r="IR32" s="14">
+        <v>6768.5543923200003</v>
+      </c>
+      <c r="IS32" s="14">
+        <v>6689.4983409300003</v>
+      </c>
+      <c r="IT32" s="14">
+        <v>6745.0399928699999</v>
+      </c>
+      <c r="IU32" s="14">
+        <v>6837.9248440299998</v>
+      </c>
+      <c r="IV32" s="14">
+        <v>6776.7364063599998</v>
+      </c>
+      <c r="IW32" s="14">
+        <v>6679.7706894499997</v>
+      </c>
+      <c r="IX32" s="14">
+        <v>6879.8741944100002</v>
+      </c>
+      <c r="IY32" s="14">
+        <v>6813.8412851499997</v>
+      </c>
+      <c r="IZ32" s="14">
+        <v>6796.1926143199998</v>
+      </c>
+      <c r="JA32" s="14">
+        <v>6680.2604728300003</v>
+      </c>
+      <c r="JB32" s="14">
+        <v>6670.1696919899996</v>
+      </c>
+      <c r="JC32" s="14">
+        <v>6655.6249892200003</v>
+      </c>
+      <c r="JD32" s="14">
+        <v>6772.6276663899998</v>
+      </c>
+      <c r="JE32" s="14">
+        <v>6800.2148138599996</v>
+      </c>
+      <c r="JF32" s="14">
+        <v>6751.2175224800003</v>
+      </c>
+      <c r="JG32" s="14">
+        <v>6516.8731842899997</v>
+      </c>
+      <c r="JH32" s="14">
+        <v>6405.1176552300003</v>
+      </c>
+      <c r="JI32" s="14">
+        <v>6418.7964307100001</v>
+      </c>
+      <c r="JJ32" s="14">
+        <v>6376.7730536600002</v>
+      </c>
+      <c r="JK32" s="14">
+        <v>6287.3279842700003</v>
+      </c>
+      <c r="JL32" s="14">
+        <v>6195.3609147400002</v>
+      </c>
+      <c r="JM32" s="14">
+        <v>6183.2966045499998</v>
+      </c>
+      <c r="JN32" s="14">
+        <v>6170.5945475199997</v>
+      </c>
+      <c r="JO32" s="14">
+        <v>6169.7903918000002</v>
+      </c>
+      <c r="JP32" s="14">
+        <v>6141.7602134500003</v>
+      </c>
+      <c r="JQ32" s="14">
+        <v>6067.4670651599999</v>
+      </c>
+      <c r="JR32" s="14">
+        <v>6012.3734390299996</v>
+      </c>
+      <c r="JS32" s="14">
+        <v>6175.9435521900004</v>
+      </c>
+      <c r="JT32" s="14">
+        <v>6139.5449412099997</v>
+      </c>
+      <c r="JU32" s="14">
+        <v>6114.2130224100001</v>
+      </c>
+      <c r="JV32" s="14">
+        <v>6076.3792665399997</v>
+      </c>
+      <c r="JW32" s="14">
+        <v>6011.6746352</v>
+      </c>
+      <c r="JX32" s="14">
+        <v>5834.1636689899997</v>
+      </c>
+      <c r="JY32" s="14">
+        <v>5768.0692336100001</v>
+      </c>
+      <c r="JZ32" s="14">
+        <v>5837.7091331600004</v>
+      </c>
+      <c r="KA32" s="14">
+        <v>5788.1820073700001</v>
+      </c>
+      <c r="KB32" s="14">
+        <v>5474.0361339199999</v>
+      </c>
+      <c r="KC32" s="14">
+        <v>5489.3831351700001</v>
+      </c>
+      <c r="KD32" s="14">
+        <v>5399.7724333599999</v>
+      </c>
+      <c r="KE32" s="14">
+        <v>5360.1247000399999</v>
+      </c>
+      <c r="KF32" s="14">
+        <v>5349.5232489700002</v>
+      </c>
+      <c r="KG32" s="14">
+        <v>5355.01919825</v>
+      </c>
+      <c r="KH32" s="14">
+        <v>5407.9719612500003</v>
+      </c>
+      <c r="KI32" s="14">
+        <v>5650.3292320800001</v>
+      </c>
+      <c r="KJ32" s="14">
+        <v>5626.0678988700001</v>
+      </c>
+      <c r="KK32" s="14">
+        <v>5685.8051852199997</v>
+      </c>
+      <c r="KL32" s="14">
+        <v>5605.9665775000003</v>
+      </c>
+      <c r="KM32" s="14">
+        <v>5614.3299924700004</v>
+      </c>
+      <c r="KN32" s="14">
+        <v>5590.2500115000003</v>
+      </c>
+      <c r="KO32" s="14">
+        <v>5563.02582059</v>
+      </c>
+      <c r="KP32" s="14">
+        <v>6010.2292415100001</v>
+      </c>
+      <c r="KQ32" s="14">
+        <v>5537.0441112199996</v>
+      </c>
+      <c r="KR32" s="14">
+        <v>5798.2079182899997</v>
+      </c>
+      <c r="KS32" s="14">
+        <v>5806.7577175500001</v>
+      </c>
+      <c r="KT32" s="14">
+        <v>6279.4852262499999</v>
+      </c>
+      <c r="KU32" s="14">
+        <v>6235.8543153999999</v>
+      </c>
+      <c r="KV32" s="14">
+        <v>6147.0578094599996</v>
+      </c>
+      <c r="KW32" s="14">
+        <v>6014.2193944099999</v>
+      </c>
+      <c r="KX32" s="14">
+        <v>6038.0459873</v>
+      </c>
+      <c r="KY32" s="14">
+        <v>6199.7341703399998</v>
+      </c>
+      <c r="KZ32" s="14">
+        <v>6159.6383052800002</v>
+      </c>
+      <c r="LA32" s="14">
+        <v>6184.6624674100003</v>
+      </c>
+      <c r="LB32" s="14">
+        <v>6208.0613678399995</v>
+      </c>
+      <c r="LC32" s="14">
+        <v>6139.7840028600003</v>
+      </c>
+      <c r="LD32" s="14">
+        <v>6135.2759046299998</v>
+      </c>
+      <c r="LE32" s="14">
+        <v>6138.2171889199999</v>
+      </c>
+      <c r="LF32" s="14">
+        <v>6113.36951692</v>
+      </c>
+      <c r="LG32" s="14">
+        <v>6130.8150897599999</v>
+      </c>
+      <c r="LH32" s="14">
+        <v>6090.7289638900002</v>
+      </c>
+      <c r="LI32" s="14">
+        <v>6048.7963270500004</v>
+      </c>
+      <c r="LJ32" s="14">
+        <v>6006.1663235400001</v>
+      </c>
+      <c r="LK32" s="14">
+        <v>6016.78263066</v>
+      </c>
+      <c r="LL32" s="14">
+        <v>5984.40241367</v>
+      </c>
+      <c r="LM32" s="14">
+        <v>5948.0704016999998</v>
+      </c>
+      <c r="LN32" s="14">
+        <v>6135.7807699699997</v>
+      </c>
+      <c r="LO32" s="14">
+        <v>6674.2045257199998</v>
+      </c>
+      <c r="LP32" s="14">
+        <v>6640.7260446299997</v>
+      </c>
+      <c r="LQ32" s="14">
+        <v>6730.8446504900003</v>
+      </c>
+      <c r="LR32" s="14">
+        <v>6708.5620816299997</v>
+      </c>
+      <c r="LS32" s="14">
+        <v>6673.3142679000002</v>
+      </c>
+      <c r="LT32" s="14">
+        <v>6629.2241405499999</v>
+      </c>
+      <c r="LU32" s="14">
+        <v>6666.9271400400003</v>
+      </c>
+      <c r="LV32" s="14">
+        <v>6663.4667350999998</v>
+      </c>
+      <c r="LW32" s="14">
+        <v>6646.3888815700002</v>
+      </c>
+      <c r="LX32" s="14">
+        <v>6619.3424764600004</v>
+      </c>
+      <c r="LY32" s="14">
+        <v>6632.4483031899999</v>
+      </c>
+      <c r="LZ32" s="14">
+        <v>6590.0040453000001</v>
+      </c>
+      <c r="MA32" s="14">
+        <v>6573.5976341899996</v>
+      </c>
+      <c r="MB32" s="14">
+        <v>7064.4985369799997</v>
+      </c>
+      <c r="MC32" s="14">
+        <v>7133.3367094499999</v>
+      </c>
+      <c r="MD32" s="14">
+        <v>7103.27489986</v>
+      </c>
+      <c r="ME32" s="14">
+        <v>7135.7771939000004</v>
+      </c>
+      <c r="MF32" s="14">
+        <v>7090.9099738200002</v>
+      </c>
+      <c r="MG32" s="14">
+        <v>7050.8726016099999</v>
+      </c>
+      <c r="MH32" s="14">
+        <v>7398.4405056400001</v>
+      </c>
+      <c r="MI32" s="14">
+        <v>7429.2974541800004</v>
+      </c>
+      <c r="MJ32" s="14">
+        <v>7381.6651748000004</v>
+      </c>
+      <c r="MK32" s="14">
+        <v>7346.8745153999998</v>
+      </c>
+      <c r="ML32" s="14">
+        <v>7395.3921691599999</v>
+      </c>
+      <c r="MM32" s="14">
+        <v>7361.9077236200001</v>
+      </c>
+      <c r="MN32" s="14">
+        <v>7337.4436055400001</v>
+      </c>
+      <c r="MO32" s="14">
+        <v>7455.1580050599996</v>
+      </c>
+      <c r="MP32" s="14">
+        <v>7428.9791300400002</v>
+      </c>
+      <c r="MQ32" s="14">
+        <v>7405.3160291300001</v>
+      </c>
+      <c r="MR32" s="14">
+        <v>7191.4438031299997</v>
+      </c>
+      <c r="MS32" s="14">
+        <v>7149.7306485500003</v>
+      </c>
+      <c r="MT32" s="14">
+        <v>7164.6606856899998</v>
+      </c>
+      <c r="MU32" s="14">
+        <v>7136.6970168500002</v>
+      </c>
+      <c r="MV32" s="14">
+        <v>7495.1088486899998</v>
+      </c>
+    </row>
+    <row r="33" spans="1:360" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A33" s="14"/>
+      <c r="B33" s="15" t="s">
+        <v>21</v>
+      </c>
+      <c r="C33" s="14">
+        <v>0</v>
+      </c>
+      <c r="D33" s="14">
+        <v>0</v>
+      </c>
+      <c r="E33" s="14">
+        <v>0</v>
+      </c>
+      <c r="F33" s="14">
+        <v>0</v>
+      </c>
+      <c r="G33" s="14">
+        <v>0</v>
+      </c>
+      <c r="H33" s="14">
+        <v>0</v>
+      </c>
+      <c r="I33" s="14">
+        <v>0</v>
+      </c>
+      <c r="J33" s="14">
+        <v>0</v>
+      </c>
+      <c r="K33" s="14">
+        <v>0</v>
+      </c>
+      <c r="L33" s="14">
+        <v>0</v>
+      </c>
+      <c r="M33" s="14">
+        <v>0</v>
+      </c>
+      <c r="N33" s="14">
+        <v>0</v>
+      </c>
+      <c r="O33" s="14">
+        <v>0</v>
+      </c>
+      <c r="P33" s="14">
+        <v>0</v>
+      </c>
+      <c r="Q33" s="14">
+        <v>0</v>
+      </c>
+      <c r="R33" s="14">
+        <v>0</v>
+      </c>
+      <c r="S33" s="14">
+        <v>0</v>
+      </c>
+      <c r="T33" s="14">
+        <v>0</v>
+      </c>
+      <c r="U33" s="14">
+        <v>0</v>
+      </c>
+      <c r="V33" s="14">
+        <v>0</v>
+      </c>
+      <c r="W33" s="14">
+        <v>0</v>
+      </c>
+      <c r="X33" s="14">
+        <v>0</v>
+      </c>
+      <c r="Y33" s="14">
+        <v>0</v>
+      </c>
+      <c r="Z33" s="14">
+        <v>0</v>
+      </c>
+      <c r="AA33" s="14">
+        <v>0</v>
+      </c>
+      <c r="AB33" s="14">
+        <v>0</v>
+      </c>
+      <c r="AC33" s="14">
+        <v>0</v>
+      </c>
+      <c r="AD33" s="14">
+        <v>0</v>
+      </c>
+      <c r="AE33" s="14">
+        <v>0</v>
+      </c>
+      <c r="AF33" s="14">
+        <v>0</v>
+      </c>
+      <c r="AG33" s="14">
+        <v>0</v>
+      </c>
+      <c r="AH33" s="14">
+        <v>0</v>
+      </c>
+      <c r="AI33" s="14">
+        <v>0</v>
+      </c>
+      <c r="AJ33" s="14">
+        <v>0</v>
+      </c>
+      <c r="AK33" s="14">
+        <v>0</v>
+      </c>
+      <c r="AL33" s="14">
+        <v>0</v>
+      </c>
+      <c r="AM33" s="14">
+        <v>0</v>
+      </c>
+      <c r="AN33" s="14">
+        <v>0</v>
+      </c>
+      <c r="AO33" s="14">
+        <v>0</v>
+      </c>
+      <c r="AP33" s="14">
+        <v>0</v>
+      </c>
+      <c r="AQ33" s="14">
+        <v>0</v>
+      </c>
+      <c r="AR33" s="14">
+        <v>0</v>
+      </c>
+      <c r="AS33" s="14">
+        <v>0</v>
+      </c>
+      <c r="AT33" s="14">
+        <v>0</v>
+      </c>
+      <c r="AU33" s="14">
+        <v>0</v>
+      </c>
+      <c r="AV33" s="14">
+        <v>0</v>
+      </c>
+      <c r="AW33" s="14">
+        <v>0</v>
+      </c>
+      <c r="AX33" s="14">
+        <v>0</v>
+      </c>
+      <c r="AY33" s="14">
+        <v>0</v>
+      </c>
+      <c r="AZ33" s="14">
+        <v>0</v>
+      </c>
+      <c r="BA33" s="14">
+        <v>0</v>
+      </c>
+      <c r="BB33" s="14">
+        <v>0</v>
+      </c>
+      <c r="BC33" s="14">
+        <v>0</v>
+      </c>
+      <c r="BD33" s="14">
+        <v>0</v>
+      </c>
+      <c r="BE33" s="14">
+        <v>0</v>
+      </c>
+      <c r="BF33" s="14">
+        <v>0</v>
+      </c>
+      <c r="BG33" s="14">
+        <v>0</v>
+      </c>
+      <c r="BH33" s="14">
+        <v>0</v>
+      </c>
+      <c r="BI33" s="14">
+        <v>0</v>
+      </c>
+      <c r="BJ33" s="14">
+        <v>0</v>
+      </c>
+      <c r="BK33" s="14">
+        <v>0</v>
+      </c>
+      <c r="BL33" s="14">
+        <v>0</v>
+      </c>
+      <c r="BM33" s="14">
+        <v>0</v>
+      </c>
+      <c r="BN33" s="14">
+        <v>0</v>
+      </c>
+      <c r="BO33" s="14">
+        <v>0</v>
+      </c>
+      <c r="BP33" s="14">
+        <v>0</v>
+      </c>
+      <c r="BQ33" s="14">
+        <v>0</v>
+      </c>
+      <c r="BR33" s="14">
+        <v>0</v>
+      </c>
+      <c r="BS33" s="14">
+        <v>0</v>
+      </c>
+      <c r="BT33" s="14">
+        <v>0</v>
+      </c>
+      <c r="BU33" s="14">
+        <v>0</v>
+      </c>
+      <c r="BV33" s="14">
+        <v>0</v>
+      </c>
+      <c r="BW33" s="14">
+        <v>0</v>
+      </c>
+      <c r="BX33" s="14">
+        <v>0</v>
+      </c>
+      <c r="BY33" s="14">
+        <v>0</v>
+      </c>
+      <c r="BZ33" s="14">
+        <v>0</v>
+      </c>
+      <c r="CA33" s="14">
+        <v>0</v>
+      </c>
+      <c r="CB33" s="14">
+        <v>0</v>
+      </c>
+      <c r="CC33" s="14">
+        <v>0</v>
+      </c>
+      <c r="CD33" s="14">
+        <v>0</v>
+      </c>
+      <c r="CE33" s="14">
+        <v>0</v>
+      </c>
+      <c r="CF33" s="14">
+        <v>0</v>
+      </c>
+      <c r="CG33" s="14">
+        <v>0</v>
+      </c>
+      <c r="CH33" s="14">
+        <v>0</v>
+      </c>
+      <c r="CI33" s="14">
+        <v>0</v>
+      </c>
+      <c r="CJ33" s="14">
+        <v>0</v>
+      </c>
+      <c r="CK33" s="14">
+        <v>0</v>
+      </c>
+      <c r="CL33" s="14">
+        <v>0</v>
+      </c>
+      <c r="CM33" s="14">
+        <v>0</v>
+      </c>
+      <c r="CN33" s="14">
+        <v>0</v>
+      </c>
+      <c r="CO33" s="14">
+        <v>0</v>
+      </c>
+      <c r="CP33" s="14">
+        <v>0</v>
+      </c>
+      <c r="CQ33" s="14">
+        <v>0</v>
+      </c>
+      <c r="CR33" s="14">
+        <v>0</v>
+      </c>
+      <c r="CS33" s="14">
+        <v>0</v>
+      </c>
+      <c r="CT33" s="14">
+        <v>0</v>
+      </c>
+      <c r="CU33" s="14">
+        <v>0</v>
+      </c>
+      <c r="CV33" s="14">
+        <v>0</v>
+      </c>
+      <c r="CW33" s="14">
+        <v>0</v>
+      </c>
+      <c r="CX33" s="14">
+        <v>0</v>
+      </c>
+      <c r="CY33" s="14">
+        <v>0</v>
+      </c>
+      <c r="CZ33" s="14">
+        <v>0</v>
+      </c>
+      <c r="DA33" s="14">
+        <v>0</v>
+      </c>
+      <c r="DB33" s="14">
+        <v>0</v>
+      </c>
+      <c r="DC33" s="14">
+        <v>0</v>
+      </c>
+      <c r="DD33" s="14">
+        <v>0</v>
+      </c>
+      <c r="DE33" s="14">
+        <v>0</v>
+      </c>
+      <c r="DF33" s="14">
+        <v>0</v>
+      </c>
+      <c r="DG33" s="14">
+        <v>0</v>
+      </c>
+      <c r="DH33" s="14">
+        <v>0</v>
+      </c>
+      <c r="DI33" s="14">
+        <v>0</v>
+      </c>
+      <c r="DJ33" s="14">
+        <v>0</v>
+      </c>
+      <c r="DK33" s="14">
+        <v>0</v>
+      </c>
+      <c r="DL33" s="14">
+        <v>0</v>
+      </c>
+      <c r="DM33" s="14">
+        <v>0</v>
+      </c>
+      <c r="DN33" s="14">
+        <v>0</v>
+      </c>
+      <c r="DO33" s="14">
+        <v>0</v>
+      </c>
+      <c r="DP33" s="14">
+        <v>0</v>
+      </c>
+      <c r="DQ33" s="14">
+        <v>0</v>
+      </c>
+      <c r="DR33" s="14">
+        <v>0</v>
+      </c>
+      <c r="DS33" s="14">
+        <v>0</v>
+      </c>
+      <c r="DT33" s="14">
+        <v>0</v>
+      </c>
+      <c r="DU33" s="14">
+        <v>0</v>
+      </c>
+      <c r="DV33" s="14">
+        <v>0</v>
+      </c>
+      <c r="DW33" s="14">
+        <v>0</v>
+      </c>
+      <c r="DX33" s="14">
+        <v>0</v>
+      </c>
+      <c r="DY33" s="14">
+        <v>0</v>
+      </c>
+      <c r="DZ33" s="14">
+        <v>0</v>
+      </c>
+      <c r="EA33" s="14">
+        <v>0</v>
+      </c>
+      <c r="EB33" s="14">
+        <v>0</v>
+      </c>
+      <c r="EC33" s="14">
+        <v>0</v>
+      </c>
+      <c r="ED33" s="14">
+        <v>0</v>
+      </c>
+      <c r="EE33" s="14">
+        <v>0</v>
+      </c>
+      <c r="EF33" s="14">
+        <v>0</v>
+      </c>
+      <c r="EG33" s="14">
+        <v>0</v>
+      </c>
+      <c r="EH33" s="14">
+        <v>0</v>
+      </c>
+      <c r="EI33" s="14">
+        <v>0</v>
+      </c>
+      <c r="EJ33" s="14">
+        <v>0</v>
+      </c>
+      <c r="EK33" s="14">
+        <v>0</v>
+      </c>
+      <c r="EL33" s="14">
+        <v>0</v>
+      </c>
+      <c r="EM33" s="14">
+        <v>0</v>
+      </c>
+      <c r="EN33" s="14">
+        <v>0</v>
+      </c>
+      <c r="EO33" s="14">
+        <v>0</v>
+      </c>
+      <c r="EP33" s="14">
+        <v>0</v>
+      </c>
+      <c r="EQ33" s="14">
+        <v>0</v>
+      </c>
+      <c r="ER33" s="14">
+        <v>0</v>
+      </c>
+      <c r="ES33" s="14">
+        <v>0</v>
+      </c>
+      <c r="ET33" s="14">
+        <v>0</v>
+      </c>
+      <c r="EU33" s="14">
+        <v>0</v>
+      </c>
+      <c r="EV33" s="14">
+        <v>0</v>
+      </c>
+      <c r="EW33" s="14">
+        <v>0</v>
+      </c>
+      <c r="EX33" s="14">
+        <v>0</v>
+      </c>
+      <c r="EY33" s="14">
+        <v>0</v>
+      </c>
+      <c r="EZ33" s="14">
+        <v>0</v>
+      </c>
+      <c r="FA33" s="14">
+        <v>0</v>
+      </c>
+      <c r="FB33" s="14">
+        <v>0</v>
+      </c>
+      <c r="FC33" s="14">
+        <v>0</v>
+      </c>
+      <c r="FD33" s="14">
+        <v>0</v>
+      </c>
+      <c r="FE33" s="14">
+        <v>0</v>
+      </c>
+      <c r="FF33" s="14">
+        <v>0</v>
+      </c>
+      <c r="FG33" s="14">
+        <v>0</v>
+      </c>
+      <c r="FH33" s="14">
+        <v>0</v>
+      </c>
+      <c r="FI33" s="14">
+        <v>0</v>
+      </c>
+      <c r="FJ33" s="14">
+        <v>0</v>
+      </c>
+      <c r="FK33" s="14">
+        <v>0</v>
+      </c>
+      <c r="FL33" s="14">
+        <v>0</v>
+      </c>
+      <c r="FM33" s="14">
+        <v>0</v>
+      </c>
+      <c r="FN33" s="14">
+        <v>0</v>
+      </c>
+      <c r="FO33" s="14">
+        <v>0</v>
+      </c>
+      <c r="FP33" s="14">
+        <v>0</v>
+      </c>
+      <c r="FQ33" s="14">
+        <v>0</v>
+      </c>
+      <c r="FR33" s="14">
+        <v>0</v>
+      </c>
+      <c r="FS33" s="14">
+        <v>0</v>
+      </c>
+      <c r="FT33" s="14">
+        <v>0</v>
+      </c>
+      <c r="FU33" s="14">
+        <v>0</v>
+      </c>
+      <c r="FV33" s="14">
+        <v>0</v>
+      </c>
+      <c r="FW33" s="14">
+        <v>0</v>
+      </c>
+      <c r="FX33" s="14">
+        <v>0</v>
+      </c>
+      <c r="FY33" s="14">
+        <v>0</v>
+      </c>
+      <c r="FZ33" s="14">
+        <v>0</v>
+      </c>
+      <c r="GA33" s="14">
+        <v>0</v>
+      </c>
+      <c r="GB33" s="14">
+        <v>0</v>
+      </c>
+      <c r="GC33" s="14">
+        <v>0</v>
+      </c>
+      <c r="GD33" s="14">
+        <v>0</v>
+      </c>
+      <c r="GE33" s="14">
+        <v>0</v>
+      </c>
+      <c r="GF33" s="14">
+        <v>0</v>
+      </c>
+      <c r="GG33" s="14">
+        <v>0</v>
+      </c>
+      <c r="GH33" s="14">
+        <v>0</v>
+      </c>
+      <c r="GI33" s="14">
+        <v>0</v>
+      </c>
+      <c r="GJ33" s="14">
+        <v>0</v>
+      </c>
+      <c r="GK33" s="14">
+        <v>0</v>
+      </c>
+      <c r="GL33" s="14">
+        <v>0</v>
+      </c>
+      <c r="GM33" s="14">
+        <v>0</v>
+      </c>
+      <c r="GN33" s="14">
+        <v>0</v>
+      </c>
+      <c r="GO33" s="14">
+        <v>0</v>
+      </c>
+      <c r="GP33" s="14">
+        <v>0</v>
+      </c>
+      <c r="GQ33" s="14">
+        <v>0</v>
+      </c>
+      <c r="GR33" s="14">
+        <v>0</v>
+      </c>
+      <c r="GS33" s="14">
+        <v>0</v>
+      </c>
+      <c r="GT33" s="14">
+        <v>0</v>
+      </c>
+      <c r="GU33" s="14">
+        <v>0</v>
+      </c>
+      <c r="GV33" s="14">
+        <v>0</v>
+      </c>
+      <c r="GW33" s="14">
+        <v>0</v>
+      </c>
+      <c r="GX33" s="14">
+        <v>0</v>
+      </c>
+      <c r="GY33" s="14">
+        <v>0</v>
+      </c>
+      <c r="GZ33" s="14">
+        <v>0</v>
+      </c>
+      <c r="HA33" s="14">
+        <v>0</v>
+      </c>
+      <c r="HB33" s="14">
+        <v>0</v>
+      </c>
+      <c r="HC33" s="14">
+        <v>0</v>
+      </c>
+      <c r="HD33" s="14">
+        <v>0</v>
+      </c>
+      <c r="HE33" s="14">
+        <v>0</v>
+      </c>
+      <c r="HF33" s="14">
+        <v>0</v>
+      </c>
+      <c r="HG33" s="14">
+        <v>0</v>
+      </c>
+      <c r="HH33" s="14">
+        <v>0</v>
+      </c>
+      <c r="HI33" s="14">
+        <v>0</v>
+      </c>
+      <c r="HJ33" s="14">
+        <v>0</v>
+      </c>
+      <c r="HK33" s="14">
+        <v>0</v>
+      </c>
+      <c r="HL33" s="14">
+        <v>0</v>
+      </c>
+      <c r="HM33" s="14">
+        <v>0</v>
+      </c>
+      <c r="HN33" s="14">
+        <v>0</v>
+      </c>
+      <c r="HO33" s="14">
+        <v>0</v>
+      </c>
+      <c r="HP33" s="14">
+        <v>0</v>
+      </c>
+      <c r="HQ33" s="14">
+        <v>0</v>
+      </c>
+      <c r="HR33" s="14">
+        <v>0</v>
+      </c>
+      <c r="HS33" s="14">
+        <v>0</v>
+      </c>
+      <c r="HT33" s="14">
+        <v>0</v>
+      </c>
+      <c r="HU33" s="14">
+        <v>0</v>
+      </c>
+      <c r="HV33" s="14">
+        <v>0</v>
+      </c>
+      <c r="HW33" s="14">
+        <v>0</v>
+      </c>
+      <c r="HX33" s="14">
+        <v>0</v>
+      </c>
+      <c r="HY33" s="14">
+        <v>0</v>
+      </c>
+      <c r="HZ33" s="14">
+        <v>0</v>
+      </c>
+      <c r="IA33" s="14">
+        <v>0</v>
+      </c>
+      <c r="IB33" s="14">
+        <v>0</v>
+      </c>
+      <c r="IC33" s="14">
+        <v>0</v>
+      </c>
+      <c r="ID33" s="14">
+        <v>0</v>
+      </c>
+      <c r="IE33" s="14">
+        <v>0</v>
+      </c>
+      <c r="IF33" s="14">
+        <v>0</v>
+      </c>
+      <c r="IG33" s="14">
+        <v>0</v>
+      </c>
+      <c r="IH33" s="14">
+        <v>0</v>
+      </c>
+      <c r="II33" s="14">
+        <v>0</v>
+      </c>
+      <c r="IJ33" s="14">
+        <v>0</v>
+      </c>
+      <c r="IK33" s="14">
+        <v>0</v>
+      </c>
+      <c r="IL33" s="14">
+        <v>0</v>
+      </c>
+      <c r="IM33" s="14">
+        <v>0</v>
+      </c>
+      <c r="IN33" s="14">
+        <v>0</v>
+      </c>
+      <c r="IO33" s="14">
+        <v>0</v>
+      </c>
+      <c r="IP33" s="14">
+        <v>0</v>
+      </c>
+      <c r="IQ33" s="14">
+        <v>0</v>
+      </c>
+      <c r="IR33" s="14">
+        <v>0</v>
+      </c>
+      <c r="IS33" s="14">
+        <v>0</v>
+      </c>
+      <c r="IT33" s="14">
+        <v>0</v>
+      </c>
+      <c r="IU33" s="14">
+        <v>0</v>
+      </c>
+      <c r="IV33" s="14">
+        <v>0</v>
+      </c>
+      <c r="IW33" s="14">
+        <v>0</v>
+      </c>
+      <c r="IX33" s="14">
+        <v>0</v>
+      </c>
+      <c r="IY33" s="14">
+        <v>0</v>
+      </c>
+      <c r="IZ33" s="14">
+        <v>0</v>
+      </c>
+      <c r="JA33" s="14">
+        <v>0</v>
+      </c>
+      <c r="JB33" s="14">
+        <v>0</v>
+      </c>
+      <c r="JC33" s="14">
+        <v>0</v>
+      </c>
+      <c r="JD33" s="14">
+        <v>0</v>
+      </c>
+      <c r="JE33" s="14">
+        <v>0</v>
+      </c>
+      <c r="JF33" s="14">
+        <v>0</v>
+      </c>
+      <c r="JG33" s="14">
+        <v>0</v>
+      </c>
+      <c r="JH33" s="14">
+        <v>0</v>
+      </c>
+      <c r="JI33" s="14">
+        <v>0</v>
+      </c>
+      <c r="JJ33" s="14">
+        <v>0</v>
+      </c>
+      <c r="JK33" s="14">
+        <v>0</v>
+      </c>
+      <c r="JL33" s="14">
+        <v>0</v>
+      </c>
+      <c r="JM33" s="14">
+        <v>0</v>
+      </c>
+      <c r="JN33" s="14">
+        <v>0</v>
+      </c>
+      <c r="JO33" s="14">
+        <v>0</v>
+      </c>
+      <c r="JP33" s="14">
+        <v>0</v>
+      </c>
+      <c r="JQ33" s="14">
+        <v>0</v>
+      </c>
+      <c r="JR33" s="14">
+        <v>0</v>
+      </c>
+      <c r="JS33" s="14">
+        <v>0</v>
+      </c>
+      <c r="JT33" s="14">
+        <v>0</v>
+      </c>
+      <c r="JU33" s="14">
+        <v>0</v>
+      </c>
+      <c r="JV33" s="14">
+        <v>0</v>
+      </c>
+      <c r="JW33" s="14">
+        <v>0</v>
+      </c>
+      <c r="JX33" s="14">
+        <v>0</v>
+      </c>
+      <c r="JY33" s="14">
+        <v>0</v>
+      </c>
+      <c r="JZ33" s="14">
+        <v>0</v>
+      </c>
+      <c r="KA33" s="14">
+        <v>0</v>
+      </c>
+      <c r="KB33" s="14">
+        <v>0</v>
+      </c>
+      <c r="KC33" s="14">
+        <v>0</v>
+      </c>
+      <c r="KD33" s="14">
+        <v>0</v>
+      </c>
+      <c r="KE33" s="14">
+        <v>0</v>
+      </c>
+      <c r="KF33" s="14">
+        <v>0</v>
+      </c>
+      <c r="KG33" s="14">
+        <v>0</v>
+      </c>
+      <c r="KH33" s="14">
+        <v>0</v>
+      </c>
+      <c r="KI33" s="14">
+        <v>0</v>
+      </c>
+      <c r="KJ33" s="14">
+        <v>0</v>
+      </c>
+      <c r="KK33" s="14">
+        <v>0</v>
+      </c>
+      <c r="KL33" s="14">
+        <v>0</v>
+      </c>
+      <c r="KM33" s="14">
+        <v>0</v>
+      </c>
+      <c r="KN33" s="14">
+        <v>0</v>
+      </c>
+      <c r="KO33" s="14">
+        <v>0</v>
+      </c>
+      <c r="KP33" s="14">
+        <v>0</v>
+      </c>
+      <c r="KQ33" s="14">
+        <v>0</v>
+      </c>
+      <c r="KR33" s="14">
+        <v>0</v>
+      </c>
+      <c r="KS33" s="14">
+        <v>0</v>
+      </c>
+      <c r="KT33" s="14">
+        <v>0</v>
+      </c>
+      <c r="KU33" s="14">
+        <v>0</v>
+      </c>
+      <c r="KV33" s="14">
+        <v>0</v>
+      </c>
+      <c r="KW33" s="14">
+        <v>0</v>
+      </c>
+      <c r="KX33" s="14">
+        <v>0</v>
+      </c>
+      <c r="KY33" s="14">
+        <v>0</v>
+      </c>
+      <c r="KZ33" s="14">
+        <v>0</v>
+      </c>
+      <c r="LA33" s="14">
+        <v>0</v>
+      </c>
+      <c r="LB33" s="14">
+        <v>0</v>
+      </c>
+      <c r="LC33" s="14">
+        <v>0</v>
+      </c>
+      <c r="LD33" s="14">
+        <v>0</v>
+      </c>
+      <c r="LE33" s="14">
+        <v>0</v>
+      </c>
+      <c r="LF33" s="14">
+        <v>0</v>
+      </c>
+      <c r="LG33" s="14">
+        <v>0</v>
+      </c>
+      <c r="LH33" s="14">
+        <v>0</v>
+      </c>
+      <c r="LI33" s="14">
+        <v>0</v>
+      </c>
+      <c r="LJ33" s="14">
+        <v>0</v>
+      </c>
+      <c r="LK33" s="14">
+        <v>0</v>
+      </c>
+      <c r="LL33" s="14">
+        <v>0</v>
+      </c>
+      <c r="LM33" s="14">
+        <v>0</v>
+      </c>
+      <c r="LN33" s="14">
+        <v>0</v>
+      </c>
+      <c r="LO33" s="14">
+        <v>0</v>
+      </c>
+      <c r="LP33" s="14">
+        <v>0</v>
+      </c>
+      <c r="LQ33" s="14">
+        <v>0</v>
+      </c>
+      <c r="LR33" s="14">
+        <v>0</v>
+      </c>
+      <c r="LS33" s="14">
+        <v>0</v>
+      </c>
+      <c r="LT33" s="14">
+        <v>0</v>
+      </c>
+      <c r="LU33" s="14">
+        <v>0</v>
+      </c>
+      <c r="LV33" s="14">
+        <v>0</v>
+      </c>
+      <c r="LW33" s="14">
+        <v>0</v>
+      </c>
+      <c r="LX33" s="14">
+        <v>0</v>
+      </c>
+      <c r="LY33" s="14">
+        <v>0</v>
+      </c>
+      <c r="LZ33" s="14">
+        <v>0</v>
+      </c>
+      <c r="MA33" s="14">
+        <v>0</v>
+      </c>
+      <c r="MB33" s="14">
+        <v>0</v>
+      </c>
+      <c r="MC33" s="14">
+        <v>0</v>
+      </c>
+      <c r="MD33" s="14">
+        <v>0</v>
+      </c>
+      <c r="ME33" s="14">
+        <v>0</v>
+      </c>
+      <c r="MF33" s="14">
+        <v>0</v>
+      </c>
+      <c r="MG33" s="14">
+        <v>0</v>
+      </c>
+      <c r="MH33" s="14">
+        <v>0</v>
+      </c>
+      <c r="MI33" s="14">
+        <v>0</v>
+      </c>
+      <c r="MJ33" s="14">
+        <v>0</v>
+      </c>
+      <c r="MK33" s="14">
+        <v>0</v>
+      </c>
+      <c r="ML33" s="14">
+        <v>0</v>
+      </c>
+      <c r="MM33" s="14">
+        <v>0</v>
+      </c>
+      <c r="MN33" s="14">
+        <v>0</v>
+      </c>
+      <c r="MO33" s="14">
+        <v>0</v>
+      </c>
+      <c r="MP33" s="14">
+        <v>0</v>
+      </c>
+      <c r="MQ33" s="14">
+        <v>0</v>
+      </c>
+      <c r="MR33" s="14">
+        <v>0</v>
+      </c>
+      <c r="MS33" s="14">
+        <v>0</v>
+      </c>
+      <c r="MT33" s="14">
+        <v>0</v>
+      </c>
+      <c r="MU33" s="14">
+        <v>0</v>
+      </c>
+      <c r="MV33" s="14">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="34" spans="1:360" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A34" s="14"/>
+      <c r="B34" s="15" t="s">
+        <v>12</v>
+      </c>
+      <c r="C34" s="14">
+        <v>0</v>
+      </c>
+      <c r="D34" s="14">
+        <v>0</v>
+      </c>
+      <c r="E34" s="14">
+        <v>0</v>
+      </c>
+      <c r="F34" s="14">
+        <v>0</v>
+      </c>
+      <c r="G34" s="14">
+        <v>0</v>
+      </c>
+      <c r="H34" s="14">
+        <v>0</v>
+      </c>
+      <c r="I34" s="14">
+        <v>0</v>
+      </c>
+      <c r="J34" s="14">
+        <v>0</v>
+      </c>
+      <c r="K34" s="14">
+        <v>0</v>
+      </c>
+      <c r="L34" s="14">
+        <v>0</v>
+      </c>
+      <c r="M34" s="14">
+        <v>0</v>
+      </c>
+      <c r="N34" s="14">
+        <v>0</v>
+      </c>
+      <c r="O34" s="14">
+        <v>0</v>
+      </c>
+      <c r="P34" s="14">
+        <v>0</v>
+      </c>
+      <c r="Q34" s="14">
+        <v>0</v>
+      </c>
+      <c r="R34" s="14">
+        <v>0</v>
+      </c>
+      <c r="S34" s="14">
+        <v>0</v>
+      </c>
+      <c r="T34" s="14">
+        <v>0</v>
+      </c>
+      <c r="U34" s="14">
+        <v>0</v>
+      </c>
+      <c r="V34" s="14">
+        <v>0</v>
+      </c>
+      <c r="W34" s="14">
+        <v>0</v>
+      </c>
+      <c r="X34" s="14">
+        <v>0</v>
+      </c>
+      <c r="Y34" s="14">
+        <v>0</v>
+      </c>
+      <c r="Z34" s="14">
+        <v>0</v>
+      </c>
+      <c r="AA34" s="14">
+        <v>0</v>
+      </c>
+      <c r="AB34" s="14">
+        <v>0</v>
+      </c>
+      <c r="AC34" s="14">
+        <v>0</v>
+      </c>
+      <c r="AD34" s="14">
+        <v>0</v>
+      </c>
+      <c r="AE34" s="14">
+        <v>0</v>
+      </c>
+      <c r="AF34" s="14">
+        <v>0</v>
+      </c>
+      <c r="AG34" s="14">
+        <v>0</v>
+      </c>
+      <c r="AH34" s="14">
+        <v>0</v>
+      </c>
+      <c r="AI34" s="14">
+        <v>0</v>
+      </c>
+      <c r="AJ34" s="14">
+        <v>0</v>
+      </c>
+      <c r="AK34" s="14">
+        <v>0</v>
+      </c>
+      <c r="AL34" s="14">
+        <v>0</v>
+      </c>
+      <c r="AM34" s="14">
+        <v>0</v>
+      </c>
+      <c r="AN34" s="14">
+        <v>0</v>
+      </c>
+      <c r="AO34" s="14">
+        <v>0</v>
+      </c>
+      <c r="AP34" s="14">
+        <v>0</v>
+      </c>
+      <c r="AQ34" s="14">
+        <v>0</v>
+      </c>
+      <c r="AR34" s="14">
+        <v>0</v>
+      </c>
+      <c r="AS34" s="14">
+        <v>0</v>
+      </c>
+      <c r="AT34" s="14">
+        <v>0</v>
+      </c>
+      <c r="AU34" s="14">
+        <v>0</v>
+      </c>
+      <c r="AV34" s="14">
+        <v>0</v>
+      </c>
+      <c r="AW34" s="14">
+        <v>0</v>
+      </c>
+      <c r="AX34" s="14">
+        <v>0</v>
+      </c>
+      <c r="AY34" s="14">
+        <v>0</v>
+      </c>
+      <c r="AZ34" s="14">
+        <v>0</v>
+      </c>
+      <c r="BA34" s="14">
+        <v>0</v>
+      </c>
+      <c r="BB34" s="14">
+        <v>0</v>
+      </c>
+      <c r="BC34" s="14">
+        <v>0</v>
+      </c>
+      <c r="BD34" s="14">
+        <v>0</v>
+      </c>
+      <c r="BE34" s="14">
+        <v>0</v>
+      </c>
+      <c r="BF34" s="14">
+        <v>0</v>
+      </c>
+      <c r="BG34" s="14">
+        <v>0</v>
+      </c>
+      <c r="BH34" s="14">
+        <v>0</v>
+      </c>
+      <c r="BI34" s="14">
+        <v>0</v>
+      </c>
+      <c r="BJ34" s="14">
+        <v>0</v>
+      </c>
+      <c r="BK34" s="14">
+        <v>0</v>
+      </c>
+      <c r="BL34" s="14">
+        <v>0</v>
+      </c>
+      <c r="BM34" s="14">
+        <v>0</v>
+      </c>
+      <c r="BN34" s="14">
+        <v>0</v>
+      </c>
+      <c r="BO34" s="14">
+        <v>0</v>
+      </c>
+      <c r="BP34" s="14">
+        <v>0</v>
+      </c>
+      <c r="BQ34" s="14">
+        <v>0</v>
+      </c>
+      <c r="BR34" s="14">
+        <v>0</v>
+      </c>
+      <c r="BS34" s="14">
+        <v>0</v>
+      </c>
+      <c r="BT34" s="14">
+        <v>0</v>
+      </c>
+      <c r="BU34" s="14">
+        <v>0</v>
+      </c>
+      <c r="BV34" s="14">
+        <v>0</v>
+      </c>
+      <c r="BW34" s="14">
+        <v>0</v>
+      </c>
+      <c r="BX34" s="14">
+        <v>0</v>
+      </c>
+      <c r="BY34" s="14">
+        <v>0</v>
+      </c>
+      <c r="BZ34" s="14">
+        <v>0</v>
+      </c>
+      <c r="CA34" s="14">
+        <v>0</v>
+      </c>
+      <c r="CB34" s="14">
+        <v>0</v>
+      </c>
+      <c r="CC34" s="14">
+        <v>0</v>
+      </c>
+      <c r="CD34" s="14">
+        <v>0</v>
+      </c>
+      <c r="CE34" s="14">
+        <v>0</v>
+      </c>
+      <c r="CF34" s="14">
+        <v>0</v>
+      </c>
+      <c r="CG34" s="14">
+        <v>0</v>
+      </c>
+      <c r="CH34" s="14">
+        <v>0</v>
+      </c>
+      <c r="CI34" s="14">
+        <v>0</v>
+      </c>
+      <c r="CJ34" s="14">
+        <v>0</v>
+      </c>
+      <c r="CK34" s="14">
+        <v>0</v>
+      </c>
+      <c r="CL34" s="14">
+        <v>0</v>
+      </c>
+      <c r="CM34" s="14">
+        <v>0</v>
+      </c>
+      <c r="CN34" s="14">
+        <v>0</v>
+      </c>
+      <c r="CO34" s="14">
+        <v>0</v>
+      </c>
+      <c r="CP34" s="14">
+        <v>0</v>
+      </c>
+      <c r="CQ34" s="14">
+        <v>0</v>
+      </c>
+      <c r="CR34" s="14">
+        <v>0</v>
+      </c>
+      <c r="CS34" s="14">
+        <v>0</v>
+      </c>
+      <c r="CT34" s="14">
+        <v>0</v>
+      </c>
+      <c r="CU34" s="14">
+        <v>0</v>
+      </c>
+      <c r="CV34" s="14">
+        <v>0</v>
+      </c>
+      <c r="CW34" s="14">
+        <v>0</v>
+      </c>
+      <c r="CX34" s="14">
+        <v>0</v>
+      </c>
+      <c r="CY34" s="14">
+        <v>0</v>
+      </c>
+      <c r="CZ34" s="14">
+        <v>0</v>
+      </c>
+      <c r="DA34" s="14">
+        <v>0</v>
+      </c>
+      <c r="DB34" s="14">
+        <v>0</v>
+      </c>
+      <c r="DC34" s="14">
+        <v>0</v>
+      </c>
+      <c r="DD34" s="14">
+        <v>0</v>
+      </c>
+      <c r="DE34" s="14">
+        <v>0</v>
+      </c>
+      <c r="DF34" s="14">
+        <v>0</v>
+      </c>
+      <c r="DG34" s="14">
+        <v>0</v>
+      </c>
+      <c r="DH34" s="14">
+        <v>0</v>
+      </c>
+      <c r="DI34" s="14">
+        <v>0</v>
+      </c>
+      <c r="DJ34" s="14">
+        <v>0</v>
+      </c>
+      <c r="DK34" s="14">
+        <v>0</v>
+      </c>
+      <c r="DL34" s="14">
+        <v>0</v>
+      </c>
+      <c r="DM34" s="14">
+        <v>0</v>
+      </c>
+      <c r="DN34" s="14">
+        <v>0</v>
+      </c>
+      <c r="DO34" s="14">
+        <v>0</v>
+      </c>
+      <c r="DP34" s="14">
+        <v>0</v>
+      </c>
+      <c r="DQ34" s="14">
+        <v>0</v>
+      </c>
+      <c r="DR34" s="14">
+        <v>0</v>
+      </c>
+      <c r="DS34" s="14">
+        <v>0</v>
+      </c>
+      <c r="DT34" s="14">
+        <v>0</v>
+      </c>
+      <c r="DU34" s="14">
+        <v>0</v>
+      </c>
+      <c r="DV34" s="14">
+        <v>0</v>
+      </c>
+      <c r="DW34" s="14">
+        <v>0</v>
+      </c>
+      <c r="DX34" s="14">
+        <v>0</v>
+      </c>
+      <c r="DY34" s="14">
+        <v>0</v>
+      </c>
+      <c r="DZ34" s="14">
+        <v>0</v>
+      </c>
+      <c r="EA34" s="14">
+        <v>0</v>
+      </c>
+      <c r="EB34" s="14">
+        <v>0</v>
+      </c>
+      <c r="EC34" s="14">
+        <v>0</v>
+      </c>
+      <c r="ED34" s="14">
+        <v>0</v>
+      </c>
+      <c r="EE34" s="14">
+        <v>0</v>
+      </c>
+      <c r="EF34" s="14">
+        <v>0</v>
+      </c>
+      <c r="EG34" s="14">
+        <v>0</v>
+      </c>
+      <c r="EH34" s="14">
+        <v>0</v>
+      </c>
+      <c r="EI34" s="14">
+        <v>0</v>
+      </c>
+      <c r="EJ34" s="14">
+        <v>0</v>
+      </c>
+      <c r="EK34" s="14">
+        <v>0</v>
+      </c>
+      <c r="EL34" s="14">
+        <v>0</v>
+      </c>
+      <c r="EM34" s="14">
+        <v>0</v>
+      </c>
+      <c r="EN34" s="14">
+        <v>0</v>
+      </c>
+      <c r="EO34" s="14">
+        <v>0</v>
+      </c>
+      <c r="EP34" s="14">
+        <v>0</v>
+      </c>
+      <c r="EQ34" s="14">
+        <v>0</v>
+      </c>
+      <c r="ER34" s="14">
+        <v>0</v>
+      </c>
+      <c r="ES34" s="14">
+        <v>0</v>
+      </c>
+      <c r="ET34" s="14">
+        <v>0</v>
+      </c>
+      <c r="EU34" s="14">
+        <v>0</v>
+      </c>
+      <c r="EV34" s="14">
+        <v>0</v>
+      </c>
+      <c r="EW34" s="14">
+        <v>0</v>
+      </c>
+      <c r="EX34" s="14">
+        <v>0</v>
+      </c>
+      <c r="EY34" s="14">
+        <v>0</v>
+      </c>
+      <c r="EZ34" s="14">
+        <v>0</v>
+      </c>
+      <c r="FA34" s="14">
+        <v>0</v>
+      </c>
+      <c r="FB34" s="14">
+        <v>0</v>
+      </c>
+      <c r="FC34" s="14">
+        <v>0</v>
+      </c>
+      <c r="FD34" s="14">
+        <v>0</v>
+      </c>
+      <c r="FE34" s="14">
+        <v>0</v>
+      </c>
+      <c r="FF34" s="14">
+        <v>0</v>
+      </c>
+      <c r="FG34" s="14">
+        <v>0</v>
+      </c>
+      <c r="FH34" s="14">
+        <v>0</v>
+      </c>
+      <c r="FI34" s="14">
+        <v>0</v>
+      </c>
+      <c r="FJ34" s="14">
+        <v>0</v>
+      </c>
+      <c r="FK34" s="14">
+        <v>0</v>
+      </c>
+      <c r="FL34" s="14">
+        <v>0</v>
+      </c>
+      <c r="FM34" s="14">
+        <v>0</v>
+      </c>
+      <c r="FN34" s="14">
+        <v>0</v>
+      </c>
+      <c r="FO34" s="14">
+        <v>0</v>
+      </c>
+      <c r="FP34" s="14">
+        <v>0</v>
+      </c>
+      <c r="FQ34" s="14">
+        <v>0</v>
+      </c>
+      <c r="FR34" s="14">
+        <v>0</v>
+      </c>
+      <c r="FS34" s="14">
+        <v>0</v>
+      </c>
+      <c r="FT34" s="14">
+        <v>0</v>
+      </c>
+      <c r="FU34" s="14">
+        <v>0</v>
+      </c>
+      <c r="FV34" s="14">
+        <v>0</v>
+      </c>
+      <c r="FW34" s="14">
+        <v>0</v>
+      </c>
+      <c r="FX34" s="14">
+        <v>0</v>
+      </c>
+      <c r="FY34" s="14">
+        <v>0</v>
+      </c>
+      <c r="FZ34" s="14">
+        <v>0</v>
+      </c>
+      <c r="GA34" s="14">
+        <v>0</v>
+      </c>
+      <c r="GB34" s="14">
+        <v>0</v>
+      </c>
+      <c r="GC34" s="14">
+        <v>0</v>
+      </c>
+      <c r="GD34" s="14">
+        <v>0</v>
+      </c>
+      <c r="GE34" s="14">
+        <v>0</v>
+      </c>
+      <c r="GF34" s="14">
+        <v>0</v>
+      </c>
+      <c r="GG34" s="14">
+        <v>0</v>
+      </c>
+      <c r="GH34" s="14">
+        <v>0</v>
+      </c>
+      <c r="GI34" s="14">
+        <v>0</v>
+      </c>
+      <c r="GJ34" s="14">
+        <v>0</v>
+      </c>
+      <c r="GK34" s="14">
+        <v>0</v>
+      </c>
+      <c r="GL34" s="14">
+        <v>0</v>
+      </c>
+      <c r="GM34" s="14">
+        <v>0</v>
+      </c>
+      <c r="GN34" s="14">
+        <v>0</v>
+      </c>
+      <c r="GO34" s="14">
+        <v>0</v>
+      </c>
+      <c r="GP34" s="14">
+        <v>0</v>
+      </c>
+      <c r="GQ34" s="14">
+        <v>0</v>
+      </c>
+      <c r="GR34" s="14">
+        <v>0</v>
+      </c>
+      <c r="GS34" s="14">
+        <v>0</v>
+      </c>
+      <c r="GT34" s="14">
+        <v>0</v>
+      </c>
+      <c r="GU34" s="14">
+        <v>0</v>
+      </c>
+      <c r="GV34" s="14">
+        <v>0</v>
+      </c>
+      <c r="GW34" s="14">
+        <v>0</v>
+      </c>
+      <c r="GX34" s="14">
+        <v>0</v>
+      </c>
+      <c r="GY34" s="14">
+        <v>0</v>
+      </c>
+      <c r="GZ34" s="14">
+        <v>0</v>
+      </c>
+      <c r="HA34" s="14">
+        <v>0</v>
+      </c>
+      <c r="HB34" s="14">
+        <v>0</v>
+      </c>
+      <c r="HC34" s="14">
+        <v>0</v>
+      </c>
+      <c r="HD34" s="14">
+        <v>0</v>
+      </c>
+      <c r="HE34" s="14">
+        <v>0</v>
+      </c>
+      <c r="HF34" s="14">
+        <v>0</v>
+      </c>
+      <c r="HG34" s="14">
+        <v>0</v>
+      </c>
+      <c r="HH34" s="14">
+        <v>0</v>
+      </c>
+      <c r="HI34" s="14">
+        <v>0</v>
+      </c>
+      <c r="HJ34" s="14">
+        <v>0</v>
+      </c>
+      <c r="HK34" s="14">
+        <v>0</v>
+      </c>
+      <c r="HL34" s="14">
+        <v>0</v>
+      </c>
+      <c r="HM34" s="14">
+        <v>0</v>
+      </c>
+      <c r="HN34" s="14">
+        <v>0</v>
+      </c>
+      <c r="HO34" s="14">
+        <v>0</v>
+      </c>
+      <c r="HP34" s="14">
+        <v>0</v>
+      </c>
+      <c r="HQ34" s="14">
+        <v>0</v>
+      </c>
+      <c r="HR34" s="14">
+        <v>0</v>
+      </c>
+      <c r="HS34" s="14">
+        <v>0</v>
+      </c>
+      <c r="HT34" s="14">
+        <v>0</v>
+      </c>
+      <c r="HU34" s="14">
+        <v>0</v>
+      </c>
+      <c r="HV34" s="14">
+        <v>0</v>
+      </c>
+      <c r="HW34" s="14">
+        <v>0</v>
+      </c>
+      <c r="HX34" s="14">
+        <v>0</v>
+      </c>
+      <c r="HY34" s="14">
+        <v>0</v>
+      </c>
+      <c r="HZ34" s="14">
+        <v>0</v>
+      </c>
+      <c r="IA34" s="14">
+        <v>0</v>
+      </c>
+      <c r="IB34" s="14">
+        <v>0</v>
+      </c>
+      <c r="IC34" s="14">
+        <v>0</v>
+      </c>
+      <c r="ID34" s="14">
+        <v>0</v>
+      </c>
+      <c r="IE34" s="14">
+        <v>0</v>
+      </c>
+      <c r="IF34" s="14">
+        <v>0</v>
+      </c>
+      <c r="IG34" s="14">
+        <v>0</v>
+      </c>
+      <c r="IH34" s="14">
+        <v>0</v>
+      </c>
+      <c r="II34" s="14">
+        <v>0</v>
+      </c>
+      <c r="IJ34" s="14">
+        <v>0</v>
+      </c>
+      <c r="IK34" s="14">
+        <v>0</v>
+      </c>
+      <c r="IL34" s="14">
+        <v>0</v>
+      </c>
+      <c r="IM34" s="14">
+        <v>0</v>
+      </c>
+      <c r="IN34" s="14">
+        <v>0</v>
+      </c>
+      <c r="IO34" s="14">
+        <v>0</v>
+      </c>
+      <c r="IP34" s="14">
+        <v>0</v>
+      </c>
+      <c r="IQ34" s="14">
+        <v>0</v>
+      </c>
+      <c r="IR34" s="14">
+        <v>0</v>
+      </c>
+      <c r="IS34" s="14">
+        <v>0</v>
+      </c>
+      <c r="IT34" s="14">
+        <v>0</v>
+      </c>
+      <c r="IU34" s="14">
+        <v>0</v>
+      </c>
+      <c r="IV34" s="14">
+        <v>0</v>
+      </c>
+      <c r="IW34" s="14">
+        <v>0</v>
+      </c>
+      <c r="IX34" s="14">
+        <v>0</v>
+      </c>
+      <c r="IY34" s="14">
+        <v>0</v>
+      </c>
+      <c r="IZ34" s="14">
+        <v>0</v>
+      </c>
+      <c r="JA34" s="14">
+        <v>0</v>
+      </c>
+      <c r="JB34" s="14">
+        <v>0</v>
+      </c>
+      <c r="JC34" s="14">
+        <v>0</v>
+      </c>
+      <c r="JD34" s="14">
+        <v>0</v>
+      </c>
+      <c r="JE34" s="14">
+        <v>0</v>
+      </c>
+      <c r="JF34" s="14">
+        <v>0</v>
+      </c>
+      <c r="JG34" s="14">
+        <v>0</v>
+      </c>
+      <c r="JH34" s="14">
+        <v>0</v>
+      </c>
+      <c r="JI34" s="14">
+        <v>0</v>
+      </c>
+      <c r="JJ34" s="14">
+        <v>0</v>
+      </c>
+      <c r="JK34" s="14">
+        <v>0</v>
+      </c>
+      <c r="JL34" s="14">
+        <v>0</v>
+      </c>
+      <c r="JM34" s="14">
+        <v>0</v>
+      </c>
+      <c r="JN34" s="14">
+        <v>0</v>
+      </c>
+      <c r="JO34" s="14">
+        <v>0</v>
+      </c>
+      <c r="JP34" s="14">
+        <v>0</v>
+      </c>
+      <c r="JQ34" s="14">
+        <v>0</v>
+      </c>
+      <c r="JR34" s="14">
+        <v>0</v>
+      </c>
+      <c r="JS34" s="14">
+        <v>0</v>
+      </c>
+      <c r="JT34" s="14">
+        <v>0</v>
+      </c>
+      <c r="JU34" s="14">
+        <v>0</v>
+      </c>
+      <c r="JV34" s="14">
+        <v>0</v>
+      </c>
+      <c r="JW34" s="14">
+        <v>0</v>
+      </c>
+      <c r="JX34" s="14">
+        <v>0</v>
+      </c>
+      <c r="JY34" s="14">
+        <v>0</v>
+      </c>
+      <c r="JZ34" s="14">
+        <v>0</v>
+      </c>
+      <c r="KA34" s="14">
+        <v>0</v>
+      </c>
+      <c r="KB34" s="14">
+        <v>0</v>
+      </c>
+      <c r="KC34" s="14">
+        <v>0</v>
+      </c>
+      <c r="KD34" s="14">
+        <v>0</v>
+      </c>
+      <c r="KE34" s="14">
+        <v>0</v>
+      </c>
+      <c r="KF34" s="14">
+        <v>0</v>
+      </c>
+      <c r="KG34" s="14">
+        <v>0</v>
+      </c>
+      <c r="KH34" s="14">
+        <v>0</v>
+      </c>
+      <c r="KI34" s="14">
+        <v>0</v>
+      </c>
+      <c r="KJ34" s="14">
+        <v>0</v>
+      </c>
+      <c r="KK34" s="14">
+        <v>0</v>
+      </c>
+      <c r="KL34" s="14">
+        <v>0</v>
+      </c>
+      <c r="KM34" s="14">
+        <v>0</v>
+      </c>
+      <c r="KN34" s="14">
+        <v>0</v>
+      </c>
+      <c r="KO34" s="14">
+        <v>0</v>
+      </c>
+      <c r="KP34" s="14">
+        <v>0</v>
+      </c>
+      <c r="KQ34" s="14">
+        <v>0</v>
+      </c>
+      <c r="KR34" s="14">
+        <v>0</v>
+      </c>
+      <c r="KS34" s="14">
+        <v>0</v>
+      </c>
+      <c r="KT34" s="14">
+        <v>0</v>
+      </c>
+      <c r="KU34" s="14">
+        <v>0</v>
+      </c>
+      <c r="KV34" s="14">
+        <v>0</v>
+      </c>
+      <c r="KW34" s="14">
+        <v>0</v>
+      </c>
+      <c r="KX34" s="14">
+        <v>0</v>
+      </c>
+      <c r="KY34" s="14">
+        <v>0</v>
+      </c>
+      <c r="KZ34" s="14">
+        <v>0</v>
+      </c>
+      <c r="LA34" s="14">
+        <v>0</v>
+      </c>
+      <c r="LB34" s="14">
+        <v>0</v>
+      </c>
+      <c r="LC34" s="14">
+        <v>0</v>
+      </c>
+      <c r="LD34" s="14">
+        <v>0</v>
+      </c>
+      <c r="LE34" s="14">
+        <v>0</v>
+      </c>
+      <c r="LF34" s="14">
+        <v>0</v>
+      </c>
+      <c r="LG34" s="14">
+        <v>0</v>
+      </c>
+      <c r="LH34" s="14">
+        <v>0</v>
+      </c>
+      <c r="LI34" s="14">
+        <v>0</v>
+      </c>
+      <c r="LJ34" s="14">
+        <v>0</v>
+      </c>
+      <c r="LK34" s="14">
+        <v>0</v>
+      </c>
+      <c r="LL34" s="14">
+        <v>0</v>
+      </c>
+      <c r="LM34" s="14">
+        <v>0</v>
+      </c>
+      <c r="LN34" s="14">
+        <v>0</v>
+      </c>
+      <c r="LO34" s="14">
+        <v>0</v>
+      </c>
+      <c r="LP34" s="14">
+        <v>0</v>
+      </c>
+      <c r="LQ34" s="14">
+        <v>0</v>
+      </c>
+      <c r="LR34" s="14">
+        <v>0</v>
+      </c>
+      <c r="LS34" s="14">
+        <v>0</v>
+      </c>
+      <c r="LT34" s="14">
+        <v>0</v>
+      </c>
+      <c r="LU34" s="14">
+        <v>0</v>
+      </c>
+      <c r="LV34" s="14">
+        <v>0</v>
+      </c>
+      <c r="LW34" s="14">
+        <v>0</v>
+      </c>
+      <c r="LX34" s="14">
+        <v>0</v>
+      </c>
+      <c r="LY34" s="14">
+        <v>0</v>
+      </c>
+      <c r="LZ34" s="14">
+        <v>0</v>
+      </c>
+      <c r="MA34" s="14">
+        <v>0</v>
+      </c>
+      <c r="MB34" s="14">
+        <v>0</v>
+      </c>
+      <c r="MC34" s="14">
+        <v>0</v>
+      </c>
+      <c r="MD34" s="14">
+        <v>0</v>
+      </c>
+      <c r="ME34" s="14">
+        <v>0</v>
+      </c>
+      <c r="MF34" s="14">
+        <v>0</v>
+      </c>
+      <c r="MG34" s="14">
+        <v>0</v>
+      </c>
+      <c r="MH34" s="14">
+        <v>0</v>
+      </c>
+      <c r="MI34" s="14">
+        <v>0</v>
+      </c>
+      <c r="MJ34" s="14">
+        <v>0</v>
+      </c>
+      <c r="MK34" s="14">
+        <v>0</v>
+      </c>
+      <c r="ML34" s="14">
+        <v>0</v>
+      </c>
+      <c r="MM34" s="14">
+        <v>0</v>
+      </c>
+      <c r="MN34" s="14">
+        <v>0</v>
+      </c>
+      <c r="MO34" s="14">
+        <v>0</v>
+      </c>
+      <c r="MP34" s="14">
+        <v>0</v>
+      </c>
+      <c r="MQ34" s="14">
+        <v>0</v>
+      </c>
+      <c r="MR34" s="14">
+        <v>0</v>
+      </c>
+      <c r="MS34" s="14">
+        <v>0</v>
+      </c>
+      <c r="MT34" s="14">
+        <v>0</v>
+      </c>
+      <c r="MU34" s="14">
+        <v>0</v>
+      </c>
+      <c r="MV34" s="14">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="35" spans="1:360" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A35" s="14"/>
+      <c r="B35" s="15" t="s">
+        <v>13</v>
+      </c>
+      <c r="C35" s="14">
+        <v>0</v>
+      </c>
+      <c r="D35" s="14">
+        <v>0</v>
+      </c>
+      <c r="E35" s="14">
+        <v>0</v>
+      </c>
+      <c r="F35" s="14">
+        <v>0</v>
+      </c>
+      <c r="G35" s="14">
+        <v>0</v>
+      </c>
+      <c r="H35" s="14">
+        <v>0</v>
+      </c>
+      <c r="I35" s="14">
+        <v>0</v>
+      </c>
+      <c r="J35" s="14">
+        <v>0</v>
+      </c>
+      <c r="K35" s="14">
+        <v>0</v>
+      </c>
+      <c r="L35" s="14">
+        <v>0</v>
+      </c>
+      <c r="M35" s="14">
+        <v>0</v>
+      </c>
+      <c r="N35" s="14">
+        <v>0</v>
+      </c>
+      <c r="O35" s="14">
+        <v>0</v>
+      </c>
+      <c r="P35" s="14">
+        <v>0</v>
+      </c>
+      <c r="Q35" s="14">
+        <v>0</v>
+      </c>
+      <c r="R35" s="14">
+        <v>0</v>
+      </c>
+      <c r="S35" s="14">
+        <v>0</v>
+      </c>
+      <c r="T35" s="14">
+        <v>0</v>
+      </c>
+      <c r="U35" s="14">
+        <v>0</v>
+      </c>
+      <c r="V35" s="14">
+        <v>0</v>
+      </c>
+      <c r="W35" s="14">
+        <v>0</v>
+      </c>
+      <c r="X35" s="14">
+        <v>0</v>
+      </c>
+      <c r="Y35" s="14">
+        <v>0</v>
+      </c>
+      <c r="Z35" s="14">
+        <v>0</v>
+      </c>
+      <c r="AA35" s="14">
+        <v>0</v>
+      </c>
+      <c r="AB35" s="14">
+        <v>0</v>
+      </c>
+      <c r="AC35" s="14">
+        <v>0</v>
+      </c>
+      <c r="AD35" s="14">
+        <v>0</v>
+      </c>
+      <c r="AE35" s="14">
+        <v>0</v>
+      </c>
+      <c r="AF35" s="14">
+        <v>0</v>
+      </c>
+      <c r="AG35" s="14">
+        <v>0</v>
+      </c>
+      <c r="AH35" s="14">
+        <v>0</v>
+      </c>
+      <c r="AI35" s="14">
+        <v>0</v>
+      </c>
+      <c r="AJ35" s="14">
+        <v>0</v>
+      </c>
+      <c r="AK35" s="14">
+        <v>0</v>
+      </c>
+      <c r="AL35" s="14">
+        <v>0</v>
+      </c>
+      <c r="AM35" s="14">
+        <v>0</v>
+      </c>
+      <c r="AN35" s="14">
+        <v>0</v>
+      </c>
+      <c r="AO35" s="14">
+        <v>0</v>
+      </c>
+      <c r="AP35" s="14">
+        <v>0</v>
+      </c>
+      <c r="AQ35" s="14">
+        <v>0</v>
+      </c>
+      <c r="AR35" s="14">
+        <v>0</v>
+      </c>
+      <c r="AS35" s="14">
+        <v>0</v>
+      </c>
+      <c r="AT35" s="14">
+        <v>0</v>
+      </c>
+      <c r="AU35" s="14">
+        <v>0</v>
+      </c>
+      <c r="AV35" s="14">
+        <v>0</v>
+      </c>
+      <c r="AW35" s="14">
+        <v>0</v>
+      </c>
+      <c r="AX35" s="14">
+        <v>0</v>
+      </c>
+      <c r="AY35" s="14">
+        <v>0</v>
+      </c>
+      <c r="AZ35" s="14">
+        <v>0</v>
+      </c>
+      <c r="BA35" s="14">
+        <v>0</v>
+      </c>
+      <c r="BB35" s="14">
+        <v>0</v>
+      </c>
+      <c r="BC35" s="14">
+        <v>0</v>
+      </c>
+      <c r="BD35" s="14">
+        <v>0</v>
+      </c>
+      <c r="BE35" s="14">
+        <v>0</v>
+      </c>
+      <c r="BF35" s="14">
+        <v>0</v>
+      </c>
+      <c r="BG35" s="14">
+        <v>0</v>
+      </c>
+      <c r="BH35" s="14">
+        <v>0</v>
+      </c>
+      <c r="BI35" s="14">
+        <v>0</v>
+      </c>
+      <c r="BJ35" s="14">
+        <v>0</v>
+      </c>
+      <c r="BK35" s="14">
+        <v>0</v>
+      </c>
+      <c r="BL35" s="14">
+        <v>0</v>
+      </c>
+      <c r="BM35" s="14">
+        <v>0</v>
+      </c>
+      <c r="BN35" s="14">
+        <v>0</v>
+      </c>
+      <c r="BO35" s="14">
+        <v>0</v>
+      </c>
+      <c r="BP35" s="14">
+        <v>0</v>
+      </c>
+      <c r="BQ35" s="14">
+        <v>0</v>
+      </c>
+      <c r="BR35" s="14">
+        <v>0</v>
+      </c>
+      <c r="BS35" s="14">
+        <v>0</v>
+      </c>
+      <c r="BT35" s="14">
+        <v>0</v>
+      </c>
+      <c r="BU35" s="14">
+        <v>0</v>
+      </c>
+      <c r="BV35" s="14">
+        <v>0</v>
+      </c>
+      <c r="BW35" s="14">
+        <v>0</v>
+      </c>
+      <c r="BX35" s="14">
+        <v>0</v>
+      </c>
+      <c r="BY35" s="14">
+        <v>0</v>
+      </c>
+      <c r="BZ35" s="14">
+        <v>0</v>
+      </c>
+      <c r="CA35" s="14">
+        <v>0</v>
+      </c>
+      <c r="CB35" s="14">
+        <v>0</v>
+      </c>
+      <c r="CC35" s="14">
+        <v>0</v>
+      </c>
+      <c r="CD35" s="14">
+        <v>0</v>
+      </c>
+      <c r="CE35" s="14">
+        <v>0</v>
+      </c>
+      <c r="CF35" s="14">
+        <v>0</v>
+      </c>
+      <c r="CG35" s="14">
+        <v>0</v>
+      </c>
+      <c r="CH35" s="14">
+        <v>0</v>
+      </c>
+      <c r="CI35" s="14">
+        <v>0</v>
+      </c>
+      <c r="CJ35" s="14">
+        <v>0</v>
+      </c>
+      <c r="CK35" s="14">
+        <v>0</v>
+      </c>
+      <c r="CL35" s="14">
+        <v>0</v>
+      </c>
+      <c r="CM35" s="14">
+        <v>0</v>
+      </c>
+      <c r="CN35" s="14">
+        <v>0</v>
+      </c>
+      <c r="CO35" s="14">
+        <v>0</v>
+      </c>
+      <c r="CP35" s="14">
+        <v>0</v>
+      </c>
+      <c r="CQ35" s="14">
+        <v>0</v>
+      </c>
+      <c r="CR35" s="14">
+        <v>0</v>
+      </c>
+      <c r="CS35" s="14">
+        <v>0</v>
+      </c>
+      <c r="CT35" s="14">
+        <v>0</v>
+      </c>
+      <c r="CU35" s="14">
+        <v>0</v>
+      </c>
+      <c r="CV35" s="14">
+        <v>0</v>
+      </c>
+      <c r="CW35" s="14">
+        <v>0</v>
+      </c>
+      <c r="CX35" s="14">
+        <v>0</v>
+      </c>
+      <c r="CY35" s="14">
+        <v>0</v>
+      </c>
+      <c r="CZ35" s="14">
+        <v>0</v>
+      </c>
+      <c r="DA35" s="14">
+        <v>0</v>
+      </c>
+      <c r="DB35" s="14">
+        <v>0</v>
+      </c>
+      <c r="DC35" s="14">
+        <v>0</v>
+      </c>
+      <c r="DD35" s="14">
+        <v>0</v>
+      </c>
+      <c r="DE35" s="14">
+        <v>0</v>
+      </c>
+      <c r="DF35" s="14">
+        <v>0</v>
+      </c>
+      <c r="DG35" s="14">
+        <v>0</v>
+      </c>
+      <c r="DH35" s="14">
+        <v>0</v>
+      </c>
+      <c r="DI35" s="14">
+        <v>0</v>
+      </c>
+      <c r="DJ35" s="14">
+        <v>0</v>
+      </c>
+      <c r="DK35" s="14">
+        <v>0</v>
+      </c>
+      <c r="DL35" s="14">
+        <v>0</v>
+      </c>
+      <c r="DM35" s="14">
+        <v>0</v>
+      </c>
+      <c r="DN35" s="14">
+        <v>0</v>
+      </c>
+      <c r="DO35" s="14">
+        <v>0</v>
+      </c>
+      <c r="DP35" s="14">
+        <v>0</v>
+      </c>
+      <c r="DQ35" s="14">
+        <v>0</v>
+      </c>
+      <c r="DR35" s="14">
+        <v>0</v>
+      </c>
+      <c r="DS35" s="14">
+        <v>0</v>
+      </c>
+      <c r="DT35" s="14">
+        <v>0</v>
+      </c>
+      <c r="DU35" s="14">
+        <v>0</v>
+      </c>
+      <c r="DV35" s="14">
+        <v>0</v>
+      </c>
+      <c r="DW35" s="14">
+        <v>0</v>
+      </c>
+      <c r="DX35" s="14">
+        <v>0</v>
+      </c>
+      <c r="DY35" s="14">
+        <v>0</v>
+      </c>
+      <c r="DZ35" s="14">
+        <v>0</v>
+      </c>
+      <c r="EA35" s="14">
+        <v>0</v>
+      </c>
+      <c r="EB35" s="14">
+        <v>0</v>
+      </c>
+      <c r="EC35" s="14">
+        <v>0</v>
+      </c>
+      <c r="ED35" s="14">
+        <v>0</v>
+      </c>
+      <c r="EE35" s="14">
+        <v>0</v>
+      </c>
+      <c r="EF35" s="14">
+        <v>0</v>
+      </c>
+      <c r="EG35" s="14">
+        <v>0</v>
+      </c>
+      <c r="EH35" s="14">
+        <v>0</v>
+      </c>
+      <c r="EI35" s="14">
+        <v>0</v>
+      </c>
+      <c r="EJ35" s="14">
+        <v>0</v>
+      </c>
+      <c r="EK35" s="14">
+        <v>0</v>
+      </c>
+      <c r="EL35" s="14">
+        <v>0</v>
+      </c>
+      <c r="EM35" s="14">
+        <v>0</v>
+      </c>
+      <c r="EN35" s="14">
+        <v>0</v>
+      </c>
+      <c r="EO35" s="14">
+        <v>0</v>
+      </c>
+      <c r="EP35" s="14">
+        <v>0</v>
+      </c>
+      <c r="EQ35" s="14">
+        <v>0</v>
+      </c>
+      <c r="ER35" s="14">
+        <v>0</v>
+      </c>
+      <c r="ES35" s="14">
+        <v>0</v>
+      </c>
+      <c r="ET35" s="14">
+        <v>0</v>
+      </c>
+      <c r="EU35" s="14">
+        <v>0</v>
+      </c>
+      <c r="EV35" s="14">
+        <v>0</v>
+      </c>
+      <c r="EW35" s="14">
+        <v>0</v>
+      </c>
+      <c r="EX35" s="14">
+        <v>0</v>
+      </c>
+      <c r="EY35" s="14">
+        <v>0</v>
+      </c>
+      <c r="EZ35" s="14">
+        <v>0</v>
+      </c>
+      <c r="FA35" s="14">
+        <v>0</v>
+      </c>
+      <c r="FB35" s="14">
+        <v>0</v>
+      </c>
+      <c r="FC35" s="14">
+        <v>0</v>
+      </c>
+      <c r="FD35" s="14">
+        <v>0</v>
+      </c>
+      <c r="FE35" s="14">
+        <v>0</v>
+      </c>
+      <c r="FF35" s="14">
+        <v>0</v>
+      </c>
+      <c r="FG35" s="14">
+        <v>0</v>
+      </c>
+      <c r="FH35" s="14">
+        <v>0</v>
+      </c>
+      <c r="FI35" s="14">
+        <v>0</v>
+      </c>
+      <c r="FJ35" s="14">
+        <v>0</v>
+      </c>
+      <c r="FK35" s="14">
+        <v>0</v>
+      </c>
+      <c r="FL35" s="14">
+        <v>0</v>
+      </c>
+      <c r="FM35" s="14">
+        <v>0</v>
+      </c>
+      <c r="FN35" s="14">
+        <v>0</v>
+      </c>
+      <c r="FO35" s="14">
+        <v>0</v>
+      </c>
+      <c r="FP35" s="14">
+        <v>0</v>
+      </c>
+      <c r="FQ35" s="14">
+        <v>0</v>
+      </c>
+      <c r="FR35" s="14">
+        <v>0</v>
+      </c>
+      <c r="FS35" s="14">
+        <v>0</v>
+      </c>
+      <c r="FT35" s="14">
+        <v>0</v>
+      </c>
+      <c r="FU35" s="14">
+        <v>0</v>
+      </c>
+      <c r="FV35" s="14">
+        <v>0</v>
+      </c>
+      <c r="FW35" s="14">
+        <v>0</v>
+      </c>
+      <c r="FX35" s="14">
+        <v>0</v>
+      </c>
+      <c r="FY35" s="14">
+        <v>0</v>
+      </c>
+      <c r="FZ35" s="14">
+        <v>0</v>
+      </c>
+      <c r="GA35" s="14">
+        <v>0</v>
+      </c>
+      <c r="GB35" s="14">
+        <v>0</v>
+      </c>
+      <c r="GC35" s="14">
+        <v>0</v>
+      </c>
+      <c r="GD35" s="14">
+        <v>0</v>
+      </c>
+      <c r="GE35" s="14">
+        <v>0</v>
+      </c>
+      <c r="GF35" s="14">
+        <v>0</v>
+      </c>
+      <c r="GG35" s="14">
+        <v>0</v>
+      </c>
+      <c r="GH35" s="14">
+        <v>0</v>
+      </c>
+      <c r="GI35" s="14">
+        <v>0</v>
+      </c>
+      <c r="GJ35" s="14">
+        <v>0</v>
+      </c>
+      <c r="GK35" s="14">
+        <v>0</v>
+      </c>
+      <c r="GL35" s="14">
+        <v>0</v>
+      </c>
+      <c r="GM35" s="14">
+        <v>0</v>
+      </c>
+      <c r="GN35" s="14">
+        <v>0</v>
+      </c>
+      <c r="GO35" s="14">
+        <v>0</v>
+      </c>
+      <c r="GP35" s="14">
+        <v>0</v>
+      </c>
+      <c r="GQ35" s="14">
+        <v>0</v>
+      </c>
+      <c r="GR35" s="14">
+        <v>0</v>
+      </c>
+      <c r="GS35" s="14">
+        <v>0</v>
+      </c>
+      <c r="GT35" s="14">
+        <v>0</v>
+      </c>
+      <c r="GU35" s="14">
+        <v>0</v>
+      </c>
+      <c r="GV35" s="14">
+        <v>0</v>
+      </c>
+      <c r="GW35" s="14">
+        <v>0</v>
+      </c>
+      <c r="GX35" s="14">
+        <v>0</v>
+      </c>
+      <c r="GY35" s="14">
+        <v>0</v>
+      </c>
+      <c r="GZ35" s="14">
+        <v>0</v>
+      </c>
+      <c r="HA35" s="14">
+        <v>0</v>
+      </c>
+      <c r="HB35" s="14">
+        <v>0</v>
+      </c>
+      <c r="HC35" s="14">
+        <v>0</v>
+      </c>
+      <c r="HD35" s="14">
+        <v>0</v>
+      </c>
+      <c r="HE35" s="14">
+        <v>0</v>
+      </c>
+      <c r="HF35" s="14">
+        <v>0</v>
+      </c>
+      <c r="HG35" s="14">
+        <v>0</v>
+      </c>
+      <c r="HH35" s="14">
+        <v>0</v>
+      </c>
+      <c r="HI35" s="14">
+        <v>0</v>
+      </c>
+      <c r="HJ35" s="14">
+        <v>0</v>
+      </c>
+      <c r="HK35" s="14">
+        <v>0</v>
+      </c>
+      <c r="HL35" s="14">
+        <v>0</v>
+      </c>
+      <c r="HM35" s="14">
+        <v>0</v>
+      </c>
+      <c r="HN35" s="14">
+        <v>0</v>
+      </c>
+      <c r="HO35" s="14">
+        <v>0</v>
+      </c>
+      <c r="HP35" s="14">
+        <v>0</v>
+      </c>
+      <c r="HQ35" s="14">
+        <v>0</v>
+      </c>
+      <c r="HR35" s="14">
+        <v>0</v>
+      </c>
+      <c r="HS35" s="14">
+        <v>0</v>
+      </c>
+      <c r="HT35" s="14">
+        <v>0</v>
+      </c>
+      <c r="HU35" s="14">
+        <v>0</v>
+      </c>
+      <c r="HV35" s="14">
+        <v>0</v>
+      </c>
+      <c r="HW35" s="14">
+        <v>0</v>
+      </c>
+      <c r="HX35" s="14">
+        <v>0</v>
+      </c>
+      <c r="HY35" s="14">
+        <v>0</v>
+      </c>
+      <c r="HZ35" s="14">
+        <v>0</v>
+      </c>
+      <c r="IA35" s="14">
+        <v>0</v>
+      </c>
+      <c r="IB35" s="14">
+        <v>0</v>
+      </c>
+      <c r="IC35" s="14">
+        <v>0</v>
+      </c>
+      <c r="ID35" s="14">
+        <v>0</v>
+      </c>
+      <c r="IE35" s="14">
+        <v>0</v>
+      </c>
+      <c r="IF35" s="14">
+        <v>0</v>
+      </c>
+      <c r="IG35" s="14">
+        <v>0</v>
+      </c>
+      <c r="IH35" s="14">
+        <v>0</v>
+      </c>
+      <c r="II35" s="14">
+        <v>0</v>
+      </c>
+      <c r="IJ35" s="14">
+        <v>0</v>
+      </c>
+      <c r="IK35" s="14">
+        <v>0</v>
+      </c>
+      <c r="IL35" s="14">
+        <v>0</v>
+      </c>
+      <c r="IM35" s="14">
+        <v>0</v>
+      </c>
+      <c r="IN35" s="14">
+        <v>0</v>
+      </c>
+      <c r="IO35" s="14">
+        <v>0</v>
+      </c>
+      <c r="IP35" s="14">
+        <v>0</v>
+      </c>
+      <c r="IQ35" s="14">
+        <v>0</v>
+      </c>
+      <c r="IR35" s="14">
+        <v>0</v>
+      </c>
+      <c r="IS35" s="14">
+        <v>0</v>
+      </c>
+      <c r="IT35" s="14">
+        <v>0</v>
+      </c>
+      <c r="IU35" s="14">
+        <v>0</v>
+      </c>
+      <c r="IV35" s="14">
+        <v>0</v>
+      </c>
+      <c r="IW35" s="14">
+        <v>0</v>
+      </c>
+      <c r="IX35" s="14">
+        <v>0</v>
+      </c>
+      <c r="IY35" s="14">
+        <v>0</v>
+      </c>
+      <c r="IZ35" s="14">
+        <v>0</v>
+      </c>
+      <c r="JA35" s="14">
+        <v>0</v>
+      </c>
+      <c r="JB35" s="14">
+        <v>0</v>
+      </c>
+      <c r="JC35" s="14">
+        <v>0</v>
+      </c>
+      <c r="JD35" s="14">
+        <v>0</v>
+      </c>
+      <c r="JE35" s="14">
+        <v>0</v>
+      </c>
+      <c r="JF35" s="14">
+        <v>0</v>
+      </c>
+      <c r="JG35" s="14">
+        <v>0</v>
+      </c>
+      <c r="JH35" s="14">
+        <v>0</v>
+      </c>
+      <c r="JI35" s="14">
+        <v>0</v>
+      </c>
+      <c r="JJ35" s="14">
+        <v>0</v>
+      </c>
+      <c r="JK35" s="14">
+        <v>0</v>
+      </c>
+      <c r="JL35" s="14">
+        <v>0</v>
+      </c>
+      <c r="JM35" s="14">
+        <v>0</v>
+      </c>
+      <c r="JN35" s="14">
+        <v>0</v>
+      </c>
+      <c r="JO35" s="14">
+        <v>0</v>
+      </c>
+      <c r="JP35" s="14">
+        <v>0</v>
+      </c>
+      <c r="JQ35" s="14">
+        <v>0</v>
+      </c>
+      <c r="JR35" s="14">
+        <v>0</v>
+      </c>
+      <c r="JS35" s="14">
+        <v>0</v>
+      </c>
+      <c r="JT35" s="14">
+        <v>0</v>
+      </c>
+      <c r="JU35" s="14">
+        <v>0</v>
+      </c>
+      <c r="JV35" s="14">
+        <v>0</v>
+      </c>
+      <c r="JW35" s="14">
+        <v>0</v>
+      </c>
+      <c r="JX35" s="14">
+        <v>0</v>
+      </c>
+      <c r="JY35" s="14">
+        <v>0</v>
+      </c>
+      <c r="JZ35" s="14">
+        <v>0</v>
+      </c>
+      <c r="KA35" s="14">
+        <v>0</v>
+      </c>
+      <c r="KB35" s="14">
+        <v>0</v>
+      </c>
+      <c r="KC35" s="14">
+        <v>0</v>
+      </c>
+      <c r="KD35" s="14">
+        <v>0</v>
+      </c>
+      <c r="KE35" s="14">
+        <v>0</v>
+      </c>
+      <c r="KF35" s="14">
+        <v>0</v>
+      </c>
+      <c r="KG35" s="14">
+        <v>0</v>
+      </c>
+      <c r="KH35" s="14">
+        <v>0</v>
+      </c>
+      <c r="KI35" s="14">
+        <v>0</v>
+      </c>
+      <c r="KJ35" s="14">
+        <v>0</v>
+      </c>
+      <c r="KK35" s="14">
+        <v>0</v>
+      </c>
+      <c r="KL35" s="14">
+        <v>0</v>
+      </c>
+      <c r="KM35" s="14">
+        <v>0</v>
+      </c>
+      <c r="KN35" s="14">
+        <v>0</v>
+      </c>
+      <c r="KO35" s="14">
+        <v>0</v>
+      </c>
+      <c r="KP35" s="14">
+        <v>0</v>
+      </c>
+      <c r="KQ35" s="14">
+        <v>0</v>
+      </c>
+      <c r="KR35" s="14">
+        <v>0</v>
+      </c>
+      <c r="KS35" s="14">
+        <v>0</v>
+      </c>
+      <c r="KT35" s="14">
+        <v>0</v>
+      </c>
+      <c r="KU35" s="14">
+        <v>0</v>
+      </c>
+      <c r="KV35" s="14">
+        <v>0</v>
+      </c>
+      <c r="KW35" s="14">
+        <v>0</v>
+      </c>
+      <c r="KX35" s="14">
+        <v>0</v>
+      </c>
+      <c r="KY35" s="14">
+        <v>0</v>
+      </c>
+      <c r="KZ35" s="14">
+        <v>0</v>
+      </c>
+      <c r="LA35" s="14">
+        <v>0</v>
+      </c>
+      <c r="LB35" s="14">
+        <v>0</v>
+      </c>
+      <c r="LC35" s="14">
+        <v>0</v>
+      </c>
+      <c r="LD35" s="14">
+        <v>0</v>
+      </c>
+      <c r="LE35" s="14">
+        <v>0</v>
+      </c>
+      <c r="LF35" s="14">
+        <v>0</v>
+      </c>
+      <c r="LG35" s="14">
+        <v>0</v>
+      </c>
+      <c r="LH35" s="14">
+        <v>0</v>
+      </c>
+      <c r="LI35" s="14">
+        <v>0</v>
+      </c>
+      <c r="LJ35" s="14">
+        <v>0</v>
+      </c>
+      <c r="LK35" s="14">
+        <v>0</v>
+      </c>
+      <c r="LL35" s="14">
+        <v>0</v>
+      </c>
+      <c r="LM35" s="14">
+        <v>0</v>
+      </c>
+      <c r="LN35" s="14">
+        <v>0</v>
+      </c>
+      <c r="LO35" s="14">
+        <v>0</v>
+      </c>
+      <c r="LP35" s="14">
+        <v>0</v>
+      </c>
+      <c r="LQ35" s="14">
+        <v>0</v>
+      </c>
+      <c r="LR35" s="14">
+        <v>0</v>
+      </c>
+      <c r="LS35" s="14">
+        <v>0</v>
+      </c>
+      <c r="LT35" s="14">
+        <v>0</v>
+      </c>
+      <c r="LU35" s="14">
+        <v>0</v>
+      </c>
+      <c r="LV35" s="14">
+        <v>0</v>
+      </c>
+      <c r="LW35" s="14">
+        <v>0</v>
+      </c>
+      <c r="LX35" s="14">
+        <v>0</v>
+      </c>
+      <c r="LY35" s="14">
+        <v>0</v>
+      </c>
+      <c r="LZ35" s="14">
+        <v>0</v>
+      </c>
+      <c r="MA35" s="14">
+        <v>0</v>
+      </c>
+      <c r="MB35" s="14">
+        <v>0</v>
+      </c>
+      <c r="MC35" s="14">
+        <v>0</v>
+      </c>
+      <c r="MD35" s="14">
+        <v>0</v>
+      </c>
+      <c r="ME35" s="14">
+        <v>0</v>
+      </c>
+      <c r="MF35" s="14">
+        <v>0</v>
+      </c>
+      <c r="MG35" s="14">
+        <v>0</v>
+      </c>
+      <c r="MH35" s="14">
+        <v>0</v>
+      </c>
+      <c r="MI35" s="14">
+        <v>0</v>
+      </c>
+      <c r="MJ35" s="14">
+        <v>0</v>
+      </c>
+      <c r="MK35" s="14">
+        <v>0</v>
+      </c>
+      <c r="ML35" s="14">
+        <v>0</v>
+      </c>
+      <c r="MM35" s="14">
+        <v>0</v>
+      </c>
+      <c r="MN35" s="14">
+        <v>0</v>
+      </c>
+      <c r="MO35" s="14">
+        <v>0</v>
+      </c>
+      <c r="MP35" s="14">
+        <v>0</v>
+      </c>
+      <c r="MQ35" s="14">
+        <v>0</v>
+      </c>
+      <c r="MR35" s="14">
+        <v>0</v>
+      </c>
+      <c r="MS35" s="14">
+        <v>0</v>
+      </c>
+      <c r="MT35" s="14">
+        <v>0</v>
+      </c>
+      <c r="MU35" s="14">
+        <v>0</v>
+      </c>
+      <c r="MV35" s="14">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="36" spans="1:360" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A36" s="14"/>
+      <c r="B36" s="15" t="s">
+        <v>14</v>
+      </c>
+      <c r="C36" s="14">
+        <v>0</v>
+      </c>
+      <c r="D36" s="14">
+        <v>0</v>
+      </c>
+      <c r="E36" s="14">
+        <v>0</v>
+      </c>
+      <c r="F36" s="14">
+        <v>0</v>
+      </c>
+      <c r="G36" s="14">
+        <v>0</v>
+      </c>
+      <c r="H36" s="14">
+        <v>0</v>
+      </c>
+      <c r="I36" s="14">
+        <v>0</v>
+      </c>
+      <c r="J36" s="14">
+        <v>0</v>
+      </c>
+      <c r="K36" s="14">
+        <v>0</v>
+      </c>
+      <c r="L36" s="14">
+        <v>0</v>
+      </c>
+      <c r="M36" s="14">
+        <v>0</v>
+      </c>
+      <c r="N36" s="14">
+        <v>0</v>
+      </c>
+      <c r="O36" s="14">
+        <v>0</v>
+      </c>
+      <c r="P36" s="14">
+        <v>0</v>
+      </c>
+      <c r="Q36" s="14">
+        <v>0</v>
+      </c>
+      <c r="R36" s="14">
+        <v>0</v>
+      </c>
+      <c r="S36" s="14">
+        <v>0</v>
+      </c>
+      <c r="T36" s="14">
+        <v>0</v>
+      </c>
+      <c r="U36" s="14">
+        <v>0</v>
+      </c>
+      <c r="V36" s="14">
+        <v>0</v>
+      </c>
+      <c r="W36" s="14">
+        <v>0</v>
+      </c>
+      <c r="X36" s="14">
+        <v>0</v>
+      </c>
+      <c r="Y36" s="14">
+        <v>0</v>
+      </c>
+      <c r="Z36" s="14">
+        <v>0</v>
+      </c>
+      <c r="AA36" s="14">
+        <v>0</v>
+      </c>
+      <c r="AB36" s="14">
+        <v>0</v>
+      </c>
+      <c r="AC36" s="14">
+        <v>0</v>
+      </c>
+      <c r="AD36" s="14">
+        <v>0</v>
+      </c>
+      <c r="AE36" s="14">
+        <v>0</v>
+      </c>
+      <c r="AF36" s="14">
+        <v>0</v>
+      </c>
+      <c r="AG36" s="14">
+        <v>0</v>
+      </c>
+      <c r="AH36" s="14">
+        <v>0</v>
+      </c>
+      <c r="AI36" s="14">
+        <v>0</v>
+      </c>
+      <c r="AJ36" s="14">
+        <v>0</v>
+      </c>
+      <c r="AK36" s="14">
+        <v>0</v>
+      </c>
+      <c r="AL36" s="14">
+        <v>0</v>
+      </c>
+      <c r="AM36" s="14">
+        <v>0</v>
+      </c>
+      <c r="AN36" s="14">
+        <v>0</v>
+      </c>
+      <c r="AO36" s="14">
+        <v>0</v>
+      </c>
+      <c r="AP36" s="14">
+        <v>0</v>
+      </c>
+      <c r="AQ36" s="14">
+        <v>0</v>
+      </c>
+      <c r="AR36" s="14">
+        <v>0</v>
+      </c>
+      <c r="AS36" s="14">
+        <v>0</v>
+      </c>
+      <c r="AT36" s="14">
+        <v>0</v>
+      </c>
+      <c r="AU36" s="14">
+        <v>0</v>
+      </c>
+      <c r="AV36" s="14">
+        <v>0</v>
+      </c>
+      <c r="AW36" s="14">
+        <v>0</v>
+      </c>
+      <c r="AX36" s="14">
+        <v>0</v>
+      </c>
+      <c r="AY36" s="14">
+        <v>0</v>
+      </c>
+      <c r="AZ36" s="14">
+        <v>0</v>
+      </c>
+      <c r="BA36" s="14">
+        <v>0</v>
+      </c>
+      <c r="BB36" s="14">
+        <v>0</v>
+      </c>
+      <c r="BC36" s="14">
+        <v>0</v>
+      </c>
+      <c r="BD36" s="14">
+        <v>0</v>
+      </c>
+      <c r="BE36" s="14">
+        <v>0</v>
+      </c>
+      <c r="BF36" s="14">
+        <v>0</v>
+      </c>
+      <c r="BG36" s="14">
+        <v>0</v>
+      </c>
+      <c r="BH36" s="14">
+        <v>0</v>
+      </c>
+      <c r="BI36" s="14">
+        <v>0</v>
+      </c>
+      <c r="BJ36" s="14">
+        <v>0</v>
+      </c>
+      <c r="BK36" s="14">
+        <v>0</v>
+      </c>
+      <c r="BL36" s="14">
+        <v>0</v>
+      </c>
+      <c r="BM36" s="14">
+        <v>0</v>
+      </c>
+      <c r="BN36" s="14">
+        <v>0</v>
+      </c>
+      <c r="BO36" s="14">
+        <v>0</v>
+      </c>
+      <c r="BP36" s="14">
+        <v>0</v>
+      </c>
+      <c r="BQ36" s="14">
+        <v>0</v>
+      </c>
+      <c r="BR36" s="14">
+        <v>0</v>
+      </c>
+      <c r="BS36" s="14">
+        <v>0</v>
+      </c>
+      <c r="BT36" s="14">
+        <v>0</v>
+      </c>
+      <c r="BU36" s="14">
+        <v>0</v>
+      </c>
+      <c r="BV36" s="14">
+        <v>0</v>
+      </c>
+      <c r="BW36" s="14">
+        <v>0</v>
+      </c>
+      <c r="BX36" s="14">
+        <v>0</v>
+      </c>
+      <c r="BY36" s="14">
+        <v>0</v>
+      </c>
+      <c r="BZ36" s="14">
+        <v>0</v>
+      </c>
+      <c r="CA36" s="14">
+        <v>0</v>
+      </c>
+      <c r="CB36" s="14">
+        <v>0</v>
+      </c>
+      <c r="CC36" s="14">
+        <v>0</v>
+      </c>
+      <c r="CD36" s="14">
+        <v>0</v>
+      </c>
+      <c r="CE36" s="14">
+        <v>0</v>
+      </c>
+      <c r="CF36" s="14">
+        <v>0</v>
+      </c>
+      <c r="CG36" s="14">
+        <v>0</v>
+      </c>
+      <c r="CH36" s="14">
+        <v>0</v>
+      </c>
+      <c r="CI36" s="14">
+        <v>0</v>
+      </c>
+      <c r="CJ36" s="14">
+        <v>0</v>
+      </c>
+      <c r="CK36" s="14">
+        <v>0</v>
+      </c>
+      <c r="CL36" s="14">
+        <v>0</v>
+      </c>
+      <c r="CM36" s="14">
+        <v>0</v>
+      </c>
+      <c r="CN36" s="14">
+        <v>0</v>
+      </c>
+      <c r="CO36" s="14">
+        <v>0</v>
+      </c>
+      <c r="CP36" s="14">
+        <v>0</v>
+      </c>
+      <c r="CQ36" s="14">
+        <v>0</v>
+      </c>
+      <c r="CR36" s="14">
+        <v>0</v>
+      </c>
+      <c r="CS36" s="14">
+        <v>0</v>
+      </c>
+      <c r="CT36" s="14">
+        <v>0</v>
+      </c>
+      <c r="CU36" s="14">
+        <v>0</v>
+      </c>
+      <c r="CV36" s="14">
+        <v>0</v>
+      </c>
+      <c r="CW36" s="14">
+        <v>0</v>
+      </c>
+      <c r="CX36" s="14">
+        <v>0</v>
+      </c>
+      <c r="CY36" s="14">
+        <v>0</v>
+      </c>
+      <c r="CZ36" s="14">
+        <v>0</v>
+      </c>
+      <c r="DA36" s="14">
+        <v>0</v>
+      </c>
+      <c r="DB36" s="14">
+        <v>0</v>
+      </c>
+      <c r="DC36" s="14">
+        <v>0</v>
+      </c>
+      <c r="DD36" s="14">
+        <v>0</v>
+      </c>
+      <c r="DE36" s="14">
+        <v>0</v>
+      </c>
+      <c r="DF36" s="14">
+        <v>0</v>
+      </c>
+      <c r="DG36" s="14">
+        <v>0</v>
+      </c>
+      <c r="DH36" s="14">
+        <v>0</v>
+      </c>
+      <c r="DI36" s="14">
+        <v>0</v>
+      </c>
+      <c r="DJ36" s="14">
+        <v>0</v>
+      </c>
+      <c r="DK36" s="14">
+        <v>0</v>
+      </c>
+      <c r="DL36" s="14">
+        <v>0</v>
+      </c>
+      <c r="DM36" s="14">
+        <v>0</v>
+      </c>
+      <c r="DN36" s="14">
+        <v>0</v>
+      </c>
+      <c r="DO36" s="14">
+        <v>0</v>
+      </c>
+      <c r="DP36" s="14">
+        <v>0</v>
+      </c>
+      <c r="DQ36" s="14">
+        <v>0</v>
+      </c>
+      <c r="DR36" s="14">
+        <v>0</v>
+      </c>
+      <c r="DS36" s="14">
+        <v>0</v>
+      </c>
+      <c r="DT36" s="14">
+        <v>0</v>
+      </c>
+      <c r="DU36" s="14">
+        <v>0</v>
+      </c>
+      <c r="DV36" s="14">
+        <v>0</v>
+      </c>
+      <c r="DW36" s="14">
+        <v>0</v>
+      </c>
+      <c r="DX36" s="14">
+        <v>0</v>
+      </c>
+      <c r="DY36" s="14">
+        <v>0</v>
+      </c>
+      <c r="DZ36" s="14">
+        <v>0</v>
+      </c>
+      <c r="EA36" s="14">
+        <v>0</v>
+      </c>
+      <c r="EB36" s="14">
+        <v>0</v>
+      </c>
+      <c r="EC36" s="14">
+        <v>0</v>
+      </c>
+      <c r="ED36" s="14">
+        <v>0</v>
+      </c>
+      <c r="EE36" s="14">
+        <v>0</v>
+      </c>
+      <c r="EF36" s="14">
+        <v>0</v>
+      </c>
+      <c r="EG36" s="14">
+        <v>0</v>
+      </c>
+      <c r="EH36" s="14">
+        <v>0</v>
+      </c>
+      <c r="EI36" s="14">
+        <v>0</v>
+      </c>
+      <c r="EJ36" s="14">
+        <v>0</v>
+      </c>
+      <c r="EK36" s="14">
+        <v>0</v>
+      </c>
+      <c r="EL36" s="14">
+        <v>0</v>
+      </c>
+      <c r="EM36" s="14">
+        <v>0</v>
+      </c>
+      <c r="EN36" s="14">
+        <v>0</v>
+      </c>
+      <c r="EO36" s="14">
+        <v>0</v>
+      </c>
+      <c r="EP36" s="14">
+        <v>0</v>
+      </c>
+      <c r="EQ36" s="14">
+        <v>0</v>
+      </c>
+      <c r="ER36" s="14">
+        <v>0</v>
+      </c>
+      <c r="ES36" s="14">
+        <v>0</v>
+      </c>
+      <c r="ET36" s="14">
+        <v>0</v>
+      </c>
+      <c r="EU36" s="14">
+        <v>0</v>
+      </c>
+      <c r="EV36" s="14">
+        <v>0</v>
+      </c>
+      <c r="EW36" s="14">
+        <v>0</v>
+      </c>
+      <c r="EX36" s="14">
+        <v>0</v>
+      </c>
+      <c r="EY36" s="14">
+        <v>0</v>
+      </c>
+      <c r="EZ36" s="14">
+        <v>0</v>
+      </c>
+      <c r="FA36" s="14">
+        <v>0</v>
+      </c>
+      <c r="FB36" s="14">
+        <v>0</v>
+      </c>
+      <c r="FC36" s="14">
+        <v>0</v>
+      </c>
+      <c r="FD36" s="14">
+        <v>0</v>
+      </c>
+      <c r="FE36" s="14">
+        <v>0</v>
+      </c>
+      <c r="FF36" s="14">
+        <v>0</v>
+      </c>
+      <c r="FG36" s="14">
+        <v>0</v>
+      </c>
+      <c r="FH36" s="14">
+        <v>0</v>
+      </c>
+      <c r="FI36" s="14">
+        <v>0</v>
+      </c>
+      <c r="FJ36" s="14">
+        <v>0</v>
+      </c>
+      <c r="FK36" s="14">
+        <v>0</v>
+      </c>
+      <c r="FL36" s="14">
+        <v>0</v>
+      </c>
+      <c r="FM36" s="14">
+        <v>0</v>
+      </c>
+      <c r="FN36" s="14">
+        <v>0</v>
+      </c>
+      <c r="FO36" s="14">
+        <v>0</v>
+      </c>
+      <c r="FP36" s="14">
+        <v>0</v>
+      </c>
+      <c r="FQ36" s="14">
+        <v>0</v>
+      </c>
+      <c r="FR36" s="14">
+        <v>0</v>
+      </c>
+      <c r="FS36" s="14">
+        <v>0</v>
+      </c>
+      <c r="FT36" s="14">
+        <v>0</v>
+      </c>
+      <c r="FU36" s="14">
+        <v>0</v>
+      </c>
+      <c r="FV36" s="14">
+        <v>0</v>
+      </c>
+      <c r="FW36" s="14">
+        <v>0</v>
+      </c>
+      <c r="FX36" s="14">
+        <v>0</v>
+      </c>
+      <c r="FY36" s="14">
+        <v>0</v>
+      </c>
+      <c r="FZ36" s="14">
+        <v>0</v>
+      </c>
+      <c r="GA36" s="14">
+        <v>0</v>
+      </c>
+      <c r="GB36" s="14">
+        <v>0</v>
+      </c>
+      <c r="GC36" s="14">
+        <v>0</v>
+      </c>
+      <c r="GD36" s="14">
+        <v>0</v>
+      </c>
+      <c r="GE36" s="14">
+        <v>0</v>
+      </c>
+      <c r="GF36" s="14">
+        <v>0</v>
+      </c>
+      <c r="GG36" s="14">
+        <v>0</v>
+      </c>
+      <c r="GH36" s="14">
+        <v>0</v>
+      </c>
+      <c r="GI36" s="14">
+        <v>0</v>
+      </c>
+      <c r="GJ36" s="14">
+        <v>0</v>
+      </c>
+      <c r="GK36" s="14">
+        <v>0</v>
+      </c>
+      <c r="GL36" s="14">
+        <v>0</v>
+      </c>
+      <c r="GM36" s="14">
+        <v>0</v>
+      </c>
+      <c r="GN36" s="14">
+        <v>0</v>
+      </c>
+      <c r="GO36" s="14">
+        <v>0</v>
+      </c>
+      <c r="GP36" s="14">
+        <v>0</v>
+      </c>
+      <c r="GQ36" s="14">
+        <v>0</v>
+      </c>
+      <c r="GR36" s="14">
+        <v>0</v>
+      </c>
+      <c r="GS36" s="14">
+        <v>0</v>
+      </c>
+      <c r="GT36" s="14">
+        <v>0</v>
+      </c>
+      <c r="GU36" s="14">
+        <v>0</v>
+      </c>
+      <c r="GV36" s="14">
+        <v>0</v>
+      </c>
+      <c r="GW36" s="14">
+        <v>0</v>
+      </c>
+      <c r="GX36" s="14">
+        <v>0</v>
+      </c>
+      <c r="GY36" s="14">
+        <v>0</v>
+      </c>
+      <c r="GZ36" s="14">
+        <v>0</v>
+      </c>
+      <c r="HA36" s="14">
+        <v>0</v>
+      </c>
+      <c r="HB36" s="14">
+        <v>0</v>
+      </c>
+      <c r="HC36" s="14">
+        <v>0</v>
+      </c>
+      <c r="HD36" s="14">
+        <v>0</v>
+      </c>
+      <c r="HE36" s="14">
+        <v>0</v>
+      </c>
+      <c r="HF36" s="14">
+        <v>0</v>
+      </c>
+      <c r="HG36" s="14">
+        <v>0</v>
+      </c>
+      <c r="HH36" s="14">
+        <v>0</v>
+      </c>
+      <c r="HI36" s="14">
+        <v>0</v>
+      </c>
+      <c r="HJ36" s="14">
+        <v>0</v>
+      </c>
+      <c r="HK36" s="14">
+        <v>0</v>
+      </c>
+      <c r="HL36" s="14">
+        <v>0</v>
+      </c>
+      <c r="HM36" s="14">
+        <v>0</v>
+      </c>
+      <c r="HN36" s="14">
+        <v>0</v>
+      </c>
+      <c r="HO36" s="14">
+        <v>0</v>
+      </c>
+      <c r="HP36" s="14">
+        <v>0</v>
+      </c>
+      <c r="HQ36" s="14">
+        <v>0</v>
+      </c>
+      <c r="HR36" s="14">
+        <v>0</v>
+      </c>
+      <c r="HS36" s="14">
+        <v>0</v>
+      </c>
+      <c r="HT36" s="14">
+        <v>0</v>
+      </c>
+      <c r="HU36" s="14">
+        <v>0</v>
+      </c>
+      <c r="HV36" s="14">
+        <v>0</v>
+      </c>
+      <c r="HW36" s="14">
+        <v>0</v>
+      </c>
+      <c r="HX36" s="14">
+        <v>0</v>
+      </c>
+      <c r="HY36" s="14">
+        <v>0</v>
+      </c>
+      <c r="HZ36" s="14">
+        <v>0</v>
+      </c>
+      <c r="IA36" s="14">
+        <v>0</v>
+      </c>
+      <c r="IB36" s="14">
+        <v>0</v>
+      </c>
+      <c r="IC36" s="14">
+        <v>0</v>
+      </c>
+      <c r="ID36" s="14">
+        <v>0</v>
+      </c>
+      <c r="IE36" s="14">
+        <v>0</v>
+      </c>
+      <c r="IF36" s="14">
+        <v>0</v>
+      </c>
+      <c r="IG36" s="14">
+        <v>0</v>
+      </c>
+      <c r="IH36" s="14">
+        <v>0</v>
+      </c>
+      <c r="II36" s="14">
+        <v>0</v>
+      </c>
+      <c r="IJ36" s="14">
+        <v>0</v>
+      </c>
+      <c r="IK36" s="14">
+        <v>0</v>
+      </c>
+      <c r="IL36" s="14">
+        <v>0</v>
+      </c>
+      <c r="IM36" s="14">
+        <v>0</v>
+      </c>
+      <c r="IN36" s="14">
+        <v>0</v>
+      </c>
+      <c r="IO36" s="14">
+        <v>0</v>
+      </c>
+      <c r="IP36" s="14">
+        <v>0</v>
+      </c>
+      <c r="IQ36" s="14">
+        <v>0</v>
+      </c>
+      <c r="IR36" s="14">
+        <v>0</v>
+      </c>
+      <c r="IS36" s="14">
+        <v>0</v>
+      </c>
+      <c r="IT36" s="14">
+        <v>0</v>
+      </c>
+      <c r="IU36" s="14">
+        <v>0</v>
+      </c>
+      <c r="IV36" s="14">
+        <v>0</v>
+      </c>
+      <c r="IW36" s="14">
+        <v>0</v>
+      </c>
+      <c r="IX36" s="14">
+        <v>0</v>
+      </c>
+      <c r="IY36" s="14">
+        <v>0</v>
+      </c>
+      <c r="IZ36" s="14">
+        <v>0</v>
+      </c>
+      <c r="JA36" s="14">
+        <v>0</v>
+      </c>
+      <c r="JB36" s="14">
+        <v>0</v>
+      </c>
+      <c r="JC36" s="14">
+        <v>0</v>
+      </c>
+      <c r="JD36" s="14">
+        <v>0</v>
+      </c>
+      <c r="JE36" s="14">
+        <v>0</v>
+      </c>
+      <c r="JF36" s="14">
+        <v>0</v>
+      </c>
+      <c r="JG36" s="14">
+        <v>0</v>
+      </c>
+      <c r="JH36" s="14">
+        <v>0</v>
+      </c>
+      <c r="JI36" s="14">
+        <v>0</v>
+      </c>
+      <c r="JJ36" s="14">
+        <v>0</v>
+      </c>
+      <c r="JK36" s="14">
+        <v>0</v>
+      </c>
+      <c r="JL36" s="14">
+        <v>0</v>
+      </c>
+      <c r="JM36" s="14">
+        <v>0</v>
+      </c>
+      <c r="JN36" s="14">
+        <v>0</v>
+      </c>
+      <c r="JO36" s="14">
+        <v>0</v>
+      </c>
+      <c r="JP36" s="14">
+        <v>0</v>
+      </c>
+      <c r="JQ36" s="14">
+        <v>0</v>
+      </c>
+      <c r="JR36" s="14">
+        <v>0</v>
+      </c>
+      <c r="JS36" s="14">
+        <v>0</v>
+      </c>
+      <c r="JT36" s="14">
+        <v>0</v>
+      </c>
+      <c r="JU36" s="14">
+        <v>0</v>
+      </c>
+      <c r="JV36" s="14">
+        <v>0</v>
+      </c>
+      <c r="JW36" s="14">
+        <v>0</v>
+      </c>
+      <c r="JX36" s="14">
+        <v>0</v>
+      </c>
+      <c r="JY36" s="14">
+        <v>0</v>
+      </c>
+      <c r="JZ36" s="14">
+        <v>0</v>
+      </c>
+      <c r="KA36" s="14">
+        <v>0</v>
+      </c>
+      <c r="KB36" s="14">
+        <v>0</v>
+      </c>
+      <c r="KC36" s="14">
+        <v>0</v>
+      </c>
+      <c r="KD36" s="14">
+        <v>0</v>
+      </c>
+      <c r="KE36" s="14">
+        <v>0</v>
+      </c>
+      <c r="KF36" s="14">
+        <v>0</v>
+      </c>
+      <c r="KG36" s="14">
+        <v>0</v>
+      </c>
+      <c r="KH36" s="14">
+        <v>0</v>
+      </c>
+      <c r="KI36" s="14">
+        <v>0</v>
+      </c>
+      <c r="KJ36" s="14">
+        <v>0</v>
+      </c>
+      <c r="KK36" s="14">
+        <v>0</v>
+      </c>
+      <c r="KL36" s="14">
+        <v>0</v>
+      </c>
+      <c r="KM36" s="14">
+        <v>0</v>
+      </c>
+      <c r="KN36" s="14">
+        <v>0</v>
+      </c>
+      <c r="KO36" s="14">
+        <v>0</v>
+      </c>
+      <c r="KP36" s="14">
+        <v>0</v>
+      </c>
+      <c r="KQ36" s="14">
+        <v>0</v>
+      </c>
+      <c r="KR36" s="14">
+        <v>0</v>
+      </c>
+      <c r="KS36" s="14">
+        <v>0</v>
+      </c>
+      <c r="KT36" s="14">
+        <v>0</v>
+      </c>
+      <c r="KU36" s="14">
+        <v>0</v>
+      </c>
+      <c r="KV36" s="14">
+        <v>0</v>
+      </c>
+      <c r="KW36" s="14">
+        <v>0</v>
+      </c>
+      <c r="KX36" s="14">
+        <v>0</v>
+      </c>
+      <c r="KY36" s="14">
+        <v>0</v>
+      </c>
+      <c r="KZ36" s="14">
+        <v>0</v>
+      </c>
+      <c r="LA36" s="14">
+        <v>0</v>
+      </c>
+      <c r="LB36" s="14">
+        <v>0</v>
+      </c>
+      <c r="LC36" s="14">
+        <v>0</v>
+      </c>
+      <c r="LD36" s="14">
+        <v>0</v>
+      </c>
+      <c r="LE36" s="14">
+        <v>0</v>
+      </c>
+      <c r="LF36" s="14">
+        <v>0</v>
+      </c>
+      <c r="LG36" s="14">
+        <v>0</v>
+      </c>
+      <c r="LH36" s="14">
+        <v>0</v>
+      </c>
+      <c r="LI36" s="14">
+        <v>0</v>
+      </c>
+      <c r="LJ36" s="14">
+        <v>0</v>
+      </c>
+      <c r="LK36" s="14">
+        <v>0</v>
+      </c>
+      <c r="LL36" s="14">
+        <v>0</v>
+      </c>
+      <c r="LM36" s="14">
+        <v>0</v>
+      </c>
+      <c r="LN36" s="14">
+        <v>0</v>
+      </c>
+      <c r="LO36" s="14">
+        <v>0</v>
+      </c>
+      <c r="LP36" s="14">
+        <v>0</v>
+      </c>
+      <c r="LQ36" s="14">
+        <v>0</v>
+      </c>
+      <c r="LR36" s="14">
+        <v>0</v>
+      </c>
+      <c r="LS36" s="14">
+        <v>0</v>
+      </c>
+      <c r="LT36" s="14">
+        <v>0</v>
+      </c>
+      <c r="LU36" s="14">
+        <v>0</v>
+      </c>
+      <c r="LV36" s="14">
+        <v>0</v>
+      </c>
+      <c r="LW36" s="14">
+        <v>0</v>
+      </c>
+      <c r="LX36" s="14">
+        <v>0</v>
+      </c>
+      <c r="LY36" s="14">
+        <v>0</v>
+      </c>
+      <c r="LZ36" s="14">
+        <v>0</v>
+      </c>
+      <c r="MA36" s="14">
+        <v>0</v>
+      </c>
+      <c r="MB36" s="14">
+        <v>0</v>
+      </c>
+      <c r="MC36" s="14">
+        <v>0</v>
+      </c>
+      <c r="MD36" s="14">
+        <v>0</v>
+      </c>
+      <c r="ME36" s="14">
+        <v>0</v>
+      </c>
+      <c r="MF36" s="14">
+        <v>0</v>
+      </c>
+      <c r="MG36" s="14">
+        <v>0</v>
+      </c>
+      <c r="MH36" s="14">
+        <v>0</v>
+      </c>
+      <c r="MI36" s="14">
+        <v>0</v>
+      </c>
+      <c r="MJ36" s="14">
+        <v>0</v>
+      </c>
+      <c r="MK36" s="14">
+        <v>0</v>
+      </c>
+      <c r="ML36" s="14">
+        <v>0</v>
+      </c>
+      <c r="MM36" s="14">
+        <v>0</v>
+      </c>
+      <c r="MN36" s="14">
+        <v>0</v>
+      </c>
+      <c r="MO36" s="14">
+        <v>0</v>
+      </c>
+      <c r="MP36" s="14">
+        <v>0</v>
+      </c>
+      <c r="MQ36" s="14">
+        <v>0</v>
+      </c>
+      <c r="MR36" s="14">
+        <v>0</v>
+      </c>
+      <c r="MS36" s="14">
+        <v>0</v>
+      </c>
+      <c r="MT36" s="14">
+        <v>0</v>
+      </c>
+      <c r="MU36" s="14">
+        <v>0</v>
+      </c>
+      <c r="MV36" s="14">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="37" spans="1:360" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A37" s="14"/>
+      <c r="B37" s="15" t="s">
+        <v>15</v>
+      </c>
+      <c r="C37" s="14">
+        <v>0</v>
+      </c>
+      <c r="D37" s="14">
+        <v>0</v>
+      </c>
+      <c r="E37" s="14">
+        <v>0</v>
+      </c>
+      <c r="F37" s="14">
+        <v>0</v>
+      </c>
+      <c r="G37" s="14">
+        <v>0</v>
+      </c>
+      <c r="H37" s="14">
+        <v>0</v>
+      </c>
+      <c r="I37" s="14">
+        <v>0</v>
+      </c>
+      <c r="J37" s="14">
+        <v>0</v>
+      </c>
+      <c r="K37" s="14">
+        <v>0</v>
+      </c>
+      <c r="L37" s="14">
+        <v>0</v>
+      </c>
+      <c r="M37" s="14">
+        <v>0</v>
+      </c>
+      <c r="N37" s="14">
+        <v>0</v>
+      </c>
+      <c r="O37" s="14">
+        <v>0</v>
+      </c>
+      <c r="P37" s="14">
+        <v>0</v>
+      </c>
+      <c r="Q37" s="14">
+        <v>0</v>
+      </c>
+      <c r="R37" s="14">
+        <v>0</v>
+      </c>
+      <c r="S37" s="14">
+        <v>0</v>
+      </c>
+      <c r="T37" s="14">
+        <v>0</v>
+      </c>
+      <c r="U37" s="14">
+        <v>0</v>
+      </c>
+      <c r="V37" s="14">
+        <v>0</v>
+      </c>
+      <c r="W37" s="14">
+        <v>0</v>
+      </c>
+      <c r="X37" s="14">
+        <v>0</v>
+      </c>
+      <c r="Y37" s="14">
+        <v>0</v>
+      </c>
+      <c r="Z37" s="14">
+        <v>0</v>
+      </c>
+      <c r="AA37" s="14">
+        <v>0</v>
+      </c>
+      <c r="AB37" s="14">
+        <v>0</v>
+      </c>
+      <c r="AC37" s="14">
+        <v>0</v>
+      </c>
+      <c r="AD37" s="14">
+        <v>0</v>
+      </c>
+      <c r="AE37" s="14">
+        <v>0</v>
+      </c>
+      <c r="AF37" s="14">
+        <v>0</v>
+      </c>
+      <c r="AG37" s="14">
+        <v>0</v>
+      </c>
+      <c r="AH37" s="14">
+        <v>0</v>
+      </c>
+      <c r="AI37" s="14">
+        <v>0</v>
+      </c>
+      <c r="AJ37" s="14">
+        <v>0</v>
+      </c>
+      <c r="AK37" s="14">
+        <v>0</v>
+      </c>
+      <c r="AL37" s="14">
+        <v>0</v>
+      </c>
+      <c r="AM37" s="14">
+        <v>0</v>
+      </c>
+      <c r="AN37" s="14">
+        <v>0</v>
+      </c>
+      <c r="AO37" s="14">
+        <v>0</v>
+      </c>
+      <c r="AP37" s="14">
+        <v>0</v>
+      </c>
+      <c r="AQ37" s="14">
+        <v>0</v>
+      </c>
+      <c r="AR37" s="14">
+        <v>0</v>
+      </c>
+      <c r="AS37" s="14">
+        <v>0</v>
+      </c>
+      <c r="AT37" s="14">
+        <v>0</v>
+      </c>
+      <c r="AU37" s="14">
+        <v>0</v>
+      </c>
+      <c r="AV37" s="14">
+        <v>0</v>
+      </c>
+      <c r="AW37" s="14">
+        <v>0</v>
+      </c>
+      <c r="AX37" s="14">
+        <v>0</v>
+      </c>
+      <c r="AY37" s="14">
+        <v>0</v>
+      </c>
+      <c r="AZ37" s="14">
+        <v>0</v>
+      </c>
+      <c r="BA37" s="14">
+        <v>0</v>
+      </c>
+      <c r="BB37" s="14">
+        <v>0</v>
+      </c>
+      <c r="BC37" s="14">
+        <v>0</v>
+      </c>
+      <c r="BD37" s="14">
+        <v>0</v>
+      </c>
+      <c r="BE37" s="14">
+        <v>0</v>
+      </c>
+      <c r="BF37" s="14">
+        <v>0</v>
+      </c>
+      <c r="BG37" s="14">
+        <v>0</v>
+      </c>
+      <c r="BH37" s="14">
+        <v>0</v>
+      </c>
+      <c r="BI37" s="14">
+        <v>0</v>
+      </c>
+      <c r="BJ37" s="14">
+        <v>0</v>
+      </c>
+      <c r="BK37" s="14">
+        <v>0</v>
+      </c>
+      <c r="BL37" s="14">
+        <v>0</v>
+      </c>
+      <c r="BM37" s="14">
+        <v>0</v>
+      </c>
+      <c r="BN37" s="14">
+        <v>0</v>
+      </c>
+      <c r="BO37" s="14">
+        <v>0</v>
+      </c>
+      <c r="BP37" s="14">
+        <v>0</v>
+      </c>
+      <c r="BQ37" s="14">
+        <v>0</v>
+      </c>
+      <c r="BR37" s="14">
+        <v>0</v>
+      </c>
+      <c r="BS37" s="14">
+        <v>0</v>
+      </c>
+      <c r="BT37" s="14">
+        <v>0</v>
+      </c>
+      <c r="BU37" s="14">
+        <v>0</v>
+      </c>
+      <c r="BV37" s="14">
+        <v>0</v>
+      </c>
+      <c r="BW37" s="14">
+        <v>0</v>
+      </c>
+      <c r="BX37" s="14">
+        <v>0</v>
+      </c>
+      <c r="BY37" s="14">
+        <v>0</v>
+      </c>
+      <c r="BZ37" s="14">
+        <v>0</v>
+      </c>
+      <c r="CA37" s="14">
+        <v>0</v>
+      </c>
+      <c r="CB37" s="14">
+        <v>0</v>
+      </c>
+      <c r="CC37" s="14">
+        <v>0</v>
+      </c>
+      <c r="CD37" s="14">
+        <v>0</v>
+      </c>
+      <c r="CE37" s="14">
+        <v>0</v>
+      </c>
+      <c r="CF37" s="14">
+        <v>0</v>
+      </c>
+      <c r="CG37" s="14">
+        <v>0</v>
+      </c>
+      <c r="CH37" s="14">
+        <v>0</v>
+      </c>
+      <c r="CI37" s="14">
+        <v>0</v>
+      </c>
+      <c r="CJ37" s="14">
+        <v>0</v>
+      </c>
+      <c r="CK37" s="14">
+        <v>0</v>
+      </c>
+      <c r="CL37" s="14">
+        <v>0</v>
+      </c>
+      <c r="CM37" s="14">
+        <v>0</v>
+      </c>
+      <c r="CN37" s="14">
+        <v>0</v>
+      </c>
+      <c r="CO37" s="14">
+        <v>0</v>
+      </c>
+      <c r="CP37" s="14">
+        <v>0</v>
+      </c>
+      <c r="CQ37" s="14">
+        <v>0</v>
+      </c>
+      <c r="CR37" s="14">
+        <v>0</v>
+      </c>
+      <c r="CS37" s="14">
+        <v>0</v>
+      </c>
+      <c r="CT37" s="14">
+        <v>0</v>
+      </c>
+      <c r="CU37" s="14">
+        <v>0</v>
+      </c>
+      <c r="CV37" s="14">
+        <v>0</v>
+      </c>
+      <c r="CW37" s="14">
+        <v>0</v>
+      </c>
+      <c r="CX37" s="14">
+        <v>0</v>
+      </c>
+      <c r="CY37" s="14">
+        <v>0</v>
+      </c>
+      <c r="CZ37" s="14">
+        <v>0</v>
+      </c>
+      <c r="DA37" s="14">
+        <v>0</v>
+      </c>
+      <c r="DB37" s="14">
+        <v>0</v>
+      </c>
+      <c r="DC37" s="14">
+        <v>0</v>
+      </c>
+      <c r="DD37" s="14">
+        <v>0</v>
+      </c>
+      <c r="DE37" s="14">
+        <v>0</v>
+      </c>
+      <c r="DF37" s="14">
+        <v>0</v>
+      </c>
+      <c r="DG37" s="14">
+        <v>0</v>
+      </c>
+      <c r="DH37" s="14">
+        <v>0</v>
+      </c>
+      <c r="DI37" s="14">
+        <v>0</v>
+      </c>
+      <c r="DJ37" s="14">
+        <v>0</v>
+      </c>
+      <c r="DK37" s="14">
+        <v>0</v>
+      </c>
+      <c r="DL37" s="14">
+        <v>0</v>
+      </c>
+      <c r="DM37" s="14">
+        <v>0</v>
+      </c>
+      <c r="DN37" s="14">
+        <v>0</v>
+      </c>
+      <c r="DO37" s="14">
+        <v>0</v>
+      </c>
+      <c r="DP37" s="14">
+        <v>0</v>
+      </c>
+      <c r="DQ37" s="14">
+        <v>0</v>
+      </c>
+      <c r="DR37" s="14">
+        <v>0</v>
+      </c>
+      <c r="DS37" s="14">
+        <v>0</v>
+      </c>
+      <c r="DT37" s="14">
+        <v>0</v>
+      </c>
+      <c r="DU37" s="14">
+        <v>0</v>
+      </c>
+      <c r="DV37" s="14">
+        <v>0</v>
+      </c>
+      <c r="DW37" s="14">
+        <v>0</v>
+      </c>
+      <c r="DX37" s="14">
+        <v>0</v>
+      </c>
+      <c r="DY37" s="14">
+        <v>0</v>
+      </c>
+      <c r="DZ37" s="14">
+        <v>0</v>
+      </c>
+      <c r="EA37" s="14">
+        <v>0</v>
+      </c>
+      <c r="EB37" s="14">
+        <v>0</v>
+      </c>
+      <c r="EC37" s="14">
+        <v>0</v>
+      </c>
+      <c r="ED37" s="14">
+        <v>0</v>
+      </c>
+      <c r="EE37" s="14">
+        <v>0</v>
+      </c>
+      <c r="EF37" s="14">
+        <v>0</v>
+      </c>
+      <c r="EG37" s="14">
+        <v>0</v>
+      </c>
+      <c r="EH37" s="14">
+        <v>0</v>
+      </c>
+      <c r="EI37" s="14">
+        <v>0</v>
+      </c>
+      <c r="EJ37" s="14">
+        <v>0</v>
+      </c>
+      <c r="EK37" s="14">
+        <v>0</v>
+      </c>
+      <c r="EL37" s="14">
+        <v>0</v>
+      </c>
+      <c r="EM37" s="14">
+        <v>0</v>
+      </c>
+      <c r="EN37" s="14">
+        <v>0</v>
+      </c>
+      <c r="EO37" s="14">
+        <v>0</v>
+      </c>
+      <c r="EP37" s="14">
+        <v>0</v>
+      </c>
+      <c r="EQ37" s="14">
+        <v>0</v>
+      </c>
+      <c r="ER37" s="14">
+        <v>0</v>
+      </c>
+      <c r="ES37" s="14">
+        <v>0</v>
+      </c>
+      <c r="ET37" s="14">
+        <v>0</v>
+      </c>
+      <c r="EU37" s="14">
+        <v>0</v>
+      </c>
+      <c r="EV37" s="14">
+        <v>0</v>
+      </c>
+      <c r="EW37" s="14">
+        <v>0</v>
+      </c>
+      <c r="EX37" s="14">
+        <v>0</v>
+      </c>
+      <c r="EY37" s="14">
+        <v>0</v>
+      </c>
+      <c r="EZ37" s="14">
+        <v>0</v>
+      </c>
+      <c r="FA37" s="14">
+        <v>0</v>
+      </c>
+      <c r="FB37" s="14">
+        <v>0</v>
+      </c>
+      <c r="FC37" s="14">
+        <v>0</v>
+      </c>
+      <c r="FD37" s="14">
+        <v>0</v>
+      </c>
+      <c r="FE37" s="14">
+        <v>0</v>
+      </c>
+      <c r="FF37" s="14">
+        <v>0</v>
+      </c>
+      <c r="FG37" s="14">
+        <v>0</v>
+      </c>
+      <c r="FH37" s="14">
+        <v>0</v>
+      </c>
+      <c r="FI37" s="14">
+        <v>0</v>
+      </c>
+      <c r="FJ37" s="14">
+        <v>0</v>
+      </c>
+      <c r="FK37" s="14">
+        <v>0</v>
+      </c>
+      <c r="FL37" s="14">
+        <v>0</v>
+      </c>
+      <c r="FM37" s="14">
+        <v>0</v>
+      </c>
+      <c r="FN37" s="14">
+        <v>0</v>
+      </c>
+      <c r="FO37" s="14">
+        <v>0</v>
+      </c>
+      <c r="FP37" s="14">
+        <v>0</v>
+      </c>
+      <c r="FQ37" s="14">
+        <v>0</v>
+      </c>
+      <c r="FR37" s="14">
+        <v>0</v>
+      </c>
+      <c r="FS37" s="14">
+        <v>0</v>
+      </c>
+      <c r="FT37" s="14">
+        <v>0</v>
+      </c>
+      <c r="FU37" s="14">
+        <v>0</v>
+      </c>
+      <c r="FV37" s="14">
+        <v>0</v>
+      </c>
+      <c r="FW37" s="14">
+        <v>0</v>
+      </c>
+      <c r="FX37" s="14">
+        <v>0</v>
+      </c>
+      <c r="FY37" s="14">
+        <v>0</v>
+      </c>
+      <c r="FZ37" s="14">
+        <v>0</v>
+      </c>
+      <c r="GA37" s="14">
+        <v>0</v>
+      </c>
+      <c r="GB37" s="14">
+        <v>0</v>
+      </c>
+      <c r="GC37" s="14">
+        <v>0</v>
+      </c>
+      <c r="GD37" s="14">
+        <v>0</v>
+      </c>
+      <c r="GE37" s="14">
+        <v>0</v>
+      </c>
+      <c r="GF37" s="14">
+        <v>0</v>
+      </c>
+      <c r="GG37" s="14">
+        <v>0</v>
+      </c>
+      <c r="GH37" s="14">
+        <v>0</v>
+      </c>
+      <c r="GI37" s="14">
+        <v>0</v>
+      </c>
+      <c r="GJ37" s="14">
+        <v>0</v>
+      </c>
+      <c r="GK37" s="14">
+        <v>0</v>
+      </c>
+      <c r="GL37" s="14">
+        <v>0</v>
+      </c>
+      <c r="GM37" s="14">
+        <v>0</v>
+      </c>
+      <c r="GN37" s="14">
+        <v>0</v>
+      </c>
+      <c r="GO37" s="14">
+        <v>0</v>
+      </c>
+      <c r="GP37" s="14">
+        <v>0</v>
+      </c>
+      <c r="GQ37" s="14">
+        <v>0</v>
+      </c>
+      <c r="GR37" s="14">
+        <v>0</v>
+      </c>
+      <c r="GS37" s="14">
+        <v>0</v>
+      </c>
+      <c r="GT37" s="14">
+        <v>0</v>
+      </c>
+      <c r="GU37" s="14">
+        <v>0</v>
+      </c>
+      <c r="GV37" s="14">
+        <v>0</v>
+      </c>
+      <c r="GW37" s="14">
+        <v>0</v>
+      </c>
+      <c r="GX37" s="14">
+        <v>0</v>
+      </c>
+      <c r="GY37" s="14">
+        <v>0</v>
+      </c>
+      <c r="GZ37" s="14">
+        <v>0</v>
+      </c>
+      <c r="HA37" s="14">
+        <v>0</v>
+      </c>
+      <c r="HB37" s="14">
+        <v>0</v>
+      </c>
+      <c r="HC37" s="14">
+        <v>0</v>
+      </c>
+      <c r="HD37" s="14">
+        <v>0</v>
+      </c>
+      <c r="HE37" s="14">
+        <v>0</v>
+      </c>
+      <c r="HF37" s="14">
+        <v>0</v>
+      </c>
+      <c r="HG37" s="14">
+        <v>0</v>
+      </c>
+      <c r="HH37" s="14">
+        <v>0</v>
+      </c>
+      <c r="HI37" s="14">
+        <v>0</v>
+      </c>
+      <c r="HJ37" s="14">
+        <v>0</v>
+      </c>
+      <c r="HK37" s="14">
+        <v>0</v>
+      </c>
+      <c r="HL37" s="14">
+        <v>0</v>
+      </c>
+      <c r="HM37" s="14">
+        <v>0</v>
+      </c>
+      <c r="HN37" s="14">
+        <v>0</v>
+      </c>
+      <c r="HO37" s="14">
+        <v>0</v>
+      </c>
+      <c r="HP37" s="14">
+        <v>0</v>
+      </c>
+      <c r="HQ37" s="14">
+        <v>0</v>
+      </c>
+      <c r="HR37" s="14">
+        <v>0</v>
+      </c>
+      <c r="HS37" s="14">
+        <v>0</v>
+      </c>
+      <c r="HT37" s="14">
+        <v>0</v>
+      </c>
+      <c r="HU37" s="14">
+        <v>0</v>
+      </c>
+      <c r="HV37" s="14">
+        <v>0</v>
+      </c>
+      <c r="HW37" s="14">
+        <v>0</v>
+      </c>
+      <c r="HX37" s="14">
+        <v>0</v>
+      </c>
+      <c r="HY37" s="14">
+        <v>0</v>
+      </c>
+      <c r="HZ37" s="14">
+        <v>0</v>
+      </c>
+      <c r="IA37" s="14">
+        <v>0</v>
+      </c>
+      <c r="IB37" s="14">
+        <v>0</v>
+      </c>
+      <c r="IC37" s="14">
+        <v>0</v>
+      </c>
+      <c r="ID37" s="14">
+        <v>0</v>
+      </c>
+      <c r="IE37" s="14">
+        <v>0</v>
+      </c>
+      <c r="IF37" s="14">
+        <v>0</v>
+      </c>
+      <c r="IG37" s="14">
+        <v>0</v>
+      </c>
+      <c r="IH37" s="14">
+        <v>0</v>
+      </c>
+      <c r="II37" s="14">
+        <v>0</v>
+      </c>
+      <c r="IJ37" s="14">
+        <v>0</v>
+      </c>
+      <c r="IK37" s="14">
+        <v>0</v>
+      </c>
+      <c r="IL37" s="14">
+        <v>0</v>
+      </c>
+      <c r="IM37" s="14">
+        <v>0</v>
+      </c>
+      <c r="IN37" s="14">
+        <v>0</v>
+      </c>
+      <c r="IO37" s="14">
+        <v>0</v>
+      </c>
+      <c r="IP37" s="14">
+        <v>0</v>
+      </c>
+      <c r="IQ37" s="14">
+        <v>0</v>
+      </c>
+      <c r="IR37" s="14">
+        <v>0</v>
+      </c>
+      <c r="IS37" s="14">
+        <v>0</v>
+      </c>
+      <c r="IT37" s="14">
+        <v>0</v>
+      </c>
+      <c r="IU37" s="14">
+        <v>0</v>
+      </c>
+      <c r="IV37" s="14">
+        <v>0</v>
+      </c>
+      <c r="IW37" s="14">
+        <v>0</v>
+      </c>
+      <c r="IX37" s="14">
+        <v>0</v>
+      </c>
+      <c r="IY37" s="14">
+        <v>0</v>
+      </c>
+      <c r="IZ37" s="14">
+        <v>0</v>
+      </c>
+      <c r="JA37" s="14">
+        <v>0</v>
+      </c>
+      <c r="JB37" s="14">
+        <v>0</v>
+      </c>
+      <c r="JC37" s="14">
+        <v>0</v>
+      </c>
+      <c r="JD37" s="14">
+        <v>0</v>
+      </c>
+      <c r="JE37" s="14">
+        <v>0</v>
+      </c>
+      <c r="JF37" s="14">
+        <v>0</v>
+      </c>
+      <c r="JG37" s="14">
+        <v>0</v>
+      </c>
+      <c r="JH37" s="14">
+        <v>0</v>
+      </c>
+      <c r="JI37" s="14">
+        <v>0</v>
+      </c>
+      <c r="JJ37" s="14">
+        <v>0</v>
+      </c>
+      <c r="JK37" s="14">
+        <v>0</v>
+      </c>
+      <c r="JL37" s="14">
+        <v>0</v>
+      </c>
+      <c r="JM37" s="14">
+        <v>0</v>
+      </c>
+      <c r="JN37" s="14">
+        <v>0</v>
+      </c>
+      <c r="JO37" s="14">
+        <v>0</v>
+      </c>
+      <c r="JP37" s="14">
+        <v>0</v>
+      </c>
+      <c r="JQ37" s="14">
+        <v>0</v>
+      </c>
+      <c r="JR37" s="14">
+        <v>0</v>
+      </c>
+      <c r="JS37" s="14">
+        <v>0</v>
+      </c>
+      <c r="JT37" s="14">
+        <v>0</v>
+      </c>
+      <c r="JU37" s="14">
+        <v>0</v>
+      </c>
+      <c r="JV37" s="14">
+        <v>0</v>
+      </c>
+      <c r="JW37" s="14">
+        <v>0</v>
+      </c>
+      <c r="JX37" s="14">
+        <v>0</v>
+      </c>
+      <c r="JY37" s="14">
+        <v>0</v>
+      </c>
+      <c r="JZ37" s="14">
+        <v>0</v>
+      </c>
+      <c r="KA37" s="14">
+        <v>0</v>
+      </c>
+      <c r="KB37" s="14">
+        <v>0</v>
+      </c>
+      <c r="KC37" s="14">
+        <v>0</v>
+      </c>
+      <c r="KD37" s="14">
+        <v>0</v>
+      </c>
+      <c r="KE37" s="14">
+        <v>0</v>
+      </c>
+      <c r="KF37" s="14">
+        <v>0</v>
+      </c>
+      <c r="KG37" s="14">
+        <v>0</v>
+      </c>
+      <c r="KH37" s="14">
+        <v>0</v>
+      </c>
+      <c r="KI37" s="14">
+        <v>0</v>
+      </c>
+      <c r="KJ37" s="14">
+        <v>0</v>
+      </c>
+      <c r="KK37" s="14">
+        <v>0</v>
+      </c>
+      <c r="KL37" s="14">
+        <v>0</v>
+      </c>
+      <c r="KM37" s="14">
+        <v>0</v>
+      </c>
+      <c r="KN37" s="14">
+        <v>0</v>
+      </c>
+      <c r="KO37" s="14">
+        <v>0</v>
+      </c>
+      <c r="KP37" s="14">
+        <v>0</v>
+      </c>
+      <c r="KQ37" s="14">
+        <v>0</v>
+      </c>
+      <c r="KR37" s="14">
+        <v>0</v>
+      </c>
+      <c r="KS37" s="14">
+        <v>0</v>
+      </c>
+      <c r="KT37" s="14">
+        <v>0</v>
+      </c>
+      <c r="KU37" s="14">
+        <v>0</v>
+      </c>
+      <c r="KV37" s="14">
+        <v>0</v>
+      </c>
+      <c r="KW37" s="14">
+        <v>0</v>
+      </c>
+      <c r="KX37" s="14">
+        <v>0</v>
+      </c>
+      <c r="KY37" s="14">
+        <v>0</v>
+      </c>
+      <c r="KZ37" s="14">
+        <v>0</v>
+      </c>
+      <c r="LA37" s="14">
+        <v>0</v>
+      </c>
+      <c r="LB37" s="14">
+        <v>0</v>
+      </c>
+      <c r="LC37" s="14">
+        <v>0</v>
+      </c>
+      <c r="LD37" s="14">
+        <v>0</v>
+      </c>
+      <c r="LE37" s="14">
+        <v>0</v>
+      </c>
+      <c r="LF37" s="14">
+        <v>0</v>
+      </c>
+      <c r="LG37" s="14">
+        <v>0</v>
+      </c>
+      <c r="LH37" s="14">
+        <v>0</v>
+      </c>
+      <c r="LI37" s="14">
+        <v>0</v>
+      </c>
+      <c r="LJ37" s="14">
+        <v>0</v>
+      </c>
+      <c r="LK37" s="14">
+        <v>0</v>
+      </c>
+      <c r="LL37" s="14">
+        <v>0</v>
+      </c>
+      <c r="LM37" s="14">
+        <v>0</v>
+      </c>
+      <c r="LN37" s="14">
+        <v>0</v>
+      </c>
+      <c r="LO37" s="14">
+        <v>0</v>
+      </c>
+      <c r="LP37" s="14">
+        <v>0</v>
+      </c>
+      <c r="LQ37" s="14">
+        <v>0</v>
+      </c>
+      <c r="LR37" s="14">
+        <v>0</v>
+      </c>
+      <c r="LS37" s="14">
+        <v>0</v>
+      </c>
+      <c r="LT37" s="14">
+        <v>0</v>
+      </c>
+      <c r="LU37" s="14">
+        <v>0</v>
+      </c>
+      <c r="LV37" s="14">
+        <v>0</v>
+      </c>
+      <c r="LW37" s="14">
+        <v>0</v>
+      </c>
+      <c r="LX37" s="14">
+        <v>0</v>
+      </c>
+      <c r="LY37" s="14">
+        <v>0</v>
+      </c>
+      <c r="LZ37" s="14">
+        <v>0</v>
+      </c>
+      <c r="MA37" s="14">
+        <v>0</v>
+      </c>
+      <c r="MB37" s="14">
+        <v>0</v>
+      </c>
+      <c r="MC37" s="14">
+        <v>0</v>
+      </c>
+      <c r="MD37" s="14">
+        <v>0</v>
+      </c>
+      <c r="ME37" s="14">
+        <v>0</v>
+      </c>
+      <c r="MF37" s="14">
+        <v>0</v>
+      </c>
+      <c r="MG37" s="14">
+        <v>0</v>
+      </c>
+      <c r="MH37" s="14">
+        <v>0</v>
+      </c>
+      <c r="MI37" s="14">
+        <v>0</v>
+      </c>
+      <c r="MJ37" s="14">
+        <v>0</v>
+      </c>
+      <c r="MK37" s="14">
+        <v>0</v>
+      </c>
+      <c r="ML37" s="14">
+        <v>0</v>
+      </c>
+      <c r="MM37" s="14">
+        <v>0</v>
+      </c>
+      <c r="MN37" s="14">
+        <v>0</v>
+      </c>
+      <c r="MO37" s="14">
+        <v>0</v>
+      </c>
+      <c r="MP37" s="14">
+        <v>0</v>
+      </c>
+      <c r="MQ37" s="14">
+        <v>0</v>
+      </c>
+      <c r="MR37" s="14">
+        <v>0</v>
+      </c>
+      <c r="MS37" s="14">
+        <v>0</v>
+      </c>
+      <c r="MT37" s="14">
+        <v>0</v>
+      </c>
+      <c r="MU37" s="14">
+        <v>0</v>
+      </c>
+      <c r="MV37" s="14">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="38" spans="1:360" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A38" s="14"/>
+      <c r="B38" s="15" t="s">
+        <v>16</v>
+      </c>
+      <c r="C38" s="14">
+        <v>0</v>
+      </c>
+      <c r="D38" s="14">
+        <v>0</v>
+      </c>
+      <c r="E38" s="14">
+        <v>0</v>
+      </c>
+      <c r="F38" s="14">
+        <v>0</v>
+      </c>
+      <c r="G38" s="14">
+        <v>0</v>
+      </c>
+      <c r="H38" s="14">
+        <v>0</v>
+      </c>
+      <c r="I38" s="14">
+        <v>0</v>
+      </c>
+      <c r="J38" s="14">
+        <v>0</v>
+      </c>
+      <c r="K38" s="14">
+        <v>0</v>
+      </c>
+      <c r="L38" s="14">
+        <v>0</v>
+      </c>
+      <c r="M38" s="14">
+        <v>0</v>
+      </c>
+      <c r="N38" s="14">
+        <v>0</v>
+      </c>
+      <c r="O38" s="14">
+        <v>0</v>
+      </c>
+      <c r="P38" s="14">
+        <v>0</v>
+      </c>
+      <c r="Q38" s="14">
+        <v>0</v>
+      </c>
+      <c r="R38" s="14">
+        <v>0</v>
+      </c>
+      <c r="S38" s="14">
+        <v>0</v>
+      </c>
+      <c r="T38" s="14">
+        <v>0</v>
+      </c>
+      <c r="U38" s="14">
+        <v>0</v>
+      </c>
+      <c r="V38" s="14">
+        <v>0</v>
+      </c>
+      <c r="W38" s="14">
+        <v>0</v>
+      </c>
+      <c r="X38" s="14">
+        <v>0</v>
+      </c>
+      <c r="Y38" s="14">
+        <v>0</v>
+      </c>
+      <c r="Z38" s="14">
+        <v>0</v>
+      </c>
+      <c r="AA38" s="14">
+        <v>0</v>
+      </c>
+      <c r="AB38" s="14">
+        <v>0</v>
+      </c>
+      <c r="AC38" s="14">
+        <v>0</v>
+      </c>
+      <c r="AD38" s="14">
+        <v>0</v>
+      </c>
+      <c r="AE38" s="14">
+        <v>0</v>
+      </c>
+      <c r="AF38" s="14">
+        <v>0</v>
+      </c>
+      <c r="AG38" s="14">
+        <v>0</v>
+      </c>
+      <c r="AH38" s="14">
+        <v>0</v>
+      </c>
+      <c r="AI38" s="14">
+        <v>0</v>
+      </c>
+      <c r="AJ38" s="14">
+        <v>0</v>
+      </c>
+      <c r="AK38" s="14">
+        <v>0</v>
+      </c>
+      <c r="AL38" s="14">
+        <v>0</v>
+      </c>
+      <c r="AM38" s="14">
+        <v>0</v>
+      </c>
+      <c r="AN38" s="14">
+        <v>0</v>
+      </c>
+      <c r="AO38" s="14">
+        <v>0</v>
+      </c>
+      <c r="AP38" s="14">
+        <v>0</v>
+      </c>
+      <c r="AQ38" s="14">
+        <v>0</v>
+      </c>
+      <c r="AR38" s="14">
+        <v>0</v>
+      </c>
+      <c r="AS38" s="14">
+        <v>0</v>
+      </c>
+      <c r="AT38" s="14">
+        <v>0</v>
+      </c>
+      <c r="AU38" s="14">
+        <v>0</v>
+      </c>
+      <c r="AV38" s="14">
+        <v>0</v>
+      </c>
+      <c r="AW38" s="14">
+        <v>0</v>
+      </c>
+      <c r="AX38" s="14">
+        <v>0</v>
+      </c>
+      <c r="AY38" s="14">
+        <v>0</v>
+      </c>
+      <c r="AZ38" s="14">
+        <v>0</v>
+      </c>
+      <c r="BA38" s="14">
+        <v>0</v>
+      </c>
+      <c r="BB38" s="14">
+        <v>0</v>
+      </c>
+      <c r="BC38" s="14">
+        <v>0</v>
+      </c>
+      <c r="BD38" s="14">
+        <v>0</v>
+      </c>
+      <c r="BE38" s="14">
+        <v>0</v>
+      </c>
+      <c r="BF38" s="14">
+        <v>0</v>
+      </c>
+      <c r="BG38" s="14">
+        <v>0</v>
+      </c>
+      <c r="BH38" s="14">
+        <v>0</v>
+      </c>
+      <c r="BI38" s="14">
+        <v>0</v>
+      </c>
+      <c r="BJ38" s="14">
+        <v>0</v>
+      </c>
+      <c r="BK38" s="14">
+        <v>0</v>
+      </c>
+      <c r="BL38" s="14">
+        <v>0</v>
+      </c>
+      <c r="BM38" s="14">
+        <v>0</v>
+      </c>
+      <c r="BN38" s="14">
+        <v>0</v>
+      </c>
+      <c r="BO38" s="14">
+        <v>0</v>
+      </c>
+      <c r="BP38" s="14">
+        <v>0</v>
+      </c>
+      <c r="BQ38" s="14">
+        <v>0</v>
+      </c>
+      <c r="BR38" s="14">
+        <v>0</v>
+      </c>
+      <c r="BS38" s="14">
+        <v>0</v>
+      </c>
+      <c r="BT38" s="14">
+        <v>0</v>
+      </c>
+      <c r="BU38" s="14">
+        <v>0</v>
+      </c>
+      <c r="BV38" s="14">
+        <v>0</v>
+      </c>
+      <c r="BW38" s="14">
+        <v>0</v>
+      </c>
+      <c r="BX38" s="14">
+        <v>0</v>
+      </c>
+      <c r="BY38" s="14">
+        <v>0</v>
+      </c>
+      <c r="BZ38" s="14">
+        <v>0</v>
+      </c>
+      <c r="CA38" s="14">
+        <v>0</v>
+      </c>
+      <c r="CB38" s="14">
+        <v>0</v>
+      </c>
+      <c r="CC38" s="14">
+        <v>0</v>
+      </c>
+      <c r="CD38" s="14">
+        <v>0</v>
+      </c>
+      <c r="CE38" s="14">
+        <v>0</v>
+      </c>
+      <c r="CF38" s="14">
+        <v>0</v>
+      </c>
+      <c r="CG38" s="14">
+        <v>0</v>
+      </c>
+      <c r="CH38" s="14">
+        <v>0</v>
+      </c>
+      <c r="CI38" s="14">
+        <v>0</v>
+      </c>
+      <c r="CJ38" s="14">
+        <v>0</v>
+      </c>
+      <c r="CK38" s="14">
+        <v>0</v>
+      </c>
+      <c r="CL38" s="14">
+        <v>0</v>
+      </c>
+      <c r="CM38" s="14">
+        <v>0</v>
+      </c>
+      <c r="CN38" s="14">
+        <v>0</v>
+      </c>
+      <c r="CO38" s="14">
+        <v>0</v>
+      </c>
+      <c r="CP38" s="14">
+        <v>0</v>
+      </c>
+      <c r="CQ38" s="14">
+        <v>0</v>
+      </c>
+      <c r="CR38" s="14">
+        <v>0</v>
+      </c>
+      <c r="CS38" s="14">
+        <v>0</v>
+      </c>
+      <c r="CT38" s="14">
+        <v>0</v>
+      </c>
+      <c r="CU38" s="14">
+        <v>0</v>
+      </c>
+      <c r="CV38" s="14">
+        <v>0</v>
+      </c>
+      <c r="CW38" s="14">
+        <v>0</v>
+      </c>
+      <c r="CX38" s="14">
+        <v>0</v>
+      </c>
+      <c r="CY38" s="14">
+        <v>0</v>
+      </c>
+      <c r="CZ38" s="14">
+        <v>0</v>
+      </c>
+      <c r="DA38" s="14">
+        <v>0</v>
+      </c>
+      <c r="DB38" s="14">
+        <v>0</v>
+      </c>
+      <c r="DC38" s="14">
+        <v>0</v>
+      </c>
+      <c r="DD38" s="14">
+        <v>0</v>
+      </c>
+      <c r="DE38" s="14">
+        <v>0</v>
+      </c>
+      <c r="DF38" s="14">
+        <v>0</v>
+      </c>
+      <c r="DG38" s="14">
+        <v>0</v>
+      </c>
+      <c r="DH38" s="14">
+        <v>0</v>
+      </c>
+      <c r="DI38" s="14">
+        <v>0</v>
+      </c>
+      <c r="DJ38" s="14">
+        <v>0</v>
+      </c>
+      <c r="DK38" s="14">
+        <v>0</v>
+      </c>
+      <c r="DL38" s="14">
+        <v>0</v>
+      </c>
+      <c r="DM38" s="14">
+        <v>0</v>
+      </c>
+      <c r="DN38" s="14">
+        <v>0</v>
+      </c>
+      <c r="DO38" s="14">
+        <v>0</v>
+      </c>
+      <c r="DP38" s="14">
+        <v>0</v>
+      </c>
+      <c r="DQ38" s="14">
+        <v>0</v>
+      </c>
+      <c r="DR38" s="14">
+        <v>0</v>
+      </c>
+      <c r="DS38" s="14">
+        <v>0</v>
+      </c>
+      <c r="DT38" s="14">
+        <v>0</v>
+      </c>
+      <c r="DU38" s="14">
+        <v>0</v>
+      </c>
+      <c r="DV38" s="14">
+        <v>0</v>
+      </c>
+      <c r="DW38" s="14">
+        <v>0</v>
+      </c>
+      <c r="DX38" s="14">
+        <v>0</v>
+      </c>
+      <c r="DY38" s="14">
+        <v>0</v>
+      </c>
+      <c r="DZ38" s="14">
+        <v>0</v>
+      </c>
+      <c r="EA38" s="14">
+        <v>0</v>
+      </c>
+      <c r="EB38" s="14">
+        <v>0</v>
+      </c>
+      <c r="EC38" s="14">
+        <v>0</v>
+      </c>
+      <c r="ED38" s="14">
+        <v>0</v>
+      </c>
+      <c r="EE38" s="14">
+        <v>0</v>
+      </c>
+      <c r="EF38" s="14">
+        <v>0</v>
+      </c>
+      <c r="EG38" s="14">
+        <v>0</v>
+      </c>
+      <c r="EH38" s="14">
+        <v>0</v>
+      </c>
+      <c r="EI38" s="14">
+        <v>0</v>
+      </c>
+      <c r="EJ38" s="14">
+        <v>0</v>
+      </c>
+      <c r="EK38" s="14">
+        <v>0</v>
+      </c>
+      <c r="EL38" s="14">
+        <v>0</v>
+      </c>
+      <c r="EM38" s="14">
+        <v>0</v>
+      </c>
+      <c r="EN38" s="14">
+        <v>0</v>
+      </c>
+      <c r="EO38" s="14">
+        <v>0</v>
+      </c>
+      <c r="EP38" s="14">
+        <v>0</v>
+      </c>
+      <c r="EQ38" s="14">
+        <v>0</v>
+      </c>
+      <c r="ER38" s="14">
+        <v>0</v>
+      </c>
+      <c r="ES38" s="14">
+        <v>0</v>
+      </c>
+      <c r="ET38" s="14">
+        <v>0</v>
+      </c>
+      <c r="EU38" s="14">
+        <v>0</v>
+      </c>
+      <c r="EV38" s="14">
+        <v>0</v>
+      </c>
+      <c r="EW38" s="14">
+        <v>0</v>
+      </c>
+      <c r="EX38" s="14">
+        <v>0</v>
+      </c>
+      <c r="EY38" s="14">
+        <v>0</v>
+      </c>
+      <c r="EZ38" s="14">
+        <v>0</v>
+      </c>
+      <c r="FA38" s="14">
+        <v>0</v>
+      </c>
+      <c r="FB38" s="14">
+        <v>0</v>
+      </c>
+      <c r="FC38" s="14">
+        <v>0</v>
+      </c>
+      <c r="FD38" s="14">
+        <v>0</v>
+      </c>
+      <c r="FE38" s="14">
+        <v>0</v>
+      </c>
+      <c r="FF38" s="14">
+        <v>0</v>
+      </c>
+      <c r="FG38" s="14">
+        <v>0</v>
+      </c>
+      <c r="FH38" s="14">
+        <v>0</v>
+      </c>
+      <c r="FI38" s="14">
+        <v>0</v>
+      </c>
+      <c r="FJ38" s="14">
+        <v>0</v>
+      </c>
+      <c r="FK38" s="14">
+        <v>0</v>
+      </c>
+      <c r="FL38" s="14">
+        <v>0</v>
+      </c>
+      <c r="FM38" s="14">
+        <v>0</v>
+      </c>
+      <c r="FN38" s="14">
+        <v>0</v>
+      </c>
+      <c r="FO38" s="14">
+        <v>0</v>
+      </c>
+      <c r="FP38" s="14">
+        <v>0</v>
+      </c>
+      <c r="FQ38" s="14">
+        <v>0</v>
+      </c>
+      <c r="FR38" s="14">
+        <v>0</v>
+      </c>
+      <c r="FS38" s="14">
+        <v>0</v>
+      </c>
+      <c r="FT38" s="14">
+        <v>0</v>
+      </c>
+      <c r="FU38" s="14">
+        <v>0</v>
+      </c>
+      <c r="FV38" s="14">
+        <v>0</v>
+      </c>
+      <c r="FW38" s="14">
+        <v>0</v>
+      </c>
+      <c r="FX38" s="14">
+        <v>0</v>
+      </c>
+      <c r="FY38" s="14">
+        <v>0</v>
+      </c>
+      <c r="FZ38" s="14">
+        <v>0</v>
+      </c>
+      <c r="GA38" s="14">
+        <v>0</v>
+      </c>
+      <c r="GB38" s="14">
+        <v>0</v>
+      </c>
+      <c r="GC38" s="14">
+        <v>0</v>
+      </c>
+      <c r="GD38" s="14">
+        <v>0</v>
+      </c>
+      <c r="GE38" s="14">
+        <v>0</v>
+      </c>
+      <c r="GF38" s="14">
+        <v>0</v>
+      </c>
+      <c r="GG38" s="14">
+        <v>0</v>
+      </c>
+      <c r="GH38" s="14">
+        <v>0</v>
+      </c>
+      <c r="GI38" s="14">
+        <v>0</v>
+      </c>
+      <c r="GJ38" s="14">
+        <v>0</v>
+      </c>
+      <c r="GK38" s="14">
+        <v>0</v>
+      </c>
+      <c r="GL38" s="14">
+        <v>0</v>
+      </c>
+      <c r="GM38" s="14">
+        <v>0</v>
+      </c>
+      <c r="GN38" s="14">
+        <v>0</v>
+      </c>
+      <c r="GO38" s="14">
+        <v>0</v>
+      </c>
+      <c r="GP38" s="14">
+        <v>0</v>
+      </c>
+      <c r="GQ38" s="14">
+        <v>0</v>
+      </c>
+      <c r="GR38" s="14">
+        <v>0</v>
+      </c>
+      <c r="GS38" s="14">
+        <v>0</v>
+      </c>
+      <c r="GT38" s="14">
+        <v>0</v>
+      </c>
+      <c r="GU38" s="14">
+        <v>0</v>
+      </c>
+      <c r="GV38" s="14">
+        <v>0</v>
+      </c>
+      <c r="GW38" s="14">
+        <v>0</v>
+      </c>
+      <c r="GX38" s="14">
+        <v>0</v>
+      </c>
+      <c r="GY38" s="14">
+        <v>0</v>
+      </c>
+      <c r="GZ38" s="14">
+        <v>0</v>
+      </c>
+      <c r="HA38" s="14">
+        <v>0</v>
+      </c>
+      <c r="HB38" s="14">
+        <v>0</v>
+      </c>
+      <c r="HC38" s="14">
+        <v>0</v>
+      </c>
+      <c r="HD38" s="14">
+        <v>0</v>
+      </c>
+      <c r="HE38" s="14">
+        <v>0</v>
+      </c>
+      <c r="HF38" s="14">
+        <v>0</v>
+      </c>
+      <c r="HG38" s="14">
+        <v>0</v>
+      </c>
+      <c r="HH38" s="14">
+        <v>0</v>
+      </c>
+      <c r="HI38" s="14">
+        <v>0</v>
+      </c>
+      <c r="HJ38" s="14">
+        <v>0</v>
+      </c>
+      <c r="HK38" s="14">
+        <v>0</v>
+      </c>
+      <c r="HL38" s="14">
+        <v>0</v>
+      </c>
+      <c r="HM38" s="14">
+        <v>0</v>
+      </c>
+      <c r="HN38" s="14">
+        <v>0</v>
+      </c>
+      <c r="HO38" s="14">
+        <v>0</v>
+      </c>
+      <c r="HP38" s="14">
+        <v>0</v>
+      </c>
+      <c r="HQ38" s="14">
+        <v>0</v>
+      </c>
+      <c r="HR38" s="14">
+        <v>0</v>
+      </c>
+      <c r="HS38" s="14">
+        <v>0</v>
+      </c>
+      <c r="HT38" s="14">
+        <v>0</v>
+      </c>
+      <c r="HU38" s="14">
+        <v>0</v>
+      </c>
+      <c r="HV38" s="14">
+        <v>0</v>
+      </c>
+      <c r="HW38" s="14">
+        <v>0</v>
+      </c>
+      <c r="HX38" s="14">
+        <v>0</v>
+      </c>
+      <c r="HY38" s="14">
+        <v>0</v>
+      </c>
+      <c r="HZ38" s="14">
+        <v>0</v>
+      </c>
+      <c r="IA38" s="14">
+        <v>0</v>
+      </c>
+      <c r="IB38" s="14">
+        <v>0</v>
+      </c>
+      <c r="IC38" s="14">
+        <v>0</v>
+      </c>
+      <c r="ID38" s="14">
+        <v>0</v>
+      </c>
+      <c r="IE38" s="14">
+        <v>0</v>
+      </c>
+      <c r="IF38" s="14">
+        <v>0</v>
+      </c>
+      <c r="IG38" s="14">
+        <v>0</v>
+      </c>
+      <c r="IH38" s="14">
+        <v>0</v>
+      </c>
+      <c r="II38" s="14">
+        <v>0</v>
+      </c>
+      <c r="IJ38" s="14">
+        <v>0</v>
+      </c>
+      <c r="IK38" s="14">
+        <v>0</v>
+      </c>
+      <c r="IL38" s="14">
+        <v>0</v>
+      </c>
+      <c r="IM38" s="14">
+        <v>0</v>
+      </c>
+      <c r="IN38" s="14">
+        <v>0</v>
+      </c>
+      <c r="IO38" s="14">
+        <v>0</v>
+      </c>
+      <c r="IP38" s="14">
+        <v>0</v>
+      </c>
+      <c r="IQ38" s="14">
+        <v>0</v>
+      </c>
+      <c r="IR38" s="14">
+        <v>0</v>
+      </c>
+      <c r="IS38" s="14">
+        <v>0</v>
+      </c>
+      <c r="IT38" s="14">
+        <v>0</v>
+      </c>
+      <c r="IU38" s="14">
+        <v>0</v>
+      </c>
+      <c r="IV38" s="14">
+        <v>0</v>
+      </c>
+      <c r="IW38" s="14">
+        <v>0</v>
+      </c>
+      <c r="IX38" s="14">
+        <v>0</v>
+      </c>
+      <c r="IY38" s="14">
+        <v>0</v>
+      </c>
+      <c r="IZ38" s="14">
+        <v>0</v>
+      </c>
+      <c r="JA38" s="14">
+        <v>0</v>
+      </c>
+      <c r="JB38" s="14">
+        <v>0</v>
+      </c>
+      <c r="JC38" s="14">
+        <v>0</v>
+      </c>
+      <c r="JD38" s="14">
+        <v>0</v>
+      </c>
+      <c r="JE38" s="14">
+        <v>0</v>
+      </c>
+      <c r="JF38" s="14">
+        <v>0</v>
+      </c>
+      <c r="JG38" s="14">
+        <v>0</v>
+      </c>
+      <c r="JH38" s="14">
+        <v>0</v>
+      </c>
+      <c r="JI38" s="14">
+        <v>0</v>
+      </c>
+      <c r="JJ38" s="14">
+        <v>0</v>
+      </c>
+      <c r="JK38" s="14">
+        <v>0</v>
+      </c>
+      <c r="JL38" s="14">
+        <v>0</v>
+      </c>
+      <c r="JM38" s="14">
+        <v>0</v>
+      </c>
+      <c r="JN38" s="14">
+        <v>0</v>
+      </c>
+      <c r="JO38" s="14">
+        <v>0</v>
+      </c>
+      <c r="JP38" s="14">
+        <v>0</v>
+      </c>
+      <c r="JQ38" s="14">
+        <v>0</v>
+      </c>
+      <c r="JR38" s="14">
+        <v>0</v>
+      </c>
+      <c r="JS38" s="14">
+        <v>0</v>
+      </c>
+      <c r="JT38" s="14">
+        <v>0</v>
+      </c>
+      <c r="JU38" s="14">
+        <v>0</v>
+      </c>
+      <c r="JV38" s="14">
+        <v>0</v>
+      </c>
+      <c r="JW38" s="14">
+        <v>0</v>
+      </c>
+      <c r="JX38" s="14">
+        <v>0</v>
+      </c>
+      <c r="JY38" s="14">
+        <v>0</v>
+      </c>
+      <c r="JZ38" s="14">
+        <v>0</v>
+      </c>
+      <c r="KA38" s="14">
+        <v>0</v>
+      </c>
+      <c r="KB38" s="14">
+        <v>0</v>
+      </c>
+      <c r="KC38" s="14">
+        <v>0</v>
+      </c>
+      <c r="KD38" s="14">
+        <v>0</v>
+      </c>
+      <c r="KE38" s="14">
+        <v>0</v>
+      </c>
+      <c r="KF38" s="14">
+        <v>0</v>
+      </c>
+      <c r="KG38" s="14">
+        <v>0</v>
+      </c>
+      <c r="KH38" s="14">
+        <v>0</v>
+      </c>
+      <c r="KI38" s="14">
+        <v>0</v>
+      </c>
+      <c r="KJ38" s="14">
+        <v>0</v>
+      </c>
+      <c r="KK38" s="14">
+        <v>0</v>
+      </c>
+      <c r="KL38" s="14">
+        <v>0</v>
+      </c>
+      <c r="KM38" s="14">
+        <v>0</v>
+      </c>
+      <c r="KN38" s="14">
+        <v>0</v>
+      </c>
+      <c r="KO38" s="14">
+        <v>0</v>
+      </c>
+      <c r="KP38" s="14">
+        <v>0</v>
+      </c>
+      <c r="KQ38" s="14">
+        <v>0</v>
+      </c>
+      <c r="KR38" s="14">
+        <v>0</v>
+      </c>
+      <c r="KS38" s="14">
+        <v>0</v>
+      </c>
+      <c r="KT38" s="14">
+        <v>0</v>
+      </c>
+      <c r="KU38" s="14">
+        <v>0</v>
+      </c>
+      <c r="KV38" s="14">
+        <v>0</v>
+      </c>
+      <c r="KW38" s="14">
+        <v>0</v>
+      </c>
+      <c r="KX38" s="14">
+        <v>0</v>
+      </c>
+      <c r="KY38" s="14">
+        <v>0</v>
+      </c>
+      <c r="KZ38" s="14">
+        <v>0</v>
+      </c>
+      <c r="LA38" s="14">
+        <v>0</v>
+      </c>
+      <c r="LB38" s="14">
+        <v>0</v>
+      </c>
+      <c r="LC38" s="14">
+        <v>0</v>
+      </c>
+      <c r="LD38" s="14">
+        <v>0</v>
+      </c>
+      <c r="LE38" s="14">
+        <v>0</v>
+      </c>
+      <c r="LF38" s="14">
+        <v>0</v>
+      </c>
+      <c r="LG38" s="14">
+        <v>0</v>
+      </c>
+      <c r="LH38" s="14">
+        <v>0</v>
+      </c>
+      <c r="LI38" s="14">
+        <v>0</v>
+      </c>
+      <c r="LJ38" s="14">
+        <v>0</v>
+      </c>
+      <c r="LK38" s="14">
+        <v>0</v>
+      </c>
+      <c r="LL38" s="14">
+        <v>0</v>
+      </c>
+      <c r="LM38" s="14">
+        <v>0</v>
+      </c>
+      <c r="LN38" s="14">
+        <v>0</v>
+      </c>
+      <c r="LO38" s="14">
+        <v>0</v>
+      </c>
+      <c r="LP38" s="14">
+        <v>0</v>
+      </c>
+      <c r="LQ38" s="14">
+        <v>0</v>
+      </c>
+      <c r="LR38" s="14">
+        <v>0</v>
+      </c>
+      <c r="LS38" s="14">
+        <v>0</v>
+      </c>
+      <c r="LT38" s="14">
+        <v>0</v>
+      </c>
+      <c r="LU38" s="14">
+        <v>0</v>
+      </c>
+      <c r="LV38" s="14">
+        <v>0</v>
+      </c>
+      <c r="LW38" s="14">
+        <v>0</v>
+      </c>
+      <c r="LX38" s="14">
+        <v>0</v>
+      </c>
+      <c r="LY38" s="14">
+        <v>0</v>
+      </c>
+      <c r="LZ38" s="14">
+        <v>0</v>
+      </c>
+      <c r="MA38" s="14">
+        <v>0</v>
+      </c>
+      <c r="MB38" s="14">
+        <v>0</v>
+      </c>
+      <c r="MC38" s="14">
+        <v>0</v>
+      </c>
+      <c r="MD38" s="14">
+        <v>0</v>
+      </c>
+      <c r="ME38" s="14">
+        <v>0</v>
+      </c>
+      <c r="MF38" s="14">
+        <v>0</v>
+      </c>
+      <c r="MG38" s="14">
+        <v>0</v>
+      </c>
+      <c r="MH38" s="14">
+        <v>0</v>
+      </c>
+      <c r="MI38" s="14">
+        <v>0</v>
+      </c>
+      <c r="MJ38" s="14">
+        <v>0</v>
+      </c>
+      <c r="MK38" s="14">
+        <v>0</v>
+      </c>
+      <c r="ML38" s="14">
+        <v>0</v>
+      </c>
+      <c r="MM38" s="14">
+        <v>0</v>
+      </c>
+      <c r="MN38" s="14">
+        <v>0</v>
+      </c>
+      <c r="MO38" s="14">
+        <v>0</v>
+      </c>
+      <c r="MP38" s="14">
+        <v>0</v>
+      </c>
+      <c r="MQ38" s="14">
+        <v>0</v>
+      </c>
+      <c r="MR38" s="14">
+        <v>0</v>
+      </c>
+      <c r="MS38" s="14">
+        <v>0</v>
+      </c>
+      <c r="MT38" s="14">
+        <v>0</v>
+      </c>
+      <c r="MU38" s="14">
+        <v>0</v>
+      </c>
+      <c r="MV38" s="14">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="39" spans="1:360" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A39" s="14"/>
+      <c r="B39" s="15" t="s">
+        <v>22</v>
+      </c>
+      <c r="C39" s="14">
+        <v>0</v>
+      </c>
+      <c r="D39" s="14">
+        <v>0</v>
+      </c>
+      <c r="E39" s="14">
+        <v>0</v>
+      </c>
+      <c r="F39" s="14">
+        <v>0</v>
+      </c>
+      <c r="G39" s="14">
+        <v>0</v>
+      </c>
+      <c r="H39" s="14">
+        <v>0</v>
+      </c>
+      <c r="I39" s="14">
+        <v>0</v>
+      </c>
+      <c r="J39" s="14">
+        <v>0</v>
+      </c>
+      <c r="K39" s="14">
+        <v>0</v>
+      </c>
+      <c r="L39" s="14">
+        <v>0</v>
+      </c>
+      <c r="M39" s="14">
+        <v>0</v>
+      </c>
+      <c r="N39" s="14">
+        <v>0</v>
+      </c>
+      <c r="O39" s="14">
+        <v>0</v>
+      </c>
+      <c r="P39" s="14">
+        <v>0</v>
+      </c>
+      <c r="Q39" s="14">
+        <v>0</v>
+      </c>
+      <c r="R39" s="14">
+        <v>0</v>
+      </c>
+      <c r="S39" s="14">
+        <v>0</v>
+      </c>
+      <c r="T39" s="14">
+        <v>0</v>
+      </c>
+      <c r="U39" s="14">
+        <v>0</v>
+      </c>
+      <c r="V39" s="14">
+        <v>0</v>
+      </c>
+      <c r="W39" s="14">
+        <v>0</v>
+      </c>
+      <c r="X39" s="14">
+        <v>0</v>
+      </c>
+      <c r="Y39" s="14">
+        <v>0</v>
+      </c>
+      <c r="Z39" s="14">
+        <v>0</v>
+      </c>
+      <c r="AA39" s="14">
+        <v>0</v>
+      </c>
+      <c r="AB39" s="14">
+        <v>0</v>
+      </c>
+      <c r="AC39" s="14">
+        <v>0</v>
+      </c>
+      <c r="AD39" s="14">
+        <v>0</v>
+      </c>
+      <c r="AE39" s="14">
+        <v>0</v>
+      </c>
+      <c r="AF39" s="14">
+        <v>0</v>
+      </c>
+      <c r="AG39" s="14">
+        <v>0</v>
+      </c>
+      <c r="AH39" s="14">
+        <v>0</v>
+      </c>
+      <c r="AI39" s="14">
+        <v>0</v>
+      </c>
+      <c r="AJ39" s="14">
+        <v>0</v>
+      </c>
+      <c r="AK39" s="14">
+        <v>0</v>
+      </c>
+      <c r="AL39" s="14">
+        <v>0</v>
+      </c>
+      <c r="AM39" s="14">
+        <v>0</v>
+      </c>
+      <c r="AN39" s="14">
+        <v>4.6364181000000002</v>
+      </c>
+      <c r="AO39" s="14">
+        <v>9.2728361899999996</v>
+      </c>
+      <c r="AP39" s="14">
+        <v>13.90925429</v>
+      </c>
+      <c r="AQ39" s="14">
+        <v>18.54567239</v>
+      </c>
+      <c r="AR39" s="14">
+        <v>23.18209049</v>
+      </c>
+      <c r="AS39" s="14">
+        <v>27.81850858</v>
+      </c>
+      <c r="AT39" s="14">
+        <v>32.45492668</v>
+      </c>
+      <c r="AU39" s="14">
+        <v>37.09134478</v>
+      </c>
+      <c r="AV39" s="14">
+        <v>41.72776288</v>
+      </c>
+      <c r="AW39" s="14">
+        <v>46.36418097</v>
+      </c>
+      <c r="AX39" s="14">
+        <v>51.00059907</v>
+      </c>
+      <c r="AY39" s="14">
+        <v>55.63701717</v>
+      </c>
+      <c r="AZ39" s="14">
+        <v>56.835988020000002</v>
+      </c>
+      <c r="BA39" s="14">
+        <v>58.308033999999999</v>
+      </c>
+      <c r="BB39" s="14">
+        <v>58.591752489999998</v>
+      </c>
+      <c r="BC39" s="14">
+        <v>58.288277870000002</v>
+      </c>
+      <c r="BD39" s="14">
+        <v>58.027420749999997</v>
+      </c>
+      <c r="BE39" s="14">
+        <v>58.115824779999997</v>
+      </c>
+      <c r="BF39" s="14">
+        <v>58.318500329999999</v>
+      </c>
+      <c r="BG39" s="14">
+        <v>61.303400609999997</v>
+      </c>
+      <c r="BH39" s="14">
+        <v>60.981731269999997</v>
+      </c>
+      <c r="BI39" s="14">
+        <v>61.887570840000002</v>
+      </c>
+      <c r="BJ39" s="14">
+        <v>62.102663100000001</v>
+      </c>
+      <c r="BK39" s="14">
+        <v>59.994005340000001</v>
+      </c>
+      <c r="BL39" s="14">
+        <v>60.11604166</v>
+      </c>
+      <c r="BM39" s="14">
+        <v>60.279436109999999</v>
+      </c>
+      <c r="BN39" s="14">
+        <v>60.124459180000002</v>
+      </c>
+      <c r="BO39" s="14">
+        <v>58.401231180000003</v>
+      </c>
+      <c r="BP39" s="14">
+        <v>56.40614197</v>
+      </c>
+      <c r="BQ39" s="14">
+        <v>56.34431017</v>
+      </c>
+      <c r="BR39" s="14">
+        <v>41.430342080000003</v>
+      </c>
+      <c r="BS39" s="14">
+        <v>59.212378530000002</v>
+      </c>
+      <c r="BT39" s="14">
+        <v>66.286202680000002</v>
+      </c>
+      <c r="BU39" s="14">
+        <v>64.821986240000001</v>
+      </c>
+      <c r="BV39" s="14">
+        <v>67.095033790000002</v>
+      </c>
+      <c r="BW39" s="14">
+        <v>63.033352690000001</v>
+      </c>
+      <c r="BX39" s="14">
+        <v>64.137958459999993</v>
+      </c>
+      <c r="BY39" s="14">
+        <v>63.346832059999997</v>
+      </c>
+      <c r="BZ39" s="14">
+        <v>62.653083410000001</v>
+      </c>
+      <c r="CA39" s="14">
+        <v>62.075987830000003</v>
+      </c>
+      <c r="CB39" s="14">
+        <v>61.807477630000001</v>
+      </c>
+      <c r="CC39" s="14">
+        <v>58.550229969999997</v>
+      </c>
+      <c r="CD39" s="14">
+        <v>56.080947700000003</v>
+      </c>
+      <c r="CE39" s="14">
+        <v>56.020601360000001</v>
+      </c>
+      <c r="CF39" s="14">
+        <v>54.427954079999999</v>
+      </c>
+      <c r="CG39" s="14">
+        <v>55.36363017</v>
+      </c>
+      <c r="CH39" s="14">
+        <v>51.918137889999997</v>
+      </c>
+      <c r="CI39" s="14">
+        <v>51.748845690000003</v>
+      </c>
+      <c r="CJ39" s="14">
+        <v>48.887602530000002</v>
+      </c>
+      <c r="CK39" s="14">
+        <v>48.891645080000004</v>
+      </c>
+      <c r="CL39" s="14">
+        <v>48.454099450000001</v>
+      </c>
+      <c r="CM39" s="14">
+        <v>46.823000720000003</v>
+      </c>
+      <c r="CN39" s="14">
+        <v>46.583667839999997</v>
+      </c>
+      <c r="CO39" s="14">
+        <v>46.032716749999999</v>
+      </c>
+      <c r="CP39" s="14">
+        <v>42.629642140000001</v>
+      </c>
+      <c r="CQ39" s="14">
+        <v>42.10749165</v>
+      </c>
+      <c r="CR39" s="14">
+        <v>42.105037230000001</v>
+      </c>
+      <c r="CS39" s="14">
+        <v>41.998990859999999</v>
+      </c>
+      <c r="CT39" s="14">
+        <v>42.316930679999999</v>
+      </c>
+      <c r="CU39" s="14">
+        <v>41.936462919999997</v>
+      </c>
+      <c r="CV39" s="14">
+        <v>38.318159450000003</v>
+      </c>
+      <c r="CW39" s="14">
+        <v>37.902684880000002</v>
+      </c>
+      <c r="CX39" s="14">
+        <v>36.45452805</v>
+      </c>
+      <c r="CY39" s="14">
+        <v>36.855479639999999</v>
+      </c>
+      <c r="CZ39" s="14">
+        <v>36.06387093</v>
+      </c>
+      <c r="DA39" s="14">
+        <v>35.506932370000001</v>
+      </c>
+      <c r="DB39" s="14">
+        <v>32.184069630000003</v>
+      </c>
+      <c r="DC39" s="14">
+        <v>31.86431335</v>
+      </c>
+      <c r="DD39" s="14">
+        <v>32.076692119999997</v>
+      </c>
+      <c r="DE39" s="14">
+        <v>31.753273190000002</v>
+      </c>
+      <c r="DF39" s="14">
+        <v>32.22120511</v>
+      </c>
+      <c r="DG39" s="14">
+        <v>31.939293989999999</v>
+      </c>
+      <c r="DH39" s="14">
+        <v>27.770940299999999</v>
+      </c>
+      <c r="DI39" s="14">
+        <v>27.600784409999999</v>
+      </c>
+      <c r="DJ39" s="14">
+        <v>26.717034949999999</v>
+      </c>
+      <c r="DK39" s="14">
+        <v>26.341708690000001</v>
+      </c>
+      <c r="DL39" s="14">
+        <v>26.049761660000001</v>
+      </c>
+      <c r="DM39" s="14">
+        <v>25.527816569999999</v>
+      </c>
+      <c r="DN39" s="14">
+        <v>22.109593740000001</v>
+      </c>
+      <c r="DO39" s="14">
+        <v>22.347078249999999</v>
+      </c>
+      <c r="DP39" s="14">
+        <v>28.137611790000001</v>
+      </c>
+      <c r="DQ39" s="14">
+        <v>27.900560800000001</v>
+      </c>
+      <c r="DR39" s="14">
+        <v>27.93302855</v>
+      </c>
+      <c r="DS39" s="14">
+        <v>31.999950510000001</v>
+      </c>
+      <c r="DT39" s="14">
+        <v>26.52332041</v>
+      </c>
+      <c r="DU39" s="14">
+        <v>26.318110860000001</v>
+      </c>
+      <c r="DV39" s="14">
+        <v>25.792226719999999</v>
+      </c>
+      <c r="DW39" s="14">
+        <v>25.50258358</v>
+      </c>
+      <c r="DX39" s="14">
+        <v>24.719998889999999</v>
+      </c>
+      <c r="DY39" s="14">
+        <v>24.069534170000001</v>
+      </c>
+      <c r="DZ39" s="14">
+        <v>22.570539279999998</v>
+      </c>
+      <c r="EA39" s="14">
+        <v>22.726789660000001</v>
+      </c>
+      <c r="EB39" s="14">
+        <v>22.44719959</v>
+      </c>
+      <c r="EC39" s="14">
+        <v>26.114733309999998</v>
+      </c>
+      <c r="ED39" s="14">
+        <v>25.987865339999999</v>
+      </c>
+      <c r="EE39" s="14">
+        <v>25.339056759999998</v>
+      </c>
+      <c r="EF39" s="14">
+        <v>29.221544099999999</v>
+      </c>
+      <c r="EG39" s="14">
+        <v>29.110149199999999</v>
+      </c>
+      <c r="EH39" s="14">
+        <v>29.011839169999998</v>
+      </c>
+      <c r="EI39" s="14">
+        <v>28.602842020000001</v>
+      </c>
+      <c r="EJ39" s="14">
+        <v>28.344055409999999</v>
+      </c>
+      <c r="EK39" s="14">
+        <v>27.848595280000001</v>
+      </c>
+      <c r="EL39" s="14">
+        <v>27.1283049</v>
+      </c>
+      <c r="EM39" s="14">
+        <v>27.200648220000001</v>
+      </c>
+      <c r="EN39" s="14">
+        <v>26.55673002</v>
+      </c>
+      <c r="EO39" s="14">
+        <v>36.260100899999998</v>
+      </c>
+      <c r="EP39" s="14">
+        <v>43.952856390000001</v>
+      </c>
+      <c r="EQ39" s="14">
+        <v>42.9912128</v>
+      </c>
+      <c r="ER39" s="14">
+        <v>41.019537110000002</v>
+      </c>
+      <c r="ES39" s="14">
+        <v>41.18542394</v>
+      </c>
+      <c r="ET39" s="14">
+        <v>40.576381810000001</v>
+      </c>
+      <c r="EU39" s="14">
+        <v>40.500399960000003</v>
+      </c>
+      <c r="EV39" s="14">
+        <v>40.428219159999998</v>
+      </c>
+      <c r="EW39" s="14">
+        <v>39.895085709999996</v>
+      </c>
+      <c r="EX39" s="14">
+        <v>45.698809779999998</v>
+      </c>
+      <c r="EY39" s="14">
+        <v>45.332892219999998</v>
+      </c>
+      <c r="EZ39" s="14">
+        <v>44.452979149999997</v>
+      </c>
+      <c r="FA39" s="14">
+        <v>44.987458590000003</v>
+      </c>
+      <c r="FB39" s="14">
+        <v>54.701938749999997</v>
+      </c>
+      <c r="FC39" s="14">
+        <v>55.994011550000003</v>
+      </c>
+      <c r="FD39" s="14">
+        <v>58.324074250000002</v>
+      </c>
+      <c r="FE39" s="14">
+        <v>58.631038119999999</v>
+      </c>
+      <c r="FF39" s="14">
+        <v>103.65620649</v>
+      </c>
+      <c r="FG39" s="14">
+        <v>103.1899574</v>
+      </c>
+      <c r="FH39" s="14">
+        <v>101.80926544</v>
+      </c>
+      <c r="FI39" s="14">
+        <v>100.87581234</v>
+      </c>
+      <c r="FJ39" s="14">
+        <v>98.538639739999994</v>
+      </c>
+      <c r="FK39" s="14">
+        <v>98.268079439999994</v>
+      </c>
+      <c r="FL39" s="14">
+        <v>97.235919749999994</v>
+      </c>
+      <c r="FM39" s="14">
+        <v>96.343588690000004</v>
+      </c>
+      <c r="FN39" s="14">
+        <v>97.568133329999995</v>
+      </c>
+      <c r="FO39" s="14">
+        <v>97.735987420000001</v>
+      </c>
+      <c r="FP39" s="14">
+        <v>92.150282110000006</v>
+      </c>
+      <c r="FQ39" s="14">
+        <v>91.537677459999998</v>
+      </c>
+      <c r="FR39" s="14">
+        <v>91.853520500000002</v>
+      </c>
+      <c r="FS39" s="14">
+        <v>91.6943938</v>
+      </c>
+      <c r="FT39" s="14">
+        <v>91.903591340000006</v>
+      </c>
+      <c r="FU39" s="14">
+        <v>90.800250469999995</v>
+      </c>
+      <c r="FV39" s="14">
+        <v>86.478508059999996</v>
+      </c>
+      <c r="FW39" s="14">
+        <v>86.817935120000001</v>
+      </c>
+      <c r="FX39" s="14">
+        <v>86.307820169999999</v>
+      </c>
+      <c r="FY39" s="14">
+        <v>86.839519120000006</v>
+      </c>
+      <c r="FZ39" s="14">
+        <v>87.821816440000006</v>
+      </c>
+      <c r="GA39" s="14">
+        <v>87.15596266</v>
+      </c>
+      <c r="GB39" s="14">
+        <v>83.060701839999993</v>
+      </c>
+      <c r="GC39" s="14">
+        <v>83.154407849999998</v>
+      </c>
+      <c r="GD39" s="14">
+        <v>82.615592809999995</v>
+      </c>
+      <c r="GE39" s="14">
+        <v>78.328299790000003</v>
+      </c>
+      <c r="GF39" s="14">
+        <v>79.14819129</v>
+      </c>
+      <c r="GG39" s="14">
+        <v>78.44773069</v>
+      </c>
+      <c r="GH39" s="14">
+        <v>74.952517090000001</v>
+      </c>
+      <c r="GI39" s="14">
+        <v>75.123664410000003</v>
+      </c>
+      <c r="GJ39" s="14">
+        <v>74.696025000000006</v>
+      </c>
+      <c r="GK39" s="14">
+        <v>74.627778019999994</v>
+      </c>
+      <c r="GL39" s="14">
+        <v>74.700557209999999</v>
+      </c>
+      <c r="GM39" s="14">
+        <v>74.930899589999996</v>
+      </c>
+      <c r="GN39" s="14">
+        <v>71.964698990000002</v>
+      </c>
+      <c r="GO39" s="14">
+        <v>72.077986839999994</v>
+      </c>
+      <c r="GP39" s="14">
+        <v>71.319704920000007</v>
+      </c>
+      <c r="GQ39" s="14">
+        <v>71.554238159999997</v>
+      </c>
+      <c r="GR39" s="14">
+        <v>71.763622729999994</v>
+      </c>
+      <c r="GS39" s="14">
+        <v>71.19909912</v>
+      </c>
+      <c r="GT39" s="14">
+        <v>67.984637599999999</v>
+      </c>
+      <c r="GU39" s="14">
+        <v>67.628180279999995</v>
+      </c>
+      <c r="GV39" s="14">
+        <v>67.266987850000007</v>
+      </c>
+      <c r="GW39" s="14">
+        <v>68.020442090000003</v>
+      </c>
+      <c r="GX39" s="14">
+        <v>68.180440070000003</v>
+      </c>
+      <c r="GY39" s="14">
+        <v>68.037974410000004</v>
+      </c>
+      <c r="GZ39" s="14">
+        <v>66.264787010000006</v>
+      </c>
+      <c r="HA39" s="14">
+        <v>66.249737109999998</v>
+      </c>
+      <c r="HB39" s="14">
+        <v>66.16448536</v>
+      </c>
+      <c r="HC39" s="14">
+        <v>66.282062550000006</v>
+      </c>
+      <c r="HD39" s="14">
+        <v>65.848240680000004</v>
+      </c>
+      <c r="HE39" s="14">
+        <v>64.846814199999997</v>
+      </c>
+      <c r="HF39" s="14">
+        <v>63.122304380000003</v>
+      </c>
+      <c r="HG39" s="14">
+        <v>63.644280430000002</v>
+      </c>
+      <c r="HH39" s="14">
+        <v>64.036857659999995</v>
+      </c>
+      <c r="HI39" s="14">
+        <v>64.103484600000002</v>
+      </c>
+      <c r="HJ39" s="14">
+        <v>64.196895380000001</v>
+      </c>
+      <c r="HK39" s="14">
+        <v>64.159724560000001</v>
+      </c>
+      <c r="HL39" s="14">
+        <v>64.039075929999996</v>
+      </c>
+      <c r="HM39" s="14">
+        <v>64.152909969999996</v>
+      </c>
+      <c r="HN39" s="14">
+        <v>64.054011819999999</v>
+      </c>
+      <c r="HO39" s="14">
+        <v>63.600461610000004</v>
+      </c>
+      <c r="HP39" s="14">
+        <v>63.442596999999999</v>
+      </c>
+      <c r="HQ39" s="14">
+        <v>63.296761779999997</v>
+      </c>
+      <c r="HR39" s="14">
+        <v>63.658909780000002</v>
+      </c>
+      <c r="HS39" s="14">
+        <v>63.583311989999999</v>
+      </c>
+      <c r="HT39" s="14">
+        <v>63.575677720000002</v>
+      </c>
+      <c r="HU39" s="14">
+        <v>63.879213819999997</v>
+      </c>
+      <c r="HV39" s="14">
+        <v>59.817724079999998</v>
+      </c>
+      <c r="HW39" s="14">
+        <v>63.844828679999999</v>
+      </c>
+      <c r="HX39" s="14">
+        <v>63.973563650000003</v>
+      </c>
+      <c r="HY39" s="14">
+        <v>63.915524619999999</v>
+      </c>
+      <c r="HZ39" s="14">
+        <v>63.562224030000003</v>
+      </c>
+      <c r="IA39" s="14">
+        <v>63.108048150000002</v>
+      </c>
+      <c r="IB39" s="14">
+        <v>63.039354160000002</v>
+      </c>
+      <c r="IC39" s="14">
+        <v>63.032697630000001</v>
+      </c>
+      <c r="ID39" s="14">
+        <v>58.726118489999998</v>
+      </c>
+      <c r="IE39" s="14">
+        <v>58.36205391</v>
+      </c>
+      <c r="IF39" s="14">
+        <v>59.038873240000001</v>
+      </c>
+      <c r="IG39" s="14">
+        <v>58.78977716</v>
+      </c>
+      <c r="IH39" s="14">
+        <v>54.898591830000001</v>
+      </c>
+      <c r="II39" s="14">
+        <v>54.89958592</v>
+      </c>
+      <c r="IJ39" s="14">
+        <v>54.871510360000002</v>
+      </c>
+      <c r="IK39" s="14">
+        <v>54.610181830000002</v>
+      </c>
+      <c r="IL39" s="14">
+        <v>53.918224700000003</v>
+      </c>
+      <c r="IM39" s="14">
+        <v>53.592177069999998</v>
+      </c>
+      <c r="IN39" s="14">
+        <v>53.599015029999997</v>
+      </c>
+      <c r="IO39" s="14">
+        <v>53.782017310000001</v>
+      </c>
+      <c r="IP39" s="14">
+        <v>49.282070009999998</v>
+      </c>
+      <c r="IQ39" s="14">
+        <v>49.270090699999997</v>
+      </c>
+      <c r="IR39" s="14">
+        <v>49.481304110000004</v>
+      </c>
+      <c r="IS39" s="14">
+        <v>49.405847530000003</v>
+      </c>
+      <c r="IT39" s="14">
+        <v>49.633029110000003</v>
+      </c>
+      <c r="IU39" s="14">
+        <v>49.811831869999999</v>
+      </c>
+      <c r="IV39" s="14">
+        <v>50.494811970000001</v>
+      </c>
+      <c r="IW39" s="14">
+        <v>50.119237380000001</v>
+      </c>
+      <c r="IX39" s="14">
+        <v>50.184707940000003</v>
+      </c>
+      <c r="IY39" s="14">
+        <v>50.39897904</v>
+      </c>
+      <c r="IZ39" s="14">
+        <v>50.041969360000003</v>
+      </c>
+      <c r="JA39" s="14">
+        <v>49.912908760000001</v>
+      </c>
+      <c r="JB39" s="14">
+        <v>45.897207760000001</v>
+      </c>
+      <c r="JC39" s="14">
+        <v>45.908228260000001</v>
+      </c>
+      <c r="JD39" s="14">
+        <v>46.442923880000002</v>
+      </c>
+      <c r="JE39" s="14">
+        <v>46.509802649999997</v>
+      </c>
+      <c r="JF39" s="14">
+        <v>46.716070000000002</v>
+      </c>
+      <c r="JG39" s="14">
+        <v>46.545342060000003</v>
+      </c>
+      <c r="JH39" s="14">
+        <v>45.925164770000002</v>
+      </c>
+      <c r="JI39" s="14">
+        <v>46.096636080000003</v>
+      </c>
+      <c r="JJ39" s="14">
+        <v>46.039712309999999</v>
+      </c>
+      <c r="JK39" s="14">
+        <v>45.850430920000001</v>
+      </c>
+      <c r="JL39" s="14">
+        <v>45.664713020000001</v>
+      </c>
+      <c r="JM39" s="14">
+        <v>45.642904610000002</v>
+      </c>
+      <c r="JN39" s="14">
+        <v>45.726495290000003</v>
+      </c>
+      <c r="JO39" s="14">
+        <v>45.939501530000001</v>
+      </c>
+      <c r="JP39" s="14">
+        <v>45.917754969999997</v>
+      </c>
+      <c r="JQ39" s="14">
+        <v>45.856811630000003</v>
+      </c>
+      <c r="JR39" s="14">
+        <v>45.795935649999997</v>
+      </c>
+      <c r="JS39" s="14">
+        <v>46.180058979999998</v>
+      </c>
+      <c r="JT39" s="14">
+        <v>46.21224617</v>
+      </c>
+      <c r="JU39" s="14">
+        <v>46.235082269999999</v>
+      </c>
+      <c r="JV39" s="14">
+        <v>46.226646359999997</v>
+      </c>
+      <c r="JW39" s="14">
+        <v>46.047065930000002</v>
+      </c>
+      <c r="JX39" s="14">
+        <v>46.089620969999999</v>
+      </c>
+      <c r="JY39" s="14">
+        <v>45.932310219999998</v>
+      </c>
+      <c r="JZ39" s="14">
+        <v>48.197648460000003</v>
+      </c>
+      <c r="KA39" s="14">
+        <v>48.350554150000001</v>
+      </c>
+      <c r="KB39" s="14">
+        <v>48.388193880000003</v>
+      </c>
+      <c r="KC39" s="14">
+        <v>48.43113434</v>
+      </c>
+      <c r="KD39" s="14">
+        <v>48.323627459999997</v>
+      </c>
+      <c r="KE39" s="14">
+        <v>48.36659642</v>
+      </c>
+      <c r="KF39" s="14">
+        <v>48.336234810000001</v>
+      </c>
+      <c r="KG39" s="14">
+        <v>48.459715330000002</v>
+      </c>
+      <c r="KH39" s="14">
+        <v>49.449600119999999</v>
+      </c>
+      <c r="KI39" s="14">
+        <v>48.792322939999998</v>
+      </c>
+      <c r="KJ39" s="14">
+        <v>48.995209320000001</v>
+      </c>
+      <c r="KK39" s="14">
+        <v>48.832389849999998</v>
+      </c>
+      <c r="KL39" s="14">
+        <v>48.41633873</v>
+      </c>
+      <c r="KM39" s="14">
+        <v>50.173149100000003</v>
+      </c>
+      <c r="KN39" s="14">
+        <v>50.339939340000001</v>
+      </c>
+      <c r="KO39" s="14">
+        <v>50.210986140000003</v>
+      </c>
+      <c r="KP39" s="14">
+        <v>50.101645169999998</v>
+      </c>
+      <c r="KQ39" s="14">
+        <v>50.002534390000001</v>
+      </c>
+      <c r="KR39" s="14">
+        <v>50.13981931</v>
+      </c>
+      <c r="KS39" s="14">
+        <v>50.30332988</v>
+      </c>
+      <c r="KT39" s="14">
+        <v>50.218887670000001</v>
+      </c>
+      <c r="KU39" s="14">
+        <v>49.821961790000003</v>
+      </c>
+      <c r="KV39" s="14">
+        <v>49.535468819999998</v>
+      </c>
+      <c r="KW39" s="14">
+        <v>49.412643709999998</v>
+      </c>
+      <c r="KX39" s="14">
+        <v>49.479158310000003</v>
+      </c>
+      <c r="KY39" s="14">
+        <v>49.358701189999998</v>
+      </c>
+      <c r="KZ39" s="14">
+        <v>49.443744100000004</v>
+      </c>
+      <c r="LA39" s="14">
+        <v>49.243107170000002</v>
+      </c>
+      <c r="LB39" s="14">
+        <v>49.306291000000002</v>
+      </c>
+      <c r="LC39" s="14">
+        <v>49.295680580000003</v>
+      </c>
+      <c r="LD39" s="14">
+        <v>49.3698683</v>
+      </c>
+      <c r="LE39" s="14">
+        <v>49.46566378</v>
+      </c>
+      <c r="LF39" s="14">
+        <v>49.395646480000003</v>
+      </c>
+      <c r="LG39" s="14">
+        <v>48.963390099999998</v>
+      </c>
+      <c r="LH39" s="14">
+        <v>98.774846769999996</v>
+      </c>
+      <c r="LI39" s="14">
+        <v>98.694101590000002</v>
+      </c>
+      <c r="LJ39" s="14">
+        <v>98.510809120000005</v>
+      </c>
+      <c r="LK39" s="14">
+        <v>98.373533140000006</v>
+      </c>
+      <c r="LL39" s="14">
+        <v>98.682984219999994</v>
+      </c>
+      <c r="LM39" s="14">
+        <v>98.169589790000003</v>
+      </c>
+      <c r="LN39" s="14">
+        <v>98.424162429999996</v>
+      </c>
+      <c r="LO39" s="14">
+        <v>98.231974820000005</v>
+      </c>
+      <c r="LP39" s="14">
+        <v>98.231974820000005</v>
+      </c>
+      <c r="LQ39" s="14">
+        <v>95.5</v>
+      </c>
+      <c r="LR39" s="14">
+        <v>95.5</v>
+      </c>
+      <c r="LS39" s="14">
+        <v>45.5</v>
+      </c>
+      <c r="LT39" s="14">
+        <v>45.5</v>
+      </c>
+      <c r="LU39" s="14">
+        <v>45.5</v>
+      </c>
+      <c r="LV39" s="14">
+        <v>45.5</v>
+      </c>
+      <c r="LW39" s="14">
+        <v>45.5</v>
+      </c>
+      <c r="LX39" s="14">
+        <v>45.5</v>
+      </c>
+      <c r="LY39" s="14">
+        <v>45.5</v>
+      </c>
+      <c r="LZ39" s="14">
+        <v>45.5</v>
+      </c>
+      <c r="MA39" s="14">
+        <v>45.5</v>
+      </c>
+      <c r="MB39" s="14">
+        <v>45.5</v>
+      </c>
+      <c r="MC39" s="14">
+        <v>45.5</v>
+      </c>
+      <c r="MD39" s="14">
+        <v>45.5</v>
+      </c>
+      <c r="ME39" s="14">
+        <v>45.5</v>
+      </c>
+      <c r="MF39" s="14">
+        <v>45.5</v>
+      </c>
+      <c r="MG39" s="14">
+        <v>45.5</v>
+      </c>
+      <c r="MH39" s="14">
+        <v>45.5</v>
+      </c>
+      <c r="MI39" s="14">
+        <v>45.5</v>
+      </c>
+      <c r="MJ39" s="14">
+        <v>45.5</v>
+      </c>
+      <c r="MK39" s="14">
+        <v>45.5</v>
+      </c>
+      <c r="ML39" s="14">
+        <v>45.5</v>
+      </c>
+      <c r="MM39" s="14">
+        <v>85.5</v>
+      </c>
+      <c r="MN39" s="14">
+        <v>85.5</v>
+      </c>
+      <c r="MO39" s="14">
+        <v>85.5</v>
+      </c>
+      <c r="MP39" s="14">
+        <v>85.5</v>
+      </c>
+      <c r="MQ39" s="14">
+        <v>85.5</v>
+      </c>
+      <c r="MR39" s="14">
+        <v>85.5</v>
+      </c>
+      <c r="MS39" s="14">
+        <v>85.5</v>
+      </c>
+      <c r="MT39" s="14">
+        <v>85.5</v>
+      </c>
+      <c r="MU39" s="14">
+        <v>85.5</v>
+      </c>
+      <c r="MV39" s="14">
+        <v>85.5</v>
+      </c>
+    </row>
+    <row r="40" spans="1:360" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A40" s="14"/>
+      <c r="B40" s="15" t="s">
+        <v>12</v>
+      </c>
+      <c r="C40" s="14">
+        <v>0</v>
+      </c>
+      <c r="D40" s="14">
+        <v>0</v>
+      </c>
+      <c r="E40" s="14">
+        <v>0</v>
+      </c>
+      <c r="F40" s="14">
+        <v>0</v>
+      </c>
+      <c r="G40" s="14">
+        <v>0</v>
+      </c>
+      <c r="H40" s="14">
+        <v>0</v>
+      </c>
+      <c r="I40" s="14">
+        <v>0</v>
+      </c>
+      <c r="J40" s="14">
+        <v>0</v>
+      </c>
+      <c r="K40" s="14">
+        <v>0</v>
+      </c>
+      <c r="L40" s="14">
+        <v>0</v>
+      </c>
+      <c r="M40" s="14">
+        <v>0</v>
+      </c>
+      <c r="N40" s="14">
+        <v>0</v>
+      </c>
+      <c r="O40" s="14">
+        <v>0</v>
+      </c>
+      <c r="P40" s="14">
+        <v>0</v>
+      </c>
+      <c r="Q40" s="14">
+        <v>0</v>
+      </c>
+      <c r="R40" s="14">
+        <v>0</v>
+      </c>
+      <c r="S40" s="14">
+        <v>0</v>
+      </c>
+      <c r="T40" s="14">
+        <v>0</v>
+      </c>
+      <c r="U40" s="14">
+        <v>0</v>
+      </c>
+      <c r="V40" s="14">
+        <v>0</v>
+      </c>
+      <c r="W40" s="14">
+        <v>0</v>
+      </c>
+      <c r="X40" s="14">
+        <v>0</v>
+      </c>
+      <c r="Y40" s="14">
+        <v>0</v>
+      </c>
+      <c r="Z40" s="14">
+        <v>0</v>
+      </c>
+      <c r="AA40" s="14">
+        <v>0</v>
+      </c>
+      <c r="AB40" s="14">
+        <v>0</v>
+      </c>
+      <c r="AC40" s="14">
+        <v>0</v>
+      </c>
+      <c r="AD40" s="14">
+        <v>0</v>
+      </c>
+      <c r="AE40" s="14">
+        <v>0</v>
+      </c>
+      <c r="AF40" s="14">
+        <v>0</v>
+      </c>
+      <c r="AG40" s="14">
+        <v>0</v>
+      </c>
+      <c r="AH40" s="14">
+        <v>0</v>
+      </c>
+      <c r="AI40" s="14">
+        <v>0</v>
+      </c>
+      <c r="AJ40" s="14">
+        <v>0</v>
+      </c>
+      <c r="AK40" s="14">
+        <v>0</v>
+      </c>
+      <c r="AL40" s="14">
+        <v>0</v>
+      </c>
+      <c r="AM40" s="14">
+        <v>0</v>
+      </c>
+      <c r="AN40" s="14">
+        <v>0</v>
+      </c>
+      <c r="AO40" s="14">
+        <v>0</v>
+      </c>
+      <c r="AP40" s="14">
+        <v>0</v>
+      </c>
+      <c r="AQ40" s="14">
+        <v>0</v>
+      </c>
+      <c r="AR40" s="14">
+        <v>0</v>
+      </c>
+      <c r="AS40" s="14">
+        <v>0</v>
+      </c>
+      <c r="AT40" s="14">
+        <v>0</v>
+      </c>
+      <c r="AU40" s="14">
+        <v>0</v>
+      </c>
+      <c r="AV40" s="14">
+        <v>0</v>
+      </c>
+      <c r="AW40" s="14">
+        <v>0</v>
+      </c>
+      <c r="AX40" s="14">
+        <v>0</v>
+      </c>
+      <c r="AY40" s="14">
+        <v>0</v>
+      </c>
+      <c r="AZ40" s="14">
+        <v>0</v>
+      </c>
+      <c r="BA40" s="14">
+        <v>0</v>
+      </c>
+      <c r="BB40" s="14">
+        <v>0</v>
+      </c>
+      <c r="BC40" s="14">
+        <v>0</v>
+      </c>
+      <c r="BD40" s="14">
+        <v>0</v>
+      </c>
+      <c r="BE40" s="14">
+        <v>0</v>
+      </c>
+      <c r="BF40" s="14">
+        <v>0</v>
+      </c>
+      <c r="BG40" s="14">
+        <v>0</v>
+      </c>
+      <c r="BH40" s="14">
+        <v>0</v>
+      </c>
+      <c r="BI40" s="14">
+        <v>0</v>
+      </c>
+      <c r="BJ40" s="14">
+        <v>0</v>
+      </c>
+      <c r="BK40" s="14">
+        <v>0</v>
+      </c>
+      <c r="BL40" s="14">
+        <v>0</v>
+      </c>
+      <c r="BM40" s="14">
+        <v>0</v>
+      </c>
+      <c r="BN40" s="14">
+        <v>0</v>
+      </c>
+      <c r="BO40" s="14">
+        <v>0</v>
+      </c>
+      <c r="BP40" s="14">
+        <v>0</v>
+      </c>
+      <c r="BQ40" s="14">
+        <v>0</v>
+      </c>
+      <c r="BR40" s="14">
+        <v>0</v>
+      </c>
+      <c r="BS40" s="14">
+        <v>0</v>
+      </c>
+      <c r="BT40" s="14">
+        <v>0</v>
+      </c>
+      <c r="BU40" s="14">
+        <v>0</v>
+      </c>
+      <c r="BV40" s="14">
+        <v>0</v>
+      </c>
+      <c r="BW40" s="14">
+        <v>0</v>
+      </c>
+      <c r="BX40" s="14">
+        <v>0</v>
+      </c>
+      <c r="BY40" s="14">
+        <v>0</v>
+      </c>
+      <c r="BZ40" s="14">
+        <v>0</v>
+      </c>
+      <c r="CA40" s="14">
+        <v>0</v>
+      </c>
+      <c r="CB40" s="14">
+        <v>0</v>
+      </c>
+      <c r="CC40" s="14">
+        <v>0</v>
+      </c>
+      <c r="CD40" s="14">
+        <v>0</v>
+      </c>
+      <c r="CE40" s="14">
+        <v>0</v>
+      </c>
+      <c r="CF40" s="14">
+        <v>0</v>
+      </c>
+      <c r="CG40" s="14">
+        <v>0</v>
+      </c>
+      <c r="CH40" s="14">
+        <v>0</v>
+      </c>
+      <c r="CI40" s="14">
+        <v>0</v>
+      </c>
+      <c r="CJ40" s="14">
+        <v>0</v>
+      </c>
+      <c r="CK40" s="14">
+        <v>0</v>
+      </c>
+      <c r="CL40" s="14">
+        <v>0</v>
+      </c>
+      <c r="CM40" s="14">
+        <v>0</v>
+      </c>
+      <c r="CN40" s="14">
+        <v>0</v>
+      </c>
+      <c r="CO40" s="14">
+        <v>0</v>
+      </c>
+      <c r="CP40" s="14">
+        <v>0</v>
+      </c>
+      <c r="CQ40" s="14">
+        <v>0</v>
+      </c>
+      <c r="CR40" s="14">
+        <v>0</v>
+      </c>
+      <c r="CS40" s="14">
+        <v>0</v>
+      </c>
+      <c r="CT40" s="14">
+        <v>0</v>
+      </c>
+      <c r="CU40" s="14">
+        <v>0</v>
+      </c>
+      <c r="CV40" s="14">
+        <v>0</v>
+      </c>
+      <c r="CW40" s="14">
+        <v>0</v>
+      </c>
+      <c r="CX40" s="14">
+        <v>0</v>
+      </c>
+      <c r="CY40" s="14">
+        <v>0</v>
+      </c>
+      <c r="CZ40" s="14">
+        <v>0</v>
+      </c>
+      <c r="DA40" s="14">
+        <v>0</v>
+      </c>
+      <c r="DB40" s="14">
+        <v>0</v>
+      </c>
+      <c r="DC40" s="14">
+        <v>0</v>
+      </c>
+      <c r="DD40" s="14">
+        <v>0</v>
+      </c>
+      <c r="DE40" s="14">
+        <v>0</v>
+      </c>
+      <c r="DF40" s="14">
+        <v>0</v>
+      </c>
+      <c r="DG40" s="14">
+        <v>0</v>
+      </c>
+      <c r="DH40" s="14">
+        <v>0</v>
+      </c>
+      <c r="DI40" s="14">
+        <v>0</v>
+      </c>
+      <c r="DJ40" s="14">
+        <v>0</v>
+      </c>
+      <c r="DK40" s="14">
+        <v>0</v>
+      </c>
+      <c r="DL40" s="14">
+        <v>0</v>
+      </c>
+      <c r="DM40" s="14">
+        <v>0</v>
+      </c>
+      <c r="DN40" s="14">
+        <v>0</v>
+      </c>
+      <c r="DO40" s="14">
+        <v>0</v>
+      </c>
+      <c r="DP40" s="14">
+        <v>0</v>
+      </c>
+      <c r="DQ40" s="14">
+        <v>0</v>
+      </c>
+      <c r="DR40" s="14">
+        <v>0</v>
+      </c>
+      <c r="DS40" s="14">
+        <v>0</v>
+      </c>
+      <c r="DT40" s="14">
+        <v>0</v>
+      </c>
+      <c r="DU40" s="14">
+        <v>0</v>
+      </c>
+      <c r="DV40" s="14">
+        <v>0</v>
+      </c>
+      <c r="DW40" s="14">
+        <v>0</v>
+      </c>
+      <c r="DX40" s="14">
+        <v>0</v>
+      </c>
+      <c r="DY40" s="14">
+        <v>0</v>
+      </c>
+      <c r="DZ40" s="14">
+        <v>0</v>
+      </c>
+      <c r="EA40" s="14">
+        <v>0</v>
+      </c>
+      <c r="EB40" s="14">
+        <v>0</v>
+      </c>
+      <c r="EC40" s="14">
+        <v>0</v>
+      </c>
+      <c r="ED40" s="14">
+        <v>0</v>
+      </c>
+      <c r="EE40" s="14">
+        <v>0</v>
+      </c>
+      <c r="EF40" s="14">
+        <v>0</v>
+      </c>
+      <c r="EG40" s="14">
+        <v>0</v>
+      </c>
+      <c r="EH40" s="14">
+        <v>0</v>
+      </c>
+      <c r="EI40" s="14">
+        <v>0</v>
+      </c>
+      <c r="EJ40" s="14">
+        <v>0</v>
+      </c>
+      <c r="EK40" s="14">
+        <v>0</v>
+      </c>
+      <c r="EL40" s="14">
+        <v>0</v>
+      </c>
+      <c r="EM40" s="14">
+        <v>0</v>
+      </c>
+      <c r="EN40" s="14">
+        <v>0</v>
+      </c>
+      <c r="EO40" s="14">
+        <v>0</v>
+      </c>
+      <c r="EP40" s="14">
+        <v>0</v>
+      </c>
+      <c r="EQ40" s="14">
+        <v>0</v>
+      </c>
+      <c r="ER40" s="14">
+        <v>0</v>
+      </c>
+      <c r="ES40" s="14">
+        <v>0</v>
+      </c>
+      <c r="ET40" s="14">
+        <v>0</v>
+      </c>
+      <c r="EU40" s="14">
+        <v>0</v>
+      </c>
+      <c r="EV40" s="14">
+        <v>0</v>
+      </c>
+      <c r="EW40" s="14">
+        <v>0</v>
+      </c>
+      <c r="EX40" s="14">
+        <v>0</v>
+      </c>
+      <c r="EY40" s="14">
+        <v>0</v>
+      </c>
+      <c r="EZ40" s="14">
+        <v>0</v>
+      </c>
+      <c r="FA40" s="14">
+        <v>0</v>
+      </c>
+      <c r="FB40" s="14">
+        <v>0</v>
+      </c>
+      <c r="FC40" s="14">
+        <v>0</v>
+      </c>
+      <c r="FD40" s="14">
+        <v>0</v>
+      </c>
+      <c r="FE40" s="14">
+        <v>0</v>
+      </c>
+      <c r="FF40" s="14">
+        <v>0</v>
+      </c>
+      <c r="FG40" s="14">
+        <v>0</v>
+      </c>
+      <c r="FH40" s="14">
+        <v>0</v>
+      </c>
+      <c r="FI40" s="14">
+        <v>0</v>
+      </c>
+      <c r="FJ40" s="14">
+        <v>0</v>
+      </c>
+      <c r="FK40" s="14">
+        <v>0</v>
+      </c>
+      <c r="FL40" s="14">
+        <v>0</v>
+      </c>
+      <c r="FM40" s="14">
+        <v>0</v>
+      </c>
+      <c r="FN40" s="14">
+        <v>0</v>
+      </c>
+      <c r="FO40" s="14">
+        <v>0</v>
+      </c>
+      <c r="FP40" s="14">
+        <v>0</v>
+      </c>
+      <c r="FQ40" s="14">
+        <v>0</v>
+      </c>
+      <c r="FR40" s="14">
+        <v>0</v>
+      </c>
+      <c r="FS40" s="14">
+        <v>0</v>
+      </c>
+      <c r="FT40" s="14">
+        <v>0</v>
+      </c>
+      <c r="FU40" s="14">
+        <v>0</v>
+      </c>
+      <c r="FV40" s="14">
+        <v>0</v>
+      </c>
+      <c r="FW40" s="14">
+        <v>0</v>
+      </c>
+      <c r="FX40" s="14">
+        <v>0</v>
+      </c>
+      <c r="FY40" s="14">
+        <v>0</v>
+      </c>
+      <c r="FZ40" s="14">
+        <v>0</v>
+      </c>
+      <c r="GA40" s="14">
+        <v>0</v>
+      </c>
+      <c r="GB40" s="14">
+        <v>0</v>
+      </c>
+      <c r="GC40" s="14">
+        <v>0</v>
+      </c>
+      <c r="GD40" s="14">
+        <v>0</v>
+      </c>
+      <c r="GE40" s="14">
+        <v>0</v>
+      </c>
+      <c r="GF40" s="14">
+        <v>0</v>
+      </c>
+      <c r="GG40" s="14">
+        <v>0</v>
+      </c>
+      <c r="GH40" s="14">
+        <v>0</v>
+      </c>
+      <c r="GI40" s="14">
+        <v>0</v>
+      </c>
+      <c r="GJ40" s="14">
+        <v>0</v>
+      </c>
+      <c r="GK40" s="14">
+        <v>0</v>
+      </c>
+      <c r="GL40" s="14">
+        <v>0</v>
+      </c>
+      <c r="GM40" s="14">
+        <v>0</v>
+      </c>
+      <c r="GN40" s="14">
+        <v>0</v>
+      </c>
+      <c r="GO40" s="14">
+        <v>0</v>
+      </c>
+      <c r="GP40" s="14">
+        <v>0</v>
+      </c>
+      <c r="GQ40" s="14">
+        <v>0</v>
+      </c>
+      <c r="GR40" s="14">
+        <v>0</v>
+      </c>
+      <c r="GS40" s="14">
+        <v>0</v>
+      </c>
+      <c r="GT40" s="14">
+        <v>0</v>
+      </c>
+      <c r="GU40" s="14">
+        <v>0</v>
+      </c>
+      <c r="GV40" s="14">
+        <v>0</v>
+      </c>
+      <c r="GW40" s="14">
+        <v>0</v>
+      </c>
+      <c r="GX40" s="14">
+        <v>0</v>
+      </c>
+      <c r="GY40" s="14">
+        <v>0</v>
+      </c>
+      <c r="GZ40" s="14">
+        <v>0</v>
+      </c>
+      <c r="HA40" s="14">
+        <v>0</v>
+      </c>
+      <c r="HB40" s="14">
+        <v>0</v>
+      </c>
+      <c r="HC40" s="14">
+        <v>0</v>
+      </c>
+      <c r="HD40" s="14">
+        <v>0</v>
+      </c>
+      <c r="HE40" s="14">
+        <v>0</v>
+      </c>
+      <c r="HF40" s="14">
+        <v>0</v>
+      </c>
+      <c r="HG40" s="14">
+        <v>0</v>
+      </c>
+      <c r="HH40" s="14">
+        <v>0</v>
+      </c>
+      <c r="HI40" s="14">
+        <v>0</v>
+      </c>
+      <c r="HJ40" s="14">
+        <v>0</v>
+      </c>
+      <c r="HK40" s="14">
+        <v>0</v>
+      </c>
+      <c r="HL40" s="14">
+        <v>0</v>
+      </c>
+      <c r="HM40" s="14">
+        <v>0</v>
+      </c>
+      <c r="HN40" s="14">
+        <v>0</v>
+      </c>
+      <c r="HO40" s="14">
+        <v>0</v>
+      </c>
+      <c r="HP40" s="14">
+        <v>0</v>
+      </c>
+      <c r="HQ40" s="14">
+        <v>0</v>
+      </c>
+      <c r="HR40" s="14">
+        <v>0</v>
+      </c>
+      <c r="HS40" s="14">
+        <v>0</v>
+      </c>
+      <c r="HT40" s="14">
+        <v>0</v>
+      </c>
+      <c r="HU40" s="14">
+        <v>0</v>
+      </c>
+      <c r="HV40" s="14">
+        <v>0</v>
+      </c>
+      <c r="HW40" s="14">
+        <v>0</v>
+      </c>
+      <c r="HX40" s="14">
+        <v>0</v>
+      </c>
+      <c r="HY40" s="14">
+        <v>0</v>
+      </c>
+      <c r="HZ40" s="14">
+        <v>0</v>
+      </c>
+      <c r="IA40" s="14">
+        <v>0</v>
+      </c>
+      <c r="IB40" s="14">
+        <v>0</v>
+      </c>
+      <c r="IC40" s="14">
+        <v>0</v>
+      </c>
+      <c r="ID40" s="14">
+        <v>0</v>
+      </c>
+      <c r="IE40" s="14">
+        <v>0</v>
+      </c>
+      <c r="IF40" s="14">
+        <v>0</v>
+      </c>
+      <c r="IG40" s="14">
+        <v>0</v>
+      </c>
+      <c r="IH40" s="14">
+        <v>0</v>
+      </c>
+      <c r="II40" s="14">
+        <v>0</v>
+      </c>
+      <c r="IJ40" s="14">
+        <v>0</v>
+      </c>
+      <c r="IK40" s="14">
+        <v>0</v>
+      </c>
+      <c r="IL40" s="14">
+        <v>0</v>
+      </c>
+      <c r="IM40" s="14">
+        <v>0</v>
+      </c>
+      <c r="IN40" s="14">
+        <v>0</v>
+      </c>
+      <c r="IO40" s="14">
+        <v>0</v>
+      </c>
+      <c r="IP40" s="14">
+        <v>0</v>
+      </c>
+      <c r="IQ40" s="14">
+        <v>0</v>
+      </c>
+      <c r="IR40" s="14">
+        <v>0</v>
+      </c>
+      <c r="IS40" s="14">
+        <v>0</v>
+      </c>
+      <c r="IT40" s="14">
+        <v>0</v>
+      </c>
+      <c r="IU40" s="14">
+        <v>0</v>
+      </c>
+      <c r="IV40" s="14">
+        <v>0</v>
+      </c>
+      <c r="IW40" s="14">
+        <v>0</v>
+      </c>
+      <c r="IX40" s="14">
+        <v>0</v>
+      </c>
+      <c r="IY40" s="14">
+        <v>0</v>
+      </c>
+      <c r="IZ40" s="14">
+        <v>0</v>
+      </c>
+      <c r="JA40" s="14">
+        <v>0</v>
+      </c>
+      <c r="JB40" s="14">
+        <v>0</v>
+      </c>
+      <c r="JC40" s="14">
+        <v>0</v>
+      </c>
+      <c r="JD40" s="14">
+        <v>0</v>
+      </c>
+      <c r="JE40" s="14">
+        <v>0</v>
+      </c>
+      <c r="JF40" s="14">
+        <v>0</v>
+      </c>
+      <c r="JG40" s="14">
+        <v>0</v>
+      </c>
+      <c r="JH40" s="14">
+        <v>0</v>
+      </c>
+      <c r="JI40" s="14">
+        <v>0</v>
+      </c>
+      <c r="JJ40" s="14">
+        <v>0</v>
+      </c>
+      <c r="JK40" s="14">
+        <v>0</v>
+      </c>
+      <c r="JL40" s="14">
+        <v>0</v>
+      </c>
+      <c r="JM40" s="14">
+        <v>0</v>
+      </c>
+      <c r="JN40" s="14">
+        <v>0</v>
+      </c>
+      <c r="JO40" s="14">
+        <v>0</v>
+      </c>
+      <c r="JP40" s="14">
+        <v>0</v>
+      </c>
+      <c r="JQ40" s="14">
+        <v>0</v>
+      </c>
+      <c r="JR40" s="14">
+        <v>0</v>
+      </c>
+      <c r="JS40" s="14">
+        <v>0</v>
+      </c>
+      <c r="JT40" s="14">
+        <v>0</v>
+      </c>
+      <c r="JU40" s="14">
+        <v>0</v>
+      </c>
+      <c r="JV40" s="14">
+        <v>0</v>
+      </c>
+      <c r="JW40" s="14">
+        <v>0</v>
+      </c>
+      <c r="JX40" s="14">
+        <v>0</v>
+      </c>
+      <c r="JY40" s="14">
+        <v>0</v>
+      </c>
+      <c r="JZ40" s="14">
+        <v>0</v>
+      </c>
+      <c r="KA40" s="14">
+        <v>0</v>
+      </c>
+      <c r="KB40" s="14">
+        <v>0</v>
+      </c>
+      <c r="KC40" s="14">
+        <v>0</v>
+      </c>
+      <c r="KD40" s="14">
+        <v>0</v>
+      </c>
+      <c r="KE40" s="14">
+        <v>0</v>
+      </c>
+      <c r="KF40" s="14">
+        <v>0</v>
+      </c>
+      <c r="KG40" s="14">
+        <v>0</v>
+      </c>
+      <c r="KH40" s="14">
+        <v>0</v>
+      </c>
+      <c r="KI40" s="14">
+        <v>0</v>
+      </c>
+      <c r="KJ40" s="14">
+        <v>0</v>
+      </c>
+      <c r="KK40" s="14">
+        <v>0</v>
+      </c>
+      <c r="KL40" s="14">
+        <v>0</v>
+      </c>
+      <c r="KM40" s="14">
+        <v>0</v>
+      </c>
+      <c r="KN40" s="14">
+        <v>0</v>
+      </c>
+      <c r="KO40" s="14">
+        <v>0</v>
+      </c>
+      <c r="KP40" s="14">
+        <v>0</v>
+      </c>
+      <c r="KQ40" s="14">
+        <v>0</v>
+      </c>
+      <c r="KR40" s="14">
+        <v>0</v>
+      </c>
+      <c r="KS40" s="14">
+        <v>0</v>
+      </c>
+      <c r="KT40" s="14">
+        <v>0</v>
+      </c>
+      <c r="KU40" s="14">
+        <v>0</v>
+      </c>
+      <c r="KV40" s="14">
+        <v>0</v>
+      </c>
+      <c r="KW40" s="14">
+        <v>0</v>
+      </c>
+      <c r="KX40" s="14">
+        <v>0</v>
+      </c>
+      <c r="KY40" s="14">
+        <v>0</v>
+      </c>
+      <c r="KZ40" s="14">
+        <v>0</v>
+      </c>
+      <c r="LA40" s="14">
+        <v>0</v>
+      </c>
+      <c r="LB40" s="14">
+        <v>0</v>
+      </c>
+      <c r="LC40" s="14">
+        <v>0</v>
+      </c>
+      <c r="LD40" s="14">
+        <v>0</v>
+      </c>
+      <c r="LE40" s="14">
+        <v>0</v>
+      </c>
+      <c r="LF40" s="14">
+        <v>0</v>
+      </c>
+      <c r="LG40" s="14">
+        <v>0</v>
+      </c>
+      <c r="LH40" s="14">
+        <v>0</v>
+      </c>
+      <c r="LI40" s="14">
+        <v>0</v>
+      </c>
+      <c r="LJ40" s="14">
+        <v>0</v>
+      </c>
+      <c r="LK40" s="14">
+        <v>0</v>
+      </c>
+      <c r="LL40" s="14">
+        <v>0</v>
+      </c>
+      <c r="LM40" s="14">
+        <v>0</v>
+      </c>
+      <c r="LN40" s="14">
+        <v>0</v>
+      </c>
+      <c r="LO40" s="14">
+        <v>0</v>
+      </c>
+      <c r="LP40" s="14">
+        <v>0</v>
+      </c>
+      <c r="LQ40" s="14">
+        <v>0</v>
+      </c>
+      <c r="LR40" s="14">
+        <v>0</v>
+      </c>
+      <c r="LS40" s="14">
+        <v>0</v>
+      </c>
+      <c r="LT40" s="14">
+        <v>0</v>
+      </c>
+      <c r="LU40" s="14">
+        <v>0</v>
+      </c>
+      <c r="LV40" s="14">
+        <v>0</v>
+      </c>
+      <c r="LW40" s="14">
+        <v>0</v>
+      </c>
+      <c r="LX40" s="14">
+        <v>0</v>
+      </c>
+      <c r="LY40" s="14">
+        <v>0</v>
+      </c>
+      <c r="LZ40" s="14">
+        <v>0</v>
+      </c>
+      <c r="MA40" s="14">
+        <v>0</v>
+      </c>
+      <c r="MB40" s="14">
+        <v>0</v>
+      </c>
+      <c r="MC40" s="14">
+        <v>0</v>
+      </c>
+      <c r="MD40" s="14">
+        <v>0</v>
+      </c>
+      <c r="ME40" s="14">
+        <v>0</v>
+      </c>
+      <c r="MF40" s="14">
+        <v>0</v>
+      </c>
+      <c r="MG40" s="14">
+        <v>0</v>
+      </c>
+      <c r="MH40" s="14">
+        <v>0</v>
+      </c>
+      <c r="MI40" s="14">
+        <v>0</v>
+      </c>
+      <c r="MJ40" s="14">
+        <v>0</v>
+      </c>
+      <c r="MK40" s="14">
+        <v>0</v>
+      </c>
+      <c r="ML40" s="14">
+        <v>0</v>
+      </c>
+      <c r="MM40" s="14">
+        <v>0</v>
+      </c>
+      <c r="MN40" s="14">
+        <v>0</v>
+      </c>
+      <c r="MO40" s="14">
+        <v>0</v>
+      </c>
+      <c r="MP40" s="14">
+        <v>0</v>
+      </c>
+      <c r="MQ40" s="14">
+        <v>0</v>
+      </c>
+      <c r="MR40" s="14">
+        <v>0</v>
+      </c>
+      <c r="MS40" s="14">
+        <v>0</v>
+      </c>
+      <c r="MT40" s="14">
+        <v>0</v>
+      </c>
+      <c r="MU40" s="14">
+        <v>0</v>
+      </c>
+      <c r="MV40" s="14">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="41" spans="1:360" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A41" s="14"/>
+      <c r="B41" s="15" t="s">
+        <v>13</v>
+      </c>
+      <c r="C41" s="14">
+        <v>0</v>
+      </c>
+      <c r="D41" s="14">
+        <v>0</v>
+      </c>
+      <c r="E41" s="14">
+        <v>0</v>
+      </c>
+      <c r="F41" s="14">
+        <v>0</v>
+      </c>
+      <c r="G41" s="14">
+        <v>0</v>
+      </c>
+      <c r="H41" s="14">
+        <v>0</v>
+      </c>
+      <c r="I41" s="14">
+        <v>0</v>
+      </c>
+      <c r="J41" s="14">
+        <v>0</v>
+      </c>
+      <c r="K41" s="14">
+        <v>0</v>
+      </c>
+      <c r="L41" s="14">
+        <v>0</v>
+      </c>
+      <c r="M41" s="14">
+        <v>0</v>
+      </c>
+      <c r="N41" s="14">
+        <v>0</v>
+      </c>
+      <c r="O41" s="14">
+        <v>0</v>
+      </c>
+      <c r="P41" s="14">
+        <v>0</v>
+      </c>
+      <c r="Q41" s="14">
+        <v>0</v>
+      </c>
+      <c r="R41" s="14">
+        <v>0</v>
+      </c>
+      <c r="S41" s="14">
+        <v>0</v>
+      </c>
+      <c r="T41" s="14">
+        <v>0</v>
+      </c>
+      <c r="U41" s="14">
+        <v>0</v>
+      </c>
+      <c r="V41" s="14">
+        <v>0</v>
+      </c>
+      <c r="W41" s="14">
+        <v>0</v>
+      </c>
+      <c r="X41" s="14">
+        <v>0</v>
+      </c>
+      <c r="Y41" s="14">
+        <v>0</v>
+      </c>
+      <c r="Z41" s="14">
+        <v>0</v>
+      </c>
+      <c r="AA41" s="14">
+        <v>0</v>
+      </c>
+      <c r="AB41" s="14">
+        <v>0</v>
+      </c>
+      <c r="AC41" s="14">
+        <v>0</v>
+      </c>
+      <c r="AD41" s="14">
+        <v>0</v>
+      </c>
+      <c r="AE41" s="14">
+        <v>0</v>
+      </c>
+      <c r="AF41" s="14">
+        <v>0</v>
+      </c>
+      <c r="AG41" s="14">
+        <v>0</v>
+      </c>
+      <c r="AH41" s="14">
+        <v>0</v>
+      </c>
+      <c r="AI41" s="14">
+        <v>0</v>
+      </c>
+      <c r="AJ41" s="14">
+        <v>0</v>
+      </c>
+      <c r="AK41" s="14">
+        <v>0</v>
+      </c>
+      <c r="AL41" s="14">
+        <v>0</v>
+      </c>
+      <c r="AM41" s="14">
+        <v>0</v>
+      </c>
+      <c r="AN41" s="14">
+        <v>0</v>
+      </c>
+      <c r="AO41" s="14">
+        <v>0</v>
+      </c>
+      <c r="AP41" s="14">
+        <v>0</v>
+      </c>
+      <c r="AQ41" s="14">
+        <v>0</v>
+      </c>
+      <c r="AR41" s="14">
+        <v>0</v>
+      </c>
+      <c r="AS41" s="14">
+        <v>0</v>
+      </c>
+      <c r="AT41" s="14">
+        <v>0</v>
+      </c>
+      <c r="AU41" s="14">
+        <v>0</v>
+      </c>
+      <c r="AV41" s="14">
+        <v>0</v>
+      </c>
+      <c r="AW41" s="14">
+        <v>0</v>
+      </c>
+      <c r="AX41" s="14">
+        <v>0</v>
+      </c>
+      <c r="AY41" s="14">
+        <v>0</v>
+      </c>
+      <c r="AZ41" s="14">
+        <v>0</v>
+      </c>
+      <c r="BA41" s="14">
+        <v>0</v>
+      </c>
+      <c r="BB41" s="14">
+        <v>0</v>
+      </c>
+      <c r="BC41" s="14">
+        <v>0</v>
+      </c>
+      <c r="BD41" s="14">
+        <v>0</v>
+      </c>
+      <c r="BE41" s="14">
+        <v>0</v>
+      </c>
+      <c r="BF41" s="14">
+        <v>0</v>
+      </c>
+      <c r="BG41" s="14">
+        <v>0</v>
+      </c>
+      <c r="BH41" s="14">
+        <v>0</v>
+      </c>
+      <c r="BI41" s="14">
+        <v>0</v>
+      </c>
+      <c r="BJ41" s="14">
+        <v>0</v>
+      </c>
+      <c r="BK41" s="14">
+        <v>0</v>
+      </c>
+      <c r="BL41" s="14">
+        <v>0</v>
+      </c>
+      <c r="BM41" s="14">
+        <v>0</v>
+      </c>
+      <c r="BN41" s="14">
+        <v>0</v>
+      </c>
+      <c r="BO41" s="14">
+        <v>0</v>
+      </c>
+      <c r="BP41" s="14">
+        <v>0</v>
+      </c>
+      <c r="BQ41" s="14">
+        <v>0</v>
+      </c>
+      <c r="BR41" s="14">
+        <v>0</v>
+      </c>
+      <c r="BS41" s="14">
+        <v>0</v>
+      </c>
+      <c r="BT41" s="14">
+        <v>0</v>
+      </c>
+      <c r="BU41" s="14">
+        <v>0</v>
+      </c>
+      <c r="BV41" s="14">
+        <v>0</v>
+      </c>
+      <c r="BW41" s="14">
+        <v>0</v>
+      </c>
+      <c r="BX41" s="14">
+        <v>0</v>
+      </c>
+      <c r="BY41" s="14">
+        <v>0</v>
+      </c>
+      <c r="BZ41" s="14">
+        <v>0</v>
+      </c>
+      <c r="CA41" s="14">
+        <v>0</v>
+      </c>
+      <c r="CB41" s="14">
+        <v>0</v>
+      </c>
+      <c r="CC41" s="14">
+        <v>0</v>
+      </c>
+      <c r="CD41" s="14">
+        <v>0</v>
+      </c>
+      <c r="CE41" s="14">
+        <v>0</v>
+      </c>
+      <c r="CF41" s="14">
+        <v>0</v>
+      </c>
+      <c r="CG41" s="14">
+        <v>0</v>
+      </c>
+      <c r="CH41" s="14">
+        <v>0</v>
+      </c>
+      <c r="CI41" s="14">
+        <v>0</v>
+      </c>
+      <c r="CJ41" s="14">
+        <v>0</v>
+      </c>
+      <c r="CK41" s="14">
+        <v>0</v>
+      </c>
+      <c r="CL41" s="14">
+        <v>0</v>
+      </c>
+      <c r="CM41" s="14">
+        <v>0</v>
+      </c>
+      <c r="CN41" s="14">
+        <v>0</v>
+      </c>
+      <c r="CO41" s="14">
+        <v>0</v>
+      </c>
+      <c r="CP41" s="14">
+        <v>0</v>
+      </c>
+      <c r="CQ41" s="14">
+        <v>0</v>
+      </c>
+      <c r="CR41" s="14">
+        <v>0</v>
+      </c>
+      <c r="CS41" s="14">
+        <v>0</v>
+      </c>
+      <c r="CT41" s="14">
+        <v>0</v>
+      </c>
+      <c r="CU41" s="14">
+        <v>0</v>
+      </c>
+      <c r="CV41" s="14">
+        <v>0</v>
+      </c>
+      <c r="CW41" s="14">
+        <v>0</v>
+      </c>
+      <c r="CX41" s="14">
+        <v>0</v>
+      </c>
+      <c r="CY41" s="14">
+        <v>0</v>
+      </c>
+      <c r="CZ41" s="14">
+        <v>0</v>
+      </c>
+      <c r="DA41" s="14">
+        <v>0</v>
+      </c>
+      <c r="DB41" s="14">
+        <v>0</v>
+      </c>
+      <c r="DC41" s="14">
+        <v>0</v>
+      </c>
+      <c r="DD41" s="14">
+        <v>0</v>
+      </c>
+      <c r="DE41" s="14">
+        <v>0</v>
+      </c>
+      <c r="DF41" s="14">
+        <v>0</v>
+      </c>
+      <c r="DG41" s="14">
+        <v>0</v>
+      </c>
+      <c r="DH41" s="14">
+        <v>0</v>
+      </c>
+      <c r="DI41" s="14">
+        <v>0</v>
+      </c>
+      <c r="DJ41" s="14">
+        <v>0</v>
+      </c>
+      <c r="DK41" s="14">
+        <v>0</v>
+      </c>
+      <c r="DL41" s="14">
+        <v>0</v>
+      </c>
+      <c r="DM41" s="14">
+        <v>0</v>
+      </c>
+      <c r="DN41" s="14">
+        <v>0</v>
+      </c>
+      <c r="DO41" s="14">
+        <v>0</v>
+      </c>
+      <c r="DP41" s="14">
+        <v>0</v>
+      </c>
+      <c r="DQ41" s="14">
+        <v>0</v>
+      </c>
+      <c r="DR41" s="14">
+        <v>0</v>
+      </c>
+      <c r="DS41" s="14">
+        <v>0</v>
+      </c>
+      <c r="DT41" s="14">
+        <v>0</v>
+      </c>
+      <c r="DU41" s="14">
+        <v>0</v>
+      </c>
+      <c r="DV41" s="14">
+        <v>0</v>
+      </c>
+      <c r="DW41" s="14">
+        <v>0</v>
+      </c>
+      <c r="DX41" s="14">
+        <v>0</v>
+      </c>
+      <c r="DY41" s="14">
+        <v>0</v>
+      </c>
+      <c r="DZ41" s="14">
+        <v>0</v>
+      </c>
+      <c r="EA41" s="14">
+        <v>0</v>
+      </c>
+      <c r="EB41" s="14">
+        <v>0</v>
+      </c>
+      <c r="EC41" s="14">
+        <v>0</v>
+      </c>
+      <c r="ED41" s="14">
+        <v>0</v>
+      </c>
+      <c r="EE41" s="14">
+        <v>0</v>
+      </c>
+      <c r="EF41" s="14">
+        <v>0</v>
+      </c>
+      <c r="EG41" s="14">
+        <v>0</v>
+      </c>
+      <c r="EH41" s="14">
+        <v>0</v>
+      </c>
+      <c r="EI41" s="14">
+        <v>0</v>
+      </c>
+      <c r="EJ41" s="14">
+        <v>0</v>
+      </c>
+      <c r="EK41" s="14">
+        <v>0</v>
+      </c>
+      <c r="EL41" s="14">
+        <v>0</v>
+      </c>
+      <c r="EM41" s="14">
+        <v>0</v>
+      </c>
+      <c r="EN41" s="14">
+        <v>0</v>
+      </c>
+      <c r="EO41" s="14">
+        <v>0</v>
+      </c>
+      <c r="EP41" s="14">
+        <v>0</v>
+      </c>
+      <c r="EQ41" s="14">
+        <v>0</v>
+      </c>
+      <c r="ER41" s="14">
+        <v>0</v>
+      </c>
+      <c r="ES41" s="14">
+        <v>0</v>
+      </c>
+      <c r="ET41" s="14">
+        <v>0</v>
+      </c>
+      <c r="EU41" s="14">
+        <v>0</v>
+      </c>
+      <c r="EV41" s="14">
+        <v>0</v>
+      </c>
+      <c r="EW41" s="14">
+        <v>0</v>
+      </c>
+      <c r="EX41" s="14">
+        <v>0</v>
+      </c>
+      <c r="EY41" s="14">
+        <v>0</v>
+      </c>
+      <c r="EZ41" s="14">
+        <v>0</v>
+      </c>
+      <c r="FA41" s="14">
+        <v>0</v>
+      </c>
+      <c r="FB41" s="14">
+        <v>0</v>
+      </c>
+      <c r="FC41" s="14">
+        <v>0</v>
+      </c>
+      <c r="FD41" s="14">
+        <v>0</v>
+      </c>
+      <c r="FE41" s="14">
+        <v>0</v>
+      </c>
+      <c r="FF41" s="14">
+        <v>0</v>
+      </c>
+      <c r="FG41" s="14">
+        <v>0</v>
+      </c>
+      <c r="FH41" s="14">
+        <v>0</v>
+      </c>
+      <c r="FI41" s="14">
+        <v>0</v>
+      </c>
+      <c r="FJ41" s="14">
+        <v>0</v>
+      </c>
+      <c r="FK41" s="14">
+        <v>0</v>
+      </c>
+      <c r="FL41" s="14">
+        <v>0</v>
+      </c>
+      <c r="FM41" s="14">
+        <v>0</v>
+      </c>
+      <c r="FN41" s="14">
+        <v>0</v>
+      </c>
+      <c r="FO41" s="14">
+        <v>0</v>
+      </c>
+      <c r="FP41" s="14">
+        <v>0</v>
+      </c>
+      <c r="FQ41" s="14">
+        <v>0</v>
+      </c>
+      <c r="FR41" s="14">
+        <v>0</v>
+      </c>
+      <c r="FS41" s="14">
+        <v>0</v>
+      </c>
+      <c r="FT41" s="14">
+        <v>0</v>
+      </c>
+      <c r="FU41" s="14">
+        <v>0</v>
+      </c>
+      <c r="FV41" s="14">
+        <v>0</v>
+      </c>
+      <c r="FW41" s="14">
+        <v>0</v>
+      </c>
+      <c r="FX41" s="14">
+        <v>0</v>
+      </c>
+      <c r="FY41" s="14">
+        <v>0</v>
+      </c>
+      <c r="FZ41" s="14">
+        <v>0</v>
+      </c>
+      <c r="GA41" s="14">
+        <v>0</v>
+      </c>
+      <c r="GB41" s="14">
+        <v>0</v>
+      </c>
+      <c r="GC41" s="14">
+        <v>0</v>
+      </c>
+      <c r="GD41" s="14">
+        <v>0</v>
+      </c>
+      <c r="GE41" s="14">
+        <v>0</v>
+      </c>
+      <c r="GF41" s="14">
+        <v>0</v>
+      </c>
+      <c r="GG41" s="14">
+        <v>0</v>
+      </c>
+      <c r="GH41" s="14">
+        <v>0</v>
+      </c>
+      <c r="GI41" s="14">
+        <v>0</v>
+      </c>
+      <c r="GJ41" s="14">
+        <v>0</v>
+      </c>
+      <c r="GK41" s="14">
+        <v>0</v>
+      </c>
+      <c r="GL41" s="14">
+        <v>0</v>
+      </c>
+      <c r="GM41" s="14">
+        <v>0</v>
+      </c>
+      <c r="GN41" s="14">
+        <v>0</v>
+      </c>
+      <c r="GO41" s="14">
+        <v>0</v>
+      </c>
+      <c r="GP41" s="14">
+        <v>0</v>
+      </c>
+      <c r="GQ41" s="14">
+        <v>0</v>
+      </c>
+      <c r="GR41" s="14">
+        <v>0</v>
+      </c>
+      <c r="GS41" s="14">
+        <v>0</v>
+      </c>
+      <c r="GT41" s="14">
+        <v>0</v>
+      </c>
+      <c r="GU41" s="14">
+        <v>0</v>
+      </c>
+      <c r="GV41" s="14">
+        <v>0</v>
+      </c>
+      <c r="GW41" s="14">
+        <v>0</v>
+      </c>
+      <c r="GX41" s="14">
+        <v>0</v>
+      </c>
+      <c r="GY41" s="14">
+        <v>0</v>
+      </c>
+      <c r="GZ41" s="14">
+        <v>0</v>
+      </c>
+      <c r="HA41" s="14">
+        <v>0</v>
+      </c>
+      <c r="HB41" s="14">
+        <v>0</v>
+      </c>
+      <c r="HC41" s="14">
+        <v>0</v>
+      </c>
+      <c r="HD41" s="14">
+        <v>0</v>
+      </c>
+      <c r="HE41" s="14">
+        <v>0</v>
+      </c>
+      <c r="HF41" s="14">
+        <v>0</v>
+      </c>
+      <c r="HG41" s="14">
+        <v>0</v>
+      </c>
+      <c r="HH41" s="14">
+        <v>0</v>
+      </c>
+      <c r="HI41" s="14">
+        <v>0</v>
+      </c>
+      <c r="HJ41" s="14">
+        <v>0</v>
+      </c>
+      <c r="HK41" s="14">
+        <v>0</v>
+      </c>
+      <c r="HL41" s="14">
+        <v>0</v>
+      </c>
+      <c r="HM41" s="14">
+        <v>0</v>
+      </c>
+      <c r="HN41" s="14">
+        <v>0</v>
+      </c>
+      <c r="HO41" s="14">
+        <v>0</v>
+      </c>
+      <c r="HP41" s="14">
+        <v>0</v>
+      </c>
+      <c r="HQ41" s="14">
+        <v>0</v>
+      </c>
+      <c r="HR41" s="14">
+        <v>0</v>
+      </c>
+      <c r="HS41" s="14">
+        <v>0</v>
+      </c>
+      <c r="HT41" s="14">
+        <v>0</v>
+      </c>
+      <c r="HU41" s="14">
+        <v>0</v>
+      </c>
+      <c r="HV41" s="14">
+        <v>0</v>
+      </c>
+      <c r="HW41" s="14">
+        <v>0</v>
+      </c>
+      <c r="HX41" s="14">
+        <v>0</v>
+      </c>
+      <c r="HY41" s="14">
+        <v>0</v>
+      </c>
+      <c r="HZ41" s="14">
+        <v>0</v>
+      </c>
+      <c r="IA41" s="14">
+        <v>0</v>
+      </c>
+      <c r="IB41" s="14">
+        <v>0</v>
+      </c>
+      <c r="IC41" s="14">
+        <v>0</v>
+      </c>
+      <c r="ID41" s="14">
+        <v>0</v>
+      </c>
+      <c r="IE41" s="14">
+        <v>0</v>
+      </c>
+      <c r="IF41" s="14">
+        <v>0</v>
+      </c>
+      <c r="IG41" s="14">
+        <v>0</v>
+      </c>
+      <c r="IH41" s="14">
+        <v>0</v>
+      </c>
+      <c r="II41" s="14">
+        <v>0</v>
+      </c>
+      <c r="IJ41" s="14">
+        <v>0</v>
+      </c>
+      <c r="IK41" s="14">
+        <v>0</v>
+      </c>
+      <c r="IL41" s="14">
+        <v>0</v>
+      </c>
+      <c r="IM41" s="14">
+        <v>0</v>
+      </c>
+      <c r="IN41" s="14">
+        <v>0</v>
+      </c>
+      <c r="IO41" s="14">
+        <v>0</v>
+      </c>
+      <c r="IP41" s="14">
+        <v>0</v>
+      </c>
+      <c r="IQ41" s="14">
+        <v>0</v>
+      </c>
+      <c r="IR41" s="14">
+        <v>0</v>
+      </c>
+      <c r="IS41" s="14">
+        <v>0</v>
+      </c>
+      <c r="IT41" s="14">
+        <v>0</v>
+      </c>
+      <c r="IU41" s="14">
+        <v>0</v>
+      </c>
+      <c r="IV41" s="14">
+        <v>0</v>
+      </c>
+      <c r="IW41" s="14">
+        <v>0</v>
+      </c>
+      <c r="IX41" s="14">
+        <v>0</v>
+      </c>
+      <c r="IY41" s="14">
+        <v>0</v>
+      </c>
+      <c r="IZ41" s="14">
+        <v>0</v>
+      </c>
+      <c r="JA41" s="14">
+        <v>0</v>
+      </c>
+      <c r="JB41" s="14">
+        <v>0</v>
+      </c>
+      <c r="JC41" s="14">
+        <v>0</v>
+      </c>
+      <c r="JD41" s="14">
+        <v>0</v>
+      </c>
+      <c r="JE41" s="14">
+        <v>0</v>
+      </c>
+      <c r="JF41" s="14">
+        <v>0</v>
+      </c>
+      <c r="JG41" s="14">
+        <v>0</v>
+      </c>
+      <c r="JH41" s="14">
+        <v>0</v>
+      </c>
+      <c r="JI41" s="14">
+        <v>0</v>
+      </c>
+      <c r="JJ41" s="14">
+        <v>0</v>
+      </c>
+      <c r="JK41" s="14">
+        <v>0</v>
+      </c>
+      <c r="JL41" s="14">
+        <v>0</v>
+      </c>
+      <c r="JM41" s="14">
+        <v>0</v>
+      </c>
+      <c r="JN41" s="14">
+        <v>0</v>
+      </c>
+      <c r="JO41" s="14">
+        <v>0</v>
+      </c>
+      <c r="JP41" s="14">
+        <v>0</v>
+      </c>
+      <c r="JQ41" s="14">
+        <v>0</v>
+      </c>
+      <c r="JR41" s="14">
+        <v>0</v>
+      </c>
+      <c r="JS41" s="14">
+        <v>0</v>
+      </c>
+      <c r="JT41" s="14">
+        <v>0</v>
+      </c>
+      <c r="JU41" s="14">
+        <v>0</v>
+      </c>
+      <c r="JV41" s="14">
+        <v>0</v>
+      </c>
+      <c r="JW41" s="14">
+        <v>0</v>
+      </c>
+      <c r="JX41" s="14">
+        <v>0</v>
+      </c>
+      <c r="JY41" s="14">
+        <v>0</v>
+      </c>
+      <c r="JZ41" s="14">
+        <v>0</v>
+      </c>
+      <c r="KA41" s="14">
+        <v>0</v>
+      </c>
+      <c r="KB41" s="14">
+        <v>0</v>
+      </c>
+      <c r="KC41" s="14">
+        <v>0</v>
+      </c>
+      <c r="KD41" s="14">
+        <v>0</v>
+      </c>
+      <c r="KE41" s="14">
+        <v>0</v>
+      </c>
+      <c r="KF41" s="14">
+        <v>0</v>
+      </c>
+      <c r="KG41" s="14">
+        <v>0</v>
+      </c>
+      <c r="KH41" s="14">
+        <v>0</v>
+      </c>
+      <c r="KI41" s="14">
+        <v>0</v>
+      </c>
+      <c r="KJ41" s="14">
+        <v>0</v>
+      </c>
+      <c r="KK41" s="14">
+        <v>0</v>
+      </c>
+      <c r="KL41" s="14">
+        <v>0</v>
+      </c>
+      <c r="KM41" s="14">
+        <v>0</v>
+      </c>
+      <c r="KN41" s="14">
+        <v>0</v>
+      </c>
+      <c r="KO41" s="14">
+        <v>0</v>
+      </c>
+      <c r="KP41" s="14">
+        <v>0</v>
+      </c>
+      <c r="KQ41" s="14">
+        <v>0</v>
+      </c>
+      <c r="KR41" s="14">
+        <v>0</v>
+      </c>
+      <c r="KS41" s="14">
+        <v>0</v>
+      </c>
+      <c r="KT41" s="14">
+        <v>0</v>
+      </c>
+      <c r="KU41" s="14">
+        <v>0</v>
+      </c>
+      <c r="KV41" s="14">
+        <v>0</v>
+      </c>
+      <c r="KW41" s="14">
+        <v>0</v>
+      </c>
+      <c r="KX41" s="14">
+        <v>0</v>
+      </c>
+      <c r="KY41" s="14">
+        <v>0</v>
+      </c>
+      <c r="KZ41" s="14">
+        <v>0</v>
+      </c>
+      <c r="LA41" s="14">
+        <v>0</v>
+      </c>
+      <c r="LB41" s="14">
+        <v>0</v>
+      </c>
+      <c r="LC41" s="14">
+        <v>0</v>
+      </c>
+      <c r="LD41" s="14">
+        <v>0</v>
+      </c>
+      <c r="LE41" s="14">
+        <v>0</v>
+      </c>
+      <c r="LF41" s="14">
+        <v>0</v>
+      </c>
+      <c r="LG41" s="14">
+        <v>0</v>
+      </c>
+      <c r="LH41" s="14">
+        <v>0</v>
+      </c>
+      <c r="LI41" s="14">
+        <v>0</v>
+      </c>
+      <c r="LJ41" s="14">
+        <v>0</v>
+      </c>
+      <c r="LK41" s="14">
+        <v>0</v>
+      </c>
+      <c r="LL41" s="14">
+        <v>0</v>
+      </c>
+      <c r="LM41" s="14">
+        <v>0</v>
+      </c>
+      <c r="LN41" s="14">
+        <v>0</v>
+      </c>
+      <c r="LO41" s="14">
+        <v>0</v>
+      </c>
+      <c r="LP41" s="14">
+        <v>0</v>
+      </c>
+      <c r="LQ41" s="14">
+        <v>0</v>
+      </c>
+      <c r="LR41" s="14">
+        <v>0</v>
+      </c>
+      <c r="LS41" s="14">
+        <v>0</v>
+      </c>
+      <c r="LT41" s="14">
+        <v>0</v>
+      </c>
+      <c r="LU41" s="14">
+        <v>0</v>
+      </c>
+      <c r="LV41" s="14">
+        <v>0</v>
+      </c>
+      <c r="LW41" s="14">
+        <v>0</v>
+      </c>
+      <c r="LX41" s="14">
+        <v>0</v>
+      </c>
+      <c r="LY41" s="14">
+        <v>0</v>
+      </c>
+      <c r="LZ41" s="14">
+        <v>0</v>
+      </c>
+      <c r="MA41" s="14">
+        <v>0</v>
+      </c>
+      <c r="MB41" s="14">
+        <v>0</v>
+      </c>
+      <c r="MC41" s="14">
+        <v>0</v>
+      </c>
+      <c r="MD41" s="14">
+        <v>0</v>
+      </c>
+      <c r="ME41" s="14">
+        <v>0</v>
+      </c>
+      <c r="MF41" s="14">
+        <v>0</v>
+      </c>
+      <c r="MG41" s="14">
+        <v>0</v>
+      </c>
+      <c r="MH41" s="14">
+        <v>0</v>
+      </c>
+      <c r="MI41" s="14">
+        <v>0</v>
+      </c>
+      <c r="MJ41" s="14">
+        <v>0</v>
+      </c>
+      <c r="MK41" s="14">
+        <v>0</v>
+      </c>
+      <c r="ML41" s="14">
+        <v>0</v>
+      </c>
+      <c r="MM41" s="14">
+        <v>0</v>
+      </c>
+      <c r="MN41" s="14">
+        <v>0</v>
+      </c>
+      <c r="MO41" s="14">
+        <v>0</v>
+      </c>
+      <c r="MP41" s="14">
+        <v>0</v>
+      </c>
+      <c r="MQ41" s="14">
+        <v>0</v>
+      </c>
+      <c r="MR41" s="14">
+        <v>0</v>
+      </c>
+      <c r="MS41" s="14">
+        <v>0</v>
+      </c>
+      <c r="MT41" s="14">
+        <v>0</v>
+      </c>
+      <c r="MU41" s="14">
+        <v>0</v>
+      </c>
+      <c r="MV41" s="14">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="42" spans="1:360" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A42" s="14"/>
+      <c r="B42" s="15" t="s">
+        <v>14</v>
+      </c>
+      <c r="C42" s="14">
+        <v>0</v>
+      </c>
+      <c r="D42" s="14">
+        <v>0</v>
+      </c>
+      <c r="E42" s="14">
+        <v>0</v>
+      </c>
+      <c r="F42" s="14">
+        <v>0</v>
+      </c>
+      <c r="G42" s="14">
+        <v>0</v>
+      </c>
+      <c r="H42" s="14">
+        <v>0</v>
+      </c>
+      <c r="I42" s="14">
+        <v>0</v>
+      </c>
+      <c r="J42" s="14">
+        <v>0</v>
+      </c>
+      <c r="K42" s="14">
+        <v>0</v>
+      </c>
+      <c r="L42" s="14">
+        <v>0</v>
+      </c>
+      <c r="M42" s="14">
+        <v>0</v>
+      </c>
+      <c r="N42" s="14">
+        <v>0</v>
+      </c>
+      <c r="O42" s="14">
+        <v>0</v>
+      </c>
+      <c r="P42" s="14">
+        <v>0</v>
+      </c>
+      <c r="Q42" s="14">
+        <v>0</v>
+      </c>
+      <c r="R42" s="14">
+        <v>0</v>
+      </c>
+      <c r="S42" s="14">
+        <v>0</v>
+      </c>
+      <c r="T42" s="14">
+        <v>0</v>
+      </c>
+      <c r="U42" s="14">
+        <v>0</v>
+      </c>
+      <c r="V42" s="14">
+        <v>0</v>
+      </c>
+      <c r="W42" s="14">
+        <v>0</v>
+      </c>
+      <c r="X42" s="14">
+        <v>0</v>
+      </c>
+      <c r="Y42" s="14">
+        <v>0</v>
+      </c>
+      <c r="Z42" s="14">
+        <v>0</v>
+      </c>
+      <c r="AA42" s="14">
+        <v>0</v>
+      </c>
+      <c r="AB42" s="14">
+        <v>0</v>
+      </c>
+      <c r="AC42" s="14">
+        <v>0</v>
+      </c>
+      <c r="AD42" s="14">
+        <v>0</v>
+      </c>
+      <c r="AE42" s="14">
+        <v>0</v>
+      </c>
+      <c r="AF42" s="14">
+        <v>0</v>
+      </c>
+      <c r="AG42" s="14">
+        <v>0</v>
+      </c>
+      <c r="AH42" s="14">
+        <v>0</v>
+      </c>
+      <c r="AI42" s="14">
+        <v>0</v>
+      </c>
+      <c r="AJ42" s="14">
+        <v>0</v>
+      </c>
+      <c r="AK42" s="14">
+        <v>0</v>
+      </c>
+      <c r="AL42" s="14">
+        <v>0</v>
+      </c>
+      <c r="AM42" s="14">
+        <v>0</v>
+      </c>
+      <c r="AN42" s="14">
+        <v>0</v>
+      </c>
+      <c r="AO42" s="14">
+        <v>0</v>
+      </c>
+      <c r="AP42" s="14">
+        <v>0</v>
+      </c>
+      <c r="AQ42" s="14">
+        <v>0</v>
+      </c>
+      <c r="AR42" s="14">
+        <v>0</v>
+      </c>
+      <c r="AS42" s="14">
+        <v>0</v>
+      </c>
+      <c r="AT42" s="14">
+        <v>0</v>
+      </c>
+      <c r="AU42" s="14">
+        <v>0</v>
+      </c>
+      <c r="AV42" s="14">
+        <v>0</v>
+      </c>
+      <c r="AW42" s="14">
+        <v>0</v>
+      </c>
+      <c r="AX42" s="14">
+        <v>0</v>
+      </c>
+      <c r="AY42" s="14">
+        <v>0</v>
+      </c>
+      <c r="AZ42" s="14">
+        <v>0</v>
+      </c>
+      <c r="BA42" s="14">
+        <v>0</v>
+      </c>
+      <c r="BB42" s="14">
+        <v>0</v>
+      </c>
+      <c r="BC42" s="14">
+        <v>0</v>
+      </c>
+      <c r="BD42" s="14">
+        <v>0</v>
+      </c>
+      <c r="BE42" s="14">
+        <v>0</v>
+      </c>
+      <c r="BF42" s="14">
+        <v>0</v>
+      </c>
+      <c r="BG42" s="14">
+        <v>0</v>
+      </c>
+      <c r="BH42" s="14">
+        <v>0</v>
+      </c>
+      <c r="BI42" s="14">
+        <v>0</v>
+      </c>
+      <c r="BJ42" s="14">
+        <v>0</v>
+      </c>
+      <c r="BK42" s="14">
+        <v>0</v>
+      </c>
+      <c r="BL42" s="14">
+        <v>0</v>
+      </c>
+      <c r="BM42" s="14">
+        <v>0</v>
+      </c>
+      <c r="BN42" s="14">
+        <v>0</v>
+      </c>
+      <c r="BO42" s="14">
+        <v>0</v>
+      </c>
+      <c r="BP42" s="14">
+        <v>0</v>
+      </c>
+      <c r="BQ42" s="14">
+        <v>0</v>
+      </c>
+      <c r="BR42" s="14">
+        <v>0</v>
+      </c>
+      <c r="BS42" s="14">
+        <v>0</v>
+      </c>
+      <c r="BT42" s="14">
+        <v>0</v>
+      </c>
+      <c r="BU42" s="14">
+        <v>0</v>
+      </c>
+      <c r="BV42" s="14">
+        <v>0</v>
+      </c>
+      <c r="BW42" s="14">
+        <v>0</v>
+      </c>
+      <c r="BX42" s="14">
+        <v>0</v>
+      </c>
+      <c r="BY42" s="14">
+        <v>0</v>
+      </c>
+      <c r="BZ42" s="14">
+        <v>0</v>
+      </c>
+      <c r="CA42" s="14">
+        <v>0</v>
+      </c>
+      <c r="CB42" s="14">
+        <v>0</v>
+      </c>
+      <c r="CC42" s="14">
+        <v>0</v>
+      </c>
+      <c r="CD42" s="14">
+        <v>0</v>
+      </c>
+      <c r="CE42" s="14">
+        <v>0</v>
+      </c>
+      <c r="CF42" s="14">
+        <v>0</v>
+      </c>
+      <c r="CG42" s="14">
+        <v>0</v>
+      </c>
+      <c r="CH42" s="14">
+        <v>0</v>
+      </c>
+      <c r="CI42" s="14">
+        <v>0</v>
+      </c>
+      <c r="CJ42" s="14">
+        <v>0</v>
+      </c>
+      <c r="CK42" s="14">
+        <v>0</v>
+      </c>
+      <c r="CL42" s="14">
+        <v>0</v>
+      </c>
+      <c r="CM42" s="14">
+        <v>0</v>
+      </c>
+      <c r="CN42" s="14">
+        <v>0</v>
+      </c>
+      <c r="CO42" s="14">
+        <v>0</v>
+      </c>
+      <c r="CP42" s="14">
+        <v>0</v>
+      </c>
+      <c r="CQ42" s="14">
+        <v>0</v>
+      </c>
+      <c r="CR42" s="14">
+        <v>0</v>
+      </c>
+      <c r="CS42" s="14">
+        <v>0</v>
+      </c>
+      <c r="CT42" s="14">
+        <v>0</v>
+      </c>
+      <c r="CU42" s="14">
+        <v>0</v>
+      </c>
+      <c r="CV42" s="14">
+        <v>0</v>
+      </c>
+      <c r="CW42" s="14">
+        <v>0</v>
+      </c>
+      <c r="CX42" s="14">
+        <v>0</v>
+      </c>
+      <c r="CY42" s="14">
+        <v>0</v>
+      </c>
+      <c r="CZ42" s="14">
+        <v>0</v>
+      </c>
+      <c r="DA42" s="14">
+        <v>0</v>
+      </c>
+      <c r="DB42" s="14">
+        <v>0</v>
+      </c>
+      <c r="DC42" s="14">
+        <v>0</v>
+      </c>
+      <c r="DD42" s="14">
+        <v>0</v>
+      </c>
+      <c r="DE42" s="14">
+        <v>0</v>
+      </c>
+      <c r="DF42" s="14">
+        <v>0</v>
+      </c>
+      <c r="DG42" s="14">
+        <v>0</v>
+      </c>
+      <c r="DH42" s="14">
+        <v>0</v>
+      </c>
+      <c r="DI42" s="14">
+        <v>0</v>
+      </c>
+      <c r="DJ42" s="14">
+        <v>0</v>
+      </c>
+      <c r="DK42" s="14">
+        <v>0</v>
+      </c>
+      <c r="DL42" s="14">
+        <v>0</v>
+      </c>
+      <c r="DM42" s="14">
+        <v>0</v>
+      </c>
+      <c r="DN42" s="14">
+        <v>0</v>
+      </c>
+      <c r="DO42" s="14">
+        <v>0</v>
+      </c>
+      <c r="DP42" s="14">
+        <v>0</v>
+      </c>
+      <c r="DQ42" s="14">
+        <v>0</v>
+      </c>
+      <c r="DR42" s="14">
+        <v>0</v>
+      </c>
+      <c r="DS42" s="14">
+        <v>4.5414185099999997</v>
+      </c>
+      <c r="DT42" s="14">
+        <v>4.5268801500000002</v>
+      </c>
+      <c r="DU42" s="14">
+        <v>4.4957626700000004</v>
+      </c>
+      <c r="DV42" s="14">
+        <v>4.5053685899999998</v>
+      </c>
+      <c r="DW42" s="14">
+        <v>4.3869515400000001</v>
+      </c>
+      <c r="DX42" s="14">
+        <v>4.3674568999999996</v>
+      </c>
+      <c r="DY42" s="14">
+        <v>4.3631448500000003</v>
+      </c>
+      <c r="DZ42" s="14">
+        <v>6.09780254</v>
+      </c>
+      <c r="EA42" s="14">
+        <v>6.1452617900000002</v>
+      </c>
+      <c r="EB42" s="14">
+        <v>6.2130706</v>
+      </c>
+      <c r="EC42" s="14">
+        <v>6.1912457600000002</v>
+      </c>
+      <c r="ED42" s="14">
+        <v>6.1611680700000004</v>
+      </c>
+      <c r="EE42" s="14">
+        <v>6.1733135199999998</v>
+      </c>
+      <c r="EF42" s="14">
+        <v>6.1946541899999996</v>
+      </c>
+      <c r="EG42" s="14">
+        <v>6.1710396699999999</v>
+      </c>
+      <c r="EH42" s="14">
+        <v>6.2015918499999998</v>
+      </c>
+      <c r="EI42" s="14">
+        <v>6.1941837099999999</v>
+      </c>
+      <c r="EJ42" s="14">
+        <v>6.1402419799999999</v>
+      </c>
+      <c r="EK42" s="14">
+        <v>6.1361945599999999</v>
+      </c>
+      <c r="EL42" s="14">
+        <v>6.1307450899999996</v>
+      </c>
+      <c r="EM42" s="14">
+        <v>6.1492893999999998</v>
+      </c>
+      <c r="EN42" s="14">
+        <v>6.1165469799999999</v>
+      </c>
+      <c r="EO42" s="14">
+        <v>6.1750454299999999</v>
+      </c>
+      <c r="EP42" s="14">
+        <v>14.007060900000001</v>
+      </c>
+      <c r="EQ42" s="14">
+        <v>14.029018560000001</v>
+      </c>
+      <c r="ER42" s="14">
+        <v>13.894490169999999</v>
+      </c>
+      <c r="ES42" s="14">
+        <v>13.94740904</v>
+      </c>
+      <c r="ET42" s="14">
+        <v>13.907499489999999</v>
+      </c>
+      <c r="EU42" s="14">
+        <v>13.92110868</v>
+      </c>
+      <c r="EV42" s="14">
+        <v>13.90726536</v>
+      </c>
+      <c r="EW42" s="14">
+        <v>13.89913164</v>
+      </c>
+      <c r="EX42" s="14">
+        <v>21.709857790000001</v>
+      </c>
+      <c r="EY42" s="14">
+        <v>21.532020769999999</v>
+      </c>
+      <c r="EZ42" s="14">
+        <v>21.368975930000001</v>
+      </c>
+      <c r="FA42" s="14">
+        <v>21.58291685</v>
+      </c>
+      <c r="FB42" s="14">
+        <v>21.419805090000001</v>
+      </c>
+      <c r="FC42" s="14">
+        <v>21.99903613</v>
+      </c>
+      <c r="FD42" s="14">
+        <v>22.46801318</v>
+      </c>
+      <c r="FE42" s="14">
+        <v>22.636031039999999</v>
+      </c>
+      <c r="FF42" s="14">
+        <v>22.397975299999999</v>
+      </c>
+      <c r="FG42" s="14">
+        <v>22.301487309999999</v>
+      </c>
+      <c r="FH42" s="14">
+        <v>21.9953249</v>
+      </c>
+      <c r="FI42" s="14">
+        <v>21.901752210000001</v>
+      </c>
+      <c r="FJ42" s="14">
+        <v>22.224204090000001</v>
+      </c>
+      <c r="FK42" s="14">
+        <v>22.01985183</v>
+      </c>
+      <c r="FL42" s="14">
+        <v>21.890657220000001</v>
+      </c>
+      <c r="FM42" s="14">
+        <v>21.702020749999999</v>
+      </c>
+      <c r="FN42" s="14">
+        <v>21.978567160000001</v>
+      </c>
+      <c r="FO42" s="14">
+        <v>21.944294029999998</v>
+      </c>
+      <c r="FP42" s="14">
+        <v>21.96242329</v>
+      </c>
+      <c r="FQ42" s="14">
+        <v>21.756789359999999</v>
+      </c>
+      <c r="FR42" s="14">
+        <v>21.716821070000002</v>
+      </c>
+      <c r="FS42" s="14">
+        <v>21.67954907</v>
+      </c>
+      <c r="FT42" s="14">
+        <v>21.728147159999999</v>
+      </c>
+      <c r="FU42" s="14">
+        <v>21.51973929</v>
+      </c>
+      <c r="FV42" s="14">
+        <v>21.597877319999998</v>
+      </c>
+      <c r="FW42" s="14">
+        <v>21.676715269999999</v>
+      </c>
+      <c r="FX42" s="14">
+        <v>21.7296543</v>
+      </c>
+      <c r="FY42" s="14">
+        <v>21.868296350000001</v>
+      </c>
+      <c r="FZ42" s="14">
+        <v>22.10980108</v>
+      </c>
+      <c r="GA42" s="14">
+        <v>22.005061229999999</v>
+      </c>
+      <c r="GB42" s="14">
+        <v>21.98222298</v>
+      </c>
+      <c r="GC42" s="14">
+        <v>22.004827819999999</v>
+      </c>
+      <c r="GD42" s="14">
+        <v>21.909823410000001</v>
+      </c>
+      <c r="GE42" s="14">
+        <v>17.85193082</v>
+      </c>
+      <c r="GF42" s="14">
+        <v>18.10997308</v>
+      </c>
+      <c r="GG42" s="14">
+        <v>17.968763500000001</v>
+      </c>
+      <c r="GH42" s="14">
+        <v>18.070122390000002</v>
+      </c>
+      <c r="GI42" s="14">
+        <v>18.116824990000001</v>
+      </c>
+      <c r="GJ42" s="14">
+        <v>17.639987789999999</v>
+      </c>
+      <c r="GK42" s="14">
+        <v>17.624226749999998</v>
+      </c>
+      <c r="GL42" s="14">
+        <v>17.655440389999999</v>
+      </c>
+      <c r="GM42" s="14">
+        <v>17.730393629999998</v>
+      </c>
+      <c r="GN42" s="14">
+        <v>17.720979490000001</v>
+      </c>
+      <c r="GO42" s="14">
+        <v>17.74885359</v>
+      </c>
+      <c r="GP42" s="14">
+        <v>17.58538523</v>
+      </c>
+      <c r="GQ42" s="14">
+        <v>17.642831770000001</v>
+      </c>
+      <c r="GR42" s="14">
+        <v>17.70872323</v>
+      </c>
+      <c r="GS42" s="14">
+        <v>17.5928416</v>
+      </c>
+      <c r="GT42" s="14">
+        <v>17.522251069999999</v>
+      </c>
+      <c r="GU42" s="14">
+        <v>17.430378319999999</v>
+      </c>
+      <c r="GV42" s="14">
+        <v>17.36247127</v>
+      </c>
+      <c r="GW42" s="14">
+        <v>17.556811719999999</v>
+      </c>
+      <c r="GX42" s="14">
+        <v>17.597667359999999</v>
+      </c>
+      <c r="GY42" s="14">
+        <v>17.58592573</v>
+      </c>
+      <c r="GZ42" s="14">
+        <v>17.580011500000001</v>
+      </c>
+      <c r="HA42" s="14">
+        <v>17.588625350000001</v>
+      </c>
+      <c r="HB42" s="14">
+        <v>17.591097049999998</v>
+      </c>
+      <c r="HC42" s="14">
+        <v>17.62344478</v>
+      </c>
+      <c r="HD42" s="14">
+        <v>17.52038464</v>
+      </c>
+      <c r="HE42" s="14">
+        <v>17.277188890000001</v>
+      </c>
+      <c r="HF42" s="14">
+        <v>17.277514629999999</v>
+      </c>
+      <c r="HG42" s="14">
+        <v>17.42472965</v>
+      </c>
+      <c r="HH42" s="14">
+        <v>17.557832149999999</v>
+      </c>
+      <c r="HI42" s="14">
+        <v>17.576899520000001</v>
+      </c>
+      <c r="HJ42" s="14">
+        <v>17.602171970000001</v>
+      </c>
+      <c r="HK42" s="14">
+        <v>17.617922270000001</v>
+      </c>
+      <c r="HL42" s="14">
+        <v>17.45206121</v>
+      </c>
+      <c r="HM42" s="14">
+        <v>17.48254159</v>
+      </c>
+      <c r="HN42" s="14">
+        <v>17.48282923</v>
+      </c>
+      <c r="HO42" s="14">
+        <v>17.359095150000002</v>
+      </c>
+      <c r="HP42" s="14">
+        <v>17.32426598</v>
+      </c>
+      <c r="HQ42" s="14">
+        <v>17.28417031</v>
+      </c>
+      <c r="HR42" s="14">
+        <v>17.25042114</v>
+      </c>
+      <c r="HS42" s="14">
+        <v>17.229252590000002</v>
+      </c>
+      <c r="HT42" s="14">
+        <v>17.22729635</v>
+      </c>
+      <c r="HU42" s="14">
+        <v>17.309420190000001</v>
+      </c>
+      <c r="HV42" s="14">
+        <v>13.208636289999999</v>
+      </c>
+      <c r="HW42" s="14">
+        <v>17.30682015</v>
+      </c>
+      <c r="HX42" s="14">
+        <v>17.196633850000001</v>
+      </c>
+      <c r="HY42" s="14">
+        <v>17.182658069999999</v>
+      </c>
+      <c r="HZ42" s="14">
+        <v>17.086070299999999</v>
+      </c>
+      <c r="IA42" s="14">
+        <v>16.9642689</v>
+      </c>
+      <c r="IB42" s="14">
+        <v>16.944506570000001</v>
+      </c>
+      <c r="IC42" s="14">
+        <v>16.943169999999999</v>
+      </c>
+      <c r="ID42" s="14">
+        <v>12.70463232</v>
+      </c>
+      <c r="IE42" s="14">
+        <v>12.626595760000001</v>
+      </c>
+      <c r="IF42" s="14">
+        <v>12.773309920000001</v>
+      </c>
+      <c r="IG42" s="14">
+        <v>12.71918625</v>
+      </c>
+      <c r="IH42" s="14">
+        <v>8.6648422499999995</v>
+      </c>
+      <c r="II42" s="14">
+        <v>8.6742321699999998</v>
+      </c>
+      <c r="IJ42" s="14">
+        <v>8.5162610599999997</v>
+      </c>
+      <c r="IK42" s="14">
+        <v>8.4754082099999994</v>
+      </c>
+      <c r="IL42" s="14">
+        <v>8.3679913900000003</v>
+      </c>
+      <c r="IM42" s="14">
+        <v>8.3174755999999999</v>
+      </c>
+      <c r="IN42" s="14">
+        <v>8.32753561</v>
+      </c>
+      <c r="IO42" s="14">
+        <v>8.3557948199999998</v>
+      </c>
+      <c r="IP42" s="14">
+        <v>4.0689766900000004</v>
+      </c>
+      <c r="IQ42" s="14">
+        <v>4.0680287599999998</v>
+      </c>
+      <c r="IR42" s="14">
+        <v>4.0854452600000002</v>
+      </c>
+      <c r="IS42" s="14">
+        <v>4.0791998899999999</v>
+      </c>
+      <c r="IT42" s="14">
+        <v>4.0979163999999999</v>
+      </c>
+      <c r="IU42" s="14">
+        <v>4.1126719400000002</v>
+      </c>
+      <c r="IV42" s="14">
+        <v>4.0727069299999998</v>
+      </c>
+      <c r="IW42" s="14">
+        <v>4.0424040999999997</v>
+      </c>
+      <c r="IX42" s="14">
+        <v>4.0477004399999998</v>
+      </c>
+      <c r="IY42" s="14">
+        <v>4.0650445700000004</v>
+      </c>
+      <c r="IZ42" s="14">
+        <v>4.0362773599999997</v>
+      </c>
+      <c r="JA42" s="14">
+        <v>4.0304259699999996</v>
+      </c>
+      <c r="JB42" s="14">
+        <v>0</v>
+      </c>
+      <c r="JC42" s="14">
+        <v>0</v>
+      </c>
+      <c r="JD42" s="14">
+        <v>0</v>
+      </c>
+      <c r="JE42" s="14">
+        <v>0</v>
+      </c>
+      <c r="JF42" s="14">
+        <v>0</v>
+      </c>
+      <c r="JG42" s="14">
+        <v>0</v>
+      </c>
+      <c r="JH42" s="14">
+        <v>0</v>
+      </c>
+      <c r="JI42" s="14">
+        <v>0</v>
+      </c>
+      <c r="JJ42" s="14">
+        <v>0</v>
+      </c>
+      <c r="JK42" s="14">
+        <v>0</v>
+      </c>
+      <c r="JL42" s="14">
+        <v>0</v>
+      </c>
+      <c r="JM42" s="14">
+        <v>0</v>
+      </c>
+      <c r="JN42" s="14">
+        <v>0</v>
+      </c>
+      <c r="JO42" s="14">
+        <v>0</v>
+      </c>
+      <c r="JP42" s="14">
+        <v>0</v>
+      </c>
+      <c r="JQ42" s="14">
+        <v>0</v>
+      </c>
+      <c r="JR42" s="14">
+        <v>0</v>
+      </c>
+      <c r="JS42" s="14">
+        <v>0</v>
+      </c>
+      <c r="JT42" s="14">
+        <v>0</v>
+      </c>
+      <c r="JU42" s="14">
+        <v>0</v>
+      </c>
+      <c r="JV42" s="14">
+        <v>0</v>
+      </c>
+      <c r="JW42" s="14">
+        <v>0</v>
+      </c>
+      <c r="JX42" s="14">
+        <v>0</v>
+      </c>
+      <c r="JY42" s="14">
+        <v>0</v>
+      </c>
+      <c r="JZ42" s="14">
+        <v>0</v>
+      </c>
+      <c r="KA42" s="14">
+        <v>0</v>
+      </c>
+      <c r="KB42" s="14">
+        <v>0</v>
+      </c>
+      <c r="KC42" s="14">
+        <v>0</v>
+      </c>
+      <c r="KD42" s="14">
+        <v>0</v>
+      </c>
+      <c r="KE42" s="14">
+        <v>0</v>
+      </c>
+      <c r="KF42" s="14">
+        <v>0</v>
+      </c>
+      <c r="KG42" s="14">
+        <v>0</v>
+      </c>
+      <c r="KH42" s="14">
+        <v>0</v>
+      </c>
+      <c r="KI42" s="14">
+        <v>0</v>
+      </c>
+      <c r="KJ42" s="14">
+        <v>0</v>
+      </c>
+      <c r="KK42" s="14">
+        <v>0</v>
+      </c>
+      <c r="KL42" s="14">
+        <v>0</v>
+      </c>
+      <c r="KM42" s="14">
+        <v>0</v>
+      </c>
+      <c r="KN42" s="14">
+        <v>0</v>
+      </c>
+      <c r="KO42" s="14">
+        <v>0</v>
+      </c>
+      <c r="KP42" s="14">
+        <v>0</v>
+      </c>
+      <c r="KQ42" s="14">
+        <v>0</v>
+      </c>
+      <c r="KR42" s="14">
+        <v>0</v>
+      </c>
+      <c r="KS42" s="14">
+        <v>0</v>
+      </c>
+      <c r="KT42" s="14">
+        <v>0</v>
+      </c>
+      <c r="KU42" s="14">
+        <v>0</v>
+      </c>
+      <c r="KV42" s="14">
+        <v>0</v>
+      </c>
+      <c r="KW42" s="14">
+        <v>0</v>
+      </c>
+      <c r="KX42" s="14">
+        <v>0</v>
+      </c>
+      <c r="KY42" s="14">
+        <v>0</v>
+      </c>
+      <c r="KZ42" s="14">
+        <v>0</v>
+      </c>
+      <c r="LA42" s="14">
+        <v>0</v>
+      </c>
+      <c r="LB42" s="14">
+        <v>0</v>
+      </c>
+      <c r="LC42" s="14">
+        <v>0</v>
+      </c>
+      <c r="LD42" s="14">
+        <v>0</v>
+      </c>
+      <c r="LE42" s="14">
+        <v>0</v>
+      </c>
+      <c r="LF42" s="14">
+        <v>0</v>
+      </c>
+      <c r="LG42" s="14">
+        <v>0</v>
+      </c>
+      <c r="LH42" s="14">
+        <v>0</v>
+      </c>
+      <c r="LI42" s="14">
+        <v>0</v>
+      </c>
+      <c r="LJ42" s="14">
+        <v>0</v>
+      </c>
+      <c r="LK42" s="14">
+        <v>0</v>
+      </c>
+      <c r="LL42" s="14">
+        <v>0</v>
+      </c>
+      <c r="LM42" s="14">
+        <v>0</v>
+      </c>
+      <c r="LN42" s="14">
+        <v>0</v>
+      </c>
+      <c r="LO42" s="14">
+        <v>0</v>
+      </c>
+      <c r="LP42" s="14">
+        <v>0</v>
+      </c>
+      <c r="LQ42" s="14">
+        <v>0</v>
+      </c>
+      <c r="LR42" s="14">
+        <v>0</v>
+      </c>
+      <c r="LS42" s="14">
+        <v>0</v>
+      </c>
+      <c r="LT42" s="14">
+        <v>0</v>
+      </c>
+      <c r="LU42" s="14">
+        <v>0</v>
+      </c>
+      <c r="LV42" s="14">
+        <v>0</v>
+      </c>
+      <c r="LW42" s="14">
+        <v>0</v>
+      </c>
+      <c r="LX42" s="14">
+        <v>0</v>
+      </c>
+      <c r="LY42" s="14">
+        <v>0</v>
+      </c>
+      <c r="LZ42" s="14">
+        <v>0</v>
+      </c>
+      <c r="MA42" s="14">
+        <v>0</v>
+      </c>
+      <c r="MB42" s="14">
+        <v>0</v>
+      </c>
+      <c r="MC42" s="14">
+        <v>0</v>
+      </c>
+      <c r="MD42" s="14">
+        <v>0</v>
+      </c>
+      <c r="ME42" s="14">
+        <v>0</v>
+      </c>
+      <c r="MF42" s="14">
+        <v>0</v>
+      </c>
+      <c r="MG42" s="14">
+        <v>0</v>
+      </c>
+      <c r="MH42" s="14">
+        <v>0</v>
+      </c>
+      <c r="MI42" s="14">
+        <v>0</v>
+      </c>
+      <c r="MJ42" s="14">
+        <v>0</v>
+      </c>
+      <c r="MK42" s="14">
+        <v>0</v>
+      </c>
+      <c r="ML42" s="14">
+        <v>0</v>
+      </c>
+      <c r="MM42" s="14">
+        <v>0</v>
+      </c>
+      <c r="MN42" s="14">
+        <v>0</v>
+      </c>
+      <c r="MO42" s="14">
+        <v>0</v>
+      </c>
+      <c r="MP42" s="14">
+        <v>0</v>
+      </c>
+      <c r="MQ42" s="14">
+        <v>0</v>
+      </c>
+      <c r="MR42" s="14">
+        <v>0</v>
+      </c>
+      <c r="MS42" s="14">
+        <v>0</v>
+      </c>
+      <c r="MT42" s="14">
+        <v>0</v>
+      </c>
+      <c r="MU42" s="14">
+        <v>0</v>
+      </c>
+      <c r="MV42" s="14">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="43" spans="1:360" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A43" s="14"/>
+      <c r="B43" s="15" t="s">
+        <v>15</v>
+      </c>
+      <c r="C43" s="14">
+        <v>0</v>
+      </c>
+      <c r="D43" s="14">
+        <v>0</v>
+      </c>
+      <c r="E43" s="14">
+        <v>0</v>
+      </c>
+      <c r="F43" s="14">
+        <v>0</v>
+      </c>
+      <c r="G43" s="14">
+        <v>0</v>
+      </c>
+      <c r="H43" s="14">
+        <v>0</v>
+      </c>
+      <c r="I43" s="14">
+        <v>0</v>
+      </c>
+      <c r="J43" s="14">
+        <v>0</v>
+      </c>
+      <c r="K43" s="14">
+        <v>0</v>
+      </c>
+      <c r="L43" s="14">
+        <v>0</v>
+      </c>
+      <c r="M43" s="14">
+        <v>0</v>
+      </c>
+      <c r="N43" s="14">
+        <v>0</v>
+      </c>
+      <c r="O43" s="14">
+        <v>0</v>
+      </c>
+      <c r="P43" s="14">
+        <v>0</v>
+      </c>
+      <c r="Q43" s="14">
+        <v>0</v>
+      </c>
+      <c r="R43" s="14">
+        <v>0</v>
+      </c>
+      <c r="S43" s="14">
+        <v>0</v>
+      </c>
+      <c r="T43" s="14">
+        <v>0</v>
+      </c>
+      <c r="U43" s="14">
+        <v>0</v>
+      </c>
+      <c r="V43" s="14">
+        <v>0</v>
+      </c>
+      <c r="W43" s="14">
+        <v>0</v>
+      </c>
+      <c r="X43" s="14">
+        <v>0</v>
+      </c>
+      <c r="Y43" s="14">
+        <v>0</v>
+      </c>
+      <c r="Z43" s="14">
+        <v>0</v>
+      </c>
+      <c r="AA43" s="14">
+        <v>0</v>
+      </c>
+      <c r="AB43" s="14">
+        <v>0</v>
+      </c>
+      <c r="AC43" s="14">
+        <v>0</v>
+      </c>
+      <c r="AD43" s="14">
+        <v>0</v>
+      </c>
+      <c r="AE43" s="14">
+        <v>0</v>
+      </c>
+      <c r="AF43" s="14">
+        <v>0</v>
+      </c>
+      <c r="AG43" s="14">
+        <v>0</v>
+      </c>
+      <c r="AH43" s="14">
+        <v>0</v>
+      </c>
+      <c r="AI43" s="14">
+        <v>0</v>
+      </c>
+      <c r="AJ43" s="14">
+        <v>0</v>
+      </c>
+      <c r="AK43" s="14">
+        <v>0</v>
+      </c>
+      <c r="AL43" s="14">
+        <v>0</v>
+      </c>
+      <c r="AM43" s="14">
+        <v>0</v>
+      </c>
+      <c r="AN43" s="14">
+        <v>0</v>
+      </c>
+      <c r="AO43" s="14">
+        <v>0</v>
+      </c>
+      <c r="AP43" s="14">
+        <v>0</v>
+      </c>
+      <c r="AQ43" s="14">
+        <v>0</v>
+      </c>
+      <c r="AR43" s="14">
+        <v>0</v>
+      </c>
+      <c r="AS43" s="14">
+        <v>0</v>
+      </c>
+      <c r="AT43" s="14">
+        <v>0</v>
+      </c>
+      <c r="AU43" s="14">
+        <v>0</v>
+      </c>
+      <c r="AV43" s="14">
+        <v>0</v>
+      </c>
+      <c r="AW43" s="14">
+        <v>0</v>
+      </c>
+      <c r="AX43" s="14">
+        <v>0</v>
+      </c>
+      <c r="AY43" s="14">
+        <v>0</v>
+      </c>
+      <c r="AZ43" s="14">
+        <v>0</v>
+      </c>
+      <c r="BA43" s="14">
+        <v>0</v>
+      </c>
+      <c r="BB43" s="14">
+        <v>0</v>
+      </c>
+      <c r="BC43" s="14">
+        <v>0</v>
+      </c>
+      <c r="BD43" s="14">
+        <v>0</v>
+      </c>
+      <c r="BE43" s="14">
+        <v>0</v>
+      </c>
+      <c r="BF43" s="14">
+        <v>0</v>
+      </c>
+      <c r="BG43" s="14">
+        <v>0</v>
+      </c>
+      <c r="BH43" s="14">
+        <v>0</v>
+      </c>
+      <c r="BI43" s="14">
+        <v>0</v>
+      </c>
+      <c r="BJ43" s="14">
+        <v>0</v>
+      </c>
+      <c r="BK43" s="14">
+        <v>0</v>
+      </c>
+      <c r="BL43" s="14">
+        <v>0</v>
+      </c>
+      <c r="BM43" s="14">
+        <v>0</v>
+      </c>
+      <c r="BN43" s="14">
+        <v>0</v>
+      </c>
+      <c r="BO43" s="14">
+        <v>0</v>
+      </c>
+      <c r="BP43" s="14">
+        <v>0</v>
+      </c>
+      <c r="BQ43" s="14">
+        <v>0</v>
+      </c>
+      <c r="BR43" s="14">
+        <v>0</v>
+      </c>
+      <c r="BS43" s="14">
+        <v>0</v>
+      </c>
+      <c r="BT43" s="14">
+        <v>0</v>
+      </c>
+      <c r="BU43" s="14">
+        <v>0</v>
+      </c>
+      <c r="BV43" s="14">
+        <v>0</v>
+      </c>
+      <c r="BW43" s="14">
+        <v>0</v>
+      </c>
+      <c r="BX43" s="14">
+        <v>0</v>
+      </c>
+      <c r="BY43" s="14">
+        <v>0</v>
+      </c>
+      <c r="BZ43" s="14">
+        <v>0</v>
+      </c>
+      <c r="CA43" s="14">
+        <v>0</v>
+      </c>
+      <c r="CB43" s="14">
+        <v>0</v>
+      </c>
+      <c r="CC43" s="14">
+        <v>0</v>
+      </c>
+      <c r="CD43" s="14">
+        <v>0</v>
+      </c>
+      <c r="CE43" s="14">
+        <v>0</v>
+      </c>
+      <c r="CF43" s="14">
+        <v>0</v>
+      </c>
+      <c r="CG43" s="14">
+        <v>0</v>
+      </c>
+      <c r="CH43" s="14">
+        <v>0</v>
+      </c>
+      <c r="CI43" s="14">
+        <v>0</v>
+      </c>
+      <c r="CJ43" s="14">
+        <v>0</v>
+      </c>
+      <c r="CK43" s="14">
+        <v>0</v>
+      </c>
+      <c r="CL43" s="14">
+        <v>0</v>
+      </c>
+      <c r="CM43" s="14">
+        <v>0</v>
+      </c>
+      <c r="CN43" s="14">
+        <v>0</v>
+      </c>
+      <c r="CO43" s="14">
+        <v>0</v>
+      </c>
+      <c r="CP43" s="14">
+        <v>0</v>
+      </c>
+      <c r="CQ43" s="14">
+        <v>0</v>
+      </c>
+      <c r="CR43" s="14">
+        <v>0</v>
+      </c>
+      <c r="CS43" s="14">
+        <v>0</v>
+      </c>
+      <c r="CT43" s="14">
+        <v>0</v>
+      </c>
+      <c r="CU43" s="14">
+        <v>0</v>
+      </c>
+      <c r="CV43" s="14">
+        <v>0</v>
+      </c>
+      <c r="CW43" s="14">
+        <v>0</v>
+      </c>
+      <c r="CX43" s="14">
+        <v>0</v>
+      </c>
+      <c r="CY43" s="14">
+        <v>0</v>
+      </c>
+      <c r="CZ43" s="14">
+        <v>0</v>
+      </c>
+      <c r="DA43" s="14">
+        <v>0</v>
+      </c>
+      <c r="DB43" s="14">
+        <v>0</v>
+      </c>
+      <c r="DC43" s="14">
+        <v>0</v>
+      </c>
+      <c r="DD43" s="14">
+        <v>0</v>
+      </c>
+      <c r="DE43" s="14">
+        <v>0</v>
+      </c>
+      <c r="DF43" s="14">
+        <v>0</v>
+      </c>
+      <c r="DG43" s="14">
+        <v>0</v>
+      </c>
+      <c r="DH43" s="14">
+        <v>0</v>
+      </c>
+      <c r="DI43" s="14">
+        <v>0</v>
+      </c>
+      <c r="DJ43" s="14">
+        <v>0</v>
+      </c>
+      <c r="DK43" s="14">
+        <v>0</v>
+      </c>
+      <c r="DL43" s="14">
+        <v>0</v>
+      </c>
+      <c r="DM43" s="14">
+        <v>0</v>
+      </c>
+      <c r="DN43" s="14">
+        <v>0</v>
+      </c>
+      <c r="DO43" s="14">
+        <v>0</v>
+      </c>
+      <c r="DP43" s="14">
+        <v>0</v>
+      </c>
+      <c r="DQ43" s="14">
+        <v>0</v>
+      </c>
+      <c r="DR43" s="14">
+        <v>0</v>
+      </c>
+      <c r="DS43" s="14">
+        <v>0</v>
+      </c>
+      <c r="DT43" s="14">
+        <v>0</v>
+      </c>
+      <c r="DU43" s="14">
+        <v>0</v>
+      </c>
+      <c r="DV43" s="14">
+        <v>0</v>
+      </c>
+      <c r="DW43" s="14">
+        <v>0</v>
+      </c>
+      <c r="DX43" s="14">
+        <v>0</v>
+      </c>
+      <c r="DY43" s="14">
+        <v>0</v>
+      </c>
+      <c r="DZ43" s="14">
+        <v>0</v>
+      </c>
+      <c r="EA43" s="14">
+        <v>0</v>
+      </c>
+      <c r="EB43" s="14">
+        <v>0</v>
+      </c>
+      <c r="EC43" s="14">
+        <v>0</v>
+      </c>
+      <c r="ED43" s="14">
+        <v>0</v>
+      </c>
+      <c r="EE43" s="14">
+        <v>0</v>
+      </c>
+      <c r="EF43" s="14">
+        <v>0</v>
+      </c>
+      <c r="EG43" s="14">
+        <v>0</v>
+      </c>
+      <c r="EH43" s="14">
+        <v>0</v>
+      </c>
+      <c r="EI43" s="14">
+        <v>0</v>
+      </c>
+      <c r="EJ43" s="14">
+        <v>0</v>
+      </c>
+      <c r="EK43" s="14">
+        <v>0</v>
+      </c>
+      <c r="EL43" s="14">
+        <v>0</v>
+      </c>
+      <c r="EM43" s="14">
+        <v>0</v>
+      </c>
+      <c r="EN43" s="14">
+        <v>0</v>
+      </c>
+      <c r="EO43" s="14">
+        <v>0</v>
+      </c>
+      <c r="EP43" s="14">
+        <v>0</v>
+      </c>
+      <c r="EQ43" s="14">
+        <v>0</v>
+      </c>
+      <c r="ER43" s="14">
+        <v>0</v>
+      </c>
+      <c r="ES43" s="14">
+        <v>0</v>
+      </c>
+      <c r="ET43" s="14">
+        <v>0</v>
+      </c>
+      <c r="EU43" s="14">
+        <v>0</v>
+      </c>
+      <c r="EV43" s="14">
+        <v>0</v>
+      </c>
+      <c r="EW43" s="14">
+        <v>0</v>
+      </c>
+      <c r="EX43" s="14">
+        <v>0</v>
+      </c>
+      <c r="EY43" s="14">
+        <v>0</v>
+      </c>
+      <c r="EZ43" s="14">
+        <v>0</v>
+      </c>
+      <c r="FA43" s="14">
+        <v>0</v>
+      </c>
+      <c r="FB43" s="14">
+        <v>0</v>
+      </c>
+      <c r="FC43" s="14">
+        <v>0</v>
+      </c>
+      <c r="FD43" s="14">
+        <v>0</v>
+      </c>
+      <c r="FE43" s="14">
+        <v>0</v>
+      </c>
+      <c r="FF43" s="14">
+        <v>0</v>
+      </c>
+      <c r="FG43" s="14">
+        <v>0</v>
+      </c>
+      <c r="FH43" s="14">
+        <v>0</v>
+      </c>
+      <c r="FI43" s="14">
+        <v>0</v>
+      </c>
+      <c r="FJ43" s="14">
+        <v>0</v>
+      </c>
+      <c r="FK43" s="14">
+        <v>0</v>
+      </c>
+      <c r="FL43" s="14">
+        <v>0</v>
+      </c>
+      <c r="FM43" s="14">
+        <v>0</v>
+      </c>
+      <c r="FN43" s="14">
+        <v>0</v>
+      </c>
+      <c r="FO43" s="14">
+        <v>0</v>
+      </c>
+      <c r="FP43" s="14">
+        <v>0</v>
+      </c>
+      <c r="FQ43" s="14">
+        <v>0</v>
+      </c>
+      <c r="FR43" s="14">
+        <v>0</v>
+      </c>
+      <c r="FS43" s="14">
+        <v>0</v>
+      </c>
+      <c r="FT43" s="14">
+        <v>0</v>
+      </c>
+      <c r="FU43" s="14">
+        <v>0</v>
+      </c>
+      <c r="FV43" s="14">
+        <v>0</v>
+      </c>
+      <c r="FW43" s="14">
+        <v>0</v>
+      </c>
+      <c r="FX43" s="14">
+        <v>0</v>
+      </c>
+      <c r="FY43" s="14">
+        <v>0</v>
+      </c>
+      <c r="FZ43" s="14">
+        <v>0</v>
+      </c>
+      <c r="GA43" s="14">
+        <v>0</v>
+      </c>
+      <c r="GB43" s="14">
+        <v>0</v>
+      </c>
+      <c r="GC43" s="14">
+        <v>0</v>
+      </c>
+      <c r="GD43" s="14">
+        <v>0</v>
+      </c>
+      <c r="GE43" s="14">
+        <v>0</v>
+      </c>
+      <c r="GF43" s="14">
+        <v>0</v>
+      </c>
+      <c r="GG43" s="14">
+        <v>0</v>
+      </c>
+      <c r="GH43" s="14">
+        <v>0</v>
+      </c>
+      <c r="GI43" s="14">
+        <v>0</v>
+      </c>
+      <c r="GJ43" s="14">
+        <v>0</v>
+      </c>
+      <c r="GK43" s="14">
+        <v>0</v>
+      </c>
+      <c r="GL43" s="14">
+        <v>0</v>
+      </c>
+      <c r="GM43" s="14">
+        <v>0</v>
+      </c>
+      <c r="GN43" s="14">
+        <v>0</v>
+      </c>
+      <c r="GO43" s="14">
+        <v>0</v>
+      </c>
+      <c r="GP43" s="14">
+        <v>0</v>
+      </c>
+      <c r="GQ43" s="14">
+        <v>0</v>
+      </c>
+      <c r="GR43" s="14">
+        <v>0</v>
+      </c>
+      <c r="GS43" s="14">
+        <v>0</v>
+      </c>
+      <c r="GT43" s="14">
+        <v>0</v>
+      </c>
+      <c r="GU43" s="14">
+        <v>0</v>
+      </c>
+      <c r="GV43" s="14">
+        <v>0</v>
+      </c>
+      <c r="GW43" s="14">
+        <v>0</v>
+      </c>
+      <c r="GX43" s="14">
+        <v>0</v>
+      </c>
+      <c r="GY43" s="14">
+        <v>0</v>
+      </c>
+      <c r="GZ43" s="14">
+        <v>0</v>
+      </c>
+      <c r="HA43" s="14">
+        <v>0</v>
+      </c>
+      <c r="HB43" s="14">
+        <v>0</v>
+      </c>
+      <c r="HC43" s="14">
+        <v>0</v>
+      </c>
+      <c r="HD43" s="14">
+        <v>0</v>
+      </c>
+      <c r="HE43" s="14">
+        <v>0</v>
+      </c>
+      <c r="HF43" s="14">
+        <v>0</v>
+      </c>
+      <c r="HG43" s="14">
+        <v>0</v>
+      </c>
+      <c r="HH43" s="14">
+        <v>0</v>
+      </c>
+      <c r="HI43" s="14">
+        <v>0</v>
+      </c>
+      <c r="HJ43" s="14">
+        <v>0</v>
+      </c>
+      <c r="HK43" s="14">
+        <v>0</v>
+      </c>
+      <c r="HL43" s="14">
+        <v>0</v>
+      </c>
+      <c r="HM43" s="14">
+        <v>0</v>
+      </c>
+      <c r="HN43" s="14">
+        <v>0</v>
+      </c>
+      <c r="HO43" s="14">
+        <v>0</v>
+      </c>
+      <c r="HP43" s="14">
+        <v>0</v>
+      </c>
+      <c r="HQ43" s="14">
+        <v>0</v>
+      </c>
+      <c r="HR43" s="14">
+        <v>0</v>
+      </c>
+      <c r="HS43" s="14">
+        <v>0</v>
+      </c>
+      <c r="HT43" s="14">
+        <v>0</v>
+      </c>
+      <c r="HU43" s="14">
+        <v>0</v>
+      </c>
+      <c r="HV43" s="14">
+        <v>0</v>
+      </c>
+      <c r="HW43" s="14">
+        <v>0</v>
+      </c>
+      <c r="HX43" s="14">
+        <v>0</v>
+      </c>
+      <c r="HY43" s="14">
+        <v>0</v>
+      </c>
+      <c r="HZ43" s="14">
+        <v>0</v>
+      </c>
+      <c r="IA43" s="14">
+        <v>0</v>
+      </c>
+      <c r="IB43" s="14">
+        <v>0</v>
+      </c>
+      <c r="IC43" s="14">
+        <v>0</v>
+      </c>
+      <c r="ID43" s="14">
+        <v>0</v>
+      </c>
+      <c r="IE43" s="14">
+        <v>0</v>
+      </c>
+      <c r="IF43" s="14">
+        <v>0</v>
+      </c>
+      <c r="IG43" s="14">
+        <v>0</v>
+      </c>
+      <c r="IH43" s="14">
+        <v>0</v>
+      </c>
+      <c r="II43" s="14">
+        <v>0</v>
+      </c>
+      <c r="IJ43" s="14">
+        <v>0</v>
+      </c>
+      <c r="IK43" s="14">
+        <v>0</v>
+      </c>
+      <c r="IL43" s="14">
+        <v>0</v>
+      </c>
+      <c r="IM43" s="14">
+        <v>0</v>
+      </c>
+      <c r="IN43" s="14">
+        <v>0</v>
+      </c>
+      <c r="IO43" s="14">
+        <v>0</v>
+      </c>
+      <c r="IP43" s="14">
+        <v>0</v>
+      </c>
+      <c r="IQ43" s="14">
+        <v>0</v>
+      </c>
+      <c r="IR43" s="14">
+        <v>0</v>
+      </c>
+      <c r="IS43" s="14">
+        <v>0</v>
+      </c>
+      <c r="IT43" s="14">
+        <v>0</v>
+      </c>
+      <c r="IU43" s="14">
+        <v>0</v>
+      </c>
+      <c r="IV43" s="14">
+        <v>0</v>
+      </c>
+      <c r="IW43" s="14">
+        <v>0</v>
+      </c>
+      <c r="IX43" s="14">
+        <v>0</v>
+      </c>
+      <c r="IY43" s="14">
+        <v>0</v>
+      </c>
+      <c r="IZ43" s="14">
+        <v>0</v>
+      </c>
+      <c r="JA43" s="14">
+        <v>0</v>
+      </c>
+      <c r="JB43" s="14">
+        <v>0</v>
+      </c>
+      <c r="JC43" s="14">
+        <v>0</v>
+      </c>
+      <c r="JD43" s="14">
+        <v>0</v>
+      </c>
+      <c r="JE43" s="14">
+        <v>0</v>
+      </c>
+      <c r="JF43" s="14">
+        <v>0</v>
+      </c>
+      <c r="JG43" s="14">
+        <v>0</v>
+      </c>
+      <c r="JH43" s="14">
+        <v>0</v>
+      </c>
+      <c r="JI43" s="14">
+        <v>0</v>
+      </c>
+      <c r="JJ43" s="14">
+        <v>0</v>
+      </c>
+      <c r="JK43" s="14">
+        <v>0</v>
+      </c>
+      <c r="JL43" s="14">
+        <v>0</v>
+      </c>
+      <c r="JM43" s="14">
+        <v>0</v>
+      </c>
+      <c r="JN43" s="14">
+        <v>0</v>
+      </c>
+      <c r="JO43" s="14">
+        <v>0</v>
+      </c>
+      <c r="JP43" s="14">
+        <v>0</v>
+      </c>
+      <c r="JQ43" s="14">
+        <v>0</v>
+      </c>
+      <c r="JR43" s="14">
+        <v>0</v>
+      </c>
+      <c r="JS43" s="14">
+        <v>0</v>
+      </c>
+      <c r="JT43" s="14">
+        <v>0</v>
+      </c>
+      <c r="JU43" s="14">
+        <v>0</v>
+      </c>
+      <c r="JV43" s="14">
+        <v>0</v>
+      </c>
+      <c r="JW43" s="14">
+        <v>0</v>
+      </c>
+      <c r="JX43" s="14">
+        <v>0</v>
+      </c>
+      <c r="JY43" s="14">
+        <v>0</v>
+      </c>
+      <c r="JZ43" s="14">
+        <v>0</v>
+      </c>
+      <c r="KA43" s="14">
+        <v>0</v>
+      </c>
+      <c r="KB43" s="14">
+        <v>0</v>
+      </c>
+      <c r="KC43" s="14">
+        <v>0</v>
+      </c>
+      <c r="KD43" s="14">
+        <v>0</v>
+      </c>
+      <c r="KE43" s="14">
+        <v>0</v>
+      </c>
+      <c r="KF43" s="14">
+        <v>0</v>
+      </c>
+      <c r="KG43" s="14">
+        <v>0</v>
+      </c>
+      <c r="KH43" s="14">
+        <v>0</v>
+      </c>
+      <c r="KI43" s="14">
+        <v>0</v>
+      </c>
+      <c r="KJ43" s="14">
+        <v>0</v>
+      </c>
+      <c r="KK43" s="14">
+        <v>0</v>
+      </c>
+      <c r="KL43" s="14">
+        <v>0</v>
+      </c>
+      <c r="KM43" s="14">
+        <v>0</v>
+      </c>
+      <c r="KN43" s="14">
+        <v>0</v>
+      </c>
+      <c r="KO43" s="14">
+        <v>0</v>
+      </c>
+      <c r="KP43" s="14">
+        <v>0</v>
+      </c>
+      <c r="KQ43" s="14">
+        <v>0</v>
+      </c>
+      <c r="KR43" s="14">
+        <v>0</v>
+      </c>
+      <c r="KS43" s="14">
+        <v>0</v>
+      </c>
+      <c r="KT43" s="14">
+        <v>0</v>
+      </c>
+      <c r="KU43" s="14">
+        <v>0</v>
+      </c>
+      <c r="KV43" s="14">
+        <v>0</v>
+      </c>
+      <c r="KW43" s="14">
+        <v>0</v>
+      </c>
+      <c r="KX43" s="14">
+        <v>0</v>
+      </c>
+      <c r="KY43" s="14">
+        <v>0</v>
+      </c>
+      <c r="KZ43" s="14">
+        <v>0</v>
+      </c>
+      <c r="LA43" s="14">
+        <v>0</v>
+      </c>
+      <c r="LB43" s="14">
+        <v>0</v>
+      </c>
+      <c r="LC43" s="14">
+        <v>0</v>
+      </c>
+      <c r="LD43" s="14">
+        <v>0</v>
+      </c>
+      <c r="LE43" s="14">
+        <v>0</v>
+      </c>
+      <c r="LF43" s="14">
+        <v>0</v>
+      </c>
+      <c r="LG43" s="14">
+        <v>0</v>
+      </c>
+      <c r="LH43" s="14">
+        <v>49.998334329999999</v>
+      </c>
+      <c r="LI43" s="14">
+        <v>49.957462339999999</v>
+      </c>
+      <c r="LJ43" s="14">
+        <v>49.864682459999997</v>
+      </c>
+      <c r="LK43" s="14">
+        <v>49.79519543</v>
+      </c>
+      <c r="LL43" s="14">
+        <v>49.951834890000001</v>
+      </c>
+      <c r="LM43" s="14">
+        <v>49.968246069999999</v>
+      </c>
+      <c r="LN43" s="14">
+        <v>50.097823349999999</v>
+      </c>
+      <c r="LO43" s="14">
+        <v>50</v>
+      </c>
+      <c r="LP43" s="14">
+        <v>50</v>
+      </c>
+      <c r="LQ43" s="14">
+        <v>50</v>
+      </c>
+      <c r="LR43" s="14">
+        <v>50</v>
+      </c>
+      <c r="LS43" s="14">
+        <v>0</v>
+      </c>
+      <c r="LT43" s="14">
+        <v>0</v>
+      </c>
+      <c r="LU43" s="14">
+        <v>0</v>
+      </c>
+      <c r="LV43" s="14">
+        <v>0</v>
+      </c>
+      <c r="LW43" s="14">
+        <v>0</v>
+      </c>
+      <c r="LX43" s="14">
+        <v>0</v>
+      </c>
+      <c r="LY43" s="14">
+        <v>0</v>
+      </c>
+      <c r="LZ43" s="14">
+        <v>0</v>
+      </c>
+      <c r="MA43" s="14">
+        <v>0</v>
+      </c>
+      <c r="MB43" s="14">
+        <v>0</v>
+      </c>
+      <c r="MC43" s="14">
+        <v>0</v>
+      </c>
+      <c r="MD43" s="14">
+        <v>0</v>
+      </c>
+      <c r="ME43" s="14">
+        <v>0</v>
+      </c>
+      <c r="MF43" s="14">
+        <v>0</v>
+      </c>
+      <c r="MG43" s="14">
+        <v>0</v>
+      </c>
+      <c r="MH43" s="14">
+        <v>0</v>
+      </c>
+      <c r="MI43" s="14">
+        <v>0</v>
+      </c>
+      <c r="MJ43" s="14">
+        <v>0</v>
+      </c>
+      <c r="MK43" s="14">
+        <v>0</v>
+      </c>
+      <c r="ML43" s="14">
+        <v>0</v>
+      </c>
+      <c r="MM43" s="14">
+        <v>0</v>
+      </c>
+      <c r="MN43" s="14">
+        <v>0</v>
+      </c>
+      <c r="MO43" s="14">
+        <v>0</v>
+      </c>
+      <c r="MP43" s="14">
+        <v>0</v>
+      </c>
+      <c r="MQ43" s="14">
+        <v>0</v>
+      </c>
+      <c r="MR43" s="14">
+        <v>0</v>
+      </c>
+      <c r="MS43" s="14">
+        <v>0</v>
+      </c>
+      <c r="MT43" s="14">
+        <v>0</v>
+      </c>
+      <c r="MU43" s="14">
+        <v>0</v>
+      </c>
+      <c r="MV43" s="14">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="44" spans="1:360" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A44" s="14"/>
+      <c r="B44" s="15" t="s">
+        <v>16</v>
+      </c>
+      <c r="C44" s="14">
+        <v>0</v>
+      </c>
+      <c r="D44" s="14">
+        <v>0</v>
+      </c>
+      <c r="E44" s="14">
+        <v>0</v>
+      </c>
+      <c r="F44" s="14">
+        <v>0</v>
+      </c>
+      <c r="G44" s="14">
+        <v>0</v>
+      </c>
+      <c r="H44" s="14">
+        <v>0</v>
+      </c>
+      <c r="I44" s="14">
+        <v>0</v>
+      </c>
+      <c r="J44" s="14">
+        <v>0</v>
+      </c>
+      <c r="K44" s="14">
+        <v>0</v>
+      </c>
+      <c r="L44" s="14">
+        <v>0</v>
+      </c>
+      <c r="M44" s="14">
+        <v>0</v>
+      </c>
+      <c r="N44" s="14">
+        <v>0</v>
+      </c>
+      <c r="O44" s="14">
+        <v>0</v>
+      </c>
+      <c r="P44" s="14">
+        <v>0</v>
+      </c>
+      <c r="Q44" s="14">
+        <v>0</v>
+      </c>
+      <c r="R44" s="14">
+        <v>0</v>
+      </c>
+      <c r="S44" s="14">
+        <v>0</v>
+      </c>
+      <c r="T44" s="14">
+        <v>0</v>
+      </c>
+      <c r="U44" s="14">
+        <v>0</v>
+      </c>
+      <c r="V44" s="14">
+        <v>0</v>
+      </c>
+      <c r="W44" s="14">
+        <v>0</v>
+      </c>
+      <c r="X44" s="14">
+        <v>0</v>
+      </c>
+      <c r="Y44" s="14">
+        <v>0</v>
+      </c>
+      <c r="Z44" s="14">
+        <v>0</v>
+      </c>
+      <c r="AA44" s="14">
+        <v>0</v>
+      </c>
+      <c r="AB44" s="14">
+        <v>0</v>
+      </c>
+      <c r="AC44" s="14">
+        <v>0</v>
+      </c>
+      <c r="AD44" s="14">
+        <v>0</v>
+      </c>
+      <c r="AE44" s="14">
+        <v>0</v>
+      </c>
+      <c r="AF44" s="14">
+        <v>0</v>
+      </c>
+      <c r="AG44" s="14">
+        <v>0</v>
+      </c>
+      <c r="AH44" s="14">
+        <v>0</v>
+      </c>
+      <c r="AI44" s="14">
+        <v>0</v>
+      </c>
+      <c r="AJ44" s="14">
+        <v>0</v>
+      </c>
+      <c r="AK44" s="14">
+        <v>0</v>
+      </c>
+      <c r="AL44" s="14">
+        <v>0</v>
+      </c>
+      <c r="AM44" s="14">
+        <v>0</v>
+      </c>
+      <c r="AN44" s="14">
+        <v>4.6364181000000002</v>
+      </c>
+      <c r="AO44" s="14">
+        <v>9.2728361899999996</v>
+      </c>
+      <c r="AP44" s="14">
+        <v>13.90925429</v>
+      </c>
+      <c r="AQ44" s="14">
+        <v>18.54567239</v>
+      </c>
+      <c r="AR44" s="14">
+        <v>23.18209049</v>
+      </c>
+      <c r="AS44" s="14">
+        <v>27.81850858</v>
+      </c>
+      <c r="AT44" s="14">
+        <v>32.45492668</v>
+      </c>
+      <c r="AU44" s="14">
+        <v>37.09134478</v>
+      </c>
+      <c r="AV44" s="14">
+        <v>41.72776288</v>
+      </c>
+      <c r="AW44" s="14">
+        <v>46.36418097</v>
+      </c>
+      <c r="AX44" s="14">
+        <v>51.00059907</v>
+      </c>
+      <c r="AY44" s="14">
+        <v>55.63701717</v>
+      </c>
+      <c r="AZ44" s="14">
+        <v>56.835988020000002</v>
+      </c>
+      <c r="BA44" s="14">
+        <v>58.308033999999999</v>
+      </c>
+      <c r="BB44" s="14">
+        <v>58.591752489999998</v>
+      </c>
+      <c r="BC44" s="14">
+        <v>58.288277870000002</v>
+      </c>
+      <c r="BD44" s="14">
+        <v>58.027420749999997</v>
+      </c>
+      <c r="BE44" s="14">
+        <v>58.115824779999997</v>
+      </c>
+      <c r="BF44" s="14">
+        <v>58.318500329999999</v>
+      </c>
+      <c r="BG44" s="14">
+        <v>61.303400609999997</v>
+      </c>
+      <c r="BH44" s="14">
+        <v>60.981731269999997</v>
+      </c>
+      <c r="BI44" s="14">
+        <v>61.887570840000002</v>
+      </c>
+      <c r="BJ44" s="14">
+        <v>62.102663100000001</v>
+      </c>
+      <c r="BK44" s="14">
+        <v>59.994005340000001</v>
+      </c>
+      <c r="BL44" s="14">
+        <v>60.11604166</v>
+      </c>
+      <c r="BM44" s="14">
+        <v>60.279436109999999</v>
+      </c>
+      <c r="BN44" s="14">
+        <v>60.124459180000002</v>
+      </c>
+      <c r="BO44" s="14">
+        <v>58.401231180000003</v>
+      </c>
+      <c r="BP44" s="14">
+        <v>56.40614197</v>
+      </c>
+      <c r="BQ44" s="14">
+        <v>56.34431017</v>
+      </c>
+      <c r="BR44" s="14">
+        <v>41.430342080000003</v>
+      </c>
+      <c r="BS44" s="14">
+        <v>59.212378530000002</v>
+      </c>
+      <c r="BT44" s="14">
+        <v>66.286202680000002</v>
+      </c>
+      <c r="BU44" s="14">
+        <v>64.821986240000001</v>
+      </c>
+      <c r="BV44" s="14">
+        <v>67.095033790000002</v>
+      </c>
+      <c r="BW44" s="14">
+        <v>63.033352690000001</v>
+      </c>
+      <c r="BX44" s="14">
+        <v>64.137958459999993</v>
+      </c>
+      <c r="BY44" s="14">
+        <v>63.346832059999997</v>
+      </c>
+      <c r="BZ44" s="14">
+        <v>62.653083410000001</v>
+      </c>
+      <c r="CA44" s="14">
+        <v>62.075987830000003</v>
+      </c>
+      <c r="CB44" s="14">
+        <v>61.807477630000001</v>
+      </c>
+      <c r="CC44" s="14">
+        <v>58.550229969999997</v>
+      </c>
+      <c r="CD44" s="14">
+        <v>56.080947700000003</v>
+      </c>
+      <c r="CE44" s="14">
+        <v>56.020601360000001</v>
+      </c>
+      <c r="CF44" s="14">
+        <v>54.427954079999999</v>
+      </c>
+      <c r="CG44" s="14">
+        <v>55.36363017</v>
+      </c>
+      <c r="CH44" s="14">
+        <v>51.918137889999997</v>
+      </c>
+      <c r="CI44" s="14">
+        <v>51.748845690000003</v>
+      </c>
+      <c r="CJ44" s="14">
+        <v>48.887602530000002</v>
+      </c>
+      <c r="CK44" s="14">
+        <v>48.891645080000004</v>
+      </c>
+      <c r="CL44" s="14">
+        <v>48.454099450000001</v>
+      </c>
+      <c r="CM44" s="14">
+        <v>46.823000720000003</v>
+      </c>
+      <c r="CN44" s="14">
+        <v>46.583667839999997</v>
+      </c>
+      <c r="CO44" s="14">
+        <v>46.032716749999999</v>
+      </c>
+      <c r="CP44" s="14">
+        <v>42.629642140000001</v>
+      </c>
+      <c r="CQ44" s="14">
+        <v>42.10749165</v>
+      </c>
+      <c r="CR44" s="14">
+        <v>42.105037230000001</v>
+      </c>
+      <c r="CS44" s="14">
+        <v>41.998990859999999</v>
+      </c>
+      <c r="CT44" s="14">
+        <v>42.316930679999999</v>
+      </c>
+      <c r="CU44" s="14">
+        <v>41.936462919999997</v>
+      </c>
+      <c r="CV44" s="14">
+        <v>38.318159450000003</v>
+      </c>
+      <c r="CW44" s="14">
+        <v>37.902684880000002</v>
+      </c>
+      <c r="CX44" s="14">
+        <v>36.45452805</v>
+      </c>
+      <c r="CY44" s="14">
+        <v>36.855479639999999</v>
+      </c>
+      <c r="CZ44" s="14">
+        <v>36.06387093</v>
+      </c>
+      <c r="DA44" s="14">
+        <v>35.506932370000001</v>
+      </c>
+      <c r="DB44" s="14">
+        <v>32.184069630000003</v>
+      </c>
+      <c r="DC44" s="14">
+        <v>31.86431335</v>
+      </c>
+      <c r="DD44" s="14">
+        <v>32.076692119999997</v>
+      </c>
+      <c r="DE44" s="14">
+        <v>31.753273190000002</v>
+      </c>
+      <c r="DF44" s="14">
+        <v>32.22120511</v>
+      </c>
+      <c r="DG44" s="14">
+        <v>31.939293989999999</v>
+      </c>
+      <c r="DH44" s="14">
+        <v>27.770940299999999</v>
+      </c>
+      <c r="DI44" s="14">
+        <v>27.600784409999999</v>
+      </c>
+      <c r="DJ44" s="14">
+        <v>26.717034949999999</v>
+      </c>
+      <c r="DK44" s="14">
+        <v>26.341708690000001</v>
+      </c>
+      <c r="DL44" s="14">
+        <v>26.049761660000001</v>
+      </c>
+      <c r="DM44" s="14">
+        <v>25.527816569999999</v>
+      </c>
+      <c r="DN44" s="14">
+        <v>22.109593740000001</v>
+      </c>
+      <c r="DO44" s="14">
+        <v>22.347078249999999</v>
+      </c>
+      <c r="DP44" s="14">
+        <v>28.137611790000001</v>
+      </c>
+      <c r="DQ44" s="14">
+        <v>27.900560800000001</v>
+      </c>
+      <c r="DR44" s="14">
+        <v>27.93302855</v>
+      </c>
+      <c r="DS44" s="14">
+        <v>27.458531990000001</v>
+      </c>
+      <c r="DT44" s="14">
+        <v>21.99644026</v>
+      </c>
+      <c r="DU44" s="14">
+        <v>21.8223482</v>
+      </c>
+      <c r="DV44" s="14">
+        <v>21.286858129999999</v>
+      </c>
+      <c r="DW44" s="14">
+        <v>21.115632040000001</v>
+      </c>
+      <c r="DX44" s="14">
+        <v>20.352541989999999</v>
+      </c>
+      <c r="DY44" s="14">
+        <v>19.70638932</v>
+      </c>
+      <c r="DZ44" s="14">
+        <v>16.472736730000001</v>
+      </c>
+      <c r="EA44" s="14">
+        <v>16.581527869999999</v>
+      </c>
+      <c r="EB44" s="14">
+        <v>16.234128989999999</v>
+      </c>
+      <c r="EC44" s="14">
+        <v>19.923487550000001</v>
+      </c>
+      <c r="ED44" s="14">
+        <v>19.82669726</v>
+      </c>
+      <c r="EE44" s="14">
+        <v>19.165743240000001</v>
+      </c>
+      <c r="EF44" s="14">
+        <v>23.026889910000001</v>
+      </c>
+      <c r="EG44" s="14">
+        <v>22.93910953</v>
+      </c>
+      <c r="EH44" s="14">
+        <v>22.810247329999999</v>
+      </c>
+      <c r="EI44" s="14">
+        <v>22.40865831</v>
+      </c>
+      <c r="EJ44" s="14">
+        <v>22.20381343</v>
+      </c>
+      <c r="EK44" s="14">
+        <v>21.712400720000002</v>
+      </c>
+      <c r="EL44" s="14">
+        <v>20.997559809999998</v>
+      </c>
+      <c r="EM44" s="14">
+        <v>21.051358820000001</v>
+      </c>
+      <c r="EN44" s="14">
+        <v>20.440183040000001</v>
+      </c>
+      <c r="EO44" s="14">
+        <v>30.08505546</v>
+      </c>
+      <c r="EP44" s="14">
+        <v>29.945795489999998</v>
+      </c>
+      <c r="EQ44" s="14">
+        <v>28.962194239999999</v>
+      </c>
+      <c r="ER44" s="14">
+        <v>27.125046940000001</v>
+      </c>
+      <c r="ES44" s="14">
+        <v>27.238014889999999</v>
+      </c>
+      <c r="ET44" s="14">
+        <v>26.668882329999999</v>
+      </c>
+      <c r="EU44" s="14">
+        <v>26.57929129</v>
+      </c>
+      <c r="EV44" s="14">
+        <v>26.520953800000001</v>
+      </c>
+      <c r="EW44" s="14">
+        <v>25.99595407</v>
+      </c>
+      <c r="EX44" s="14">
+        <v>23.98895199</v>
+      </c>
+      <c r="EY44" s="14">
+        <v>23.800871449999999</v>
+      </c>
+      <c r="EZ44" s="14">
+        <v>23.08400322</v>
+      </c>
+      <c r="FA44" s="14">
+        <v>23.404541739999999</v>
+      </c>
+      <c r="FB44" s="14">
+        <v>33.28213367</v>
+      </c>
+      <c r="FC44" s="14">
+        <v>33.994975410000002</v>
+      </c>
+      <c r="FD44" s="14">
+        <v>35.856061070000003</v>
+      </c>
+      <c r="FE44" s="14">
+        <v>35.995007080000001</v>
+      </c>
+      <c r="FF44" s="14">
+        <v>81.258231190000004</v>
+      </c>
+      <c r="FG44" s="14">
+        <v>80.888470089999998</v>
+      </c>
+      <c r="FH44" s="14">
+        <v>79.813940549999998</v>
+      </c>
+      <c r="FI44" s="14">
+        <v>78.974060120000004</v>
+      </c>
+      <c r="FJ44" s="14">
+        <v>76.314435639999999</v>
+      </c>
+      <c r="FK44" s="14">
+        <v>76.248227610000001</v>
+      </c>
+      <c r="FL44" s="14">
+        <v>75.345262520000006</v>
+      </c>
+      <c r="FM44" s="14">
+        <v>74.641567949999995</v>
+      </c>
+      <c r="FN44" s="14">
+        <v>75.589566169999998</v>
+      </c>
+      <c r="FO44" s="14">
+        <v>75.791693390000006</v>
+      </c>
+      <c r="FP44" s="14">
+        <v>70.187858820000002</v>
+      </c>
+      <c r="FQ44" s="14">
+        <v>69.780888090000005</v>
+      </c>
+      <c r="FR44" s="14">
+        <v>70.136699429999993</v>
+      </c>
+      <c r="FS44" s="14">
+        <v>70.014844729999993</v>
+      </c>
+      <c r="FT44" s="14">
+        <v>70.17544418</v>
+      </c>
+      <c r="FU44" s="14">
+        <v>69.280511180000005</v>
+      </c>
+      <c r="FV44" s="14">
+        <v>64.880630740000001</v>
+      </c>
+      <c r="FW44" s="14">
+        <v>65.141219849999999</v>
+      </c>
+      <c r="FX44" s="14">
+        <v>64.578165870000007</v>
+      </c>
+      <c r="FY44" s="14">
+        <v>64.971222769999997</v>
+      </c>
+      <c r="FZ44" s="14">
+        <v>65.712015350000001</v>
+      </c>
+      <c r="GA44" s="14">
+        <v>65.150901430000005</v>
+      </c>
+      <c r="GB44" s="14">
+        <v>61.078478850000003</v>
+      </c>
+      <c r="GC44" s="14">
+        <v>61.149580030000003</v>
+      </c>
+      <c r="GD44" s="14">
+        <v>60.70576939</v>
+      </c>
+      <c r="GE44" s="14">
+        <v>60.476368970000003</v>
+      </c>
+      <c r="GF44" s="14">
+        <v>61.038218200000003</v>
+      </c>
+      <c r="GG44" s="14">
+        <v>60.478967189999999</v>
+      </c>
+      <c r="GH44" s="14">
+        <v>56.882394689999998</v>
+      </c>
+      <c r="GI44" s="14">
+        <v>57.006839409999998</v>
+      </c>
+      <c r="GJ44" s="14">
+        <v>57.05603721</v>
+      </c>
+      <c r="GK44" s="14">
+        <v>57.003551270000003</v>
+      </c>
+      <c r="GL44" s="14">
+        <v>57.045116819999997</v>
+      </c>
+      <c r="GM44" s="14">
+        <v>57.200505960000001</v>
+      </c>
+      <c r="GN44" s="14">
+        <v>54.243719499999997</v>
+      </c>
+      <c r="GO44" s="14">
+        <v>54.329133249999998</v>
+      </c>
+      <c r="GP44" s="14">
+        <v>53.734319679999999</v>
+      </c>
+      <c r="GQ44" s="14">
+        <v>53.911406390000003</v>
+      </c>
+      <c r="GR44" s="14">
+        <v>54.054899499999998</v>
+      </c>
+      <c r="GS44" s="14">
+        <v>53.606257530000001</v>
+      </c>
+      <c r="GT44" s="14">
+        <v>50.462386530000003</v>
+      </c>
+      <c r="GU44" s="14">
+        <v>50.197801949999999</v>
+      </c>
+      <c r="GV44" s="14">
+        <v>49.90451659</v>
+      </c>
+      <c r="GW44" s="14">
+        <v>50.463630369999997</v>
+      </c>
+      <c r="GX44" s="14">
+        <v>50.58277271</v>
+      </c>
+      <c r="GY44" s="14">
+        <v>50.452048670000003</v>
+      </c>
+      <c r="GZ44" s="14">
+        <v>48.684775510000001</v>
+      </c>
+      <c r="HA44" s="14">
+        <v>48.661111759999997</v>
+      </c>
+      <c r="HB44" s="14">
+        <v>48.573388309999999</v>
+      </c>
+      <c r="HC44" s="14">
+        <v>48.658617769999999</v>
+      </c>
+      <c r="HD44" s="14">
+        <v>48.32785604</v>
+      </c>
+      <c r="HE44" s="14">
+        <v>47.569625309999999</v>
+      </c>
+      <c r="HF44" s="14">
+        <v>45.844789749999997</v>
+      </c>
+      <c r="HG44" s="14">
+        <v>46.219550779999999</v>
+      </c>
+      <c r="HH44" s="14">
+        <v>46.47902551</v>
+      </c>
+      <c r="HI44" s="14">
+        <v>46.526585079999997</v>
+      </c>
+      <c r="HJ44" s="14">
+        <v>46.594723420000001</v>
+      </c>
+      <c r="HK44" s="14">
+        <v>46.54180229</v>
+      </c>
+      <c r="HL44" s="14">
+        <v>46.587014719999999</v>
+      </c>
+      <c r="HM44" s="14">
+        <v>46.67036839</v>
+      </c>
+      <c r="HN44" s="14">
+        <v>46.571182589999999</v>
+      </c>
+      <c r="HO44" s="14">
+        <v>46.241366460000002</v>
+      </c>
+      <c r="HP44" s="14">
+        <v>46.118331019999999</v>
+      </c>
+      <c r="HQ44" s="14">
+        <v>46.012591469999997</v>
+      </c>
+      <c r="HR44" s="14">
+        <v>46.408488640000002</v>
+      </c>
+      <c r="HS44" s="14">
+        <v>46.354059390000003</v>
+      </c>
+      <c r="HT44" s="14">
+        <v>46.348381369999998</v>
+      </c>
+      <c r="HU44" s="14">
+        <v>46.569793629999999</v>
+      </c>
+      <c r="HV44" s="14">
+        <v>46.609087789999997</v>
+      </c>
+      <c r="HW44" s="14">
+        <v>46.538008529999999</v>
+      </c>
+      <c r="HX44" s="14">
+        <v>46.776929789999997</v>
+      </c>
+      <c r="HY44" s="14">
+        <v>46.732866549999997</v>
+      </c>
+      <c r="HZ44" s="14">
+        <v>46.476153740000001</v>
+      </c>
+      <c r="IA44" s="14">
+        <v>46.143779260000002</v>
+      </c>
+      <c r="IB44" s="14">
+        <v>46.094847600000001</v>
+      </c>
+      <c r="IC44" s="14">
+        <v>46.089527629999999</v>
+      </c>
+      <c r="ID44" s="14">
+        <v>46.021486170000003</v>
+      </c>
+      <c r="IE44" s="14">
+        <v>45.735458149999999</v>
+      </c>
+      <c r="IF44" s="14">
+        <v>46.265563319999998</v>
+      </c>
+      <c r="IG44" s="14">
+        <v>46.07059091</v>
+      </c>
+      <c r="IH44" s="14">
+        <v>46.233749580000001</v>
+      </c>
+      <c r="II44" s="14">
+        <v>46.225353749999996</v>
+      </c>
+      <c r="IJ44" s="14">
+        <v>46.355249299999997</v>
+      </c>
+      <c r="IK44" s="14">
+        <v>46.134773619999997</v>
+      </c>
+      <c r="IL44" s="14">
+        <v>45.550233310000003</v>
+      </c>
+      <c r="IM44" s="14">
+        <v>45.274701469999997</v>
+      </c>
+      <c r="IN44" s="14">
+        <v>45.271479429999999</v>
+      </c>
+      <c r="IO44" s="14">
+        <v>45.426222490000001</v>
+      </c>
+      <c r="IP44" s="14">
+        <v>45.213093309999998</v>
+      </c>
+      <c r="IQ44" s="14">
+        <v>45.20206194</v>
+      </c>
+      <c r="IR44" s="14">
+        <v>45.395858850000003</v>
+      </c>
+      <c r="IS44" s="14">
+        <v>45.326647639999997</v>
+      </c>
+      <c r="IT44" s="14">
+        <v>45.53511271</v>
+      </c>
+      <c r="IU44" s="14">
+        <v>45.69915993</v>
+      </c>
+      <c r="IV44" s="14">
+        <v>46.422105039999998</v>
+      </c>
+      <c r="IW44" s="14">
+        <v>46.076833280000002</v>
+      </c>
+      <c r="IX44" s="14">
+        <v>46.137007490000002</v>
+      </c>
+      <c r="IY44" s="14">
+        <v>46.333934470000003</v>
+      </c>
+      <c r="IZ44" s="14">
+        <v>46.005692000000003</v>
+      </c>
+      <c r="JA44" s="14">
+        <v>45.882482789999997</v>
+      </c>
+      <c r="JB44" s="14">
+        <v>45.897207760000001</v>
+      </c>
+      <c r="JC44" s="14">
+        <v>45.908228260000001</v>
+      </c>
+      <c r="JD44" s="14">
+        <v>46.442923880000002</v>
+      </c>
+      <c r="JE44" s="14">
+        <v>46.509802649999997</v>
+      </c>
+      <c r="JF44" s="14">
+        <v>46.716070000000002</v>
+      </c>
+      <c r="JG44" s="14">
+        <v>46.545342060000003</v>
+      </c>
+      <c r="JH44" s="14">
+        <v>45.925164770000002</v>
+      </c>
+      <c r="JI44" s="14">
+        <v>46.096636080000003</v>
+      </c>
+      <c r="JJ44" s="14">
+        <v>46.039712309999999</v>
+      </c>
+      <c r="JK44" s="14">
+        <v>45.850430920000001</v>
+      </c>
+      <c r="JL44" s="14">
+        <v>45.664713020000001</v>
+      </c>
+      <c r="JM44" s="14">
+        <v>45.642904610000002</v>
+      </c>
+      <c r="JN44" s="14">
+        <v>45.726495290000003</v>
+      </c>
+      <c r="JO44" s="14">
+        <v>45.939501530000001</v>
+      </c>
+      <c r="JP44" s="14">
+        <v>45.917754969999997</v>
+      </c>
+      <c r="JQ44" s="14">
+        <v>45.856811630000003</v>
+      </c>
+      <c r="JR44" s="14">
+        <v>45.795935649999997</v>
+      </c>
+      <c r="JS44" s="14">
+        <v>46.180058979999998</v>
+      </c>
+      <c r="JT44" s="14">
+        <v>46.21224617</v>
+      </c>
+      <c r="JU44" s="14">
+        <v>46.235082269999999</v>
+      </c>
+      <c r="JV44" s="14">
+        <v>46.226646359999997</v>
+      </c>
+      <c r="JW44" s="14">
+        <v>46.047065930000002</v>
+      </c>
+      <c r="JX44" s="14">
+        <v>46.089620969999999</v>
+      </c>
+      <c r="JY44" s="14">
+        <v>45.932310219999998</v>
+      </c>
+      <c r="JZ44" s="14">
+        <v>48.197648460000003</v>
+      </c>
+      <c r="KA44" s="14">
+        <v>48.350554150000001</v>
+      </c>
+      <c r="KB44" s="14">
+        <v>48.388193880000003</v>
+      </c>
+      <c r="KC44" s="14">
+        <v>48.43113434</v>
+      </c>
+      <c r="KD44" s="14">
+        <v>48.323627459999997</v>
+      </c>
+      <c r="KE44" s="14">
+        <v>48.36659642</v>
+      </c>
+      <c r="KF44" s="14">
+        <v>48.336234810000001</v>
+      </c>
+      <c r="KG44" s="14">
+        <v>48.459715330000002</v>
+      </c>
+      <c r="KH44" s="14">
+        <v>49.449600119999999</v>
+      </c>
+      <c r="KI44" s="14">
+        <v>48.792322939999998</v>
+      </c>
+      <c r="KJ44" s="14">
+        <v>48.995209320000001</v>
+      </c>
+      <c r="KK44" s="14">
+        <v>48.832389849999998</v>
+      </c>
+      <c r="KL44" s="14">
+        <v>48.41633873</v>
+      </c>
+      <c r="KM44" s="14">
+        <v>50.173149100000003</v>
+      </c>
+      <c r="KN44" s="14">
+        <v>50.339939340000001</v>
+      </c>
+      <c r="KO44" s="14">
+        <v>50.210986140000003</v>
+      </c>
+      <c r="KP44" s="14">
+        <v>50.101645169999998</v>
+      </c>
+      <c r="KQ44" s="14">
+        <v>50.002534390000001</v>
+      </c>
+      <c r="KR44" s="14">
+        <v>50.13981931</v>
+      </c>
+      <c r="KS44" s="14">
+        <v>50.30332988</v>
+      </c>
+      <c r="KT44" s="14">
+        <v>50.218887670000001</v>
+      </c>
+      <c r="KU44" s="14">
+        <v>49.821961790000003</v>
+      </c>
+      <c r="KV44" s="14">
+        <v>49.535468819999998</v>
+      </c>
+      <c r="KW44" s="14">
+        <v>49.412643709999998</v>
+      </c>
+      <c r="KX44" s="14">
+        <v>49.479158310000003</v>
+      </c>
+      <c r="KY44" s="14">
+        <v>49.358701189999998</v>
+      </c>
+      <c r="KZ44" s="14">
+        <v>49.443744100000004</v>
+      </c>
+      <c r="LA44" s="14">
+        <v>49.243107170000002</v>
+      </c>
+      <c r="LB44" s="14">
+        <v>49.306291000000002</v>
+      </c>
+      <c r="LC44" s="14">
+        <v>49.295680580000003</v>
+      </c>
+      <c r="LD44" s="14">
+        <v>49.3698683</v>
+      </c>
+      <c r="LE44" s="14">
+        <v>49.46566378</v>
+      </c>
+      <c r="LF44" s="14">
+        <v>49.395646480000003</v>
+      </c>
+      <c r="LG44" s="14">
+        <v>48.963390099999998</v>
+      </c>
+      <c r="LH44" s="14">
+        <v>48.776512439999998</v>
+      </c>
+      <c r="LI44" s="14">
+        <v>48.736639250000003</v>
+      </c>
+      <c r="LJ44" s="14">
+        <v>48.64612666</v>
+      </c>
+      <c r="LK44" s="14">
+        <v>48.57833771</v>
+      </c>
+      <c r="LL44" s="14">
+        <v>48.731149330000001</v>
+      </c>
+      <c r="LM44" s="14">
+        <v>48.201343719999997</v>
+      </c>
+      <c r="LN44" s="14">
+        <v>48.326339079999997</v>
+      </c>
+      <c r="LO44" s="14">
+        <v>48.231974819999998</v>
+      </c>
+      <c r="LP44" s="14">
+        <v>48.231974819999998</v>
+      </c>
+      <c r="LQ44" s="14">
+        <v>45.5</v>
+      </c>
+      <c r="LR44" s="14">
+        <v>45.5</v>
+      </c>
+      <c r="LS44" s="14">
+        <v>45.5</v>
+      </c>
+      <c r="LT44" s="14">
+        <v>45.5</v>
+      </c>
+      <c r="LU44" s="14">
+        <v>45.5</v>
+      </c>
+      <c r="LV44" s="14">
+        <v>45.5</v>
+      </c>
+      <c r="LW44" s="14">
+        <v>45.5</v>
+      </c>
+      <c r="LX44" s="14">
+        <v>45.5</v>
+      </c>
+      <c r="LY44" s="14">
+        <v>45.5</v>
+      </c>
+      <c r="LZ44" s="14">
+        <v>45.5</v>
+      </c>
+      <c r="MA44" s="14">
+        <v>45.5</v>
+      </c>
+      <c r="MB44" s="14">
+        <v>45.5</v>
+      </c>
+      <c r="MC44" s="14">
+        <v>45.5</v>
+      </c>
+      <c r="MD44" s="14">
+        <v>45.5</v>
+      </c>
+      <c r="ME44" s="14">
+        <v>45.5</v>
+      </c>
+      <c r="MF44" s="14">
+        <v>45.5</v>
+      </c>
+      <c r="MG44" s="14">
+        <v>45.5</v>
+      </c>
+      <c r="MH44" s="14">
+        <v>45.5</v>
+      </c>
+      <c r="MI44" s="14">
+        <v>45.5</v>
+      </c>
+      <c r="MJ44" s="14">
+        <v>45.5</v>
+      </c>
+      <c r="MK44" s="14">
+        <v>45.5</v>
+      </c>
+      <c r="ML44" s="14">
+        <v>45.5</v>
+      </c>
+      <c r="MM44" s="14">
+        <v>85.5</v>
+      </c>
+      <c r="MN44" s="14">
+        <v>85.5</v>
+      </c>
+      <c r="MO44" s="14">
+        <v>85.5</v>
+      </c>
+      <c r="MP44" s="14">
+        <v>85.5</v>
+      </c>
+      <c r="MQ44" s="14">
+        <v>85.5</v>
+      </c>
+      <c r="MR44" s="14">
+        <v>85.5</v>
+      </c>
+      <c r="MS44" s="14">
+        <v>85.5</v>
+      </c>
+      <c r="MT44" s="14">
+        <v>85.5</v>
+      </c>
+      <c r="MU44" s="14">
+        <v>85.5</v>
+      </c>
+      <c r="MV44" s="14">
+        <v>85.5</v>
+      </c>
+    </row>
+    <row r="45" spans="1:360" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A45" s="14"/>
+      <c r="B45" s="18" t="s">
+        <v>3</v>
+      </c>
+      <c r="C45" s="19">
+        <v>3661.3552583400001</v>
+      </c>
+      <c r="D45" s="19">
+        <v>3657.1288202000001</v>
+      </c>
+      <c r="E45" s="19">
+        <v>3610.9413278799998</v>
+      </c>
+      <c r="F45" s="19">
+        <v>3589.4020250600001</v>
+      </c>
+      <c r="G45" s="19">
+        <v>3601.3801562499998</v>
+      </c>
+      <c r="H45" s="19">
+        <v>3558.8534182899998</v>
+      </c>
+      <c r="I45" s="19">
+        <v>3520.199705</v>
+      </c>
+      <c r="J45" s="19">
+        <v>3993.1090321199999</v>
+      </c>
+      <c r="K45" s="19">
+        <v>3962.4258913399999</v>
+      </c>
+      <c r="L45" s="19">
+        <v>3992.8314313599999</v>
+      </c>
+      <c r="M45" s="19">
+        <v>4065.9588421899998</v>
+      </c>
+      <c r="N45" s="19">
+        <v>4101.0004154899998</v>
+      </c>
+      <c r="O45" s="19">
+        <v>4387.237658</v>
+      </c>
+      <c r="P45" s="19">
+        <v>4469.3821136099996</v>
+      </c>
+      <c r="Q45" s="19">
+        <v>4760.9923290999996</v>
+      </c>
+      <c r="R45" s="19">
+        <v>4662.5702904899999</v>
+      </c>
+      <c r="S45" s="19">
+        <v>4789.8295745900004</v>
+      </c>
+      <c r="T45" s="19">
+        <v>4760.1621341</v>
+      </c>
+      <c r="U45" s="19">
+        <v>4800.9228732199999</v>
+      </c>
+      <c r="V45" s="19">
+        <v>5036.14574739</v>
+      </c>
+      <c r="W45" s="19">
+        <v>4967.2376619400002</v>
+      </c>
+      <c r="X45" s="19">
+        <v>4905.4395607200004</v>
+      </c>
+      <c r="Y45" s="19">
+        <v>4801.2857544500002</v>
+      </c>
+      <c r="Z45" s="19">
+        <v>4864.6694557399996</v>
+      </c>
+      <c r="AA45" s="19">
+        <v>4844.9388809000002</v>
+      </c>
+      <c r="AB45" s="19">
+        <v>4922.6443039899996</v>
+      </c>
+      <c r="AC45" s="19">
+        <v>4830.2210202799997</v>
+      </c>
+      <c r="AD45" s="19">
+        <v>4960.7157491300004</v>
+      </c>
+      <c r="AE45" s="19">
+        <v>5048.7733650999999</v>
+      </c>
+      <c r="AF45" s="19">
+        <v>5021.6320705199996</v>
+      </c>
+      <c r="AG45" s="19">
+        <v>5084.36801664</v>
+      </c>
+      <c r="AH45" s="19">
+        <v>4932.0975081799997</v>
+      </c>
+      <c r="AI45" s="19">
+        <v>4941.9079483599999</v>
+      </c>
+      <c r="AJ45" s="19">
+        <v>4896.1173972799998</v>
+      </c>
+      <c r="AK45" s="19">
+        <v>4907.9857033600001</v>
+      </c>
+      <c r="AL45" s="19">
+        <v>4918.68589084</v>
+      </c>
+      <c r="AM45" s="19">
+        <v>4914.3377636499999</v>
+      </c>
+      <c r="AN45" s="19">
+        <v>4964.4412711900004</v>
+      </c>
+      <c r="AO45" s="19">
+        <v>5401.4031954700004</v>
+      </c>
+      <c r="AP45" s="19">
+        <v>5664.8706934299998</v>
+      </c>
+      <c r="AQ45" s="19">
+        <v>5659.2281098200001</v>
+      </c>
+      <c r="AR45" s="19">
+        <v>5828.5079056699997</v>
+      </c>
+      <c r="AS45" s="19">
+        <v>6125.7034107400004</v>
+      </c>
+      <c r="AT45" s="19">
+        <v>6186.0520512800003</v>
+      </c>
+      <c r="AU45" s="19">
+        <v>6229.5510411400001</v>
+      </c>
+      <c r="AV45" s="19">
+        <v>6173.6414287199996</v>
+      </c>
+      <c r="AW45" s="19">
+        <v>5876.2897134200002</v>
+      </c>
+      <c r="AX45" s="19">
+        <v>6016.9840414999999</v>
+      </c>
+      <c r="AY45" s="19">
+        <v>6433.6535502500001</v>
+      </c>
+      <c r="AZ45" s="19">
+        <v>6536.4813390600002</v>
+      </c>
+      <c r="BA45" s="19">
+        <v>6703.3766247800004</v>
+      </c>
+      <c r="BB45" s="19">
+        <v>7138.7521266100002</v>
+      </c>
+      <c r="BC45" s="19">
+        <v>7190.7276630200004</v>
+      </c>
+      <c r="BD45" s="19">
+        <v>7156.7006792599996</v>
+      </c>
+      <c r="BE45" s="19">
+        <v>7200.1436061300001</v>
+      </c>
+      <c r="BF45" s="19">
+        <v>7602.9946208700003</v>
+      </c>
+      <c r="BG45" s="19">
+        <v>7785.9986815900002</v>
+      </c>
+      <c r="BH45" s="19">
+        <v>7881.9421313800003</v>
+      </c>
+      <c r="BI45" s="19">
+        <v>8258.5969058699993</v>
+      </c>
+      <c r="BJ45" s="19">
+        <v>8296.8450760199994</v>
+      </c>
+      <c r="BK45" s="19">
+        <v>8492.0116790100001</v>
+      </c>
+      <c r="BL45" s="19">
+        <v>8783.4196750200008</v>
+      </c>
+      <c r="BM45" s="19">
+        <v>9115.3016308000006</v>
+      </c>
+      <c r="BN45" s="19">
+        <v>9456.6245501899994</v>
+      </c>
+      <c r="BO45" s="19">
+        <v>9329.5871198000004</v>
+      </c>
+      <c r="BP45" s="19">
+        <v>9301.4976333499999</v>
+      </c>
+      <c r="BQ45" s="19">
+        <v>9382.4204828700003</v>
+      </c>
+      <c r="BR45" s="19">
+        <v>9247.4006135599993</v>
+      </c>
+      <c r="BS45" s="19">
+        <v>9626.1081932100005</v>
+      </c>
+      <c r="BT45" s="19">
+        <v>9617.5153499700009</v>
+      </c>
+      <c r="BU45" s="19">
+        <v>9114.3457820999993</v>
+      </c>
+      <c r="BV45" s="19">
+        <v>9232.8831043699993</v>
+      </c>
+      <c r="BW45" s="19">
+        <v>9423.4585113899993</v>
+      </c>
+      <c r="BX45" s="19">
+        <v>9731.4007905500002</v>
+      </c>
+      <c r="BY45" s="19">
+        <v>9778.2217484100001</v>
+      </c>
+      <c r="BZ45" s="19">
+        <v>9872.9135643600002</v>
+      </c>
+      <c r="CA45" s="19">
+        <v>9811.4750184500008</v>
+      </c>
+      <c r="CB45" s="19">
+        <v>9704.3229487400004</v>
+      </c>
+      <c r="CC45" s="19">
+        <v>9747.6531345200001</v>
+      </c>
+      <c r="CD45" s="19">
+        <v>9801.7615636099999</v>
+      </c>
+      <c r="CE45" s="19">
+        <v>9791.3438615499999</v>
+      </c>
+      <c r="CF45" s="19">
+        <v>9910.9651428300003</v>
+      </c>
+      <c r="CG45" s="19">
+        <v>10218.50292882</v>
+      </c>
+      <c r="CH45" s="19">
+        <v>10170.95579004</v>
+      </c>
+      <c r="CI45" s="19">
+        <v>10315.41080553</v>
+      </c>
+      <c r="CJ45" s="19">
+        <v>10452.349161579999</v>
+      </c>
+      <c r="CK45" s="19">
+        <v>11131.092732339999</v>
+      </c>
+      <c r="CL45" s="19">
+        <v>11250.99346059</v>
+      </c>
+      <c r="CM45" s="19">
+        <v>11066.530343029999</v>
+      </c>
+      <c r="CN45" s="19">
+        <v>11020.776425890001</v>
+      </c>
+      <c r="CO45" s="19">
+        <v>11384.39993482</v>
+      </c>
+      <c r="CP45" s="19">
+        <v>11427.40666074</v>
+      </c>
+      <c r="CQ45" s="19">
+        <v>11384.044660969999</v>
+      </c>
+      <c r="CR45" s="19">
+        <v>11568.642547269999</v>
+      </c>
+      <c r="CS45" s="19">
+        <v>11903.72999046</v>
+      </c>
+      <c r="CT45" s="19">
+        <v>11894.969315509999</v>
+      </c>
+      <c r="CU45" s="19">
+        <v>11792.934061530001</v>
+      </c>
+      <c r="CV45" s="19">
+        <v>11824.35212621</v>
+      </c>
+      <c r="CW45" s="19">
+        <v>12187.124990329999</v>
+      </c>
+      <c r="CX45" s="19">
+        <v>12112.86927236</v>
+      </c>
+      <c r="CY45" s="19">
+        <v>12813.31584216</v>
+      </c>
+      <c r="CZ45" s="19">
+        <v>12654.124825749999</v>
+      </c>
+      <c r="DA45" s="19">
+        <v>12899.816877740001</v>
+      </c>
+      <c r="DB45" s="19">
+        <v>13096.56015738</v>
+      </c>
+      <c r="DC45" s="19">
+        <v>13145.33940793</v>
+      </c>
+      <c r="DD45" s="19">
+        <v>13394.471679730001</v>
+      </c>
+      <c r="DE45" s="19">
+        <v>13427.20075434</v>
+      </c>
+      <c r="DF45" s="19">
+        <v>13740.233624099999</v>
+      </c>
+      <c r="DG45" s="19">
+        <v>13439.51369367</v>
+      </c>
+      <c r="DH45" s="19">
+        <v>13691.746483389999</v>
+      </c>
+      <c r="DI45" s="19">
+        <v>13820.014016470001</v>
+      </c>
+      <c r="DJ45" s="19">
+        <v>14175.931432859999</v>
+      </c>
+      <c r="DK45" s="19">
+        <v>14113.122811429999</v>
+      </c>
+      <c r="DL45" s="19">
+        <v>14270.125902960001</v>
+      </c>
+      <c r="DM45" s="19">
+        <v>14426.232025589999</v>
+      </c>
+      <c r="DN45" s="19">
+        <v>14484.358832</v>
+      </c>
+      <c r="DO45" s="19">
+        <v>14509.42755056</v>
+      </c>
+      <c r="DP45" s="19">
+        <v>14672.023545780001</v>
+      </c>
+      <c r="DQ45" s="19">
+        <v>14751.02823887</v>
+      </c>
+      <c r="DR45" s="19">
+        <v>14802.79083127</v>
+      </c>
+      <c r="DS45" s="19">
+        <v>14797.449516049999</v>
+      </c>
+      <c r="DT45" s="19">
+        <v>14824.166408470001</v>
+      </c>
+      <c r="DU45" s="19">
+        <v>14958.994301840001</v>
+      </c>
+      <c r="DV45" s="19">
+        <v>14920.168285559999</v>
+      </c>
+      <c r="DW45" s="19">
+        <v>14875.431107439999</v>
+      </c>
+      <c r="DX45" s="19">
+        <v>14876.66601649</v>
+      </c>
+      <c r="DY45" s="19">
+        <v>15065.47855539</v>
+      </c>
+      <c r="DZ45" s="19">
+        <v>15079.33413333</v>
+      </c>
+      <c r="EA45" s="19">
+        <v>15172.01895032</v>
+      </c>
+      <c r="EB45" s="19">
+        <v>15276.803491049999</v>
+      </c>
+      <c r="EC45" s="19">
+        <v>15256.045444339999</v>
+      </c>
+      <c r="ED45" s="19">
+        <v>15148.152656779999</v>
+      </c>
+      <c r="EE45" s="19">
+        <v>15156.21939631</v>
+      </c>
+      <c r="EF45" s="19">
+        <v>15268.457178410001</v>
+      </c>
+      <c r="EG45" s="19">
+        <v>15462.049821930001</v>
+      </c>
+      <c r="EH45" s="19">
+        <v>15586.32361679</v>
+      </c>
+      <c r="EI45" s="19">
+        <v>15561.711391729999</v>
+      </c>
+      <c r="EJ45" s="19">
+        <v>15466.31680764</v>
+      </c>
+      <c r="EK45" s="19">
+        <v>15818.783418290001</v>
+      </c>
+      <c r="EL45" s="19">
+        <v>15819.548343869999</v>
+      </c>
+      <c r="EM45" s="19">
+        <v>15855.71900703</v>
+      </c>
+      <c r="EN45" s="19">
+        <v>15829.077529439999</v>
+      </c>
+      <c r="EO45" s="19">
+        <v>15873.77983218</v>
+      </c>
+      <c r="EP45" s="19">
+        <v>15846.60628045</v>
+      </c>
+      <c r="EQ45" s="19">
+        <v>16043.407811290001</v>
+      </c>
+      <c r="ER45" s="19">
+        <v>15900.07145028</v>
+      </c>
+      <c r="ES45" s="19">
+        <v>16016.45384851</v>
+      </c>
+      <c r="ET45" s="19">
+        <v>16145.625115549999</v>
+      </c>
+      <c r="EU45" s="19">
+        <v>15990.396714590001</v>
+      </c>
+      <c r="EV45" s="19">
+        <v>16030.48738558</v>
+      </c>
+      <c r="EW45" s="19">
+        <v>16351.747056099999</v>
+      </c>
+      <c r="EX45" s="19">
+        <v>16348.095386610001</v>
+      </c>
+      <c r="EY45" s="19">
+        <v>16275.15182958</v>
+      </c>
+      <c r="EZ45" s="19">
+        <v>16387.831534860001</v>
+      </c>
+      <c r="FA45" s="19">
+        <v>16671.634228989999</v>
+      </c>
+      <c r="FB45" s="19">
+        <v>16978.640799680001</v>
+      </c>
+      <c r="FC45" s="19">
+        <v>18118.542629809999</v>
+      </c>
+      <c r="FD45" s="19">
+        <v>18462.121527700001</v>
+      </c>
+      <c r="FE45" s="19">
+        <v>18572.40121013</v>
+      </c>
+      <c r="FF45" s="19">
+        <v>19076.808926879999</v>
+      </c>
+      <c r="FG45" s="19">
+        <v>19309.728303299999</v>
+      </c>
+      <c r="FH45" s="19">
+        <v>19170.551581299998</v>
+      </c>
+      <c r="FI45" s="19">
+        <v>19613.271675839998</v>
+      </c>
+      <c r="FJ45" s="19">
+        <v>19728.728808200001</v>
+      </c>
+      <c r="FK45" s="19">
+        <v>19906.149614499998</v>
+      </c>
+      <c r="FL45" s="19">
+        <v>20379.568186299999</v>
+      </c>
+      <c r="FM45" s="19">
+        <v>20298.03012811</v>
+      </c>
+      <c r="FN45" s="19">
+        <v>21213.68565155</v>
+      </c>
+      <c r="FO45" s="19">
+        <v>21411.50381369</v>
+      </c>
+      <c r="FP45" s="19">
+        <v>21642.459002930002</v>
+      </c>
+      <c r="FQ45" s="19">
+        <v>21623.525603400001</v>
+      </c>
+      <c r="FR45" s="19">
+        <v>22240.384039519999</v>
+      </c>
+      <c r="FS45" s="19">
+        <v>22296.817501779999</v>
+      </c>
+      <c r="FT45" s="19">
+        <v>22555.83780818</v>
+      </c>
+      <c r="FU45" s="19">
+        <v>22537.306567529999</v>
+      </c>
+      <c r="FV45" s="19">
+        <v>24237.298975049998</v>
+      </c>
+      <c r="FW45" s="19">
+        <v>24448.67874748</v>
+      </c>
+      <c r="FX45" s="19">
+        <v>24232.01815774</v>
+      </c>
+      <c r="FY45" s="19">
+        <v>24212.203531439998</v>
+      </c>
+      <c r="FZ45" s="19">
+        <v>24841.26540986</v>
+      </c>
+      <c r="GA45" s="19">
+        <v>25273.539845439998</v>
+      </c>
+      <c r="GB45" s="19">
+        <v>26264.38943707</v>
+      </c>
+      <c r="GC45" s="19">
+        <v>26231.833442110001</v>
+      </c>
+      <c r="GD45" s="19">
+        <v>27363.805306440001</v>
+      </c>
+      <c r="GE45" s="19">
+        <v>27018.643085029998</v>
+      </c>
+      <c r="GF45" s="19">
+        <v>27394.609070369999</v>
+      </c>
+      <c r="GG45" s="19">
+        <v>27092.736280649999</v>
+      </c>
+      <c r="GH45" s="19">
+        <v>28081.300602830001</v>
+      </c>
+      <c r="GI45" s="19">
+        <v>28129.971649269999</v>
+      </c>
+      <c r="GJ45" s="19">
+        <v>28160.755217739999</v>
+      </c>
+      <c r="GK45" s="19">
+        <v>28247.517861169999</v>
+      </c>
+      <c r="GL45" s="19">
+        <v>28628.008856410001</v>
+      </c>
+      <c r="GM45" s="19">
+        <v>28529.733233229999</v>
+      </c>
+      <c r="GN45" s="19">
+        <v>28966.68496893</v>
+      </c>
+      <c r="GO45" s="19">
+        <v>29866.246305910001</v>
+      </c>
+      <c r="GP45" s="19">
+        <v>29533.583120970001</v>
+      </c>
+      <c r="GQ45" s="19">
+        <v>30833.440271480002</v>
+      </c>
+      <c r="GR45" s="19">
+        <v>30287.456038320001</v>
+      </c>
+      <c r="GS45" s="19">
+        <v>30270.872297490001</v>
+      </c>
+      <c r="GT45" s="19">
+        <v>30799.921361910001</v>
+      </c>
+      <c r="GU45" s="19">
+        <v>30574.62131187</v>
+      </c>
+      <c r="GV45" s="19">
+        <v>30133.657885050001</v>
+      </c>
+      <c r="GW45" s="19">
+        <v>30650.281451899999</v>
+      </c>
+      <c r="GX45" s="19">
+        <v>30589.35424706</v>
+      </c>
+      <c r="GY45" s="19">
+        <v>30840.835170900002</v>
+      </c>
+      <c r="GZ45" s="19">
+        <v>31168.259587500001</v>
+      </c>
+      <c r="HA45" s="19">
+        <v>31436.066125689998</v>
+      </c>
+      <c r="HB45" s="19">
+        <v>31713.806429380002</v>
+      </c>
+      <c r="HC45" s="19">
+        <v>33080.17135787</v>
+      </c>
+      <c r="HD45" s="19">
+        <v>32903.278145960001</v>
+      </c>
+      <c r="HE45" s="19">
+        <v>32707.801654020001</v>
+      </c>
+      <c r="HF45" s="19">
+        <v>33282.358164500001</v>
+      </c>
+      <c r="HG45" s="19">
+        <v>33555.183146850002</v>
+      </c>
+      <c r="HH45" s="19">
+        <v>33852.256076520003</v>
+      </c>
+      <c r="HI45" s="19">
+        <v>33903.2635753</v>
+      </c>
+      <c r="HJ45" s="19">
+        <v>35282.335254320002</v>
+      </c>
+      <c r="HK45" s="19">
+        <v>35818.400749209999</v>
+      </c>
+      <c r="HL45" s="19">
+        <v>35725.621885770001</v>
+      </c>
+      <c r="HM45" s="19">
+        <v>36291.893735799997</v>
+      </c>
+      <c r="HN45" s="19">
+        <v>35994.478927540003</v>
+      </c>
+      <c r="HO45" s="19">
+        <v>35286.570119340002</v>
+      </c>
+      <c r="HP45" s="19">
+        <v>36385.60191528</v>
+      </c>
+      <c r="HQ45" s="19">
+        <v>35951.630724000002</v>
+      </c>
+      <c r="HR45" s="19">
+        <v>36351.427646060001</v>
+      </c>
+      <c r="HS45" s="19">
+        <v>36342.440477069998</v>
+      </c>
+      <c r="HT45" s="19">
+        <v>36238.566234129998</v>
+      </c>
+      <c r="HU45" s="19">
+        <v>36978.586136309998</v>
+      </c>
+      <c r="HV45" s="19">
+        <v>37001.079010369998</v>
+      </c>
+      <c r="HW45" s="19">
+        <v>37343.993397010003</v>
+      </c>
+      <c r="HX45" s="19">
+        <v>36802.831259049999</v>
+      </c>
+      <c r="HY45" s="19">
+        <v>37435.296833460001</v>
+      </c>
+      <c r="HZ45" s="19">
+        <v>38432.094978339999</v>
+      </c>
+      <c r="IA45" s="19">
+        <v>38053.56420991</v>
+      </c>
+      <c r="IB45" s="19">
+        <v>38042.728456639998</v>
+      </c>
+      <c r="IC45" s="19">
+        <v>37705.125478369999</v>
+      </c>
+      <c r="ID45" s="19">
+        <v>38542.238177309999</v>
+      </c>
+      <c r="IE45" s="19">
+        <v>38286.723344240003</v>
+      </c>
+      <c r="IF45" s="19">
+        <v>38096.32966204</v>
+      </c>
+      <c r="IG45" s="19">
+        <v>37727.240040919998</v>
+      </c>
+      <c r="IH45" s="19">
+        <v>37971.345842640003</v>
+      </c>
+      <c r="II45" s="19">
+        <v>38050.151661809999</v>
+      </c>
+      <c r="IJ45" s="19">
+        <v>38123.38027763</v>
+      </c>
+      <c r="IK45" s="19">
+        <v>37823.929411659999</v>
+      </c>
+      <c r="IL45" s="19">
+        <v>37601.952664349999</v>
+      </c>
+      <c r="IM45" s="19">
+        <v>37197.496168140002</v>
+      </c>
+      <c r="IN45" s="19">
+        <v>37176.197086</v>
+      </c>
+      <c r="IO45" s="19">
+        <v>37303.222228420003</v>
+      </c>
+      <c r="IP45" s="19">
+        <v>37738.174128649996</v>
+      </c>
+      <c r="IQ45" s="19">
+        <v>37923.416571889997</v>
+      </c>
+      <c r="IR45" s="19">
+        <v>37735.66498111</v>
+      </c>
+      <c r="IS45" s="19">
+        <v>37567.3794604</v>
+      </c>
+      <c r="IT45" s="19">
+        <v>37788.103782279999</v>
+      </c>
+      <c r="IU45" s="19">
+        <v>37701.508929509997</v>
+      </c>
+      <c r="IV45" s="19">
+        <v>37341.665229320002</v>
+      </c>
+      <c r="IW45" s="19">
+        <v>37602.550394580001</v>
+      </c>
+      <c r="IX45" s="19">
+        <v>39153.332376689999</v>
+      </c>
+      <c r="IY45" s="19">
+        <v>38031.156451340001</v>
+      </c>
+      <c r="IZ45" s="19">
+        <v>37865.264270779997</v>
+      </c>
+      <c r="JA45" s="19">
+        <v>37462.985316270002</v>
+      </c>
+      <c r="JB45" s="19">
+        <v>37644.898482260003</v>
+      </c>
+      <c r="JC45" s="19">
+        <v>37528.441187299999</v>
+      </c>
+      <c r="JD45" s="19">
+        <v>37979.155951740002</v>
+      </c>
+      <c r="JE45" s="19">
+        <v>37873.966538929999</v>
+      </c>
+      <c r="JF45" s="19">
+        <v>39162.450158749998</v>
+      </c>
+      <c r="JG45" s="19">
+        <v>37884.728596410001</v>
+      </c>
+      <c r="JH45" s="19">
+        <v>37479.372425579997</v>
+      </c>
+      <c r="JI45" s="19">
+        <v>37664.064609239998</v>
+      </c>
+      <c r="JJ45" s="19">
+        <v>37681.638542779998</v>
+      </c>
+      <c r="JK45" s="19">
+        <v>37412.546649800002</v>
+      </c>
+      <c r="JL45" s="19">
+        <v>37406.393102649999</v>
+      </c>
+      <c r="JM45" s="19">
+        <v>38095.255672730003</v>
+      </c>
+      <c r="JN45" s="19">
+        <v>37763.005403319999</v>
+      </c>
+      <c r="JO45" s="19">
+        <v>37839.195265989998</v>
+      </c>
+      <c r="JP45" s="19">
+        <v>37802.03737754</v>
+      </c>
+      <c r="JQ45" s="19">
+        <v>37660.312685789999</v>
+      </c>
+      <c r="JR45" s="19">
+        <v>37532.16440573</v>
+      </c>
+      <c r="JS45" s="19">
+        <v>38038.507700540002</v>
+      </c>
+      <c r="JT45" s="19">
+        <v>37933.691401780001</v>
+      </c>
+      <c r="JU45" s="19">
+        <v>38547.719534049997</v>
+      </c>
+      <c r="JV45" s="19">
+        <v>38450.43433158</v>
+      </c>
+      <c r="JW45" s="19">
+        <v>38363.65004511</v>
+      </c>
+      <c r="JX45" s="19">
+        <v>38278.939542040003</v>
+      </c>
+      <c r="JY45" s="19">
+        <v>39484.721414389998</v>
+      </c>
+      <c r="JZ45" s="19">
+        <v>39360.303115989998</v>
+      </c>
+      <c r="KA45" s="19">
+        <v>39479.997067140001</v>
+      </c>
+      <c r="KB45" s="19">
+        <v>39388.77465413</v>
+      </c>
+      <c r="KC45" s="19">
+        <v>39558.691740139999</v>
+      </c>
+      <c r="KD45" s="19">
+        <v>38906.866921920002</v>
+      </c>
+      <c r="KE45" s="19">
+        <v>38918.712136410002</v>
+      </c>
+      <c r="KF45" s="19">
+        <v>38784.943358730001</v>
+      </c>
+      <c r="KG45" s="19">
+        <v>38766.558000639998</v>
+      </c>
+      <c r="KH45" s="19">
+        <v>39725.129157110001</v>
+      </c>
+      <c r="KI45" s="19">
+        <v>40522.499569970001</v>
+      </c>
+      <c r="KJ45" s="19">
+        <v>41780.944235750001</v>
+      </c>
+      <c r="KK45" s="19">
+        <v>43820.781260600001</v>
+      </c>
+      <c r="KL45" s="19">
+        <v>43247.698436159997</v>
+      </c>
+      <c r="KM45" s="19">
+        <v>43264.891205380001</v>
+      </c>
+      <c r="KN45" s="19">
+        <v>43322.564279179998</v>
+      </c>
+      <c r="KO45" s="19">
+        <v>43399.196286840001</v>
+      </c>
+      <c r="KP45" s="19">
+        <v>43816.261859439997</v>
+      </c>
+      <c r="KQ45" s="19">
+        <v>43881.939724099997</v>
+      </c>
+      <c r="KR45" s="19">
+        <v>44137.000582239998</v>
+      </c>
+      <c r="KS45" s="19">
+        <v>43883.604681910001</v>
+      </c>
+      <c r="KT45" s="19">
+        <v>45251.369595440003</v>
+      </c>
+      <c r="KU45" s="19">
+        <v>44879.527001959999</v>
+      </c>
+      <c r="KV45" s="19">
+        <v>44873.981555500002</v>
+      </c>
+      <c r="KW45" s="19">
+        <v>45290.067888730002</v>
+      </c>
+      <c r="KX45" s="19">
+        <v>45781.115338360003</v>
+      </c>
+      <c r="KY45" s="19">
+        <v>45832.049080889999</v>
+      </c>
+      <c r="KZ45" s="19">
+        <v>45800.875748799997</v>
+      </c>
+      <c r="LA45" s="19">
+        <v>45753.893222320003</v>
+      </c>
+      <c r="LB45" s="19">
+        <v>45787.08520745</v>
+      </c>
+      <c r="LC45" s="19">
+        <v>45628.872782630002</v>
+      </c>
+      <c r="LD45" s="19">
+        <v>45615.912964260002</v>
+      </c>
+      <c r="LE45" s="19">
+        <v>45652.628604919999</v>
+      </c>
+      <c r="LF45" s="19">
+        <v>45481.966843920003</v>
+      </c>
+      <c r="LG45" s="19">
+        <v>47265.603662529997</v>
+      </c>
+      <c r="LH45" s="19">
+        <v>45708.897199699997</v>
+      </c>
+      <c r="LI45" s="19">
+        <v>45628.688797629999</v>
+      </c>
+      <c r="LJ45" s="19">
+        <v>45744.423552610002</v>
+      </c>
+      <c r="LK45" s="19">
+        <v>45791.198814130003</v>
+      </c>
+      <c r="LL45" s="19">
+        <v>45811.941120470001</v>
+      </c>
+      <c r="LM45" s="19">
+        <v>45665.415914160003</v>
+      </c>
+      <c r="LN45" s="19">
+        <v>45688.793377430004</v>
+      </c>
+      <c r="LO45" s="19">
+        <v>46347.288934340002</v>
+      </c>
+      <c r="LP45" s="19">
+        <v>46804.55429118</v>
+      </c>
+      <c r="LQ45" s="19">
+        <v>46839.672943550002</v>
+      </c>
+      <c r="LR45" s="19">
+        <v>48411.935485970003</v>
+      </c>
+      <c r="LS45" s="19">
+        <v>46993.950786900001</v>
+      </c>
+      <c r="LT45" s="19">
+        <v>46612.275526669997</v>
+      </c>
+      <c r="LU45" s="19">
+        <v>47942.64917497</v>
+      </c>
+      <c r="LV45" s="19">
+        <v>47768.025406519999</v>
+      </c>
+      <c r="LW45" s="19">
+        <v>47840.840608029997</v>
+      </c>
+      <c r="LX45" s="19">
+        <v>47971.00423513</v>
+      </c>
+      <c r="LY45" s="19">
+        <v>47660.562760360001</v>
+      </c>
+      <c r="LZ45" s="19">
+        <v>48421.027597079999</v>
+      </c>
+      <c r="MA45" s="19">
+        <v>48263.85740519</v>
+      </c>
+      <c r="MB45" s="19">
+        <v>47041.394452339999</v>
+      </c>
+      <c r="MC45" s="19">
+        <v>48023.733604150002</v>
+      </c>
+      <c r="MD45" s="19">
+        <v>49587.352169090002</v>
+      </c>
+      <c r="ME45" s="19">
+        <v>49259.509281940002</v>
+      </c>
+      <c r="MF45" s="19">
+        <v>48196.272035230002</v>
+      </c>
+      <c r="MG45" s="19">
+        <v>49111.516290339998</v>
+      </c>
+      <c r="MH45" s="19">
+        <v>49782.428828550001</v>
+      </c>
+      <c r="MI45" s="19">
+        <v>49831.381003139999</v>
+      </c>
+      <c r="MJ45" s="19">
+        <v>49967.727045320004</v>
+      </c>
+      <c r="MK45" s="19">
+        <v>49913.196142150002</v>
+      </c>
+      <c r="ML45" s="19">
+        <v>49657.827531299998</v>
+      </c>
+      <c r="MM45" s="19">
+        <v>49283.987397099998</v>
+      </c>
+      <c r="MN45" s="19">
+        <v>49382.649558359997</v>
+      </c>
+      <c r="MO45" s="19">
+        <v>51411.795570659997</v>
+      </c>
+      <c r="MP45" s="19">
+        <v>50632.202363520002</v>
+      </c>
+      <c r="MQ45" s="19">
+        <v>50511.271374099997</v>
+      </c>
+      <c r="MR45" s="19">
+        <v>50175.096413129999</v>
+      </c>
+      <c r="MS45" s="19">
+        <v>50932.308130439997</v>
+      </c>
+      <c r="MT45" s="19">
+        <v>51154.737494569999</v>
+      </c>
+      <c r="MU45" s="19">
+        <v>51133.007379520001</v>
+      </c>
+      <c r="MV45" s="19">
+        <v>51837.812471520003</v>
+      </c>
+    </row>
+    <row r="46" spans="1:360" s="3" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A46" s="14"/>
+      <c r="B46" s="20" t="s">
+        <v>4</v>
+      </c>
+      <c r="C46" s="14"/>
+      <c r="D46" s="14"/>
+      <c r="E46" s="14"/>
+      <c r="F46" s="14"/>
+      <c r="G46" s="14"/>
+      <c r="H46" s="14"/>
+      <c r="I46" s="14"/>
+      <c r="J46" s="14"/>
+      <c r="K46" s="14"/>
+      <c r="L46" s="14"/>
+      <c r="M46" s="14"/>
+      <c r="N46" s="14"/>
+      <c r="O46" s="14"/>
+      <c r="P46" s="14"/>
+      <c r="Q46" s="14"/>
+      <c r="R46" s="14"/>
+      <c r="S46" s="14"/>
+      <c r="T46" s="14"/>
+      <c r="U46" s="14"/>
+      <c r="V46" s="14"/>
+      <c r="W46" s="14"/>
+      <c r="X46" s="14"/>
+      <c r="Y46" s="14"/>
+      <c r="Z46" s="14"/>
+      <c r="AA46" s="14"/>
+      <c r="AB46" s="14"/>
+      <c r="AC46" s="14"/>
+      <c r="AD46" s="14"/>
+      <c r="AE46" s="14"/>
+      <c r="AF46" s="14"/>
+      <c r="AG46" s="14"/>
+      <c r="AH46" s="14"/>
+      <c r="AI46" s="14"/>
+      <c r="AJ46" s="14"/>
+      <c r="AK46" s="14"/>
+      <c r="AL46" s="14"/>
+      <c r="AM46" s="14"/>
+      <c r="AN46" s="14"/>
+      <c r="AO46" s="14"/>
+      <c r="AP46" s="14"/>
+      <c r="AQ46" s="14"/>
+      <c r="AR46" s="14"/>
+      <c r="AS46" s="14"/>
+      <c r="AT46" s="14"/>
+      <c r="AU46" s="14"/>
+      <c r="AV46" s="14"/>
+      <c r="AW46" s="14"/>
+      <c r="AX46" s="14"/>
+      <c r="AY46" s="14"/>
+      <c r="AZ46" s="14"/>
+      <c r="BA46" s="14"/>
+      <c r="BB46" s="14"/>
+      <c r="BC46" s="14"/>
+      <c r="BD46" s="14"/>
+      <c r="BE46" s="14"/>
+      <c r="BF46" s="14"/>
+      <c r="BG46" s="14"/>
+      <c r="BH46" s="14"/>
+      <c r="BI46" s="14"/>
+      <c r="BJ46" s="14"/>
+      <c r="BK46" s="14"/>
+      <c r="BL46" s="14"/>
+      <c r="BM46" s="14"/>
+      <c r="BN46" s="14"/>
+      <c r="BO46" s="14"/>
+      <c r="BP46" s="14"/>
+      <c r="BQ46" s="14"/>
+      <c r="BR46" s="14"/>
+      <c r="BS46" s="14"/>
+      <c r="BT46" s="14"/>
+      <c r="BU46" s="14"/>
+      <c r="BV46" s="14"/>
+      <c r="BW46" s="14"/>
+      <c r="BX46" s="14"/>
+      <c r="BY46" s="14"/>
+      <c r="BZ46" s="14"/>
+      <c r="CA46" s="14"/>
+      <c r="CB46" s="14"/>
+      <c r="CC46" s="14"/>
+      <c r="CD46" s="14"/>
+      <c r="CE46" s="14"/>
+      <c r="CF46" s="14"/>
+      <c r="CG46" s="14"/>
+      <c r="CH46" s="14"/>
+      <c r="CI46" s="14"/>
+      <c r="CJ46" s="14"/>
+      <c r="CK46" s="14"/>
+      <c r="CL46" s="14"/>
+      <c r="CM46" s="14"/>
+      <c r="CN46" s="14"/>
+      <c r="CO46" s="14"/>
+      <c r="CP46" s="14"/>
+      <c r="CQ46" s="14"/>
+      <c r="CR46" s="14"/>
+      <c r="CS46" s="14"/>
+      <c r="CT46" s="14"/>
+      <c r="CU46" s="14"/>
+      <c r="CV46" s="14"/>
+      <c r="CW46" s="14"/>
+      <c r="CX46" s="14"/>
+      <c r="CY46" s="14"/>
+      <c r="CZ46" s="14"/>
+      <c r="DA46" s="14"/>
+      <c r="DB46" s="14"/>
+      <c r="DC46" s="14"/>
+      <c r="DD46" s="14"/>
+      <c r="DE46" s="14"/>
+      <c r="DF46" s="14"/>
+      <c r="DG46" s="14"/>
+      <c r="DH46" s="14"/>
+      <c r="DI46" s="14"/>
+      <c r="DJ46" s="14"/>
+      <c r="DK46" s="14"/>
+      <c r="DL46" s="14"/>
+      <c r="DM46" s="14"/>
+      <c r="DN46" s="14"/>
+      <c r="DO46" s="14"/>
+      <c r="DP46" s="14"/>
+      <c r="DQ46" s="14"/>
+      <c r="DR46" s="14"/>
+      <c r="DS46" s="14"/>
+      <c r="DT46" s="14"/>
+      <c r="DU46" s="14"/>
+      <c r="DV46" s="14"/>
+      <c r="DW46" s="14"/>
+      <c r="DX46" s="14"/>
+      <c r="DY46" s="14"/>
+      <c r="DZ46" s="14"/>
+      <c r="EA46" s="14"/>
+      <c r="EB46" s="14"/>
+      <c r="EC46" s="14"/>
+      <c r="ED46" s="14"/>
+      <c r="EE46" s="14"/>
+      <c r="EF46" s="14"/>
+      <c r="EG46" s="14"/>
+      <c r="EH46" s="14"/>
+      <c r="EI46" s="14"/>
+      <c r="EJ46" s="14"/>
+      <c r="EK46" s="14"/>
+      <c r="EL46" s="14"/>
+      <c r="EM46" s="14"/>
+      <c r="EN46" s="14"/>
+      <c r="EO46" s="14"/>
+      <c r="EP46" s="14"/>
+      <c r="EQ46" s="14"/>
+      <c r="ER46" s="14"/>
+      <c r="ES46" s="14"/>
+      <c r="ET46" s="14"/>
+      <c r="EU46" s="14"/>
+      <c r="EV46" s="14"/>
+      <c r="EW46" s="14"/>
+      <c r="EX46" s="14"/>
+      <c r="EY46" s="14"/>
+      <c r="EZ46" s="14"/>
+      <c r="FA46" s="14"/>
+      <c r="FB46" s="14"/>
+      <c r="FC46" s="14"/>
+      <c r="FD46" s="14"/>
+      <c r="FE46" s="14"/>
+      <c r="FF46" s="14"/>
+      <c r="FG46" s="14"/>
+      <c r="FH46" s="14"/>
+      <c r="FI46" s="14"/>
+      <c r="FJ46" s="14"/>
+      <c r="FK46" s="14"/>
+      <c r="FL46" s="14"/>
+      <c r="FM46" s="14"/>
+      <c r="FN46" s="14"/>
+      <c r="FO46" s="14"/>
+      <c r="FP46" s="14"/>
+      <c r="FQ46" s="14"/>
+      <c r="FR46" s="14"/>
+      <c r="FS46" s="14"/>
+      <c r="FT46" s="14"/>
+      <c r="FU46" s="14"/>
+      <c r="FV46" s="14"/>
+      <c r="FW46" s="14"/>
+      <c r="FX46" s="14"/>
+      <c r="FY46" s="14"/>
+      <c r="FZ46" s="14"/>
+      <c r="GA46" s="14"/>
+      <c r="GB46" s="14"/>
+      <c r="GC46" s="14"/>
+      <c r="GD46" s="14"/>
+      <c r="GE46" s="14"/>
+      <c r="GF46" s="14"/>
+      <c r="GG46" s="14"/>
+      <c r="GH46" s="14"/>
+      <c r="GI46" s="14"/>
+      <c r="GJ46" s="14"/>
+      <c r="GK46" s="14"/>
+      <c r="GL46" s="14"/>
+      <c r="GM46" s="14"/>
+      <c r="GN46" s="14"/>
+      <c r="GO46" s="14"/>
+      <c r="GP46" s="14"/>
+      <c r="GQ46" s="14"/>
+      <c r="GR46" s="14"/>
+      <c r="GS46" s="14"/>
+      <c r="GT46" s="14"/>
+      <c r="GU46" s="14"/>
+      <c r="GV46" s="14"/>
+      <c r="GW46" s="14"/>
+      <c r="GX46" s="14"/>
+      <c r="GY46" s="14"/>
+      <c r="GZ46" s="14"/>
+      <c r="HA46" s="14"/>
+      <c r="HB46" s="14"/>
+      <c r="HC46" s="14"/>
+      <c r="HD46" s="14"/>
+      <c r="HE46" s="14"/>
+      <c r="HF46" s="14"/>
+      <c r="HG46" s="14"/>
+      <c r="HH46" s="14"/>
+      <c r="HI46" s="14"/>
+      <c r="HJ46" s="14"/>
+      <c r="HK46" s="14"/>
+      <c r="HL46" s="14"/>
+      <c r="HM46" s="14"/>
+      <c r="HN46" s="14"/>
+      <c r="HO46" s="14"/>
+      <c r="HP46" s="14"/>
+      <c r="HQ46" s="14"/>
+      <c r="HR46" s="14"/>
+      <c r="HS46" s="14"/>
+      <c r="HT46" s="14"/>
+      <c r="HU46" s="14"/>
+      <c r="HV46" s="14"/>
+      <c r="HW46" s="14"/>
+      <c r="HX46" s="14"/>
+      <c r="HY46" s="14"/>
+      <c r="HZ46" s="14"/>
+      <c r="IA46" s="14"/>
+      <c r="IB46" s="14"/>
+      <c r="IC46" s="14"/>
+      <c r="ID46" s="14"/>
+      <c r="IE46" s="14"/>
+      <c r="IF46" s="14"/>
+      <c r="IG46" s="14"/>
+      <c r="IH46" s="14"/>
+      <c r="II46" s="14"/>
+      <c r="IJ46" s="14"/>
+      <c r="IK46" s="14"/>
+      <c r="IL46" s="14"/>
+      <c r="IM46" s="14"/>
+      <c r="IN46" s="14"/>
+      <c r="IO46" s="14"/>
+      <c r="IP46" s="14"/>
+      <c r="IQ46" s="14"/>
+      <c r="IR46" s="14"/>
+      <c r="IS46" s="14"/>
+      <c r="IT46" s="14"/>
+      <c r="IU46" s="14"/>
+      <c r="IV46" s="14"/>
+      <c r="IW46" s="14"/>
+      <c r="IX46" s="14"/>
+      <c r="IY46" s="14"/>
+      <c r="IZ46" s="14"/>
+      <c r="JA46" s="14"/>
+      <c r="JB46" s="14"/>
+      <c r="JC46" s="14"/>
+      <c r="JD46" s="14"/>
+      <c r="JE46" s="14"/>
+      <c r="JF46" s="14"/>
+      <c r="JG46" s="14"/>
+      <c r="JH46" s="14"/>
+      <c r="JI46" s="14"/>
+      <c r="JJ46" s="14"/>
+      <c r="JK46" s="14"/>
+      <c r="JL46" s="14"/>
+      <c r="JM46" s="14"/>
+      <c r="JN46" s="14"/>
+      <c r="JO46" s="14"/>
+      <c r="JP46" s="14"/>
+      <c r="JQ46" s="14"/>
+      <c r="JR46" s="14"/>
+      <c r="JS46" s="14"/>
+      <c r="JT46" s="14"/>
+      <c r="JU46" s="14"/>
+      <c r="JV46" s="14"/>
+      <c r="JW46" s="14"/>
+      <c r="JX46" s="14"/>
+      <c r="JY46" s="14"/>
+      <c r="JZ46" s="14"/>
+      <c r="KA46" s="14"/>
+      <c r="KB46" s="14"/>
+      <c r="KC46" s="14"/>
+      <c r="KD46" s="14"/>
+      <c r="KE46" s="14"/>
+      <c r="KF46" s="14"/>
+      <c r="KG46" s="14"/>
+      <c r="KH46" s="14"/>
+      <c r="KI46" s="14"/>
+      <c r="KJ46" s="14"/>
+      <c r="KK46" s="14"/>
+      <c r="KL46" s="14"/>
+      <c r="KM46" s="14"/>
+      <c r="KN46" s="14"/>
+      <c r="KO46" s="14"/>
+      <c r="KP46" s="14"/>
+      <c r="KQ46" s="14"/>
+      <c r="KR46" s="14"/>
+      <c r="KS46" s="14"/>
+      <c r="KT46" s="14"/>
+      <c r="KU46" s="14"/>
+      <c r="KV46" s="14"/>
+      <c r="KW46" s="14"/>
+    </row>
+    <row r="47" spans="1:360" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A47" s="14"/>
+      <c r="B47" s="15" t="s">
+        <v>5</v>
+      </c>
+      <c r="C47" s="14" t="s">
+        <v>6</v>
+      </c>
+      <c r="D47" s="14" t="s">
+        <v>6</v>
+      </c>
+      <c r="E47" s="14" t="s">
+        <v>6</v>
+      </c>
+      <c r="F47" s="14" t="s">
+        <v>6</v>
+      </c>
+      <c r="G47" s="14" t="s">
+        <v>6</v>
+      </c>
+      <c r="H47" s="14" t="s">
+        <v>6</v>
+      </c>
+      <c r="I47" s="14" t="s">
+        <v>6</v>
+      </c>
+      <c r="J47" s="14" t="s">
+        <v>6</v>
+      </c>
+      <c r="K47" s="14" t="s">
+        <v>6</v>
+      </c>
+      <c r="L47" s="14" t="s">
+        <v>6</v>
+      </c>
+      <c r="M47" s="14" t="s">
+        <v>6</v>
+      </c>
+      <c r="N47" s="14" t="s">
+        <v>6</v>
+      </c>
+      <c r="O47" s="14" t="s">
+        <v>6</v>
+      </c>
+      <c r="P47" s="14" t="s">
+        <v>6</v>
+      </c>
+      <c r="Q47" s="14" t="s">
+        <v>6</v>
+      </c>
+      <c r="R47" s="14" t="s">
+        <v>6</v>
+      </c>
+      <c r="S47" s="14" t="s">
+        <v>6</v>
+      </c>
+      <c r="T47" s="14" t="s">
+        <v>6</v>
+      </c>
+      <c r="U47" s="14" t="s">
+        <v>6</v>
+      </c>
+      <c r="V47" s="14" t="s">
+        <v>6</v>
+      </c>
+      <c r="W47" s="14" t="s">
+        <v>6</v>
+      </c>
+      <c r="X47" s="14" t="s">
+        <v>6</v>
+      </c>
+      <c r="Y47" s="14" t="s">
+        <v>6</v>
+      </c>
+      <c r="Z47" s="14" t="s">
+        <v>6</v>
+      </c>
+      <c r="AA47" s="14" t="s">
+        <v>6</v>
+      </c>
+      <c r="AB47" s="14" t="s">
+        <v>6</v>
+      </c>
+      <c r="AC47" s="14" t="s">
+        <v>6</v>
+      </c>
+      <c r="AD47" s="14" t="s">
+        <v>6</v>
+      </c>
+      <c r="AE47" s="14" t="s">
+        <v>6</v>
+      </c>
+      <c r="AF47" s="14" t="s">
+        <v>6</v>
+      </c>
+      <c r="AG47" s="14" t="s">
+        <v>6</v>
+      </c>
+      <c r="AH47" s="14" t="s">
+        <v>6</v>
+      </c>
+      <c r="AI47" s="14" t="s">
+        <v>6</v>
+      </c>
+      <c r="AJ47" s="14" t="s">
+        <v>6</v>
+      </c>
+      <c r="AK47" s="14" t="s">
+        <v>6</v>
+      </c>
+      <c r="AL47" s="14" t="s">
+        <v>6</v>
+      </c>
+      <c r="AM47" s="14" t="s">
+        <v>6</v>
+      </c>
+      <c r="AN47" s="14" t="s">
+        <v>6</v>
+      </c>
+      <c r="AO47" s="14" t="s">
+        <v>6</v>
+      </c>
+      <c r="AP47" s="14" t="s">
+        <v>6</v>
+      </c>
+      <c r="AQ47" s="14" t="s">
+        <v>6</v>
+      </c>
+      <c r="AR47" s="14" t="s">
+        <v>6</v>
+      </c>
+      <c r="AS47" s="14" t="s">
+        <v>6</v>
+      </c>
+      <c r="AT47" s="14" t="s">
+        <v>6</v>
+      </c>
+      <c r="AU47" s="14" t="s">
+        <v>6</v>
+      </c>
+      <c r="AV47" s="14" t="s">
+        <v>6</v>
+      </c>
+      <c r="AW47" s="14" t="s">
+        <v>6</v>
+      </c>
+      <c r="AX47" s="14" t="s">
+        <v>6</v>
+      </c>
+      <c r="AY47" s="14">
+        <v>0</v>
+      </c>
+      <c r="AZ47" s="14">
+        <v>0</v>
+      </c>
+      <c r="BA47" s="14">
+        <v>0</v>
+      </c>
+      <c r="BB47" s="14">
+        <v>0</v>
+      </c>
+      <c r="BC47" s="14">
+        <v>0</v>
+      </c>
+      <c r="BD47" s="14">
+        <v>0</v>
+      </c>
+      <c r="BE47" s="14">
+        <v>0</v>
+      </c>
+      <c r="BF47" s="14">
+        <v>0</v>
+      </c>
+      <c r="BG47" s="14">
+        <v>0</v>
+      </c>
+      <c r="BH47" s="14">
+        <v>412.11613246000002</v>
+      </c>
+      <c r="BI47" s="14">
+        <v>461.91386290000003</v>
+      </c>
+      <c r="BJ47" s="14">
+        <v>470.10166566999999</v>
+      </c>
+      <c r="BK47" s="14">
+        <v>448.20240228</v>
+      </c>
+      <c r="BL47" s="14">
+        <v>594.14360608000004</v>
+      </c>
+      <c r="BM47" s="14">
+        <v>596.25230606000002</v>
+      </c>
+      <c r="BN47" s="14">
+        <v>647.12349857000004</v>
+      </c>
+      <c r="BO47" s="14">
+        <v>716.71258876000002</v>
+      </c>
+      <c r="BP47" s="14">
+        <v>706.68192979000003</v>
+      </c>
+      <c r="BQ47" s="14">
+        <v>737.35536532000003</v>
+      </c>
+      <c r="BR47" s="14">
+        <v>717.39093503000004</v>
+      </c>
+      <c r="BS47" s="14">
+        <v>807.39518215999999</v>
+      </c>
+      <c r="BT47" s="14">
+        <v>779.34169486999997</v>
+      </c>
+      <c r="BU47" s="14">
+        <v>732.52266241999996</v>
+      </c>
+      <c r="BV47" s="14">
+        <v>783.92859512999996</v>
+      </c>
+      <c r="BW47" s="14">
+        <v>790.73979693000001</v>
+      </c>
+      <c r="BX47" s="14">
+        <v>824.32503815999996</v>
+      </c>
+      <c r="BY47" s="14">
+        <v>820.16895613999998</v>
+      </c>
+      <c r="BZ47" s="14">
+        <v>892.63468047000003</v>
+      </c>
+      <c r="CA47" s="14">
+        <v>875.69771598</v>
+      </c>
+      <c r="CB47" s="14">
+        <v>858.95681131000003</v>
+      </c>
+      <c r="CC47" s="14">
+        <v>834.43873760999998</v>
+      </c>
+      <c r="CD47" s="14">
+        <v>828.24532724999995</v>
+      </c>
+      <c r="CE47" s="14">
+        <v>882.70019939999997</v>
+      </c>
+      <c r="CF47" s="14">
+        <v>933.13812972999995</v>
+      </c>
+      <c r="CG47" s="14">
+        <v>980.61596529999997</v>
+      </c>
+      <c r="CH47" s="14">
+        <v>1016.55350684</v>
+      </c>
+      <c r="CI47" s="14">
+        <v>959.76030094999999</v>
+      </c>
+      <c r="CJ47" s="14">
+        <v>987.1775629</v>
+      </c>
+      <c r="CK47" s="14">
+        <v>972.37615726000001</v>
+      </c>
+      <c r="CL47" s="14">
+        <v>975.04316032999998</v>
+      </c>
+      <c r="CM47" s="14">
+        <v>921.76441136000005</v>
+      </c>
+      <c r="CN47" s="14">
+        <v>945.04136127000004</v>
+      </c>
+      <c r="CO47" s="14">
+        <v>865.22310507999998</v>
+      </c>
+      <c r="CP47" s="14">
+        <v>827.48170107999999</v>
+      </c>
+      <c r="CQ47" s="14">
+        <v>829.99476140000002</v>
+      </c>
+      <c r="CR47" s="14">
+        <v>830.82283312000004</v>
+      </c>
+      <c r="CS47" s="14">
+        <v>859.41186244000005</v>
+      </c>
+      <c r="CT47" s="14">
+        <v>894.63957375999996</v>
+      </c>
+      <c r="CU47" s="14">
+        <v>876.68885081999997</v>
+      </c>
+      <c r="CV47" s="14">
+        <v>1442.19494794</v>
+      </c>
+      <c r="CW47" s="14">
+        <v>1396.68645317</v>
+      </c>
+      <c r="CX47" s="14">
+        <v>1376.01716986</v>
+      </c>
+      <c r="CY47" s="14">
+        <v>1450.2933241799999</v>
+      </c>
+      <c r="CZ47" s="14">
+        <v>1391.2709086499999</v>
+      </c>
+      <c r="DA47" s="14">
+        <v>1281.72260321</v>
+      </c>
+      <c r="DB47" s="14">
+        <v>1251.1912533699999</v>
+      </c>
+      <c r="DC47" s="14">
+        <v>1303.5588033500001</v>
+      </c>
+      <c r="DD47" s="14">
+        <v>1266.26499685</v>
+      </c>
+      <c r="DE47" s="14">
+        <v>1224.7062032399999</v>
+      </c>
+      <c r="DF47" s="14">
+        <v>1263.80971243</v>
+      </c>
+      <c r="DG47" s="14">
+        <v>1109.8183060199999</v>
+      </c>
+      <c r="DH47" s="14">
+        <v>1109.27198473</v>
+      </c>
+      <c r="DI47" s="14">
+        <v>1115.369893</v>
+      </c>
+      <c r="DJ47" s="14">
+        <v>1114.8174367500001</v>
+      </c>
+      <c r="DK47" s="14">
+        <v>1161.1754779</v>
+      </c>
+      <c r="DL47" s="14">
+        <v>1186.4735726199999</v>
+      </c>
+      <c r="DM47" s="14">
+        <v>1153.34410056</v>
+      </c>
+      <c r="DN47" s="14">
+        <v>1098.5196390000001</v>
+      </c>
+      <c r="DO47" s="14">
+        <v>1160.4953926000001</v>
+      </c>
+      <c r="DP47" s="14">
+        <v>1176.0794776600001</v>
+      </c>
+      <c r="DQ47" s="14">
+        <v>1293.31747083</v>
+      </c>
+      <c r="DR47" s="14">
+        <v>1336.4165396000001</v>
+      </c>
+      <c r="DS47" s="14">
+        <v>1254.87526639</v>
+      </c>
+      <c r="DT47" s="14">
+        <v>1250.4739681599999</v>
+      </c>
+      <c r="DU47" s="14">
+        <v>1259.7786145299999</v>
+      </c>
+      <c r="DV47" s="14">
+        <v>1312.6509818</v>
+      </c>
+      <c r="DW47" s="14">
+        <v>1355.33815284</v>
+      </c>
+      <c r="DX47" s="14">
+        <v>1327.5800269900001</v>
+      </c>
+      <c r="DY47" s="14">
+        <v>1422.61598746</v>
+      </c>
+      <c r="DZ47" s="14">
+        <v>1143.6260585099999</v>
+      </c>
+      <c r="EA47" s="14">
+        <v>1144.1887293100001</v>
+      </c>
+      <c r="EB47" s="14">
+        <v>1207.74930855</v>
+      </c>
+      <c r="EC47" s="14">
+        <v>1166.0641340899999</v>
+      </c>
+      <c r="ED47" s="14">
+        <v>1199.2544719299999</v>
+      </c>
+      <c r="EE47" s="14">
+        <v>1236.43021378</v>
+      </c>
+      <c r="EF47" s="14">
+        <v>1263.27263823</v>
+      </c>
+      <c r="EG47" s="14">
+        <v>1258.19633621</v>
+      </c>
+      <c r="EH47" s="14">
+        <v>1335.10527314</v>
+      </c>
+      <c r="EI47" s="14">
+        <v>1318.51276091</v>
+      </c>
+      <c r="EJ47" s="14">
+        <v>1337.6953679200001</v>
+      </c>
+      <c r="EK47" s="14">
+        <v>1309.7329467899999</v>
+      </c>
+      <c r="EL47" s="14">
+        <v>1284.4609886200001</v>
+      </c>
+      <c r="EM47" s="14">
+        <v>1275.6306573500001</v>
+      </c>
+      <c r="EN47" s="14">
+        <v>1286.7936341100001</v>
+      </c>
+      <c r="EO47" s="14">
+        <v>1224.20808405</v>
+      </c>
+      <c r="EP47" s="14">
+        <v>1150.3163305999999</v>
+      </c>
+      <c r="EQ47" s="14">
+        <v>1306.6576898200001</v>
+      </c>
+      <c r="ER47" s="14">
+        <v>1266.0398306100001</v>
+      </c>
+      <c r="ES47" s="14">
+        <v>1231.59199762</v>
+      </c>
+      <c r="ET47" s="14">
+        <v>1156.8440990700001</v>
+      </c>
+      <c r="EU47" s="14">
+        <v>1208.3304564099999</v>
+      </c>
+      <c r="EV47" s="14">
+        <v>1233.31536805</v>
+      </c>
+      <c r="EW47" s="14">
+        <v>1213.41912708</v>
+      </c>
+      <c r="EX47" s="14">
+        <v>1168.48818762</v>
+      </c>
+      <c r="EY47" s="14">
+        <v>1237.37269176</v>
+      </c>
+      <c r="EZ47" s="14">
+        <v>1258.06034748</v>
+      </c>
+      <c r="FA47" s="14">
+        <v>1277.8404823400001</v>
+      </c>
+      <c r="FB47" s="14">
+        <v>1277.3752196600001</v>
+      </c>
+      <c r="FC47" s="14">
+        <v>1278.0167907800001</v>
+      </c>
+      <c r="FD47" s="14">
+        <v>1316.9517091</v>
+      </c>
+      <c r="FE47" s="14">
+        <v>1326.14242691</v>
+      </c>
+      <c r="FF47" s="14">
+        <v>1307.36345297</v>
+      </c>
+      <c r="FG47" s="14">
+        <v>1259.30536775</v>
+      </c>
+      <c r="FH47" s="14">
+        <v>1296.36980552</v>
+      </c>
+      <c r="FI47" s="14">
+        <v>1236.1587278500001</v>
+      </c>
+      <c r="FJ47" s="14">
+        <v>1187.3292199</v>
+      </c>
+      <c r="FK47" s="14">
+        <v>1184.8645054199999</v>
+      </c>
+      <c r="FL47" s="14">
+        <v>1253.95763414</v>
+      </c>
+      <c r="FM47" s="14">
+        <v>1257.0833021200001</v>
+      </c>
+      <c r="FN47" s="14">
+        <v>1260.7905942100001</v>
+      </c>
+      <c r="FO47" s="14">
+        <v>1220.4150448600001</v>
+      </c>
+      <c r="FP47" s="14">
+        <v>1025.1820346</v>
+      </c>
+      <c r="FQ47" s="14">
+        <v>1052.7852567499999</v>
+      </c>
+      <c r="FR47" s="14">
+        <v>1054.8246467500001</v>
+      </c>
+      <c r="FS47" s="14">
+        <v>1088.81514608</v>
+      </c>
+      <c r="FT47" s="14">
+        <v>1126.0180625</v>
+      </c>
+      <c r="FU47" s="14">
+        <v>1110.9724993899999</v>
+      </c>
+      <c r="FV47" s="14">
+        <v>1089.5940220299999</v>
+      </c>
+      <c r="FW47" s="14">
+        <v>1112.5465128799999</v>
+      </c>
+      <c r="FX47" s="14">
+        <v>1121.1981735700001</v>
+      </c>
+      <c r="FY47" s="14">
+        <v>1122.29637407</v>
+      </c>
+      <c r="FZ47" s="14">
+        <v>1148.3876262000001</v>
+      </c>
+      <c r="GA47" s="14">
+        <v>1096.96126465</v>
+      </c>
+      <c r="GB47" s="14">
+        <v>294.90830813999997</v>
+      </c>
+      <c r="GC47" s="14">
+        <v>418.16121807000002</v>
+      </c>
+      <c r="GD47" s="14">
+        <v>467.24990468999999</v>
+      </c>
+      <c r="GE47" s="14">
+        <v>423.50718210999997</v>
+      </c>
+      <c r="GF47" s="14">
+        <v>383.12403274000002</v>
+      </c>
+      <c r="GG47" s="14">
+        <v>370.89495402</v>
+      </c>
+      <c r="GH47" s="14">
+        <v>368.15338091000001</v>
+      </c>
+      <c r="GI47" s="14">
+        <v>371.13776522000001</v>
+      </c>
+      <c r="GJ47" s="14">
+        <v>378.18739961</v>
+      </c>
+      <c r="GK47" s="14">
+        <v>350.88747423000001</v>
+      </c>
+      <c r="GL47" s="14">
+        <v>377.94663857</v>
+      </c>
+      <c r="GM47" s="14">
+        <v>415.99593605000001</v>
+      </c>
+      <c r="GN47" s="14">
+        <v>413.50717784</v>
+      </c>
+      <c r="GO47" s="14">
+        <v>414.54035004000002</v>
+      </c>
+      <c r="GP47" s="14">
+        <v>409.73348657999998</v>
+      </c>
+      <c r="GQ47" s="14">
+        <v>484.74358954000002</v>
+      </c>
+      <c r="GR47" s="14">
+        <v>506.10823241000003</v>
+      </c>
+      <c r="GS47" s="14">
+        <v>483.39011575000001</v>
+      </c>
+      <c r="GT47" s="14">
+        <v>415.78553664999998</v>
+      </c>
+      <c r="GU47" s="14">
+        <v>541.40670642999999</v>
+      </c>
+      <c r="GV47" s="14">
+        <v>508.15914519</v>
+      </c>
+      <c r="GW47" s="14">
+        <v>558.83374662999995</v>
+      </c>
+      <c r="GX47" s="14">
+        <v>548.08030005000001</v>
+      </c>
+      <c r="GY47" s="14">
+        <v>579.52580392000004</v>
+      </c>
+      <c r="GZ47" s="14">
+        <v>584.0027321</v>
+      </c>
+      <c r="HA47" s="14">
+        <v>593.49175605000005</v>
+      </c>
+      <c r="HB47" s="14">
+        <v>588.42270537000002</v>
+      </c>
+      <c r="HC47" s="14">
+        <v>572.80239099000005</v>
+      </c>
+      <c r="HD47" s="14">
+        <v>564.34970919</v>
+      </c>
+      <c r="HE47" s="14">
+        <v>531.99387951999995</v>
+      </c>
+      <c r="HF47" s="14">
+        <v>526.87543622999999</v>
+      </c>
+      <c r="HG47" s="14">
+        <v>533.41726740000001</v>
+      </c>
+      <c r="HH47" s="14">
+        <v>541.39091235000001</v>
+      </c>
+      <c r="HI47" s="14">
+        <v>540.33237355999995</v>
+      </c>
+      <c r="HJ47" s="14">
+        <v>541.48797146000004</v>
+      </c>
+      <c r="HK47" s="14">
+        <v>494.45392329999999</v>
+      </c>
+      <c r="HL47" s="14">
+        <v>394.9802828</v>
+      </c>
+      <c r="HM47" s="14">
+        <v>400.10473306</v>
+      </c>
+      <c r="HN47" s="14">
+        <v>402.13973764000002</v>
+      </c>
+      <c r="HO47" s="14">
+        <v>430.90267619999997</v>
+      </c>
+      <c r="HP47" s="14">
+        <v>427.34511465000003</v>
+      </c>
+      <c r="HQ47" s="14">
+        <v>459.58892366999999</v>
+      </c>
+      <c r="HR47" s="14">
+        <v>464.73155771</v>
+      </c>
+      <c r="HS47" s="14">
+        <v>453.81377422000003</v>
+      </c>
+      <c r="HT47" s="14">
+        <v>459.05929832999999</v>
+      </c>
+      <c r="HU47" s="14">
+        <v>464.82059772000002</v>
+      </c>
+      <c r="HV47" s="14">
+        <v>463.77451400000001</v>
+      </c>
+      <c r="HW47" s="14">
+        <v>401.8734058</v>
+      </c>
+      <c r="HX47" s="14">
+        <v>403.24710963000001</v>
+      </c>
+      <c r="HY47" s="14">
+        <v>411.80767613</v>
+      </c>
+      <c r="HZ47" s="14">
+        <v>428.58736527000002</v>
+      </c>
+      <c r="IA47" s="14">
+        <v>431.37574207</v>
+      </c>
+      <c r="IB47" s="14">
+        <v>477.08835501999999</v>
+      </c>
+      <c r="IC47" s="14">
+        <v>444.77744817000001</v>
+      </c>
+      <c r="ID47" s="14">
+        <v>463.06940385000001</v>
+      </c>
+      <c r="IE47" s="14">
+        <v>455.45026574000002</v>
+      </c>
+      <c r="IF47" s="14">
+        <v>445.14588615999998</v>
+      </c>
+      <c r="IG47" s="14">
+        <v>442.60975281999998</v>
+      </c>
+      <c r="IH47" s="14">
+        <v>448.56233950000001</v>
+      </c>
+      <c r="II47" s="14">
+        <v>432.40749375000001</v>
+      </c>
+      <c r="IJ47" s="14">
+        <v>438.72291849999999</v>
+      </c>
+      <c r="IK47" s="14">
+        <v>418.85100612999997</v>
+      </c>
+      <c r="IL47" s="14">
+        <v>422.52437355000001</v>
+      </c>
+      <c r="IM47" s="14">
+        <v>428.97380020999998</v>
+      </c>
+      <c r="IN47" s="14">
+        <v>459.19072254999998</v>
+      </c>
+      <c r="IO47" s="14">
+        <v>486.16711651999998</v>
+      </c>
+      <c r="IP47" s="14">
+        <v>480.64981796000001</v>
+      </c>
+      <c r="IQ47" s="14">
+        <v>514.96866631</v>
+      </c>
+      <c r="IR47" s="14">
+        <v>564.15247757999998</v>
+      </c>
+      <c r="IS47" s="14">
+        <v>677.71871619000001</v>
+      </c>
+      <c r="IT47" s="14">
+        <v>691.00468522000006</v>
+      </c>
+      <c r="IU47" s="14">
+        <v>660.51519517999998</v>
+      </c>
+      <c r="IV47" s="14">
+        <v>659.45514843000001</v>
+      </c>
+      <c r="IW47" s="14">
+        <v>655.27687251999998</v>
+      </c>
+      <c r="IX47" s="14">
+        <v>491.70588120999997</v>
+      </c>
+      <c r="IY47" s="14">
+        <v>669.87627540000005</v>
+      </c>
+      <c r="IZ47" s="14">
+        <v>668.03955019</v>
+      </c>
+      <c r="JA47" s="14">
+        <v>653.76195990999997</v>
+      </c>
+      <c r="JB47" s="14">
+        <v>662.00576283999999</v>
+      </c>
+      <c r="JC47" s="14">
+        <v>666.79047173000004</v>
+      </c>
+      <c r="JD47" s="14">
+        <v>720.13980809999998</v>
+      </c>
+      <c r="JE47" s="14">
+        <v>787.92238126999996</v>
+      </c>
+      <c r="JF47" s="14">
+        <v>792.57690854999998</v>
+      </c>
+      <c r="JG47" s="14">
+        <v>776.74937723999994</v>
+      </c>
+      <c r="JH47" s="14">
+        <v>761.37055654999995</v>
+      </c>
+      <c r="JI47" s="14">
+        <v>609.53865346999999</v>
+      </c>
+      <c r="JJ47" s="14">
+        <v>650.25344273999997</v>
+      </c>
+      <c r="JK47" s="14">
+        <v>716.52792300999999</v>
+      </c>
+      <c r="JL47" s="14">
+        <v>691.48309689999996</v>
+      </c>
+      <c r="JM47" s="14">
+        <v>631.24820155999998</v>
+      </c>
+      <c r="JN47" s="14">
+        <v>616.87013477999994</v>
+      </c>
+      <c r="JO47" s="14">
+        <v>628.49258569999995</v>
+      </c>
+      <c r="JP47" s="14">
+        <v>621.74937675000001</v>
+      </c>
+      <c r="JQ47" s="14">
+        <v>618.04978753</v>
+      </c>
+      <c r="JR47" s="14">
+        <v>595.92921253999998</v>
+      </c>
+      <c r="JS47" s="14">
+        <v>246.37566301000001</v>
+      </c>
+      <c r="JT47" s="14">
+        <v>245.58971697000001</v>
+      </c>
+      <c r="JU47" s="14">
+        <v>245.51142231</v>
+      </c>
+      <c r="JV47" s="14">
+        <v>255.85765382</v>
+      </c>
+      <c r="JW47" s="14">
+        <v>252.18433877000001</v>
+      </c>
+      <c r="JX47" s="14">
+        <v>246.9507145</v>
+      </c>
+      <c r="JY47" s="14">
+        <v>274.35299104000001</v>
+      </c>
+      <c r="JZ47" s="14">
+        <v>277.03780762000002</v>
+      </c>
+      <c r="KA47" s="14">
+        <v>274.66127820999998</v>
+      </c>
+      <c r="KB47" s="14">
+        <v>271.02965019999999</v>
+      </c>
+      <c r="KC47" s="14">
+        <v>270.47789762999997</v>
+      </c>
+      <c r="KD47" s="14">
+        <v>264.75340225000002</v>
+      </c>
+      <c r="KE47" s="14">
+        <v>275.75749181999998</v>
+      </c>
+      <c r="KF47" s="14">
+        <v>254.76406180999999</v>
+      </c>
+      <c r="KG47" s="14">
+        <v>253.04263132</v>
+      </c>
+      <c r="KH47" s="14">
+        <v>242.57644887999999</v>
+      </c>
+      <c r="KI47" s="14">
+        <v>237.43066232000001</v>
+      </c>
+      <c r="KJ47" s="14">
+        <v>239.68476686</v>
+      </c>
+      <c r="KK47" s="14">
+        <v>216.57377342999999</v>
+      </c>
+      <c r="KL47" s="14">
+        <v>226.77816010000001</v>
+      </c>
+      <c r="KM47" s="14">
+        <v>244.61805831000001</v>
+      </c>
+      <c r="KN47" s="14">
+        <v>236.39820171</v>
+      </c>
+      <c r="KO47" s="14">
+        <v>297.93377319000001</v>
+      </c>
+      <c r="KP47" s="14">
+        <v>307.97818408000001</v>
+      </c>
+      <c r="KQ47" s="14">
+        <v>298.55956348000001</v>
+      </c>
+      <c r="KR47" s="14">
+        <v>309.30287704</v>
+      </c>
+      <c r="KS47" s="14">
+        <v>319.22932223999999</v>
+      </c>
+      <c r="KT47" s="14">
+        <v>295.55648996000002</v>
+      </c>
+      <c r="KU47" s="14">
+        <v>266.42682007000002</v>
+      </c>
+      <c r="KV47" s="14">
+        <v>282.4803829</v>
+      </c>
+      <c r="KW47" s="14">
+        <v>297.30155146999999</v>
+      </c>
+      <c r="KX47" s="14">
+        <v>357.21033498999998</v>
+      </c>
+      <c r="KY47" s="14">
+        <v>357.74330264999998</v>
+      </c>
+      <c r="KZ47" s="14">
+        <v>343.39680931999999</v>
+      </c>
+      <c r="LA47" s="14">
+        <v>332.01107573000002</v>
+      </c>
+      <c r="LB47" s="14">
+        <v>332.48354404999998</v>
+      </c>
+      <c r="LC47" s="14">
+        <v>324.56354657999998</v>
+      </c>
+      <c r="LD47" s="14">
+        <v>334.90367463000001</v>
+      </c>
+      <c r="LE47" s="14">
+        <v>336.59281221999998</v>
+      </c>
+      <c r="LF47" s="14">
+        <v>291.75190836000002</v>
+      </c>
+      <c r="LG47" s="14">
+        <v>287.02822972000001</v>
+      </c>
+      <c r="LH47" s="14">
+        <v>307.91535765999998</v>
+      </c>
+      <c r="LI47" s="14">
+        <v>272.61976901000003</v>
+      </c>
+      <c r="LJ47" s="14">
+        <v>311.36259569999999</v>
+      </c>
+      <c r="LK47" s="14">
+        <v>696.61727289999999</v>
+      </c>
+      <c r="LL47" s="14">
+        <v>574.40504031</v>
+      </c>
+      <c r="LM47" s="14">
+        <v>785.35080467</v>
+      </c>
+      <c r="LN47" s="14">
+        <v>750.74532694000004</v>
+      </c>
+      <c r="LO47" s="14">
+        <v>723.15668214000004</v>
+      </c>
+      <c r="LP47" s="14">
+        <v>925.15027153999995</v>
+      </c>
+      <c r="LQ47" s="14">
+        <v>827.56854565000003</v>
+      </c>
+      <c r="LR47" s="14">
+        <v>783.46685810999998</v>
+      </c>
+      <c r="LS47" s="14">
+        <v>832.79628175000005</v>
+      </c>
+      <c r="LT47" s="14">
+        <v>849.75623126999994</v>
+      </c>
+      <c r="LU47" s="14">
+        <v>746.04588822000005</v>
+      </c>
+      <c r="LV47" s="14">
+        <v>720.34053065000001</v>
+      </c>
+      <c r="LW47" s="14">
+        <v>741.76367892999997</v>
+      </c>
+      <c r="LX47" s="14">
+        <v>636.89197634000004</v>
+      </c>
+      <c r="LY47" s="14">
+        <v>672.76784434000001</v>
+      </c>
+      <c r="LZ47" s="14">
+        <v>690.22325788000001</v>
+      </c>
+      <c r="MA47" s="14">
+        <v>662.23738896999998</v>
+      </c>
+      <c r="MB47" s="14">
+        <v>655.72366202000001</v>
+      </c>
+      <c r="MC47" s="14">
+        <v>660.36779425999998</v>
+      </c>
+      <c r="MD47" s="14">
+        <v>681.60123305000002</v>
+      </c>
+      <c r="ME47" s="14">
+        <v>659.42062752000004</v>
+      </c>
+      <c r="MF47" s="14">
+        <v>637.63388070999997</v>
+      </c>
+      <c r="MG47" s="14">
+        <v>666.90638105000005</v>
+      </c>
+      <c r="MH47" s="14">
+        <v>648.52051673000005</v>
+      </c>
+      <c r="MI47" s="14">
+        <v>636.44763720000003</v>
+      </c>
+      <c r="MJ47" s="14">
+        <v>717.73046846</v>
+      </c>
+      <c r="MK47" s="14">
+        <v>725.17317632000004</v>
+      </c>
+      <c r="ML47" s="14">
+        <v>717.06071113999997</v>
+      </c>
+      <c r="MM47" s="14">
+        <v>682.46756850999998</v>
+      </c>
+      <c r="MN47" s="14">
+        <v>671.04174609999995</v>
+      </c>
+      <c r="MO47" s="14">
+        <v>671.10686147000001</v>
+      </c>
+      <c r="MP47" s="14">
+        <v>643.46684493999999</v>
+      </c>
+      <c r="MQ47" s="14">
+        <v>629.76839997000002</v>
+      </c>
+      <c r="MR47" s="14">
+        <v>642.20058663999998</v>
+      </c>
+      <c r="MS47" s="14">
+        <v>645.42126091</v>
+      </c>
+      <c r="MT47" s="14">
+        <v>656.41264120000005</v>
+      </c>
+      <c r="MU47" s="14">
+        <v>696.80049051000003</v>
+      </c>
+      <c r="MV47" s="14">
+        <v>671.41732841999999</v>
+      </c>
+    </row>
+    <row r="48" spans="1:360" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A48" s="14"/>
+      <c r="B48" s="15" t="s">
+        <v>7</v>
+      </c>
+      <c r="C48" s="14" t="s">
+        <v>6</v>
+      </c>
+      <c r="D48" s="14" t="s">
+        <v>6</v>
+      </c>
+      <c r="E48" s="14" t="s">
+        <v>6</v>
+      </c>
+      <c r="F48" s="14" t="s">
+        <v>6</v>
+      </c>
+      <c r="G48" s="14" t="s">
+        <v>6</v>
+      </c>
+      <c r="H48" s="14" t="s">
+        <v>6</v>
+      </c>
+      <c r="I48" s="14" t="s">
+        <v>6</v>
+      </c>
+      <c r="J48" s="14" t="s">
+        <v>6</v>
+      </c>
+      <c r="K48" s="14" t="s">
+        <v>6</v>
+      </c>
+      <c r="L48" s="14" t="s">
+        <v>6</v>
+      </c>
+      <c r="M48" s="14" t="s">
+        <v>6</v>
+      </c>
+      <c r="N48" s="14" t="s">
+        <v>6</v>
+      </c>
+      <c r="O48" s="14" t="s">
+        <v>6</v>
+      </c>
+      <c r="P48" s="14" t="s">
+        <v>6</v>
+      </c>
+      <c r="Q48" s="14" t="s">
+        <v>6</v>
+      </c>
+      <c r="R48" s="14" t="s">
+        <v>6</v>
+      </c>
+      <c r="S48" s="14" t="s">
+        <v>6</v>
+      </c>
+      <c r="T48" s="14" t="s">
+        <v>6</v>
+      </c>
+      <c r="U48" s="14" t="s">
+        <v>6</v>
+      </c>
+      <c r="V48" s="14" t="s">
+        <v>6</v>
+      </c>
+      <c r="W48" s="14" t="s">
+        <v>6</v>
+      </c>
+      <c r="X48" s="14" t="s">
+        <v>6</v>
+      </c>
+      <c r="Y48" s="14" t="s">
+        <v>6</v>
+      </c>
+      <c r="Z48" s="14" t="s">
+        <v>6</v>
+      </c>
+      <c r="AA48" s="14" t="s">
+        <v>6</v>
+      </c>
+      <c r="AB48" s="14" t="s">
+        <v>6</v>
+      </c>
+      <c r="AC48" s="14" t="s">
+        <v>6</v>
+      </c>
+      <c r="AD48" s="14" t="s">
+        <v>6</v>
+      </c>
+      <c r="AE48" s="14" t="s">
+        <v>6</v>
+      </c>
+      <c r="AF48" s="14" t="s">
+        <v>6</v>
+      </c>
+      <c r="AG48" s="14" t="s">
+        <v>6</v>
+      </c>
+      <c r="AH48" s="14" t="s">
+        <v>6</v>
+      </c>
+      <c r="AI48" s="14" t="s">
+        <v>6</v>
+      </c>
+      <c r="AJ48" s="14" t="s">
+        <v>6</v>
+      </c>
+      <c r="AK48" s="14" t="s">
+        <v>6</v>
+      </c>
+      <c r="AL48" s="14" t="s">
+        <v>6</v>
+      </c>
+      <c r="AM48" s="14" t="s">
+        <v>6</v>
+      </c>
+      <c r="AN48" s="14" t="s">
+        <v>6</v>
+      </c>
+      <c r="AO48" s="14" t="s">
+        <v>6</v>
+      </c>
+      <c r="AP48" s="14" t="s">
+        <v>6</v>
+      </c>
+      <c r="AQ48" s="14" t="s">
+        <v>6</v>
+      </c>
+      <c r="AR48" s="14" t="s">
+        <v>6</v>
+      </c>
+      <c r="AS48" s="14" t="s">
+        <v>6</v>
+      </c>
+      <c r="AT48" s="14" t="s">
+        <v>6</v>
+      </c>
+      <c r="AU48" s="14" t="s">
+        <v>6</v>
+      </c>
+      <c r="AV48" s="14" t="s">
+        <v>6</v>
+      </c>
+      <c r="AW48" s="14" t="s">
+        <v>6</v>
+      </c>
+      <c r="AX48" s="14" t="s">
+        <v>6</v>
+      </c>
+      <c r="AY48" s="14">
+        <v>0</v>
+      </c>
+      <c r="AZ48" s="14">
+        <v>0</v>
+      </c>
+      <c r="BA48" s="14">
+        <v>0</v>
+      </c>
+      <c r="BB48" s="14">
+        <v>0</v>
+      </c>
+      <c r="BC48" s="14">
+        <v>0</v>
+      </c>
+      <c r="BD48" s="14">
+        <v>0</v>
+      </c>
+      <c r="BE48" s="14">
+        <v>0</v>
+      </c>
+      <c r="BF48" s="14">
+        <v>0</v>
+      </c>
+      <c r="BG48" s="14">
+        <v>0</v>
+      </c>
+      <c r="BH48" s="14">
+        <v>0</v>
+      </c>
+      <c r="BI48" s="14">
+        <v>0</v>
+      </c>
+      <c r="BJ48" s="14">
+        <v>0</v>
+      </c>
+      <c r="BK48" s="14">
+        <v>0</v>
+      </c>
+      <c r="BL48" s="14">
+        <v>0</v>
+      </c>
+      <c r="BM48" s="14">
+        <v>0</v>
+      </c>
+      <c r="BN48" s="14">
+        <v>0</v>
+      </c>
+      <c r="BO48" s="14">
+        <v>0</v>
+      </c>
+      <c r="BP48" s="14">
+        <v>0</v>
+      </c>
+      <c r="BQ48" s="14">
+        <v>0</v>
+      </c>
+      <c r="BR48" s="14">
+        <v>0</v>
+      </c>
+      <c r="BS48" s="14">
+        <v>0</v>
+      </c>
+      <c r="BT48" s="14">
+        <v>0</v>
+      </c>
+      <c r="BU48" s="14">
+        <v>0</v>
+      </c>
+      <c r="BV48" s="14">
+        <v>0</v>
+      </c>
+      <c r="BW48" s="14">
+        <v>0</v>
+      </c>
+      <c r="BX48" s="14">
+        <v>0</v>
+      </c>
+      <c r="BY48" s="14">
+        <v>0</v>
+      </c>
+      <c r="BZ48" s="14">
+        <v>0</v>
+      </c>
+      <c r="CA48" s="14">
+        <v>0</v>
+      </c>
+      <c r="CB48" s="14">
+        <v>0</v>
+      </c>
+      <c r="CC48" s="14">
+        <v>0</v>
+      </c>
+      <c r="CD48" s="14">
+        <v>0</v>
+      </c>
+      <c r="CE48" s="14">
+        <v>0</v>
+      </c>
+      <c r="CF48" s="14">
+        <v>0</v>
+      </c>
+      <c r="CG48" s="14">
+        <v>0</v>
+      </c>
+      <c r="CH48" s="14">
+        <v>0</v>
+      </c>
+      <c r="CI48" s="14">
+        <v>0</v>
+      </c>
+      <c r="CJ48" s="14">
+        <v>0</v>
+      </c>
+      <c r="CK48" s="14">
+        <v>0</v>
+      </c>
+      <c r="CL48" s="14">
+        <v>0</v>
+      </c>
+      <c r="CM48" s="14">
+        <v>0</v>
+      </c>
+      <c r="CN48" s="14">
+        <v>0</v>
+      </c>
+      <c r="CO48" s="14">
+        <v>0</v>
+      </c>
+      <c r="CP48" s="14">
+        <v>0</v>
+      </c>
+      <c r="CQ48" s="14">
+        <v>0</v>
+      </c>
+      <c r="CR48" s="14">
+        <v>0</v>
+      </c>
+      <c r="CS48" s="14">
+        <v>0</v>
+      </c>
+      <c r="CT48" s="14">
+        <v>0</v>
+      </c>
+      <c r="CU48" s="14">
+        <v>0</v>
+      </c>
+      <c r="CV48" s="14">
+        <v>561.16384631000005</v>
+      </c>
+      <c r="CW48" s="14">
+        <v>554.46054815000002</v>
+      </c>
+      <c r="CX48" s="14">
+        <v>542.14400424999997</v>
+      </c>
+      <c r="CY48" s="14">
+        <v>579.29284306</v>
+      </c>
+      <c r="CZ48" s="14">
+        <v>571.66272918000004</v>
+      </c>
+      <c r="DA48" s="14">
+        <v>554.35391944000003</v>
+      </c>
+      <c r="DB48" s="14">
+        <v>527.01564483000004</v>
+      </c>
+      <c r="DC48" s="14">
+        <v>539.95014333999995</v>
+      </c>
+      <c r="DD48" s="14">
+        <v>527.27336413</v>
+      </c>
+      <c r="DE48" s="14">
+        <v>527.18289614000003</v>
+      </c>
+      <c r="DF48" s="14">
+        <v>549.54757448999999</v>
+      </c>
+      <c r="DG48" s="14">
+        <v>548.22772540000005</v>
+      </c>
+      <c r="DH48" s="14">
+        <v>533.76343553000004</v>
+      </c>
+      <c r="DI48" s="14">
+        <v>541.89170880999995</v>
+      </c>
+      <c r="DJ48" s="14">
+        <v>535.27505581000003</v>
+      </c>
+      <c r="DK48" s="14">
+        <v>524.42878479000001</v>
+      </c>
+      <c r="DL48" s="14">
+        <v>539.39728023999999</v>
+      </c>
+      <c r="DM48" s="14">
+        <v>527.07984909000004</v>
+      </c>
+      <c r="DN48" s="14">
+        <v>535.00497112999994</v>
+      </c>
+      <c r="DO48" s="14">
+        <v>544.72534129999997</v>
+      </c>
+      <c r="DP48" s="14">
+        <v>560.22988865000002</v>
+      </c>
+      <c r="DQ48" s="14">
+        <v>556.78383011000005</v>
+      </c>
+      <c r="DR48" s="14">
+        <v>579.81264940999995</v>
+      </c>
+      <c r="DS48" s="14">
+        <v>603.51314061999994</v>
+      </c>
+      <c r="DT48" s="14">
+        <v>594.23675904000004</v>
+      </c>
+      <c r="DU48" s="14">
+        <v>602.65927625999996</v>
+      </c>
+      <c r="DV48" s="14">
+        <v>626.67350799999997</v>
+      </c>
+      <c r="DW48" s="14">
+        <v>604.10833220999996</v>
+      </c>
+      <c r="DX48" s="14">
+        <v>598.90644635000001</v>
+      </c>
+      <c r="DY48" s="14">
+        <v>648.98128010999994</v>
+      </c>
+      <c r="DZ48" s="14">
+        <v>365.22176998999998</v>
+      </c>
+      <c r="EA48" s="14">
+        <v>363.50283522000001</v>
+      </c>
+      <c r="EB48" s="14">
+        <v>349.58191399999998</v>
+      </c>
+      <c r="EC48" s="14">
+        <v>338.27362426000002</v>
+      </c>
+      <c r="ED48" s="14">
+        <v>343.21456022000001</v>
+      </c>
+      <c r="EE48" s="14">
+        <v>329.49539292999998</v>
+      </c>
+      <c r="EF48" s="14">
+        <v>329.11894008000002</v>
+      </c>
+      <c r="EG48" s="14">
+        <v>328.25940114999997</v>
+      </c>
+      <c r="EH48" s="14">
+        <v>315.26431839999998</v>
+      </c>
+      <c r="EI48" s="14">
+        <v>311.73988519</v>
+      </c>
+      <c r="EJ48" s="14">
+        <v>312.39792885999998</v>
+      </c>
+      <c r="EK48" s="14">
+        <v>297.53131912999999</v>
+      </c>
+      <c r="EL48" s="14">
+        <v>292.60119171999997</v>
+      </c>
+      <c r="EM48" s="14">
+        <v>295.31701161000001</v>
+      </c>
+      <c r="EN48" s="14">
+        <v>281.02219323999998</v>
+      </c>
+      <c r="EO48" s="14">
+        <v>283.27674231999998</v>
+      </c>
+      <c r="EP48" s="14">
+        <v>284.8609414</v>
+      </c>
+      <c r="EQ48" s="14">
+        <v>262.42647316</v>
+      </c>
+      <c r="ER48" s="14">
+        <v>260.91838808</v>
+      </c>
+      <c r="ES48" s="14">
+        <v>245.75746672</v>
+      </c>
+      <c r="ET48" s="14">
+        <v>239.13569673000001</v>
+      </c>
+      <c r="EU48" s="14">
+        <v>238.03618329</v>
+      </c>
+      <c r="EV48" s="14">
+        <v>237.87002084</v>
+      </c>
+      <c r="EW48" s="14">
+        <v>228.4572837</v>
+      </c>
+      <c r="EX48" s="14">
+        <v>229.41862166999999</v>
+      </c>
+      <c r="EY48" s="14">
+        <v>230.40252014000001</v>
+      </c>
+      <c r="EZ48" s="14">
+        <v>225.18546791</v>
+      </c>
+      <c r="FA48" s="14">
+        <v>225.01374304999999</v>
+      </c>
+      <c r="FB48" s="14">
+        <v>224.94206915000001</v>
+      </c>
+      <c r="FC48" s="14">
+        <v>217.93943698999999</v>
+      </c>
+      <c r="FD48" s="14">
+        <v>220.64523499000001</v>
+      </c>
+      <c r="FE48" s="14">
+        <v>223.52608480999999</v>
+      </c>
+      <c r="FF48" s="14">
+        <v>218.38010724</v>
+      </c>
+      <c r="FG48" s="14">
+        <v>215.64266387999999</v>
+      </c>
+      <c r="FH48" s="14">
+        <v>212.26674059000001</v>
+      </c>
+      <c r="FI48" s="14">
+        <v>201.65265804000001</v>
+      </c>
+      <c r="FJ48" s="14">
+        <v>202.85488314</v>
+      </c>
+      <c r="FK48" s="14">
+        <v>202.59593722</v>
+      </c>
+      <c r="FL48" s="14">
+        <v>191.48865698</v>
+      </c>
+      <c r="FM48" s="14">
+        <v>189.38850421000001</v>
+      </c>
+      <c r="FN48" s="14">
+        <v>190.50785081999999</v>
+      </c>
+      <c r="FO48" s="14">
+        <v>182.45538071999999</v>
+      </c>
+      <c r="FP48" s="14">
+        <v>183.15566394999999</v>
+      </c>
+      <c r="FQ48" s="14">
+        <v>185.30196974</v>
+      </c>
+      <c r="FR48" s="14">
+        <v>180.52442259</v>
+      </c>
+      <c r="FS48" s="14">
+        <v>178.71869547</v>
+      </c>
+      <c r="FT48" s="14">
+        <v>178.50259699</v>
+      </c>
+      <c r="FU48" s="14">
+        <v>171.06511978</v>
+      </c>
+      <c r="FV48" s="14">
+        <v>168.77254284</v>
+      </c>
+      <c r="FW48" s="14">
+        <v>168.91246412999999</v>
+      </c>
+      <c r="FX48" s="14">
+        <v>165.61883257</v>
+      </c>
+      <c r="FY48" s="14">
+        <v>164.34173655000001</v>
+      </c>
+      <c r="FZ48" s="14">
+        <v>165.29675533</v>
+      </c>
+      <c r="GA48" s="14">
+        <v>156.25508435</v>
+      </c>
+      <c r="GB48" s="14">
+        <v>147.55328944999999</v>
+      </c>
+      <c r="GC48" s="14">
+        <v>149.79224991999999</v>
+      </c>
+      <c r="GD48" s="14">
+        <v>145.91330253999999</v>
+      </c>
+      <c r="GE48" s="14">
+        <v>144.05263375000001</v>
+      </c>
+      <c r="GF48" s="14">
+        <v>145.91330307000001</v>
+      </c>
+      <c r="GG48" s="14">
+        <v>139.98040639999999</v>
+      </c>
+      <c r="GH48" s="14">
+        <v>139.31928184</v>
+      </c>
+      <c r="GI48" s="14">
+        <v>140.70903881999999</v>
+      </c>
+      <c r="GJ48" s="14">
+        <v>138.75116783000001</v>
+      </c>
+      <c r="GK48" s="14">
+        <v>110.1794926</v>
+      </c>
+      <c r="GL48" s="14">
+        <v>109.95231149999999</v>
+      </c>
+      <c r="GM48" s="14">
+        <v>106.43825323999999</v>
+      </c>
+      <c r="GN48" s="14">
+        <v>107.03720579</v>
+      </c>
+      <c r="GO48" s="14">
+        <v>108.11809409999999</v>
+      </c>
+      <c r="GP48" s="14">
+        <v>107.39006941</v>
+      </c>
+      <c r="GQ48" s="14">
+        <v>164.19287631</v>
+      </c>
+      <c r="GR48" s="14">
+        <v>164.92806160999999</v>
+      </c>
+      <c r="GS48" s="14">
+        <v>159.93535238000001</v>
+      </c>
+      <c r="GT48" s="14">
+        <v>158.0912774</v>
+      </c>
+      <c r="GU48" s="14">
+        <v>167.57048802</v>
+      </c>
+      <c r="GV48" s="14">
+        <v>166.90617118</v>
+      </c>
+      <c r="GW48" s="14">
+        <v>167.61883348000001</v>
+      </c>
+      <c r="GX48" s="14">
+        <v>167.40595691999999</v>
+      </c>
+      <c r="GY48" s="14">
+        <v>161.46607323000001</v>
+      </c>
+      <c r="GZ48" s="14">
+        <v>162.59944804</v>
+      </c>
+      <c r="HA48" s="14">
+        <v>164.16229787</v>
+      </c>
+      <c r="HB48" s="14">
+        <v>167.4851214</v>
+      </c>
+      <c r="HC48" s="14">
+        <v>168.47920189000001</v>
+      </c>
+      <c r="HD48" s="14">
+        <v>168.60760493000001</v>
+      </c>
+      <c r="HE48" s="14">
+        <v>162.35153475000001</v>
+      </c>
+      <c r="HF48" s="14">
+        <v>164.14391445000001</v>
+      </c>
+      <c r="HG48" s="14">
+        <v>166.92959012</v>
+      </c>
+      <c r="HH48" s="14">
+        <v>167.76770809000001</v>
+      </c>
+      <c r="HI48" s="14">
+        <v>169.02523995999999</v>
+      </c>
+      <c r="HJ48" s="14">
+        <v>168.36837148999999</v>
+      </c>
+      <c r="HK48" s="14">
+        <v>157.32582120999999</v>
+      </c>
+      <c r="HL48" s="14">
+        <v>157.87289953999999</v>
+      </c>
+      <c r="HM48" s="14">
+        <v>158.04553457</v>
+      </c>
+      <c r="HN48" s="14">
+        <v>157.24828137</v>
+      </c>
+      <c r="HO48" s="14">
+        <v>157.48019127000001</v>
+      </c>
+      <c r="HP48" s="14">
+        <v>157.06568342</v>
+      </c>
+      <c r="HQ48" s="14">
+        <v>179.9590887</v>
+      </c>
+      <c r="HR48" s="14">
+        <v>182.65130338</v>
+      </c>
+      <c r="HS48" s="14">
+        <v>183.26530829999999</v>
+      </c>
+      <c r="HT48" s="14">
+        <v>184.45412572999999</v>
+      </c>
+      <c r="HU48" s="14">
+        <v>187.31152489999999</v>
+      </c>
+      <c r="HV48" s="14">
+        <v>187.82963186999999</v>
+      </c>
+      <c r="HW48" s="14">
+        <v>177.31655301999999</v>
+      </c>
+      <c r="HX48" s="14">
+        <v>177.50248535</v>
+      </c>
+      <c r="HY48" s="14">
+        <v>179.72202497000001</v>
+      </c>
+      <c r="HZ48" s="14">
+        <v>178.99472004</v>
+      </c>
+      <c r="IA48" s="14">
+        <v>182.52967383999999</v>
+      </c>
+      <c r="IB48" s="14">
+        <v>195.31554552</v>
+      </c>
+      <c r="IC48" s="14">
+        <v>187.65256980999999</v>
+      </c>
+      <c r="ID48" s="14">
+        <v>202.82482591999999</v>
+      </c>
+      <c r="IE48" s="14">
+        <v>192.34858621000001</v>
+      </c>
+      <c r="IF48" s="14">
+        <v>192.41269421000001</v>
+      </c>
+      <c r="IG48" s="14">
+        <v>191.68132460999999</v>
+      </c>
+      <c r="IH48" s="14">
+        <v>191.76570199</v>
+      </c>
+      <c r="II48" s="14">
+        <v>184.62386986999999</v>
+      </c>
+      <c r="IJ48" s="14">
+        <v>187.0638448</v>
+      </c>
+      <c r="IK48" s="14">
+        <v>173.78436339000001</v>
+      </c>
+      <c r="IL48" s="14">
+        <v>171.60839221000001</v>
+      </c>
+      <c r="IM48" s="14">
+        <v>183.90888623999999</v>
+      </c>
+      <c r="IN48" s="14">
+        <v>183.67314321000001</v>
+      </c>
+      <c r="IO48" s="14">
+        <v>178.18435604999999</v>
+      </c>
+      <c r="IP48" s="14">
+        <v>182.14806046999999</v>
+      </c>
+      <c r="IQ48" s="14">
+        <v>169.18557100999999</v>
+      </c>
+      <c r="IR48" s="14">
+        <v>209.69068299</v>
+      </c>
+      <c r="IS48" s="14">
+        <v>320.47668155999997</v>
+      </c>
+      <c r="IT48" s="14">
+        <v>329.09086266000003</v>
+      </c>
+      <c r="IU48" s="14">
+        <v>327.07881927</v>
+      </c>
+      <c r="IV48" s="14">
+        <v>330.23499576</v>
+      </c>
+      <c r="IW48" s="14">
+        <v>328.97874474000002</v>
+      </c>
+      <c r="IX48" s="14">
+        <v>170.82906768000001</v>
+      </c>
+      <c r="IY48" s="14">
+        <v>332.68722728</v>
+      </c>
+      <c r="IZ48" s="14">
+        <v>323.36459457000001</v>
+      </c>
+      <c r="JA48" s="14">
+        <v>307.55453571999999</v>
+      </c>
+      <c r="JB48" s="14">
+        <v>312.17511818999998</v>
+      </c>
+      <c r="JC48" s="14">
+        <v>317.58607002000002</v>
+      </c>
+      <c r="JD48" s="14">
+        <v>365.84801469000001</v>
+      </c>
+      <c r="JE48" s="14">
+        <v>424.73995486000001</v>
+      </c>
+      <c r="JF48" s="14">
+        <v>426.82214580999999</v>
+      </c>
+      <c r="JG48" s="14">
+        <v>418.33514867000002</v>
+      </c>
+      <c r="JH48" s="14">
+        <v>411.70854285000001</v>
+      </c>
+      <c r="JI48" s="14">
+        <v>235.41153249999999</v>
+      </c>
+      <c r="JJ48" s="14">
+        <v>259.70015788000001</v>
+      </c>
+      <c r="JK48" s="14">
+        <v>326.78361769000003</v>
+      </c>
+      <c r="JL48" s="14">
+        <v>303.34563173999999</v>
+      </c>
+      <c r="JM48" s="14">
+        <v>303.05402906</v>
+      </c>
+      <c r="JN48" s="14">
+        <v>286.23658289999997</v>
+      </c>
+      <c r="JO48" s="14">
+        <v>257.05337756</v>
+      </c>
+      <c r="JP48" s="14">
+        <v>255.47128598</v>
+      </c>
+      <c r="JQ48" s="14">
+        <v>254.65478218000001</v>
+      </c>
+      <c r="JR48" s="14">
+        <v>314.84065227000002</v>
+      </c>
+      <c r="JS48" s="14">
+        <v>252.32024196</v>
+      </c>
+      <c r="JT48" s="14">
+        <v>250.47312547000001</v>
+      </c>
+      <c r="JU48" s="14">
+        <v>251.44728839000001</v>
+      </c>
+      <c r="JV48" s="14">
+        <v>251.66062873999999</v>
+      </c>
+      <c r="JW48" s="14">
+        <v>250.20086487</v>
+      </c>
+      <c r="JX48" s="14">
+        <v>249.32666431999999</v>
+      </c>
+      <c r="JY48" s="14">
+        <v>245.14441567</v>
+      </c>
+      <c r="JZ48" s="14">
+        <v>248.83421985999999</v>
+      </c>
+      <c r="KA48" s="14">
+        <v>246.53191036000001</v>
+      </c>
+      <c r="KB48" s="14">
+        <v>211.96731007</v>
+      </c>
+      <c r="KC48" s="14">
+        <v>209.43271707</v>
+      </c>
+      <c r="KD48" s="14">
+        <v>206.30704768000001</v>
+      </c>
+      <c r="KE48" s="14">
+        <v>199.39136497000001</v>
+      </c>
+      <c r="KF48" s="14">
+        <v>185.78717798</v>
+      </c>
+      <c r="KG48" s="14">
+        <v>189.46076135999999</v>
+      </c>
+      <c r="KH48" s="14">
+        <v>191.95807592</v>
+      </c>
+      <c r="KI48" s="14">
+        <v>187.09301837000001</v>
+      </c>
+      <c r="KJ48" s="14">
+        <v>185.66819418</v>
+      </c>
+      <c r="KK48" s="14">
+        <v>182.94382335</v>
+      </c>
+      <c r="KL48" s="14">
+        <v>191.57810383</v>
+      </c>
+      <c r="KM48" s="14">
+        <v>199.90699366000001</v>
+      </c>
+      <c r="KN48" s="14">
+        <v>204.81559791999999</v>
+      </c>
+      <c r="KO48" s="14">
+        <v>216.71843999999999</v>
+      </c>
+      <c r="KP48" s="14">
+        <v>218.90416587000001</v>
+      </c>
+      <c r="KQ48" s="14">
+        <v>229.57266571</v>
+      </c>
+      <c r="KR48" s="14">
+        <v>231.14595294</v>
+      </c>
+      <c r="KS48" s="14">
+        <v>232.77729873999999</v>
+      </c>
+      <c r="KT48" s="14">
+        <v>232.43836782</v>
+      </c>
+      <c r="KU48" s="14">
+        <v>180.35714231</v>
+      </c>
+      <c r="KV48" s="14">
+        <v>186.56829209</v>
+      </c>
+      <c r="KW48" s="14">
+        <v>228.13613164</v>
+      </c>
+      <c r="KX48" s="14">
+        <v>228.23084413000001</v>
+      </c>
+      <c r="KY48" s="14">
+        <v>229.07849073</v>
+      </c>
+      <c r="KZ48" s="14">
+        <v>232.31649003000001</v>
+      </c>
+      <c r="LA48" s="14">
+        <v>203.95372176999999</v>
+      </c>
+      <c r="LB48" s="14">
+        <v>225.28396939000001</v>
+      </c>
+      <c r="LC48" s="14">
+        <v>248.60956834000001</v>
+      </c>
+      <c r="LD48" s="14">
+        <v>251.26520468000001</v>
+      </c>
+      <c r="LE48" s="14">
+        <v>250.96502509000001</v>
+      </c>
+      <c r="LF48" s="14">
+        <v>248.86794229</v>
+      </c>
+      <c r="LG48" s="14">
+        <v>244.18309102000001</v>
+      </c>
+      <c r="LH48" s="14">
+        <v>268.51106744999998</v>
+      </c>
+      <c r="LI48" s="14">
+        <v>288.30074874000002</v>
+      </c>
+      <c r="LJ48" s="14">
+        <v>312.85225438999998</v>
+      </c>
+      <c r="LK48" s="14">
+        <v>358.26535581000002</v>
+      </c>
+      <c r="LL48" s="14">
+        <v>341.09575560000002</v>
+      </c>
+      <c r="LM48" s="14">
+        <v>356.14495771999998</v>
+      </c>
+      <c r="LN48" s="14">
+        <v>358.83065121999999</v>
+      </c>
+      <c r="LO48" s="14">
+        <v>349.94056559000001</v>
+      </c>
+      <c r="LP48" s="14">
+        <v>394.47671088999999</v>
+      </c>
+      <c r="LQ48" s="14">
+        <v>431.71328577999998</v>
+      </c>
+      <c r="LR48" s="14">
+        <v>467.65060799999998</v>
+      </c>
+      <c r="LS48" s="14">
+        <v>469.82601167000001</v>
+      </c>
+      <c r="LT48" s="14">
+        <v>476.53372172000002</v>
+      </c>
+      <c r="LU48" s="14">
+        <v>488.82432695</v>
+      </c>
+      <c r="LV48" s="14">
+        <v>431.38735432999999</v>
+      </c>
+      <c r="LW48" s="14">
+        <v>450.95663055</v>
+      </c>
+      <c r="LX48" s="14">
+        <v>461.63017489999999</v>
+      </c>
+      <c r="LY48" s="14">
+        <v>459.66900616999999</v>
+      </c>
+      <c r="LZ48" s="14">
+        <v>466.02170683999998</v>
+      </c>
+      <c r="MA48" s="14">
+        <v>469.28126280999999</v>
+      </c>
+      <c r="MB48" s="14">
+        <v>431.38415379999998</v>
+      </c>
+      <c r="MC48" s="14">
+        <v>432.99913153</v>
+      </c>
+      <c r="MD48" s="14">
+        <v>436.68439532000002</v>
+      </c>
+      <c r="ME48" s="14">
+        <v>430.75596669999999</v>
+      </c>
+      <c r="MF48" s="14">
+        <v>419.58052395999999</v>
+      </c>
+      <c r="MG48" s="14">
+        <v>421.00406529999998</v>
+      </c>
+      <c r="MH48" s="14">
+        <v>418.73337270000002</v>
+      </c>
+      <c r="MI48" s="14">
+        <v>417.49443931000002</v>
+      </c>
+      <c r="MJ48" s="14">
+        <v>408.91954595999999</v>
+      </c>
+      <c r="MK48" s="14">
+        <v>425.54429841000001</v>
+      </c>
+      <c r="ML48" s="14">
+        <v>428.47001721999999</v>
+      </c>
+      <c r="MM48" s="14">
+        <v>419.48483985000001</v>
+      </c>
+      <c r="MN48" s="14">
+        <v>413.84395343</v>
+      </c>
+      <c r="MO48" s="14">
+        <v>408.68189602000001</v>
+      </c>
+      <c r="MP48" s="14">
+        <v>399.15445160000002</v>
+      </c>
+      <c r="MQ48" s="14">
+        <v>392.16178705999999</v>
+      </c>
+      <c r="MR48" s="14">
+        <v>389.59631438999997</v>
+      </c>
+      <c r="MS48" s="14">
+        <v>382.20587503000002</v>
+      </c>
+      <c r="MT48" s="14">
+        <v>387.26010471000001</v>
+      </c>
+      <c r="MU48" s="14">
+        <v>388.32061372999999</v>
+      </c>
+      <c r="MV48" s="14">
+        <v>509.38529822999999</v>
+      </c>
+    </row>
+    <row r="49" spans="1:360" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A49" s="14"/>
+      <c r="B49" s="21" t="s">
         <v>8</v>
       </c>
-      <c r="C7" s="17">
-[...1068 lines deleted...]
-        <v>36259.917238599999</v>
+      <c r="C49" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="D49" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="E49" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="F49" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="G49" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="H49" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="I49" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="J49" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="K49" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="L49" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="M49" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="N49" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="O49" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="P49" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="Q49" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="R49" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="S49" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="T49" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="U49" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="V49" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="W49" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="X49" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="Y49" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="Z49" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="AA49" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="AB49" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="AC49" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="AD49" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="AE49" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="AF49" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="AG49" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="AH49" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="AI49" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="AJ49" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="AK49" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="AL49" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="AM49" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="AN49" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="AO49" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="AP49" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="AQ49" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="AR49" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="AS49" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="AT49" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="AU49" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="AV49" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="AW49" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="AX49" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="AY49" s="23">
+        <v>1171.0874027</v>
+      </c>
+      <c r="AZ49" s="23">
+        <v>1155.42007762</v>
+      </c>
+      <c r="BA49" s="23">
+        <v>1148.3778432399999</v>
+      </c>
+      <c r="BB49" s="23">
+        <v>1138.2318698399999</v>
+      </c>
+      <c r="BC49" s="23">
+        <v>1205.82026264</v>
+      </c>
+      <c r="BD49" s="23">
+        <v>1191.1980790499999</v>
+      </c>
+      <c r="BE49" s="23">
+        <v>1264.39362037</v>
+      </c>
+      <c r="BF49" s="23">
+        <v>1247.2578657900001</v>
+      </c>
+      <c r="BG49" s="23">
+        <v>1268.3427332700001</v>
+      </c>
+      <c r="BH49" s="23">
+        <v>1272.19811912</v>
+      </c>
+      <c r="BI49" s="23">
+        <v>1298.80081709</v>
+      </c>
+      <c r="BJ49" s="23">
+        <v>1302.0783230899999</v>
+      </c>
+      <c r="BK49" s="23">
+        <v>1216.73597782</v>
+      </c>
+      <c r="BL49" s="23">
+        <v>1207.7305885799999</v>
+      </c>
+      <c r="BM49" s="23">
+        <v>1222.09149832</v>
+      </c>
+      <c r="BN49" s="23">
+        <v>1229.2651618699999</v>
+      </c>
+      <c r="BO49" s="23">
+        <v>1180.08619514</v>
+      </c>
+      <c r="BP49" s="23">
+        <v>1168.54480818</v>
+      </c>
+      <c r="BQ49" s="23">
+        <v>1167.41655025</v>
+      </c>
+      <c r="BR49" s="23">
+        <v>1107.94191759</v>
+      </c>
+      <c r="BS49" s="23">
+        <v>1180.97229242</v>
+      </c>
+      <c r="BT49" s="23">
+        <v>1163.6325519100001</v>
+      </c>
+      <c r="BU49" s="23">
+        <v>1165.3810506299999</v>
+      </c>
+      <c r="BV49" s="23">
+        <v>1170.5680800499999</v>
+      </c>
+      <c r="BW49" s="23">
+        <v>1113.58714192</v>
+      </c>
+      <c r="BX49" s="23">
+        <v>1128.47158659</v>
+      </c>
+      <c r="BY49" s="23">
+        <v>1119.5051247599999</v>
+      </c>
+      <c r="BZ49" s="23">
+        <v>1112.35165084</v>
+      </c>
+      <c r="CA49" s="23">
+        <v>1105.6755045499999</v>
+      </c>
+      <c r="CB49" s="23">
+        <v>1096.3250911299999</v>
+      </c>
+      <c r="CC49" s="23">
+        <v>1043.84120274</v>
+      </c>
+      <c r="CD49" s="23">
+        <v>1032.8364256100001</v>
+      </c>
+      <c r="CE49" s="23">
+        <v>1033.4453064700001</v>
+      </c>
+      <c r="CF49" s="23">
+        <v>1025.2901136400001</v>
+      </c>
+      <c r="CG49" s="23">
+        <v>1044.51183427</v>
+      </c>
+      <c r="CH49" s="23">
+        <v>1033.45991826</v>
+      </c>
+      <c r="CI49" s="23">
+        <v>1010.3805565</v>
+      </c>
+      <c r="CJ49" s="23">
+        <v>1007.48627838</v>
+      </c>
+      <c r="CK49" s="23">
+        <v>1009.16226282</v>
+      </c>
+      <c r="CL49" s="23">
+        <v>1019.4483949299999</v>
+      </c>
+      <c r="CM49" s="23">
+        <v>996.97247772000003</v>
+      </c>
+      <c r="CN49" s="23">
+        <v>972.68697906</v>
+      </c>
+      <c r="CO49" s="23">
+        <v>963.53044723999994</v>
+      </c>
+      <c r="CP49" s="23">
+        <v>935.62493099999995</v>
+      </c>
+      <c r="CQ49" s="23">
+        <v>990.76278718000003</v>
+      </c>
+      <c r="CR49" s="23">
+        <v>979.51091351000002</v>
+      </c>
+      <c r="CS49" s="23">
+        <v>936.69993034000004</v>
+      </c>
+      <c r="CT49" s="23">
+        <v>929.15412481999999</v>
+      </c>
+      <c r="CU49" s="23">
+        <v>936.76388872999996</v>
+      </c>
+      <c r="CV49" s="23">
+        <v>915.42034917000001</v>
+      </c>
+      <c r="CW49" s="23">
+        <v>917.25049358000001</v>
+      </c>
+      <c r="CX49" s="23">
+        <v>882.84693148999997</v>
+      </c>
+      <c r="CY49" s="23">
+        <v>922.86120976999996</v>
+      </c>
+      <c r="CZ49" s="23">
+        <v>903.94634412000005</v>
+      </c>
+      <c r="DA49" s="23">
+        <v>895.82341656999995</v>
+      </c>
+      <c r="DB49" s="23">
+        <v>863.74693000000002</v>
+      </c>
+      <c r="DC49" s="23">
+        <v>864.55652861999999</v>
+      </c>
+      <c r="DD49" s="23">
+        <v>843.75500688</v>
+      </c>
+      <c r="DE49" s="23">
+        <v>828.44411037999998</v>
+      </c>
+      <c r="DF49" s="23">
+        <v>833.73698201000002</v>
+      </c>
+      <c r="DG49" s="23">
+        <v>806.06324541000004</v>
+      </c>
+      <c r="DH49" s="23">
+        <v>777.29314261000002</v>
+      </c>
+      <c r="DI49" s="23">
+        <v>777.07751617999998</v>
+      </c>
+      <c r="DJ49" s="23">
+        <v>771.53519633999997</v>
+      </c>
+      <c r="DK49" s="23">
+        <v>764.32375911999998</v>
+      </c>
+      <c r="DL49" s="23">
+        <v>776.10351887000002</v>
+      </c>
+      <c r="DM49" s="23">
+        <v>770.14413184</v>
+      </c>
+      <c r="DN49" s="23">
+        <v>714.98134212000002</v>
+      </c>
+      <c r="DO49" s="23">
+        <v>724.07884858</v>
+      </c>
+      <c r="DP49" s="23">
+        <v>732.52702968000006</v>
+      </c>
+      <c r="DQ49" s="23">
+        <v>726.41100255000003</v>
+      </c>
+      <c r="DR49" s="23">
+        <v>721.69443977000003</v>
+      </c>
+      <c r="DS49" s="23">
+        <v>726.59146391000002</v>
+      </c>
+      <c r="DT49" s="23">
+        <v>671.38952229999995</v>
+      </c>
+      <c r="DU49" s="23">
+        <v>672.60479841999995</v>
+      </c>
+      <c r="DV49" s="23">
+        <v>666.06856633999996</v>
+      </c>
+      <c r="DW49" s="23">
+        <v>654.59915505000004</v>
+      </c>
+      <c r="DX49" s="23">
+        <v>642.21183500999996</v>
+      </c>
+      <c r="DY49" s="23">
+        <v>616.22024609000005</v>
+      </c>
+      <c r="DZ49" s="23">
+        <v>605.05386463000002</v>
+      </c>
+      <c r="EA49" s="23">
+        <v>609.02261192000003</v>
+      </c>
+      <c r="EB49" s="23">
+        <v>625.42655184</v>
+      </c>
+      <c r="EC49" s="23">
+        <v>631.76938378</v>
+      </c>
+      <c r="ED49" s="23">
+        <v>620.67647846</v>
+      </c>
+      <c r="EE49" s="23">
+        <v>620.23087843999997</v>
+      </c>
+      <c r="EF49" s="23">
+        <v>548.55367744</v>
+      </c>
+      <c r="EG49" s="23">
+        <v>544.90724216000001</v>
+      </c>
+      <c r="EH49" s="23">
+        <v>548.16407174000005</v>
+      </c>
+      <c r="EI49" s="23">
+        <v>543.81966512999998</v>
+      </c>
+      <c r="EJ49" s="23">
+        <v>538.23083674999998</v>
+      </c>
+      <c r="EK49" s="23">
+        <v>529.95654630000001</v>
+      </c>
+      <c r="EL49" s="23">
+        <v>505.45309679000002</v>
+      </c>
+      <c r="EM49" s="23">
+        <v>509.95113205000001</v>
+      </c>
+      <c r="EN49" s="23">
+        <v>501.25749929</v>
+      </c>
+      <c r="EO49" s="23">
+        <v>505.34658464</v>
+      </c>
+      <c r="EP49" s="23">
+        <v>513.62115007</v>
+      </c>
+      <c r="EQ49" s="23">
+        <v>517.03463898999996</v>
+      </c>
+      <c r="ER49" s="23">
+        <v>523.06641195999998</v>
+      </c>
+      <c r="ES49" s="23">
+        <v>535.02611431000003</v>
+      </c>
+      <c r="ET49" s="23">
+        <v>524.73106680000001</v>
+      </c>
+      <c r="EU49" s="23">
+        <v>555.44959840000001</v>
+      </c>
+      <c r="EV49" s="23">
+        <v>553.76644495000005</v>
+      </c>
+      <c r="EW49" s="23">
+        <v>540.29104469000004</v>
+      </c>
+      <c r="EX49" s="23">
+        <v>515.79834674999995</v>
+      </c>
+      <c r="EY49" s="23">
+        <v>519.96154146000003</v>
+      </c>
+      <c r="EZ49" s="23">
+        <v>527.00763816000006</v>
+      </c>
+      <c r="FA49" s="23">
+        <v>544.33618402000002</v>
+      </c>
+      <c r="FB49" s="23">
+        <v>541.04232526999999</v>
+      </c>
+      <c r="FC49" s="23">
+        <v>447.16820050000001</v>
+      </c>
+      <c r="FD49" s="23">
+        <v>484.78939092000002</v>
+      </c>
+      <c r="FE49" s="23">
+        <v>454.58568444000002</v>
+      </c>
+      <c r="FF49" s="23">
+        <v>425.07580844</v>
+      </c>
+      <c r="FG49" s="23">
+        <v>430.61943243000002</v>
+      </c>
+      <c r="FH49" s="23">
+        <v>415.63854037999999</v>
+      </c>
+      <c r="FI49" s="23">
+        <v>419.21635491000001</v>
+      </c>
+      <c r="FJ49" s="23">
+        <v>465.36051915000002</v>
+      </c>
+      <c r="FK49" s="23">
+        <v>452.28423588999999</v>
+      </c>
+      <c r="FL49" s="23">
+        <v>433.74699043999999</v>
+      </c>
+      <c r="FM49" s="23">
+        <v>440.67043740999998</v>
+      </c>
+      <c r="FN49" s="23">
+        <v>497.06514826</v>
+      </c>
+      <c r="FO49" s="23">
+        <v>407.43673199</v>
+      </c>
+      <c r="FP49" s="23">
+        <v>372.29328348000001</v>
+      </c>
+      <c r="FQ49" s="23">
+        <v>417.60205972</v>
+      </c>
+      <c r="FR49" s="23">
+        <v>567.66203695000002</v>
+      </c>
+      <c r="FS49" s="23">
+        <v>585.84623168999997</v>
+      </c>
+      <c r="FT49" s="23">
+        <v>673.87720299</v>
+      </c>
+      <c r="FU49" s="23">
+        <v>664.53798903999996</v>
+      </c>
+      <c r="FV49" s="23">
+        <v>724.07275745000004</v>
+      </c>
+      <c r="FW49" s="23">
+        <v>732.28948275000005</v>
+      </c>
+      <c r="FX49" s="23">
+        <v>718.71956897999996</v>
+      </c>
+      <c r="FY49" s="23">
+        <v>723.32681911999998</v>
+      </c>
+      <c r="FZ49" s="23">
+        <v>729.74391537999998</v>
+      </c>
+      <c r="GA49" s="23">
+        <v>766.43039037000005</v>
+      </c>
+      <c r="GB49" s="23">
+        <v>510.71000461</v>
+      </c>
+      <c r="GC49" s="23">
+        <v>512.27536734</v>
+      </c>
+      <c r="GD49" s="23">
+        <v>523.31772836000005</v>
+      </c>
+      <c r="GE49" s="23">
+        <v>532.77078500000005</v>
+      </c>
+      <c r="GF49" s="23">
+        <v>529.19208122999999</v>
+      </c>
+      <c r="GG49" s="23">
+        <v>510.33850805999998</v>
+      </c>
+      <c r="GH49" s="23">
+        <v>517.68851525000002</v>
+      </c>
+      <c r="GI49" s="23">
+        <v>520.16975873000001</v>
+      </c>
+      <c r="GJ49" s="23">
+        <v>515.97995720999995</v>
+      </c>
+      <c r="GK49" s="23">
+        <v>515.77665320999995</v>
+      </c>
+      <c r="GL49" s="23">
+        <v>507.34487210999998</v>
+      </c>
+      <c r="GM49" s="23">
+        <v>496.77938956999998</v>
+      </c>
+      <c r="GN49" s="23">
+        <v>505.09345761999998</v>
+      </c>
+      <c r="GO49" s="23">
+        <v>515.05813182999998</v>
+      </c>
+      <c r="GP49" s="23">
+        <v>499.11947660999999</v>
+      </c>
+      <c r="GQ49" s="23">
+        <v>502.63800028000003</v>
+      </c>
+      <c r="GR49" s="23">
+        <v>499.53797594000002</v>
+      </c>
+      <c r="GS49" s="23">
+        <v>490.57740847000002</v>
+      </c>
+      <c r="GT49" s="23">
+        <v>487.77496571</v>
+      </c>
+      <c r="GU49" s="23">
+        <v>488.49818153000001</v>
+      </c>
+      <c r="GV49" s="23">
+        <v>479.93257675000001</v>
+      </c>
+      <c r="GW49" s="23">
+        <v>487.07353984000002</v>
+      </c>
+      <c r="GX49" s="23">
+        <v>483.84947326999998</v>
+      </c>
+      <c r="GY49" s="23">
+        <v>388.42612459999998</v>
+      </c>
+      <c r="GZ49" s="23">
+        <v>378.33009265999999</v>
+      </c>
+      <c r="HA49" s="23">
+        <v>370.98752983000003</v>
+      </c>
+      <c r="HB49" s="23">
+        <v>372.39958163</v>
+      </c>
+      <c r="HC49" s="23">
+        <v>377.06180117000002</v>
+      </c>
+      <c r="HD49" s="23">
+        <v>333.99975604999997</v>
+      </c>
+      <c r="HE49" s="23">
+        <v>343.80216209000002</v>
+      </c>
+      <c r="HF49" s="23">
+        <v>348.92938941</v>
+      </c>
+      <c r="HG49" s="23">
+        <v>343.86557782</v>
+      </c>
+      <c r="HH49" s="23">
+        <v>342.00976478000001</v>
+      </c>
+      <c r="HI49" s="23">
+        <v>343.05180962999998</v>
+      </c>
+      <c r="HJ49" s="23">
+        <v>336.76846339999997</v>
+      </c>
+      <c r="HK49" s="23">
+        <v>329.55793973999999</v>
+      </c>
+      <c r="HL49" s="23">
+        <v>358.05493695000001</v>
+      </c>
+      <c r="HM49" s="23">
+        <v>360.46912793000001</v>
+      </c>
+      <c r="HN49" s="23">
+        <v>361.05659254</v>
+      </c>
+      <c r="HO49" s="23">
+        <v>359.69715113000001</v>
+      </c>
+      <c r="HP49" s="23">
+        <v>330.03849294000003</v>
+      </c>
+      <c r="HQ49" s="23">
+        <v>316.35437246999999</v>
+      </c>
+      <c r="HR49" s="23">
+        <v>317.77659584000003</v>
+      </c>
+      <c r="HS49" s="23">
+        <v>319.15334859000001</v>
+      </c>
+      <c r="HT49" s="23">
+        <v>318.89556522999999</v>
+      </c>
+      <c r="HU49" s="23">
+        <v>323.71448657000002</v>
+      </c>
+      <c r="HV49" s="23">
+        <v>315.10578404</v>
+      </c>
+      <c r="HW49" s="23">
+        <v>307.04172251</v>
+      </c>
+      <c r="HX49" s="23">
+        <v>309.66075762999998</v>
+      </c>
+      <c r="HY49" s="23">
+        <v>334.30589809999998</v>
+      </c>
+      <c r="HZ49" s="23">
+        <v>348.76898497000002</v>
+      </c>
+      <c r="IA49" s="23">
+        <v>347.54851743</v>
+      </c>
+      <c r="IB49" s="23">
+        <v>342.26931006000001</v>
+      </c>
+      <c r="IC49" s="23">
+        <v>334.70478639999999</v>
+      </c>
+      <c r="ID49" s="23">
+        <v>358.17266325000003</v>
+      </c>
+      <c r="IE49" s="23">
+        <v>363.25282191000002</v>
+      </c>
+      <c r="IF49" s="23">
+        <v>364.05869140999999</v>
+      </c>
+      <c r="IG49" s="23">
+        <v>368.28379007000001</v>
+      </c>
+      <c r="IH49" s="23">
+        <v>383.38960422000002</v>
+      </c>
+      <c r="II49" s="23">
+        <v>435.50231023999999</v>
+      </c>
+      <c r="IJ49" s="23">
+        <v>449.44309013999998</v>
+      </c>
+      <c r="IK49" s="23">
+        <v>447.77047723999999</v>
+      </c>
+      <c r="IL49" s="23">
+        <v>455.72725394000003</v>
+      </c>
+      <c r="IM49" s="23">
+        <v>481.76908737000002</v>
+      </c>
+      <c r="IN49" s="23">
+        <v>481.06587489999998</v>
+      </c>
+      <c r="IO49" s="23">
+        <v>521.63101763999998</v>
+      </c>
+      <c r="IP49" s="23">
+        <v>525.47993410000004</v>
+      </c>
+      <c r="IQ49" s="23">
+        <v>538.48858102999998</v>
+      </c>
+      <c r="IR49" s="23">
+        <v>543.54597416000001</v>
+      </c>
+      <c r="IS49" s="23">
+        <v>549.29330361999996</v>
+      </c>
+      <c r="IT49" s="23">
+        <v>555.59490629000004</v>
+      </c>
+      <c r="IU49" s="23">
+        <v>545.54466185000001</v>
+      </c>
+      <c r="IV49" s="23">
+        <v>549.85154517000001</v>
+      </c>
+      <c r="IW49" s="23">
+        <v>523.57242219</v>
+      </c>
+      <c r="IX49" s="23">
+        <v>528.98404096000002</v>
+      </c>
+      <c r="IY49" s="23">
+        <v>513.13066031000005</v>
+      </c>
+      <c r="IZ49" s="23">
+        <v>505.65582040999999</v>
+      </c>
+      <c r="JA49" s="23">
+        <v>492.52257013000002</v>
+      </c>
+      <c r="JB49" s="23">
+        <v>496.86166661999999</v>
+      </c>
+      <c r="JC49" s="23">
+        <v>496.66934277000001</v>
+      </c>
+      <c r="JD49" s="23">
+        <v>507.61518828999999</v>
+      </c>
+      <c r="JE49" s="23">
+        <v>473.78765564000003</v>
+      </c>
+      <c r="JF49" s="23">
+        <v>472.04901834999998</v>
+      </c>
+      <c r="JG49" s="23">
+        <v>469.72668060000001</v>
+      </c>
+      <c r="JH49" s="23">
+        <v>464.25310159999998</v>
+      </c>
+      <c r="JI49" s="23">
+        <v>427.99326435</v>
+      </c>
+      <c r="JJ49" s="23">
+        <v>428.08338830000002</v>
+      </c>
+      <c r="JK49" s="23">
+        <v>428.54773892999998</v>
+      </c>
+      <c r="JL49" s="23">
+        <v>426.43212183999998</v>
+      </c>
+      <c r="JM49" s="23">
+        <v>409.55820449999999</v>
+      </c>
+      <c r="JN49" s="23">
+        <v>410.75261119999999</v>
+      </c>
+      <c r="JO49" s="23">
+        <v>375.88254411999998</v>
+      </c>
+      <c r="JP49" s="23">
+        <v>365.78666026000002</v>
+      </c>
+      <c r="JQ49" s="23">
+        <v>367.21002871000002</v>
+      </c>
+      <c r="JR49" s="23">
+        <v>364.39318492000001</v>
+      </c>
+      <c r="JS49" s="23">
+        <v>195.13462218999999</v>
+      </c>
+      <c r="JT49" s="23">
+        <v>195.84161426</v>
+      </c>
+      <c r="JU49" s="23">
+        <v>196.50965740999999</v>
+      </c>
+      <c r="JV49" s="23">
+        <v>197.04496534</v>
+      </c>
+      <c r="JW49" s="23">
+        <v>197.27138683000001</v>
+      </c>
+      <c r="JX49" s="23">
+        <v>195.08271486000001</v>
+      </c>
+      <c r="JY49" s="23">
+        <v>182.68414768</v>
+      </c>
+      <c r="JZ49" s="23">
+        <v>182.71328847999999</v>
+      </c>
+      <c r="KA49" s="23">
+        <v>183.83074786</v>
+      </c>
+      <c r="KB49" s="23">
+        <v>184.51208091999999</v>
+      </c>
+      <c r="KC49" s="23">
+        <v>186.30643848</v>
+      </c>
+      <c r="KD49" s="23">
+        <v>183.49465061000001</v>
+      </c>
+      <c r="KE49" s="23">
+        <v>171.99242599999999</v>
+      </c>
+      <c r="KF49" s="23">
+        <v>172.39171013999999</v>
+      </c>
+      <c r="KG49" s="23">
+        <v>173.34065115999999</v>
+      </c>
+      <c r="KH49" s="23">
+        <v>177.40040855000001</v>
+      </c>
+      <c r="KI49" s="23">
+        <v>176.59556878000001</v>
+      </c>
+      <c r="KJ49" s="23">
+        <v>174.87304612</v>
+      </c>
+      <c r="KK49" s="23">
+        <v>182.66122655000001</v>
+      </c>
+      <c r="KL49" s="23">
+        <v>191.53406365000001</v>
+      </c>
+      <c r="KM49" s="23">
+        <v>192.65116277000001</v>
+      </c>
+      <c r="KN49" s="23">
+        <v>193.77710168999999</v>
+      </c>
+      <c r="KO49" s="23">
+        <v>318.44947186000002</v>
+      </c>
+      <c r="KP49" s="23">
+        <v>328.7013882</v>
+      </c>
+      <c r="KQ49" s="23">
+        <v>324.67019542999998</v>
+      </c>
+      <c r="KR49" s="23">
+        <v>326.01083838</v>
+      </c>
+      <c r="KS49" s="23">
+        <v>341.08465862999998</v>
+      </c>
+      <c r="KT49" s="23">
+        <v>362.03457402999999</v>
+      </c>
+      <c r="KU49" s="23">
+        <v>363.21201109999998</v>
+      </c>
+      <c r="KV49" s="23">
+        <v>372.14291336000002</v>
+      </c>
+      <c r="KW49" s="23">
+        <v>360.00188480000003</v>
+      </c>
+      <c r="KX49" s="23">
+        <v>360.89849907000001</v>
+      </c>
+      <c r="KY49" s="23">
+        <v>360.35529647999999</v>
+      </c>
+      <c r="KZ49" s="23">
+        <v>361.39050378000002</v>
+      </c>
+      <c r="LA49" s="23">
+        <v>362.44185769000001</v>
+      </c>
+      <c r="LB49" s="23">
+        <v>360.41580267000001</v>
+      </c>
+      <c r="LC49" s="23">
+        <v>349.14859653000002</v>
+      </c>
+      <c r="LD49" s="23">
+        <v>350.55800428999999</v>
+      </c>
+      <c r="LE49" s="23">
+        <v>351.71274599999998</v>
+      </c>
+      <c r="LF49" s="23">
+        <v>355.83447679</v>
+      </c>
+      <c r="LG49" s="23">
+        <v>355.67038159999998</v>
+      </c>
+      <c r="LH49" s="23">
+        <v>319.53906422</v>
+      </c>
+      <c r="LI49" s="23">
+        <v>308.2231984</v>
+      </c>
+      <c r="LJ49" s="23">
+        <v>308.00504440999998</v>
+      </c>
+      <c r="LK49" s="23">
+        <v>307.92961328000001</v>
+      </c>
+      <c r="LL49" s="23">
+        <v>309.23757882000001</v>
+      </c>
+      <c r="LM49" s="23">
+        <v>309.69418274999998</v>
+      </c>
+      <c r="LN49" s="23">
+        <v>307.94052026000003</v>
+      </c>
+      <c r="LO49" s="23">
+        <v>302.69326183999999</v>
+      </c>
+      <c r="LP49" s="23">
+        <v>303.01939956000001</v>
+      </c>
+      <c r="LQ49" s="23">
+        <v>303.34336134</v>
+      </c>
+      <c r="LR49" s="23">
+        <v>303.56200131000003</v>
+      </c>
+      <c r="LS49" s="23">
+        <v>303.89044716000001</v>
+      </c>
+      <c r="LT49" s="23">
+        <v>301.28846862</v>
+      </c>
+      <c r="LU49" s="23">
+        <v>290.39016611</v>
+      </c>
+      <c r="LV49" s="23">
+        <v>290.67702789999998</v>
+      </c>
+      <c r="LW49" s="23">
+        <v>290.94149478000003</v>
+      </c>
+      <c r="LX49" s="23">
+        <v>291.04503510000001</v>
+      </c>
+      <c r="LY49" s="23">
+        <v>291.33306354000001</v>
+      </c>
+      <c r="LZ49" s="23">
+        <v>291.52616952</v>
+      </c>
+      <c r="MA49" s="23">
+        <v>280.68990056000001</v>
+      </c>
+      <c r="MB49" s="23">
+        <v>280.94355754999998</v>
+      </c>
+      <c r="MC49" s="23">
+        <v>281.16066798999998</v>
+      </c>
+      <c r="MD49" s="23">
+        <v>281.12571789999998</v>
+      </c>
+      <c r="ME49" s="23">
+        <v>281.38406474999999</v>
+      </c>
+      <c r="MF49" s="23">
+        <v>281.53890472</v>
+      </c>
+      <c r="MG49" s="23">
+        <v>270.77562935999998</v>
+      </c>
+      <c r="MH49" s="23">
+        <v>270.95165544999998</v>
+      </c>
+      <c r="MI49" s="23">
+        <v>271.14681736</v>
+      </c>
+      <c r="MJ49" s="23">
+        <v>270.90990785000002</v>
+      </c>
+      <c r="MK49" s="23">
+        <v>271.13653582000001</v>
+      </c>
+      <c r="ML49" s="23">
+        <v>271.16726051000001</v>
+      </c>
+      <c r="MM49" s="23">
+        <v>260.36525903</v>
+      </c>
+      <c r="MN49" s="23">
+        <v>260.56414567000002</v>
+      </c>
+      <c r="MO49" s="23">
+        <v>260.73163478999999</v>
+      </c>
+      <c r="MP49" s="23">
+        <v>260.51371632000001</v>
+      </c>
+      <c r="MQ49" s="23">
+        <v>260.71063043999999</v>
+      </c>
+      <c r="MR49" s="23">
+        <v>260.76038055999999</v>
+      </c>
+      <c r="MS49" s="23">
+        <v>250.47809713999999</v>
+      </c>
+      <c r="MT49" s="23">
+        <v>250.62239077999999</v>
+      </c>
+      <c r="MU49" s="23">
+        <v>250.44442541000001</v>
+      </c>
+      <c r="MV49" s="23">
+        <v>250.24642757000001</v>
       </c>
     </row>
-    <row r="8" spans="1:359" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="B8" s="18" t="s">
+    <row r="50" spans="1:360" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B50" s="2"/>
+    </row>
+    <row r="51" spans="1:360" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B51" s="24" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="52" spans="1:360" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B52" s="25" t="s">
         <v>9</v>
       </c>
-      <c r="C8" s="17">
-[...1069 lines deleted...]
-      </c>
     </row>
-    <row r="9" spans="1:359" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...1074 lines deleted...]
-      </c>
+    <row r="53" spans="1:360" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B53" s="2"/>
     </row>
-    <row r="10" spans="1:359" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...1074 lines deleted...]
-      </c>
+    <row r="54" spans="1:360" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B54" s="2"/>
     </row>
-    <row r="11" spans="1:359" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...1074 lines deleted...]
-      </c>
+    <row r="55" spans="1:360" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B55" s="2"/>
     </row>
-    <row r="12" spans="1:359" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...1074 lines deleted...]
-      </c>
+    <row r="56" spans="1:360" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B56" s="2"/>
     </row>
-    <row r="13" spans="1:359" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...1074 lines deleted...]
-      </c>
+    <row r="57" spans="1:360" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B57" s="2"/>
     </row>
-    <row r="14" spans="1:359" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...1074 lines deleted...]
-      </c>
+    <row r="58" spans="1:360" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B58" s="2"/>
     </row>
-    <row r="15" spans="1:359" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...1074 lines deleted...]
-      </c>
+    <row r="59" spans="1:360" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B59" s="2"/>
     </row>
-    <row r="16" spans="1:359" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...1074 lines deleted...]
-      </c>
+    <row r="60" spans="1:360" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B60" s="2"/>
     </row>
-    <row r="17" spans="1:359" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...1074 lines deleted...]
-      </c>
+    <row r="61" spans="1:360" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B61" s="2"/>
     </row>
-    <row r="18" spans="1:359" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...1074 lines deleted...]
-      </c>
+    <row r="62" spans="1:360" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B62" s="2"/>
     </row>
-    <row r="19" spans="1:359" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...1074 lines deleted...]
-      </c>
+    <row r="63" spans="1:360" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B63" s="2"/>
     </row>
-    <row r="20" spans="1:359" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...1074 lines deleted...]
-      </c>
+    <row r="64" spans="1:360" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B64" s="2"/>
     </row>
-    <row r="21" spans="1:359" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...1074 lines deleted...]
-      </c>
+    <row r="65" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B65" s="2"/>
     </row>
-    <row r="22" spans="1:359" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...1074 lines deleted...]
-      </c>
+    <row r="66" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B66" s="2"/>
     </row>
-    <row r="23" spans="1:359" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...1074 lines deleted...]
-      </c>
+    <row r="67" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B67" s="2"/>
     </row>
-    <row r="24" spans="1:359" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...1074 lines deleted...]
-      </c>
+    <row r="68" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B68" s="2"/>
     </row>
-    <row r="25" spans="1:359" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...1074 lines deleted...]
-      </c>
+    <row r="69" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B69" s="2"/>
     </row>
-    <row r="26" spans="1:359" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...1074 lines deleted...]
-      </c>
+    <row r="70" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B70" s="2"/>
     </row>
-    <row r="27" spans="1:359" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...1074 lines deleted...]
-      </c>
+    <row r="71" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B71" s="2"/>
     </row>
-    <row r="28" spans="1:359" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...1074 lines deleted...]
-      </c>
+    <row r="72" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B72" s="2"/>
     </row>
-    <row r="29" spans="1:359" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...1074 lines deleted...]
-      </c>
+    <row r="73" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B73" s="2"/>
     </row>
-    <row r="30" spans="1:359" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...1074 lines deleted...]
-      </c>
+    <row r="74" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B74" s="2"/>
     </row>
-    <row r="31" spans="1:359" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...1074 lines deleted...]
-      </c>
+    <row r="75" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B75" s="2"/>
     </row>
-    <row r="32" spans="1:359" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...1074 lines deleted...]
-      </c>
+    <row r="76" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B76" s="2"/>
     </row>
-    <row r="33" spans="1:359" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...1074 lines deleted...]
-      </c>
+    <row r="77" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B77" s="2"/>
     </row>
-    <row r="34" spans="1:359" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...1074 lines deleted...]
-      </c>
+    <row r="78" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B78" s="2"/>
     </row>
-    <row r="35" spans="1:359" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...1074 lines deleted...]
-      </c>
+    <row r="79" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B79" s="2"/>
     </row>
-    <row r="36" spans="1:359" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...1074 lines deleted...]
-      </c>
+    <row r="80" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B80" s="2"/>
     </row>
-    <row r="37" spans="1:359" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...1074 lines deleted...]
-      </c>
+    <row r="81" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B81" s="2"/>
     </row>
-    <row r="38" spans="1:359" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...1074 lines deleted...]
-      </c>
+    <row r="82" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B82" s="2"/>
     </row>
-    <row r="39" spans="1:359" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...1074 lines deleted...]
-      </c>
+    <row r="83" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B83" s="2"/>
     </row>
-    <row r="40" spans="1:359" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...1074 lines deleted...]
-      </c>
+    <row r="84" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B84" s="2"/>
     </row>
-    <row r="41" spans="1:359" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...1074 lines deleted...]
-      </c>
+    <row r="85" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B85" s="2"/>
     </row>
-    <row r="42" spans="1:359" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...1074 lines deleted...]
-      </c>
+    <row r="86" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B86" s="2"/>
     </row>
-    <row r="43" spans="1:359" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...1074 lines deleted...]
-      </c>
+    <row r="87" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B87" s="2"/>
     </row>
-    <row r="44" spans="1:359" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...1074 lines deleted...]
-      </c>
+    <row r="88" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B88" s="2"/>
     </row>
-    <row r="45" spans="1:359" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...1074 lines deleted...]
-      </c>
+    <row r="89" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B89" s="2"/>
     </row>
-    <row r="46" spans="1:359" s="10" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
-[...310 lines deleted...]
-      <c r="KW46" s="17"/>
+    <row r="90" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B90" s="2"/>
     </row>
-    <row r="47" spans="1:359" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...1074 lines deleted...]
-      </c>
+    <row r="91" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B91" s="2"/>
     </row>
-    <row r="48" spans="1:359" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...1074 lines deleted...]
-      </c>
+    <row r="92" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B92" s="2"/>
     </row>
-    <row r="49" spans="1:359" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...1074 lines deleted...]
-      </c>
+    <row r="93" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B93" s="2"/>
     </row>
-    <row r="50" spans="1:359" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B50" s="9"/>
+    <row r="94" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B94" s="2"/>
     </row>
-    <row r="51" spans="1:359" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...2 lines deleted...]
-      </c>
+    <row r="95" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B95" s="2"/>
     </row>
-    <row r="52" spans="1:359" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B52" s="25"/>
+    <row r="96" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B96" s="2"/>
     </row>
-    <row r="53" spans="1:359" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B53" s="9"/>
+    <row r="97" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B97" s="2"/>
     </row>
-    <row r="54" spans="1:359" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B54" s="9"/>
+    <row r="98" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B98" s="2"/>
     </row>
-    <row r="55" spans="1:359" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B55" s="9"/>
+    <row r="99" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B99" s="2"/>
     </row>
-    <row r="56" spans="1:359" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B56" s="9"/>
+    <row r="100" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B100" s="2"/>
     </row>
-    <row r="57" spans="1:359" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B57" s="9"/>
+    <row r="101" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B101" s="2"/>
     </row>
-    <row r="58" spans="1:359" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B58" s="9"/>
+    <row r="102" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B102" s="2"/>
     </row>
-    <row r="59" spans="1:359" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B59" s="9"/>
+    <row r="103" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B103" s="2"/>
     </row>
-    <row r="60" spans="1:359" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B60" s="9"/>
+    <row r="104" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B104" s="2"/>
     </row>
-    <row r="61" spans="1:359" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B61" s="9"/>
+    <row r="105" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B105" s="2"/>
     </row>
-    <row r="62" spans="1:359" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B62" s="9"/>
+    <row r="106" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B106" s="2"/>
     </row>
-    <row r="63" spans="1:359" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B63" s="9"/>
+    <row r="107" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B107" s="2"/>
     </row>
-    <row r="64" spans="1:359" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B64" s="9"/>
+    <row r="108" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B108" s="2"/>
     </row>
-    <row r="65" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B65" s="9"/>
+    <row r="109" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B109" s="2"/>
     </row>
-    <row r="66" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B66" s="9"/>
+    <row r="110" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B110" s="2"/>
     </row>
-    <row r="67" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B67" s="9"/>
+    <row r="111" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B111" s="2"/>
     </row>
-    <row r="68" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B68" s="9"/>
+    <row r="112" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B112" s="2"/>
     </row>
-    <row r="69" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B69" s="9"/>
+    <row r="113" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B113" s="2"/>
     </row>
-    <row r="70" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B70" s="9"/>
+    <row r="114" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B114" s="2"/>
     </row>
-    <row r="71" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B71" s="9"/>
+    <row r="115" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B115" s="2"/>
     </row>
-    <row r="72" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B72" s="9"/>
+    <row r="116" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B116" s="2"/>
     </row>
-    <row r="73" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B73" s="9"/>
+    <row r="117" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B117" s="2"/>
     </row>
-    <row r="74" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B74" s="9"/>
+    <row r="118" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B118" s="2"/>
     </row>
-    <row r="75" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B75" s="9"/>
+    <row r="119" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B119" s="2"/>
     </row>
-    <row r="76" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B76" s="9"/>
+    <row r="120" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B120" s="2"/>
     </row>
-    <row r="77" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B77" s="9"/>
+    <row r="121" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B121" s="2"/>
     </row>
-    <row r="78" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B78" s="9"/>
+    <row r="122" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B122" s="2"/>
     </row>
-    <row r="79" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B79" s="9"/>
+    <row r="123" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B123" s="2"/>
     </row>
-    <row r="80" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B80" s="9"/>
+    <row r="124" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B124" s="2"/>
     </row>
-    <row r="81" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B81" s="9"/>
+    <row r="125" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B125" s="2"/>
     </row>
-    <row r="82" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B82" s="9"/>
+    <row r="126" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B126" s="2"/>
     </row>
-    <row r="83" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B83" s="9"/>
+    <row r="127" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B127" s="2"/>
     </row>
-    <row r="84" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B84" s="9"/>
+    <row r="128" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B128" s="2"/>
     </row>
-    <row r="85" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B85" s="9"/>
+    <row r="129" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B129" s="2"/>
     </row>
-    <row r="86" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B86" s="9"/>
+    <row r="130" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B130" s="2"/>
     </row>
-    <row r="87" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B87" s="9"/>
+    <row r="131" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B131" s="2"/>
     </row>
-    <row r="88" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B88" s="9"/>
+    <row r="132" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B132" s="2"/>
     </row>
-    <row r="89" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B89" s="9"/>
+    <row r="133" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B133" s="2"/>
     </row>
-    <row r="90" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B90" s="9"/>
+    <row r="134" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B134" s="2"/>
     </row>
-    <row r="91" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B91" s="9"/>
+    <row r="135" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B135" s="2"/>
     </row>
-    <row r="92" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B92" s="9"/>
+    <row r="136" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B136" s="2"/>
     </row>
-    <row r="93" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B93" s="9"/>
+    <row r="137" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B137" s="2"/>
     </row>
-    <row r="94" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B94" s="9"/>
+    <row r="138" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B138" s="2"/>
     </row>
-    <row r="95" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B95" s="9"/>
+    <row r="139" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B139" s="2"/>
     </row>
-    <row r="96" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B96" s="9"/>
+    <row r="140" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B140" s="2"/>
     </row>
-    <row r="97" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B97" s="9"/>
+    <row r="141" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B141" s="2"/>
     </row>
-    <row r="98" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B98" s="9"/>
+    <row r="142" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B142" s="2"/>
     </row>
-    <row r="99" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B99" s="9"/>
+    <row r="143" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B143" s="2"/>
     </row>
-    <row r="100" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B100" s="9"/>
+    <row r="144" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B144" s="2"/>
     </row>
-    <row r="101" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B101" s="9"/>
+    <row r="145" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B145" s="2"/>
     </row>
-    <row r="102" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B102" s="9"/>
+    <row r="146" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B146" s="2"/>
     </row>
-    <row r="103" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B103" s="9"/>
+    <row r="147" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B147" s="2"/>
     </row>
-    <row r="104" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B104" s="9"/>
+    <row r="148" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B148" s="2"/>
     </row>
-    <row r="105" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B105" s="9"/>
+    <row r="149" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B149" s="2"/>
     </row>
-    <row r="106" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B106" s="9"/>
+    <row r="150" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B150" s="2"/>
     </row>
-    <row r="107" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B107" s="9"/>
+    <row r="151" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B151" s="2"/>
     </row>
-    <row r="108" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B108" s="9"/>
+    <row r="152" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B152" s="2"/>
     </row>
-    <row r="109" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B109" s="9"/>
+    <row r="153" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B153" s="2"/>
     </row>
-    <row r="110" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B110" s="9"/>
+    <row r="154" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B154" s="2"/>
     </row>
-    <row r="111" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B111" s="9"/>
+    <row r="155" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B155" s="2"/>
     </row>
-    <row r="112" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B112" s="9"/>
+    <row r="156" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B156" s="2"/>
     </row>
-    <row r="113" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B113" s="9"/>
+    <row r="157" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B157" s="2"/>
     </row>
-    <row r="114" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B114" s="9"/>
+    <row r="158" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B158" s="2"/>
     </row>
-    <row r="115" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B115" s="9"/>
+    <row r="159" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B159" s="2"/>
     </row>
-    <row r="116" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B116" s="9"/>
+    <row r="160" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B160" s="2"/>
     </row>
-    <row r="117" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B117" s="9"/>
+    <row r="161" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B161" s="2"/>
     </row>
-    <row r="118" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B118" s="9"/>
+    <row r="162" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B162" s="2"/>
     </row>
-    <row r="119" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B119" s="9"/>
+    <row r="163" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B163" s="2"/>
     </row>
-    <row r="120" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B120" s="9"/>
+    <row r="164" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B164" s="2"/>
     </row>
-    <row r="121" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B121" s="9"/>
+    <row r="165" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B165" s="2"/>
     </row>
-    <row r="122" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B122" s="9"/>
+    <row r="166" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B166" s="2"/>
     </row>
-    <row r="123" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B123" s="9"/>
+    <row r="167" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B167" s="2"/>
     </row>
-    <row r="124" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B124" s="9"/>
+    <row r="168" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B168" s="2"/>
     </row>
-    <row r="125" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B125" s="9"/>
+    <row r="169" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B169" s="2"/>
     </row>
-    <row r="126" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B126" s="9"/>
+    <row r="170" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B170" s="2"/>
     </row>
-    <row r="127" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B127" s="9"/>
+    <row r="171" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B171" s="2"/>
     </row>
-    <row r="128" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B128" s="9"/>
+    <row r="172" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B172" s="2"/>
     </row>
-    <row r="129" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B129" s="9"/>
+    <row r="173" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B173" s="2"/>
     </row>
-    <row r="130" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B130" s="9"/>
+    <row r="174" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B174" s="2"/>
     </row>
-    <row r="131" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B131" s="9"/>
+    <row r="175" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B175" s="2"/>
     </row>
-    <row r="132" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B132" s="9"/>
+    <row r="176" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B176" s="2"/>
     </row>
-    <row r="133" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B133" s="9"/>
+    <row r="177" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B177" s="2"/>
     </row>
-    <row r="134" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B134" s="9"/>
+    <row r="178" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B178" s="2"/>
     </row>
-    <row r="135" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B135" s="9"/>
+    <row r="179" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B179" s="2"/>
     </row>
-    <row r="136" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B136" s="9"/>
+    <row r="180" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B180" s="2"/>
     </row>
-    <row r="137" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B137" s="9"/>
+    <row r="181" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B181" s="2"/>
     </row>
-    <row r="138" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B138" s="9"/>
+    <row r="182" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B182" s="2"/>
     </row>
-    <row r="139" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B139" s="9"/>
+    <row r="183" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B183" s="2"/>
     </row>
-    <row r="140" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B140" s="9"/>
+    <row r="184" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B184" s="2"/>
     </row>
-    <row r="141" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B141" s="9"/>
+    <row r="185" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B185" s="2"/>
     </row>
-    <row r="142" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B142" s="9"/>
+    <row r="186" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B186" s="2"/>
     </row>
-    <row r="143" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B143" s="9"/>
+    <row r="187" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B187" s="2"/>
     </row>
-    <row r="144" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B144" s="9"/>
+    <row r="188" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B188" s="2"/>
     </row>
-    <row r="145" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B145" s="9"/>
+    <row r="189" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B189" s="2"/>
     </row>
-    <row r="146" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B146" s="9"/>
+    <row r="190" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B190" s="2"/>
     </row>
-    <row r="147" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B147" s="9"/>
+    <row r="191" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B191" s="2"/>
     </row>
-    <row r="148" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B148" s="9"/>
+    <row r="192" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B192" s="2"/>
     </row>
-    <row r="149" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B149" s="9"/>
+    <row r="193" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B193" s="2"/>
     </row>
-    <row r="150" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B150" s="9"/>
+    <row r="194" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B194" s="2"/>
     </row>
-    <row r="151" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B151" s="9"/>
+    <row r="195" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B195" s="2"/>
     </row>
-    <row r="152" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B152" s="9"/>
+    <row r="196" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B196" s="2"/>
     </row>
-    <row r="153" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B153" s="9"/>
+    <row r="197" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B197" s="2"/>
     </row>
-    <row r="154" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B154" s="9"/>
+    <row r="198" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B198" s="2"/>
     </row>
-    <row r="155" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B155" s="9"/>
+    <row r="199" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B199" s="2"/>
     </row>
-    <row r="156" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B156" s="9"/>
+    <row r="200" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B200" s="2"/>
     </row>
-    <row r="157" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B157" s="9"/>
+    <row r="201" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B201" s="2"/>
     </row>
-    <row r="158" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B158" s="9"/>
+    <row r="202" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B202" s="2"/>
     </row>
-    <row r="159" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B159" s="9"/>
+    <row r="203" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B203" s="2"/>
     </row>
-    <row r="160" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B160" s="9"/>
+    <row r="204" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B204" s="2"/>
     </row>
-    <row r="161" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B161" s="9"/>
+    <row r="205" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B205" s="2"/>
     </row>
-    <row r="162" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B162" s="9"/>
+    <row r="206" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B206" s="2"/>
     </row>
-    <row r="163" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B163" s="9"/>
+    <row r="207" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B207" s="2"/>
     </row>
-    <row r="164" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B164" s="9"/>
+    <row r="208" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B208" s="2"/>
     </row>
-    <row r="165" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B165" s="9"/>
+    <row r="209" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B209" s="2"/>
     </row>
-    <row r="166" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B166" s="9"/>
+    <row r="210" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B210" s="2"/>
     </row>
-    <row r="167" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B167" s="9"/>
+    <row r="211" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B211" s="2"/>
     </row>
-    <row r="168" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B168" s="9"/>
+    <row r="212" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B212" s="2"/>
     </row>
-    <row r="169" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B169" s="9"/>
+    <row r="213" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B213" s="2"/>
     </row>
-    <row r="170" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B170" s="9"/>
+    <row r="214" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B214" s="2"/>
     </row>
-    <row r="171" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B171" s="9"/>
+    <row r="215" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B215" s="2"/>
     </row>
-    <row r="172" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B172" s="9"/>
+    <row r="216" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B216" s="2"/>
     </row>
-    <row r="173" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B173" s="9"/>
+    <row r="217" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B217" s="2"/>
     </row>
-    <row r="174" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B174" s="9"/>
+    <row r="218" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B218" s="2"/>
     </row>
-    <row r="175" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B175" s="9"/>
+    <row r="219" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B219" s="2"/>
     </row>
-    <row r="176" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B176" s="9"/>
+    <row r="220" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B220" s="2"/>
     </row>
-    <row r="177" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B177" s="9"/>
+    <row r="221" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B221" s="2"/>
     </row>
-    <row r="178" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B178" s="9"/>
+    <row r="222" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B222" s="2"/>
     </row>
-    <row r="179" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B179" s="9"/>
+    <row r="223" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B223" s="2"/>
     </row>
-    <row r="180" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B180" s="9"/>
+    <row r="224" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B224" s="2"/>
     </row>
-    <row r="181" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B181" s="9"/>
+    <row r="225" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B225" s="2"/>
     </row>
-    <row r="182" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B182" s="9"/>
+    <row r="226" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B226" s="2"/>
     </row>
-    <row r="183" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B183" s="9"/>
+    <row r="227" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B227" s="2"/>
     </row>
-    <row r="184" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B184" s="9"/>
+    <row r="228" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B228" s="2"/>
     </row>
-    <row r="185" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B185" s="9"/>
+    <row r="229" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B229" s="2"/>
     </row>
-    <row r="186" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B186" s="9"/>
+    <row r="230" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B230" s="2"/>
     </row>
-    <row r="187" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B187" s="9"/>
+    <row r="231" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B231" s="2"/>
     </row>
-    <row r="188" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B188" s="9"/>
+    <row r="232" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B232" s="2"/>
     </row>
-    <row r="189" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B189" s="9"/>
+    <row r="233" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B233" s="2"/>
     </row>
-    <row r="190" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B190" s="9"/>
+    <row r="234" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B234" s="2"/>
     </row>
-    <row r="191" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B191" s="9"/>
+    <row r="235" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B235" s="2"/>
     </row>
-    <row r="192" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B192" s="9"/>
+    <row r="236" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B236" s="2"/>
     </row>
-    <row r="193" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B193" s="9"/>
+    <row r="237" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B237" s="2"/>
     </row>
-    <row r="194" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B194" s="9"/>
+    <row r="238" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B238" s="2"/>
     </row>
-    <row r="195" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B195" s="9"/>
+    <row r="239" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B239" s="2"/>
     </row>
-    <row r="196" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B196" s="9"/>
+    <row r="240" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B240" s="2"/>
     </row>
-    <row r="197" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B197" s="9"/>
+    <row r="241" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B241" s="2"/>
     </row>
-    <row r="198" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B198" s="9"/>
+    <row r="242" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B242" s="2"/>
     </row>
-    <row r="199" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B199" s="9"/>
+    <row r="243" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B243" s="2"/>
     </row>
-    <row r="200" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B200" s="9"/>
+    <row r="244" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B244" s="2"/>
     </row>
-    <row r="201" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B201" s="9"/>
+    <row r="245" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B245" s="2"/>
     </row>
-    <row r="202" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B202" s="9"/>
+    <row r="246" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B246" s="2"/>
     </row>
-    <row r="203" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B203" s="9"/>
+    <row r="247" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B247" s="2"/>
     </row>
-    <row r="204" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B204" s="9"/>
+    <row r="248" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B248" s="2"/>
     </row>
-    <row r="205" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B205" s="9"/>
+    <row r="249" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B249" s="2"/>
     </row>
-    <row r="206" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B206" s="9"/>
+    <row r="250" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B250" s="2"/>
     </row>
-    <row r="207" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B207" s="9"/>
+    <row r="251" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B251" s="2"/>
     </row>
-    <row r="208" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B208" s="9"/>
+    <row r="252" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B252" s="2"/>
     </row>
-    <row r="209" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B209" s="9"/>
+    <row r="253" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B253" s="2"/>
     </row>
-    <row r="210" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B210" s="9"/>
+    <row r="254" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B254" s="2"/>
     </row>
-    <row r="211" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B211" s="9"/>
+    <row r="255" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B255" s="2"/>
     </row>
-    <row r="212" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B212" s="9"/>
+    <row r="256" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B256" s="2"/>
     </row>
-    <row r="213" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B213" s="9"/>
+    <row r="257" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B257" s="2"/>
     </row>
-    <row r="214" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B214" s="9"/>
+    <row r="258" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B258" s="2"/>
     </row>
-    <row r="215" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B215" s="9"/>
+    <row r="259" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B259" s="2"/>
     </row>
-    <row r="216" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B216" s="9"/>
+    <row r="260" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B260" s="2"/>
     </row>
-    <row r="217" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B217" s="9"/>
+    <row r="261" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B261" s="2"/>
     </row>
-    <row r="218" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B218" s="9"/>
+    <row r="262" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B262" s="2"/>
     </row>
-    <row r="219" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B219" s="9"/>
+    <row r="263" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B263" s="2"/>
     </row>
-    <row r="220" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B220" s="9"/>
+    <row r="264" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B264" s="2"/>
     </row>
-    <row r="221" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B221" s="9"/>
+    <row r="265" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B265" s="2"/>
     </row>
-    <row r="222" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B222" s="9"/>
+    <row r="266" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B266" s="2"/>
     </row>
-    <row r="223" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B223" s="9"/>
+    <row r="267" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B267" s="2"/>
     </row>
-    <row r="224" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B224" s="9"/>
+    <row r="268" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B268" s="2"/>
     </row>
-    <row r="225" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B225" s="9"/>
+    <row r="269" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B269" s="2"/>
     </row>
-    <row r="226" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B226" s="9"/>
+    <row r="270" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B270" s="2"/>
     </row>
-    <row r="227" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B227" s="9"/>
+    <row r="271" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B271" s="2"/>
     </row>
-    <row r="228" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B228" s="9"/>
+    <row r="272" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B272" s="2"/>
     </row>
-    <row r="229" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B229" s="9"/>
+    <row r="273" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B273" s="2"/>
     </row>
-    <row r="230" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B230" s="9"/>
+    <row r="274" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B274" s="2"/>
     </row>
-    <row r="231" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B231" s="9"/>
+    <row r="275" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B275" s="2"/>
     </row>
-    <row r="232" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B232" s="9"/>
+    <row r="276" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B276" s="2"/>
     </row>
-    <row r="233" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B233" s="9"/>
+    <row r="277" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B277" s="2"/>
     </row>
-    <row r="234" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B234" s="9"/>
+    <row r="278" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B278" s="2"/>
     </row>
-    <row r="235" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B235" s="9"/>
+    <row r="279" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B279" s="2"/>
     </row>
-    <row r="236" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B236" s="9"/>
+    <row r="280" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B280" s="2"/>
     </row>
-    <row r="237" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B237" s="9"/>
+    <row r="281" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B281" s="2"/>
     </row>
-    <row r="238" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B238" s="9"/>
+    <row r="282" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B282" s="2"/>
     </row>
-    <row r="239" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B239" s="9"/>
+    <row r="283" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B283" s="2"/>
     </row>
-    <row r="240" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B240" s="9"/>
+    <row r="284" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B284" s="2"/>
     </row>
-    <row r="241" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B241" s="9"/>
+    <row r="285" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B285" s="2"/>
     </row>
-    <row r="242" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B242" s="9"/>
+    <row r="286" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B286" s="2"/>
     </row>
-    <row r="243" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B243" s="9"/>
+    <row r="287" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B287" s="2"/>
     </row>
-    <row r="244" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B244" s="9"/>
+    <row r="288" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B288" s="2"/>
     </row>
-    <row r="245" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B245" s="9"/>
+    <row r="289" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B289" s="2"/>
     </row>
-    <row r="246" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B246" s="9"/>
+    <row r="290" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B290" s="2"/>
     </row>
-    <row r="247" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B247" s="9"/>
+    <row r="291" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B291" s="2"/>
     </row>
-    <row r="248" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B248" s="9"/>
+    <row r="292" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B292" s="2"/>
     </row>
-    <row r="249" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B249" s="9"/>
+    <row r="293" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B293" s="2"/>
     </row>
-    <row r="250" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B250" s="9"/>
+    <row r="294" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B294" s="2"/>
     </row>
-    <row r="251" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B251" s="9"/>
+    <row r="295" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B295" s="2"/>
     </row>
-    <row r="252" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B252" s="9"/>
+    <row r="296" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B296" s="2"/>
     </row>
-    <row r="253" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B253" s="9"/>
+    <row r="297" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B297" s="2"/>
     </row>
-    <row r="254" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B254" s="9"/>
+    <row r="298" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B298" s="2"/>
     </row>
-    <row r="255" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B255" s="9"/>
+    <row r="299" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B299" s="2"/>
     </row>
-    <row r="256" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B256" s="9"/>
+    <row r="300" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B300" s="2"/>
     </row>
-    <row r="257" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B257" s="9"/>
+    <row r="301" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B301" s="2"/>
     </row>
-    <row r="258" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B258" s="9"/>
+    <row r="302" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B302" s="2"/>
     </row>
-    <row r="259" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B259" s="9"/>
+    <row r="303" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B303" s="2"/>
     </row>
-    <row r="260" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B260" s="9"/>
+    <row r="304" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B304" s="2"/>
     </row>
-    <row r="261" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B261" s="9"/>
+    <row r="305" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B305" s="2"/>
     </row>
-    <row r="262" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B262" s="9"/>
+    <row r="306" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B306" s="2"/>
     </row>
-    <row r="263" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B263" s="9"/>
+    <row r="307" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B307" s="2"/>
     </row>
-    <row r="264" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B264" s="9"/>
+    <row r="308" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B308" s="2"/>
     </row>
-    <row r="265" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B265" s="9"/>
+    <row r="309" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B309" s="2"/>
     </row>
-    <row r="266" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B266" s="9"/>
+    <row r="310" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B310" s="2"/>
     </row>
-    <row r="267" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B267" s="9"/>
+    <row r="311" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B311" s="2"/>
     </row>
-    <row r="268" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B268" s="9"/>
+    <row r="312" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B312" s="2"/>
     </row>
-    <row r="269" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B269" s="9"/>
+    <row r="313" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B313" s="2"/>
     </row>
-    <row r="270" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B270" s="9"/>
+    <row r="314" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B314" s="2"/>
     </row>
-    <row r="271" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B271" s="9"/>
+    <row r="315" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B315" s="2"/>
     </row>
-    <row r="272" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B272" s="9"/>
+    <row r="316" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B316" s="2"/>
     </row>
-    <row r="273" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B273" s="9"/>
+    <row r="317" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B317" s="2"/>
     </row>
-    <row r="274" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B274" s="9"/>
+    <row r="318" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B318" s="2"/>
     </row>
-    <row r="275" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B275" s="9"/>
+    <row r="319" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B319" s="2"/>
     </row>
-    <row r="276" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B276" s="9"/>
+    <row r="320" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B320" s="2"/>
     </row>
-    <row r="277" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B277" s="9"/>
+    <row r="321" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B321" s="2"/>
     </row>
-    <row r="278" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B278" s="9"/>
+    <row r="322" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B322" s="2"/>
     </row>
-    <row r="279" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B279" s="9"/>
+    <row r="323" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B323" s="2"/>
     </row>
-    <row r="280" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B280" s="9"/>
+    <row r="324" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B324" s="2"/>
     </row>
-    <row r="281" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B281" s="9"/>
+    <row r="325" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B325" s="2"/>
     </row>
-    <row r="282" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B282" s="9"/>
+    <row r="326" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B326" s="2"/>
     </row>
-    <row r="283" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B283" s="9"/>
+    <row r="327" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B327" s="2"/>
     </row>
-    <row r="284" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B284" s="9"/>
+    <row r="328" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B328" s="2"/>
     </row>
-    <row r="285" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B285" s="9"/>
+    <row r="329" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B329" s="2"/>
     </row>
-    <row r="286" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B286" s="9"/>
+    <row r="330" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B330" s="2"/>
     </row>
-    <row r="287" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B287" s="9"/>
+    <row r="331" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B331" s="2"/>
     </row>
-    <row r="288" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B288" s="9"/>
+    <row r="332" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B332" s="2"/>
     </row>
-    <row r="289" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B289" s="9"/>
+    <row r="333" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B333" s="2"/>
     </row>
-    <row r="290" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B290" s="9"/>
+    <row r="334" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B334" s="2"/>
     </row>
-    <row r="291" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B291" s="9"/>
+    <row r="335" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B335" s="2"/>
     </row>
-    <row r="292" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B292" s="9"/>
+    <row r="336" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B336" s="2"/>
     </row>
-    <row r="293" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B293" s="9"/>
+    <row r="337" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B337" s="2"/>
     </row>
-    <row r="294" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B294" s="9"/>
+    <row r="338" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B338" s="2"/>
     </row>
-    <row r="295" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B295" s="9"/>
+    <row r="339" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B339" s="2"/>
     </row>
-    <row r="296" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B296" s="9"/>
+    <row r="340" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B340" s="2"/>
     </row>
-    <row r="297" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B297" s="9"/>
+    <row r="341" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B341" s="2"/>
     </row>
-    <row r="298" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B298" s="9"/>
+    <row r="342" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B342" s="2"/>
     </row>
-    <row r="299" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B299" s="9"/>
+    <row r="343" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B343" s="2"/>
     </row>
-    <row r="300" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B300" s="9"/>
+    <row r="344" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B344" s="2"/>
     </row>
-    <row r="301" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B301" s="9"/>
+    <row r="345" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B345" s="2"/>
     </row>
-    <row r="302" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B302" s="9"/>
+    <row r="346" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B346" s="2"/>
     </row>
-    <row r="303" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B303" s="9"/>
+    <row r="347" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B347" s="2"/>
     </row>
-    <row r="304" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B304" s="9"/>
+    <row r="348" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B348" s="2"/>
     </row>
-    <row r="305" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B305" s="9"/>
+    <row r="349" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B349" s="2"/>
     </row>
-    <row r="306" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B306" s="9"/>
+    <row r="350" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B350" s="2"/>
     </row>
-    <row r="307" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B307" s="9"/>
+    <row r="351" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B351" s="2"/>
     </row>
-    <row r="308" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B308" s="9"/>
+    <row r="352" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B352" s="2"/>
     </row>
-    <row r="309" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B309" s="9"/>
+    <row r="353" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B353" s="2"/>
     </row>
-    <row r="310" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B310" s="9"/>
+    <row r="354" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B354" s="2"/>
     </row>
-    <row r="311" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B311" s="9"/>
+    <row r="355" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B355" s="2"/>
     </row>
-    <row r="312" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B312" s="9"/>
+    <row r="356" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B356" s="2"/>
     </row>
-    <row r="313" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B313" s="9"/>
+    <row r="357" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B357" s="2"/>
     </row>
-    <row r="314" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B314" s="9"/>
+    <row r="358" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B358" s="2"/>
     </row>
-    <row r="315" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B315" s="9"/>
+    <row r="359" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B359" s="2"/>
     </row>
-    <row r="316" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B316" s="9"/>
+    <row r="360" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B360" s="2"/>
     </row>
-    <row r="317" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B317" s="9"/>
+    <row r="361" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B361" s="2"/>
     </row>
-    <row r="318" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B318" s="9"/>
+    <row r="362" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B362" s="2"/>
     </row>
-    <row r="319" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B319" s="9"/>
+    <row r="363" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B363" s="2"/>
     </row>
-    <row r="320" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B320" s="9"/>
+    <row r="364" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B364" s="2"/>
     </row>
-    <row r="321" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B321" s="9"/>
+    <row r="365" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B365" s="2"/>
     </row>
-    <row r="322" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B322" s="9"/>
+    <row r="366" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B366" s="2"/>
     </row>
-    <row r="323" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B323" s="9"/>
+    <row r="367" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B367" s="2"/>
     </row>
-    <row r="324" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B324" s="9"/>
+    <row r="368" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B368" s="2"/>
     </row>
-    <row r="325" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B325" s="9"/>
+    <row r="369" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B369" s="2"/>
     </row>
-    <row r="326" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B326" s="9"/>
+    <row r="370" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B370" s="2"/>
     </row>
-    <row r="327" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B327" s="9"/>
+    <row r="371" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B371" s="2"/>
     </row>
-    <row r="328" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B328" s="9"/>
+    <row r="372" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B372" s="2"/>
     </row>
-    <row r="329" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B329" s="9"/>
+    <row r="373" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B373" s="2"/>
     </row>
-    <row r="330" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B330" s="9"/>
+    <row r="374" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B374" s="2"/>
     </row>
-    <row r="331" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B331" s="9"/>
+    <row r="375" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B375" s="2"/>
     </row>
-    <row r="332" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B332" s="9"/>
+    <row r="376" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B376" s="2"/>
     </row>
-    <row r="333" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B333" s="9"/>
+    <row r="377" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B377" s="2"/>
     </row>
-    <row r="334" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B334" s="9"/>
+    <row r="378" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B378" s="2"/>
     </row>
-    <row r="335" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B335" s="9"/>
+    <row r="379" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B379" s="2"/>
     </row>
-    <row r="336" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B336" s="9"/>
+    <row r="380" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B380" s="2"/>
     </row>
-    <row r="337" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B337" s="9"/>
+    <row r="381" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B381" s="2"/>
     </row>
-    <row r="338" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B338" s="9"/>
+    <row r="382" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B382" s="2"/>
     </row>
-    <row r="339" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B339" s="9"/>
+    <row r="383" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B383" s="2"/>
     </row>
-    <row r="340" spans="2:2" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...132 lines deleted...]
-      <c r="B384" s="9"/>
+    <row r="384" spans="2:2" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B384" s="2"/>
     </row>
     <row r="385" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="386" ht="14.1" customHeight="1" x14ac:dyDescent="0.2"/>
   </sheetData>
   <pageMargins left="0.74803149606299213" right="0.74803149606299213" top="0.98425196850393704" bottom="0.98425196850393704" header="0.51181102362204722" footer="0.51181102362204722"/>
   <pageSetup paperSize="9" scale="53" fitToWidth="6" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Radni listovi</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Imenovani rasponi</vt:lpstr>